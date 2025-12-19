--- v0 (2025-12-18)
+++ v1 (2025-12-19)
@@ -12,83 +12,575 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="11">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Единица измерения</t>
   </si>
   <si>
     <t>Ваш заказ</t>
+  </si>
+  <si>
+    <t>SMS-160071</t>
+  </si>
+  <si>
+    <t>V243573</t>
+  </si>
+  <si>
+    <t>Душевой набор для ванны VIEIR (1/5шт)</t>
+  </si>
+  <si>
+    <t>12 373.09 руб.</t>
+  </si>
+  <si>
+    <t>Уточняйте</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>SMS-160072</t>
+  </si>
+  <si>
+    <t>V013573</t>
+  </si>
+  <si>
+    <t>Душевой набор для ванны VIEIR (1/8шт)</t>
+  </si>
+  <si>
+    <t>12 777.89 руб.</t>
+  </si>
+  <si>
+    <t>SMS-160073</t>
+  </si>
+  <si>
+    <t>V023573</t>
+  </si>
+  <si>
+    <t>12 212.30 руб.</t>
+  </si>
+  <si>
+    <t>SMS-160074</t>
+  </si>
+  <si>
+    <t>V033572</t>
+  </si>
+  <si>
+    <t>7 464.73 руб.</t>
+  </si>
+  <si>
+    <t>SMS-160075</t>
+  </si>
+  <si>
+    <t>V033573</t>
+  </si>
+  <si>
+    <t>11 909.64 руб.</t>
+  </si>
+  <si>
+    <t>SMS-160076</t>
+  </si>
+  <si>
+    <t>V073571</t>
+  </si>
+  <si>
+    <t>9 382.44 руб.</t>
+  </si>
+  <si>
+    <t>SMS-160077</t>
+  </si>
+  <si>
+    <t>V063571</t>
+  </si>
+  <si>
+    <t>7 587.33 руб.</t>
+  </si>
+  <si>
+    <t>SMS-160078</t>
+  </si>
+  <si>
+    <t>V063572</t>
+  </si>
+  <si>
+    <t>6 068.97 руб.</t>
+  </si>
+  <si>
+    <t>SMS-160079</t>
+  </si>
+  <si>
+    <t>V113573</t>
+  </si>
+  <si>
+    <t>14 092.01 руб.</t>
+  </si>
+  <si>
+    <t>SMS-160080</t>
+  </si>
+  <si>
+    <t>V113562</t>
+  </si>
+  <si>
+    <t>Душевая система VIEIR (1/4шт)</t>
+  </si>
+  <si>
+    <t>14 572.04 руб.</t>
+  </si>
+  <si>
+    <t>SMS-160081</t>
+  </si>
+  <si>
+    <t>V033562</t>
+  </si>
+  <si>
+    <t>Душевая система VIEIR (1/5шт)</t>
+  </si>
+  <si>
+    <t>12 338.82 руб.</t>
+  </si>
+  <si>
+    <t>SMS-160082</t>
+  </si>
+  <si>
+    <t>V083562</t>
+  </si>
+  <si>
+    <t>16 570.59 руб.</t>
+  </si>
+  <si>
+    <t>SMS-160083</t>
+  </si>
+  <si>
+    <t>V243562</t>
+  </si>
+  <si>
+    <t>15 696.66 руб.</t>
+  </si>
+  <si>
+    <t>SMS-160084</t>
+  </si>
+  <si>
+    <t>V243563</t>
+  </si>
+  <si>
+    <t>10 634.37 руб.</t>
+  </si>
+  <si>
+    <t>SMS-160085</t>
+  </si>
+  <si>
+    <t>V25001</t>
+  </si>
+  <si>
+    <t>7 003.91 руб.</t>
+  </si>
+  <si>
+    <t>SMS-160086</t>
+  </si>
+  <si>
+    <t>V25002</t>
+  </si>
+  <si>
+    <t>9 461.63 руб.</t>
+  </si>
+  <si>
+    <t>SMS-160087</t>
+  </si>
+  <si>
+    <t>V130162</t>
+  </si>
+  <si>
+    <t>Душевая система VIEIR (1/10шт)</t>
+  </si>
+  <si>
+    <t>12 332.91 руб.</t>
+  </si>
+  <si>
+    <t>SMS-160088</t>
+  </si>
+  <si>
+    <t>V023562</t>
+  </si>
+  <si>
+    <t>9 104.20 руб.</t>
+  </si>
+  <si>
+    <t>SMS-160089</t>
+  </si>
+  <si>
+    <t>V043562</t>
+  </si>
+  <si>
+    <t>16 125.84 руб.</t>
+  </si>
+  <si>
+    <t>SMS-160090</t>
+  </si>
+  <si>
+    <t>V053562</t>
+  </si>
+  <si>
+    <t>13 371.24 руб.</t>
+  </si>
+  <si>
+    <t>SMS-160091</t>
+  </si>
+  <si>
+    <t>V063562</t>
+  </si>
+  <si>
+    <t>13 657.78 руб.</t>
+  </si>
+  <si>
+    <t>SMS-160205</t>
+  </si>
+  <si>
+    <t>V150162</t>
+  </si>
+  <si>
+    <t>Душевая система  Подсолнух  3-х функциональная, литой излив (4/1шт)</t>
+  </si>
+  <si>
+    <t>13 282.62 руб.</t>
+  </si>
+  <si>
+    <t>SMS-160206</t>
+  </si>
+  <si>
+    <t>V174062</t>
+  </si>
+  <si>
+    <t>10 139.08 руб.</t>
+  </si>
+  <si>
+    <t>SMS-160213</t>
+  </si>
+  <si>
+    <t>V043562C</t>
+  </si>
+  <si>
+    <t>Душевая система  Подсолнух  3-х функциональная, поворотный излив (5/1шт)</t>
+  </si>
+  <si>
+    <t>16 994.31 руб.</t>
+  </si>
+  <si>
+    <t>SMS-160214</t>
+  </si>
+  <si>
+    <t>V073562</t>
+  </si>
+  <si>
+    <t>12 868.69 руб.</t>
+  </si>
+  <si>
+    <t>SMS-160218</t>
+  </si>
+  <si>
+    <t>V273562D</t>
+  </si>
+  <si>
+    <t>Душевая система для ванны “VIEIR  (3/1шт)  (3/1шт)</t>
+  </si>
+  <si>
+    <t>21 733.99 руб.</t>
+  </si>
+  <si>
+    <t>SMS-160219</t>
+  </si>
+  <si>
+    <t>V273562</t>
+  </si>
+  <si>
+    <t>Душевая система для ванны “VIEIR  (4/1шт)  (4/1шт)</t>
+  </si>
+  <si>
+    <t>16 088.91 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180051</t>
+  </si>
+  <si>
+    <t>NEB16-A123</t>
+  </si>
+  <si>
+    <t>Душевая система G.Lauf  с изливом, ø35, встр. переключение (1/4шт) NEB16-A123</t>
+  </si>
+  <si>
+    <t>13 639.77 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180073</t>
+  </si>
+  <si>
+    <t>NOB16-A128</t>
+  </si>
+  <si>
+    <t>Душевая система G.Lauf  с изливом, ø35, встр. переключение (1/4шт) NOB16-A128</t>
+  </si>
+  <si>
+    <t>12 987.45 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180089</t>
+  </si>
+  <si>
+    <t>GOB16-A134</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Душевая система G.Lauf с изливом, ø35, встр. переключение GOB16-A134 (1/6шт) </t>
+  </si>
+  <si>
+    <t>7 758.26 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180202</t>
+  </si>
+  <si>
+    <t>ZAP16-A090</t>
+  </si>
+  <si>
+    <t>Душевая система G.Lauf  с изливом, ø35, встр. пер., нерж. сталь, ZAP16-A090 (1/4шт)</t>
+  </si>
+  <si>
+    <t>9 226.37 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180298</t>
+  </si>
+  <si>
+    <t>UST-1080</t>
+  </si>
+  <si>
+    <t>Душевая стойка G.Lauf нерж сталь  с тропическим душем, хром  UST-1080 (1/5шт)</t>
+  </si>
+  <si>
+    <t>4 156.10 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180611</t>
+  </si>
+  <si>
+    <t>NUD16-A045</t>
+  </si>
+  <si>
+    <t>Душевая система G.Lauf  с изливом, ø35, встр. переключение (1/5шт) NUD16-A045</t>
+  </si>
+  <si>
+    <t>9 570.20 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180734</t>
+  </si>
+  <si>
+    <t>SEA16-B001MG</t>
+  </si>
+  <si>
+    <t>Душевая система с изливом, ø35, кнопоч. переключ. латунь, ГРАФИТ темный мат, цвет индикация (1/5шт)</t>
+  </si>
+  <si>
+    <t>12 549.37 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180740</t>
+  </si>
+  <si>
+    <t>SEA16-A001MG</t>
+  </si>
+  <si>
+    <t>Душевая система с изливом, ø35, кнопочное переключение., латунь,  ГРАФИТ темный мат (1/5шт)</t>
+  </si>
+  <si>
+    <t>10 474.55 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180741</t>
+  </si>
+  <si>
+    <t>NUD16-A045MG</t>
+  </si>
+  <si>
+    <t>Душевая система G.Lauf  с изливом, ø35, встр. переключение ГРАФИТ (1/5шт), NUD16-A045MG</t>
+  </si>
+  <si>
+    <t>7 157.01 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180742</t>
+  </si>
+  <si>
+    <t>NUD16-A045YB</t>
+  </si>
+  <si>
+    <t>Душевая система G.Lauf  с изливом, ø35, встр. переключение ЧЕРНЫЙ МАТОВЫЙ (1/5шт), NUD16-A045YB</t>
+  </si>
+  <si>
+    <t>8 956.92 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180747</t>
+  </si>
+  <si>
+    <t>GOR16-A058</t>
+  </si>
+  <si>
+    <t>Душевая система G.Lauf  с изливом, ø35, встр. переключение (1/8шт), GOR16-A058</t>
+  </si>
+  <si>
+    <t>10 723.93 руб.</t>
+  </si>
+  <si>
+    <t>SMS-190022</t>
+  </si>
+  <si>
+    <t>EZA16-A090</t>
+  </si>
+  <si>
+    <t>Душевая система с тропич душ, БЕЗ ИЗЛИВА, одноруч, ø35, встр. пер., нерж. сталь, EZA16-A090 (1/10шт)</t>
+  </si>
+  <si>
+    <t>7 550.91 руб.</t>
+  </si>
+  <si>
+    <t>SMS-190027</t>
+  </si>
+  <si>
+    <t>JAT16-A094</t>
+  </si>
+  <si>
+    <t>Душевая система с тропич душ, одноруч. с изливом, ø35, встр. пер., нерж. сталь, JAT16-A094</t>
+  </si>
+  <si>
+    <t>9 081.07 руб.</t>
+  </si>
+  <si>
+    <t>SMS-190037</t>
+  </si>
+  <si>
+    <t>JIK16-A102-A</t>
+  </si>
+  <si>
+    <t>Душевая система с тропич душем, двуручков, БЕЗ ИЗЛИВА И ЛЕЙКИ, кер. (1/2) 90° JIK16-A102-A (1/7шт)</t>
+  </si>
+  <si>
+    <t>2 638.05 руб.</t>
+  </si>
+  <si>
+    <t>SMS-190038</t>
+  </si>
+  <si>
+    <t>JIK16-B102-A</t>
+  </si>
+  <si>
+    <t>Душевая система с тропич душем, двуручков, БЕЗ ИЗЛИВА, с лейкой кер. (1/2) 90° JIK16-B102-A</t>
+  </si>
+  <si>
+    <t>3 526.48 руб.</t>
+  </si>
+  <si>
+    <t>SMS-190039</t>
+  </si>
+  <si>
+    <t>SSJ-1231</t>
+  </si>
+  <si>
+    <t>Душевая стойка Solone нерж. сталь SSJ-1231</t>
+  </si>
+  <si>
+    <t>3 158.70 руб.</t>
+  </si>
+  <si>
+    <t>VER-100171</t>
+  </si>
+  <si>
+    <t>V393563</t>
+  </si>
+  <si>
+    <t>Душевая система “VIEIR" (4/1шт)</t>
+  </si>
+  <si>
+    <t>16 508.38 руб.</t>
+  </si>
+  <si>
+    <t>VER-100292</t>
+  </si>
+  <si>
+    <t>V370162D</t>
+  </si>
+  <si>
+    <t>Душевая система  “VIEIR" (4/1шт)</t>
+  </si>
+  <si>
+    <t>23 509.34 руб.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -111,53 +603,62 @@
         <fgColor rgb="D9D9D9"/>
         <bgColor rgb="D9D9D9"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="6">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="164" fillId="2" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -428,109 +929,1684 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L1"/>
+  <dimension ref="A1:L46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="60" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
     <col min="10" max="10" width="11" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
-      <c r="A1" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B1" s="1" t="s">
+      <c r="A1" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" s="4" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="L1" s="2">
-        <f>SUM(L2:L1)</f>
+      <c r="L1" s="5">
+        <f>SUM(L2:L46)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12">
+      <c r="A2" s="1"/>
+      <c r="B2" s="1">
+        <v>825996</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K2" s="2"/>
+      <c r="L2" s="5">
+        <f>K2*12373.09</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:12">
+      <c r="A3" s="1"/>
+      <c r="B3" s="1">
+        <v>825997</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H3" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I3" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J3" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K3" s="2"/>
+      <c r="L3" s="5">
+        <f>K3*12777.89</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12">
+      <c r="A4" s="1"/>
+      <c r="B4" s="1">
+        <v>825998</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I4" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J4" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K4" s="2"/>
+      <c r="L4" s="5">
+        <f>K4*12212.30</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12">
+      <c r="A5" s="1"/>
+      <c r="B5" s="1">
+        <v>825999</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J5" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K5" s="2"/>
+      <c r="L5" s="5">
+        <f>K5*7464.73</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12">
+      <c r="A6" s="1"/>
+      <c r="B6" s="1">
+        <v>826000</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J6" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K6" s="2"/>
+      <c r="L6" s="5">
+        <f>K6*11909.64</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12">
+      <c r="A7" s="1"/>
+      <c r="B7" s="1">
+        <v>826001</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J7" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K7" s="2"/>
+      <c r="L7" s="5">
+        <f>K7*9382.44</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12">
+      <c r="A8" s="1"/>
+      <c r="B8" s="1">
+        <v>826002</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J8" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K8" s="2"/>
+      <c r="L8" s="5">
+        <f>K8*7587.33</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12">
+      <c r="A9" s="1"/>
+      <c r="B9" s="1">
+        <v>826003</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J9" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K9" s="2"/>
+      <c r="L9" s="5">
+        <f>K9*6068.97</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12">
+      <c r="A10" s="1"/>
+      <c r="B10" s="1">
+        <v>826004</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J10" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K10" s="2"/>
+      <c r="L10" s="5">
+        <f>K10*14092.01</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12">
+      <c r="A11" s="1"/>
+      <c r="B11" s="1">
+        <v>826005</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J11" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K11" s="2"/>
+      <c r="L11" s="5">
+        <f>K11*14572.04</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12">
+      <c r="A12" s="1"/>
+      <c r="B12" s="1">
+        <v>826006</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J12" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K12" s="2"/>
+      <c r="L12" s="5">
+        <f>K12*12338.82</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12">
+      <c r="A13" s="1"/>
+      <c r="B13" s="1">
+        <v>826007</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J13" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K13" s="2"/>
+      <c r="L13" s="5">
+        <f>K13*16570.59</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12">
+      <c r="A14" s="1"/>
+      <c r="B14" s="1">
+        <v>826008</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J14" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K14" s="2"/>
+      <c r="L14" s="5">
+        <f>K14*15696.66</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12">
+      <c r="A15" s="1"/>
+      <c r="B15" s="1">
+        <v>826009</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J15" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K15" s="2"/>
+      <c r="L15" s="5">
+        <f>K15*10634.37</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12">
+      <c r="A16" s="1"/>
+      <c r="B16" s="1">
+        <v>826010</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J16" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K16" s="2"/>
+      <c r="L16" s="5">
+        <f>K16*7003.91</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12">
+      <c r="A17" s="1"/>
+      <c r="B17" s="1">
+        <v>826011</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J17" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K17" s="2"/>
+      <c r="L17" s="5">
+        <f>K17*9461.63</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12">
+      <c r="A18" s="1"/>
+      <c r="B18" s="1">
+        <v>826012</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J18" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K18" s="2"/>
+      <c r="L18" s="5">
+        <f>K18*12332.91</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12">
+      <c r="A19" s="1"/>
+      <c r="B19" s="1">
+        <v>826013</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J19" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K19" s="2"/>
+      <c r="L19" s="5">
+        <f>K19*9104.20</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12">
+      <c r="A20" s="1"/>
+      <c r="B20" s="1">
+        <v>826014</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J20" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K20" s="2"/>
+      <c r="L20" s="5">
+        <f>K20*16125.84</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12">
+      <c r="A21" s="1"/>
+      <c r="B21" s="1">
+        <v>826015</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J21" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K21" s="2"/>
+      <c r="L21" s="5">
+        <f>K21*13371.24</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12">
+      <c r="A22" s="1"/>
+      <c r="B22" s="1">
+        <v>826016</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J22" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K22" s="2"/>
+      <c r="L22" s="5">
+        <f>K22*13657.78</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12">
+      <c r="A23" s="1"/>
+      <c r="B23" s="1">
+        <v>831288</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J23" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K23" s="2"/>
+      <c r="L23" s="5">
+        <f>K23*13282.62</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12">
+      <c r="A24" s="1"/>
+      <c r="B24" s="1">
+        <v>831289</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J24" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K24" s="2"/>
+      <c r="L24" s="5">
+        <f>K24*10139.08</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12">
+      <c r="A25" s="1"/>
+      <c r="B25" s="1">
+        <v>831296</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J25" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K25" s="2"/>
+      <c r="L25" s="5">
+        <f>K25*16994.31</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12">
+      <c r="A26" s="1"/>
+      <c r="B26" s="1">
+        <v>831297</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J26" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K26" s="2"/>
+      <c r="L26" s="5">
+        <f>K26*12868.69</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12">
+      <c r="A27" s="1"/>
+      <c r="B27" s="1">
+        <v>831301</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J27" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K27" s="2"/>
+      <c r="L27" s="5">
+        <f>K27*21733.99</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12">
+      <c r="A28" s="1"/>
+      <c r="B28" s="1">
+        <v>831302</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J28" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K28" s="2"/>
+      <c r="L28" s="5">
+        <f>K28*16088.91</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12">
+      <c r="A29" s="1"/>
+      <c r="B29" s="1">
+        <v>827133</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J29" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K29" s="2"/>
+      <c r="L29" s="5">
+        <f>K29*13639.77</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12">
+      <c r="A30" s="1"/>
+      <c r="B30" s="1">
+        <v>827155</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J30" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K30" s="2"/>
+      <c r="L30" s="5">
+        <f>K30*12987.45</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12">
+      <c r="A31" s="1"/>
+      <c r="B31" s="1">
+        <v>827171</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J31" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K31" s="2"/>
+      <c r="L31" s="5">
+        <f>K31*7758.26</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12">
+      <c r="A32" s="1"/>
+      <c r="B32" s="1">
+        <v>827284</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J32" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K32" s="2"/>
+      <c r="L32" s="5">
+        <f>K32*9226.37</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12">
+      <c r="A33" s="1"/>
+      <c r="B33" s="1">
+        <v>827355</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J33" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K33" s="2"/>
+      <c r="L33" s="5">
+        <f>K33*4156.10</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12">
+      <c r="A34" s="1"/>
+      <c r="B34" s="1">
+        <v>832512</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J34" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K34" s="2"/>
+      <c r="L34" s="5">
+        <f>K34*9570.20</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12">
+      <c r="A35" s="1"/>
+      <c r="B35" s="1">
+        <v>885199</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J35" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K35" s="2"/>
+      <c r="L35" s="5">
+        <f>K35*12549.37</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12">
+      <c r="A36" s="1"/>
+      <c r="B36" s="1">
+        <v>885449</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J36" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K36" s="2"/>
+      <c r="L36" s="5">
+        <f>K36*10474.55</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12">
+      <c r="A37" s="1"/>
+      <c r="B37" s="1">
+        <v>890492</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J37" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K37" s="2"/>
+      <c r="L37" s="5">
+        <f>K37*7157.01</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12">
+      <c r="A38" s="1"/>
+      <c r="B38" s="1">
+        <v>890493</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J38" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K38" s="2"/>
+      <c r="L38" s="5">
+        <f>K38*8956.92</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12">
+      <c r="A39" s="1"/>
+      <c r="B39" s="1">
+        <v>890498</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J39" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K39" s="2"/>
+      <c r="L39" s="5">
+        <f>K39*10723.93</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12">
+      <c r="A40" s="1"/>
+      <c r="B40" s="1">
+        <v>827870</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J40" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K40" s="2"/>
+      <c r="L40" s="5">
+        <f>K40*7550.91</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12">
+      <c r="A41" s="1"/>
+      <c r="B41" s="1">
+        <v>827875</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J41" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K41" s="2"/>
+      <c r="L41" s="5">
+        <f>K41*9081.07</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12">
+      <c r="A42" s="1"/>
+      <c r="B42" s="1">
+        <v>827885</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J42" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K42" s="2"/>
+      <c r="L42" s="5">
+        <f>K42*2638.05</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12">
+      <c r="A43" s="1"/>
+      <c r="B43" s="1">
+        <v>827886</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J43" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K43" s="2"/>
+      <c r="L43" s="5">
+        <f>K43*3526.48</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12">
+      <c r="A44" s="1"/>
+      <c r="B44" s="1">
+        <v>827887</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J44" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K44" s="2"/>
+      <c r="L44" s="5">
+        <f>K44*3158.70</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12">
+      <c r="A45" s="1"/>
+      <c r="B45" s="1">
+        <v>857225</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J45" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K45" s="2"/>
+      <c r="L45" s="5">
+        <f>K45*16508.38</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12">
+      <c r="A46" s="1"/>
+      <c r="B46" s="1">
+        <v>873357</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J46" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K46" s="2"/>
+      <c r="L46" s="5">
+        <f>K46*23509.34</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>