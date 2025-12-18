--- v0 (2025-12-18)
+++ v1 (2025-12-18)
@@ -12,482 +12,83 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="11">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Единица измерения</t>
   </si>
   <si>
     <t>Ваш заказ</t>
-  </si>
-[...397 lines deleted...]
-    <t>27 198.94 руб.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -510,62 +111,53 @@
         <fgColor rgb="D9D9D9"/>
         <bgColor rgb="D9D9D9"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="6">
+  <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="164" fillId="2" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -836,1262 +428,109 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L34"/>
+  <dimension ref="A1:L1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="60" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
     <col min="10" max="10" width="11" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
-      <c r="A1" s="4" t="s">
+      <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="4" t="s">
+      <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="4" t="s">
+      <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="4" t="s">
+      <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="4" t="s">
+      <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="4" t="s">
+      <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="4" t="s">
+      <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="4" t="s">
+      <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="4" t="s">
+      <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="J1" s="4" t="s">
+      <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="K1" s="4" t="s">
+      <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="L1" s="5">
-[...1153 lines deleted...]
-        <f>K34*27198.94</f>
+      <c r="L1" s="2">
+        <f>SUM(L2:L1)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>