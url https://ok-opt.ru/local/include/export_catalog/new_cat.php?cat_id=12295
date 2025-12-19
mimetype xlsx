--- v0 (2025-12-18)
+++ v1 (2025-12-19)
@@ -1,94 +1,1791 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="11">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="576">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Единица измерения</t>
   </si>
   <si>
     <t>Ваш заказ</t>
+  </si>
+  <si>
+    <t>FIO-310010</t>
+  </si>
+  <si>
+    <t>Кран для фильтра МАТОВЫЙ НИКЕЛЬ (1/30шт)</t>
+  </si>
+  <si>
+    <t>1 724.80 руб.</t>
+  </si>
+  <si>
+    <t>Уточняйте</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>FIO-310012</t>
+  </si>
+  <si>
+    <t>Кран для фильтра МЕДЬ (1/30шт)</t>
+  </si>
+  <si>
+    <t>1 822.98 руб.</t>
+  </si>
+  <si>
+    <t>FRK-230001</t>
+  </si>
+  <si>
+    <t>VER717-2</t>
+  </si>
+  <si>
+    <t>Коллектор PPR с отсечными кранами 32 вн. х 2 вых. 20 вн. (кр+син) (1/70шт)</t>
+  </si>
+  <si>
+    <t>449.23 руб.</t>
+  </si>
+  <si>
+    <t>FRK-230002</t>
+  </si>
+  <si>
+    <t>VER717-3</t>
+  </si>
+  <si>
+    <t>Коллектор PPR с отсечными кранами 32 вн. х 3 вых. 20 вн. (кр+син) (1/60шт)</t>
+  </si>
+  <si>
+    <t>667.89 руб.</t>
+  </si>
+  <si>
+    <t>FRK-230003</t>
+  </si>
+  <si>
+    <t>VER717-4</t>
+  </si>
+  <si>
+    <t>Коллектор PPR с отсечными кранами 32 вн. х 4 вых. 20 вн. (кр+син) (1/50шт)</t>
+  </si>
+  <si>
+    <t>883.58 руб.</t>
+  </si>
+  <si>
+    <t>FRK-230004</t>
+  </si>
+  <si>
+    <t>VER717-5</t>
+  </si>
+  <si>
+    <t>Коллектор PPR с отсечными кранами 32 вн. х 5 вых. 20 вн. (кр+син) (1/40шт)</t>
+  </si>
+  <si>
+    <t>1 056.13 руб.</t>
+  </si>
+  <si>
+    <t>FRK-230005</t>
+  </si>
+  <si>
+    <t>VER718-2</t>
+  </si>
+  <si>
+    <t>Коллектор PPR с отсечными кранами 40 вн. х 2 вых. 20 вн. (кр+син) (1/70шт)</t>
+  </si>
+  <si>
+    <t>511.70 руб.</t>
+  </si>
+  <si>
+    <t>FRK-230006</t>
+  </si>
+  <si>
+    <t>VER718-3</t>
+  </si>
+  <si>
+    <t>Коллектор PPR с отсечными кранами 40 вн. х 3 вых. 20 вн. (кр+син) (1/60шт)</t>
+  </si>
+  <si>
+    <t>917.79 руб.</t>
+  </si>
+  <si>
+    <t>FRK-230007</t>
+  </si>
+  <si>
+    <t>VER718-4</t>
+  </si>
+  <si>
+    <t>Коллектор PPR с отсечными кранами 40 вн. х 4 вых. 20 вн. (кр+син) (1/50шт)</t>
+  </si>
+  <si>
+    <t>828.54 руб.</t>
+  </si>
+  <si>
+    <t>FRK-230008</t>
+  </si>
+  <si>
+    <t>VER718-5</t>
+  </si>
+  <si>
+    <t>Коллектор PPR с отсечными кранами 40 вн. х 5 вых. 20 вн. (кр+син) (1/40шт)</t>
+  </si>
+  <si>
+    <t>989.19 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201001</t>
+  </si>
+  <si>
+    <t>Заглушка канализационная DN 50 (800шт)</t>
+  </si>
+  <si>
+    <t>8.01 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201002</t>
+  </si>
+  <si>
+    <t>Заглушка канализационная DN 110 (200шт)</t>
+  </si>
+  <si>
+    <t>30.00 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201003</t>
+  </si>
+  <si>
+    <t>Зонт вытяжной канализационный DN 50 (70шт)</t>
+  </si>
+  <si>
+    <t>60.40 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201004</t>
+  </si>
+  <si>
+    <t>Зонт вытяжной канализационный DN 110 (60шт)</t>
+  </si>
+  <si>
+    <t>50.00 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201005</t>
+  </si>
+  <si>
+    <t>Клапан вакуумный (аэратор) серый канализационный DN50 (80шт)</t>
+  </si>
+  <si>
+    <t>31.66 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201006</t>
+  </si>
+  <si>
+    <t>Клапан вакуумный (аэратор) серый канализационный DN110 (26шт)</t>
+  </si>
+  <si>
+    <t>0.00 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201007</t>
+  </si>
+  <si>
+    <t>Крестовина канализационная DN 50 (70шт)</t>
+  </si>
+  <si>
+    <t>41.75 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201008</t>
+  </si>
+  <si>
+    <t>Крестовина канализационная DN 110 (15шт)</t>
+  </si>
+  <si>
+    <t>80.00 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201009</t>
+  </si>
+  <si>
+    <t>Крестовина канализационная 45 град. DN 50 (70шт)</t>
+  </si>
+  <si>
+    <t>54.51 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201010</t>
+  </si>
+  <si>
+    <t>Крестовина канализационная 45 град. DN 110 (15шт)</t>
+  </si>
+  <si>
+    <t>289.49 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201011</t>
+  </si>
+  <si>
+    <t>Крестовина канализационная перех. DN 110х50х50 (30шт)</t>
+  </si>
+  <si>
+    <t>100.00 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201012</t>
+  </si>
+  <si>
+    <t>Крестовина канализационная перех. DN 110х110х50 (30шт)</t>
+  </si>
+  <si>
+    <t>KAN-201013</t>
+  </si>
+  <si>
+    <t>Крестовина канализационная двухплоскост. DN 110х110х50 правая (20шт)</t>
+  </si>
+  <si>
+    <t>120.50 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201014</t>
+  </si>
+  <si>
+    <t>Крестовина канализационная двухплоскост. DN 110х110х50 левая (20шт)</t>
+  </si>
+  <si>
+    <t>KAN-201015</t>
+  </si>
+  <si>
+    <t>Муфта канализационная DN 50 (200шт)</t>
+  </si>
+  <si>
+    <t>33.00 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201016</t>
+  </si>
+  <si>
+    <t>Муфта канализационная DN 110 (60шт)</t>
+  </si>
+  <si>
+    <t>KAN-201017</t>
+  </si>
+  <si>
+    <t>Муфта канализационная ремонтная переходная чугун-пластик DN 110 (48шт)</t>
+  </si>
+  <si>
+    <t>435.78 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201018</t>
+  </si>
+  <si>
+    <t>Отвод канализационный 45 град. DN 50 (150шт)</t>
+  </si>
+  <si>
+    <t>32.76 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201019</t>
+  </si>
+  <si>
+    <t>Отвод канализационный 90 град. DN 50 (150шт)</t>
+  </si>
+  <si>
+    <t>10.00 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201020</t>
+  </si>
+  <si>
+    <t>Отвод канализационный 45 град. DN 110 (50шт)</t>
+  </si>
+  <si>
+    <t>KAN-201021</t>
+  </si>
+  <si>
+    <t>Отвод канализационный 90 град. DN 110 (40шт)</t>
+  </si>
+  <si>
+    <t>51.24 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201022</t>
+  </si>
+  <si>
+    <t>Патрубок компенсационный канализационный DN 50 (50шт)</t>
+  </si>
+  <si>
+    <t>62.17 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201023</t>
+  </si>
+  <si>
+    <t>Патрубок компенсационный канализационный DN 110 (30шт)</t>
+  </si>
+  <si>
+    <t>134.48 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201024</t>
+  </si>
+  <si>
+    <t>Переход канализационный DN 110x50 (100шт)</t>
+  </si>
+  <si>
+    <t>34.51 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201025</t>
+  </si>
+  <si>
+    <t>Ревизия канализационная с крышкой DN 50 (50шт)</t>
+  </si>
+  <si>
+    <t>40.30 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201026</t>
+  </si>
+  <si>
+    <t>Ревизия канализационная с крышкой DN 110 (20шт)</t>
+  </si>
+  <si>
+    <t>230.43 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201027</t>
+  </si>
+  <si>
+    <t>Тройник канализационный 45 град. DN 50 (70шт)</t>
+  </si>
+  <si>
+    <t>25.00 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201028</t>
+  </si>
+  <si>
+    <t>Тройник канализационный 45 град. DN 110 (20шт)</t>
+  </si>
+  <si>
+    <t>85.00 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201029</t>
+  </si>
+  <si>
+    <t>Тройник канализационный 90 град. DN 50 (70шт)</t>
+  </si>
+  <si>
+    <t>25.91 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201030</t>
+  </si>
+  <si>
+    <t>Тройник канализационный 90 град. DN 110 (20шт)</t>
+  </si>
+  <si>
+    <t>KAN-201031</t>
+  </si>
+  <si>
+    <t>Тройник канализационный перех. 45 град. DN 110х50 (25шт)</t>
+  </si>
+  <si>
+    <t>67.49 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201032</t>
+  </si>
+  <si>
+    <t>Тройник канализационный перех. 90 град. DN 110х50 (25шт)</t>
+  </si>
+  <si>
+    <t>KAN-201033</t>
+  </si>
+  <si>
+    <t>Тройник канализационный перех. универсал. 90 град. DN 110х50 вверх (20шт)</t>
+  </si>
+  <si>
+    <t>KAN-201034</t>
+  </si>
+  <si>
+    <t>Тройник канализационный перех. универсал. 90 град. DN 110х50 назад (20шт)</t>
+  </si>
+  <si>
+    <t>92.88 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201035</t>
+  </si>
+  <si>
+    <t>Тройник канализационный перех. универсал. 90 град. DN 110х50 правый (20шт)</t>
+  </si>
+  <si>
+    <t>182.98 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201036</t>
+  </si>
+  <si>
+    <t>Тройник канализационный перех. универсал. 90 град. DN 110х50 левый (20шт)</t>
+  </si>
+  <si>
+    <t>93.82 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201037</t>
+  </si>
+  <si>
+    <t>Хомут канализационный DN 50 (100шт)</t>
+  </si>
+  <si>
+    <t>10.72 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201038</t>
+  </si>
+  <si>
+    <t>Хомут канализационный DN 110 (120шт)</t>
+  </si>
+  <si>
+    <t>32.35 руб.</t>
+  </si>
+  <si>
+    <t>KRP-110009</t>
+  </si>
+  <si>
+    <t>крепление для сиденья (пл. болты) VIR</t>
+  </si>
+  <si>
+    <t>42.38 руб.</t>
+  </si>
+  <si>
+    <t>MAV-111044</t>
+  </si>
+  <si>
+    <t>Пробка для ванны с цепочкой 29см, резина, d4,5см</t>
+  </si>
+  <si>
+    <t>23.24 руб.</t>
+  </si>
+  <si>
+    <t>MAV-111115</t>
+  </si>
+  <si>
+    <t>Мыльница подвесная с креплением, хром, стекло</t>
+  </si>
+  <si>
+    <t>155.25 руб.</t>
+  </si>
+  <si>
+    <t>MAV-111118</t>
+  </si>
+  <si>
+    <t>S05040</t>
+  </si>
+  <si>
+    <t>Полка для ванной комнаты, 51,3х13 см HS-1001 стекло</t>
+  </si>
+  <si>
+    <t>323.68 руб.</t>
+  </si>
+  <si>
+    <t>MAV-111124</t>
+  </si>
+  <si>
+    <t>Штанга для полотенца квадро, 58см</t>
+  </si>
+  <si>
+    <t>300.00 руб.</t>
+  </si>
+  <si>
+    <t>NAS-250001</t>
+  </si>
+  <si>
+    <t>Насос циркуляционный Ondo 25/4 180мм (1/8 шт)</t>
+  </si>
+  <si>
+    <t>2 487.26 руб.</t>
+  </si>
+  <si>
+    <t>NAS-250002</t>
+  </si>
+  <si>
+    <t>Насос циркуляционный Ondo 25/4 130мм (1/8 шт)</t>
+  </si>
+  <si>
+    <t>1 761.26 руб.</t>
+  </si>
+  <si>
+    <t>NAS-250003</t>
+  </si>
+  <si>
+    <t>Насос циркуляционный Ondo 25/6 180мм (1/8 шт)</t>
+  </si>
+  <si>
+    <t>2 879.52 руб.</t>
+  </si>
+  <si>
+    <t>NAS-250004</t>
+  </si>
+  <si>
+    <t>Насос циркуляционный Ondo 25/6 130мм (1/8 шт)</t>
+  </si>
+  <si>
+    <t>NAS-250005</t>
+  </si>
+  <si>
+    <t>Насос циркуляционный Ondo 25/8 180мм (1/4 шт)</t>
+  </si>
+  <si>
+    <t>3 280.33 руб.</t>
+  </si>
+  <si>
+    <t>NAS-250006</t>
+  </si>
+  <si>
+    <t>Насос циркуляционный Ondo 32/4 180мм (1/8 шт)</t>
+  </si>
+  <si>
+    <t>1 754.45 руб.</t>
+  </si>
+  <si>
+    <t>NAS-250007</t>
+  </si>
+  <si>
+    <t>Насос циркуляционный Ondo 32/6 180мм (1/8 шт)</t>
+  </si>
+  <si>
+    <t>3 167.54 руб.</t>
+  </si>
+  <si>
+    <t>NAS-250008</t>
+  </si>
+  <si>
+    <t>Насос циркуляционный Ondo 32/8 180мм (1/4 шт)</t>
+  </si>
+  <si>
+    <t>3 425.86 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160001</t>
+  </si>
+  <si>
+    <t>VREA20</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN20 20мм армир. алюминием (4/200м)</t>
+  </si>
+  <si>
+    <t>99.66 руб.</t>
+  </si>
+  <si>
+    <t>пог</t>
+  </si>
+  <si>
+    <t>PPR-160002</t>
+  </si>
+  <si>
+    <t>VREA25</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN20 25мм армир. алюминием (4/140м)</t>
+  </si>
+  <si>
+    <t>130.90 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160003</t>
+  </si>
+  <si>
+    <t>VREA32</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN20 32мм армир. алюминием (4/80м)</t>
+  </si>
+  <si>
+    <t>200.81 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160004</t>
+  </si>
+  <si>
+    <t>VREA40</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN20 40мм армир. алюминием (4/60м)</t>
+  </si>
+  <si>
+    <t>316.84 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160005</t>
+  </si>
+  <si>
+    <t>VREA50</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN20 50мм армир. алюминием (4/40м)</t>
+  </si>
+  <si>
+    <t>520.63 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160006</t>
+  </si>
+  <si>
+    <t>VREA63</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN20 63мм армир. алюминием (4/30м)</t>
+  </si>
+  <si>
+    <t>783.91 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160007</t>
+  </si>
+  <si>
+    <t>VRFA20</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN25 20мм армир. АЛЮМИНИЕМ (4/200м)</t>
+  </si>
+  <si>
+    <t>PPR-160008</t>
+  </si>
+  <si>
+    <t>VRFA25</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN25 25мм армир. АЛЮМИНИЕМ (4/140м)</t>
+  </si>
+  <si>
+    <t>156.19 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160009</t>
+  </si>
+  <si>
+    <t>VRFA32</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN25 32мм армир. АЛЮМИНИЕМ (4/80м)</t>
+  </si>
+  <si>
+    <t>249.90 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160010</t>
+  </si>
+  <si>
+    <t>VRFA40</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN25 40мм армир. АЛЮМИНИЕМ (4/60м)</t>
+  </si>
+  <si>
+    <t>374.85 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160011</t>
+  </si>
+  <si>
+    <t>VRFA50</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN25 50мм армир. АЛЮМИНИЕМ (4/40м)</t>
+  </si>
+  <si>
+    <t>769.04 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160012</t>
+  </si>
+  <si>
+    <t>VRFA63</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN25 63мм армир. АЛЮМИНИЕМ (4/30м)</t>
+  </si>
+  <si>
+    <t>1 035.30 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160013</t>
+  </si>
+  <si>
+    <t>VREB20</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN20 20мм армир. стекловолокном (4/200м)</t>
+  </si>
+  <si>
+    <t>92.23 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160014</t>
+  </si>
+  <si>
+    <t>VREB25</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN20 25мм армир. стекловолокном (4/140м)</t>
+  </si>
+  <si>
+    <t>138.34 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160015</t>
+  </si>
+  <si>
+    <t>VREB32</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN20 32мм армир. стекловолокном (4/80м)</t>
+  </si>
+  <si>
+    <t>224.61 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160016</t>
+  </si>
+  <si>
+    <t>VREB40</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN20 40мм армир. стекловолокном (4/60м)</t>
+  </si>
+  <si>
+    <t>349.56 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160017</t>
+  </si>
+  <si>
+    <t>VREB50</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN20 50мм армир. стекловолокном (4/40м)</t>
+  </si>
+  <si>
+    <t>450.71 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160018</t>
+  </si>
+  <si>
+    <t>VRFB20</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN25 20мм армир. СТЕКЛОВОЛОКНОМ (4/200м)</t>
+  </si>
+  <si>
+    <t>104.13 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160019</t>
+  </si>
+  <si>
+    <t>VRFB25</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN25 25мм армир. СТЕКЛОВОЛОКНОМ (4/140м)</t>
+  </si>
+  <si>
+    <t>162.14 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160020</t>
+  </si>
+  <si>
+    <t>VRFB32</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN25 32мм армир. СТЕКЛОВОЛОКНОМ (4/80м)</t>
+  </si>
+  <si>
+    <t>PPR-160021</t>
+  </si>
+  <si>
+    <t>VRFB40</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN25 40мм армир. СТЕКЛОВОЛОКНОМ (4/60м)</t>
+  </si>
+  <si>
+    <t>342.13 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160022</t>
+  </si>
+  <si>
+    <t>VRFB50</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN25 50мм армир. СТЕКЛОВОЛОКНОМ (4/40м)</t>
+  </si>
+  <si>
+    <t>566.74 руб.</t>
+  </si>
+  <si>
+    <t>PSK-120001</t>
+  </si>
+  <si>
+    <t>полотенцесушитель нерж сталь М 500*400 3/4"</t>
+  </si>
+  <si>
+    <t>2 117.97 руб.</t>
+  </si>
+  <si>
+    <t>PSK-120002</t>
+  </si>
+  <si>
+    <t>полотенцесушитель нерж сталь М 500*500 3/4"</t>
+  </si>
+  <si>
+    <t>2 397.39 руб.</t>
+  </si>
+  <si>
+    <t>PSK-120003</t>
+  </si>
+  <si>
+    <t>полотенцесушитель нерж сталь М 500*600 3/4"</t>
+  </si>
+  <si>
+    <t>2 765.81 руб.</t>
+  </si>
+  <si>
+    <t>PSK-222070</t>
+  </si>
+  <si>
+    <t>Муфта стяжная вн-вн 1"х1" для п/с (1/20шт)</t>
+  </si>
+  <si>
+    <t>841.77 руб.</t>
+  </si>
+  <si>
+    <t>пар</t>
+  </si>
+  <si>
+    <t>RAS-130022</t>
+  </si>
+  <si>
+    <t>-Набор катушек 2х50 метров, "Sprint", блистер (15шт)</t>
+  </si>
+  <si>
+    <t>238.95 руб.</t>
+  </si>
+  <si>
+    <t>RAS-130023</t>
+  </si>
+  <si>
+    <t>-Набор катушек 3х50 метров, "Sprint", блистер (15шт)</t>
+  </si>
+  <si>
+    <t>316.72 руб.</t>
+  </si>
+  <si>
+    <t>ROK-340001</t>
+  </si>
+  <si>
+    <t>Экран для чугун. радиатора 3 секции БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>801.55 руб.</t>
+  </si>
+  <si>
+    <t>ROK-340002</t>
+  </si>
+  <si>
+    <t>Экран для чугун. радиатора 4 секции БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>1 133.90 руб.</t>
+  </si>
+  <si>
+    <t>ROK-340003</t>
+  </si>
+  <si>
+    <t>Экран для чугун. радиатора 5 секций БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>ROK-340004</t>
+  </si>
+  <si>
+    <t>Экран для чугун. радиатора 6 секций БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>1 173.00 руб.</t>
+  </si>
+  <si>
+    <t>ROK-340005</t>
+  </si>
+  <si>
+    <t>Экран для чугун. радиатора 7 секций БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>1 622.65 руб.</t>
+  </si>
+  <si>
+    <t>SIP-450001</t>
+  </si>
+  <si>
+    <t>VP30</t>
+  </si>
+  <si>
+    <t>Удлинитель гибкий раздвижной 230-440мм для унитаза 110мм</t>
+  </si>
+  <si>
+    <t>502.78 руб.</t>
+  </si>
+  <si>
+    <t>SIP-450003</t>
+  </si>
+  <si>
+    <t>SG21</t>
+  </si>
+  <si>
+    <t>Манжета для унитаза прямая</t>
+  </si>
+  <si>
+    <t>166.60 руб.</t>
+  </si>
+  <si>
+    <t>SIP-450004</t>
+  </si>
+  <si>
+    <t>SG22</t>
+  </si>
+  <si>
+    <t>Манжета для унитаза эксцентрическая</t>
+  </si>
+  <si>
+    <t>182.96 руб.</t>
+  </si>
+  <si>
+    <t>SMS-311002</t>
+  </si>
+  <si>
+    <t>- Дивертор шаровой</t>
+  </si>
+  <si>
+    <t>185.00 руб.</t>
+  </si>
+  <si>
+    <t>SMS-311005</t>
+  </si>
+  <si>
+    <t>- Дивертор шаровой цинк</t>
+  </si>
+  <si>
+    <t>192.64 руб.</t>
+  </si>
+  <si>
+    <t>SMS-320040</t>
+  </si>
+  <si>
+    <t>Шланг для душа БРОНЗА 1/2х1/2  в металлической оплетке 150см упак. блистер</t>
+  </si>
+  <si>
+    <t>410.89 руб.</t>
+  </si>
+  <si>
+    <t>SMS-320041</t>
+  </si>
+  <si>
+    <t>Шланг для душа ЗОЛОТО 1/2х1/2  в металлической оплетке 150см упак. блистер</t>
+  </si>
+  <si>
+    <t>SMS-321007</t>
+  </si>
+  <si>
+    <t>Шланг для душа 150см, СоюзКран, 1/2"(Имп)-1/2"(Имп), сталь, S7</t>
+  </si>
+  <si>
+    <t>89.60 руб.</t>
+  </si>
+  <si>
+    <t>SMS-321011</t>
+  </si>
+  <si>
+    <t>- Шланг для душа SW 150см, 1/2"(Имп)-1/2"(Имп), сталь, пластик, ПВХ</t>
+  </si>
+  <si>
+    <t>66.08 руб.</t>
+  </si>
+  <si>
+    <t>SMS-331003</t>
+  </si>
+  <si>
+    <t>Лейка для душа, 1 режим</t>
+  </si>
+  <si>
+    <t>68.00 руб.</t>
+  </si>
+  <si>
+    <t>SMS-331014</t>
+  </si>
+  <si>
+    <t>Лейка SW для душа, 3 режима</t>
+  </si>
+  <si>
+    <t>143.36 руб.</t>
+  </si>
+  <si>
+    <t>SMS-331015</t>
+  </si>
+  <si>
+    <t>132.16 руб.</t>
+  </si>
+  <si>
+    <t>SMS-331026</t>
+  </si>
+  <si>
+    <t>Лейка СоюзКран для душа, 3 режима</t>
+  </si>
+  <si>
+    <t>123.20 руб.</t>
+  </si>
+  <si>
+    <t>SMS-331034</t>
+  </si>
+  <si>
+    <t>Набор для душа БЕЗ стойки (лейка + шланг) для смесителя серии 510, 150см</t>
+  </si>
+  <si>
+    <t>323.23 руб.</t>
+  </si>
+  <si>
+    <t>SMS-340015</t>
+  </si>
+  <si>
+    <t>- Излив для кухни ГИБКИЙ OUTE</t>
+  </si>
+  <si>
+    <t>SMS-340016</t>
+  </si>
+  <si>
+    <t>Излив для кухни гибкий, белый OUTE</t>
+  </si>
+  <si>
+    <t>824.09 руб.</t>
+  </si>
+  <si>
+    <t>SMS-340017</t>
+  </si>
+  <si>
+    <t>Излив для кухни гибкий, черный OUTE</t>
+  </si>
+  <si>
+    <t>SMS-340018</t>
+  </si>
+  <si>
+    <t>Излив для кухни гибкий, оранжевый OUTE</t>
+  </si>
+  <si>
+    <t>SMS-340019</t>
+  </si>
+  <si>
+    <t>Излив для кухни гибкий, серый OUTE</t>
+  </si>
+  <si>
+    <t>SMS-340020</t>
+  </si>
+  <si>
+    <t>Излив для кухни гибкий, зеленый OUTE</t>
+  </si>
+  <si>
+    <t>SMS-340021</t>
+  </si>
+  <si>
+    <t>Излив для кухни гибкий, желтый OUTE</t>
+  </si>
+  <si>
+    <t>SMS-351001</t>
+  </si>
+  <si>
+    <t>Картридж керамический 35мм</t>
+  </si>
+  <si>
+    <t>99.46 руб.</t>
+  </si>
+  <si>
+    <t>SMS-351002</t>
+  </si>
+  <si>
+    <t>Картридж керамический 40мм</t>
+  </si>
+  <si>
+    <t>56.00 руб.</t>
+  </si>
+  <si>
+    <t>SMS-351006</t>
+  </si>
+  <si>
+    <t>- Кран-букса 1/2 керамич. Rain к сериям 500 (к ручкам 03,16), под квадрат, цена за 1шт</t>
+  </si>
+  <si>
+    <t>113.96 руб.</t>
+  </si>
+  <si>
+    <t>SMS-351007</t>
+  </si>
+  <si>
+    <t>- Кран-букса 1/2 керамич. Rain к сериям 500 (к ручкам 12,09,04), вращение 90 грд., цена за 1шт</t>
+  </si>
+  <si>
+    <t>62.72 руб.</t>
+  </si>
+  <si>
+    <t>SMS-351012</t>
+  </si>
+  <si>
+    <t>Кран-букса 1/2 керамич. под квадрат, цена за 1шт</t>
+  </si>
+  <si>
+    <t>95.31 руб.</t>
+  </si>
+  <si>
+    <t>SMS-351013</t>
+  </si>
+  <si>
+    <t>- Кран-букса 1/2 керамич. под крест 24шл, цена за 1шт</t>
+  </si>
+  <si>
+    <t>53.76 руб.</t>
+  </si>
+  <si>
+    <t>SMS-351015</t>
+  </si>
+  <si>
+    <t>Кран-букса 18х1 керамич. (Рос) 033, цена за 1шт</t>
+  </si>
+  <si>
+    <t>120.18 руб.</t>
+  </si>
+  <si>
+    <t>SMS-351016</t>
+  </si>
+  <si>
+    <t>- Кран-букса 18х1 резина (Рос) 036, цена за 1шт</t>
+  </si>
+  <si>
+    <t>63.84 руб.</t>
+  </si>
+  <si>
+    <t>SMS-351017</t>
+  </si>
+  <si>
+    <t>- Кран-букса 18х1 резина под крест (Рос) 036-1, цена за 1шт</t>
+  </si>
+  <si>
+    <t>40.00 руб.</t>
+  </si>
+  <si>
+    <t>SMS-351021</t>
+  </si>
+  <si>
+    <t>- Кран-букса 3/8 резина под квадрат, цена за 1шт</t>
+  </si>
+  <si>
+    <t>24.00 руб.</t>
+  </si>
+  <si>
+    <t>SMS-380050</t>
+  </si>
+  <si>
+    <t>Аэратор для излива металл (нар. резьба) (1/20шт)</t>
+  </si>
+  <si>
+    <t>35.37 руб.</t>
+  </si>
+  <si>
+    <t>SMS-380051</t>
+  </si>
+  <si>
+    <t>Аэратор для излива металл (вн. резьба) (1/20шт)</t>
+  </si>
+  <si>
+    <t>SMS-381003</t>
+  </si>
+  <si>
+    <t>Аэратор для смесителя поворотный с регулировкой давления, потока и экономией расхода воды</t>
+  </si>
+  <si>
+    <t>60.48 руб.</t>
+  </si>
+  <si>
+    <t>SMS-381004</t>
+  </si>
+  <si>
+    <t>Аэратор для смесителя, на шланге, поворотный, нерж сталь, ПВХ, ABS</t>
+  </si>
+  <si>
+    <t>88.48 руб.</t>
+  </si>
+  <si>
+    <t>UNI- 100012</t>
+  </si>
+  <si>
+    <t>-Силикон. смазка UNIPAK SUPER GLIDEX 175 г. (тюбик с губкой) (12шт)</t>
+  </si>
+  <si>
+    <t>437.50 руб.</t>
+  </si>
+  <si>
+    <t>UNI- 100013</t>
+  </si>
+  <si>
+    <t>-Силикон. смазка UNIPAK SUPER GLIDEX 400 г. (1/12шт)</t>
+  </si>
+  <si>
+    <t>670.25 руб.</t>
+  </si>
+  <si>
+    <t>UNI- 100014</t>
+  </si>
+  <si>
+    <t>-Силикон. смазка UNIPAK SUPER GLIDEX 750 г. (1/12шт)</t>
+  </si>
+  <si>
+    <t>890.75 руб.</t>
+  </si>
+  <si>
+    <t>UNI- 100015</t>
+  </si>
+  <si>
+    <t>-Силикон. смазка UNIPAK SUPER GLIDEX 1 кг (1/6шт)</t>
+  </si>
+  <si>
+    <t>1 200.50 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-111001</t>
+  </si>
+  <si>
+    <t>Кран водоразборный Ду 15 ручка вентиль Латунь (2/160 шт)</t>
+  </si>
+  <si>
+    <t>288.01 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-111002</t>
+  </si>
+  <si>
+    <t>Кран водоразборный кор. излив, крест, со штуцером, 1/2" металл ХРОМ (5/120 шт)</t>
+  </si>
+  <si>
+    <t>144.48 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-111003</t>
+  </si>
+  <si>
+    <t>Кран водоразборный кор. излив, ручка хром курок, 1/2" металл ХРОМ (5/120 шт)</t>
+  </si>
+  <si>
+    <t>184.80 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-111004</t>
+  </si>
+  <si>
+    <t>Кран водоразборный кор. излив, ручка хром  крест с аэратором, 1/2" металл ХРОМ (5/120 шт)</t>
+  </si>
+  <si>
+    <t>155.68 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-111005</t>
+  </si>
+  <si>
+    <t>Кран водоразборный кор. излив, ручка белый пластик, 1/2" металл ХРОМ</t>
+  </si>
+  <si>
+    <t>ZAP-331001</t>
+  </si>
+  <si>
+    <t>Кран шар. 1/2" вн/вн, бабочка для холодной воды (10/240 шт)</t>
+  </si>
+  <si>
+    <t>ZAP-331003</t>
+  </si>
+  <si>
+    <t>Кран шар. 1/2" вн/нар, бабочка для холодной воды (10/240 шт)</t>
+  </si>
+  <si>
+    <t>УТ000001154</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PP-R Обвод (скоба) Lammin Белый 20 </t>
+  </si>
+  <si>
+    <t>УТ000001221</t>
+  </si>
+  <si>
+    <t>PP-R Обвод (скоба) Lammin Белый 32</t>
+  </si>
+  <si>
+    <t>20.00 руб.</t>
+  </si>
+  <si>
+    <t>УТ000001381</t>
+  </si>
+  <si>
+    <t>Кран шаровый угловой для подкл. ст. приборов с отражателем, 1/2"х3/4", НР-НР, хром</t>
+  </si>
+  <si>
+    <t>135.00 руб.</t>
+  </si>
+  <si>
+    <t>УТ000001613</t>
+  </si>
+  <si>
+    <t>-Труба PEX-a EVOH 20х2,8 Plast orange (бухта 200 м)</t>
+  </si>
+  <si>
+    <t>76.57 руб.</t>
+  </si>
+  <si>
+    <t>УТ000001626</t>
+  </si>
+  <si>
+    <t>-Труба PEX-a EVOH 20х2,8 Plast orange (бухта 100 м)</t>
+  </si>
+  <si>
+    <t>УТ000001716</t>
+  </si>
+  <si>
+    <t>-Труба PEX-a EVOH 20х2,8 Plast orange (бухта 300 м)</t>
+  </si>
+  <si>
+    <t>УТ000001717</t>
+  </si>
+  <si>
+    <t>-Труба PEX-a EVOH 16х2,2 Plast orange (бухта 200 м)</t>
+  </si>
+  <si>
+    <t>56.59 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100112</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 30см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (100шт)</t>
+  </si>
+  <si>
+    <t>107.07 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100113</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 40см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (100шт)</t>
+  </si>
+  <si>
+    <t>116.38 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100114</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 50см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (100шт)</t>
+  </si>
+  <si>
+    <t>125.69 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100115</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 60см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (100шт)</t>
+  </si>
+  <si>
+    <t>SCH-100116</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 80см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (100шт)</t>
+  </si>
+  <si>
+    <t>155.95 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100117</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 100см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (100шт)</t>
+  </si>
+  <si>
+    <t>174.57 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100118</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 120см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (100шт)</t>
+  </si>
+  <si>
+    <t>193.19 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100119</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 150см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (100шт)</t>
+  </si>
+  <si>
+    <t>223.45 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100120</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 200см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (50шт)</t>
+  </si>
+  <si>
+    <t>270.00 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100121</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 250см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (50шт)</t>
+  </si>
+  <si>
+    <t>321.21 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100122</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 300см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (50шт)</t>
+  </si>
+  <si>
+    <t>367.76 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100123</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 350см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (20шт)</t>
+  </si>
+  <si>
+    <t>430.61 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100124</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 400см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (20шт)</t>
+  </si>
+  <si>
+    <t>488.80 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100125</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 450см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (20шт)</t>
+  </si>
+  <si>
+    <t>SCH-100126</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 500см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (20шт)</t>
+  </si>
+  <si>
+    <t>SCH-100127</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 30см 1/2 ВН-НАР нержавейка в СИЛИКОН покрытии (100шт)</t>
+  </si>
+  <si>
+    <t>128.02 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100128</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 40см 1/2 ВН-НАР нержавейка в СИЛИКОН покрытии (100шт)</t>
+  </si>
+  <si>
+    <t>137.33 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100129</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 50см 1/2 ВН-НАР нержавейка в СИЛИКОН покрытии (100шт)</t>
+  </si>
+  <si>
+    <t>144.31 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100130</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 60см 1/2 ВН-НАР нержавейка в СИЛИКОН покрытии (100шт)</t>
+  </si>
+  <si>
+    <t>SCH-100131</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 80см 1/2 ВН-НАР нержавейка в СИЛИКОН покрытии (100шт)</t>
+  </si>
+  <si>
+    <t>SCH-100132</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 100см 1/2 ВН-НАР нержавейка в СИЛИКОН покрытии (100шт)</t>
+  </si>
+  <si>
+    <t>195.52 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100133</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 120см 1/2 ВН-НАР нержавейка в СИЛИКОН покрытии (100шт)</t>
+  </si>
+  <si>
+    <t>211.81 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100134</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 150см 1/2 ВН-НАР нержавейка в СИЛИКОН покрытии (100шт)</t>
+  </si>
+  <si>
+    <t>242.07 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100135</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 200см 1/2 ВН-НАР нержавейка в СИЛИКОН покрытии (50шт)</t>
+  </si>
+  <si>
+    <t>290.95 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100136</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 250см 1/2 ВН-НАР нержавейка в СИЛИКОН покрытии (50шт)</t>
+  </si>
+  <si>
+    <t>339.83 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100137</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 300см 1/2 ВН-НАР нержавейка в СИЛИКОН покрытии (50шт)</t>
+  </si>
+  <si>
+    <t>388.71 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100138</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 350см 1/2 ВН-НАР нержавейка в СИЛИКОН покрытии (20шт)</t>
+  </si>
+  <si>
+    <t>SCH-100139</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 400см 1/2 ВН-НАР нержавейка в СИЛИКОН покрытии (20шт)</t>
+  </si>
+  <si>
+    <t>SCH-100140</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 450см 1/2 ВН-НАР нержавейка в СИЛИКОН покрытии (20шт)</t>
+  </si>
+  <si>
+    <t>SCH-100141</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 500см 1/2 ВН-НАР нержавейка в СИЛИКОН покрытии (20шт)</t>
+  </si>
+  <si>
+    <t>SCH-100101</t>
+  </si>
+  <si>
+    <t>Комплект подводки для смесителя 30см нержавейка в СИЛИКОН покрытии</t>
+  </si>
+  <si>
+    <t>186.21 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100102</t>
+  </si>
+  <si>
+    <t>Комплект подводки для смесителя 40см нержавейка в СИЛИКОН покрытии</t>
+  </si>
+  <si>
+    <t>204.83 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100103</t>
+  </si>
+  <si>
+    <t>Комплект подводки для смесителя 50см нержавейка в СИЛИКОН покрытии</t>
+  </si>
+  <si>
+    <t>225.78 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100104</t>
+  </si>
+  <si>
+    <t>Комплект подводки для смесителя 60см нержавейка в СИЛИКОН покрытии</t>
+  </si>
+  <si>
+    <t>SCH-100105</t>
+  </si>
+  <si>
+    <t>Комплект подводки для смесителя 70см нержавейка в СИЛИКОН покрытии</t>
+  </si>
+  <si>
+    <t>279.31 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100106</t>
+  </si>
+  <si>
+    <t>Комплект подводки для смесителя 80см нержавейка в СИЛИКОН покрытии</t>
+  </si>
+  <si>
+    <t>281.64 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100107</t>
+  </si>
+  <si>
+    <t>Комплект подводки для смесителя 100см нержавейка в СИЛИКОН покрытии</t>
+  </si>
+  <si>
+    <t>SCH-100108</t>
+  </si>
+  <si>
+    <t>Комплект подводки для смесителя 120см нержавейка в СИЛИКОН покрытии</t>
+  </si>
+  <si>
+    <t>360.78 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100109</t>
+  </si>
+  <si>
+    <t>Комплект подводки для смесителя 150см нержавейка в СИЛИКОН покрытии</t>
+  </si>
+  <si>
+    <t>418.97 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100110</t>
+  </si>
+  <si>
+    <t>Комплект подводки для смесителя 180см нержавейка в СИЛИКОН покрытии</t>
+  </si>
+  <si>
+    <t>477.16 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100111</t>
+  </si>
+  <si>
+    <t>Комплект подводки для смесителя 200см нержавейка в СИЛИКОН покрытии</t>
+  </si>
+  <si>
+    <t>537.68 руб.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -111,71 +1808,179 @@
         <fgColor rgb="D9D9D9"/>
         <bgColor rgb="D9D9D9"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="6">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="164" fillId="2" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41ead0bb_2fce_11ee_a48d_047c1617b143_3d7c06aa_0312_11ef_a5a4_047c1617b1431.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13024ec2_2fe4_11ee_a48d_047c1617b143_3d7c06ac_0312_11ef_a5a4_047c1617b1432.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41ead0a5_2fce_11ee_a48d_047c1617b143_3d7c06e7_0312_11ef_a5a4_047c1617b1433.jpeg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>148</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="Image_388" descr="Image_388"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>163</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Image_389" descr="Image_389"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>178</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Image_403" descr="Image_403"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -420,133 +2225,6491 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L1"/>
+  <dimension ref="A1:L189"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="60" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
     <col min="10" max="10" width="11" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
-      <c r="A1" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B1" s="1" t="s">
+      <c r="A1" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" s="4" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="L1" s="2">
-        <f>SUM(L2:L1)</f>
+      <c r="L1" s="5">
+        <f>SUM(L2:L189)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12">
+      <c r="A2" s="1"/>
+      <c r="B2" s="1">
+        <v>878833</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" s="1">
+        <v>233</v>
+      </c>
+      <c r="E2" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K2" s="2"/>
+      <c r="L2" s="5">
+        <f>K2*1724.80</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:12">
+      <c r="A3" s="1"/>
+      <c r="B3" s="1">
+        <v>878834</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" s="1">
+        <v>235</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H3" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I3" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J3" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K3" s="2"/>
+      <c r="L3" s="5">
+        <f>K3*1822.98</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12">
+      <c r="A4" s="1"/>
+      <c r="B4" s="1">
+        <v>878804</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I4" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J4" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K4" s="2"/>
+      <c r="L4" s="5">
+        <f>K4*449.23</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12">
+      <c r="A5" s="1"/>
+      <c r="B5" s="1">
+        <v>878805</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K5" s="2"/>
+      <c r="L5" s="5">
+        <f>K5*667.89</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12">
+      <c r="A6" s="1"/>
+      <c r="B6" s="1">
+        <v>878806</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K6" s="2"/>
+      <c r="L6" s="5">
+        <f>K6*883.58</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12">
+      <c r="A7" s="1"/>
+      <c r="B7" s="1">
+        <v>878807</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K7" s="2"/>
+      <c r="L7" s="5">
+        <f>K7*1056.13</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12">
+      <c r="A8" s="1"/>
+      <c r="B8" s="1">
+        <v>878808</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K8" s="2"/>
+      <c r="L8" s="5">
+        <f>K8*511.70</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12">
+      <c r="A9" s="1"/>
+      <c r="B9" s="1">
+        <v>878809</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K9" s="2"/>
+      <c r="L9" s="5">
+        <f>K9*917.79</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12">
+      <c r="A10" s="1"/>
+      <c r="B10" s="1">
+        <v>878810</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K10" s="2"/>
+      <c r="L10" s="5">
+        <f>K10*828.54</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12">
+      <c r="A11" s="1"/>
+      <c r="B11" s="1">
+        <v>878811</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K11" s="2"/>
+      <c r="L11" s="5">
+        <f>K11*989.19</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12">
+      <c r="A12" s="1"/>
+      <c r="B12" s="1">
+        <v>878695</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D12" s="1"/>
+      <c r="E12" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K12" s="2"/>
+      <c r="L12" s="5">
+        <f>K12*8.01</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12">
+      <c r="A13" s="1"/>
+      <c r="B13" s="1">
+        <v>878696</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13" s="1"/>
+      <c r="E13" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K13" s="2"/>
+      <c r="L13" s="5">
+        <f>K13*30.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12">
+      <c r="A14" s="1"/>
+      <c r="B14" s="1">
+        <v>878697</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D14" s="1"/>
+      <c r="E14" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K14" s="2"/>
+      <c r="L14" s="5">
+        <f>K14*60.40</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12">
+      <c r="A15" s="1"/>
+      <c r="B15" s="1">
+        <v>878698</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D15" s="1"/>
+      <c r="E15" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K15" s="2"/>
+      <c r="L15" s="5">
+        <f>K15*50.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12">
+      <c r="A16" s="1"/>
+      <c r="B16" s="1">
+        <v>878699</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D16" s="1"/>
+      <c r="E16" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K16" s="2"/>
+      <c r="L16" s="5">
+        <f>K16*31.66</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12">
+      <c r="A17" s="1"/>
+      <c r="B17" s="1">
+        <v>878700</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D17" s="1"/>
+      <c r="E17" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K17" s="2"/>
+      <c r="L17" s="5">
+        <f>K17*0.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12">
+      <c r="A18" s="1"/>
+      <c r="B18" s="1">
+        <v>878701</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D18" s="1"/>
+      <c r="E18" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K18" s="2"/>
+      <c r="L18" s="5">
+        <f>K18*41.75</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12">
+      <c r="A19" s="1"/>
+      <c r="B19" s="1">
+        <v>878702</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D19" s="1"/>
+      <c r="E19" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K19" s="2"/>
+      <c r="L19" s="5">
+        <f>K19*80.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12">
+      <c r="A20" s="1"/>
+      <c r="B20" s="1">
+        <v>878703</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D20" s="1"/>
+      <c r="E20" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K20" s="2"/>
+      <c r="L20" s="5">
+        <f>K20*54.51</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12">
+      <c r="A21" s="1"/>
+      <c r="B21" s="1">
+        <v>878704</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D21" s="1"/>
+      <c r="E21" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K21" s="2"/>
+      <c r="L21" s="5">
+        <f>K21*289.49</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12">
+      <c r="A22" s="1"/>
+      <c r="B22" s="1">
+        <v>878705</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="1"/>
+      <c r="E22" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K22" s="2"/>
+      <c r="L22" s="5">
+        <f>K22*100.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12">
+      <c r="A23" s="1"/>
+      <c r="B23" s="1">
+        <v>878706</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D23" s="1"/>
+      <c r="E23" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K23" s="2"/>
+      <c r="L23" s="5">
+        <f>K23*0.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12">
+      <c r="A24" s="1"/>
+      <c r="B24" s="1">
+        <v>878707</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D24" s="1"/>
+      <c r="E24" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K24" s="2"/>
+      <c r="L24" s="5">
+        <f>K24*120.50</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12">
+      <c r="A25" s="1"/>
+      <c r="B25" s="1">
+        <v>878708</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="D25" s="1"/>
+      <c r="E25" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K25" s="2"/>
+      <c r="L25" s="5">
+        <f>K25*80.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12">
+      <c r="A26" s="1"/>
+      <c r="B26" s="1">
+        <v>878709</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D26" s="1"/>
+      <c r="E26" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K26" s="2"/>
+      <c r="L26" s="5">
+        <f>K26*33.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12">
+      <c r="A27" s="1"/>
+      <c r="B27" s="1">
+        <v>878710</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D27" s="1"/>
+      <c r="E27" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K27" s="2"/>
+      <c r="L27" s="5">
+        <f>K27*0.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12">
+      <c r="A28" s="1"/>
+      <c r="B28" s="1">
+        <v>878711</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D28" s="1"/>
+      <c r="E28" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K28" s="2"/>
+      <c r="L28" s="5">
+        <f>K28*435.78</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12">
+      <c r="A29" s="1"/>
+      <c r="B29" s="1">
+        <v>878712</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D29" s="1"/>
+      <c r="E29" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K29" s="2"/>
+      <c r="L29" s="5">
+        <f>K29*32.76</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12">
+      <c r="A30" s="1"/>
+      <c r="B30" s="1">
+        <v>878713</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D30" s="1"/>
+      <c r="E30" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K30" s="2"/>
+      <c r="L30" s="5">
+        <f>K30*10.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12">
+      <c r="A31" s="1"/>
+      <c r="B31" s="1">
+        <v>878714</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D31" s="1"/>
+      <c r="E31" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K31" s="2"/>
+      <c r="L31" s="5">
+        <f>K31*50.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12">
+      <c r="A32" s="1"/>
+      <c r="B32" s="1">
+        <v>878715</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D32" s="1"/>
+      <c r="E32" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K32" s="2"/>
+      <c r="L32" s="5">
+        <f>K32*51.24</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12">
+      <c r="A33" s="1"/>
+      <c r="B33" s="1">
+        <v>878716</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="D33" s="1"/>
+      <c r="E33" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K33" s="2"/>
+      <c r="L33" s="5">
+        <f>K33*62.17</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12">
+      <c r="A34" s="1"/>
+      <c r="B34" s="1">
+        <v>878717</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D34" s="1"/>
+      <c r="E34" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K34" s="2"/>
+      <c r="L34" s="5">
+        <f>K34*134.48</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12">
+      <c r="A35" s="1"/>
+      <c r="B35" s="1">
+        <v>878718</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D35" s="1"/>
+      <c r="E35" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K35" s="2"/>
+      <c r="L35" s="5">
+        <f>K35*34.51</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12">
+      <c r="A36" s="1"/>
+      <c r="B36" s="1">
+        <v>878719</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="D36" s="1"/>
+      <c r="E36" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K36" s="2"/>
+      <c r="L36" s="5">
+        <f>K36*40.30</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12">
+      <c r="A37" s="1"/>
+      <c r="B37" s="1">
+        <v>878720</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D37" s="1"/>
+      <c r="E37" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K37" s="2"/>
+      <c r="L37" s="5">
+        <f>K37*230.43</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12">
+      <c r="A38" s="1"/>
+      <c r="B38" s="1">
+        <v>878721</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D38" s="1"/>
+      <c r="E38" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K38" s="2"/>
+      <c r="L38" s="5">
+        <f>K38*25.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12">
+      <c r="A39" s="1"/>
+      <c r="B39" s="1">
+        <v>878722</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="D39" s="1"/>
+      <c r="E39" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K39" s="2"/>
+      <c r="L39" s="5">
+        <f>K39*85.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12">
+      <c r="A40" s="1"/>
+      <c r="B40" s="1">
+        <v>878723</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D40" s="1"/>
+      <c r="E40" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K40" s="2"/>
+      <c r="L40" s="5">
+        <f>K40*25.91</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12">
+      <c r="A41" s="1"/>
+      <c r="B41" s="1">
+        <v>878724</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D41" s="1"/>
+      <c r="E41" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K41" s="2"/>
+      <c r="L41" s="5">
+        <f>K41*0.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12">
+      <c r="A42" s="1"/>
+      <c r="B42" s="1">
+        <v>878725</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="D42" s="1"/>
+      <c r="E42" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K42" s="2"/>
+      <c r="L42" s="5">
+        <f>K42*67.49</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12">
+      <c r="A43" s="1"/>
+      <c r="B43" s="1">
+        <v>878726</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D43" s="1"/>
+      <c r="E43" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K43" s="2"/>
+      <c r="L43" s="5">
+        <f>K43*80.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12">
+      <c r="A44" s="1"/>
+      <c r="B44" s="1">
+        <v>878727</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D44" s="1"/>
+      <c r="E44" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K44" s="2"/>
+      <c r="L44" s="5">
+        <f>K44*0.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12">
+      <c r="A45" s="1"/>
+      <c r="B45" s="1">
+        <v>878728</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D45" s="1"/>
+      <c r="E45" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K45" s="2"/>
+      <c r="L45" s="5">
+        <f>K45*92.88</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12">
+      <c r="A46" s="1"/>
+      <c r="B46" s="1">
+        <v>878729</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="D46" s="1"/>
+      <c r="E46" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K46" s="2"/>
+      <c r="L46" s="5">
+        <f>K46*182.98</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12">
+      <c r="A47" s="1"/>
+      <c r="B47" s="1">
+        <v>878730</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="D47" s="1"/>
+      <c r="E47" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H47" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I47" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K47" s="2"/>
+      <c r="L47" s="5">
+        <f>K47*93.82</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12">
+      <c r="A48" s="1"/>
+      <c r="B48" s="1">
+        <v>878731</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D48" s="1"/>
+      <c r="E48" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K48" s="2"/>
+      <c r="L48" s="5">
+        <f>K48*10.72</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12">
+      <c r="A49" s="1"/>
+      <c r="B49" s="1">
+        <v>878732</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D49" s="1"/>
+      <c r="E49" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K49" s="2"/>
+      <c r="L49" s="5">
+        <f>K49*32.35</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12">
+      <c r="A50" s="1"/>
+      <c r="B50" s="1">
+        <v>878812</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="D50" s="1"/>
+      <c r="E50" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K50" s="2"/>
+      <c r="L50" s="5">
+        <f>K50*42.38</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12">
+      <c r="A51" s="1"/>
+      <c r="B51" s="1">
+        <v>878949</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="D51" s="1">
+        <v>463754</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K51" s="2"/>
+      <c r="L51" s="5">
+        <f>K51*23.24</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12">
+      <c r="A52" s="1"/>
+      <c r="B52" s="1">
+        <v>878951</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="D52" s="1">
+        <v>555004</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H52" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I52" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K52" s="2"/>
+      <c r="L52" s="5">
+        <f>K52*155.25</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12">
+      <c r="A53" s="1"/>
+      <c r="B53" s="1">
+        <v>878953</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K53" s="2"/>
+      <c r="L53" s="5">
+        <f>K53*323.68</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12">
+      <c r="A54" s="1"/>
+      <c r="B54" s="1">
+        <v>878954</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D54" s="1">
+        <v>555018</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K54" s="2"/>
+      <c r="L54" s="5">
+        <f>K54*300.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12">
+      <c r="A55" s="1"/>
+      <c r="B55" s="1">
+        <v>878988</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D55" s="1"/>
+      <c r="E55" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H55" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I55" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K55" s="2"/>
+      <c r="L55" s="5">
+        <f>K55*2487.26</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12">
+      <c r="A56" s="1"/>
+      <c r="B56" s="1">
+        <v>878994</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="D56" s="1"/>
+      <c r="E56" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K56" s="2"/>
+      <c r="L56" s="5">
+        <f>K56*1761.26</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12">
+      <c r="A57" s="1"/>
+      <c r="B57" s="1">
+        <v>878989</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="D57" s="1"/>
+      <c r="E57" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H57" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I57" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K57" s="2"/>
+      <c r="L57" s="5">
+        <f>K57*2879.52</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12">
+      <c r="A58" s="1"/>
+      <c r="B58" s="1">
+        <v>878995</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D58" s="1"/>
+      <c r="E58" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K58" s="2"/>
+      <c r="L58" s="5">
+        <f>K58*0.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12">
+      <c r="A59" s="1"/>
+      <c r="B59" s="1">
+        <v>878990</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="D59" s="1"/>
+      <c r="E59" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K59" s="2"/>
+      <c r="L59" s="5">
+        <f>K59*3280.33</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12">
+      <c r="A60" s="1"/>
+      <c r="B60" s="1">
+        <v>878991</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="D60" s="1"/>
+      <c r="E60" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H60" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I60" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K60" s="2"/>
+      <c r="L60" s="5">
+        <f>K60*1754.45</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12">
+      <c r="A61" s="1"/>
+      <c r="B61" s="1">
+        <v>878992</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D61" s="1"/>
+      <c r="E61" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K61" s="2"/>
+      <c r="L61" s="5">
+        <f>K61*3167.54</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12">
+      <c r="A62" s="1"/>
+      <c r="B62" s="1">
+        <v>878993</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="D62" s="1"/>
+      <c r="E62" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K62" s="2"/>
+      <c r="L62" s="5">
+        <f>K62*3425.86</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12">
+      <c r="A63" s="1"/>
+      <c r="B63" s="1">
+        <v>878996</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J63" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="K63" s="2"/>
+      <c r="L63" s="5">
+        <f>K63*99.66</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12">
+      <c r="A64" s="1"/>
+      <c r="B64" s="1">
+        <v>878997</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J64" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="K64" s="2"/>
+      <c r="L64" s="5">
+        <f>K64*130.90</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12">
+      <c r="A65" s="1"/>
+      <c r="B65" s="1">
+        <v>878998</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J65" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="K65" s="2"/>
+      <c r="L65" s="5">
+        <f>K65*200.81</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12">
+      <c r="A66" s="1"/>
+      <c r="B66" s="1">
+        <v>878999</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J66" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="K66" s="2"/>
+      <c r="L66" s="5">
+        <f>K66*316.84</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12">
+      <c r="A67" s="1"/>
+      <c r="B67" s="1">
+        <v>879000</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J67" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="K67" s="2"/>
+      <c r="L67" s="5">
+        <f>K67*520.63</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12">
+      <c r="A68" s="1"/>
+      <c r="B68" s="1">
+        <v>879001</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="F68" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J68" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="K68" s="2"/>
+      <c r="L68" s="5">
+        <f>K68*783.91</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12">
+      <c r="A69" s="1"/>
+      <c r="B69" s="1">
+        <v>879002</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="F69" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J69" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="K69" s="2"/>
+      <c r="L69" s="5">
+        <f>K69*99.66</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:12">
+      <c r="A70" s="1"/>
+      <c r="B70" s="1">
+        <v>879003</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="F70" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H70" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I70" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J70" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="K70" s="2"/>
+      <c r="L70" s="5">
+        <f>K70*156.19</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12">
+      <c r="A71" s="1"/>
+      <c r="B71" s="1">
+        <v>879004</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="F71" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H71" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I71" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J71" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="K71" s="2"/>
+      <c r="L71" s="5">
+        <f>K71*249.90</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12">
+      <c r="A72" s="1"/>
+      <c r="B72" s="1">
+        <v>879005</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="F72" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H72" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I72" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J72" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="K72" s="2"/>
+      <c r="L72" s="5">
+        <f>K72*374.85</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="1:12">
+      <c r="A73" s="1"/>
+      <c r="B73" s="1">
+        <v>879006</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H73" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I73" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J73" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="K73" s="2"/>
+      <c r="L73" s="5">
+        <f>K73*769.04</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:12">
+      <c r="A74" s="1"/>
+      <c r="B74" s="1">
+        <v>879007</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="F74" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H74" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I74" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J74" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="K74" s="2"/>
+      <c r="L74" s="5">
+        <f>K74*1035.30</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="1:12">
+      <c r="A75" s="1"/>
+      <c r="B75" s="1">
+        <v>879008</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="F75" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H75" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I75" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J75" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="K75" s="2"/>
+      <c r="L75" s="5">
+        <f>K75*92.23</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12">
+      <c r="A76" s="1"/>
+      <c r="B76" s="1">
+        <v>879009</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H76" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I76" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J76" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="K76" s="2"/>
+      <c r="L76" s="5">
+        <f>K76*138.34</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:12">
+      <c r="A77" s="1"/>
+      <c r="B77" s="1">
+        <v>879010</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="F77" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H77" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I77" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J77" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="K77" s="2"/>
+      <c r="L77" s="5">
+        <f>K77*224.61</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:12">
+      <c r="A78" s="1"/>
+      <c r="B78" s="1">
+        <v>879011</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="F78" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H78" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I78" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J78" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="K78" s="2"/>
+      <c r="L78" s="5">
+        <f>K78*349.56</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="79" spans="1:12">
+      <c r="A79" s="1"/>
+      <c r="B79" s="1">
+        <v>879012</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="F79" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H79" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I79" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J79" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="K79" s="2"/>
+      <c r="L79" s="5">
+        <f>K79*450.71</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:12">
+      <c r="A80" s="1"/>
+      <c r="B80" s="1">
+        <v>879013</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="F80" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H80" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I80" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J80" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="K80" s="2"/>
+      <c r="L80" s="5">
+        <f>K80*104.13</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="81" spans="1:12">
+      <c r="A81" s="1"/>
+      <c r="B81" s="1">
+        <v>879014</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="F81" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H81" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I81" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J81" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="K81" s="2"/>
+      <c r="L81" s="5">
+        <f>K81*162.14</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="82" spans="1:12">
+      <c r="A82" s="1"/>
+      <c r="B82" s="1">
+        <v>879015</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="F82" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H82" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I82" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J82" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="K82" s="2"/>
+      <c r="L82" s="5">
+        <f>K82*224.61</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="83" spans="1:12">
+      <c r="A83" s="1"/>
+      <c r="B83" s="1">
+        <v>879016</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="F83" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H83" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I83" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J83" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="K83" s="2"/>
+      <c r="L83" s="5">
+        <f>K83*342.13</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="84" spans="1:12">
+      <c r="A84" s="1"/>
+      <c r="B84" s="1">
+        <v>879017</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="F84" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H84" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I84" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J84" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="K84" s="2"/>
+      <c r="L84" s="5">
+        <f>K84*566.74</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="85" spans="1:12">
+      <c r="A85" s="1"/>
+      <c r="B85" s="1">
+        <v>878829</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D85" s="1"/>
+      <c r="E85" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="F85" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H85" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I85" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K85" s="2"/>
+      <c r="L85" s="5">
+        <f>K85*2117.97</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="86" spans="1:12">
+      <c r="A86" s="1"/>
+      <c r="B86" s="1">
+        <v>878830</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="D86" s="1"/>
+      <c r="E86" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="F86" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H86" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I86" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K86" s="2"/>
+      <c r="L86" s="5">
+        <f>K86*2397.39</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="1:12">
+      <c r="A87" s="1"/>
+      <c r="B87" s="1">
+        <v>878831</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="D87" s="1"/>
+      <c r="E87" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="F87" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H87" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I87" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K87" s="2"/>
+      <c r="L87" s="5">
+        <f>K87*2765.81</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="88" spans="1:12">
+      <c r="A88" s="1"/>
+      <c r="B88" s="1">
+        <v>878835</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="D88" s="1"/>
+      <c r="E88" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="F88" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H88" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I88" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J88" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="K88" s="2"/>
+      <c r="L88" s="5">
+        <f>K88*841.77</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="89" spans="1:12">
+      <c r="A89" s="1"/>
+      <c r="B89" s="1">
+        <v>838139</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="D89" s="1">
+        <v>61013</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="F89" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H89" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I89" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K89" s="2"/>
+      <c r="L89" s="5">
+        <f>K89*238.95</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="90" spans="1:12">
+      <c r="A90" s="1"/>
+      <c r="B90" s="1">
+        <v>838140</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D90" s="1">
+        <v>61014</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="F90" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H90" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I90" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K90" s="2"/>
+      <c r="L90" s="5">
+        <f>K90*316.72</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="91" spans="1:12">
+      <c r="A91" s="1"/>
+      <c r="B91" s="1">
+        <v>878789</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="D91" s="1"/>
+      <c r="E91" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="F91" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H91" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I91" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K91" s="2"/>
+      <c r="L91" s="5">
+        <f>K91*801.55</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92" spans="1:12">
+      <c r="A92" s="1"/>
+      <c r="B92" s="1">
+        <v>878790</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="D92" s="1"/>
+      <c r="E92" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="F92" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H92" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I92" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K92" s="2"/>
+      <c r="L92" s="5">
+        <f>K92*1133.90</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="93" spans="1:12">
+      <c r="A93" s="1"/>
+      <c r="B93" s="1">
+        <v>878791</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="D93" s="1"/>
+      <c r="E93" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="F93" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H93" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I93" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K93" s="2"/>
+      <c r="L93" s="5">
+        <f>K93*1133.90</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="94" spans="1:12">
+      <c r="A94" s="1"/>
+      <c r="B94" s="1">
+        <v>878792</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="D94" s="1"/>
+      <c r="E94" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="F94" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H94" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I94" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K94" s="2"/>
+      <c r="L94" s="5">
+        <f>K94*1173.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="95" spans="1:12">
+      <c r="A95" s="1"/>
+      <c r="B95" s="1">
+        <v>878793</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="D95" s="1"/>
+      <c r="E95" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="F95" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H95" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I95" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K95" s="2"/>
+      <c r="L95" s="5">
+        <f>K95*1622.65</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="96" spans="1:12">
+      <c r="A96" s="1"/>
+      <c r="B96" s="1">
+        <v>878825</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="F96" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H96" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I96" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K96" s="2"/>
+      <c r="L96" s="5">
+        <f>K96*502.78</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="97" spans="1:12">
+      <c r="A97" s="1"/>
+      <c r="B97" s="1">
+        <v>878827</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="F97" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H97" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I97" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J97" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K97" s="2"/>
+      <c r="L97" s="5">
+        <f>K97*166.60</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="98" spans="1:12">
+      <c r="A98" s="1"/>
+      <c r="B98" s="1">
+        <v>878828</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="F98" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H98" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I98" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K98" s="2"/>
+      <c r="L98" s="5">
+        <f>K98*182.96</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="99" spans="1:12">
+      <c r="A99" s="1"/>
+      <c r="B99" s="1">
+        <v>878972</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="D99" s="1">
+        <v>565024</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="F99" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H99" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I99" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K99" s="2"/>
+      <c r="L99" s="5">
+        <f>K99*185.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="100" spans="1:12">
+      <c r="A100" s="1"/>
+      <c r="B100" s="1">
+        <v>878974</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D100" s="1">
+        <v>565019</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="F100" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H100" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I100" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K100" s="2"/>
+      <c r="L100" s="5">
+        <f>K100*192.64</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="101" spans="1:12">
+      <c r="A101" s="1"/>
+      <c r="B101" s="1">
+        <v>878875</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="D101" s="1"/>
+      <c r="E101" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="F101" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H101" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I101" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K101" s="2"/>
+      <c r="L101" s="5">
+        <f>K101*410.89</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="102" spans="1:12">
+      <c r="A102" s="1"/>
+      <c r="B102" s="1">
+        <v>878876</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="D102" s="1"/>
+      <c r="E102" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="F102" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H102" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I102" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K102" s="2"/>
+      <c r="L102" s="5">
+        <f>K102*410.89</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="103" spans="1:12">
+      <c r="A103" s="1"/>
+      <c r="B103" s="1">
+        <v>878963</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="D103" s="1">
+        <v>569029</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="F103" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H103" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I103" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K103" s="2"/>
+      <c r="L103" s="5">
+        <f>K103*89.60</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="104" spans="1:12">
+      <c r="A104" s="1"/>
+      <c r="B104" s="1">
+        <v>878964</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="D104" s="1">
+        <v>569018</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="F104" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H104" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I104" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K104" s="2"/>
+      <c r="L104" s="5">
+        <f>K104*66.08</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="105" spans="1:12">
+      <c r="A105" s="1"/>
+      <c r="B105" s="1">
+        <v>878956</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="D105" s="1">
+        <v>546029</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="F105" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H105" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I105" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K105" s="2"/>
+      <c r="L105" s="5">
+        <f>K105*68.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="106" spans="1:12">
+      <c r="A106" s="1"/>
+      <c r="B106" s="1">
+        <v>878957</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="D106" s="1">
+        <v>582025</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="F106" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H106" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I106" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K106" s="2"/>
+      <c r="L106" s="5">
+        <f>K106*143.36</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="107" spans="1:12">
+      <c r="A107" s="1"/>
+      <c r="B107" s="1">
+        <v>878958</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="D107" s="1">
+        <v>582027</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="F107" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H107" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I107" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J107" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K107" s="2"/>
+      <c r="L107" s="5">
+        <f>K107*132.16</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="108" spans="1:12">
+      <c r="A108" s="1"/>
+      <c r="B108" s="1">
+        <v>878962</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="D108" s="1">
+        <v>582024</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="F108" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H108" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I108" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J108" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K108" s="2"/>
+      <c r="L108" s="5">
+        <f>K108*123.20</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="109" spans="1:12">
+      <c r="A109" s="1"/>
+      <c r="B109" s="1">
+        <v>878955</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="D109" s="1">
+        <v>546048</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="F109" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H109" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I109" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J109" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K109" s="2"/>
+      <c r="L109" s="5">
+        <f>K109*323.23</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="110" spans="1:12">
+      <c r="A110" s="1"/>
+      <c r="B110" s="1">
+        <v>878858</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="D110" s="1"/>
+      <c r="E110" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="F110" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H110" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I110" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K110" s="2"/>
+      <c r="L110" s="5">
+        <f>K110*841.77</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="111" spans="1:12">
+      <c r="A111" s="1"/>
+      <c r="B111" s="1">
+        <v>878859</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="D111" s="1"/>
+      <c r="E111" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="F111" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H111" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I111" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J111" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K111" s="2"/>
+      <c r="L111" s="5">
+        <f>K111*824.09</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="112" spans="1:12">
+      <c r="A112" s="1"/>
+      <c r="B112" s="1">
+        <v>878860</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="D112" s="1"/>
+      <c r="E112" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="F112" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H112" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I112" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J112" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K112" s="2"/>
+      <c r="L112" s="5">
+        <f>K112*824.09</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="113" spans="1:12">
+      <c r="A113" s="1"/>
+      <c r="B113" s="1">
+        <v>878861</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="D113" s="1"/>
+      <c r="E113" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="F113" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H113" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I113" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K113" s="2"/>
+      <c r="L113" s="5">
+        <f>K113*824.09</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="114" spans="1:12">
+      <c r="A114" s="1"/>
+      <c r="B114" s="1">
+        <v>878862</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="D114" s="1"/>
+      <c r="E114" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="F114" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H114" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I114" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J114" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K114" s="2"/>
+      <c r="L114" s="5">
+        <f>K114*824.09</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="115" spans="1:12">
+      <c r="A115" s="1"/>
+      <c r="B115" s="1">
+        <v>878863</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="D115" s="1"/>
+      <c r="E115" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="F115" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H115" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I115" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K115" s="2"/>
+      <c r="L115" s="5">
+        <f>K115*824.09</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="116" spans="1:12">
+      <c r="A116" s="1"/>
+      <c r="B116" s="1">
+        <v>878864</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="D116" s="1"/>
+      <c r="E116" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="F116" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H116" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I116" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K116" s="2"/>
+      <c r="L116" s="5">
+        <f>K116*824.09</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="117" spans="1:12">
+      <c r="A117" s="1"/>
+      <c r="B117" s="1">
+        <v>878978</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="D117" s="1">
+        <v>575517</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="F117" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H117" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I117" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K117" s="2"/>
+      <c r="L117" s="5">
+        <f>K117*99.46</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="118" spans="1:12">
+      <c r="A118" s="1"/>
+      <c r="B118" s="1">
+        <v>878979</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="D118" s="1">
+        <v>575787</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="F118" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H118" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I118" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K118" s="2"/>
+      <c r="L118" s="5">
+        <f>K118*56.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="119" spans="1:12">
+      <c r="A119" s="1"/>
+      <c r="B119" s="1">
+        <v>878980</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="D119" s="1">
+        <v>575002</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="F119" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H119" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I119" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K119" s="2"/>
+      <c r="L119" s="5">
+        <f>K119*113.96</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="120" spans="1:12">
+      <c r="A120" s="1"/>
+      <c r="B120" s="1">
+        <v>878981</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="D120" s="1">
+        <v>575001</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="F120" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H120" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I120" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K120" s="2"/>
+      <c r="L120" s="5">
+        <f>K120*62.72</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="121" spans="1:12">
+      <c r="A121" s="1"/>
+      <c r="B121" s="1">
+        <v>878982</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="D121" s="1">
+        <v>575011</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="F121" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H121" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I121" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K121" s="2"/>
+      <c r="L121" s="5">
+        <f>K121*95.31</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="122" spans="1:12">
+      <c r="A122" s="1"/>
+      <c r="B122" s="1">
+        <v>878983</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="D122" s="1">
+        <v>575068</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="F122" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H122" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I122" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K122" s="2"/>
+      <c r="L122" s="5">
+        <f>K122*53.76</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="123" spans="1:12">
+      <c r="A123" s="1"/>
+      <c r="B123" s="1">
+        <v>878984</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="D123" s="1">
+        <v>575853</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="F123" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H123" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I123" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K123" s="2"/>
+      <c r="L123" s="5">
+        <f>K123*120.18</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="124" spans="1:12">
+      <c r="A124" s="1"/>
+      <c r="B124" s="1">
+        <v>878985</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="D124" s="1">
+        <v>575860</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="F124" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H124" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I124" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K124" s="2"/>
+      <c r="L124" s="5">
+        <f>K124*63.84</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="125" spans="1:12">
+      <c r="A125" s="1"/>
+      <c r="B125" s="1">
+        <v>878986</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="D125" s="1">
+        <v>575162</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="F125" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H125" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I125" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K125" s="2"/>
+      <c r="L125" s="5">
+        <f>K125*40.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="126" spans="1:12">
+      <c r="A126" s="1"/>
+      <c r="B126" s="1">
+        <v>878987</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="D126" s="1">
+        <v>575017</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="F126" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H126" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I126" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K126" s="2"/>
+      <c r="L126" s="5">
+        <f>K126*24.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="127" spans="1:12">
+      <c r="A127" s="1"/>
+      <c r="B127" s="1">
+        <v>878969</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="D127" s="1"/>
+      <c r="E127" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="F127" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H127" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I127" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K127" s="2"/>
+      <c r="L127" s="5">
+        <f>K127*35.37</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="128" spans="1:12">
+      <c r="A128" s="1"/>
+      <c r="B128" s="1">
+        <v>878873</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="D128" s="1"/>
+      <c r="E128" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="F128" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H128" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I128" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K128" s="2"/>
+      <c r="L128" s="5">
+        <f>K128*35.37</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="129" spans="1:12">
+      <c r="A129" s="1"/>
+      <c r="B129" s="1">
+        <v>878970</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="D129" s="1">
+        <v>565071</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="F129" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H129" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I129" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K129" s="2"/>
+      <c r="L129" s="5">
+        <f>K129*60.48</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="130" spans="1:12">
+      <c r="A130" s="1"/>
+      <c r="B130" s="1">
+        <v>878971</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="D130" s="1">
+        <v>565089</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H130" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I130" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K130" s="2"/>
+      <c r="L130" s="5">
+        <f>K130*88.48</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="131" spans="1:12">
+      <c r="A131" s="1"/>
+      <c r="B131" s="1">
+        <v>835606</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D131" s="1">
+        <v>2175020</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="F131" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H131" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I131" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K131" s="2"/>
+      <c r="L131" s="5">
+        <f>K131*437.50</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="132" spans="1:12">
+      <c r="A132" s="1"/>
+      <c r="B132" s="1">
+        <v>835607</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="D132" s="1">
+        <v>2150040</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="F132" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H132" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I132" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J132" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K132" s="2"/>
+      <c r="L132" s="5">
+        <f>K132*670.25</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="133" spans="1:12">
+      <c r="A133" s="1"/>
+      <c r="B133" s="1">
+        <v>835608</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="D133" s="1">
+        <v>2100075</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="F133" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H133" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I133" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J133" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K133" s="2"/>
+      <c r="L133" s="5">
+        <f>K133*890.75</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="134" spans="1:12">
+      <c r="A134" s="1"/>
+      <c r="B134" s="1">
+        <v>835609</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="D134" s="1">
+        <v>2100100</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="F134" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H134" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I134" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J134" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K134" s="2"/>
+      <c r="L134" s="5">
+        <f>K134*1200.50</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="135" spans="1:12">
+      <c r="A135" s="1"/>
+      <c r="B135" s="1">
+        <v>878965</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="D135" s="1">
+        <v>554086</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="F135" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H135" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I135" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J135" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K135" s="2"/>
+      <c r="L135" s="5">
+        <f>K135*288.01</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="136" spans="1:12">
+      <c r="A136" s="1"/>
+      <c r="B136" s="1">
+        <v>878966</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="D136" s="1">
+        <v>554037</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="F136" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H136" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I136" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K136" s="2"/>
+      <c r="L136" s="5">
+        <f>K136*144.48</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="137" spans="1:12">
+      <c r="A137" s="1"/>
+      <c r="B137" s="1">
+        <v>878878</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="D137" s="1">
+        <v>554034</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="F137" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H137" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I137" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J137" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K137" s="2"/>
+      <c r="L137" s="5">
+        <f>K137*184.80</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="138" spans="1:12">
+      <c r="A138" s="1"/>
+      <c r="B138" s="1">
+        <v>878879</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="D138" s="1">
+        <v>554039</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="F138" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H138" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I138" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J138" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K138" s="2"/>
+      <c r="L138" s="5">
+        <f>K138*155.68</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="139" spans="1:12">
+      <c r="A139" s="1"/>
+      <c r="B139" s="1">
+        <v>878877</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="D139" s="1">
+        <v>554088</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H139" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I139" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J139" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K139" s="2"/>
+      <c r="L139" s="5">
+        <f>K139*123.20</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="140" spans="1:12">
+      <c r="A140" s="1"/>
+      <c r="B140" s="1">
+        <v>878967</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="D140" s="1">
+        <v>554727</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>443</v>
+      </c>
+      <c r="F140" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H140" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I140" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J140" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K140" s="2"/>
+      <c r="L140" s="5">
+        <f>K140*40.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="141" spans="1:12">
+      <c r="A141" s="1"/>
+      <c r="B141" s="1">
+        <v>878968</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="D141" s="1">
+        <v>554729</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H141" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I141" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K141" s="2"/>
+      <c r="L141" s="5">
+        <f>K141*50.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="142" spans="1:12">
+      <c r="A142" s="1"/>
+      <c r="B142" s="1">
+        <v>878694</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="D142" s="1"/>
+      <c r="E142" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="F142" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H142" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I142" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J142" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K142" s="2"/>
+      <c r="L142" s="5">
+        <f>K142*10.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="143" spans="1:12">
+      <c r="A143" s="1"/>
+      <c r="B143" s="1">
+        <v>878737</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="D143" s="1"/>
+      <c r="E143" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="F143" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H143" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I143" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K143" s="2"/>
+      <c r="L143" s="5">
+        <f>K143*20.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="144" spans="1:12">
+      <c r="A144" s="1"/>
+      <c r="B144" s="1">
+        <v>878743</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="D144" s="1">
+        <v>554137</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="F144" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H144" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I144" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J144" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K144" s="2"/>
+      <c r="L144" s="5">
+        <f>K144*135.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="145" spans="1:12">
+      <c r="A145" s="1"/>
+      <c r="B145" s="1">
+        <v>878767</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="D145" s="1"/>
+      <c r="E145" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="F145" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H145" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I145" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J145" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="K145" s="2"/>
+      <c r="L145" s="5">
+        <f>K145*76.57</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="146" spans="1:12">
+      <c r="A146" s="1"/>
+      <c r="B146" s="1">
+        <v>878768</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="D146" s="1"/>
+      <c r="E146" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="F146" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H146" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I146" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J146" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="K146" s="2"/>
+      <c r="L146" s="5">
+        <f>K146*76.57</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="147" spans="1:12">
+      <c r="A147" s="1"/>
+      <c r="B147" s="1">
+        <v>878782</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="D147" s="1"/>
+      <c r="E147" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="F147" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H147" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I147" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J147" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="K147" s="2"/>
+      <c r="L147" s="5">
+        <f>K147*76.57</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="148" spans="1:12">
+      <c r="A148" s="1"/>
+      <c r="B148" s="1">
+        <v>878783</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="D148" s="1"/>
+      <c r="E148" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="F148" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H148" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I148" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J148" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="K148" s="2"/>
+      <c r="L148" s="5">
+        <f>K148*56.59</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="149" spans="1:12">
+      <c r="A149" s="1"/>
+      <c r="B149" s="1">
+        <v>879150</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="D149" s="1"/>
+      <c r="E149" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="F149" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H149" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I149" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J149" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K149" s="2"/>
+      <c r="L149" s="5">
+        <f>K149*107.07</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="150" spans="1:12">
+      <c r="A150" s="1"/>
+      <c r="B150" s="1">
+        <v>879151</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="D150" s="1"/>
+      <c r="E150" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="F150" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H150" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I150" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J150" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K150" s="2"/>
+      <c r="L150" s="5">
+        <f>K150*116.38</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="151" spans="1:12">
+      <c r="A151" s="1"/>
+      <c r="B151" s="1">
+        <v>879152</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="D151" s="1"/>
+      <c r="E151" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="F151" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H151" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I151" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J151" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K151" s="2"/>
+      <c r="L151" s="5">
+        <f>K151*125.69</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="152" spans="1:12">
+      <c r="A152" s="1"/>
+      <c r="B152" s="1">
+        <v>879153</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="D152" s="1"/>
+      <c r="E152" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="F152" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H152" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I152" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J152" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K152" s="2"/>
+      <c r="L152" s="5">
+        <f>K152*135.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="153" spans="1:12">
+      <c r="A153" s="1"/>
+      <c r="B153" s="1">
+        <v>879154</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="D153" s="1"/>
+      <c r="E153" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="F153" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H153" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I153" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J153" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K153" s="2"/>
+      <c r="L153" s="5">
+        <f>K153*155.95</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="154" spans="1:12">
+      <c r="A154" s="1"/>
+      <c r="B154" s="1">
+        <v>879155</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="D154" s="1"/>
+      <c r="E154" s="3" t="s">
+        <v>479</v>
+      </c>
+      <c r="F154" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H154" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I154" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J154" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K154" s="2"/>
+      <c r="L154" s="5">
+        <f>K154*174.57</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="155" spans="1:12">
+      <c r="A155" s="1"/>
+      <c r="B155" s="1">
+        <v>879156</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="D155" s="1"/>
+      <c r="E155" s="3" t="s">
+        <v>482</v>
+      </c>
+      <c r="F155" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H155" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I155" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J155" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K155" s="2"/>
+      <c r="L155" s="5">
+        <f>K155*193.19</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="156" spans="1:12">
+      <c r="A156" s="1"/>
+      <c r="B156" s="1">
+        <v>879157</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="D156" s="1"/>
+      <c r="E156" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="F156" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H156" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I156" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J156" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K156" s="2"/>
+      <c r="L156" s="5">
+        <f>K156*223.45</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="157" spans="1:12">
+      <c r="A157" s="1"/>
+      <c r="B157" s="1">
+        <v>879158</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D157" s="1"/>
+      <c r="E157" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="F157" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H157" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I157" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J157" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K157" s="2"/>
+      <c r="L157" s="5">
+        <f>K157*270.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="158" spans="1:12">
+      <c r="A158" s="1"/>
+      <c r="B158" s="1">
+        <v>879159</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="D158" s="1"/>
+      <c r="E158" s="3" t="s">
+        <v>491</v>
+      </c>
+      <c r="F158" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H158" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I158" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J158" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K158" s="2"/>
+      <c r="L158" s="5">
+        <f>K158*321.21</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="159" spans="1:12">
+      <c r="A159" s="1"/>
+      <c r="B159" s="1">
+        <v>879160</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="D159" s="1"/>
+      <c r="E159" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="F159" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H159" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I159" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J159" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K159" s="2"/>
+      <c r="L159" s="5">
+        <f>K159*367.76</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="160" spans="1:12">
+      <c r="A160" s="1"/>
+      <c r="B160" s="1">
+        <v>879161</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="D160" s="1"/>
+      <c r="E160" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="F160" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H160" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I160" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J160" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K160" s="2"/>
+      <c r="L160" s="5">
+        <f>K160*430.61</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="161" spans="1:12">
+      <c r="A161" s="1"/>
+      <c r="B161" s="1">
+        <v>879162</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="D161" s="1"/>
+      <c r="E161" s="3" t="s">
+        <v>500</v>
+      </c>
+      <c r="F161" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H161" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I161" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J161" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K161" s="2"/>
+      <c r="L161" s="5">
+        <f>K161*488.80</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="162" spans="1:12">
+      <c r="A162" s="1"/>
+      <c r="B162" s="1">
+        <v>879163</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="D162" s="1"/>
+      <c r="E162" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="F162" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H162" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I162" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J162" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K162" s="2"/>
+      <c r="L162" s="5">
+        <f>K162*0.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="163" spans="1:12">
+      <c r="A163" s="1"/>
+      <c r="B163" s="1">
+        <v>879164</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="D163" s="1"/>
+      <c r="E163" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="F163" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H163" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I163" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J163" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K163" s="2"/>
+      <c r="L163" s="5">
+        <f>K163*0.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="164" spans="1:12">
+      <c r="A164" s="1"/>
+      <c r="B164" s="1">
+        <v>879165</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="D164" s="1"/>
+      <c r="E164" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="F164" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H164" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I164" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J164" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K164" s="2"/>
+      <c r="L164" s="5">
+        <f>K164*128.02</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="165" spans="1:12">
+      <c r="A165" s="1"/>
+      <c r="B165" s="1">
+        <v>879166</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="D165" s="1"/>
+      <c r="E165" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="F165" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H165" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I165" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J165" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K165" s="2"/>
+      <c r="L165" s="5">
+        <f>K165*137.33</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="166" spans="1:12">
+      <c r="A166" s="1"/>
+      <c r="B166" s="1">
+        <v>879167</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="D166" s="1"/>
+      <c r="E166" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="F166" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H166" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I166" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J166" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K166" s="2"/>
+      <c r="L166" s="5">
+        <f>K166*144.31</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="167" spans="1:12">
+      <c r="A167" s="1"/>
+      <c r="B167" s="1">
+        <v>879168</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D167" s="1"/>
+      <c r="E167" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="F167" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H167" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I167" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J167" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K167" s="2"/>
+      <c r="L167" s="5">
+        <f>K167*155.95</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="168" spans="1:12">
+      <c r="A168" s="1"/>
+      <c r="B168" s="1">
+        <v>879169</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="D168" s="1"/>
+      <c r="E168" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="F168" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H168" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I168" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J168" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K168" s="2"/>
+      <c r="L168" s="5">
+        <f>K168*174.57</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="169" spans="1:12">
+      <c r="A169" s="1"/>
+      <c r="B169" s="1">
+        <v>879170</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="D169" s="1"/>
+      <c r="E169" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="F169" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H169" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I169" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J169" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K169" s="2"/>
+      <c r="L169" s="5">
+        <f>K169*195.52</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="170" spans="1:12">
+      <c r="A170" s="1"/>
+      <c r="B170" s="1">
+        <v>879171</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="D170" s="1"/>
+      <c r="E170" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="F170" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H170" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I170" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J170" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K170" s="2"/>
+      <c r="L170" s="5">
+        <f>K170*211.81</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="171" spans="1:12">
+      <c r="A171" s="1"/>
+      <c r="B171" s="1">
+        <v>879172</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="D171" s="1"/>
+      <c r="E171" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="F171" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H171" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I171" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J171" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K171" s="2"/>
+      <c r="L171" s="5">
+        <f>K171*242.07</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="172" spans="1:12">
+      <c r="A172" s="1"/>
+      <c r="B172" s="1">
+        <v>879173</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="D172" s="1"/>
+      <c r="E172" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="F172" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H172" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I172" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J172" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K172" s="2"/>
+      <c r="L172" s="5">
+        <f>K172*290.95</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="173" spans="1:12">
+      <c r="A173" s="1"/>
+      <c r="B173" s="1">
+        <v>879174</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="D173" s="1"/>
+      <c r="E173" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="F173" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H173" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I173" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J173" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K173" s="2"/>
+      <c r="L173" s="5">
+        <f>K173*339.83</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="174" spans="1:12">
+      <c r="A174" s="1"/>
+      <c r="B174" s="1">
+        <v>879175</v>
+      </c>
+      <c r="C174" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="D174" s="1"/>
+      <c r="E174" s="3" t="s">
+        <v>535</v>
+      </c>
+      <c r="F174" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H174" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I174" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J174" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K174" s="2"/>
+      <c r="L174" s="5">
+        <f>K174*388.71</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="175" spans="1:12">
+      <c r="A175" s="1"/>
+      <c r="B175" s="1">
+        <v>879176</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="D175" s="1"/>
+      <c r="E175" s="3" t="s">
+        <v>538</v>
+      </c>
+      <c r="F175" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H175" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I175" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J175" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K175" s="2"/>
+      <c r="L175" s="5">
+        <f>K175*0.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="176" spans="1:12">
+      <c r="A176" s="1"/>
+      <c r="B176" s="1">
+        <v>879177</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="D176" s="1"/>
+      <c r="E176" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="F176" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H176" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I176" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J176" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K176" s="2"/>
+      <c r="L176" s="5">
+        <f>K176*0.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="177" spans="1:12">
+      <c r="A177" s="1"/>
+      <c r="B177" s="1">
+        <v>879178</v>
+      </c>
+      <c r="C177" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="D177" s="1"/>
+      <c r="E177" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="F177" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H177" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I177" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J177" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K177" s="2"/>
+      <c r="L177" s="5">
+        <f>K177*0.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="178" spans="1:12">
+      <c r="A178" s="1"/>
+      <c r="B178" s="1">
+        <v>879179</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="D178" s="1"/>
+      <c r="E178" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="F178" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H178" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I178" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J178" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K178" s="2"/>
+      <c r="L178" s="5">
+        <f>K178*0.00</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="179" spans="1:12">
+      <c r="A179" s="1"/>
+      <c r="B179" s="1">
+        <v>879139</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D179" s="1"/>
+      <c r="E179" s="3" t="s">
+        <v>546</v>
+      </c>
+      <c r="F179" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H179" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I179" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J179" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="K179" s="2"/>
+      <c r="L179" s="5">
+        <f>K179*186.21</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="180" spans="1:12">
+      <c r="A180" s="1"/>
+      <c r="B180" s="1">
+        <v>879140</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="D180" s="1"/>
+      <c r="E180" s="3" t="s">
+        <v>549</v>
+      </c>
+      <c r="F180" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H180" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I180" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J180" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="K180" s="2"/>
+      <c r="L180" s="5">
+        <f>K180*204.83</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="181" spans="1:12">
+      <c r="A181" s="1"/>
+      <c r="B181" s="1">
+        <v>879141</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="D181" s="1"/>
+      <c r="E181" s="3" t="s">
+        <v>552</v>
+      </c>
+      <c r="F181" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H181" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I181" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J181" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="K181" s="2"/>
+      <c r="L181" s="5">
+        <f>K181*225.78</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="182" spans="1:12">
+      <c r="A182" s="1"/>
+      <c r="B182" s="1">
+        <v>879142</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="D182" s="1"/>
+      <c r="E182" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="F182" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H182" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I182" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J182" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="K182" s="2"/>
+      <c r="L182" s="5">
+        <f>K182*242.07</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="183" spans="1:12">
+      <c r="A183" s="1"/>
+      <c r="B183" s="1">
+        <v>879143</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="D183" s="1"/>
+      <c r="E183" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="F183" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H183" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I183" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J183" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="K183" s="2"/>
+      <c r="L183" s="5">
+        <f>K183*279.31</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="184" spans="1:12">
+      <c r="A184" s="1"/>
+      <c r="B184" s="1">
+        <v>879144</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="D184" s="1"/>
+      <c r="E184" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="F184" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H184" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I184" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J184" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="K184" s="2"/>
+      <c r="L184" s="5">
+        <f>K184*281.64</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="185" spans="1:12">
+      <c r="A185" s="1"/>
+      <c r="B185" s="1">
+        <v>879145</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="D185" s="1"/>
+      <c r="E185" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="F185" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H185" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I185" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J185" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="K185" s="2"/>
+      <c r="L185" s="5">
+        <f>K185*321.21</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="186" spans="1:12">
+      <c r="A186" s="1"/>
+      <c r="B186" s="1">
+        <v>879146</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="D186" s="1"/>
+      <c r="E186" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="F186" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H186" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I186" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J186" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="K186" s="2"/>
+      <c r="L186" s="5">
+        <f>K186*360.78</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="187" spans="1:12">
+      <c r="A187" s="1"/>
+      <c r="B187" s="1">
+        <v>879147</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="D187" s="1"/>
+      <c r="E187" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="F187" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H187" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I187" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J187" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="K187" s="2"/>
+      <c r="L187" s="5">
+        <f>K187*418.97</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="188" spans="1:12">
+      <c r="A188" s="1"/>
+      <c r="B188" s="1">
+        <v>879148</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="D188" s="1"/>
+      <c r="E188" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="F188" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H188" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I188" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J188" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="K188" s="2"/>
+      <c r="L188" s="5">
+        <f>K188*477.16</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="189" spans="1:12">
+      <c r="A189" s="1"/>
+      <c r="B189" s="1">
+        <v>879149</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="D189" s="1"/>
+      <c r="E189" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="F189" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H189" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I189" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J189" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="K189" s="2"/>
+      <c r="L189" s="5">
+        <f>K189*537.68</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
+  <mergeCells>
+    <mergeCell ref="A149:A163"/>
+    <mergeCell ref="A164:A178"/>
+    <mergeCell ref="A179:A189"/>
+  </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>