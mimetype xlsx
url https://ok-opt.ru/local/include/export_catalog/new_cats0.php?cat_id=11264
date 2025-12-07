--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="891">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="935">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
@@ -70,509 +70,569 @@
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>Арматура регулирующая для радиаторов</t>
   </si>
   <si>
     <t>Ручная регулирующая арматура</t>
   </si>
   <si>
     <t>Ручная арматура VIEIR</t>
   </si>
   <si>
     <t>Вентили ручные регулировочные VIEIR</t>
   </si>
   <si>
     <t>RAR-120024</t>
   </si>
   <si>
     <t>VR276M</t>
   </si>
   <si>
     <t>Вентиль ручной ЕВРОКОНУС ДУ15*3/4 *1/2  ВЕРХНИЙ УГЛОВОЙ 1/2 ViEiR  (10/60шт)</t>
   </si>
   <si>
-    <t>389.87 руб.</t>
+    <t>389.73 руб.</t>
   </si>
   <si>
     <t>&gt;10</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>RAR-120027</t>
   </si>
   <si>
     <t>VR360</t>
   </si>
   <si>
     <t>Вентиль ручной регулировочный УГЛОВОЙ ВЕРХНИЙ  ViEiR  1/2 (10/100шт)</t>
   </si>
   <si>
-    <t>308.03 руб.</t>
+    <t>307.91 руб.</t>
   </si>
   <si>
     <t>RAR-120028</t>
   </si>
   <si>
     <t>VR361</t>
   </si>
   <si>
     <t>Вентиль ручной регулировочный УГЛОВОЙ ВЕРХНИЙ   ViEiR  3/4 (10/60шт)</t>
   </si>
   <si>
-    <t>505.94 руб.</t>
+    <t>505.75 руб.</t>
   </si>
   <si>
     <t>RAR-120031</t>
   </si>
   <si>
     <t>VR364</t>
   </si>
   <si>
     <t>Вентиль ручной регулировочный ПРЯМОЙ ВЕРХНИЙ  VIEIR  1/2 (10/100шт)</t>
   </si>
   <si>
-    <t>346.72 руб.</t>
+    <t>346.59 руб.</t>
   </si>
   <si>
     <t>RAR-120032</t>
   </si>
   <si>
     <t>VR366</t>
   </si>
   <si>
     <t>Вентиль ручной регулировочный ПРЯМОЙ ВЕРХНИЙ  VIEIR   3/4 (10/60шт)</t>
   </si>
   <si>
-    <t>447.91 руб.</t>
+    <t>447.74 руб.</t>
   </si>
   <si>
     <t>&gt;25</t>
   </si>
   <si>
     <t>RAR-120035</t>
   </si>
   <si>
     <t>VRX300</t>
   </si>
   <si>
     <t>вентиль ручной регулировки ВЕРХНИЙ УГЛОВОЙ ХРОМ с доп. уплотнением VIEIR 1/2" (10/80шт)</t>
   </si>
   <si>
-    <t>488.09 руб.</t>
+    <t>487.90 руб.</t>
   </si>
   <si>
     <t>RAR-210001</t>
   </si>
   <si>
     <t>VR278</t>
   </si>
   <si>
     <t>Вентиль ручной регулировочный ПРЯМОЙ ВЕРХНИЙ VIEIR 1/2 (10/60шт)</t>
   </si>
   <si>
-    <t>476.18 руб.</t>
+    <t>476.00 руб.</t>
   </si>
   <si>
     <t>RAR-210002</t>
   </si>
   <si>
     <t>VR279</t>
   </si>
   <si>
     <t>Вентиль ручной регулировочный ПРЯМОЙ ВЕРХНИЙ VIEIR 3/4 (10/60шт)</t>
   </si>
   <si>
-    <t>605.64 руб.</t>
+    <t>605.41 руб.</t>
   </si>
   <si>
     <t>RAR-210003</t>
   </si>
   <si>
     <t>VR276</t>
   </si>
   <si>
     <t>Вентиль ручной УГЛОВОЙ ВЕРХНИЙ VR 1/2" (10/60шт)</t>
   </si>
   <si>
     <t>508.98 руб.</t>
   </si>
   <si>
     <t>RAR-210004</t>
   </si>
   <si>
     <t>VR277</t>
   </si>
   <si>
     <t>Вентиль ручной УГЛОВОЙ ВЕРХНИЙ VR 3/4" (10/60шт)</t>
   </si>
   <si>
-    <t>563.98 руб.</t>
+    <t>563.76 руб.</t>
   </si>
   <si>
     <t>RAR-210010</t>
   </si>
   <si>
     <t>VR304</t>
   </si>
   <si>
     <t>Вентиль ручной регулировки ВЕРХНИЙ ПРЯМОЙ с доп. уплотнением VIEIR 1/2" (10/80шт)</t>
   </si>
   <si>
-    <t>587.79 руб.</t>
+    <t>587.56 руб.</t>
   </si>
   <si>
     <t>RAR-210011</t>
   </si>
   <si>
     <t>VR305</t>
   </si>
   <si>
     <t>Вентиль ручной регулировки ВЕРХНИЙ ПРЯМОЙ с доп. уплотнением VIEIR 3/4" (10/60шт)</t>
   </si>
   <si>
-    <t>758.92 руб.</t>
+    <t>758.63 руб.</t>
   </si>
   <si>
     <t>RAR-210012</t>
   </si>
   <si>
     <t>VR300</t>
   </si>
   <si>
     <t>Вентиль ручной регулировки ВЕРХНИЙ УГЛОВОЙ с доп. уплотнением VIEIR 1/2" (10/80шт)</t>
   </si>
   <si>
-    <t>499.99 руб.</t>
+    <t>499.80 руб.</t>
   </si>
   <si>
     <t>RAR-210013</t>
   </si>
   <si>
     <t>VR301</t>
   </si>
   <si>
     <t>Вентиль ручной регулировки ВЕРХНИЙ УГЛОВОЙ с доп. уплотнением VIEIR 3/4" (10/60шт)</t>
   </si>
   <si>
-    <t>674.10 руб.</t>
+    <t>673.84 руб.</t>
   </si>
   <si>
     <t>RAR-210026</t>
   </si>
   <si>
     <t>VR314</t>
   </si>
   <si>
     <t>Вентиль ручной регулировочный УГЛОВОЙ ВЕРХНИЙ 1/2 LUX с доп. уплотнением ViEiR (10/100шт)</t>
   </si>
   <si>
-    <t>809.51 руб.</t>
+    <t>809.20 руб.</t>
   </si>
   <si>
     <t>RAR-210028</t>
   </si>
   <si>
     <t>VR315</t>
   </si>
   <si>
     <t>Вентиль ручной регулировочный ПРЯМОЙ ВЕРХНИЙ 1/2 LUX с доп. уплотнением ViEiR (10/100шт)</t>
   </si>
   <si>
-    <t>857.13 руб.</t>
+    <t>856.80 руб.</t>
+  </si>
+  <si>
+    <t>VER-000924</t>
+  </si>
+  <si>
+    <t>VR276-F</t>
+  </si>
+  <si>
+    <t>Вентиль регулировочный угловой верхний, белый 1/2" (80/1шт)</t>
+  </si>
+  <si>
+    <t>458.15 руб.</t>
+  </si>
+  <si>
+    <t>VER-000925</t>
+  </si>
+  <si>
+    <t>VR276-C</t>
+  </si>
+  <si>
+    <t>Вентиль регулировочный угловой верхний, черный 1/2" (80/1шт)</t>
+  </si>
+  <si>
+    <t>VER-000928</t>
+  </si>
+  <si>
+    <t>VR300-F</t>
+  </si>
+  <si>
+    <t>554.84 руб.</t>
+  </si>
+  <si>
+    <t>VER-000929</t>
+  </si>
+  <si>
+    <t>VR300-C</t>
   </si>
   <si>
     <t>Клапан ручной настроечный VIEIR</t>
   </si>
   <si>
     <t>RAR-120025</t>
   </si>
   <si>
     <t>VR284M</t>
   </si>
   <si>
     <t>Клапан ручной ЕВРОКОНУС  ДУ15*3/4 *1/2 НИЖНИЙ УГЛОВОЙ 1/2 ViEiR  (10/60шт)</t>
   </si>
   <si>
-    <t>334.82 руб.</t>
+    <t>334.69 руб.</t>
   </si>
   <si>
     <t>RAR-120029</t>
   </si>
   <si>
     <t>VR362</t>
   </si>
   <si>
     <t>Клапан ручной настроечный УГЛОВОЙ НИЖНИЙ   ViEiR 1/2  (10/60шт)</t>
   </si>
   <si>
-    <t>278.27 руб.</t>
+    <t>278.16 руб.</t>
   </si>
   <si>
     <t>RAR-120030</t>
   </si>
   <si>
     <t>VR363</t>
   </si>
   <si>
     <t>Клапан ручной настроечный УГЛОВОЙ НИЖНИЙ  ViEiR 3/4  (10/60шт)</t>
   </si>
   <si>
-    <t>477.67 руб.</t>
+    <t>477.49 руб.</t>
   </si>
   <si>
     <t>RAR-120033</t>
   </si>
   <si>
     <t>VR365</t>
   </si>
   <si>
     <t>Клапан ручной настроечный  ПРЯМОЙ НИЖНИЙ   ViEiR 1/2  (10/100шт)</t>
   </si>
   <si>
-    <t>331.84 руб.</t>
+    <t>331.71 руб.</t>
   </si>
   <si>
     <t>RAR-120034</t>
   </si>
   <si>
     <t>VR367</t>
   </si>
   <si>
     <t>Клапан ручной настроечный  ПРЯМОЙ НИЖНИЙ   ViEiR 3/4  (10/60шт)</t>
   </si>
   <si>
     <t>0.00 руб.</t>
   </si>
   <si>
     <t>RAR-210005</t>
   </si>
   <si>
     <t>VR286</t>
   </si>
   <si>
     <t>Клапан ручной настроечный ПРЯМОЙ НИЖНИЙ ViEiR 1/2  (10/60шт)</t>
   </si>
   <si>
-    <t>419.64 руб.</t>
+    <t>419.48 руб.</t>
   </si>
   <si>
     <t>RAR-210006</t>
   </si>
   <si>
     <t>VR287</t>
   </si>
   <si>
     <t>Клапан ручной настроечный ПРЯМОЙ НИЖНИЙ ViEiR 3/4  (10/60шт)</t>
   </si>
   <si>
-    <t>558.03 руб.</t>
+    <t>557.81 руб.</t>
   </si>
   <si>
     <t>RAR-210007</t>
   </si>
   <si>
     <t>VR284</t>
   </si>
   <si>
     <t>Клапан ручной настроечный УГЛОВОЙ НИЖНИЙ ViEiR 1/2  (10/60шт)</t>
   </si>
   <si>
-    <t>382.43 руб.</t>
+    <t>382.29 руб.</t>
   </si>
   <si>
     <t>RAR-210008</t>
   </si>
   <si>
     <t>VR285</t>
   </si>
   <si>
     <t>Клапан ручной настроечный УГЛОВОЙ НИЖНИЙ ViEiR 3/4  (10/60шт)</t>
   </si>
   <si>
-    <t>529.75 руб.</t>
+    <t>529.55 руб.</t>
   </si>
   <si>
     <t>RAR-210014</t>
   </si>
   <si>
     <t>VR306</t>
   </si>
   <si>
     <t>Клапан ручной настроечный НИЖНИЙ ПРЯМОЙ с доп. уплотнением ViEiR 1/2  (10/80шт)</t>
   </si>
   <si>
-    <t>540.17 руб.</t>
+    <t>539.96 руб.</t>
   </si>
   <si>
     <t>RAR-210015</t>
   </si>
   <si>
     <t>VR307</t>
   </si>
   <si>
     <t>Клапан ручной настроечный НИЖНИЙ ПРЯМОЙ с доп. уплотнением ViEiR 3/4  (10/60шт)</t>
   </si>
   <si>
-    <t>717.25 руб.</t>
+    <t>716.98 руб.</t>
   </si>
   <si>
     <t>RAR-210016</t>
   </si>
   <si>
     <t>VR302</t>
   </si>
   <si>
     <t>Клапан ручной настроечный УГЛОВОЙ НИЖНИЙ с доп. уплотнением ViEiR 1/2  (10/80шт)</t>
   </si>
   <si>
-    <t>497.02 руб.</t>
+    <t>496.83 руб.</t>
   </si>
   <si>
     <t>RAR-210017</t>
   </si>
   <si>
     <t>VR303</t>
   </si>
   <si>
     <t>Клапан ручной настроечный УГЛОВОЙ НИЖНИЙ с доп. уплотнением ViEiR 3/4 (10/60шт)</t>
   </si>
   <si>
-    <t>653.26 руб.</t>
+    <t>653.01 руб.</t>
   </si>
   <si>
     <t>RAR-210027</t>
   </si>
   <si>
     <t>VR316</t>
   </si>
   <si>
     <t>Клапан ручной настроечный УГЛОВОЙ НИЖНИЙ 1/2 LUX  с доп. уплотнением ViEiR (10/100шт)</t>
   </si>
   <si>
-    <t>775.28 руб.</t>
+    <t>774.99 руб.</t>
   </si>
   <si>
     <t>RAR-210029</t>
   </si>
   <si>
     <t>VR317</t>
   </si>
   <si>
-    <t>831.83 руб.</t>
+    <t>831.51 руб.</t>
+  </si>
+  <si>
+    <t>VER-000926</t>
+  </si>
+  <si>
+    <t>VR284-F</t>
+  </si>
+  <si>
+    <t>Вентиль настроечный угловой нижний, белый 1/2" (80/1шт)</t>
+  </si>
+  <si>
+    <t>410.55 руб.</t>
+  </si>
+  <si>
+    <t>VER-000927</t>
+  </si>
+  <si>
+    <t>VR284-С</t>
+  </si>
+  <si>
+    <t>Вентиль настроечный угловой нижний, черный 1/2" (80/1шт)</t>
+  </si>
+  <si>
+    <t>512.70 руб.</t>
   </si>
   <si>
     <t>Ручная арматура VALTEC</t>
   </si>
   <si>
     <t>Вентили ручные регулировочные VALTEC</t>
   </si>
   <si>
     <t>VLC-611001</t>
   </si>
   <si>
     <t>VT.004.N.04</t>
   </si>
   <si>
     <t>Кран двойной регул-ки (КРДП), 1/2" (6 /96шт)</t>
   </si>
   <si>
     <t>1 041.00 руб.</t>
   </si>
   <si>
     <t>&gt;100</t>
   </si>
   <si>
     <t>VLC-611002</t>
   </si>
   <si>
     <t>VT.004.N.05</t>
   </si>
   <si>
     <t>Кран двойной регулировки (КРДП) 3/4" (4 /24шт)</t>
   </si>
   <si>
     <t>2 348.00 руб.</t>
   </si>
   <si>
     <t>VLC-611003</t>
   </si>
   <si>
     <t>VT.007.N.04</t>
   </si>
   <si>
     <t>Клапан ручной угловой 1/2" (7 /105шт)</t>
   </si>
   <si>
     <t>729.00 руб.</t>
   </si>
   <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
     <t>VLC-611004</t>
   </si>
   <si>
     <t>VT.007.N.05</t>
   </si>
   <si>
     <t>Клапан ручной угловой 3/4"  (7 /56шт)</t>
   </si>
   <si>
     <t>1 288.00 руб.</t>
   </si>
   <si>
     <t>VLC-611005</t>
   </si>
   <si>
     <t>VT.007.LN.04</t>
   </si>
   <si>
     <t>Клапан ручной угловой 1/2" (компактный)  (8 /120шт)</t>
   </si>
   <si>
     <t>573.00 руб.</t>
   </si>
   <si>
     <t>&gt;500</t>
   </si>
   <si>
     <t>VLC-611006</t>
   </si>
   <si>
     <t>VT.007.LN.05</t>
   </si>
   <si>
     <t>Клапан ручной угловой 3/4" (компактный)  (6 /72шт)</t>
   </si>
   <si>
     <t>935.00 руб.</t>
   </si>
   <si>
-    <t>&gt;50</t>
-[...1 lines deleted...]
-  <si>
     <t>VLC-611007</t>
   </si>
   <si>
     <t>VT.008.N.04</t>
   </si>
   <si>
     <t>Клапан ручной прямой 1/2"  (9 /108шт)</t>
   </si>
   <si>
     <t>861.00 руб.</t>
   </si>
   <si>
     <t>VLC-611008</t>
   </si>
   <si>
     <t>VT.008.N.05</t>
   </si>
   <si>
     <t>Клапан ручной прямой 3/4"  (6 /48шт)</t>
   </si>
   <si>
     <t>1 474.00 руб.</t>
   </si>
   <si>
     <t>VLC-611009</t>
@@ -931,240 +991,261 @@
   <si>
     <t>SRV-AT</t>
   </si>
   <si>
     <t>Комплект подключения радиатора РУЧНОЙ прямой 1/2" АНТРАЦИТ (черный матовый) блистер VIVALDO (30шт)С</t>
   </si>
   <si>
     <t>Термостатическая регулирующая арматура</t>
   </si>
   <si>
     <t>Термостатическая арматура VIEIR</t>
   </si>
   <si>
     <t>Клапана термостатические VIEIR</t>
   </si>
   <si>
     <t>RAR-120007</t>
   </si>
   <si>
     <t>VR282</t>
   </si>
   <si>
     <t>Клапан термостатический (M30x1,5) ПРЯМОЙ VR 1/2" (1 /60шт)</t>
   </si>
   <si>
-    <t>593.74 руб.</t>
+    <t>593.51 руб.</t>
   </si>
   <si>
     <t>RAR-120008</t>
   </si>
   <si>
     <t>VR283</t>
   </si>
   <si>
     <t>Клапан термостатический (M30x1,5) ПРЯМОЙ VR 3/4" (1 /60шт)</t>
   </si>
   <si>
-    <t>819.93 руб.</t>
+    <t>819.61 руб.</t>
   </si>
   <si>
     <t>RAR-120009</t>
   </si>
   <si>
     <t>VR280</t>
   </si>
   <si>
     <t>Клапан термостатический (M30x1,5) УГЛОВОЙ VR 1/2" (10/60шт)</t>
   </si>
   <si>
     <t>RAR-120010</t>
   </si>
   <si>
     <t>VR281</t>
   </si>
   <si>
     <t>Клапан термостатический (M30x1,5) УГЛОВОЙ VR 3/4" (10/60шт)</t>
   </si>
   <si>
-    <t>751.48 руб.</t>
+    <t>751.19 руб.</t>
   </si>
   <si>
     <t>RAR-120019</t>
   </si>
   <si>
     <t>VR348</t>
   </si>
   <si>
     <t>Клапан ОСЕВОЙ термостатический (M30X1,5)  1/2" ViEiR (10/60шт)</t>
   </si>
   <si>
-    <t>589.28 руб.</t>
+    <t>589.05 руб.</t>
+  </si>
+  <si>
+    <t>VER-001082</t>
+  </si>
+  <si>
+    <t>VR280-C</t>
+  </si>
+  <si>
+    <t>Вентиль термостатический угловой верхний, черный 1/2" (80/10шт)</t>
+  </si>
+  <si>
+    <t>580.13 руб.</t>
+  </si>
+  <si>
+    <t>VER-001083</t>
+  </si>
+  <si>
+    <t>VR280-F</t>
+  </si>
+  <si>
+    <t>Вентиль термостатический угловой верхний, белый 1/2" (80/10шт)</t>
   </si>
   <si>
     <t>Комплекты термостатические VIEIR</t>
   </si>
   <si>
     <t>RAR-120001</t>
   </si>
   <si>
     <t>VR312</t>
   </si>
   <si>
     <t>Комплект термостатический VR для подключения рад-ра 1/2 ПРЯМОЙ (3 в 1 ) (1/25шт)</t>
   </si>
   <si>
-    <t>1 366.05 руб.</t>
+    <t>1 365.53 руб.</t>
   </si>
   <si>
     <t>RAR-120002</t>
   </si>
   <si>
     <t>VR313</t>
   </si>
   <si>
     <t>Комплект термостатический VR для подключения рад-ра 3/4 ПРЯМОЙ (3 в 1 ) (1/25шт)</t>
   </si>
   <si>
-    <t>1 724.67 руб.</t>
+    <t>1 724.01 руб.</t>
   </si>
   <si>
     <t>RAR-120003</t>
   </si>
   <si>
     <t>VR310</t>
   </si>
   <si>
     <t>Комплект термостатический VR для подключения рад-ра 1/2 УГЛОВОЙ (3 в 1 ) (1/25шт)</t>
   </si>
   <si>
-    <t>1 339.26 руб.</t>
+    <t>1 338.75 руб.</t>
   </si>
   <si>
     <t>RAR-120004</t>
   </si>
   <si>
     <t>VR311</t>
   </si>
   <si>
     <t>Комплект термостатический VR для подключения рад-ра 3/4 УГЛОВОЙ (3 в 1 ) (1/25шт)</t>
   </si>
   <si>
-    <t>1 629.44 руб.</t>
+    <t>1 628.81 руб.</t>
   </si>
   <si>
     <t>RAR-120038</t>
   </si>
   <si>
     <t>VR342</t>
   </si>
   <si>
     <t>Комплект термостатический VR для подключения рад-ра 1/2 УГЛОВОЙ (2 в 1 - регул.клап+термоголовка)</t>
   </si>
   <si>
-    <t>909.21 руб.</t>
+    <t>908.86 руб.</t>
   </si>
   <si>
     <t>RAR-120039</t>
   </si>
   <si>
     <t>VR343</t>
   </si>
   <si>
     <t>Комплект термостатический VR для подключения рад-ра 1/2 ПРЯМОЙ (2 в 1 - регул.клап+термоголовка)</t>
   </si>
   <si>
-    <t>946.41 руб.</t>
+    <t>946.05 руб.</t>
   </si>
   <si>
     <t>RAR-120040</t>
   </si>
   <si>
     <t>VR341</t>
   </si>
   <si>
     <t>Комплект термостатический RTL  для подключ рад-ра 1/2 ПРЯМОЙ VIEIR (2 в 1 - регул.клап+термоголовка)</t>
   </si>
   <si>
-    <t>1 806.52 руб.</t>
+    <t>1 805.83 руб.</t>
   </si>
   <si>
     <t>RAR-120100</t>
   </si>
   <si>
     <t>VR340</t>
   </si>
   <si>
     <t>Комплект ОСЕВОЙ термостатический VR для  рад-ра 1/2 угловой (3 в 1) (1/25шт)</t>
   </si>
   <si>
-    <t>1 319.92 руб.</t>
+    <t>1 319.41 руб.</t>
   </si>
   <si>
     <t>VER-000641</t>
   </si>
   <si>
     <t>VR310-F</t>
   </si>
   <si>
     <t>Комплект терморегулирующий 1/2"  УГЛОВОЙ (25/1шт) "ViEiR"</t>
   </si>
   <si>
-    <t>1 752.95 руб.</t>
+    <t>1 752.28 руб.</t>
   </si>
   <si>
     <t>VER-000642</t>
   </si>
   <si>
     <t>VR310-C</t>
   </si>
   <si>
-    <t>1 749.97 руб.</t>
+    <t>1 749.30 руб.</t>
   </si>
   <si>
     <t>VER-001518</t>
   </si>
   <si>
     <t>VR340-F</t>
   </si>
   <si>
     <t>Комплект терморегулирующий осевой 1/2" БЕЛЫЙ (25/5шт)</t>
   </si>
   <si>
-    <t>1 565.45 руб.</t>
+    <t>1 564.85 руб.</t>
   </si>
   <si>
     <t>VER-001519</t>
   </si>
   <si>
     <t>VR340-C</t>
   </si>
   <si>
     <t>Комплект терморегулирующий осевой 1/2" ЧЕРНЫЙ (25/5шт)</t>
   </si>
   <si>
-    <t>1 555.03 руб.</t>
+    <t>1 554.44 руб.</t>
   </si>
   <si>
     <t>VER-001520</t>
   </si>
   <si>
     <t>VR340-G</t>
   </si>
   <si>
     <t>Комплект терморегулирующий осевой 1/2" СЕРЫЙ (25/5шт)</t>
   </si>
   <si>
     <t>Термостатическая арматура VALTEC</t>
   </si>
   <si>
     <t>Клапана термостатические VALTEC</t>
   </si>
   <si>
     <t>VLC-612011</t>
   </si>
   <si>
     <t>VT.031.N.04</t>
   </si>
   <si>
     <t>Клапан термостатический для рад. угловой 1/2" (10 /80шт)</t>
   </si>
@@ -1763,153 +1844,153 @@
   <si>
     <t>VLC-612006</t>
   </si>
   <si>
     <t>VT.5010.0.0</t>
   </si>
   <si>
     <t>Термоголовка с выносным настенным датчиком, диап. регул-ки 6,5 - 28°C, жидкостная (5 /40шт)</t>
   </si>
   <si>
     <t>4 024.00 руб.</t>
   </si>
   <si>
     <t>Термоголовки VIEIR</t>
   </si>
   <si>
     <t>RAR-120005</t>
   </si>
   <si>
     <t>VR334</t>
   </si>
   <si>
     <t>Термоголовка VR жидкостная M30x1,5 (1 /100шт)</t>
   </si>
   <si>
-    <t>302.08 руб.</t>
+    <t>301.96 руб.</t>
   </si>
   <si>
     <t>RAR-120006</t>
   </si>
   <si>
     <t>VR292</t>
   </si>
   <si>
-    <t>342.26 руб.</t>
+    <t>342.13 руб.</t>
   </si>
   <si>
     <t>RAR-120011</t>
   </si>
   <si>
     <t>VR288</t>
   </si>
   <si>
     <t>Термоголовка VIEIR жидкостная M30x1,5 (1 /100шт)</t>
   </si>
   <si>
-    <t>300.59 руб.</t>
+    <t>300.48 руб.</t>
   </si>
   <si>
     <t>RAR-120012</t>
   </si>
   <si>
     <t>VR289</t>
   </si>
   <si>
-    <t>403.27 руб.</t>
+    <t>403.11 руб.</t>
   </si>
   <si>
     <t>RAR-120014</t>
   </si>
   <si>
     <t>VR337</t>
   </si>
   <si>
-    <t>293.15 руб.</t>
+    <t>293.04 руб.</t>
   </si>
   <si>
     <t>RAR-120015</t>
   </si>
   <si>
     <t>VR336</t>
   </si>
   <si>
-    <t>321.42 руб.</t>
+    <t>321.30 руб.</t>
   </si>
   <si>
     <t>RAR-120016</t>
   </si>
   <si>
     <t>VR335</t>
   </si>
   <si>
-    <t>339.28 руб.</t>
+    <t>339.15 руб.</t>
   </si>
   <si>
     <t>RAR-120017</t>
   </si>
   <si>
     <t>VR330</t>
   </si>
   <si>
     <t>Термоголовка VIEIR с выносным настенным датчиком температуры жидкостная M30x1,5 (1 /100шт)</t>
   </si>
   <si>
-    <t>879.45 руб.</t>
+    <t>879.11 руб.</t>
   </si>
   <si>
     <t>RAR-120020</t>
   </si>
   <si>
     <t>VR1125</t>
   </si>
   <si>
     <t>Термоголовка жидкостная (100/1шт)</t>
   </si>
   <si>
     <t>RAR-120021</t>
   </si>
   <si>
     <t>VR1126</t>
   </si>
   <si>
     <t>Термоголовка жидкостная  ViEiR  (100/1шт)</t>
   </si>
   <si>
-    <t>325.89 руб.</t>
+    <t>325.76 руб.</t>
   </si>
   <si>
     <t>RAR-120042</t>
   </si>
   <si>
     <t>VR290A</t>
   </si>
   <si>
     <t>Термоголовка с погружным датчиком 30-70 °С  ViEiR  (50/1шт)</t>
   </si>
   <si>
-    <t>863.08 руб.</t>
+    <t>862.75 руб.</t>
   </si>
   <si>
     <t>RAR-120043</t>
   </si>
   <si>
     <t>VR290B</t>
   </si>
   <si>
     <t>Термоголовка с погружным датчиком 50-90 °С  ViEiR  (50/1шт)</t>
   </si>
   <si>
     <t>Термоголовки ZEGOR</t>
   </si>
   <si>
     <t>ZGR-000070</t>
   </si>
   <si>
     <t>QS-7001</t>
   </si>
   <si>
     <t>Термостатическая головка ZEGOR жидкостная,  М30 × 1,5, диапазон  от 6 до 28 ℃ (1/100шт)</t>
   </si>
   <si>
     <t>439.27 руб.</t>
   </si>
@@ -2057,135 +2138,135 @@
   <si>
     <t>VLC-611029</t>
   </si>
   <si>
     <t>VT.AVK01.N.E04</t>
   </si>
   <si>
     <t>Адаптер для узла нижнего подкл. рад., Евроконус х 1/2" (10 /400шт)</t>
   </si>
   <si>
     <t>149.00 руб.</t>
   </si>
   <si>
     <t>Узлы нижнего подключения VIEIR (ручная регулировка)</t>
   </si>
   <si>
     <t>RAR-210009</t>
   </si>
   <si>
     <t>VR308</t>
   </si>
   <si>
     <t>Узел для нижн. подкл. рад. прямой (c компл. адаптеров 1/2"), 3/4хЕвроконус (4/50шт)</t>
   </si>
   <si>
-    <t>891.35 руб.</t>
+    <t>891.01 руб.</t>
   </si>
   <si>
     <t>RAR-210023</t>
   </si>
   <si>
     <t>VR309</t>
   </si>
   <si>
     <t>Узел для нижн. подкл. рад. угловой (c компл. адаптеров 1/2"), 3/4хЕвроконус (5/50шт)</t>
   </si>
   <si>
-    <t>873.50 руб.</t>
+    <t>873.16 руб.</t>
   </si>
   <si>
     <t>VER-000637</t>
   </si>
   <si>
     <t>VR308-C</t>
   </si>
   <si>
     <t>Узел нижнего подключения радиатора, 3/4" ПРЯМОЙ ЧЕРНЫЙ с адаптерами (48/1шт)</t>
   </si>
   <si>
-    <t>1 043.14 руб.</t>
+    <t>1 042.74 руб.</t>
   </si>
   <si>
     <t>VER-000638</t>
   </si>
   <si>
     <t>VR308-F</t>
   </si>
   <si>
     <t>Узел нижнего подключения радиатора, 3/4" ПРЯМОЙ БЕЛЫЙ с адаптерами (48/1шт)</t>
   </si>
   <si>
-    <t>1 068.43 руб.</t>
+    <t>1 068.03 руб.</t>
   </si>
   <si>
     <t>VER-000639</t>
   </si>
   <si>
     <t>VR309-C</t>
   </si>
   <si>
     <t>Узел нижнего подключения радиатора, 3/4" УГЛОВОЙ ЧЕРНЫЙ с адаптерами (48/1шт)</t>
   </si>
   <si>
-    <t>1 087.78 руб.</t>
+    <t>1 087.36 руб.</t>
   </si>
   <si>
     <t>VER-000640</t>
   </si>
   <si>
     <t>VR309-F</t>
   </si>
   <si>
     <t>Узел нижнего подключения радиатора, 3/4" УГЛОВОЙ БЕЛЫЙ с адаптерами (48/1шт)</t>
   </si>
   <si>
-    <t>1 099.68 руб.</t>
+    <t>1 099.26 руб.</t>
   </si>
   <si>
     <t>VER-000699</t>
   </si>
   <si>
     <t>VRD34M</t>
   </si>
   <si>
     <t>Ниппель переходной для узла подключения радиатора 1/2"M*3/4"M (60/5шт)</t>
   </si>
   <si>
-    <t>72.92 руб.</t>
+    <t>72.89 руб.</t>
   </si>
   <si>
     <t>VER-001155</t>
   </si>
   <si>
     <t>VR1155</t>
   </si>
   <si>
     <t>Узел нижнего подключения для радиатора раздельный прямой 3/4"x1/2"(100/1шт)</t>
   </si>
   <si>
-    <t>400.29 руб.</t>
+    <t>400.14 руб.</t>
   </si>
   <si>
     <t>VER-001156</t>
   </si>
   <si>
     <t>VR1156</t>
   </si>
   <si>
     <t>Узел нижнего подключения для радиатора раздельный угловой 3/4"x1/2"(100/1шт)</t>
   </si>
   <si>
     <t>Узлы нижнего подключения VALTEC (термостатические)</t>
   </si>
   <si>
     <t>VLC-612001</t>
   </si>
   <si>
     <t>VT.AD304.0.1000</t>
   </si>
   <si>
     <t>Трубка из нерж. стали D=15 мм, L=1 м (1 /50шт)</t>
   </si>
   <si>
     <t>795.00 руб.</t>
   </si>
@@ -2234,168 +2315,168 @@
   <si>
     <t>Инжекторный узел для подкл. рад.. 1/2"x100% (5 /40шт)</t>
   </si>
   <si>
     <t>Узлы нижнего подключения VIEIR (термостатические)</t>
   </si>
   <si>
     <t>RAR-120018</t>
   </si>
   <si>
     <t>VR349</t>
   </si>
   <si>
     <t>Клапан ОСЕВОЙ термостатич. (M30X1,5) 3/4"ЕВРОКОНУС х1/2" ViEiR (комплект + VR350+VR318A) (60/1шт)</t>
   </si>
   <si>
     <t>RAR-120022</t>
   </si>
   <si>
     <t>VR318A</t>
   </si>
   <si>
     <t>Трубка из нерж. стали D=15 мм, L=600мм (1 /50шт)</t>
   </si>
   <si>
-    <t>266.36 руб.</t>
+    <t>266.26 руб.</t>
   </si>
   <si>
     <t>RAR-120023</t>
   </si>
   <si>
     <t>VR320A</t>
   </si>
   <si>
     <t>Трубка нержавеющая  ф12*450мм  ViEiR (1шт)</t>
   </si>
   <si>
-    <t>166.66 руб.</t>
+    <t>166.60 руб.</t>
   </si>
   <si>
     <t>RAR-210018</t>
   </si>
   <si>
     <t>VR321A</t>
   </si>
   <si>
     <t>Клапан термостатич. (M30X1,5) осевой для рад. с воздух. и доп. упл. (компл VR318+VR318A) (1/50шт)</t>
   </si>
   <si>
-    <t>821.41 руб.</t>
+    <t>821.10 руб.</t>
   </si>
   <si>
     <t>RAR-210019</t>
   </si>
   <si>
     <t>VR318</t>
   </si>
   <si>
     <t>Узел ниж подключ рад 4-х ход 1 и 2 труб система, вращение 360* ViEiR (компл VR321A+VR318A) (50/1шт)</t>
   </si>
   <si>
-    <t>1 053.55 руб.</t>
+    <t>1 053.15 руб.</t>
   </si>
   <si>
     <t>RAR-210021</t>
   </si>
   <si>
     <t>VR350</t>
   </si>
   <si>
     <t>Узел ниж подключ 4-х ходовой двухтруб система 100%  ViEiR (исполь с VR 349 + VR318A (50/1шт)</t>
   </si>
   <si>
-    <t>1 095.22 руб.</t>
+    <t>1 094.80 руб.</t>
   </si>
   <si>
     <t>RAR-210022</t>
   </si>
   <si>
     <t>VR320</t>
   </si>
   <si>
     <t>Узел термост для одноточеч ниж подключ рад (M30X1,5) 1 и 2 труб система (исполь с VR320A) (30/1шт)</t>
   </si>
   <si>
-    <t>1 581.82 руб.</t>
+    <t>1 581.21 руб.</t>
   </si>
   <si>
     <t>VER-000537</t>
   </si>
   <si>
     <t>VR339</t>
   </si>
   <si>
     <t>Термостатический узел одноточечный нижней установки радиатора 1/2" "ViEiR" (60/1шт)</t>
   </si>
   <si>
-    <t>1 717.23 руб.</t>
+    <t>1 716.58 руб.</t>
   </si>
   <si>
     <t>VER-000673</t>
   </si>
   <si>
     <t>VR1620-A</t>
   </si>
   <si>
     <t>Евроконус для узла ручной регулировки 16x2.2" (240/60шт)</t>
   </si>
   <si>
-    <t>148.81 руб.</t>
+    <t>148.75 руб.</t>
   </si>
   <si>
     <t>VER-000674</t>
   </si>
   <si>
     <t>VR1620-B</t>
   </si>
   <si>
     <t>Евроконус для узла ручной регулировки 16x2.0" (240/60шт)</t>
   </si>
   <si>
     <t>VER-000930</t>
   </si>
   <si>
     <t>VR349/VR350</t>
   </si>
   <si>
     <t>Комплект термостатический для подключения радиаторов 1/2"x3/4" (25/1пар)</t>
   </si>
   <si>
-    <t>1 684.50 руб.</t>
+    <t>1 683.85 руб.</t>
   </si>
   <si>
     <t>VER-001515</t>
   </si>
   <si>
     <t>VR353-2C</t>
   </si>
   <si>
     <t>Универсальный комплект для нижнего подключения G1/2" ЧЕРНЫЙ (24/1шт)</t>
   </si>
   <si>
-    <t>2 691.92 руб.</t>
+    <t>2 690.89 руб.</t>
   </si>
   <si>
     <t>VER-001516</t>
   </si>
   <si>
     <t>VR353-2F</t>
   </si>
   <si>
     <t>Универсальный комплект для нижнего подключения G1/2" БЕЛЫЙ (24/1шт)</t>
   </si>
   <si>
     <t>VER-001517</t>
   </si>
   <si>
     <t>VR353-2G</t>
   </si>
   <si>
     <t>Универсальный комплект для нижнего подключения G1/2" СЕРЫЙ (24/1шт)</t>
   </si>
   <si>
     <t>Дизайн узлы нижнего подключения VIVALDO (цветные)</t>
   </si>
   <si>
     <t>VIV-101017</t>
   </si>
@@ -2415,50 +2496,101 @@
     <t>ITRV-WH</t>
   </si>
   <si>
     <t>Комплект НИЖНИЙ термостатический УГЛОВОЙ 1/2" БЕЛЫЙ в блистере VIVALDO (20шт)В</t>
   </si>
   <si>
     <t>5 790.00 руб.</t>
   </si>
   <si>
     <t>VIV-101019</t>
   </si>
   <si>
     <t>ITRV-BL</t>
   </si>
   <si>
     <t>Комплект НИЖНИЙ термостатический УГЛОВОЙ 1/2" ЧЕРНЫЙ в блистере VIVALDO (20шт)В</t>
   </si>
   <si>
     <t>VIV-101020</t>
   </si>
   <si>
     <t>ITRV-AT</t>
   </si>
   <si>
     <t>Комплект НИЖНИЙ термостатический УГЛОВОЙ 1/2" АНТРАЦИТ (черный матовый) блистер VIVALDO (20шт)С</t>
+  </si>
+  <si>
+    <t>Узлы нижнего подключения GAPPO (ручная регулировка)</t>
+  </si>
+  <si>
+    <t>GAP-100959</t>
+  </si>
+  <si>
+    <t>G267.05</t>
+  </si>
+  <si>
+    <t>Узел для нижн. подкл. рад. прямой 3/4хЕвроконус (без адаптеров) (10/50шт)</t>
+  </si>
+  <si>
+    <t>748.48 руб.</t>
+  </si>
+  <si>
+    <t>GAP-100960</t>
+  </si>
+  <si>
+    <t>G268.05</t>
+  </si>
+  <si>
+    <t>Узел для нижн. подкл. рад. угловой 3/4хЕвроконус (без адаптеров) (10/50шт)</t>
+  </si>
+  <si>
+    <t>761.77 руб.</t>
+  </si>
+  <si>
+    <t>GAP-100961</t>
+  </si>
+  <si>
+    <t>G269.05</t>
+  </si>
+  <si>
+    <t>Узел прямой для Х-образного подк рад 3/4х3/4ЕK  (без адаптеров) (5/25шт)</t>
+  </si>
+  <si>
+    <t>1 586.65 руб.</t>
+  </si>
+  <si>
+    <t>GAP-100962</t>
+  </si>
+  <si>
+    <t>G270.0405</t>
+  </si>
+  <si>
+    <t>Адаптер переходник 1/2"x 3/4 для узлов подключения радиаторов (20/400шт)</t>
+  </si>
+  <si>
+    <t>86.36 руб.</t>
   </si>
   <si>
     <t>VIVALDO</t>
   </si>
   <si>
     <t>VIV-101025</t>
   </si>
   <si>
     <t>TH-CR</t>
   </si>
   <si>
     <t>Головка термостатическая жидкостная M30x1,5 ХРОМ корпус металл VIVALDO (1/75шт)</t>
   </si>
   <si>
     <t>990.00 руб.</t>
   </si>
   <si>
     <t>VIV-101026</t>
   </si>
   <si>
     <t>TH-WH</t>
   </si>
   <si>
     <t>Головка термостатическая жидкостная M30x1,5 БЕЛАЯ корпус металл VIVALDO (1/75шт)</t>
   </si>
@@ -2829,51 +2961,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="5" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="4"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30ba_5f91_11eb_822d_003048fd731b_f1bf9c21_2770_11ed_a30e_00259070b4871.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30c0_5f91_11eb_822d_003048fd731b_f1bf9c1b_2770_11ed_a30e_00259070b4872.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30c2_5f91_11eb_822d_003048fd731b_f1bf9c26_2770_11ed_a30e_00259070b4873.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30c8_5f91_11eb_822d_003048fd731b_f1bf9c1c_2770_11ed_a30e_00259070b4874.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30ca_5f91_11eb_822d_003048fd731b_f1bf9c24_2770_11ed_a30e_00259070b4875.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30d0_5f91_11eb_822d_003048fd731b_f1bf9c25_2770_11ed_a30e_00259070b4876.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552f6_86a5_11e9_8101_003048fd731b_f1bf9c22_2770_11ed_a30e_00259070b4877.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552f8_86a5_11e9_8101_003048fd731b_f1bf9c28_2770_11ed_a30e_00259070b4878.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552fa_86a5_11e9_8101_003048fd731b_f1bf9c1d_2770_11ed_a30e_00259070b4879.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552fc_86a5_11e9_8101_003048fd731b_f1bf9c29_2770_11ed_a30e_00259070b48710.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e7135_68f5_11ea_8111_003048fd731b_f1bf9c27_2770_11ed_a30e_00259070b48711.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e7137_68f5_11ea_8111_003048fd731b_f1bf9c2e_2770_11ed_a30e_00259070b48712.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e7139_68f5_11ea_8111_003048fd731b_f1bf9c23_2770_11ed_a30e_00259070b48713.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e713b_68f5_11ea_8111_003048fd731b_f1bf9c2d_2770_11ed_a30e_00259070b48714.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c550_7c9e_11ea_8111_003048fd731b_f1bf9c2f_2770_11ed_a30e_00259070b48715.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c554_7c9e_11ea_8111_003048fd731b_f1bf9c30_2770_11ed_a30e_00259070b48716.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30bc_5f91_11eb_822d_003048fd731b_f1bf9c34_2770_11ed_a30e_00259070b48717.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30c4_5f91_11eb_822d_003048fd731b_f1bf9c32_2770_11ed_a30e_00259070b48718.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30c6_5f91_11eb_822d_003048fd731b_f1bf9c38_2770_11ed_a30e_00259070b48719.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30cc_5f91_11eb_822d_003048fd731b_f1bf9c33_2770_11ed_a30e_00259070b48720.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30ce_5f91_11eb_822d_003048fd731b_f1bf9c31_2770_11ed_a30e_00259070b48721.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552fe_86a5_11e9_8101_003048fd731b_f1bf9c36_2770_11ed_a30e_00259070b48722.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55300_86a5_11e9_8101_003048fd731b_f1bf9c3b_2770_11ed_a30e_00259070b48723.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55302_86a5_11e9_8101_003048fd731b_f1bf9c35_2770_11ed_a30e_00259070b48724.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55304_86a5_11e9_8101_003048fd731b_f1bf9c3a_2770_11ed_a30e_00259070b48725.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e713d_68f5_11ea_8111_003048fd731b_f1bf9c39_2770_11ed_a30e_00259070b48726.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e713f_68f5_11ea_8111_003048fd731b_f1bf9c3d_2770_11ed_a30e_00259070b48727.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e7141_68f5_11ea_8111_003048fd731b_f1bf9c37_2770_11ed_a30e_00259070b48728.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e7143_68f5_11ea_8111_003048fd731b_f1bf9c3c_2770_11ed_a30e_00259070b48729.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c552_7c9e_11ea_8111_003048fd731b_f1bf9c3e_2770_11ed_a30e_00259070b48730.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c556_7c9e_11ea_8111_003048fd731b_f1bf9c3f_2770_11ed_a30e_00259070b48731.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55282_86a5_11e9_8101_003048fd731b_4b3c1d1c_5a46_11f0_a775_047c1617b14332.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55286_86a5_11e9_8101_003048fd731b_4b3c1d20_5a46_11f0_a775_047c1617b14333.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d5528a_86a5_11e9_8101_003048fd731b_4b3c1d24_5a46_11f0_a775_047c1617b14334.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d5528e_86a5_11e9_8101_003048fd731b_4b3c1d28_5a46_11f0_a775_047c1617b14335.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55292_86a5_11e9_8101_003048fd731b_4b3c1d2c_5a46_11f0_a775_047c1617b14336.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55296_86a5_11e9_8101_003048fd731b_4b3c1d30_5a46_11f0_a775_047c1617b14337.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d5529a_86a5_11e9_8101_003048fd731b_4b3c1d34_5a46_11f0_a775_047c1617b14338.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d5529e_86a5_11e9_8101_003048fd731b_4b3c1d38_5a46_11f0_a775_047c1617b14339.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552a2_86a5_11e9_8101_003048fd731b_4b3c1d3c_5a46_11f0_a775_047c1617b14340.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552a6_86a5_11e9_8101_003048fd731b_4b3c1d40_5a46_11f0_a775_047c1617b14341.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552aa_86a5_11e9_8101_003048fd731b_b122ca5d_a596_11ee_a526_047c1617b14342.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552ae_86a5_11e9_8101_003048fd731b_b122ca64_a596_11ee_a526_047c1617b14343.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552b2_86a5_11e9_8101_003048fd731b_4b3c1d44_5a46_11f0_a775_047c1617b14344.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552b6_86a5_11e9_8101_003048fd731b_4b3c1d48_5a46_11f0_a775_047c1617b14345.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552ba_86a5_11e9_8101_003048fd731b_4b3c1d4c_5a46_11f0_a775_047c1617b14346.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552be_86a5_11e9_8101_003048fd731b_4b3c1d50_5a46_11f0_a775_047c1617b14347.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552c2_86a5_11e9_8101_003048fd731b_4b3c1d54_5a46_11f0_a775_047c1617b14348.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552c6_86a5_11e9_8101_003048fd731b_4b3c1d58_5a46_11f0_a775_047c1617b14349.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552ca_86a5_11e9_8101_003048fd731b_4b3c1d5c_5a46_11f0_a775_047c1617b14350.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552ce_86a5_11e9_8101_003048fd731b_4b3c1d60_5a46_11f0_a775_047c1617b14351.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552d2_86a5_11e9_8101_003048fd731b_4b3c1d64_5a46_11f0_a775_047c1617b14352.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552d6_86a5_11e9_8101_003048fd731b_4b3c1d68_5a46_11f0_a775_047c1617b14353.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970a8f72_ceda_11eb_82cb_003048fd731b_a1555433_602e_11ec_a20b_00259070b48754.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970a8f74_ceda_11eb_82cb_003048fd731b_a1555434_602e_11ec_a20b_00259070b48755.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970a8f76_ceda_11eb_82cb_003048fd731b_cfd40f33_a580_11ee_a526_047c1617b14356.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970a8f78_ceda_11eb_82cb_003048fd731b_cfd40f35_a580_11ee_a526_047c1617b14357.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3613e6f5_1867_11ed_a2f9_00259070b487_cfd40f32_a580_11ee_a526_047c1617b14358.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3613e6f7_1867_11ed_a2f9_00259070b487_cfd40f34_a580_11ee_a526_047c1617b14359.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3613e6f9_1867_11ed_a2f9_00259070b487_cfd40f36_a580_11ee_a526_047c1617b14360.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3613e6fb_1867_11ed_a2f9_00259070b487_cfd40f37_a580_11ee_a526_047c1617b14361.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c35_2a11_11ee_a486_047c1617b143_f74277f6_a580_11ee_a526_047c1617b14362.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c37_2a11_11ee_a486_047c1617b143_f74277f4_a580_11ee_a526_047c1617b14363.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c39_2a11_11ee_a486_047c1617b143_f74277f2_a580_11ee_a526_047c1617b14364.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c3b_2a11_11ee_a486_047c1617b143_f74277f0_a580_11ee_a526_047c1617b14365.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c3d_2a11_11ee_a486_047c1617b143_f7427816_a580_11ee_a526_047c1617b14366.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c3f_2a11_11ee_a486_047c1617b143_f7427814_a580_11ee_a526_047c1617b14367.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c41_2a11_11ee_a486_047c1617b143_f7427812_a580_11ee_a526_047c1617b14368.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c43_2a11_11ee_a486_047c1617b143_f7427810_a580_11ee_a526_047c1617b14369.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55270_86a5_11e9_8101_003048fd731b_0f3c6775_27a6_11ed_a30e_00259070b48770.jpeg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55274_86a5_11e9_8101_003048fd731b_0f3c6776_27a6_11ed_a30e_00259070b48771.jpeg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55278_86a5_11e9_8101_003048fd731b_0f3c6777_27a6_11ed_a30e_00259070b48772.jpeg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d5527c_86a5_11e9_8101_003048fd731b_0f3c6778_27a6_11ed_a30e_00259070b48773.jpeg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e7133_68f5_11ea_8111_003048fd731b_0f3c6779_27a6_11ed_a30e_00259070b48774.jpeg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55258_86a5_11e9_8101_003048fd731b_0f3c677e_27a6_11ed_a30e_00259070b48775.jpeg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d5525c_86a5_11e9_8101_003048fd731b_0f3c6780_27a6_11ed_a30e_00259070b48776.jpeg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55260_86a5_11e9_8101_003048fd731b_0f3c677d_27a6_11ed_a30e_00259070b48777.jpeg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55264_86a5_11e9_8101_003048fd731b_0f3c677f_27a6_11ed_a30e_00259070b48778.jpeg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30d6_5f91_11eb_822d_003048fd731b_0f3c677b_27a6_11ed_a30e_00259070b48779.jpeg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0916a72_3f69_11eb_8203_003048fd731b_0f3c677c_27a6_11ed_a30e_00259070b48780.jpeg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30d8_5f91_11eb_822d_003048fd731b_cfd40f40_a580_11ee_a526_047c1617b14381.jpeg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a4b48a4_e76e_11ea_8188_003048fd731b_0f3c677a_27a6_11ed_a30e_00259070b48782.jpeg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efe0499e_729c_11ee_a4e3_047c1617b143_cfd40f3e_a580_11ee_a526_047c1617b14383.jpeg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efe049a0_729c_11ee_a4e3_047c1617b143_cfd40f3c_a580_11ee_a526_047c1617b14384.jpeg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e4278_245f_11f0_a725_047c1617b143_20fe9ce7_793a_11f0_a79f_047c1617b14385.jpeg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e427a_245f_11f0_a725_047c1617b143_26859880_34da_11f0_a73b_047c1617b14386.jpeg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e427c_245f_11f0_a725_047c1617b143_20fe9ce8_793a_11f0_a79f_047c1617b14387.jpeg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41baf1_86a5_11e9_8101_003048fd731b_573396ea_f953_11e9_810b_003048fd731b88.jpeg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41baf5_86a5_11e9_8101_003048fd731b_573396eb_f953_11e9_810b_003048fd731b89.jpeg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41baf9_86a5_11e9_8101_003048fd731b_573396ec_f953_11e9_810b_003048fd731b90.jpeg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41bafd_86a5_11e9_8101_003048fd731b_573396ed_f953_11e9_810b_003048fd731b91.jpeg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41bb01_86a5_11e9_8101_003048fd731b_573396ee_f953_11e9_810b_003048fd731b92.jpeg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d551f3_86a5_11e9_8101_003048fd731b_573396ef_f953_11e9_810b_003048fd731b93.jpeg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d551f7_86a5_11e9_8101_003048fd731b_573396f0_f953_11e9_810b_003048fd731b94.jpeg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d551fb_86a5_11e9_8101_003048fd731b_573396f1_f953_11e9_810b_003048fd731b95.jpeg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d551ff_86a5_11e9_8101_003048fd731b_573396f2_f953_11e9_810b_003048fd731b96.jpeg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55203_86a5_11e9_8101_003048fd731b_573396f3_f953_11e9_810b_003048fd731b97.jpeg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55207_86a5_11e9_8101_003048fd731b_573396f4_f953_11e9_810b_003048fd731b98.jpeg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d5520b_86a5_11e9_8101_003048fd731b_573396f5_f953_11e9_810b_003048fd731b99.jpeg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d5520f_86a5_11e9_8101_003048fd731b_573396f6_f953_11e9_810b_003048fd731b100.jpeg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55213_86a5_11e9_8101_003048fd731b_573396f7_f953_11e9_810b_003048fd731b101.jpeg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55217_86a5_11e9_8101_003048fd731b_573396f8_f953_11e9_810b_003048fd731b102.jpeg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d5521b_86a5_11e9_8101_003048fd731b_573396f9_f953_11e9_810b_003048fd731b103.jpeg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d5521f_86a5_11e9_8101_003048fd731b_573396fa_f953_11e9_810b_003048fd731b104.jpeg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55223_86a5_11e9_8101_003048fd731b_573396fb_f953_11e9_810b_003048fd731b105.jpeg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55233_86a5_11e9_8101_003048fd731b_57339700_f953_11e9_810b_003048fd731b106.jpeg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55236_86a5_11e9_8101_003048fd731b_57339701_f953_11e9_810b_003048fd731b107.jpeg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4687ac33_ffbc_11e9_810b_003048fd731b_e24a3642_518a_11ea_810f_003048fd731b108.jpeg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a66c50_db0d_11ec_a2a2_00259070b487_cfd40f38_a580_11ee_a526_047c1617b143109.jpeg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55227_86a5_11e9_8101_003048fd731b_573396fc_f953_11e9_810b_003048fd731b110.jpeg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d5522a_86a5_11e9_8101_003048fd731b_573396fd_f953_11e9_810b_003048fd731b111.jpeg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d5522d_86a5_11e9_8101_003048fd731b_573396fe_f953_11e9_810b_003048fd731b112.jpeg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55230_86a5_11e9_8101_003048fd731b_573396ff_f953_11e9_810b_003048fd731b113.jpeg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4687ac35_ffbc_11e9_810b_003048fd731b_e24a3644_518a_11ea_810f_003048fd731b114.jpeg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4687ac37_ffbc_11e9_810b_003048fd731b_e24a3643_518a_11ea_810f_003048fd731b115.jpeg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970a8f7a_ceda_11eb_82cb_003048fd731b_60261d27_27aa_11ed_a30e_00259070b487116.jpeg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970a8f7c_ceda_11eb_82cb_003048fd731b_60261d28_27aa_11ed_a30e_00259070b487117.jpeg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970a8f7e_ceda_11eb_82cb_003048fd731b_60261d29_27aa_11ed_a30e_00259070b487118.jpeg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970a8f80_ceda_11eb_82cb_003048fd731b_cfd40f4d_a580_11ee_a526_047c1617b143119.jpeg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970a8f82_ceda_11eb_82cb_003048fd731b_cfd40f4e_a580_11ee_a526_047c1617b143120.jpeg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970a8f84_ceda_11eb_82cb_003048fd731b_cfd40f4f_a580_11ee_a526_047c1617b143121.jpeg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dd42953_29e9_11ee_a486_047c1617b143_f742781c_a580_11ee_a526_047c1617b143122.jpeg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dd42955_29e9_11ee_a486_047c1617b143_f742781e_a580_11ee_a526_047c1617b143123.jpeg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dd42957_29e9_11ee_a486_047c1617b143_f742781a_a580_11ee_a526_047c1617b143124.jpeg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c2b_2a11_11ee_a486_047c1617b143_f7427818_a580_11ee_a526_047c1617b143125.jpeg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c2d_2a11_11ee_a486_047c1617b143_f74277fe_a580_11ee_a526_047c1617b143126.jpeg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c2f_2a11_11ee_a486_047c1617b143_f74277fc_a580_11ee_a526_047c1617b143127.jpeg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c31_2a11_11ee_a486_047c1617b143_f74277fa_a580_11ee_a526_047c1617b143128.jpeg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c33_2a11_11ee_a486_047c1617b143_f74277f8_a580_11ee_a526_047c1617b143129.jpeg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c4d_2a11_11ee_a486_047c1617b143_f7427804_a580_11ee_a526_047c1617b143130.jpeg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c4f_2a11_11ee_a486_047c1617b143_f7427806_a580_11ee_a526_047c1617b143131.jpeg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c51_2a11_11ee_a486_047c1617b143_f7427802_a580_11ee_a526_047c1617b143132.jpeg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c53_2a11_11ee_a486_047c1617b143_f7427800_a580_11ee_a526_047c1617b143133.jpeg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41bad0_86a5_11e9_8101_003048fd731b_573396e1_f953_11e9_810b_003048fd731b134.jpeg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41bad4_86a5_11e9_8101_003048fd731b_573396e2_f953_11e9_810b_003048fd731b135.jpeg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41bad8_86a5_11e9_8101_003048fd731b_573396e3_f953_11e9_810b_003048fd731b136.jpeg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41badb_86a5_11e9_8101_003048fd731b_573396e4_f953_11e9_810b_003048fd731b137.jpeg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41badf_86a5_11e9_8101_003048fd731b_573396e5_f953_11e9_810b_003048fd731b138.jpeg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55268_86a5_11e9_8101_003048fd731b_0f3c6782_27a6_11ed_a30e_00259070b487139.jpeg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d5526c_86a5_11e9_8101_003048fd731b_60261cf2_27aa_11ed_a30e_00259070b487140.jpeg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e7123_68f5_11ea_8111_003048fd731b_60261cf3_27aa_11ed_a30e_00259070b487141.jpeg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e7125_68f5_11ea_8111_003048fd731b_60261cf4_27aa_11ed_a30e_00259070b487142.jpeg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e7129_68f5_11ea_8111_003048fd731b_0f3c6783_27a6_11ed_a30e_00259070b487143.jpeg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e712b_68f5_11ea_8111_003048fd731b_0f3c6781_27a6_11ed_a30e_00259070b487144.jpeg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e712d_68f5_11ea_8111_003048fd731b_60261cf1_27aa_11ed_a30e_00259070b487145.jpeg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e712f_68f5_11ea_8111_003048fd731b_60261cf7_27aa_11ed_a30e_00259070b487146.jpeg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30aa_5f91_11eb_822d_003048fd731b_60261cf0_27aa_11ed_a30e_00259070b487147.jpeg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30ac_5f91_11eb_822d_003048fd731b_60261cee_27aa_11ed_a30e_00259070b487148.jpeg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30e2_5f91_11eb_822d_003048fd731b_60261cf6_27aa_11ed_a30e_00259070b487149.jpeg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30e4_5f91_11eb_822d_003048fd731b_60261cf5_27aa_11ed_a30e_00259070b487150.jpeg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970a8f86_ceda_11eb_82cb_003048fd731b_a1555431_602e_11ec_a20b_00259070b487151.jpeg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970a8f88_ceda_11eb_82cb_003048fd731b_a1555432_602e_11ec_a20b_00259070b487152.jpeg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b31ecf0d_4aa8_11ed_a349_00259070b484_cfd40f50_a580_11ee_a526_047c1617b143153.jpeg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b31ecf0f_4aa8_11ed_a349_00259070b484_cfd40f51_a580_11ee_a526_047c1617b143154.jpeg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b31ecf11_4aa8_11ed_a349_00259070b484_cfd40f52_a580_11ee_a526_047c1617b143155.jpeg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b31ecf13_4aa8_11ed_a349_00259070b484_cfd40f53_a580_11ee_a526_047c1617b143156.jpeg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c51e6cd6_a3c0_11ed_a3cf_047c1617b143_cfd40f54_a580_11ee_a526_047c1617b143157.jpeg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f0e4a9_c920_11ee_a554_047c1617b143_444b1c82_5a46_11f0_a775_047c1617b143158.jpeg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f0e4ab_c920_11ee_a554_047c1617b143_444b1c84_5a46_11f0_a775_047c1617b143159.jpeg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552da_86a5_11e9_8101_003048fd731b_f6cf4dcf_a596_11ee_a526_047c1617b143160.jpeg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552de_86a5_11e9_8101_003048fd731b_c020807c_c056_11ee_a549_047c1617b143161.jpeg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552e2_86a5_11e9_8101_003048fd731b_4b3c1d6c_5a46_11f0_a775_047c1617b143162.jpeg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552e6_86a5_11e9_8101_003048fd731b_4b3c1d70_5a46_11f0_a775_047c1617b143163.jpeg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552ea_86a5_11e9_8101_003048fd731b_4b3c1d74_5a46_11f0_a775_047c1617b143164.jpeg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552ed_86a5_11e9_8101_003048fd731b_4b3c1d78_5a46_11f0_a775_047c1617b143165.jpeg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552f1_86a5_11e9_8101_003048fd731b_f6cf4db3_a596_11ee_a526_047c1617b143166.jpeg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a769_3767_11ea_810f_003048fd731b_f74277e3_a580_11ee_a526_047c1617b143167.jpeg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e714d_68f5_11ea_8111_003048fd731b_f74277df_a580_11ee_a526_047c1617b143168.jpeg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efe04996_729c_11ee_a4e3_047c1617b143_cfd40f26_a580_11ee_a526_047c1617b143169.jpeg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efe04998_729c_11ee_a4e3_047c1617b143_cfd40f29_a580_11ee_a526_047c1617b143170.jpeg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efe0499a_729c_11ee_a4e3_047c1617b143_cfd40f2c_a580_11ee_a526_047c1617b143171.jpeg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efe0499c_729c_11ee_a4e3_047c1617b143_cfd40f2f_a580_11ee_a526_047c1617b143172.jpeg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bc12b6e_b632_11ee_a53c_047c1617b143_20fe9ce9_793a_11f0_a79f_047c1617b143173.jpeg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a6d7b2b_847d_11ef_a64e_047c1617b143_1b5db36a_f93d_11ef_a6ea_047c1617b143174.jpeg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a6d7b2d_847d_11ef_a64e_047c1617b143_64c8bb40_5a46_11f0_a775_047c1617b143175.jpeg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41bacd_86a5_11e9_8101_003048fd731b_573396e0_f953_11e9_810b_003048fd731b176.jpeg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41bae3_86a5_11e9_8101_003048fd731b_573396e6_f953_11e9_810b_003048fd731b177.jpeg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41bae6_86a5_11e9_8101_003048fd731b_573396e7_f953_11e9_810b_003048fd731b178.jpeg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41bae9_86a5_11e9_8101_003048fd731b_573396e8_f953_11e9_810b_003048fd731b179.jpeg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41baed_86a5_11e9_8101_003048fd731b_573396e9_f953_11e9_810b_003048fd731b180.jpeg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e7131_68f5_11ea_8111_003048fd731b_cfd40f49_a580_11ee_a526_047c1617b143181.jpeg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3858dbf_8705_11ea_8112_003048fd731b_60261cf9_27aa_11ed_a30e_00259070b487182.jpeg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30b8_5f91_11eb_822d_003048fd731b_60261cf8_27aa_11ed_a30e_00259070b487183.jpeg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e7145_68f5_11ea_8111_003048fd731b_60261cfb_27aa_11ed_a30e_00259070b487184.png"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e7147_68f5_11ea_8111_003048fd731b_60261cfd_27aa_11ed_a30e_00259070b487185.jpeg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e7149_68f5_11ea_8111_003048fd731b_21d4f571_793a_11f0_a79f_047c1617b143186.jpeg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e714b_68f5_11ea_8111_003048fd731b_60261d01_27aa_11ed_a30e_00259070b487187.jpeg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f40c0c_5308_11ee_a4bb_047c1617b143_cfd40f43_a580_11ee_a526_047c1617b143188.jpeg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf92f36_b620_11ee_a53c_047c1617b143_20fe9ced_793a_11f0_a79f_047c1617b143189.jpeg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf92f38_b620_11ee_a53c_047c1617b143_20fe9ceb_793a_11f0_a79f_047c1617b143190.jpeg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f13c3f5_37d2_11ef_a5e9_047c1617b143_20fe9cef_793a_11f0_a79f_047c1617b143191.jpeg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e4272_245f_11f0_a725_047c1617b143_26859881_34da_11f0_a73b_047c1617b143192.jpeg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e4274_245f_11f0_a725_047c1617b143_26859882_34da_11f0_a73b_047c1617b143193.jpeg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e4276_245f_11f0_a725_047c1617b143_26859883_34da_11f0_a73b_047c1617b143194.jpeg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c45_2a11_11ee_a486_047c1617b143_f742780c_a580_11ee_a526_047c1617b143195.jpeg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c47_2a11_11ee_a486_047c1617b143_f742780e_a580_11ee_a526_047c1617b143196.jpeg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c49_2a11_11ee_a486_047c1617b143_f742780a_a580_11ee_a526_047c1617b143197.jpeg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c4b_2a11_11ee_a486_047c1617b143_f7427808_a580_11ee_a526_047c1617b143198.jpeg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a78724_648f_11ef_a623_047c1617b143_0c97c911_66bd_11ef_a626_047c1617b143199.jpeg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a78726_648f_11ef_a623_047c1617b143_0c97c912_66bd_11ef_a626_047c1617b143200.jpeg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a78728_648f_11ef_a623_047c1617b143_0c97c913_66bd_11ef_a626_047c1617b143201.jpeg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a7872a_648f_11ef_a623_047c1617b143_0c97c914_66bd_11ef_a626_047c1617b143202.jpeg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a7872c_648f_11ef_a623_047c1617b143_0c97c915_66bd_11ef_a626_047c1617b143203.jpeg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a7872e_648f_11ef_a623_047c1617b143_0c97c917_66bd_11ef_a626_047c1617b143204.jpeg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a78730_648f_11ef_a623_047c1617b143_0c97c919_66bd_11ef_a626_047c1617b143205.jpeg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a78732_648f_11ef_a623_047c1617b143_0c97c91b_66bd_11ef_a626_047c1617b143206.jpeg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a78734_648f_11ef_a623_047c1617b143_0c97c91d_66bd_11ef_a626_047c1617b143207.jpeg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a78736_648f_11ef_a623_047c1617b143_0c97c91e_66bd_11ef_a626_047c1617b143208.jpeg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a78738_648f_11ef_a623_047c1617b143_0c97c91f_66bd_11ef_a626_047c1617b143209.jpeg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a7873a_648f_11ef_a623_047c1617b143_0c97c920_66bd_11ef_a626_047c1617b143210.jpeg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a7873c_648f_11ef_a623_047c1617b143_0c97c921_66bd_11ef_a626_047c1617b143211.jpeg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a7873e_648f_11ef_a623_047c1617b143_0c97c922_66bd_11ef_a626_047c1617b143212.jpeg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a78740_648f_11ef_a623_047c1617b143_0c97c923_66bd_11ef_a626_047c1617b143213.jpeg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a78742_648f_11ef_a623_047c1617b143_0c97c924_66bd_11ef_a626_047c1617b143214.jpeg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6511be40_64a5_11ef_a623_047c1617b143_0c97c925_66bd_11ef_a626_047c1617b143215.jpeg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6511be42_64a5_11ef_a623_047c1617b143_0c97c926_66bd_11ef_a626_047c1617b143216.jpeg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6511be44_64a5_11ef_a623_047c1617b143_0c97c927_66bd_11ef_a626_047c1617b143217.jpeg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6511be46_64a5_11ef_a623_047c1617b143_0c97c928_66bd_11ef_a626_047c1617b143218.jpeg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6511be48_64a5_11ef_a623_047c1617b143_0c97c929_66bd_11ef_a626_047c1617b143219.jpeg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6511be4a_64a5_11ef_a623_047c1617b143_0c97c92a_66bd_11ef_a626_047c1617b143220.jpeg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6511be4c_64a5_11ef_a623_047c1617b143_0c97c92b_66bd_11ef_a626_047c1617b143221.jpeg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6511be4e_64a5_11ef_a623_047c1617b143_0c97c92c_66bd_11ef_a626_047c1617b143222.jpeg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6511be50_64a5_11ef_a623_047c1617b143_0c97c92d_66bd_11ef_a626_047c1617b143223.jpeg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6511be52_64a5_11ef_a623_047c1617b143_0c97c92e_66bd_11ef_a626_047c1617b143224.jpeg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6511be54_64a5_11ef_a623_047c1617b143_0c97c92f_66bd_11ef_a626_047c1617b143225.jpeg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6511be56_64a5_11ef_a623_047c1617b143_0c97c930_66bd_11ef_a626_047c1617b143226.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30ba_5f91_11eb_822d_003048fd731b_f1bf9c21_2770_11ed_a30e_00259070b4871.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30c0_5f91_11eb_822d_003048fd731b_f1bf9c1b_2770_11ed_a30e_00259070b4872.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30c2_5f91_11eb_822d_003048fd731b_f1bf9c26_2770_11ed_a30e_00259070b4873.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30c8_5f91_11eb_822d_003048fd731b_f1bf9c1c_2770_11ed_a30e_00259070b4874.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30ca_5f91_11eb_822d_003048fd731b_f1bf9c24_2770_11ed_a30e_00259070b4875.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30d0_5f91_11eb_822d_003048fd731b_f1bf9c25_2770_11ed_a30e_00259070b4876.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552f6_86a5_11e9_8101_003048fd731b_f1bf9c22_2770_11ed_a30e_00259070b4877.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552f8_86a5_11e9_8101_003048fd731b_f1bf9c28_2770_11ed_a30e_00259070b4878.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552fa_86a5_11e9_8101_003048fd731b_f1bf9c1d_2770_11ed_a30e_00259070b4879.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552fc_86a5_11e9_8101_003048fd731b_f1bf9c29_2770_11ed_a30e_00259070b48710.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e7135_68f5_11ea_8111_003048fd731b_f1bf9c27_2770_11ed_a30e_00259070b48711.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e7137_68f5_11ea_8111_003048fd731b_f1bf9c2e_2770_11ed_a30e_00259070b48712.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e7139_68f5_11ea_8111_003048fd731b_f1bf9c23_2770_11ed_a30e_00259070b48713.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e713b_68f5_11ea_8111_003048fd731b_f1bf9c2d_2770_11ed_a30e_00259070b48714.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c550_7c9e_11ea_8111_003048fd731b_f1bf9c2f_2770_11ed_a30e_00259070b48715.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c554_7c9e_11ea_8111_003048fd731b_f1bf9c30_2770_11ed_a30e_00259070b48716.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f13c3e9_37d2_11ef_a5e9_047c1617b143_14e1e170_f93d_11ef_a6ea_047c1617b14317.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f13c3eb_37d2_11ef_a5e9_047c1617b143_14e1e16d_f93d_11ef_a6ea_047c1617b14318.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f13c3f1_37d2_11ef_a5e9_047c1617b143_14e1e17c_f93d_11ef_a6ea_047c1617b14319.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f13c3f3_37d2_11ef_a5e9_047c1617b143_14e1e179_f93d_11ef_a6ea_047c1617b14320.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30bc_5f91_11eb_822d_003048fd731b_f1bf9c34_2770_11ed_a30e_00259070b48721.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30c4_5f91_11eb_822d_003048fd731b_f1bf9c32_2770_11ed_a30e_00259070b48722.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30c6_5f91_11eb_822d_003048fd731b_f1bf9c38_2770_11ed_a30e_00259070b48723.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30cc_5f91_11eb_822d_003048fd731b_f1bf9c33_2770_11ed_a30e_00259070b48724.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30ce_5f91_11eb_822d_003048fd731b_f1bf9c31_2770_11ed_a30e_00259070b48725.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552fe_86a5_11e9_8101_003048fd731b_f1bf9c36_2770_11ed_a30e_00259070b48726.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55300_86a5_11e9_8101_003048fd731b_f1bf9c3b_2770_11ed_a30e_00259070b48727.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55302_86a5_11e9_8101_003048fd731b_f1bf9c35_2770_11ed_a30e_00259070b48728.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55304_86a5_11e9_8101_003048fd731b_f1bf9c3a_2770_11ed_a30e_00259070b48729.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e713d_68f5_11ea_8111_003048fd731b_f1bf9c39_2770_11ed_a30e_00259070b48730.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e713f_68f5_11ea_8111_003048fd731b_f1bf9c3d_2770_11ed_a30e_00259070b48731.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e7141_68f5_11ea_8111_003048fd731b_f1bf9c37_2770_11ed_a30e_00259070b48732.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e7143_68f5_11ea_8111_003048fd731b_f1bf9c3c_2770_11ed_a30e_00259070b48733.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c552_7c9e_11ea_8111_003048fd731b_f1bf9c3e_2770_11ed_a30e_00259070b48734.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c556_7c9e_11ea_8111_003048fd731b_f1bf9c3f_2770_11ed_a30e_00259070b48735.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f13c3ed_37d2_11ef_a5e9_047c1617b143_14e1e173_f93d_11ef_a6ea_047c1617b14336.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f13c3ef_37d2_11ef_a5e9_047c1617b143_14e1e176_f93d_11ef_a6ea_047c1617b14337.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55282_86a5_11e9_8101_003048fd731b_4b3c1d1c_5a46_11f0_a775_047c1617b14338.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55286_86a5_11e9_8101_003048fd731b_4b3c1d20_5a46_11f0_a775_047c1617b14339.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d5528a_86a5_11e9_8101_003048fd731b_4b3c1d24_5a46_11f0_a775_047c1617b14340.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d5528e_86a5_11e9_8101_003048fd731b_4b3c1d28_5a46_11f0_a775_047c1617b14341.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55292_86a5_11e9_8101_003048fd731b_4b3c1d2c_5a46_11f0_a775_047c1617b14342.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55296_86a5_11e9_8101_003048fd731b_4b3c1d30_5a46_11f0_a775_047c1617b14343.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d5529a_86a5_11e9_8101_003048fd731b_4b3c1d34_5a46_11f0_a775_047c1617b14344.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d5529e_86a5_11e9_8101_003048fd731b_4b3c1d38_5a46_11f0_a775_047c1617b14345.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552a2_86a5_11e9_8101_003048fd731b_4b3c1d3c_5a46_11f0_a775_047c1617b14346.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552a6_86a5_11e9_8101_003048fd731b_4b3c1d40_5a46_11f0_a775_047c1617b14347.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552aa_86a5_11e9_8101_003048fd731b_b122ca5d_a596_11ee_a526_047c1617b14348.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552ae_86a5_11e9_8101_003048fd731b_b122ca64_a596_11ee_a526_047c1617b14349.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552b2_86a5_11e9_8101_003048fd731b_4b3c1d44_5a46_11f0_a775_047c1617b14350.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552b6_86a5_11e9_8101_003048fd731b_4b3c1d48_5a46_11f0_a775_047c1617b14351.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552ba_86a5_11e9_8101_003048fd731b_4b3c1d4c_5a46_11f0_a775_047c1617b14352.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552be_86a5_11e9_8101_003048fd731b_4b3c1d50_5a46_11f0_a775_047c1617b14353.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552c2_86a5_11e9_8101_003048fd731b_4b3c1d54_5a46_11f0_a775_047c1617b14354.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552c6_86a5_11e9_8101_003048fd731b_4b3c1d58_5a46_11f0_a775_047c1617b14355.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552ca_86a5_11e9_8101_003048fd731b_4b3c1d5c_5a46_11f0_a775_047c1617b14356.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552ce_86a5_11e9_8101_003048fd731b_4b3c1d60_5a46_11f0_a775_047c1617b14357.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552d2_86a5_11e9_8101_003048fd731b_4b3c1d64_5a46_11f0_a775_047c1617b14358.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552d6_86a5_11e9_8101_003048fd731b_4b3c1d68_5a46_11f0_a775_047c1617b14359.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970a8f72_ceda_11eb_82cb_003048fd731b_a1555433_602e_11ec_a20b_00259070b48760.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970a8f74_ceda_11eb_82cb_003048fd731b_a1555434_602e_11ec_a20b_00259070b48761.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970a8f76_ceda_11eb_82cb_003048fd731b_cfd40f33_a580_11ee_a526_047c1617b14362.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970a8f78_ceda_11eb_82cb_003048fd731b_cfd40f35_a580_11ee_a526_047c1617b14363.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3613e6f5_1867_11ed_a2f9_00259070b487_cfd40f32_a580_11ee_a526_047c1617b14364.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3613e6f7_1867_11ed_a2f9_00259070b487_cfd40f34_a580_11ee_a526_047c1617b14365.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3613e6f9_1867_11ed_a2f9_00259070b487_cfd40f36_a580_11ee_a526_047c1617b14366.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3613e6fb_1867_11ed_a2f9_00259070b487_cfd40f37_a580_11ee_a526_047c1617b14367.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c35_2a11_11ee_a486_047c1617b143_f74277f6_a580_11ee_a526_047c1617b14368.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c37_2a11_11ee_a486_047c1617b143_f74277f4_a580_11ee_a526_047c1617b14369.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c39_2a11_11ee_a486_047c1617b143_f74277f2_a580_11ee_a526_047c1617b14370.jpeg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c3b_2a11_11ee_a486_047c1617b143_f74277f0_a580_11ee_a526_047c1617b14371.jpeg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c3d_2a11_11ee_a486_047c1617b143_f7427816_a580_11ee_a526_047c1617b14372.jpeg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c3f_2a11_11ee_a486_047c1617b143_f7427814_a580_11ee_a526_047c1617b14373.jpeg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c41_2a11_11ee_a486_047c1617b143_f7427812_a580_11ee_a526_047c1617b14374.jpeg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c43_2a11_11ee_a486_047c1617b143_f7427810_a580_11ee_a526_047c1617b14375.jpeg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55270_86a5_11e9_8101_003048fd731b_0f3c6775_27a6_11ed_a30e_00259070b48776.jpeg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55274_86a5_11e9_8101_003048fd731b_0f3c6776_27a6_11ed_a30e_00259070b48777.jpeg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55278_86a5_11e9_8101_003048fd731b_0f3c6777_27a6_11ed_a30e_00259070b48778.jpeg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d5527c_86a5_11e9_8101_003048fd731b_0f3c6778_27a6_11ed_a30e_00259070b48779.jpeg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e7133_68f5_11ea_8111_003048fd731b_0f3c6779_27a6_11ed_a30e_00259070b48780.jpeg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa083bc1_526f_11ef_a60b_047c1617b143_49c4af1f_056a_11f0_a6fc_047c1617b14381.jpeg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa083bc3_526f_11ef_a60b_047c1617b143_49c4af20_056a_11f0_a6fc_047c1617b14382.jpeg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55258_86a5_11e9_8101_003048fd731b_0f3c677e_27a6_11ed_a30e_00259070b48783.jpeg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d5525c_86a5_11e9_8101_003048fd731b_0f3c6780_27a6_11ed_a30e_00259070b48784.jpeg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55260_86a5_11e9_8101_003048fd731b_0f3c677d_27a6_11ed_a30e_00259070b48785.jpeg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55264_86a5_11e9_8101_003048fd731b_0f3c677f_27a6_11ed_a30e_00259070b48786.jpeg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30d6_5f91_11eb_822d_003048fd731b_0f3c677b_27a6_11ed_a30e_00259070b48787.jpeg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0916a72_3f69_11eb_8203_003048fd731b_0f3c677c_27a6_11ed_a30e_00259070b48788.jpeg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30d8_5f91_11eb_822d_003048fd731b_cfd40f40_a580_11ee_a526_047c1617b14389.jpeg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a4b48a4_e76e_11ea_8188_003048fd731b_0f3c677a_27a6_11ed_a30e_00259070b48790.jpeg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efe0499e_729c_11ee_a4e3_047c1617b143_cfd40f3e_a580_11ee_a526_047c1617b14391.jpeg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efe049a0_729c_11ee_a4e3_047c1617b143_cfd40f3c_a580_11ee_a526_047c1617b14392.jpeg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e4278_245f_11f0_a725_047c1617b143_20fe9ce7_793a_11f0_a79f_047c1617b14393.jpeg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e427a_245f_11f0_a725_047c1617b143_26859880_34da_11f0_a73b_047c1617b14394.jpeg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e427c_245f_11f0_a725_047c1617b143_20fe9ce8_793a_11f0_a79f_047c1617b14395.jpeg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41baf1_86a5_11e9_8101_003048fd731b_573396ea_f953_11e9_810b_003048fd731b96.jpeg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41baf5_86a5_11e9_8101_003048fd731b_573396eb_f953_11e9_810b_003048fd731b97.jpeg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41baf9_86a5_11e9_8101_003048fd731b_573396ec_f953_11e9_810b_003048fd731b98.jpeg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41bafd_86a5_11e9_8101_003048fd731b_573396ed_f953_11e9_810b_003048fd731b99.jpeg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41bb01_86a5_11e9_8101_003048fd731b_573396ee_f953_11e9_810b_003048fd731b100.jpeg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d551f3_86a5_11e9_8101_003048fd731b_573396ef_f953_11e9_810b_003048fd731b101.jpeg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d551f7_86a5_11e9_8101_003048fd731b_573396f0_f953_11e9_810b_003048fd731b102.jpeg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d551fb_86a5_11e9_8101_003048fd731b_573396f1_f953_11e9_810b_003048fd731b103.jpeg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d551ff_86a5_11e9_8101_003048fd731b_573396f2_f953_11e9_810b_003048fd731b104.jpeg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55203_86a5_11e9_8101_003048fd731b_573396f3_f953_11e9_810b_003048fd731b105.jpeg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55207_86a5_11e9_8101_003048fd731b_573396f4_f953_11e9_810b_003048fd731b106.jpeg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d5520b_86a5_11e9_8101_003048fd731b_573396f5_f953_11e9_810b_003048fd731b107.jpeg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d5520f_86a5_11e9_8101_003048fd731b_573396f6_f953_11e9_810b_003048fd731b108.jpeg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55213_86a5_11e9_8101_003048fd731b_573396f7_f953_11e9_810b_003048fd731b109.jpeg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55217_86a5_11e9_8101_003048fd731b_573396f8_f953_11e9_810b_003048fd731b110.jpeg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d5521b_86a5_11e9_8101_003048fd731b_573396f9_f953_11e9_810b_003048fd731b111.jpeg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d5521f_86a5_11e9_8101_003048fd731b_573396fa_f953_11e9_810b_003048fd731b112.jpeg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55223_86a5_11e9_8101_003048fd731b_573396fb_f953_11e9_810b_003048fd731b113.jpeg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55233_86a5_11e9_8101_003048fd731b_57339700_f953_11e9_810b_003048fd731b114.jpeg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55236_86a5_11e9_8101_003048fd731b_57339701_f953_11e9_810b_003048fd731b115.jpeg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4687ac33_ffbc_11e9_810b_003048fd731b_e24a3642_518a_11ea_810f_003048fd731b116.jpeg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a66c50_db0d_11ec_a2a2_00259070b487_cfd40f38_a580_11ee_a526_047c1617b143117.jpeg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55227_86a5_11e9_8101_003048fd731b_573396fc_f953_11e9_810b_003048fd731b118.jpeg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d5522a_86a5_11e9_8101_003048fd731b_573396fd_f953_11e9_810b_003048fd731b119.jpeg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d5522d_86a5_11e9_8101_003048fd731b_573396fe_f953_11e9_810b_003048fd731b120.jpeg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55230_86a5_11e9_8101_003048fd731b_573396ff_f953_11e9_810b_003048fd731b121.jpeg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4687ac35_ffbc_11e9_810b_003048fd731b_e24a3644_518a_11ea_810f_003048fd731b122.jpeg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4687ac37_ffbc_11e9_810b_003048fd731b_e24a3643_518a_11ea_810f_003048fd731b123.jpeg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970a8f7a_ceda_11eb_82cb_003048fd731b_60261d27_27aa_11ed_a30e_00259070b487124.jpeg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970a8f7c_ceda_11eb_82cb_003048fd731b_60261d28_27aa_11ed_a30e_00259070b487125.jpeg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970a8f7e_ceda_11eb_82cb_003048fd731b_60261d29_27aa_11ed_a30e_00259070b487126.jpeg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970a8f80_ceda_11eb_82cb_003048fd731b_cfd40f4d_a580_11ee_a526_047c1617b143127.jpeg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970a8f82_ceda_11eb_82cb_003048fd731b_cfd40f4e_a580_11ee_a526_047c1617b143128.jpeg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970a8f84_ceda_11eb_82cb_003048fd731b_cfd40f4f_a580_11ee_a526_047c1617b143129.jpeg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dd42953_29e9_11ee_a486_047c1617b143_f742781c_a580_11ee_a526_047c1617b143130.jpeg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dd42955_29e9_11ee_a486_047c1617b143_f742781e_a580_11ee_a526_047c1617b143131.jpeg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dd42957_29e9_11ee_a486_047c1617b143_f742781a_a580_11ee_a526_047c1617b143132.jpeg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c2b_2a11_11ee_a486_047c1617b143_f7427818_a580_11ee_a526_047c1617b143133.jpeg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c2d_2a11_11ee_a486_047c1617b143_f74277fe_a580_11ee_a526_047c1617b143134.jpeg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c2f_2a11_11ee_a486_047c1617b143_f74277fc_a580_11ee_a526_047c1617b143135.jpeg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c31_2a11_11ee_a486_047c1617b143_f74277fa_a580_11ee_a526_047c1617b143136.jpeg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c33_2a11_11ee_a486_047c1617b143_f74277f8_a580_11ee_a526_047c1617b143137.jpeg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c4d_2a11_11ee_a486_047c1617b143_f7427804_a580_11ee_a526_047c1617b143138.jpeg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c4f_2a11_11ee_a486_047c1617b143_f7427806_a580_11ee_a526_047c1617b143139.jpeg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c51_2a11_11ee_a486_047c1617b143_f7427802_a580_11ee_a526_047c1617b143140.jpeg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c53_2a11_11ee_a486_047c1617b143_f7427800_a580_11ee_a526_047c1617b143141.jpeg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d53e99d_449e_11f0_a750_047c1617b143_e06885a1_ce73_11f0_a80e_047c1617b143142.jpeg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41bad0_86a5_11e9_8101_003048fd731b_573396e1_f953_11e9_810b_003048fd731b143.jpeg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41bad4_86a5_11e9_8101_003048fd731b_573396e2_f953_11e9_810b_003048fd731b144.jpeg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41bad8_86a5_11e9_8101_003048fd731b_573396e3_f953_11e9_810b_003048fd731b145.jpeg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41badb_86a5_11e9_8101_003048fd731b_573396e4_f953_11e9_810b_003048fd731b146.jpeg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41badf_86a5_11e9_8101_003048fd731b_573396e5_f953_11e9_810b_003048fd731b147.jpeg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d55268_86a5_11e9_8101_003048fd731b_0f3c6782_27a6_11ed_a30e_00259070b487148.jpeg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d5526c_86a5_11e9_8101_003048fd731b_60261cf2_27aa_11ed_a30e_00259070b487149.jpeg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e7123_68f5_11ea_8111_003048fd731b_60261cf3_27aa_11ed_a30e_00259070b487150.jpeg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e7125_68f5_11ea_8111_003048fd731b_60261cf4_27aa_11ed_a30e_00259070b487151.jpeg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e7129_68f5_11ea_8111_003048fd731b_0f3c6783_27a6_11ed_a30e_00259070b487152.jpeg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e712b_68f5_11ea_8111_003048fd731b_0f3c6781_27a6_11ed_a30e_00259070b487153.jpeg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e712d_68f5_11ea_8111_003048fd731b_60261cf1_27aa_11ed_a30e_00259070b487154.jpeg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e712f_68f5_11ea_8111_003048fd731b_60261cf7_27aa_11ed_a30e_00259070b487155.jpeg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30aa_5f91_11eb_822d_003048fd731b_60261cf0_27aa_11ed_a30e_00259070b487156.jpeg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30ac_5f91_11eb_822d_003048fd731b_60261cee_27aa_11ed_a30e_00259070b487157.jpeg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30e2_5f91_11eb_822d_003048fd731b_60261cf6_27aa_11ed_a30e_00259070b487158.jpeg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30e4_5f91_11eb_822d_003048fd731b_60261cf5_27aa_11ed_a30e_00259070b487159.jpeg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970a8f86_ceda_11eb_82cb_003048fd731b_a1555431_602e_11ec_a20b_00259070b487160.jpeg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970a8f88_ceda_11eb_82cb_003048fd731b_a1555432_602e_11ec_a20b_00259070b487161.jpeg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b31ecf0d_4aa8_11ed_a349_00259070b484_cfd40f50_a580_11ee_a526_047c1617b143162.jpeg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b31ecf0f_4aa8_11ed_a349_00259070b484_cfd40f51_a580_11ee_a526_047c1617b143163.jpeg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b31ecf11_4aa8_11ed_a349_00259070b484_cfd40f52_a580_11ee_a526_047c1617b143164.jpeg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b31ecf13_4aa8_11ed_a349_00259070b484_cfd40f53_a580_11ee_a526_047c1617b143165.jpeg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c51e6cd6_a3c0_11ed_a3cf_047c1617b143_cfd40f54_a580_11ee_a526_047c1617b143166.jpeg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f0e4a9_c920_11ee_a554_047c1617b143_444b1c82_5a46_11f0_a775_047c1617b143167.jpeg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f0e4ab_c920_11ee_a554_047c1617b143_444b1c84_5a46_11f0_a775_047c1617b143168.jpeg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552da_86a5_11e9_8101_003048fd731b_f6cf4dcf_a596_11ee_a526_047c1617b143169.jpeg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552de_86a5_11e9_8101_003048fd731b_c020807c_c056_11ee_a549_047c1617b143170.jpeg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552e2_86a5_11e9_8101_003048fd731b_4b3c1d6c_5a46_11f0_a775_047c1617b143171.jpeg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552e6_86a5_11e9_8101_003048fd731b_4b3c1d70_5a46_11f0_a775_047c1617b143172.jpeg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552ea_86a5_11e9_8101_003048fd731b_4b3c1d74_5a46_11f0_a775_047c1617b143173.jpeg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552ed_86a5_11e9_8101_003048fd731b_4b3c1d78_5a46_11f0_a775_047c1617b143174.jpeg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d552f1_86a5_11e9_8101_003048fd731b_f6cf4db3_a596_11ee_a526_047c1617b143175.jpeg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a769_3767_11ea_810f_003048fd731b_f74277e3_a580_11ee_a526_047c1617b143176.jpeg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e714d_68f5_11ea_8111_003048fd731b_f74277df_a580_11ee_a526_047c1617b143177.jpeg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efe04996_729c_11ee_a4e3_047c1617b143_cfd40f26_a580_11ee_a526_047c1617b143178.jpeg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efe04998_729c_11ee_a4e3_047c1617b143_cfd40f29_a580_11ee_a526_047c1617b143179.jpeg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efe0499a_729c_11ee_a4e3_047c1617b143_cfd40f2c_a580_11ee_a526_047c1617b143180.jpeg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efe0499c_729c_11ee_a4e3_047c1617b143_cfd40f2f_a580_11ee_a526_047c1617b143181.jpeg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bc12b6e_b632_11ee_a53c_047c1617b143_20fe9ce9_793a_11f0_a79f_047c1617b143182.jpeg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a6d7b2b_847d_11ef_a64e_047c1617b143_1b5db36a_f93d_11ef_a6ea_047c1617b143183.jpeg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a6d7b2d_847d_11ef_a64e_047c1617b143_64c8bb40_5a46_11f0_a775_047c1617b143184.jpeg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41bacd_86a5_11e9_8101_003048fd731b_573396e0_f953_11e9_810b_003048fd731b185.jpeg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41bae3_86a5_11e9_8101_003048fd731b_573396e6_f953_11e9_810b_003048fd731b186.jpeg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41bae6_86a5_11e9_8101_003048fd731b_573396e7_f953_11e9_810b_003048fd731b187.jpeg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41bae9_86a5_11e9_8101_003048fd731b_573396e8_f953_11e9_810b_003048fd731b188.jpeg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41baed_86a5_11e9_8101_003048fd731b_573396e9_f953_11e9_810b_003048fd731b189.jpeg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e7131_68f5_11ea_8111_003048fd731b_cfd40f49_a580_11ee_a526_047c1617b143190.jpeg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3858dbf_8705_11ea_8112_003048fd731b_60261cf9_27aa_11ed_a30e_00259070b487191.jpeg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30b8_5f91_11eb_822d_003048fd731b_60261cf8_27aa_11ed_a30e_00259070b487192.jpeg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e7145_68f5_11ea_8111_003048fd731b_60261cfb_27aa_11ed_a30e_00259070b487193.png"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e7147_68f5_11ea_8111_003048fd731b_60261cfd_27aa_11ed_a30e_00259070b487194.jpeg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e7149_68f5_11ea_8111_003048fd731b_21d4f571_793a_11f0_a79f_047c1617b143195.jpeg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365e714b_68f5_11ea_8111_003048fd731b_60261d01_27aa_11ed_a30e_00259070b487196.jpeg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f40c0c_5308_11ee_a4bb_047c1617b143_cfd40f43_a580_11ee_a526_047c1617b143197.jpeg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf92f36_b620_11ee_a53c_047c1617b143_20fe9ced_793a_11f0_a79f_047c1617b143198.jpeg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf92f38_b620_11ee_a53c_047c1617b143_20fe9ceb_793a_11f0_a79f_047c1617b143199.jpeg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f13c3f5_37d2_11ef_a5e9_047c1617b143_20fe9cef_793a_11f0_a79f_047c1617b143200.jpeg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e4272_245f_11f0_a725_047c1617b143_26859881_34da_11f0_a73b_047c1617b143201.jpeg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e4274_245f_11f0_a725_047c1617b143_26859882_34da_11f0_a73b_047c1617b143202.jpeg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e4276_245f_11f0_a725_047c1617b143_26859883_34da_11f0_a73b_047c1617b143203.jpeg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c45_2a11_11ee_a486_047c1617b143_f742780c_a580_11ee_a526_047c1617b143204.jpeg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c47_2a11_11ee_a486_047c1617b143_f742780e_a580_11ee_a526_047c1617b143205.jpeg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c49_2a11_11ee_a486_047c1617b143_f742780a_a580_11ee_a526_047c1617b143206.jpeg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b67c4b_2a11_11ee_a486_047c1617b143_f7427808_a580_11ee_a526_047c1617b143207.jpeg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1af32de6_ce2b_11f0_a80d_047c1617b143_ab7d8fff_d05b_11f0_a810_047c1617b143208.jpeg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1af32de8_ce2b_11f0_a80d_047c1617b143_ab7d8ff8_d05b_11f0_a810_047c1617b143209.jpeg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1af32dea_ce2b_11f0_a80d_047c1617b143_ab7d8ff9_d05b_11f0_a810_047c1617b143210.jpeg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a78724_648f_11ef_a623_047c1617b143_0c97c911_66bd_11ef_a626_047c1617b143211.jpeg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a78726_648f_11ef_a623_047c1617b143_0c97c912_66bd_11ef_a626_047c1617b143212.jpeg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a78728_648f_11ef_a623_047c1617b143_0c97c913_66bd_11ef_a626_047c1617b143213.jpeg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a7872a_648f_11ef_a623_047c1617b143_0c97c914_66bd_11ef_a626_047c1617b143214.jpeg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a7872c_648f_11ef_a623_047c1617b143_0c97c915_66bd_11ef_a626_047c1617b143215.jpeg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a7872e_648f_11ef_a623_047c1617b143_0c97c917_66bd_11ef_a626_047c1617b143216.jpeg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a78730_648f_11ef_a623_047c1617b143_0c97c919_66bd_11ef_a626_047c1617b143217.jpeg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a78732_648f_11ef_a623_047c1617b143_0c97c91b_66bd_11ef_a626_047c1617b143218.jpeg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a78734_648f_11ef_a623_047c1617b143_0c97c91d_66bd_11ef_a626_047c1617b143219.jpeg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a78736_648f_11ef_a623_047c1617b143_0c97c91e_66bd_11ef_a626_047c1617b143220.jpeg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a78738_648f_11ef_a623_047c1617b143_0c97c91f_66bd_11ef_a626_047c1617b143221.jpeg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a7873a_648f_11ef_a623_047c1617b143_0c97c920_66bd_11ef_a626_047c1617b143222.jpeg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a7873c_648f_11ef_a623_047c1617b143_0c97c921_66bd_11ef_a626_047c1617b143223.jpeg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a7873e_648f_11ef_a623_047c1617b143_0c97c922_66bd_11ef_a626_047c1617b143224.jpeg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a78740_648f_11ef_a623_047c1617b143_0c97c923_66bd_11ef_a626_047c1617b143225.jpeg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a78742_648f_11ef_a623_047c1617b143_0c97c924_66bd_11ef_a626_047c1617b143226.jpeg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6511be40_64a5_11ef_a623_047c1617b143_0c97c925_66bd_11ef_a626_047c1617b143227.jpeg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6511be42_64a5_11ef_a623_047c1617b143_0c97c926_66bd_11ef_a626_047c1617b143228.jpeg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6511be44_64a5_11ef_a623_047c1617b143_0c97c927_66bd_11ef_a626_047c1617b143229.jpeg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6511be46_64a5_11ef_a623_047c1617b143_0c97c928_66bd_11ef_a626_047c1617b143230.jpeg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6511be48_64a5_11ef_a623_047c1617b143_0c97c929_66bd_11ef_a626_047c1617b143231.jpeg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6511be4a_64a5_11ef_a623_047c1617b143_0c97c92a_66bd_11ef_a626_047c1617b143232.jpeg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6511be4c_64a5_11ef_a623_047c1617b143_0c97c92b_66bd_11ef_a626_047c1617b143233.jpeg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6511be4e_64a5_11ef_a623_047c1617b143_0c97c92c_66bd_11ef_a626_047c1617b143234.jpeg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6511be50_64a5_11ef_a623_047c1617b143_0c97c92d_66bd_11ef_a626_047c1617b143235.jpeg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6511be52_64a5_11ef_a623_047c1617b143_0c97c92e_66bd_11ef_a626_047c1617b143236.jpeg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6511be54_64a5_11ef_a623_047c1617b143_0c97c92f_66bd_11ef_a626_047c1617b143237.jpeg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6511be56_64a5_11ef_a623_047c1617b143_0c97c930_66bd_11ef_a626_047c1617b143238.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image_6" descr="Image_6"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3318,147 +3450,147 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="Image_21" descr="Image_21"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="Image_22" descr="Image_22"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="Image_23" descr="Image_23"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <xdr:cNvPr id="18" name="Image_23" descr="Image_23"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="Image_24" descr="Image_24"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <xdr:cNvPr id="19" name="Image_24" descr="Image_24"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="Image_25" descr="Image_25"/>
-[...29 lines deleted...]
-        <xdr:cNvPr id="20" name="Image_26" descr="Image_26"/>
+        <xdr:cNvPr id="20" name="Image_25" descr="Image_25"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
@@ -3768,207 +3900,207 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="Image_37" descr="Image_37"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="Image_38" descr="Image_38"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="Image_39" descr="Image_39"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="32" name="Image_40" descr="Image_40"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <xdr:cNvPr id="34" name="Image_40" descr="Image_40"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>40</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="Image_41" descr="Image_41"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <xdr:cNvPr id="35" name="Image_41" descr="Image_41"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>41</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="34" name="Image_42" descr="Image_42"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <xdr:cNvPr id="36" name="Image_42" descr="Image_42"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="35" name="Image_43" descr="Image_43"/>
-[...59 lines deleted...]
-        <xdr:cNvPr id="37" name="Image_45" descr="Image_45"/>
+        <xdr:cNvPr id="37" name="Image_43" descr="Image_43"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
@@ -4188,207 +4320,207 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="45" name="Image_53" descr="Image_53"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="Image_54" descr="Image_54"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
       <xdr:row>54</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="46" name="Image_55" descr="Image_55"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <xdr:cNvPr id="47" name="Image_55" descr="Image_55"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>55</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="47" name="Image_56" descr="Image_56"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <xdr:cNvPr id="48" name="Image_56" descr="Image_56"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>56</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="48" name="Image_57" descr="Image_57"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <xdr:cNvPr id="49" name="Image_57" descr="Image_57"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>57</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="49" name="Image_58" descr="Image_58"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <xdr:cNvPr id="50" name="Image_58" descr="Image_58"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>58</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="50" name="Image_59" descr="Image_59"/>
-[...29 lines deleted...]
-        <xdr:cNvPr id="51" name="Image_60" descr="Image_60"/>
+        <xdr:cNvPr id="51" name="Image_59" descr="Image_59"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>60</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
@@ -4428,207 +4560,207 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="53" name="Image_62" descr="Image_62"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="Image_63" descr="Image_63"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
       <xdr:row>63</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="54" name="Image_64" descr="Image_64"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <xdr:cNvPr id="55" name="Image_64" descr="Image_64"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>64</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="55" name="Image_65" descr="Image_65"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <xdr:cNvPr id="56" name="Image_65" descr="Image_65"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>65</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="56" name="Image_66" descr="Image_66"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <xdr:cNvPr id="57" name="Image_66" descr="Image_66"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>66</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="57" name="Image_67" descr="Image_67"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <xdr:cNvPr id="58" name="Image_67" descr="Image_67"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>67</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="58" name="Image_68" descr="Image_68"/>
-[...29 lines deleted...]
-        <xdr:cNvPr id="59" name="Image_69" descr="Image_69"/>
+        <xdr:cNvPr id="59" name="Image_68" descr="Image_68"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>69</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
@@ -4668,207 +4800,207 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="61" name="Image_71" descr="Image_71"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="Image_72" descr="Image_72"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
       <xdr:row>72</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="62" name="Image_73" descr="Image_73"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <xdr:cNvPr id="63" name="Image_73" descr="Image_73"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>73</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="63" name="Image_74" descr="Image_74"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <xdr:cNvPr id="64" name="Image_74" descr="Image_74"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>74</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="64" name="Image_75" descr="Image_75"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <xdr:cNvPr id="65" name="Image_75" descr="Image_75"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>75</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="65" name="Image_76" descr="Image_76"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
+        <xdr:cNvPr id="66" name="Image_76" descr="Image_76"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>76</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="66" name="Image_77" descr="Image_77"/>
-[...29 lines deleted...]
-        <xdr:cNvPr id="67" name="Image_78" descr="Image_78"/>
+        <xdr:cNvPr id="67" name="Image_77" descr="Image_77"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>78</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
@@ -4908,417 +5040,417 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="69" name="Image_80" descr="Image_80"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="70" name="Image_81" descr="Image_81"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="Image_82" descr="Image_82"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="Image_83" descr="Image_83"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
       <xdr:row>83</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="70" name="Image_84" descr="Image_84"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <xdr:cNvPr id="73" name="Image_84" descr="Image_84"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>84</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="71" name="Image_85" descr="Image_85"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <xdr:cNvPr id="74" name="Image_85" descr="Image_85"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>85</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="72" name="Image_86" descr="Image_86"/>
-[...65 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <xdr:cNvPr id="75" name="Image_86" descr="Image_86"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>89</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="75" name="Image_90" descr="Image_90"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
+        <xdr:cNvPr id="76" name="Image_90" descr="Image_90"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>90</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="76" name="Image_91" descr="Image_91"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
+        <xdr:cNvPr id="77" name="Image_91" descr="Image_91"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>91</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="77" name="Image_92" descr="Image_92"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
+        <xdr:cNvPr id="78" name="Image_92" descr="Image_92"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>92</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="78" name="Image_93" descr="Image_93"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
+        <xdr:cNvPr id="79" name="Image_93" descr="Image_93"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>93</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="79" name="Image_94" descr="Image_94"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
+        <xdr:cNvPr id="80" name="Image_94" descr="Image_94"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>94</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="80" name="Image_95" descr="Image_95"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
+        <xdr:cNvPr id="81" name="Image_95" descr="Image_95"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>95</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="81" name="Image_96" descr="Image_96"/>
-[...29 lines deleted...]
-        <xdr:cNvPr id="82" name="Image_97" descr="Image_97"/>
+        <xdr:cNvPr id="82" name="Image_96" descr="Image_96"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>97</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
@@ -5448,267 +5580,267 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="87" name="Image_102" descr="Image_102"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>102</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="Image_103" descr="Image_103"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>103</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="89" name="Image_104" descr="Image_104"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
       <xdr:row>104</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="88" name="Image_105" descr="Image_105"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
+        <xdr:cNvPr id="90" name="Image_105" descr="Image_105"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>105</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="89" name="Image_106" descr="Image_106"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
+        <xdr:cNvPr id="91" name="Image_106" descr="Image_106"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>106</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="90" name="Image_107" descr="Image_107"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
+        <xdr:cNvPr id="92" name="Image_107" descr="Image_107"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>107</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="91" name="Image_108" descr="Image_108"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
+        <xdr:cNvPr id="93" name="Image_108" descr="Image_108"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>108</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="92" name="Image_109" descr="Image_109"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
+        <xdr:cNvPr id="94" name="Image_109" descr="Image_109"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>109</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="93" name="Image_110" descr="Image_110"/>
-[...59 lines deleted...]
-        <xdr:cNvPr id="95" name="Image_112" descr="Image_112"/>
+        <xdr:cNvPr id="95" name="Image_110" descr="Image_110"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>112</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
@@ -6108,627 +6240,627 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="109" name="Image_126" descr="Image_126"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>126</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="110" name="Image_127" descr="Image_127"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
       <xdr:row>127</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="110" name="Image_128" descr="Image_128"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
+        <xdr:cNvPr id="111" name="Image_128" descr="Image_128"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>128</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="111" name="Image_129" descr="Image_129"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
+        <xdr:cNvPr id="112" name="Image_129" descr="Image_129"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>129</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="112" name="Image_130" descr="Image_130"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
+        <xdr:cNvPr id="113" name="Image_130" descr="Image_130"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>130</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="113" name="Image_131" descr="Image_131"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
+        <xdr:cNvPr id="114" name="Image_131" descr="Image_131"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>131</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="114" name="Image_132" descr="Image_132"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
+        <xdr:cNvPr id="115" name="Image_132" descr="Image_132"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>132</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="115" name="Image_133" descr="Image_133"/>
-[...29 lines deleted...]
-        <xdr:cNvPr id="116" name="Image_135" descr="Image_135"/>
+        <xdr:cNvPr id="116" name="Image_133" descr="Image_133"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>133</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="117" name="Image_134" descr="Image_134"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
       <xdr:row>135</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="117" name="Image_136" descr="Image_136"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
+        <xdr:cNvPr id="118" name="Image_136" descr="Image_136"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>136</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="118" name="Image_137" descr="Image_137"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
+        <xdr:cNvPr id="119" name="Image_137" descr="Image_137"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>137</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="119" name="Image_138" descr="Image_138"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
+        <xdr:cNvPr id="120" name="Image_138" descr="Image_138"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>138</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="120" name="Image_139" descr="Image_139"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
+        <xdr:cNvPr id="121" name="Image_139" descr="Image_139"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>139</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="121" name="Image_140" descr="Image_140"/>
-[...29 lines deleted...]
-        <xdr:cNvPr id="122" name="Image_142" descr="Image_142"/>
+        <xdr:cNvPr id="122" name="Image_140" descr="Image_140"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>140</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="123" name="Image_141" descr="Image_141"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
       <xdr:row>142</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="123" name="Image_143" descr="Image_143"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
+        <xdr:cNvPr id="124" name="Image_143" descr="Image_143"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>143</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="124" name="Image_144" descr="Image_144"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
+        <xdr:cNvPr id="125" name="Image_144" descr="Image_144"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>144</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="125" name="Image_145" descr="Image_145"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
+        <xdr:cNvPr id="126" name="Image_145" descr="Image_145"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>145</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="126" name="Image_146" descr="Image_146"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
+        <xdr:cNvPr id="127" name="Image_146" descr="Image_146"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>146</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="127" name="Image_147" descr="Image_147"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
+        <xdr:cNvPr id="128" name="Image_147" descr="Image_147"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>147</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="128" name="Image_148" descr="Image_148"/>
-[...29 lines deleted...]
-        <xdr:cNvPr id="129" name="Image_149" descr="Image_149"/>
+        <xdr:cNvPr id="129" name="Image_148" descr="Image_148"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>149</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
@@ -6828,2823 +6960,3183 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="133" name="Image_153" descr="Image_153"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>153</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="134" name="Image_154" descr="Image_154"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>154</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="135" name="Image_155" descr="Image_155"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>155</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="136" name="Image_156" descr="Image_156"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
       <xdr:row>156</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="134" name="Image_157" descr="Image_157"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
+        <xdr:cNvPr id="137" name="Image_157" descr="Image_157"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>157</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="135" name="Image_158" descr="Image_158"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
+        <xdr:cNvPr id="138" name="Image_158" descr="Image_158"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>158</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="136" name="Image_159" descr="Image_159"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
+        <xdr:cNvPr id="139" name="Image_159" descr="Image_159"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>159</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="137" name="Image_160" descr="Image_160"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
+        <xdr:cNvPr id="140" name="Image_160" descr="Image_160"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>160</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="138" name="Image_161" descr="Image_161"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
+        <xdr:cNvPr id="141" name="Image_161" descr="Image_161"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>162</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="139" name="Image_163" descr="Image_163"/>
-[...35 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
+        <xdr:cNvPr id="142" name="Image_163" descr="Image_163"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId142"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>164</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="141" name="Image_165" descr="Image_165"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
+        <xdr:cNvPr id="143" name="Image_165" descr="Image_165"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId143"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>165</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="142" name="Image_166" descr="Image_166"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId142"/>
+        <xdr:cNvPr id="144" name="Image_166" descr="Image_166"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId144"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>166</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="143" name="Image_167" descr="Image_167"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId143"/>
+        <xdr:cNvPr id="145" name="Image_167" descr="Image_167"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId145"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>167</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="144" name="Image_168" descr="Image_168"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId144"/>
+        <xdr:cNvPr id="146" name="Image_168" descr="Image_168"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId146"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>168</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="145" name="Image_169" descr="Image_169"/>
-[...35 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId146"/>
+        <xdr:cNvPr id="147" name="Image_169" descr="Image_169"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId147"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>170</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="147" name="Image_171" descr="Image_171"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId147"/>
+        <xdr:cNvPr id="148" name="Image_171" descr="Image_171"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId148"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>171</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="148" name="Image_172" descr="Image_172"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId148"/>
+        <xdr:cNvPr id="149" name="Image_172" descr="Image_172"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>172</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="149" name="Image_173" descr="Image_173"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
+        <xdr:cNvPr id="150" name="Image_173" descr="Image_173"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>173</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="150" name="Image_174" descr="Image_174"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
+        <xdr:cNvPr id="151" name="Image_174" descr="Image_174"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>174</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="152" name="Image_175" descr="Image_175"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>175</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="151" name="Image_176" descr="Image_176"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
+        <xdr:cNvPr id="153" name="Image_176" descr="Image_176"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>176</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="152" name="Image_177" descr="Image_177"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
+        <xdr:cNvPr id="154" name="Image_177" descr="Image_177"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>177</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="153" name="Image_178" descr="Image_178"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
+        <xdr:cNvPr id="155" name="Image_178" descr="Image_178"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>178</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="154" name="Image_179" descr="Image_179"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
+        <xdr:cNvPr id="156" name="Image_179" descr="Image_179"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>179</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="155" name="Image_180" descr="Image_180"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
+        <xdr:cNvPr id="157" name="Image_180" descr="Image_180"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>180</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="156" name="Image_181" descr="Image_181"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
+        <xdr:cNvPr id="158" name="Image_181" descr="Image_181"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>181</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="157" name="Image_182" descr="Image_182"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
+        <xdr:cNvPr id="159" name="Image_182" descr="Image_182"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>183</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="158" name="Image_184" descr="Image_184"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
+        <xdr:cNvPr id="160" name="Image_184" descr="Image_184"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>184</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="159" name="Image_185" descr="Image_185"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
+        <xdr:cNvPr id="161" name="Image_185" descr="Image_185"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>185</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="162" name="Image_186" descr="Image_186"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>186</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="160" name="Image_187" descr="Image_187"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
+        <xdr:cNvPr id="163" name="Image_187" descr="Image_187"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId163"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>187</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="161" name="Image_188" descr="Image_188"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
+        <xdr:cNvPr id="164" name="Image_188" descr="Image_188"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>188</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="162" name="Image_189" descr="Image_189"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
+        <xdr:cNvPr id="165" name="Image_189" descr="Image_189"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>189</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="163" name="Image_190" descr="Image_190"/>
-[...35 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
+        <xdr:cNvPr id="166" name="Image_190" descr="Image_190"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>191</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="165" name="Image_192" descr="Image_192"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
+        <xdr:cNvPr id="167" name="Image_192" descr="Image_192"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId167"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>192</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="166" name="Image_193" descr="Image_193"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
+        <xdr:cNvPr id="168" name="Image_193" descr="Image_193"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>194</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="167" name="Image_195" descr="Image_195"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId167"/>
+        <xdr:cNvPr id="169" name="Image_195" descr="Image_195"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>195</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="168" name="Image_196" descr="Image_196"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
+        <xdr:cNvPr id="170" name="Image_196" descr="Image_196"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>196</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="169" name="Image_197" descr="Image_197"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
+        <xdr:cNvPr id="171" name="Image_197" descr="Image_197"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>197</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="170" name="Image_198" descr="Image_198"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
+        <xdr:cNvPr id="172" name="Image_198" descr="Image_198"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>198</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="171" name="Image_199" descr="Image_199"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
+        <xdr:cNvPr id="173" name="Image_199" descr="Image_199"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId173"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>199</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="172" name="Image_200" descr="Image_200"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
+        <xdr:cNvPr id="174" name="Image_200" descr="Image_200"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId174"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>200</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="173" name="Image_201" descr="Image_201"/>
-[...35 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId174"/>
+        <xdr:cNvPr id="175" name="Image_201" descr="Image_201"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId175"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>202</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="175" name="Image_203" descr="Image_203"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId175"/>
+        <xdr:cNvPr id="176" name="Image_203" descr="Image_203"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId176"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>203</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="177" name="Image_204" descr="Image_204"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>204</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="176" name="Image_205" descr="Image_205"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId176"/>
+        <xdr:cNvPr id="178" name="Image_205" descr="Image_205"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId178"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>205</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="177" name="Image_206" descr="Image_206"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
+        <xdr:cNvPr id="179" name="Image_206" descr="Image_206"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId179"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>206</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="178" name="Image_207" descr="Image_207"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId178"/>
+        <xdr:cNvPr id="180" name="Image_207" descr="Image_207"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId180"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>207</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="179" name="Image_208" descr="Image_208"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId179"/>
+        <xdr:cNvPr id="181" name="Image_208" descr="Image_208"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId181"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>208</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="180" name="Image_209" descr="Image_209"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId180"/>
+        <xdr:cNvPr id="182" name="Image_209" descr="Image_209"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId182"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>209</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="183" name="Image_210" descr="Image_210"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId183"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>210</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="181" name="Image_211" descr="Image_211"/>
-[...35 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId182"/>
+        <xdr:cNvPr id="184" name="Image_211" descr="Image_211"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId184"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>212</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="183" name="Image_213" descr="Image_213"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId183"/>
+        <xdr:cNvPr id="185" name="Image_213" descr="Image_213"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId185"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>213</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="184" name="Image_214" descr="Image_214"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId184"/>
+        <xdr:cNvPr id="186" name="Image_214" descr="Image_214"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId186"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>214</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="185" name="Image_215" descr="Image_215"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId185"/>
+        <xdr:cNvPr id="187" name="Image_215" descr="Image_215"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId187"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>215</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="186" name="Image_216" descr="Image_216"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId186"/>
+        <xdr:cNvPr id="188" name="Image_216" descr="Image_216"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId188"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>216</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="187" name="Image_217" descr="Image_217"/>
-[...35 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId188"/>
+        <xdr:cNvPr id="189" name="Image_217" descr="Image_217"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId189"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>218</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="189" name="Image_219" descr="Image_219"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId189"/>
+        <xdr:cNvPr id="190" name="Image_219" descr="Image_219"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId190"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>219</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="190" name="Image_220" descr="Image_220"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId190"/>
+        <xdr:cNvPr id="191" name="Image_220" descr="Image_220"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId191"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>220</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="191" name="Image_221" descr="Image_221"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId191"/>
+        <xdr:cNvPr id="192" name="Image_221" descr="Image_221"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId192"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>221</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="192" name="Image_222" descr="Image_222"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId192"/>
+        <xdr:cNvPr id="193" name="Image_222" descr="Image_222"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId193"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>222</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="193" name="Image_223" descr="Image_223"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId193"/>
+        <xdr:cNvPr id="194" name="Image_223" descr="Image_223"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId194"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>223</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="194" name="Image_224" descr="Image_224"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId194"/>
+        <xdr:cNvPr id="195" name="Image_224" descr="Image_224"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId195"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>224</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="196" name="Image_225" descr="Image_225"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId196"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>225</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="195" name="Image_226" descr="Image_226"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId195"/>
+        <xdr:cNvPr id="197" name="Image_226" descr="Image_226"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId197"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>226</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="196" name="Image_227" descr="Image_227"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId196"/>
+        <xdr:cNvPr id="198" name="Image_227" descr="Image_227"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId198"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>227</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="197" name="Image_228" descr="Image_228"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId197"/>
+        <xdr:cNvPr id="199" name="Image_228" descr="Image_228"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId199"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>228</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="198" name="Image_229" descr="Image_229"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId198"/>
+        <xdr:cNvPr id="200" name="Image_229" descr="Image_229"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId200"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>229</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="201" name="Image_230" descr="Image_230"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId201"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>230</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="199" name="Image_231" descr="Image_231"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId199"/>
+        <xdr:cNvPr id="202" name="Image_231" descr="Image_231"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId202"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>231</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="200" name="Image_232" descr="Image_232"/>
-[...35 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId201"/>
+        <xdr:cNvPr id="203" name="Image_232" descr="Image_232"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId203"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>233</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="202" name="Image_234" descr="Image_234"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId202"/>
+        <xdr:cNvPr id="204" name="Image_234" descr="Image_234"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId204"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>234</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="203" name="Image_235" descr="Image_235"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId203"/>
+        <xdr:cNvPr id="205" name="Image_235" descr="Image_235"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId205"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>235</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="204" name="Image_236" descr="Image_236"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId204"/>
+        <xdr:cNvPr id="206" name="Image_236" descr="Image_236"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId206"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>236</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="205" name="Image_237" descr="Image_237"/>
-[...35 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId206"/>
+        <xdr:cNvPr id="207" name="Image_237" descr="Image_237"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId207"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>238</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="207" name="Image_239" descr="Image_239"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId207"/>
+        <xdr:cNvPr id="208" name="Image_239" descr="Image_239"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId208"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>239</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="208" name="Image_240" descr="Image_240"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId208"/>
+        <xdr:cNvPr id="209" name="Image_240" descr="Image_240"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId209"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>240</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="209" name="Image_241" descr="Image_241"/>
-[...29 lines deleted...]
-        <xdr:cNvPr id="210" name="Image_242" descr="Image_242"/>
+        <xdr:cNvPr id="210" name="Image_241" descr="Image_241"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId210"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>242</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="211" name="Image_243" descr="Image_243"/>
+      <xdr:row>243</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="211" name="Image_244" descr="Image_244"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId211"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>243</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="212" name="Image_244" descr="Image_244"/>
+      <xdr:row>244</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="212" name="Image_245" descr="Image_245"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId212"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>244</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="213" name="Image_245" descr="Image_245"/>
+      <xdr:row>245</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="213" name="Image_246" descr="Image_246"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId213"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>245</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="214" name="Image_246" descr="Image_246"/>
+      <xdr:row>246</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="214" name="Image_247" descr="Image_247"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId214"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>246</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="215" name="Image_247" descr="Image_247"/>
+      <xdr:row>247</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="215" name="Image_248" descr="Image_248"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId215"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>247</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="216" name="Image_248" descr="Image_248"/>
+      <xdr:row>248</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="216" name="Image_249" descr="Image_249"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId216"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>248</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="217" name="Image_249" descr="Image_249"/>
+      <xdr:row>249</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="217" name="Image_250" descr="Image_250"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId217"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>249</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="218" name="Image_250" descr="Image_250"/>
+      <xdr:row>250</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="218" name="Image_251" descr="Image_251"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId218"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>250</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="219" name="Image_251" descr="Image_251"/>
+      <xdr:row>251</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="219" name="Image_252" descr="Image_252"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId219"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>251</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="220" name="Image_252" descr="Image_252"/>
+      <xdr:row>252</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="220" name="Image_253" descr="Image_253"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId220"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>252</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="221" name="Image_253" descr="Image_253"/>
+      <xdr:row>253</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="221" name="Image_254" descr="Image_254"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId221"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>253</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="222" name="Image_254" descr="Image_254"/>
+      <xdr:row>254</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="222" name="Image_255" descr="Image_255"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId222"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>254</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="223" name="Image_255" descr="Image_255"/>
+      <xdr:row>255</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="223" name="Image_256" descr="Image_256"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId223"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>255</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="224" name="Image_256" descr="Image_256"/>
+      <xdr:row>256</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="224" name="Image_257" descr="Image_257"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId224"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>256</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="225" name="Image_257" descr="Image_257"/>
+      <xdr:row>257</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="225" name="Image_258" descr="Image_258"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId225"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>257</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="226" name="Image_258" descr="Image_258"/>
+      <xdr:row>258</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="226" name="Image_259" descr="Image_259"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId226"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>259</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="227" name="Image_260" descr="Image_260"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId227"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>260</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="228" name="Image_261" descr="Image_261"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId228"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>261</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="229" name="Image_262" descr="Image_262"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId229"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>262</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="230" name="Image_263" descr="Image_263"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId230"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>263</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="231" name="Image_264" descr="Image_264"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId231"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>264</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="232" name="Image_265" descr="Image_265"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId232"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>265</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="233" name="Image_266" descr="Image_266"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId233"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>266</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="234" name="Image_267" descr="Image_267"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId234"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>267</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="235" name="Image_268" descr="Image_268"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId235"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>268</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="236" name="Image_269" descr="Image_269"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId236"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>269</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="237" name="Image_270" descr="Image_270"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId237"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>270</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="238" name="Image_271" descr="Image_271"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId238"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -9911,51 +10403,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="0" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L258"/>
+  <dimension ref="A1:L271"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="5" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="60" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
     <col min="10" max="10" width="11" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -9963,51 +10455,51 @@
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="4">
-        <f>SUM(J2:J258)</f>
+        <f>SUM(J2:J271)</f>
         <v>0</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="5"/>
     </row>
     <row r="2" spans="1:12">
       <c r="A2" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
       <c r="L2" s="5"/>
     </row>
     <row r="3" spans="1:12" outlineLevel="1">
       <c r="A3" s="7" t="s">
@@ -10065,8399 +10557,8836 @@
       <c r="C6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="str">
-        <f>J6*389.87</f>
+        <f>J6*389.73</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>832485</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="2">
         <v>0</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="str">
-        <f>J7*308.03</f>
+        <f>J7*307.91</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>832486</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G8" s="2">
         <v>10</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="str">
-        <f>J8*505.94</f>
+        <f>J8*505.75</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>832489</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>28</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G9" s="2">
         <v>7</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="str">
-        <f>J9*346.72</f>
+        <f>J9*346.59</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>832490</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="str">
-        <f>J10*447.91</f>
+        <f>J10*447.74</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>832493</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G11" s="2">
         <v>0</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="str">
-        <f>J11*488.09</f>
+        <f>J11*487.90</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>819035</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="G12" s="2" t="s">
-        <v>18</v>
+      <c r="G12" s="2">
+        <v>10</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="str">
-        <f>J12*476.18</f>
+        <f>J12*476.00</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>819036</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G13" s="2">
         <v>4</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="str">
-        <f>J13*605.64</f>
+        <f>J13*605.41</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>819037</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G14" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="str">
         <f>J14*508.98</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>819038</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>54</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="str">
-        <f>J15*563.98</f>
+        <f>J15*563.76</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>825189</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>57</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="str">
-        <f>J16*587.79</f>
+        <f>J16*587.56</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>825190</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>62</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>64</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K17" s="2" t="str">
-        <f>J17*758.92</f>
+        <f>J17*758.63</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>825191</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>66</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="G18" s="2">
-        <v>3</v>
+      <c r="G18" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K18" s="2" t="str">
-        <f>J18*499.99</f>
+        <f>J18*499.80</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>825192</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G19" s="2">
         <v>10</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K19" s="2" t="str">
-        <f>J19*674.10</f>
+        <f>J19*673.84</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>826563</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>75</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>76</v>
       </c>
       <c r="G20" s="2">
         <v>0</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="2" t="str">
-        <f>J20*809.51</f>
+        <f>J20*809.20</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>826565</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K21" s="2" t="str">
-        <f>J21*857.13</f>
+        <f>J21*856.80</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
-    <row r="22" spans="1:12" outlineLevel="3">
-      <c r="A22" s="9" t="s">
+    <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+      <c r="A22" s="1"/>
+      <c r="B22" s="1">
+        <v>954071</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="B22" s="9"/>
-[...8 lines deleted...]
-      <c r="K22" s="9"/>
+      <c r="D22" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E22" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="F22" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="G22" s="2">
+        <v>0</v>
+      </c>
+      <c r="H22" s="2">
+        <v>0</v>
+      </c>
+      <c r="I22" s="1">
+        <v>0</v>
+      </c>
+      <c r="J22" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K22" s="2" t="str">
+        <f>J22*458.15</f>
+        <v>0</v>
+      </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
-        <v>832484</v>
+        <v>954072</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="E23" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="F23" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="F23" s="2" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="G23" s="2">
+        <v>0</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K23" s="2" t="str">
-        <f>J23*334.82</f>
+        <f>J23*458.15</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
-        <v>832487</v>
+        <v>954075</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G24" s="2">
         <v>0</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K24" s="2" t="str">
-        <f>J24*278.27</f>
+        <f>J24*554.84</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
-        <v>832488</v>
+        <v>954076</v>
       </c>
       <c r="C25" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="E25" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="F25" s="2" t="s">
         <v>90</v>
       </c>
-      <c r="D25" s="1" t="s">
-[...5 lines deleted...]
-      <c r="F25" s="2" t="s">
+      <c r="G25" s="2">
+        <v>0</v>
+      </c>
+      <c r="H25" s="2">
+        <v>0</v>
+      </c>
+      <c r="I25" s="1">
+        <v>0</v>
+      </c>
+      <c r="J25" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K25" s="2" t="str">
+        <f>J25*554.84</f>
+        <v>0</v>
+      </c>
+      <c r="L25" s="5"/>
+    </row>
+    <row r="26" spans="1:12" outlineLevel="3">
+      <c r="A26" s="9" t="s">
         <v>93</v>
       </c>
-      <c r="G25" s="2" t="s">
-[...49 lines deleted...]
-      </c>
+      <c r="B26" s="9"/>
+      <c r="C26" s="9"/>
+      <c r="D26" s="9"/>
+      <c r="E26" s="9"/>
+      <c r="F26" s="9"/>
+      <c r="G26" s="9"/>
+      <c r="H26" s="9"/>
+      <c r="I26" s="9"/>
+      <c r="J26" s="9"/>
+      <c r="K26" s="9"/>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
-        <v>832492</v>
+        <v>832484</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>97</v>
+      </c>
+      <c r="G27" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K27" s="2" t="str">
-        <f>J27*0.00</f>
+        <f>J27*334.69</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
-        <v>819039</v>
+        <v>832487</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>101</v>
+      </c>
+      <c r="G28" s="2">
+        <v>0</v>
       </c>
       <c r="H28" s="2">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K28" s="2" t="str">
-        <f>J28*419.64</f>
+        <f>J28*278.16</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
-        <v>819040</v>
+        <v>832488</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="2" t="str">
-        <f>J29*558.03</f>
+        <f>J29*477.49</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
-        <v>819041</v>
+        <v>832491</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>109</v>
+      </c>
+      <c r="G30" s="2">
+        <v>0</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K30" s="2" t="str">
-        <f>J30*382.43</f>
+        <f>J30*331.71</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
-        <v>819042</v>
+        <v>832492</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>113</v>
+      </c>
+      <c r="G31" s="2">
+        <v>0</v>
       </c>
       <c r="H31" s="2">
         <v>0</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K31" s="2" t="str">
-        <f>J31*529.75</f>
+        <f>J31*0.00</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
-        <v>825193</v>
+        <v>819039</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>117</v>
+      </c>
+      <c r="G32" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H32" s="2">
         <v>0</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K32" s="2" t="str">
-        <f>J32*540.17</f>
+        <f>J32*419.48</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
-        <v>825194</v>
+        <v>819040</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>121</v>
+      </c>
+      <c r="G33" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H33" s="2">
         <v>0</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K33" s="2" t="str">
-        <f>J33*717.25</f>
+        <f>J33*557.81</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
-        <v>825195</v>
+        <v>819041</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K34" s="2" t="str">
-        <f>J34*497.02</f>
+        <f>J34*382.29</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
-        <v>825196</v>
+        <v>819042</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="G35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K35" s="2" t="str">
-        <f>J35*653.26</f>
+        <f>J35*529.55</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
-        <v>826564</v>
+        <v>825193</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>133</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K36" s="2" t="str">
-        <f>J36*775.28</f>
+        <f>J36*539.96</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
-        <v>826566</v>
+        <v>825194</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>136</v>
       </c>
       <c r="F37" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="G37" s="2">
+        <v>10</v>
+      </c>
+      <c r="H37" s="2">
+        <v>0</v>
+      </c>
+      <c r="I37" s="1">
+        <v>0</v>
+      </c>
+      <c r="J37" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K37" s="2" t="str">
+        <f>J37*716.98</f>
+        <v>0</v>
+      </c>
+      <c r="L37" s="5"/>
+    </row>
+    <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+      <c r="A38" s="1"/>
+      <c r="B38" s="1">
+        <v>825195</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="E38" s="2" t="s">
         <v>140</v>
       </c>
-      <c r="G37" s="2">
-[...18 lines deleted...]
-      <c r="A38" s="8" t="s">
+      <c r="F38" s="2" t="s">
         <v>141</v>
       </c>
-      <c r="B38" s="8"/>
-[...8 lines deleted...]
-      <c r="K38" s="8"/>
+      <c r="G38" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H38" s="2">
+        <v>0</v>
+      </c>
+      <c r="I38" s="1">
+        <v>0</v>
+      </c>
+      <c r="J38" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K38" s="2" t="str">
+        <f>J38*496.83</f>
+        <v>0</v>
+      </c>
       <c r="L38" s="5"/>
     </row>
-    <row r="39" spans="1:12" outlineLevel="3">
-      <c r="A39" s="9" t="s">
+    <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+      <c r="A39" s="1"/>
+      <c r="B39" s="1">
+        <v>825196</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="B39" s="9"/>
-[...8 lines deleted...]
-      <c r="K39" s="9"/>
+      <c r="D39" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="E39" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="F39" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="G39" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H39" s="2">
+        <v>0</v>
+      </c>
+      <c r="I39" s="1">
+        <v>0</v>
+      </c>
+      <c r="J39" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K39" s="2" t="str">
+        <f>J39*653.01</f>
+        <v>0</v>
+      </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
-        <v>819006</v>
+        <v>826564</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="G40" s="2">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>2</v>
+      </c>
+      <c r="H40" s="2">
+        <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K40" s="2" t="str">
-        <f>J40*1041.00</f>
+        <f>J40*774.99</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
-        <v>819007</v>
+        <v>826566</v>
       </c>
       <c r="C41" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="E41" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="D41" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F41" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="G41" s="2">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>2</v>
+      </c>
+      <c r="H41" s="2">
+        <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K41" s="2" t="str">
-        <f>J41*2348.00</f>
+        <f>J41*831.51</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
-        <v>819008</v>
+        <v>954073</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="G42" s="2">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>0</v>
+      </c>
+      <c r="H42" s="2">
+        <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K42" s="2" t="str">
-        <f>J42*729.00</f>
+        <f>J42*410.55</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
-        <v>819009</v>
+        <v>954074</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>159</v>
-[...5 lines deleted...]
-        <v>147</v>
+        <v>160</v>
+      </c>
+      <c r="G43" s="2">
+        <v>0</v>
+      </c>
+      <c r="H43" s="2">
+        <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K43" s="2" t="str">
-        <f>J43*1288.00</f>
+        <f>J43*512.70</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
-    <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
-[...7 lines deleted...]
-      <c r="D44" s="1" t="s">
+    <row r="44" spans="1:12" outlineLevel="2">
+      <c r="A44" s="8" t="s">
         <v>161</v>
       </c>
-      <c r="E44" s="2" t="s">
+      <c r="B44" s="8"/>
+      <c r="C44" s="8"/>
+      <c r="D44" s="8"/>
+      <c r="E44" s="8"/>
+      <c r="F44" s="8"/>
+      <c r="G44" s="8"/>
+      <c r="H44" s="8"/>
+      <c r="I44" s="8"/>
+      <c r="J44" s="8"/>
+      <c r="K44" s="8"/>
+      <c r="L44" s="5"/>
+    </row>
+    <row r="45" spans="1:12" outlineLevel="3">
+      <c r="A45" s="9" t="s">
         <v>162</v>
       </c>
-      <c r="F44" s="2" t="s">
-[...52 lines deleted...]
-      </c>
+      <c r="B45" s="9"/>
+      <c r="C45" s="9"/>
+      <c r="D45" s="9"/>
+      <c r="E45" s="9"/>
+      <c r="F45" s="9"/>
+      <c r="G45" s="9"/>
+      <c r="H45" s="9"/>
+      <c r="I45" s="9"/>
+      <c r="J45" s="9"/>
+      <c r="K45" s="9"/>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
-        <v>819012</v>
+        <v>819006</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>171</v>
+        <v>164</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>172</v>
+        <v>165</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>166</v>
+      </c>
+      <c r="G46" s="2">
+        <v>10</v>
       </c>
       <c r="H46" s="2" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K46" s="2" t="str">
-        <f>J46*861.00</f>
+        <f>J46*1041.00</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
-        <v>819013</v>
+        <v>819007</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="G47" s="2">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="H47" s="2" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K47" s="2" t="str">
-        <f>J47*1474.00</f>
+        <f>J47*2348.00</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
-        <v>819014</v>
+        <v>819008</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>175</v>
+      </c>
+      <c r="G48" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H48" s="2" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K48" s="2" t="str">
-        <f>J48*632.00</f>
+        <f>J48*729.00</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
-        <v>819015</v>
+        <v>819009</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>180</v>
+      </c>
+      <c r="G49" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H49" s="2" t="s">
-        <v>182</v>
+        <v>167</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K49" s="2" t="str">
-        <f>J49*1115.00</f>
+        <f>J49*1288.00</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
-        <v>819016</v>
+        <v>819010</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>184</v>
+      </c>
+      <c r="G50" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H50" s="2" t="s">
-        <v>147</v>
+        <v>185</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K50" s="2" t="str">
-        <f>J50*14.00</f>
+        <f>J50*573.00</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
-        <v>819017</v>
+        <v>819011</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>189</v>
+      </c>
+      <c r="G51" s="2" t="s">
+        <v>176</v>
       </c>
       <c r="H51" s="2" t="s">
-        <v>147</v>
+        <v>167</v>
       </c>
       <c r="I51" s="1">
         <v>0</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K51" s="2" t="str">
-        <f>J51*19.00</f>
+        <f>J51*935.00</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
-        <v>819018</v>
+        <v>819012</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H52" s="2" t="s">
-        <v>147</v>
+        <v>185</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K52" s="2" t="str">
-        <f>J52*560.00</f>
+        <f>J52*861.00</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
-        <v>819019</v>
+        <v>819013</v>
       </c>
       <c r="C53" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="E53" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="F53" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="G53" s="2">
+        <v>9</v>
+      </c>
+      <c r="H53" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="I53" s="1">
+        <v>0</v>
+      </c>
+      <c r="J53" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K53" s="2" t="str">
+        <f>J53*1474.00</f>
+        <v>0</v>
+      </c>
+      <c r="L53" s="5"/>
+    </row>
+    <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+      <c r="A54" s="1"/>
+      <c r="B54" s="1">
+        <v>819014</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="D54" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="D53" s="1" t="s">
+      <c r="E54" s="2" t="s">
         <v>200</v>
       </c>
-      <c r="E53" s="2" t="s">
+      <c r="F54" s="2" t="s">
         <v>201</v>
       </c>
-      <c r="F53" s="2" t="s">
+      <c r="G54" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H54" s="2" t="s">
         <v>202</v>
       </c>
-      <c r="G53" s="2">
-[...30 lines deleted...]
-      <c r="K54" s="9"/>
+      <c r="I54" s="1">
+        <v>0</v>
+      </c>
+      <c r="J54" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K54" s="2" t="str">
+        <f>J54*632.00</f>
+        <v>0</v>
+      </c>
       <c r="L54" s="5"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
-        <v>819020</v>
+        <v>819015</v>
       </c>
       <c r="C55" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D55" s="1" t="s">
         <v>204</v>
       </c>
-      <c r="D55" s="1" t="s">
+      <c r="E55" s="2" t="s">
         <v>205</v>
       </c>
-      <c r="E55" s="2" t="s">
+      <c r="F55" s="2" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="G55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H55" s="2" t="s">
-        <v>164</v>
+        <v>185</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K55" s="2" t="str">
-        <f>J55*1030.00</f>
+        <f>J55*1115.00</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A56" s="1"/>
       <c r="B56" s="1">
-        <v>819021</v>
+        <v>819016</v>
       </c>
       <c r="C56" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D56" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="D56" s="1" t="s">
+      <c r="E56" s="2" t="s">
         <v>209</v>
       </c>
-      <c r="E56" s="2" t="s">
+      <c r="F56" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="F56" s="2" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="G56" s="2">
+        <v>0</v>
       </c>
       <c r="H56" s="2" t="s">
-        <v>147</v>
+        <v>167</v>
       </c>
       <c r="I56" s="1">
         <v>0</v>
       </c>
       <c r="J56" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K56" s="2" t="str">
-        <f>J56*1551.00</f>
+        <f>J56*14.00</f>
         <v>0</v>
       </c>
       <c r="L56" s="5"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
-        <v>819022</v>
+        <v>819017</v>
       </c>
       <c r="C57" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="D57" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="D57" s="1" t="s">
+      <c r="E57" s="2" t="s">
         <v>213</v>
       </c>
-      <c r="E57" s="2" t="s">
+      <c r="F57" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="F57" s="2" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="G57" s="2">
+        <v>0</v>
       </c>
       <c r="H57" s="2" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K57" s="2" t="str">
-        <f>J57*599.00</f>
+        <f>J57*19.00</f>
         <v>0</v>
       </c>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A58" s="1"/>
       <c r="B58" s="1">
-        <v>819023</v>
+        <v>819018</v>
       </c>
       <c r="C58" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="D58" s="1" t="s">
         <v>216</v>
       </c>
-      <c r="D58" s="1" t="s">
+      <c r="E58" s="2" t="s">
         <v>217</v>
       </c>
-      <c r="E58" s="2" t="s">
+      <c r="F58" s="2" t="s">
         <v>218</v>
       </c>
-      <c r="F58" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G58" s="2" t="s">
+      <c r="G58" s="2">
+        <v>1</v>
+      </c>
+      <c r="H58" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="H58" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I58" s="1">
         <v>0</v>
       </c>
       <c r="J58" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K58" s="2" t="str">
-        <f>J58*595.00</f>
+        <f>J58*560.00</f>
         <v>0</v>
       </c>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
-        <v>819024</v>
+        <v>819019</v>
       </c>
       <c r="C59" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D59" s="1" t="s">
         <v>220</v>
       </c>
-      <c r="D59" s="1" t="s">
+      <c r="E59" s="2" t="s">
         <v>221</v>
       </c>
-      <c r="E59" s="2" t="s">
+      <c r="F59" s="2" t="s">
         <v>222</v>
       </c>
-      <c r="F59" s="2" t="s">
+      <c r="G59" s="2">
+        <v>8</v>
+      </c>
+      <c r="H59" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="I59" s="1">
+        <v>0</v>
+      </c>
+      <c r="J59" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K59" s="2" t="str">
+        <f>J59*590.00</f>
+        <v>0</v>
+      </c>
+      <c r="L59" s="5"/>
+    </row>
+    <row r="60" spans="1:12" outlineLevel="3">
+      <c r="A60" s="9" t="s">
         <v>223</v>
       </c>
-      <c r="G59" s="2" t="s">
-[...49 lines deleted...]
-      </c>
+      <c r="B60" s="9"/>
+      <c r="C60" s="9"/>
+      <c r="D60" s="9"/>
+      <c r="E60" s="9"/>
+      <c r="F60" s="9"/>
+      <c r="G60" s="9"/>
+      <c r="H60" s="9"/>
+      <c r="I60" s="9"/>
+      <c r="J60" s="9"/>
+      <c r="K60" s="9"/>
       <c r="L60" s="5"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A61" s="1"/>
       <c r="B61" s="1">
-        <v>819026</v>
+        <v>819020</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="G61" s="2">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>7</v>
+      </c>
+      <c r="H61" s="2" t="s">
+        <v>167</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K61" s="2" t="str">
-        <f>J61*674.00</f>
+        <f>J61*1030.00</f>
         <v>0</v>
       </c>
       <c r="L61" s="5"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A62" s="1"/>
       <c r="B62" s="1">
-        <v>819027</v>
+        <v>819021</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H62" s="2" t="s">
-        <v>147</v>
+        <v>167</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K62" s="2" t="str">
-        <f>J62*631.00</f>
+        <f>J62*1551.00</f>
         <v>0</v>
       </c>
       <c r="L62" s="5"/>
     </row>
-    <row r="63" spans="1:12" outlineLevel="2">
-[...12 lines deleted...]
-      <c r="K63" s="8"/>
+    <row r="63" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+      <c r="A63" s="1"/>
+      <c r="B63" s="1">
+        <v>819022</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E63" s="2" t="s">
+        <v>234</v>
+      </c>
+      <c r="F63" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="G63" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H63" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="I63" s="1">
+        <v>0</v>
+      </c>
+      <c r="J63" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K63" s="2" t="str">
+        <f>J63*599.00</f>
+        <v>0</v>
+      </c>
       <c r="L63" s="5"/>
     </row>
-    <row r="64" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="64" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A64" s="1"/>
       <c r="B64" s="1">
-        <v>834470</v>
+        <v>819023</v>
       </c>
       <c r="C64" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="D64" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="D64" s="1" t="s">
+      <c r="E64" s="2" t="s">
         <v>238</v>
       </c>
-      <c r="E64" s="2" t="s">
+      <c r="F64" s="2" t="s">
         <v>239</v>
       </c>
-      <c r="F64" s="2" t="s">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="G64" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H64" s="2" t="s">
+        <v>167</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K64" s="2" t="str">
-        <f>J64*478.24</f>
+        <f>J64*595.00</f>
         <v>0</v>
       </c>
       <c r="L64" s="5"/>
     </row>
-    <row r="65" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="65" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A65" s="1"/>
       <c r="B65" s="1">
-        <v>834471</v>
+        <v>819024</v>
       </c>
       <c r="C65" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="D65" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="D65" s="1" t="s">
+      <c r="E65" s="2" t="s">
         <v>242</v>
       </c>
-      <c r="E65" s="2" t="s">
+      <c r="F65" s="2" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="G65" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="H65" s="2">
-[...3 lines deleted...]
-        <v>36</v>
+      <c r="H65" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="I65" s="1">
+        <v>0</v>
       </c>
       <c r="J65" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K65" s="2" t="str">
-        <f>J65*537.80</f>
+        <f>J65*1159.00</f>
         <v>0</v>
       </c>
       <c r="L65" s="5"/>
     </row>
-    <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
-        <v>834472</v>
+        <v>819025</v>
       </c>
       <c r="C66" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="D66" s="1" t="s">
         <v>245</v>
       </c>
-      <c r="D66" s="1" t="s">
+      <c r="E66" s="2" t="s">
         <v>246</v>
       </c>
-      <c r="E66" s="2" t="s">
+      <c r="F66" s="2" t="s">
         <v>247</v>
       </c>
-      <c r="F66" s="2" t="s">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="G66" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H66" s="2" t="s">
+        <v>167</v>
       </c>
       <c r="I66" s="1">
         <v>0</v>
       </c>
       <c r="J66" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K66" s="2" t="str">
-        <f>J66*417.42</f>
+        <f>J66*1643.00</f>
         <v>0</v>
       </c>
       <c r="L66" s="5"/>
     </row>
-    <row r="67" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="67" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A67" s="1"/>
       <c r="B67" s="1">
-        <v>834473</v>
+        <v>819026</v>
       </c>
       <c r="C67" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="D67" s="1" t="s">
         <v>249</v>
       </c>
-      <c r="D67" s="1" t="s">
+      <c r="E67" s="2" t="s">
         <v>250</v>
       </c>
-      <c r="E67" s="2" t="s">
+      <c r="F67" s="2" t="s">
         <v>251</v>
       </c>
-      <c r="F67" s="2" t="s">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="G67" s="2">
+        <v>10</v>
+      </c>
+      <c r="H67" s="2" t="s">
+        <v>202</v>
       </c>
       <c r="I67" s="1">
         <v>0</v>
       </c>
       <c r="J67" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K67" s="2" t="str">
-        <f>J67*472.71</f>
+        <f>J67*674.00</f>
         <v>0</v>
       </c>
       <c r="L67" s="5"/>
     </row>
-    <row r="68" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="68" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A68" s="1"/>
       <c r="B68" s="1">
-        <v>868669</v>
+        <v>819027</v>
       </c>
       <c r="C68" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="D68" s="1" t="s">
         <v>253</v>
       </c>
-      <c r="D68" s="1" t="s">
+      <c r="E68" s="2" t="s">
         <v>254</v>
       </c>
-      <c r="E68" s="2" t="s">
+      <c r="F68" s="2" t="s">
         <v>255</v>
       </c>
-      <c r="F68" s="2" t="s">
+      <c r="G68" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H68" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="I68" s="1">
+        <v>0</v>
+      </c>
+      <c r="J68" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K68" s="2" t="str">
+        <f>J68*631.00</f>
+        <v>0</v>
+      </c>
+      <c r="L68" s="5"/>
+    </row>
+    <row r="69" spans="1:12" outlineLevel="2">
+      <c r="A69" s="8" t="s">
         <v>256</v>
       </c>
-      <c r="G68" s="2" t="s">
-[...49 lines deleted...]
-      </c>
+      <c r="B69" s="8"/>
+      <c r="C69" s="8"/>
+      <c r="D69" s="8"/>
+      <c r="E69" s="8"/>
+      <c r="F69" s="8"/>
+      <c r="G69" s="8"/>
+      <c r="H69" s="8"/>
+      <c r="I69" s="8"/>
+      <c r="J69" s="8"/>
+      <c r="K69" s="8"/>
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A70" s="1"/>
       <c r="B70" s="1">
-        <v>868671</v>
+        <v>834470</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>260</v>
+      </c>
+      <c r="G70" s="2">
+        <v>0</v>
       </c>
       <c r="H70" s="2">
         <v>0</v>
       </c>
       <c r="I70" s="1">
         <v>0</v>
       </c>
       <c r="J70" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K70" s="2" t="str">
-        <f>J70*648.71</f>
+        <f>J70*478.24</f>
         <v>0</v>
       </c>
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A71" s="1"/>
       <c r="B71" s="1">
-        <v>868672</v>
+        <v>834471</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="E71" s="2" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="G71" s="2" t="s">
         <v>36</v>
       </c>
       <c r="H71" s="2">
         <v>0</v>
       </c>
       <c r="I71" s="1">
         <v>0</v>
       </c>
       <c r="J71" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K71" s="2" t="str">
-        <f>J71*683.56</f>
+        <f>J71*537.80</f>
         <v>0</v>
       </c>
       <c r="L71" s="5"/>
     </row>
-    <row r="72" spans="1:12" outlineLevel="2">
-[...12 lines deleted...]
-      <c r="K72" s="8"/>
+    <row r="72" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A72" s="1"/>
+      <c r="B72" s="1">
+        <v>834472</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E72" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="F72" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="G72" s="2">
+        <v>0</v>
+      </c>
+      <c r="H72" s="2">
+        <v>0</v>
+      </c>
+      <c r="I72" s="1">
+        <v>0</v>
+      </c>
+      <c r="J72" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K72" s="2" t="str">
+        <f>J72*417.42</f>
+        <v>0</v>
+      </c>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A73" s="1"/>
       <c r="B73" s="1">
-        <v>879071</v>
+        <v>834473</v>
       </c>
       <c r="C73" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="D73" s="1" t="s">
         <v>270</v>
       </c>
-      <c r="D73" s="1" t="s">
+      <c r="E73" s="2" t="s">
         <v>271</v>
       </c>
-      <c r="E73" s="2" t="s">
+      <c r="F73" s="2" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
       <c r="G73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H73" s="2">
         <v>0</v>
       </c>
       <c r="I73" s="1">
         <v>0</v>
       </c>
       <c r="J73" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K73" s="2" t="str">
-        <f>J73*2690.00</f>
+        <f>J73*472.71</f>
         <v>0</v>
       </c>
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A74" s="1"/>
       <c r="B74" s="1">
-        <v>879072</v>
+        <v>868669</v>
       </c>
       <c r="C74" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="D74" s="1" t="s">
         <v>274</v>
       </c>
-      <c r="D74" s="1" t="s">
+      <c r="E74" s="2" t="s">
         <v>275</v>
       </c>
-      <c r="E74" s="2" t="s">
+      <c r="F74" s="2" t="s">
         <v>276</v>
       </c>
-      <c r="F74" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G74" s="2" t="s">
-        <v>18</v>
+        <v>176</v>
       </c>
       <c r="H74" s="2">
         <v>0</v>
       </c>
       <c r="I74" s="1">
         <v>0</v>
       </c>
       <c r="J74" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K74" s="2" t="str">
-        <f>J74*2490.00</f>
+        <f>J74*605.40</f>
         <v>0</v>
       </c>
       <c r="L74" s="5"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A75" s="1"/>
       <c r="B75" s="1">
-        <v>879073</v>
+        <v>868670</v>
       </c>
       <c r="C75" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="D75" s="1" t="s">
         <v>278</v>
       </c>
-      <c r="D75" s="1" t="s">
+      <c r="E75" s="2" t="s">
         <v>279</v>
       </c>
-      <c r="E75" s="2" t="s">
+      <c r="F75" s="2" t="s">
         <v>280</v>
       </c>
-      <c r="F75" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G75" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="H75" s="2">
         <v>0</v>
       </c>
       <c r="I75" s="1">
         <v>0</v>
       </c>
       <c r="J75" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K75" s="2" t="str">
-        <f>J75*2690.00</f>
+        <f>J75*630.28</f>
         <v>0</v>
       </c>
       <c r="L75" s="5"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A76" s="1"/>
       <c r="B76" s="1">
-        <v>879074</v>
+        <v>868671</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>281</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>282</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>283</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>273</v>
+        <v>284</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>18</v>
+        <v>176</v>
       </c>
       <c r="H76" s="2">
         <v>0</v>
       </c>
       <c r="I76" s="1">
         <v>0</v>
       </c>
       <c r="J76" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K76" s="2" t="str">
-        <f>J76*2690.00</f>
+        <f>J76*648.71</f>
         <v>0</v>
       </c>
       <c r="L76" s="5"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A77" s="1"/>
       <c r="B77" s="1">
-        <v>879075</v>
+        <v>868672</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="H77" s="2">
         <v>0</v>
       </c>
       <c r="I77" s="1">
         <v>0</v>
       </c>
       <c r="J77" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K77" s="2" t="str">
-        <f>J77*2990.00</f>
+        <f>J77*683.56</f>
         <v>0</v>
       </c>
       <c r="L77" s="5"/>
     </row>
-    <row r="78" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...7 lines deleted...]
-      <c r="D78" s="1" t="s">
+    <row r="78" spans="1:12" outlineLevel="2">
+      <c r="A78" s="8" t="s">
         <v>289</v>
       </c>
-      <c r="E78" s="2" t="s">
-[...20 lines deleted...]
-      </c>
+      <c r="B78" s="8"/>
+      <c r="C78" s="8"/>
+      <c r="D78" s="8"/>
+      <c r="E78" s="8"/>
+      <c r="F78" s="8"/>
+      <c r="G78" s="8"/>
+      <c r="H78" s="8"/>
+      <c r="I78" s="8"/>
+      <c r="J78" s="8"/>
+      <c r="K78" s="8"/>
       <c r="L78" s="5"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A79" s="1"/>
       <c r="B79" s="1">
-        <v>879077</v>
+        <v>879071</v>
       </c>
       <c r="C79" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="E79" s="2" t="s">
         <v>292</v>
       </c>
-      <c r="D79" s="1" t="s">
+      <c r="F79" s="2" t="s">
         <v>293</v>
       </c>
-      <c r="E79" s="2" t="s">
-[...6 lines deleted...]
-        <v>4</v>
+      <c r="G79" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H79" s="2">
         <v>0</v>
       </c>
       <c r="I79" s="1">
         <v>0</v>
       </c>
       <c r="J79" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K79" s="2" t="str">
-        <f>J79*2990.00</f>
+        <f>J79*2690.00</f>
         <v>0</v>
       </c>
       <c r="L79" s="5"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A80" s="1"/>
       <c r="B80" s="1">
-        <v>879078</v>
+        <v>879072</v>
       </c>
       <c r="C80" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="D80" s="1" t="s">
         <v>295</v>
       </c>
-      <c r="D80" s="1" t="s">
+      <c r="E80" s="2" t="s">
         <v>296</v>
       </c>
-      <c r="E80" s="2" t="s">
+      <c r="F80" s="2" t="s">
         <v>297</v>
       </c>
-      <c r="F80" s="2" t="s">
-[...3 lines deleted...]
-        <v>3</v>
+      <c r="G80" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H80" s="2">
         <v>0</v>
       </c>
       <c r="I80" s="1">
         <v>0</v>
       </c>
       <c r="J80" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K80" s="2" t="str">
-        <f>J80*2990.00</f>
+        <f>J80*2490.00</f>
         <v>0</v>
       </c>
       <c r="L80" s="5"/>
     </row>
-    <row r="81" spans="1:12" outlineLevel="1">
-      <c r="A81" s="7" t="s">
+    <row r="81" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A81" s="1"/>
+      <c r="B81" s="1">
+        <v>879073</v>
+      </c>
+      <c r="C81" s="1" t="s">
         <v>298</v>
       </c>
-      <c r="B81" s="7"/>
-[...8 lines deleted...]
-      <c r="K81" s="7"/>
+      <c r="D81" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="E81" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="F81" s="2" t="s">
+        <v>293</v>
+      </c>
+      <c r="G81" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H81" s="2">
+        <v>0</v>
+      </c>
+      <c r="I81" s="1">
+        <v>0</v>
+      </c>
+      <c r="J81" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K81" s="2" t="str">
+        <f>J81*2690.00</f>
+        <v>0</v>
+      </c>
       <c r="L81" s="5"/>
     </row>
-    <row r="82" spans="1:12" outlineLevel="2">
-[...12 lines deleted...]
-      <c r="K82" s="8"/>
+    <row r="82" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A82" s="1"/>
+      <c r="B82" s="1">
+        <v>879074</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="E82" s="2" t="s">
+        <v>303</v>
+      </c>
+      <c r="F82" s="2" t="s">
+        <v>293</v>
+      </c>
+      <c r="G82" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H82" s="2">
+        <v>0</v>
+      </c>
+      <c r="I82" s="1">
+        <v>0</v>
+      </c>
+      <c r="J82" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K82" s="2" t="str">
+        <f>J82*2690.00</f>
+        <v>0</v>
+      </c>
       <c r="L82" s="5"/>
     </row>
-    <row r="83" spans="1:12" outlineLevel="3">
-[...12 lines deleted...]
-      <c r="K83" s="9"/>
+    <row r="83" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A83" s="1"/>
+      <c r="B83" s="1">
+        <v>879075</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="E83" s="2" t="s">
+        <v>306</v>
+      </c>
+      <c r="F83" s="2" t="s">
+        <v>307</v>
+      </c>
+      <c r="G83" s="2">
+        <v>9</v>
+      </c>
+      <c r="H83" s="2">
+        <v>0</v>
+      </c>
+      <c r="I83" s="1">
+        <v>0</v>
+      </c>
+      <c r="J83" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K83" s="2" t="str">
+        <f>J83*2990.00</f>
+        <v>0</v>
+      </c>
       <c r="L83" s="5"/>
     </row>
-    <row r="84" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="84" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A84" s="1"/>
       <c r="B84" s="1">
-        <v>819002</v>
+        <v>879076</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>304</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>311</v>
+      </c>
+      <c r="G84" s="2">
+        <v>1</v>
       </c>
       <c r="H84" s="2">
         <v>0</v>
       </c>
       <c r="I84" s="1">
         <v>0</v>
       </c>
       <c r="J84" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K84" s="2" t="str">
-        <f>J84*593.74</f>
+        <f>J84*2790.00</f>
         <v>0</v>
       </c>
       <c r="L84" s="5"/>
     </row>
-    <row r="85" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="85" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A85" s="1"/>
       <c r="B85" s="1">
-        <v>819003</v>
+        <v>879077</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>305</v>
+        <v>312</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="E85" s="2" t="s">
+        <v>314</v>
+      </c>
+      <c r="F85" s="2" t="s">
         <v>307</v>
       </c>
-      <c r="F85" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G85" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="H85" s="2">
         <v>0</v>
       </c>
       <c r="I85" s="1">
         <v>0</v>
       </c>
       <c r="J85" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K85" s="2" t="str">
-        <f>J85*819.93</f>
+        <f>J85*2990.00</f>
         <v>0</v>
       </c>
       <c r="L85" s="5"/>
     </row>
-    <row r="86" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="86" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A86" s="1"/>
       <c r="B86" s="1">
-        <v>819004</v>
+        <v>879078</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>307</v>
+      </c>
+      <c r="G86" s="2">
+        <v>0</v>
       </c>
       <c r="H86" s="2">
         <v>0</v>
       </c>
       <c r="I86" s="1">
         <v>0</v>
       </c>
       <c r="J86" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K86" s="2" t="str">
-        <f>J86*558.03</f>
+        <f>J86*2990.00</f>
         <v>0</v>
       </c>
       <c r="L86" s="5"/>
     </row>
-    <row r="87" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
-[...31 lines deleted...]
-      </c>
+    <row r="87" spans="1:12" outlineLevel="1">
+      <c r="A87" s="7" t="s">
+        <v>318</v>
+      </c>
+      <c r="B87" s="7"/>
+      <c r="C87" s="7"/>
+      <c r="D87" s="7"/>
+      <c r="E87" s="7"/>
+      <c r="F87" s="7"/>
+      <c r="G87" s="7"/>
+      <c r="H87" s="7"/>
+      <c r="I87" s="7"/>
+      <c r="J87" s="7"/>
+      <c r="K87" s="7"/>
       <c r="L87" s="5"/>
     </row>
-    <row r="88" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
-[...13 lines deleted...]
-      <c r="F88" s="2" t="s">
+    <row r="88" spans="1:12" outlineLevel="2">
+      <c r="A88" s="8" t="s">
         <v>319</v>
       </c>
-      <c r="G88" s="2" t="s">
-[...14 lines deleted...]
-      </c>
+      <c r="B88" s="8"/>
+      <c r="C88" s="8"/>
+      <c r="D88" s="8"/>
+      <c r="E88" s="8"/>
+      <c r="F88" s="8"/>
+      <c r="G88" s="8"/>
+      <c r="H88" s="8"/>
+      <c r="I88" s="8"/>
+      <c r="J88" s="8"/>
+      <c r="K88" s="8"/>
       <c r="L88" s="5"/>
     </row>
     <row r="89" spans="1:12" outlineLevel="3">
       <c r="A89" s="9" t="s">
         <v>320</v>
       </c>
       <c r="B89" s="9"/>
       <c r="C89" s="9"/>
       <c r="D89" s="9"/>
       <c r="E89" s="9"/>
       <c r="F89" s="9"/>
       <c r="G89" s="9"/>
       <c r="H89" s="9"/>
       <c r="I89" s="9"/>
       <c r="J89" s="9"/>
       <c r="K89" s="9"/>
       <c r="L89" s="5"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A90" s="1"/>
       <c r="B90" s="1">
-        <v>818996</v>
+        <v>819002</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>321</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>322</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>323</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>324</v>
       </c>
-      <c r="G90" s="2">
-        <v>10</v>
+      <c r="G90" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H90" s="2">
         <v>0</v>
       </c>
       <c r="I90" s="1">
         <v>0</v>
       </c>
       <c r="J90" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K90" s="2" t="str">
-        <f>J90*1366.05</f>
+        <f>J90*593.51</f>
         <v>0</v>
       </c>
       <c r="L90" s="5"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A91" s="1"/>
       <c r="B91" s="1">
-        <v>818997</v>
+        <v>819003</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>325</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>326</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>327</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>328</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H91" s="2">
         <v>0</v>
       </c>
       <c r="I91" s="1">
         <v>0</v>
       </c>
       <c r="J91" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K91" s="2" t="str">
-        <f>J91*1724.67</f>
+        <f>J91*819.61</f>
         <v>0</v>
       </c>
       <c r="L91" s="5"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A92" s="1"/>
       <c r="B92" s="1">
-        <v>818998</v>
+        <v>819004</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>329</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>330</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>331</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>121</v>
+      </c>
+      <c r="G92" s="2">
+        <v>10</v>
       </c>
       <c r="H92" s="2">
         <v>0</v>
       </c>
       <c r="I92" s="1">
         <v>0</v>
       </c>
       <c r="J92" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K92" s="2" t="str">
-        <f>J92*1339.26</f>
+        <f>J92*557.81</f>
         <v>0</v>
       </c>
       <c r="L92" s="5"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A93" s="1"/>
       <c r="B93" s="1">
-        <v>818999</v>
+        <v>819005</v>
       </c>
       <c r="C93" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D93" s="1" t="s">
         <v>333</v>
       </c>
-      <c r="D93" s="1" t="s">
+      <c r="E93" s="2" t="s">
         <v>334</v>
       </c>
-      <c r="E93" s="2" t="s">
+      <c r="F93" s="2" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H93" s="2">
         <v>0</v>
       </c>
       <c r="I93" s="1">
         <v>0</v>
       </c>
       <c r="J93" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K93" s="2" t="str">
-        <f>J93*1629.44</f>
+        <f>J93*751.19</f>
         <v>0</v>
       </c>
       <c r="L93" s="5"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A94" s="1"/>
       <c r="B94" s="1">
-        <v>832494</v>
+        <v>825188</v>
       </c>
       <c r="C94" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="D94" s="1" t="s">
         <v>337</v>
       </c>
-      <c r="D94" s="1" t="s">
+      <c r="E94" s="2" t="s">
         <v>338</v>
       </c>
-      <c r="E94" s="2" t="s">
+      <c r="F94" s="2" t="s">
         <v>339</v>
       </c>
-      <c r="F94" s="2" t="s">
-[...3 lines deleted...]
-        <v>9</v>
+      <c r="G94" s="2" t="s">
+        <v>167</v>
       </c>
       <c r="H94" s="2">
         <v>0</v>
       </c>
       <c r="I94" s="1">
         <v>0</v>
       </c>
       <c r="J94" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K94" s="2" t="str">
-        <f>J94*909.21</f>
+        <f>J94*589.05</f>
         <v>0</v>
       </c>
       <c r="L94" s="5"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A95" s="1"/>
       <c r="B95" s="1">
-        <v>830638</v>
+        <v>954083</v>
       </c>
       <c r="C95" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="D95" s="1" t="s">
         <v>341</v>
       </c>
-      <c r="D95" s="1" t="s">
+      <c r="E95" s="2" t="s">
         <v>342</v>
       </c>
-      <c r="E95" s="2" t="s">
+      <c r="F95" s="2" t="s">
         <v>343</v>
       </c>
-      <c r="F95" s="2" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="G95" s="2">
+        <v>0</v>
       </c>
       <c r="H95" s="2">
         <v>0</v>
       </c>
       <c r="I95" s="1">
         <v>0</v>
       </c>
       <c r="J95" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K95" s="2" t="str">
-        <f>J95*946.41</f>
+        <f>J95*580.13</f>
         <v>0</v>
       </c>
       <c r="L95" s="5"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A96" s="1"/>
       <c r="B96" s="1">
-        <v>832495</v>
+        <v>954084</v>
       </c>
       <c r="C96" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="D96" s="1" t="s">
         <v>345</v>
       </c>
-      <c r="D96" s="1" t="s">
+      <c r="E96" s="2" t="s">
         <v>346</v>
       </c>
-      <c r="E96" s="2" t="s">
+      <c r="F96" s="2" t="s">
+        <v>343</v>
+      </c>
+      <c r="G96" s="2">
+        <v>0</v>
+      </c>
+      <c r="H96" s="2">
+        <v>0</v>
+      </c>
+      <c r="I96" s="1">
+        <v>0</v>
+      </c>
+      <c r="J96" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K96" s="2" t="str">
+        <f>J96*580.13</f>
+        <v>0</v>
+      </c>
+      <c r="L96" s="5"/>
+    </row>
+    <row r="97" spans="1:12" outlineLevel="3">
+      <c r="A97" s="9" t="s">
         <v>347</v>
       </c>
-      <c r="F96" s="2" t="s">
-[...52 lines deleted...]
-      </c>
+      <c r="B97" s="9"/>
+      <c r="C97" s="9"/>
+      <c r="D97" s="9"/>
+      <c r="E97" s="9"/>
+      <c r="F97" s="9"/>
+      <c r="G97" s="9"/>
+      <c r="H97" s="9"/>
+      <c r="I97" s="9"/>
+      <c r="J97" s="9"/>
+      <c r="K97" s="9"/>
       <c r="L97" s="5"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A98" s="1"/>
       <c r="B98" s="1">
-        <v>880051</v>
+        <v>818996</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>353</v>
+        <v>348</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>354</v>
+        <v>349</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>351</v>
+      </c>
+      <c r="G98" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H98" s="2">
         <v>0</v>
       </c>
       <c r="I98" s="1">
         <v>0</v>
       </c>
       <c r="J98" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K98" s="2" t="str">
-        <f>J98*1752.95</f>
+        <f>J98*1365.53</f>
         <v>0</v>
       </c>
       <c r="L98" s="5"/>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A99" s="1"/>
       <c r="B99" s="1">
-        <v>880052</v>
+        <v>818997</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>358</v>
+        <v>353</v>
       </c>
       <c r="E99" s="2" t="s">
+        <v>354</v>
+      </c>
+      <c r="F99" s="2" t="s">
         <v>355</v>
       </c>
-      <c r="F99" s="2" t="s">
-[...3 lines deleted...]
-        <v>7</v>
+      <c r="G99" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H99" s="2">
         <v>0</v>
       </c>
       <c r="I99" s="1">
         <v>0</v>
       </c>
       <c r="J99" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K99" s="2" t="str">
-        <f>J99*1749.97</f>
+        <f>J99*1724.01</f>
         <v>0</v>
       </c>
       <c r="L99" s="5"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A100" s="1"/>
       <c r="B100" s="1">
-        <v>885828</v>
+        <v>818998</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="E100" s="2" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>359</v>
+      </c>
+      <c r="G100" s="2" t="s">
+        <v>36</v>
       </c>
       <c r="H100" s="2">
         <v>0</v>
       </c>
       <c r="I100" s="1">
         <v>0</v>
       </c>
       <c r="J100" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K100" s="2" t="str">
-        <f>J100*1565.45</f>
+        <f>J100*1338.75</f>
         <v>0</v>
       </c>
       <c r="L100" s="5"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A101" s="1"/>
       <c r="B101" s="1">
-        <v>885829</v>
+        <v>818999</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>367</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>363</v>
+      </c>
+      <c r="G101" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H101" s="2">
         <v>0</v>
       </c>
       <c r="I101" s="1">
         <v>0</v>
       </c>
       <c r="J101" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K101" s="2" t="str">
-        <f>J101*1555.03</f>
+        <f>J101*1628.81</f>
         <v>0</v>
       </c>
       <c r="L101" s="5"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A102" s="1"/>
       <c r="B102" s="1">
-        <v>885830</v>
+        <v>832494</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>367</v>
       </c>
       <c r="G102" s="2">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="H102" s="2">
         <v>0</v>
       </c>
       <c r="I102" s="1">
         <v>0</v>
       </c>
       <c r="J102" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K102" s="2" t="str">
-        <f>J102*1555.03</f>
+        <f>J102*908.86</f>
         <v>0</v>
       </c>
       <c r="L102" s="5"/>
     </row>
-    <row r="103" spans="1:12" outlineLevel="2">
-      <c r="A103" s="8" t="s">
+    <row r="103" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+      <c r="A103" s="1"/>
+      <c r="B103" s="1">
+        <v>830638</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="E103" s="2" t="s">
+        <v>370</v>
+      </c>
+      <c r="F103" s="2" t="s">
         <v>371</v>
       </c>
-      <c r="B103" s="8"/>
-[...8 lines deleted...]
-      <c r="K103" s="8"/>
+      <c r="G103" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H103" s="2">
+        <v>0</v>
+      </c>
+      <c r="I103" s="1">
+        <v>0</v>
+      </c>
+      <c r="J103" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K103" s="2" t="str">
+        <f>J103*946.05</f>
+        <v>0</v>
+      </c>
       <c r="L103" s="5"/>
     </row>
-    <row r="104" spans="1:12" outlineLevel="3">
-      <c r="A104" s="9" t="s">
+    <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+      <c r="A104" s="1"/>
+      <c r="B104" s="1">
+        <v>832495</v>
+      </c>
+      <c r="C104" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="B104" s="9"/>
-[...8 lines deleted...]
-      <c r="K104" s="9"/>
+      <c r="D104" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E104" s="2" t="s">
+        <v>374</v>
+      </c>
+      <c r="F104" s="2" t="s">
+        <v>375</v>
+      </c>
+      <c r="G104" s="2">
+        <v>0</v>
+      </c>
+      <c r="H104" s="2">
+        <v>0</v>
+      </c>
+      <c r="I104" s="1">
+        <v>0</v>
+      </c>
+      <c r="J104" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K104" s="2" t="str">
+        <f>J104*1805.83</f>
+        <v>0</v>
+      </c>
       <c r="L104" s="5"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A105" s="1"/>
       <c r="B105" s="1">
-        <v>818969</v>
+        <v>828461</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="G105" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>167</v>
+      </c>
+      <c r="H105" s="2">
+        <v>0</v>
       </c>
       <c r="I105" s="1">
         <v>0</v>
       </c>
       <c r="J105" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K105" s="2" t="str">
-        <f>J105*1481.00</f>
+        <f>J105*1319.41</f>
         <v>0</v>
       </c>
       <c r="L105" s="5"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A106" s="1"/>
       <c r="B106" s="1">
-        <v>818970</v>
+        <v>880051</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>380</v>
-[...5 lines deleted...]
-        <v>36</v>
+        <v>383</v>
+      </c>
+      <c r="G106" s="2">
+        <v>0</v>
+      </c>
+      <c r="H106" s="2">
+        <v>0</v>
       </c>
       <c r="I106" s="1">
         <v>0</v>
       </c>
       <c r="J106" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K106" s="2" t="str">
-        <f>J106*2070.00</f>
+        <f>J106*1752.28</f>
         <v>0</v>
       </c>
       <c r="L106" s="5"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A107" s="1"/>
       <c r="B107" s="1">
-        <v>818971</v>
+        <v>880052</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="D107" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="E107" s="2" t="s">
         <v>382</v>
       </c>
-      <c r="E107" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F107" s="2" t="s">
-        <v>384</v>
-[...5 lines deleted...]
-        <v>147</v>
+        <v>386</v>
+      </c>
+      <c r="G107" s="2">
+        <v>7</v>
+      </c>
+      <c r="H107" s="2">
+        <v>0</v>
       </c>
       <c r="I107" s="1">
         <v>0</v>
       </c>
       <c r="J107" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K107" s="2" t="str">
-        <f>J107*919.00</f>
+        <f>J107*1749.30</f>
         <v>0</v>
       </c>
       <c r="L107" s="5"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A108" s="1"/>
       <c r="B108" s="1">
-        <v>818972</v>
+        <v>885828</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="E108" s="2" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="G108" s="2">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>3</v>
+      </c>
+      <c r="H108" s="2">
+        <v>0</v>
       </c>
       <c r="I108" s="1">
         <v>0</v>
       </c>
       <c r="J108" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K108" s="2" t="str">
-        <f>J108*944.00</f>
+        <f>J108*1564.85</f>
         <v>0</v>
       </c>
       <c r="L108" s="5"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A109" s="1"/>
       <c r="B109" s="1">
-        <v>818973</v>
+        <v>885829</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="E109" s="2" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="G109" s="2">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>164</v>
+        <v>5</v>
+      </c>
+      <c r="H109" s="2">
+        <v>0</v>
       </c>
       <c r="I109" s="1">
         <v>0</v>
       </c>
       <c r="J109" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K109" s="2" t="str">
-        <f>J109*1673.00</f>
+        <f>J109*1554.44</f>
         <v>0</v>
       </c>
       <c r="L109" s="5"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A110" s="1"/>
       <c r="B110" s="1">
-        <v>818974</v>
+        <v>885830</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="D110" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="E110" s="2" t="s">
+        <v>397</v>
+      </c>
+      <c r="F110" s="2" t="s">
         <v>394</v>
       </c>
-      <c r="E110" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G110" s="2">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>164</v>
+        <v>1</v>
+      </c>
+      <c r="H110" s="2">
+        <v>0</v>
       </c>
       <c r="I110" s="1">
         <v>0</v>
       </c>
       <c r="J110" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K110" s="2" t="str">
-        <f>J110*2216.00</f>
+        <f>J110*1554.44</f>
         <v>0</v>
       </c>
       <c r="L110" s="5"/>
     </row>
-    <row r="111" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
-[...7 lines deleted...]
-      <c r="D111" s="1" t="s">
+    <row r="111" spans="1:12" outlineLevel="2">
+      <c r="A111" s="8" t="s">
         <v>398</v>
       </c>
-      <c r="E111" s="2" t="s">
+      <c r="B111" s="8"/>
+      <c r="C111" s="8"/>
+      <c r="D111" s="8"/>
+      <c r="E111" s="8"/>
+      <c r="F111" s="8"/>
+      <c r="G111" s="8"/>
+      <c r="H111" s="8"/>
+      <c r="I111" s="8"/>
+      <c r="J111" s="8"/>
+      <c r="K111" s="8"/>
+      <c r="L111" s="5"/>
+    </row>
+    <row r="112" spans="1:12" outlineLevel="3">
+      <c r="A112" s="9" t="s">
         <v>399</v>
       </c>
-      <c r="F111" s="2" t="s">
-[...52 lines deleted...]
-      </c>
+      <c r="B112" s="9"/>
+      <c r="C112" s="9"/>
+      <c r="D112" s="9"/>
+      <c r="E112" s="9"/>
+      <c r="F112" s="9"/>
+      <c r="G112" s="9"/>
+      <c r="H112" s="9"/>
+      <c r="I112" s="9"/>
+      <c r="J112" s="9"/>
+      <c r="K112" s="9"/>
       <c r="L112" s="5"/>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A113" s="1"/>
       <c r="B113" s="1">
-        <v>818977</v>
+        <v>818969</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="E113" s="2" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>408</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>403</v>
+      </c>
+      <c r="G113" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H113" s="2" t="s">
-        <v>147</v>
+        <v>167</v>
       </c>
       <c r="I113" s="1">
         <v>0</v>
       </c>
       <c r="J113" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K113" s="2" t="str">
-        <f>J113*1024.00</f>
+        <f>J113*1481.00</f>
         <v>0</v>
       </c>
       <c r="L113" s="5"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A114" s="1"/>
       <c r="B114" s="1">
-        <v>818978</v>
+        <v>818970</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="E114" s="2" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>412</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>407</v>
+      </c>
+      <c r="G114" s="2" t="s">
+        <v>36</v>
       </c>
       <c r="H114" s="2" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="I114" s="1">
         <v>0</v>
       </c>
       <c r="J114" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K114" s="2" t="str">
-        <f>J114*1606.00</f>
+        <f>J114*2070.00</f>
         <v>0</v>
       </c>
       <c r="L114" s="5"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A115" s="1"/>
       <c r="B115" s="1">
-        <v>818979</v>
+        <v>818971</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="E115" s="2" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="G115" s="2">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H115" s="2" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="I115" s="1">
         <v>0</v>
       </c>
       <c r="J115" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K115" s="2" t="str">
-        <f>J115*1094.00</f>
+        <f>J115*919.00</f>
         <v>0</v>
       </c>
       <c r="L115" s="5"/>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A116" s="1"/>
       <c r="B116" s="1">
-        <v>818980</v>
+        <v>818972</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="E116" s="2" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="G116" s="2">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="H116" s="2" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="I116" s="1">
         <v>0</v>
       </c>
       <c r="J116" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K116" s="2" t="str">
-        <f>J116*1811.00</f>
+        <f>J116*944.00</f>
         <v>0</v>
       </c>
       <c r="L116" s="5"/>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A117" s="1"/>
       <c r="B117" s="1">
-        <v>818981</v>
+        <v>818973</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
       <c r="E117" s="2" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>424</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>419</v>
+      </c>
+      <c r="G117" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H117" s="2" t="s">
+        <v>185</v>
       </c>
       <c r="I117" s="1">
         <v>0</v>
       </c>
       <c r="J117" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K117" s="2" t="str">
-        <f>J117*1002.00</f>
+        <f>J117*1673.00</f>
         <v>0</v>
       </c>
       <c r="L117" s="5"/>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A118" s="1"/>
       <c r="B118" s="1">
-        <v>818982</v>
+        <v>818974</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="E118" s="2" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>424</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>423</v>
+      </c>
+      <c r="G118" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H118" s="2" t="s">
+        <v>167</v>
       </c>
       <c r="I118" s="1">
         <v>0</v>
       </c>
       <c r="J118" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K118" s="2" t="str">
-        <f>J118*1002.00</f>
+        <f>J118*2216.00</f>
         <v>0</v>
       </c>
       <c r="L118" s="5"/>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A119" s="1"/>
       <c r="B119" s="1">
-        <v>818983</v>
+        <v>818975</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="G119" s="2">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>9</v>
+      </c>
+      <c r="H119" s="2" t="s">
+        <v>185</v>
       </c>
       <c r="I119" s="1">
         <v>0</v>
       </c>
       <c r="J119" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K119" s="2" t="str">
-        <f>J119*1649.00</f>
+        <f>J119*907.00</f>
         <v>0</v>
       </c>
       <c r="L119" s="5"/>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A120" s="1"/>
       <c r="B120" s="1">
-        <v>818984</v>
+        <v>818976</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="E120" s="2" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="G120" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H120" s="2" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="I120" s="1">
         <v>0</v>
       </c>
       <c r="J120" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K120" s="2" t="str">
-        <f>J120*2266.00</f>
+        <f>J120*914.00</f>
         <v>0</v>
       </c>
       <c r="L120" s="5"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A121" s="1"/>
       <c r="B121" s="1">
-        <v>818985</v>
+        <v>818977</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="E121" s="2" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="G121" s="2">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="H121" s="2" t="s">
-        <v>164</v>
+        <v>176</v>
       </c>
       <c r="I121" s="1">
         <v>0</v>
       </c>
       <c r="J121" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K121" s="2" t="str">
-        <f>J121*1887.00</f>
+        <f>J121*1024.00</f>
         <v>0</v>
       </c>
       <c r="L121" s="5"/>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A122" s="1"/>
       <c r="B122" s="1">
-        <v>818986</v>
+        <v>818978</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="E122" s="2" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="G122" s="2">
         <v>0</v>
       </c>
       <c r="H122" s="2" t="s">
-        <v>147</v>
+        <v>176</v>
       </c>
       <c r="I122" s="1">
         <v>0</v>
       </c>
       <c r="J122" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K122" s="2" t="str">
-        <f>J122*2510.00</f>
+        <f>J122*1606.00</f>
         <v>0</v>
       </c>
       <c r="L122" s="5"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A123" s="1"/>
       <c r="B123" s="1">
-        <v>818991</v>
+        <v>818979</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="E123" s="2" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="G123" s="2">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>5</v>
+      </c>
+      <c r="H123" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="I123" s="1">
         <v>0</v>
       </c>
       <c r="J123" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K123" s="2" t="str">
-        <f>J123*757.00</f>
+        <f>J123*1094.00</f>
         <v>0</v>
       </c>
       <c r="L123" s="5"/>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A124" s="1"/>
       <c r="B124" s="1">
-        <v>818992</v>
+        <v>818980</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>448</v>
+        <v>444</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>447</v>
+      </c>
+      <c r="G124" s="2">
+        <v>0</v>
       </c>
       <c r="H124" s="2" t="s">
-        <v>147</v>
+        <v>185</v>
       </c>
       <c r="I124" s="1">
         <v>0</v>
       </c>
       <c r="J124" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K124" s="2" t="str">
-        <f>J124*1935.00</f>
+        <f>J124*1811.00</f>
         <v>0</v>
       </c>
       <c r="L124" s="5"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A125" s="1"/>
       <c r="B125" s="1">
-        <v>824488</v>
+        <v>818981</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="E125" s="2" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>455</v>
-[...5 lines deleted...]
-        <v>147</v>
+        <v>451</v>
+      </c>
+      <c r="G125" s="2">
+        <v>0</v>
+      </c>
+      <c r="H125" s="2">
+        <v>0</v>
       </c>
       <c r="I125" s="1">
         <v>0</v>
       </c>
       <c r="J125" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K125" s="2" t="str">
-        <f>J125*1023.00</f>
+        <f>J125*1002.00</f>
         <v>0</v>
       </c>
       <c r="L125" s="5"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A126" s="1"/>
       <c r="B126" s="1">
-        <v>868523</v>
+        <v>818982</v>
       </c>
       <c r="C126" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="E126" s="2" t="s">
+        <v>454</v>
+      </c>
+      <c r="F126" s="2" t="s">
+        <v>451</v>
+      </c>
+      <c r="G126" s="2">
+        <v>0</v>
+      </c>
+      <c r="H126" s="2">
+        <v>0</v>
+      </c>
+      <c r="I126" s="1">
+        <v>0</v>
+      </c>
+      <c r="J126" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K126" s="2" t="str">
+        <f>J126*1002.00</f>
+        <v>0</v>
+      </c>
+      <c r="L126" s="5"/>
+    </row>
+    <row r="127" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+      <c r="A127" s="1"/>
+      <c r="B127" s="1">
+        <v>818983</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="D127" s="1" t="s">
         <v>456</v>
       </c>
-      <c r="D126" s="1" t="s">
+      <c r="E127" s="2" t="s">
         <v>457</v>
       </c>
-      <c r="E126" s="2" t="s">
+      <c r="F127" s="2" t="s">
         <v>458</v>
       </c>
-      <c r="F126" s="2" t="s">
-[...33 lines deleted...]
-      <c r="K127" s="9"/>
+      <c r="G127" s="2">
+        <v>0</v>
+      </c>
+      <c r="H127" s="2">
+        <v>0</v>
+      </c>
+      <c r="I127" s="1">
+        <v>0</v>
+      </c>
+      <c r="J127" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K127" s="2" t="str">
+        <f>J127*1649.00</f>
+        <v>0</v>
+      </c>
       <c r="L127" s="5"/>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A128" s="1"/>
       <c r="B128" s="1">
-        <v>818987</v>
+        <v>818984</v>
       </c>
       <c r="C128" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="E128" s="2" t="s">
         <v>461</v>
       </c>
-      <c r="D128" s="1" t="s">
+      <c r="F128" s="2" t="s">
         <v>462</v>
       </c>
-      <c r="E128" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G128" s="2">
         <v>0</v>
       </c>
       <c r="H128" s="2" t="s">
-        <v>164</v>
+        <v>176</v>
       </c>
       <c r="I128" s="1">
         <v>0</v>
       </c>
       <c r="J128" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K128" s="2" t="str">
-        <f>J128*2013.00</f>
+        <f>J128*2266.00</f>
         <v>0</v>
       </c>
       <c r="L128" s="5"/>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A129" s="1"/>
       <c r="B129" s="1">
-        <v>818988</v>
+        <v>818985</v>
       </c>
       <c r="C129" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="E129" s="2" t="s">
         <v>465</v>
       </c>
-      <c r="D129" s="1" t="s">
+      <c r="F129" s="2" t="s">
         <v>466</v>
       </c>
-      <c r="E129" s="2" t="s">
-[...6 lines deleted...]
-        <v>18</v>
+      <c r="G129" s="2">
+        <v>0</v>
       </c>
       <c r="H129" s="2" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="I129" s="1">
         <v>0</v>
       </c>
       <c r="J129" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K129" s="2" t="str">
-        <f>J129*2187.00</f>
+        <f>J129*1887.00</f>
         <v>0</v>
       </c>
       <c r="L129" s="5"/>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A130" s="1"/>
       <c r="B130" s="1">
-        <v>818989</v>
+        <v>818986</v>
       </c>
       <c r="C130" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="E130" s="2" t="s">
         <v>469</v>
       </c>
-      <c r="D130" s="1" t="s">
+      <c r="F130" s="2" t="s">
         <v>470</v>
       </c>
-      <c r="E130" s="2" t="s">
-[...6 lines deleted...]
-        <v>18</v>
+      <c r="G130" s="2">
+        <v>0</v>
       </c>
       <c r="H130" s="2" t="s">
-        <v>164</v>
+        <v>176</v>
       </c>
       <c r="I130" s="1">
         <v>0</v>
       </c>
       <c r="J130" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K130" s="2" t="str">
-        <f>J130*1304.00</f>
+        <f>J130*2510.00</f>
         <v>0</v>
       </c>
       <c r="L130" s="5"/>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A131" s="1"/>
       <c r="B131" s="1">
-        <v>818990</v>
+        <v>818991</v>
       </c>
       <c r="C131" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="E131" s="2" t="s">
         <v>473</v>
       </c>
-      <c r="D131" s="1" t="s">
+      <c r="F131" s="2" t="s">
         <v>474</v>
       </c>
-      <c r="E131" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G131" s="2">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>164</v>
+        <v>0</v>
+      </c>
+      <c r="H131" s="2">
+        <v>0</v>
       </c>
       <c r="I131" s="1">
         <v>0</v>
       </c>
       <c r="J131" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K131" s="2" t="str">
-        <f>J131*1350.00</f>
+        <f>J131*757.00</f>
         <v>0</v>
       </c>
       <c r="L131" s="5"/>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A132" s="1"/>
       <c r="B132" s="1">
-        <v>824489</v>
+        <v>818992</v>
       </c>
       <c r="C132" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="E132" s="2" t="s">
         <v>477</v>
       </c>
-      <c r="D132" s="1" t="s">
+      <c r="F132" s="2" t="s">
         <v>478</v>
-      </c>
-[...4 lines deleted...]
-        <v>480</v>
       </c>
       <c r="G132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H132" s="2" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="I132" s="1">
         <v>0</v>
       </c>
       <c r="J132" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K132" s="2" t="str">
-        <f>J132*1928.00</f>
+        <f>J132*1935.00</f>
         <v>0</v>
       </c>
       <c r="L132" s="5"/>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A133" s="1"/>
       <c r="B133" s="1">
-        <v>824490</v>
+        <v>824488</v>
       </c>
       <c r="C133" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="E133" s="2" t="s">
         <v>481</v>
       </c>
-      <c r="D133" s="1" t="s">
+      <c r="F133" s="2" t="s">
         <v>482</v>
       </c>
-      <c r="E133" s="2" t="s">
+      <c r="G133" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="H133" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="I133" s="1">
+        <v>0</v>
+      </c>
+      <c r="J133" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K133" s="2" t="str">
+        <f>J133*1023.00</f>
+        <v>0</v>
+      </c>
+      <c r="L133" s="5"/>
+    </row>
+    <row r="134" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+      <c r="A134" s="1"/>
+      <c r="B134" s="1">
+        <v>868523</v>
+      </c>
+      <c r="C134" s="1" t="s">
         <v>483</v>
       </c>
-      <c r="F133" s="2" t="s">
+      <c r="D134" s="1" t="s">
         <v>484</v>
       </c>
-      <c r="G133" s="2">
-[...18 lines deleted...]
-      <c r="A134" s="8" t="s">
+      <c r="E134" s="2" t="s">
         <v>485</v>
       </c>
-      <c r="B134" s="8"/>
-[...8 lines deleted...]
-      <c r="K134" s="8"/>
+      <c r="F134" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="G134" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H134" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="I134" s="1">
+        <v>0</v>
+      </c>
+      <c r="J134" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K134" s="2" t="str">
+        <f>J134*219.00</f>
+        <v>0</v>
+      </c>
       <c r="L134" s="5"/>
     </row>
-    <row r="135" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...7 lines deleted...]
-      <c r="D135" s="1" t="s">
+    <row r="135" spans="1:12" outlineLevel="3">
+      <c r="A135" s="9" t="s">
         <v>487</v>
       </c>
-      <c r="E135" s="2" t="s">
-[...20 lines deleted...]
-      </c>
+      <c r="B135" s="9"/>
+      <c r="C135" s="9"/>
+      <c r="D135" s="9"/>
+      <c r="E135" s="9"/>
+      <c r="F135" s="9"/>
+      <c r="G135" s="9"/>
+      <c r="H135" s="9"/>
+      <c r="I135" s="9"/>
+      <c r="J135" s="9"/>
+      <c r="K135" s="9"/>
       <c r="L135" s="5"/>
     </row>
-    <row r="136" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="136" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A136" s="1"/>
       <c r="B136" s="1">
-        <v>834475</v>
+        <v>818987</v>
       </c>
       <c r="C136" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="E136" s="2" t="s">
         <v>490</v>
       </c>
-      <c r="D136" s="1" t="s">
+      <c r="F136" s="2" t="s">
         <v>491</v>
       </c>
-      <c r="E136" s="2" t="s">
-[...9 lines deleted...]
-        <v>0</v>
+      <c r="G136" s="2">
+        <v>8</v>
+      </c>
+      <c r="H136" s="2" t="s">
+        <v>185</v>
       </c>
       <c r="I136" s="1">
         <v>0</v>
       </c>
       <c r="J136" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K136" s="2" t="str">
-        <f>J136*677.28</f>
+        <f>J136*2013.00</f>
         <v>0</v>
       </c>
       <c r="L136" s="5"/>
     </row>
-    <row r="137" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="137" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A137" s="1"/>
       <c r="B137" s="1">
-        <v>834476</v>
+        <v>818988</v>
       </c>
       <c r="C137" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="E137" s="2" t="s">
         <v>494</v>
       </c>
-      <c r="D137" s="1" t="s">
+      <c r="F137" s="2" t="s">
         <v>495</v>
       </c>
-      <c r="E137" s="2" t="s">
-[...9 lines deleted...]
-        <v>0</v>
+      <c r="G137" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H137" s="2" t="s">
+        <v>202</v>
       </c>
       <c r="I137" s="1">
         <v>0</v>
       </c>
       <c r="J137" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K137" s="2" t="str">
-        <f>J137*1061.53</f>
+        <f>J137*2187.00</f>
         <v>0</v>
       </c>
       <c r="L137" s="5"/>
     </row>
-    <row r="138" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="138" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A138" s="1"/>
       <c r="B138" s="1">
-        <v>834477</v>
+        <v>818989</v>
       </c>
       <c r="C138" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="E138" s="2" t="s">
         <v>498</v>
       </c>
-      <c r="D138" s="1" t="s">
+      <c r="F138" s="2" t="s">
         <v>499</v>
       </c>
-      <c r="E138" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G138" s="2" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>18</v>
+      </c>
+      <c r="H138" s="2" t="s">
+        <v>185</v>
       </c>
       <c r="I138" s="1">
         <v>0</v>
       </c>
       <c r="J138" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K138" s="2" t="str">
-        <f>J138*585.36</f>
+        <f>J138*1304.00</f>
         <v>0</v>
       </c>
       <c r="L138" s="5"/>
     </row>
-    <row r="139" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="139" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A139" s="1"/>
       <c r="B139" s="1">
-        <v>834478</v>
+        <v>818990</v>
       </c>
       <c r="C139" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="E139" s="2" t="s">
         <v>502</v>
       </c>
-      <c r="D139" s="1" t="s">
+      <c r="F139" s="2" t="s">
         <v>503</v>
       </c>
-      <c r="E139" s="2" t="s">
-[...9 lines deleted...]
-        <v>0</v>
+      <c r="G139" s="2">
+        <v>10</v>
+      </c>
+      <c r="H139" s="2" t="s">
+        <v>185</v>
       </c>
       <c r="I139" s="1">
         <v>0</v>
       </c>
       <c r="J139" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K139" s="2" t="str">
-        <f>J139*757.94</f>
+        <f>J139*1350.00</f>
         <v>0</v>
       </c>
       <c r="L139" s="5"/>
     </row>
-    <row r="140" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="140" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A140" s="1"/>
       <c r="B140" s="1">
-        <v>834479</v>
+        <v>824489</v>
       </c>
       <c r="C140" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="E140" s="2" t="s">
         <v>506</v>
       </c>
-      <c r="D140" s="1" t="s">
+      <c r="F140" s="2" t="s">
         <v>507</v>
       </c>
-      <c r="E140" s="2" t="s">
+      <c r="G140" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H140" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I140" s="1">
+        <v>0</v>
+      </c>
+      <c r="J140" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K140" s="2" t="str">
+        <f>J140*1928.00</f>
+        <v>0</v>
+      </c>
+      <c r="L140" s="5"/>
+    </row>
+    <row r="141" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+      <c r="A141" s="1"/>
+      <c r="B141" s="1">
+        <v>824490</v>
+      </c>
+      <c r="C141" s="1" t="s">
         <v>508</v>
       </c>
-      <c r="F140" s="2" t="s">
+      <c r="D141" s="1" t="s">
         <v>509</v>
       </c>
-      <c r="G140" s="2">
-[...18 lines deleted...]
-      <c r="A141" s="8" t="s">
+      <c r="E141" s="2" t="s">
         <v>510</v>
       </c>
-      <c r="B141" s="8"/>
-[...8 lines deleted...]
-      <c r="K141" s="8"/>
+      <c r="F141" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="G141" s="2">
+        <v>6</v>
+      </c>
+      <c r="H141" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="I141" s="1">
+        <v>0</v>
+      </c>
+      <c r="J141" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K141" s="2" t="str">
+        <f>J141*1772.00</f>
+        <v>0</v>
+      </c>
       <c r="L141" s="5"/>
     </row>
-    <row r="142" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...7 lines deleted...]
-      <c r="D142" s="1" t="s">
+    <row r="142" spans="1:12" outlineLevel="2">
+      <c r="A142" s="8" t="s">
         <v>512</v>
       </c>
-      <c r="E142" s="2" t="s">
-[...20 lines deleted...]
-      </c>
+      <c r="B142" s="8"/>
+      <c r="C142" s="8"/>
+      <c r="D142" s="8"/>
+      <c r="E142" s="8"/>
+      <c r="F142" s="8"/>
+      <c r="G142" s="8"/>
+      <c r="H142" s="8"/>
+      <c r="I142" s="8"/>
+      <c r="J142" s="8"/>
+      <c r="K142" s="8"/>
       <c r="L142" s="5"/>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A143" s="1"/>
       <c r="B143" s="1">
-        <v>879064</v>
+        <v>834474</v>
       </c>
       <c r="C143" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="E143" s="2" t="s">
         <v>515</v>
       </c>
-      <c r="D143" s="1" t="s">
+      <c r="F143" s="2" t="s">
         <v>516</v>
-      </c>
-[...4 lines deleted...]
-        <v>518</v>
       </c>
       <c r="G143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H143" s="2">
         <v>0</v>
       </c>
       <c r="I143" s="1">
         <v>0</v>
       </c>
       <c r="J143" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K143" s="2" t="str">
-        <f>J143*3390.00</f>
+        <f>J143*593.55</f>
         <v>0</v>
       </c>
       <c r="L143" s="5"/>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A144" s="1"/>
       <c r="B144" s="1">
-        <v>879065</v>
+        <v>834475</v>
       </c>
       <c r="C144" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="E144" s="2" t="s">
         <v>519</v>
       </c>
-      <c r="D144" s="1" t="s">
+      <c r="F144" s="2" t="s">
         <v>520</v>
       </c>
-      <c r="E144" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G144" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="H144" s="2">
         <v>0</v>
       </c>
       <c r="I144" s="1">
         <v>0</v>
       </c>
       <c r="J144" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K144" s="2" t="str">
-        <f>J144*3390.00</f>
+        <f>J144*677.28</f>
         <v>0</v>
       </c>
       <c r="L144" s="5"/>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A145" s="1"/>
       <c r="B145" s="1">
-        <v>879066</v>
+        <v>834476</v>
       </c>
       <c r="C145" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="D145" s="1" t="s">
         <v>522</v>
       </c>
-      <c r="D145" s="1" t="s">
+      <c r="E145" s="2" t="s">
         <v>523</v>
       </c>
-      <c r="E145" s="2" t="s">
+      <c r="F145" s="2" t="s">
         <v>524</v>
       </c>
-      <c r="F145" s="2" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="G145" s="2">
+        <v>0</v>
       </c>
       <c r="H145" s="2">
         <v>0</v>
       </c>
       <c r="I145" s="1">
         <v>0</v>
       </c>
       <c r="J145" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K145" s="2" t="str">
-        <f>J145*3390.00</f>
+        <f>J145*1061.53</f>
         <v>0</v>
       </c>
       <c r="L145" s="5"/>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A146" s="1"/>
       <c r="B146" s="1">
-        <v>879067</v>
+        <v>834477</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>525</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>526</v>
       </c>
       <c r="E146" s="2" t="s">
         <v>527</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>528</v>
+      </c>
+      <c r="G146" s="2">
+        <v>7</v>
       </c>
       <c r="H146" s="2">
         <v>0</v>
       </c>
       <c r="I146" s="1">
         <v>0</v>
       </c>
       <c r="J146" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K146" s="2" t="str">
-        <f>J146*3390.00</f>
+        <f>J146*585.36</f>
         <v>0</v>
       </c>
       <c r="L146" s="5"/>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A147" s="1"/>
       <c r="B147" s="1">
-        <v>879068</v>
+        <v>834478</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E147" s="2" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>531</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>532</v>
+      </c>
+      <c r="G147" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H147" s="2">
         <v>0</v>
       </c>
       <c r="I147" s="1">
         <v>0</v>
       </c>
       <c r="J147" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K147" s="2" t="str">
-        <f>J147*3190.00</f>
+        <f>J147*757.94</f>
         <v>0</v>
       </c>
       <c r="L147" s="5"/>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A148" s="1"/>
       <c r="B148" s="1">
-        <v>879069</v>
+        <v>834479</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="E148" s="2" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>536</v>
+      </c>
+      <c r="G148" s="2">
+        <v>0</v>
       </c>
       <c r="H148" s="2">
         <v>0</v>
       </c>
       <c r="I148" s="1">
         <v>0</v>
       </c>
       <c r="J148" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K148" s="2" t="str">
-        <f>J148*3390.00</f>
+        <f>J148*1138.93</f>
         <v>0</v>
       </c>
       <c r="L148" s="5"/>
     </row>
-    <row r="149" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...10 lines deleted...]
-      <c r="E149" s="2" t="s">
+    <row r="149" spans="1:12" outlineLevel="2">
+      <c r="A149" s="8" t="s">
         <v>537</v>
       </c>
-      <c r="F149" s="2" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="B149" s="8"/>
+      <c r="C149" s="8"/>
+      <c r="D149" s="8"/>
+      <c r="E149" s="8"/>
+      <c r="F149" s="8"/>
+      <c r="G149" s="8"/>
+      <c r="H149" s="8"/>
+      <c r="I149" s="8"/>
+      <c r="J149" s="8"/>
+      <c r="K149" s="8"/>
       <c r="L149" s="5"/>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A150" s="1"/>
       <c r="B150" s="1">
-        <v>879083</v>
+        <v>879063</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>538</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>539</v>
       </c>
       <c r="E150" s="2" t="s">
         <v>540</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>541</v>
       </c>
-      <c r="G150" s="2" t="s">
-        <v>36</v>
+      <c r="G150" s="2">
+        <v>0</v>
       </c>
       <c r="H150" s="2">
         <v>0</v>
       </c>
       <c r="I150" s="1">
         <v>0</v>
       </c>
       <c r="J150" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K150" s="2" t="str">
-        <f>J150*3990.00</f>
+        <f>J150*3290.00</f>
         <v>0</v>
       </c>
       <c r="L150" s="5"/>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A151" s="1"/>
       <c r="B151" s="1">
-        <v>879084</v>
+        <v>879064</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>542</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>543</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>544</v>
       </c>
       <c r="F151" s="2" t="s">
         <v>545</v>
       </c>
       <c r="G151" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H151" s="2">
         <v>0</v>
       </c>
       <c r="I151" s="1">
         <v>0</v>
       </c>
       <c r="J151" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K151" s="2" t="str">
-        <f>J151*4290.00</f>
+        <f>J151*3390.00</f>
         <v>0</v>
       </c>
       <c r="L151" s="5"/>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A152" s="1"/>
       <c r="B152" s="1">
-        <v>879085</v>
+        <v>879065</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>546</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>547</v>
       </c>
       <c r="E152" s="2" t="s">
         <v>548</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>545</v>
       </c>
-      <c r="G152" s="2">
-        <v>8</v>
+      <c r="G152" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H152" s="2">
         <v>0</v>
       </c>
       <c r="I152" s="1">
         <v>0</v>
       </c>
       <c r="J152" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K152" s="2" t="str">
-        <f>J152*4290.00</f>
+        <f>J152*3390.00</f>
         <v>0</v>
       </c>
       <c r="L152" s="5"/>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A153" s="1"/>
       <c r="B153" s="1">
-        <v>879086</v>
+        <v>879066</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>549</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>550</v>
       </c>
       <c r="E153" s="2" t="s">
         <v>551</v>
       </c>
       <c r="F153" s="2" t="s">
         <v>545</v>
       </c>
       <c r="G153" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H153" s="2">
         <v>0</v>
       </c>
       <c r="I153" s="1">
         <v>0</v>
       </c>
       <c r="J153" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K153" s="2" t="str">
-        <f>J153*4290.00</f>
+        <f>J153*3390.00</f>
         <v>0</v>
       </c>
       <c r="L153" s="5"/>
     </row>
-    <row r="154" spans="1:12" outlineLevel="1">
-      <c r="A154" s="7" t="s">
+    <row r="154" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A154" s="1"/>
+      <c r="B154" s="1">
+        <v>879067</v>
+      </c>
+      <c r="C154" s="1" t="s">
         <v>552</v>
       </c>
-      <c r="B154" s="7"/>
-[...8 lines deleted...]
-      <c r="K154" s="7"/>
+      <c r="D154" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="E154" s="2" t="s">
+        <v>554</v>
+      </c>
+      <c r="F154" s="2" t="s">
+        <v>545</v>
+      </c>
+      <c r="G154" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H154" s="2">
+        <v>0</v>
+      </c>
+      <c r="I154" s="1">
+        <v>0</v>
+      </c>
+      <c r="J154" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K154" s="2" t="str">
+        <f>J154*3390.00</f>
+        <v>0</v>
+      </c>
       <c r="L154" s="5"/>
     </row>
-    <row r="155" spans="1:12" outlineLevel="3">
+    <row r="155" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A155" s="1"/>
       <c r="B155" s="1">
-        <v>889397</v>
+        <v>879068</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>553</v>
-[...1 lines deleted...]
-      <c r="D155" s="1"/>
+        <v>555</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>556</v>
+      </c>
       <c r="E155" s="2" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>555</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>558</v>
+      </c>
+      <c r="G155" s="2">
+        <v>0</v>
       </c>
       <c r="H155" s="2">
         <v>0</v>
       </c>
       <c r="I155" s="1">
         <v>0</v>
       </c>
       <c r="J155" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K155" s="2" t="str">
-        <f>J155*258.21</f>
+        <f>J155*3190.00</f>
         <v>0</v>
       </c>
       <c r="L155" s="5"/>
     </row>
-    <row r="156" spans="1:12" outlineLevel="2">
-[...12 lines deleted...]
-      <c r="K156" s="8"/>
+    <row r="156" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A156" s="1"/>
+      <c r="B156" s="1">
+        <v>879069</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="E156" s="2" t="s">
+        <v>561</v>
+      </c>
+      <c r="F156" s="2" t="s">
+        <v>545</v>
+      </c>
+      <c r="G156" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H156" s="2">
+        <v>0</v>
+      </c>
+      <c r="I156" s="1">
+        <v>0</v>
+      </c>
+      <c r="J156" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K156" s="2" t="str">
+        <f>J156*3390.00</f>
+        <v>0</v>
+      </c>
       <c r="L156" s="5"/>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A157" s="1"/>
       <c r="B157" s="1">
-        <v>818960</v>
+        <v>879070</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="E157" s="2" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>560</v>
-[...5 lines deleted...]
-        <v>147</v>
+        <v>545</v>
+      </c>
+      <c r="G157" s="2">
+        <v>3</v>
+      </c>
+      <c r="H157" s="2">
+        <v>0</v>
       </c>
       <c r="I157" s="1">
         <v>0</v>
       </c>
       <c r="J157" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K157" s="2" t="str">
-        <f>J157*1501.00</f>
+        <f>J157*3390.00</f>
         <v>0</v>
       </c>
       <c r="L157" s="5"/>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A158" s="1"/>
       <c r="B158" s="1">
-        <v>818961</v>
+        <v>879083</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="E158" s="2" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>564</v>
-[...5 lines deleted...]
-        <v>164</v>
+        <v>568</v>
+      </c>
+      <c r="G158" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="H158" s="2">
+        <v>0</v>
       </c>
       <c r="I158" s="1">
         <v>0</v>
       </c>
       <c r="J158" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K158" s="2" t="str">
-        <f>J158*1044.00</f>
+        <f>J158*3990.00</f>
         <v>0</v>
       </c>
       <c r="L158" s="5"/>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A159" s="1"/>
       <c r="B159" s="1">
-        <v>818962</v>
+        <v>879084</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="E159" s="2" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="G159" s="2">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>182</v>
+        <v>6</v>
+      </c>
+      <c r="H159" s="2">
+        <v>0</v>
       </c>
       <c r="I159" s="1">
         <v>0</v>
       </c>
       <c r="J159" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K159" s="2" t="str">
-        <f>J159*654.00</f>
+        <f>J159*4290.00</f>
         <v>0</v>
       </c>
       <c r="L159" s="5"/>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A160" s="1"/>
       <c r="B160" s="1">
-        <v>818963</v>
+        <v>879085</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="E160" s="2" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>572</v>
       </c>
       <c r="G160" s="2">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>3</v>
+      </c>
+      <c r="H160" s="2">
+        <v>0</v>
       </c>
       <c r="I160" s="1">
         <v>0</v>
       </c>
       <c r="J160" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K160" s="2" t="str">
-        <f>J160*1953.00</f>
+        <f>J160*4290.00</f>
         <v>0</v>
       </c>
       <c r="L160" s="5"/>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A161" s="1"/>
       <c r="B161" s="1">
-        <v>818964</v>
+        <v>879086</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="E161" s="2" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>576</v>
+        <v>572</v>
       </c>
       <c r="G161" s="2">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="H161" s="2">
         <v>0</v>
       </c>
       <c r="I161" s="1">
         <v>0</v>
       </c>
       <c r="J161" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K161" s="2" t="str">
-        <f>J161*4024.00</f>
+        <f>J161*4290.00</f>
         <v>0</v>
       </c>
       <c r="L161" s="5"/>
     </row>
-    <row r="162" spans="1:12" outlineLevel="2">
-[...12 lines deleted...]
-      <c r="K162" s="8"/>
+    <row r="162" spans="1:12" outlineLevel="1">
+      <c r="A162" s="7" t="s">
+        <v>579</v>
+      </c>
+      <c r="B162" s="7"/>
+      <c r="C162" s="7"/>
+      <c r="D162" s="7"/>
+      <c r="E162" s="7"/>
+      <c r="F162" s="7"/>
+      <c r="G162" s="7"/>
+      <c r="H162" s="7"/>
+      <c r="I162" s="7"/>
+      <c r="J162" s="7"/>
+      <c r="K162" s="7"/>
       <c r="L162" s="5"/>
     </row>
-    <row r="163" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="163" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A163" s="1"/>
       <c r="B163" s="1">
-        <v>819000</v>
+        <v>889397</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>578</v>
-[...3 lines deleted...]
-      </c>
+        <v>580</v>
+      </c>
+      <c r="D163" s="1"/>
       <c r="E163" s="2" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>582</v>
+      </c>
+      <c r="G163" s="2" t="s">
+        <v>176</v>
       </c>
       <c r="H163" s="2">
         <v>0</v>
       </c>
       <c r="I163" s="1">
         <v>0</v>
       </c>
       <c r="J163" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K163" s="2" t="str">
-        <f>J163*302.08</f>
+        <f>J163*258.21</f>
         <v>0</v>
       </c>
       <c r="L163" s="5"/>
     </row>
-    <row r="164" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...7 lines deleted...]
-      <c r="D164" s="1" t="s">
+    <row r="164" spans="1:12" outlineLevel="2">
+      <c r="A164" s="8" t="s">
         <v>583</v>
       </c>
-      <c r="E164" s="2" t="s">
-[...20 lines deleted...]
-      </c>
+      <c r="B164" s="8"/>
+      <c r="C164" s="8"/>
+      <c r="D164" s="8"/>
+      <c r="E164" s="8"/>
+      <c r="F164" s="8"/>
+      <c r="G164" s="8"/>
+      <c r="H164" s="8"/>
+      <c r="I164" s="8"/>
+      <c r="J164" s="8"/>
+      <c r="K164" s="8"/>
       <c r="L164" s="5"/>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A165" s="1"/>
       <c r="B165" s="1">
-        <v>825180</v>
+        <v>818960</v>
       </c>
       <c r="C165" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D165" s="1" t="s">
         <v>585</v>
       </c>
-      <c r="D165" s="1" t="s">
+      <c r="E165" s="2" t="s">
         <v>586</v>
       </c>
-      <c r="E165" s="2" t="s">
+      <c r="F165" s="2" t="s">
         <v>587</v>
       </c>
-      <c r="F165" s="2" t="s">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="G165" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H165" s="2" t="s">
+        <v>185</v>
       </c>
       <c r="I165" s="1">
         <v>0</v>
       </c>
       <c r="J165" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K165" s="2" t="str">
-        <f>J165*300.59</f>
+        <f>J165*1501.00</f>
         <v>0</v>
       </c>
       <c r="L165" s="5"/>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A166" s="1"/>
       <c r="B166" s="1">
-        <v>825181</v>
+        <v>818961</v>
       </c>
       <c r="C166" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="D166" s="1" t="s">
         <v>589</v>
       </c>
-      <c r="D166" s="1" t="s">
+      <c r="E166" s="2" t="s">
         <v>590</v>
-      </c>
-[...1 lines deleted...]
-        <v>587</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>591</v>
       </c>
       <c r="G166" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>36</v>
+      </c>
+      <c r="H166" s="2" t="s">
+        <v>185</v>
       </c>
       <c r="I166" s="1">
         <v>0</v>
       </c>
       <c r="J166" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K166" s="2" t="str">
-        <f>J166*403.27</f>
+        <f>J166*1044.00</f>
         <v>0</v>
       </c>
       <c r="L166" s="5"/>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A167" s="1"/>
       <c r="B167" s="1">
-        <v>825183</v>
+        <v>818962</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>592</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>593</v>
       </c>
       <c r="E167" s="2" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>594</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>595</v>
+      </c>
+      <c r="G167" s="2">
+        <v>7</v>
+      </c>
+      <c r="H167" s="2" t="s">
+        <v>202</v>
       </c>
       <c r="I167" s="1">
         <v>0</v>
       </c>
       <c r="J167" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K167" s="2" t="str">
-        <f>J167*293.15</f>
+        <f>J167*654.00</f>
         <v>0</v>
       </c>
       <c r="L167" s="5"/>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A168" s="1"/>
       <c r="B168" s="1">
-        <v>825184</v>
+        <v>818963</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="E168" s="2" t="s">
-        <v>587</v>
+        <v>598</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="G168" s="2">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>4</v>
+      </c>
+      <c r="H168" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="I168" s="1">
         <v>0</v>
       </c>
       <c r="J168" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K168" s="2" t="str">
-        <f>J168*321.42</f>
+        <f>J168*1953.00</f>
         <v>0</v>
       </c>
       <c r="L168" s="5"/>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A169" s="1"/>
       <c r="B169" s="1">
-        <v>825185</v>
+        <v>818964</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="E169" s="2" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="G169" s="2" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="H169" s="2">
         <v>0</v>
       </c>
       <c r="I169" s="1">
         <v>0</v>
       </c>
       <c r="J169" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K169" s="2" t="str">
-        <f>J169*339.28</f>
+        <f>J169*4024.00</f>
         <v>0</v>
       </c>
       <c r="L169" s="5"/>
     </row>
-    <row r="170" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...13 lines deleted...]
-      <c r="F170" s="2" t="s">
+    <row r="170" spans="1:12" outlineLevel="2">
+      <c r="A170" s="8" t="s">
         <v>604</v>
       </c>
-      <c r="G170" s="2">
-[...14 lines deleted...]
-      </c>
+      <c r="B170" s="8"/>
+      <c r="C170" s="8"/>
+      <c r="D170" s="8"/>
+      <c r="E170" s="8"/>
+      <c r="F170" s="8"/>
+      <c r="G170" s="8"/>
+      <c r="H170" s="8"/>
+      <c r="I170" s="8"/>
+      <c r="J170" s="8"/>
+      <c r="K170" s="8"/>
       <c r="L170" s="5"/>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A171" s="1"/>
       <c r="B171" s="1">
-        <v>832480</v>
+        <v>819000</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>605</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>606</v>
       </c>
       <c r="E171" s="2" t="s">
         <v>607</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>608</v>
+      </c>
+      <c r="G171" s="2">
+        <v>2</v>
       </c>
       <c r="H171" s="2">
         <v>0</v>
       </c>
       <c r="I171" s="1">
         <v>0</v>
       </c>
       <c r="J171" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K171" s="2" t="str">
-        <f>J171*302.08</f>
+        <f>J171*301.96</f>
         <v>0</v>
       </c>
       <c r="L171" s="5"/>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A172" s="1"/>
       <c r="B172" s="1">
-        <v>832481</v>
+        <v>819001</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="E172" s="2" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>611</v>
       </c>
       <c r="G172" s="2">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="H172" s="2">
         <v>0</v>
       </c>
       <c r="I172" s="1">
         <v>0</v>
       </c>
       <c r="J172" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K172" s="2" t="str">
-        <f>J172*325.89</f>
+        <f>J172*342.13</f>
         <v>0</v>
       </c>
       <c r="L172" s="5"/>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A173" s="1"/>
       <c r="B173" s="1">
-        <v>832496</v>
+        <v>825180</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>612</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>613</v>
       </c>
       <c r="E173" s="2" t="s">
         <v>614</v>
       </c>
       <c r="F173" s="2" t="s">
         <v>615</v>
       </c>
       <c r="G173" s="2">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="H173" s="2">
         <v>0</v>
       </c>
       <c r="I173" s="1">
         <v>0</v>
       </c>
       <c r="J173" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K173" s="2" t="str">
-        <f>J173*863.08</f>
+        <f>J173*300.48</f>
         <v>0</v>
       </c>
       <c r="L173" s="5"/>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A174" s="1"/>
       <c r="B174" s="1">
-        <v>832497</v>
+        <v>825181</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>616</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>617</v>
       </c>
       <c r="E174" s="2" t="s">
+        <v>614</v>
+      </c>
+      <c r="F174" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="F174" s="2" t="s">
-[...3 lines deleted...]
-        <v>4</v>
+      <c r="G174" s="2" t="s">
+        <v>36</v>
       </c>
       <c r="H174" s="2">
         <v>0</v>
       </c>
       <c r="I174" s="1">
         <v>0</v>
       </c>
       <c r="J174" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K174" s="2" t="str">
-        <f>J174*863.08</f>
+        <f>J174*403.11</f>
         <v>0</v>
       </c>
       <c r="L174" s="5"/>
     </row>
-    <row r="175" spans="1:12" outlineLevel="2">
-      <c r="A175" s="8" t="s">
+    <row r="175" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A175" s="1"/>
+      <c r="B175" s="1">
+        <v>825183</v>
+      </c>
+      <c r="C175" s="1" t="s">
         <v>619</v>
       </c>
-      <c r="B175" s="8"/>
-[...8 lines deleted...]
-      <c r="K175" s="8"/>
+      <c r="D175" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="E175" s="2" t="s">
+        <v>614</v>
+      </c>
+      <c r="F175" s="2" t="s">
+        <v>621</v>
+      </c>
+      <c r="G175" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="H175" s="2">
+        <v>0</v>
+      </c>
+      <c r="I175" s="1">
+        <v>0</v>
+      </c>
+      <c r="J175" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K175" s="2" t="str">
+        <f>J175*293.04</f>
+        <v>0</v>
+      </c>
       <c r="L175" s="5"/>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A176" s="1"/>
       <c r="B176" s="1">
-        <v>836399</v>
+        <v>825184</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="E176" s="2" t="s">
-        <v>622</v>
+        <v>614</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="G176" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H176" s="2">
         <v>0</v>
       </c>
       <c r="I176" s="1">
         <v>0</v>
       </c>
       <c r="J176" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K176" s="2" t="str">
-        <f>J176*439.27</f>
+        <f>J176*321.30</f>
         <v>0</v>
       </c>
       <c r="L176" s="5"/>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A177" s="1"/>
       <c r="B177" s="1">
-        <v>836400</v>
+        <v>825185</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="E177" s="2" t="s">
-        <v>626</v>
+        <v>614</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>627</v>
       </c>
-      <c r="G177" s="2">
-        <v>8</v>
+      <c r="G177" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H177" s="2">
         <v>0</v>
       </c>
       <c r="I177" s="1">
         <v>0</v>
       </c>
       <c r="J177" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K177" s="2" t="str">
-        <f>J177*1197.78</f>
+        <f>J177*339.15</f>
         <v>0</v>
       </c>
       <c r="L177" s="5"/>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A178" s="1"/>
       <c r="B178" s="1">
-        <v>870283</v>
+        <v>825186</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>628</v>
       </c>
-      <c r="D178" s="1"/>
+      <c r="D178" s="1" t="s">
+        <v>629</v>
+      </c>
       <c r="E178" s="2" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="G178" s="2">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H178" s="2">
         <v>0</v>
       </c>
       <c r="I178" s="1">
         <v>0</v>
       </c>
       <c r="J178" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K178" s="2" t="str">
-        <f>J178*400.00</f>
+        <f>J178*879.11</f>
         <v>0</v>
       </c>
       <c r="L178" s="5"/>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A179" s="1"/>
       <c r="B179" s="1">
-        <v>870284</v>
+        <v>832480</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>631</v>
-[...1 lines deleted...]
-      <c r="D179" s="1"/>
+        <v>632</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>633</v>
+      </c>
       <c r="E179" s="2" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>633</v>
+        <v>608</v>
       </c>
       <c r="G179" s="2" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="H179" s="2">
         <v>0</v>
       </c>
       <c r="I179" s="1">
         <v>0</v>
       </c>
       <c r="J179" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K179" s="2" t="str">
-        <f>J179*474.11</f>
+        <f>J179*301.96</f>
         <v>0</v>
       </c>
       <c r="L179" s="5"/>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A180" s="1"/>
       <c r="B180" s="1">
-        <v>870285</v>
+        <v>832481</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>634</v>
-[...1 lines deleted...]
-      <c r="D180" s="1"/>
+        <v>635</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>636</v>
+      </c>
       <c r="E180" s="2" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>630</v>
+        <v>638</v>
       </c>
       <c r="G180" s="2">
         <v>2</v>
       </c>
       <c r="H180" s="2">
         <v>0</v>
       </c>
       <c r="I180" s="1">
         <v>0</v>
       </c>
       <c r="J180" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K180" s="2" t="str">
-        <f>J180*400.00</f>
+        <f>J180*325.76</f>
         <v>0</v>
       </c>
       <c r="L180" s="5"/>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A181" s="1"/>
       <c r="B181" s="1">
-        <v>870286</v>
+        <v>832496</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>636</v>
-[...1 lines deleted...]
-      <c r="D181" s="1"/>
+        <v>639</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>640</v>
+      </c>
       <c r="E181" s="2" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>633</v>
+        <v>642</v>
       </c>
       <c r="G181" s="2">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="H181" s="2">
         <v>0</v>
       </c>
       <c r="I181" s="1">
         <v>0</v>
       </c>
       <c r="J181" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K181" s="2" t="str">
-        <f>J181*474.11</f>
+        <f>J181*862.75</f>
         <v>0</v>
       </c>
       <c r="L181" s="5"/>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A182" s="1"/>
       <c r="B182" s="1">
-        <v>874426</v>
+        <v>832497</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>638</v>
-[...1 lines deleted...]
-      <c r="D182" s="1"/>
+        <v>643</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>644</v>
+      </c>
       <c r="E182" s="2" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>633</v>
+        <v>642</v>
       </c>
       <c r="G182" s="2">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H182" s="2">
         <v>0</v>
       </c>
       <c r="I182" s="1">
         <v>0</v>
       </c>
       <c r="J182" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K182" s="2" t="str">
-        <f>J182*474.11</f>
+        <f>J182*862.75</f>
         <v>0</v>
       </c>
       <c r="L182" s="5"/>
     </row>
-    <row r="183" spans="1:12" outlineLevel="1">
-[...12 lines deleted...]
-      <c r="K183" s="7"/>
+    <row r="183" spans="1:12" outlineLevel="2">
+      <c r="A183" s="8" t="s">
+        <v>646</v>
+      </c>
+      <c r="B183" s="8"/>
+      <c r="C183" s="8"/>
+      <c r="D183" s="8"/>
+      <c r="E183" s="8"/>
+      <c r="F183" s="8"/>
+      <c r="G183" s="8"/>
+      <c r="H183" s="8"/>
+      <c r="I183" s="8"/>
+      <c r="J183" s="8"/>
+      <c r="K183" s="8"/>
       <c r="L183" s="5"/>
     </row>
-    <row r="184" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="184" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A184" s="1"/>
       <c r="B184" s="1">
-        <v>883187</v>
+        <v>836399</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>641</v>
-[...1 lines deleted...]
-      <c r="D184" s="1"/>
+        <v>647</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>648</v>
+      </c>
       <c r="E184" s="2" t="s">
-        <v>642</v>
+        <v>649</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="G184" s="2">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="H184" s="2">
         <v>0</v>
       </c>
       <c r="I184" s="1">
         <v>0</v>
       </c>
       <c r="J184" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K184" s="2" t="str">
-        <f>J184*892.42</f>
+        <f>J184*439.27</f>
         <v>0</v>
       </c>
       <c r="L184" s="5"/>
     </row>
-    <row r="185" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="185" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A185" s="1"/>
       <c r="B185" s="1">
-        <v>883188</v>
+        <v>836400</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>644</v>
-[...1 lines deleted...]
-      <c r="D185" s="1"/>
+        <v>651</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>652</v>
+      </c>
       <c r="E185" s="2" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="G185" s="2">
         <v>8</v>
       </c>
       <c r="H185" s="2">
         <v>0</v>
       </c>
       <c r="I185" s="1">
         <v>0</v>
       </c>
       <c r="J185" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K185" s="2" t="str">
-        <f>J185*1295.93</f>
+        <f>J185*1197.78</f>
         <v>0</v>
       </c>
       <c r="L185" s="5"/>
     </row>
-    <row r="186" spans="1:12" outlineLevel="2">
-[...12 lines deleted...]
-      <c r="K186" s="8"/>
+    <row r="186" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A186" s="1"/>
+      <c r="B186" s="1">
+        <v>870283</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="D186" s="1"/>
+      <c r="E186" s="2" t="s">
+        <v>656</v>
+      </c>
+      <c r="F186" s="2" t="s">
+        <v>657</v>
+      </c>
+      <c r="G186" s="2">
+        <v>1</v>
+      </c>
+      <c r="H186" s="2">
+        <v>0</v>
+      </c>
+      <c r="I186" s="1">
+        <v>0</v>
+      </c>
+      <c r="J186" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K186" s="2" t="str">
+        <f>J186*400.00</f>
+        <v>0</v>
+      </c>
       <c r="L186" s="5"/>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A187" s="1"/>
       <c r="B187" s="1">
-        <v>819028</v>
+        <v>870284</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>648</v>
-[...3 lines deleted...]
-      </c>
+        <v>658</v>
+      </c>
+      <c r="D187" s="1"/>
       <c r="E187" s="2" t="s">
-        <v>650</v>
+        <v>659</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>651</v>
-[...4 lines deleted...]
-      <c r="H187" s="2" t="s">
+        <v>660</v>
+      </c>
+      <c r="G187" s="2" t="s">
         <v>18</v>
       </c>
+      <c r="H187" s="2">
+        <v>0</v>
+      </c>
       <c r="I187" s="1">
         <v>0</v>
       </c>
       <c r="J187" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K187" s="2" t="str">
-        <f>J187*3389.00</f>
+        <f>J187*474.11</f>
         <v>0</v>
       </c>
       <c r="L187" s="5"/>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A188" s="1"/>
       <c r="B188" s="1">
-        <v>819029</v>
+        <v>870285</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>652</v>
-[...3 lines deleted...]
-      </c>
+        <v>661</v>
+      </c>
+      <c r="D188" s="1"/>
       <c r="E188" s="2" t="s">
-        <v>654</v>
+        <v>662</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
       <c r="G188" s="2">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>2</v>
+      </c>
+      <c r="H188" s="2">
+        <v>0</v>
       </c>
       <c r="I188" s="1">
         <v>0</v>
       </c>
       <c r="J188" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K188" s="2" t="str">
-        <f>J188*3389.00</f>
+        <f>J188*400.00</f>
         <v>0</v>
       </c>
       <c r="L188" s="5"/>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A189" s="1"/>
       <c r="B189" s="1">
-        <v>819030</v>
+        <v>870286</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>655</v>
-[...3 lines deleted...]
-      </c>
+        <v>663</v>
+      </c>
+      <c r="D189" s="1"/>
       <c r="E189" s="2" t="s">
-        <v>657</v>
+        <v>664</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="G189" s="2">
         <v>0</v>
       </c>
-      <c r="H189" s="2" t="s">
-        <v>147</v>
+      <c r="H189" s="2">
+        <v>0</v>
       </c>
       <c r="I189" s="1">
         <v>0</v>
       </c>
       <c r="J189" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K189" s="2" t="str">
-        <f>J189*570.00</f>
+        <f>J189*474.11</f>
         <v>0</v>
       </c>
       <c r="L189" s="5"/>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A190" s="1"/>
       <c r="B190" s="1">
-        <v>819031</v>
+        <v>874426</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>659</v>
-[...1 lines deleted...]
-      <c r="D190" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="D190" s="1"/>
+      <c r="E190" s="2" t="s">
+        <v>666</v>
+      </c>
+      <c r="F190" s="2" t="s">
         <v>660</v>
       </c>
-      <c r="E190" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G190" s="2">
         <v>0</v>
       </c>
-      <c r="H190" s="2" t="s">
-        <v>182</v>
+      <c r="H190" s="2">
+        <v>0</v>
       </c>
       <c r="I190" s="1">
         <v>0</v>
       </c>
       <c r="J190" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K190" s="2" t="str">
-        <f>J190*1218.00</f>
+        <f>J190*474.11</f>
         <v>0</v>
       </c>
       <c r="L190" s="5"/>
     </row>
-    <row r="191" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...31 lines deleted...]
-      </c>
+    <row r="191" spans="1:12" outlineLevel="1">
+      <c r="A191" s="7" t="s">
+        <v>667</v>
+      </c>
+      <c r="B191" s="7"/>
+      <c r="C191" s="7"/>
+      <c r="D191" s="7"/>
+      <c r="E191" s="7"/>
+      <c r="F191" s="7"/>
+      <c r="G191" s="7"/>
+      <c r="H191" s="7"/>
+      <c r="I191" s="7"/>
+      <c r="J191" s="7"/>
+      <c r="K191" s="7"/>
       <c r="L191" s="5"/>
     </row>
-    <row r="192" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="192" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A192" s="1"/>
       <c r="B192" s="1">
-        <v>819033</v>
+        <v>883187</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>667</v>
-[...1 lines deleted...]
-      <c r="D192" s="1" t="s">
         <v>668</v>
       </c>
+      <c r="D192" s="1"/>
       <c r="E192" s="2" t="s">
         <v>669</v>
       </c>
       <c r="F192" s="2" t="s">
         <v>670</v>
       </c>
-      <c r="G192" s="2" t="s">
-[...3 lines deleted...]
-        <v>164</v>
+      <c r="G192" s="2">
+        <v>8</v>
+      </c>
+      <c r="H192" s="2">
+        <v>0</v>
       </c>
       <c r="I192" s="1">
         <v>0</v>
       </c>
       <c r="J192" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K192" s="2" t="str">
-        <f>J192*1580.00</f>
+        <f>J192*892.42</f>
         <v>0</v>
       </c>
       <c r="L192" s="5"/>
     </row>
-    <row r="193" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="193" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A193" s="1"/>
       <c r="B193" s="1">
-        <v>819034</v>
+        <v>883188</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>671</v>
       </c>
-      <c r="D193" s="1" t="s">
+      <c r="D193" s="1"/>
+      <c r="E193" s="2" t="s">
         <v>672</v>
       </c>
-      <c r="E193" s="2" t="s">
+      <c r="F193" s="2" t="s">
         <v>673</v>
       </c>
-      <c r="F193" s="2" t="s">
-[...6 lines deleted...]
-        <v>182</v>
+      <c r="G193" s="2">
+        <v>8</v>
+      </c>
+      <c r="H193" s="2">
+        <v>0</v>
       </c>
       <c r="I193" s="1">
         <v>0</v>
       </c>
       <c r="J193" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K193" s="2" t="str">
-        <f>J193*149.00</f>
+        <f>J193*1295.93</f>
         <v>0</v>
       </c>
       <c r="L193" s="5"/>
     </row>
     <row r="194" spans="1:12" outlineLevel="2">
       <c r="A194" s="8" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="B194" s="8"/>
       <c r="C194" s="8"/>
       <c r="D194" s="8"/>
       <c r="E194" s="8"/>
       <c r="F194" s="8"/>
       <c r="G194" s="8"/>
       <c r="H194" s="8"/>
       <c r="I194" s="8"/>
       <c r="J194" s="8"/>
       <c r="K194" s="8"/>
       <c r="L194" s="5"/>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A195" s="1"/>
       <c r="B195" s="1">
-        <v>824683</v>
+        <v>819028</v>
       </c>
       <c r="C195" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="D195" s="1" t="s">
         <v>676</v>
       </c>
-      <c r="D195" s="1" t="s">
+      <c r="E195" s="2" t="s">
         <v>677</v>
       </c>
-      <c r="E195" s="2" t="s">
+      <c r="F195" s="2" t="s">
         <v>678</v>
       </c>
-      <c r="F195" s="2" t="s">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="G195" s="2">
+        <v>5</v>
+      </c>
+      <c r="H195" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="I195" s="1">
         <v>0</v>
       </c>
       <c r="J195" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K195" s="2" t="str">
-        <f>J195*891.35</f>
+        <f>J195*3389.00</f>
         <v>0</v>
       </c>
       <c r="L195" s="5"/>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A196" s="1"/>
       <c r="B196" s="1">
-        <v>825201</v>
+        <v>819029</v>
       </c>
       <c r="C196" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="D196" s="1" t="s">
         <v>680</v>
       </c>
-      <c r="D196" s="1" t="s">
+      <c r="E196" s="2" t="s">
         <v>681</v>
       </c>
-      <c r="E196" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F196" s="2" t="s">
-        <v>683</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>678</v>
+      </c>
+      <c r="G196" s="2">
+        <v>4</v>
+      </c>
+      <c r="H196" s="2" t="s">
+        <v>167</v>
       </c>
       <c r="I196" s="1">
         <v>0</v>
       </c>
       <c r="J196" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K196" s="2" t="str">
-        <f>J196*873.50</f>
+        <f>J196*3389.00</f>
         <v>0</v>
       </c>
       <c r="L196" s="5"/>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A197" s="1"/>
       <c r="B197" s="1">
-        <v>880047</v>
+        <v>819030</v>
       </c>
       <c r="C197" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="E197" s="2" t="s">
         <v>684</v>
       </c>
-      <c r="D197" s="1" t="s">
+      <c r="F197" s="2" t="s">
         <v>685</v>
       </c>
-      <c r="E197" s="2" t="s">
-[...9 lines deleted...]
-        <v>0</v>
+      <c r="G197" s="2">
+        <v>0</v>
+      </c>
+      <c r="H197" s="2" t="s">
+        <v>167</v>
       </c>
       <c r="I197" s="1">
         <v>0</v>
       </c>
       <c r="J197" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K197" s="2" t="str">
-        <f>J197*1043.14</f>
+        <f>J197*570.00</f>
         <v>0</v>
       </c>
       <c r="L197" s="5"/>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A198" s="1"/>
       <c r="B198" s="1">
-        <v>880048</v>
+        <v>819031</v>
       </c>
       <c r="C198" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="E198" s="2" t="s">
         <v>688</v>
       </c>
-      <c r="D198" s="1" t="s">
+      <c r="F198" s="2" t="s">
         <v>689</v>
-      </c>
-[...4 lines deleted...]
-        <v>691</v>
       </c>
       <c r="G198" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="H198" s="2">
-        <v>0</v>
+      <c r="H198" s="2" t="s">
+        <v>202</v>
       </c>
       <c r="I198" s="1">
         <v>0</v>
       </c>
       <c r="J198" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K198" s="2" t="str">
-        <f>J198*1068.43</f>
+        <f>J198*1218.00</f>
         <v>0</v>
       </c>
       <c r="L198" s="5"/>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A199" s="1"/>
       <c r="B199" s="1">
-        <v>880049</v>
+        <v>819032</v>
       </c>
       <c r="C199" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="E199" s="2" t="s">
         <v>692</v>
       </c>
-      <c r="D199" s="1" t="s">
+      <c r="F199" s="2" t="s">
         <v>693</v>
       </c>
-      <c r="E199" s="2" t="s">
-[...6 lines deleted...]
-        <v>18</v>
+      <c r="G199" s="2">
+        <v>0</v>
       </c>
       <c r="H199" s="2">
         <v>0</v>
       </c>
       <c r="I199" s="1">
         <v>0</v>
       </c>
       <c r="J199" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K199" s="2" t="str">
-        <f>J199*1087.78</f>
+        <f>J199*931.00</f>
         <v>0</v>
       </c>
       <c r="L199" s="5"/>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A200" s="1"/>
       <c r="B200" s="1">
-        <v>880050</v>
+        <v>819033</v>
       </c>
       <c r="C200" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="E200" s="2" t="s">
         <v>696</v>
       </c>
-      <c r="D200" s="1" t="s">
+      <c r="F200" s="2" t="s">
         <v>697</v>
       </c>
-      <c r="E200" s="2" t="s">
-[...9 lines deleted...]
-        <v>0</v>
+      <c r="G200" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H200" s="2" t="s">
+        <v>167</v>
       </c>
       <c r="I200" s="1">
         <v>0</v>
       </c>
       <c r="J200" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K200" s="2" t="str">
-        <f>J200*1099.68</f>
+        <f>J200*1580.00</f>
         <v>0</v>
       </c>
       <c r="L200" s="5"/>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A201" s="1"/>
       <c r="B201" s="1">
-        <v>884615</v>
+        <v>819034</v>
       </c>
       <c r="C201" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="E201" s="2" t="s">
         <v>700</v>
       </c>
-      <c r="D201" s="1" t="s">
+      <c r="F201" s="2" t="s">
         <v>701</v>
-      </c>
-[...4 lines deleted...]
-        <v>703</v>
       </c>
       <c r="G201" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="H201" s="2">
-        <v>0</v>
+      <c r="H201" s="2" t="s">
+        <v>202</v>
       </c>
       <c r="I201" s="1">
         <v>0</v>
       </c>
       <c r="J201" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K201" s="2" t="str">
-        <f>J201*72.92</f>
+        <f>J201*149.00</f>
         <v>0</v>
       </c>
       <c r="L201" s="5"/>
     </row>
-    <row r="202" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...31 lines deleted...]
-      </c>
+    <row r="202" spans="1:12" outlineLevel="2">
+      <c r="A202" s="8" t="s">
+        <v>702</v>
+      </c>
+      <c r="B202" s="8"/>
+      <c r="C202" s="8"/>
+      <c r="D202" s="8"/>
+      <c r="E202" s="8"/>
+      <c r="F202" s="8"/>
+      <c r="G202" s="8"/>
+      <c r="H202" s="8"/>
+      <c r="I202" s="8"/>
+      <c r="J202" s="8"/>
+      <c r="K202" s="8"/>
       <c r="L202" s="5"/>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A203" s="1"/>
       <c r="B203" s="1">
-        <v>883951</v>
+        <v>824683</v>
       </c>
       <c r="C203" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="E203" s="2" t="s">
+        <v>705</v>
+      </c>
+      <c r="F203" s="2" t="s">
+        <v>706</v>
+      </c>
+      <c r="G203" s="2">
+        <v>-3</v>
+      </c>
+      <c r="H203" s="2">
+        <v>0</v>
+      </c>
+      <c r="I203" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J203" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K203" s="2" t="str">
+        <f>J203*891.01</f>
+        <v>0</v>
+      </c>
+      <c r="L203" s="5"/>
+    </row>
+    <row r="204" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A204" s="1"/>
+      <c r="B204" s="1">
+        <v>825201</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="D204" s="1" t="s">
         <v>708</v>
       </c>
-      <c r="D203" s="1" t="s">
+      <c r="E204" s="2" t="s">
         <v>709</v>
       </c>
-      <c r="E203" s="2" t="s">
+      <c r="F204" s="2" t="s">
         <v>710</v>
       </c>
-      <c r="F203" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G203" s="2" t="s">
+      <c r="G204" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="H203" s="2">
-[...27 lines deleted...]
-      <c r="K204" s="8"/>
+      <c r="H204" s="2">
+        <v>0</v>
+      </c>
+      <c r="I204" s="1">
+        <v>0</v>
+      </c>
+      <c r="J204" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K204" s="2" t="str">
+        <f>J204*873.16</f>
+        <v>0</v>
+      </c>
       <c r="L204" s="5"/>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A205" s="1"/>
       <c r="B205" s="1">
-        <v>818959</v>
+        <v>880047</v>
       </c>
       <c r="C205" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="D205" s="1" t="s">
         <v>712</v>
       </c>
-      <c r="D205" s="1" t="s">
+      <c r="E205" s="2" t="s">
         <v>713</v>
       </c>
-      <c r="E205" s="2" t="s">
+      <c r="F205" s="2" t="s">
         <v>714</v>
       </c>
-      <c r="F205" s="2" t="s">
-[...6 lines deleted...]
-        <v>147</v>
+      <c r="G205" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H205" s="2">
+        <v>0</v>
       </c>
       <c r="I205" s="1">
         <v>0</v>
       </c>
       <c r="J205" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K205" s="2" t="str">
-        <f>J205*795.00</f>
+        <f>J205*1042.74</f>
         <v>0</v>
       </c>
       <c r="L205" s="5"/>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A206" s="1"/>
       <c r="B206" s="1">
-        <v>818965</v>
+        <v>880048</v>
       </c>
       <c r="C206" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="D206" s="1" t="s">
         <v>716</v>
       </c>
-      <c r="D206" s="1" t="s">
+      <c r="E206" s="2" t="s">
         <v>717</v>
       </c>
-      <c r="E206" s="2" t="s">
+      <c r="F206" s="2" t="s">
         <v>718</v>
       </c>
-      <c r="F206" s="2" t="s">
-[...6 lines deleted...]
-        <v>36</v>
+      <c r="G206" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H206" s="2">
+        <v>0</v>
       </c>
       <c r="I206" s="1">
         <v>0</v>
       </c>
       <c r="J206" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K206" s="2" t="str">
-        <f>J206*4758.00</f>
+        <f>J206*1068.03</f>
         <v>0</v>
       </c>
       <c r="L206" s="5"/>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A207" s="1"/>
       <c r="B207" s="1">
-        <v>818966</v>
+        <v>880049</v>
       </c>
       <c r="C207" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="D207" s="1" t="s">
         <v>720</v>
       </c>
-      <c r="D207" s="1" t="s">
+      <c r="E207" s="2" t="s">
         <v>721</v>
       </c>
-      <c r="E207" s="2" t="s">
+      <c r="F207" s="2" t="s">
         <v>722</v>
       </c>
-      <c r="F207" s="2" t="s">
-[...6 lines deleted...]
-        <v>164</v>
+      <c r="G207" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H207" s="2">
+        <v>0</v>
       </c>
       <c r="I207" s="1">
         <v>0</v>
       </c>
       <c r="J207" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K207" s="2" t="str">
-        <f>J207*4445.00</f>
+        <f>J207*1087.36</f>
         <v>0</v>
       </c>
       <c r="L207" s="5"/>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A208" s="1"/>
       <c r="B208" s="1">
-        <v>818967</v>
+        <v>880050</v>
       </c>
       <c r="C208" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="D208" s="1" t="s">
         <v>724</v>
       </c>
-      <c r="D208" s="1" t="s">
+      <c r="E208" s="2" t="s">
         <v>725</v>
       </c>
-      <c r="E208" s="2" t="s">
+      <c r="F208" s="2" t="s">
         <v>726</v>
       </c>
-      <c r="F208" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G208" s="2">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H208" s="2">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="I208" s="1">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="J208" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K208" s="2" t="str">
-        <f>J208*4459.00</f>
+        <f>J208*1099.26</f>
         <v>0</v>
       </c>
       <c r="L208" s="5"/>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A209" s="1"/>
       <c r="B209" s="1">
-        <v>818968</v>
+        <v>884615</v>
       </c>
       <c r="C209" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="D209" s="1" t="s">
         <v>728</v>
       </c>
-      <c r="D209" s="1" t="s">
+      <c r="E209" s="2" t="s">
         <v>729</v>
       </c>
-      <c r="E209" s="2" t="s">
+      <c r="F209" s="2" t="s">
         <v>730</v>
       </c>
-      <c r="F209" s="2" t="s">
-[...6 lines deleted...]
-        <v>169</v>
+      <c r="G209" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="H209" s="2">
+        <v>0</v>
       </c>
       <c r="I209" s="1">
         <v>0</v>
       </c>
       <c r="J209" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K209" s="2" t="str">
-        <f>J209*4459.00</f>
+        <f>J209*72.89</f>
         <v>0</v>
       </c>
       <c r="L209" s="5"/>
     </row>
-    <row r="210" spans="1:12" outlineLevel="2">
-      <c r="A210" s="8" t="s">
+    <row r="210" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A210" s="1"/>
+      <c r="B210" s="1">
+        <v>883950</v>
+      </c>
+      <c r="C210" s="1" t="s">
         <v>731</v>
       </c>
-      <c r="B210" s="8"/>
-[...8 lines deleted...]
-      <c r="K210" s="8"/>
+      <c r="D210" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="E210" s="2" t="s">
+        <v>733</v>
+      </c>
+      <c r="F210" s="2" t="s">
+        <v>734</v>
+      </c>
+      <c r="G210" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H210" s="2">
+        <v>0</v>
+      </c>
+      <c r="I210" s="1">
+        <v>0</v>
+      </c>
+      <c r="J210" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K210" s="2" t="str">
+        <f>J210*400.14</f>
+        <v>0</v>
+      </c>
       <c r="L210" s="5"/>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A211" s="1"/>
       <c r="B211" s="1">
-        <v>825187</v>
+        <v>883951</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="E211" s="2" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>319</v>
+        <v>35</v>
       </c>
       <c r="G211" s="2" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="H211" s="2">
         <v>0</v>
       </c>
       <c r="I211" s="1">
         <v>0</v>
       </c>
       <c r="J211" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K211" s="2" t="str">
-        <f>J211*589.28</f>
+        <f>J211*447.74</f>
         <v>0</v>
       </c>
       <c r="L211" s="5"/>
     </row>
-    <row r="212" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...13 lines deleted...]
-      <c r="F212" s="2" t="s">
+    <row r="212" spans="1:12" outlineLevel="2">
+      <c r="A212" s="8" t="s">
         <v>738</v>
       </c>
-      <c r="G212" s="2">
-[...14 lines deleted...]
-      </c>
+      <c r="B212" s="8"/>
+      <c r="C212" s="8"/>
+      <c r="D212" s="8"/>
+      <c r="E212" s="8"/>
+      <c r="F212" s="8"/>
+      <c r="G212" s="8"/>
+      <c r="H212" s="8"/>
+      <c r="I212" s="8"/>
+      <c r="J212" s="8"/>
+      <c r="K212" s="8"/>
       <c r="L212" s="5"/>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A213" s="1"/>
       <c r="B213" s="1">
-        <v>832482</v>
+        <v>818959</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>739</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>740</v>
       </c>
       <c r="E213" s="2" t="s">
         <v>741</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>742</v>
       </c>
-      <c r="G213" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G213" s="2">
+        <v>0</v>
+      </c>
+      <c r="H213" s="2" t="s">
+        <v>167</v>
       </c>
       <c r="I213" s="1">
         <v>0</v>
       </c>
       <c r="J213" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K213" s="2" t="str">
-        <f>J213*166.66</f>
+        <f>J213*795.00</f>
         <v>0</v>
       </c>
       <c r="L213" s="5"/>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A214" s="1"/>
       <c r="B214" s="1">
-        <v>825197</v>
+        <v>818965</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>743</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>744</v>
       </c>
       <c r="E214" s="2" t="s">
         <v>745</v>
       </c>
       <c r="F214" s="2" t="s">
         <v>746</v>
       </c>
       <c r="G214" s="2">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>3</v>
+      </c>
+      <c r="H214" s="2" t="s">
+        <v>36</v>
       </c>
       <c r="I214" s="1">
         <v>0</v>
       </c>
       <c r="J214" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K214" s="2" t="str">
-        <f>J214*821.41</f>
+        <f>J214*4758.00</f>
         <v>0</v>
       </c>
       <c r="L214" s="5"/>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A215" s="1"/>
       <c r="B215" s="1">
-        <v>825198</v>
+        <v>818966</v>
       </c>
       <c r="C215" s="1" t="s">
         <v>747</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>748</v>
       </c>
       <c r="E215" s="2" t="s">
         <v>749</v>
       </c>
       <c r="F215" s="2" t="s">
         <v>750</v>
       </c>
       <c r="G215" s="2">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>2</v>
+      </c>
+      <c r="H215" s="2" t="s">
+        <v>185</v>
       </c>
       <c r="I215" s="1">
         <v>0</v>
       </c>
       <c r="J215" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K215" s="2" t="str">
-        <f>J215*1053.55</f>
+        <f>J215*4445.00</f>
         <v>0</v>
       </c>
       <c r="L215" s="5"/>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A216" s="1"/>
       <c r="B216" s="1">
-        <v>825199</v>
+        <v>818967</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>751</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>752</v>
       </c>
       <c r="E216" s="2" t="s">
         <v>753</v>
       </c>
       <c r="F216" s="2" t="s">
         <v>754</v>
       </c>
       <c r="G216" s="2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H216" s="2">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="I216" s="1">
         <v>0</v>
       </c>
       <c r="J216" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K216" s="2" t="str">
-        <f>J216*1095.22</f>
+        <f>J216*4459.00</f>
         <v>0</v>
       </c>
       <c r="L216" s="5"/>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A217" s="1"/>
       <c r="B217" s="1">
-        <v>825200</v>
+        <v>818968</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>755</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>756</v>
       </c>
       <c r="E217" s="2" t="s">
         <v>757</v>
       </c>
       <c r="F217" s="2" t="s">
+        <v>754</v>
+      </c>
+      <c r="G217" s="2">
+        <v>10</v>
+      </c>
+      <c r="H217" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="I217" s="1">
+        <v>0</v>
+      </c>
+      <c r="J217" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K217" s="2" t="str">
+        <f>J217*4459.00</f>
+        <v>0</v>
+      </c>
+      <c r="L217" s="5"/>
+    </row>
+    <row r="218" spans="1:12" outlineLevel="2">
+      <c r="A218" s="8" t="s">
         <v>758</v>
       </c>
-      <c r="G217" s="2">
-[...49 lines deleted...]
-      </c>
+      <c r="B218" s="8"/>
+      <c r="C218" s="8"/>
+      <c r="D218" s="8"/>
+      <c r="E218" s="8"/>
+      <c r="F218" s="8"/>
+      <c r="G218" s="8"/>
+      <c r="H218" s="8"/>
+      <c r="I218" s="8"/>
+      <c r="J218" s="8"/>
+      <c r="K218" s="8"/>
       <c r="L218" s="5"/>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A219" s="1"/>
       <c r="B219" s="1">
-        <v>884611</v>
+        <v>825187</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>763</v>
+        <v>759</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>764</v>
+        <v>760</v>
       </c>
       <c r="E219" s="2" t="s">
-        <v>765</v>
+        <v>761</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>766</v>
+        <v>339</v>
       </c>
       <c r="G219" s="2" t="s">
-        <v>169</v>
+        <v>36</v>
       </c>
       <c r="H219" s="2">
         <v>0</v>
       </c>
       <c r="I219" s="1">
         <v>0</v>
       </c>
       <c r="J219" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K219" s="2" t="str">
-        <f>J219*148.81</f>
+        <f>J219*589.05</f>
         <v>0</v>
       </c>
       <c r="L219" s="5"/>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A220" s="1"/>
       <c r="B220" s="1">
-        <v>884612</v>
+        <v>827059</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>767</v>
+        <v>762</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>768</v>
+        <v>763</v>
       </c>
       <c r="E220" s="2" t="s">
-        <v>769</v>
+        <v>764</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>765</v>
+      </c>
+      <c r="G220" s="2">
+        <v>0</v>
       </c>
       <c r="H220" s="2">
         <v>0</v>
       </c>
       <c r="I220" s="1">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="J220" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K220" s="2" t="str">
-        <f>J220*148.81</f>
+        <f>J220*266.26</f>
         <v>0</v>
       </c>
       <c r="L220" s="5"/>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A221" s="1"/>
       <c r="B221" s="1">
-        <v>884655</v>
+        <v>832482</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>770</v>
+        <v>766</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>771</v>
+        <v>767</v>
       </c>
       <c r="E221" s="2" t="s">
-        <v>772</v>
+        <v>768</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>773</v>
+        <v>769</v>
       </c>
       <c r="G221" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H221" s="2">
         <v>0</v>
       </c>
       <c r="I221" s="1">
         <v>0</v>
       </c>
       <c r="J221" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K221" s="2" t="str">
-        <f>J221*1684.50</f>
+        <f>J221*166.60</f>
         <v>0</v>
       </c>
       <c r="L221" s="5"/>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A222" s="1"/>
       <c r="B222" s="1">
-        <v>885825</v>
+        <v>825197</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>774</v>
+        <v>770</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>775</v>
+        <v>771</v>
       </c>
       <c r="E222" s="2" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>777</v>
+        <v>773</v>
       </c>
       <c r="G222" s="2">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H222" s="2">
         <v>0</v>
       </c>
       <c r="I222" s="1">
         <v>0</v>
       </c>
       <c r="J222" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K222" s="2" t="str">
-        <f>J222*2691.92</f>
+        <f>J222*821.10</f>
         <v>0</v>
       </c>
       <c r="L222" s="5"/>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A223" s="1"/>
       <c r="B223" s="1">
-        <v>885826</v>
+        <v>825198</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>778</v>
+        <v>774</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>779</v>
+        <v>775</v>
       </c>
       <c r="E223" s="2" t="s">
-        <v>780</v>
+        <v>776</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>777</v>
       </c>
       <c r="G223" s="2">
         <v>0</v>
       </c>
       <c r="H223" s="2">
         <v>0</v>
       </c>
       <c r="I223" s="1">
         <v>0</v>
       </c>
       <c r="J223" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K223" s="2" t="str">
-        <f>J223*2691.92</f>
+        <f>J223*1053.15</f>
         <v>0</v>
       </c>
       <c r="L223" s="5"/>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A224" s="1"/>
       <c r="B224" s="1">
-        <v>885827</v>
+        <v>825199</v>
       </c>
       <c r="C224" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="E224" s="2" t="s">
+        <v>780</v>
+      </c>
+      <c r="F224" s="2" t="s">
         <v>781</v>
       </c>
-      <c r="D224" s="1" t="s">
+      <c r="G224" s="2">
+        <v>0</v>
+      </c>
+      <c r="H224" s="2">
+        <v>0</v>
+      </c>
+      <c r="I224" s="1">
+        <v>0</v>
+      </c>
+      <c r="J224" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K224" s="2" t="str">
+        <f>J224*1094.80</f>
+        <v>0</v>
+      </c>
+      <c r="L224" s="5"/>
+    </row>
+    <row r="225" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A225" s="1"/>
+      <c r="B225" s="1">
+        <v>825200</v>
+      </c>
+      <c r="C225" s="1" t="s">
         <v>782</v>
       </c>
-      <c r="E224" s="2" t="s">
+      <c r="D225" s="1" t="s">
         <v>783</v>
       </c>
-      <c r="F224" s="2" t="s">
-[...21 lines deleted...]
-      <c r="A225" s="8" t="s">
+      <c r="E225" s="2" t="s">
         <v>784</v>
       </c>
-      <c r="B225" s="8"/>
-[...8 lines deleted...]
-      <c r="K225" s="8"/>
+      <c r="F225" s="2" t="s">
+        <v>785</v>
+      </c>
+      <c r="G225" s="2">
+        <v>6</v>
+      </c>
+      <c r="H225" s="2">
+        <v>0</v>
+      </c>
+      <c r="I225" s="1">
+        <v>0</v>
+      </c>
+      <c r="J225" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K225" s="2" t="str">
+        <f>J225*1581.21</f>
+        <v>0</v>
+      </c>
       <c r="L225" s="5"/>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A226" s="1"/>
       <c r="B226" s="1">
-        <v>879079</v>
+        <v>879954</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="E226" s="2" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>788</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>789</v>
+      </c>
+      <c r="G226" s="2">
+        <v>10</v>
       </c>
       <c r="H226" s="2">
         <v>0</v>
       </c>
       <c r="I226" s="1">
         <v>0</v>
       </c>
       <c r="J226" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K226" s="2" t="str">
-        <f>J226*5590.00</f>
+        <f>J226*1716.58</f>
         <v>0</v>
       </c>
       <c r="L226" s="5"/>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A227" s="1"/>
       <c r="B227" s="1">
-        <v>879080</v>
+        <v>884611</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="E227" s="2" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="G227" s="2" t="s">
-        <v>18</v>
+        <v>176</v>
       </c>
       <c r="H227" s="2">
         <v>0</v>
       </c>
       <c r="I227" s="1">
         <v>0</v>
       </c>
       <c r="J227" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K227" s="2" t="str">
-        <f>J227*5790.00</f>
+        <f>J227*148.75</f>
         <v>0</v>
       </c>
       <c r="L227" s="5"/>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A228" s="1"/>
       <c r="B228" s="1">
-        <v>879081</v>
+        <v>884612</v>
       </c>
       <c r="C228" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="E228" s="2" t="s">
+        <v>796</v>
+      </c>
+      <c r="F228" s="2" t="s">
         <v>793</v>
       </c>
-      <c r="D228" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G228" s="2" t="s">
-        <v>18</v>
+        <v>176</v>
       </c>
       <c r="H228" s="2">
         <v>0</v>
       </c>
       <c r="I228" s="1">
         <v>0</v>
       </c>
       <c r="J228" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K228" s="2" t="str">
-        <f>J228*5790.00</f>
+        <f>J228*148.75</f>
         <v>0</v>
       </c>
       <c r="L228" s="5"/>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A229" s="1"/>
       <c r="B229" s="1">
-        <v>879082</v>
+        <v>884655</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="E229" s="2" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>792</v>
+        <v>800</v>
       </c>
       <c r="G229" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H229" s="2">
         <v>0</v>
       </c>
       <c r="I229" s="1">
         <v>0</v>
       </c>
       <c r="J229" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K229" s="2" t="str">
-        <f>J229*5790.00</f>
+        <f>J229*1683.85</f>
         <v>0</v>
       </c>
       <c r="L229" s="5"/>
     </row>
-    <row r="230" spans="1:12" outlineLevel="1">
-[...12 lines deleted...]
-      <c r="K230" s="7"/>
+    <row r="230" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A230" s="1"/>
+      <c r="B230" s="1">
+        <v>885825</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="E230" s="2" t="s">
+        <v>803</v>
+      </c>
+      <c r="F230" s="2" t="s">
+        <v>804</v>
+      </c>
+      <c r="G230" s="2">
+        <v>10</v>
+      </c>
+      <c r="H230" s="2">
+        <v>0</v>
+      </c>
+      <c r="I230" s="1">
+        <v>0</v>
+      </c>
+      <c r="J230" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K230" s="2" t="str">
+        <f>J230*2690.89</f>
+        <v>0</v>
+      </c>
       <c r="L230" s="5"/>
     </row>
-    <row r="231" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="231" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A231" s="1"/>
       <c r="B231" s="1">
-        <v>883719</v>
+        <v>885826</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>800</v>
+        <v>805</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>801</v>
+        <v>806</v>
       </c>
       <c r="E231" s="2" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>804</v>
+      </c>
+      <c r="G231" s="2">
+        <v>0</v>
       </c>
       <c r="H231" s="2">
         <v>0</v>
       </c>
       <c r="I231" s="1">
         <v>0</v>
       </c>
       <c r="J231" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K231" s="2" t="str">
-        <f>J231*990.00</f>
+        <f>J231*2690.89</f>
         <v>0</v>
       </c>
       <c r="L231" s="5"/>
     </row>
-    <row r="232" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="232" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A232" s="1"/>
       <c r="B232" s="1">
-        <v>883720</v>
+        <v>885827</v>
       </c>
       <c r="C232" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="E232" s="2" t="s">
+        <v>810</v>
+      </c>
+      <c r="F232" s="2" t="s">
         <v>804</v>
       </c>
-      <c r="D232" s="1" t="s">
-[...9 lines deleted...]
-        <v>169</v>
+      <c r="G232" s="2">
+        <v>1</v>
       </c>
       <c r="H232" s="2">
         <v>0</v>
       </c>
       <c r="I232" s="1">
         <v>0</v>
       </c>
       <c r="J232" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K232" s="2" t="str">
-        <f>J232*1090.00</f>
+        <f>J232*2690.89</f>
         <v>0</v>
       </c>
       <c r="L232" s="5"/>
     </row>
-    <row r="233" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
-[...31 lines deleted...]
-      </c>
+    <row r="233" spans="1:12" outlineLevel="2">
+      <c r="A233" s="8" t="s">
+        <v>811</v>
+      </c>
+      <c r="B233" s="8"/>
+      <c r="C233" s="8"/>
+      <c r="D233" s="8"/>
+      <c r="E233" s="8"/>
+      <c r="F233" s="8"/>
+      <c r="G233" s="8"/>
+      <c r="H233" s="8"/>
+      <c r="I233" s="8"/>
+      <c r="J233" s="8"/>
+      <c r="K233" s="8"/>
       <c r="L233" s="5"/>
     </row>
-    <row r="234" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="234" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A234" s="1"/>
       <c r="B234" s="1">
-        <v>883722</v>
+        <v>879079</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="E234" s="2" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>807</v>
+        <v>815</v>
       </c>
       <c r="G234" s="2" t="s">
-        <v>169</v>
+        <v>18</v>
       </c>
       <c r="H234" s="2">
         <v>0</v>
       </c>
       <c r="I234" s="1">
         <v>0</v>
       </c>
       <c r="J234" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K234" s="2" t="str">
-        <f>J234*1090.00</f>
+        <f>J234*5590.00</f>
         <v>0</v>
       </c>
       <c r="L234" s="5"/>
     </row>
-    <row r="235" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="235" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A235" s="1"/>
       <c r="B235" s="1">
-        <v>883723</v>
+        <v>879080</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="E235" s="2" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>817</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>819</v>
+      </c>
+      <c r="G235" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H235" s="2">
         <v>0</v>
       </c>
       <c r="I235" s="1">
         <v>0</v>
       </c>
       <c r="J235" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K235" s="2" t="str">
-        <f>J235*3090.00</f>
+        <f>J235*5790.00</f>
         <v>0</v>
       </c>
       <c r="L235" s="5"/>
     </row>
-    <row r="236" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="236" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A236" s="1"/>
       <c r="B236" s="1">
-        <v>883724</v>
+        <v>879081</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="D236" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="E236" s="2" t="s">
+        <v>822</v>
+      </c>
+      <c r="F236" s="2" t="s">
         <v>819</v>
       </c>
-      <c r="E236" s="2" t="s">
-[...6 lines deleted...]
-        <v>9</v>
+      <c r="G236" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H236" s="2">
         <v>0</v>
       </c>
       <c r="I236" s="1">
         <v>0</v>
       </c>
       <c r="J236" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K236" s="2" t="str">
-        <f>J236*3290.00</f>
+        <f>J236*5790.00</f>
         <v>0</v>
       </c>
       <c r="L236" s="5"/>
     </row>
-    <row r="237" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="237" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A237" s="1"/>
       <c r="B237" s="1">
-        <v>883725</v>
+        <v>879082</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="E237" s="2" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>514</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>819</v>
+      </c>
+      <c r="G237" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H237" s="2">
         <v>0</v>
       </c>
       <c r="I237" s="1">
         <v>0</v>
       </c>
       <c r="J237" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K237" s="2" t="str">
-        <f>J237*3290.00</f>
+        <f>J237*5790.00</f>
         <v>0</v>
       </c>
       <c r="L237" s="5"/>
     </row>
-    <row r="238" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
-[...10 lines deleted...]
-      <c r="E238" s="2" t="s">
+    <row r="238" spans="1:12" outlineLevel="2">
+      <c r="A238" s="8" t="s">
         <v>826</v>
       </c>
-      <c r="F238" s="2" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="B238" s="8"/>
+      <c r="C238" s="8"/>
+      <c r="D238" s="8"/>
+      <c r="E238" s="8"/>
+      <c r="F238" s="8"/>
+      <c r="G238" s="8"/>
+      <c r="H238" s="8"/>
+      <c r="I238" s="8"/>
+      <c r="J238" s="8"/>
+      <c r="K238" s="8"/>
       <c r="L238" s="5"/>
     </row>
-    <row r="239" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="239" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A239" s="1"/>
       <c r="B239" s="1">
-        <v>883727</v>
+        <v>954205</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>827</v>
       </c>
       <c r="D239" s="1" t="s">
         <v>828</v>
       </c>
       <c r="E239" s="2" t="s">
         <v>829</v>
       </c>
       <c r="F239" s="2" t="s">
         <v>830</v>
       </c>
-      <c r="G239" s="2" t="s">
+      <c r="G239" s="2">
+        <v>0</v>
+      </c>
+      <c r="H239" s="2">
+        <v>0</v>
+      </c>
+      <c r="I239" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="H239" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="J239" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K239" s="2" t="str">
-        <f>J239*2290.00</f>
+        <f>J239*748.48</f>
         <v>0</v>
       </c>
       <c r="L239" s="5"/>
     </row>
-    <row r="240" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="240" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A240" s="1"/>
       <c r="B240" s="1">
-        <v>883728</v>
+        <v>954206</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>831</v>
       </c>
       <c r="D240" s="1" t="s">
         <v>832</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>833</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>830</v>
-[...1 lines deleted...]
-      <c r="G240" s="2" t="s">
+        <v>834</v>
+      </c>
+      <c r="G240" s="2">
+        <v>0</v>
+      </c>
+      <c r="H240" s="2">
+        <v>0</v>
+      </c>
+      <c r="I240" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="H240" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="J240" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K240" s="2" t="str">
-        <f>J240*2290.00</f>
+        <f>J240*761.77</f>
         <v>0</v>
       </c>
       <c r="L240" s="5"/>
     </row>
-    <row r="241" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="241" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A241" s="1"/>
       <c r="B241" s="1">
-        <v>883729</v>
+        <v>954207</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="E241" s="2" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>830</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>838</v>
+      </c>
+      <c r="G241" s="2">
+        <v>0</v>
       </c>
       <c r="H241" s="2">
         <v>0</v>
       </c>
       <c r="I241" s="1">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="J241" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K241" s="2" t="str">
-        <f>J241*2290.00</f>
+        <f>J241*1586.65</f>
         <v>0</v>
       </c>
       <c r="L241" s="5"/>
     </row>
-    <row r="242" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="242" spans="1:12" outlineLevel="4">
       <c r="A242" s="1"/>
       <c r="B242" s="1">
-        <v>883730</v>
+        <v>954208</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="E242" s="2" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>830</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>842</v>
+      </c>
+      <c r="G242" s="2">
+        <v>0</v>
       </c>
       <c r="H242" s="2">
         <v>0</v>
       </c>
       <c r="I242" s="1">
         <v>0</v>
       </c>
       <c r="J242" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K242" s="2" t="str">
-        <f>J242*2290.00</f>
+        <f>J242*86.36</f>
         <v>0</v>
       </c>
       <c r="L242" s="5"/>
     </row>
-    <row r="243" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
-[...31 lines deleted...]
-      </c>
+    <row r="243" spans="1:12" outlineLevel="1">
+      <c r="A243" s="7" t="s">
+        <v>843</v>
+      </c>
+      <c r="B243" s="7"/>
+      <c r="C243" s="7"/>
+      <c r="D243" s="7"/>
+      <c r="E243" s="7"/>
+      <c r="F243" s="7"/>
+      <c r="G243" s="7"/>
+      <c r="H243" s="7"/>
+      <c r="I243" s="7"/>
+      <c r="J243" s="7"/>
+      <c r="K243" s="7"/>
       <c r="L243" s="5"/>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A244" s="1"/>
       <c r="B244" s="1">
-        <v>883732</v>
+        <v>883719</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="E244" s="2" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>277</v>
+        <v>847</v>
       </c>
       <c r="G244" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H244" s="2">
         <v>0</v>
       </c>
       <c r="I244" s="1">
         <v>0</v>
       </c>
       <c r="J244" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K244" s="2" t="str">
-        <f>J244*2490.00</f>
+        <f>J244*990.00</f>
         <v>0</v>
       </c>
       <c r="L244" s="5"/>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A245" s="1"/>
       <c r="B245" s="1">
-        <v>883733</v>
+        <v>883720</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="E245" s="2" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>277</v>
+        <v>851</v>
       </c>
       <c r="G245" s="2" t="s">
-        <v>18</v>
+        <v>176</v>
       </c>
       <c r="H245" s="2">
         <v>0</v>
       </c>
       <c r="I245" s="1">
         <v>0</v>
       </c>
       <c r="J245" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K245" s="2" t="str">
-        <f>J245*2490.00</f>
+        <f>J245*1090.00</f>
         <v>0</v>
       </c>
       <c r="L245" s="5"/>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A246" s="1"/>
       <c r="B246" s="1">
-        <v>883734</v>
+        <v>883721</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="E246" s="2" t="s">
+        <v>854</v>
+      </c>
+      <c r="F246" s="2" t="s">
         <v>851</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="G246" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H246" s="2">
         <v>0</v>
       </c>
       <c r="I246" s="1">
         <v>0</v>
       </c>
       <c r="J246" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K246" s="2" t="str">
-        <f>J246*2490.00</f>
+        <f>J246*1090.00</f>
         <v>0</v>
       </c>
       <c r="L246" s="5"/>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A247" s="1"/>
       <c r="B247" s="1">
-        <v>883735</v>
+        <v>883722</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="E247" s="2" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>855</v>
+        <v>851</v>
       </c>
       <c r="G247" s="2" t="s">
-        <v>18</v>
+        <v>176</v>
       </c>
       <c r="H247" s="2">
         <v>0</v>
       </c>
       <c r="I247" s="1">
         <v>0</v>
       </c>
       <c r="J247" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K247" s="2" t="str">
-        <f>J247*1890.00</f>
+        <f>J247*1090.00</f>
         <v>0</v>
       </c>
       <c r="L247" s="5"/>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A248" s="1"/>
       <c r="B248" s="1">
-        <v>883736</v>
+        <v>883723</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="E248" s="2" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>830</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>861</v>
+      </c>
+      <c r="G248" s="2">
+        <v>8</v>
       </c>
       <c r="H248" s="2">
         <v>0</v>
       </c>
       <c r="I248" s="1">
         <v>0</v>
       </c>
       <c r="J248" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K248" s="2" t="str">
-        <f>J248*2290.00</f>
+        <f>J248*3090.00</f>
         <v>0</v>
       </c>
       <c r="L248" s="5"/>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A249" s="1"/>
       <c r="B249" s="1">
-        <v>883737</v>
+        <v>883724</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="E249" s="2" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>830</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>541</v>
+      </c>
+      <c r="G249" s="2">
+        <v>9</v>
       </c>
       <c r="H249" s="2">
         <v>0</v>
       </c>
       <c r="I249" s="1">
         <v>0</v>
       </c>
       <c r="J249" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K249" s="2" t="str">
-        <f>J249*2290.00</f>
+        <f>J249*3290.00</f>
         <v>0</v>
       </c>
       <c r="L249" s="5"/>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A250" s="1"/>
       <c r="B250" s="1">
-        <v>883738</v>
+        <v>883725</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="E250" s="2" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>830</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>541</v>
+      </c>
+      <c r="G250" s="2">
+        <v>8</v>
       </c>
       <c r="H250" s="2">
         <v>0</v>
       </c>
       <c r="I250" s="1">
         <v>0</v>
       </c>
       <c r="J250" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K250" s="2" t="str">
-        <f>J250*2290.00</f>
+        <f>J250*3290.00</f>
         <v>0</v>
       </c>
       <c r="L250" s="5"/>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A251" s="1"/>
       <c r="B251" s="1">
-        <v>883739</v>
+        <v>883726</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="E251" s="2" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>868</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>541</v>
+      </c>
+      <c r="G251" s="2">
+        <v>10</v>
       </c>
       <c r="H251" s="2">
         <v>0</v>
       </c>
       <c r="I251" s="1">
         <v>0</v>
       </c>
       <c r="J251" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K251" s="2" t="str">
-        <f>J251*1990.00</f>
+        <f>J251*3290.00</f>
         <v>0</v>
       </c>
       <c r="L251" s="5"/>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A252" s="1"/>
       <c r="B252" s="1">
-        <v>883740</v>
+        <v>883727</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="E252" s="2" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="G252" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H252" s="2">
         <v>0</v>
       </c>
       <c r="I252" s="1">
         <v>0</v>
       </c>
       <c r="J252" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K252" s="2" t="str">
-        <f>J252*2390.00</f>
+        <f>J252*2290.00</f>
         <v>0</v>
       </c>
       <c r="L252" s="5"/>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A253" s="1"/>
       <c r="B253" s="1">
-        <v>883741</v>
+        <v>883728</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="D253" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="E253" s="2" t="s">
+        <v>877</v>
+      </c>
+      <c r="F253" s="2" t="s">
         <v>874</v>
-      </c>
-[...4 lines deleted...]
-        <v>872</v>
       </c>
       <c r="G253" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H253" s="2">
         <v>0</v>
       </c>
       <c r="I253" s="1">
         <v>0</v>
       </c>
       <c r="J253" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K253" s="2" t="str">
-        <f>J253*2390.00</f>
+        <f>J253*2290.00</f>
         <v>0</v>
       </c>
       <c r="L253" s="5"/>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A254" s="1"/>
       <c r="B254" s="1">
-        <v>883742</v>
+        <v>883729</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="E254" s="2" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="G254" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H254" s="2">
         <v>0</v>
       </c>
       <c r="I254" s="1">
         <v>0</v>
       </c>
       <c r="J254" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K254" s="2" t="str">
-        <f>J254*2390.00</f>
+        <f>J254*2290.00</f>
         <v>0</v>
       </c>
       <c r="L254" s="5"/>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A255" s="1"/>
       <c r="B255" s="1">
-        <v>883743</v>
+        <v>883730</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="E255" s="2" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>830</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>874</v>
+      </c>
+      <c r="G255" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H255" s="2">
         <v>0</v>
       </c>
       <c r="I255" s="1">
         <v>0</v>
       </c>
       <c r="J255" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K255" s="2" t="str">
         <f>J255*2290.00</f>
         <v>0</v>
       </c>
       <c r="L255" s="5"/>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A256" s="1"/>
       <c r="B256" s="1">
-        <v>883744</v>
+        <v>883731</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="E256" s="2" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>277</v>
+        <v>297</v>
       </c>
       <c r="G256" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H256" s="2">
         <v>0</v>
       </c>
       <c r="I256" s="1">
         <v>0</v>
       </c>
       <c r="J256" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K256" s="2" t="str">
         <f>J256*2490.00</f>
         <v>0</v>
       </c>
       <c r="L256" s="5"/>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A257" s="1"/>
       <c r="B257" s="1">
-        <v>883745</v>
+        <v>883732</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="E257" s="2" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>277</v>
+        <v>297</v>
       </c>
       <c r="G257" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H257" s="2">
         <v>0</v>
       </c>
       <c r="I257" s="1">
         <v>0</v>
       </c>
       <c r="J257" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K257" s="2" t="str">
         <f>J257*2490.00</f>
         <v>0</v>
       </c>
       <c r="L257" s="5"/>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A258" s="1"/>
       <c r="B258" s="1">
-        <v>883746</v>
+        <v>883733</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="E258" s="2" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>277</v>
+        <v>297</v>
       </c>
       <c r="G258" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H258" s="2">
         <v>0</v>
       </c>
       <c r="I258" s="1">
         <v>0</v>
       </c>
       <c r="J258" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K258" s="2" t="str">
         <f>J258*2490.00</f>
         <v>0</v>
       </c>
       <c r="L258" s="5"/>
+    </row>
+    <row r="259" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A259" s="1"/>
+      <c r="B259" s="1">
+        <v>883734</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="E259" s="2" t="s">
+        <v>895</v>
+      </c>
+      <c r="F259" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="G259" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H259" s="2">
+        <v>0</v>
+      </c>
+      <c r="I259" s="1">
+        <v>0</v>
+      </c>
+      <c r="J259" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K259" s="2" t="str">
+        <f>J259*2490.00</f>
+        <v>0</v>
+      </c>
+      <c r="L259" s="5"/>
+    </row>
+    <row r="260" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A260" s="1"/>
+      <c r="B260" s="1">
+        <v>883735</v>
+      </c>
+      <c r="C260" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="E260" s="2" t="s">
+        <v>898</v>
+      </c>
+      <c r="F260" s="2" t="s">
+        <v>899</v>
+      </c>
+      <c r="G260" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H260" s="2">
+        <v>0</v>
+      </c>
+      <c r="I260" s="1">
+        <v>0</v>
+      </c>
+      <c r="J260" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K260" s="2" t="str">
+        <f>J260*1890.00</f>
+        <v>0</v>
+      </c>
+      <c r="L260" s="5"/>
+    </row>
+    <row r="261" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A261" s="1"/>
+      <c r="B261" s="1">
+        <v>883736</v>
+      </c>
+      <c r="C261" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="E261" s="2" t="s">
+        <v>902</v>
+      </c>
+      <c r="F261" s="2" t="s">
+        <v>874</v>
+      </c>
+      <c r="G261" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H261" s="2">
+        <v>0</v>
+      </c>
+      <c r="I261" s="1">
+        <v>0</v>
+      </c>
+      <c r="J261" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K261" s="2" t="str">
+        <f>J261*2290.00</f>
+        <v>0</v>
+      </c>
+      <c r="L261" s="5"/>
+    </row>
+    <row r="262" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A262" s="1"/>
+      <c r="B262" s="1">
+        <v>883737</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="E262" s="2" t="s">
+        <v>905</v>
+      </c>
+      <c r="F262" s="2" t="s">
+        <v>874</v>
+      </c>
+      <c r="G262" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H262" s="2">
+        <v>0</v>
+      </c>
+      <c r="I262" s="1">
+        <v>0</v>
+      </c>
+      <c r="J262" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K262" s="2" t="str">
+        <f>J262*2290.00</f>
+        <v>0</v>
+      </c>
+      <c r="L262" s="5"/>
+    </row>
+    <row r="263" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A263" s="1"/>
+      <c r="B263" s="1">
+        <v>883738</v>
+      </c>
+      <c r="C263" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="E263" s="2" t="s">
+        <v>908</v>
+      </c>
+      <c r="F263" s="2" t="s">
+        <v>874</v>
+      </c>
+      <c r="G263" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="H263" s="2">
+        <v>0</v>
+      </c>
+      <c r="I263" s="1">
+        <v>0</v>
+      </c>
+      <c r="J263" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K263" s="2" t="str">
+        <f>J263*2290.00</f>
+        <v>0</v>
+      </c>
+      <c r="L263" s="5"/>
+    </row>
+    <row r="264" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A264" s="1"/>
+      <c r="B264" s="1">
+        <v>883739</v>
+      </c>
+      <c r="C264" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="E264" s="2" t="s">
+        <v>911</v>
+      </c>
+      <c r="F264" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="G264" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H264" s="2">
+        <v>0</v>
+      </c>
+      <c r="I264" s="1">
+        <v>0</v>
+      </c>
+      <c r="J264" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K264" s="2" t="str">
+        <f>J264*1990.00</f>
+        <v>0</v>
+      </c>
+      <c r="L264" s="5"/>
+    </row>
+    <row r="265" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A265" s="1"/>
+      <c r="B265" s="1">
+        <v>883740</v>
+      </c>
+      <c r="C265" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="E265" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="F265" s="2" t="s">
+        <v>916</v>
+      </c>
+      <c r="G265" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H265" s="2">
+        <v>0</v>
+      </c>
+      <c r="I265" s="1">
+        <v>0</v>
+      </c>
+      <c r="J265" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K265" s="2" t="str">
+        <f>J265*2390.00</f>
+        <v>0</v>
+      </c>
+      <c r="L265" s="5"/>
+    </row>
+    <row r="266" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A266" s="1"/>
+      <c r="B266" s="1">
+        <v>883741</v>
+      </c>
+      <c r="C266" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="E266" s="2" t="s">
+        <v>919</v>
+      </c>
+      <c r="F266" s="2" t="s">
+        <v>916</v>
+      </c>
+      <c r="G266" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H266" s="2">
+        <v>0</v>
+      </c>
+      <c r="I266" s="1">
+        <v>0</v>
+      </c>
+      <c r="J266" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K266" s="2" t="str">
+        <f>J266*2390.00</f>
+        <v>0</v>
+      </c>
+      <c r="L266" s="5"/>
+    </row>
+    <row r="267" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A267" s="1"/>
+      <c r="B267" s="1">
+        <v>883742</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="E267" s="2" t="s">
+        <v>922</v>
+      </c>
+      <c r="F267" s="2" t="s">
+        <v>916</v>
+      </c>
+      <c r="G267" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H267" s="2">
+        <v>0</v>
+      </c>
+      <c r="I267" s="1">
+        <v>0</v>
+      </c>
+      <c r="J267" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K267" s="2" t="str">
+        <f>J267*2390.00</f>
+        <v>0</v>
+      </c>
+      <c r="L267" s="5"/>
+    </row>
+    <row r="268" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A268" s="1"/>
+      <c r="B268" s="1">
+        <v>883743</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="E268" s="2" t="s">
+        <v>925</v>
+      </c>
+      <c r="F268" s="2" t="s">
+        <v>874</v>
+      </c>
+      <c r="G268" s="2">
+        <v>9</v>
+      </c>
+      <c r="H268" s="2">
+        <v>0</v>
+      </c>
+      <c r="I268" s="1">
+        <v>0</v>
+      </c>
+      <c r="J268" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K268" s="2" t="str">
+        <f>J268*2290.00</f>
+        <v>0</v>
+      </c>
+      <c r="L268" s="5"/>
+    </row>
+    <row r="269" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A269" s="1"/>
+      <c r="B269" s="1">
+        <v>883744</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="E269" s="2" t="s">
+        <v>928</v>
+      </c>
+      <c r="F269" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="G269" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H269" s="2">
+        <v>0</v>
+      </c>
+      <c r="I269" s="1">
+        <v>0</v>
+      </c>
+      <c r="J269" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K269" s="2" t="str">
+        <f>J269*2490.00</f>
+        <v>0</v>
+      </c>
+      <c r="L269" s="5"/>
+    </row>
+    <row r="270" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A270" s="1"/>
+      <c r="B270" s="1">
+        <v>883745</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="E270" s="2" t="s">
+        <v>931</v>
+      </c>
+      <c r="F270" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="G270" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H270" s="2">
+        <v>0</v>
+      </c>
+      <c r="I270" s="1">
+        <v>0</v>
+      </c>
+      <c r="J270" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K270" s="2" t="str">
+        <f>J270*2490.00</f>
+        <v>0</v>
+      </c>
+      <c r="L270" s="5"/>
+    </row>
+    <row r="271" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A271" s="1"/>
+      <c r="B271" s="1">
+        <v>883746</v>
+      </c>
+      <c r="C271" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="E271" s="2" t="s">
+        <v>934</v>
+      </c>
+      <c r="F271" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="G271" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H271" s="2">
+        <v>0</v>
+      </c>
+      <c r="I271" s="1">
+        <v>0</v>
+      </c>
+      <c r="J271" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K271" s="2" t="str">
+        <f>J271*2490.00</f>
+        <v>0</v>
+      </c>
+      <c r="L271" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
-    <mergeCell ref="A81:K81"/>
-    <mergeCell ref="A154:K154"/>
+    <mergeCell ref="A87:K87"/>
+    <mergeCell ref="A162:K162"/>
+    <mergeCell ref="A191:K191"/>
+    <mergeCell ref="A243:K243"/>
+    <mergeCell ref="A4:K4"/>
+    <mergeCell ref="A44:K44"/>
+    <mergeCell ref="A69:K69"/>
+    <mergeCell ref="A78:K78"/>
+    <mergeCell ref="A88:K88"/>
+    <mergeCell ref="A111:K111"/>
+    <mergeCell ref="A142:K142"/>
+    <mergeCell ref="A149:K149"/>
+    <mergeCell ref="A164:K164"/>
+    <mergeCell ref="A170:K170"/>
     <mergeCell ref="A183:K183"/>
-    <mergeCell ref="A230:K230"/>
-[...11 lines deleted...]
-    <mergeCell ref="A186:K186"/>
     <mergeCell ref="A194:K194"/>
-    <mergeCell ref="A204:K204"/>
-[...1 lines deleted...]
-    <mergeCell ref="A225:K225"/>
+    <mergeCell ref="A202:K202"/>
+    <mergeCell ref="A212:K212"/>
+    <mergeCell ref="A218:K218"/>
+    <mergeCell ref="A233:K233"/>
+    <mergeCell ref="A238:K238"/>
     <mergeCell ref="A5:K5"/>
-    <mergeCell ref="A22:K22"/>
-[...2 lines deleted...]
-    <mergeCell ref="A83:K83"/>
+    <mergeCell ref="A26:K26"/>
+    <mergeCell ref="A45:K45"/>
+    <mergeCell ref="A60:K60"/>
     <mergeCell ref="A89:K89"/>
-    <mergeCell ref="A104:K104"/>
-    <mergeCell ref="A127:K127"/>
+    <mergeCell ref="A97:K97"/>
+    <mergeCell ref="A112:K112"/>
+    <mergeCell ref="A135:K135"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>