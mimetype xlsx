--- v1 (2025-12-07)
+++ v2 (2026-01-29)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="935">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="931">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
@@ -70,557 +70,557 @@
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>Арматура регулирующая для радиаторов</t>
   </si>
   <si>
     <t>Ручная регулирующая арматура</t>
   </si>
   <si>
     <t>Ручная арматура VIEIR</t>
   </si>
   <si>
     <t>Вентили ручные регулировочные VIEIR</t>
   </si>
   <si>
     <t>RAR-120024</t>
   </si>
   <si>
     <t>VR276M</t>
   </si>
   <si>
     <t>Вентиль ручной ЕВРОКОНУС ДУ15*3/4 *1/2  ВЕРХНИЙ УГЛОВОЙ 1/2 ViEiR  (10/60шт)</t>
   </si>
   <si>
-    <t>389.73 руб.</t>
+    <t>489.39 руб.</t>
   </si>
   <si>
     <t>&gt;10</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>RAR-120027</t>
   </si>
   <si>
     <t>VR360</t>
   </si>
   <si>
     <t>Вентиль ручной регулировочный УГЛОВОЙ ВЕРХНИЙ  ViEiR  1/2 (10/100шт)</t>
   </si>
   <si>
-    <t>307.91 руб.</t>
+    <t>315.35 руб.</t>
   </si>
   <si>
     <t>RAR-120028</t>
   </si>
   <si>
     <t>VR361</t>
   </si>
   <si>
     <t>Вентиль ручной регулировочный УГЛОВОЙ ВЕРХНИЙ   ViEiR  3/4 (10/60шт)</t>
   </si>
   <si>
-    <t>505.75 руб.</t>
+    <t>516.16 руб.</t>
   </si>
   <si>
     <t>RAR-120031</t>
   </si>
   <si>
     <t>VR364</t>
   </si>
   <si>
     <t>Вентиль ручной регулировочный ПРЯМОЙ ВЕРХНИЙ  VIEIR  1/2 (10/100шт)</t>
   </si>
   <si>
-    <t>346.59 руб.</t>
+    <t>352.54 руб.</t>
   </si>
   <si>
     <t>RAR-120032</t>
   </si>
   <si>
     <t>VR366</t>
   </si>
   <si>
     <t>Вентиль ручной регулировочный ПРЯМОЙ ВЕРХНИЙ  VIEIR   3/4 (10/60шт)</t>
   </si>
   <si>
-    <t>447.74 руб.</t>
+    <t>456.66 руб.</t>
+  </si>
+  <si>
+    <t>RAR-120035</t>
+  </si>
+  <si>
+    <t>VRX300</t>
+  </si>
+  <si>
+    <t>вентиль ручной регулировки ВЕРХНИЙ УГЛОВОЙ ХРОМ с доп. уплотнением VIEIR 1/2" (10/80шт)</t>
+  </si>
+  <si>
+    <t>648.55 руб.</t>
+  </si>
+  <si>
+    <t>RAR-210001</t>
+  </si>
+  <si>
+    <t>VR278</t>
+  </si>
+  <si>
+    <t>Вентиль ручной регулировочный ПРЯМОЙ ВЕРХНИЙ VIEIR 1/2 (10/60шт)</t>
+  </si>
+  <si>
+    <t>542.94 руб.</t>
+  </si>
+  <si>
+    <t>RAR-210002</t>
+  </si>
+  <si>
+    <t>VR279</t>
+  </si>
+  <si>
+    <t>Вентиль ручной регулировочный ПРЯМОЙ ВЕРХНИЙ VIEIR 3/4 (10/60шт)</t>
+  </si>
+  <si>
+    <t>691.69 руб.</t>
+  </si>
+  <si>
+    <t>RAR-210003</t>
+  </si>
+  <si>
+    <t>VR276</t>
+  </si>
+  <si>
+    <t>Вентиль ручной УГЛОВОЙ ВЕРХНИЙ VR 1/2" (10/60шт)</t>
+  </si>
+  <si>
+    <t>508.98 руб.</t>
+  </si>
+  <si>
+    <t>RAR-210004</t>
+  </si>
+  <si>
+    <t>VR277</t>
+  </si>
+  <si>
+    <t>Вентиль ручной УГЛОВОЙ ВЕРХНИЙ VR 3/4" (10/60шт)</t>
+  </si>
+  <si>
+    <t>644.09 руб.</t>
+  </si>
+  <si>
+    <t>RAR-210010</t>
+  </si>
+  <si>
+    <t>VR304</t>
+  </si>
+  <si>
+    <t>Вентиль ручной регулировки ВЕРХНИЙ ПРЯМОЙ с доп. уплотнением VIEIR 1/2" (10/80шт)</t>
+  </si>
+  <si>
+    <t>667.89 руб.</t>
+  </si>
+  <si>
+    <t>RAR-210011</t>
+  </si>
+  <si>
+    <t>VR305</t>
+  </si>
+  <si>
+    <t>Вентиль ручной регулировки ВЕРХНИЙ ПРЯМОЙ с доп. уплотнением VIEIR 3/4" (10/60шт)</t>
+  </si>
+  <si>
+    <t>865.73 руб.</t>
   </si>
   <si>
     <t>&gt;25</t>
   </si>
   <si>
-    <t>RAR-120035</t>
-[...53 lines deleted...]
-    <t>Вентиль ручной УГЛОВОЙ ВЕРХНИЙ VR 3/4" (10/60шт)</t>
+    <t>RAR-210012</t>
+  </si>
+  <si>
+    <t>VR300</t>
+  </si>
+  <si>
+    <t>Вентиль ручной регулировки ВЕРХНИЙ УГЛОВОЙ с доп. уплотнением VIEIR 1/2" (10/80шт)</t>
+  </si>
+  <si>
+    <t>599.46 руб.</t>
+  </si>
+  <si>
+    <t>RAR-210013</t>
+  </si>
+  <si>
+    <t>VR301</t>
+  </si>
+  <si>
+    <t>Вентиль ручной регулировки ВЕРХНИЙ УГЛОВОЙ с доп. уплотнением VIEIR 3/4" (10/60шт)</t>
+  </si>
+  <si>
+    <t>767.55 руб.</t>
+  </si>
+  <si>
+    <t>RAR-210026</t>
+  </si>
+  <si>
+    <t>VR314</t>
+  </si>
+  <si>
+    <t>Вентиль ручной регулировочный УГЛОВОЙ ВЕРХНИЙ 1/2 LUX с доп. уплотнением ViEiR (10/100шт)</t>
+  </si>
+  <si>
+    <t>809.20 руб.</t>
+  </si>
+  <si>
+    <t>RAR-210028</t>
+  </si>
+  <si>
+    <t>VR315</t>
+  </si>
+  <si>
+    <t>Вентиль ручной регулировочный ПРЯМОЙ ВЕРХНИЙ 1/2 LUX с доп. уплотнением ViEiR (10/100шт)</t>
+  </si>
+  <si>
+    <t>856.80 руб.</t>
+  </si>
+  <si>
+    <t>VER-000924</t>
+  </si>
+  <si>
+    <t>VR276-F</t>
+  </si>
+  <si>
+    <t>Вентиль регулировочный угловой верхний, белый 1/2" (80/1шт)</t>
+  </si>
+  <si>
+    <t>519.14 руб.</t>
+  </si>
+  <si>
+    <t>VER-000925</t>
+  </si>
+  <si>
+    <t>VR276-C</t>
+  </si>
+  <si>
+    <t>Вентиль регулировочный угловой верхний, черный 1/2" (80/1шт)</t>
+  </si>
+  <si>
+    <t>VER-000928</t>
+  </si>
+  <si>
+    <t>VR300-F</t>
+  </si>
+  <si>
+    <t>627.73 руб.</t>
+  </si>
+  <si>
+    <t>VER-000929</t>
+  </si>
+  <si>
+    <t>VR300-C</t>
+  </si>
+  <si>
+    <t>Клапан ручной настроечный VIEIR</t>
+  </si>
+  <si>
+    <t>RAR-120025</t>
+  </si>
+  <si>
+    <t>VR284M</t>
+  </si>
+  <si>
+    <t>Клапан ручной ЕВРОКОНУС  ДУ15*3/4 *1/2 НИЖНИЙ УГЛОВОЙ 1/2 ViEiR  (10/60шт)</t>
+  </si>
+  <si>
+    <t>342.13 руб.</t>
+  </si>
+  <si>
+    <t>RAR-120029</t>
+  </si>
+  <si>
+    <t>VR362</t>
+  </si>
+  <si>
+    <t>Клапан ручной настроечный УГЛОВОЙ НИЖНИЙ   ViEiR 1/2  (10/60шт)</t>
+  </si>
+  <si>
+    <t>284.11 руб.</t>
+  </si>
+  <si>
+    <t>RAR-120030</t>
+  </si>
+  <si>
+    <t>VR363</t>
+  </si>
+  <si>
+    <t>Клапан ручной настроечный УГЛОВОЙ НИЖНИЙ  ViEiR 3/4  (10/60шт)</t>
+  </si>
+  <si>
+    <t>486.41 руб.</t>
+  </si>
+  <si>
+    <t>RAR-120033</t>
+  </si>
+  <si>
+    <t>VR365</t>
+  </si>
+  <si>
+    <t>Клапан ручной настроечный  ПРЯМОЙ НИЖНИЙ   ViEiR 1/2  (10/100шт)</t>
+  </si>
+  <si>
+    <t>339.15 руб.</t>
+  </si>
+  <si>
+    <t>RAR-120034</t>
+  </si>
+  <si>
+    <t>VR367</t>
+  </si>
+  <si>
+    <t>Клапан ручной настроечный  ПРЯМОЙ НИЖНИЙ   ViEiR 3/4  (10/60шт)</t>
+  </si>
+  <si>
+    <t>0.00 руб.</t>
+  </si>
+  <si>
+    <t>RAR-210005</t>
+  </si>
+  <si>
+    <t>VR286</t>
+  </si>
+  <si>
+    <t>Клапан ручной настроечный ПРЯМОЙ НИЖНИЙ ViEiR 1/2  (10/60шт)</t>
+  </si>
+  <si>
+    <t>477.49 руб.</t>
+  </si>
+  <si>
+    <t>RAR-210006</t>
+  </si>
+  <si>
+    <t>VR287</t>
+  </si>
+  <si>
+    <t>Клапан ручной настроечный ПРЯМОЙ НИЖНИЙ ViEiR 3/4  (10/60шт)</t>
+  </si>
+  <si>
+    <t>632.19 руб.</t>
+  </si>
+  <si>
+    <t>RAR-210007</t>
+  </si>
+  <si>
+    <t>VR284</t>
+  </si>
+  <si>
+    <t>Клапан ручной настроечный УГЛОВОЙ НИЖНИЙ ViEiR 1/2  (10/60шт)</t>
+  </si>
+  <si>
+    <t>432.86 руб.</t>
+  </si>
+  <si>
+    <t>RAR-210008</t>
+  </si>
+  <si>
+    <t>VR285</t>
+  </si>
+  <si>
+    <t>Клапан ручной настроечный УГЛОВОЙ НИЖНИЙ ViEiR 3/4  (10/60шт)</t>
+  </si>
+  <si>
+    <t>600.95 руб.</t>
+  </si>
+  <si>
+    <t>RAR-210014</t>
+  </si>
+  <si>
+    <t>VR306</t>
+  </si>
+  <si>
+    <t>Клапан ручной настроечный НИЖНИЙ ПРЯМОЙ с доп. уплотнением ViEiR 1/2  (10/80шт)</t>
+  </si>
+  <si>
+    <t>614.34 руб.</t>
+  </si>
+  <si>
+    <t>RAR-210015</t>
+  </si>
+  <si>
+    <t>VR307</t>
+  </si>
+  <si>
+    <t>Клапан ручной настроечный НИЖНИЙ ПРЯМОЙ с доп. уплотнением ViEiR 3/4  (10/60шт)</t>
+  </si>
+  <si>
+    <t>815.15 руб.</t>
+  </si>
+  <si>
+    <t>RAR-210016</t>
+  </si>
+  <si>
+    <t>VR302</t>
+  </si>
+  <si>
+    <t>Клапан ручной настроечный УГЛОВОЙ НИЖНИЙ с доп. уплотнением ViEiR 1/2  (10/80шт)</t>
   </si>
   <si>
     <t>563.76 руб.</t>
   </si>
   <si>
-    <t>RAR-210010</t>
-[...253 lines deleted...]
-  <si>
     <t>RAR-210017</t>
   </si>
   <si>
     <t>VR303</t>
   </si>
   <si>
     <t>Клапан ручной настроечный УГЛОВОЙ НИЖНИЙ с доп. уплотнением ViEiR 3/4 (10/60шт)</t>
   </si>
   <si>
-    <t>653.01 руб.</t>
+    <t>743.75 руб.</t>
   </si>
   <si>
     <t>RAR-210027</t>
   </si>
   <si>
     <t>VR316</t>
   </si>
   <si>
     <t>Клапан ручной настроечный УГЛОВОЙ НИЖНИЙ 1/2 LUX  с доп. уплотнением ViEiR (10/100шт)</t>
   </si>
   <si>
     <t>774.99 руб.</t>
   </si>
   <si>
     <t>RAR-210029</t>
   </si>
   <si>
     <t>VR317</t>
   </si>
   <si>
     <t>831.51 руб.</t>
   </si>
   <si>
     <t>VER-000926</t>
   </si>
   <si>
     <t>VR284-F</t>
   </si>
   <si>
     <t>Вентиль настроечный угловой нижний, белый 1/2" (80/1шт)</t>
   </si>
   <si>
-    <t>410.55 руб.</t>
+    <t>462.61 руб.</t>
   </si>
   <si>
     <t>VER-000927</t>
   </si>
   <si>
     <t>VR284-С</t>
   </si>
   <si>
     <t>Вентиль настроечный угловой нижний, черный 1/2" (80/1шт)</t>
   </si>
   <si>
     <t>512.70 руб.</t>
   </si>
   <si>
     <t>Ручная арматура VALTEC</t>
   </si>
   <si>
     <t>Вентили ручные регулировочные VALTEC</t>
   </si>
   <si>
     <t>VLC-611001</t>
   </si>
   <si>
     <t>VT.004.N.04</t>
   </si>
   <si>
     <t>Кран двойной регул-ки (КРДП), 1/2" (6 /96шт)</t>
   </si>
   <si>
     <t>1 041.00 руб.</t>
   </si>
   <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
+    <t>VLC-611002</t>
+  </si>
+  <si>
+    <t>VT.004.N.05</t>
+  </si>
+  <si>
+    <t>Кран двойной регулировки (КРДП) 3/4" (4 /24шт)</t>
+  </si>
+  <si>
+    <t>2 348.00 руб.</t>
+  </si>
+  <si>
     <t>&gt;100</t>
   </si>
   <si>
-    <t>VLC-611002</t>
-[...10 lines deleted...]
-  <si>
     <t>VLC-611003</t>
   </si>
   <si>
     <t>VT.007.N.04</t>
   </si>
   <si>
     <t>Клапан ручной угловой 1/2" (7 /105шт)</t>
   </si>
   <si>
     <t>729.00 руб.</t>
   </si>
   <si>
-    <t>&gt;50</t>
+    <t>&gt;500</t>
   </si>
   <si>
     <t>VLC-611004</t>
   </si>
   <si>
     <t>VT.007.N.05</t>
   </si>
   <si>
     <t>Клапан ручной угловой 3/4"  (7 /56шт)</t>
   </si>
   <si>
     <t>1 288.00 руб.</t>
   </si>
   <si>
     <t>VLC-611005</t>
   </si>
   <si>
     <t>VT.007.LN.04</t>
   </si>
   <si>
     <t>Клапан ручной угловой 1/2" (компактный)  (8 /120шт)</t>
   </si>
   <si>
     <t>573.00 руб.</t>
   </si>
   <si>
-    <t>&gt;500</t>
-[...1 lines deleted...]
-  <si>
     <t>VLC-611006</t>
   </si>
   <si>
     <t>VT.007.LN.05</t>
   </si>
   <si>
     <t>Клапан ручной угловой 3/4" (компактный)  (6 /72шт)</t>
   </si>
   <si>
     <t>935.00 руб.</t>
   </si>
   <si>
     <t>VLC-611007</t>
   </si>
   <si>
     <t>VT.008.N.04</t>
   </si>
   <si>
     <t>Клапан ручной прямой 1/2"  (9 /108шт)</t>
   </si>
   <si>
     <t>861.00 руб.</t>
   </si>
   <si>
     <t>VLC-611008</t>
@@ -991,261 +991,258 @@
   <si>
     <t>SRV-AT</t>
   </si>
   <si>
     <t>Комплект подключения радиатора РУЧНОЙ прямой 1/2" АНТРАЦИТ (черный матовый) блистер VIVALDO (30шт)С</t>
   </si>
   <si>
     <t>Термостатическая регулирующая арматура</t>
   </si>
   <si>
     <t>Термостатическая арматура VIEIR</t>
   </si>
   <si>
     <t>Клапана термостатические VIEIR</t>
   </si>
   <si>
     <t>RAR-120007</t>
   </si>
   <si>
     <t>VR282</t>
   </si>
   <si>
     <t>Клапан термостатический (M30x1,5) ПРЯМОЙ VR 1/2" (1 /60шт)</t>
   </si>
   <si>
-    <t>593.51 руб.</t>
+    <t>670.86 руб.</t>
   </si>
   <si>
     <t>RAR-120008</t>
   </si>
   <si>
     <t>VR283</t>
   </si>
   <si>
     <t>Клапан термостатический (M30x1,5) ПРЯМОЙ VR 3/4" (1 /60шт)</t>
   </si>
   <si>
-    <t>819.61 руб.</t>
+    <t>929.69 руб.</t>
   </si>
   <si>
     <t>RAR-120009</t>
   </si>
   <si>
     <t>VR280</t>
   </si>
   <si>
     <t>Клапан термостатический (M30x1,5) УГЛОВОЙ VR 1/2" (10/60шт)</t>
   </si>
   <si>
+    <t>629.21 руб.</t>
+  </si>
+  <si>
     <t>RAR-120010</t>
   </si>
   <si>
     <t>VR281</t>
   </si>
   <si>
     <t>Клапан термостатический (M30x1,5) УГЛОВОЙ VR 3/4" (10/60шт)</t>
   </si>
   <si>
-    <t>751.19 руб.</t>
+    <t>852.34 руб.</t>
   </si>
   <si>
     <t>RAR-120019</t>
   </si>
   <si>
     <t>VR348</t>
   </si>
   <si>
     <t>Клапан ОСЕВОЙ термостатический (M30X1,5)  1/2" ViEiR (10/60шт)</t>
   </si>
   <si>
-    <t>589.05 руб.</t>
+    <t>663.43 руб.</t>
   </si>
   <si>
     <t>VER-001082</t>
   </si>
   <si>
     <t>VR280-C</t>
   </si>
   <si>
     <t>Вентиль термостатический угловой верхний, черный 1/2" (80/10шт)</t>
   </si>
   <si>
-    <t>580.13 руб.</t>
+    <t>658.96 руб.</t>
   </si>
   <si>
     <t>VER-001083</t>
   </si>
   <si>
     <t>VR280-F</t>
   </si>
   <si>
     <t>Вентиль термостатический угловой верхний, белый 1/2" (80/10шт)</t>
   </si>
   <si>
     <t>Комплекты термостатические VIEIR</t>
   </si>
   <si>
     <t>RAR-120001</t>
   </si>
   <si>
     <t>VR312</t>
   </si>
   <si>
     <t>Комплект термостатический VR для подключения рад-ра 1/2 ПРЯМОЙ (3 в 1 ) (1/25шт)</t>
   </si>
   <si>
-    <t>1 365.53 руб.</t>
+    <t>1 475.60 руб.</t>
   </si>
   <si>
     <t>RAR-120002</t>
   </si>
   <si>
     <t>VR313</t>
   </si>
   <si>
     <t>Комплект термостатический VR для подключения рад-ра 3/4 ПРЯМОЙ (3 в 1 ) (1/25шт)</t>
   </si>
   <si>
-    <t>1 724.01 руб.</t>
+    <t>1 886.15 руб.</t>
   </si>
   <si>
     <t>RAR-120003</t>
   </si>
   <si>
     <t>VR310</t>
   </si>
   <si>
     <t>Комплект термостатический VR для подключения рад-ра 1/2 УГЛОВОЙ (3 в 1 ) (1/25шт)</t>
   </si>
   <si>
-    <t>1 338.75 руб.</t>
+    <t>1 386.35 руб.</t>
   </si>
   <si>
     <t>RAR-120004</t>
   </si>
   <si>
     <t>VR311</t>
   </si>
   <si>
     <t>Комплект термостатический VR для подключения рад-ра 3/4 УГЛОВОЙ (3 в 1 ) (1/25шт)</t>
   </si>
   <si>
-    <t>1 628.81 руб.</t>
+    <t>1 779.05 руб.</t>
   </si>
   <si>
     <t>RAR-120038</t>
   </si>
   <si>
     <t>VR342</t>
   </si>
   <si>
     <t>Комплект термостатический VR для подключения рад-ра 1/2 УГЛОВОЙ (2 в 1 - регул.клап+термоголовка)</t>
   </si>
   <si>
-    <t>908.86 руб.</t>
+    <t>956.46 руб.</t>
   </si>
   <si>
     <t>RAR-120039</t>
   </si>
   <si>
     <t>VR343</t>
   </si>
   <si>
     <t>Комплект термостатический VR для подключения рад-ра 1/2 ПРЯМОЙ (2 в 1 - регул.клап+термоголовка)</t>
   </si>
   <si>
-    <t>946.05 руб.</t>
+    <t>1 100.75 руб.</t>
   </si>
   <si>
     <t>RAR-120040</t>
   </si>
   <si>
     <t>VR341</t>
   </si>
   <si>
     <t>Комплект термостатический RTL  для подключ рад-ра 1/2 ПРЯМОЙ VIEIR (2 в 1 - регул.клап+термоголовка)</t>
   </si>
   <si>
-    <t>1 805.83 руб.</t>
+    <t>1 713.60 руб.</t>
   </si>
   <si>
     <t>RAR-120100</t>
   </si>
   <si>
     <t>VR340</t>
   </si>
   <si>
     <t>Комплект ОСЕВОЙ термостатический VR для  рад-ра 1/2 угловой (3 в 1) (1/25шт)</t>
   </si>
   <si>
-    <t>1 319.41 руб.</t>
+    <t>1 551.46 руб.</t>
   </si>
   <si>
     <t>VER-000641</t>
   </si>
   <si>
     <t>VR310-F</t>
   </si>
   <si>
     <t>Комплект терморегулирующий 1/2"  УГЛОВОЙ (25/1шт) "ViEiR"</t>
   </si>
   <si>
-    <t>1 752.28 руб.</t>
+    <t>1 819.21 руб.</t>
   </si>
   <si>
     <t>VER-000642</t>
   </si>
   <si>
     <t>VR310-C</t>
   </si>
   <si>
-    <t>1 749.30 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>VER-001518</t>
   </si>
   <si>
     <t>VR340-F</t>
   </si>
   <si>
     <t>Комплект терморегулирующий осевой 1/2" БЕЛЫЙ (25/5шт)</t>
   </si>
   <si>
-    <t>1 564.85 руб.</t>
+    <t>1 887.64 руб.</t>
   </si>
   <si>
     <t>VER-001519</t>
   </si>
   <si>
     <t>VR340-C</t>
   </si>
   <si>
     <t>Комплект терморегулирующий осевой 1/2" ЧЕРНЫЙ (25/5шт)</t>
-  </si>
-[...1 lines deleted...]
-    <t>1 554.44 руб.</t>
   </si>
   <si>
     <t>VER-001520</t>
   </si>
   <si>
     <t>VR340-G</t>
   </si>
   <si>
     <t>Комплект терморегулирующий осевой 1/2" СЕРЫЙ (25/5шт)</t>
   </si>
   <si>
     <t>Термостатическая арматура VALTEC</t>
   </si>
   <si>
     <t>Клапана термостатические VALTEC</t>
   </si>
   <si>
     <t>VLC-612011</t>
   </si>
   <si>
     <t>VT.031.N.04</t>
   </si>
   <si>
     <t>Клапан термостатический для рад. угловой 1/2" (10 /80шт)</t>
   </si>
@@ -1844,153 +1841,144 @@
   <si>
     <t>VLC-612006</t>
   </si>
   <si>
     <t>VT.5010.0.0</t>
   </si>
   <si>
     <t>Термоголовка с выносным настенным датчиком, диап. регул-ки 6,5 - 28°C, жидкостная (5 /40шт)</t>
   </si>
   <si>
     <t>4 024.00 руб.</t>
   </si>
   <si>
     <t>Термоголовки VIEIR</t>
   </si>
   <si>
     <t>RAR-120005</t>
   </si>
   <si>
     <t>VR334</t>
   </si>
   <si>
     <t>Термоголовка VR жидкостная M30x1,5 (1 /100шт)</t>
   </si>
   <si>
-    <t>301.96 руб.</t>
+    <t>318.33 руб.</t>
   </si>
   <si>
     <t>RAR-120006</t>
   </si>
   <si>
     <t>VR292</t>
   </si>
   <si>
-    <t>342.13 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>RAR-120011</t>
   </si>
   <si>
     <t>VR288</t>
   </si>
   <si>
     <t>Термоголовка VIEIR жидкостная M30x1,5 (1 /100шт)</t>
   </si>
   <si>
-    <t>300.48 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>RAR-120012</t>
   </si>
   <si>
     <t>VR289</t>
   </si>
   <si>
-    <t>403.11 руб.</t>
+    <t>422.45 руб.</t>
   </si>
   <si>
     <t>RAR-120014</t>
   </si>
   <si>
     <t>VR337</t>
   </si>
   <si>
-    <t>293.04 руб.</t>
+    <t>307.91 руб.</t>
   </si>
   <si>
     <t>RAR-120015</t>
   </si>
   <si>
     <t>VR336</t>
   </si>
   <si>
     <t>321.30 руб.</t>
   </si>
   <si>
     <t>RAR-120016</t>
   </si>
   <si>
     <t>VR335</t>
   </si>
   <si>
-    <t>339.15 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>RAR-120017</t>
   </si>
   <si>
     <t>VR330</t>
   </si>
   <si>
     <t>Термоголовка VIEIR с выносным настенным датчиком температуры жидкостная M30x1,5 (1 /100шт)</t>
   </si>
   <si>
-    <t>879.11 руб.</t>
+    <t>922.25 руб.</t>
   </si>
   <si>
     <t>RAR-120020</t>
   </si>
   <si>
     <t>VR1125</t>
   </si>
   <si>
     <t>Термоголовка жидкостная (100/1шт)</t>
   </si>
   <si>
+    <t>316.84 руб.</t>
+  </si>
+  <si>
     <t>RAR-120021</t>
   </si>
   <si>
     <t>VR1126</t>
   </si>
   <si>
     <t>Термоголовка жидкостная  ViEiR  (100/1шт)</t>
   </si>
   <si>
-    <t>325.76 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>RAR-120042</t>
   </si>
   <si>
     <t>VR290A</t>
   </si>
   <si>
     <t>Термоголовка с погружным датчиком 30-70 °С  ViEiR  (50/1шт)</t>
   </si>
   <si>
-    <t>862.75 руб.</t>
+    <t>905.89 руб.</t>
   </si>
   <si>
     <t>RAR-120043</t>
   </si>
   <si>
     <t>VR290B</t>
   </si>
   <si>
     <t>Термоголовка с погружным датчиком 50-90 °С  ViEiR  (50/1шт)</t>
   </si>
   <si>
     <t>Термоголовки ZEGOR</t>
   </si>
   <si>
     <t>ZGR-000070</t>
   </si>
   <si>
     <t>QS-7001</t>
   </si>
   <si>
     <t>Термостатическая головка ZEGOR жидкостная,  М30 × 1,5, диапазон  от 6 до 28 ℃ (1/100шт)</t>
   </si>
   <si>
     <t>439.27 руб.</t>
   </si>
@@ -2138,146 +2126,143 @@
   <si>
     <t>VLC-611029</t>
   </si>
   <si>
     <t>VT.AVK01.N.E04</t>
   </si>
   <si>
     <t>Адаптер для узла нижнего подкл. рад., Евроконус х 1/2" (10 /400шт)</t>
   </si>
   <si>
     <t>149.00 руб.</t>
   </si>
   <si>
     <t>Узлы нижнего подключения VIEIR (ручная регулировка)</t>
   </si>
   <si>
     <t>RAR-210009</t>
   </si>
   <si>
     <t>VR308</t>
   </si>
   <si>
     <t>Узел для нижн. подкл. рад. прямой (c компл. адаптеров 1/2"), 3/4хЕвроконус (4/50шт)</t>
   </si>
   <si>
-    <t>891.01 руб.</t>
+    <t>953.49 руб.</t>
   </si>
   <si>
     <t>RAR-210023</t>
   </si>
   <si>
     <t>VR309</t>
   </si>
   <si>
     <t>Узел для нижн. подкл. рад. угловой (c компл. адаптеров 1/2"), 3/4хЕвроконус (5/50шт)</t>
   </si>
   <si>
-    <t>873.16 руб.</t>
+    <t>934.15 руб.</t>
   </si>
   <si>
     <t>VER-000637</t>
   </si>
   <si>
     <t>VR308-C</t>
   </si>
   <si>
     <t>Узел нижнего подключения радиатора, 3/4" ПРЯМОЙ ЧЕРНЫЙ с адаптерами (48/1шт)</t>
   </si>
   <si>
-    <t>1 042.74 руб.</t>
+    <t>1 191.49 руб.</t>
   </si>
   <si>
     <t>VER-000638</t>
   </si>
   <si>
     <t>VR308-F</t>
   </si>
   <si>
     <t>Узел нижнего подключения радиатора, 3/4" ПРЯМОЙ БЕЛЫЙ с адаптерами (48/1шт)</t>
   </si>
   <si>
-    <t>1 068.03 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>VER-000639</t>
   </si>
   <si>
     <t>VR309-C</t>
   </si>
   <si>
     <t>Узел нижнего подключения радиатора, 3/4" УГЛОВОЙ ЧЕРНЫЙ с адаптерами (48/1шт)</t>
   </si>
   <si>
-    <t>1 087.36 руб.</t>
+    <t>1 161.74 руб.</t>
   </si>
   <si>
     <t>VER-000640</t>
   </si>
   <si>
     <t>VR309-F</t>
   </si>
   <si>
     <t>Узел нижнего подключения радиатора, 3/4" УГЛОВОЙ БЕЛЫЙ с адаптерами (48/1шт)</t>
   </si>
   <si>
-    <t>1 099.26 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>VER-000699</t>
   </si>
   <si>
     <t>VRD34M</t>
   </si>
   <si>
     <t>Ниппель переходной для узла подключения радиатора 1/2"M*3/4"M (60/5шт)</t>
   </si>
   <si>
-    <t>72.89 руб.</t>
+    <t>90.74 руб.</t>
   </si>
   <si>
     <t>VER-001155</t>
   </si>
   <si>
     <t>VR1155</t>
   </si>
   <si>
     <t>Узел нижнего подключения для радиатора раздельный прямой 3/4"x1/2"(100/1шт)</t>
   </si>
   <si>
-    <t>400.14 руб.</t>
+    <t>440.30 руб.</t>
   </si>
   <si>
     <t>VER-001156</t>
   </si>
   <si>
     <t>VR1156</t>
   </si>
   <si>
     <t>Узел нижнего подключения для радиатора раздельный угловой 3/4"x1/2"(100/1шт)</t>
   </si>
   <si>
+    <t>493.85 руб.</t>
+  </si>
+  <si>
     <t>Узлы нижнего подключения VALTEC (термостатические)</t>
   </si>
   <si>
     <t>VLC-612001</t>
   </si>
   <si>
     <t>VT.AD304.0.1000</t>
   </si>
   <si>
     <t>Трубка из нерж. стали D=15 мм, L=1 м (1 /50шт)</t>
   </si>
   <si>
     <t>795.00 руб.</t>
   </si>
   <si>
     <t>VLC-612007</t>
   </si>
   <si>
     <t>VT.225K.N.E04050</t>
   </si>
   <si>
     <t>Термостатический узел для нижнего подкл. рад. Однотрубная система (комплект) 1/2"х50%  (1 /32шт)</t>
   </si>
   <si>
     <t>4 758.00 руб.</t>
@@ -2315,168 +2300,171 @@
   <si>
     <t>Инжекторный узел для подкл. рад.. 1/2"x100% (5 /40шт)</t>
   </si>
   <si>
     <t>Узлы нижнего подключения VIEIR (термостатические)</t>
   </si>
   <si>
     <t>RAR-120018</t>
   </si>
   <si>
     <t>VR349</t>
   </si>
   <si>
     <t>Клапан ОСЕВОЙ термостатич. (M30X1,5) 3/4"ЕВРОКОНУС х1/2" ViEiR (комплект + VR350+VR318A) (60/1шт)</t>
   </si>
   <si>
     <t>RAR-120022</t>
   </si>
   <si>
     <t>VR318A</t>
   </si>
   <si>
     <t>Трубка из нерж. стали D=15 мм, L=600мм (1 /50шт)</t>
   </si>
   <si>
-    <t>266.26 руб.</t>
+    <t>263.29 руб.</t>
   </si>
   <si>
     <t>RAR-120023</t>
   </si>
   <si>
     <t>VR320A</t>
   </si>
   <si>
     <t>Трубка нержавеющая  ф12*450мм  ViEiR (1шт)</t>
   </si>
   <si>
+    <t>163.63 руб.</t>
+  </si>
+  <si>
+    <t>RAR-210018</t>
+  </si>
+  <si>
+    <t>VR321A</t>
+  </si>
+  <si>
+    <t>Клапан термостатич. (M30X1,5) осевой для рад. с воздух. и доп. упл. (компл VR318+VR318A) (1/50шт)</t>
+  </si>
+  <si>
+    <t>931.18 руб.</t>
+  </si>
+  <si>
+    <t>RAR-210019</t>
+  </si>
+  <si>
+    <t>VR318</t>
+  </si>
+  <si>
+    <t>Узел ниж подключ рад 4-х ход 1 и 2 труб система, вращение 360* ViEiR (компл VR321A+VR318A) (50/1шт)</t>
+  </si>
+  <si>
+    <t>1 192.98 руб.</t>
+  </si>
+  <si>
+    <t>RAR-210021</t>
+  </si>
+  <si>
+    <t>VR350</t>
+  </si>
+  <si>
+    <t>Узел ниж подключ 4-х ходовой двухтруб система 100%  ViEiR (исполь с VR 349 + VR318A (50/1шт)</t>
+  </si>
+  <si>
+    <t>1 277.76 руб.</t>
+  </si>
+  <si>
+    <t>RAR-210022</t>
+  </si>
+  <si>
+    <t>VR320</t>
+  </si>
+  <si>
+    <t>Узел термост для одноточеч ниж подключ рад (M30X1,5) 1 и 2 труб система (исполь с VR320A) (30/1шт)</t>
+  </si>
+  <si>
+    <t>1 612.45 руб.</t>
+  </si>
+  <si>
+    <t>VER-000537</t>
+  </si>
+  <si>
+    <t>VR339</t>
+  </si>
+  <si>
+    <t>Термостатический узел одноточечный нижней установки радиатора 1/2" "ViEiR" (60/1шт)</t>
+  </si>
+  <si>
+    <t>1 786.49 руб.</t>
+  </si>
+  <si>
+    <t>VER-000673</t>
+  </si>
+  <si>
+    <t>VR1620-A</t>
+  </si>
+  <si>
+    <t>Евроконус для узла ручной регулировки 16x2.2" (240/60шт)</t>
+  </si>
+  <si>
+    <t>153.21 руб.</t>
+  </si>
+  <si>
+    <t>VER-000674</t>
+  </si>
+  <si>
+    <t>VR1620-B</t>
+  </si>
+  <si>
+    <t>Евроконус для узла ручной регулировки 16x2.0" (240/60шт)</t>
+  </si>
+  <si>
     <t>166.60 руб.</t>
   </si>
   <si>
-    <t>RAR-210018</t>
-[...79 lines deleted...]
-  <si>
     <t>VER-000930</t>
   </si>
   <si>
     <t>VR349/VR350</t>
   </si>
   <si>
     <t>Комплект термостатический для подключения радиаторов 1/2"x3/4" (25/1пар)</t>
   </si>
   <si>
-    <t>1 683.85 руб.</t>
+    <t>1 939.70 руб.</t>
   </si>
   <si>
     <t>VER-001515</t>
   </si>
   <si>
     <t>VR353-2C</t>
   </si>
   <si>
     <t>Универсальный комплект для нижнего подключения G1/2" ЧЕРНЫЙ (24/1шт)</t>
   </si>
   <si>
-    <t>2 690.89 руб.</t>
+    <t>2 854.51 руб.</t>
   </si>
   <si>
     <t>VER-001516</t>
   </si>
   <si>
     <t>VR353-2F</t>
   </si>
   <si>
     <t>Универсальный комплект для нижнего подключения G1/2" БЕЛЫЙ (24/1шт)</t>
   </si>
   <si>
     <t>VER-001517</t>
   </si>
   <si>
     <t>VR353-2G</t>
   </si>
   <si>
     <t>Универсальный комплект для нижнего подключения G1/2" СЕРЫЙ (24/1шт)</t>
   </si>
   <si>
     <t>Дизайн узлы нижнего подключения VIVALDO (цветные)</t>
   </si>
   <si>
     <t>VIV-101017</t>
   </si>
@@ -10557,506 +10545,506 @@
       <c r="C6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="str">
-        <f>J6*389.73</f>
+        <f>J6*489.39</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>832485</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="2">
         <v>0</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="str">
-        <f>J7*307.91</f>
+        <f>J7*315.35</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>832486</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G8" s="2">
         <v>10</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="str">
-        <f>J8*505.75</f>
+        <f>J8*516.16</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>832489</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>28</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G9" s="2">
         <v>7</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="str">
-        <f>J9*346.59</f>
+        <f>J9*352.54</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>832490</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="G10" s="2" t="s">
-        <v>36</v>
+      <c r="G10" s="2">
+        <v>0</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="str">
-        <f>J10*447.74</f>
+        <f>J10*456.66</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>832493</v>
       </c>
       <c r="C11" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D11" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="D11" s="1" t="s">
+      <c r="E11" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="E11" s="2" t="s">
+      <c r="F11" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="F11" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G11" s="2">
         <v>0</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="str">
-        <f>J11*487.90</f>
+        <f>J11*648.55</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>819035</v>
       </c>
       <c r="C12" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="D12" s="1" t="s">
+      <c r="E12" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="E12" s="2" t="s">
+      <c r="F12" s="2" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="G12" s="2">
         <v>10</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="str">
-        <f>J12*476.00</f>
+        <f>J12*542.94</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>819036</v>
       </c>
       <c r="C13" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D13" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="D13" s="1" t="s">
+      <c r="E13" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="F13" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G13" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="str">
-        <f>J13*605.41</f>
+        <f>J13*691.69</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>819037</v>
       </c>
       <c r="C14" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="E14" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="G14" s="2">
         <v>0</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="str">
         <f>J14*508.98</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>819038</v>
       </c>
       <c r="C15" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D15" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="D15" s="1" t="s">
+      <c r="E15" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="E15" s="2" t="s">
+      <c r="F15" s="2" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="str">
-        <f>J15*563.76</f>
+        <f>J15*644.09</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>825189</v>
       </c>
       <c r="C16" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D16" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="D16" s="1" t="s">
+      <c r="E16" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="E16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="F16" s="2" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="G16" s="2">
+        <v>5</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="str">
-        <f>J16*587.56</f>
+        <f>J16*667.89</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>825190</v>
       </c>
       <c r="C17" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D17" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="D17" s="1" t="s">
+      <c r="E17" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="E17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="F17" s="2" t="s">
+      <c r="G17" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="G17" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K17" s="2" t="str">
-        <f>J17*758.63</f>
+        <f>J17*865.73</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>825191</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>66</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K18" s="2" t="str">
-        <f>J18*499.80</f>
+        <f>J18*599.46</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>825192</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G19" s="2">
         <v>10</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K19" s="2" t="str">
-        <f>J19*673.84</f>
+        <f>J19*767.55</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>826563</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>75</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>76</v>
       </c>
       <c r="G20" s="2">
         <v>0</v>
       </c>
       <c r="H20" s="2">
@@ -11105,324 +11093,324 @@
       </c>
       <c r="K21" s="2" t="str">
         <f>J21*856.80</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>954071</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>82</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>83</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G22" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K22" s="2" t="str">
-        <f>J22*458.15</f>
+        <f>J22*519.14</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>954072</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>85</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>87</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G23" s="2">
         <v>0</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K23" s="2" t="str">
-        <f>J23*458.15</f>
+        <f>J23*519.14</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>954075</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>88</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>89</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>83</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>90</v>
       </c>
       <c r="G24" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K24" s="2" t="str">
-        <f>J24*554.84</f>
+        <f>J24*627.73</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>954076</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>91</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>92</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>87</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>90</v>
       </c>
       <c r="G25" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K25" s="2" t="str">
-        <f>J25*554.84</f>
+        <f>J25*627.73</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" outlineLevel="3">
       <c r="A26" s="9" t="s">
         <v>93</v>
       </c>
       <c r="B26" s="9"/>
       <c r="C26" s="9"/>
       <c r="D26" s="9"/>
       <c r="E26" s="9"/>
       <c r="F26" s="9"/>
       <c r="G26" s="9"/>
       <c r="H26" s="9"/>
       <c r="I26" s="9"/>
       <c r="J26" s="9"/>
       <c r="K26" s="9"/>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>832484</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>95</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>96</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>97</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K27" s="2" t="str">
-        <f>J27*334.69</f>
+        <f>J27*342.13</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>832487</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>98</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>99</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>100</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>101</v>
       </c>
       <c r="G28" s="2">
         <v>0</v>
       </c>
       <c r="H28" s="2">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K28" s="2" t="str">
-        <f>J28*278.16</f>
+        <f>J28*284.11</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>832488</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>102</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>103</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>104</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="2" t="str">
-        <f>J29*477.49</f>
+        <f>J29*486.41</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>832491</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>107</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G30" s="2">
         <v>0</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K30" s="2" t="str">
-        <f>J30*331.71</f>
+        <f>J30*339.15</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>832492</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>111</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>112</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>113</v>
       </c>
       <c r="G31" s="2">
         <v>0</v>
       </c>
       <c r="H31" s="2">
@@ -11448,296 +11436,296 @@
       <c r="C32" s="1" t="s">
         <v>114</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>115</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>116</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>117</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H32" s="2">
         <v>0</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K32" s="2" t="str">
-        <f>J32*419.48</f>
+        <f>J32*477.49</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>819040</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>118</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>119</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>120</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>121</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H33" s="2">
         <v>0</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K33" s="2" t="str">
-        <f>J33*557.81</f>
+        <f>J33*632.19</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>819041</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>122</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>123</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>124</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>125</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K34" s="2" t="str">
-        <f>J34*382.29</f>
+        <f>J34*432.86</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>819042</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>129</v>
       </c>
       <c r="G35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K35" s="2" t="str">
-        <f>J35*529.55</f>
+        <f>J35*600.95</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>825193</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>130</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>131</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>132</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>133</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K36" s="2" t="str">
-        <f>J36*539.96</f>
+        <f>J36*614.34</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>825194</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>134</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>135</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>136</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>137</v>
       </c>
       <c r="G37" s="2">
         <v>10</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K37" s="2" t="str">
-        <f>J37*716.98</f>
+        <f>J37*815.15</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>825195</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>138</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>139</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>140</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>141</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K38" s="2" t="str">
-        <f>J38*496.83</f>
+        <f>J38*563.76</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>825196</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>142</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>143</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>144</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>145</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K39" s="2" t="str">
-        <f>J39*653.01</f>
+        <f>J39*743.75</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>826564</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>146</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>147</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>148</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>149</v>
       </c>
       <c r="G40" s="2">
         <v>2</v>
       </c>
       <c r="H40" s="2">
@@ -11785,64 +11773,64 @@
         <v>19</v>
       </c>
       <c r="K41" s="2" t="str">
         <f>J41*831.51</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>954073</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>153</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>154</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>155</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>156</v>
       </c>
-      <c r="G42" s="2">
-        <v>0</v>
+      <c r="G42" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K42" s="2" t="str">
-        <f>J42*410.55</f>
+        <f>J42*462.61</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>954074</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>157</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>159</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>160</v>
       </c>
       <c r="G43" s="2">
         <v>0</v>
       </c>
       <c r="H43" s="2">
@@ -11926,767 +11914,767 @@
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>819007</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>168</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>170</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>171</v>
       </c>
       <c r="G47" s="2">
         <v>0</v>
       </c>
       <c r="H47" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K47" s="2" t="str">
         <f>J47*2348.00</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>819008</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H48" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K48" s="2" t="str">
         <f>J48*729.00</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>819009</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>167</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K49" s="2" t="str">
         <f>J49*1288.00</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>819010</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>185</v>
+      </c>
+      <c r="G50" s="2">
+        <v>5</v>
       </c>
       <c r="H50" s="2" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K50" s="2" t="str">
         <f>J50*573.00</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
         <v>819011</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>186</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>188</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>189</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>176</v>
+        <v>167</v>
       </c>
       <c r="H51" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="I51" s="1">
         <v>0</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K51" s="2" t="str">
         <f>J51*935.00</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>819012</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>190</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>191</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>192</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>193</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H52" s="2" t="s">
-        <v>185</v>
+        <v>172</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K52" s="2" t="str">
         <f>J52*861.00</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
         <v>819013</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>194</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>195</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>196</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>197</v>
       </c>
       <c r="G53" s="2">
         <v>9</v>
       </c>
       <c r="H53" s="2" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="I53" s="1">
         <v>0</v>
       </c>
       <c r="J53" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K53" s="2" t="str">
         <f>J53*1474.00</f>
         <v>0</v>
       </c>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
         <v>819014</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>198</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>199</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>200</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>201</v>
       </c>
-      <c r="G54" s="2" t="s">
-        <v>18</v>
+      <c r="G54" s="2">
+        <v>10</v>
       </c>
       <c r="H54" s="2" t="s">
         <v>202</v>
       </c>
       <c r="I54" s="1">
         <v>0</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K54" s="2" t="str">
         <f>J54*632.00</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
         <v>819015</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>203</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>204</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>205</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>206</v>
       </c>
-      <c r="G55" s="2" t="s">
-        <v>18</v>
+      <c r="G55" s="2">
+        <v>9</v>
       </c>
       <c r="H55" s="2" t="s">
-        <v>185</v>
+        <v>202</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K55" s="2" t="str">
         <f>J55*1115.00</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A56" s="1"/>
       <c r="B56" s="1">
         <v>819016</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>207</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>208</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>209</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>210</v>
       </c>
       <c r="G56" s="2">
         <v>0</v>
       </c>
       <c r="H56" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="I56" s="1">
         <v>0</v>
       </c>
       <c r="J56" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K56" s="2" t="str">
         <f>J56*14.00</f>
         <v>0</v>
       </c>
       <c r="L56" s="5"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
         <v>819017</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>211</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>213</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G57" s="2">
         <v>0</v>
       </c>
       <c r="H57" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K57" s="2" t="str">
         <f>J57*19.00</f>
         <v>0</v>
       </c>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A58" s="1"/>
       <c r="B58" s="1">
         <v>819018</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>215</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>216</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>217</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>218</v>
       </c>
       <c r="G58" s="2">
         <v>1</v>
       </c>
-      <c r="H58" s="2" t="s">
-        <v>18</v>
+      <c r="H58" s="2">
+        <v>0</v>
       </c>
       <c r="I58" s="1">
         <v>0</v>
       </c>
       <c r="J58" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K58" s="2" t="str">
         <f>J58*560.00</f>
         <v>0</v>
       </c>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
         <v>819019</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>219</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>220</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>221</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>222</v>
       </c>
       <c r="G59" s="2">
         <v>8</v>
       </c>
       <c r="H59" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="I59" s="1">
         <v>0</v>
       </c>
       <c r="J59" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K59" s="2" t="str">
         <f>J59*590.00</f>
         <v>0</v>
       </c>
       <c r="L59" s="5"/>
     </row>
     <row r="60" spans="1:12" outlineLevel="3">
       <c r="A60" s="9" t="s">
         <v>223</v>
       </c>
       <c r="B60" s="9"/>
       <c r="C60" s="9"/>
       <c r="D60" s="9"/>
       <c r="E60" s="9"/>
       <c r="F60" s="9"/>
       <c r="G60" s="9"/>
       <c r="H60" s="9"/>
       <c r="I60" s="9"/>
       <c r="J60" s="9"/>
       <c r="K60" s="9"/>
       <c r="L60" s="5"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A61" s="1"/>
       <c r="B61" s="1">
         <v>819020</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>224</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>225</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>226</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>227</v>
       </c>
-      <c r="G61" s="2">
-        <v>7</v>
+      <c r="G61" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H61" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K61" s="2" t="str">
         <f>J61*1030.00</f>
         <v>0</v>
       </c>
       <c r="L61" s="5"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A62" s="1"/>
       <c r="B62" s="1">
         <v>819021</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>228</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>229</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>230</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>231</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H62" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K62" s="2" t="str">
         <f>J62*1551.00</f>
         <v>0</v>
       </c>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A63" s="1"/>
       <c r="B63" s="1">
         <v>819022</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>232</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>233</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>234</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>235</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="H63" s="2" t="s">
-        <v>185</v>
+      <c r="H63" s="2">
+        <v>0</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K63" s="2" t="str">
         <f>J63*599.00</f>
         <v>0</v>
       </c>
       <c r="L63" s="5"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A64" s="1"/>
       <c r="B64" s="1">
         <v>819023</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>236</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>237</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>238</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>239</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H64" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K64" s="2" t="str">
         <f>J64*595.00</f>
         <v>0</v>
       </c>
       <c r="L64" s="5"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A65" s="1"/>
       <c r="B65" s="1">
         <v>819024</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>240</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>241</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>242</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>243</v>
       </c>
       <c r="G65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H65" s="2" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="I65" s="1">
         <v>0</v>
       </c>
       <c r="J65" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K65" s="2" t="str">
         <f>J65*1159.00</f>
         <v>0</v>
       </c>
       <c r="L65" s="5"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
         <v>819025</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>244</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>245</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>246</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>247</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H66" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="I66" s="1">
         <v>0</v>
       </c>
       <c r="J66" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K66" s="2" t="str">
         <f>J66*1643.00</f>
         <v>0</v>
       </c>
       <c r="L66" s="5"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A67" s="1"/>
       <c r="B67" s="1">
         <v>819026</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>248</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>249</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>250</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>251</v>
       </c>
       <c r="G67" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>202</v>
       </c>
       <c r="I67" s="1">
         <v>0</v>
       </c>
       <c r="J67" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K67" s="2" t="str">
         <f>J67*674.00</f>
         <v>0</v>
       </c>
       <c r="L67" s="5"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A68" s="1"/>
       <c r="B68" s="1">
         <v>819027</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>252</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>253</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>254</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>255</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H68" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="I68" s="1">
         <v>0</v>
       </c>
       <c r="J68" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K68" s="2" t="str">
         <f>J68*631.00</f>
         <v>0</v>
       </c>
       <c r="L68" s="5"/>
     </row>
     <row r="69" spans="1:12" outlineLevel="2">
       <c r="A69" s="8" t="s">
         <v>256</v>
       </c>
       <c r="B69" s="8"/>
       <c r="C69" s="8"/>
       <c r="D69" s="8"/>
       <c r="E69" s="8"/>
       <c r="F69" s="8"/>
       <c r="G69" s="8"/>
       <c r="H69" s="8"/>
       <c r="I69" s="8"/>
@@ -12725,51 +12713,51 @@
       </c>
       <c r="K70" s="2" t="str">
         <f>J70*478.24</f>
         <v>0</v>
       </c>
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A71" s="1"/>
       <c r="B71" s="1">
         <v>834471</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>261</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>262</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>263</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>264</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="H71" s="2">
         <v>0</v>
       </c>
       <c r="I71" s="1">
         <v>0</v>
       </c>
       <c r="J71" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K71" s="2" t="str">
         <f>J71*537.80</f>
         <v>0</v>
       </c>
       <c r="L71" s="5"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A72" s="1"/>
       <c r="B72" s="1">
         <v>834472</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>265</v>
       </c>
       <c r="D72" s="1" t="s">
@@ -12794,192 +12782,192 @@
         <v>19</v>
       </c>
       <c r="K72" s="2" t="str">
         <f>J72*417.42</f>
         <v>0</v>
       </c>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A73" s="1"/>
       <c r="B73" s="1">
         <v>834473</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>269</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>270</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>271</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>272</v>
       </c>
-      <c r="G73" s="2" t="s">
-        <v>18</v>
+      <c r="G73" s="2">
+        <v>5</v>
       </c>
       <c r="H73" s="2">
         <v>0</v>
       </c>
       <c r="I73" s="1">
         <v>0</v>
       </c>
       <c r="J73" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K73" s="2" t="str">
         <f>J73*472.71</f>
         <v>0</v>
       </c>
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A74" s="1"/>
       <c r="B74" s="1">
         <v>868669</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>273</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>274</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>275</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>276</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>176</v>
+        <v>167</v>
       </c>
       <c r="H74" s="2">
         <v>0</v>
       </c>
       <c r="I74" s="1">
         <v>0</v>
       </c>
       <c r="J74" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K74" s="2" t="str">
         <f>J74*605.40</f>
         <v>0</v>
       </c>
       <c r="L74" s="5"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A75" s="1"/>
       <c r="B75" s="1">
         <v>868670</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>277</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>278</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>279</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>280</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="H75" s="2">
         <v>0</v>
       </c>
       <c r="I75" s="1">
         <v>0</v>
       </c>
       <c r="J75" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K75" s="2" t="str">
         <f>J75*630.28</f>
         <v>0</v>
       </c>
       <c r="L75" s="5"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A76" s="1"/>
       <c r="B76" s="1">
         <v>868671</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>281</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>282</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>283</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>284</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>176</v>
+        <v>167</v>
       </c>
       <c r="H76" s="2">
         <v>0</v>
       </c>
       <c r="I76" s="1">
         <v>0</v>
       </c>
       <c r="J76" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K76" s="2" t="str">
         <f>J76*648.71</f>
         <v>0</v>
       </c>
       <c r="L76" s="5"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A77" s="1"/>
       <c r="B77" s="1">
         <v>868672</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>285</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>286</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>287</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>288</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="H77" s="2">
         <v>0</v>
       </c>
       <c r="I77" s="1">
         <v>0</v>
       </c>
       <c r="J77" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K77" s="2" t="str">
         <f>J77*683.56</f>
         <v>0</v>
       </c>
       <c r="L77" s="5"/>
     </row>
     <row r="78" spans="1:12" outlineLevel="2">
       <c r="A78" s="8" t="s">
         <v>289</v>
       </c>
       <c r="B78" s="8"/>
       <c r="C78" s="8"/>
       <c r="D78" s="8"/>
       <c r="E78" s="8"/>
       <c r="F78" s="8"/>
@@ -13126,86 +13114,86 @@
       </c>
       <c r="K82" s="2" t="str">
         <f>J82*2690.00</f>
         <v>0</v>
       </c>
       <c r="L82" s="5"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A83" s="1"/>
       <c r="B83" s="1">
         <v>879075</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>304</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>305</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>306</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>307</v>
       </c>
       <c r="G83" s="2">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="H83" s="2">
         <v>0</v>
       </c>
       <c r="I83" s="1">
         <v>0</v>
       </c>
       <c r="J83" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K83" s="2" t="str">
         <f>J83*2990.00</f>
         <v>0</v>
       </c>
       <c r="L83" s="5"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A84" s="1"/>
       <c r="B84" s="1">
         <v>879076</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>308</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>309</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>310</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>311</v>
       </c>
       <c r="G84" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H84" s="2">
         <v>0</v>
       </c>
       <c r="I84" s="1">
         <v>0</v>
       </c>
       <c r="J84" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K84" s="2" t="str">
         <f>J84*2790.00</f>
         <v>0</v>
       </c>
       <c r="L84" s="5"/>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A85" s="1"/>
       <c r="B85" s="1">
         <v>879077</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>312</v>
       </c>
       <c r="D85" s="1" t="s">
@@ -13326,6016 +13314,6016 @@
       <c r="C90" s="1" t="s">
         <v>321</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>322</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>323</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>324</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H90" s="2">
         <v>0</v>
       </c>
       <c r="I90" s="1">
         <v>0</v>
       </c>
       <c r="J90" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K90" s="2" t="str">
-        <f>J90*593.51</f>
+        <f>J90*670.86</f>
         <v>0</v>
       </c>
       <c r="L90" s="5"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A91" s="1"/>
       <c r="B91" s="1">
         <v>819003</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>325</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>326</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>327</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>328</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H91" s="2">
         <v>0</v>
       </c>
       <c r="I91" s="1">
         <v>0</v>
       </c>
       <c r="J91" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K91" s="2" t="str">
-        <f>J91*819.61</f>
+        <f>J91*929.69</f>
         <v>0</v>
       </c>
       <c r="L91" s="5"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A92" s="1"/>
       <c r="B92" s="1">
         <v>819004</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>329</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>330</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>331</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>121</v>
+        <v>332</v>
       </c>
       <c r="G92" s="2">
         <v>10</v>
       </c>
       <c r="H92" s="2">
         <v>0</v>
       </c>
       <c r="I92" s="1">
         <v>0</v>
       </c>
       <c r="J92" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K92" s="2" t="str">
-        <f>J92*557.81</f>
+        <f>J92*629.21</f>
         <v>0</v>
       </c>
       <c r="L92" s="5"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A93" s="1"/>
       <c r="B93" s="1">
         <v>819005</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H93" s="2">
         <v>0</v>
       </c>
       <c r="I93" s="1">
         <v>0</v>
       </c>
       <c r="J93" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K93" s="2" t="str">
-        <f>J93*751.19</f>
+        <f>J93*852.34</f>
         <v>0</v>
       </c>
       <c r="L93" s="5"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A94" s="1"/>
       <c r="B94" s="1">
         <v>825188</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="E94" s="2" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="G94" s="2" t="s">
         <v>167</v>
       </c>
       <c r="H94" s="2">
         <v>0</v>
       </c>
       <c r="I94" s="1">
         <v>0</v>
       </c>
       <c r="J94" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K94" s="2" t="str">
-        <f>J94*589.05</f>
+        <f>J94*663.43</f>
         <v>0</v>
       </c>
       <c r="L94" s="5"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A95" s="1"/>
       <c r="B95" s="1">
         <v>954083</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="G95" s="2">
         <v>0</v>
       </c>
       <c r="H95" s="2">
         <v>0</v>
       </c>
       <c r="I95" s="1">
         <v>0</v>
       </c>
       <c r="J95" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K95" s="2" t="str">
-        <f>J95*580.13</f>
+        <f>J95*658.96</f>
         <v>0</v>
       </c>
       <c r="L95" s="5"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A96" s="1"/>
       <c r="B96" s="1">
         <v>954084</v>
       </c>
       <c r="C96" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="E96" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="F96" s="2" t="s">
         <v>344</v>
       </c>
-      <c r="D96" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G96" s="2">
         <v>0</v>
       </c>
       <c r="H96" s="2">
         <v>0</v>
       </c>
       <c r="I96" s="1">
         <v>0</v>
       </c>
       <c r="J96" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K96" s="2" t="str">
-        <f>J96*580.13</f>
+        <f>J96*658.96</f>
         <v>0</v>
       </c>
       <c r="L96" s="5"/>
     </row>
     <row r="97" spans="1:12" outlineLevel="3">
       <c r="A97" s="9" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B97" s="9"/>
       <c r="C97" s="9"/>
       <c r="D97" s="9"/>
       <c r="E97" s="9"/>
       <c r="F97" s="9"/>
       <c r="G97" s="9"/>
       <c r="H97" s="9"/>
       <c r="I97" s="9"/>
       <c r="J97" s="9"/>
       <c r="K97" s="9"/>
       <c r="L97" s="5"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A98" s="1"/>
       <c r="B98" s="1">
         <v>818996</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="G98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H98" s="2">
         <v>0</v>
       </c>
       <c r="I98" s="1">
         <v>0</v>
       </c>
       <c r="J98" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K98" s="2" t="str">
-        <f>J98*1365.53</f>
+        <f>J98*1475.60</f>
         <v>0</v>
       </c>
       <c r="L98" s="5"/>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A99" s="1"/>
       <c r="B99" s="1">
         <v>818997</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="G99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H99" s="2">
         <v>0</v>
       </c>
       <c r="I99" s="1">
         <v>0</v>
       </c>
       <c r="J99" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K99" s="2" t="str">
-        <f>J99*1724.01</f>
+        <f>J99*1886.15</f>
         <v>0</v>
       </c>
       <c r="L99" s="5"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A100" s="1"/>
       <c r="B100" s="1">
         <v>818998</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="E100" s="2" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="G100" s="2" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="H100" s="2">
         <v>0</v>
       </c>
       <c r="I100" s="1">
         <v>0</v>
       </c>
       <c r="J100" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K100" s="2" t="str">
-        <f>J100*1338.75</f>
+        <f>J100*1386.35</f>
         <v>0</v>
       </c>
       <c r="L100" s="5"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A101" s="1"/>
       <c r="B101" s="1">
         <v>818999</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H101" s="2">
         <v>0</v>
       </c>
       <c r="I101" s="1">
         <v>0</v>
       </c>
       <c r="J101" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K101" s="2" t="str">
-        <f>J101*1628.81</f>
+        <f>J101*1779.05</f>
         <v>0</v>
       </c>
       <c r="L101" s="5"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A102" s="1"/>
       <c r="B102" s="1">
         <v>832494</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="G102" s="2">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="H102" s="2">
         <v>0</v>
       </c>
       <c r="I102" s="1">
         <v>0</v>
       </c>
       <c r="J102" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K102" s="2" t="str">
-        <f>J102*908.86</f>
+        <f>J102*956.46</f>
         <v>0</v>
       </c>
       <c r="L102" s="5"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A103" s="1"/>
       <c r="B103" s="1">
         <v>830638</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="E103" s="2" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H103" s="2">
         <v>0</v>
       </c>
       <c r="I103" s="1">
         <v>0</v>
       </c>
       <c r="J103" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K103" s="2" t="str">
-        <f>J103*946.05</f>
+        <f>J103*1100.75</f>
         <v>0</v>
       </c>
       <c r="L103" s="5"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A104" s="1"/>
       <c r="B104" s="1">
         <v>832495</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="E104" s="2" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="G104" s="2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H104" s="2">
         <v>0</v>
       </c>
       <c r="I104" s="1">
         <v>0</v>
       </c>
       <c r="J104" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K104" s="2" t="str">
-        <f>J104*1805.83</f>
+        <f>J104*1713.60</f>
         <v>0</v>
       </c>
       <c r="L104" s="5"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A105" s="1"/>
       <c r="B105" s="1">
         <v>828461</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="G105" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="H105" s="2">
         <v>0</v>
       </c>
       <c r="I105" s="1">
         <v>0</v>
       </c>
       <c r="J105" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K105" s="2" t="str">
-        <f>J105*1319.41</f>
+        <f>J105*1551.46</f>
         <v>0</v>
       </c>
       <c r="L105" s="5"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A106" s="1"/>
       <c r="B106" s="1">
         <v>880051</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="G106" s="2">
         <v>0</v>
       </c>
       <c r="H106" s="2">
         <v>0</v>
       </c>
       <c r="I106" s="1">
         <v>0</v>
       </c>
       <c r="J106" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K106" s="2" t="str">
-        <f>J106*1752.28</f>
+        <f>J106*1819.21</f>
         <v>0</v>
       </c>
       <c r="L106" s="5"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A107" s="1"/>
       <c r="B107" s="1">
         <v>880052</v>
       </c>
       <c r="C107" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="E107" s="2" t="s">
+        <v>383</v>
+      </c>
+      <c r="F107" s="2" t="s">
         <v>384</v>
-      </c>
-[...7 lines deleted...]
-        <v>386</v>
       </c>
       <c r="G107" s="2">
         <v>7</v>
       </c>
       <c r="H107" s="2">
         <v>0</v>
       </c>
       <c r="I107" s="1">
         <v>0</v>
       </c>
       <c r="J107" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K107" s="2" t="str">
-        <f>J107*1749.30</f>
+        <f>J107*1819.21</f>
         <v>0</v>
       </c>
       <c r="L107" s="5"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A108" s="1"/>
       <c r="B108" s="1">
         <v>885828</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>388</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>389</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>390</v>
       </c>
       <c r="G108" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H108" s="2">
         <v>0</v>
       </c>
       <c r="I108" s="1">
         <v>0</v>
       </c>
       <c r="J108" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K108" s="2" t="str">
-        <f>J108*1564.85</f>
+        <f>J108*1887.64</f>
         <v>0</v>
       </c>
       <c r="L108" s="5"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A109" s="1"/>
       <c r="B109" s="1">
         <v>885829</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>391</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>392</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>393</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="G109" s="2">
         <v>5</v>
       </c>
       <c r="H109" s="2">
         <v>0</v>
       </c>
       <c r="I109" s="1">
         <v>0</v>
       </c>
       <c r="J109" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K109" s="2" t="str">
-        <f>J109*1554.44</f>
+        <f>J109*1887.64</f>
         <v>0</v>
       </c>
       <c r="L109" s="5"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A110" s="1"/>
       <c r="B110" s="1">
         <v>885830</v>
       </c>
       <c r="C110" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="D110" s="1" t="s">
         <v>395</v>
       </c>
-      <c r="D110" s="1" t="s">
+      <c r="E110" s="2" t="s">
         <v>396</v>
       </c>
-      <c r="E110" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F110" s="2" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="G110" s="2">
         <v>1</v>
       </c>
       <c r="H110" s="2">
         <v>0</v>
       </c>
       <c r="I110" s="1">
         <v>0</v>
       </c>
       <c r="J110" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K110" s="2" t="str">
-        <f>J110*1554.44</f>
+        <f>J110*1887.64</f>
         <v>0</v>
       </c>
       <c r="L110" s="5"/>
     </row>
     <row r="111" spans="1:12" outlineLevel="2">
       <c r="A111" s="8" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="B111" s="8"/>
       <c r="C111" s="8"/>
       <c r="D111" s="8"/>
       <c r="E111" s="8"/>
       <c r="F111" s="8"/>
       <c r="G111" s="8"/>
       <c r="H111" s="8"/>
       <c r="I111" s="8"/>
       <c r="J111" s="8"/>
       <c r="K111" s="8"/>
       <c r="L111" s="5"/>
     </row>
     <row r="112" spans="1:12" outlineLevel="3">
       <c r="A112" s="9" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="B112" s="9"/>
       <c r="C112" s="9"/>
       <c r="D112" s="9"/>
       <c r="E112" s="9"/>
       <c r="F112" s="9"/>
       <c r="G112" s="9"/>
       <c r="H112" s="9"/>
       <c r="I112" s="9"/>
       <c r="J112" s="9"/>
       <c r="K112" s="9"/>
       <c r="L112" s="5"/>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A113" s="1"/>
       <c r="B113" s="1">
         <v>818969</v>
       </c>
       <c r="C113" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="D113" s="1" t="s">
         <v>400</v>
       </c>
-      <c r="D113" s="1" t="s">
+      <c r="E113" s="2" t="s">
         <v>401</v>
       </c>
-      <c r="E113" s="2" t="s">
+      <c r="F113" s="2" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
       <c r="G113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H113" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="I113" s="1">
         <v>0</v>
       </c>
       <c r="J113" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K113" s="2" t="str">
         <f>J113*1481.00</f>
         <v>0</v>
       </c>
       <c r="L113" s="5"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A114" s="1"/>
       <c r="B114" s="1">
         <v>818970</v>
       </c>
       <c r="C114" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="D114" s="1" t="s">
         <v>404</v>
       </c>
-      <c r="D114" s="1" t="s">
+      <c r="E114" s="2" t="s">
         <v>405</v>
       </c>
-      <c r="E114" s="2" t="s">
+      <c r="F114" s="2" t="s">
         <v>406</v>
       </c>
-      <c r="F114" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G114" s="2" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="H114" s="2" t="s">
-        <v>176</v>
+        <v>167</v>
       </c>
       <c r="I114" s="1">
         <v>0</v>
       </c>
       <c r="J114" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K114" s="2" t="str">
         <f>J114*2070.00</f>
         <v>0</v>
       </c>
       <c r="L114" s="5"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A115" s="1"/>
       <c r="B115" s="1">
         <v>818971</v>
       </c>
       <c r="C115" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="D115" s="1" t="s">
         <v>408</v>
       </c>
-      <c r="D115" s="1" t="s">
+      <c r="E115" s="2" t="s">
         <v>409</v>
       </c>
-      <c r="E115" s="2" t="s">
+      <c r="F115" s="2" t="s">
         <v>410</v>
       </c>
-      <c r="F115" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G115" s="2">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H115" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="I115" s="1">
         <v>0</v>
       </c>
       <c r="J115" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K115" s="2" t="str">
         <f>J115*919.00</f>
         <v>0</v>
       </c>
       <c r="L115" s="5"/>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A116" s="1"/>
       <c r="B116" s="1">
         <v>818972</v>
       </c>
       <c r="C116" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="D116" s="1" t="s">
         <v>412</v>
       </c>
-      <c r="D116" s="1" t="s">
+      <c r="E116" s="2" t="s">
         <v>413</v>
       </c>
-      <c r="E116" s="2" t="s">
+      <c r="F116" s="2" t="s">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
       <c r="G116" s="2">
         <v>6</v>
       </c>
       <c r="H116" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="I116" s="1">
         <v>0</v>
       </c>
       <c r="J116" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K116" s="2" t="str">
         <f>J116*944.00</f>
         <v>0</v>
       </c>
       <c r="L116" s="5"/>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A117" s="1"/>
       <c r="B117" s="1">
         <v>818973</v>
       </c>
       <c r="C117" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D117" s="1" t="s">
         <v>416</v>
       </c>
-      <c r="D117" s="1" t="s">
+      <c r="E117" s="2" t="s">
         <v>417</v>
       </c>
-      <c r="E117" s="2" t="s">
+      <c r="F117" s="2" t="s">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
       <c r="G117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H117" s="2" t="s">
-        <v>185</v>
+        <v>172</v>
       </c>
       <c r="I117" s="1">
         <v>0</v>
       </c>
       <c r="J117" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K117" s="2" t="str">
         <f>J117*1673.00</f>
         <v>0</v>
       </c>
       <c r="L117" s="5"/>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A118" s="1"/>
       <c r="B118" s="1">
         <v>818974</v>
       </c>
       <c r="C118" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="D118" s="1" t="s">
         <v>420</v>
       </c>
-      <c r="D118" s="1" t="s">
+      <c r="E118" s="2" t="s">
         <v>421</v>
       </c>
-      <c r="E118" s="2" t="s">
+      <c r="F118" s="2" t="s">
         <v>422</v>
       </c>
-      <c r="F118" s="2" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="G118" s="2">
+        <v>0</v>
       </c>
       <c r="H118" s="2" t="s">
-        <v>167</v>
+        <v>202</v>
       </c>
       <c r="I118" s="1">
         <v>0</v>
       </c>
       <c r="J118" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K118" s="2" t="str">
         <f>J118*2216.00</f>
         <v>0</v>
       </c>
       <c r="L118" s="5"/>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A119" s="1"/>
       <c r="B119" s="1">
         <v>818975</v>
       </c>
       <c r="C119" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="D119" s="1" t="s">
         <v>424</v>
       </c>
-      <c r="D119" s="1" t="s">
+      <c r="E119" s="2" t="s">
         <v>425</v>
       </c>
-      <c r="E119" s="2" t="s">
+      <c r="F119" s="2" t="s">
         <v>426</v>
       </c>
-      <c r="F119" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G119" s="2">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="H119" s="2" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="I119" s="1">
         <v>0</v>
       </c>
       <c r="J119" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K119" s="2" t="str">
         <f>J119*907.00</f>
         <v>0</v>
       </c>
       <c r="L119" s="5"/>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A120" s="1"/>
       <c r="B120" s="1">
         <v>818976</v>
       </c>
       <c r="C120" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="D120" s="1" t="s">
         <v>428</v>
       </c>
-      <c r="D120" s="1" t="s">
+      <c r="E120" s="2" t="s">
         <v>429</v>
       </c>
-      <c r="E120" s="2" t="s">
+      <c r="F120" s="2" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
       <c r="G120" s="2">
         <v>10</v>
       </c>
       <c r="H120" s="2" t="s">
-        <v>176</v>
+        <v>167</v>
       </c>
       <c r="I120" s="1">
         <v>0</v>
       </c>
       <c r="J120" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K120" s="2" t="str">
         <f>J120*914.00</f>
         <v>0</v>
       </c>
       <c r="L120" s="5"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A121" s="1"/>
       <c r="B121" s="1">
         <v>818977</v>
       </c>
       <c r="C121" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="D121" s="1" t="s">
         <v>432</v>
       </c>
-      <c r="D121" s="1" t="s">
+      <c r="E121" s="2" t="s">
         <v>433</v>
       </c>
-      <c r="E121" s="2" t="s">
+      <c r="F121" s="2" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
       <c r="G121" s="2">
         <v>6</v>
       </c>
       <c r="H121" s="2" t="s">
-        <v>176</v>
+        <v>167</v>
       </c>
       <c r="I121" s="1">
         <v>0</v>
       </c>
       <c r="J121" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K121" s="2" t="str">
         <f>J121*1024.00</f>
         <v>0</v>
       </c>
       <c r="L121" s="5"/>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A122" s="1"/>
       <c r="B122" s="1">
         <v>818978</v>
       </c>
       <c r="C122" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="D122" s="1" t="s">
         <v>436</v>
       </c>
-      <c r="D122" s="1" t="s">
+      <c r="E122" s="2" t="s">
         <v>437</v>
       </c>
-      <c r="E122" s="2" t="s">
+      <c r="F122" s="2" t="s">
         <v>438</v>
       </c>
-      <c r="F122" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G122" s="2">
         <v>0</v>
       </c>
       <c r="H122" s="2" t="s">
-        <v>176</v>
+        <v>167</v>
       </c>
       <c r="I122" s="1">
         <v>0</v>
       </c>
       <c r="J122" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K122" s="2" t="str">
         <f>J122*1606.00</f>
         <v>0</v>
       </c>
       <c r="L122" s="5"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A123" s="1"/>
       <c r="B123" s="1">
         <v>818979</v>
       </c>
       <c r="C123" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="D123" s="1" t="s">
         <v>440</v>
       </c>
-      <c r="D123" s="1" t="s">
+      <c r="E123" s="2" t="s">
         <v>441</v>
       </c>
-      <c r="E123" s="2" t="s">
+      <c r="F123" s="2" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
       <c r="G123" s="2">
         <v>5</v>
       </c>
-      <c r="H123" s="2" t="s">
-        <v>18</v>
+      <c r="H123" s="2">
+        <v>0</v>
       </c>
       <c r="I123" s="1">
         <v>0</v>
       </c>
       <c r="J123" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K123" s="2" t="str">
         <f>J123*1094.00</f>
         <v>0</v>
       </c>
       <c r="L123" s="5"/>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A124" s="1"/>
       <c r="B124" s="1">
         <v>818980</v>
       </c>
       <c r="C124" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="D124" s="1" t="s">
         <v>444</v>
       </c>
-      <c r="D124" s="1" t="s">
+      <c r="E124" s="2" t="s">
         <v>445</v>
       </c>
-      <c r="E124" s="2" t="s">
+      <c r="F124" s="2" t="s">
         <v>446</v>
       </c>
-      <c r="F124" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G124" s="2">
         <v>0</v>
       </c>
       <c r="H124" s="2" t="s">
-        <v>185</v>
+        <v>172</v>
       </c>
       <c r="I124" s="1">
         <v>0</v>
       </c>
       <c r="J124" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K124" s="2" t="str">
         <f>J124*1811.00</f>
         <v>0</v>
       </c>
       <c r="L124" s="5"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A125" s="1"/>
       <c r="B125" s="1">
         <v>818981</v>
       </c>
       <c r="C125" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="D125" s="1" t="s">
         <v>448</v>
       </c>
-      <c r="D125" s="1" t="s">
+      <c r="E125" s="2" t="s">
         <v>449</v>
       </c>
-      <c r="E125" s="2" t="s">
+      <c r="F125" s="2" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
       <c r="G125" s="2">
         <v>0</v>
       </c>
       <c r="H125" s="2">
         <v>0</v>
       </c>
       <c r="I125" s="1">
         <v>0</v>
       </c>
       <c r="J125" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K125" s="2" t="str">
         <f>J125*1002.00</f>
         <v>0</v>
       </c>
       <c r="L125" s="5"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A126" s="1"/>
       <c r="B126" s="1">
         <v>818982</v>
       </c>
       <c r="C126" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="D126" s="1" t="s">
         <v>452</v>
       </c>
-      <c r="D126" s="1" t="s">
+      <c r="E126" s="2" t="s">
         <v>453</v>
       </c>
-      <c r="E126" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F126" s="2" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="G126" s="2">
         <v>0</v>
       </c>
       <c r="H126" s="2">
         <v>0</v>
       </c>
       <c r="I126" s="1">
         <v>0</v>
       </c>
       <c r="J126" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K126" s="2" t="str">
         <f>J126*1002.00</f>
         <v>0</v>
       </c>
       <c r="L126" s="5"/>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A127" s="1"/>
       <c r="B127" s="1">
         <v>818983</v>
       </c>
       <c r="C127" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="D127" s="1" t="s">
         <v>455</v>
       </c>
-      <c r="D127" s="1" t="s">
+      <c r="E127" s="2" t="s">
         <v>456</v>
       </c>
-      <c r="E127" s="2" t="s">
+      <c r="F127" s="2" t="s">
         <v>457</v>
-      </c>
-[...1 lines deleted...]
-        <v>458</v>
       </c>
       <c r="G127" s="2">
         <v>0</v>
       </c>
       <c r="H127" s="2">
         <v>0</v>
       </c>
       <c r="I127" s="1">
         <v>0</v>
       </c>
       <c r="J127" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K127" s="2" t="str">
         <f>J127*1649.00</f>
         <v>0</v>
       </c>
       <c r="L127" s="5"/>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A128" s="1"/>
       <c r="B128" s="1">
         <v>818984</v>
       </c>
       <c r="C128" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="D128" s="1" t="s">
         <v>459</v>
       </c>
-      <c r="D128" s="1" t="s">
+      <c r="E128" s="2" t="s">
         <v>460</v>
       </c>
-      <c r="E128" s="2" t="s">
+      <c r="F128" s="2" t="s">
         <v>461</v>
       </c>
-      <c r="F128" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G128" s="2">
         <v>0</v>
       </c>
       <c r="H128" s="2" t="s">
-        <v>176</v>
+        <v>167</v>
       </c>
       <c r="I128" s="1">
         <v>0</v>
       </c>
       <c r="J128" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K128" s="2" t="str">
         <f>J128*2266.00</f>
         <v>0</v>
       </c>
       <c r="L128" s="5"/>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A129" s="1"/>
       <c r="B129" s="1">
         <v>818985</v>
       </c>
       <c r="C129" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="D129" s="1" t="s">
         <v>463</v>
       </c>
-      <c r="D129" s="1" t="s">
+      <c r="E129" s="2" t="s">
         <v>464</v>
       </c>
-      <c r="E129" s="2" t="s">
+      <c r="F129" s="2" t="s">
         <v>465</v>
       </c>
-      <c r="F129" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G129" s="2">
         <v>0</v>
       </c>
       <c r="H129" s="2" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="I129" s="1">
         <v>0</v>
       </c>
       <c r="J129" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K129" s="2" t="str">
         <f>J129*1887.00</f>
         <v>0</v>
       </c>
       <c r="L129" s="5"/>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A130" s="1"/>
       <c r="B130" s="1">
         <v>818986</v>
       </c>
       <c r="C130" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="D130" s="1" t="s">
         <v>467</v>
       </c>
-      <c r="D130" s="1" t="s">
+      <c r="E130" s="2" t="s">
         <v>468</v>
       </c>
-      <c r="E130" s="2" t="s">
+      <c r="F130" s="2" t="s">
         <v>469</v>
       </c>
-      <c r="F130" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G130" s="2">
         <v>0</v>
       </c>
-      <c r="H130" s="2" t="s">
-        <v>176</v>
+      <c r="H130" s="2">
+        <v>0</v>
       </c>
       <c r="I130" s="1">
         <v>0</v>
       </c>
       <c r="J130" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K130" s="2" t="str">
         <f>J130*2510.00</f>
         <v>0</v>
       </c>
       <c r="L130" s="5"/>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A131" s="1"/>
       <c r="B131" s="1">
         <v>818991</v>
       </c>
       <c r="C131" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="D131" s="1" t="s">
         <v>471</v>
       </c>
-      <c r="D131" s="1" t="s">
+      <c r="E131" s="2" t="s">
         <v>472</v>
       </c>
-      <c r="E131" s="2" t="s">
+      <c r="F131" s="2" t="s">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>474</v>
       </c>
       <c r="G131" s="2">
         <v>0</v>
       </c>
       <c r="H131" s="2">
         <v>0</v>
       </c>
       <c r="I131" s="1">
         <v>0</v>
       </c>
       <c r="J131" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K131" s="2" t="str">
         <f>J131*757.00</f>
         <v>0</v>
       </c>
       <c r="L131" s="5"/>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A132" s="1"/>
       <c r="B132" s="1">
         <v>818992</v>
       </c>
       <c r="C132" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="D132" s="1" t="s">
         <v>475</v>
       </c>
-      <c r="D132" s="1" t="s">
+      <c r="E132" s="2" t="s">
         <v>476</v>
       </c>
-      <c r="E132" s="2" t="s">
+      <c r="F132" s="2" t="s">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
       <c r="G132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H132" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="I132" s="1">
         <v>0</v>
       </c>
       <c r="J132" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K132" s="2" t="str">
         <f>J132*1935.00</f>
         <v>0</v>
       </c>
       <c r="L132" s="5"/>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A133" s="1"/>
       <c r="B133" s="1">
         <v>824488</v>
       </c>
       <c r="C133" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="D133" s="1" t="s">
         <v>479</v>
       </c>
-      <c r="D133" s="1" t="s">
+      <c r="E133" s="2" t="s">
         <v>480</v>
       </c>
-      <c r="E133" s="2" t="s">
+      <c r="F133" s="2" t="s">
         <v>481</v>
       </c>
-      <c r="F133" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G133" s="2" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="H133" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="I133" s="1">
         <v>0</v>
       </c>
       <c r="J133" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K133" s="2" t="str">
         <f>J133*1023.00</f>
         <v>0</v>
       </c>
       <c r="L133" s="5"/>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A134" s="1"/>
       <c r="B134" s="1">
         <v>868523</v>
       </c>
       <c r="C134" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="D134" s="1" t="s">
         <v>483</v>
       </c>
-      <c r="D134" s="1" t="s">
+      <c r="E134" s="2" t="s">
         <v>484</v>
       </c>
-      <c r="E134" s="2" t="s">
+      <c r="F134" s="2" t="s">
         <v>485</v>
       </c>
-      <c r="F134" s="2" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="G134" s="2">
+        <v>8</v>
       </c>
       <c r="H134" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="I134" s="1">
         <v>0</v>
       </c>
       <c r="J134" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K134" s="2" t="str">
         <f>J134*219.00</f>
         <v>0</v>
       </c>
       <c r="L134" s="5"/>
     </row>
     <row r="135" spans="1:12" outlineLevel="3">
       <c r="A135" s="9" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="B135" s="9"/>
       <c r="C135" s="9"/>
       <c r="D135" s="9"/>
       <c r="E135" s="9"/>
       <c r="F135" s="9"/>
       <c r="G135" s="9"/>
       <c r="H135" s="9"/>
       <c r="I135" s="9"/>
       <c r="J135" s="9"/>
       <c r="K135" s="9"/>
       <c r="L135" s="5"/>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A136" s="1"/>
       <c r="B136" s="1">
         <v>818987</v>
       </c>
       <c r="C136" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D136" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="D136" s="1" t="s">
+      <c r="E136" s="2" t="s">
         <v>489</v>
       </c>
-      <c r="E136" s="2" t="s">
+      <c r="F136" s="2" t="s">
         <v>490</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
       <c r="G136" s="2">
         <v>8</v>
       </c>
       <c r="H136" s="2" t="s">
-        <v>185</v>
+        <v>172</v>
       </c>
       <c r="I136" s="1">
         <v>0</v>
       </c>
       <c r="J136" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K136" s="2" t="str">
         <f>J136*2013.00</f>
         <v>0</v>
       </c>
       <c r="L136" s="5"/>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A137" s="1"/>
       <c r="B137" s="1">
         <v>818988</v>
       </c>
       <c r="C137" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="D137" s="1" t="s">
         <v>492</v>
       </c>
-      <c r="D137" s="1" t="s">
+      <c r="E137" s="2" t="s">
         <v>493</v>
       </c>
-      <c r="E137" s="2" t="s">
+      <c r="F137" s="2" t="s">
         <v>494</v>
-      </c>
-[...1 lines deleted...]
-        <v>495</v>
       </c>
       <c r="G137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H137" s="2" t="s">
         <v>202</v>
       </c>
       <c r="I137" s="1">
         <v>0</v>
       </c>
       <c r="J137" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K137" s="2" t="str">
         <f>J137*2187.00</f>
         <v>0</v>
       </c>
       <c r="L137" s="5"/>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A138" s="1"/>
       <c r="B138" s="1">
         <v>818989</v>
       </c>
       <c r="C138" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="D138" s="1" t="s">
         <v>496</v>
       </c>
-      <c r="D138" s="1" t="s">
+      <c r="E138" s="2" t="s">
         <v>497</v>
       </c>
-      <c r="E138" s="2" t="s">
+      <c r="F138" s="2" t="s">
         <v>498</v>
-      </c>
-[...1 lines deleted...]
-        <v>499</v>
       </c>
       <c r="G138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H138" s="2" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="I138" s="1">
         <v>0</v>
       </c>
       <c r="J138" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K138" s="2" t="str">
         <f>J138*1304.00</f>
         <v>0</v>
       </c>
       <c r="L138" s="5"/>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A139" s="1"/>
       <c r="B139" s="1">
         <v>818990</v>
       </c>
       <c r="C139" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="D139" s="1" t="s">
         <v>500</v>
       </c>
-      <c r="D139" s="1" t="s">
+      <c r="E139" s="2" t="s">
         <v>501</v>
       </c>
-      <c r="E139" s="2" t="s">
+      <c r="F139" s="2" t="s">
         <v>502</v>
       </c>
-      <c r="F139" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G139" s="2">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="H139" s="2" t="s">
-        <v>185</v>
+        <v>202</v>
       </c>
       <c r="I139" s="1">
         <v>0</v>
       </c>
       <c r="J139" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K139" s="2" t="str">
         <f>J139*1350.00</f>
         <v>0</v>
       </c>
       <c r="L139" s="5"/>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A140" s="1"/>
       <c r="B140" s="1">
         <v>824489</v>
       </c>
       <c r="C140" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="D140" s="1" t="s">
         <v>504</v>
       </c>
-      <c r="D140" s="1" t="s">
+      <c r="E140" s="2" t="s">
         <v>505</v>
       </c>
-      <c r="E140" s="2" t="s">
+      <c r="F140" s="2" t="s">
         <v>506</v>
-      </c>
-[...1 lines deleted...]
-        <v>507</v>
       </c>
       <c r="G140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H140" s="2" t="s">
-        <v>36</v>
+        <v>167</v>
       </c>
       <c r="I140" s="1">
         <v>0</v>
       </c>
       <c r="J140" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K140" s="2" t="str">
         <f>J140*1928.00</f>
         <v>0</v>
       </c>
       <c r="L140" s="5"/>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A141" s="1"/>
       <c r="B141" s="1">
         <v>824490</v>
       </c>
       <c r="C141" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="D141" s="1" t="s">
         <v>508</v>
       </c>
-      <c r="D141" s="1" t="s">
+      <c r="E141" s="2" t="s">
         <v>509</v>
       </c>
-      <c r="E141" s="2" t="s">
+      <c r="F141" s="2" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
       <c r="G141" s="2">
         <v>6</v>
       </c>
       <c r="H141" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="I141" s="1">
         <v>0</v>
       </c>
       <c r="J141" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K141" s="2" t="str">
         <f>J141*1772.00</f>
         <v>0</v>
       </c>
       <c r="L141" s="5"/>
     </row>
     <row r="142" spans="1:12" outlineLevel="2">
       <c r="A142" s="8" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="B142" s="8"/>
       <c r="C142" s="8"/>
       <c r="D142" s="8"/>
       <c r="E142" s="8"/>
       <c r="F142" s="8"/>
       <c r="G142" s="8"/>
       <c r="H142" s="8"/>
       <c r="I142" s="8"/>
       <c r="J142" s="8"/>
       <c r="K142" s="8"/>
       <c r="L142" s="5"/>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A143" s="1"/>
       <c r="B143" s="1">
         <v>834474</v>
       </c>
       <c r="C143" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="D143" s="1" t="s">
         <v>513</v>
       </c>
-      <c r="D143" s="1" t="s">
+      <c r="E143" s="2" t="s">
         <v>514</v>
       </c>
-      <c r="E143" s="2" t="s">
+      <c r="F143" s="2" t="s">
         <v>515</v>
-      </c>
-[...1 lines deleted...]
-        <v>516</v>
       </c>
       <c r="G143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H143" s="2">
         <v>0</v>
       </c>
       <c r="I143" s="1">
         <v>0</v>
       </c>
       <c r="J143" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K143" s="2" t="str">
         <f>J143*593.55</f>
         <v>0</v>
       </c>
       <c r="L143" s="5"/>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A144" s="1"/>
       <c r="B144" s="1">
         <v>834475</v>
       </c>
       <c r="C144" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="D144" s="1" t="s">
         <v>517</v>
       </c>
-      <c r="D144" s="1" t="s">
+      <c r="E144" s="2" t="s">
         <v>518</v>
       </c>
-      <c r="E144" s="2" t="s">
+      <c r="F144" s="2" t="s">
         <v>519</v>
       </c>
-      <c r="F144" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G144" s="2" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="H144" s="2">
         <v>0</v>
       </c>
       <c r="I144" s="1">
         <v>0</v>
       </c>
       <c r="J144" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K144" s="2" t="str">
         <f>J144*677.28</f>
         <v>0</v>
       </c>
       <c r="L144" s="5"/>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A145" s="1"/>
       <c r="B145" s="1">
         <v>834476</v>
       </c>
       <c r="C145" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="D145" s="1" t="s">
         <v>521</v>
       </c>
-      <c r="D145" s="1" t="s">
+      <c r="E145" s="2" t="s">
         <v>522</v>
       </c>
-      <c r="E145" s="2" t="s">
+      <c r="F145" s="2" t="s">
         <v>523</v>
-      </c>
-[...1 lines deleted...]
-        <v>524</v>
       </c>
       <c r="G145" s="2">
         <v>0</v>
       </c>
       <c r="H145" s="2">
         <v>0</v>
       </c>
       <c r="I145" s="1">
         <v>0</v>
       </c>
       <c r="J145" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K145" s="2" t="str">
         <f>J145*1061.53</f>
         <v>0</v>
       </c>
       <c r="L145" s="5"/>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A146" s="1"/>
       <c r="B146" s="1">
         <v>834477</v>
       </c>
       <c r="C146" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="D146" s="1" t="s">
         <v>525</v>
       </c>
-      <c r="D146" s="1" t="s">
+      <c r="E146" s="2" t="s">
         <v>526</v>
       </c>
-      <c r="E146" s="2" t="s">
+      <c r="F146" s="2" t="s">
         <v>527</v>
       </c>
-      <c r="F146" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G146" s="2">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="H146" s="2">
         <v>0</v>
       </c>
       <c r="I146" s="1">
         <v>0</v>
       </c>
       <c r="J146" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K146" s="2" t="str">
         <f>J146*585.36</f>
         <v>0</v>
       </c>
       <c r="L146" s="5"/>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A147" s="1"/>
       <c r="B147" s="1">
         <v>834478</v>
       </c>
       <c r="C147" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="D147" s="1" t="s">
         <v>529</v>
       </c>
-      <c r="D147" s="1" t="s">
+      <c r="E147" s="2" t="s">
         <v>530</v>
       </c>
-      <c r="E147" s="2" t="s">
+      <c r="F147" s="2" t="s">
         <v>531</v>
       </c>
-      <c r="F147" s="2" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="G147" s="2">
+        <v>10</v>
       </c>
       <c r="H147" s="2">
         <v>0</v>
       </c>
       <c r="I147" s="1">
         <v>0</v>
       </c>
       <c r="J147" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K147" s="2" t="str">
         <f>J147*757.94</f>
         <v>0</v>
       </c>
       <c r="L147" s="5"/>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A148" s="1"/>
       <c r="B148" s="1">
         <v>834479</v>
       </c>
       <c r="C148" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="D148" s="1" t="s">
         <v>533</v>
       </c>
-      <c r="D148" s="1" t="s">
+      <c r="E148" s="2" t="s">
         <v>534</v>
       </c>
-      <c r="E148" s="2" t="s">
+      <c r="F148" s="2" t="s">
         <v>535</v>
-      </c>
-[...1 lines deleted...]
-        <v>536</v>
       </c>
       <c r="G148" s="2">
         <v>0</v>
       </c>
       <c r="H148" s="2">
         <v>0</v>
       </c>
       <c r="I148" s="1">
         <v>0</v>
       </c>
       <c r="J148" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K148" s="2" t="str">
         <f>J148*1138.93</f>
         <v>0</v>
       </c>
       <c r="L148" s="5"/>
     </row>
     <row r="149" spans="1:12" outlineLevel="2">
       <c r="A149" s="8" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="B149" s="8"/>
       <c r="C149" s="8"/>
       <c r="D149" s="8"/>
       <c r="E149" s="8"/>
       <c r="F149" s="8"/>
       <c r="G149" s="8"/>
       <c r="H149" s="8"/>
       <c r="I149" s="8"/>
       <c r="J149" s="8"/>
       <c r="K149" s="8"/>
       <c r="L149" s="5"/>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A150" s="1"/>
       <c r="B150" s="1">
         <v>879063</v>
       </c>
       <c r="C150" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="D150" s="1" t="s">
         <v>538</v>
       </c>
-      <c r="D150" s="1" t="s">
+      <c r="E150" s="2" t="s">
         <v>539</v>
       </c>
-      <c r="E150" s="2" t="s">
+      <c r="F150" s="2" t="s">
         <v>540</v>
-      </c>
-[...1 lines deleted...]
-        <v>541</v>
       </c>
       <c r="G150" s="2">
         <v>0</v>
       </c>
       <c r="H150" s="2">
         <v>0</v>
       </c>
       <c r="I150" s="1">
         <v>0</v>
       </c>
       <c r="J150" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K150" s="2" t="str">
         <f>J150*3290.00</f>
         <v>0</v>
       </c>
       <c r="L150" s="5"/>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A151" s="1"/>
       <c r="B151" s="1">
         <v>879064</v>
       </c>
       <c r="C151" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="D151" s="1" t="s">
         <v>542</v>
       </c>
-      <c r="D151" s="1" t="s">
+      <c r="E151" s="2" t="s">
         <v>543</v>
       </c>
-      <c r="E151" s="2" t="s">
+      <c r="F151" s="2" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
       <c r="G151" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H151" s="2">
         <v>0</v>
       </c>
       <c r="I151" s="1">
         <v>0</v>
       </c>
       <c r="J151" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K151" s="2" t="str">
         <f>J151*3390.00</f>
         <v>0</v>
       </c>
       <c r="L151" s="5"/>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A152" s="1"/>
       <c r="B152" s="1">
         <v>879065</v>
       </c>
       <c r="C152" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D152" s="1" t="s">
         <v>546</v>
       </c>
-      <c r="D152" s="1" t="s">
+      <c r="E152" s="2" t="s">
         <v>547</v>
       </c>
-      <c r="E152" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F152" s="2" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="G152" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H152" s="2">
         <v>0</v>
       </c>
       <c r="I152" s="1">
         <v>0</v>
       </c>
       <c r="J152" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K152" s="2" t="str">
         <f>J152*3390.00</f>
         <v>0</v>
       </c>
       <c r="L152" s="5"/>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A153" s="1"/>
       <c r="B153" s="1">
         <v>879066</v>
       </c>
       <c r="C153" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="D153" s="1" t="s">
         <v>549</v>
       </c>
-      <c r="D153" s="1" t="s">
+      <c r="E153" s="2" t="s">
         <v>550</v>
       </c>
-      <c r="E153" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F153" s="2" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="G153" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H153" s="2">
         <v>0</v>
       </c>
       <c r="I153" s="1">
         <v>0</v>
       </c>
       <c r="J153" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K153" s="2" t="str">
         <f>J153*3390.00</f>
         <v>0</v>
       </c>
       <c r="L153" s="5"/>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A154" s="1"/>
       <c r="B154" s="1">
         <v>879067</v>
       </c>
       <c r="C154" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="D154" s="1" t="s">
         <v>552</v>
       </c>
-      <c r="D154" s="1" t="s">
+      <c r="E154" s="2" t="s">
         <v>553</v>
       </c>
-      <c r="E154" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F154" s="2" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="G154" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H154" s="2">
         <v>0</v>
       </c>
       <c r="I154" s="1">
         <v>0</v>
       </c>
       <c r="J154" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K154" s="2" t="str">
         <f>J154*3390.00</f>
         <v>0</v>
       </c>
       <c r="L154" s="5"/>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A155" s="1"/>
       <c r="B155" s="1">
         <v>879068</v>
       </c>
       <c r="C155" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="D155" s="1" t="s">
         <v>555</v>
       </c>
-      <c r="D155" s="1" t="s">
+      <c r="E155" s="2" t="s">
         <v>556</v>
       </c>
-      <c r="E155" s="2" t="s">
+      <c r="F155" s="2" t="s">
         <v>557</v>
-      </c>
-[...1 lines deleted...]
-        <v>558</v>
       </c>
       <c r="G155" s="2">
         <v>0</v>
       </c>
       <c r="H155" s="2">
         <v>0</v>
       </c>
       <c r="I155" s="1">
         <v>0</v>
       </c>
       <c r="J155" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K155" s="2" t="str">
         <f>J155*3190.00</f>
         <v>0</v>
       </c>
       <c r="L155" s="5"/>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A156" s="1"/>
       <c r="B156" s="1">
         <v>879069</v>
       </c>
       <c r="C156" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="D156" s="1" t="s">
         <v>559</v>
       </c>
-      <c r="D156" s="1" t="s">
+      <c r="E156" s="2" t="s">
         <v>560</v>
       </c>
-      <c r="E156" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F156" s="2" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="G156" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H156" s="2">
         <v>0</v>
       </c>
       <c r="I156" s="1">
         <v>0</v>
       </c>
       <c r="J156" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K156" s="2" t="str">
         <f>J156*3390.00</f>
         <v>0</v>
       </c>
       <c r="L156" s="5"/>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A157" s="1"/>
       <c r="B157" s="1">
         <v>879070</v>
       </c>
       <c r="C157" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="D157" s="1" t="s">
         <v>562</v>
       </c>
-      <c r="D157" s="1" t="s">
+      <c r="E157" s="2" t="s">
         <v>563</v>
       </c>
-      <c r="E157" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F157" s="2" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="G157" s="2">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="H157" s="2">
         <v>0</v>
       </c>
       <c r="I157" s="1">
         <v>0</v>
       </c>
       <c r="J157" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K157" s="2" t="str">
         <f>J157*3390.00</f>
         <v>0</v>
       </c>
       <c r="L157" s="5"/>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A158" s="1"/>
       <c r="B158" s="1">
         <v>879083</v>
       </c>
       <c r="C158" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="D158" s="1" t="s">
         <v>565</v>
       </c>
-      <c r="D158" s="1" t="s">
+      <c r="E158" s="2" t="s">
         <v>566</v>
       </c>
-      <c r="E158" s="2" t="s">
+      <c r="F158" s="2" t="s">
         <v>567</v>
       </c>
-      <c r="F158" s="2" t="s">
-[...3 lines deleted...]
-        <v>36</v>
+      <c r="G158" s="2">
+        <v>0</v>
       </c>
       <c r="H158" s="2">
         <v>0</v>
       </c>
       <c r="I158" s="1">
         <v>0</v>
       </c>
       <c r="J158" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K158" s="2" t="str">
         <f>J158*3990.00</f>
         <v>0</v>
       </c>
       <c r="L158" s="5"/>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A159" s="1"/>
       <c r="B159" s="1">
         <v>879084</v>
       </c>
       <c r="C159" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="D159" s="1" t="s">
         <v>569</v>
       </c>
-      <c r="D159" s="1" t="s">
+      <c r="E159" s="2" t="s">
         <v>570</v>
       </c>
-      <c r="E159" s="2" t="s">
+      <c r="F159" s="2" t="s">
         <v>571</v>
-      </c>
-[...1 lines deleted...]
-        <v>572</v>
       </c>
       <c r="G159" s="2">
         <v>6</v>
       </c>
       <c r="H159" s="2">
         <v>0</v>
       </c>
       <c r="I159" s="1">
         <v>0</v>
       </c>
       <c r="J159" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K159" s="2" t="str">
         <f>J159*4290.00</f>
         <v>0</v>
       </c>
       <c r="L159" s="5"/>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A160" s="1"/>
       <c r="B160" s="1">
         <v>879085</v>
       </c>
       <c r="C160" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="D160" s="1" t="s">
         <v>573</v>
       </c>
-      <c r="D160" s="1" t="s">
+      <c r="E160" s="2" t="s">
         <v>574</v>
       </c>
-      <c r="E160" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F160" s="2" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="G160" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H160" s="2">
         <v>0</v>
       </c>
       <c r="I160" s="1">
         <v>0</v>
       </c>
       <c r="J160" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K160" s="2" t="str">
         <f>J160*4290.00</f>
         <v>0</v>
       </c>
       <c r="L160" s="5"/>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A161" s="1"/>
       <c r="B161" s="1">
         <v>879086</v>
       </c>
       <c r="C161" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D161" s="1" t="s">
         <v>576</v>
       </c>
-      <c r="D161" s="1" t="s">
+      <c r="E161" s="2" t="s">
         <v>577</v>
       </c>
-      <c r="E161" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F161" s="2" t="s">
-        <v>572</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>571</v>
+      </c>
+      <c r="G161" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H161" s="2">
         <v>0</v>
       </c>
       <c r="I161" s="1">
         <v>0</v>
       </c>
       <c r="J161" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K161" s="2" t="str">
         <f>J161*4290.00</f>
         <v>0</v>
       </c>
       <c r="L161" s="5"/>
     </row>
     <row r="162" spans="1:12" outlineLevel="1">
       <c r="A162" s="7" t="s">
-        <v>579</v>
+        <v>578</v>
       </c>
       <c r="B162" s="7"/>
       <c r="C162" s="7"/>
       <c r="D162" s="7"/>
       <c r="E162" s="7"/>
       <c r="F162" s="7"/>
       <c r="G162" s="7"/>
       <c r="H162" s="7"/>
       <c r="I162" s="7"/>
       <c r="J162" s="7"/>
       <c r="K162" s="7"/>
       <c r="L162" s="5"/>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A163" s="1"/>
       <c r="B163" s="1">
         <v>889397</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>580</v>
+        <v>579</v>
       </c>
       <c r="D163" s="1"/>
       <c r="E163" s="2" t="s">
+        <v>580</v>
+      </c>
+      <c r="F163" s="2" t="s">
         <v>581</v>
       </c>
-      <c r="F163" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G163" s="2" t="s">
-        <v>176</v>
+        <v>167</v>
       </c>
       <c r="H163" s="2">
         <v>0</v>
       </c>
       <c r="I163" s="1">
         <v>0</v>
       </c>
       <c r="J163" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K163" s="2" t="str">
         <f>J163*258.21</f>
         <v>0</v>
       </c>
       <c r="L163" s="5"/>
     </row>
     <row r="164" spans="1:12" outlineLevel="2">
       <c r="A164" s="8" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="B164" s="8"/>
       <c r="C164" s="8"/>
       <c r="D164" s="8"/>
       <c r="E164" s="8"/>
       <c r="F164" s="8"/>
       <c r="G164" s="8"/>
       <c r="H164" s="8"/>
       <c r="I164" s="8"/>
       <c r="J164" s="8"/>
       <c r="K164" s="8"/>
       <c r="L164" s="5"/>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A165" s="1"/>
       <c r="B165" s="1">
         <v>818960</v>
       </c>
       <c r="C165" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="D165" s="1" t="s">
         <v>584</v>
       </c>
-      <c r="D165" s="1" t="s">
+      <c r="E165" s="2" t="s">
         <v>585</v>
       </c>
-      <c r="E165" s="2" t="s">
+      <c r="F165" s="2" t="s">
         <v>586</v>
       </c>
-      <c r="F165" s="2" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="G165" s="2">
+        <v>8</v>
       </c>
       <c r="H165" s="2" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="I165" s="1">
         <v>0</v>
       </c>
       <c r="J165" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K165" s="2" t="str">
         <f>J165*1501.00</f>
         <v>0</v>
       </c>
       <c r="L165" s="5"/>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A166" s="1"/>
       <c r="B166" s="1">
         <v>818961</v>
       </c>
       <c r="C166" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="D166" s="1" t="s">
         <v>588</v>
       </c>
-      <c r="D166" s="1" t="s">
+      <c r="E166" s="2" t="s">
         <v>589</v>
       </c>
-      <c r="E166" s="2" t="s">
+      <c r="F166" s="2" t="s">
         <v>590</v>
       </c>
-      <c r="F166" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G166" s="2" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="H166" s="2" t="s">
-        <v>185</v>
+        <v>172</v>
       </c>
       <c r="I166" s="1">
         <v>0</v>
       </c>
       <c r="J166" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K166" s="2" t="str">
         <f>J166*1044.00</f>
         <v>0</v>
       </c>
       <c r="L166" s="5"/>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A167" s="1"/>
       <c r="B167" s="1">
         <v>818962</v>
       </c>
       <c r="C167" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="D167" s="1" t="s">
         <v>592</v>
       </c>
-      <c r="D167" s="1" t="s">
+      <c r="E167" s="2" t="s">
         <v>593</v>
       </c>
-      <c r="E167" s="2" t="s">
+      <c r="F167" s="2" t="s">
         <v>594</v>
       </c>
-      <c r="F167" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G167" s="2">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="H167" s="2" t="s">
         <v>202</v>
       </c>
       <c r="I167" s="1">
         <v>0</v>
       </c>
       <c r="J167" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K167" s="2" t="str">
         <f>J167*654.00</f>
         <v>0</v>
       </c>
       <c r="L167" s="5"/>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A168" s="1"/>
       <c r="B168" s="1">
         <v>818963</v>
       </c>
       <c r="C168" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="D168" s="1" t="s">
         <v>596</v>
       </c>
-      <c r="D168" s="1" t="s">
+      <c r="E168" s="2" t="s">
         <v>597</v>
       </c>
-      <c r="E168" s="2" t="s">
+      <c r="F168" s="2" t="s">
         <v>598</v>
-      </c>
-[...1 lines deleted...]
-        <v>599</v>
       </c>
       <c r="G168" s="2">
         <v>4</v>
       </c>
-      <c r="H168" s="2" t="s">
-        <v>18</v>
+      <c r="H168" s="2">
+        <v>0</v>
       </c>
       <c r="I168" s="1">
         <v>0</v>
       </c>
       <c r="J168" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K168" s="2" t="str">
         <f>J168*1953.00</f>
         <v>0</v>
       </c>
       <c r="L168" s="5"/>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A169" s="1"/>
       <c r="B169" s="1">
         <v>818964</v>
       </c>
       <c r="C169" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="D169" s="1" t="s">
         <v>600</v>
       </c>
-      <c r="D169" s="1" t="s">
+      <c r="E169" s="2" t="s">
         <v>601</v>
       </c>
-      <c r="E169" s="2" t="s">
+      <c r="F169" s="2" t="s">
         <v>602</v>
-      </c>
-[...1 lines deleted...]
-        <v>603</v>
       </c>
       <c r="G169" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H169" s="2">
         <v>0</v>
       </c>
       <c r="I169" s="1">
         <v>0</v>
       </c>
       <c r="J169" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K169" s="2" t="str">
         <f>J169*4024.00</f>
         <v>0</v>
       </c>
       <c r="L169" s="5"/>
     </row>
     <row r="170" spans="1:12" outlineLevel="2">
       <c r="A170" s="8" t="s">
-        <v>604</v>
+        <v>603</v>
       </c>
       <c r="B170" s="8"/>
       <c r="C170" s="8"/>
       <c r="D170" s="8"/>
       <c r="E170" s="8"/>
       <c r="F170" s="8"/>
       <c r="G170" s="8"/>
       <c r="H170" s="8"/>
       <c r="I170" s="8"/>
       <c r="J170" s="8"/>
       <c r="K170" s="8"/>
       <c r="L170" s="5"/>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A171" s="1"/>
       <c r="B171" s="1">
         <v>819000</v>
       </c>
       <c r="C171" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="D171" s="1" t="s">
         <v>605</v>
       </c>
-      <c r="D171" s="1" t="s">
+      <c r="E171" s="2" t="s">
         <v>606</v>
       </c>
-      <c r="E171" s="2" t="s">
+      <c r="F171" s="2" t="s">
         <v>607</v>
       </c>
-      <c r="F171" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G171" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H171" s="2">
         <v>0</v>
       </c>
       <c r="I171" s="1">
         <v>0</v>
       </c>
       <c r="J171" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K171" s="2" t="str">
-        <f>J171*301.96</f>
+        <f>J171*318.33</f>
         <v>0</v>
       </c>
       <c r="L171" s="5"/>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A172" s="1"/>
       <c r="B172" s="1">
         <v>819001</v>
       </c>
       <c r="C172" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D172" s="1" t="s">
         <v>609</v>
       </c>
-      <c r="D172" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E172" s="2" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>611</v>
+        <v>97</v>
       </c>
       <c r="G172" s="2">
         <v>0</v>
       </c>
       <c r="H172" s="2">
         <v>0</v>
       </c>
       <c r="I172" s="1">
         <v>0</v>
       </c>
       <c r="J172" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K172" s="2" t="str">
         <f>J172*342.13</f>
         <v>0</v>
       </c>
       <c r="L172" s="5"/>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A173" s="1"/>
       <c r="B173" s="1">
         <v>825180</v>
       </c>
       <c r="C173" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="E173" s="2" t="s">
         <v>612</v>
       </c>
-      <c r="D173" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F173" s="2" t="s">
-        <v>615</v>
+        <v>23</v>
       </c>
       <c r="G173" s="2">
         <v>0</v>
       </c>
       <c r="H173" s="2">
         <v>0</v>
       </c>
       <c r="I173" s="1">
         <v>0</v>
       </c>
       <c r="J173" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K173" s="2" t="str">
-        <f>J173*300.48</f>
+        <f>J173*315.35</f>
         <v>0</v>
       </c>
       <c r="L173" s="5"/>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A174" s="1"/>
       <c r="B174" s="1">
         <v>825181</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>616</v>
+        <v>613</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="E174" s="2" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="G174" s="2" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="H174" s="2">
         <v>0</v>
       </c>
       <c r="I174" s="1">
         <v>0</v>
       </c>
       <c r="J174" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K174" s="2" t="str">
-        <f>J174*403.11</f>
+        <f>J174*422.45</f>
         <v>0</v>
       </c>
       <c r="L174" s="5"/>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A175" s="1"/>
       <c r="B175" s="1">
         <v>825183</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="E175" s="2" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="G175" s="2" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="H175" s="2">
         <v>0</v>
       </c>
       <c r="I175" s="1">
         <v>0</v>
       </c>
       <c r="J175" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K175" s="2" t="str">
-        <f>J175*293.04</f>
+        <f>J175*307.91</f>
         <v>0</v>
       </c>
       <c r="L175" s="5"/>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A176" s="1"/>
       <c r="B176" s="1">
         <v>825184</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
       <c r="E176" s="2" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="G176" s="2">
         <v>0</v>
       </c>
       <c r="H176" s="2">
         <v>0</v>
       </c>
       <c r="I176" s="1">
         <v>0</v>
       </c>
       <c r="J176" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K176" s="2" t="str">
         <f>J176*321.30</f>
         <v>0</v>
       </c>
       <c r="L176" s="5"/>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A177" s="1"/>
       <c r="B177" s="1">
         <v>825185</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>625</v>
+        <v>622</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>626</v>
+        <v>623</v>
       </c>
       <c r="E177" s="2" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>627</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>109</v>
+      </c>
+      <c r="G177" s="2">
+        <v>0</v>
       </c>
       <c r="H177" s="2">
         <v>0</v>
       </c>
       <c r="I177" s="1">
         <v>0</v>
       </c>
       <c r="J177" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K177" s="2" t="str">
         <f>J177*339.15</f>
         <v>0</v>
       </c>
       <c r="L177" s="5"/>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A178" s="1"/>
       <c r="B178" s="1">
         <v>825186</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>628</v>
+        <v>624</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>629</v>
+        <v>625</v>
       </c>
       <c r="E178" s="2" t="s">
-        <v>630</v>
+        <v>626</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>631</v>
+        <v>627</v>
       </c>
       <c r="G178" s="2">
         <v>10</v>
       </c>
       <c r="H178" s="2">
         <v>0</v>
       </c>
       <c r="I178" s="1">
         <v>0</v>
       </c>
       <c r="J178" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K178" s="2" t="str">
-        <f>J178*879.11</f>
+        <f>J178*922.25</f>
         <v>0</v>
       </c>
       <c r="L178" s="5"/>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A179" s="1"/>
       <c r="B179" s="1">
         <v>832480</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>633</v>
+        <v>629</v>
       </c>
       <c r="E179" s="2" t="s">
-        <v>634</v>
+        <v>630</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>608</v>
+        <v>631</v>
       </c>
       <c r="G179" s="2" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="H179" s="2">
         <v>0</v>
       </c>
       <c r="I179" s="1">
         <v>0</v>
       </c>
       <c r="J179" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K179" s="2" t="str">
-        <f>J179*301.96</f>
+        <f>J179*316.84</f>
         <v>0</v>
       </c>
       <c r="L179" s="5"/>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A180" s="1"/>
       <c r="B180" s="1">
         <v>832481</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>635</v>
+        <v>632</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
       <c r="E180" s="2" t="s">
-        <v>637</v>
+        <v>634</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>638</v>
+        <v>97</v>
       </c>
       <c r="G180" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H180" s="2">
         <v>0</v>
       </c>
       <c r="I180" s="1">
         <v>0</v>
       </c>
       <c r="J180" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K180" s="2" t="str">
-        <f>J180*325.76</f>
+        <f>J180*342.13</f>
         <v>0</v>
       </c>
       <c r="L180" s="5"/>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A181" s="1"/>
       <c r="B181" s="1">
         <v>832496</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>639</v>
+        <v>635</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>640</v>
+        <v>636</v>
       </c>
       <c r="E181" s="2" t="s">
-        <v>641</v>
+        <v>637</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>642</v>
+        <v>638</v>
       </c>
       <c r="G181" s="2">
         <v>6</v>
       </c>
       <c r="H181" s="2">
         <v>0</v>
       </c>
       <c r="I181" s="1">
         <v>0</v>
       </c>
       <c r="J181" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K181" s="2" t="str">
-        <f>J181*862.75</f>
+        <f>J181*905.89</f>
         <v>0</v>
       </c>
       <c r="L181" s="5"/>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A182" s="1"/>
       <c r="B182" s="1">
         <v>832497</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>644</v>
+        <v>640</v>
       </c>
       <c r="E182" s="2" t="s">
-        <v>645</v>
+        <v>641</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>642</v>
+        <v>638</v>
       </c>
       <c r="G182" s="2">
         <v>4</v>
       </c>
       <c r="H182" s="2">
         <v>0</v>
       </c>
       <c r="I182" s="1">
         <v>0</v>
       </c>
       <c r="J182" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K182" s="2" t="str">
-        <f>J182*862.75</f>
+        <f>J182*905.89</f>
         <v>0</v>
       </c>
       <c r="L182" s="5"/>
     </row>
     <row r="183" spans="1:12" outlineLevel="2">
       <c r="A183" s="8" t="s">
-        <v>646</v>
+        <v>642</v>
       </c>
       <c r="B183" s="8"/>
       <c r="C183" s="8"/>
       <c r="D183" s="8"/>
       <c r="E183" s="8"/>
       <c r="F183" s="8"/>
       <c r="G183" s="8"/>
       <c r="H183" s="8"/>
       <c r="I183" s="8"/>
       <c r="J183" s="8"/>
       <c r="K183" s="8"/>
       <c r="L183" s="5"/>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A184" s="1"/>
       <c r="B184" s="1">
         <v>836399</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>647</v>
+        <v>643</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>648</v>
+        <v>644</v>
       </c>
       <c r="E184" s="2" t="s">
-        <v>649</v>
+        <v>645</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>650</v>
+        <v>646</v>
       </c>
       <c r="G184" s="2">
         <v>0</v>
       </c>
       <c r="H184" s="2">
         <v>0</v>
       </c>
       <c r="I184" s="1">
         <v>0</v>
       </c>
       <c r="J184" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K184" s="2" t="str">
         <f>J184*439.27</f>
         <v>0</v>
       </c>
       <c r="L184" s="5"/>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A185" s="1"/>
       <c r="B185" s="1">
         <v>836400</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>651</v>
+        <v>647</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>652</v>
+        <v>648</v>
       </c>
       <c r="E185" s="2" t="s">
-        <v>653</v>
+        <v>649</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>654</v>
+        <v>650</v>
       </c>
       <c r="G185" s="2">
         <v>8</v>
       </c>
       <c r="H185" s="2">
         <v>0</v>
       </c>
       <c r="I185" s="1">
         <v>0</v>
       </c>
       <c r="J185" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K185" s="2" t="str">
         <f>J185*1197.78</f>
         <v>0</v>
       </c>
       <c r="L185" s="5"/>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A186" s="1"/>
       <c r="B186" s="1">
         <v>870283</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>655</v>
+        <v>651</v>
       </c>
       <c r="D186" s="1"/>
       <c r="E186" s="2" t="s">
-        <v>656</v>
+        <v>652</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>657</v>
+        <v>653</v>
       </c>
       <c r="G186" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H186" s="2">
         <v>0</v>
       </c>
       <c r="I186" s="1">
         <v>0</v>
       </c>
       <c r="J186" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K186" s="2" t="str">
         <f>J186*400.00</f>
         <v>0</v>
       </c>
       <c r="L186" s="5"/>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A187" s="1"/>
       <c r="B187" s="1">
         <v>870284</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>658</v>
+        <v>654</v>
       </c>
       <c r="D187" s="1"/>
       <c r="E187" s="2" t="s">
-        <v>659</v>
+        <v>655</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>660</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>656</v>
+      </c>
+      <c r="G187" s="2">
+        <v>8</v>
       </c>
       <c r="H187" s="2">
         <v>0</v>
       </c>
       <c r="I187" s="1">
         <v>0</v>
       </c>
       <c r="J187" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K187" s="2" t="str">
         <f>J187*474.11</f>
         <v>0</v>
       </c>
       <c r="L187" s="5"/>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A188" s="1"/>
       <c r="B188" s="1">
         <v>870285</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="D188" s="1"/>
       <c r="E188" s="2" t="s">
-        <v>662</v>
+        <v>658</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>657</v>
+        <v>653</v>
       </c>
       <c r="G188" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H188" s="2">
         <v>0</v>
       </c>
       <c r="I188" s="1">
         <v>0</v>
       </c>
       <c r="J188" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K188" s="2" t="str">
         <f>J188*400.00</f>
         <v>0</v>
       </c>
       <c r="L188" s="5"/>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A189" s="1"/>
       <c r="B189" s="1">
         <v>870286</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>663</v>
+        <v>659</v>
       </c>
       <c r="D189" s="1"/>
       <c r="E189" s="2" t="s">
-        <v>664</v>
+        <v>660</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>660</v>
+        <v>656</v>
       </c>
       <c r="G189" s="2">
         <v>0</v>
       </c>
       <c r="H189" s="2">
         <v>0</v>
       </c>
       <c r="I189" s="1">
         <v>0</v>
       </c>
       <c r="J189" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K189" s="2" t="str">
         <f>J189*474.11</f>
         <v>0</v>
       </c>
       <c r="L189" s="5"/>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A190" s="1"/>
       <c r="B190" s="1">
         <v>874426</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>665</v>
+        <v>661</v>
       </c>
       <c r="D190" s="1"/>
       <c r="E190" s="2" t="s">
-        <v>666</v>
+        <v>662</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>660</v>
+        <v>656</v>
       </c>
       <c r="G190" s="2">
         <v>0</v>
       </c>
       <c r="H190" s="2">
         <v>0</v>
       </c>
       <c r="I190" s="1">
         <v>0</v>
       </c>
       <c r="J190" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K190" s="2" t="str">
         <f>J190*474.11</f>
         <v>0</v>
       </c>
       <c r="L190" s="5"/>
     </row>
     <row r="191" spans="1:12" outlineLevel="1">
       <c r="A191" s="7" t="s">
-        <v>667</v>
+        <v>663</v>
       </c>
       <c r="B191" s="7"/>
       <c r="C191" s="7"/>
       <c r="D191" s="7"/>
       <c r="E191" s="7"/>
       <c r="F191" s="7"/>
       <c r="G191" s="7"/>
       <c r="H191" s="7"/>
       <c r="I191" s="7"/>
       <c r="J191" s="7"/>
       <c r="K191" s="7"/>
       <c r="L191" s="5"/>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A192" s="1"/>
       <c r="B192" s="1">
         <v>883187</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>668</v>
+        <v>664</v>
       </c>
       <c r="D192" s="1"/>
       <c r="E192" s="2" t="s">
-        <v>669</v>
+        <v>665</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>670</v>
+        <v>666</v>
       </c>
       <c r="G192" s="2">
         <v>8</v>
       </c>
       <c r="H192" s="2">
         <v>0</v>
       </c>
       <c r="I192" s="1">
         <v>0</v>
       </c>
       <c r="J192" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K192" s="2" t="str">
         <f>J192*892.42</f>
         <v>0</v>
       </c>
       <c r="L192" s="5"/>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A193" s="1"/>
       <c r="B193" s="1">
         <v>883188</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>671</v>
+        <v>667</v>
       </c>
       <c r="D193" s="1"/>
       <c r="E193" s="2" t="s">
-        <v>672</v>
+        <v>668</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="G193" s="2">
         <v>8</v>
       </c>
       <c r="H193" s="2">
         <v>0</v>
       </c>
       <c r="I193" s="1">
         <v>0</v>
       </c>
       <c r="J193" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K193" s="2" t="str">
         <f>J193*1295.93</f>
         <v>0</v>
       </c>
       <c r="L193" s="5"/>
     </row>
     <row r="194" spans="1:12" outlineLevel="2">
       <c r="A194" s="8" t="s">
-        <v>674</v>
+        <v>670</v>
       </c>
       <c r="B194" s="8"/>
       <c r="C194" s="8"/>
       <c r="D194" s="8"/>
       <c r="E194" s="8"/>
       <c r="F194" s="8"/>
       <c r="G194" s="8"/>
       <c r="H194" s="8"/>
       <c r="I194" s="8"/>
       <c r="J194" s="8"/>
       <c r="K194" s="8"/>
       <c r="L194" s="5"/>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A195" s="1"/>
       <c r="B195" s="1">
         <v>819028</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>675</v>
+        <v>671</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="E195" s="2" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>678</v>
+        <v>674</v>
       </c>
       <c r="G195" s="2">
         <v>5</v>
       </c>
       <c r="H195" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I195" s="1">
         <v>0</v>
       </c>
       <c r="J195" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K195" s="2" t="str">
         <f>J195*3389.00</f>
         <v>0</v>
       </c>
       <c r="L195" s="5"/>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A196" s="1"/>
       <c r="B196" s="1">
         <v>819029</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>680</v>
+        <v>676</v>
       </c>
       <c r="E196" s="2" t="s">
-        <v>681</v>
+        <v>677</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>678</v>
+        <v>674</v>
       </c>
       <c r="G196" s="2">
         <v>4</v>
       </c>
       <c r="H196" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="I196" s="1">
         <v>0</v>
       </c>
       <c r="J196" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K196" s="2" t="str">
         <f>J196*3389.00</f>
         <v>0</v>
       </c>
       <c r="L196" s="5"/>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A197" s="1"/>
       <c r="B197" s="1">
         <v>819030</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="E197" s="2" t="s">
-        <v>684</v>
+        <v>680</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>685</v>
+        <v>681</v>
       </c>
       <c r="G197" s="2">
         <v>0</v>
       </c>
       <c r="H197" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="I197" s="1">
         <v>0</v>
       </c>
       <c r="J197" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K197" s="2" t="str">
         <f>J197*570.00</f>
         <v>0</v>
       </c>
       <c r="L197" s="5"/>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A198" s="1"/>
       <c r="B198" s="1">
         <v>819031</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>686</v>
+        <v>682</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>687</v>
+        <v>683</v>
       </c>
       <c r="E198" s="2" t="s">
-        <v>688</v>
+        <v>684</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>689</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>685</v>
+      </c>
+      <c r="G198" s="2">
+        <v>6</v>
       </c>
       <c r="H198" s="2" t="s">
         <v>202</v>
       </c>
       <c r="I198" s="1">
         <v>0</v>
       </c>
       <c r="J198" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K198" s="2" t="str">
         <f>J198*1218.00</f>
         <v>0</v>
       </c>
       <c r="L198" s="5"/>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A199" s="1"/>
       <c r="B199" s="1">
         <v>819032</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>690</v>
+        <v>686</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>691</v>
+        <v>687</v>
       </c>
       <c r="E199" s="2" t="s">
-        <v>692</v>
+        <v>688</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>693</v>
+        <v>689</v>
       </c>
       <c r="G199" s="2">
         <v>0</v>
       </c>
       <c r="H199" s="2">
         <v>0</v>
       </c>
       <c r="I199" s="1">
         <v>0</v>
       </c>
       <c r="J199" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K199" s="2" t="str">
         <f>J199*931.00</f>
         <v>0</v>
       </c>
       <c r="L199" s="5"/>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A200" s="1"/>
       <c r="B200" s="1">
         <v>819033</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>694</v>
+        <v>690</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>695</v>
+        <v>691</v>
       </c>
       <c r="E200" s="2" t="s">
-        <v>696</v>
+        <v>692</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>697</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>693</v>
+      </c>
+      <c r="G200" s="2">
+        <v>3</v>
       </c>
       <c r="H200" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="I200" s="1">
         <v>0</v>
       </c>
       <c r="J200" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K200" s="2" t="str">
         <f>J200*1580.00</f>
         <v>0</v>
       </c>
       <c r="L200" s="5"/>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A201" s="1"/>
       <c r="B201" s="1">
         <v>819034</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>698</v>
+        <v>694</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>699</v>
+        <v>695</v>
       </c>
       <c r="E201" s="2" t="s">
-        <v>700</v>
+        <v>696</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>701</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>697</v>
+      </c>
+      <c r="G201" s="2">
+        <v>0</v>
       </c>
       <c r="H201" s="2" t="s">
-        <v>202</v>
+        <v>172</v>
       </c>
       <c r="I201" s="1">
         <v>0</v>
       </c>
       <c r="J201" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K201" s="2" t="str">
         <f>J201*149.00</f>
         <v>0</v>
       </c>
       <c r="L201" s="5"/>
     </row>
     <row r="202" spans="1:12" outlineLevel="2">
       <c r="A202" s="8" t="s">
-        <v>702</v>
+        <v>698</v>
       </c>
       <c r="B202" s="8"/>
       <c r="C202" s="8"/>
       <c r="D202" s="8"/>
       <c r="E202" s="8"/>
       <c r="F202" s="8"/>
       <c r="G202" s="8"/>
       <c r="H202" s="8"/>
       <c r="I202" s="8"/>
       <c r="J202" s="8"/>
       <c r="K202" s="8"/>
       <c r="L202" s="5"/>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A203" s="1"/>
       <c r="B203" s="1">
         <v>824683</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>703</v>
+        <v>699</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>704</v>
+        <v>700</v>
       </c>
       <c r="E203" s="2" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="G203" s="2">
-        <v>-3</v>
+        <v>2</v>
       </c>
       <c r="H203" s="2">
         <v>0</v>
       </c>
-      <c r="I203" s="1" t="s">
-        <v>18</v>
+      <c r="I203" s="1">
+        <v>0</v>
       </c>
       <c r="J203" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K203" s="2" t="str">
-        <f>J203*891.01</f>
+        <f>J203*953.49</f>
         <v>0</v>
       </c>
       <c r="L203" s="5"/>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A204" s="1"/>
       <c r="B204" s="1">
         <v>825201</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>707</v>
+        <v>703</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="E204" s="2" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="G204" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H204" s="2">
         <v>0</v>
       </c>
       <c r="I204" s="1">
         <v>0</v>
       </c>
       <c r="J204" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K204" s="2" t="str">
-        <f>J204*873.16</f>
+        <f>J204*934.15</f>
         <v>0</v>
       </c>
       <c r="L204" s="5"/>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A205" s="1"/>
       <c r="B205" s="1">
         <v>880047</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
       <c r="E205" s="2" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="G205" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H205" s="2">
         <v>0</v>
       </c>
       <c r="I205" s="1">
         <v>0</v>
       </c>
       <c r="J205" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K205" s="2" t="str">
-        <f>J205*1042.74</f>
+        <f>J205*1191.49</f>
         <v>0</v>
       </c>
       <c r="L205" s="5"/>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A206" s="1"/>
       <c r="B206" s="1">
         <v>880048</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>715</v>
+        <v>711</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>716</v>
+        <v>712</v>
       </c>
       <c r="E206" s="2" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>718</v>
+        <v>710</v>
       </c>
       <c r="G206" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H206" s="2">
         <v>0</v>
       </c>
       <c r="I206" s="1">
         <v>0</v>
       </c>
       <c r="J206" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K206" s="2" t="str">
-        <f>J206*1068.03</f>
+        <f>J206*1191.49</f>
         <v>0</v>
       </c>
       <c r="L206" s="5"/>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A207" s="1"/>
       <c r="B207" s="1">
         <v>880049</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>719</v>
+        <v>714</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>720</v>
+        <v>715</v>
       </c>
       <c r="E207" s="2" t="s">
-        <v>721</v>
+        <v>716</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>722</v>
+        <v>717</v>
       </c>
       <c r="G207" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H207" s="2">
         <v>0</v>
       </c>
       <c r="I207" s="1">
         <v>0</v>
       </c>
       <c r="J207" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K207" s="2" t="str">
-        <f>J207*1087.36</f>
+        <f>J207*1161.74</f>
         <v>0</v>
       </c>
       <c r="L207" s="5"/>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A208" s="1"/>
       <c r="B208" s="1">
         <v>880050</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>723</v>
+        <v>718</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>724</v>
+        <v>719</v>
       </c>
       <c r="E208" s="2" t="s">
-        <v>725</v>
+        <v>720</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>726</v>
+        <v>717</v>
       </c>
       <c r="G208" s="2">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H208" s="2">
         <v>0</v>
       </c>
       <c r="I208" s="1">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="J208" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K208" s="2" t="str">
-        <f>J208*1099.26</f>
+        <f>J208*1161.74</f>
         <v>0</v>
       </c>
       <c r="L208" s="5"/>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A209" s="1"/>
       <c r="B209" s="1">
         <v>884615</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>727</v>
+        <v>721</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>728</v>
+        <v>722</v>
       </c>
       <c r="E209" s="2" t="s">
-        <v>729</v>
+        <v>723</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>724</v>
+      </c>
+      <c r="G209" s="2">
+        <v>0</v>
       </c>
       <c r="H209" s="2">
         <v>0</v>
       </c>
       <c r="I209" s="1">
         <v>0</v>
       </c>
       <c r="J209" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K209" s="2" t="str">
-        <f>J209*72.89</f>
+        <f>J209*90.74</f>
         <v>0</v>
       </c>
       <c r="L209" s="5"/>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A210" s="1"/>
       <c r="B210" s="1">
         <v>883950</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>731</v>
+        <v>725</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>732</v>
+        <v>726</v>
       </c>
       <c r="E210" s="2" t="s">
-        <v>733</v>
+        <v>727</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>734</v>
+        <v>728</v>
       </c>
       <c r="G210" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H210" s="2">
         <v>0</v>
       </c>
       <c r="I210" s="1">
         <v>0</v>
       </c>
       <c r="J210" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K210" s="2" t="str">
-        <f>J210*400.14</f>
+        <f>J210*440.30</f>
         <v>0</v>
       </c>
       <c r="L210" s="5"/>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A211" s="1"/>
       <c r="B211" s="1">
         <v>883951</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>735</v>
+        <v>729</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>736</v>
+        <v>730</v>
       </c>
       <c r="E211" s="2" t="s">
-        <v>737</v>
+        <v>731</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>35</v>
+        <v>732</v>
       </c>
       <c r="G211" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H211" s="2">
         <v>0</v>
       </c>
       <c r="I211" s="1">
         <v>0</v>
       </c>
       <c r="J211" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K211" s="2" t="str">
-        <f>J211*447.74</f>
+        <f>J211*493.85</f>
         <v>0</v>
       </c>
       <c r="L211" s="5"/>
     </row>
     <row r="212" spans="1:12" outlineLevel="2">
       <c r="A212" s="8" t="s">
-        <v>738</v>
+        <v>733</v>
       </c>
       <c r="B212" s="8"/>
       <c r="C212" s="8"/>
       <c r="D212" s="8"/>
       <c r="E212" s="8"/>
       <c r="F212" s="8"/>
       <c r="G212" s="8"/>
       <c r="H212" s="8"/>
       <c r="I212" s="8"/>
       <c r="J212" s="8"/>
       <c r="K212" s="8"/>
       <c r="L212" s="5"/>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A213" s="1"/>
       <c r="B213" s="1">
         <v>818959</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>739</v>
+        <v>734</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>740</v>
+        <v>735</v>
       </c>
       <c r="E213" s="2" t="s">
-        <v>741</v>
+        <v>736</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>742</v>
+        <v>737</v>
       </c>
       <c r="G213" s="2">
         <v>0</v>
       </c>
       <c r="H213" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="I213" s="1">
         <v>0</v>
       </c>
       <c r="J213" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K213" s="2" t="str">
         <f>J213*795.00</f>
         <v>0</v>
       </c>
       <c r="L213" s="5"/>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A214" s="1"/>
       <c r="B214" s="1">
         <v>818965</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>743</v>
+        <v>738</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>744</v>
+        <v>739</v>
       </c>
       <c r="E214" s="2" t="s">
-        <v>745</v>
+        <v>740</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>746</v>
+        <v>741</v>
       </c>
       <c r="G214" s="2">
         <v>3</v>
       </c>
       <c r="H214" s="2" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="I214" s="1">
         <v>0</v>
       </c>
       <c r="J214" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K214" s="2" t="str">
         <f>J214*4758.00</f>
         <v>0</v>
       </c>
       <c r="L214" s="5"/>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A215" s="1"/>
       <c r="B215" s="1">
         <v>818966</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>747</v>
+        <v>742</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>748</v>
+        <v>743</v>
       </c>
       <c r="E215" s="2" t="s">
-        <v>749</v>
+        <v>744</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>750</v>
+        <v>745</v>
       </c>
       <c r="G215" s="2">
         <v>2</v>
       </c>
       <c r="H215" s="2" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="I215" s="1">
         <v>0</v>
       </c>
       <c r="J215" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K215" s="2" t="str">
         <f>J215*4445.00</f>
         <v>0</v>
       </c>
       <c r="L215" s="5"/>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A216" s="1"/>
       <c r="B216" s="1">
         <v>818967</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>751</v>
+        <v>746</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>752</v>
+        <v>747</v>
       </c>
       <c r="E216" s="2" t="s">
-        <v>753</v>
+        <v>748</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>754</v>
+        <v>749</v>
       </c>
       <c r="G216" s="2">
         <v>5</v>
       </c>
       <c r="H216" s="2">
         <v>9</v>
       </c>
       <c r="I216" s="1">
         <v>0</v>
       </c>
       <c r="J216" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K216" s="2" t="str">
         <f>J216*4459.00</f>
         <v>0</v>
       </c>
       <c r="L216" s="5"/>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A217" s="1"/>
       <c r="B217" s="1">
         <v>818968</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>755</v>
+        <v>750</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>756</v>
+        <v>751</v>
       </c>
       <c r="E217" s="2" t="s">
-        <v>757</v>
+        <v>752</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>754</v>
+        <v>749</v>
       </c>
       <c r="G217" s="2">
         <v>10</v>
       </c>
       <c r="H217" s="2" t="s">
-        <v>176</v>
+        <v>167</v>
       </c>
       <c r="I217" s="1">
         <v>0</v>
       </c>
       <c r="J217" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K217" s="2" t="str">
         <f>J217*4459.00</f>
         <v>0</v>
       </c>
       <c r="L217" s="5"/>
     </row>
     <row r="218" spans="1:12" outlineLevel="2">
       <c r="A218" s="8" t="s">
-        <v>758</v>
+        <v>753</v>
       </c>
       <c r="B218" s="8"/>
       <c r="C218" s="8"/>
       <c r="D218" s="8"/>
       <c r="E218" s="8"/>
       <c r="F218" s="8"/>
       <c r="G218" s="8"/>
       <c r="H218" s="8"/>
       <c r="I218" s="8"/>
       <c r="J218" s="8"/>
       <c r="K218" s="8"/>
       <c r="L218" s="5"/>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A219" s="1"/>
       <c r="B219" s="1">
         <v>825187</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>759</v>
+        <v>754</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>760</v>
+        <v>755</v>
       </c>
       <c r="E219" s="2" t="s">
-        <v>761</v>
+        <v>756</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="G219" s="2" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="H219" s="2">
         <v>0</v>
       </c>
       <c r="I219" s="1">
         <v>0</v>
       </c>
       <c r="J219" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K219" s="2" t="str">
-        <f>J219*589.05</f>
+        <f>J219*663.43</f>
         <v>0</v>
       </c>
       <c r="L219" s="5"/>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A220" s="1"/>
       <c r="B220" s="1">
         <v>827059</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>762</v>
+        <v>757</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>763</v>
+        <v>758</v>
       </c>
       <c r="E220" s="2" t="s">
-        <v>764</v>
+        <v>759</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>765</v>
+        <v>760</v>
       </c>
       <c r="G220" s="2">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="H220" s="2">
         <v>0</v>
       </c>
       <c r="I220" s="1">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J220" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K220" s="2" t="str">
-        <f>J220*266.26</f>
+        <f>J220*263.29</f>
         <v>0</v>
       </c>
       <c r="L220" s="5"/>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A221" s="1"/>
       <c r="B221" s="1">
         <v>832482</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>766</v>
+        <v>761</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>767</v>
+        <v>762</v>
       </c>
       <c r="E221" s="2" t="s">
-        <v>768</v>
+        <v>763</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>769</v>
+        <v>764</v>
       </c>
       <c r="G221" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H221" s="2">
         <v>0</v>
       </c>
       <c r="I221" s="1">
         <v>0</v>
       </c>
       <c r="J221" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K221" s="2" t="str">
-        <f>J221*166.60</f>
+        <f>J221*163.63</f>
         <v>0</v>
       </c>
       <c r="L221" s="5"/>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A222" s="1"/>
       <c r="B222" s="1">
         <v>825197</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>770</v>
+        <v>765</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>771</v>
+        <v>766</v>
       </c>
       <c r="E222" s="2" t="s">
-        <v>772</v>
+        <v>767</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>773</v>
+        <v>768</v>
       </c>
       <c r="G222" s="2">
         <v>1</v>
       </c>
       <c r="H222" s="2">
         <v>0</v>
       </c>
       <c r="I222" s="1">
         <v>0</v>
       </c>
       <c r="J222" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K222" s="2" t="str">
-        <f>J222*821.10</f>
+        <f>J222*931.18</f>
         <v>0</v>
       </c>
       <c r="L222" s="5"/>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A223" s="1"/>
       <c r="B223" s="1">
         <v>825198</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>774</v>
+        <v>769</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>775</v>
+        <v>770</v>
       </c>
       <c r="E223" s="2" t="s">
-        <v>776</v>
+        <v>771</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>777</v>
+        <v>772</v>
       </c>
       <c r="G223" s="2">
         <v>0</v>
       </c>
       <c r="H223" s="2">
         <v>0</v>
       </c>
       <c r="I223" s="1">
         <v>0</v>
       </c>
       <c r="J223" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K223" s="2" t="str">
-        <f>J223*1053.15</f>
+        <f>J223*1192.98</f>
         <v>0</v>
       </c>
       <c r="L223" s="5"/>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A224" s="1"/>
       <c r="B224" s="1">
         <v>825199</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>778</v>
+        <v>773</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>779</v>
+        <v>774</v>
       </c>
       <c r="E224" s="2" t="s">
-        <v>780</v>
+        <v>775</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>781</v>
+        <v>776</v>
       </c>
       <c r="G224" s="2">
         <v>0</v>
       </c>
       <c r="H224" s="2">
         <v>0</v>
       </c>
       <c r="I224" s="1">
         <v>0</v>
       </c>
       <c r="J224" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K224" s="2" t="str">
-        <f>J224*1094.80</f>
+        <f>J224*1277.76</f>
         <v>0</v>
       </c>
       <c r="L224" s="5"/>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A225" s="1"/>
       <c r="B225" s="1">
         <v>825200</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>782</v>
+        <v>777</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>783</v>
+        <v>778</v>
       </c>
       <c r="E225" s="2" t="s">
-        <v>784</v>
+        <v>779</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>785</v>
+        <v>780</v>
       </c>
       <c r="G225" s="2">
         <v>6</v>
       </c>
       <c r="H225" s="2">
         <v>0</v>
       </c>
       <c r="I225" s="1">
         <v>0</v>
       </c>
       <c r="J225" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K225" s="2" t="str">
-        <f>J225*1581.21</f>
+        <f>J225*1612.45</f>
         <v>0</v>
       </c>
       <c r="L225" s="5"/>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A226" s="1"/>
       <c r="B226" s="1">
         <v>879954</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>786</v>
+        <v>781</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>787</v>
+        <v>782</v>
       </c>
       <c r="E226" s="2" t="s">
-        <v>788</v>
+        <v>783</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>789</v>
+        <v>784</v>
       </c>
       <c r="G226" s="2">
         <v>10</v>
       </c>
       <c r="H226" s="2">
         <v>0</v>
       </c>
       <c r="I226" s="1">
         <v>0</v>
       </c>
       <c r="J226" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K226" s="2" t="str">
-        <f>J226*1716.58</f>
+        <f>J226*1786.49</f>
         <v>0</v>
       </c>
       <c r="L226" s="5"/>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A227" s="1"/>
       <c r="B227" s="1">
         <v>884611</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>790</v>
+        <v>785</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>791</v>
+        <v>786</v>
       </c>
       <c r="E227" s="2" t="s">
-        <v>792</v>
+        <v>787</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>793</v>
+        <v>788</v>
       </c>
       <c r="G227" s="2" t="s">
-        <v>176</v>
+        <v>167</v>
       </c>
       <c r="H227" s="2">
         <v>0</v>
       </c>
       <c r="I227" s="1">
         <v>0</v>
       </c>
       <c r="J227" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K227" s="2" t="str">
-        <f>J227*148.75</f>
+        <f>J227*153.21</f>
         <v>0</v>
       </c>
       <c r="L227" s="5"/>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A228" s="1"/>
       <c r="B228" s="1">
         <v>884612</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>794</v>
+        <v>789</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>795</v>
+        <v>790</v>
       </c>
       <c r="E228" s="2" t="s">
-        <v>796</v>
+        <v>791</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>793</v>
+        <v>792</v>
       </c>
       <c r="G228" s="2" t="s">
-        <v>176</v>
+        <v>167</v>
       </c>
       <c r="H228" s="2">
         <v>0</v>
       </c>
       <c r="I228" s="1">
         <v>0</v>
       </c>
       <c r="J228" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K228" s="2" t="str">
-        <f>J228*148.75</f>
+        <f>J228*166.60</f>
         <v>0</v>
       </c>
       <c r="L228" s="5"/>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A229" s="1"/>
       <c r="B229" s="1">
         <v>884655</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>797</v>
+        <v>793</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>798</v>
+        <v>794</v>
       </c>
       <c r="E229" s="2" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>800</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>796</v>
+      </c>
+      <c r="G229" s="2">
+        <v>6</v>
       </c>
       <c r="H229" s="2">
         <v>0</v>
       </c>
       <c r="I229" s="1">
         <v>0</v>
       </c>
       <c r="J229" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K229" s="2" t="str">
-        <f>J229*1683.85</f>
+        <f>J229*1939.70</f>
         <v>0</v>
       </c>
       <c r="L229" s="5"/>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A230" s="1"/>
       <c r="B230" s="1">
         <v>885825</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>801</v>
+        <v>797</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>802</v>
+        <v>798</v>
       </c>
       <c r="E230" s="2" t="s">
-        <v>803</v>
+        <v>799</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>804</v>
+        <v>800</v>
       </c>
       <c r="G230" s="2">
         <v>10</v>
       </c>
       <c r="H230" s="2">
         <v>0</v>
       </c>
       <c r="I230" s="1">
         <v>0</v>
       </c>
       <c r="J230" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K230" s="2" t="str">
-        <f>J230*2690.89</f>
+        <f>J230*2854.51</f>
         <v>0</v>
       </c>
       <c r="L230" s="5"/>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A231" s="1"/>
       <c r="B231" s="1">
         <v>885826</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>805</v>
+        <v>801</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>806</v>
+        <v>802</v>
       </c>
       <c r="E231" s="2" t="s">
-        <v>807</v>
+        <v>803</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>804</v>
+        <v>800</v>
       </c>
       <c r="G231" s="2">
         <v>0</v>
       </c>
       <c r="H231" s="2">
         <v>0</v>
       </c>
       <c r="I231" s="1">
         <v>0</v>
       </c>
       <c r="J231" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K231" s="2" t="str">
-        <f>J231*2690.89</f>
+        <f>J231*2854.51</f>
         <v>0</v>
       </c>
       <c r="L231" s="5"/>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A232" s="1"/>
       <c r="B232" s="1">
         <v>885827</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>808</v>
+        <v>804</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>809</v>
+        <v>805</v>
       </c>
       <c r="E232" s="2" t="s">
-        <v>810</v>
+        <v>806</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>804</v>
+        <v>800</v>
       </c>
       <c r="G232" s="2">
         <v>1</v>
       </c>
       <c r="H232" s="2">
         <v>0</v>
       </c>
       <c r="I232" s="1">
         <v>0</v>
       </c>
       <c r="J232" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K232" s="2" t="str">
-        <f>J232*2690.89</f>
+        <f>J232*2854.51</f>
         <v>0</v>
       </c>
       <c r="L232" s="5"/>
     </row>
     <row r="233" spans="1:12" outlineLevel="2">
       <c r="A233" s="8" t="s">
-        <v>811</v>
+        <v>807</v>
       </c>
       <c r="B233" s="8"/>
       <c r="C233" s="8"/>
       <c r="D233" s="8"/>
       <c r="E233" s="8"/>
       <c r="F233" s="8"/>
       <c r="G233" s="8"/>
       <c r="H233" s="8"/>
       <c r="I233" s="8"/>
       <c r="J233" s="8"/>
       <c r="K233" s="8"/>
       <c r="L233" s="5"/>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A234" s="1"/>
       <c r="B234" s="1">
         <v>879079</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>812</v>
+        <v>808</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>813</v>
+        <v>809</v>
       </c>
       <c r="E234" s="2" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>815</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>811</v>
+      </c>
+      <c r="G234" s="2">
+        <v>9</v>
       </c>
       <c r="H234" s="2">
         <v>0</v>
       </c>
       <c r="I234" s="1">
         <v>0</v>
       </c>
       <c r="J234" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K234" s="2" t="str">
         <f>J234*5590.00</f>
         <v>0</v>
       </c>
       <c r="L234" s="5"/>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A235" s="1"/>
       <c r="B235" s="1">
         <v>879080</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>816</v>
+        <v>812</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>817</v>
+        <v>813</v>
       </c>
       <c r="E235" s="2" t="s">
-        <v>818</v>
+        <v>814</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>819</v>
+        <v>815</v>
       </c>
       <c r="G235" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H235" s="2">
         <v>0</v>
       </c>
       <c r="I235" s="1">
         <v>0</v>
       </c>
       <c r="J235" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K235" s="2" t="str">
         <f>J235*5790.00</f>
         <v>0</v>
       </c>
       <c r="L235" s="5"/>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A236" s="1"/>
       <c r="B236" s="1">
         <v>879081</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>820</v>
+        <v>816</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>821</v>
+        <v>817</v>
       </c>
       <c r="E236" s="2" t="s">
-        <v>822</v>
+        <v>818</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>819</v>
+        <v>815</v>
       </c>
       <c r="G236" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H236" s="2">
         <v>0</v>
       </c>
       <c r="I236" s="1">
         <v>0</v>
       </c>
       <c r="J236" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K236" s="2" t="str">
         <f>J236*5790.00</f>
         <v>0</v>
       </c>
       <c r="L236" s="5"/>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A237" s="1"/>
       <c r="B237" s="1">
         <v>879082</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>823</v>
+        <v>819</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>824</v>
+        <v>820</v>
       </c>
       <c r="E237" s="2" t="s">
-        <v>825</v>
+        <v>821</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>819</v>
+        <v>815</v>
       </c>
       <c r="G237" s="2" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
       <c r="H237" s="2">
         <v>0</v>
       </c>
       <c r="I237" s="1">
         <v>0</v>
       </c>
       <c r="J237" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K237" s="2" t="str">
         <f>J237*5790.00</f>
         <v>0</v>
       </c>
       <c r="L237" s="5"/>
     </row>
     <row r="238" spans="1:12" outlineLevel="2">
       <c r="A238" s="8" t="s">
-        <v>826</v>
+        <v>822</v>
       </c>
       <c r="B238" s="8"/>
       <c r="C238" s="8"/>
       <c r="D238" s="8"/>
       <c r="E238" s="8"/>
       <c r="F238" s="8"/>
       <c r="G238" s="8"/>
       <c r="H238" s="8"/>
       <c r="I238" s="8"/>
       <c r="J238" s="8"/>
       <c r="K238" s="8"/>
       <c r="L238" s="5"/>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A239" s="1"/>
       <c r="B239" s="1">
         <v>954205</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>827</v>
+        <v>823</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>828</v>
+        <v>824</v>
       </c>
       <c r="E239" s="2" t="s">
-        <v>829</v>
+        <v>825</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>830</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>826</v>
+      </c>
+      <c r="G239" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H239" s="2">
         <v>0</v>
       </c>
-      <c r="I239" s="1" t="s">
-        <v>18</v>
+      <c r="I239" s="1">
+        <v>0</v>
       </c>
       <c r="J239" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K239" s="2" t="str">
         <f>J239*748.48</f>
         <v>0</v>
       </c>
       <c r="L239" s="5"/>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A240" s="1"/>
       <c r="B240" s="1">
         <v>954206</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>831</v>
+        <v>827</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>832</v>
+        <v>828</v>
       </c>
       <c r="E240" s="2" t="s">
-        <v>833</v>
+        <v>829</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>834</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>830</v>
+      </c>
+      <c r="G240" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H240" s="2">
         <v>0</v>
       </c>
-      <c r="I240" s="1" t="s">
-        <v>18</v>
+      <c r="I240" s="1">
+        <v>0</v>
       </c>
       <c r="J240" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K240" s="2" t="str">
         <f>J240*761.77</f>
         <v>0</v>
       </c>
       <c r="L240" s="5"/>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A241" s="1"/>
       <c r="B241" s="1">
         <v>954207</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>835</v>
+        <v>831</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>836</v>
+        <v>832</v>
       </c>
       <c r="E241" s="2" t="s">
-        <v>837</v>
+        <v>833</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>838</v>
+        <v>834</v>
       </c>
       <c r="G241" s="2">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H241" s="2">
         <v>0</v>
       </c>
       <c r="I241" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="J241" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K241" s="2" t="str">
         <f>J241*1586.65</f>
         <v>0</v>
       </c>
       <c r="L241" s="5"/>
     </row>
     <row r="242" spans="1:12" outlineLevel="4">
       <c r="A242" s="1"/>
       <c r="B242" s="1">
         <v>954208</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>839</v>
+        <v>835</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>840</v>
+        <v>836</v>
       </c>
       <c r="E242" s="2" t="s">
-        <v>841</v>
+        <v>837</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>842</v>
+        <v>838</v>
       </c>
       <c r="G242" s="2">
         <v>0</v>
       </c>
       <c r="H242" s="2">
         <v>0</v>
       </c>
       <c r="I242" s="1">
         <v>0</v>
       </c>
       <c r="J242" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K242" s="2" t="str">
         <f>J242*86.36</f>
         <v>0</v>
       </c>
       <c r="L242" s="5"/>
     </row>
     <row r="243" spans="1:12" outlineLevel="1">
       <c r="A243" s="7" t="s">
-        <v>843</v>
+        <v>839</v>
       </c>
       <c r="B243" s="7"/>
       <c r="C243" s="7"/>
       <c r="D243" s="7"/>
       <c r="E243" s="7"/>
       <c r="F243" s="7"/>
       <c r="G243" s="7"/>
       <c r="H243" s="7"/>
       <c r="I243" s="7"/>
       <c r="J243" s="7"/>
       <c r="K243" s="7"/>
       <c r="L243" s="5"/>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A244" s="1"/>
       <c r="B244" s="1">
         <v>883719</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>844</v>
+        <v>840</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>845</v>
+        <v>841</v>
       </c>
       <c r="E244" s="2" t="s">
-        <v>846</v>
+        <v>842</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>847</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>843</v>
+      </c>
+      <c r="G244" s="2">
+        <v>0</v>
       </c>
       <c r="H244" s="2">
         <v>0</v>
       </c>
       <c r="I244" s="1">
         <v>0</v>
       </c>
       <c r="J244" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K244" s="2" t="str">
         <f>J244*990.00</f>
         <v>0</v>
       </c>
       <c r="L244" s="5"/>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A245" s="1"/>
       <c r="B245" s="1">
         <v>883720</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>848</v>
+        <v>844</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>849</v>
+        <v>845</v>
       </c>
       <c r="E245" s="2" t="s">
-        <v>850</v>
+        <v>846</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>851</v>
+        <v>847</v>
       </c>
       <c r="G245" s="2" t="s">
-        <v>176</v>
+        <v>64</v>
       </c>
       <c r="H245" s="2">
         <v>0</v>
       </c>
       <c r="I245" s="1">
         <v>0</v>
       </c>
       <c r="J245" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K245" s="2" t="str">
         <f>J245*1090.00</f>
         <v>0</v>
       </c>
       <c r="L245" s="5"/>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A246" s="1"/>
       <c r="B246" s="1">
         <v>883721</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>852</v>
+        <v>848</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
       <c r="E246" s="2" t="s">
-        <v>854</v>
+        <v>850</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>851</v>
+        <v>847</v>
       </c>
       <c r="G246" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H246" s="2">
         <v>0</v>
       </c>
       <c r="I246" s="1">
         <v>0</v>
       </c>
       <c r="J246" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K246" s="2" t="str">
         <f>J246*1090.00</f>
         <v>0</v>
       </c>
       <c r="L246" s="5"/>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A247" s="1"/>
       <c r="B247" s="1">
         <v>883722</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>855</v>
+        <v>851</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>856</v>
+        <v>852</v>
       </c>
       <c r="E247" s="2" t="s">
-        <v>857</v>
+        <v>853</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>851</v>
+        <v>847</v>
       </c>
       <c r="G247" s="2" t="s">
-        <v>176</v>
+        <v>167</v>
       </c>
       <c r="H247" s="2">
         <v>0</v>
       </c>
       <c r="I247" s="1">
         <v>0</v>
       </c>
       <c r="J247" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K247" s="2" t="str">
         <f>J247*1090.00</f>
         <v>0</v>
       </c>
       <c r="L247" s="5"/>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A248" s="1"/>
       <c r="B248" s="1">
         <v>883723</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>858</v>
+        <v>854</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>859</v>
+        <v>855</v>
       </c>
       <c r="E248" s="2" t="s">
-        <v>860</v>
+        <v>856</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>861</v>
+        <v>857</v>
       </c>
       <c r="G248" s="2">
         <v>8</v>
       </c>
       <c r="H248" s="2">
         <v>0</v>
       </c>
       <c r="I248" s="1">
         <v>0</v>
       </c>
       <c r="J248" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K248" s="2" t="str">
         <f>J248*3090.00</f>
         <v>0</v>
       </c>
       <c r="L248" s="5"/>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A249" s="1"/>
       <c r="B249" s="1">
         <v>883724</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>862</v>
+        <v>858</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>863</v>
+        <v>859</v>
       </c>
       <c r="E249" s="2" t="s">
-        <v>864</v>
+        <v>860</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="G249" s="2">
         <v>9</v>
       </c>
       <c r="H249" s="2">
         <v>0</v>
       </c>
       <c r="I249" s="1">
         <v>0</v>
       </c>
       <c r="J249" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K249" s="2" t="str">
         <f>J249*3290.00</f>
         <v>0</v>
       </c>
       <c r="L249" s="5"/>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A250" s="1"/>
       <c r="B250" s="1">
         <v>883725</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>866</v>
+        <v>862</v>
       </c>
       <c r="E250" s="2" t="s">
-        <v>867</v>
+        <v>863</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="G250" s="2">
         <v>8</v>
       </c>
       <c r="H250" s="2">
         <v>0</v>
       </c>
       <c r="I250" s="1">
         <v>0</v>
       </c>
       <c r="J250" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K250" s="2" t="str">
         <f>J250*3290.00</f>
         <v>0</v>
       </c>
       <c r="L250" s="5"/>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A251" s="1"/>
       <c r="B251" s="1">
         <v>883726</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>868</v>
+        <v>864</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>869</v>
+        <v>865</v>
       </c>
       <c r="E251" s="2" t="s">
-        <v>870</v>
+        <v>866</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="G251" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="H251" s="2">
         <v>0</v>
       </c>
       <c r="I251" s="1">
         <v>0</v>
       </c>
       <c r="J251" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K251" s="2" t="str">
         <f>J251*3290.00</f>
         <v>0</v>
       </c>
       <c r="L251" s="5"/>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A252" s="1"/>
       <c r="B252" s="1">
         <v>883727</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>871</v>
+        <v>867</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>872</v>
+        <v>868</v>
       </c>
       <c r="E252" s="2" t="s">
-        <v>873</v>
+        <v>869</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>874</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>870</v>
+      </c>
+      <c r="G252" s="2">
+        <v>0</v>
       </c>
       <c r="H252" s="2">
         <v>0</v>
       </c>
       <c r="I252" s="1">
         <v>0</v>
       </c>
       <c r="J252" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K252" s="2" t="str">
         <f>J252*2290.00</f>
         <v>0</v>
       </c>
       <c r="L252" s="5"/>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A253" s="1"/>
       <c r="B253" s="1">
         <v>883728</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>875</v>
+        <v>871</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>876</v>
+        <v>872</v>
       </c>
       <c r="E253" s="2" t="s">
-        <v>877</v>
+        <v>873</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>874</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>870</v>
+      </c>
+      <c r="G253" s="2">
+        <v>0</v>
       </c>
       <c r="H253" s="2">
         <v>0</v>
       </c>
       <c r="I253" s="1">
         <v>0</v>
       </c>
       <c r="J253" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K253" s="2" t="str">
         <f>J253*2290.00</f>
         <v>0</v>
       </c>
       <c r="L253" s="5"/>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A254" s="1"/>
       <c r="B254" s="1">
         <v>883729</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>878</v>
+        <v>874</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
       <c r="E254" s="2" t="s">
-        <v>880</v>
+        <v>876</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>874</v>
+        <v>870</v>
       </c>
       <c r="G254" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H254" s="2">
         <v>0</v>
       </c>
       <c r="I254" s="1">
         <v>0</v>
       </c>
       <c r="J254" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K254" s="2" t="str">
         <f>J254*2290.00</f>
         <v>0</v>
       </c>
       <c r="L254" s="5"/>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A255" s="1"/>
       <c r="B255" s="1">
         <v>883730</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>881</v>
+        <v>877</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>882</v>
+        <v>878</v>
       </c>
       <c r="E255" s="2" t="s">
-        <v>883</v>
+        <v>879</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>874</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>870</v>
+      </c>
+      <c r="G255" s="2">
+        <v>2</v>
       </c>
       <c r="H255" s="2">
         <v>0</v>
       </c>
       <c r="I255" s="1">
         <v>0</v>
       </c>
       <c r="J255" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K255" s="2" t="str">
         <f>J255*2290.00</f>
         <v>0</v>
       </c>
       <c r="L255" s="5"/>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A256" s="1"/>
       <c r="B256" s="1">
         <v>883731</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>884</v>
+        <v>880</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>885</v>
+        <v>881</v>
       </c>
       <c r="E256" s="2" t="s">
-        <v>886</v>
+        <v>882</v>
       </c>
       <c r="F256" s="2" t="s">
         <v>297</v>
       </c>
-      <c r="G256" s="2" t="s">
-        <v>18</v>
+      <c r="G256" s="2">
+        <v>0</v>
       </c>
       <c r="H256" s="2">
         <v>0</v>
       </c>
       <c r="I256" s="1">
         <v>0</v>
       </c>
       <c r="J256" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K256" s="2" t="str">
         <f>J256*2490.00</f>
         <v>0</v>
       </c>
       <c r="L256" s="5"/>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A257" s="1"/>
       <c r="B257" s="1">
         <v>883732</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>887</v>
+        <v>883</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>888</v>
+        <v>884</v>
       </c>
       <c r="E257" s="2" t="s">
-        <v>889</v>
+        <v>885</v>
       </c>
       <c r="F257" s="2" t="s">
         <v>297</v>
       </c>
-      <c r="G257" s="2" t="s">
-        <v>18</v>
+      <c r="G257" s="2">
+        <v>0</v>
       </c>
       <c r="H257" s="2">
         <v>0</v>
       </c>
       <c r="I257" s="1">
         <v>0</v>
       </c>
       <c r="J257" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K257" s="2" t="str">
         <f>J257*2490.00</f>
         <v>0</v>
       </c>
       <c r="L257" s="5"/>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A258" s="1"/>
       <c r="B258" s="1">
         <v>883733</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>890</v>
+        <v>886</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>891</v>
+        <v>887</v>
       </c>
       <c r="E258" s="2" t="s">
-        <v>892</v>
+        <v>888</v>
       </c>
       <c r="F258" s="2" t="s">
         <v>297</v>
       </c>
-      <c r="G258" s="2" t="s">
-        <v>18</v>
+      <c r="G258" s="2">
+        <v>0</v>
       </c>
       <c r="H258" s="2">
         <v>0</v>
       </c>
       <c r="I258" s="1">
         <v>0</v>
       </c>
       <c r="J258" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K258" s="2" t="str">
         <f>J258*2490.00</f>
         <v>0</v>
       </c>
       <c r="L258" s="5"/>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A259" s="1"/>
       <c r="B259" s="1">
         <v>883734</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>893</v>
+        <v>889</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>894</v>
+        <v>890</v>
       </c>
       <c r="E259" s="2" t="s">
-        <v>895</v>
+        <v>891</v>
       </c>
       <c r="F259" s="2" t="s">
         <v>297</v>
       </c>
-      <c r="G259" s="2" t="s">
-        <v>18</v>
+      <c r="G259" s="2">
+        <v>0</v>
       </c>
       <c r="H259" s="2">
         <v>0</v>
       </c>
       <c r="I259" s="1">
         <v>0</v>
       </c>
       <c r="J259" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K259" s="2" t="str">
         <f>J259*2490.00</f>
         <v>0</v>
       </c>
       <c r="L259" s="5"/>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A260" s="1"/>
       <c r="B260" s="1">
         <v>883735</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>896</v>
+        <v>892</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>897</v>
+        <v>893</v>
       </c>
       <c r="E260" s="2" t="s">
-        <v>898</v>
+        <v>894</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>899</v>
+        <v>895</v>
       </c>
       <c r="G260" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H260" s="2">
         <v>0</v>
       </c>
       <c r="I260" s="1">
         <v>0</v>
       </c>
       <c r="J260" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K260" s="2" t="str">
         <f>J260*1890.00</f>
         <v>0</v>
       </c>
       <c r="L260" s="5"/>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A261" s="1"/>
       <c r="B261" s="1">
         <v>883736</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>900</v>
+        <v>896</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>901</v>
+        <v>897</v>
       </c>
       <c r="E261" s="2" t="s">
-        <v>902</v>
+        <v>898</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>874</v>
+        <v>870</v>
       </c>
       <c r="G261" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H261" s="2">
         <v>0</v>
       </c>
       <c r="I261" s="1">
         <v>0</v>
       </c>
       <c r="J261" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K261" s="2" t="str">
         <f>J261*2290.00</f>
         <v>0</v>
       </c>
       <c r="L261" s="5"/>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A262" s="1"/>
       <c r="B262" s="1">
         <v>883737</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>903</v>
+        <v>899</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>904</v>
+        <v>900</v>
       </c>
       <c r="E262" s="2" t="s">
-        <v>905</v>
+        <v>901</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>874</v>
+        <v>870</v>
       </c>
       <c r="G262" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H262" s="2">
         <v>0</v>
       </c>
       <c r="I262" s="1">
         <v>0</v>
       </c>
       <c r="J262" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K262" s="2" t="str">
         <f>J262*2290.00</f>
         <v>0</v>
       </c>
       <c r="L262" s="5"/>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A263" s="1"/>
       <c r="B263" s="1">
         <v>883738</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>906</v>
+        <v>902</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>907</v>
+        <v>903</v>
       </c>
       <c r="E263" s="2" t="s">
-        <v>908</v>
+        <v>904</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>874</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>870</v>
+      </c>
+      <c r="G263" s="2">
+        <v>0</v>
       </c>
       <c r="H263" s="2">
         <v>0</v>
       </c>
       <c r="I263" s="1">
         <v>0</v>
       </c>
       <c r="J263" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K263" s="2" t="str">
         <f>J263*2290.00</f>
         <v>0</v>
       </c>
       <c r="L263" s="5"/>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A264" s="1"/>
       <c r="B264" s="1">
         <v>883739</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>909</v>
+        <v>905</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>910</v>
+        <v>906</v>
       </c>
       <c r="E264" s="2" t="s">
-        <v>911</v>
+        <v>907</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>912</v>
+        <v>908</v>
       </c>
       <c r="G264" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H264" s="2">
         <v>0</v>
       </c>
       <c r="I264" s="1">
         <v>0</v>
       </c>
       <c r="J264" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K264" s="2" t="str">
         <f>J264*1990.00</f>
         <v>0</v>
       </c>
       <c r="L264" s="5"/>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A265" s="1"/>
       <c r="B265" s="1">
         <v>883740</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>913</v>
+        <v>909</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>914</v>
+        <v>910</v>
       </c>
       <c r="E265" s="2" t="s">
-        <v>915</v>
+        <v>911</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>916</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>912</v>
+      </c>
+      <c r="G265" s="2">
+        <v>0</v>
       </c>
       <c r="H265" s="2">
         <v>0</v>
       </c>
       <c r="I265" s="1">
         <v>0</v>
       </c>
       <c r="J265" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K265" s="2" t="str">
         <f>J265*2390.00</f>
         <v>0</v>
       </c>
       <c r="L265" s="5"/>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A266" s="1"/>
       <c r="B266" s="1">
         <v>883741</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>917</v>
+        <v>913</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>918</v>
+        <v>914</v>
       </c>
       <c r="E266" s="2" t="s">
-        <v>919</v>
+        <v>915</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>916</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>912</v>
+      </c>
+      <c r="G266" s="2">
+        <v>0</v>
       </c>
       <c r="H266" s="2">
         <v>0</v>
       </c>
       <c r="I266" s="1">
         <v>0</v>
       </c>
       <c r="J266" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K266" s="2" t="str">
         <f>J266*2390.00</f>
         <v>0</v>
       </c>
       <c r="L266" s="5"/>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A267" s="1"/>
       <c r="B267" s="1">
         <v>883742</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>920</v>
+        <v>916</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>921</v>
+        <v>917</v>
       </c>
       <c r="E267" s="2" t="s">
-        <v>922</v>
+        <v>918</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>916</v>
+        <v>912</v>
       </c>
       <c r="G267" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H267" s="2">
         <v>0</v>
       </c>
       <c r="I267" s="1">
         <v>0</v>
       </c>
       <c r="J267" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K267" s="2" t="str">
         <f>J267*2390.00</f>
         <v>0</v>
       </c>
       <c r="L267" s="5"/>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A268" s="1"/>
       <c r="B268" s="1">
         <v>883743</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>923</v>
+        <v>919</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>924</v>
+        <v>920</v>
       </c>
       <c r="E268" s="2" t="s">
-        <v>925</v>
+        <v>921</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>874</v>
+        <v>870</v>
       </c>
       <c r="G268" s="2">
         <v>9</v>
       </c>
       <c r="H268" s="2">
         <v>0</v>
       </c>
       <c r="I268" s="1">
         <v>0</v>
       </c>
       <c r="J268" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K268" s="2" t="str">
         <f>J268*2290.00</f>
         <v>0</v>
       </c>
       <c r="L268" s="5"/>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A269" s="1"/>
       <c r="B269" s="1">
         <v>883744</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>926</v>
+        <v>922</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>927</v>
+        <v>923</v>
       </c>
       <c r="E269" s="2" t="s">
-        <v>928</v>
+        <v>924</v>
       </c>
       <c r="F269" s="2" t="s">
         <v>297</v>
       </c>
       <c r="G269" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H269" s="2">
         <v>0</v>
       </c>
       <c r="I269" s="1">
         <v>0</v>
       </c>
       <c r="J269" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K269" s="2" t="str">
         <f>J269*2490.00</f>
         <v>0</v>
       </c>
       <c r="L269" s="5"/>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A270" s="1"/>
       <c r="B270" s="1">
         <v>883745</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>929</v>
+        <v>925</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>930</v>
+        <v>926</v>
       </c>
       <c r="E270" s="2" t="s">
-        <v>931</v>
+        <v>927</v>
       </c>
       <c r="F270" s="2" t="s">
         <v>297</v>
       </c>
       <c r="G270" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H270" s="2">
         <v>0</v>
       </c>
       <c r="I270" s="1">
         <v>0</v>
       </c>
       <c r="J270" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K270" s="2" t="str">
         <f>J270*2490.00</f>
         <v>0</v>
       </c>
       <c r="L270" s="5"/>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A271" s="1"/>
       <c r="B271" s="1">
         <v>883746</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>932</v>
+        <v>928</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>933</v>
+        <v>929</v>
       </c>
       <c r="E271" s="2" t="s">
-        <v>934</v>
+        <v>930</v>
       </c>
       <c r="F271" s="2" t="s">
         <v>297</v>
       </c>
-      <c r="G271" s="2" t="s">
-        <v>18</v>
+      <c r="G271" s="2">
+        <v>9</v>
       </c>
       <c r="H271" s="2">
         <v>0</v>
       </c>
       <c r="I271" s="1">
         <v>0</v>
       </c>
       <c r="J271" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K271" s="2" t="str">
         <f>J271*2490.00</f>
         <v>0</v>
       </c>
       <c r="L271" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A87:K87"/>
     <mergeCell ref="A162:K162"/>
     <mergeCell ref="A191:K191"/>