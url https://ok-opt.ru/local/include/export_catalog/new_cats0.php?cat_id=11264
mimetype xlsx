--- v2 (2026-01-29)
+++ v3 (2026-03-15)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="931">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="944">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
@@ -223,51 +223,51 @@
   <si>
     <t>RAR-210011</t>
   </si>
   <si>
     <t>VR305</t>
   </si>
   <si>
     <t>Вентиль ручной регулировки ВЕРХНИЙ ПРЯМОЙ с доп. уплотнением VIEIR 3/4" (10/60шт)</t>
   </si>
   <si>
     <t>865.73 руб.</t>
   </si>
   <si>
     <t>&gt;25</t>
   </si>
   <si>
     <t>RAR-210012</t>
   </si>
   <si>
     <t>VR300</t>
   </si>
   <si>
     <t>Вентиль ручной регулировки ВЕРХНИЙ УГЛОВОЙ с доп. уплотнением VIEIR 1/2" (10/80шт)</t>
   </si>
   <si>
-    <t>599.46 руб.</t>
+    <t>569.71 руб.</t>
   </si>
   <si>
     <t>RAR-210013</t>
   </si>
   <si>
     <t>VR301</t>
   </si>
   <si>
     <t>Вентиль ручной регулировки ВЕРХНИЙ УГЛОВОЙ с доп. уплотнением VIEIR 3/4" (10/60шт)</t>
   </si>
   <si>
     <t>767.55 руб.</t>
   </si>
   <si>
     <t>RAR-210026</t>
   </si>
   <si>
     <t>VR314</t>
   </si>
   <si>
     <t>Вентиль ручной регулировочный УГЛОВОЙ ВЕРХНИЙ 1/2 LUX с доп. уплотнением ViEiR (10/100шт)</t>
   </si>
   <si>
     <t>809.20 руб.</t>
   </si>
@@ -520,279 +520,279 @@
   <si>
     <t>Вентиль настроечный угловой нижний, черный 1/2" (80/1шт)</t>
   </si>
   <si>
     <t>512.70 руб.</t>
   </si>
   <si>
     <t>Ручная арматура VALTEC</t>
   </si>
   <si>
     <t>Вентили ручные регулировочные VALTEC</t>
   </si>
   <si>
     <t>VLC-611001</t>
   </si>
   <si>
     <t>VT.004.N.04</t>
   </si>
   <si>
     <t>Кран двойной регул-ки (КРДП), 1/2" (6 /96шт)</t>
   </si>
   <si>
     <t>1 041.00 руб.</t>
   </si>
   <si>
+    <t>&gt;100</t>
+  </si>
+  <si>
+    <t>VLC-611002</t>
+  </si>
+  <si>
+    <t>VT.004.N.05</t>
+  </si>
+  <si>
+    <t>Кран двойной регулировки (КРДП) 3/4" (4 /24шт)</t>
+  </si>
+  <si>
+    <t>2 348.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-611003</t>
+  </si>
+  <si>
+    <t>VT.007.N.04</t>
+  </si>
+  <si>
+    <t>Клапан ручной угловой 1/2" (7 /105шт)</t>
+  </si>
+  <si>
+    <t>729.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-611004</t>
+  </si>
+  <si>
+    <t>VT.007.N.05</t>
+  </si>
+  <si>
+    <t>Клапан ручной угловой 3/4"  (7 /56шт)</t>
+  </si>
+  <si>
+    <t>1 288.00 руб.</t>
+  </si>
+  <si>
     <t>&gt;50</t>
   </si>
   <si>
-    <t>VLC-611002</t>
-[...23 lines deleted...]
-    <t>729.00 руб.</t>
+    <t>VLC-611005</t>
+  </si>
+  <si>
+    <t>VT.007.LN.04</t>
+  </si>
+  <si>
+    <t>Клапан ручной угловой 1/2" (компактный)  (8 /120шт)</t>
+  </si>
+  <si>
+    <t>573.00 руб.</t>
   </si>
   <si>
     <t>&gt;500</t>
   </si>
   <si>
-    <t>VLC-611004</t>
-[...22 lines deleted...]
-  <si>
     <t>VLC-611006</t>
   </si>
   <si>
     <t>VT.007.LN.05</t>
   </si>
   <si>
     <t>Клапан ручной угловой 3/4" (компактный)  (6 /72шт)</t>
   </si>
   <si>
     <t>935.00 руб.</t>
   </si>
   <si>
     <t>VLC-611007</t>
   </si>
   <si>
     <t>VT.008.N.04</t>
   </si>
   <si>
     <t>Клапан ручной прямой 1/2"  (9 /108шт)</t>
   </si>
   <si>
     <t>861.00 руб.</t>
   </si>
   <si>
     <t>VLC-611008</t>
   </si>
   <si>
     <t>VT.008.N.05</t>
   </si>
   <si>
     <t>Клапан ручной прямой 3/4"  (6 /48шт)</t>
   </si>
   <si>
     <t>1 474.00 руб.</t>
   </si>
   <si>
     <t>VLC-611009</t>
   </si>
   <si>
     <t>VT.008.LN.04</t>
   </si>
   <si>
     <t>Клапан ручной прямой 1/2" (компактный)  (9 /135шт)</t>
   </si>
   <si>
     <t>632.00 руб.</t>
   </si>
   <si>
+    <t>VLC-611010</t>
+  </si>
+  <si>
+    <t>VT.008.LN.05</t>
+  </si>
+  <si>
+    <t>Клапан ручной прямой 3/4" (компактный)  (7 /56шт)</t>
+  </si>
+  <si>
+    <t>1 115.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-611011</t>
+  </si>
+  <si>
+    <t>VT.011.0.04</t>
+  </si>
+  <si>
+    <t>Колпачок защитный 1/2", для клапанов VT.007/008 (50 /1200шт)</t>
+  </si>
+  <si>
+    <t>14.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-611012</t>
+  </si>
+  <si>
+    <t>VT.011.0.05</t>
+  </si>
+  <si>
+    <t>Колпачок защитный 3/4", для клапанов VT.007/008 (50 /600шт)</t>
+  </si>
+  <si>
+    <t>19.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-611013</t>
+  </si>
+  <si>
+    <t>VT.017.N.04</t>
+  </si>
+  <si>
+    <t>Клапан ручной для рад.  угловой 1/2" (9 /135шт)</t>
+  </si>
+  <si>
+    <t>560.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-611014</t>
+  </si>
+  <si>
+    <t>VT.018.N.04</t>
+  </si>
+  <si>
+    <t>Клапан ручной для рад. прямой 1/2" (9 /135шт)</t>
+  </si>
+  <si>
+    <t>590.00 руб.</t>
+  </si>
+  <si>
+    <t>Клапана ручные настроечные VALTEC</t>
+  </si>
+  <si>
+    <t>VLC-611015</t>
+  </si>
+  <si>
+    <t>VT.019.N.04</t>
+  </si>
+  <si>
+    <t>Клапан настроечный угловой 1/2"  (10 /80шт)</t>
+  </si>
+  <si>
+    <t>1 030.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-611016</t>
+  </si>
+  <si>
+    <t>VT.019.N.05</t>
+  </si>
+  <si>
+    <t>Клапан настроечный угловой 3/4"  (10 /80шт)</t>
+  </si>
+  <si>
+    <t>1 551.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-611017</t>
+  </si>
+  <si>
+    <t>VT.019.NR.04</t>
+  </si>
+  <si>
+    <t>Клапан настроечный угловой 1/2" (с доп. уплотнением)  (12 /96шт)</t>
+  </si>
+  <si>
+    <t>599.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-611018</t>
+  </si>
+  <si>
+    <t>VT.019.NER.04</t>
+  </si>
+  <si>
+    <t>Клапан настроечный угловой (с доп. уплотнением) 1/2" * Евроконус</t>
+  </si>
+  <si>
+    <t>595.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-611019</t>
+  </si>
+  <si>
+    <t>VT.020.N.04</t>
+  </si>
+  <si>
+    <t>Клапан настроечный прямой 1/2"  (10 /80шт)</t>
+  </si>
+  <si>
+    <t>1 159.00 руб.</t>
+  </si>
+  <si>
     <t>&gt;1000</t>
-  </si>
-[...121 lines deleted...]
-    <t>1 159.00 руб.</t>
   </si>
   <si>
     <t>VLC-611020</t>
   </si>
   <si>
     <t>VT.020.N.05</t>
   </si>
   <si>
     <t>Клапан настроечный прямой 3/4" (10 /80шт)</t>
   </si>
   <si>
     <t>1 643.00 руб.</t>
   </si>
   <si>
     <t>VLC-611021</t>
   </si>
   <si>
     <t>VT.020.NR.04</t>
   </si>
   <si>
     <t>Клапан настроечный прямой 1/2" (с доп. уплотнением) (12 /96шт)</t>
   </si>
   <si>
     <t>674.00 руб.</t>
   </si>
@@ -1944,50 +1944,89 @@
     <t>VR1126</t>
   </si>
   <si>
     <t>Термоголовка жидкостная  ViEiR  (100/1шт)</t>
   </si>
   <si>
     <t>RAR-120042</t>
   </si>
   <si>
     <t>VR290A</t>
   </si>
   <si>
     <t>Термоголовка с погружным датчиком 30-70 °С  ViEiR  (50/1шт)</t>
   </si>
   <si>
     <t>905.89 руб.</t>
   </si>
   <si>
     <t>RAR-120043</t>
   </si>
   <si>
     <t>VR290B</t>
   </si>
   <si>
     <t>Термоголовка с погружным датчиком 50-90 °С  ViEiR  (50/1шт)</t>
+  </si>
+  <si>
+    <t>VER-001610</t>
+  </si>
+  <si>
+    <t>VR289-F</t>
+  </si>
+  <si>
+    <t>Термоголовка жидкостная (60/1шт)</t>
+  </si>
+  <si>
+    <t>523.60 руб.</t>
+  </si>
+  <si>
+    <t>VER-001611</t>
+  </si>
+  <si>
+    <t>VR289-C</t>
+  </si>
+  <si>
+    <t>VER-001612</t>
+  </si>
+  <si>
+    <t>VR289-G</t>
+  </si>
+  <si>
+    <t>VER-001613</t>
+  </si>
+  <si>
+    <t>VR299-F</t>
+  </si>
+  <si>
+    <t>Термостатическая головка жидкостная (60/1шт)</t>
+  </si>
+  <si>
+    <t>VER-001614</t>
+  </si>
+  <si>
+    <t>VR299-C</t>
   </si>
   <si>
     <t>Термоголовки ZEGOR</t>
   </si>
   <si>
     <t>ZGR-000070</t>
   </si>
   <si>
     <t>QS-7001</t>
   </si>
   <si>
     <t>Термостатическая головка ZEGOR жидкостная,  М30 × 1,5, диапазон  от 6 до 28 ℃ (1/100шт)</t>
   </si>
   <si>
     <t>439.27 руб.</t>
   </si>
   <si>
     <t>ZGR-000071</t>
   </si>
   <si>
     <t>QS-7002</t>
   </si>
   <si>
     <t>Термостатическая головка ZEGOR жидкостная,  М30 × 1,5, от 6 до 28 ℃ с погружным датчиком (1/50шт)</t>
   </si>
@@ -7728,2397 +7767,2397 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="159" name="Image_182" descr="Image_182"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>183</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="160" name="Image_184" descr="Image_184"/>
+      <xdr:row>188</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="160" name="Image_189" descr="Image_189"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>184</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="161" name="Image_185" descr="Image_185"/>
+      <xdr:row>189</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="161" name="Image_190" descr="Image_190"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>185</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="162" name="Image_186" descr="Image_186"/>
+      <xdr:row>190</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="162" name="Image_191" descr="Image_191"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>186</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="163" name="Image_187" descr="Image_187"/>
+      <xdr:row>191</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="163" name="Image_192" descr="Image_192"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId163"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>187</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="164" name="Image_188" descr="Image_188"/>
+      <xdr:row>192</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="164" name="Image_193" descr="Image_193"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>188</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="165" name="Image_189" descr="Image_189"/>
+      <xdr:row>193</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="165" name="Image_194" descr="Image_194"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>189</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="166" name="Image_190" descr="Image_190"/>
+      <xdr:row>194</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="166" name="Image_195" descr="Image_195"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>191</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="167" name="Image_192" descr="Image_192"/>
+      <xdr:row>196</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="167" name="Image_197" descr="Image_197"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId167"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>192</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="168" name="Image_193" descr="Image_193"/>
+      <xdr:row>197</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="168" name="Image_198" descr="Image_198"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>194</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="169" name="Image_195" descr="Image_195"/>
+      <xdr:row>199</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="169" name="Image_200" descr="Image_200"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>195</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="170" name="Image_196" descr="Image_196"/>
+      <xdr:row>200</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="170" name="Image_201" descr="Image_201"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>196</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="171" name="Image_197" descr="Image_197"/>
+      <xdr:row>201</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="171" name="Image_202" descr="Image_202"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>197</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="172" name="Image_198" descr="Image_198"/>
+      <xdr:row>202</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="172" name="Image_203" descr="Image_203"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>198</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="173" name="Image_199" descr="Image_199"/>
+      <xdr:row>203</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="173" name="Image_204" descr="Image_204"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId173"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>199</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="174" name="Image_200" descr="Image_200"/>
+      <xdr:row>204</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="174" name="Image_205" descr="Image_205"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId174"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>200</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="175" name="Image_201" descr="Image_201"/>
+      <xdr:row>205</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="175" name="Image_206" descr="Image_206"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId175"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>202</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="176" name="Image_203" descr="Image_203"/>
+      <xdr:row>207</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="176" name="Image_208" descr="Image_208"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId176"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>203</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="177" name="Image_204" descr="Image_204"/>
+      <xdr:row>208</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="177" name="Image_209" descr="Image_209"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>204</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="178" name="Image_205" descr="Image_205"/>
+      <xdr:row>209</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="178" name="Image_210" descr="Image_210"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId178"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>205</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="179" name="Image_206" descr="Image_206"/>
+      <xdr:row>210</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="179" name="Image_211" descr="Image_211"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId179"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>206</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="180" name="Image_207" descr="Image_207"/>
+      <xdr:row>211</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="180" name="Image_212" descr="Image_212"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId180"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>207</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="181" name="Image_208" descr="Image_208"/>
+      <xdr:row>212</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="181" name="Image_213" descr="Image_213"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId181"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>208</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="182" name="Image_209" descr="Image_209"/>
+      <xdr:row>213</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="182" name="Image_214" descr="Image_214"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId182"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>209</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="183" name="Image_210" descr="Image_210"/>
+      <xdr:row>214</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="183" name="Image_215" descr="Image_215"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId183"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>210</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="184" name="Image_211" descr="Image_211"/>
+      <xdr:row>215</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="184" name="Image_216" descr="Image_216"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId184"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>212</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="185" name="Image_213" descr="Image_213"/>
+      <xdr:row>217</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="185" name="Image_218" descr="Image_218"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId185"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>213</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="186" name="Image_214" descr="Image_214"/>
+      <xdr:row>218</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="186" name="Image_219" descr="Image_219"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId186"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>214</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="187" name="Image_215" descr="Image_215"/>
+      <xdr:row>219</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="187" name="Image_220" descr="Image_220"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId187"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>215</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="188" name="Image_216" descr="Image_216"/>
+      <xdr:row>220</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="188" name="Image_221" descr="Image_221"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId188"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>216</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="189" name="Image_217" descr="Image_217"/>
+      <xdr:row>221</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="189" name="Image_222" descr="Image_222"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId189"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>218</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="190" name="Image_219" descr="Image_219"/>
+      <xdr:row>223</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="190" name="Image_224" descr="Image_224"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId190"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>219</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="191" name="Image_220" descr="Image_220"/>
+      <xdr:row>224</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="191" name="Image_225" descr="Image_225"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId191"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>220</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="192" name="Image_221" descr="Image_221"/>
+      <xdr:row>225</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="192" name="Image_226" descr="Image_226"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId192"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>221</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="193" name="Image_222" descr="Image_222"/>
+      <xdr:row>226</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="193" name="Image_227" descr="Image_227"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId193"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>222</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="194" name="Image_223" descr="Image_223"/>
+      <xdr:row>227</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="194" name="Image_228" descr="Image_228"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId194"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>223</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="195" name="Image_224" descr="Image_224"/>
+      <xdr:row>228</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="195" name="Image_229" descr="Image_229"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId195"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>224</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="196" name="Image_225" descr="Image_225"/>
+      <xdr:row>229</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="196" name="Image_230" descr="Image_230"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId196"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>225</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="197" name="Image_226" descr="Image_226"/>
+      <xdr:row>230</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="197" name="Image_231" descr="Image_231"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId197"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>226</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="198" name="Image_227" descr="Image_227"/>
+      <xdr:row>231</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="198" name="Image_232" descr="Image_232"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId198"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>227</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="199" name="Image_228" descr="Image_228"/>
+      <xdr:row>232</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="199" name="Image_233" descr="Image_233"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId199"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>228</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="200" name="Image_229" descr="Image_229"/>
+      <xdr:row>233</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="200" name="Image_234" descr="Image_234"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId200"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>229</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="201" name="Image_230" descr="Image_230"/>
+      <xdr:row>234</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="201" name="Image_235" descr="Image_235"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId201"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>230</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="202" name="Image_231" descr="Image_231"/>
+      <xdr:row>235</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="202" name="Image_236" descr="Image_236"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId202"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>231</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="203" name="Image_232" descr="Image_232"/>
+      <xdr:row>236</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="203" name="Image_237" descr="Image_237"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId203"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>233</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="204" name="Image_234" descr="Image_234"/>
+      <xdr:row>238</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="204" name="Image_239" descr="Image_239"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId204"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>234</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="205" name="Image_235" descr="Image_235"/>
+      <xdr:row>239</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="205" name="Image_240" descr="Image_240"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId205"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>235</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="206" name="Image_236" descr="Image_236"/>
+      <xdr:row>240</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="206" name="Image_241" descr="Image_241"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId206"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>236</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="207" name="Image_237" descr="Image_237"/>
+      <xdr:row>241</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="207" name="Image_242" descr="Image_242"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId207"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>238</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="208" name="Image_239" descr="Image_239"/>
+      <xdr:row>243</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="208" name="Image_244" descr="Image_244"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId208"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>239</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="209" name="Image_240" descr="Image_240"/>
+      <xdr:row>244</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="209" name="Image_245" descr="Image_245"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId209"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>240</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="210" name="Image_241" descr="Image_241"/>
+      <xdr:row>245</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="210" name="Image_246" descr="Image_246"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId210"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>243</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="211" name="Image_244" descr="Image_244"/>
+      <xdr:row>248</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="211" name="Image_249" descr="Image_249"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId211"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>244</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="212" name="Image_245" descr="Image_245"/>
+      <xdr:row>249</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="212" name="Image_250" descr="Image_250"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId212"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>245</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="213" name="Image_246" descr="Image_246"/>
+      <xdr:row>250</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="213" name="Image_251" descr="Image_251"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId213"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>246</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="214" name="Image_247" descr="Image_247"/>
+      <xdr:row>251</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="214" name="Image_252" descr="Image_252"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId214"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>247</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="215" name="Image_248" descr="Image_248"/>
+      <xdr:row>252</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="215" name="Image_253" descr="Image_253"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId215"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>248</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="216" name="Image_249" descr="Image_249"/>
+      <xdr:row>253</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="216" name="Image_254" descr="Image_254"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId216"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>249</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="217" name="Image_250" descr="Image_250"/>
+      <xdr:row>254</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="217" name="Image_255" descr="Image_255"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId217"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>250</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="218" name="Image_251" descr="Image_251"/>
+      <xdr:row>255</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="218" name="Image_256" descr="Image_256"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId218"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>251</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="219" name="Image_252" descr="Image_252"/>
+      <xdr:row>256</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="219" name="Image_257" descr="Image_257"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId219"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>252</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="220" name="Image_253" descr="Image_253"/>
+      <xdr:row>257</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="220" name="Image_258" descr="Image_258"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId220"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>253</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="221" name="Image_254" descr="Image_254"/>
+      <xdr:row>258</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="221" name="Image_259" descr="Image_259"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId221"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>254</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="222" name="Image_255" descr="Image_255"/>
+      <xdr:row>259</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="222" name="Image_260" descr="Image_260"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId222"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>255</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="223" name="Image_256" descr="Image_256"/>
+      <xdr:row>260</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="223" name="Image_261" descr="Image_261"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId223"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>256</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="224" name="Image_257" descr="Image_257"/>
+      <xdr:row>261</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="224" name="Image_262" descr="Image_262"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId224"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>257</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="225" name="Image_258" descr="Image_258"/>
+      <xdr:row>262</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="225" name="Image_263" descr="Image_263"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId225"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>258</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="226" name="Image_259" descr="Image_259"/>
+      <xdr:row>263</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="226" name="Image_264" descr="Image_264"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId226"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>259</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="227" name="Image_260" descr="Image_260"/>
+      <xdr:row>264</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="227" name="Image_265" descr="Image_265"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId227"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>260</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="228" name="Image_261" descr="Image_261"/>
+      <xdr:row>265</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="228" name="Image_266" descr="Image_266"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId228"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>261</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="229" name="Image_262" descr="Image_262"/>
+      <xdr:row>266</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="229" name="Image_267" descr="Image_267"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId229"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>262</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="230" name="Image_263" descr="Image_263"/>
+      <xdr:row>267</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="230" name="Image_268" descr="Image_268"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId230"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>263</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="231" name="Image_264" descr="Image_264"/>
+      <xdr:row>268</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="231" name="Image_269" descr="Image_269"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId231"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>264</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="232" name="Image_265" descr="Image_265"/>
+      <xdr:row>269</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="232" name="Image_270" descr="Image_270"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId232"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>265</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="233" name="Image_266" descr="Image_266"/>
+      <xdr:row>270</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="233" name="Image_271" descr="Image_271"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId233"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>266</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="234" name="Image_267" descr="Image_267"/>
+      <xdr:row>271</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="234" name="Image_272" descr="Image_272"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId234"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>267</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="235" name="Image_268" descr="Image_268"/>
+      <xdr:row>272</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="235" name="Image_273" descr="Image_273"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId235"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>268</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="236" name="Image_269" descr="Image_269"/>
+      <xdr:row>273</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="236" name="Image_274" descr="Image_274"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId236"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>269</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="237" name="Image_270" descr="Image_270"/>
+      <xdr:row>274</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="237" name="Image_275" descr="Image_275"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId237"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>270</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="238" name="Image_271" descr="Image_271"/>
+      <xdr:row>275</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="238" name="Image_276" descr="Image_276"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId238"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -10391,51 +10430,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="0" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L271"/>
+  <dimension ref="A1:L276"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="5" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="60" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
     <col min="10" max="10" width="11" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -10443,51 +10482,51 @@
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="4">
-        <f>SUM(J2:J271)</f>
+        <f>SUM(J2:J276)</f>
         <v>0</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="5"/>
     </row>
     <row r="2" spans="1:12">
       <c r="A2" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
       <c r="L2" s="5"/>
     </row>
     <row r="3" spans="1:12" outlineLevel="1">
       <c r="A3" s="7" t="s">
@@ -10743,51 +10782,51 @@
       </c>
       <c r="K11" s="2" t="str">
         <f>J11*648.55</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>819035</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G12" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="str">
         <f>J12*542.94</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>819036</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="1" t="s">
@@ -10883,51 +10922,51 @@
       </c>
       <c r="K15" s="2" t="str">
         <f>J15*644.09</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>825189</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>57</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G16" s="2">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="str">
         <f>J16*667.89</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>825190</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D17" s="1" t="s">
@@ -10965,51 +11004,51 @@
       <c r="C18" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>66</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K18" s="2" t="str">
-        <f>J18*599.46</f>
+        <f>J18*569.71</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>825192</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G19" s="2">
         <v>10</v>
       </c>
       <c r="H19" s="2">
@@ -11128,51 +11167,51 @@
       </c>
       <c r="K22" s="2" t="str">
         <f>J22*519.14</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>954072</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>85</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>87</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G23" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K23" s="2" t="str">
         <f>J23*519.14</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>954075</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>88</v>
       </c>
       <c r="D24" s="1" t="s">
@@ -11914,815 +11953,815 @@
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>819007</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>168</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>170</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>171</v>
       </c>
       <c r="G47" s="2">
         <v>0</v>
       </c>
       <c r="H47" s="2" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K47" s="2" t="str">
         <f>J47*2348.00</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>819008</v>
       </c>
       <c r="C48" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="D48" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="D48" s="1" t="s">
+      <c r="E48" s="2" t="s">
         <v>174</v>
       </c>
-      <c r="E48" s="2" t="s">
+      <c r="F48" s="2" t="s">
         <v>175</v>
       </c>
-      <c r="F48" s="2" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="G48" s="2">
+        <v>8</v>
       </c>
       <c r="H48" s="2" t="s">
-        <v>177</v>
+        <v>167</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K48" s="2" t="str">
         <f>J48*729.00</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>819009</v>
       </c>
       <c r="C49" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="E49" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="D49" s="1" t="s">
+      <c r="F49" s="2" t="s">
         <v>179</v>
-      </c>
-[...4 lines deleted...]
-        <v>181</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H49" s="2" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K49" s="2" t="str">
         <f>J49*1288.00</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>819010</v>
       </c>
       <c r="C50" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D50" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="D50" s="1" t="s">
+      <c r="E50" s="2" t="s">
         <v>183</v>
       </c>
-      <c r="E50" s="2" t="s">
+      <c r="F50" s="2" t="s">
         <v>184</v>
       </c>
-      <c r="F50" s="2" t="s">
+      <c r="G50" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H50" s="2" t="s">
         <v>185</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K50" s="2" t="str">
         <f>J50*573.00</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
         <v>819011</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>186</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>188</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>189</v>
       </c>
       <c r="G51" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="H51" s="2" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="I51" s="1">
         <v>0</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K51" s="2" t="str">
         <f>J51*935.00</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>819012</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>190</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>191</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>192</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>193</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H52" s="2" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K52" s="2" t="str">
         <f>J52*861.00</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
         <v>819013</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>194</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>195</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>196</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>197</v>
       </c>
-      <c r="G53" s="2">
-        <v>9</v>
+      <c r="G53" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H53" s="2" t="s">
-        <v>177</v>
+        <v>167</v>
       </c>
       <c r="I53" s="1">
         <v>0</v>
       </c>
       <c r="J53" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K53" s="2" t="str">
         <f>J53*1474.00</f>
         <v>0</v>
       </c>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
         <v>819014</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>198</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>199</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>200</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>201</v>
       </c>
-      <c r="G54" s="2">
-        <v>10</v>
+      <c r="G54" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H54" s="2" t="s">
-        <v>202</v>
+        <v>185</v>
       </c>
       <c r="I54" s="1">
         <v>0</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K54" s="2" t="str">
         <f>J54*632.00</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
         <v>819015</v>
       </c>
       <c r="C55" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="D55" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="D55" s="1" t="s">
+      <c r="E55" s="2" t="s">
         <v>204</v>
       </c>
-      <c r="E55" s="2" t="s">
+      <c r="F55" s="2" t="s">
         <v>205</v>
       </c>
-      <c r="F55" s="2" t="s">
-[...3 lines deleted...]
-        <v>9</v>
+      <c r="G55" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H55" s="2" t="s">
-        <v>202</v>
+        <v>185</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K55" s="2" t="str">
         <f>J55*1115.00</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A56" s="1"/>
       <c r="B56" s="1">
         <v>819016</v>
       </c>
       <c r="C56" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D56" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="D56" s="1" t="s">
+      <c r="E56" s="2" t="s">
         <v>208</v>
       </c>
-      <c r="E56" s="2" t="s">
+      <c r="F56" s="2" t="s">
         <v>209</v>
       </c>
-      <c r="F56" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G56" s="2">
         <v>0</v>
       </c>
       <c r="H56" s="2" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="I56" s="1">
         <v>0</v>
       </c>
       <c r="J56" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K56" s="2" t="str">
         <f>J56*14.00</f>
         <v>0</v>
       </c>
       <c r="L56" s="5"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
         <v>819017</v>
       </c>
       <c r="C57" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="D57" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="D57" s="1" t="s">
+      <c r="E57" s="2" t="s">
         <v>212</v>
       </c>
-      <c r="E57" s="2" t="s">
+      <c r="F57" s="2" t="s">
         <v>213</v>
       </c>
-      <c r="F57" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G57" s="2">
         <v>0</v>
       </c>
       <c r="H57" s="2" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K57" s="2" t="str">
         <f>J57*19.00</f>
         <v>0</v>
       </c>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A58" s="1"/>
       <c r="B58" s="1">
         <v>819018</v>
       </c>
       <c r="C58" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D58" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="D58" s="1" t="s">
+      <c r="E58" s="2" t="s">
         <v>216</v>
       </c>
-      <c r="E58" s="2" t="s">
+      <c r="F58" s="2" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="G58" s="2">
         <v>1</v>
       </c>
-      <c r="H58" s="2">
-        <v>0</v>
+      <c r="H58" s="2" t="s">
+        <v>167</v>
       </c>
       <c r="I58" s="1">
         <v>0</v>
       </c>
       <c r="J58" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K58" s="2" t="str">
         <f>J58*560.00</f>
         <v>0</v>
       </c>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
         <v>819019</v>
       </c>
       <c r="C59" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="D59" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="D59" s="1" t="s">
+      <c r="E59" s="2" t="s">
         <v>220</v>
       </c>
-      <c r="E59" s="2" t="s">
+      <c r="F59" s="2" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="G59" s="2">
         <v>8</v>
       </c>
       <c r="H59" s="2" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="I59" s="1">
         <v>0</v>
       </c>
       <c r="J59" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K59" s="2" t="str">
         <f>J59*590.00</f>
         <v>0</v>
       </c>
       <c r="L59" s="5"/>
     </row>
     <row r="60" spans="1:12" outlineLevel="3">
       <c r="A60" s="9" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="B60" s="9"/>
       <c r="C60" s="9"/>
       <c r="D60" s="9"/>
       <c r="E60" s="9"/>
       <c r="F60" s="9"/>
       <c r="G60" s="9"/>
       <c r="H60" s="9"/>
       <c r="I60" s="9"/>
       <c r="J60" s="9"/>
       <c r="K60" s="9"/>
       <c r="L60" s="5"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A61" s="1"/>
       <c r="B61" s="1">
         <v>819020</v>
       </c>
       <c r="C61" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D61" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="D61" s="1" t="s">
+      <c r="E61" s="2" t="s">
         <v>225</v>
       </c>
-      <c r="E61" s="2" t="s">
+      <c r="F61" s="2" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="G61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H61" s="2" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K61" s="2" t="str">
         <f>J61*1030.00</f>
         <v>0</v>
       </c>
       <c r="L61" s="5"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A62" s="1"/>
       <c r="B62" s="1">
         <v>819021</v>
       </c>
       <c r="C62" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D62" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="D62" s="1" t="s">
+      <c r="E62" s="2" t="s">
         <v>229</v>
       </c>
-      <c r="E62" s="2" t="s">
+      <c r="F62" s="2" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H62" s="2" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K62" s="2" t="str">
         <f>J62*1551.00</f>
         <v>0</v>
       </c>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A63" s="1"/>
       <c r="B63" s="1">
         <v>819022</v>
       </c>
       <c r="C63" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D63" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="D63" s="1" t="s">
+      <c r="E63" s="2" t="s">
         <v>233</v>
       </c>
-      <c r="E63" s="2" t="s">
+      <c r="F63" s="2" t="s">
         <v>234</v>
       </c>
-      <c r="F63" s="2" t="s">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="G63" s="2">
+        <v>0</v>
+      </c>
+      <c r="H63" s="2" t="s">
+        <v>185</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K63" s="2" t="str">
         <f>J63*599.00</f>
         <v>0</v>
       </c>
       <c r="L63" s="5"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A64" s="1"/>
       <c r="B64" s="1">
         <v>819023</v>
       </c>
       <c r="C64" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D64" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="D64" s="1" t="s">
+      <c r="E64" s="2" t="s">
         <v>237</v>
       </c>
-      <c r="E64" s="2" t="s">
+      <c r="F64" s="2" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H64" s="2" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K64" s="2" t="str">
         <f>J64*595.00</f>
         <v>0</v>
       </c>
       <c r="L64" s="5"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A65" s="1"/>
       <c r="B65" s="1">
         <v>819024</v>
       </c>
       <c r="C65" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D65" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="D65" s="1" t="s">
+      <c r="E65" s="2" t="s">
         <v>241</v>
       </c>
-      <c r="E65" s="2" t="s">
+      <c r="F65" s="2" t="s">
         <v>242</v>
       </c>
-      <c r="F65" s="2" t="s">
+      <c r="G65" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="H65" s="2" t="s">
         <v>243</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
       <c r="I65" s="1">
         <v>0</v>
       </c>
       <c r="J65" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K65" s="2" t="str">
         <f>J65*1159.00</f>
         <v>0</v>
       </c>
       <c r="L65" s="5"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
         <v>819025</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>244</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>245</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>246</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>247</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H66" s="2" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="I66" s="1">
         <v>0</v>
       </c>
       <c r="J66" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K66" s="2" t="str">
         <f>J66*1643.00</f>
         <v>0</v>
       </c>
       <c r="L66" s="5"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A67" s="1"/>
       <c r="B67" s="1">
         <v>819026</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>248</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>249</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>250</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>251</v>
       </c>
       <c r="G67" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H67" s="2" t="s">
-        <v>202</v>
+        <v>185</v>
       </c>
       <c r="I67" s="1">
         <v>0</v>
       </c>
       <c r="J67" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K67" s="2" t="str">
         <f>J67*674.00</f>
         <v>0</v>
       </c>
       <c r="L67" s="5"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A68" s="1"/>
       <c r="B68" s="1">
         <v>819027</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>252</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>253</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>254</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>255</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H68" s="2" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="I68" s="1">
         <v>0</v>
       </c>
       <c r="J68" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K68" s="2" t="str">
         <f>J68*631.00</f>
         <v>0</v>
       </c>
       <c r="L68" s="5"/>
     </row>
     <row r="69" spans="1:12" outlineLevel="2">
       <c r="A69" s="8" t="s">
         <v>256</v>
       </c>
       <c r="B69" s="8"/>
       <c r="C69" s="8"/>
       <c r="D69" s="8"/>
       <c r="E69" s="8"/>
       <c r="F69" s="8"/>
       <c r="G69" s="8"/>
       <c r="H69" s="8"/>
       <c r="I69" s="8"/>
       <c r="J69" s="8"/>
       <c r="K69" s="8"/>
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A70" s="1"/>
       <c r="B70" s="1">
         <v>834470</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>257</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>258</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>259</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>260</v>
       </c>
-      <c r="G70" s="2">
-        <v>0</v>
+      <c r="G70" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H70" s="2">
         <v>0</v>
       </c>
       <c r="I70" s="1">
         <v>0</v>
       </c>
       <c r="J70" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K70" s="2" t="str">
         <f>J70*478.24</f>
         <v>0</v>
       </c>
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A71" s="1"/>
       <c r="B71" s="1">
         <v>834471</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>261</v>
       </c>
       <c r="D71" s="1" t="s">
@@ -12747,52 +12786,52 @@
         <v>19</v>
       </c>
       <c r="K71" s="2" t="str">
         <f>J71*537.80</f>
         <v>0</v>
       </c>
       <c r="L71" s="5"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A72" s="1"/>
       <c r="B72" s="1">
         <v>834472</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>265</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>266</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>267</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>268</v>
       </c>
-      <c r="G72" s="2">
-        <v>0</v>
+      <c r="G72" s="2" t="s">
+        <v>64</v>
       </c>
       <c r="H72" s="2">
         <v>0</v>
       </c>
       <c r="I72" s="1">
         <v>0</v>
       </c>
       <c r="J72" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K72" s="2" t="str">
         <f>J72*417.42</f>
         <v>0</v>
       </c>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A73" s="1"/>
       <c r="B73" s="1">
         <v>834473</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>269</v>
       </c>
       <c r="D73" s="1" t="s">
@@ -12818,51 +12857,51 @@
       </c>
       <c r="K73" s="2" t="str">
         <f>J73*472.71</f>
         <v>0</v>
       </c>
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A74" s="1"/>
       <c r="B74" s="1">
         <v>868669</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>273</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>274</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>275</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>276</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="H74" s="2">
         <v>0</v>
       </c>
       <c r="I74" s="1">
         <v>0</v>
       </c>
       <c r="J74" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K74" s="2" t="str">
         <f>J74*605.40</f>
         <v>0</v>
       </c>
       <c r="L74" s="5"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A75" s="1"/>
       <c r="B75" s="1">
         <v>868670</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>277</v>
       </c>
       <c r="D75" s="1" t="s">
@@ -12888,51 +12927,51 @@
       </c>
       <c r="K75" s="2" t="str">
         <f>J75*630.28</f>
         <v>0</v>
       </c>
       <c r="L75" s="5"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A76" s="1"/>
       <c r="B76" s="1">
         <v>868671</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>281</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>282</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>283</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>284</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="H76" s="2">
         <v>0</v>
       </c>
       <c r="I76" s="1">
         <v>0</v>
       </c>
       <c r="J76" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K76" s="2" t="str">
         <f>J76*648.71</f>
         <v>0</v>
       </c>
       <c r="L76" s="5"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A77" s="1"/>
       <c r="B77" s="1">
         <v>868672</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>285</v>
       </c>
       <c r="D77" s="1" t="s">
@@ -13302,51 +13341,51 @@
       <c r="G89" s="9"/>
       <c r="H89" s="9"/>
       <c r="I89" s="9"/>
       <c r="J89" s="9"/>
       <c r="K89" s="9"/>
       <c r="L89" s="5"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A90" s="1"/>
       <c r="B90" s="1">
         <v>819002</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>321</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>322</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>323</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>324</v>
       </c>
       <c r="G90" s="2" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
       <c r="H90" s="2">
         <v>0</v>
       </c>
       <c r="I90" s="1">
         <v>0</v>
       </c>
       <c r="J90" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K90" s="2" t="str">
         <f>J90*670.86</f>
         <v>0</v>
       </c>
       <c r="L90" s="5"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A91" s="1"/>
       <c r="B91" s="1">
         <v>819003</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>325</v>
       </c>
       <c r="D91" s="1" t="s">
@@ -13372,51 +13411,51 @@
       </c>
       <c r="K91" s="2" t="str">
         <f>J91*929.69</f>
         <v>0</v>
       </c>
       <c r="L91" s="5"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A92" s="1"/>
       <c r="B92" s="1">
         <v>819004</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>329</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>330</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>331</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>332</v>
       </c>
       <c r="G92" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H92" s="2">
         <v>0</v>
       </c>
       <c r="I92" s="1">
         <v>0</v>
       </c>
       <c r="J92" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K92" s="2" t="str">
         <f>J92*629.21</f>
         <v>0</v>
       </c>
       <c r="L92" s="5"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A93" s="1"/>
       <c r="B93" s="1">
         <v>819005</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>333</v>
       </c>
       <c r="D93" s="1" t="s">
@@ -13442,121 +13481,121 @@
       </c>
       <c r="K93" s="2" t="str">
         <f>J93*852.34</f>
         <v>0</v>
       </c>
       <c r="L93" s="5"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A94" s="1"/>
       <c r="B94" s="1">
         <v>825188</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>337</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>338</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>339</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>340</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="H94" s="2">
         <v>0</v>
       </c>
       <c r="I94" s="1">
         <v>0</v>
       </c>
       <c r="J94" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K94" s="2" t="str">
         <f>J94*663.43</f>
         <v>0</v>
       </c>
       <c r="L94" s="5"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A95" s="1"/>
       <c r="B95" s="1">
         <v>954083</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>341</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>342</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>343</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>344</v>
       </c>
       <c r="G95" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H95" s="2">
         <v>0</v>
       </c>
       <c r="I95" s="1">
         <v>0</v>
       </c>
       <c r="J95" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K95" s="2" t="str">
         <f>J95*658.96</f>
         <v>0</v>
       </c>
       <c r="L95" s="5"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A96" s="1"/>
       <c r="B96" s="1">
         <v>954084</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>345</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>347</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>344</v>
       </c>
       <c r="G96" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H96" s="2">
         <v>0</v>
       </c>
       <c r="I96" s="1">
         <v>0</v>
       </c>
       <c r="J96" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K96" s="2" t="str">
         <f>J96*658.96</f>
         <v>0</v>
       </c>
       <c r="L96" s="5"/>
     </row>
     <row r="97" spans="1:12" outlineLevel="3">
       <c r="A97" s="9" t="s">
         <v>348</v>
       </c>
       <c r="B97" s="9"/>
       <c r="C97" s="9"/>
       <c r="D97" s="9"/>
       <c r="E97" s="9"/>
       <c r="F97" s="9"/>
@@ -13702,52 +13741,52 @@
         <v>19</v>
       </c>
       <c r="K101" s="2" t="str">
         <f>J101*1779.05</f>
         <v>0</v>
       </c>
       <c r="L101" s="5"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A102" s="1"/>
       <c r="B102" s="1">
         <v>832494</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>365</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>366</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>367</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>368</v>
       </c>
-      <c r="G102" s="2">
-        <v>4</v>
+      <c r="G102" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H102" s="2">
         <v>0</v>
       </c>
       <c r="I102" s="1">
         <v>0</v>
       </c>
       <c r="J102" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K102" s="2" t="str">
         <f>J102*956.46</f>
         <v>0</v>
       </c>
       <c r="L102" s="5"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A103" s="1"/>
       <c r="B103" s="1">
         <v>830638</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>369</v>
       </c>
       <c r="D103" s="1" t="s">
@@ -13772,122 +13811,122 @@
         <v>19</v>
       </c>
       <c r="K103" s="2" t="str">
         <f>J103*1100.75</f>
         <v>0</v>
       </c>
       <c r="L103" s="5"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A104" s="1"/>
       <c r="B104" s="1">
         <v>832495</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>373</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>374</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>375</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>376</v>
       </c>
-      <c r="G104" s="2">
-        <v>5</v>
+      <c r="G104" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H104" s="2">
         <v>0</v>
       </c>
       <c r="I104" s="1">
         <v>0</v>
       </c>
       <c r="J104" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K104" s="2" t="str">
         <f>J104*1713.60</f>
         <v>0</v>
       </c>
       <c r="L104" s="5"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A105" s="1"/>
       <c r="B105" s="1">
         <v>828461</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>377</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>378</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>379</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G105" s="2" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="H105" s="2">
         <v>0</v>
       </c>
       <c r="I105" s="1">
         <v>0</v>
       </c>
       <c r="J105" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K105" s="2" t="str">
         <f>J105*1551.46</f>
         <v>0</v>
       </c>
       <c r="L105" s="5"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A106" s="1"/>
       <c r="B106" s="1">
         <v>880051</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>381</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>382</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>383</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>384</v>
       </c>
       <c r="G106" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H106" s="2">
         <v>0</v>
       </c>
       <c r="I106" s="1">
         <v>0</v>
       </c>
       <c r="J106" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K106" s="2" t="str">
         <f>J106*1819.21</f>
         <v>0</v>
       </c>
       <c r="L106" s="5"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A107" s="1"/>
       <c r="B107" s="1">
         <v>880052</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>385</v>
       </c>
       <c r="D107" s="1" t="s">
@@ -13912,87 +13951,87 @@
         <v>19</v>
       </c>
       <c r="K107" s="2" t="str">
         <f>J107*1819.21</f>
         <v>0</v>
       </c>
       <c r="L107" s="5"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A108" s="1"/>
       <c r="B108" s="1">
         <v>885828</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>388</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>389</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>390</v>
       </c>
-      <c r="G108" s="2">
-        <v>2</v>
+      <c r="G108" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H108" s="2">
         <v>0</v>
       </c>
       <c r="I108" s="1">
         <v>0</v>
       </c>
       <c r="J108" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K108" s="2" t="str">
         <f>J108*1887.64</f>
         <v>0</v>
       </c>
       <c r="L108" s="5"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A109" s="1"/>
       <c r="B109" s="1">
         <v>885829</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>391</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>392</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>393</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>390</v>
       </c>
       <c r="G109" s="2">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H109" s="2">
         <v>0</v>
       </c>
       <c r="I109" s="1">
         <v>0</v>
       </c>
       <c r="J109" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K109" s="2" t="str">
         <f>J109*1887.64</f>
         <v>0</v>
       </c>
       <c r="L109" s="5"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A110" s="1"/>
       <c r="B110" s="1">
         <v>885830</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>394</v>
       </c>
       <c r="D110" s="1" t="s">
@@ -14053,366 +14092,366 @@
       <c r="J112" s="9"/>
       <c r="K112" s="9"/>
       <c r="L112" s="5"/>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A113" s="1"/>
       <c r="B113" s="1">
         <v>818969</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>399</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>400</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>401</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H113" s="2" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="I113" s="1">
         <v>0</v>
       </c>
       <c r="J113" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K113" s="2" t="str">
         <f>J113*1481.00</f>
         <v>0</v>
       </c>
       <c r="L113" s="5"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A114" s="1"/>
       <c r="B114" s="1">
         <v>818970</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>403</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>404</v>
       </c>
       <c r="E114" s="2" t="s">
         <v>405</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>406</v>
       </c>
       <c r="G114" s="2" t="s">
         <v>64</v>
       </c>
       <c r="H114" s="2" t="s">
-        <v>167</v>
+        <v>64</v>
       </c>
       <c r="I114" s="1">
         <v>0</v>
       </c>
       <c r="J114" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K114" s="2" t="str">
         <f>J114*2070.00</f>
         <v>0</v>
       </c>
       <c r="L114" s="5"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A115" s="1"/>
       <c r="B115" s="1">
         <v>818971</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>407</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>408</v>
       </c>
       <c r="E115" s="2" t="s">
         <v>409</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>410</v>
       </c>
-      <c r="G115" s="2">
-        <v>1</v>
+      <c r="G115" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H115" s="2" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="I115" s="1">
         <v>0</v>
       </c>
       <c r="J115" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K115" s="2" t="str">
         <f>J115*919.00</f>
         <v>0</v>
       </c>
       <c r="L115" s="5"/>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A116" s="1"/>
       <c r="B116" s="1">
         <v>818972</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>411</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>412</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>413</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>414</v>
       </c>
-      <c r="G116" s="2">
-        <v>6</v>
+      <c r="G116" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H116" s="2" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="I116" s="1">
         <v>0</v>
       </c>
       <c r="J116" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K116" s="2" t="str">
         <f>J116*944.00</f>
         <v>0</v>
       </c>
       <c r="L116" s="5"/>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A117" s="1"/>
       <c r="B117" s="1">
         <v>818973</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>415</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>416</v>
       </c>
       <c r="E117" s="2" t="s">
         <v>417</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>418</v>
       </c>
       <c r="G117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H117" s="2" t="s">
-        <v>172</v>
+        <v>185</v>
       </c>
       <c r="I117" s="1">
         <v>0</v>
       </c>
       <c r="J117" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K117" s="2" t="str">
         <f>J117*1673.00</f>
         <v>0</v>
       </c>
       <c r="L117" s="5"/>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A118" s="1"/>
       <c r="B118" s="1">
         <v>818974</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>419</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>420</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>421</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>422</v>
       </c>
       <c r="G118" s="2">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="H118" s="2" t="s">
-        <v>202</v>
+        <v>243</v>
       </c>
       <c r="I118" s="1">
         <v>0</v>
       </c>
       <c r="J118" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K118" s="2" t="str">
         <f>J118*2216.00</f>
         <v>0</v>
       </c>
       <c r="L118" s="5"/>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A119" s="1"/>
       <c r="B119" s="1">
         <v>818975</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>423</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>424</v>
       </c>
       <c r="E119" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>426</v>
       </c>
-      <c r="G119" s="2">
-        <v>7</v>
+      <c r="G119" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H119" s="2" t="s">
-        <v>177</v>
+        <v>167</v>
       </c>
       <c r="I119" s="1">
         <v>0</v>
       </c>
       <c r="J119" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K119" s="2" t="str">
         <f>J119*907.00</f>
         <v>0</v>
       </c>
       <c r="L119" s="5"/>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A120" s="1"/>
       <c r="B120" s="1">
         <v>818976</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>427</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>428</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>429</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G120" s="2">
         <v>10</v>
       </c>
       <c r="H120" s="2" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="I120" s="1">
         <v>0</v>
       </c>
       <c r="J120" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K120" s="2" t="str">
         <f>J120*914.00</f>
         <v>0</v>
       </c>
       <c r="L120" s="5"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A121" s="1"/>
       <c r="B121" s="1">
         <v>818977</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>431</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>432</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>433</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>434</v>
       </c>
       <c r="G121" s="2">
         <v>6</v>
       </c>
       <c r="H121" s="2" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="I121" s="1">
         <v>0</v>
       </c>
       <c r="J121" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K121" s="2" t="str">
         <f>J121*1024.00</f>
         <v>0</v>
       </c>
       <c r="L121" s="5"/>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A122" s="1"/>
       <c r="B122" s="1">
         <v>818978</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>435</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>436</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>437</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>438</v>
       </c>
       <c r="G122" s="2">
         <v>0</v>
       </c>
       <c r="H122" s="2" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="I122" s="1">
         <v>0</v>
       </c>
       <c r="J122" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K122" s="2" t="str">
         <f>J122*1606.00</f>
         <v>0</v>
       </c>
       <c r="L122" s="5"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A123" s="1"/>
       <c r="B123" s="1">
         <v>818979</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>439</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>440</v>
       </c>
       <c r="E123" s="2" t="s">
@@ -14438,51 +14477,51 @@
         <v>0</v>
       </c>
       <c r="L123" s="5"/>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A124" s="1"/>
       <c r="B124" s="1">
         <v>818980</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>443</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>444</v>
       </c>
       <c r="E124" s="2" t="s">
         <v>445</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>446</v>
       </c>
       <c r="G124" s="2">
         <v>0</v>
       </c>
       <c r="H124" s="2" t="s">
-        <v>172</v>
+        <v>185</v>
       </c>
       <c r="I124" s="1">
         <v>0</v>
       </c>
       <c r="J124" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K124" s="2" t="str">
         <f>J124*1811.00</f>
         <v>0</v>
       </c>
       <c r="L124" s="5"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A125" s="1"/>
       <c r="B125" s="1">
         <v>818981</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>447</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>448</v>
       </c>
       <c r="E125" s="2" t="s">
@@ -14578,86 +14617,86 @@
         <v>0</v>
       </c>
       <c r="L127" s="5"/>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A128" s="1"/>
       <c r="B128" s="1">
         <v>818984</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>458</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>459</v>
       </c>
       <c r="E128" s="2" t="s">
         <v>460</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>461</v>
       </c>
       <c r="G128" s="2">
         <v>0</v>
       </c>
       <c r="H128" s="2" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="I128" s="1">
         <v>0</v>
       </c>
       <c r="J128" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K128" s="2" t="str">
         <f>J128*2266.00</f>
         <v>0</v>
       </c>
       <c r="L128" s="5"/>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A129" s="1"/>
       <c r="B129" s="1">
         <v>818985</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>462</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>463</v>
       </c>
       <c r="E129" s="2" t="s">
         <v>464</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>465</v>
       </c>
       <c r="G129" s="2">
         <v>0</v>
       </c>
       <c r="H129" s="2" t="s">
-        <v>177</v>
+        <v>185</v>
       </c>
       <c r="I129" s="1">
         <v>0</v>
       </c>
       <c r="J129" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K129" s="2" t="str">
         <f>J129*1887.00</f>
         <v>0</v>
       </c>
       <c r="L129" s="5"/>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A130" s="1"/>
       <c r="B130" s="1">
         <v>818986</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>466</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>467</v>
       </c>
       <c r="E130" s="2" t="s">
@@ -14718,395 +14757,395 @@
         <v>0</v>
       </c>
       <c r="L131" s="5"/>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A132" s="1"/>
       <c r="B132" s="1">
         <v>818992</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>474</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>475</v>
       </c>
       <c r="E132" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>477</v>
       </c>
       <c r="G132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H132" s="2" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="I132" s="1">
         <v>0</v>
       </c>
       <c r="J132" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K132" s="2" t="str">
         <f>J132*1935.00</f>
         <v>0</v>
       </c>
       <c r="L132" s="5"/>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A133" s="1"/>
       <c r="B133" s="1">
         <v>824488</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>478</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>479</v>
       </c>
       <c r="E133" s="2" t="s">
         <v>480</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>481</v>
       </c>
       <c r="G133" s="2" t="s">
         <v>64</v>
       </c>
       <c r="H133" s="2" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="I133" s="1">
         <v>0</v>
       </c>
       <c r="J133" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K133" s="2" t="str">
         <f>J133*1023.00</f>
         <v>0</v>
       </c>
       <c r="L133" s="5"/>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A134" s="1"/>
       <c r="B134" s="1">
         <v>868523</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>482</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>483</v>
       </c>
       <c r="E134" s="2" t="s">
         <v>484</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>485</v>
       </c>
-      <c r="G134" s="2">
-[...3 lines deleted...]
-        <v>172</v>
+      <c r="G134" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H134" s="2">
+        <v>0</v>
       </c>
       <c r="I134" s="1">
         <v>0</v>
       </c>
       <c r="J134" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K134" s="2" t="str">
         <f>J134*219.00</f>
         <v>0</v>
       </c>
       <c r="L134" s="5"/>
     </row>
     <row r="135" spans="1:12" outlineLevel="3">
       <c r="A135" s="9" t="s">
         <v>486</v>
       </c>
       <c r="B135" s="9"/>
       <c r="C135" s="9"/>
       <c r="D135" s="9"/>
       <c r="E135" s="9"/>
       <c r="F135" s="9"/>
       <c r="G135" s="9"/>
       <c r="H135" s="9"/>
       <c r="I135" s="9"/>
       <c r="J135" s="9"/>
       <c r="K135" s="9"/>
       <c r="L135" s="5"/>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A136" s="1"/>
       <c r="B136" s="1">
         <v>818987</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>487</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>488</v>
       </c>
       <c r="E136" s="2" t="s">
         <v>489</v>
       </c>
       <c r="F136" s="2" t="s">
         <v>490</v>
       </c>
       <c r="G136" s="2">
         <v>8</v>
       </c>
       <c r="H136" s="2" t="s">
-        <v>172</v>
+        <v>185</v>
       </c>
       <c r="I136" s="1">
         <v>0</v>
       </c>
       <c r="J136" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K136" s="2" t="str">
         <f>J136*2013.00</f>
         <v>0</v>
       </c>
       <c r="L136" s="5"/>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A137" s="1"/>
       <c r="B137" s="1">
         <v>818988</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>491</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>492</v>
       </c>
       <c r="E137" s="2" t="s">
         <v>493</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>494</v>
       </c>
       <c r="G137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H137" s="2" t="s">
-        <v>202</v>
+        <v>243</v>
       </c>
       <c r="I137" s="1">
         <v>0</v>
       </c>
       <c r="J137" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K137" s="2" t="str">
         <f>J137*2187.00</f>
         <v>0</v>
       </c>
       <c r="L137" s="5"/>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A138" s="1"/>
       <c r="B138" s="1">
         <v>818989</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>495</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>496</v>
       </c>
       <c r="E138" s="2" t="s">
         <v>497</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>498</v>
       </c>
       <c r="G138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H138" s="2" t="s">
-        <v>177</v>
+        <v>167</v>
       </c>
       <c r="I138" s="1">
         <v>0</v>
       </c>
       <c r="J138" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K138" s="2" t="str">
         <f>J138*1304.00</f>
         <v>0</v>
       </c>
       <c r="L138" s="5"/>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A139" s="1"/>
       <c r="B139" s="1">
         <v>818990</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>499</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>500</v>
       </c>
       <c r="E139" s="2" t="s">
         <v>501</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>502</v>
       </c>
       <c r="G139" s="2">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="H139" s="2" t="s">
-        <v>202</v>
+        <v>185</v>
       </c>
       <c r="I139" s="1">
         <v>0</v>
       </c>
       <c r="J139" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K139" s="2" t="str">
         <f>J139*1350.00</f>
         <v>0</v>
       </c>
       <c r="L139" s="5"/>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A140" s="1"/>
       <c r="B140" s="1">
         <v>824489</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>503</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>504</v>
       </c>
       <c r="E140" s="2" t="s">
         <v>505</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>506</v>
       </c>
       <c r="G140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H140" s="2" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="I140" s="1">
         <v>0</v>
       </c>
       <c r="J140" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K140" s="2" t="str">
         <f>J140*1928.00</f>
         <v>0</v>
       </c>
       <c r="L140" s="5"/>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A141" s="1"/>
       <c r="B141" s="1">
         <v>824490</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>507</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>508</v>
       </c>
       <c r="E141" s="2" t="s">
         <v>509</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>510</v>
       </c>
       <c r="G141" s="2">
         <v>6</v>
       </c>
       <c r="H141" s="2" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="I141" s="1">
         <v>0</v>
       </c>
       <c r="J141" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K141" s="2" t="str">
         <f>J141*1772.00</f>
         <v>0</v>
       </c>
       <c r="L141" s="5"/>
     </row>
     <row r="142" spans="1:12" outlineLevel="2">
       <c r="A142" s="8" t="s">
         <v>511</v>
       </c>
       <c r="B142" s="8"/>
       <c r="C142" s="8"/>
       <c r="D142" s="8"/>
       <c r="E142" s="8"/>
       <c r="F142" s="8"/>
       <c r="G142" s="8"/>
       <c r="H142" s="8"/>
       <c r="I142" s="8"/>
       <c r="J142" s="8"/>
       <c r="K142" s="8"/>
       <c r="L142" s="5"/>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A143" s="1"/>
       <c r="B143" s="1">
         <v>834474</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>512</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>513</v>
       </c>
       <c r="E143" s="2" t="s">
         <v>514</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>515</v>
       </c>
-      <c r="G143" s="2" t="s">
-        <v>18</v>
+      <c r="G143" s="2">
+        <v>0</v>
       </c>
       <c r="H143" s="2">
         <v>0</v>
       </c>
       <c r="I143" s="1">
         <v>0</v>
       </c>
       <c r="J143" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K143" s="2" t="str">
         <f>J143*593.55</f>
         <v>0</v>
       </c>
       <c r="L143" s="5"/>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A144" s="1"/>
       <c r="B144" s="1">
         <v>834475</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>516</v>
       </c>
       <c r="D144" s="1" t="s">
@@ -15202,51 +15241,51 @@
       </c>
       <c r="K146" s="2" t="str">
         <f>J146*585.36</f>
         <v>0</v>
       </c>
       <c r="L146" s="5"/>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A147" s="1"/>
       <c r="B147" s="1">
         <v>834478</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>528</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>529</v>
       </c>
       <c r="E147" s="2" t="s">
         <v>530</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>531</v>
       </c>
       <c r="G147" s="2">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="H147" s="2">
         <v>0</v>
       </c>
       <c r="I147" s="1">
         <v>0</v>
       </c>
       <c r="J147" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K147" s="2" t="str">
         <f>J147*757.94</f>
         <v>0</v>
       </c>
       <c r="L147" s="5"/>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A148" s="1"/>
       <c r="B148" s="1">
         <v>834479</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>532</v>
       </c>
       <c r="D148" s="1" t="s">
@@ -15357,52 +15396,52 @@
         <v>19</v>
       </c>
       <c r="K151" s="2" t="str">
         <f>J151*3390.00</f>
         <v>0</v>
       </c>
       <c r="L151" s="5"/>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A152" s="1"/>
       <c r="B152" s="1">
         <v>879065</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>545</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>546</v>
       </c>
       <c r="E152" s="2" t="s">
         <v>547</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>544</v>
       </c>
-      <c r="G152" s="2" t="s">
-        <v>18</v>
+      <c r="G152" s="2">
+        <v>10</v>
       </c>
       <c r="H152" s="2">
         <v>0</v>
       </c>
       <c r="I152" s="1">
         <v>0</v>
       </c>
       <c r="J152" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K152" s="2" t="str">
         <f>J152*3390.00</f>
         <v>0</v>
       </c>
       <c r="L152" s="5"/>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A153" s="1"/>
       <c r="B153" s="1">
         <v>879066</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>548</v>
       </c>
       <c r="D153" s="1" t="s">
@@ -15497,52 +15536,52 @@
         <v>19</v>
       </c>
       <c r="K155" s="2" t="str">
         <f>J155*3190.00</f>
         <v>0</v>
       </c>
       <c r="L155" s="5"/>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A156" s="1"/>
       <c r="B156" s="1">
         <v>879069</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>558</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>559</v>
       </c>
       <c r="E156" s="2" t="s">
         <v>560</v>
       </c>
       <c r="F156" s="2" t="s">
         <v>544</v>
       </c>
-      <c r="G156" s="2" t="s">
-        <v>18</v>
+      <c r="G156" s="2">
+        <v>5</v>
       </c>
       <c r="H156" s="2">
         <v>0</v>
       </c>
       <c r="I156" s="1">
         <v>0</v>
       </c>
       <c r="J156" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K156" s="2" t="str">
         <f>J156*3390.00</f>
         <v>0</v>
       </c>
       <c r="L156" s="5"/>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A157" s="1"/>
       <c r="B157" s="1">
         <v>879070</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>561</v>
       </c>
       <c r="D157" s="1" t="s">
@@ -15603,86 +15642,86 @@
       </c>
       <c r="K158" s="2" t="str">
         <f>J158*3990.00</f>
         <v>0</v>
       </c>
       <c r="L158" s="5"/>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A159" s="1"/>
       <c r="B159" s="1">
         <v>879084</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>568</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>569</v>
       </c>
       <c r="E159" s="2" t="s">
         <v>570</v>
       </c>
       <c r="F159" s="2" t="s">
         <v>571</v>
       </c>
       <c r="G159" s="2">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="H159" s="2">
         <v>0</v>
       </c>
       <c r="I159" s="1">
         <v>0</v>
       </c>
       <c r="J159" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K159" s="2" t="str">
         <f>J159*4290.00</f>
         <v>0</v>
       </c>
       <c r="L159" s="5"/>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A160" s="1"/>
       <c r="B160" s="1">
         <v>879085</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>572</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>573</v>
       </c>
       <c r="E160" s="2" t="s">
         <v>574</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>571</v>
       </c>
       <c r="G160" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H160" s="2">
         <v>0</v>
       </c>
       <c r="I160" s="1">
         <v>0</v>
       </c>
       <c r="J160" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K160" s="2" t="str">
         <f>J160*4290.00</f>
         <v>0</v>
       </c>
       <c r="L160" s="5"/>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A161" s="1"/>
       <c r="B161" s="1">
         <v>879086</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>575</v>
       </c>
       <c r="D161" s="1" t="s">
@@ -15722,51 +15761,51 @@
       <c r="E162" s="7"/>
       <c r="F162" s="7"/>
       <c r="G162" s="7"/>
       <c r="H162" s="7"/>
       <c r="I162" s="7"/>
       <c r="J162" s="7"/>
       <c r="K162" s="7"/>
       <c r="L162" s="5"/>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A163" s="1"/>
       <c r="B163" s="1">
         <v>889397</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>579</v>
       </c>
       <c r="D163" s="1"/>
       <c r="E163" s="2" t="s">
         <v>580</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>581</v>
       </c>
       <c r="G163" s="2" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="H163" s="2">
         <v>0</v>
       </c>
       <c r="I163" s="1">
         <v>0</v>
       </c>
       <c r="J163" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K163" s="2" t="str">
         <f>J163*258.21</f>
         <v>0</v>
       </c>
       <c r="L163" s="5"/>
     </row>
     <row r="164" spans="1:12" outlineLevel="2">
       <c r="A164" s="8" t="s">
         <v>582</v>
       </c>
       <c r="B164" s="8"/>
       <c r="C164" s="8"/>
       <c r="D164" s="8"/>
       <c r="E164" s="8"/>
       <c r="F164" s="8"/>
@@ -15776,153 +15815,153 @@
       <c r="J164" s="8"/>
       <c r="K164" s="8"/>
       <c r="L164" s="5"/>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A165" s="1"/>
       <c r="B165" s="1">
         <v>818960</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>583</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>584</v>
       </c>
       <c r="E165" s="2" t="s">
         <v>585</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>586</v>
       </c>
       <c r="G165" s="2">
         <v>8</v>
       </c>
       <c r="H165" s="2" t="s">
-        <v>177</v>
+        <v>167</v>
       </c>
       <c r="I165" s="1">
         <v>0</v>
       </c>
       <c r="J165" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K165" s="2" t="str">
         <f>J165*1501.00</f>
         <v>0</v>
       </c>
       <c r="L165" s="5"/>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A166" s="1"/>
       <c r="B166" s="1">
         <v>818961</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>587</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>588</v>
       </c>
       <c r="E166" s="2" t="s">
         <v>589</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>590</v>
       </c>
-      <c r="G166" s="2" t="s">
-        <v>18</v>
+      <c r="G166" s="2">
+        <v>6</v>
       </c>
       <c r="H166" s="2" t="s">
-        <v>172</v>
+        <v>185</v>
       </c>
       <c r="I166" s="1">
         <v>0</v>
       </c>
       <c r="J166" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K166" s="2" t="str">
         <f>J166*1044.00</f>
         <v>0</v>
       </c>
       <c r="L166" s="5"/>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A167" s="1"/>
       <c r="B167" s="1">
         <v>818962</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>591</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>592</v>
       </c>
       <c r="E167" s="2" t="s">
         <v>593</v>
       </c>
       <c r="F167" s="2" t="s">
         <v>594</v>
       </c>
-      <c r="G167" s="2">
-        <v>0</v>
+      <c r="G167" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H167" s="2" t="s">
-        <v>202</v>
+        <v>243</v>
       </c>
       <c r="I167" s="1">
         <v>0</v>
       </c>
       <c r="J167" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K167" s="2" t="str">
         <f>J167*654.00</f>
         <v>0</v>
       </c>
       <c r="L167" s="5"/>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A168" s="1"/>
       <c r="B168" s="1">
         <v>818963</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>595</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>596</v>
       </c>
       <c r="E168" s="2" t="s">
         <v>597</v>
       </c>
       <c r="F168" s="2" t="s">
         <v>598</v>
       </c>
       <c r="G168" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H168" s="2">
         <v>0</v>
       </c>
       <c r="I168" s="1">
         <v>0</v>
       </c>
       <c r="J168" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K168" s="2" t="str">
         <f>J168*1953.00</f>
         <v>0</v>
       </c>
       <c r="L168" s="5"/>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A169" s="1"/>
       <c r="B169" s="1">
         <v>818964</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>599</v>
       </c>
       <c r="D169" s="1" t="s">
@@ -16069,51 +16108,51 @@
       </c>
       <c r="K173" s="2" t="str">
         <f>J173*315.35</f>
         <v>0</v>
       </c>
       <c r="L173" s="5"/>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A174" s="1"/>
       <c r="B174" s="1">
         <v>825181</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>613</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>614</v>
       </c>
       <c r="E174" s="2" t="s">
         <v>612</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>615</v>
       </c>
       <c r="G174" s="2" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
       <c r="H174" s="2">
         <v>0</v>
       </c>
       <c r="I174" s="1">
         <v>0</v>
       </c>
       <c r="J174" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K174" s="2" t="str">
         <f>J174*422.45</f>
         <v>0</v>
       </c>
       <c r="L174" s="5"/>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A175" s="1"/>
       <c r="B175" s="1">
         <v>825183</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>616</v>
       </c>
       <c r="D175" s="1" t="s">
@@ -16209,3164 +16248,3339 @@
       </c>
       <c r="K177" s="2" t="str">
         <f>J177*339.15</f>
         <v>0</v>
       </c>
       <c r="L177" s="5"/>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A178" s="1"/>
       <c r="B178" s="1">
         <v>825186</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>624</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>625</v>
       </c>
       <c r="E178" s="2" t="s">
         <v>626</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>627</v>
       </c>
       <c r="G178" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="H178" s="2">
         <v>0</v>
       </c>
       <c r="I178" s="1">
         <v>0</v>
       </c>
       <c r="J178" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K178" s="2" t="str">
         <f>J178*922.25</f>
         <v>0</v>
       </c>
       <c r="L178" s="5"/>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A179" s="1"/>
       <c r="B179" s="1">
         <v>832480</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>628</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>629</v>
       </c>
       <c r="E179" s="2" t="s">
         <v>630</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>631</v>
       </c>
       <c r="G179" s="2" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="H179" s="2">
         <v>0</v>
       </c>
       <c r="I179" s="1">
         <v>0</v>
       </c>
       <c r="J179" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K179" s="2" t="str">
         <f>J179*316.84</f>
         <v>0</v>
       </c>
       <c r="L179" s="5"/>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A180" s="1"/>
       <c r="B180" s="1">
         <v>832481</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>632</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>633</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>634</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>97</v>
       </c>
       <c r="G180" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H180" s="2">
         <v>0</v>
       </c>
       <c r="I180" s="1">
         <v>0</v>
       </c>
       <c r="J180" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K180" s="2" t="str">
         <f>J180*342.13</f>
         <v>0</v>
       </c>
       <c r="L180" s="5"/>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A181" s="1"/>
       <c r="B181" s="1">
         <v>832496</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>635</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>636</v>
       </c>
       <c r="E181" s="2" t="s">
         <v>637</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>638</v>
       </c>
       <c r="G181" s="2">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="H181" s="2">
         <v>0</v>
       </c>
       <c r="I181" s="1">
         <v>0</v>
       </c>
       <c r="J181" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K181" s="2" t="str">
         <f>J181*905.89</f>
         <v>0</v>
       </c>
       <c r="L181" s="5"/>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A182" s="1"/>
       <c r="B182" s="1">
         <v>832497</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>639</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>640</v>
       </c>
       <c r="E182" s="2" t="s">
         <v>641</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>638</v>
       </c>
       <c r="G182" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H182" s="2">
         <v>0</v>
       </c>
       <c r="I182" s="1">
         <v>0</v>
       </c>
       <c r="J182" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K182" s="2" t="str">
         <f>J182*905.89</f>
         <v>0</v>
       </c>
       <c r="L182" s="5"/>
     </row>
-    <row r="183" spans="1:12" outlineLevel="2">
-      <c r="A183" s="8" t="s">
+    <row r="183" spans="1:12" outlineLevel="4">
+      <c r="A183" s="1"/>
+      <c r="B183" s="1">
+        <v>954686</v>
+      </c>
+      <c r="C183" s="1" t="s">
         <v>642</v>
       </c>
-      <c r="B183" s="8"/>
-[...8 lines deleted...]
-      <c r="K183" s="8"/>
+      <c r="D183" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="E183" s="2" t="s">
+        <v>644</v>
+      </c>
+      <c r="F183" s="2" t="s">
+        <v>645</v>
+      </c>
+      <c r="G183" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="H183" s="2">
+        <v>0</v>
+      </c>
+      <c r="I183" s="1">
+        <v>0</v>
+      </c>
+      <c r="J183" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K183" s="2" t="str">
+        <f>J183*523.60</f>
+        <v>0</v>
+      </c>
       <c r="L183" s="5"/>
     </row>
-    <row r="184" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="184" spans="1:12" outlineLevel="4">
       <c r="A184" s="1"/>
       <c r="B184" s="1">
-        <v>836399</v>
+        <v>954687</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="D184" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="E184" s="2" t="s">
         <v>644</v>
       </c>
-      <c r="E184" s="2" t="s">
+      <c r="F184" s="2" t="s">
         <v>645</v>
       </c>
-      <c r="F184" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G184" s="2" t="s">
+        <v>64</v>
       </c>
       <c r="H184" s="2">
         <v>0</v>
       </c>
       <c r="I184" s="1">
         <v>0</v>
       </c>
       <c r="J184" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K184" s="2" t="str">
-        <f>J184*439.27</f>
+        <f>J184*523.60</f>
         <v>0</v>
       </c>
       <c r="L184" s="5"/>
     </row>
-    <row r="185" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="185" spans="1:12" outlineLevel="4">
       <c r="A185" s="1"/>
       <c r="B185" s="1">
-        <v>836400</v>
+        <v>954688</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="E185" s="2" t="s">
-        <v>649</v>
+        <v>644</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>650</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>645</v>
+      </c>
+      <c r="G185" s="2" t="s">
+        <v>180</v>
       </c>
       <c r="H185" s="2">
         <v>0</v>
       </c>
       <c r="I185" s="1">
         <v>0</v>
       </c>
       <c r="J185" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K185" s="2" t="str">
-        <f>J185*1197.78</f>
+        <f>J185*523.60</f>
         <v>0</v>
       </c>
       <c r="L185" s="5"/>
     </row>
-    <row r="186" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="186" spans="1:12" outlineLevel="4">
       <c r="A186" s="1"/>
       <c r="B186" s="1">
-        <v>870283</v>
+        <v>954689</v>
       </c>
       <c r="C186" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="D186" s="1" t="s">
         <v>651</v>
       </c>
-      <c r="D186" s="1"/>
       <c r="E186" s="2" t="s">
         <v>652</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>653</v>
+        <v>615</v>
       </c>
       <c r="G186" s="2">
         <v>0</v>
       </c>
       <c r="H186" s="2">
         <v>0</v>
       </c>
       <c r="I186" s="1">
         <v>0</v>
       </c>
       <c r="J186" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K186" s="2" t="str">
-        <f>J186*400.00</f>
+        <f>J186*422.45</f>
         <v>0</v>
       </c>
       <c r="L186" s="5"/>
     </row>
-    <row r="187" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="187" spans="1:12" outlineLevel="4">
       <c r="A187" s="1"/>
       <c r="B187" s="1">
-        <v>870284</v>
+        <v>954690</v>
       </c>
       <c r="C187" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="D187" s="1" t="s">
         <v>654</v>
       </c>
-      <c r="D187" s="1"/>
       <c r="E187" s="2" t="s">
+        <v>652</v>
+      </c>
+      <c r="F187" s="2" t="s">
+        <v>615</v>
+      </c>
+      <c r="G187" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="H187" s="2">
+        <v>0</v>
+      </c>
+      <c r="I187" s="1">
+        <v>0</v>
+      </c>
+      <c r="J187" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K187" s="2" t="str">
+        <f>J187*422.45</f>
+        <v>0</v>
+      </c>
+      <c r="L187" s="5"/>
+    </row>
+    <row r="188" spans="1:12" outlineLevel="2">
+      <c r="A188" s="8" t="s">
         <v>655</v>
       </c>
-      <c r="F187" s="2" t="s">
-[...50 lines deleted...]
-      </c>
+      <c r="B188" s="8"/>
+      <c r="C188" s="8"/>
+      <c r="D188" s="8"/>
+      <c r="E188" s="8"/>
+      <c r="F188" s="8"/>
+      <c r="G188" s="8"/>
+      <c r="H188" s="8"/>
+      <c r="I188" s="8"/>
+      <c r="J188" s="8"/>
+      <c r="K188" s="8"/>
       <c r="L188" s="5"/>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A189" s="1"/>
       <c r="B189" s="1">
-        <v>870286</v>
+        <v>836399</v>
       </c>
       <c r="C189" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="E189" s="2" t="s">
+        <v>658</v>
+      </c>
+      <c r="F189" s="2" t="s">
         <v>659</v>
       </c>
-      <c r="D189" s="1"/>
-[...5 lines deleted...]
-      </c>
       <c r="G189" s="2">
         <v>0</v>
       </c>
       <c r="H189" s="2">
         <v>0</v>
       </c>
       <c r="I189" s="1">
         <v>0</v>
       </c>
       <c r="J189" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K189" s="2" t="str">
-        <f>J189*474.11</f>
+        <f>J189*439.27</f>
         <v>0</v>
       </c>
       <c r="L189" s="5"/>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A190" s="1"/>
       <c r="B190" s="1">
-        <v>874426</v>
+        <v>836400</v>
       </c>
       <c r="C190" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="D190" s="1" t="s">
         <v>661</v>
       </c>
-      <c r="D190" s="1"/>
       <c r="E190" s="2" t="s">
         <v>662</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
       <c r="G190" s="2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H190" s="2">
         <v>0</v>
       </c>
       <c r="I190" s="1">
         <v>0</v>
       </c>
       <c r="J190" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K190" s="2" t="str">
-        <f>J190*474.11</f>
+        <f>J190*1197.78</f>
         <v>0</v>
       </c>
       <c r="L190" s="5"/>
     </row>
-    <row r="191" spans="1:12" outlineLevel="1">
-[...12 lines deleted...]
-      <c r="K191" s="7"/>
+    <row r="191" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A191" s="1"/>
+      <c r="B191" s="1">
+        <v>870283</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="D191" s="1"/>
+      <c r="E191" s="2" t="s">
+        <v>665</v>
+      </c>
+      <c r="F191" s="2" t="s">
+        <v>666</v>
+      </c>
+      <c r="G191" s="2">
+        <v>0</v>
+      </c>
+      <c r="H191" s="2">
+        <v>0</v>
+      </c>
+      <c r="I191" s="1">
+        <v>0</v>
+      </c>
+      <c r="J191" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K191" s="2" t="str">
+        <f>J191*400.00</f>
+        <v>0</v>
+      </c>
       <c r="L191" s="5"/>
     </row>
-    <row r="192" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="192" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A192" s="1"/>
       <c r="B192" s="1">
-        <v>883187</v>
+        <v>870284</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="D192" s="1"/>
       <c r="E192" s="2" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="G192" s="2">
         <v>8</v>
       </c>
       <c r="H192" s="2">
         <v>0</v>
       </c>
       <c r="I192" s="1">
         <v>0</v>
       </c>
       <c r="J192" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K192" s="2" t="str">
-        <f>J192*892.42</f>
+        <f>J192*474.11</f>
         <v>0</v>
       </c>
       <c r="L192" s="5"/>
     </row>
-    <row r="193" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="193" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A193" s="1"/>
       <c r="B193" s="1">
-        <v>883188</v>
+        <v>870285</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="D193" s="1"/>
       <c r="E193" s="2" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="F193" s="2" t="s">
+        <v>666</v>
+      </c>
+      <c r="G193" s="2">
+        <v>0</v>
+      </c>
+      <c r="H193" s="2">
+        <v>0</v>
+      </c>
+      <c r="I193" s="1">
+        <v>0</v>
+      </c>
+      <c r="J193" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K193" s="2" t="str">
+        <f>J193*400.00</f>
+        <v>0</v>
+      </c>
+      <c r="L193" s="5"/>
+    </row>
+    <row r="194" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A194" s="1"/>
+      <c r="B194" s="1">
+        <v>870286</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="D194" s="1"/>
+      <c r="E194" s="2" t="s">
+        <v>673</v>
+      </c>
+      <c r="F194" s="2" t="s">
         <v>669</v>
       </c>
-      <c r="G193" s="2">
-[...30 lines deleted...]
-      <c r="K194" s="8"/>
+      <c r="G194" s="2">
+        <v>0</v>
+      </c>
+      <c r="H194" s="2">
+        <v>0</v>
+      </c>
+      <c r="I194" s="1">
+        <v>0</v>
+      </c>
+      <c r="J194" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K194" s="2" t="str">
+        <f>J194*474.11</f>
+        <v>0</v>
+      </c>
       <c r="L194" s="5"/>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A195" s="1"/>
       <c r="B195" s="1">
-        <v>819028</v>
+        <v>874426</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>671</v>
-[...3 lines deleted...]
-      </c>
+        <v>674</v>
+      </c>
+      <c r="D195" s="1"/>
       <c r="E195" s="2" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="G195" s="2">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>0</v>
+      </c>
+      <c r="H195" s="2">
+        <v>0</v>
       </c>
       <c r="I195" s="1">
         <v>0</v>
       </c>
       <c r="J195" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K195" s="2" t="str">
-        <f>J195*3389.00</f>
+        <f>J195*474.11</f>
         <v>0</v>
       </c>
       <c r="L195" s="5"/>
     </row>
-    <row r="196" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...7 lines deleted...]
-      <c r="D196" s="1" t="s">
+    <row r="196" spans="1:12" outlineLevel="1">
+      <c r="A196" s="7" t="s">
         <v>676</v>
       </c>
-      <c r="E196" s="2" t="s">
-[...20 lines deleted...]
-      </c>
+      <c r="B196" s="7"/>
+      <c r="C196" s="7"/>
+      <c r="D196" s="7"/>
+      <c r="E196" s="7"/>
+      <c r="F196" s="7"/>
+      <c r="G196" s="7"/>
+      <c r="H196" s="7"/>
+      <c r="I196" s="7"/>
+      <c r="J196" s="7"/>
+      <c r="K196" s="7"/>
       <c r="L196" s="5"/>
     </row>
-    <row r="197" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="197" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A197" s="1"/>
       <c r="B197" s="1">
-        <v>819030</v>
+        <v>883187</v>
       </c>
       <c r="C197" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="D197" s="1"/>
+      <c r="E197" s="2" t="s">
         <v>678</v>
       </c>
-      <c r="D197" s="1" t="s">
+      <c r="F197" s="2" t="s">
         <v>679</v>
       </c>
-      <c r="E197" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G197" s="2">
         <v>0</v>
       </c>
-      <c r="H197" s="2" t="s">
-        <v>172</v>
+      <c r="H197" s="2">
+        <v>0</v>
       </c>
       <c r="I197" s="1">
         <v>0</v>
       </c>
       <c r="J197" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K197" s="2" t="str">
-        <f>J197*570.00</f>
+        <f>J197*892.42</f>
         <v>0</v>
       </c>
       <c r="L197" s="5"/>
     </row>
-    <row r="198" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="198" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A198" s="1"/>
       <c r="B198" s="1">
-        <v>819031</v>
+        <v>883188</v>
       </c>
       <c r="C198" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="D198" s="1"/>
+      <c r="E198" s="2" t="s">
+        <v>681</v>
+      </c>
+      <c r="F198" s="2" t="s">
         <v>682</v>
       </c>
-      <c r="D198" s="1" t="s">
+      <c r="G198" s="2">
+        <v>0</v>
+      </c>
+      <c r="H198" s="2">
+        <v>0</v>
+      </c>
+      <c r="I198" s="1">
+        <v>0</v>
+      </c>
+      <c r="J198" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K198" s="2" t="str">
+        <f>J198*1295.93</f>
+        <v>0</v>
+      </c>
+      <c r="L198" s="5"/>
+    </row>
+    <row r="199" spans="1:12" outlineLevel="2">
+      <c r="A199" s="8" t="s">
         <v>683</v>
       </c>
-      <c r="E198" s="2" t="s">
-[...55 lines deleted...]
-      </c>
+      <c r="B199" s="8"/>
+      <c r="C199" s="8"/>
+      <c r="D199" s="8"/>
+      <c r="E199" s="8"/>
+      <c r="F199" s="8"/>
+      <c r="G199" s="8"/>
+      <c r="H199" s="8"/>
+      <c r="I199" s="8"/>
+      <c r="J199" s="8"/>
+      <c r="K199" s="8"/>
       <c r="L199" s="5"/>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A200" s="1"/>
       <c r="B200" s="1">
-        <v>819033</v>
+        <v>819028</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>690</v>
+        <v>684</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>691</v>
+        <v>685</v>
       </c>
       <c r="E200" s="2" t="s">
-        <v>692</v>
+        <v>686</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>693</v>
+        <v>687</v>
       </c>
       <c r="G200" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H200" s="2" t="s">
-        <v>172</v>
+        <v>18</v>
       </c>
       <c r="I200" s="1">
         <v>0</v>
       </c>
       <c r="J200" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K200" s="2" t="str">
-        <f>J200*1580.00</f>
+        <f>J200*3389.00</f>
         <v>0</v>
       </c>
       <c r="L200" s="5"/>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A201" s="1"/>
       <c r="B201" s="1">
-        <v>819034</v>
+        <v>819029</v>
       </c>
       <c r="C201" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="E201" s="2" t="s">
+        <v>690</v>
+      </c>
+      <c r="F201" s="2" t="s">
+        <v>687</v>
+      </c>
+      <c r="G201" s="2">
+        <v>4</v>
+      </c>
+      <c r="H201" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="I201" s="1">
+        <v>0</v>
+      </c>
+      <c r="J201" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K201" s="2" t="str">
+        <f>J201*3389.00</f>
+        <v>0</v>
+      </c>
+      <c r="L201" s="5"/>
+    </row>
+    <row r="202" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A202" s="1"/>
+      <c r="B202" s="1">
+        <v>819030</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="E202" s="2" t="s">
+        <v>693</v>
+      </c>
+      <c r="F202" s="2" t="s">
         <v>694</v>
       </c>
-      <c r="D201" s="1" t="s">
-[...39 lines deleted...]
-      <c r="K202" s="8"/>
+      <c r="G202" s="2">
+        <v>0</v>
+      </c>
+      <c r="H202" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="I202" s="1">
+        <v>0</v>
+      </c>
+      <c r="J202" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K202" s="2" t="str">
+        <f>J202*570.00</f>
+        <v>0</v>
+      </c>
       <c r="L202" s="5"/>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A203" s="1"/>
       <c r="B203" s="1">
-        <v>824683</v>
+        <v>819031</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>699</v>
+        <v>695</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>700</v>
+        <v>696</v>
       </c>
       <c r="E203" s="2" t="s">
-        <v>701</v>
+        <v>697</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>702</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>698</v>
+      </c>
+      <c r="G203" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H203" s="2" t="s">
+        <v>243</v>
       </c>
       <c r="I203" s="1">
         <v>0</v>
       </c>
       <c r="J203" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K203" s="2" t="str">
-        <f>J203*953.49</f>
+        <f>J203*1218.00</f>
         <v>0</v>
       </c>
       <c r="L203" s="5"/>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A204" s="1"/>
       <c r="B204" s="1">
-        <v>825201</v>
+        <v>819032</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>703</v>
+        <v>699</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>704</v>
+        <v>700</v>
       </c>
       <c r="E204" s="2" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>706</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>702</v>
+      </c>
+      <c r="G204" s="2">
+        <v>0</v>
       </c>
       <c r="H204" s="2">
         <v>0</v>
       </c>
       <c r="I204" s="1">
         <v>0</v>
       </c>
       <c r="J204" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K204" s="2" t="str">
-        <f>J204*934.15</f>
+        <f>J204*931.00</f>
         <v>0</v>
       </c>
       <c r="L204" s="5"/>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A205" s="1"/>
       <c r="B205" s="1">
-        <v>880047</v>
+        <v>819033</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>707</v>
+        <v>703</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="E205" s="2" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="G205" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>64</v>
+      </c>
+      <c r="H205" s="2" t="s">
+        <v>167</v>
       </c>
       <c r="I205" s="1">
         <v>0</v>
       </c>
       <c r="J205" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K205" s="2" t="str">
-        <f>J205*1191.49</f>
+        <f>J205*1580.00</f>
         <v>0</v>
       </c>
       <c r="L205" s="5"/>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A206" s="1"/>
       <c r="B206" s="1">
-        <v>880048</v>
+        <v>819034</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
       <c r="E206" s="2" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>710</v>
       </c>
-      <c r="G206" s="2" t="s">
-        <v>18</v>
+      <c r="G206" s="2">
+        <v>10</v>
       </c>
       <c r="H206" s="2">
         <v>0</v>
       </c>
       <c r="I206" s="1">
         <v>0</v>
       </c>
       <c r="J206" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K206" s="2" t="str">
-        <f>J206*1191.49</f>
+        <f>J206*149.00</f>
         <v>0</v>
       </c>
       <c r="L206" s="5"/>
     </row>
-    <row r="207" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...31 lines deleted...]
-      </c>
+    <row r="207" spans="1:12" outlineLevel="2">
+      <c r="A207" s="8" t="s">
+        <v>711</v>
+      </c>
+      <c r="B207" s="8"/>
+      <c r="C207" s="8"/>
+      <c r="D207" s="8"/>
+      <c r="E207" s="8"/>
+      <c r="F207" s="8"/>
+      <c r="G207" s="8"/>
+      <c r="H207" s="8"/>
+      <c r="I207" s="8"/>
+      <c r="J207" s="8"/>
+      <c r="K207" s="8"/>
       <c r="L207" s="5"/>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A208" s="1"/>
       <c r="B208" s="1">
-        <v>880050</v>
+        <v>824683</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>718</v>
+        <v>712</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>719</v>
+        <v>713</v>
       </c>
       <c r="E208" s="2" t="s">
-        <v>720</v>
+        <v>714</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>717</v>
+        <v>715</v>
       </c>
       <c r="G208" s="2">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H208" s="2">
         <v>0</v>
       </c>
       <c r="I208" s="1">
         <v>0</v>
       </c>
       <c r="J208" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K208" s="2" t="str">
-        <f>J208*1161.74</f>
+        <f>J208*953.49</f>
         <v>0</v>
       </c>
       <c r="L208" s="5"/>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A209" s="1"/>
       <c r="B209" s="1">
-        <v>884615</v>
+        <v>825201</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>721</v>
+        <v>716</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>722</v>
+        <v>717</v>
       </c>
       <c r="E209" s="2" t="s">
-        <v>723</v>
+        <v>718</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>724</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>719</v>
+      </c>
+      <c r="G209" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H209" s="2">
         <v>0</v>
       </c>
       <c r="I209" s="1">
         <v>0</v>
       </c>
       <c r="J209" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K209" s="2" t="str">
-        <f>J209*90.74</f>
+        <f>J209*934.15</f>
         <v>0</v>
       </c>
       <c r="L209" s="5"/>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A210" s="1"/>
       <c r="B210" s="1">
-        <v>883950</v>
+        <v>880047</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>725</v>
+        <v>720</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>726</v>
+        <v>721</v>
       </c>
       <c r="E210" s="2" t="s">
-        <v>727</v>
+        <v>722</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>728</v>
+        <v>723</v>
       </c>
       <c r="G210" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H210" s="2">
         <v>0</v>
       </c>
       <c r="I210" s="1">
         <v>0</v>
       </c>
       <c r="J210" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K210" s="2" t="str">
-        <f>J210*440.30</f>
+        <f>J210*1191.49</f>
         <v>0</v>
       </c>
       <c r="L210" s="5"/>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A211" s="1"/>
       <c r="B211" s="1">
-        <v>883951</v>
+        <v>880048</v>
       </c>
       <c r="C211" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="E211" s="2" t="s">
+        <v>726</v>
+      </c>
+      <c r="F211" s="2" t="s">
+        <v>723</v>
+      </c>
+      <c r="G211" s="2">
+        <v>10</v>
+      </c>
+      <c r="H211" s="2">
+        <v>0</v>
+      </c>
+      <c r="I211" s="1">
+        <v>0</v>
+      </c>
+      <c r="J211" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K211" s="2" t="str">
+        <f>J211*1191.49</f>
+        <v>0</v>
+      </c>
+      <c r="L211" s="5"/>
+    </row>
+    <row r="212" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A212" s="1"/>
+      <c r="B212" s="1">
+        <v>880049</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="E212" s="2" t="s">
         <v>729</v>
       </c>
-      <c r="D211" s="1" t="s">
+      <c r="F212" s="2" t="s">
         <v>730</v>
       </c>
-      <c r="E211" s="2" t="s">
-[...36 lines deleted...]
-      <c r="K212" s="8"/>
+      <c r="G212" s="2">
+        <v>7</v>
+      </c>
+      <c r="H212" s="2">
+        <v>0</v>
+      </c>
+      <c r="I212" s="1">
+        <v>0</v>
+      </c>
+      <c r="J212" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K212" s="2" t="str">
+        <f>J212*1161.74</f>
+        <v>0</v>
+      </c>
       <c r="L212" s="5"/>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A213" s="1"/>
       <c r="B213" s="1">
-        <v>818959</v>
+        <v>880050</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>734</v>
+        <v>731</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="E213" s="2" t="s">
-        <v>736</v>
+        <v>733</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>737</v>
+        <v>730</v>
       </c>
       <c r="G213" s="2">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>172</v>
+        <v>10</v>
+      </c>
+      <c r="H213" s="2">
+        <v>0</v>
       </c>
       <c r="I213" s="1">
         <v>0</v>
       </c>
       <c r="J213" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K213" s="2" t="str">
-        <f>J213*795.00</f>
+        <f>J213*1161.74</f>
         <v>0</v>
       </c>
       <c r="L213" s="5"/>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A214" s="1"/>
       <c r="B214" s="1">
-        <v>818965</v>
+        <v>884615</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>738</v>
+        <v>734</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>739</v>
+        <v>735</v>
       </c>
       <c r="E214" s="2" t="s">
-        <v>740</v>
+        <v>736</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>741</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>737</v>
+      </c>
+      <c r="G214" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H214" s="2">
+        <v>0</v>
       </c>
       <c r="I214" s="1">
         <v>0</v>
       </c>
       <c r="J214" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K214" s="2" t="str">
-        <f>J214*4758.00</f>
+        <f>J214*90.74</f>
         <v>0</v>
       </c>
       <c r="L214" s="5"/>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A215" s="1"/>
       <c r="B215" s="1">
-        <v>818966</v>
+        <v>883950</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>742</v>
+        <v>738</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>743</v>
+        <v>739</v>
       </c>
       <c r="E215" s="2" t="s">
-        <v>744</v>
+        <v>740</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>745</v>
-[...5 lines deleted...]
-        <v>177</v>
+        <v>741</v>
+      </c>
+      <c r="G215" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H215" s="2">
+        <v>0</v>
       </c>
       <c r="I215" s="1">
         <v>0</v>
       </c>
       <c r="J215" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K215" s="2" t="str">
-        <f>J215*4445.00</f>
+        <f>J215*440.30</f>
         <v>0</v>
       </c>
       <c r="L215" s="5"/>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A216" s="1"/>
       <c r="B216" s="1">
-        <v>818967</v>
+        <v>883951</v>
       </c>
       <c r="C216" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="E216" s="2" t="s">
+        <v>744</v>
+      </c>
+      <c r="F216" s="2" t="s">
+        <v>745</v>
+      </c>
+      <c r="G216" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H216" s="2">
+        <v>0</v>
+      </c>
+      <c r="I216" s="1">
+        <v>0</v>
+      </c>
+      <c r="J216" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K216" s="2" t="str">
+        <f>J216*493.85</f>
+        <v>0</v>
+      </c>
+      <c r="L216" s="5"/>
+    </row>
+    <row r="217" spans="1:12" outlineLevel="2">
+      <c r="A217" s="8" t="s">
         <v>746</v>
       </c>
-      <c r="D216" s="1" t="s">
+      <c r="B217" s="8"/>
+      <c r="C217" s="8"/>
+      <c r="D217" s="8"/>
+      <c r="E217" s="8"/>
+      <c r="F217" s="8"/>
+      <c r="G217" s="8"/>
+      <c r="H217" s="8"/>
+      <c r="I217" s="8"/>
+      <c r="J217" s="8"/>
+      <c r="K217" s="8"/>
+      <c r="L217" s="5"/>
+    </row>
+    <row r="218" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A218" s="1"/>
+      <c r="B218" s="1">
+        <v>818959</v>
+      </c>
+      <c r="C218" s="1" t="s">
         <v>747</v>
       </c>
-      <c r="E216" s="2" t="s">
+      <c r="D218" s="1" t="s">
         <v>748</v>
       </c>
-      <c r="F216" s="2" t="s">
+      <c r="E218" s="2" t="s">
         <v>749</v>
       </c>
-      <c r="G216" s="2">
-[...22 lines deleted...]
-      <c r="C217" s="1" t="s">
+      <c r="F218" s="2" t="s">
         <v>750</v>
       </c>
-      <c r="D217" s="1" t="s">
-[...11 lines deleted...]
-      <c r="H217" s="2" t="s">
+      <c r="G218" s="2">
+        <v>0</v>
+      </c>
+      <c r="H218" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="I217" s="1">
-[...24 lines deleted...]
-      <c r="K218" s="8"/>
+      <c r="I218" s="1">
+        <v>0</v>
+      </c>
+      <c r="J218" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K218" s="2" t="str">
+        <f>J218*795.00</f>
+        <v>0</v>
+      </c>
       <c r="L218" s="5"/>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A219" s="1"/>
       <c r="B219" s="1">
-        <v>825187</v>
+        <v>818965</v>
       </c>
       <c r="C219" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="E219" s="2" t="s">
+        <v>753</v>
+      </c>
+      <c r="F219" s="2" t="s">
         <v>754</v>
       </c>
-      <c r="D219" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G219" s="2" t="s">
+      <c r="G219" s="2">
+        <v>3</v>
+      </c>
+      <c r="H219" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="H219" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="I219" s="1">
         <v>0</v>
       </c>
       <c r="J219" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K219" s="2" t="str">
-        <f>J219*663.43</f>
+        <f>J219*4758.00</f>
         <v>0</v>
       </c>
       <c r="L219" s="5"/>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A220" s="1"/>
       <c r="B220" s="1">
-        <v>827059</v>
+        <v>818966</v>
       </c>
       <c r="C220" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="E220" s="2" t="s">
         <v>757</v>
       </c>
-      <c r="D220" s="1" t="s">
+      <c r="F220" s="2" t="s">
         <v>758</v>
       </c>
-      <c r="E220" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G220" s="2">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>0</v>
+      </c>
+      <c r="H220" s="2" t="s">
+        <v>185</v>
       </c>
       <c r="I220" s="1">
         <v>0</v>
       </c>
       <c r="J220" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K220" s="2" t="str">
-        <f>J220*263.29</f>
+        <f>J220*4445.00</f>
         <v>0</v>
       </c>
       <c r="L220" s="5"/>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A221" s="1"/>
       <c r="B221" s="1">
-        <v>832482</v>
+        <v>818967</v>
       </c>
       <c r="C221" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="E221" s="2" t="s">
         <v>761</v>
       </c>
-      <c r="D221" s="1" t="s">
+      <c r="F221" s="2" t="s">
         <v>762</v>
       </c>
-      <c r="E221" s="2" t="s">
-[...6 lines deleted...]
-        <v>18</v>
+      <c r="G221" s="2">
+        <v>5</v>
       </c>
       <c r="H221" s="2">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="I221" s="1">
         <v>0</v>
       </c>
       <c r="J221" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K221" s="2" t="str">
-        <f>J221*163.63</f>
+        <f>J221*4459.00</f>
         <v>0</v>
       </c>
       <c r="L221" s="5"/>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A222" s="1"/>
       <c r="B222" s="1">
-        <v>825197</v>
+        <v>818968</v>
       </c>
       <c r="C222" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="E222" s="2" t="s">
         <v>765</v>
       </c>
-      <c r="D222" s="1" t="s">
+      <c r="F222" s="2" t="s">
+        <v>762</v>
+      </c>
+      <c r="G222" s="2">
+        <v>10</v>
+      </c>
+      <c r="H222" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="I222" s="1">
+        <v>0</v>
+      </c>
+      <c r="J222" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K222" s="2" t="str">
+        <f>J222*4459.00</f>
+        <v>0</v>
+      </c>
+      <c r="L222" s="5"/>
+    </row>
+    <row r="223" spans="1:12" outlineLevel="2">
+      <c r="A223" s="8" t="s">
         <v>766</v>
       </c>
-      <c r="E222" s="2" t="s">
-[...55 lines deleted...]
-      </c>
+      <c r="B223" s="8"/>
+      <c r="C223" s="8"/>
+      <c r="D223" s="8"/>
+      <c r="E223" s="8"/>
+      <c r="F223" s="8"/>
+      <c r="G223" s="8"/>
+      <c r="H223" s="8"/>
+      <c r="I223" s="8"/>
+      <c r="J223" s="8"/>
+      <c r="K223" s="8"/>
       <c r="L223" s="5"/>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A224" s="1"/>
       <c r="B224" s="1">
-        <v>825199</v>
+        <v>825187</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>773</v>
+        <v>767</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>774</v>
+        <v>768</v>
       </c>
       <c r="E224" s="2" t="s">
-        <v>775</v>
+        <v>769</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>776</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>340</v>
+      </c>
+      <c r="G224" s="2" t="s">
+        <v>64</v>
       </c>
       <c r="H224" s="2">
         <v>0</v>
       </c>
       <c r="I224" s="1">
         <v>0</v>
       </c>
       <c r="J224" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K224" s="2" t="str">
-        <f>J224*1277.76</f>
+        <f>J224*663.43</f>
         <v>0</v>
       </c>
       <c r="L224" s="5"/>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A225" s="1"/>
       <c r="B225" s="1">
-        <v>825200</v>
+        <v>827059</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>777</v>
+        <v>770</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>778</v>
+        <v>771</v>
       </c>
       <c r="E225" s="2" t="s">
-        <v>779</v>
+        <v>772</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>780</v>
+        <v>773</v>
       </c>
       <c r="G225" s="2">
         <v>6</v>
       </c>
       <c r="H225" s="2">
         <v>0</v>
       </c>
       <c r="I225" s="1">
         <v>0</v>
       </c>
       <c r="J225" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K225" s="2" t="str">
-        <f>J225*1612.45</f>
+        <f>J225*263.29</f>
         <v>0</v>
       </c>
       <c r="L225" s="5"/>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A226" s="1"/>
       <c r="B226" s="1">
-        <v>879954</v>
+        <v>832482</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>781</v>
+        <v>774</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>782</v>
+        <v>775</v>
       </c>
       <c r="E226" s="2" t="s">
-        <v>783</v>
+        <v>776</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>784</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>777</v>
+      </c>
+      <c r="G226" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H226" s="2">
         <v>0</v>
       </c>
       <c r="I226" s="1">
         <v>0</v>
       </c>
       <c r="J226" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K226" s="2" t="str">
-        <f>J226*1786.49</f>
+        <f>J226*163.63</f>
         <v>0</v>
       </c>
       <c r="L226" s="5"/>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A227" s="1"/>
       <c r="B227" s="1">
-        <v>884611</v>
+        <v>825197</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>785</v>
+        <v>778</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>786</v>
+        <v>779</v>
       </c>
       <c r="E227" s="2" t="s">
-        <v>787</v>
+        <v>780</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>788</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>781</v>
+      </c>
+      <c r="G227" s="2">
+        <v>1</v>
       </c>
       <c r="H227" s="2">
         <v>0</v>
       </c>
       <c r="I227" s="1">
         <v>0</v>
       </c>
       <c r="J227" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K227" s="2" t="str">
-        <f>J227*153.21</f>
+        <f>J227*931.18</f>
         <v>0</v>
       </c>
       <c r="L227" s="5"/>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A228" s="1"/>
       <c r="B228" s="1">
-        <v>884612</v>
+        <v>825198</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>789</v>
+        <v>782</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>790</v>
+        <v>783</v>
       </c>
       <c r="E228" s="2" t="s">
-        <v>791</v>
+        <v>784</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>792</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>785</v>
+      </c>
+      <c r="G228" s="2">
+        <v>0</v>
       </c>
       <c r="H228" s="2">
         <v>0</v>
       </c>
       <c r="I228" s="1">
         <v>0</v>
       </c>
       <c r="J228" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K228" s="2" t="str">
-        <f>J228*166.60</f>
+        <f>J228*1192.98</f>
         <v>0</v>
       </c>
       <c r="L228" s="5"/>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A229" s="1"/>
       <c r="B229" s="1">
-        <v>884655</v>
+        <v>825199</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>793</v>
+        <v>786</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>794</v>
+        <v>787</v>
       </c>
       <c r="E229" s="2" t="s">
-        <v>795</v>
+        <v>788</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>796</v>
+        <v>789</v>
       </c>
       <c r="G229" s="2">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="H229" s="2">
         <v>0</v>
       </c>
       <c r="I229" s="1">
         <v>0</v>
       </c>
       <c r="J229" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K229" s="2" t="str">
-        <f>J229*1939.70</f>
+        <f>J229*1277.76</f>
         <v>0</v>
       </c>
       <c r="L229" s="5"/>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A230" s="1"/>
       <c r="B230" s="1">
-        <v>885825</v>
+        <v>825200</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>797</v>
+        <v>790</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="E230" s="2" t="s">
-        <v>799</v>
+        <v>792</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>800</v>
+        <v>793</v>
       </c>
       <c r="G230" s="2">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="H230" s="2">
         <v>0</v>
       </c>
       <c r="I230" s="1">
         <v>0</v>
       </c>
       <c r="J230" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K230" s="2" t="str">
-        <f>J230*2854.51</f>
+        <f>J230*1612.45</f>
         <v>0</v>
       </c>
       <c r="L230" s="5"/>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A231" s="1"/>
       <c r="B231" s="1">
-        <v>885826</v>
+        <v>879954</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>801</v>
+        <v>794</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>802</v>
+        <v>795</v>
       </c>
       <c r="E231" s="2" t="s">
-        <v>803</v>
+        <v>796</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>800</v>
+        <v>797</v>
       </c>
       <c r="G231" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H231" s="2">
         <v>0</v>
       </c>
       <c r="I231" s="1">
         <v>0</v>
       </c>
       <c r="J231" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K231" s="2" t="str">
-        <f>J231*2854.51</f>
+        <f>J231*1786.49</f>
         <v>0</v>
       </c>
       <c r="L231" s="5"/>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A232" s="1"/>
       <c r="B232" s="1">
-        <v>885827</v>
+        <v>884611</v>
       </c>
       <c r="C232" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="E232" s="2" t="s">
+        <v>800</v>
+      </c>
+      <c r="F232" s="2" t="s">
+        <v>801</v>
+      </c>
+      <c r="G232" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="H232" s="2">
+        <v>0</v>
+      </c>
+      <c r="I232" s="1">
+        <v>0</v>
+      </c>
+      <c r="J232" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K232" s="2" t="str">
+        <f>J232*153.21</f>
+        <v>0</v>
+      </c>
+      <c r="L232" s="5"/>
+    </row>
+    <row r="233" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A233" s="1"/>
+      <c r="B233" s="1">
+        <v>884612</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="E233" s="2" t="s">
         <v>804</v>
       </c>
-      <c r="D232" s="1" t="s">
+      <c r="F233" s="2" t="s">
         <v>805</v>
       </c>
-      <c r="E232" s="2" t="s">
-[...36 lines deleted...]
-      <c r="K233" s="8"/>
+      <c r="G233" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="H233" s="2">
+        <v>0</v>
+      </c>
+      <c r="I233" s="1">
+        <v>0</v>
+      </c>
+      <c r="J233" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K233" s="2" t="str">
+        <f>J233*166.60</f>
+        <v>0</v>
+      </c>
       <c r="L233" s="5"/>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A234" s="1"/>
       <c r="B234" s="1">
-        <v>879079</v>
+        <v>884655</v>
       </c>
       <c r="C234" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="E234" s="2" t="s">
         <v>808</v>
       </c>
-      <c r="D234" s="1" t="s">
+      <c r="F234" s="2" t="s">
         <v>809</v>
       </c>
-      <c r="E234" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G234" s="2">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="H234" s="2">
         <v>0</v>
       </c>
       <c r="I234" s="1">
         <v>0</v>
       </c>
       <c r="J234" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K234" s="2" t="str">
-        <f>J234*5590.00</f>
+        <f>J234*1939.70</f>
         <v>0</v>
       </c>
       <c r="L234" s="5"/>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A235" s="1"/>
       <c r="B235" s="1">
-        <v>879080</v>
+        <v>885825</v>
       </c>
       <c r="C235" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="E235" s="2" t="s">
         <v>812</v>
       </c>
-      <c r="D235" s="1" t="s">
+      <c r="F235" s="2" t="s">
         <v>813</v>
       </c>
-      <c r="E235" s="2" t="s">
-[...6 lines deleted...]
-        <v>18</v>
+      <c r="G235" s="2">
+        <v>9</v>
       </c>
       <c r="H235" s="2">
         <v>0</v>
       </c>
       <c r="I235" s="1">
         <v>0</v>
       </c>
       <c r="J235" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K235" s="2" t="str">
-        <f>J235*5790.00</f>
+        <f>J235*2854.51</f>
         <v>0</v>
       </c>
       <c r="L235" s="5"/>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A236" s="1"/>
       <c r="B236" s="1">
-        <v>879081</v>
+        <v>885826</v>
       </c>
       <c r="C236" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="E236" s="2" t="s">
         <v>816</v>
       </c>
-      <c r="D236" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F236" s="2" t="s">
-        <v>815</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>813</v>
+      </c>
+      <c r="G236" s="2">
+        <v>9</v>
       </c>
       <c r="H236" s="2">
         <v>0</v>
       </c>
       <c r="I236" s="1">
         <v>0</v>
       </c>
       <c r="J236" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K236" s="2" t="str">
-        <f>J236*5790.00</f>
+        <f>J236*2854.51</f>
         <v>0</v>
       </c>
       <c r="L236" s="5"/>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A237" s="1"/>
       <c r="B237" s="1">
-        <v>879082</v>
+        <v>885827</v>
       </c>
       <c r="C237" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="E237" s="2" t="s">
         <v>819</v>
       </c>
-      <c r="D237" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F237" s="2" t="s">
-        <v>815</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>813</v>
+      </c>
+      <c r="G237" s="2">
+        <v>1</v>
       </c>
       <c r="H237" s="2">
         <v>0</v>
       </c>
       <c r="I237" s="1">
         <v>0</v>
       </c>
       <c r="J237" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K237" s="2" t="str">
-        <f>J237*5790.00</f>
+        <f>J237*2854.51</f>
         <v>0</v>
       </c>
       <c r="L237" s="5"/>
     </row>
     <row r="238" spans="1:12" outlineLevel="2">
       <c r="A238" s="8" t="s">
-        <v>822</v>
+        <v>820</v>
       </c>
       <c r="B238" s="8"/>
       <c r="C238" s="8"/>
       <c r="D238" s="8"/>
       <c r="E238" s="8"/>
       <c r="F238" s="8"/>
       <c r="G238" s="8"/>
       <c r="H238" s="8"/>
       <c r="I238" s="8"/>
       <c r="J238" s="8"/>
       <c r="K238" s="8"/>
       <c r="L238" s="5"/>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A239" s="1"/>
       <c r="B239" s="1">
-        <v>954205</v>
+        <v>879079</v>
       </c>
       <c r="C239" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="E239" s="2" t="s">
         <v>823</v>
       </c>
-      <c r="D239" s="1" t="s">
+      <c r="F239" s="2" t="s">
         <v>824</v>
       </c>
-      <c r="E239" s="2" t="s">
-[...6 lines deleted...]
-        <v>18</v>
+      <c r="G239" s="2">
+        <v>-11</v>
       </c>
       <c r="H239" s="2">
         <v>0</v>
       </c>
       <c r="I239" s="1">
         <v>0</v>
       </c>
       <c r="J239" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K239" s="2" t="str">
-        <f>J239*748.48</f>
+        <f>J239*5590.00</f>
         <v>0</v>
       </c>
       <c r="L239" s="5"/>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A240" s="1"/>
       <c r="B240" s="1">
-        <v>954206</v>
+        <v>879080</v>
       </c>
       <c r="C240" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="E240" s="2" t="s">
         <v>827</v>
       </c>
-      <c r="D240" s="1" t="s">
+      <c r="F240" s="2" t="s">
         <v>828</v>
-      </c>
-[...4 lines deleted...]
-        <v>830</v>
       </c>
       <c r="G240" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H240" s="2">
         <v>0</v>
       </c>
       <c r="I240" s="1">
         <v>0</v>
       </c>
       <c r="J240" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K240" s="2" t="str">
-        <f>J240*761.77</f>
+        <f>J240*5790.00</f>
         <v>0</v>
       </c>
       <c r="L240" s="5"/>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A241" s="1"/>
       <c r="B241" s="1">
-        <v>954207</v>
+        <v>879081</v>
       </c>
       <c r="C241" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="E241" s="2" t="s">
         <v>831</v>
       </c>
-      <c r="D241" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F241" s="2" t="s">
-        <v>834</v>
+        <v>828</v>
       </c>
       <c r="G241" s="2">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="H241" s="2">
         <v>0</v>
       </c>
       <c r="I241" s="1">
         <v>0</v>
       </c>
       <c r="J241" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K241" s="2" t="str">
-        <f>J241*1586.65</f>
+        <f>J241*5790.00</f>
         <v>0</v>
       </c>
       <c r="L241" s="5"/>
     </row>
-    <row r="242" spans="1:12" outlineLevel="4">
+    <row r="242" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A242" s="1"/>
       <c r="B242" s="1">
-        <v>954208</v>
+        <v>879082</v>
       </c>
       <c r="C242" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="E242" s="2" t="s">
+        <v>834</v>
+      </c>
+      <c r="F242" s="2" t="s">
+        <v>828</v>
+      </c>
+      <c r="G242" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="H242" s="2">
+        <v>0</v>
+      </c>
+      <c r="I242" s="1">
+        <v>0</v>
+      </c>
+      <c r="J242" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K242" s="2" t="str">
+        <f>J242*5790.00</f>
+        <v>0</v>
+      </c>
+      <c r="L242" s="5"/>
+    </row>
+    <row r="243" spans="1:12" outlineLevel="2">
+      <c r="A243" s="8" t="s">
         <v>835</v>
       </c>
-      <c r="D242" s="1" t="s">
-[...39 lines deleted...]
-      <c r="K243" s="7"/>
+      <c r="B243" s="8"/>
+      <c r="C243" s="8"/>
+      <c r="D243" s="8"/>
+      <c r="E243" s="8"/>
+      <c r="F243" s="8"/>
+      <c r="G243" s="8"/>
+      <c r="H243" s="8"/>
+      <c r="I243" s="8"/>
+      <c r="J243" s="8"/>
+      <c r="K243" s="8"/>
       <c r="L243" s="5"/>
     </row>
-    <row r="244" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="244" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A244" s="1"/>
       <c r="B244" s="1">
-        <v>883719</v>
+        <v>954205</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>840</v>
+        <v>836</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>841</v>
+        <v>837</v>
       </c>
       <c r="E244" s="2" t="s">
-        <v>842</v>
+        <v>838</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>843</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>839</v>
+      </c>
+      <c r="G244" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H244" s="2">
         <v>0</v>
       </c>
       <c r="I244" s="1">
         <v>0</v>
       </c>
       <c r="J244" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K244" s="2" t="str">
-        <f>J244*990.00</f>
+        <f>J244*748.48</f>
         <v>0</v>
       </c>
       <c r="L244" s="5"/>
     </row>
-    <row r="245" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="245" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A245" s="1"/>
       <c r="B245" s="1">
-        <v>883720</v>
+        <v>954206</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>844</v>
+        <v>840</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>845</v>
+        <v>841</v>
       </c>
       <c r="E245" s="2" t="s">
-        <v>846</v>
+        <v>842</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>847</v>
+        <v>843</v>
       </c>
       <c r="G245" s="2" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="H245" s="2">
         <v>0</v>
       </c>
       <c r="I245" s="1">
         <v>0</v>
       </c>
       <c r="J245" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K245" s="2" t="str">
-        <f>J245*1090.00</f>
+        <f>J245*761.77</f>
         <v>0</v>
       </c>
       <c r="L245" s="5"/>
     </row>
-    <row r="246" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="246" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A246" s="1"/>
       <c r="B246" s="1">
-        <v>883721</v>
+        <v>954207</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>848</v>
+        <v>844</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>849</v>
+        <v>845</v>
       </c>
       <c r="E246" s="2" t="s">
-        <v>850</v>
+        <v>846</v>
       </c>
       <c r="F246" s="2" t="s">
         <v>847</v>
       </c>
-      <c r="G246" s="2" t="s">
-        <v>18</v>
+      <c r="G246" s="2">
+        <v>3</v>
       </c>
       <c r="H246" s="2">
         <v>0</v>
       </c>
       <c r="I246" s="1">
         <v>0</v>
       </c>
       <c r="J246" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K246" s="2" t="str">
-        <f>J246*1090.00</f>
+        <f>J246*1586.65</f>
         <v>0</v>
       </c>
       <c r="L246" s="5"/>
     </row>
-    <row r="247" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="247" spans="1:12" outlineLevel="4">
       <c r="A247" s="1"/>
       <c r="B247" s="1">
-        <v>883722</v>
+        <v>954208</v>
       </c>
       <c r="C247" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="E247" s="2" t="s">
+        <v>850</v>
+      </c>
+      <c r="F247" s="2" t="s">
         <v>851</v>
       </c>
-      <c r="D247" s="1" t="s">
+      <c r="G247" s="2">
+        <v>0</v>
+      </c>
+      <c r="H247" s="2">
+        <v>0</v>
+      </c>
+      <c r="I247" s="1">
+        <v>0</v>
+      </c>
+      <c r="J247" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K247" s="2" t="str">
+        <f>J247*86.36</f>
+        <v>0</v>
+      </c>
+      <c r="L247" s="5"/>
+    </row>
+    <row r="248" spans="1:12" outlineLevel="1">
+      <c r="A248" s="7" t="s">
         <v>852</v>
       </c>
-      <c r="E247" s="2" t="s">
-[...55 lines deleted...]
-      </c>
+      <c r="B248" s="7"/>
+      <c r="C248" s="7"/>
+      <c r="D248" s="7"/>
+      <c r="E248" s="7"/>
+      <c r="F248" s="7"/>
+      <c r="G248" s="7"/>
+      <c r="H248" s="7"/>
+      <c r="I248" s="7"/>
+      <c r="J248" s="7"/>
+      <c r="K248" s="7"/>
       <c r="L248" s="5"/>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A249" s="1"/>
       <c r="B249" s="1">
-        <v>883724</v>
+        <v>883719</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>858</v>
+        <v>853</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
       <c r="E249" s="2" t="s">
-        <v>860</v>
+        <v>855</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>540</v>
+        <v>856</v>
       </c>
       <c r="G249" s="2">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="H249" s="2">
         <v>0</v>
       </c>
       <c r="I249" s="1">
         <v>0</v>
       </c>
       <c r="J249" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K249" s="2" t="str">
-        <f>J249*3290.00</f>
+        <f>J249*990.00</f>
         <v>0</v>
       </c>
       <c r="L249" s="5"/>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A250" s="1"/>
       <c r="B250" s="1">
-        <v>883725</v>
+        <v>883720</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>861</v>
+        <v>857</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>862</v>
+        <v>858</v>
       </c>
       <c r="E250" s="2" t="s">
-        <v>863</v>
+        <v>859</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>540</v>
+        <v>860</v>
       </c>
       <c r="G250" s="2">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="H250" s="2">
         <v>0</v>
       </c>
       <c r="I250" s="1">
         <v>0</v>
       </c>
       <c r="J250" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K250" s="2" t="str">
-        <f>J250*3290.00</f>
+        <f>J250*1090.00</f>
         <v>0</v>
       </c>
       <c r="L250" s="5"/>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A251" s="1"/>
       <c r="B251" s="1">
-        <v>883726</v>
+        <v>883721</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>865</v>
+        <v>862</v>
       </c>
       <c r="E251" s="2" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>540</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>860</v>
+      </c>
+      <c r="G251" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H251" s="2">
         <v>0</v>
       </c>
       <c r="I251" s="1">
         <v>0</v>
       </c>
       <c r="J251" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K251" s="2" t="str">
-        <f>J251*3290.00</f>
+        <f>J251*1090.00</f>
         <v>0</v>
       </c>
       <c r="L251" s="5"/>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A252" s="1"/>
       <c r="B252" s="1">
-        <v>883727</v>
+        <v>883722</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="E252" s="2" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>870</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>860</v>
+      </c>
+      <c r="G252" s="2" t="s">
+        <v>180</v>
       </c>
       <c r="H252" s="2">
         <v>0</v>
       </c>
       <c r="I252" s="1">
         <v>0</v>
       </c>
       <c r="J252" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K252" s="2" t="str">
-        <f>J252*2290.00</f>
+        <f>J252*1090.00</f>
         <v>0</v>
       </c>
       <c r="L252" s="5"/>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A253" s="1"/>
       <c r="B253" s="1">
-        <v>883728</v>
+        <v>883723</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>871</v>
+        <v>867</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>872</v>
+        <v>868</v>
       </c>
       <c r="E253" s="2" t="s">
-        <v>873</v>
+        <v>869</v>
       </c>
       <c r="F253" s="2" t="s">
         <v>870</v>
       </c>
       <c r="G253" s="2">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="H253" s="2">
         <v>0</v>
       </c>
       <c r="I253" s="1">
         <v>0</v>
       </c>
       <c r="J253" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K253" s="2" t="str">
-        <f>J253*2290.00</f>
+        <f>J253*3090.00</f>
         <v>0</v>
       </c>
       <c r="L253" s="5"/>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A254" s="1"/>
       <c r="B254" s="1">
-        <v>883729</v>
+        <v>883724</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>874</v>
+        <v>871</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>875</v>
+        <v>872</v>
       </c>
       <c r="E254" s="2" t="s">
-        <v>876</v>
+        <v>873</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>870</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>540</v>
+      </c>
+      <c r="G254" s="2">
+        <v>9</v>
       </c>
       <c r="H254" s="2">
         <v>0</v>
       </c>
       <c r="I254" s="1">
         <v>0</v>
       </c>
       <c r="J254" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K254" s="2" t="str">
-        <f>J254*2290.00</f>
+        <f>J254*3290.00</f>
         <v>0</v>
       </c>
       <c r="L254" s="5"/>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A255" s="1"/>
       <c r="B255" s="1">
-        <v>883730</v>
+        <v>883725</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="E255" s="2" t="s">
-        <v>879</v>
+        <v>876</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>870</v>
+        <v>540</v>
       </c>
       <c r="G255" s="2">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="H255" s="2">
         <v>0</v>
       </c>
       <c r="I255" s="1">
         <v>0</v>
       </c>
       <c r="J255" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K255" s="2" t="str">
-        <f>J255*2290.00</f>
+        <f>J255*3290.00</f>
         <v>0</v>
       </c>
       <c r="L255" s="5"/>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A256" s="1"/>
       <c r="B256" s="1">
-        <v>883731</v>
+        <v>883726</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="E256" s="2" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>297</v>
+        <v>540</v>
       </c>
       <c r="G256" s="2">
-        <v>0</v>
+        <v>-10</v>
       </c>
       <c r="H256" s="2">
         <v>0</v>
       </c>
       <c r="I256" s="1">
         <v>0</v>
       </c>
       <c r="J256" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K256" s="2" t="str">
-        <f>J256*2490.00</f>
+        <f>J256*3290.00</f>
         <v>0</v>
       </c>
       <c r="L256" s="5"/>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A257" s="1"/>
       <c r="B257" s="1">
-        <v>883732</v>
+        <v>883727</v>
       </c>
       <c r="C257" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="E257" s="2" t="s">
+        <v>882</v>
+      </c>
+      <c r="F257" s="2" t="s">
         <v>883</v>
       </c>
-      <c r="D257" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G257" s="2">
         <v>0</v>
       </c>
       <c r="H257" s="2">
         <v>0</v>
       </c>
       <c r="I257" s="1">
         <v>0</v>
       </c>
       <c r="J257" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K257" s="2" t="str">
-        <f>J257*2490.00</f>
+        <f>J257*2290.00</f>
         <v>0</v>
       </c>
       <c r="L257" s="5"/>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A258" s="1"/>
       <c r="B258" s="1">
-        <v>883733</v>
+        <v>883728</v>
       </c>
       <c r="C258" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="E258" s="2" t="s">
         <v>886</v>
       </c>
-      <c r="D258" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F258" s="2" t="s">
-        <v>297</v>
+        <v>883</v>
       </c>
       <c r="G258" s="2">
         <v>0</v>
       </c>
       <c r="H258" s="2">
         <v>0</v>
       </c>
       <c r="I258" s="1">
         <v>0</v>
       </c>
       <c r="J258" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K258" s="2" t="str">
-        <f>J258*2490.00</f>
+        <f>J258*2290.00</f>
         <v>0</v>
       </c>
       <c r="L258" s="5"/>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A259" s="1"/>
       <c r="B259" s="1">
-        <v>883734</v>
+        <v>883729</v>
       </c>
       <c r="C259" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="E259" s="2" t="s">
         <v>889</v>
       </c>
-      <c r="D259" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F259" s="2" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>883</v>
+      </c>
+      <c r="G259" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H259" s="2">
         <v>0</v>
       </c>
       <c r="I259" s="1">
         <v>0</v>
       </c>
       <c r="J259" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K259" s="2" t="str">
-        <f>J259*2490.00</f>
+        <f>J259*2290.00</f>
         <v>0</v>
       </c>
       <c r="L259" s="5"/>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A260" s="1"/>
       <c r="B260" s="1">
-        <v>883735</v>
+        <v>883730</v>
       </c>
       <c r="C260" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>891</v>
+      </c>
+      <c r="E260" s="2" t="s">
         <v>892</v>
       </c>
-      <c r="D260" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F260" s="2" t="s">
-        <v>895</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>883</v>
+      </c>
+      <c r="G260" s="2">
+        <v>0</v>
       </c>
       <c r="H260" s="2">
         <v>0</v>
       </c>
       <c r="I260" s="1">
         <v>0</v>
       </c>
       <c r="J260" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K260" s="2" t="str">
-        <f>J260*1890.00</f>
+        <f>J260*2290.00</f>
         <v>0</v>
       </c>
       <c r="L260" s="5"/>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A261" s="1"/>
       <c r="B261" s="1">
-        <v>883736</v>
+        <v>883731</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>896</v>
+        <v>893</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>897</v>
+        <v>894</v>
       </c>
       <c r="E261" s="2" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>870</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>297</v>
+      </c>
+      <c r="G261" s="2">
+        <v>-20</v>
       </c>
       <c r="H261" s="2">
         <v>0</v>
       </c>
       <c r="I261" s="1">
         <v>0</v>
       </c>
       <c r="J261" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K261" s="2" t="str">
-        <f>J261*2290.00</f>
+        <f>J261*2490.00</f>
         <v>0</v>
       </c>
       <c r="L261" s="5"/>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A262" s="1"/>
       <c r="B262" s="1">
-        <v>883737</v>
+        <v>883732</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>899</v>
+        <v>896</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="E262" s="2" t="s">
-        <v>901</v>
+        <v>898</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>870</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>297</v>
+      </c>
+      <c r="G262" s="2">
+        <v>-20</v>
       </c>
       <c r="H262" s="2">
         <v>0</v>
       </c>
       <c r="I262" s="1">
         <v>0</v>
       </c>
       <c r="J262" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K262" s="2" t="str">
-        <f>J262*2290.00</f>
+        <f>J262*2490.00</f>
         <v>0</v>
       </c>
       <c r="L262" s="5"/>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A263" s="1"/>
       <c r="B263" s="1">
-        <v>883738</v>
+        <v>883733</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>903</v>
+        <v>900</v>
       </c>
       <c r="E263" s="2" t="s">
-        <v>904</v>
+        <v>901</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>870</v>
+        <v>297</v>
       </c>
       <c r="G263" s="2">
-        <v>0</v>
+        <v>-20</v>
       </c>
       <c r="H263" s="2">
         <v>0</v>
       </c>
       <c r="I263" s="1">
         <v>0</v>
       </c>
       <c r="J263" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K263" s="2" t="str">
-        <f>J263*2290.00</f>
+        <f>J263*2490.00</f>
         <v>0</v>
       </c>
       <c r="L263" s="5"/>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A264" s="1"/>
       <c r="B264" s="1">
-        <v>883739</v>
+        <v>883734</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>905</v>
+        <v>902</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
       <c r="E264" s="2" t="s">
-        <v>907</v>
+        <v>904</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>908</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>297</v>
+      </c>
+      <c r="G264" s="2">
+        <v>-20</v>
       </c>
       <c r="H264" s="2">
         <v>0</v>
       </c>
       <c r="I264" s="1">
         <v>0</v>
       </c>
       <c r="J264" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K264" s="2" t="str">
-        <f>J264*1990.00</f>
+        <f>J264*2490.00</f>
         <v>0</v>
       </c>
       <c r="L264" s="5"/>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A265" s="1"/>
       <c r="B265" s="1">
-        <v>883740</v>
+        <v>883735</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>909</v>
+        <v>905</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>910</v>
+        <v>906</v>
       </c>
       <c r="E265" s="2" t="s">
-        <v>911</v>
+        <v>907</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>912</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>908</v>
+      </c>
+      <c r="G265" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H265" s="2">
         <v>0</v>
       </c>
       <c r="I265" s="1">
         <v>0</v>
       </c>
       <c r="J265" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K265" s="2" t="str">
-        <f>J265*2390.00</f>
+        <f>J265*1890.00</f>
         <v>0</v>
       </c>
       <c r="L265" s="5"/>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A266" s="1"/>
       <c r="B266" s="1">
-        <v>883741</v>
+        <v>883736</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>913</v>
+        <v>909</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>914</v>
+        <v>910</v>
       </c>
       <c r="E266" s="2" t="s">
-        <v>915</v>
+        <v>911</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>912</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>883</v>
+      </c>
+      <c r="G266" s="2" t="s">
+        <v>18</v>
       </c>
       <c r="H266" s="2">
         <v>0</v>
       </c>
       <c r="I266" s="1">
         <v>0</v>
       </c>
       <c r="J266" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K266" s="2" t="str">
-        <f>J266*2390.00</f>
+        <f>J266*2290.00</f>
         <v>0</v>
       </c>
       <c r="L266" s="5"/>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A267" s="1"/>
       <c r="B267" s="1">
-        <v>883742</v>
+        <v>883737</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>916</v>
+        <v>912</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>917</v>
+        <v>913</v>
       </c>
       <c r="E267" s="2" t="s">
-        <v>918</v>
+        <v>914</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>912</v>
+        <v>883</v>
       </c>
       <c r="G267" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H267" s="2">
         <v>0</v>
       </c>
       <c r="I267" s="1">
         <v>0</v>
       </c>
       <c r="J267" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K267" s="2" t="str">
-        <f>J267*2390.00</f>
+        <f>J267*2290.00</f>
         <v>0</v>
       </c>
       <c r="L267" s="5"/>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A268" s="1"/>
       <c r="B268" s="1">
-        <v>883743</v>
+        <v>883738</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>919</v>
+        <v>915</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>920</v>
+        <v>916</v>
       </c>
       <c r="E268" s="2" t="s">
-        <v>921</v>
+        <v>917</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>870</v>
+        <v>883</v>
       </c>
       <c r="G268" s="2">
-        <v>9</v>
+        <v>-40</v>
       </c>
       <c r="H268" s="2">
         <v>0</v>
       </c>
       <c r="I268" s="1">
         <v>0</v>
       </c>
       <c r="J268" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K268" s="2" t="str">
         <f>J268*2290.00</f>
         <v>0</v>
       </c>
       <c r="L268" s="5"/>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A269" s="1"/>
       <c r="B269" s="1">
-        <v>883744</v>
+        <v>883739</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>922</v>
+        <v>918</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>923</v>
+        <v>919</v>
       </c>
       <c r="E269" s="2" t="s">
-        <v>924</v>
+        <v>920</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>297</v>
+        <v>921</v>
       </c>
       <c r="G269" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H269" s="2">
         <v>0</v>
       </c>
       <c r="I269" s="1">
         <v>0</v>
       </c>
       <c r="J269" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K269" s="2" t="str">
-        <f>J269*2490.00</f>
+        <f>J269*1990.00</f>
         <v>0</v>
       </c>
       <c r="L269" s="5"/>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A270" s="1"/>
       <c r="B270" s="1">
-        <v>883745</v>
+        <v>883740</v>
       </c>
       <c r="C270" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="E270" s="2" t="s">
+        <v>924</v>
+      </c>
+      <c r="F270" s="2" t="s">
         <v>925</v>
       </c>
-      <c r="D270" s="1" t="s">
-[...9 lines deleted...]
-        <v>18</v>
+      <c r="G270" s="2">
+        <v>0</v>
       </c>
       <c r="H270" s="2">
         <v>0</v>
       </c>
       <c r="I270" s="1">
         <v>0</v>
       </c>
       <c r="J270" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K270" s="2" t="str">
-        <f>J270*2490.00</f>
+        <f>J270*2390.00</f>
         <v>0</v>
       </c>
       <c r="L270" s="5"/>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A271" s="1"/>
       <c r="B271" s="1">
+        <v>883741</v>
+      </c>
+      <c r="C271" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="E271" s="2" t="s">
+        <v>928</v>
+      </c>
+      <c r="F271" s="2" t="s">
+        <v>925</v>
+      </c>
+      <c r="G271" s="2">
+        <v>0</v>
+      </c>
+      <c r="H271" s="2">
+        <v>0</v>
+      </c>
+      <c r="I271" s="1">
+        <v>0</v>
+      </c>
+      <c r="J271" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K271" s="2" t="str">
+        <f>J271*2390.00</f>
+        <v>0</v>
+      </c>
+      <c r="L271" s="5"/>
+    </row>
+    <row r="272" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A272" s="1"/>
+      <c r="B272" s="1">
+        <v>883742</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="E272" s="2" t="s">
+        <v>931</v>
+      </c>
+      <c r="F272" s="2" t="s">
+        <v>925</v>
+      </c>
+      <c r="G272" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H272" s="2">
+        <v>0</v>
+      </c>
+      <c r="I272" s="1">
+        <v>0</v>
+      </c>
+      <c r="J272" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K272" s="2" t="str">
+        <f>J272*2390.00</f>
+        <v>0</v>
+      </c>
+      <c r="L272" s="5"/>
+    </row>
+    <row r="273" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A273" s="1"/>
+      <c r="B273" s="1">
+        <v>883743</v>
+      </c>
+      <c r="C273" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="E273" s="2" t="s">
+        <v>934</v>
+      </c>
+      <c r="F273" s="2" t="s">
+        <v>883</v>
+      </c>
+      <c r="G273" s="2">
+        <v>9</v>
+      </c>
+      <c r="H273" s="2">
+        <v>0</v>
+      </c>
+      <c r="I273" s="1">
+        <v>0</v>
+      </c>
+      <c r="J273" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K273" s="2" t="str">
+        <f>J273*2290.00</f>
+        <v>0</v>
+      </c>
+      <c r="L273" s="5"/>
+    </row>
+    <row r="274" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A274" s="1"/>
+      <c r="B274" s="1">
+        <v>883744</v>
+      </c>
+      <c r="C274" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="E274" s="2" t="s">
+        <v>937</v>
+      </c>
+      <c r="F274" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="G274" s="2">
+        <v>10</v>
+      </c>
+      <c r="H274" s="2">
+        <v>0</v>
+      </c>
+      <c r="I274" s="1">
+        <v>0</v>
+      </c>
+      <c r="J274" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K274" s="2" t="str">
+        <f>J274*2490.00</f>
+        <v>0</v>
+      </c>
+      <c r="L274" s="5"/>
+    </row>
+    <row r="275" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A275" s="1"/>
+      <c r="B275" s="1">
+        <v>883745</v>
+      </c>
+      <c r="C275" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="E275" s="2" t="s">
+        <v>940</v>
+      </c>
+      <c r="F275" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="G275" s="2">
+        <v>6</v>
+      </c>
+      <c r="H275" s="2">
+        <v>0</v>
+      </c>
+      <c r="I275" s="1">
+        <v>0</v>
+      </c>
+      <c r="J275" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K275" s="2" t="str">
+        <f>J275*2490.00</f>
+        <v>0</v>
+      </c>
+      <c r="L275" s="5"/>
+    </row>
+    <row r="276" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A276" s="1"/>
+      <c r="B276" s="1">
         <v>883746</v>
       </c>
-      <c r="C271" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F271" s="2" t="s">
+      <c r="C276" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="E276" s="2" t="s">
+        <v>943</v>
+      </c>
+      <c r="F276" s="2" t="s">
         <v>297</v>
       </c>
-      <c r="G271" s="2">
+      <c r="G276" s="2">
         <v>9</v>
       </c>
-      <c r="H271" s="2">
-[...12 lines deleted...]
-      <c r="L271" s="5"/>
+      <c r="H276" s="2">
+        <v>0</v>
+      </c>
+      <c r="I276" s="1">
+        <v>0</v>
+      </c>
+      <c r="J276" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K276" s="2" t="str">
+        <f>J276*2490.00</f>
+        <v>0</v>
+      </c>
+      <c r="L276" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A87:K87"/>
     <mergeCell ref="A162:K162"/>
-    <mergeCell ref="A191:K191"/>
-    <mergeCell ref="A243:K243"/>
+    <mergeCell ref="A196:K196"/>
+    <mergeCell ref="A248:K248"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A44:K44"/>
     <mergeCell ref="A69:K69"/>
     <mergeCell ref="A78:K78"/>
     <mergeCell ref="A88:K88"/>
     <mergeCell ref="A111:K111"/>
     <mergeCell ref="A142:K142"/>
     <mergeCell ref="A149:K149"/>
     <mergeCell ref="A164:K164"/>
     <mergeCell ref="A170:K170"/>
-    <mergeCell ref="A183:K183"/>
-[...4 lines deleted...]
-    <mergeCell ref="A233:K233"/>
+    <mergeCell ref="A188:K188"/>
+    <mergeCell ref="A199:K199"/>
+    <mergeCell ref="A207:K207"/>
+    <mergeCell ref="A217:K217"/>
+    <mergeCell ref="A223:K223"/>
     <mergeCell ref="A238:K238"/>
+    <mergeCell ref="A243:K243"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A26:K26"/>
     <mergeCell ref="A45:K45"/>
     <mergeCell ref="A60:K60"/>
     <mergeCell ref="A89:K89"/>
     <mergeCell ref="A97:K97"/>
     <mergeCell ref="A112:K112"/>
     <mergeCell ref="A135:K135"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>