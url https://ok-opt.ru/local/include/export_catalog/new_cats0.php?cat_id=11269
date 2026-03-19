--- v0 (2025-12-07)
+++ v1 (2026-03-19)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="280">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="278">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
@@ -69,320 +69,314 @@
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>Арматура регулирующая для радиаторов</t>
   </si>
   <si>
     <t>Термостатическая регулирующая арматура</t>
   </si>
   <si>
     <t>Термостатическая арматура VIEIR</t>
   </si>
   <si>
     <t>Клапана термостатические VIEIR</t>
   </si>
   <si>
     <t>RAR-120007</t>
   </si>
   <si>
     <t>VR282</t>
   </si>
   <si>
     <t>Клапан термостатический (M30x1,5) ПРЯМОЙ VR 1/2" (1 /60шт)</t>
   </si>
   <si>
-    <t>593.51 руб.</t>
+    <t>671.69 руб.</t>
+  </si>
+  <si>
+    <t>&gt;25</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>RAR-120008</t>
+  </si>
+  <si>
+    <t>VR283</t>
+  </si>
+  <si>
+    <t>Клапан термостатический (M30x1,5) ПРЯМОЙ VR 3/4" (1 /60шт)</t>
+  </si>
+  <si>
+    <t>930.83 руб.</t>
   </si>
   <si>
     <t>&gt;10</t>
   </si>
   <si>
-    <t>шт</t>
-[...13 lines deleted...]
-  <si>
     <t>RAR-120009</t>
   </si>
   <si>
     <t>VR280</t>
   </si>
   <si>
     <t>Клапан термостатический (M30x1,5) УГЛОВОЙ VR 1/2" (10/60шт)</t>
   </si>
   <si>
-    <t>557.81 руб.</t>
+    <t>629.98 руб.</t>
   </si>
   <si>
     <t>RAR-120010</t>
   </si>
   <si>
     <t>VR281</t>
   </si>
   <si>
     <t>Клапан термостатический (M30x1,5) УГЛОВОЙ VR 3/4" (10/60шт)</t>
   </si>
   <si>
-    <t>751.19 руб.</t>
+    <t>853.38 руб.</t>
   </si>
   <si>
     <t>RAR-120019</t>
   </si>
   <si>
     <t>VR348</t>
   </si>
   <si>
     <t>Клапан ОСЕВОЙ термостатический (M30X1,5)  1/2" ViEiR (10/60шт)</t>
   </si>
   <si>
-    <t>589.05 руб.</t>
+    <t>664.24 руб.</t>
+  </si>
+  <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
+    <t>VER-001082</t>
+  </si>
+  <si>
+    <t>VR280-C</t>
+  </si>
+  <si>
+    <t>Вентиль термостатический угловой верхний, черный 1/2" (80/10шт)</t>
+  </si>
+  <si>
+    <t>659.77 руб.</t>
+  </si>
+  <si>
+    <t>VER-001083</t>
+  </si>
+  <si>
+    <t>VR280-F</t>
+  </si>
+  <si>
+    <t>Вентиль термостатический угловой верхний, белый 1/2" (80/10шт)</t>
+  </si>
+  <si>
+    <t>Комплекты термостатические VIEIR</t>
+  </si>
+  <si>
+    <t>RAR-120001</t>
+  </si>
+  <si>
+    <t>VR312</t>
+  </si>
+  <si>
+    <t>Комплект термостатический VR для подключения рад-ра 1/2 ПРЯМОЙ (3 в 1 ) (1/25шт)</t>
+  </si>
+  <si>
+    <t>1 477.41 руб.</t>
+  </si>
+  <si>
+    <t>RAR-120002</t>
+  </si>
+  <si>
+    <t>VR313</t>
+  </si>
+  <si>
+    <t>Комплект термостатический VR для подключения рад-ра 3/4 ПРЯМОЙ (3 в 1 ) (1/25шт)</t>
+  </si>
+  <si>
+    <t>1 888.46 руб.</t>
+  </si>
+  <si>
+    <t>RAR-120003</t>
+  </si>
+  <si>
+    <t>VR310</t>
+  </si>
+  <si>
+    <t>Комплект термостатический VR для подключения рад-ра 1/2 УГЛОВОЙ (3 в 1 ) (1/25шт)</t>
+  </si>
+  <si>
+    <t>1 388.05 руб.</t>
+  </si>
+  <si>
+    <t>RAR-120004</t>
+  </si>
+  <si>
+    <t>VR311</t>
+  </si>
+  <si>
+    <t>Комплект термостатический VR для подключения рад-ра 3/4 УГЛОВОЙ (3 в 1 ) (1/25шт)</t>
+  </si>
+  <si>
+    <t>1 781.23 руб.</t>
+  </si>
+  <si>
+    <t>RAR-120038</t>
+  </si>
+  <si>
+    <t>VR342</t>
+  </si>
+  <si>
+    <t>Комплект термостатический VR для подключения рад-ра 1/2 УГЛОВОЙ (2 в 1 - регул.клап+термоголовка)</t>
+  </si>
+  <si>
+    <t>957.64 руб.</t>
+  </si>
+  <si>
+    <t>RAR-120039</t>
+  </si>
+  <si>
+    <t>VR343</t>
+  </si>
+  <si>
+    <t>Комплект термостатический VR для подключения рад-ра 1/2 ПРЯМОЙ (2 в 1 - регул.клап+термоголовка)</t>
+  </si>
+  <si>
+    <t>1 102.10 руб.</t>
+  </si>
+  <si>
+    <t>RAR-120040</t>
+  </si>
+  <si>
+    <t>VR341</t>
+  </si>
+  <si>
+    <t>Комплект термостатический RTL  для подключ рад-ра 1/2 ПРЯМОЙ VIEIR (2 в 1 - регул.клап+термоголовка)</t>
+  </si>
+  <si>
+    <t>1 715.70 руб.</t>
+  </si>
+  <si>
+    <t>RAR-120100</t>
+  </si>
+  <si>
+    <t>VR340</t>
+  </si>
+  <si>
+    <t>Комплект ОСЕВОЙ термостатический VR для  рад-ра 1/2 угловой (3 в 1) (1/25шт)</t>
+  </si>
+  <si>
+    <t>1 553.37 руб.</t>
   </si>
   <si>
     <t>&gt;100</t>
   </si>
   <si>
-    <t>VER-001082</t>
-[...121 lines deleted...]
-  <si>
     <t>VER-000641</t>
   </si>
   <si>
     <t>VR310-F</t>
   </si>
   <si>
     <t>Комплект терморегулирующий 1/2"  УГЛОВОЙ (25/1шт) "ViEiR"</t>
   </si>
   <si>
-    <t>1 752.28 руб.</t>
+    <t>1 821.44 руб.</t>
   </si>
   <si>
     <t>VER-000642</t>
   </si>
   <si>
     <t>VR310-C</t>
   </si>
   <si>
-    <t>1 749.30 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>VER-001518</t>
   </si>
   <si>
     <t>VR340-F</t>
   </si>
   <si>
     <t>Комплект терморегулирующий осевой 1/2" БЕЛЫЙ (25/5шт)</t>
   </si>
   <si>
-    <t>1 564.85 руб.</t>
+    <t>1 889.95 руб.</t>
   </si>
   <si>
     <t>VER-001519</t>
   </si>
   <si>
     <t>VR340-C</t>
   </si>
   <si>
     <t>Комплект терморегулирующий осевой 1/2" ЧЕРНЫЙ (25/5шт)</t>
   </si>
   <si>
-    <t>1 554.44 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>VER-001520</t>
   </si>
   <si>
     <t>VR340-G</t>
   </si>
   <si>
     <t>Комплект терморегулирующий осевой 1/2" СЕРЫЙ (25/5шт)</t>
   </si>
   <si>
     <t>Термостатическая арматура VALTEC</t>
   </si>
   <si>
     <t>Клапана термостатические VALTEC</t>
   </si>
   <si>
     <t>VLC-612011</t>
   </si>
   <si>
     <t>VT.031.N.04</t>
   </si>
   <si>
     <t>Клапан термостатический для рад. угловой 1/2" (10 /80шт)</t>
   </si>
   <si>
     <t>1 481.00 руб.</t>
   </si>
   <si>
     <t>VLC-612012</t>
   </si>
   <si>
     <t>VT.031.N.05</t>
   </si>
   <si>
     <t>Клапан термостатический для рад. угловой 3/4" (10 /80шт)</t>
   </si>
   <si>
     <t>2 070.00 руб.</t>
   </si>
   <si>
-    <t>&gt;50</t>
-[...1 lines deleted...]
-  <si>
     <t>VLC-612013</t>
   </si>
   <si>
     <t>VT.031.NR.04</t>
   </si>
   <si>
     <t>Клапан термостатический для рад. угловой 1/2"  (с доп. уплотнением)  (15 /60шт)</t>
   </si>
   <si>
     <t>919.00 руб.</t>
   </si>
   <si>
     <t>VLC-612014</t>
   </si>
   <si>
     <t>VT.031.NER.04</t>
   </si>
   <si>
     <t>Клапан термостатический для рад. угловой (с доп. уплотнением) 1/2" * Евроконус</t>
   </si>
   <si>
     <t>944.00 руб.</t>
   </si>
   <si>
     <t>VLC-612015</t>
@@ -390,50 +384,53 @@
   <si>
     <t>VT.032.N.04</t>
   </si>
   <si>
     <t>Клапан термостатический для рад. прямой 1/2"   (10 /80шт)</t>
   </si>
   <si>
     <t>1 673.00 руб.</t>
   </si>
   <si>
     <t>&gt;500</t>
   </si>
   <si>
     <t>VLC-612016</t>
   </si>
   <si>
     <t>VT.032.N.05</t>
   </si>
   <si>
     <t>Клапан термостатический для рад. прямой 3/4" (10 /80шт)</t>
   </si>
   <si>
     <t>2 216.00 руб.</t>
   </si>
   <si>
+    <t>&gt;1000</t>
+  </si>
+  <si>
     <t>VLC-612017</t>
   </si>
   <si>
     <t>VT.032.NR.04</t>
   </si>
   <si>
     <t>Клапан термостатический для рад. прямой 1/2"  (с доп. уплотнением) (15 /60шт)</t>
   </si>
   <si>
     <t>907.00 руб.</t>
   </si>
   <si>
     <t>VLC-612018</t>
   </si>
   <si>
     <t>VT.032.NER.04</t>
   </si>
   <si>
     <t>Клапан термостатический для рад. прямой (с доп. уплотнением) 1/2" * Евроконус</t>
   </si>
   <si>
     <t>914.00 руб.</t>
   </si>
   <si>
     <t>VLC-612019</t>
@@ -604,53 +601,50 @@
     <t>Комплекты термостатические VALTEC</t>
   </si>
   <si>
     <t>VLC-612029</t>
   </si>
   <si>
     <t>VT.045.N.04</t>
   </si>
   <si>
     <t>Комплект терморег-го оборуд-я д/рад., угловой 1/2" (термост-ая головка, термостат-й клапан, запорный</t>
   </si>
   <si>
     <t>2 013.00 руб.</t>
   </si>
   <si>
     <t>VLC-612030</t>
   </si>
   <si>
     <t>VT.046.N.04</t>
   </si>
   <si>
     <t>Комплект терморег-го оборуд-я д/рад., прямой 1/2" (термост-ая головка, термостат-й клапан, запорный</t>
   </si>
   <si>
     <t>2 187.00 руб.</t>
-  </si>
-[...1 lines deleted...]
-    <t>&gt;1000</t>
   </si>
   <si>
     <t>VLC-612031</t>
   </si>
   <si>
     <t>VT.047.N.04</t>
   </si>
   <si>
     <t>Клапан с термостатической головкой для рад. угловой 1/2"  (1 /22шт)</t>
   </si>
   <si>
     <t>1 304.00 руб.</t>
   </si>
   <si>
     <t>VLC-612032</t>
   </si>
   <si>
     <t>VT.048.N.04</t>
   </si>
   <si>
     <t>Клапан с термостатической головкой для рад. прямой 1/2"  (1 /22шт)</t>
   </si>
   <si>
     <t>1 350.00 руб.</t>
   </si>
@@ -3430,2410 +3424,2410 @@
       <c r="C6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="str">
-        <f>J6*593.51</f>
+        <f>J6*671.69</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>819003</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="str">
-        <f>J7*819.61</f>
+        <f>J7*930.83</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>819004</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G8" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="str">
-        <f>J8*557.81</f>
+        <f>J8*629.98</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>819005</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G9" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="str">
-        <f>J9*751.19</f>
+        <f>J9*853.38</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>825188</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="str">
-        <f>J10*589.05</f>
+        <f>J10*664.24</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>954083</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G11" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="str">
-        <f>J11*580.13</f>
+        <f>J11*659.77</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>954084</v>
       </c>
       <c r="C12" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E12" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="D12" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G12" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="str">
-        <f>J12*580.13</f>
+        <f>J12*659.77</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" outlineLevel="3">
       <c r="A13" s="9" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B13" s="9"/>
       <c r="C13" s="9"/>
       <c r="D13" s="9"/>
       <c r="E13" s="9"/>
       <c r="F13" s="9"/>
       <c r="G13" s="9"/>
       <c r="H13" s="9"/>
       <c r="I13" s="9"/>
       <c r="J13" s="9"/>
       <c r="K13" s="9"/>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>818996</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>49</v>
+      </c>
+      <c r="G14" s="2">
+        <v>8</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="str">
-        <f>J14*1365.53</f>
+        <f>J14*1477.41</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>818997</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="str">
-        <f>J15*1724.01</f>
+        <f>J15*1888.46</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>818998</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="str">
-        <f>J16*1338.75</f>
+        <f>J16*1388.05</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>818999</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>59</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>60</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K17" s="2" t="str">
-        <f>J17*1628.81</f>
+        <f>J17*1781.23</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>832494</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>63</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="G18" s="2">
-        <v>9</v>
+      <c r="G18" s="2" t="s">
+        <v>24</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K18" s="2" t="str">
-        <f>J18*908.86</f>
+        <f>J18*957.64</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>830638</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K19" s="2" t="str">
-        <f>J19*946.05</f>
+        <f>J19*1102.10</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>832495</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="G20" s="2">
-        <v>0</v>
+      <c r="G20" s="2" t="s">
+        <v>24</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="2" t="str">
-        <f>J20*1805.83</f>
+        <f>J20*1715.70</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>828461</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>75</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>36</v>
+        <v>78</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K21" s="2" t="str">
-        <f>J21*1319.41</f>
+        <f>J21*1553.37</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>880051</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G22" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K22" s="2" t="str">
-        <f>J22*1752.28</f>
+        <f>J22*1821.44</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>880052</v>
       </c>
       <c r="C23" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E23" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="F23" s="2" t="s">
         <v>82</v>
-      </c>
-[...7 lines deleted...]
-        <v>84</v>
       </c>
       <c r="G23" s="2">
         <v>7</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K23" s="2" t="str">
-        <f>J23*1749.30</f>
+        <f>J23*1821.44</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>885828</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>85</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>87</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="G24" s="2">
-        <v>3</v>
+      <c r="G24" s="2" t="s">
+        <v>24</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K24" s="2" t="str">
-        <f>J24*1564.85</f>
+        <f>J24*1889.95</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>885829</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>89</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>90</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>91</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="G25" s="2">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K25" s="2" t="str">
-        <f>J25*1554.44</f>
+        <f>J25*1889.95</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>885830</v>
       </c>
       <c r="C26" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D26" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="D26" s="1" t="s">
+      <c r="E26" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="E26" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F26" s="2" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="G26" s="2">
         <v>1</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K26" s="2" t="str">
-        <f>J26*1554.44</f>
+        <f>J26*1889.95</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" outlineLevel="2">
       <c r="A27" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B27" s="8"/>
       <c r="C27" s="8"/>
       <c r="D27" s="8"/>
       <c r="E27" s="8"/>
       <c r="F27" s="8"/>
       <c r="G27" s="8"/>
       <c r="H27" s="8"/>
       <c r="I27" s="8"/>
       <c r="J27" s="8"/>
       <c r="K27" s="8"/>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" outlineLevel="3">
       <c r="A28" s="9" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B28" s="9"/>
       <c r="C28" s="9"/>
       <c r="D28" s="9"/>
       <c r="E28" s="9"/>
       <c r="F28" s="9"/>
       <c r="G28" s="9"/>
       <c r="H28" s="9"/>
       <c r="I28" s="9"/>
       <c r="J28" s="9"/>
       <c r="K28" s="9"/>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>818969</v>
       </c>
       <c r="C29" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D29" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="D29" s="1" t="s">
+      <c r="E29" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="E29" s="2" t="s">
+      <c r="F29" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="F29" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G29" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="H29" s="2" t="s">
-        <v>36</v>
+        <v>78</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="2" t="str">
         <f>J29*1481.00</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>818970</v>
       </c>
       <c r="C30" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D30" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="D30" s="1" t="s">
+      <c r="E30" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="E30" s="2" t="s">
+      <c r="F30" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="F30" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G30" s="2" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="H30" s="2" t="s">
-        <v>106</v>
+        <v>18</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K30" s="2" t="str">
         <f>J30*2070.00</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>818971</v>
       </c>
       <c r="C31" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="E31" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="D31" s="1" t="s">
+      <c r="F31" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="E31" s="2" t="s">
-[...6 lines deleted...]
-        <v>10</v>
+      <c r="G31" s="2" t="s">
+        <v>24</v>
       </c>
       <c r="H31" s="2" t="s">
-        <v>36</v>
+        <v>78</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K31" s="2" t="str">
         <f>J31*919.00</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>818972</v>
       </c>
       <c r="C32" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="E32" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="D32" s="1" t="s">
+      <c r="F32" s="2" t="s">
         <v>112</v>
       </c>
-      <c r="E32" s="2" t="s">
-[...6 lines deleted...]
-        <v>6</v>
+      <c r="G32" s="2" t="s">
+        <v>24</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>36</v>
+        <v>78</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K32" s="2" t="str">
         <f>J32*944.00</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>818973</v>
       </c>
       <c r="C33" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="E33" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="D33" s="1" t="s">
+      <c r="F33" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="E33" s="2" t="s">
+      <c r="G33" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H33" s="2" t="s">
         <v>117</v>
-      </c>
-[...7 lines deleted...]
-        <v>119</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K33" s="2" t="str">
         <f>J33*1673.00</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>818974</v>
       </c>
       <c r="C34" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="E34" s="2" t="s">
         <v>120</v>
       </c>
-      <c r="D34" s="1" t="s">
+      <c r="F34" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="E34" s="2" t="s">
+      <c r="G34" s="2">
+        <v>10</v>
+      </c>
+      <c r="H34" s="2" t="s">
         <v>122</v>
-      </c>
-[...7 lines deleted...]
-        <v>36</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K34" s="2" t="str">
         <f>J34*2216.00</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>818975</v>
       </c>
       <c r="C35" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D35" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="D35" s="1" t="s">
+      <c r="E35" s="2" t="s">
         <v>125</v>
       </c>
-      <c r="E35" s="2" t="s">
+      <c r="F35" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="F35" s="2" t="s">
-[...3 lines deleted...]
-        <v>9</v>
+      <c r="G35" s="2" t="s">
+        <v>24</v>
       </c>
       <c r="H35" s="2" t="s">
-        <v>119</v>
+        <v>78</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K35" s="2" t="str">
         <f>J35*907.00</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>818976</v>
       </c>
       <c r="C36" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D36" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="D36" s="1" t="s">
+      <c r="E36" s="2" t="s">
         <v>129</v>
       </c>
-      <c r="E36" s="2" t="s">
+      <c r="F36" s="2" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="G36" s="2">
         <v>10</v>
       </c>
       <c r="H36" s="2" t="s">
-        <v>106</v>
+        <v>37</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K36" s="2" t="str">
         <f>J36*914.00</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>818977</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D37" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="D37" s="1" t="s">
+      <c r="E37" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="E37" s="2" t="s">
+      <c r="F37" s="2" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="G37" s="2">
         <v>6</v>
       </c>
       <c r="H37" s="2" t="s">
-        <v>106</v>
+        <v>37</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K37" s="2" t="str">
         <f>J37*1024.00</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>818978</v>
       </c>
       <c r="C38" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D38" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="D38" s="1" t="s">
+      <c r="E38" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="E38" s="2" t="s">
+      <c r="F38" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="F38" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G38" s="2">
         <v>0</v>
       </c>
       <c r="H38" s="2" t="s">
-        <v>106</v>
+        <v>37</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K38" s="2" t="str">
         <f>J38*1606.00</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>818979</v>
       </c>
       <c r="C39" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D39" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="D39" s="1" t="s">
+      <c r="E39" s="2" t="s">
         <v>141</v>
       </c>
-      <c r="E39" s="2" t="s">
+      <c r="F39" s="2" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="G39" s="2">
         <v>5</v>
       </c>
-      <c r="H39" s="2" t="s">
-        <v>18</v>
+      <c r="H39" s="2">
+        <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K39" s="2" t="str">
         <f>J39*1094.00</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>818980</v>
       </c>
       <c r="C40" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D40" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="D40" s="1" t="s">
+      <c r="E40" s="2" t="s">
         <v>145</v>
       </c>
-      <c r="E40" s="2" t="s">
+      <c r="F40" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="F40" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G40" s="2">
         <v>0</v>
       </c>
       <c r="H40" s="2" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K40" s="2" t="str">
         <f>J40*1811.00</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>818981</v>
       </c>
       <c r="C41" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D41" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="D41" s="1" t="s">
+      <c r="E41" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="E41" s="2" t="s">
+      <c r="F41" s="2" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="G41" s="2">
         <v>0</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K41" s="2" t="str">
         <f>J41*1002.00</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>818982</v>
       </c>
       <c r="C42" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="D42" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="D42" s="1" t="s">
+      <c r="E42" s="2" t="s">
         <v>153</v>
       </c>
-      <c r="E42" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F42" s="2" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="G42" s="2">
         <v>0</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K42" s="2" t="str">
         <f>J42*1002.00</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>818983</v>
       </c>
       <c r="C43" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="D43" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="D43" s="1" t="s">
+      <c r="E43" s="2" t="s">
         <v>156</v>
       </c>
-      <c r="E43" s="2" t="s">
+      <c r="F43" s="2" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="G43" s="2">
         <v>0</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K43" s="2" t="str">
         <f>J43*1649.00</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>818984</v>
       </c>
       <c r="C44" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="D44" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="D44" s="1" t="s">
+      <c r="E44" s="2" t="s">
         <v>160</v>
       </c>
-      <c r="E44" s="2" t="s">
+      <c r="F44" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="F44" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G44" s="2">
         <v>0</v>
       </c>
       <c r="H44" s="2" t="s">
-        <v>106</v>
+        <v>37</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K44" s="2" t="str">
         <f>J44*2266.00</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>818985</v>
       </c>
       <c r="C45" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D45" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="D45" s="1" t="s">
+      <c r="E45" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="E45" s="2" t="s">
+      <c r="F45" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="F45" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G45" s="2">
         <v>0</v>
       </c>
       <c r="H45" s="2" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="I45" s="1">
         <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K45" s="2" t="str">
         <f>J45*1887.00</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>818986</v>
       </c>
       <c r="C46" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D46" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="D46" s="1" t="s">
+      <c r="E46" s="2" t="s">
         <v>168</v>
       </c>
-      <c r="E46" s="2" t="s">
+      <c r="F46" s="2" t="s">
         <v>169</v>
       </c>
-      <c r="F46" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G46" s="2">
         <v>0</v>
       </c>
-      <c r="H46" s="2" t="s">
-        <v>106</v>
+      <c r="H46" s="2">
+        <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K46" s="2" t="str">
         <f>J46*2510.00</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>818991</v>
       </c>
       <c r="C47" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D47" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="D47" s="1" t="s">
+      <c r="E47" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="E47" s="2" t="s">
+      <c r="F47" s="2" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="G47" s="2">
         <v>0</v>
       </c>
       <c r="H47" s="2">
         <v>0</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K47" s="2" t="str">
         <f>J47*757.00</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>818992</v>
       </c>
       <c r="C48" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D48" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="D48" s="1" t="s">
+      <c r="E48" s="2" t="s">
         <v>176</v>
       </c>
-      <c r="E48" s="2" t="s">
+      <c r="F48" s="2" t="s">
         <v>177</v>
       </c>
-      <c r="F48" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G48" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="H48" s="2" t="s">
-        <v>36</v>
+        <v>78</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K48" s="2" t="str">
         <f>J48*1935.00</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>824488</v>
       </c>
       <c r="C49" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D49" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="D49" s="1" t="s">
+      <c r="E49" s="2" t="s">
         <v>180</v>
       </c>
-      <c r="E49" s="2" t="s">
+      <c r="F49" s="2" t="s">
         <v>181</v>
       </c>
-      <c r="F49" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G49" s="2" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="H49" s="2" t="s">
-        <v>36</v>
+        <v>78</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K49" s="2" t="str">
         <f>J49*1023.00</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>868523</v>
       </c>
       <c r="C50" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="D50" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="D50" s="1" t="s">
+      <c r="E50" s="2" t="s">
         <v>184</v>
       </c>
-      <c r="E50" s="2" t="s">
+      <c r="F50" s="2" t="s">
         <v>185</v>
       </c>
-      <c r="F50" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G50" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>24</v>
+      </c>
+      <c r="H50" s="2">
+        <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K50" s="2" t="str">
         <f>J50*219.00</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" outlineLevel="3">
       <c r="A51" s="9" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B51" s="9"/>
       <c r="C51" s="9"/>
       <c r="D51" s="9"/>
       <c r="E51" s="9"/>
       <c r="F51" s="9"/>
       <c r="G51" s="9"/>
       <c r="H51" s="9"/>
       <c r="I51" s="9"/>
       <c r="J51" s="9"/>
       <c r="K51" s="9"/>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>818987</v>
       </c>
       <c r="C52" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D52" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="D52" s="1" t="s">
+      <c r="E52" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="E52" s="2" t="s">
+      <c r="F52" s="2" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="G52" s="2">
         <v>8</v>
       </c>
       <c r="H52" s="2" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K52" s="2" t="str">
         <f>J52*2013.00</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
         <v>818988</v>
       </c>
       <c r="C53" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D53" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="D53" s="1" t="s">
+      <c r="E53" s="2" t="s">
         <v>193</v>
       </c>
-      <c r="E53" s="2" t="s">
+      <c r="F53" s="2" t="s">
         <v>194</v>
       </c>
-      <c r="F53" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G53" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="H53" s="2" t="s">
-        <v>196</v>
+        <v>122</v>
       </c>
       <c r="I53" s="1">
         <v>0</v>
       </c>
       <c r="J53" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K53" s="2" t="str">
         <f>J53*2187.00</f>
         <v>0</v>
       </c>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
         <v>818989</v>
       </c>
       <c r="C54" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="E54" s="2" t="s">
         <v>197</v>
       </c>
-      <c r="D54" s="1" t="s">
+      <c r="F54" s="2" t="s">
         <v>198</v>
       </c>
-      <c r="E54" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G54" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="H54" s="2" t="s">
-        <v>119</v>
+        <v>78</v>
       </c>
       <c r="I54" s="1">
         <v>0</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K54" s="2" t="str">
         <f>J54*1304.00</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
         <v>818990</v>
       </c>
       <c r="C55" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="E55" s="2" t="s">
         <v>201</v>
       </c>
-      <c r="D55" s="1" t="s">
+      <c r="F55" s="2" t="s">
         <v>202</v>
       </c>
-      <c r="E55" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G55" s="2">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H55" s="2" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K55" s="2" t="str">
         <f>J55*1350.00</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A56" s="1"/>
       <c r="B56" s="1">
         <v>824489</v>
       </c>
       <c r="C56" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="E56" s="2" t="s">
         <v>205</v>
       </c>
-      <c r="D56" s="1" t="s">
+      <c r="F56" s="2" t="s">
         <v>206</v>
       </c>
-      <c r="E56" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G56" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="H56" s="2" t="s">
-        <v>57</v>
+        <v>37</v>
       </c>
       <c r="I56" s="1">
         <v>0</v>
       </c>
       <c r="J56" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K56" s="2" t="str">
         <f>J56*1928.00</f>
         <v>0</v>
       </c>
       <c r="L56" s="5"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
         <v>824490</v>
       </c>
       <c r="C57" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="E57" s="2" t="s">
         <v>209</v>
       </c>
-      <c r="D57" s="1" t="s">
+      <c r="F57" s="2" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>212</v>
       </c>
       <c r="G57" s="2">
         <v>6</v>
       </c>
       <c r="H57" s="2" t="s">
-        <v>36</v>
+        <v>78</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K57" s="2" t="str">
         <f>J57*1772.00</f>
         <v>0</v>
       </c>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="1:12" outlineLevel="2">
       <c r="A58" s="8" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="B58" s="8"/>
       <c r="C58" s="8"/>
       <c r="D58" s="8"/>
       <c r="E58" s="8"/>
       <c r="F58" s="8"/>
       <c r="G58" s="8"/>
       <c r="H58" s="8"/>
       <c r="I58" s="8"/>
       <c r="J58" s="8"/>
       <c r="K58" s="8"/>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
         <v>834474</v>
       </c>
       <c r="C59" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="E59" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="D59" s="1" t="s">
+      <c r="F59" s="2" t="s">
         <v>215</v>
       </c>
-      <c r="E59" s="2" t="s">
-[...6 lines deleted...]
-        <v>18</v>
+      <c r="G59" s="2">
+        <v>0</v>
       </c>
       <c r="H59" s="2">
         <v>0</v>
       </c>
       <c r="I59" s="1">
         <v>0</v>
       </c>
       <c r="J59" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K59" s="2" t="str">
         <f>J59*593.55</f>
         <v>0</v>
       </c>
       <c r="L59" s="5"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A60" s="1"/>
       <c r="B60" s="1">
         <v>834475</v>
       </c>
       <c r="C60" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="E60" s="2" t="s">
         <v>218</v>
       </c>
-      <c r="D60" s="1" t="s">
+      <c r="F60" s="2" t="s">
         <v>219</v>
       </c>
-      <c r="E60" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G60" s="2" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="H60" s="2">
         <v>0</v>
       </c>
       <c r="I60" s="1">
         <v>0</v>
       </c>
       <c r="J60" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K60" s="2" t="str">
         <f>J60*677.28</f>
         <v>0</v>
       </c>
       <c r="L60" s="5"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A61" s="1"/>
       <c r="B61" s="1">
         <v>834476</v>
       </c>
       <c r="C61" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="E61" s="2" t="s">
         <v>222</v>
       </c>
-      <c r="D61" s="1" t="s">
+      <c r="F61" s="2" t="s">
         <v>223</v>
-      </c>
-[...4 lines deleted...]
-        <v>225</v>
       </c>
       <c r="G61" s="2">
         <v>0</v>
       </c>
       <c r="H61" s="2">
         <v>0</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K61" s="2" t="str">
         <f>J61*1061.53</f>
         <v>0</v>
       </c>
       <c r="L61" s="5"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A62" s="1"/>
       <c r="B62" s="1">
         <v>834477</v>
       </c>
       <c r="C62" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="E62" s="2" t="s">
         <v>226</v>
       </c>
-      <c r="D62" s="1" t="s">
+      <c r="F62" s="2" t="s">
         <v>227</v>
       </c>
-      <c r="E62" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G62" s="2">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="H62" s="2">
         <v>0</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K62" s="2" t="str">
         <f>J62*585.36</f>
         <v>0</v>
       </c>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A63" s="1"/>
       <c r="B63" s="1">
         <v>834478</v>
       </c>
       <c r="C63" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="E63" s="2" t="s">
         <v>230</v>
       </c>
-      <c r="D63" s="1" t="s">
+      <c r="F63" s="2" t="s">
         <v>231</v>
       </c>
-      <c r="E63" s="2" t="s">
-[...6 lines deleted...]
-        <v>18</v>
+      <c r="G63" s="2">
+        <v>6</v>
       </c>
       <c r="H63" s="2">
         <v>0</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K63" s="2" t="str">
         <f>J63*757.94</f>
         <v>0</v>
       </c>
       <c r="L63" s="5"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A64" s="1"/>
       <c r="B64" s="1">
         <v>834479</v>
       </c>
       <c r="C64" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E64" s="2" t="s">
         <v>234</v>
       </c>
-      <c r="D64" s="1" t="s">
+      <c r="F64" s="2" t="s">
         <v>235</v>
-      </c>
-[...4 lines deleted...]
-        <v>237</v>
       </c>
       <c r="G64" s="2">
         <v>0</v>
       </c>
       <c r="H64" s="2">
         <v>0</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K64" s="2" t="str">
         <f>J64*1138.93</f>
         <v>0</v>
       </c>
       <c r="L64" s="5"/>
     </row>
     <row r="65" spans="1:12" outlineLevel="2">
       <c r="A65" s="8" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="B65" s="8"/>
       <c r="C65" s="8"/>
       <c r="D65" s="8"/>
       <c r="E65" s="8"/>
       <c r="F65" s="8"/>
       <c r="G65" s="8"/>
       <c r="H65" s="8"/>
       <c r="I65" s="8"/>
       <c r="J65" s="8"/>
       <c r="K65" s="8"/>
       <c r="L65" s="5"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
         <v>879063</v>
       </c>
       <c r="C66" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="E66" s="2" t="s">
         <v>239</v>
       </c>
-      <c r="D66" s="1" t="s">
+      <c r="F66" s="2" t="s">
         <v>240</v>
-      </c>
-[...4 lines deleted...]
-        <v>242</v>
       </c>
       <c r="G66" s="2">
         <v>0</v>
       </c>
       <c r="H66" s="2">
         <v>0</v>
       </c>
       <c r="I66" s="1">
         <v>0</v>
       </c>
       <c r="J66" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K66" s="2" t="str">
         <f>J66*3290.00</f>
         <v>0</v>
       </c>
       <c r="L66" s="5"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A67" s="1"/>
       <c r="B67" s="1">
         <v>879064</v>
       </c>
       <c r="C67" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="E67" s="2" t="s">
         <v>243</v>
       </c>
-      <c r="D67" s="1" t="s">
+      <c r="F67" s="2" t="s">
         <v>244</v>
       </c>
-      <c r="E67" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G67" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="H67" s="2">
         <v>0</v>
       </c>
       <c r="I67" s="1">
         <v>0</v>
       </c>
       <c r="J67" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K67" s="2" t="str">
         <f>J67*3390.00</f>
         <v>0</v>
       </c>
       <c r="L67" s="5"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A68" s="1"/>
       <c r="B68" s="1">
         <v>879065</v>
       </c>
       <c r="C68" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="E68" s="2" t="s">
         <v>247</v>
       </c>
-      <c r="D68" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F68" s="2" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>244</v>
+      </c>
+      <c r="G68" s="2">
+        <v>10</v>
       </c>
       <c r="H68" s="2">
         <v>0</v>
       </c>
       <c r="I68" s="1">
         <v>0</v>
       </c>
       <c r="J68" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K68" s="2" t="str">
         <f>J68*3390.00</f>
         <v>0</v>
       </c>
       <c r="L68" s="5"/>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A69" s="1"/>
       <c r="B69" s="1">
         <v>879066</v>
       </c>
       <c r="C69" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="E69" s="2" t="s">
         <v>250</v>
       </c>
-      <c r="D69" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F69" s="2" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="H69" s="2">
         <v>0</v>
       </c>
       <c r="I69" s="1">
         <v>0</v>
       </c>
       <c r="J69" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K69" s="2" t="str">
         <f>J69*3390.00</f>
         <v>0</v>
       </c>
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A70" s="1"/>
       <c r="B70" s="1">
         <v>879067</v>
       </c>
       <c r="C70" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="E70" s="2" t="s">
         <v>253</v>
       </c>
-      <c r="D70" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F70" s="2" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="H70" s="2">
         <v>0</v>
       </c>
       <c r="I70" s="1">
         <v>0</v>
       </c>
       <c r="J70" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K70" s="2" t="str">
         <f>J70*3390.00</f>
         <v>0</v>
       </c>
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A71" s="1"/>
       <c r="B71" s="1">
         <v>879068</v>
       </c>
       <c r="C71" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="E71" s="2" t="s">
         <v>256</v>
       </c>
-      <c r="D71" s="1" t="s">
+      <c r="F71" s="2" t="s">
         <v>257</v>
-      </c>
-[...4 lines deleted...]
-        <v>259</v>
       </c>
       <c r="G71" s="2">
         <v>0</v>
       </c>
       <c r="H71" s="2">
         <v>0</v>
       </c>
       <c r="I71" s="1">
         <v>0</v>
       </c>
       <c r="J71" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K71" s="2" t="str">
         <f>J71*3190.00</f>
         <v>0</v>
       </c>
       <c r="L71" s="5"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A72" s="1"/>
       <c r="B72" s="1">
         <v>879069</v>
       </c>
       <c r="C72" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="E72" s="2" t="s">
         <v>260</v>
       </c>
-      <c r="D72" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F72" s="2" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>244</v>
+      </c>
+      <c r="G72" s="2">
+        <v>5</v>
       </c>
       <c r="H72" s="2">
         <v>0</v>
       </c>
       <c r="I72" s="1">
         <v>0</v>
       </c>
       <c r="J72" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K72" s="2" t="str">
         <f>J72*3390.00</f>
         <v>0</v>
       </c>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A73" s="1"/>
       <c r="B73" s="1">
         <v>879070</v>
       </c>
       <c r="C73" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="E73" s="2" t="s">
         <v>263</v>
       </c>
-      <c r="D73" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F73" s="2" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="G73" s="2">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="H73" s="2">
         <v>0</v>
       </c>
       <c r="I73" s="1">
         <v>0</v>
       </c>
       <c r="J73" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K73" s="2" t="str">
         <f>J73*3390.00</f>
         <v>0</v>
       </c>
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A74" s="1"/>
       <c r="B74" s="1">
         <v>879083</v>
       </c>
       <c r="C74" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="E74" s="2" t="s">
         <v>266</v>
       </c>
-      <c r="D74" s="1" t="s">
+      <c r="F74" s="2" t="s">
         <v>267</v>
       </c>
-      <c r="E74" s="2" t="s">
-[...6 lines deleted...]
-        <v>57</v>
+      <c r="G74" s="2">
+        <v>0</v>
       </c>
       <c r="H74" s="2">
         <v>0</v>
       </c>
       <c r="I74" s="1">
         <v>0</v>
       </c>
       <c r="J74" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K74" s="2" t="str">
         <f>J74*3990.00</f>
         <v>0</v>
       </c>
       <c r="L74" s="5"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A75" s="1"/>
       <c r="B75" s="1">
         <v>879084</v>
       </c>
       <c r="C75" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E75" s="2" t="s">
         <v>270</v>
       </c>
-      <c r="D75" s="1" t="s">
+      <c r="F75" s="2" t="s">
         <v>271</v>
       </c>
-      <c r="E75" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G75" s="2">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="H75" s="2">
         <v>0</v>
       </c>
       <c r="I75" s="1">
         <v>0</v>
       </c>
       <c r="J75" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K75" s="2" t="str">
         <f>J75*4290.00</f>
         <v>0</v>
       </c>
       <c r="L75" s="5"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A76" s="1"/>
       <c r="B76" s="1">
         <v>879085</v>
       </c>
       <c r="C76" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="E76" s="2" t="s">
         <v>274</v>
       </c>
-      <c r="D76" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F76" s="2" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="G76" s="2">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="H76" s="2">
         <v>0</v>
       </c>
       <c r="I76" s="1">
         <v>0</v>
       </c>
       <c r="J76" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K76" s="2" t="str">
         <f>J76*4290.00</f>
         <v>0</v>
       </c>
       <c r="L76" s="5"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A77" s="1"/>
       <c r="B77" s="1">
         <v>879086</v>
       </c>
       <c r="C77" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="E77" s="2" t="s">
         <v>277</v>
       </c>
-      <c r="D77" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F77" s="2" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>271</v>
+      </c>
+      <c r="G77" s="2" t="s">
+        <v>24</v>
       </c>
       <c r="H77" s="2">
         <v>0</v>
       </c>
       <c r="I77" s="1">
         <v>0</v>
       </c>
       <c r="J77" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K77" s="2" t="str">
         <f>J77*4290.00</f>
         <v>0</v>
       </c>
       <c r="L77" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A27:K27"/>
     <mergeCell ref="A58:K58"/>