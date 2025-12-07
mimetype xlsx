--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -216,131 +216,134 @@
   <si>
     <t>Шланг газовый ПВХ  1/2 г/г  0,5м ELKA белый  (120)</t>
   </si>
   <si>
     <t>165.73 руб.</t>
   </si>
   <si>
     <t>ELK-161040</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/г  0,6м ELKA белый  (100)</t>
   </si>
   <si>
     <t>176.25 руб.</t>
   </si>
   <si>
     <t>ELK-161041</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/г  0,8м ELKA белый  (70)</t>
   </si>
   <si>
     <t>198.60 руб.</t>
   </si>
   <si>
+    <t>&gt;100</t>
+  </si>
+  <si>
+    <t>ELK-161042</t>
+  </si>
+  <si>
+    <t>Шланг газовый ПВХ  1/2 г/г  1,0м ELKA белый  (60)</t>
+  </si>
+  <si>
+    <t>221.40 руб.</t>
+  </si>
+  <si>
+    <t>ELK-161043</t>
+  </si>
+  <si>
+    <t>Шланг газовый ПВХ  1/2 г/г  1,2м ELKA белый  (50)</t>
+  </si>
+  <si>
+    <t>242.05 руб.</t>
+  </si>
+  <si>
+    <t>ELK-161044</t>
+  </si>
+  <si>
+    <t>Шланг газовый ПВХ  1/2 г/г  1,5м ELKA белый  (45)</t>
+  </si>
+  <si>
+    <t>274.30 руб.</t>
+  </si>
+  <si>
+    <t>ELK-161045</t>
+  </si>
+  <si>
+    <t>Шланг газовый ПВХ  1/2 г/г  1,8м ELKA белый  (40)</t>
+  </si>
+  <si>
+    <t>311.85 руб.</t>
+  </si>
+  <si>
+    <t>ELK-161046</t>
+  </si>
+  <si>
+    <t>Шланг газовый ПВХ  1/2 г/г  2,0м ELKA белый  (40)</t>
+  </si>
+  <si>
+    <t>332.50 руб.</t>
+  </si>
+  <si>
+    <t>&gt;10</t>
+  </si>
+  <si>
+    <t>ELK-161047</t>
+  </si>
+  <si>
+    <t>Шланг газовый ПВХ  1/2 г/г  2,5м ELKA белый  (30)</t>
+  </si>
+  <si>
+    <t>385.80 руб.</t>
+  </si>
+  <si>
+    <t>ELK-161048</t>
+  </si>
+  <si>
+    <t>Шланг газовый ПВХ  1/2 г/г  3,0м ELKA белый  (30)</t>
+  </si>
+  <si>
+    <t>437.43 руб.</t>
+  </si>
+  <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
+    <t>ELK-161049</t>
+  </si>
+  <si>
+    <t>Шланг газовый ПВХ  1/2 г/г  3,5м ELKA белый  (25)</t>
+  </si>
+  <si>
+    <t>503.65 руб.</t>
+  </si>
+  <si>
     <t>&gt;25</t>
   </si>
   <si>
-    <t>ELK-161042</t>
-[...76 lines deleted...]
-  <si>
     <t>ELK-161050</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/г  4,0м ELKA белый  (20)</t>
   </si>
   <si>
     <t>556.45 руб.</t>
   </si>
   <si>
     <t>ELK-161051</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/г  4,5м ELKA белый  (20)</t>
   </si>
   <si>
     <t>608.05 руб.</t>
   </si>
   <si>
     <t>ELK-161052</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/г  5,0м ELKA белый  (15)</t>
   </si>
   <si>
     <t>663.90 руб.</t>
@@ -477,96 +480,93 @@
   <si>
     <t>Шланг газовый ПВХ  1/2 г/ш  4,0м ELKA белый  (20)</t>
   </si>
   <si>
     <t>558.93 руб.</t>
   </si>
   <si>
     <t>ELK-161068</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/ш  4,5м ELKA белый  (20)</t>
   </si>
   <si>
     <t>610.53 руб.</t>
   </si>
   <si>
     <t>ELK-161069</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/ш  5,0м ELKA белый  (15)</t>
   </si>
   <si>
     <t>666.38 руб.</t>
   </si>
   <si>
-    <t>&gt;10</t>
-[...1 lines deleted...]
-  <si>
     <t>ELK-161070</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/ш  6,0м ELKA белый  (15)</t>
   </si>
   <si>
     <t>769.60 руб.</t>
   </si>
   <si>
     <t>GPS-340002</t>
   </si>
   <si>
     <t>MQXW60</t>
   </si>
   <si>
     <t>подводка для газа ПВХ 0,6 м г/ш  1/2" желтая (100шт)</t>
   </si>
   <si>
-    <t>91.51 руб.</t>
+    <t>85.99 руб.</t>
   </si>
   <si>
     <t>GPS-340016</t>
   </si>
   <si>
     <t>MQXW300</t>
   </si>
   <si>
     <t>подводка для газа ПВХ 3,0 м г/ш  1/2" желтая (20шт)</t>
   </si>
   <si>
-    <t>234.04 руб.</t>
+    <t>219.91 руб.</t>
   </si>
   <si>
     <t>GPS-340018</t>
   </si>
   <si>
     <t>MQXW400</t>
   </si>
   <si>
     <t>подводка для газа ПВХ 4,0 м г/ш  1/2" желтая (20шт)</t>
   </si>
   <si>
-    <t>290.73 руб.</t>
+    <t>273.18 руб.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -2576,480 +2576,480 @@
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
       <c r="L2" s="5"/>
     </row>
     <row r="3" spans="1:12" outlineLevel="1">
       <c r="A3" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="7"/>
       <c r="C3" s="7"/>
       <c r="D3" s="7"/>
       <c r="E3" s="7"/>
       <c r="F3" s="7"/>
       <c r="G3" s="7"/>
       <c r="H3" s="7"/>
       <c r="I3" s="7"/>
       <c r="J3" s="7"/>
       <c r="K3" s="7"/>
       <c r="L3" s="5"/>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A4" s="1"/>
       <c r="B4" s="1">
-        <v>821734</v>
+        <v>890562</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D4" s="1"/>
       <c r="E4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="G4" s="2">
         <v>0</v>
       </c>
       <c r="H4" s="2">
         <v>0</v>
       </c>
       <c r="I4" s="1">
         <v>0</v>
       </c>
       <c r="J4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K4" s="2" t="str">
         <f>J4*281.76</f>
         <v>0</v>
       </c>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
-        <v>821735</v>
+        <v>890563</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D5" s="1"/>
       <c r="E5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="G5" s="2">
         <v>0</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K5" s="2" t="str">
         <f>J5*300.99</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
-        <v>821736</v>
+        <v>890564</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D6" s="1"/>
       <c r="E6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G6" s="2">
         <v>0</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K6" s="2" t="str">
         <f>J6*329.38</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
-        <v>821737</v>
+        <v>890565</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D7" s="1"/>
       <c r="E7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="2">
         <v>0</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K7" s="2" t="str">
         <f>J7*386.61</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
-        <v>821738</v>
+        <v>890566</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D8" s="1"/>
       <c r="E8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G8" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*440.15</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
-        <v>821739</v>
+        <v>890567</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>28</v>
       </c>
       <c r="D9" s="1"/>
       <c r="E9" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G9" s="2">
         <v>0</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K9" s="2" t="str">
         <f>J9*898.52</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
-        <v>821740</v>
+        <v>890568</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="1"/>
       <c r="E10" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G10" s="2">
         <v>0</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K10" s="2" t="str">
         <f>J10*0.00</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
-        <v>821741</v>
+        <v>890569</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="1"/>
       <c r="E11" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>14</v>
       </c>
       <c r="G11" s="2">
         <v>0</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K11" s="2" t="str">
         <f>J11*281.76</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
-        <v>821742</v>
+        <v>890570</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="1"/>
       <c r="E12" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="G12" s="2">
         <v>0</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K12" s="2" t="str">
         <f>J12*300.99</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
-        <v>821743</v>
+        <v>890571</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="1"/>
       <c r="E13" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G13" s="2">
         <v>0</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K13" s="2" t="str">
         <f>J13*329.38</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
-        <v>821744</v>
+        <v>890572</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D14" s="1"/>
       <c r="E14" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="2">
         <v>0</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K14" s="2" t="str">
         <f>J14*386.61</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
-        <v>821745</v>
+        <v>890573</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D15" s="1"/>
       <c r="E15" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G15" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K15" s="2" t="str">
         <f>J15*440.15</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
-        <v>821746</v>
+        <v>890574</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="1"/>
       <c r="E16" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G16" s="2">
         <v>0</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K16" s="2" t="str">
         <f>J16*561.95</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
-        <v>821747</v>
+        <v>890575</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D17" s="1"/>
       <c r="E17" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G17" s="2">
         <v>0</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K17" s="2" t="str">
         <f>J17*547.03</f>
@@ -3244,1148 +3244,1148 @@
       </c>
       <c r="K23" s="2" t="str">
         <f>J23*198.60</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>883837</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D24" s="1">
         <v>4627132453234</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G24" s="2" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K24" s="2" t="str">
         <f>J24*221.40</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>883838</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="D25" s="1">
         <v>4627132453235</v>
       </c>
       <c r="E25" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="F25" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="F25" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G25" s="2" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K25" s="2" t="str">
         <f>J25*242.05</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>883839</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D26" s="1">
         <v>4627132453237</v>
       </c>
       <c r="E26" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="F26" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="F26" s="2" t="s">
-[...3 lines deleted...]
-        <v>66</v>
+      <c r="G26" s="2">
+        <v>0</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K26" s="2" t="str">
         <f>J26*274.30</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>883840</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D27" s="1">
         <v>4627132453238</v>
       </c>
       <c r="E27" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="F27" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="F27" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G27" s="2" t="s">
-        <v>80</v>
+        <v>66</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K27" s="2" t="str">
         <f>J27*311.85</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>883841</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="D28" s="1">
         <v>4627132453239</v>
       </c>
       <c r="E28" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="F28" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="G28" s="2" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
       <c r="H28" s="2">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K28" s="2" t="str">
         <f>J28*332.50</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>883842</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="D29" s="1">
         <v>4627132453240</v>
       </c>
       <c r="E29" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="F29" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="F29" s="2" t="s">
-[...3 lines deleted...]
-        <v>66</v>
+      <c r="G29" s="2">
+        <v>0</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K29" s="2" t="str">
         <f>J29*385.80</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>883843</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D30" s="1">
         <v>4627132453241</v>
       </c>
       <c r="E30" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="F30" s="2" t="s">
+      <c r="G30" s="2" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K30" s="2" t="str">
         <f>J30*437.43</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>883844</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>90</v>
       </c>
       <c r="D31" s="1">
         <v>4627132453242</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>91</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>92</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>66</v>
+        <v>93</v>
       </c>
       <c r="H31" s="2">
         <v>0</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K31" s="2" t="str">
         <f>J31*503.65</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>883845</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D32" s="1">
         <v>4627132453244</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>70</v>
+        <v>93</v>
       </c>
       <c r="H32" s="2">
         <v>0</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K32" s="2" t="str">
         <f>J32*556.45</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>883846</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D33" s="1">
         <v>4627132453245</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G33" s="2" t="s">
-        <v>66</v>
+        <v>93</v>
       </c>
       <c r="H33" s="2">
         <v>0</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K33" s="2" t="str">
         <f>J33*608.05</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>883847</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D34" s="1">
         <v>4627132453245</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>102</v>
+      </c>
+      <c r="G34" s="2">
+        <v>0</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K34" s="2" t="str">
         <f>J34*663.90</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>883848</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D35" s="1">
         <v>4627132453246</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K35" s="2" t="str">
         <f>J35*767.13</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>883849</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D36" s="1">
         <v>4627132453247</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G36" s="2">
         <v>0</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K36" s="2" t="str">
         <f>J36*146.38</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>883850</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D37" s="1">
         <v>4627132453248</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G37" s="2">
         <v>0</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K37" s="2" t="str">
         <f>J37*157.23</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>883851</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D38" s="1">
         <v>4627132453249</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="G38" s="2">
         <v>0</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K38" s="2" t="str">
         <f>J38*168.20</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>883852</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D39" s="1">
         <v>4627132453251</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G39" s="2">
         <v>0</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K39" s="2" t="str">
         <f>J39*178.73</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>883853</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D40" s="1">
         <v>4627132453252</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>70</v>
+        <v>89</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K40" s="2" t="str">
         <f>J40*201.08</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>883854</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D41" s="1">
         <v>4627132453253</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>70</v>
+        <v>89</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K41" s="2" t="str">
         <f>J41*223.88</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>883855</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D42" s="1">
         <v>4627132453254</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>70</v>
+        <v>89</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K42" s="2" t="str">
         <f>J42*244.53</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>883856</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D43" s="1">
         <v>4627132453255</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>129</v>
+      </c>
+      <c r="G43" s="2" t="s">
+        <v>93</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K43" s="2" t="str">
         <f>J43*276.78</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>883857</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D44" s="1">
         <v>4627132453256</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>66</v>
+        <v>93</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K44" s="2" t="str">
         <f>J44*314.33</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>883858</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D45" s="1">
         <v>4627132453257</v>
       </c>
       <c r="E45" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>66</v>
+        <v>89</v>
       </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
       <c r="I45" s="1">
         <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K45" s="2" t="str">
         <f>J45*334.98</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>883859</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D46" s="1">
         <v>4627132453258</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K46" s="2" t="str">
         <f>J46*388.28</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>883860</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D47" s="1">
         <v>4627132453259</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>141</v>
+      </c>
+      <c r="G47" s="2" t="s">
+        <v>93</v>
       </c>
       <c r="H47" s="2">
         <v>0</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K47" s="2" t="str">
         <f>J47*439.90</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>883861</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D48" s="1">
         <v>4627132453260</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>66</v>
+        <v>93</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K48" s="2" t="str">
         <f>J48*506.13</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>883862</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D49" s="1">
         <v>4627132453261</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>66</v>
+        <v>93</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K49" s="2" t="str">
         <f>J49*558.93</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>883863</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D50" s="1">
         <v>4627132453262</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="G50" s="2" t="s">
-        <v>66</v>
+        <v>93</v>
       </c>
       <c r="H50" s="2">
         <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K50" s="2" t="str">
         <f>J50*610.53</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
         <v>883864</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D51" s="1">
         <v>4627132453263</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>153</v>
+        <v>82</v>
       </c>
       <c r="H51" s="2">
         <v>0</v>
       </c>
       <c r="I51" s="1">
         <v>0</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K51" s="2" t="str">
         <f>J51*666.38</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>883865</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>154</v>
       </c>
       <c r="D52" s="1">
         <v>4627132453264</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>155</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>156</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>153</v>
+        <v>82</v>
       </c>
       <c r="H52" s="2">
         <v>0</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K52" s="2" t="str">
         <f>J52*769.60</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
-        <v>821669</v>
+        <v>890559</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>157</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>159</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>160</v>
       </c>
       <c r="G53" s="2">
         <v>6</v>
       </c>
       <c r="H53" s="2">
         <v>0</v>
       </c>
       <c r="I53" s="1">
         <v>0</v>
       </c>
       <c r="J53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K53" s="2" t="str">
-        <f>J53*91.51</f>
+        <f>J53*85.99</f>
         <v>0</v>
       </c>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
-        <v>821683</v>
+        <v>890560</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>161</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>162</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>163</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>164</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>66</v>
+        <v>93</v>
       </c>
       <c r="H54" s="2">
         <v>0</v>
       </c>
       <c r="I54" s="1">
         <v>0</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K54" s="2" t="str">
-        <f>J54*234.04</f>
+        <f>J54*219.91</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
-        <v>821685</v>
+        <v>890561</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>166</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>167</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>168</v>
       </c>
       <c r="G55" s="2">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="H55" s="2">
         <v>0</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K55" s="2" t="str">
-        <f>J55*290.73</f>
+        <f>J55*273.18</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A18:K18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>