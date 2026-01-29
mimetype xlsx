--- v1 (2025-12-07)
+++ v2 (2026-01-29)
@@ -228,110 +228,110 @@
   <si>
     <t>176.25 руб.</t>
   </si>
   <si>
     <t>ELK-161041</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/г  0,8м ELKA белый  (70)</t>
   </si>
   <si>
     <t>198.60 руб.</t>
   </si>
   <si>
     <t>&gt;100</t>
   </si>
   <si>
     <t>ELK-161042</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/г  1,0м ELKA белый  (60)</t>
   </si>
   <si>
     <t>221.40 руб.</t>
   </si>
   <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
     <t>ELK-161043</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/г  1,2м ELKA белый  (50)</t>
   </si>
   <si>
     <t>242.05 руб.</t>
   </si>
   <si>
     <t>ELK-161044</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/г  1,5м ELKA белый  (45)</t>
   </si>
   <si>
     <t>274.30 руб.</t>
   </si>
   <si>
     <t>ELK-161045</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/г  1,8м ELKA белый  (40)</t>
   </si>
   <si>
     <t>311.85 руб.</t>
   </si>
   <si>
     <t>ELK-161046</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/г  2,0м ELKA белый  (40)</t>
   </si>
   <si>
     <t>332.50 руб.</t>
   </si>
   <si>
+    <t>ELK-161047</t>
+  </si>
+  <si>
+    <t>Шланг газовый ПВХ  1/2 г/г  2,5м ELKA белый  (30)</t>
+  </si>
+  <si>
+    <t>385.80 руб.</t>
+  </si>
+  <si>
     <t>&gt;10</t>
   </si>
   <si>
-    <t>ELK-161047</t>
-[...7 lines deleted...]
-  <si>
     <t>ELK-161048</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/г  3,0м ELKA белый  (30)</t>
   </si>
   <si>
     <t>437.43 руб.</t>
   </si>
   <si>
-    <t>&gt;50</t>
-[...1 lines deleted...]
-  <si>
     <t>ELK-161049</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/г  3,5м ELKA белый  (25)</t>
   </si>
   <si>
     <t>503.65 руб.</t>
   </si>
   <si>
     <t>&gt;25</t>
   </si>
   <si>
     <t>ELK-161050</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/г  4,0м ELKA белый  (20)</t>
   </si>
   <si>
     <t>556.45 руб.</t>
   </si>
   <si>
     <t>ELK-161051</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/г  4,5м ELKA белый  (20)</t>
@@ -498,75 +498,75 @@
   <si>
     <t>Шланг газовый ПВХ  1/2 г/ш  5,0м ELKA белый  (15)</t>
   </si>
   <si>
     <t>666.38 руб.</t>
   </si>
   <si>
     <t>ELK-161070</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/ш  6,0м ELKA белый  (15)</t>
   </si>
   <si>
     <t>769.60 руб.</t>
   </si>
   <si>
     <t>GPS-340002</t>
   </si>
   <si>
     <t>MQXW60</t>
   </si>
   <si>
     <t>подводка для газа ПВХ 0,6 м г/ш  1/2" желтая (100шт)</t>
   </si>
   <si>
-    <t>85.99 руб.</t>
+    <t>86.50 руб.</t>
   </si>
   <si>
     <t>GPS-340016</t>
   </si>
   <si>
     <t>MQXW300</t>
   </si>
   <si>
     <t>подводка для газа ПВХ 3,0 м г/ш  1/2" желтая (20шт)</t>
   </si>
   <si>
-    <t>219.91 руб.</t>
+    <t>221.23 руб.</t>
   </si>
   <si>
     <t>GPS-340018</t>
   </si>
   <si>
     <t>MQXW400</t>
   </si>
   <si>
     <t>подводка для газа ПВХ 4,0 м г/ш  1/2" желтая (20шт)</t>
   </si>
   <si>
-    <t>273.18 руб.</t>
+    <t>274.82 руб.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -2721,51 +2721,51 @@
       <c r="J7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K7" s="2" t="str">
         <f>J7*386.61</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>890566</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D8" s="1"/>
       <c r="E8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G8" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*440.15</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>890567</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>28</v>
       </c>
       <c r="D9" s="1"/>
@@ -2952,51 +2952,51 @@
       <c r="J14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K14" s="2" t="str">
         <f>J14*386.61</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>890573</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D15" s="1"/>
       <c r="E15" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G15" s="2">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K15" s="2" t="str">
         <f>J15*440.15</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>890574</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="1"/>
@@ -3244,261 +3244,261 @@
       </c>
       <c r="K23" s="2" t="str">
         <f>J23*198.60</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>883837</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D24" s="1">
         <v>4627132453234</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G24" s="2" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K24" s="2" t="str">
         <f>J24*221.40</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>883838</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D25" s="1">
         <v>4627132453235</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K25" s="2" t="str">
         <f>J25*242.05</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>883839</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D26" s="1">
         <v>4627132453237</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>76</v>
+      </c>
+      <c r="G26" s="2" t="s">
+        <v>66</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K26" s="2" t="str">
         <f>J26*274.30</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>883840</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D27" s="1">
         <v>4627132453238</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>66</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K27" s="2" t="str">
         <f>J27*311.85</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>883841</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D28" s="1">
         <v>4627132453239</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G28" s="2" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="H28" s="2">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K28" s="2" t="str">
         <f>J28*332.50</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>883842</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>83</v>
       </c>
       <c r="D29" s="1">
         <v>4627132453240</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>84</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="G29" s="2">
-        <v>0</v>
+      <c r="G29" s="2" t="s">
+        <v>86</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K29" s="2" t="str">
         <f>J29*385.80</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>883843</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D30" s="1">
         <v>4627132453241</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K30" s="2" t="str">
         <f>J30*437.43</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>883844</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>90</v>
       </c>
       <c r="D31" s="1">
@@ -3524,51 +3524,51 @@
       </c>
       <c r="K31" s="2" t="str">
         <f>J31*503.65</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>883845</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D32" s="1">
         <v>4627132453244</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="H32" s="2">
         <v>0</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K32" s="2" t="str">
         <f>J32*556.45</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>883846</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D33" s="1">
@@ -3593,87 +3593,87 @@
         <v>15</v>
       </c>
       <c r="K33" s="2" t="str">
         <f>J33*608.05</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>883847</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>100</v>
       </c>
       <c r="D34" s="1">
         <v>4627132453245</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>101</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="G34" s="2">
-        <v>0</v>
+      <c r="G34" s="2" t="s">
+        <v>93</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K34" s="2" t="str">
         <f>J34*663.90</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>883848</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>103</v>
       </c>
       <c r="D35" s="1">
         <v>4627132453246</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>104</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K35" s="2" t="str">
         <f>J35*767.13</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>883849</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D36" s="1">
@@ -3804,156 +3804,156 @@
       </c>
       <c r="K39" s="2" t="str">
         <f>J39*178.73</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>883853</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>118</v>
       </c>
       <c r="D40" s="1">
         <v>4627132453252</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>119</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>120</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>89</v>
+        <v>70</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K40" s="2" t="str">
         <f>J40*201.08</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>883854</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>121</v>
       </c>
       <c r="D41" s="1">
         <v>4627132453253</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>122</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>89</v>
+        <v>70</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K41" s="2" t="str">
         <f>J41*223.88</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>883855</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>124</v>
       </c>
       <c r="D42" s="1">
         <v>4627132453254</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>125</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>126</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>89</v>
+        <v>70</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K42" s="2" t="str">
         <f>J42*244.53</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>883856</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>127</v>
       </c>
       <c r="D43" s="1">
         <v>4627132453255</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>129</v>
       </c>
-      <c r="G43" s="2" t="s">
-        <v>93</v>
+      <c r="G43" s="2">
+        <v>8</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K43" s="2" t="str">
         <f>J43*276.78</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>883857</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>130</v>
       </c>
       <c r="D44" s="1">
@@ -3979,86 +3979,86 @@
       </c>
       <c r="K44" s="2" t="str">
         <f>J44*314.33</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>883858</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D45" s="1">
         <v>4627132453257</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>134</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>135</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>89</v>
+        <v>70</v>
       </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
       <c r="I45" s="1">
         <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K45" s="2" t="str">
         <f>J45*334.98</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>883859</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>136</v>
       </c>
       <c r="D46" s="1">
         <v>4627132453258</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>137</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>138</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K46" s="2" t="str">
         <f>J46*388.28</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>883860</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>139</v>
       </c>
       <c r="D47" s="1">
@@ -4119,51 +4119,51 @@
       </c>
       <c r="K48" s="2" t="str">
         <f>J48*506.13</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>883862</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>145</v>
       </c>
       <c r="D49" s="1">
         <v>4627132453261</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>146</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>147</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K49" s="2" t="str">
         <f>J49*558.93</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>883863</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>148</v>
       </c>
       <c r="D50" s="1">
@@ -4189,203 +4189,203 @@
       </c>
       <c r="K50" s="2" t="str">
         <f>J50*610.53</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
         <v>883864</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D51" s="1">
         <v>4627132453263</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>152</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>153</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>82</v>
+        <v>70</v>
       </c>
       <c r="H51" s="2">
         <v>0</v>
       </c>
       <c r="I51" s="1">
         <v>0</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K51" s="2" t="str">
         <f>J51*666.38</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>883865</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>154</v>
       </c>
       <c r="D52" s="1">
         <v>4627132453264</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>155</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>156</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="H52" s="2">
         <v>0</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K52" s="2" t="str">
         <f>J52*769.60</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
         <v>890559</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>157</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>159</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>160</v>
       </c>
       <c r="G53" s="2">
         <v>6</v>
       </c>
       <c r="H53" s="2">
         <v>0</v>
       </c>
       <c r="I53" s="1">
         <v>0</v>
       </c>
       <c r="J53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K53" s="2" t="str">
-        <f>J53*85.99</f>
+        <f>J53*86.50</f>
         <v>0</v>
       </c>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
         <v>890560</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>161</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>162</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>163</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>164</v>
       </c>
       <c r="G54" s="2" t="s">
         <v>93</v>
       </c>
       <c r="H54" s="2">
         <v>0</v>
       </c>
       <c r="I54" s="1">
         <v>0</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K54" s="2" t="str">
-        <f>J54*219.91</f>
+        <f>J54*221.23</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
         <v>890561</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>166</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>167</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>168</v>
       </c>
       <c r="G55" s="2">
         <v>3</v>
       </c>
       <c r="H55" s="2">
         <v>0</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K55" s="2" t="str">
-        <f>J55*273.18</f>
+        <f>J55*274.82</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A18:K18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>