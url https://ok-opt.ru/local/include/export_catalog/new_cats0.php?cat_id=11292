--- v2 (2026-01-29)
+++ v3 (2026-03-15)
@@ -16,557 +16,782 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="244">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>Гибкая ПОДВОДКА и ШЛАНГИ для ГАЗА</t>
   </si>
   <si>
-    <t>Гибкая подводка газовая резиновая</t>
-[...8 lines deleted...]
-    <t>281.76 руб.</t>
+    <t>Гибкая подводка газовая ПВХ (белая)</t>
+  </si>
+  <si>
+    <t>ELK-161037</t>
+  </si>
+  <si>
+    <t>Шланг газовый ПВХ  1/2 г/г  0,3м ELKA белый  (100)</t>
+  </si>
+  <si>
+    <t>146.78 руб.</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
-    <t>GPS-320002</t>
-[...112 lines deleted...]
-  <si>
     <t>ELK-161038</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/г  0,4м ELKA белый  (100)</t>
   </si>
   <si>
-    <t>154.75 руб.</t>
+    <t>157.85 руб.</t>
   </si>
   <si>
     <t>ELK-161039</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/г  0,5м ELKA белый  (120)</t>
   </si>
   <si>
-    <t>165.73 руб.</t>
+    <t>169.04 руб.</t>
   </si>
   <si>
     <t>ELK-161040</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/г  0,6м ELKA белый  (100)</t>
   </si>
   <si>
-    <t>176.25 руб.</t>
+    <t>179.78 руб.</t>
   </si>
   <si>
     <t>ELK-161041</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/г  0,8м ELKA белый  (70)</t>
   </si>
   <si>
-    <t>198.60 руб.</t>
+    <t>202.57 руб.</t>
+  </si>
+  <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
+    <t>ELK-161042</t>
+  </si>
+  <si>
+    <t>Шланг газовый ПВХ  1/2 г/г  1,0м ELKA белый  (60)</t>
+  </si>
+  <si>
+    <t>225.83 руб.</t>
+  </si>
+  <si>
+    <t>&gt;25</t>
+  </si>
+  <si>
+    <t>ELK-161043</t>
+  </si>
+  <si>
+    <t>Шланг газовый ПВХ  1/2 г/г  1,2м ELKA белый  (50)</t>
+  </si>
+  <si>
+    <t>246.89 руб.</t>
+  </si>
+  <si>
+    <t>ELK-161044</t>
+  </si>
+  <si>
+    <t>Шланг газовый ПВХ  1/2 г/г  1,5м ELKA белый  (45)</t>
+  </si>
+  <si>
+    <t>279.79 руб.</t>
   </si>
   <si>
     <t>&gt;100</t>
   </si>
   <si>
-    <t>ELK-161042</t>
-[...28 lines deleted...]
-  <si>
     <t>ELK-161045</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/г  1,8м ELKA белый  (40)</t>
   </si>
   <si>
-    <t>311.85 руб.</t>
+    <t>318.09 руб.</t>
   </si>
   <si>
     <t>ELK-161046</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/г  2,0м ELKA белый  (40)</t>
   </si>
   <si>
-    <t>332.50 руб.</t>
+    <t>339.15 руб.</t>
   </si>
   <si>
     <t>ELK-161047</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/г  2,5м ELKA белый  (30)</t>
   </si>
   <si>
-    <t>385.80 руб.</t>
+    <t>393.52 руб.</t>
+  </si>
+  <si>
+    <t>ELK-161048</t>
+  </si>
+  <si>
+    <t>Шланг газовый ПВХ  1/2 г/г  3,0м ELKA белый  (30)</t>
+  </si>
+  <si>
+    <t>446.17 руб.</t>
+  </si>
+  <si>
+    <t>ELK-161049</t>
+  </si>
+  <si>
+    <t>Шланг газовый ПВХ  1/2 г/г  3,5м ELKA белый  (25)</t>
+  </si>
+  <si>
+    <t>513.72 руб.</t>
+  </si>
+  <si>
+    <t>ELK-161050</t>
+  </si>
+  <si>
+    <t>Шланг газовый ПВХ  1/2 г/г  4,0м ELKA белый  (20)</t>
+  </si>
+  <si>
+    <t>567.58 руб.</t>
   </si>
   <si>
     <t>&gt;10</t>
   </si>
   <si>
-    <t>ELK-161048</t>
-[...28 lines deleted...]
-  <si>
     <t>ELK-161051</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/г  4,5м ELKA белый  (20)</t>
   </si>
   <si>
-    <t>608.05 руб.</t>
+    <t>620.21 руб.</t>
   </si>
   <si>
     <t>ELK-161052</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/г  5,0м ELKA белый  (15)</t>
   </si>
   <si>
-    <t>663.90 руб.</t>
+    <t>677.18 руб.</t>
   </si>
   <si>
     <t>ELK-161053</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/г  6,0м ELKA белый  (15)</t>
   </si>
   <si>
-    <t>767.13 руб.</t>
+    <t>782.47 руб.</t>
   </si>
   <si>
     <t>ELK-161054</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/ш  0,3м ELKA белый  (100)</t>
   </si>
   <si>
-    <t>146.38 руб.</t>
+    <t>149.30 руб.</t>
   </si>
   <si>
     <t>ELK-161055</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/ш  0,4м ELKA белый  (100)</t>
   </si>
   <si>
-    <t>157.23 руб.</t>
+    <t>160.37 руб.</t>
   </si>
   <si>
     <t>ELK-161056</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/ш  0,5м ELKA белый  (120)</t>
   </si>
   <si>
-    <t>168.20 руб.</t>
+    <t>171.56 руб.</t>
   </si>
   <si>
     <t>ELK-161057</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/ш  0,6м ELKA белый  (100)</t>
   </si>
   <si>
-    <t>178.73 руб.</t>
+    <t>182.30 руб.</t>
   </si>
   <si>
     <t>ELK-161058</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/ш  0,8м ELKA белый  (70)</t>
   </si>
   <si>
-    <t>201.08 руб.</t>
+    <t>205.10 руб.</t>
   </si>
   <si>
     <t>ELK-161059</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/ш  1,0м ELKA белый  (60)</t>
   </si>
   <si>
-    <t>223.88 руб.</t>
+    <t>228.35 руб.</t>
   </si>
   <si>
     <t>ELK-161060</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/ш  1,2м ELKA белый  (50)</t>
   </si>
   <si>
-    <t>244.53 руб.</t>
+    <t>249.42 руб.</t>
   </si>
   <si>
     <t>ELK-161061</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/ш  1,5м ELKA белый  (45)</t>
   </si>
   <si>
-    <t>276.78 руб.</t>
+    <t>282.31 руб.</t>
   </si>
   <si>
     <t>ELK-161062</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/ш  1,8м ELKA белый  (40)</t>
   </si>
   <si>
-    <t>314.33 руб.</t>
+    <t>320.61 руб.</t>
   </si>
   <si>
     <t>ELK-161063</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/ш  2,0м ELKA белый  (40)</t>
   </si>
   <si>
-    <t>334.98 руб.</t>
+    <t>341.67 руб.</t>
   </si>
   <si>
     <t>ELK-161064</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/ш  2,5м ELKA белый  (30)</t>
   </si>
   <si>
-    <t>388.28 руб.</t>
+    <t>396.04 руб.</t>
   </si>
   <si>
     <t>ELK-161065</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/ш  3,0м ELKA белый  (30)</t>
   </si>
   <si>
-    <t>439.90 руб.</t>
+    <t>448.70 руб.</t>
   </si>
   <si>
     <t>ELK-161066</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/ш  3,5м ELKA белый  (25)</t>
   </si>
   <si>
-    <t>506.13 руб.</t>
+    <t>516.25 руб.</t>
   </si>
   <si>
     <t>ELK-161067</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/ш  4,0м ELKA белый  (20)</t>
   </si>
   <si>
-    <t>558.93 руб.</t>
+    <t>570.10 руб.</t>
   </si>
   <si>
     <t>ELK-161068</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/ш  4,5м ELKA белый  (20)</t>
   </si>
   <si>
-    <t>610.53 руб.</t>
+    <t>622.74 руб.</t>
   </si>
   <si>
     <t>ELK-161069</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/ш  5,0м ELKA белый  (15)</t>
   </si>
   <si>
-    <t>666.38 руб.</t>
+    <t>679.70 руб.</t>
   </si>
   <si>
     <t>ELK-161070</t>
   </si>
   <si>
     <t>Шланг газовый ПВХ  1/2 г/ш  6,0м ELKA белый  (15)</t>
   </si>
   <si>
-    <t>769.60 руб.</t>
+    <t>784.99 руб.</t>
   </si>
   <si>
     <t>GPS-340002</t>
   </si>
   <si>
     <t>MQXW60</t>
   </si>
   <si>
     <t>подводка для газа ПВХ 0,6 м г/ш  1/2" желтая (100шт)</t>
   </si>
   <si>
-    <t>86.50 руб.</t>
+    <t>90.65 руб.</t>
   </si>
   <si>
     <t>GPS-340016</t>
   </si>
   <si>
     <t>MQXW300</t>
   </si>
   <si>
     <t>подводка для газа ПВХ 3,0 м г/ш  1/2" желтая (20шт)</t>
   </si>
   <si>
-    <t>221.23 руб.</t>
+    <t>231.85 руб.</t>
   </si>
   <si>
     <t>GPS-340018</t>
   </si>
   <si>
     <t>MQXW400</t>
   </si>
   <si>
     <t>подводка для газа ПВХ 4,0 м г/ш  1/2" желтая (20шт)</t>
   </si>
   <si>
-    <t>274.82 руб.</t>
+    <t>288.01 руб.</t>
+  </si>
+  <si>
+    <t>Гибкая подводка газовая резиновая ELKA (черная)</t>
+  </si>
+  <si>
+    <t>ELK-200107</t>
+  </si>
+  <si>
+    <t>EL.RB.201.33.0080</t>
+  </si>
+  <si>
+    <t>Подводка резиновая для газа 0,8 м ВР-ВР в упаковке, ELKA Rubber, резина ГОСТ (1/___шт)</t>
+  </si>
+  <si>
+    <t>205.30 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200109</t>
+  </si>
+  <si>
+    <t>EL.RB.201.33.0100</t>
+  </si>
+  <si>
+    <t>Подводка резиновая для газа 1,0 м ВР-ВР в упаковке, ELKA Rubber, резина ГОСТ (1/___шт)</t>
+  </si>
+  <si>
+    <t>224.80 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200110</t>
+  </si>
+  <si>
+    <t>EL.RB.201.33.0120</t>
+  </si>
+  <si>
+    <t>Подводка резиновая для газа 1,2 м ВР-ВР в упаковке, ELKA Rubber, резина ГОСТ (1/___шт)</t>
+  </si>
+  <si>
+    <t>271.25 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200111</t>
+  </si>
+  <si>
+    <t>EL.RB.201.33.0150</t>
+  </si>
+  <si>
+    <t>Подводка резиновая для газа 1,5 м ВР-ВР в упаковке, ELKA Rubber, резина ГОСТ (45шт)</t>
+  </si>
+  <si>
+    <t>391.15 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200112</t>
+  </si>
+  <si>
+    <t>EL.RB.201.33.0180</t>
+  </si>
+  <si>
+    <t>Подводка резиновая для газа 1,8 м ВР-ВР в упаковке, ELKA Rubber, резина ГОСТ (1/___шт)</t>
+  </si>
+  <si>
+    <t>440.38 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200113</t>
+  </si>
+  <si>
+    <t>EL.RB.201.33.0200</t>
+  </si>
+  <si>
+    <t>Подводка резиновая для газа 2,0 м ВР-ВР в упаковке, ELKA Rubber, резина ГОСТ (40шт)</t>
+  </si>
+  <si>
+    <t>468.95 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200114</t>
+  </si>
+  <si>
+    <t>EL.RB.201.33.0250</t>
+  </si>
+  <si>
+    <t>Подводка резиновая для газа 2,5 м ВР-ВР в упаковке, ELKA Rubber, резина ГОСТ (1/___шт)</t>
+  </si>
+  <si>
+    <t>512.50 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200115</t>
+  </si>
+  <si>
+    <t>EL.RB.201.33.0300</t>
+  </si>
+  <si>
+    <t>Подводка резиновая для газа 3,0 м ВР-ВР в упаковке, ELKA Rubber, резина ГОСТ (30шт)</t>
+  </si>
+  <si>
+    <t>624.53 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200116</t>
+  </si>
+  <si>
+    <t>EL.RB.201.33.0350</t>
+  </si>
+  <si>
+    <t>Подводка резиновая для газа 3,5 м ВР-ВР в упаковке, ELKA Rubber, резина ГОСТ (1/___шт)</t>
+  </si>
+  <si>
+    <t>700.28 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200117</t>
+  </si>
+  <si>
+    <t>EL.RB.201.33.0400</t>
+  </si>
+  <si>
+    <t>Подводка резиновая для газа 4,0 м ВР-ВР в упаковке, ELKA Rubber, резина ГОСТ (20шт)</t>
+  </si>
+  <si>
+    <t>780.10 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200119</t>
+  </si>
+  <si>
+    <t>EL.RB.201.33.0500</t>
+  </si>
+  <si>
+    <t>Подводка резиновая для газа 5,0 м ВР-ВР в упаковке, ELKA Rubber, резина ГОСТ (1/___шт)</t>
+  </si>
+  <si>
+    <t>897.93 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200121</t>
+  </si>
+  <si>
+    <t>EL.RB.201.33.0600</t>
+  </si>
+  <si>
+    <t>Подводка резиновая для газа 6,0 м ВР-ВР в упаковке, ELKA Rubber, резина ГОСТ (1/___шт)</t>
+  </si>
+  <si>
+    <t>1 068.90 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200207</t>
+  </si>
+  <si>
+    <t>EL.RB.202.33.0080</t>
+  </si>
+  <si>
+    <t>Подводка резиновая для газа 0,8 м ВР-НАР в упаковке, ELKA Rubber, резина ГОСТ (1/___шт)</t>
+  </si>
+  <si>
+    <t>201.93 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200209</t>
+  </si>
+  <si>
+    <t>EL.RB.202.33.0100</t>
+  </si>
+  <si>
+    <t>Подводка резиновая для газа 1,0 м ВР-НАР в упаковке, ELKA Rubber, резина ГОСТ (1/___шт)</t>
+  </si>
+  <si>
+    <t>221.63 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200210</t>
+  </si>
+  <si>
+    <t>EL.RB.202.33.0120</t>
+  </si>
+  <si>
+    <t>Подводка резиновая для газа 1,2 м ВР-НАР в упаковке, ELKA Rubber, резина ГОСТ (1/___шт)</t>
+  </si>
+  <si>
+    <t>267.90 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200211</t>
+  </si>
+  <si>
+    <t>EL.RB.202.33.0150</t>
+  </si>
+  <si>
+    <t>Подводка резиновая для газа 1,5 м ВР-НАР в упаковке, ELKA Rubber, резина ГОСТ (45шт)</t>
+  </si>
+  <si>
+    <t>377.35 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200212</t>
+  </si>
+  <si>
+    <t>EL.RB.202.33.0180</t>
+  </si>
+  <si>
+    <t>Подводка резиновая для газа 1,8 м ВР-НАР в упаковке, ELKA Rubber, резина ГОСТ (1/___шт)</t>
+  </si>
+  <si>
+    <t>440.00 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200213</t>
+  </si>
+  <si>
+    <t>EL.RB.202.33.0200</t>
+  </si>
+  <si>
+    <t>Подводка резиновая для газа 2,0 м ВР-НАР в упаковке, ELKA Rubber, резина ГОСТ (40шт)</t>
+  </si>
+  <si>
+    <t>455.15 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200214</t>
+  </si>
+  <si>
+    <t>EL.RB.202.33.0250</t>
+  </si>
+  <si>
+    <t>Подводка резиновая для газа 2,5 м ВР-НАР в упаковке, ELKA Rubber, резина ГОСТ (1/___шт)</t>
+  </si>
+  <si>
+    <t>ELK-200215</t>
+  </si>
+  <si>
+    <t>EL.RB.202.33.0300</t>
+  </si>
+  <si>
+    <t>Подводка резиновая для газа 3,0 м ВР-НАР в упаковке, ELKA Rubber, резина ГОСТ (30шт)</t>
+  </si>
+  <si>
+    <t>610.73 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200216</t>
+  </si>
+  <si>
+    <t>EL.RB.202.33.0350</t>
+  </si>
+  <si>
+    <t>Подводка резиновая для газа 3,5 м ВР-НАР в упаковке, ELKA Rubber, резина ГОСТ (1/___шт)</t>
+  </si>
+  <si>
+    <t>700.00 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200217</t>
+  </si>
+  <si>
+    <t>EL.RB.202.33.0400</t>
+  </si>
+  <si>
+    <t>Подводка резиновая для газа 4,0 м ВР-НАР в упаковке, ELKA Rubber, резина ГОСТ (20шт)</t>
+  </si>
+  <si>
+    <t>766.30 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200219</t>
+  </si>
+  <si>
+    <t>EL.RB.202.33.0500</t>
+  </si>
+  <si>
+    <t>Подводка резиновая для газа 5,0 м ВР-НАР в упаковке, ELKA Rubber, резина ГОСТ (1/___шт)</t>
+  </si>
+  <si>
+    <t>894.55 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200221</t>
+  </si>
+  <si>
+    <t>EL.RB.202.33.0600</t>
+  </si>
+  <si>
+    <t>Подводка резиновая для газа 6,0 м ВР-НАР в упаковке, ELKA Rubber, резина ГОСТ (1/___шт)</t>
+  </si>
+  <si>
+    <t>1 066.88 руб.</t>
+  </si>
+  <si>
+    <t>Диэлектрические вставки</t>
+  </si>
+  <si>
+    <t>ELK-200306</t>
+  </si>
+  <si>
+    <t>Вставка диэлектрическая 1/2 г/ш (упак- 150 шт)</t>
+  </si>
+  <si>
+    <t>137.52 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200307</t>
+  </si>
+  <si>
+    <t>Вставка диэлектрическая 1/2 ш/ш (упак- 200шт)</t>
+  </si>
+  <si>
+    <t>115.81 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200308</t>
+  </si>
+  <si>
+    <t>Вставка диэлектрическая 3/4 г/ш (упак- 120 шт)</t>
+  </si>
+  <si>
+    <t>166.47 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200309</t>
+  </si>
+  <si>
+    <t>Вставка диэлектрическая 3/4 ш/ш (упак- 130шт)</t>
+  </si>
+  <si>
+    <t>156.34 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200310</t>
+  </si>
+  <si>
+    <t>EL.PF.401.22.34</t>
+  </si>
+  <si>
+    <t>Вставка диэлектрическая  переходная 1/2"-3/4", НР/НР.</t>
+  </si>
+  <si>
+    <t>154.12 руб.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -649,51 +874,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351c6af2_86a6_11e9_8101_003048fd731b_ce808722_be69_11ee_a547_047c1617b1431.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351c6af4_86a6_11e9_8101_003048fd731b_ce808724_be69_11ee_a547_047c1617b1432.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351c6af6_86a6_11e9_8101_003048fd731b_ce808726_be69_11ee_a547_047c1617b1433.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351c6af8_86a6_11e9_8101_003048fd731b_ce808728_be69_11ee_a547_047c1617b1434.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351c6afa_86a6_11e9_8101_003048fd731b_ce80872a_be69_11ee_a547_047c1617b1435.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bc75b4e_86a6_11e9_8101_003048fd731b_ce80872c_be69_11ee_a547_047c1617b1436.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bc75b50_86a6_11e9_8101_003048fd731b_ce80872e_be69_11ee_a547_047c1617b1437.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bc75b52_86a6_11e9_8101_003048fd731b_46b00cce_57f4_11ea_810f_003048fd731b8.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bc75b54_86a6_11e9_8101_003048fd731b_46b00ccf_57f4_11ea_810f_003048fd731b9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bc75b56_86a6_11e9_8101_003048fd731b_46b00cd0_57f4_11ea_810f_003048fd731b10.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bc75b58_86a6_11e9_8101_003048fd731b_46b00cd1_57f4_11ea_810f_003048fd731b11.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bc75b5a_86a6_11e9_8101_003048fd731b_46b00cd2_57f4_11ea_810f_003048fd731b12.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bc75b5c_86a6_11e9_8101_003048fd731b_46b00cd3_57f4_11ea_810f_003048fd731b13.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bc75b5e_86a6_11e9_8101_003048fd731b_46b00cd4_57f4_11ea_810f_003048fd731b14.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040c84c1_8537_11ef_a64f_047c1617b143_579e241e_5a46_11f0_a775_047c1617b14315.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040c84c3_8537_11ef_a64f_047c1617b143_579e241f_5a46_11f0_a775_047c1617b14316.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040c84c5_8537_11ef_a64f_047c1617b143_579e2420_5a46_11f0_a775_047c1617b14317.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040c84c7_8537_11ef_a64f_047c1617b143_579e2421_5a46_11f0_a775_047c1617b14318.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040c84c9_8537_11ef_a64f_047c1617b143_5dcd878f_5a46_11f0_a775_047c1617b14319.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040c84cb_8537_11ef_a64f_047c1617b143_5dcd8790_5a46_11f0_a775_047c1617b14320.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040c84cd_8537_11ef_a64f_047c1617b143_5dcd8791_5a46_11f0_a775_047c1617b14321.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040c84cf_8537_11ef_a64f_047c1617b143_5dcd8792_5a46_11f0_a775_047c1617b14322.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040c84d1_8537_11ef_a64f_047c1617b143_5dcd8793_5a46_11f0_a775_047c1617b14323.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040c84d3_8537_11ef_a64f_047c1617b143_5dcd8794_5a46_11f0_a775_047c1617b14324.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11527_8542_11ef_a64f_047c1617b143_5dcd8795_5a46_11f0_a775_047c1617b14325.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11529_8542_11ef_a64f_047c1617b143_5dcd8796_5a46_11f0_a775_047c1617b14326.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd1152b_8542_11ef_a64f_047c1617b143_5dcd8797_5a46_11f0_a775_047c1617b14327.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd1152d_8542_11ef_a64f_047c1617b143_5dcd8798_5a46_11f0_a775_047c1617b14328.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd1152f_8542_11ef_a64f_047c1617b143_5dcd8799_5a46_11f0_a775_047c1617b14329.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11531_8542_11ef_a64f_047c1617b143_5dcd879a_5a46_11f0_a775_047c1617b14330.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11533_8542_11ef_a64f_047c1617b143_5dcd879b_5a46_11f0_a775_047c1617b14331.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11535_8542_11ef_a64f_047c1617b143_5dcd879c_5a46_11f0_a775_047c1617b14332.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11537_8542_11ef_a64f_047c1617b143_5dcd879d_5a46_11f0_a775_047c1617b14333.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11539_8542_11ef_a64f_047c1617b143_5dcd879e_5a46_11f0_a775_047c1617b14334.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd1153b_8542_11ef_a64f_047c1617b143_5dcd879f_5a46_11f0_a775_047c1617b14335.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd1153d_8542_11ef_a64f_047c1617b143_5dcd87a0_5a46_11f0_a775_047c1617b14336.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd1153f_8542_11ef_a64f_047c1617b143_5dcd87a1_5a46_11f0_a775_047c1617b14337.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11541_8542_11ef_a64f_047c1617b143_5dcd87a2_5a46_11f0_a775_047c1617b14338.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11543_8542_11ef_a64f_047c1617b143_5dcd87a3_5a46_11f0_a775_047c1617b14339.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11545_8542_11ef_a64f_047c1617b143_5dcd87a4_5a46_11f0_a775_047c1617b14340.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11547_8542_11ef_a64f_047c1617b143_5dcd87a5_5a46_11f0_a775_047c1617b14341.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11549_8542_11ef_a64f_047c1617b143_5dcd87a6_5a46_11f0_a775_047c1617b14342.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd1154b_8542_11ef_a64f_047c1617b143_5dcd87a7_5a46_11f0_a775_047c1617b14343.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd1154d_8542_11ef_a64f_047c1617b143_5dcd87a8_5a46_11f0_a775_047c1617b14344.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd1154f_8542_11ef_a64f_047c1617b143_5dcd87a9_5a46_11f0_a775_047c1617b14345.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11551_8542_11ef_a64f_047c1617b143_5dcd87aa_5a46_11f0_a775_047c1617b14346.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11553_8542_11ef_a64f_047c1617b143_5dcd87ab_5a46_11f0_a775_047c1617b14347.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11555_8542_11ef_a64f_047c1617b143_5dcd87ac_5a46_11f0_a775_047c1617b14348.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351c6a6e_86a6_11e9_8101_003048fd731b_dcf34be8_27b2_11ed_a30e_00259070b48749.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351c6a8a_86a6_11e9_8101_003048fd731b_dcf34be2_27b2_11ed_a30e_00259070b48750.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351c6a8e_86a6_11e9_8101_003048fd731b_dcf34be4_27b2_11ed_a30e_00259070b48751.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040c84c1_8537_11ef_a64f_047c1617b143_579e241e_5a46_11f0_a775_047c1617b1431.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040c84c3_8537_11ef_a64f_047c1617b143_579e241f_5a46_11f0_a775_047c1617b1432.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040c84c5_8537_11ef_a64f_047c1617b143_579e2420_5a46_11f0_a775_047c1617b1433.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040c84c7_8537_11ef_a64f_047c1617b143_579e2421_5a46_11f0_a775_047c1617b1434.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040c84c9_8537_11ef_a64f_047c1617b143_5dcd878f_5a46_11f0_a775_047c1617b1435.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040c84cb_8537_11ef_a64f_047c1617b143_5dcd8790_5a46_11f0_a775_047c1617b1436.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040c84cd_8537_11ef_a64f_047c1617b143_5dcd8791_5a46_11f0_a775_047c1617b1437.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040c84cf_8537_11ef_a64f_047c1617b143_5dcd8792_5a46_11f0_a775_047c1617b1438.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040c84d1_8537_11ef_a64f_047c1617b143_5dcd8793_5a46_11f0_a775_047c1617b1439.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040c84d3_8537_11ef_a64f_047c1617b143_5dcd8794_5a46_11f0_a775_047c1617b14310.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11527_8542_11ef_a64f_047c1617b143_5dcd8795_5a46_11f0_a775_047c1617b14311.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11529_8542_11ef_a64f_047c1617b143_5dcd8796_5a46_11f0_a775_047c1617b14312.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd1152b_8542_11ef_a64f_047c1617b143_5dcd8797_5a46_11f0_a775_047c1617b14313.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd1152d_8542_11ef_a64f_047c1617b143_5dcd8798_5a46_11f0_a775_047c1617b14314.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd1152f_8542_11ef_a64f_047c1617b143_5dcd8799_5a46_11f0_a775_047c1617b14315.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11531_8542_11ef_a64f_047c1617b143_5dcd879a_5a46_11f0_a775_047c1617b14316.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11533_8542_11ef_a64f_047c1617b143_5dcd879b_5a46_11f0_a775_047c1617b14317.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11535_8542_11ef_a64f_047c1617b143_5dcd879c_5a46_11f0_a775_047c1617b14318.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11537_8542_11ef_a64f_047c1617b143_5dcd879d_5a46_11f0_a775_047c1617b14319.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11539_8542_11ef_a64f_047c1617b143_5dcd879e_5a46_11f0_a775_047c1617b14320.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd1153b_8542_11ef_a64f_047c1617b143_5dcd879f_5a46_11f0_a775_047c1617b14321.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd1153d_8542_11ef_a64f_047c1617b143_5dcd87a0_5a46_11f0_a775_047c1617b14322.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd1153f_8542_11ef_a64f_047c1617b143_5dcd87a1_5a46_11f0_a775_047c1617b14323.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11541_8542_11ef_a64f_047c1617b143_5dcd87a2_5a46_11f0_a775_047c1617b14324.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11543_8542_11ef_a64f_047c1617b143_5dcd87a3_5a46_11f0_a775_047c1617b14325.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11545_8542_11ef_a64f_047c1617b143_5dcd87a4_5a46_11f0_a775_047c1617b14326.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11547_8542_11ef_a64f_047c1617b143_5dcd87a5_5a46_11f0_a775_047c1617b14327.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11549_8542_11ef_a64f_047c1617b143_5dcd87a6_5a46_11f0_a775_047c1617b14328.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd1154b_8542_11ef_a64f_047c1617b143_5dcd87a7_5a46_11f0_a775_047c1617b14329.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd1154d_8542_11ef_a64f_047c1617b143_5dcd87a8_5a46_11f0_a775_047c1617b14330.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd1154f_8542_11ef_a64f_047c1617b143_5dcd87a9_5a46_11f0_a775_047c1617b14331.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11551_8542_11ef_a64f_047c1617b143_5dcd87aa_5a46_11f0_a775_047c1617b14332.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11553_8542_11ef_a64f_047c1617b143_5dcd87ab_5a46_11f0_a775_047c1617b14333.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd11555_8542_11ef_a64f_047c1617b143_5dcd87ac_5a46_11f0_a775_047c1617b14334.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351c6a6e_86a6_11e9_8101_003048fd731b_dcf34be8_27b2_11ed_a30e_00259070b48735.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351c6a8a_86a6_11e9_8101_003048fd731b_dcf34be2_27b2_11ed_a30e_00259070b48736.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351c6a8e_86a6_11e9_8101_003048fd731b_dcf34be4_27b2_11ed_a30e_00259070b48737.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image_4" descr="Image_4"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1078,1143 +1303,723 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="Image_17" descr="Image_17"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="Image_19" descr="Image_19"/>
+        <xdr:cNvPr id="15" name="Image_18" descr="Image_18"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="Image_20" descr="Image_20"/>
+        <xdr:cNvPr id="16" name="Image_19" descr="Image_19"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>19</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="Image_21" descr="Image_21"/>
+        <xdr:cNvPr id="17" name="Image_20" descr="Image_20"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="Image_22" descr="Image_22"/>
+        <xdr:cNvPr id="18" name="Image_21" descr="Image_21"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="Image_23" descr="Image_23"/>
+        <xdr:cNvPr id="19" name="Image_22" descr="Image_22"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="Image_24" descr="Image_24"/>
+        <xdr:cNvPr id="20" name="Image_23" descr="Image_23"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>24</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="Image_25" descr="Image_25"/>
+        <xdr:cNvPr id="21" name="Image_24" descr="Image_24"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>25</xdr:row>
+      <xdr:row>24</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="Image_26" descr="Image_26"/>
+        <xdr:cNvPr id="22" name="Image_25" descr="Image_25"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="Image_27" descr="Image_27"/>
+        <xdr:cNvPr id="23" name="Image_26" descr="Image_26"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="Image_28" descr="Image_28"/>
+        <xdr:cNvPr id="24" name="Image_27" descr="Image_27"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>28</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="Image_29" descr="Image_29"/>
+        <xdr:cNvPr id="25" name="Image_28" descr="Image_28"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>29</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="Image_30" descr="Image_30"/>
+        <xdr:cNvPr id="26" name="Image_29" descr="Image_29"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>30</xdr:row>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="Image_31" descr="Image_31"/>
+        <xdr:cNvPr id="27" name="Image_30" descr="Image_30"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="Image_32" descr="Image_32"/>
+        <xdr:cNvPr id="28" name="Image_31" descr="Image_31"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="Image_33" descr="Image_33"/>
+        <xdr:cNvPr id="29" name="Image_32" descr="Image_32"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>33</xdr:row>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="Image_34" descr="Image_34"/>
+        <xdr:cNvPr id="30" name="Image_33" descr="Image_33"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>34</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="Image_35" descr="Image_35"/>
+        <xdr:cNvPr id="31" name="Image_34" descr="Image_34"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>34</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="32" name="Image_36" descr="Image_36"/>
+        <xdr:cNvPr id="32" name="Image_35" descr="Image_35"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>36</xdr:row>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="Image_37" descr="Image_37"/>
+        <xdr:cNvPr id="33" name="Image_36" descr="Image_36"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>37</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="34" name="Image_38" descr="Image_38"/>
+        <xdr:cNvPr id="34" name="Image_37" descr="Image_37"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>38</xdr:row>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="35" name="Image_39" descr="Image_39"/>
+        <xdr:cNvPr id="35" name="Image_38" descr="Image_38"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="Image_40" descr="Image_40"/>
+        <xdr:cNvPr id="36" name="Image_39" descr="Image_39"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>40</xdr:row>
+      <xdr:row>39</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="37" name="Image_41" descr="Image_41"/>
+        <xdr:cNvPr id="37" name="Image_40" descr="Image_40"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
-        <a:stretch>
-[...418 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2481,51 +2286,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="0" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L55"/>
+  <dimension ref="A1:L71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="3" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="60" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
     <col min="10" max="10" width="11" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -2533,1870 +2338,2440 @@
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="4">
-        <f>SUM(J2:J55)</f>
+        <f>SUM(J2:J71)</f>
         <v>0</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="5"/>
     </row>
     <row r="2" spans="1:12">
       <c r="A2" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
       <c r="L2" s="5"/>
     </row>
     <row r="3" spans="1:12" outlineLevel="1">
       <c r="A3" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="7"/>
       <c r="C3" s="7"/>
       <c r="D3" s="7"/>
       <c r="E3" s="7"/>
       <c r="F3" s="7"/>
       <c r="G3" s="7"/>
       <c r="H3" s="7"/>
       <c r="I3" s="7"/>
       <c r="J3" s="7"/>
       <c r="K3" s="7"/>
       <c r="L3" s="5"/>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A4" s="1"/>
       <c r="B4" s="1">
-        <v>890562</v>
+        <v>883832</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="D4" s="1"/>
+      <c r="D4" s="1">
+        <v>4627132453230</v>
+      </c>
       <c r="E4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="G4" s="2">
         <v>0</v>
       </c>
       <c r="H4" s="2">
         <v>0</v>
       </c>
       <c r="I4" s="1">
         <v>0</v>
       </c>
       <c r="J4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K4" s="2" t="str">
-        <f>J4*281.76</f>
+        <f>J4*146.78</f>
         <v>0</v>
       </c>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
-        <v>890563</v>
+        <v>883833</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D5" s="1"/>
+      <c r="D5" s="1">
+        <v>4627132453231</v>
+      </c>
       <c r="E5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="G5" s="2">
         <v>0</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K5" s="2" t="str">
-        <f>J5*300.99</f>
+        <f>J5*157.85</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
-        <v>890564</v>
+        <v>883834</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="D6" s="1"/>
+      <c r="D6" s="1">
+        <v>4627132453232</v>
+      </c>
       <c r="E6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G6" s="2">
         <v>0</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K6" s="2" t="str">
-        <f>J6*329.38</f>
+        <f>J6*169.04</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
-        <v>890565</v>
+        <v>883835</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="D7" s="1"/>
+      <c r="D7" s="1">
+        <v>4627132453233</v>
+      </c>
       <c r="E7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="2">
         <v>0</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K7" s="2" t="str">
-        <f>J7*386.61</f>
+        <f>J7*179.78</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
-        <v>890566</v>
+        <v>883836</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="D8" s="1"/>
+      <c r="D8" s="1">
+        <v>4627132453233</v>
+      </c>
       <c r="E8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="G8" s="2">
-        <v>6</v>
+      <c r="G8" s="2" t="s">
+        <v>28</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K8" s="2" t="str">
-        <f>J8*440.15</f>
+        <f>J8*202.57</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
-        <v>890567</v>
+        <v>883837</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="D9" s="1"/>
+        <v>29</v>
+      </c>
+      <c r="D9" s="1">
+        <v>4627132453234</v>
+      </c>
       <c r="E9" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>31</v>
+      </c>
+      <c r="G9" s="2" t="s">
+        <v>32</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K9" s="2" t="str">
-        <f>J9*898.52</f>
+        <f>J9*225.83</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
-        <v>890568</v>
+        <v>883838</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="D10" s="1"/>
+        <v>33</v>
+      </c>
+      <c r="D10" s="1">
+        <v>4627132453235</v>
+      </c>
       <c r="E10" s="2" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>35</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>28</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K10" s="2" t="str">
-        <f>J10*0.00</f>
+        <f>J10*246.89</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
-        <v>890569</v>
+        <v>883839</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="D11" s="1"/>
+        <v>36</v>
+      </c>
+      <c r="D11" s="1">
+        <v>4627132453237</v>
+      </c>
       <c r="E11" s="2" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="G11" s="2">
-        <v>0</v>
+        <v>-170</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
-      <c r="I11" s="1">
-        <v>0</v>
+      <c r="I11" s="1" t="s">
+        <v>39</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K11" s="2" t="str">
-        <f>J11*281.76</f>
+        <f>J11*279.79</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
-        <v>890570</v>
+        <v>883840</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D12" s="1"/>
+        <v>40</v>
+      </c>
+      <c r="D12" s="1">
+        <v>4627132453238</v>
+      </c>
       <c r="E12" s="2" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>42</v>
+      </c>
+      <c r="G12" s="2" t="s">
+        <v>39</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K12" s="2" t="str">
-        <f>J12*300.99</f>
+        <f>J12*318.09</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
-        <v>890571</v>
+        <v>883841</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D13" s="1"/>
+        <v>43</v>
+      </c>
+      <c r="D13" s="1">
+        <v>4627132453239</v>
+      </c>
       <c r="E13" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F13" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="G13" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="H13" s="2">
+        <v>0</v>
+      </c>
+      <c r="I13" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="F13" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K13" s="2" t="str">
-        <f>J13*329.38</f>
+        <f>J13*339.15</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
-        <v>890572</v>
+        <v>883842</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="D14" s="1"/>
+        <v>46</v>
+      </c>
+      <c r="D14" s="1">
+        <v>4627132453240</v>
+      </c>
       <c r="E14" s="2" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="G14" s="2">
-        <v>0</v>
+        <v>-120</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K14" s="2" t="str">
-        <f>J14*386.61</f>
+        <f>J14*393.52</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
-        <v>890573</v>
+        <v>883843</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="D15" s="1"/>
+        <v>49</v>
+      </c>
+      <c r="D15" s="1">
+        <v>4627132453241</v>
+      </c>
       <c r="E15" s="2" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>51</v>
+      </c>
+      <c r="G15" s="2" t="s">
+        <v>39</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K15" s="2" t="str">
-        <f>J15*440.15</f>
+        <f>J15*446.17</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
-        <v>890574</v>
+        <v>883844</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="D16" s="1"/>
+        <v>52</v>
+      </c>
+      <c r="D16" s="1">
+        <v>4627132453242</v>
+      </c>
       <c r="E16" s="2" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>54</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>32</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K16" s="2" t="str">
-        <f>J16*561.95</f>
+        <f>J16*513.72</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
-        <v>890575</v>
+        <v>883845</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="D17" s="1"/>
+        <v>55</v>
+      </c>
+      <c r="D17" s="1">
+        <v>4627132453244</v>
+      </c>
       <c r="E17" s="2" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>57</v>
+      </c>
+      <c r="G17" s="2" t="s">
+        <v>58</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K17" s="2" t="str">
-        <f>J17*547.03</f>
+        <f>J17*567.58</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
-    <row r="18" spans="1:12" outlineLevel="1">
-[...12 lines deleted...]
-      <c r="K18" s="7"/>
+    <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A18" s="1"/>
+      <c r="B18" s="1">
+        <v>883846</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D18" s="1">
+        <v>4627132453245</v>
+      </c>
+      <c r="E18" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="F18" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="G18" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="H18" s="2">
+        <v>0</v>
+      </c>
+      <c r="I18" s="1">
+        <v>0</v>
+      </c>
+      <c r="J18" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="K18" s="2" t="str">
+        <f>J18*620.21</f>
+        <v>0</v>
+      </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
-        <v>883832</v>
+        <v>883847</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D19" s="1">
-        <v>4627132453230</v>
+        <v>4627132453245</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="G19" s="2">
         <v>0</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K19" s="2" t="str">
-        <f>J19*143.90</f>
+        <f>J19*677.18</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
-        <v>883833</v>
+        <v>883848</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="D20" s="1">
-        <v>4627132453231</v>
+        <v>4627132453246</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>67</v>
+      </c>
+      <c r="G20" s="2" t="s">
+        <v>58</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K20" s="2" t="str">
-        <f>J20*154.75</f>
+        <f>J20*782.47</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
-        <v>883834</v>
+        <v>883849</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="D21" s="1">
-        <v>4627132453232</v>
+        <v>4627132453247</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="G21" s="2">
         <v>0</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K21" s="2" t="str">
-        <f>J21*165.73</f>
+        <f>J21*149.30</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
-        <v>883835</v>
+        <v>883850</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="D22" s="1">
-        <v>4627132453233</v>
+        <v>4627132453248</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="G22" s="2">
         <v>0</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K22" s="2" t="str">
-        <f>J22*176.25</f>
+        <f>J22*160.37</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
-        <v>883836</v>
+        <v>883851</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="D23" s="1">
-        <v>4627132453233</v>
+        <v>4627132453249</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>76</v>
+      </c>
+      <c r="G23" s="2">
+        <v>0</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K23" s="2" t="str">
-        <f>J23*198.60</f>
+        <f>J23*171.56</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
-        <v>883837</v>
+        <v>883852</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="D24" s="1">
-        <v>4627132453234</v>
+        <v>4627132453251</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>68</v>
+        <v>78</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>79</v>
+      </c>
+      <c r="G24" s="2">
+        <v>0</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K24" s="2" t="str">
-        <f>J24*221.40</f>
+        <f>J24*182.30</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
-        <v>883838</v>
+        <v>883853</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="D25" s="1">
-        <v>4627132453235</v>
+        <v>4627132453252</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>70</v>
+        <v>32</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K25" s="2" t="str">
-        <f>J25*242.05</f>
+        <f>J25*205.10</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
-        <v>883839</v>
+        <v>883854</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>74</v>
+        <v>83</v>
       </c>
       <c r="D26" s="1">
-        <v>4627132453237</v>
+        <v>4627132453253</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K26" s="2" t="str">
-        <f>J26*274.30</f>
+        <f>J26*228.35</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
-        <v>883840</v>
+        <v>883855</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="D27" s="1">
-        <v>4627132453238</v>
+        <v>4627132453254</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>66</v>
+        <v>32</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K27" s="2" t="str">
-        <f>J27*311.85</f>
+        <f>J27*249.42</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
-        <v>883841</v>
+        <v>883856</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="D28" s="1">
-        <v>4627132453239</v>
+        <v>4627132453255</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>91</v>
+      </c>
+      <c r="G28" s="2">
+        <v>-164</v>
       </c>
       <c r="H28" s="2">
         <v>0</v>
       </c>
-      <c r="I28" s="1">
-        <v>0</v>
+      <c r="I28" s="1" t="s">
+        <v>39</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K28" s="2" t="str">
-        <f>J28*332.50</f>
+        <f>J28*282.31</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
-        <v>883842</v>
+        <v>883857</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
       <c r="D29" s="1">
-        <v>4627132453240</v>
+        <v>4627132453256</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>86</v>
+        <v>32</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K29" s="2" t="str">
-        <f>J29*385.80</f>
+        <f>J29*320.61</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
-        <v>883843</v>
+        <v>883858</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="D30" s="1">
-        <v>4627132453241</v>
+        <v>4627132453257</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>66</v>
+        <v>32</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K30" s="2" t="str">
-        <f>J30*437.43</f>
+        <f>J30*341.67</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
-        <v>883844</v>
+        <v>883859</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="D31" s="1">
-        <v>4627132453242</v>
+        <v>4627132453258</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>93</v>
+        <v>32</v>
       </c>
       <c r="H31" s="2">
         <v>0</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K31" s="2" t="str">
-        <f>J31*503.65</f>
+        <f>J31*396.04</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
-        <v>883845</v>
+        <v>883860</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="D32" s="1">
-        <v>4627132453244</v>
+        <v>4627132453259</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>103</v>
+      </c>
+      <c r="G32" s="2">
+        <v>0</v>
       </c>
       <c r="H32" s="2">
         <v>0</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K32" s="2" t="str">
-        <f>J32*556.45</f>
+        <f>J32*448.70</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
-        <v>883846</v>
+        <v>883861</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="D33" s="1">
-        <v>4627132453245</v>
+        <v>4627132453260</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="G33" s="2" t="s">
-        <v>93</v>
+        <v>58</v>
       </c>
       <c r="H33" s="2">
         <v>0</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K33" s="2" t="str">
-        <f>J33*608.05</f>
+        <f>J33*516.25</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
-        <v>883847</v>
+        <v>883862</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="D34" s="1">
-        <v>4627132453245</v>
+        <v>4627132453261</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>93</v>
+        <v>58</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K34" s="2" t="str">
-        <f>J34*663.90</f>
+        <f>J34*570.10</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
-        <v>883848</v>
+        <v>883863</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="D35" s="1">
-        <v>4627132453246</v>
+        <v>4627132453262</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>86</v>
+        <v>32</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K35" s="2" t="str">
-        <f>J35*767.13</f>
+        <f>J35*622.74</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
-        <v>883849</v>
+        <v>883864</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="D36" s="1">
-        <v>4627132453247</v>
+        <v>4627132453263</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>115</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>28</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K36" s="2" t="str">
-        <f>J36*146.38</f>
+        <f>J36*679.70</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
-        <v>883850</v>
+        <v>883865</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="D37" s="1">
-        <v>4627132453248</v>
+        <v>4627132453264</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>118</v>
+      </c>
+      <c r="G37" s="2" t="s">
+        <v>58</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K37" s="2" t="str">
-        <f>J37*157.23</f>
+        <f>J37*784.99</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
-        <v>883851</v>
+        <v>890559</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>4627132453249</v>
+        <v>119</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>120</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="G38" s="2">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K38" s="2" t="str">
-        <f>J38*168.20</f>
+        <f>J38*90.65</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
-        <v>883852</v>
+        <v>890560</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>4627132453251</v>
+        <v>123</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>124</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>126</v>
+      </c>
+      <c r="G39" s="2" t="s">
+        <v>32</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K39" s="2" t="str">
-        <f>J39*178.73</f>
+        <f>J39*231.85</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
-        <v>883853</v>
+        <v>890561</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>4627132453252</v>
+        <v>127</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>128</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>130</v>
+      </c>
+      <c r="G40" s="2">
+        <v>0</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K40" s="2" t="str">
-        <f>J40*201.08</f>
+        <f>J40*288.01</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
-    <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
-[...31 lines deleted...]
-      </c>
+    <row r="41" spans="1:12" outlineLevel="1">
+      <c r="A41" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="B41" s="7"/>
+      <c r="C41" s="7"/>
+      <c r="D41" s="7"/>
+      <c r="E41" s="7"/>
+      <c r="F41" s="7"/>
+      <c r="G41" s="7"/>
+      <c r="H41" s="7"/>
+      <c r="I41" s="7"/>
+      <c r="J41" s="7"/>
+      <c r="K41" s="7"/>
       <c r="L41" s="5"/>
     </row>
-    <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="42" spans="1:12" outlineLevel="3">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
-        <v>883855</v>
+        <v>954532</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>4627132453254</v>
+        <v>132</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>133</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>125</v>
+        <v>134</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>135</v>
+      </c>
+      <c r="G42" s="2">
+        <v>-2</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
-      <c r="I42" s="1">
-        <v>0</v>
+      <c r="I42" s="1" t="s">
+        <v>32</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K42" s="2" t="str">
-        <f>J42*244.53</f>
+        <f>J42*205.30</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
-    <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="43" spans="1:12" outlineLevel="3">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
-        <v>883856</v>
+        <v>954533</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>4627132453255</v>
+        <v>136</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>137</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>129</v>
+        <v>139</v>
       </c>
       <c r="G43" s="2">
-        <v>8</v>
+        <v>-12</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
-      <c r="I43" s="1">
-        <v>0</v>
+      <c r="I43" s="1" t="s">
+        <v>32</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K43" s="2" t="str">
-        <f>J43*276.78</f>
+        <f>J43*224.80</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
-    <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="44" spans="1:12" outlineLevel="3">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
-        <v>883857</v>
+        <v>954534</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>4627132453256</v>
+        <v>140</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>141</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>143</v>
+      </c>
+      <c r="G44" s="2">
+        <v>-7</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
-      <c r="I44" s="1">
-        <v>0</v>
+      <c r="I44" s="1" t="s">
+        <v>32</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K44" s="2" t="str">
-        <f>J44*314.33</f>
+        <f>J44*271.25</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
-    <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="45" spans="1:12" outlineLevel="3">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
-        <v>883858</v>
+        <v>954535</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>4627132453257</v>
+        <v>144</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>145</v>
       </c>
       <c r="E45" s="2" t="s">
-        <v>134</v>
+        <v>146</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>147</v>
+      </c>
+      <c r="G45" s="2">
+        <v>-32</v>
       </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
-      <c r="I45" s="1">
-        <v>0</v>
+      <c r="I45" s="1" t="s">
+        <v>32</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K45" s="2" t="str">
-        <f>J45*334.98</f>
+        <f>J45*391.15</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
-    <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="46" spans="1:12" outlineLevel="3">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
-        <v>883859</v>
+        <v>954536</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-        <v>4627132453258</v>
+        <v>148</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>149</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>137</v>
+        <v>150</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>151</v>
+      </c>
+      <c r="G46" s="2">
+        <v>0</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
-      <c r="I46" s="1">
-        <v>0</v>
+      <c r="I46" s="1" t="s">
+        <v>58</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K46" s="2" t="str">
-        <f>J46*388.28</f>
+        <f>J46*440.38</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
-    <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="47" spans="1:12" outlineLevel="3">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
-        <v>883860</v>
+        <v>954537</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>4627132453259</v>
+        <v>152</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>153</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>140</v>
+        <v>154</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>155</v>
+      </c>
+      <c r="G47" s="2">
+        <v>-24</v>
       </c>
       <c r="H47" s="2">
         <v>0</v>
       </c>
-      <c r="I47" s="1">
-        <v>0</v>
+      <c r="I47" s="1" t="s">
+        <v>32</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K47" s="2" t="str">
-        <f>J47*439.90</f>
+        <f>J47*468.95</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
-    <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="48" spans="1:12" outlineLevel="3">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
-        <v>883861</v>
+        <v>954538</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>4627132453260</v>
+        <v>156</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>157</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>143</v>
+        <v>158</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>159</v>
+      </c>
+      <c r="G48" s="2">
+        <v>-2</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
-      <c r="I48" s="1">
-        <v>0</v>
+      <c r="I48" s="1" t="s">
+        <v>58</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K48" s="2" t="str">
-        <f>J48*506.13</f>
+        <f>J48*512.50</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
-    <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="49" spans="1:12" outlineLevel="3">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
-        <v>883862</v>
+        <v>954539</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>4627132453261</v>
+        <v>160</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>161</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>146</v>
+        <v>162</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>163</v>
+      </c>
+      <c r="G49" s="2">
+        <v>-18</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
-      <c r="I49" s="1">
-        <v>0</v>
+      <c r="I49" s="1" t="s">
+        <v>32</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K49" s="2" t="str">
-        <f>J49*558.93</f>
+        <f>J49*624.53</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
-    <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="50" spans="1:12" outlineLevel="3">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
-        <v>883863</v>
+        <v>954540</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>4627132453262</v>
+        <v>164</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>165</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>149</v>
+        <v>166</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>167</v>
+      </c>
+      <c r="G50" s="2">
+        <v>0</v>
       </c>
       <c r="H50" s="2">
         <v>0</v>
       </c>
-      <c r="I50" s="1">
-        <v>0</v>
+      <c r="I50" s="1" t="s">
+        <v>58</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K50" s="2" t="str">
-        <f>J50*610.53</f>
+        <f>J50*700.28</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
-    <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="51" spans="1:12" outlineLevel="3">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
-        <v>883864</v>
+        <v>954541</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>4627132453263</v>
+        <v>168</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>169</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>152</v>
+        <v>170</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>171</v>
+      </c>
+      <c r="G51" s="2">
+        <v>-3</v>
       </c>
       <c r="H51" s="2">
         <v>0</v>
       </c>
-      <c r="I51" s="1">
-        <v>0</v>
+      <c r="I51" s="1" t="s">
+        <v>58</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K51" s="2" t="str">
-        <f>J51*666.38</f>
+        <f>J51*780.10</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
-    <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="52" spans="1:12" outlineLevel="3">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
-        <v>883865</v>
+        <v>954542</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>4627132453264</v>
+        <v>172</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>173</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>155</v>
+        <v>174</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>175</v>
+      </c>
+      <c r="G52" s="2">
+        <v>-7</v>
       </c>
       <c r="H52" s="2">
         <v>0</v>
       </c>
-      <c r="I52" s="1">
-        <v>0</v>
+      <c r="I52" s="1" t="s">
+        <v>58</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K52" s="2" t="str">
-        <f>J52*769.60</f>
+        <f>J52*897.93</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
-    <row r="53" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="53" spans="1:12" outlineLevel="3">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
-        <v>890559</v>
+        <v>954543</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>157</v>
+        <v>176</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>158</v>
+        <v>177</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>159</v>
+        <v>178</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>160</v>
+        <v>179</v>
       </c>
       <c r="G53" s="2">
-        <v>6</v>
+        <v>-3</v>
       </c>
       <c r="H53" s="2">
         <v>0</v>
       </c>
-      <c r="I53" s="1">
-        <v>0</v>
+      <c r="I53" s="1" t="s">
+        <v>58</v>
       </c>
       <c r="J53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K53" s="2" t="str">
-        <f>J53*86.50</f>
+        <f>J53*1068.90</f>
         <v>0</v>
       </c>
       <c r="L53" s="5"/>
     </row>
-    <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="54" spans="1:12" outlineLevel="3">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
-        <v>890560</v>
+        <v>954544</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>161</v>
+        <v>180</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>162</v>
+        <v>181</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>163</v>
+        <v>182</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>183</v>
+      </c>
+      <c r="G54" s="2">
+        <v>-5</v>
       </c>
       <c r="H54" s="2">
         <v>0</v>
       </c>
-      <c r="I54" s="1">
-        <v>0</v>
+      <c r="I54" s="1" t="s">
+        <v>32</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K54" s="2" t="str">
-        <f>J54*221.23</f>
+        <f>J54*201.93</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
-    <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="55" spans="1:12" outlineLevel="3">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
-        <v>890561</v>
+        <v>954545</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>165</v>
+        <v>184</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>166</v>
+        <v>185</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>167</v>
+        <v>186</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>168</v>
+        <v>187</v>
       </c>
       <c r="G55" s="2">
-        <v>3</v>
+        <v>-5</v>
       </c>
       <c r="H55" s="2">
         <v>0</v>
       </c>
-      <c r="I55" s="1">
-        <v>0</v>
+      <c r="I55" s="1" t="s">
+        <v>32</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K55" s="2" t="str">
-        <f>J55*274.82</f>
+        <f>J55*221.63</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
+    </row>
+    <row r="56" spans="1:12" outlineLevel="3">
+      <c r="A56" s="1"/>
+      <c r="B56" s="1">
+        <v>954546</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="E56" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="F56" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="G56" s="2">
+        <v>-2</v>
+      </c>
+      <c r="H56" s="2">
+        <v>0</v>
+      </c>
+      <c r="I56" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="J56" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="K56" s="2" t="str">
+        <f>J56*267.90</f>
+        <v>0</v>
+      </c>
+      <c r="L56" s="5"/>
+    </row>
+    <row r="57" spans="1:12" outlineLevel="3">
+      <c r="A57" s="1"/>
+      <c r="B57" s="1">
+        <v>954547</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="E57" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="F57" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="G57" s="2">
+        <v>-20</v>
+      </c>
+      <c r="H57" s="2">
+        <v>0</v>
+      </c>
+      <c r="I57" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="J57" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="K57" s="2" t="str">
+        <f>J57*377.35</f>
+        <v>0</v>
+      </c>
+      <c r="L57" s="5"/>
+    </row>
+    <row r="58" spans="1:12" outlineLevel="3">
+      <c r="A58" s="1"/>
+      <c r="B58" s="1">
+        <v>954548</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="E58" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="F58" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="G58" s="2">
+        <v>0</v>
+      </c>
+      <c r="H58" s="2">
+        <v>0</v>
+      </c>
+      <c r="I58" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="J58" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="K58" s="2" t="str">
+        <f>J58*440.00</f>
+        <v>0</v>
+      </c>
+      <c r="L58" s="5"/>
+    </row>
+    <row r="59" spans="1:12" outlineLevel="3">
+      <c r="A59" s="1"/>
+      <c r="B59" s="1">
+        <v>954549</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="E59" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="F59" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="G59" s="2">
+        <v>-15</v>
+      </c>
+      <c r="H59" s="2">
+        <v>0</v>
+      </c>
+      <c r="I59" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="J59" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="K59" s="2" t="str">
+        <f>J59*455.15</f>
+        <v>0</v>
+      </c>
+      <c r="L59" s="5"/>
+    </row>
+    <row r="60" spans="1:12" outlineLevel="3">
+      <c r="A60" s="1"/>
+      <c r="B60" s="1">
+        <v>954550</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="E60" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="F60" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="G60" s="2">
+        <v>0</v>
+      </c>
+      <c r="H60" s="2">
+        <v>0</v>
+      </c>
+      <c r="I60" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="J60" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="K60" s="2" t="str">
+        <f>J60*512.50</f>
+        <v>0</v>
+      </c>
+      <c r="L60" s="5"/>
+    </row>
+    <row r="61" spans="1:12" outlineLevel="3">
+      <c r="A61" s="1"/>
+      <c r="B61" s="1">
+        <v>954551</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="E61" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="F61" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="G61" s="2">
+        <v>-10</v>
+      </c>
+      <c r="H61" s="2">
+        <v>0</v>
+      </c>
+      <c r="I61" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="J61" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="K61" s="2" t="str">
+        <f>J61*610.73</f>
+        <v>0</v>
+      </c>
+      <c r="L61" s="5"/>
+    </row>
+    <row r="62" spans="1:12" outlineLevel="3">
+      <c r="A62" s="1"/>
+      <c r="B62" s="1">
+        <v>954552</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E62" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="F62" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G62" s="2">
+        <v>0</v>
+      </c>
+      <c r="H62" s="2">
+        <v>0</v>
+      </c>
+      <c r="I62" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="J62" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="K62" s="2" t="str">
+        <f>J62*700.00</f>
+        <v>0</v>
+      </c>
+      <c r="L62" s="5"/>
+    </row>
+    <row r="63" spans="1:12" outlineLevel="3">
+      <c r="A63" s="1"/>
+      <c r="B63" s="1">
+        <v>954553</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="E63" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="F63" s="2" t="s">
+        <v>218</v>
+      </c>
+      <c r="G63" s="2">
+        <v>0</v>
+      </c>
+      <c r="H63" s="2">
+        <v>0</v>
+      </c>
+      <c r="I63" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="J63" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="K63" s="2" t="str">
+        <f>J63*766.30</f>
+        <v>0</v>
+      </c>
+      <c r="L63" s="5"/>
+    </row>
+    <row r="64" spans="1:12" outlineLevel="3">
+      <c r="A64" s="1"/>
+      <c r="B64" s="1">
+        <v>954554</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="E64" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="F64" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="G64" s="2">
+        <v>-5</v>
+      </c>
+      <c r="H64" s="2">
+        <v>0</v>
+      </c>
+      <c r="I64" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="J64" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="K64" s="2" t="str">
+        <f>J64*894.55</f>
+        <v>0</v>
+      </c>
+      <c r="L64" s="5"/>
+    </row>
+    <row r="65" spans="1:12" outlineLevel="3">
+      <c r="A65" s="1"/>
+      <c r="B65" s="1">
+        <v>954555</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="E65" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="F65" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="G65" s="2">
+        <v>0</v>
+      </c>
+      <c r="H65" s="2">
+        <v>0</v>
+      </c>
+      <c r="I65" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="J65" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="K65" s="2" t="str">
+        <f>J65*1066.88</f>
+        <v>0</v>
+      </c>
+      <c r="L65" s="5"/>
+    </row>
+    <row r="66" spans="1:12" outlineLevel="1">
+      <c r="A66" s="7" t="s">
+        <v>227</v>
+      </c>
+      <c r="B66" s="7"/>
+      <c r="C66" s="7"/>
+      <c r="D66" s="7"/>
+      <c r="E66" s="7"/>
+      <c r="F66" s="7"/>
+      <c r="G66" s="7"/>
+      <c r="H66" s="7"/>
+      <c r="I66" s="7"/>
+      <c r="J66" s="7"/>
+      <c r="K66" s="7"/>
+      <c r="L66" s="5"/>
+    </row>
+    <row r="67" spans="1:12" outlineLevel="3">
+      <c r="A67" s="1"/>
+      <c r="B67" s="1">
+        <v>954561</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D67" s="1">
+        <v>17004000044</v>
+      </c>
+      <c r="E67" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F67" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="G67" s="2">
+        <v>0</v>
+      </c>
+      <c r="H67" s="2">
+        <v>0</v>
+      </c>
+      <c r="I67" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="J67" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="K67" s="2" t="str">
+        <f>J67*137.52</f>
+        <v>0</v>
+      </c>
+      <c r="L67" s="5"/>
+    </row>
+    <row r="68" spans="1:12" outlineLevel="3">
+      <c r="A68" s="1"/>
+      <c r="B68" s="1">
+        <v>954562</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D68" s="1">
+        <v>17004000046</v>
+      </c>
+      <c r="E68" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="F68" s="2" t="s">
+        <v>233</v>
+      </c>
+      <c r="G68" s="2">
+        <v>0</v>
+      </c>
+      <c r="H68" s="2">
+        <v>0</v>
+      </c>
+      <c r="I68" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="J68" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="K68" s="2" t="str">
+        <f>J68*115.81</f>
+        <v>0</v>
+      </c>
+      <c r="L68" s="5"/>
+    </row>
+    <row r="69" spans="1:12" outlineLevel="3">
+      <c r="A69" s="1"/>
+      <c r="B69" s="1">
+        <v>954563</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="D69" s="1">
+        <v>17004000045</v>
+      </c>
+      <c r="E69" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="F69" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="G69" s="2">
+        <v>-2</v>
+      </c>
+      <c r="H69" s="2">
+        <v>0</v>
+      </c>
+      <c r="I69" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="J69" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="K69" s="2" t="str">
+        <f>J69*166.47</f>
+        <v>0</v>
+      </c>
+      <c r="L69" s="5"/>
+    </row>
+    <row r="70" spans="1:12" outlineLevel="3">
+      <c r="A70" s="1"/>
+      <c r="B70" s="1">
+        <v>954564</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D70" s="1">
+        <v>17004000047</v>
+      </c>
+      <c r="E70" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="F70" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="G70" s="2">
+        <v>-2</v>
+      </c>
+      <c r="H70" s="2">
+        <v>0</v>
+      </c>
+      <c r="I70" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="J70" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="K70" s="2" t="str">
+        <f>J70*156.34</f>
+        <v>0</v>
+      </c>
+      <c r="L70" s="5"/>
+    </row>
+    <row r="71" spans="1:12" outlineLevel="3">
+      <c r="A71" s="1"/>
+      <c r="B71" s="1">
+        <v>954565</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="E71" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="F71" s="2" t="s">
+        <v>243</v>
+      </c>
+      <c r="G71" s="2">
+        <v>-2</v>
+      </c>
+      <c r="H71" s="2">
+        <v>0</v>
+      </c>
+      <c r="I71" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="J71" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="K71" s="2" t="str">
+        <f>J71*154.12</f>
+        <v>0</v>
+      </c>
+      <c r="L71" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
-    <mergeCell ref="A18:K18"/>
+    <mergeCell ref="A41:K41"/>
+    <mergeCell ref="A66:K66"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>