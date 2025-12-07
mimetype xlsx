--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -17,265 +17,265 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1749">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1779">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>Краны шаровые запорные для ВОДЫ</t>
   </si>
   <si>
     <t>Краны запорные шаровые</t>
   </si>
   <si>
     <t>Краны шаровые АТМ</t>
   </si>
   <si>
     <t>ZAP-330001</t>
   </si>
   <si>
     <t>VR205-01</t>
   </si>
   <si>
     <t>Кран шар. АТМ стандарт проход бабочка 1/2" вн.-вн. (14/160шт)</t>
   </si>
   <si>
-    <t>223.21 руб.</t>
+    <t>223.13 руб.</t>
   </si>
   <si>
     <t>&gt;100</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>ZAP-330002</t>
   </si>
   <si>
     <t>VR205-02</t>
   </si>
   <si>
     <t>Кран шар. АТМ стандарт  проход  бабочка 3/4" вн.-вн. (10/120шт)</t>
   </si>
   <si>
-    <t>308.03 руб.</t>
+    <t>307.91 руб.</t>
   </si>
   <si>
     <t>&gt;25</t>
   </si>
   <si>
     <t>ZAP-330003</t>
   </si>
   <si>
     <t>VR205-03</t>
   </si>
   <si>
     <t>Кран шар. АТМ стандарт  проход  бабочка 1" вн.-вн. (10/100шт)</t>
   </si>
   <si>
-    <t>482.13 руб.</t>
+    <t>481.95 руб.</t>
   </si>
   <si>
     <t>ZAP-330004</t>
   </si>
   <si>
     <t>VR206-01</t>
   </si>
   <si>
     <t>Кран шар. АТМ стандарт  проход бабочка 1/2" вн.-нар. (10/160шт)</t>
   </si>
   <si>
-    <t>230.65 руб.</t>
+    <t>230.56 руб.</t>
   </si>
   <si>
     <t>ZAP-330005</t>
   </si>
   <si>
     <t>VR206-02</t>
   </si>
   <si>
     <t>Кран шар. АТМ стандарт  проход бабочка 3/4" вн.-нар. (10/120шт)</t>
   </si>
   <si>
-    <t>321.42 руб.</t>
+    <t>321.30 руб.</t>
   </si>
   <si>
     <t>ZAP-330006</t>
   </si>
   <si>
     <t>VR206-03</t>
   </si>
   <si>
     <t>Кран шар. АТМ стандарт  проход бабочка 1" вн.-нар. (10/100шт)</t>
   </si>
   <si>
-    <t>504.46 руб.</t>
+    <t>504.26 руб.</t>
   </si>
   <si>
     <t>ZAP-330007</t>
   </si>
   <si>
     <t>VR207-01</t>
   </si>
   <si>
     <t>Кран шар. АТМ стандарт  проход  рукоятка 1/2" вн.-вн. (14/160шт)</t>
   </si>
   <si>
-    <t>226.19 руб.</t>
+    <t>226.10 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-330008</t>
+  </si>
+  <si>
+    <t>VR207-02</t>
+  </si>
+  <si>
+    <t>Кран шар. АТМ стандарт  проход  рукоятка 3/4" вн.-вн. (14/160шт)</t>
+  </si>
+  <si>
+    <t>315.35 руб.</t>
+  </si>
+  <si>
+    <t>&gt;10</t>
+  </si>
+  <si>
+    <t>ZAP-330009</t>
+  </si>
+  <si>
+    <t>VR207-03</t>
+  </si>
+  <si>
+    <t>Кран шар. АТМ стандарт проход  рукоятка 1" вн.-вн. (10/100шт)</t>
+  </si>
+  <si>
+    <t>478.98 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-330013</t>
+  </si>
+  <si>
+    <t>VR208-01</t>
+  </si>
+  <si>
+    <t>Кран шар. АТМ стандарт проход рукоятка 1/2" вн.-нар. (10/160шт)</t>
+  </si>
+  <si>
+    <t>ZAP-330014</t>
+  </si>
+  <si>
+    <t>VR208-02</t>
+  </si>
+  <si>
+    <t>Кран шар. АТМ стандарт проход рукоятка 3/4" вн.-нар. (10/120шт)</t>
+  </si>
+  <si>
+    <t>327.25 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-330015</t>
+  </si>
+  <si>
+    <t>VR208-03</t>
+  </si>
+  <si>
+    <t>Кран шар. АТМ стандарт проход рукоятка 1" вн.-нар. (10/100шт)</t>
+  </si>
+  <si>
+    <t>498.31 руб.</t>
+  </si>
+  <si>
+    <t>Краны шаровые VALTEC</t>
+  </si>
+  <si>
+    <t>Краны шаровые VALTEC BASE</t>
+  </si>
+  <si>
+    <t>VLC-1134001</t>
+  </si>
+  <si>
+    <t>VT.247.N.04</t>
+  </si>
+  <si>
+    <t>Кран шар. для подкл. датчика темп., 1/2" (16 /144шт)</t>
+  </si>
+  <si>
+    <t>587.00 руб.</t>
   </si>
   <si>
     <t>&gt;50</t>
   </si>
   <si>
-    <t>ZAP-330008</t>
-[...76 lines deleted...]
-  <si>
     <t>&gt;500</t>
   </si>
   <si>
     <t>VLC-1134002</t>
   </si>
   <si>
     <t>VT.247.N.05</t>
   </si>
   <si>
     <t>Кран шар. для подкл. датчика темп., 3/4" (12 /108шт)</t>
   </si>
   <si>
     <t>857.00 руб.</t>
   </si>
   <si>
     <t>VLC-1134003</t>
   </si>
   <si>
     <t>VT.247.N.06</t>
   </si>
   <si>
     <t>Кран шар. для подкл. датчика темп., 1" (8 /64шт)</t>
   </si>
   <si>
     <t>1 307.00 руб.</t>
@@ -2125,936 +2125,948 @@
   <si>
     <t>VT.121.N.06</t>
   </si>
   <si>
     <t>Кран шаровой СТАНДАРТ, никель, длинная рукоятка 1", вн.-нар. PN40 (ГОСТ)</t>
   </si>
   <si>
     <t>865.00 руб.</t>
   </si>
   <si>
     <t>Краны шаровые VIEIR</t>
   </si>
   <si>
     <t>Краны шаровые VIEIR BASIC</t>
   </si>
   <si>
     <t>STP-410014</t>
   </si>
   <si>
     <t>VR1119</t>
   </si>
   <si>
     <t>Кран дренажный со съёмным металлическим штуцером 1/2"  (200/1шт)</t>
   </si>
   <si>
-    <t>374.99 руб.</t>
+    <t>374.85 руб.</t>
   </si>
   <si>
     <t>VER-000127</t>
   </si>
   <si>
     <t>VER61</t>
   </si>
   <si>
     <t>Кран шаровой с удлиненным штоком 1/2" F/F НИКЕЛЬ "ViEiR"(96/6шт)</t>
   </si>
   <si>
-    <t>587.79 руб.</t>
+    <t>587.56 руб.</t>
   </si>
   <si>
     <t>VER-000157</t>
   </si>
   <si>
     <t>VR200-07</t>
   </si>
   <si>
     <t>Кран шаровой 2 1/2" F/F  (ручка) НИКЕЛЬ  "ViEiR"(4/1шт)</t>
   </si>
   <si>
-    <t>7 377.85 руб.</t>
+    <t>7 375.03 руб.</t>
   </si>
   <si>
     <t>VER-000158</t>
   </si>
   <si>
     <t>VR200-08</t>
   </si>
   <si>
     <t>Кран шаровой 3" F/F  (ручка) НИКЕЛЬ  "ViEiR"(4/1шт)</t>
   </si>
   <si>
-    <t>10 429.88 руб.</t>
+    <t>10 425.89 руб.</t>
   </si>
   <si>
     <t>VER-000159</t>
   </si>
   <si>
     <t>VR200-09</t>
   </si>
   <si>
     <t>Кран шаровой 4" F/F  (ручка) НИКЕЛЬ  "ViEiR"(2/1шт)</t>
   </si>
   <si>
-    <t>15 371.76 руб.</t>
+    <t>15 365.88 руб.</t>
   </si>
   <si>
     <t>VER-000301</t>
   </si>
   <si>
     <t>VER62</t>
   </si>
   <si>
     <t>Кран шаровой с удлиненным штоком 1/2" вн-нар "ViEiR"(96/12шт)</t>
   </si>
   <si>
-    <t>613.08 руб.</t>
+    <t>612.85 руб.</t>
   </si>
   <si>
     <t>VER-000381</t>
   </si>
   <si>
     <t>VER48A</t>
   </si>
   <si>
     <t>Кран угловой с американкой и кольцевым уплотнением 3/4" "ViEiR"(64/8шт)</t>
   </si>
   <si>
-    <t>860.10 руб.</t>
+    <t>859.78 руб.</t>
   </si>
   <si>
     <t>VER-000382</t>
   </si>
   <si>
     <t>VER48B</t>
   </si>
   <si>
-    <t>824.39 руб.</t>
+    <t>824.08 руб.</t>
   </si>
   <si>
     <t>VER-001241</t>
   </si>
   <si>
     <t>VR169</t>
   </si>
   <si>
     <t>Кран шаровой mini сливной со штуцером,никелированный G3/8" (100/5шт)</t>
   </si>
   <si>
     <t>VER-001321</t>
   </si>
   <si>
     <t>VR230FF</t>
   </si>
   <si>
     <t>Кран шаровой с пластиковой ручкой Г/Г 1/2" (120/12шт)</t>
   </si>
   <si>
-    <t>419.64 руб.</t>
+    <t>419.48 руб.</t>
   </si>
   <si>
     <t>VER-001322</t>
   </si>
   <si>
     <t>VR230FM</t>
   </si>
   <si>
     <t>Кран шаровой с пластиковой ручкой Г/Ш 1/2" (120/12шт)</t>
   </si>
   <si>
-    <t>443.44 руб.</t>
+    <t>443.28 руб.</t>
   </si>
   <si>
     <t>ZAP-310001</t>
   </si>
   <si>
     <t>VR200-01</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. усиленный, стальная рукоятка 1/2" вн.-вн. (14/112шт)</t>
   </si>
   <si>
-    <t>377.97 руб.</t>
+    <t>377.83 руб.</t>
   </si>
   <si>
     <t>ZAP-310002</t>
   </si>
   <si>
     <t>VR200-02</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. усиленный, стальная рукоятка 3/4" вн.-вн. (10/80шт)</t>
   </si>
   <si>
-    <t>555.05 руб.</t>
+    <t>554.84 руб.</t>
   </si>
   <si>
     <t>ZAP-310003</t>
   </si>
   <si>
     <t>VR200-03</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. усиленный, стальная рукоятка 1" вн.-вн. (10/60шт)</t>
   </si>
   <si>
-    <t>880.94 руб.</t>
+    <t>880.60 руб.</t>
   </si>
   <si>
     <t>ZAP-310004</t>
   </si>
   <si>
     <t>VR200-04</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. усиленный, стальная рукоятка 1 1/4" вн.-вн. (6/36шт)</t>
   </si>
   <si>
-    <t>1 437.48 руб.</t>
+    <t>1 436.93 руб.</t>
   </si>
   <si>
     <t>ZAP-310005</t>
   </si>
   <si>
     <t>VR200-05</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. усиленный, стальная рукоятка 1 1/2" вн.-вн. (4/24шт)</t>
   </si>
   <si>
-    <t>2 328.83 руб.</t>
+    <t>2 327.94 руб.</t>
   </si>
   <si>
     <t>ZAP-310006</t>
   </si>
   <si>
     <t>VR200-06</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. усиленный, стальная рукоятка 2" вн.-вн. (2/12шт)</t>
   </si>
   <si>
-    <t>3 547.56 руб.</t>
+    <t>3 546.20 руб.</t>
   </si>
   <si>
     <t>ZAP-310007</t>
   </si>
   <si>
     <t>VR202-01</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. усиленный, стальная рукоятка 1/2" вн.-нар. (14/112шт)</t>
   </si>
   <si>
-    <t>397.31 руб.</t>
+    <t>397.16 руб.</t>
   </si>
   <si>
     <t>ZAP-310008</t>
   </si>
   <si>
     <t>VR202-02</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. усиленный, стальная рукоятка 3/4" вн.-нар. (10/80шт)</t>
   </si>
   <si>
-    <t>596.72 руб.</t>
+    <t>596.49 руб.</t>
   </si>
   <si>
     <t>ZAP-310009</t>
   </si>
   <si>
     <t>VR202-03</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. усиленный, стальная рукоятка 1" вн.-нар. (10/60шт)</t>
   </si>
   <si>
-    <t>952.36 руб.</t>
+    <t>952.00 руб.</t>
   </si>
   <si>
     <t>ZAP-310010</t>
   </si>
   <si>
     <t>VR202-04</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. усиленный, стальная рукоятка 1 1/4" вн.-нар. (6/36шт)</t>
   </si>
   <si>
-    <t>1 502.95 руб.</t>
+    <t>1 502.38 руб.</t>
   </si>
   <si>
     <t>ZAP-310011</t>
   </si>
   <si>
     <t>VR202-05</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. усиленный, стальная рукоятка 1 1/2" вн.-нар. (4/24шт)</t>
   </si>
   <si>
-    <t>2 409.19 руб.</t>
+    <t>2 408.26 руб.</t>
   </si>
   <si>
     <t>ZAP-310012</t>
   </si>
   <si>
     <t>VR202-06</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. усиленный, стальная рукоятка 2" вн.-нар. (2/12шт)</t>
   </si>
   <si>
-    <t>3 761.84 руб.</t>
+    <t>3 760.40 руб.</t>
   </si>
   <si>
     <t>ZAP-310013</t>
   </si>
   <si>
     <t>VR201-01</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. усиленный, рукоятка бабочка 1/2" вн.-вн. (14/112шт)</t>
   </si>
   <si>
-    <t>369.04 руб.</t>
+    <t>368.90 руб.</t>
   </si>
   <si>
     <t>ZAP-310014</t>
   </si>
   <si>
     <t>VR201-02</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. усиленный, рукоятка бабочка 3/4" вн.-вн. (10/80шт)</t>
   </si>
   <si>
     <t>ZAP-310015</t>
   </si>
   <si>
     <t>VR201-03</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. усиленный, рукоятка бабочка 1" вн.-вн. (10/60шт)</t>
   </si>
   <si>
-    <t>894.33 руб.</t>
+    <t>893.99 руб.</t>
   </si>
   <si>
     <t>ZAP-310016</t>
   </si>
   <si>
     <t>VR203-01</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. усиленный, рукоятка бабочка 1/2" вн.-нар. (10/112шт)</t>
   </si>
   <si>
-    <t>404.76 руб.</t>
+    <t>404.60 руб.</t>
   </si>
   <si>
     <t>ZAP-310017</t>
   </si>
   <si>
     <t>VR203-02</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. усиленный, рукоятка бабочка 3/4" вн.-нар. (10/80шт)</t>
   </si>
   <si>
-    <t>611.60 руб.</t>
+    <t>611.36 руб.</t>
   </si>
   <si>
     <t>ZAP-310018</t>
   </si>
   <si>
     <t>VR203-03</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. усиленный, рукоятка бабочка 1" вн.-нар. (10/60шт)</t>
   </si>
   <si>
-    <t>956.83 руб.</t>
+    <t>956.46 руб.</t>
   </si>
   <si>
     <t>ZAP-310019</t>
   </si>
   <si>
     <t>VR105-03</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. усиленный, рукоятка бабочка 1/2" нар.-нар. (12/120шт)</t>
   </si>
   <si>
-    <t>413.68 руб.</t>
+    <t>413.53 руб.</t>
   </si>
   <si>
     <t>ZAP-310020</t>
   </si>
   <si>
     <t>VR105-04</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. усиленный, рукоятка бабочка 3/4" нар.-нар. (12/120шт)</t>
   </si>
   <si>
-    <t>599.69 руб.</t>
+    <t>599.46 руб.</t>
   </si>
   <si>
     <t>ZAP-310021</t>
   </si>
   <si>
     <t>VR204-01</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. усиленный с полусгоном 1/2" вн.-нар. (10/80шт)</t>
   </si>
   <si>
-    <t>501.48 руб.</t>
+    <t>501.29 руб.</t>
   </si>
   <si>
     <t>ZAP-310022</t>
   </si>
   <si>
     <t>VR204-02</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. усиленный с полусгоном 3/4" вн.-нар. (8/64шт)</t>
   </si>
   <si>
-    <t>761.89 руб.</t>
+    <t>761.60 руб.</t>
   </si>
   <si>
     <t>ZAP-310023</t>
   </si>
   <si>
     <t>VR204-03</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. усиленный с полусгоном 1" вн.-нар. (6/48шт)</t>
   </si>
   <si>
-    <t>1 229.15 руб.</t>
+    <t>1 228.68 руб.</t>
   </si>
   <si>
     <t>ZAP-310024</t>
   </si>
   <si>
     <t>VR204-04</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. усиленный с полусгоном 1 1/4" вн.-нар. (5/30шт)</t>
   </si>
   <si>
-    <t>2 034.19 руб.</t>
+    <t>2 033.41 руб.</t>
   </si>
   <si>
     <t>ZAP-310025</t>
   </si>
   <si>
     <t>VER47</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. усиленный угловой с полусгоном 1/2" вн.-нар. (14/112шт)</t>
   </si>
   <si>
     <t>ZAP-310026</t>
   </si>
   <si>
     <t>VER48</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. усиленный угловой с полусгоном 3/4" вн.-нар. (10/80шт)</t>
   </si>
   <si>
-    <t>836.30 руб.</t>
+    <t>835.98 руб.</t>
   </si>
   <si>
     <t>ZAP-310027</t>
   </si>
   <si>
     <t>VER49</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. усиленный угловой с полусгоном 1" вн.-нар. (10/60шт)</t>
   </si>
   <si>
-    <t>1 360.10 руб.</t>
+    <t>1 359.58 руб.</t>
   </si>
   <si>
     <t>ZAP-310028</t>
   </si>
   <si>
     <t>VR204-01A</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. белая ручка с доп уплотнением  усиленный с полусгоном 1/2" вн.-нар. (10/80шт)</t>
   </si>
   <si>
-    <t>534.22 руб.</t>
+    <t>534.01 руб.</t>
   </si>
   <si>
     <t>ZAP-310029</t>
   </si>
   <si>
     <t>VR204-02A</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. белая ручка  с доп уплотнением усиленный с полусгоном 3/4" вн.-нар. (8/64шт)</t>
   </si>
   <si>
-    <t>802.07 руб.</t>
+    <t>801.76 руб.</t>
   </si>
   <si>
     <t>ZAP-310030</t>
   </si>
   <si>
     <t>VR204-03А</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. белая ручка с доп уплотнением усиленный с полусгоном 1" вн.-нар. (6/48шт)</t>
   </si>
   <si>
-    <t>1 288.67 руб.</t>
+    <t>1 288.18 руб.</t>
   </si>
   <si>
     <t>ZAP-310031</t>
   </si>
   <si>
     <t>VR204-01B</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. белая ручка усиленный с полусгоном 1/2" вн.-нар. (10/80шт)</t>
   </si>
   <si>
     <t>ZAP-310032</t>
   </si>
   <si>
     <t>VR204-02B</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. белая ручка усиленный с полусгоном 3/4" вн.-нар. (8/64шт)</t>
   </si>
   <si>
     <t>ZAP-310033</t>
   </si>
   <si>
     <t>VR204-03B</t>
   </si>
   <si>
     <t>Кран шар. полнопроход. белая ручка усиленный с полусгоном 1" вн.-нар. (6/48шт)</t>
   </si>
   <si>
     <t>ZAP-310034</t>
   </si>
   <si>
     <t>VERS52</t>
   </si>
   <si>
     <t>Кран угловой с накидной гайкой 1/2" вн-вн VR (14/112шт)</t>
   </si>
   <si>
     <t>ZAP-310035</t>
   </si>
   <si>
     <t>VERS53</t>
   </si>
   <si>
     <t>Кран угловой с накидной гайкой 3/4" вн-вн VR (8/96шт)</t>
   </si>
   <si>
-    <t>744.03 руб.</t>
+    <t>743.75 руб.</t>
   </si>
   <si>
     <t>ZAP-310036</t>
   </si>
   <si>
     <t>VERS50</t>
   </si>
   <si>
     <t>Кран прямой с накидной гайкой  1/2" вн-вн VR (14/112шт)</t>
   </si>
   <si>
-    <t>489.58 руб.</t>
+    <t>489.39 руб.</t>
   </si>
   <si>
     <t>ZAP-310037</t>
   </si>
   <si>
     <t>VERS51</t>
   </si>
   <si>
     <t>Кран прямой с накидной гайкой  3/4" вн-вн VR (8/80шт)</t>
   </si>
   <si>
-    <t>727.67 руб.</t>
+    <t>727.39 руб.</t>
   </si>
   <si>
     <t>ZAP-310038</t>
   </si>
   <si>
     <t>GL192</t>
   </si>
   <si>
     <t>Кран шаровой трехходовой 1/2" VR (1/30шт)</t>
   </si>
   <si>
-    <t>620.53 руб.</t>
+    <t>620.29 руб.</t>
   </si>
   <si>
     <t>ZAP-310039</t>
   </si>
   <si>
     <t>GL193</t>
   </si>
   <si>
     <t>Кран шаровой трехходовой 3/4" VR (1/30шт)</t>
   </si>
   <si>
-    <t>830.34 руб.</t>
+    <t>830.03 руб.</t>
   </si>
   <si>
     <t>ZAP-310040</t>
   </si>
   <si>
     <t>GL194</t>
   </si>
   <si>
     <t>Кран шаровой трехходовой 1" VR (1/30шт)</t>
   </si>
   <si>
-    <t>1 316.94 руб.</t>
+    <t>1 316.44 руб.</t>
   </si>
   <si>
     <t>ZAP-310041</t>
   </si>
   <si>
     <t>VER47A</t>
   </si>
   <si>
     <t>Кран шар. VIEIR полнопроход. белая ручка с доп уплотнением  усиленный угловой с полусгоном 1/2" вн.-</t>
   </si>
   <si>
-    <t>562.49 руб.</t>
+    <t>562.28 руб.</t>
   </si>
   <si>
     <t>ZAP-310042</t>
   </si>
   <si>
     <t>VER49A</t>
   </si>
   <si>
     <t>Кран шар. VIEIR полнопроход. белая ручка с доп уплотнением  усиленный угловой с полусгоном 1" вн.-на</t>
   </si>
   <si>
-    <t>1 403.25 руб.</t>
+    <t>1 402.71 руб.</t>
   </si>
   <si>
     <t>ZAP-310043</t>
   </si>
   <si>
     <t>VER47B</t>
   </si>
   <si>
     <t>Кран шар. VIEIR полнопроход. белая ручка  усиленный угловой с полусгоном 1/2" вн.-нар. (4/80шт)</t>
   </si>
   <si>
-    <t>520.82 руб.</t>
+    <t>520.63 руб.</t>
   </si>
   <si>
     <t>ZAP-310044</t>
   </si>
   <si>
     <t>VER49B</t>
   </si>
   <si>
     <t>Кран шар. VIEIR полнопроход. белая ручка  усиленный угловой с полусгоном 1" вн.-нар. (2/48шт)</t>
   </si>
   <si>
     <t>ZAP-310045</t>
   </si>
   <si>
     <t>VERS55</t>
   </si>
   <si>
     <t>Кран прямой с накидной гайкой 1" вн-вн VIEIR (6/48шт)</t>
   </si>
   <si>
-    <t>1 132.42 руб.</t>
+    <t>1 131.99 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310046</t>
+  </si>
+  <si>
+    <t>VR203-01A</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный, БЕЛАЯ бабочка 1/2" вн.-нар. ViEiR (10/112шт)</t>
   </si>
   <si>
     <t>Краны шаровые VIEIR  VER PRO</t>
   </si>
   <si>
     <t>VER-000160</t>
   </si>
   <si>
     <t>VP224-01</t>
   </si>
   <si>
     <t>Кран шаровый с американкой 1/2"  "VER-PRO" (56шт)</t>
   </si>
   <si>
-    <t>635.41 руб.</t>
+    <t>635.16 руб.</t>
   </si>
   <si>
     <t>VER-000161</t>
   </si>
   <si>
     <t>VP224-02</t>
   </si>
   <si>
     <t>Кран шаровый с американкой 3/4""VER-PRO" (40шт)</t>
   </si>
   <si>
-    <t>906.23 руб.</t>
+    <t>905.89 руб.</t>
   </si>
   <si>
     <t>VER-000162</t>
   </si>
   <si>
     <t>VP224-03</t>
   </si>
   <si>
     <t>Кран шаровый с американкой1" "VER-PRO" (24шт)</t>
   </si>
   <si>
-    <t>1 587.77 руб.</t>
+    <t>1 587.16 руб.</t>
   </si>
   <si>
     <t>ZAP-390101</t>
   </si>
   <si>
     <t>VP220-01</t>
   </si>
   <si>
     <t>Кран шаровой 1/2" F/F (бабочка) НИКЕЛЬ "VER-PRO" (120/12шт)</t>
   </si>
   <si>
-    <t>391.36 руб.</t>
+    <t>391.21 руб.</t>
   </si>
   <si>
     <t>ZAP-390102</t>
   </si>
   <si>
     <t>VP220-02</t>
   </si>
   <si>
     <t>Кран шаровой 3/4" F/F  (бабочка) НИКЕЛЬ"VER-PRO"(100/10шт)</t>
   </si>
   <si>
-    <t>592.25 руб.</t>
+    <t>592.03 руб.</t>
   </si>
   <si>
     <t>ZAP-390103</t>
   </si>
   <si>
     <t>VP220-03</t>
   </si>
   <si>
     <t>Кран шаровой 1"  F/F (бабочка) НИКЕЛЬ"VER-PRO"(60/6шт)</t>
   </si>
   <si>
-    <t>976.17 руб.</t>
+    <t>975.80 руб.</t>
   </si>
   <si>
     <t>ZAP-390104</t>
   </si>
   <si>
     <t>VP221-01</t>
   </si>
   <si>
     <t>Кран шаровой 1/2" F/М (бабочка) НИКЕЛЬ" VER-PRO"(120/12шт)</t>
   </si>
   <si>
-    <t>449.40 руб.</t>
+    <t>449.23 руб.</t>
   </si>
   <si>
     <t>ZAP-390105</t>
   </si>
   <si>
     <t>VP221-02</t>
   </si>
   <si>
     <t>Кран шаровой 3/4" F/М (бабочка) НИКЕЛЬ "VER-PRO"(100/10шт)</t>
   </si>
   <si>
-    <t>616.06 руб.</t>
+    <t>615.83 руб.</t>
   </si>
   <si>
     <t>ZAP-390106</t>
   </si>
   <si>
     <t>VP221-03</t>
   </si>
   <si>
     <t>Кран шаровой 1"  F/М (бабочка) НИКЕЛЬ"VER-PRO"(60/6шт)</t>
   </si>
   <si>
-    <t>988.08 руб.</t>
+    <t>987.70 руб.</t>
   </si>
   <si>
     <t>ZAP-390107</t>
   </si>
   <si>
     <t>VP222-01</t>
   </si>
   <si>
     <t>Кран шаровой 1/2" F/F  (ручка) НИКЕЛЬ  "VER-PRO"(120/12шт)</t>
   </si>
   <si>
-    <t>415.17 руб.</t>
+    <t>415.01 руб.</t>
   </si>
   <si>
     <t>ZAP-390108</t>
   </si>
   <si>
     <t>VP222-02</t>
   </si>
   <si>
     <t>Кран шаровой 3/4" F/F  (ручка)  НИКЕЛЬ "VER-PRO"(100/10шт)</t>
   </si>
   <si>
-    <t>589.28 руб.</t>
+    <t>589.05 руб.</t>
   </si>
   <si>
     <t>ZAP-390109</t>
   </si>
   <si>
     <t>VP222-03</t>
   </si>
   <si>
     <t>Кран шаровой 1" F/F ручка) НИКЕЛЬ  "VER-PRO"(60/6шт)</t>
   </si>
   <si>
-    <t>1 014.86 руб.</t>
+    <t>1 014.48 руб.</t>
   </si>
   <si>
     <t>ZAP-390110</t>
   </si>
   <si>
     <t>VP222-04</t>
   </si>
   <si>
     <t>Кран шаровой 1"1/4" F/F (ручка) НИКЕЛЬ "VER-PRO"(32/4шт)</t>
   </si>
   <si>
-    <t>1 443.43 руб.</t>
+    <t>1 442.88 руб.</t>
   </si>
   <si>
     <t>ZAP-390111</t>
   </si>
   <si>
     <t>VP222-05</t>
   </si>
   <si>
     <t>Кран шаровой 1"1/2" F/F . (ручка) НИКЕЛЬ  "VER-PRO"(24/2шт)</t>
   </si>
   <si>
-    <t>2 211.27 руб.</t>
+    <t>2 210.43 руб.</t>
   </si>
   <si>
     <t>ZAP-390112</t>
   </si>
   <si>
     <t>VP222-06</t>
   </si>
   <si>
     <t>Кран шаровой 2" F/F  (ручка) НИКЕЛЬ  "VER-PRO"(16/2шт)</t>
   </si>
   <si>
-    <t>3 346.67 руб.</t>
+    <t>3 345.39 руб.</t>
   </si>
   <si>
     <t>ZAP-390113</t>
   </si>
   <si>
     <t>VP223-01</t>
   </si>
   <si>
     <t>Кран шаровой 1/2" F/М (ручка) НИКЕЛЬ "VER-PRO"(120/12шт)</t>
   </si>
   <si>
+    <t>435.84 руб.</t>
+  </si>
+  <si>
     <t>ZAP-390114</t>
   </si>
   <si>
     <t>VP223-02</t>
   </si>
   <si>
     <t>Кран шаровой 3/4" F/М (ручка) НИКЕЛЬ "VER-PRO"(100/10шт)</t>
   </si>
   <si>
-    <t>601.18 руб.</t>
+    <t>600.95 руб.</t>
   </si>
   <si>
     <t>ZAP-390115</t>
   </si>
   <si>
     <t>VP223-03</t>
   </si>
   <si>
     <t>Кран шаровой 1" F/М  (ручка) НИКЕЛЬ  "VER-PRO"(60/6шт)</t>
   </si>
   <si>
-    <t>1 025.28 руб.</t>
+    <t>1 024.89 руб.</t>
   </si>
   <si>
     <t>ZAP-390116</t>
   </si>
   <si>
     <t>VP223-04</t>
   </si>
   <si>
     <t>Кран шаровой 11/4" F/М  (ручка) НИКЕЛЬ "VER-PRO"(32/4шт)</t>
   </si>
   <si>
-    <t>1 534.20 руб.</t>
+    <t>1 533.61 руб.</t>
   </si>
   <si>
     <t>ZAP-390117</t>
   </si>
   <si>
     <t>VP223-05</t>
   </si>
   <si>
     <t>Кран шаровой 11/2" F/М (ручка) НИКЕЛЬ "VER-PRO"(24/2шт)</t>
   </si>
   <si>
-    <t>2 267.82 руб.</t>
+    <t>2 266.95 руб.</t>
   </si>
   <si>
     <t>ZAP-390118</t>
   </si>
   <si>
     <t>VP223-06</t>
   </si>
   <si>
     <t>Кран шаровой 2" F/М (ручка) НИКЕЛЬ "VER-PRO"(16/2шт)</t>
   </si>
   <si>
-    <t>3 529.70 руб.</t>
+    <t>3 528.35 руб.</t>
   </si>
   <si>
     <t>Краны шаровые ZEGOR</t>
   </si>
   <si>
     <t>Краны шаровые ZEGOR BASIC</t>
   </si>
   <si>
     <t>ZGR-000001</t>
   </si>
   <si>
     <t>FB11</t>
   </si>
   <si>
     <t>Кран шаровый Pn40 латунь никель 1/2" вн-вн бабочка (1/80шт)</t>
   </si>
   <si>
     <t>365.91 руб.</t>
   </si>
   <si>
     <t>ZGR-000002</t>
   </si>
   <si>
     <t>FB12</t>
   </si>
@@ -4018,864 +4030,942 @@
   <si>
     <t>309.51 руб.</t>
   </si>
   <si>
     <t>OTM-110053</t>
   </si>
   <si>
     <t>кран шаровой 1  вр/нар бабочка латунь никель PN40 COMPACT (10/100шт)</t>
   </si>
   <si>
     <t>396.72 руб.</t>
   </si>
   <si>
     <t>Краны шаровые ТЕБО полнопроходные ГОСТ</t>
   </si>
   <si>
     <t>ALT-120001</t>
   </si>
   <si>
     <t>T-КШ.101.12.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/ВН  1/2" ручка (10/80)</t>
   </si>
   <si>
-    <t>408.02 руб.</t>
+    <t>393.96 руб.</t>
   </si>
   <si>
     <t>ALT-120002</t>
   </si>
   <si>
     <t>T-КШ.101.34.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/ВН  3/4" ручка (7/56)</t>
   </si>
   <si>
-    <t>578.20 руб.</t>
+    <t>558.27 руб.</t>
   </si>
   <si>
     <t>ALT-120003</t>
   </si>
   <si>
     <t>T-КШ.101.1.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/ВН  1" ручка (4/32) (шт.)</t>
   </si>
   <si>
-    <t>980.34 руб.</t>
+    <t>946.54 руб.</t>
   </si>
   <si>
     <t>ALT-120004</t>
   </si>
   <si>
     <t>T-КШ.101.114.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/ВН 1.1/4" ручка (2/18)</t>
   </si>
   <si>
-    <t>1 530.71 руб.</t>
+    <t>1 477.93 руб.</t>
   </si>
   <si>
     <t>ALT-120005</t>
   </si>
   <si>
     <t>T-КШ.101.112.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/ВН 1.1/2" ручка (2/12)</t>
   </si>
   <si>
-    <t>2 295.39 руб.</t>
+    <t>2 216.25 руб.</t>
   </si>
   <si>
     <t>ALT-120006</t>
   </si>
   <si>
     <t>T-КШ.101.2.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/ВН   2" ручка (2/8) (шт.)</t>
   </si>
   <si>
-    <t>3 459.72 руб.</t>
+    <t>3 340.43 руб.</t>
   </si>
   <si>
     <t>ALT-120007</t>
   </si>
   <si>
     <t>T-КШ.202.12.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/НАР  1/2" ручка (8/64)</t>
   </si>
   <si>
-    <t>428.39 руб.</t>
+    <t>413.62 руб.</t>
   </si>
   <si>
     <t>ALT-120008</t>
   </si>
   <si>
     <t>Т-КШ.202.34.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/НАР  3/4" ручка (6/48)</t>
   </si>
   <si>
-    <t>613.96 руб.</t>
+    <t>592.79 руб.</t>
   </si>
   <si>
     <t>ALT-120009</t>
   </si>
   <si>
     <t>T-КШ.202.1.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/НАР  1" ручка (4/32)</t>
   </si>
   <si>
-    <t>1 014.97 руб.</t>
+    <t>979.97 руб.</t>
   </si>
   <si>
     <t>ALT-120010</t>
   </si>
   <si>
     <t>T-КШ.202.114.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/НАР 1.1/4" ручка (2/18)</t>
   </si>
   <si>
-    <t>1 796.39 руб.</t>
+    <t>1 734.45 руб.</t>
   </si>
   <si>
     <t>ALT-120011</t>
   </si>
   <si>
     <t>T-КШ.202.112.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/НАР 1.1/2" ручка (2/12)</t>
   </si>
   <si>
-    <t>2 419.40 руб.</t>
+    <t>2 335.98 руб.</t>
   </si>
   <si>
     <t>ALT-120012</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/НАР 2" ручка ()</t>
   </si>
   <si>
     <t>ALT-120013</t>
   </si>
   <si>
     <t>T-КШ.303.12.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO НАР/НАР  1/2" ручка (8/64)</t>
   </si>
   <si>
-    <t>429.75 руб.</t>
+    <t>414.93 руб.</t>
   </si>
   <si>
     <t>ALT-120014</t>
   </si>
   <si>
     <t>T-КШ.303.34.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO НАР/НАР  3/4" ручка (6/48)</t>
   </si>
   <si>
-    <t>631.61 руб.</t>
+    <t>609.83 руб.</t>
   </si>
   <si>
     <t>ALT-120015</t>
   </si>
   <si>
     <t>T-КШ.303.1.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO НАР/НАР  1" ручка (4/32) (шт.)</t>
   </si>
   <si>
-    <t>1 045.29 руб.</t>
+    <t>1 009.25 руб.</t>
   </si>
   <si>
     <t>ALT-120016</t>
   </si>
   <si>
     <t>T-КШ.101.12.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/ВН  1/2" бабочка (16/128)</t>
   </si>
   <si>
-    <t>387.20 руб.</t>
+    <t>373.85 руб.</t>
   </si>
   <si>
     <t>ALT-120017</t>
   </si>
   <si>
     <t>T-КШ.101.34.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/ВН  3/4" бабочка (10/80)</t>
   </si>
   <si>
-    <t>541.54 руб.</t>
+    <t>522.87 руб.</t>
   </si>
   <si>
     <t>ALT-120018</t>
   </si>
   <si>
     <t>T-КШ.101.1.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/ВН  1" бабочка (5/40)</t>
   </si>
   <si>
-    <t>963.37 руб.</t>
+    <t>930.15 руб.</t>
   </si>
   <si>
     <t>ALT-120019</t>
   </si>
   <si>
     <t>T-КШ.202.38.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/НАР  3/8" бабочка (20/160)</t>
   </si>
   <si>
-    <t>292.38 руб.</t>
+    <t>282.30 руб.</t>
   </si>
   <si>
     <t>ALT-120020</t>
   </si>
   <si>
     <t>Т-КШ.202.12.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/НАР  1/2" бабочка (14/112)</t>
   </si>
   <si>
-    <t>403.27 руб.</t>
+    <t>389.37 руб.</t>
   </si>
   <si>
     <t>ALT-120021</t>
   </si>
   <si>
     <t>Т-КШ.202.34.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/НАР  3/4" бабочка (8/64)</t>
   </si>
   <si>
-    <t>590.20 руб.</t>
+    <t>569.85 руб.</t>
   </si>
   <si>
     <t>ALT-120022</t>
   </si>
   <si>
     <t>Т-КШ.202.1.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/НАР  1" бабочка (5/40)</t>
   </si>
   <si>
-    <t>993.92 руб.</t>
+    <t>959.65 руб.</t>
   </si>
   <si>
     <t>ALT-120023</t>
   </si>
   <si>
     <t>T-КШ.303.12.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO НАР/НАР  1/2" бабочка (14/112)</t>
   </si>
   <si>
-    <t>407.80 руб.</t>
+    <t>393.74 руб.</t>
   </si>
   <si>
     <t>ALT-120024</t>
   </si>
   <si>
     <t>T-КШ.303.34.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO НАР/НАР  3/4" бабочка (8/64)</t>
   </si>
   <si>
-    <t>609.89 руб.</t>
+    <t>588.86 руб.</t>
   </si>
   <si>
     <t>ALT-120025</t>
   </si>
   <si>
     <t>T-КШ.303.1.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO НАР/НАР  1" бабочка (5/40шт)</t>
   </si>
   <si>
     <t>ALT-120026</t>
   </si>
   <si>
     <t>T-КШ.402.12.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO с полусгоном  1/2" бабочка (10/80)</t>
   </si>
   <si>
-    <t>538.83 руб.</t>
+    <t>520.25 руб.</t>
   </si>
   <si>
     <t>ALT-120027</t>
   </si>
   <si>
     <t>T-КШ.402.34.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO с полусгоном  3/4" бабочка (7/56)</t>
   </si>
   <si>
-    <t>802.24 руб.</t>
+    <t>774.58 руб.</t>
   </si>
   <si>
     <t>ALT-120028</t>
   </si>
   <si>
     <t>Т-КШ.402.1.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO с полусгоном  1" бабочка (4/32)</t>
   </si>
   <si>
-    <t>1 454.45 руб.</t>
+    <t>1 404.30 руб.</t>
   </si>
   <si>
     <t>ALT-120029</t>
   </si>
   <si>
     <t>T-КШ.402.114.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO с полусгоном 1.1/4" бабочка (3/24) (шт.)</t>
   </si>
   <si>
-    <t>2 178.39 руб.</t>
+    <t>2 103.28 руб.</t>
   </si>
   <si>
     <t>ALT-120030</t>
   </si>
   <si>
     <t>T-КШ.452.12.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO с полусгоном угловой  1/2" бабочка (7/56)</t>
   </si>
   <si>
-    <t>629.35 руб.</t>
+    <t>607.65 руб.</t>
   </si>
   <si>
     <t>ALT-120031</t>
   </si>
   <si>
     <t>T-КШ.452.34.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO с полусгоном угловой  3/4" бабочка (6/48)</t>
   </si>
   <si>
-    <t>937.35 руб.</t>
+    <t>905.03 руб.</t>
   </si>
   <si>
     <t>ALT-120032</t>
   </si>
   <si>
     <t>T-КШ.452.1.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO с полусгоном угловой  1" бабочка (2/18)</t>
   </si>
   <si>
-    <t>1 663.33 руб.</t>
+    <t>1 605.98 руб.</t>
   </si>
   <si>
     <t>ALT-120033</t>
   </si>
   <si>
     <t>T-КШ.402.12.ББ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO с полусгоном  1/2" белая бабочка (10/80)</t>
   </si>
   <si>
-    <t>539.05 руб.</t>
+    <t>520.47 руб.</t>
   </si>
   <si>
     <t>ALT-120034</t>
   </si>
   <si>
     <t>T-КШ.402.34.ББ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO с полусгоном  3/4" белая бабочка (7/56)</t>
   </si>
   <si>
-    <t>801.79 руб.</t>
+    <t>774.15 руб.</t>
   </si>
   <si>
     <t>ALT-120035</t>
   </si>
   <si>
     <t>T-КШ.452.12.ББ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO с полусгоном угловой  1/2" белая бабочка (7/56)</t>
   </si>
   <si>
-    <t>632.29 руб.</t>
+    <t>610.49 руб.</t>
   </si>
   <si>
     <t>ALT-120036</t>
   </si>
   <si>
     <t>T-КШ.452.34.ББ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO с полусгоном угловой  3/4" белая бабочка (6/48)</t>
   </si>
   <si>
-    <t>490.38 руб.</t>
+    <t>463.98 руб.</t>
   </si>
   <si>
     <t>ALT-120037</t>
   </si>
   <si>
     <t>T-КШ.Ф.501.12.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой - фильтр TEBO ВН/ВН 1/2" ручка (6/48)</t>
   </si>
   <si>
-    <t>759.02 руб.</t>
+    <t>732.85 руб.</t>
   </si>
   <si>
     <t>ALT-120038</t>
   </si>
   <si>
     <t>T-КШ.Ф.501.12.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой - фильтр TEBO ВН/ВН 1/2" бабочка (7/56)</t>
   </si>
   <si>
-    <t>655.83 руб.</t>
+    <t>633.21 руб.</t>
   </si>
   <si>
     <t>ALT-120039</t>
   </si>
   <si>
     <t>T-КШ.Д.505.12.БР.CN</t>
   </si>
   <si>
     <t>Кран шаровой дренажный TEBO НАР 1/2" (14/112)</t>
   </si>
   <si>
-    <t>396.48 руб.</t>
+    <t>382.81 руб.</t>
   </si>
   <si>
     <t>Краны шаровые РОСТУРПЛАСТ (в инд упаковке)</t>
   </si>
   <si>
     <t>RTP-902016</t>
   </si>
   <si>
     <t>Кран шаровой ручка бабочка, латунь, вн/нар резьба  1/2",PN25 еврослот, никель, RTP (80/1шт)</t>
   </si>
   <si>
     <t>320.70 руб.</t>
   </si>
   <si>
     <t>RTP-902039</t>
   </si>
   <si>
     <t>Кран шаровой ручка бабочка, латунь, вн/нар резьба  1/2",PN40 еврослот, никель, RTP (80/1шт)</t>
   </si>
   <si>
     <t>343.86 руб.</t>
   </si>
   <si>
     <t>Краны водоразборные</t>
   </si>
   <si>
     <t>Краны водоразборные РАЗНЫЕ</t>
   </si>
   <si>
+    <t>MAV-840011</t>
+  </si>
+  <si>
+    <t>кран водоразборный "ЭлБЭТ"</t>
+  </si>
+  <si>
+    <t>101.66 руб.</t>
+  </si>
+  <si>
+    <t>OTM-110057</t>
+  </si>
+  <si>
+    <t>Кран водоразбоный 1/2" ХРОМ (80шт)</t>
+  </si>
+  <si>
+    <t>206.91 руб.</t>
+  </si>
+  <si>
+    <t>OTM-110059</t>
+  </si>
+  <si>
+    <t>Кран водоразборный со штуцером 1/2 латунь (100шт)</t>
+  </si>
+  <si>
+    <t>297.54 руб.</t>
+  </si>
+  <si>
+    <t>OTM-110060</t>
+  </si>
+  <si>
+    <t>Кран водоразборный со штуцером 3/4 латунь (50шт)</t>
+  </si>
+  <si>
+    <t>405.27 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-110005</t>
+  </si>
+  <si>
+    <t>03952</t>
+  </si>
+  <si>
+    <t>-кран шаровый с носиком латунь 1" (4/40шт)</t>
+  </si>
+  <si>
+    <t>347.05 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-110006</t>
+  </si>
+  <si>
+    <t>01477</t>
+  </si>
+  <si>
+    <t>кран шаровый с носиком 1/2' (латунь) (8/80шт)</t>
+  </si>
+  <si>
+    <t>294.10 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-110011</t>
+  </si>
+  <si>
+    <t>04191</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- вентиль водоразборный с носиком длинный латунь ХРОМ 1/2" </t>
+  </si>
+  <si>
+    <t>302.60 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-110012</t>
+  </si>
+  <si>
+    <t>01752</t>
+  </si>
+  <si>
+    <t>кран шаровый водоразборный пластик белый 1/2" (1/100шт)</t>
+  </si>
+  <si>
+    <t>50.86 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-110013</t>
+  </si>
+  <si>
+    <t>03315</t>
+  </si>
+  <si>
+    <t>кран шаровый водоразборный пластик зеленый 1/2" (1/100шт)</t>
+  </si>
+  <si>
+    <t>ZAP-110014</t>
+  </si>
+  <si>
+    <t>03103</t>
+  </si>
+  <si>
+    <t>кран шаровый водоразборный пластик синий 1/2" (1/100шт)</t>
+  </si>
+  <si>
+    <t>51.26 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-110016</t>
+  </si>
+  <si>
+    <t>04928</t>
+  </si>
+  <si>
+    <t>кран шаровый с носиком 1/2' (латунь) + быстросъем  (8/64шт)</t>
+  </si>
+  <si>
+    <t>316.20 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-111006</t>
+  </si>
+  <si>
+    <t>Кран водоразборный сплав 1/2"  со штуцером (5/150 шт)</t>
+  </si>
+  <si>
+    <t>158.14 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-111007</t>
+  </si>
+  <si>
+    <t>Кран водоразборный сплав 3/4"  со штуцером (5/150 шт)</t>
+  </si>
+  <si>
+    <t>225.82 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-111008</t>
+  </si>
+  <si>
+    <t>Кран водоразборный 1/2 желтый СССР</t>
+  </si>
+  <si>
+    <t>259.25 руб.</t>
+  </si>
+  <si>
+    <t>Краны водоразборные VIEIR</t>
+  </si>
+  <si>
+    <t>VER-000536</t>
+  </si>
+  <si>
+    <t>VR260</t>
+  </si>
+  <si>
+    <t>Кран шаровой водоразборный со штуцером 1/2" "ViEiR"(64/8шт)</t>
+  </si>
+  <si>
+    <t>935.64 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-120001</t>
+  </si>
+  <si>
+    <t>VRC5003</t>
+  </si>
+  <si>
+    <t>кран шаровый с носиком ATM 1/2' (латунь) (10/180шт)</t>
+  </si>
+  <si>
+    <t>288.58 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-120002</t>
+  </si>
+  <si>
+    <t>VRC5004</t>
+  </si>
+  <si>
+    <t>кран шаровый с носиком ATM 3/4' (латунь) (10/120шт)</t>
+  </si>
+  <si>
+    <t>ZAP-120003</t>
+  </si>
+  <si>
+    <t>VR324</t>
+  </si>
+  <si>
+    <t>кран ДЛЯ БАНИ водоразборный с носиком 1/2' короткий латунь декор бронза (1/50шт)</t>
+  </si>
+  <si>
+    <t>645.58 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-120004</t>
+  </si>
+  <si>
+    <t>VR323</t>
+  </si>
+  <si>
+    <t>кран ДЛЯ БАНИ водоразборный с носиком 1/2' длинный латунь декор бронза (1/50шт)</t>
+  </si>
+  <si>
+    <t>716.98 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-120005</t>
+  </si>
+  <si>
+    <t>VR322</t>
+  </si>
+  <si>
+    <t>вентиль ДЛЯ БАНИ водоразборный с носиком 1/2' короткий латунь декор бронза (1/50шт)</t>
+  </si>
+  <si>
+    <t>1 407.18 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-120006</t>
+  </si>
+  <si>
+    <t>VR321</t>
+  </si>
+  <si>
+    <t>вентиль ДЛЯ БАНИ водоразборный с носиком 1/2' длинный латунь декор бронза (1/50шт)</t>
+  </si>
+  <si>
+    <t>1 570.80 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-120007</t>
+  </si>
+  <si>
+    <t>VER5003</t>
+  </si>
+  <si>
+    <t>кран шаровый с носиком VR 1/2' (латунь) (10/180шт)</t>
+  </si>
+  <si>
+    <t>398.65 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-120008</t>
+  </si>
+  <si>
+    <t>VER5004</t>
+  </si>
+  <si>
+    <t>кран шаровый с носиком VR 3/4' (латунь) (8/180шт)</t>
+  </si>
+  <si>
+    <t>553.35 руб.</t>
+  </si>
+  <si>
+    <t>Краны водоразборные VALTEC</t>
+  </si>
+  <si>
+    <t>VLC-411001</t>
+  </si>
+  <si>
+    <t>VT.051.N.04</t>
+  </si>
+  <si>
+    <t>Кран водоразборный со штуцером 1/2" (10/ 80шт)</t>
+  </si>
+  <si>
+    <t>VLC-411002</t>
+  </si>
+  <si>
+    <t>VT.051.N.05</t>
+  </si>
+  <si>
+    <t>Кран водоразборный со штуцером 3/4" (7/ 56шт)</t>
+  </si>
+  <si>
+    <t>903.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-922005</t>
+  </si>
+  <si>
+    <t>VT.051.N.06</t>
+  </si>
+  <si>
+    <t>Кран водоразборный со штуцером 1"</t>
+  </si>
+  <si>
+    <t>1 693.00 руб.</t>
+  </si>
+  <si>
+    <t>Краны водоразборные ZEGOR</t>
+  </si>
+  <si>
+    <t>ZGR-000029</t>
+  </si>
+  <si>
+    <t>PF01</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor латунный водоразборный усиленный 1/2" (18/72шт)</t>
+  </si>
+  <si>
+    <t>520.37 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000030</t>
+  </si>
+  <si>
+    <t>PF02</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor латунный водоразборный усиленный 3/4" (10/40шт)</t>
+  </si>
+  <si>
+    <t>703.52 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000127</t>
+  </si>
+  <si>
+    <t>PF11</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor латунный водоразборный усиленный с быстросъемом 1/2" (12шт)</t>
+  </si>
+  <si>
+    <t>508.57 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000208</t>
+  </si>
+  <si>
+    <t>PF31</t>
+  </si>
+  <si>
+    <t>Кран шаровой латунный водоразборный 1/2" (120шт)</t>
+  </si>
+  <si>
+    <t>304.75 руб.</t>
+  </si>
+  <si>
+    <t>Краны водоразборные ТЕБО</t>
+  </si>
+  <si>
     <t>ALT-120040</t>
   </si>
   <si>
     <t>T-КШ.П.555.12.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой поливочный с латунным штуцером TEBO НАР 1/2" (7/56)</t>
   </si>
   <si>
-    <t>526.83 руб.</t>
+    <t>508.67 руб.</t>
   </si>
   <si>
     <t>ALT-120041</t>
   </si>
   <si>
     <t>Т-КШ.П.555.34.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой поливочный с латунным штуцером TEBO НАР 3/4" (4/32)</t>
   </si>
   <si>
-    <t>685.47 руб.</t>
-[...314 lines deleted...]
-    <t>304.75 руб.</t>
+    <t>661.84 руб.</t>
+  </si>
+  <si>
+    <t>Краны водоразборные GAPPO</t>
+  </si>
+  <si>
+    <t>GAP-100776</t>
+  </si>
+  <si>
+    <t>G232.04</t>
+  </si>
+  <si>
+    <t>Кран водоразборный 1/2" GAPPO со съемным штуцером (10/100шт)</t>
+  </si>
+  <si>
+    <t>493.69 руб.</t>
+  </si>
+  <si>
+    <t>GAP-100777</t>
+  </si>
+  <si>
+    <t>G232.05</t>
+  </si>
+  <si>
+    <t>Кран водоразборный 3/4" GAPPO со съемным штуцером (8/80шт)</t>
+  </si>
+  <si>
+    <t>546.66 руб.</t>
+  </si>
+  <si>
+    <t>GAP-100778</t>
+  </si>
+  <si>
+    <t>G232.06</t>
+  </si>
+  <si>
+    <t>Кран водоразборный 1" GAPPO со съемным штуцером (6/60шт)</t>
+  </si>
+  <si>
+    <t>810.41 руб.</t>
+  </si>
+  <si>
+    <t>GAP-100779</t>
+  </si>
+  <si>
+    <t>G233.04</t>
+  </si>
+  <si>
+    <t>Кран водоразборный 1/2" GAPPO  (10/100шт)</t>
+  </si>
+  <si>
+    <t>382.10 руб.</t>
   </si>
   <si>
     <t>Рукоятки для шаровых кранов</t>
   </si>
   <si>
     <t>VLC-415001</t>
   </si>
   <si>
     <t>VT.220.P.01</t>
   </si>
   <si>
     <t>Ручка баласировочного клапана VT.054</t>
   </si>
   <si>
     <t>263.00 руб.</t>
   </si>
   <si>
     <t>VLC-415002</t>
   </si>
   <si>
     <t>VT.220.B.0</t>
   </si>
   <si>
     <t>Ручка для крана 1/2" синяя</t>
   </si>
@@ -5131,183 +5221,183 @@
   <si>
     <t>Кран незамерзающий 550мм</t>
   </si>
   <si>
     <t>6 044.80 руб.</t>
   </si>
   <si>
     <t>RAC-111011</t>
   </si>
   <si>
     <t>Кран незамерзающий 600мм</t>
   </si>
   <si>
     <t>6 334.40 руб.</t>
   </si>
   <si>
     <t>VER-000459</t>
   </si>
   <si>
     <t>VRGL250</t>
   </si>
   <si>
     <t>Кран незамерзающий 250мм</t>
   </si>
   <si>
-    <t>2 807.99 руб.</t>
+    <t>2 806.91 руб.</t>
   </si>
   <si>
     <t>VER-000460</t>
   </si>
   <si>
     <t>VRGL350</t>
   </si>
   <si>
     <t>Кран незамерзающий 350мм (1/25шт)</t>
   </si>
   <si>
-    <t>3 383.87 руб.</t>
+    <t>3 382.58 руб.</t>
   </si>
   <si>
     <t>VER-000461</t>
   </si>
   <si>
     <t>VRGL450</t>
   </si>
   <si>
     <t>Кран незамерзающий 450мм (1/20шт)</t>
   </si>
   <si>
-    <t>3 943.39 руб.</t>
+    <t>3 941.88 руб.</t>
   </si>
   <si>
     <t>VER-000787</t>
   </si>
   <si>
     <t>VRGL550</t>
   </si>
   <si>
     <t>Незамерзающий кран 550мм (15/1шт)</t>
   </si>
   <si>
-    <t>4 776.70 руб.</t>
+    <t>4 774.88 руб.</t>
   </si>
   <si>
     <t>VER-000788</t>
   </si>
   <si>
     <t>VRGL650</t>
   </si>
   <si>
     <t>Незамерзающий кран 650мм (10/1шт)</t>
   </si>
   <si>
-    <t>5 324.31 руб.</t>
+    <t>5 322.28 руб.</t>
   </si>
   <si>
     <t>VER-001149</t>
   </si>
   <si>
     <t>VR25-2210</t>
   </si>
   <si>
     <t>Незамерзающий гидрант 3/4" 2210мм (1шт)</t>
   </si>
   <si>
-    <t>6 493.94 руб.</t>
+    <t>6 491.45 руб.</t>
   </si>
   <si>
     <t>VER-001150</t>
   </si>
   <si>
     <t>VR25-2515</t>
   </si>
   <si>
     <t>Незамерзающий гидрант 3/4" 2515мм (1шт)</t>
   </si>
   <si>
-    <t>6 996.91 руб.</t>
+    <t>6 994.23 руб.</t>
   </si>
   <si>
     <t>VER-001510</t>
   </si>
   <si>
     <t>VRGL20-250</t>
   </si>
   <si>
     <t>Незамерзающий кран 250мм ХРОМ (30/1шт)</t>
   </si>
   <si>
-    <t>1 741.04 руб.</t>
+    <t>1 740.38 руб.</t>
   </si>
   <si>
     <t>VER-001511</t>
   </si>
   <si>
     <t>VRGL20-350</t>
   </si>
   <si>
     <t>Незамерзающий кран 350мм ХРОМ (30/1шт)</t>
   </si>
   <si>
-    <t>1 944.91 руб.</t>
+    <t>1 944.16 руб.</t>
   </si>
   <si>
     <t>VER-001512</t>
   </si>
   <si>
     <t>VRGL20-450</t>
   </si>
   <si>
     <t>Незамерзающий кран 450мм ХРОМ (30/1шт)</t>
   </si>
   <si>
-    <t>2 147.28 руб.</t>
+    <t>2 146.46 руб.</t>
   </si>
   <si>
     <t>VER-001513</t>
   </si>
   <si>
     <t>VRGL20-550</t>
   </si>
   <si>
     <t>Незамерзающий кран 550мм ХРОМ (30/1шт)</t>
   </si>
   <si>
-    <t>2 339.25 руб.</t>
+    <t>2 338.35 руб.</t>
   </si>
   <si>
     <t>VER-001514</t>
   </si>
   <si>
     <t>VRGL20-650</t>
   </si>
   <si>
     <t>Незамерзающий кран 650мм ХРОМ (30/1шт)</t>
   </si>
   <si>
-    <t>2 489.54 руб.</t>
+    <t>2 488.59 руб.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -5402,51 +5492,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="5" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="4"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a221d_86a5_11e9_8101_003048fd731b_d2eca8dc_2820_11ed_a30f_00259070b4871.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2221_86a5_11e9_8101_003048fd731b_d2eca8dd_2820_11ed_a30f_00259070b4872.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2225_86a5_11e9_8101_003048fd731b_d2eca8de_2820_11ed_a30f_00259070b4873.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2229_86a5_11e9_8101_003048fd731b_d2eca8df_2820_11ed_a30f_00259070b4874.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a222d_86a5_11e9_8101_003048fd731b_d2eca8e0_2820_11ed_a30f_00259070b4875.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2231_86a5_11e9_8101_003048fd731b_d2eca8e1_2820_11ed_a30f_00259070b4876.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29dd4e17_ba6d_11e9_8105_003048fd731b_d2eca8e2_2820_11ed_a30f_00259070b4877.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29dd4e19_ba6d_11e9_8105_003048fd731b_d2eca8e3_2820_11ed_a30f_00259070b4878.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9778552d_d539_11e9_8109_003048fd731b_d2eca8e4_2820_11ed_a30f_00259070b4879.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e579de0_de3a_11e9_810a_003048fd731b_a26f33f0_7c1e_11f0_a7a3_047c1617b14310.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e579de2_de3a_11e9_810a_003048fd731b_a26f33f1_7c1e_11f0_a7a3_047c1617b14311.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97785535_d539_11e9_8109_003048fd731b_a26f33ef_7c1e_11f0_a7a3_047c1617b14312.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd58_86a5_11e9_8101_003048fd731b_c530e0e6_2820_11ed_a30f_00259070b48713.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd5c_86a5_11e9_8101_003048fd731b_c530e0ea_2820_11ed_a30f_00259070b48714.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd60_86a5_11e9_8101_003048fd731b_c530e0ee_2820_11ed_a30f_00259070b48715.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd64_86a5_11e9_8101_003048fd731b_c530e0f2_2820_11ed_a30f_00259070b48716.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd68_86a5_11e9_8101_003048fd731b_c530e0f6_2820_11ed_a30f_00259070b48717.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd6c_86a5_11e9_8101_003048fd731b_c530e0fa_2820_11ed_a30f_00259070b48718.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd70_86a5_11e9_8101_003048fd731b_c530e0fe_2820_11ed_a30f_00259070b48719.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd74_86a5_11e9_8101_003048fd731b_c530e102_2820_11ed_a30f_00259070b48720.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd78_86a5_11e9_8101_003048fd731b_c530e106_2820_11ed_a30f_00259070b48721.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd7c_86a5_11e9_8101_003048fd731b_c530e10a_2820_11ed_a30f_00259070b48722.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd80_86a5_11e9_8101_003048fd731b_c530e10e_2820_11ed_a30f_00259070b48723.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf68e_86a5_11e9_8101_003048fd731b_c530e112_2820_11ed_a30f_00259070b48724.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf692_86a5_11e9_8101_003048fd731b_c530e116_2820_11ed_a30f_00259070b48725.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf696_86a5_11e9_8101_003048fd731b_c530e11a_2820_11ed_a30f_00259070b48726.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf69a_86a5_11e9_8101_003048fd731b_c530e11e_2820_11ed_a30f_00259070b48727.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf69e_86a5_11e9_8101_003048fd731b_c530e122_2820_11ed_a30f_00259070b48728.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6a2_86a5_11e9_8101_003048fd731b_c530e126_2820_11ed_a30f_00259070b48729.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6a6_86a5_11e9_8101_003048fd731b_c530e12a_2820_11ed_a30f_00259070b48730.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6a9_86a5_11e9_8101_003048fd731b_c530e12e_2820_11ed_a30f_00259070b48731.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6ac_86a5_11e9_8101_003048fd731b_c530e132_2820_11ed_a30f_00259070b48732.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6af_86a5_11e9_8101_003048fd731b_c530e136_2820_11ed_a30f_00259070b48733.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6b3_86a5_11e9_8101_003048fd731b_c530e13a_2820_11ed_a30f_00259070b48734.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6b7_86a5_11e9_8101_003048fd731b_c530e13e_2820_11ed_a30f_00259070b48735.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6bb_86a5_11e9_8101_003048fd731b_c530e142_2820_11ed_a30f_00259070b48736.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6bf_86a5_11e9_8101_003048fd731b_c530e146_2820_11ed_a30f_00259070b48737.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6c3_86a5_11e9_8101_003048fd731b_c530e14a_2820_11ed_a30f_00259070b48738.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6c7_86a5_11e9_8101_003048fd731b_c530e14e_2820_11ed_a30f_00259070b48739.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6cb_86a5_11e9_8101_003048fd731b_c530e152_2820_11ed_a30f_00259070b48740.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6cf_86a5_11e9_8101_003048fd731b_c530e156_2820_11ed_a30f_00259070b48741.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6d3_86a5_11e9_8101_003048fd731b_c530e15a_2820_11ed_a30f_00259070b48742.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6d7_86a5_11e9_8101_003048fd731b_c530e15e_2820_11ed_a30f_00259070b48743.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6db_86a5_11e9_8101_003048fd731b_c530e162_2820_11ed_a30f_00259070b48744.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6df_86a5_11e9_8101_003048fd731b_c530e166_2820_11ed_a30f_00259070b48745.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6e3_86a5_11e9_8101_003048fd731b_c530e16a_2820_11ed_a30f_00259070b48746.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6e7_86a5_11e9_8101_003048fd731b_c530e16e_2820_11ed_a30f_00259070b48747.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6eb_86a5_11e9_8101_003048fd731b_c530e172_2820_11ed_a30f_00259070b48748.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6ef_86a5_11e9_8101_003048fd731b_c530e176_2820_11ed_a30f_00259070b48749.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6f3_86a5_11e9_8101_003048fd731b_c530e17a_2820_11ed_a30f_00259070b48750.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6f7_86a5_11e9_8101_003048fd731b_c530e17e_2820_11ed_a30f_00259070b48751.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6fb_86a5_11e9_8101_003048fd731b_c530e182_2820_11ed_a30f_00259070b48752.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6ff_86a5_11e9_8101_003048fd731b_c530e186_2820_11ed_a30f_00259070b48753.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf703_86a5_11e9_8101_003048fd731b_c530e18a_2820_11ed_a30f_00259070b48754.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf707_86a5_11e9_8101_003048fd731b_c530e18e_2820_11ed_a30f_00259070b48755.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf70b_86a5_11e9_8101_003048fd731b_c530e192_2820_11ed_a30f_00259070b48756.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf70f_86a5_11e9_8101_003048fd731b_c530e196_2820_11ed_a30f_00259070b48757.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf713_86a5_11e9_8101_003048fd731b_c530e19a_2820_11ed_a30f_00259070b48758.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf717_86a5_11e9_8101_003048fd731b_c530e19e_2820_11ed_a30f_00259070b48759.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf71b_86a5_11e9_8101_003048fd731b_c530e1a2_2820_11ed_a30f_00259070b48760.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf71f_86a5_11e9_8101_003048fd731b_c530e1a6_2820_11ed_a30f_00259070b48761.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf723_86a5_11e9_8101_003048fd731b_c530e1aa_2820_11ed_a30f_00259070b48762.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf727_86a5_11e9_8101_003048fd731b_c530e1ae_2820_11ed_a30f_00259070b48763.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf72b_86a5_11e9_8101_003048fd731b_c530e1b2_2820_11ed_a30f_00259070b48764.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf72f_86a5_11e9_8101_003048fd731b_c530e1b6_2820_11ed_a30f_00259070b48765.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf733_86a5_11e9_8101_003048fd731b_c530e1ba_2820_11ed_a30f_00259070b48766.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf737_86a5_11e9_8101_003048fd731b_cbe1917f_2820_11ed_a30f_00259070b48767.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf73b_86a5_11e9_8101_003048fd731b_cbe19183_2820_11ed_a30f_00259070b48768.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf73f_86a5_11e9_8101_003048fd731b_cbe19187_2820_11ed_a30f_00259070b48769.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf743_86a5_11e9_8101_003048fd731b_cbe1918b_2820_11ed_a30f_00259070b48770.jpeg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf747_86a5_11e9_8101_003048fd731b_cbe1918f_2820_11ed_a30f_00259070b48771.jpeg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf74b_86a5_11e9_8101_003048fd731b_cbe19193_2820_11ed_a30f_00259070b48772.jpeg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf74f_86a5_11e9_8101_003048fd731b_cbe19197_2820_11ed_a30f_00259070b48773.jpeg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf753_86a5_11e9_8101_003048fd731b_cbe1919b_2820_11ed_a30f_00259070b48774.jpeg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf757_86a5_11e9_8101_003048fd731b_cbe1919f_2820_11ed_a30f_00259070b48775.jpeg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf75b_86a5_11e9_8101_003048fd731b_cbe191a3_2820_11ed_a30f_00259070b48776.jpeg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf75f_86a5_11e9_8101_003048fd731b_cbe191a7_2820_11ed_a30f_00259070b48777.jpeg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf763_86a5_11e9_8101_003048fd731b_cbe191ab_2820_11ed_a30f_00259070b48778.jpeg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf766_86a5_11e9_8101_003048fd731b_cbe191af_2820_11ed_a30f_00259070b48779.jpeg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf769_86a5_11e9_8101_003048fd731b_cbe191b3_2820_11ed_a30f_00259070b48780.jpeg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf76d_86a5_11e9_8101_003048fd731b_cbe191b7_2820_11ed_a30f_00259070b48781.jpeg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf771_86a5_11e9_8101_003048fd731b_cbe191bb_2820_11ed_a30f_00259070b48782.jpeg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf775_86a5_11e9_8101_003048fd731b_cbe191bf_2820_11ed_a30f_00259070b48783.jpeg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf779_86a5_11e9_8101_003048fd731b_cbe191c3_2820_11ed_a30f_00259070b48784.jpeg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf77d_86a5_11e9_8101_003048fd731b_cbe191c7_2820_11ed_a30f_00259070b48785.jpeg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf781_86a5_11e9_8101_003048fd731b_cbe191cb_2820_11ed_a30f_00259070b48786.jpeg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf785_86a5_11e9_8101_003048fd731b_cbe191cf_2820_11ed_a30f_00259070b48787.jpeg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf789_86a5_11e9_8101_003048fd731b_cbe191d3_2820_11ed_a30f_00259070b48788.jpeg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd1a_86a5_11e9_8101_003048fd731b_cbe191d7_2820_11ed_a30f_00259070b48789.jpeg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd1e_86a5_11e9_8101_003048fd731b_cbe191db_2820_11ed_a30f_00259070b48790.jpeg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd22_86a5_11e9_8101_003048fd731b_cbe191df_2820_11ed_a30f_00259070b48791.jpeg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd26_86a5_11e9_8101_003048fd731b_57339629_f953_11e9_810b_003048fd731b92.jpeg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd29_86a5_11e9_8101_003048fd731b_5733962a_f953_11e9_810b_003048fd731b93.jpeg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd2c_86a5_11e9_8101_003048fd731b_cbe191e3_2820_11ed_a30f_00259070b48794.jpeg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd30_86a5_11e9_8101_003048fd731b_cbe191e7_2820_11ed_a30f_00259070b48795.jpeg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd34_86a5_11e9_8101_003048fd731b_cbe191eb_2820_11ed_a30f_00259070b48796.jpeg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd38_86a5_11e9_8101_003048fd731b_cbe191ef_2820_11ed_a30f_00259070b48797.jpeg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd3c_86a5_11e9_8101_003048fd731b_cbe191f3_2820_11ed_a30f_00259070b48798.jpeg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd40_86a5_11e9_8101_003048fd731b_cbe191f7_2820_11ed_a30f_00259070b48799.jpeg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd44_86a5_11e9_8101_003048fd731b_cbe191fb_2820_11ed_a30f_00259070b487100.jpeg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd48_86a5_11e9_8101_003048fd731b_cbe191ff_2820_11ed_a30f_00259070b487101.jpeg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd4c_86a5_11e9_8101_003048fd731b_cbe19203_2820_11ed_a30f_00259070b487102.jpeg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd50_86a5_11e9_8101_003048fd731b_cbe19207_2820_11ed_a30f_00259070b487103.jpeg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccf1937d_ffba_11e9_810b_003048fd731b_cbe1920b_2820_11ed_a30f_00259070b487104.jpeg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b33536b1_3462_11eb_81f3_003048fd731b_cbe1920f_2820_11ed_a30f_00259070b487105.jpeg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3ab_0b65_11ec_831e_003048fd731b_cbe19213_2820_11ed_a30f_00259070b487106.jpeg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3ad_0b65_11ec_831e_003048fd731b_cbe19217_2820_11ed_a30f_00259070b487107.jpeg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3af_0b65_11ec_831e_003048fd731b_cbe1921b_2820_11ed_a30f_00259070b487108.jpeg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3b1_0b65_11ec_831e_003048fd731b_cbe1921f_2820_11ed_a30f_00259070b487109.jpeg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3b3_0b65_11ec_831e_003048fd731b_cbe19223_2820_11ed_a30f_00259070b487110.jpeg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd85_86a5_11e9_8101_003048fd731b_cbe19227_2820_11ed_a30f_00259070b487111.jpeg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd89_86a5_11e9_8101_003048fd731b_cbe1922b_2820_11ed_a30f_00259070b487112.jpeg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd8d_86a5_11e9_8101_003048fd731b_cbe1922f_2820_11ed_a30f_00259070b487113.jpeg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd91_86a5_11e9_8101_003048fd731b_cbe19233_2820_11ed_a30f_00259070b487114.jpeg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd95_86a5_11e9_8101_003048fd731b_cbe19237_2820_11ed_a30f_00259070b487115.jpeg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd99_86a5_11e9_8101_003048fd731b_cbe1923b_2820_11ed_a30f_00259070b487116.jpeg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303af8_3acc_11ec_8367_003048fd731b_d2eca871_2820_11ed_a30f_00259070b487117.jpeg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303afa_3acc_11ec_8367_003048fd731b_d2eca875_2820_11ed_a30f_00259070b487118.jpeg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303afc_3acc_11ec_8367_003048fd731b_d2eca879_2820_11ed_a30f_00259070b487119.jpeg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303afe_3acc_11ec_8367_003048fd731b_d2eca87d_2820_11ed_a30f_00259070b487120.jpeg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303b00_3acc_11ec_8367_003048fd731b_d2eca881_2820_11ed_a30f_00259070b487121.jpeg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303b02_3acc_11ec_8367_003048fd731b_d2eca885_2820_11ed_a30f_00259070b487122.jpeg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303b04_3acc_11ec_8367_003048fd731b_d2eca889_2820_11ed_a30f_00259070b487123.jpeg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303b06_3acc_11ec_8367_003048fd731b_d2eca88d_2820_11ed_a30f_00259070b487124.jpeg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303b08_3acc_11ec_8367_003048fd731b_d2eca891_2820_11ed_a30f_00259070b487125.jpeg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fed9789b_46f7_11ec_8393_003048fd731b_d2eca895_2820_11ed_a30f_00259070b487126.jpeg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fed9789d_46f7_11ec_8393_003048fd731b_d2eca899_2820_11ed_a30f_00259070b487127.jpeg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fed9789f_46f7_11ec_8393_003048fd731b_d2eca89d_2820_11ed_a30f_00259070b487128.jpeg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fed978a1_46f7_11ec_8393_003048fd731b_d2eca8a1_2820_11ed_a30f_00259070b487129.jpeg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd9e_86a5_11e9_8101_003048fd731b_cbe1923f_2820_11ed_a30f_00259070b487130.jpeg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfda2_86a5_11e9_8101_003048fd731b_cbe19243_2820_11ed_a30f_00259070b487131.jpeg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfda6_86a5_11e9_8101_003048fd731b_cbe19247_2820_11ed_a30f_00259070b487132.jpeg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdaa_86a5_11e9_8101_003048fd731b_cbe1924b_2820_11ed_a30f_00259070b487133.jpeg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdae_86a5_11e9_8101_003048fd731b_cbe1924f_2820_11ed_a30f_00259070b487134.jpeg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdb2_86a5_11e9_8101_003048fd731b_cbe19253_2820_11ed_a30f_00259070b487135.jpeg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdb6_86a5_11e9_8101_003048fd731b_cbe19257_2820_11ed_a30f_00259070b487136.jpeg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdba_86a5_11e9_8101_003048fd731b_cbe1925b_2820_11ed_a30f_00259070b487137.jpeg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdbe_86a5_11e9_8101_003048fd731b_cbe1925f_2820_11ed_a30f_00259070b487138.jpeg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdc2_86a5_11e9_8101_003048fd731b_cbe19263_2820_11ed_a30f_00259070b487139.jpeg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdc6_86a5_11e9_8101_003048fd731b_cbe19267_2820_11ed_a30f_00259070b487140.jpeg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdca_86a5_11e9_8101_003048fd731b_cbe1926b_2820_11ed_a30f_00259070b487141.jpeg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdce_86a5_11e9_8101_003048fd731b_cbe1926f_2820_11ed_a30f_00259070b487142.jpeg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdd2_86a5_11e9_8101_003048fd731b_cbe19273_2820_11ed_a30f_00259070b487143.jpeg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdd6_86a5_11e9_8101_003048fd731b_cbe19277_2820_11ed_a30f_00259070b487144.jpeg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdda_86a5_11e9_8101_003048fd731b_cbe1927b_2820_11ed_a30f_00259070b487145.jpeg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdde_86a5_11e9_8101_003048fd731b_d2eca855_2820_11ed_a30f_00259070b487146.jpeg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfde2_86a5_11e9_8101_003048fd731b_d2eca859_2820_11ed_a30f_00259070b487147.jpeg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfde6_86a5_11e9_8101_003048fd731b_d2eca85d_2820_11ed_a30f_00259070b487148.jpeg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdea_86a5_11e9_8101_003048fd731b_d2eca861_2820_11ed_a30f_00259070b487149.jpeg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdee_86a5_11e9_8101_003048fd731b_d2eca865_2820_11ed_a30f_00259070b487150.jpeg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8184924f_7270_11ef_a636_047c1617b143_d9a656a8_f1e4_11ef_a6e1_047c1617b143151.jpeg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81849251_7270_11ef_a636_047c1617b143_d9a656ac_f1e4_11ef_a6e1_047c1617b143152.jpeg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c2dfd4d_7288_11ef_a636_047c1617b143_d9a656b0_f1e4_11ef_a6e1_047c1617b143153.jpeg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c2dfd57_7288_11ef_a636_047c1617b143_d9a656b4_f1e4_11ef_a6e1_047c1617b143154.jpeg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c2dfd5d_7288_11ef_a636_047c1617b143_d9a656b8_f1e4_11ef_a6e1_047c1617b143155.jpeg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c2dfd5f_7288_11ef_a636_047c1617b143_dfe10842_f1e4_11ef_a6e1_047c1617b143156.jpeg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a5d6597_54b7_11f0_a76e_047c1617b143_579e2326_5a46_11f0_a775_047c1617b143157.jpeg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce47d2bd_9e6d_11ef_a670_047c1617b143_dfe10846_f1e4_11ef_a6e1_047c1617b143158.jpeg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce47d2bf_9e6d_11ef_a670_047c1617b143_dfe1084a_f1e4_11ef_a6e1_047c1617b143159.jpeg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce47d2c1_9e6d_11ef_a670_047c1617b143_dfe1084e_f1e4_11ef_a6e1_047c1617b143160.jpeg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce47d2cf_9e6d_11ef_a670_047c1617b143_dfe10852_f1e4_11ef_a6e1_047c1617b143161.jpeg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53ee9_9e75_11ef_a670_047c1617b143_dfe10853_f1e4_11ef_a6e1_047c1617b143162.jpeg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53ef3_9e75_11ef_a670_047c1617b143_dfe10854_f1e4_11ef_a6e1_047c1617b143163.jpeg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53ef5_9e75_11ef_a670_047c1617b143_dfe10858_f1e4_11ef_a6e1_047c1617b143164.jpeg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53ef9_9e75_11ef_a670_047c1617b143_dfe1085c_f1e4_11ef_a6e1_047c1617b143165.jpeg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53efb_9e75_11ef_a670_047c1617b143_dfe10860_f1e4_11ef_a6e1_047c1617b143166.jpeg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f11_9e75_11ef_a670_047c1617b143_dfe10864_f1e4_11ef_a6e1_047c1617b143167.jpeg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f13_9e75_11ef_a670_047c1617b143_dfe10868_f1e4_11ef_a6e1_047c1617b143168.jpeg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f1d_9e75_11ef_a670_047c1617b143_dfe1086c_f1e4_11ef_a6e1_047c1617b143169.jpeg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a5d6599_54b7_11f0_a76e_047c1617b143_579e232a_5a46_11f0_a775_047c1617b143170.jpeg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5fad502_86a5_11e9_8101_003048fd731b_d2eca8a5_2820_11ed_a30f_00259070b487171.jpeg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45f59290_4009_11ec_8370_003048fd731b_d2eca8a6_2820_11ed_a30f_00259070b487172.jpeg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d2eb74_7759_11ec_a212_00259070b487_d2eca8aa_2820_11ed_a30f_00259070b487173.jpeg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d2eb76_7759_11ec_a212_00259070b487_d2eca8ab_2820_11ed_a30f_00259070b487174.jpeg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d2eb78_7759_11ec_a212_00259070b487_d2eca8ac_2820_11ed_a30f_00259070b487175.jpeg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13e8ca46_5853_11ed_a364_047c1617b143_21d4f5b0_793a_11f0_a79f_047c1617b143176.jpeg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0751d93_0af9_11ee_a45c_047c1617b143_64c8bb7b_5a46_11f0_a775_047c1617b143177.jpeg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0751d95_0af9_11ee_a45c_047c1617b143_64c8bb7e_5a46_11f0_a775_047c1617b143178.jpeg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e84721c_afd7_11ef_a68d_047c1617b143_64c8bb80_5a46_11f0_a775_047c1617b143179.jpeg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e8472bc_afd7_11ef_a68d_047c1617b143_64c8bb84_5a46_11f0_a775_047c1617b143180.jpeg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e8472be_afd7_11ef_a68d_047c1617b143_64c8bb85_5a46_11f0_a775_047c1617b143181.jpeg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a214f_86a5_11e9_8101_003048fd731b_d2eca8ad_2820_11ed_a30f_00259070b487182.jpeg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2153_86a5_11e9_8101_003048fd731b_d2eca8ae_2820_11ed_a30f_00259070b487183.jpeg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2157_86a5_11e9_8101_003048fd731b_d2eca8af_2820_11ed_a30f_00259070b487184.jpeg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a215b_86a5_11e9_8101_003048fd731b_d2eca8b0_2820_11ed_a30f_00259070b487185.jpeg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a215f_86a5_11e9_8101_003048fd731b_d2eca8b1_2820_11ed_a30f_00259070b487186.jpeg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2163_86a5_11e9_8101_003048fd731b_d2eca8b2_2820_11ed_a30f_00259070b487187.jpeg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2167_86a5_11e9_8101_003048fd731b_d2eca8b3_2820_11ed_a30f_00259070b487188.jpeg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a216b_86a5_11e9_8101_003048fd731b_d2eca8b4_2820_11ed_a30f_00259070b487189.jpeg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a216f_86a5_11e9_8101_003048fd731b_d2eca8b5_2820_11ed_a30f_00259070b487190.jpeg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2173_86a5_11e9_8101_003048fd731b_d2eca8b6_2820_11ed_a30f_00259070b487191.jpeg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2177_86a5_11e9_8101_003048fd731b_d2eca8b7_2820_11ed_a30f_00259070b487192.jpeg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a217b_86a5_11e9_8101_003048fd731b_d2eca8b8_2820_11ed_a30f_00259070b487193.jpeg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a217f_86a5_11e9_8101_003048fd731b_d2eca8b9_2820_11ed_a30f_00259070b487194.jpeg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2183_86a5_11e9_8101_003048fd731b_d2eca8ba_2820_11ed_a30f_00259070b487195.jpeg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2187_86a5_11e9_8101_003048fd731b_d2eca8bb_2820_11ed_a30f_00259070b487196.jpeg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a218b_86a5_11e9_8101_003048fd731b_d2eca8bc_2820_11ed_a30f_00259070b487197.jpeg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a218f_86a5_11e9_8101_003048fd731b_d2eca8bd_2820_11ed_a30f_00259070b487198.jpeg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2193_86a5_11e9_8101_003048fd731b_d2eca8be_2820_11ed_a30f_00259070b487199.jpeg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2197_86a5_11e9_8101_003048fd731b_d2eca8bf_2820_11ed_a30f_00259070b487200.jpeg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a219b_86a5_11e9_8101_003048fd731b_d2eca8c1_2820_11ed_a30f_00259070b487201.jpeg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a219f_86a5_11e9_8101_003048fd731b_d2eca8c3_2820_11ed_a30f_00259070b487202.jpeg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a21a3_86a5_11e9_8101_003048fd731b_d2eca8c4_2820_11ed_a30f_00259070b487203.jpeg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a21a7_86a5_11e9_8101_003048fd731b_d2eca8c5_2820_11ed_a30f_00259070b487204.jpeg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a21ab_86a5_11e9_8101_003048fd731b_d2eca8c6_2820_11ed_a30f_00259070b487205.jpeg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a21af_86a5_11e9_8101_003048fd731b_d2eca8c7_2820_11ed_a30f_00259070b487206.jpeg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a21b3_86a5_11e9_8101_003048fd731b_d2eca8c8_2820_11ed_a30f_00259070b487207.jpeg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a21b7_86a5_11e9_8101_003048fd731b_d2eca8c9_2820_11ed_a30f_00259070b487208.jpeg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68a7bd91_a71a_11e9_8103_003048fd731b_d2eca8ca_2820_11ed_a30f_00259070b487209.jpeg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97785522_d539_11e9_8109_003048fd731b_d2eca8cb_2820_11ed_a30f_00259070b487210.jpeg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2af66c31_addf_11e9_8103_003048fd731b_d2eca8cc_2820_11ed_a30f_00259070b487211.jpeg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68a7bd93_a71a_11e9_8103_003048fd731b_d2eca8cd_2820_11ed_a30f_00259070b487212.jpeg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6c8b03a_b1f9_11e9_8103_003048fd731b_d2eca8ce_2820_11ed_a30f_00259070b487213.jpeg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97785527_d539_11e9_8109_003048fd731b_d2eca8cf_2820_11ed_a30f_00259070b487214.jpeg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a67b_3767_11ea_810f_003048fd731b_d2eca8d0_2820_11ed_a30f_00259070b487215.jpeg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a67d_3767_11ea_810f_003048fd731b_d2eca8d1_2820_11ed_a30f_00259070b487216.jpeg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a67f_3767_11ea_810f_003048fd731b_d2eca8d2_2820_11ed_a30f_00259070b487217.jpeg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a681_3767_11ea_810f_003048fd731b_d2eca8d3_2820_11ed_a30f_00259070b487218.jpeg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a683_3767_11ea_810f_003048fd731b_d2eca8d4_2820_11ed_a30f_00259070b487219.jpeg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a685_3767_11ea_810f_003048fd731b_d2eca8d5_2820_11ed_a30f_00259070b487220.jpeg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a687_3767_11ea_810f_003048fd731b_d2eca8d6_2820_11ed_a30f_00259070b487221.jpeg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c522_7c9e_11ea_8111_003048fd731b_d2eca8d7_2820_11ed_a30f_00259070b487222.jpeg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c524_7c9e_11ea_8111_003048fd731b_d2eca8d8_2820_11ed_a30f_00259070b487223.jpeg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c526_7c9e_11ea_8111_003048fd731b_d2eca8d9_2820_11ed_a30f_00259070b487224.jpeg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c528_7c9e_11ea_8111_003048fd731b_d2eca8da_2820_11ed_a30f_00259070b487225.jpeg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c52a_7c9e_11ea_8111_003048fd731b_d2eca8db_2820_11ed_a30f_00259070b487226.jpeg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d2eb7a_7759_11ec_a212_00259070b487_6b95d4b9_5a46_11f0_a775_047c1617b143227.jpeg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d2eb7c_7759_11ec_a212_00259070b487_6b95d4bd_5a46_11f0_a775_047c1617b143228.jpeg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d2eb7e_7759_11ec_a212_00259070b487_7195a3c0_5a46_11f0_a775_047c1617b143229.jpeg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093111c_0c72_11ec_8321_003048fd731b_83eb96d8_5d58_11f0_a779_047c1617b143230.jpeg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093111e_0c72_11ec_8321_003048fd731b_83eb96d9_5d58_11f0_a779_047c1617b143231.jpeg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931120_0c72_11ec_8321_003048fd731b_83eb96d7_5d58_11f0_a779_047c1617b143232.jpeg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931122_0c72_11ec_8321_003048fd731b_6b95d47d_5a46_11f0_a775_047c1617b143233.jpeg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931124_0c72_11ec_8321_003048fd731b_6b95d481_5a46_11f0_a775_047c1617b143234.jpeg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931126_0c72_11ec_8321_003048fd731b_6b95d485_5a46_11f0_a775_047c1617b143235.jpeg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931128_0c72_11ec_8321_003048fd731b_6b95d489_5a46_11f0_a775_047c1617b143236.jpeg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093112a_0c72_11ec_8321_003048fd731b_6b95d48d_5a46_11f0_a775_047c1617b143237.jpeg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093112c_0c72_11ec_8321_003048fd731b_6b95d491_5a46_11f0_a775_047c1617b143238.jpeg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093112e_0c72_11ec_8321_003048fd731b_6b95d495_5a46_11f0_a775_047c1617b143239.jpeg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931130_0c72_11ec_8321_003048fd731b_6b95d499_5a46_11f0_a775_047c1617b143240.jpeg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931132_0c72_11ec_8321_003048fd731b_6b95d49d_5a46_11f0_a775_047c1617b143241.jpeg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931134_0c72_11ec_8321_003048fd731b_6b95d4a1_5a46_11f0_a775_047c1617b143242.jpeg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931136_0c72_11ec_8321_003048fd731b_6b95d4a5_5a46_11f0_a775_047c1617b143243.jpeg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931138_0c72_11ec_8321_003048fd731b_6b95d4a9_5a46_11f0_a775_047c1617b143244.jpeg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093113a_0c72_11ec_8321_003048fd731b_6b95d4ad_5a46_11f0_a775_047c1617b143245.jpeg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093113c_0c72_11ec_8321_003048fd731b_6b95d4b1_5a46_11f0_a775_047c1617b143246.jpeg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093113e_0c72_11ec_8321_003048fd731b_6b95d4b5_5a46_11f0_a775_047c1617b143247.jpeg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3eb_c461_11eb_82be_003048fd731b_a1555456_602e_11ec_a20b_00259070b487248.jpeg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3ed_c461_11eb_82be_003048fd731b_a1555457_602e_11ec_a20b_00259070b487249.jpeg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3ef_c461_11eb_82be_003048fd731b_a1555458_602e_11ec_a20b_00259070b487250.jpeg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3f1_c461_11eb_82be_003048fd731b_a1555459_602e_11ec_a20b_00259070b487251.jpeg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3f3_c461_11eb_82be_003048fd731b_a155545a_602e_11ec_a20b_00259070b487252.jpeg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3f5_c461_11eb_82be_003048fd731b_a155545b_602e_11ec_a20b_00259070b487253.jpeg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3f7_c461_11eb_82be_003048fd731b_a155545c_602e_11ec_a20b_00259070b487254.jpeg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3f9_c461_11eb_82be_003048fd731b_a155545d_602e_11ec_a20b_00259070b487255.jpeg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3fb_c461_11eb_82be_003048fd731b_a155545e_602e_11ec_a20b_00259070b487256.jpeg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3fd_c461_11eb_82be_003048fd731b_a155545f_602e_11ec_a20b_00259070b487257.jpeg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3ff_c461_11eb_82be_003048fd731b_a1555460_602e_11ec_a20b_00259070b487258.jpeg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f401_c461_11eb_82be_003048fd731b_a1555461_602e_11ec_a20b_00259070b487259.jpeg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f403_c461_11eb_82be_003048fd731b_a1555462_602e_11ec_a20b_00259070b487260.jpeg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f405_c461_11eb_82be_003048fd731b_a1555463_602e_11ec_a20b_00259070b487261.jpeg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f407_c461_11eb_82be_003048fd731b_a1555464_602e_11ec_a20b_00259070b487262.jpeg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f409_c461_11eb_82be_003048fd731b_a1555465_602e_11ec_a20b_00259070b487263.jpeg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f40b_c461_11eb_82be_003048fd731b_a1555466_602e_11ec_a20b_00259070b487264.jpeg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f40d_c461_11eb_82be_003048fd731b_aaacbdff_602e_11ec_a20b_00259070b487265.jpeg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f40f_c461_11eb_82be_003048fd731b_aaacbe00_602e_11ec_a20b_00259070b487266.jpeg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f411_c461_11eb_82be_003048fd731b_aaacbe01_602e_11ec_a20b_00259070b487267.jpeg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f413_c461_11eb_82be_003048fd731b_aaacbe02_602e_11ec_a20b_00259070b487268.jpeg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f415_c461_11eb_82be_003048fd731b_aaacbe03_602e_11ec_a20b_00259070b487269.jpeg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f417_c461_11eb_82be_003048fd731b_aaacbe04_602e_11ec_a20b_00259070b487270.jpeg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f419_c461_11eb_82be_003048fd731b_aaacbe05_602e_11ec_a20b_00259070b487271.jpeg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f41b_c461_11eb_82be_003048fd731b_aaacbe06_602e_11ec_a20b_00259070b487272.jpeg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f41d_c461_11eb_82be_003048fd731b_aaacbe07_602e_11ec_a20b_00259070b487273.jpeg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f41f_c461_11eb_82be_003048fd731b_aaacbe08_602e_11ec_a20b_00259070b487274.jpeg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f421_c461_11eb_82be_003048fd731b_aaacbe09_602e_11ec_a20b_00259070b487275.jpeg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f427_c461_11eb_82be_003048fd731b_aaacbe0a_602e_11ec_a20b_00259070b487276.jpeg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f429_c461_11eb_82be_003048fd731b_aaacbe0b_602e_11ec_a20b_00259070b487277.jpeg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f42b_c461_11eb_82be_003048fd731b_aaacbe0c_602e_11ec_a20b_00259070b487278.jpeg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f42d_c461_11eb_82be_003048fd731b_aaacbe0d_602e_11ec_a20b_00259070b487279.jpeg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f42f_c461_11eb_82be_003048fd731b_aaacbe0e_602e_11ec_a20b_00259070b487280.jpeg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f431_c461_11eb_82be_003048fd731b_aaacbe0f_602e_11ec_a20b_00259070b487281.jpeg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f433_c461_11eb_82be_003048fd731b_aaacbe10_602e_11ec_a20b_00259070b487282.jpeg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f435_c461_11eb_82be_003048fd731b_aaacbe11_602e_11ec_a20b_00259070b487283.jpeg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f437_c461_11eb_82be_003048fd731b_aaacbe12_602e_11ec_a20b_00259070b487284.jpeg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f439_c461_11eb_82be_003048fd731b_aaacbe13_602e_11ec_a20b_00259070b487285.jpeg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f43b_c461_11eb_82be_003048fd731b_aaacbe14_602e_11ec_a20b_00259070b487286.jpeg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f43d_c461_11eb_82be_003048fd731b_aaacbe15_602e_11ec_a20b_00259070b487287.jpeg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b1cbcb_3e5b_11ec_836e_003048fd731b_aaacbe16_602e_11ec_a20b_00259070b487288.jpeg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b1cbd3_3e5b_11ec_836e_003048fd731b_aaacbe17_602e_11ec_a20b_00259070b487289.jpeg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6652a12d_b63d_11ec_a26a_00259070b487_14e1e0db_f93d_11ef_a6ea_047c1617b143290.jpeg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6652a12f_b63d_11ec_a26a_00259070b487_49c4afac_056a_11f0_a6fc_047c1617b143291.jpeg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6652a135_b63d_11ec_a26a_00259070b487_49c4afae_056a_11f0_a6fc_047c1617b143292.jpeg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6652a13b_b63d_11ec_a26a_00259070b487_49c4afad_056a_11f0_a6fc_047c1617b143293.jpeg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6652a141_b63d_11ec_a26a_00259070b487_49c4afaf_056a_11f0_a6fc_047c1617b143294.jpeg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e5408af_9114_11ed_a3b7_047c1617b143_49c4afb0_056a_11f0_a6fc_047c1617b143295.jpeg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e5408b1_9114_11ed_a3b7_047c1617b143_49c4afb1_056a_11f0_a6fc_047c1617b143296.jpeg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e7d_d7fd_11ee_a56a_047c1617b143_0161eca5_02f2_11ef_a5a4_047c1617b143297.jpeg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e7f_d7fd_11ee_a56a_047c1617b143_0161eca8_02f2_11ef_a5a4_047c1617b143298.jpeg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e81_d7fd_11ee_a56a_047c1617b143_0161ecab_02f2_11ef_a5a4_047c1617b143299.jpeg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e83_d7fd_11ee_a56a_047c1617b143_0161ecae_02f2_11ef_a5a4_047c1617b143300.jpeg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e85_d7fd_11ee_a56a_047c1617b143_0161ecb1_02f2_11ef_a5a4_047c1617b143301.jpeg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e87_d7fd_11ee_a56a_047c1617b143_0161ecb4_02f2_11ef_a5a4_047c1617b143302.jpeg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e89_d7fd_11ee_a56a_047c1617b143_0161ecb7_02f2_11ef_a5a4_047c1617b143303.jpeg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e8b_d7fd_11ee_a56a_047c1617b143_0161ecba_02f2_11ef_a5a4_047c1617b143304.jpeg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e8d_d7fd_11ee_a56a_047c1617b143_3063257f_0312_11ef_a5a4_047c1617b143305.jpeg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e8f_d7fd_11ee_a56a_047c1617b143_30632582_0312_11ef_a5a4_047c1617b143306.jpeg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e91_d7fd_11ee_a56a_047c1617b143_30632585_0312_11ef_a5a4_047c1617b143307.jpeg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e93_d7fd_11ee_a56a_047c1617b143_30632588_0312_11ef_a5a4_047c1617b143308.jpeg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e95_d7fd_11ee_a56a_047c1617b143_3063258b_0312_11ef_a5a4_047c1617b143309.jpeg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e97_d7fd_11ee_a56a_047c1617b143_3063258e_0312_11ef_a5a4_047c1617b143310.jpeg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e99_d7fd_11ee_a56a_047c1617b143_30632591_0312_11ef_a5a4_047c1617b143311.jpeg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e9b_d7fd_11ee_a56a_047c1617b143_30632594_0312_11ef_a5a4_047c1617b143312.jpeg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e9d_d7fd_11ee_a56a_047c1617b143_30632597_0312_11ef_a5a4_047c1617b143313.jpeg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e9f_d7fd_11ee_a56a_047c1617b143_0161ec9c_02f2_11ef_a5a4_047c1617b143314.jpeg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417ea1_d7fd_11ee_a56a_047c1617b143_0161ec9f_02f2_11ef_a5a4_047c1617b143315.jpeg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417ea3_d7fd_11ee_a56a_047c1617b143_0161eca2_02f2_11ef_a5a4_047c1617b143316.jpeg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417ea5_d7fd_11ee_a56a_047c1617b143_0161ec96_02f2_11ef_a5a4_047c1617b143317.jpeg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417ea7_d7fd_11ee_a56a_047c1617b143_0161ec99_02f2_11ef_a5a4_047c1617b143318.jpeg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4307ec8_d80d_11ee_a56a_047c1617b143_306325ac_0312_11ef_a5a4_047c1617b143319.jpeg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4307eca_d80d_11ee_a56a_047c1617b143_3063259a_0312_11ef_a5a4_047c1617b143320.jpeg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4307ecc_d80d_11ee_a56a_047c1617b143_3063259d_0312_11ef_a5a4_047c1617b143321.jpeg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4307ece_d80d_11ee_a56a_047c1617b143_306325a0_0312_11ef_a5a4_047c1617b143322.jpeg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4307ed0_d80d_11ee_a56a_047c1617b143_306325a3_0312_11ef_a5a4_047c1617b143323.jpeg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4307ed2_d80d_11ee_a56a_047c1617b143_306325a6_0312_11ef_a5a4_047c1617b143324.jpeg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4307ed4_d80d_11ee_a56a_047c1617b143_306325a9_0312_11ef_a5a4_047c1617b143325.jpeg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550bd_da6d_11ee_a56d_047c1617b143_d159fa13_42c7_11ef_a5f7_047c1617b143326.png"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550bf_da6d_11ee_a56d_047c1617b143_9db7fc45_42ce_11ef_a5f7_047c1617b143327.png"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550c1_da6d_11ee_a56d_047c1617b143_9db7fc47_42ce_11ef_a5f7_047c1617b143328.png"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550c3_da6d_11ee_a56d_047c1617b143_9db7fc49_42ce_11ef_a5f7_047c1617b143329.jpeg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550c5_da6d_11ee_a56d_047c1617b143_9db7fc4b_42ce_11ef_a5f7_047c1617b143330.jpeg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550c7_da6d_11ee_a56d_047c1617b143_9db7fc4d_42ce_11ef_a5f7_047c1617b143331.jpeg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddcb_b9ee_11ef_a69a_047c1617b143_b7afc1d0_e218_11ef_a6cd_047c1617b143332.jpeg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddcd_b9ee_11ef_a69a_047c1617b143_b7afc1d3_e218_11ef_a6cd_047c1617b143333.jpeg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddcf_b9ee_11ef_a69a_047c1617b143_55c6eb36_e210_11ef_a6cd_047c1617b143334.jpeg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddd1_b9ee_11ef_a69a_047c1617b143_55c6eb39_e210_11ef_a6cd_047c1617b143335.jpeg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddd3_b9ee_11ef_a69a_047c1617b143_55c6eb3c_e210_11ef_a6cd_047c1617b143336.jpeg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddd5_b9ee_11ef_a69a_047c1617b143_55c6eb3f_e210_11ef_a6cd_047c1617b143337.jpeg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddd7_b9ee_11ef_a69a_047c1617b143_55c6eb42_e210_11ef_a6cd_047c1617b143338.jpeg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddd9_b9ee_11ef_a69a_047c1617b143_55c6eb45_e210_11ef_a6cd_047c1617b143339.jpeg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151efa_ba14_11ef_a69a_047c1617b143_55c6eb48_e210_11ef_a6cd_047c1617b143340.jpeg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151efc_ba14_11ef_a69a_047c1617b143_bb06b622_e214_11ef_a6cd_047c1617b143341.jpeg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151efe_ba14_11ef_a69a_047c1617b143_bb06b625_e214_11ef_a6cd_047c1617b143342.jpeg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f00_ba14_11ef_a69a_047c1617b143_bb06b628_e214_11ef_a6cd_047c1617b143343.jpeg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f02_ba14_11ef_a69a_047c1617b143_bb06b62b_e214_11ef_a6cd_047c1617b143344.jpeg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f04_ba14_11ef_a69a_047c1617b143_bb06b62c_e214_11ef_a6cd_047c1617b143345.jpeg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f06_ba14_11ef_a69a_047c1617b143_bb06b62d_e214_11ef_a6cd_047c1617b143346.jpeg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f08_ba14_11ef_a69a_047c1617b143_bb06b62e_e214_11ef_a6cd_047c1617b143347.jpeg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f0a_ba14_11ef_a69a_047c1617b143_bb06b630_e214_11ef_a6cd_047c1617b143348.jpeg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f0c_ba14_11ef_a69a_047c1617b143_bb06b632_e214_11ef_a6cd_047c1617b143349.jpeg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/974fdcf9_cf51_11ee_a55e_047c1617b143_bb06b634_e214_11ef_a6cd_047c1617b143350.jpeg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f0e_ba14_11ef_a69a_047c1617b143_bb06b637_e214_11ef_a6cd_047c1617b143351.jpeg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f10_ba14_11ef_a69a_047c1617b143_bb06b63a_e214_11ef_a6cd_047c1617b143352.jpeg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f12_ba14_11ef_a69a_047c1617b143_bb06b63d_e214_11ef_a6cd_047c1617b143353.jpeg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f14_ba14_11ef_a69a_047c1617b143_b7afc1d6_e218_11ef_a6cd_047c1617b143354.jpeg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f16_ba14_11ef_a69a_047c1617b143_b7afc1d7_e218_11ef_a6cd_047c1617b143355.jpeg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f18_ba14_11ef_a69a_047c1617b143_b7afc1d8_e218_11ef_a6cd_047c1617b143356.jpeg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f1a_ba14_11ef_a69a_047c1617b143_bb06b640_e214_11ef_a6cd_047c1617b143357.jpeg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f1c_ba14_11ef_a69a_047c1617b143_bb06b643_e214_11ef_a6cd_047c1617b143358.jpeg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f1e_ba14_11ef_a69a_047c1617b143_bb06b646_e214_11ef_a6cd_047c1617b143359.jpeg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f20_ba14_11ef_a69a_047c1617b143_bb06b649_e214_11ef_a6cd_047c1617b143360.jpeg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f22_ba14_11ef_a69a_047c1617b143_bb06b64c_e214_11ef_a6cd_047c1617b143361.jpeg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f24_ba14_11ef_a69a_047c1617b143_bb06b64d_e214_11ef_a6cd_047c1617b143362.jpeg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f26_ba14_11ef_a69a_047c1617b143_bb06b64e_e214_11ef_a6cd_047c1617b143363.jpeg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f28_ba14_11ef_a69a_047c1617b143_bb06b64f_e214_11ef_a6cd_047c1617b143364.jpeg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f2a_ba14_11ef_a69a_047c1617b143_bb06b651_e214_11ef_a6cd_047c1617b143365.jpeg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f2c_ba14_11ef_a69a_047c1617b143_bb06b653_e214_11ef_a6cd_047c1617b143366.jpeg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f2e_ba14_11ef_a69a_047c1617b143_bb06b654_e214_11ef_a6cd_047c1617b143367.jpeg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f30_ba14_11ef_a69a_047c1617b143_bb06b655_e214_11ef_a6cd_047c1617b143368.jpeg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f32_ba14_11ef_a69a_047c1617b143_bb06b656_e214_11ef_a6cd_047c1617b143369.jpeg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f34_ba14_11ef_a69a_047c1617b143_bb06b657_e214_11ef_a6cd_047c1617b143370.jpeg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/974fdcfb_cf51_11ee_a55e_047c1617b143_3e659189_db10_11ee_a56e_047c1617b143371.jpeg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/974fdcfd_cf51_11ee_a55e_047c1617b143_3e65918a_db10_11ee_a56e_047c1617b143372.jpeg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7537538e_da01_11e9_8109_003048fd731b_c75a16c8_f115_11ee_a58b_047c1617b143373.jpeg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550cf_da6d_11ee_a56d_047c1617b143_d159fa0f_42c7_11ef_a5f7_047c1617b143374.jpeg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550d3_da6d_11ee_a56d_047c1617b143_d159fa11_42c7_11ef_a5f7_047c1617b143375.jpeg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550d5_da6d_11ee_a56d_047c1617b143_d159fa12_42c7_11ef_a5f7_047c1617b143376.jpeg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0015ba29_86a3_11e9_8101_003048fd731b_ac993d02_476f_11ea_810f_003048fd731b377.jpeg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0015ba2b_86a3_11e9_8101_003048fd731b_83eb96da_5d58_11f0_a779_047c1617b143378.jpeg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6e9ee54_37c1_11ea_810f_003048fd731b_ac993cfd_476f_11ea_810f_003048fd731b379.jpeg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6e9ee52_37c1_11ea_810f_003048fd731b_ac993cff_476f_11ea_810f_003048fd731b380.jpeg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6e9ee50_37c1_11ea_810f_003048fd731b_ac993d00_476f_11ea_810f_003048fd731b381.png"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a675_3767_11ea_810f_003048fd731b_ac993d01_476f_11ea_810f_003048fd731b382.jpeg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/787d7941_68f4_11ea_8111_003048fd731b_018ae84d_7ca2_11ea_8111_003048fd731b383.jpeg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9088d552_e115_11ea_817f_003048fd731b_79368bbb_e197_11ea_817f_003048fd731b384.jpeg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9088d556_e115_11ea_817f_003048fd731b_79368bbd_e197_11ea_817f_003048fd731b385.jpeg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31a73bcb_da46_11ee_a56d_047c1617b143_4396be7f_0312_11ef_a5a4_047c1617b143386.jpeg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f40c0a_5308_11ee_a4bb_047c1617b143_64c8bb78_5a46_11f0_a775_047c1617b143387.jpeg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0015ba36_86a3_11e9_8101_003048fd731b_c530e0de_2820_11ed_a30f_00259070b487388.png"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0015ba3a_86a3_11e9_8101_003048fd731b_c530e0df_2820_11ed_a30f_00259070b487389.png"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0015ba3e_86a3_11e9_8101_003048fd731b_c530e0e0_2820_11ed_a30f_00259070b487390.jpeg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0015ba42_86a3_11e9_8101_003048fd731b_c530e0e2_2820_11ed_a30f_00259070b487391.jpeg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf60f_86a5_11e9_8101_003048fd731b_c530e0e4_2820_11ed_a30f_00259070b487392.jpeg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf613_86a5_11e9_8101_003048fd731b_c530e0e5_2820_11ed_a30f_00259070b487393.jpeg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf686_86a5_11e9_8101_003048fd731b_c530e0d2_2820_11ed_a30f_00259070b487394.jpeg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf68a_86a5_11e9_8101_003048fd731b_c530e0d6_2820_11ed_a30f_00259070b487395.jpeg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b569ce4_b6d8_11eb_82ad_003048fd731b_c530e0da_2820_11ed_a30f_00259070b487396.jpeg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f423_c461_11eb_82be_003048fd731b_14e1e0d9_f93d_11ef_a6ea_047c1617b143397.jpeg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f425_c461_11eb_82be_003048fd731b_14e1e0da_f93d_11ef_a6ea_047c1617b143398.jpeg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b1cbd1_3e5b_11ec_836e_003048fd731b_e00cf34a_f104_11ee_a58b_047c1617b143399.jpeg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6da414_c29f_11ee_a54c_047c1617b143_e00cf34c_f104_11ee_a58b_047c1617b143400.jpeg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe55_86a5_11e9_8101_003048fd731b_b627a777_281f_11ed_a30f_00259070b487401.jpeg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe59_86a5_11e9_8101_003048fd731b_b627a77b_281f_11ed_a30f_00259070b487402.jpeg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe5d_86a5_11e9_8101_003048fd731b_b627a77c_281f_11ed_a30f_00259070b487403.jpeg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe61_86a5_11e9_8101_003048fd731b_b627a77d_281f_11ed_a30f_00259070b487404.jpeg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe65_86a5_11e9_8101_003048fd731b_b627a77e_281f_11ed_a30f_00259070b487405.png"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe69_86a5_11e9_8101_003048fd731b_c530e0bc_2820_11ed_a30f_00259070b487406.png"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe6d_86a5_11e9_8101_003048fd731b_c530e0bd_2820_11ed_a30f_00259070b487407.png"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe71_86a5_11e9_8101_003048fd731b_c530e0be_2820_11ed_a30f_00259070b487408.png"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe75_86a5_11e9_8101_003048fd731b_c530e0bf_2820_11ed_a30f_00259070b487409.jpeg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe79_86a5_11e9_8101_003048fd731b_c530e0c0_2820_11ed_a30f_00259070b487410.jpeg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe7d_86a5_11e9_8101_003048fd731b_c530e0c1_2820_11ed_a30f_00259070b487411.jpeg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe81_86a5_11e9_8101_003048fd731b_c530e0c2_2820_11ed_a30f_00259070b487412.jpeg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe85_86a5_11e9_8101_003048fd731b_c530e0c3_2820_11ed_a30f_00259070b487413.jpeg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe89_86a5_11e9_8101_003048fd731b_c530e0c4_2820_11ed_a30f_00259070b487414.jpeg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe8d_86a5_11e9_8101_003048fd731b_c530e0c5_2820_11ed_a30f_00259070b487415.jpeg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe91_86a5_11e9_8101_003048fd731b_c530e0c6_2820_11ed_a30f_00259070b487416.jpeg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe95_86a5_11e9_8101_003048fd731b_c530e0ca_2820_11ed_a30f_00259070b487417.jpeg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a214a_86a5_11e9_8101_003048fd731b_c530e0ce_2820_11ed_a30f_00259070b487418.jpeg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/702457ae_8fe1_11ed_a3b6_047c1617b143_4b3c1cb6_5a46_11f0_a775_047c1617b143419.jpeg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/702457b0_8fe1_11ed_a3b6_047c1617b143_4b3c1cb7_5a46_11f0_a775_047c1617b143420.jpeg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48ba3983_93ab_11ec_a256_00259070b487_4b3c1cb8_5a46_11f0_a775_047c1617b143421.jpeg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bff966c_032b_11ed_a2de_00259070b487_4b3c1cb9_5a46_11f0_a775_047c1617b143422.jpeg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29639db2_d258_11ed_a410_047c1617b143_4b3c1cba_5a46_11f0_a775_047c1617b143423.jpeg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d4746fa_fd02_11ec_a2d6_00259070b487_4b3c1cbb_5a46_11f0_a775_047c1617b143424.jpeg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d4746fc_fd02_11ec_a2d6_00259070b487_4b3c1cbc_5a46_11f0_a775_047c1617b143425.jpeg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d4746fe_fd02_11ec_a2d6_00259070b487_4b3c1cbd_5a46_11f0_a775_047c1617b143426.jpeg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b80ee8d_3234_11ee_a490_047c1617b143_64c8bb8b_5a46_11f0_a775_047c1617b143427.jpeg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b80ee8f_3234_11ee_a490_047c1617b143_64c8bb8e_5a46_11f0_a775_047c1617b143428.jpeg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b80ee91_3234_11ee_a490_047c1617b143_64c8bb91_5a46_11f0_a775_047c1617b143429.jpeg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6da40f_c29f_11ee_a54c_047c1617b143_4396bf13_0312_11ef_a5a4_047c1617b143430.png"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6da411_c29f_11ee_a54c_047c1617b143_4396bf16_0312_11ef_a5a4_047c1617b143431.png"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a6d7b1f_847d_11ef_a64e_047c1617b143_21d4f5b4_793a_11f0_a79f_047c1617b143432.jpeg"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a6d7b21_847d_11ef_a64e_047c1617b143_21d4f5b5_793a_11f0_a79f_047c1617b143433.jpeg"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4acdaaa_242e_11f0_a725_047c1617b143_26859885_34da_11f0_a73b_047c1617b143434.jpeg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4acdaac_242e_11f0_a725_047c1617b143_26859886_34da_11f0_a73b_047c1617b143435.jpeg"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e426c_245f_11f0_a725_047c1617b143_26859887_34da_11f0_a73b_047c1617b143436.jpeg"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e426e_245f_11f0_a725_047c1617b143_26859888_34da_11f0_a73b_047c1617b143437.jpeg"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e4270_245f_11f0_a725_047c1617b143_26859889_34da_11f0_a73b_047c1617b143438.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a221d_86a5_11e9_8101_003048fd731b_d2eca8dc_2820_11ed_a30f_00259070b4871.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2221_86a5_11e9_8101_003048fd731b_d2eca8dd_2820_11ed_a30f_00259070b4872.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2225_86a5_11e9_8101_003048fd731b_d2eca8de_2820_11ed_a30f_00259070b4873.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2229_86a5_11e9_8101_003048fd731b_d2eca8df_2820_11ed_a30f_00259070b4874.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a222d_86a5_11e9_8101_003048fd731b_d2eca8e0_2820_11ed_a30f_00259070b4875.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2231_86a5_11e9_8101_003048fd731b_d2eca8e1_2820_11ed_a30f_00259070b4876.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29dd4e17_ba6d_11e9_8105_003048fd731b_d2eca8e2_2820_11ed_a30f_00259070b4877.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29dd4e19_ba6d_11e9_8105_003048fd731b_d2eca8e3_2820_11ed_a30f_00259070b4878.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9778552d_d539_11e9_8109_003048fd731b_d2eca8e4_2820_11ed_a30f_00259070b4879.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e579de0_de3a_11e9_810a_003048fd731b_a26f33f0_7c1e_11f0_a7a3_047c1617b14310.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e579de2_de3a_11e9_810a_003048fd731b_a26f33f1_7c1e_11f0_a7a3_047c1617b14311.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97785535_d539_11e9_8109_003048fd731b_a26f33ef_7c1e_11f0_a7a3_047c1617b14312.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd58_86a5_11e9_8101_003048fd731b_c530e0e6_2820_11ed_a30f_00259070b48713.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd5c_86a5_11e9_8101_003048fd731b_c530e0ea_2820_11ed_a30f_00259070b48714.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd60_86a5_11e9_8101_003048fd731b_c530e0ee_2820_11ed_a30f_00259070b48715.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd64_86a5_11e9_8101_003048fd731b_c530e0f2_2820_11ed_a30f_00259070b48716.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd68_86a5_11e9_8101_003048fd731b_c530e0f6_2820_11ed_a30f_00259070b48717.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd6c_86a5_11e9_8101_003048fd731b_c530e0fa_2820_11ed_a30f_00259070b48718.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd70_86a5_11e9_8101_003048fd731b_c530e0fe_2820_11ed_a30f_00259070b48719.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd74_86a5_11e9_8101_003048fd731b_c530e102_2820_11ed_a30f_00259070b48720.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd78_86a5_11e9_8101_003048fd731b_c530e106_2820_11ed_a30f_00259070b48721.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd7c_86a5_11e9_8101_003048fd731b_c530e10a_2820_11ed_a30f_00259070b48722.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd80_86a5_11e9_8101_003048fd731b_c530e10e_2820_11ed_a30f_00259070b48723.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf68e_86a5_11e9_8101_003048fd731b_c530e112_2820_11ed_a30f_00259070b48724.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf692_86a5_11e9_8101_003048fd731b_c530e116_2820_11ed_a30f_00259070b48725.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf696_86a5_11e9_8101_003048fd731b_c530e11a_2820_11ed_a30f_00259070b48726.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf69a_86a5_11e9_8101_003048fd731b_c530e11e_2820_11ed_a30f_00259070b48727.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf69e_86a5_11e9_8101_003048fd731b_c530e122_2820_11ed_a30f_00259070b48728.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6a2_86a5_11e9_8101_003048fd731b_c530e126_2820_11ed_a30f_00259070b48729.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6a6_86a5_11e9_8101_003048fd731b_c530e12a_2820_11ed_a30f_00259070b48730.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6a9_86a5_11e9_8101_003048fd731b_c530e12e_2820_11ed_a30f_00259070b48731.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6ac_86a5_11e9_8101_003048fd731b_c530e132_2820_11ed_a30f_00259070b48732.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6af_86a5_11e9_8101_003048fd731b_c530e136_2820_11ed_a30f_00259070b48733.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6b3_86a5_11e9_8101_003048fd731b_c530e13a_2820_11ed_a30f_00259070b48734.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6b7_86a5_11e9_8101_003048fd731b_c530e13e_2820_11ed_a30f_00259070b48735.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6bb_86a5_11e9_8101_003048fd731b_c530e142_2820_11ed_a30f_00259070b48736.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6bf_86a5_11e9_8101_003048fd731b_c530e146_2820_11ed_a30f_00259070b48737.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6c3_86a5_11e9_8101_003048fd731b_c530e14a_2820_11ed_a30f_00259070b48738.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6c7_86a5_11e9_8101_003048fd731b_c530e14e_2820_11ed_a30f_00259070b48739.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6cb_86a5_11e9_8101_003048fd731b_c530e152_2820_11ed_a30f_00259070b48740.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6cf_86a5_11e9_8101_003048fd731b_c530e156_2820_11ed_a30f_00259070b48741.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6d3_86a5_11e9_8101_003048fd731b_c530e15a_2820_11ed_a30f_00259070b48742.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6d7_86a5_11e9_8101_003048fd731b_c530e15e_2820_11ed_a30f_00259070b48743.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6db_86a5_11e9_8101_003048fd731b_c530e162_2820_11ed_a30f_00259070b48744.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6df_86a5_11e9_8101_003048fd731b_c530e166_2820_11ed_a30f_00259070b48745.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6e3_86a5_11e9_8101_003048fd731b_c530e16a_2820_11ed_a30f_00259070b48746.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6e7_86a5_11e9_8101_003048fd731b_c530e16e_2820_11ed_a30f_00259070b48747.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6eb_86a5_11e9_8101_003048fd731b_c530e172_2820_11ed_a30f_00259070b48748.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6ef_86a5_11e9_8101_003048fd731b_c530e176_2820_11ed_a30f_00259070b48749.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6f3_86a5_11e9_8101_003048fd731b_c530e17a_2820_11ed_a30f_00259070b48750.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6f7_86a5_11e9_8101_003048fd731b_c530e17e_2820_11ed_a30f_00259070b48751.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6fb_86a5_11e9_8101_003048fd731b_c530e182_2820_11ed_a30f_00259070b48752.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6ff_86a5_11e9_8101_003048fd731b_c530e186_2820_11ed_a30f_00259070b48753.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf703_86a5_11e9_8101_003048fd731b_c530e18a_2820_11ed_a30f_00259070b48754.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf707_86a5_11e9_8101_003048fd731b_c530e18e_2820_11ed_a30f_00259070b48755.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf70b_86a5_11e9_8101_003048fd731b_c530e192_2820_11ed_a30f_00259070b48756.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf70f_86a5_11e9_8101_003048fd731b_c530e196_2820_11ed_a30f_00259070b48757.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf713_86a5_11e9_8101_003048fd731b_c530e19a_2820_11ed_a30f_00259070b48758.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf717_86a5_11e9_8101_003048fd731b_c530e19e_2820_11ed_a30f_00259070b48759.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf71b_86a5_11e9_8101_003048fd731b_c530e1a2_2820_11ed_a30f_00259070b48760.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf71f_86a5_11e9_8101_003048fd731b_c530e1a6_2820_11ed_a30f_00259070b48761.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf723_86a5_11e9_8101_003048fd731b_c530e1aa_2820_11ed_a30f_00259070b48762.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf727_86a5_11e9_8101_003048fd731b_c530e1ae_2820_11ed_a30f_00259070b48763.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf72b_86a5_11e9_8101_003048fd731b_c530e1b2_2820_11ed_a30f_00259070b48764.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf72f_86a5_11e9_8101_003048fd731b_c530e1b6_2820_11ed_a30f_00259070b48765.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf733_86a5_11e9_8101_003048fd731b_c530e1ba_2820_11ed_a30f_00259070b48766.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf737_86a5_11e9_8101_003048fd731b_cbe1917f_2820_11ed_a30f_00259070b48767.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf73b_86a5_11e9_8101_003048fd731b_cbe19183_2820_11ed_a30f_00259070b48768.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf73f_86a5_11e9_8101_003048fd731b_cbe19187_2820_11ed_a30f_00259070b48769.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf743_86a5_11e9_8101_003048fd731b_cbe1918b_2820_11ed_a30f_00259070b48770.jpeg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf747_86a5_11e9_8101_003048fd731b_cbe1918f_2820_11ed_a30f_00259070b48771.jpeg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf74b_86a5_11e9_8101_003048fd731b_cbe19193_2820_11ed_a30f_00259070b48772.jpeg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf74f_86a5_11e9_8101_003048fd731b_cbe19197_2820_11ed_a30f_00259070b48773.jpeg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf753_86a5_11e9_8101_003048fd731b_cbe1919b_2820_11ed_a30f_00259070b48774.jpeg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf757_86a5_11e9_8101_003048fd731b_cbe1919f_2820_11ed_a30f_00259070b48775.jpeg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf75b_86a5_11e9_8101_003048fd731b_cbe191a3_2820_11ed_a30f_00259070b48776.jpeg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf75f_86a5_11e9_8101_003048fd731b_cbe191a7_2820_11ed_a30f_00259070b48777.jpeg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf763_86a5_11e9_8101_003048fd731b_cbe191ab_2820_11ed_a30f_00259070b48778.jpeg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf766_86a5_11e9_8101_003048fd731b_cbe191af_2820_11ed_a30f_00259070b48779.jpeg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf769_86a5_11e9_8101_003048fd731b_cbe191b3_2820_11ed_a30f_00259070b48780.jpeg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf76d_86a5_11e9_8101_003048fd731b_cbe191b7_2820_11ed_a30f_00259070b48781.jpeg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf771_86a5_11e9_8101_003048fd731b_cbe191bb_2820_11ed_a30f_00259070b48782.jpeg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf775_86a5_11e9_8101_003048fd731b_cbe191bf_2820_11ed_a30f_00259070b48783.jpeg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf779_86a5_11e9_8101_003048fd731b_cbe191c3_2820_11ed_a30f_00259070b48784.jpeg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf77d_86a5_11e9_8101_003048fd731b_cbe191c7_2820_11ed_a30f_00259070b48785.jpeg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf781_86a5_11e9_8101_003048fd731b_cbe191cb_2820_11ed_a30f_00259070b48786.jpeg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf785_86a5_11e9_8101_003048fd731b_cbe191cf_2820_11ed_a30f_00259070b48787.jpeg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf789_86a5_11e9_8101_003048fd731b_cbe191d3_2820_11ed_a30f_00259070b48788.jpeg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd1a_86a5_11e9_8101_003048fd731b_cbe191d7_2820_11ed_a30f_00259070b48789.jpeg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd1e_86a5_11e9_8101_003048fd731b_cbe191db_2820_11ed_a30f_00259070b48790.jpeg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd22_86a5_11e9_8101_003048fd731b_cbe191df_2820_11ed_a30f_00259070b48791.jpeg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd26_86a5_11e9_8101_003048fd731b_57339629_f953_11e9_810b_003048fd731b92.jpeg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd29_86a5_11e9_8101_003048fd731b_5733962a_f953_11e9_810b_003048fd731b93.jpeg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd2c_86a5_11e9_8101_003048fd731b_cbe191e3_2820_11ed_a30f_00259070b48794.jpeg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd30_86a5_11e9_8101_003048fd731b_cbe191e7_2820_11ed_a30f_00259070b48795.jpeg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd34_86a5_11e9_8101_003048fd731b_cbe191eb_2820_11ed_a30f_00259070b48796.jpeg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd38_86a5_11e9_8101_003048fd731b_cbe191ef_2820_11ed_a30f_00259070b48797.jpeg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd3c_86a5_11e9_8101_003048fd731b_cbe191f3_2820_11ed_a30f_00259070b48798.jpeg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd40_86a5_11e9_8101_003048fd731b_cbe191f7_2820_11ed_a30f_00259070b48799.jpeg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd44_86a5_11e9_8101_003048fd731b_cbe191fb_2820_11ed_a30f_00259070b487100.jpeg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd48_86a5_11e9_8101_003048fd731b_cbe191ff_2820_11ed_a30f_00259070b487101.jpeg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd4c_86a5_11e9_8101_003048fd731b_cbe19203_2820_11ed_a30f_00259070b487102.jpeg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd50_86a5_11e9_8101_003048fd731b_cbe19207_2820_11ed_a30f_00259070b487103.jpeg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccf1937d_ffba_11e9_810b_003048fd731b_cbe1920b_2820_11ed_a30f_00259070b487104.jpeg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b33536b1_3462_11eb_81f3_003048fd731b_cbe1920f_2820_11ed_a30f_00259070b487105.jpeg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3ab_0b65_11ec_831e_003048fd731b_cbe19213_2820_11ed_a30f_00259070b487106.jpeg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3ad_0b65_11ec_831e_003048fd731b_cbe19217_2820_11ed_a30f_00259070b487107.jpeg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3af_0b65_11ec_831e_003048fd731b_cbe1921b_2820_11ed_a30f_00259070b487108.jpeg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3b1_0b65_11ec_831e_003048fd731b_cbe1921f_2820_11ed_a30f_00259070b487109.jpeg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3b3_0b65_11ec_831e_003048fd731b_cbe19223_2820_11ed_a30f_00259070b487110.jpeg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd85_86a5_11e9_8101_003048fd731b_cbe19227_2820_11ed_a30f_00259070b487111.jpeg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd89_86a5_11e9_8101_003048fd731b_cbe1922b_2820_11ed_a30f_00259070b487112.jpeg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd8d_86a5_11e9_8101_003048fd731b_cbe1922f_2820_11ed_a30f_00259070b487113.jpeg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd91_86a5_11e9_8101_003048fd731b_cbe19233_2820_11ed_a30f_00259070b487114.jpeg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd95_86a5_11e9_8101_003048fd731b_cbe19237_2820_11ed_a30f_00259070b487115.jpeg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd99_86a5_11e9_8101_003048fd731b_cbe1923b_2820_11ed_a30f_00259070b487116.jpeg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303af8_3acc_11ec_8367_003048fd731b_d2eca871_2820_11ed_a30f_00259070b487117.jpeg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303afa_3acc_11ec_8367_003048fd731b_d2eca875_2820_11ed_a30f_00259070b487118.jpeg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303afc_3acc_11ec_8367_003048fd731b_d2eca879_2820_11ed_a30f_00259070b487119.jpeg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303afe_3acc_11ec_8367_003048fd731b_d2eca87d_2820_11ed_a30f_00259070b487120.jpeg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303b00_3acc_11ec_8367_003048fd731b_d2eca881_2820_11ed_a30f_00259070b487121.jpeg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303b02_3acc_11ec_8367_003048fd731b_d2eca885_2820_11ed_a30f_00259070b487122.jpeg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303b04_3acc_11ec_8367_003048fd731b_d2eca889_2820_11ed_a30f_00259070b487123.jpeg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303b06_3acc_11ec_8367_003048fd731b_d2eca88d_2820_11ed_a30f_00259070b487124.jpeg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303b08_3acc_11ec_8367_003048fd731b_d2eca891_2820_11ed_a30f_00259070b487125.jpeg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fed9789b_46f7_11ec_8393_003048fd731b_d2eca895_2820_11ed_a30f_00259070b487126.jpeg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fed9789d_46f7_11ec_8393_003048fd731b_d2eca899_2820_11ed_a30f_00259070b487127.jpeg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fed9789f_46f7_11ec_8393_003048fd731b_d2eca89d_2820_11ed_a30f_00259070b487128.jpeg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fed978a1_46f7_11ec_8393_003048fd731b_d2eca8a1_2820_11ed_a30f_00259070b487129.jpeg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd9e_86a5_11e9_8101_003048fd731b_cbe1923f_2820_11ed_a30f_00259070b487130.jpeg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfda2_86a5_11e9_8101_003048fd731b_cbe19243_2820_11ed_a30f_00259070b487131.jpeg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfda6_86a5_11e9_8101_003048fd731b_cbe19247_2820_11ed_a30f_00259070b487132.jpeg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdaa_86a5_11e9_8101_003048fd731b_cbe1924b_2820_11ed_a30f_00259070b487133.jpeg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdae_86a5_11e9_8101_003048fd731b_cbe1924f_2820_11ed_a30f_00259070b487134.jpeg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdb2_86a5_11e9_8101_003048fd731b_cbe19253_2820_11ed_a30f_00259070b487135.jpeg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdb6_86a5_11e9_8101_003048fd731b_cbe19257_2820_11ed_a30f_00259070b487136.jpeg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdba_86a5_11e9_8101_003048fd731b_cbe1925b_2820_11ed_a30f_00259070b487137.jpeg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdbe_86a5_11e9_8101_003048fd731b_cbe1925f_2820_11ed_a30f_00259070b487138.jpeg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdc2_86a5_11e9_8101_003048fd731b_cbe19263_2820_11ed_a30f_00259070b487139.jpeg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdc6_86a5_11e9_8101_003048fd731b_cbe19267_2820_11ed_a30f_00259070b487140.jpeg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdca_86a5_11e9_8101_003048fd731b_cbe1926b_2820_11ed_a30f_00259070b487141.jpeg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdce_86a5_11e9_8101_003048fd731b_cbe1926f_2820_11ed_a30f_00259070b487142.jpeg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdd2_86a5_11e9_8101_003048fd731b_cbe19273_2820_11ed_a30f_00259070b487143.jpeg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdd6_86a5_11e9_8101_003048fd731b_cbe19277_2820_11ed_a30f_00259070b487144.jpeg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdda_86a5_11e9_8101_003048fd731b_cbe1927b_2820_11ed_a30f_00259070b487145.jpeg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdde_86a5_11e9_8101_003048fd731b_d2eca855_2820_11ed_a30f_00259070b487146.jpeg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfde2_86a5_11e9_8101_003048fd731b_d2eca859_2820_11ed_a30f_00259070b487147.jpeg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfde6_86a5_11e9_8101_003048fd731b_d2eca85d_2820_11ed_a30f_00259070b487148.jpeg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdea_86a5_11e9_8101_003048fd731b_d2eca861_2820_11ed_a30f_00259070b487149.jpeg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdee_86a5_11e9_8101_003048fd731b_d2eca865_2820_11ed_a30f_00259070b487150.jpeg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8184924f_7270_11ef_a636_047c1617b143_d9a656a8_f1e4_11ef_a6e1_047c1617b143151.jpeg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81849251_7270_11ef_a636_047c1617b143_d9a656ac_f1e4_11ef_a6e1_047c1617b143152.jpeg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c2dfd4d_7288_11ef_a636_047c1617b143_d9a656b0_f1e4_11ef_a6e1_047c1617b143153.jpeg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c2dfd57_7288_11ef_a636_047c1617b143_d9a656b4_f1e4_11ef_a6e1_047c1617b143154.jpeg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c2dfd5d_7288_11ef_a636_047c1617b143_d9a656b8_f1e4_11ef_a6e1_047c1617b143155.jpeg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c2dfd5f_7288_11ef_a636_047c1617b143_dfe10842_f1e4_11ef_a6e1_047c1617b143156.jpeg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a5d6597_54b7_11f0_a76e_047c1617b143_579e2326_5a46_11f0_a775_047c1617b143157.jpeg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce47d2bd_9e6d_11ef_a670_047c1617b143_dfe10846_f1e4_11ef_a6e1_047c1617b143158.jpeg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce47d2bf_9e6d_11ef_a670_047c1617b143_dfe1084a_f1e4_11ef_a6e1_047c1617b143159.jpeg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce47d2c1_9e6d_11ef_a670_047c1617b143_dfe1084e_f1e4_11ef_a6e1_047c1617b143160.jpeg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce47d2cf_9e6d_11ef_a670_047c1617b143_dfe10852_f1e4_11ef_a6e1_047c1617b143161.jpeg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53ee9_9e75_11ef_a670_047c1617b143_dfe10853_f1e4_11ef_a6e1_047c1617b143162.jpeg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53ef3_9e75_11ef_a670_047c1617b143_dfe10854_f1e4_11ef_a6e1_047c1617b143163.jpeg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53ef5_9e75_11ef_a670_047c1617b143_dfe10858_f1e4_11ef_a6e1_047c1617b143164.jpeg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53ef9_9e75_11ef_a670_047c1617b143_dfe1085c_f1e4_11ef_a6e1_047c1617b143165.jpeg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53efb_9e75_11ef_a670_047c1617b143_dfe10860_f1e4_11ef_a6e1_047c1617b143166.jpeg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f11_9e75_11ef_a670_047c1617b143_dfe10864_f1e4_11ef_a6e1_047c1617b143167.jpeg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f13_9e75_11ef_a670_047c1617b143_dfe10868_f1e4_11ef_a6e1_047c1617b143168.jpeg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f1d_9e75_11ef_a670_047c1617b143_dfe1086c_f1e4_11ef_a6e1_047c1617b143169.jpeg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a5d6599_54b7_11f0_a76e_047c1617b143_579e232a_5a46_11f0_a775_047c1617b143170.jpeg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5fad502_86a5_11e9_8101_003048fd731b_d2eca8a5_2820_11ed_a30f_00259070b487171.jpeg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45f59290_4009_11ec_8370_003048fd731b_d2eca8a6_2820_11ed_a30f_00259070b487172.jpeg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d2eb74_7759_11ec_a212_00259070b487_d2eca8aa_2820_11ed_a30f_00259070b487173.jpeg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d2eb76_7759_11ec_a212_00259070b487_d2eca8ab_2820_11ed_a30f_00259070b487174.jpeg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d2eb78_7759_11ec_a212_00259070b487_d2eca8ac_2820_11ed_a30f_00259070b487175.jpeg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13e8ca46_5853_11ed_a364_047c1617b143_21d4f5b0_793a_11f0_a79f_047c1617b143176.jpeg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0751d93_0af9_11ee_a45c_047c1617b143_64c8bb7b_5a46_11f0_a775_047c1617b143177.jpeg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0751d95_0af9_11ee_a45c_047c1617b143_64c8bb7e_5a46_11f0_a775_047c1617b143178.jpeg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e84721c_afd7_11ef_a68d_047c1617b143_64c8bb80_5a46_11f0_a775_047c1617b143179.jpeg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e8472bc_afd7_11ef_a68d_047c1617b143_64c8bb84_5a46_11f0_a775_047c1617b143180.jpeg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e8472be_afd7_11ef_a68d_047c1617b143_64c8bb85_5a46_11f0_a775_047c1617b143181.jpeg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a214f_86a5_11e9_8101_003048fd731b_d2eca8ad_2820_11ed_a30f_00259070b487182.jpeg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2153_86a5_11e9_8101_003048fd731b_d2eca8ae_2820_11ed_a30f_00259070b487183.jpeg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2157_86a5_11e9_8101_003048fd731b_d2eca8af_2820_11ed_a30f_00259070b487184.jpeg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a215b_86a5_11e9_8101_003048fd731b_d2eca8b0_2820_11ed_a30f_00259070b487185.jpeg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a215f_86a5_11e9_8101_003048fd731b_d2eca8b1_2820_11ed_a30f_00259070b487186.jpeg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2163_86a5_11e9_8101_003048fd731b_d2eca8b2_2820_11ed_a30f_00259070b487187.jpeg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2167_86a5_11e9_8101_003048fd731b_d2eca8b3_2820_11ed_a30f_00259070b487188.jpeg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a216b_86a5_11e9_8101_003048fd731b_d2eca8b4_2820_11ed_a30f_00259070b487189.jpeg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a216f_86a5_11e9_8101_003048fd731b_d2eca8b5_2820_11ed_a30f_00259070b487190.jpeg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2173_86a5_11e9_8101_003048fd731b_d2eca8b6_2820_11ed_a30f_00259070b487191.jpeg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2177_86a5_11e9_8101_003048fd731b_d2eca8b7_2820_11ed_a30f_00259070b487192.jpeg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a217b_86a5_11e9_8101_003048fd731b_d2eca8b8_2820_11ed_a30f_00259070b487193.jpeg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a217f_86a5_11e9_8101_003048fd731b_d2eca8b9_2820_11ed_a30f_00259070b487194.jpeg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2183_86a5_11e9_8101_003048fd731b_d2eca8ba_2820_11ed_a30f_00259070b487195.jpeg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2187_86a5_11e9_8101_003048fd731b_d2eca8bb_2820_11ed_a30f_00259070b487196.jpeg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a218b_86a5_11e9_8101_003048fd731b_d2eca8bc_2820_11ed_a30f_00259070b487197.jpeg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a218f_86a5_11e9_8101_003048fd731b_d2eca8bd_2820_11ed_a30f_00259070b487198.jpeg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2193_86a5_11e9_8101_003048fd731b_d2eca8be_2820_11ed_a30f_00259070b487199.jpeg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2197_86a5_11e9_8101_003048fd731b_d2eca8bf_2820_11ed_a30f_00259070b487200.jpeg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a219b_86a5_11e9_8101_003048fd731b_d2eca8c1_2820_11ed_a30f_00259070b487201.jpeg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a219f_86a5_11e9_8101_003048fd731b_d2eca8c3_2820_11ed_a30f_00259070b487202.jpeg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a21a3_86a5_11e9_8101_003048fd731b_d2eca8c4_2820_11ed_a30f_00259070b487203.jpeg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a21a7_86a5_11e9_8101_003048fd731b_d2eca8c5_2820_11ed_a30f_00259070b487204.jpeg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a21ab_86a5_11e9_8101_003048fd731b_d2eca8c6_2820_11ed_a30f_00259070b487205.jpeg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a21af_86a5_11e9_8101_003048fd731b_d2eca8c7_2820_11ed_a30f_00259070b487206.jpeg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a21b3_86a5_11e9_8101_003048fd731b_d2eca8c8_2820_11ed_a30f_00259070b487207.jpeg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a21b7_86a5_11e9_8101_003048fd731b_d2eca8c9_2820_11ed_a30f_00259070b487208.jpeg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68a7bd91_a71a_11e9_8103_003048fd731b_d2eca8ca_2820_11ed_a30f_00259070b487209.jpeg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97785522_d539_11e9_8109_003048fd731b_d2eca8cb_2820_11ed_a30f_00259070b487210.jpeg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2af66c31_addf_11e9_8103_003048fd731b_d2eca8cc_2820_11ed_a30f_00259070b487211.jpeg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68a7bd93_a71a_11e9_8103_003048fd731b_d2eca8cd_2820_11ed_a30f_00259070b487212.jpeg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6c8b03a_b1f9_11e9_8103_003048fd731b_d2eca8ce_2820_11ed_a30f_00259070b487213.jpeg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97785527_d539_11e9_8109_003048fd731b_d2eca8cf_2820_11ed_a30f_00259070b487214.jpeg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a67b_3767_11ea_810f_003048fd731b_d2eca8d0_2820_11ed_a30f_00259070b487215.jpeg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a67d_3767_11ea_810f_003048fd731b_d2eca8d1_2820_11ed_a30f_00259070b487216.jpeg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a67f_3767_11ea_810f_003048fd731b_d2eca8d2_2820_11ed_a30f_00259070b487217.jpeg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a681_3767_11ea_810f_003048fd731b_d2eca8d3_2820_11ed_a30f_00259070b487218.jpeg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a683_3767_11ea_810f_003048fd731b_d2eca8d4_2820_11ed_a30f_00259070b487219.jpeg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a685_3767_11ea_810f_003048fd731b_d2eca8d5_2820_11ed_a30f_00259070b487220.jpeg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a687_3767_11ea_810f_003048fd731b_d2eca8d6_2820_11ed_a30f_00259070b487221.jpeg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c522_7c9e_11ea_8111_003048fd731b_d2eca8d7_2820_11ed_a30f_00259070b487222.jpeg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c524_7c9e_11ea_8111_003048fd731b_d2eca8d8_2820_11ed_a30f_00259070b487223.jpeg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c526_7c9e_11ea_8111_003048fd731b_d2eca8d9_2820_11ed_a30f_00259070b487224.jpeg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c528_7c9e_11ea_8111_003048fd731b_d2eca8da_2820_11ed_a30f_00259070b487225.jpeg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c52a_7c9e_11ea_8111_003048fd731b_d2eca8db_2820_11ed_a30f_00259070b487226.jpeg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e6eaa18_5f90_11eb_822d_003048fd731b_64c8bb81_5a46_11f0_a775_047c1617b143227.jpeg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d2eb7a_7759_11ec_a212_00259070b487_6b95d4b9_5a46_11f0_a775_047c1617b143228.jpeg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d2eb7c_7759_11ec_a212_00259070b487_6b95d4bd_5a46_11f0_a775_047c1617b143229.jpeg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d2eb7e_7759_11ec_a212_00259070b487_7195a3c0_5a46_11f0_a775_047c1617b143230.jpeg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093111c_0c72_11ec_8321_003048fd731b_83eb96d8_5d58_11f0_a779_047c1617b143231.jpeg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093111e_0c72_11ec_8321_003048fd731b_83eb96d9_5d58_11f0_a779_047c1617b143232.jpeg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931120_0c72_11ec_8321_003048fd731b_83eb96d7_5d58_11f0_a779_047c1617b143233.jpeg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931122_0c72_11ec_8321_003048fd731b_6b95d47d_5a46_11f0_a775_047c1617b143234.jpeg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931124_0c72_11ec_8321_003048fd731b_6b95d481_5a46_11f0_a775_047c1617b143235.jpeg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931126_0c72_11ec_8321_003048fd731b_6b95d485_5a46_11f0_a775_047c1617b143236.jpeg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931128_0c72_11ec_8321_003048fd731b_6b95d489_5a46_11f0_a775_047c1617b143237.jpeg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093112a_0c72_11ec_8321_003048fd731b_6b95d48d_5a46_11f0_a775_047c1617b143238.jpeg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093112c_0c72_11ec_8321_003048fd731b_6b95d491_5a46_11f0_a775_047c1617b143239.jpeg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093112e_0c72_11ec_8321_003048fd731b_6b95d495_5a46_11f0_a775_047c1617b143240.jpeg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931130_0c72_11ec_8321_003048fd731b_6b95d499_5a46_11f0_a775_047c1617b143241.jpeg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931132_0c72_11ec_8321_003048fd731b_6b95d49d_5a46_11f0_a775_047c1617b143242.jpeg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931134_0c72_11ec_8321_003048fd731b_6b95d4a1_5a46_11f0_a775_047c1617b143243.jpeg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931136_0c72_11ec_8321_003048fd731b_6b95d4a5_5a46_11f0_a775_047c1617b143244.jpeg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931138_0c72_11ec_8321_003048fd731b_6b95d4a9_5a46_11f0_a775_047c1617b143245.jpeg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093113a_0c72_11ec_8321_003048fd731b_6b95d4ad_5a46_11f0_a775_047c1617b143246.jpeg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093113c_0c72_11ec_8321_003048fd731b_6b95d4b1_5a46_11f0_a775_047c1617b143247.jpeg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093113e_0c72_11ec_8321_003048fd731b_6b95d4b5_5a46_11f0_a775_047c1617b143248.jpeg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3eb_c461_11eb_82be_003048fd731b_a1555456_602e_11ec_a20b_00259070b487249.jpeg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3ed_c461_11eb_82be_003048fd731b_a1555457_602e_11ec_a20b_00259070b487250.jpeg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3ef_c461_11eb_82be_003048fd731b_a1555458_602e_11ec_a20b_00259070b487251.jpeg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3f1_c461_11eb_82be_003048fd731b_a1555459_602e_11ec_a20b_00259070b487252.jpeg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3f3_c461_11eb_82be_003048fd731b_a155545a_602e_11ec_a20b_00259070b487253.jpeg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3f5_c461_11eb_82be_003048fd731b_a155545b_602e_11ec_a20b_00259070b487254.jpeg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3f7_c461_11eb_82be_003048fd731b_a155545c_602e_11ec_a20b_00259070b487255.jpeg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3f9_c461_11eb_82be_003048fd731b_a155545d_602e_11ec_a20b_00259070b487256.jpeg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3fb_c461_11eb_82be_003048fd731b_a155545e_602e_11ec_a20b_00259070b487257.jpeg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3fd_c461_11eb_82be_003048fd731b_a155545f_602e_11ec_a20b_00259070b487258.jpeg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3ff_c461_11eb_82be_003048fd731b_a1555460_602e_11ec_a20b_00259070b487259.jpeg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f401_c461_11eb_82be_003048fd731b_a1555461_602e_11ec_a20b_00259070b487260.jpeg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f403_c461_11eb_82be_003048fd731b_a1555462_602e_11ec_a20b_00259070b487261.jpeg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f405_c461_11eb_82be_003048fd731b_a1555463_602e_11ec_a20b_00259070b487262.jpeg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f407_c461_11eb_82be_003048fd731b_a1555464_602e_11ec_a20b_00259070b487263.jpeg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f409_c461_11eb_82be_003048fd731b_a1555465_602e_11ec_a20b_00259070b487264.jpeg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f40b_c461_11eb_82be_003048fd731b_a1555466_602e_11ec_a20b_00259070b487265.jpeg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f40d_c461_11eb_82be_003048fd731b_aaacbdff_602e_11ec_a20b_00259070b487266.jpeg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f40f_c461_11eb_82be_003048fd731b_aaacbe00_602e_11ec_a20b_00259070b487267.jpeg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f411_c461_11eb_82be_003048fd731b_aaacbe01_602e_11ec_a20b_00259070b487268.jpeg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f413_c461_11eb_82be_003048fd731b_aaacbe02_602e_11ec_a20b_00259070b487269.jpeg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f415_c461_11eb_82be_003048fd731b_aaacbe03_602e_11ec_a20b_00259070b487270.jpeg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f417_c461_11eb_82be_003048fd731b_aaacbe04_602e_11ec_a20b_00259070b487271.jpeg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f419_c461_11eb_82be_003048fd731b_aaacbe05_602e_11ec_a20b_00259070b487272.jpeg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f41b_c461_11eb_82be_003048fd731b_aaacbe06_602e_11ec_a20b_00259070b487273.jpeg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f41d_c461_11eb_82be_003048fd731b_aaacbe07_602e_11ec_a20b_00259070b487274.jpeg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f41f_c461_11eb_82be_003048fd731b_aaacbe08_602e_11ec_a20b_00259070b487275.jpeg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f421_c461_11eb_82be_003048fd731b_aaacbe09_602e_11ec_a20b_00259070b487276.jpeg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f427_c461_11eb_82be_003048fd731b_aaacbe0a_602e_11ec_a20b_00259070b487277.jpeg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f429_c461_11eb_82be_003048fd731b_aaacbe0b_602e_11ec_a20b_00259070b487278.jpeg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f42b_c461_11eb_82be_003048fd731b_aaacbe0c_602e_11ec_a20b_00259070b487279.jpeg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f42d_c461_11eb_82be_003048fd731b_aaacbe0d_602e_11ec_a20b_00259070b487280.jpeg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f42f_c461_11eb_82be_003048fd731b_aaacbe0e_602e_11ec_a20b_00259070b487281.jpeg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f431_c461_11eb_82be_003048fd731b_aaacbe0f_602e_11ec_a20b_00259070b487282.jpeg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f433_c461_11eb_82be_003048fd731b_aaacbe10_602e_11ec_a20b_00259070b487283.jpeg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f435_c461_11eb_82be_003048fd731b_aaacbe11_602e_11ec_a20b_00259070b487284.jpeg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f437_c461_11eb_82be_003048fd731b_aaacbe12_602e_11ec_a20b_00259070b487285.jpeg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f439_c461_11eb_82be_003048fd731b_aaacbe13_602e_11ec_a20b_00259070b487286.jpeg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f43b_c461_11eb_82be_003048fd731b_aaacbe14_602e_11ec_a20b_00259070b487287.jpeg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f43d_c461_11eb_82be_003048fd731b_aaacbe15_602e_11ec_a20b_00259070b487288.jpeg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b1cbcb_3e5b_11ec_836e_003048fd731b_aaacbe16_602e_11ec_a20b_00259070b487289.jpeg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b1cbd3_3e5b_11ec_836e_003048fd731b_aaacbe17_602e_11ec_a20b_00259070b487290.jpeg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6652a12d_b63d_11ec_a26a_00259070b487_14e1e0db_f93d_11ef_a6ea_047c1617b143291.jpeg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6652a12f_b63d_11ec_a26a_00259070b487_49c4afac_056a_11f0_a6fc_047c1617b143292.jpeg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6652a135_b63d_11ec_a26a_00259070b487_49c4afae_056a_11f0_a6fc_047c1617b143293.jpeg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6652a13b_b63d_11ec_a26a_00259070b487_49c4afad_056a_11f0_a6fc_047c1617b143294.jpeg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6652a141_b63d_11ec_a26a_00259070b487_49c4afaf_056a_11f0_a6fc_047c1617b143295.jpeg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e5408af_9114_11ed_a3b7_047c1617b143_49c4afb0_056a_11f0_a6fc_047c1617b143296.jpeg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e5408b1_9114_11ed_a3b7_047c1617b143_49c4afb1_056a_11f0_a6fc_047c1617b143297.jpeg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e7d_d7fd_11ee_a56a_047c1617b143_0161eca5_02f2_11ef_a5a4_047c1617b143298.jpeg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e7f_d7fd_11ee_a56a_047c1617b143_0161eca8_02f2_11ef_a5a4_047c1617b143299.jpeg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e81_d7fd_11ee_a56a_047c1617b143_0161ecab_02f2_11ef_a5a4_047c1617b143300.jpeg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e83_d7fd_11ee_a56a_047c1617b143_0161ecae_02f2_11ef_a5a4_047c1617b143301.jpeg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e85_d7fd_11ee_a56a_047c1617b143_0161ecb1_02f2_11ef_a5a4_047c1617b143302.jpeg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e87_d7fd_11ee_a56a_047c1617b143_0161ecb4_02f2_11ef_a5a4_047c1617b143303.jpeg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e89_d7fd_11ee_a56a_047c1617b143_0161ecb7_02f2_11ef_a5a4_047c1617b143304.jpeg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e8b_d7fd_11ee_a56a_047c1617b143_0161ecba_02f2_11ef_a5a4_047c1617b143305.jpeg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e8d_d7fd_11ee_a56a_047c1617b143_3063257f_0312_11ef_a5a4_047c1617b143306.jpeg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e8f_d7fd_11ee_a56a_047c1617b143_30632582_0312_11ef_a5a4_047c1617b143307.jpeg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e91_d7fd_11ee_a56a_047c1617b143_30632585_0312_11ef_a5a4_047c1617b143308.jpeg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e93_d7fd_11ee_a56a_047c1617b143_30632588_0312_11ef_a5a4_047c1617b143309.jpeg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e95_d7fd_11ee_a56a_047c1617b143_3063258b_0312_11ef_a5a4_047c1617b143310.jpeg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e97_d7fd_11ee_a56a_047c1617b143_3063258e_0312_11ef_a5a4_047c1617b143311.jpeg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e99_d7fd_11ee_a56a_047c1617b143_30632591_0312_11ef_a5a4_047c1617b143312.jpeg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e9b_d7fd_11ee_a56a_047c1617b143_30632594_0312_11ef_a5a4_047c1617b143313.jpeg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e9d_d7fd_11ee_a56a_047c1617b143_30632597_0312_11ef_a5a4_047c1617b143314.jpeg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e9f_d7fd_11ee_a56a_047c1617b143_0161ec9c_02f2_11ef_a5a4_047c1617b143315.jpeg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417ea1_d7fd_11ee_a56a_047c1617b143_0161ec9f_02f2_11ef_a5a4_047c1617b143316.jpeg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417ea3_d7fd_11ee_a56a_047c1617b143_0161eca2_02f2_11ef_a5a4_047c1617b143317.jpeg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417ea5_d7fd_11ee_a56a_047c1617b143_0161ec96_02f2_11ef_a5a4_047c1617b143318.jpeg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417ea7_d7fd_11ee_a56a_047c1617b143_0161ec99_02f2_11ef_a5a4_047c1617b143319.jpeg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4307ec8_d80d_11ee_a56a_047c1617b143_306325ac_0312_11ef_a5a4_047c1617b143320.jpeg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4307eca_d80d_11ee_a56a_047c1617b143_3063259a_0312_11ef_a5a4_047c1617b143321.jpeg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4307ecc_d80d_11ee_a56a_047c1617b143_3063259d_0312_11ef_a5a4_047c1617b143322.jpeg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4307ece_d80d_11ee_a56a_047c1617b143_306325a0_0312_11ef_a5a4_047c1617b143323.jpeg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4307ed0_d80d_11ee_a56a_047c1617b143_306325a3_0312_11ef_a5a4_047c1617b143324.jpeg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4307ed2_d80d_11ee_a56a_047c1617b143_306325a6_0312_11ef_a5a4_047c1617b143325.jpeg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4307ed4_d80d_11ee_a56a_047c1617b143_306325a9_0312_11ef_a5a4_047c1617b143326.jpeg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550bd_da6d_11ee_a56d_047c1617b143_d159fa13_42c7_11ef_a5f7_047c1617b143327.png"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550bf_da6d_11ee_a56d_047c1617b143_9db7fc45_42ce_11ef_a5f7_047c1617b143328.png"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550c1_da6d_11ee_a56d_047c1617b143_9db7fc47_42ce_11ef_a5f7_047c1617b143329.png"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550c3_da6d_11ee_a56d_047c1617b143_9db7fc49_42ce_11ef_a5f7_047c1617b143330.jpeg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550c5_da6d_11ee_a56d_047c1617b143_9db7fc4b_42ce_11ef_a5f7_047c1617b143331.jpeg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550c7_da6d_11ee_a56d_047c1617b143_9db7fc4d_42ce_11ef_a5f7_047c1617b143332.jpeg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddcb_b9ee_11ef_a69a_047c1617b143_b7afc1d0_e218_11ef_a6cd_047c1617b143333.jpeg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddcd_b9ee_11ef_a69a_047c1617b143_b7afc1d3_e218_11ef_a6cd_047c1617b143334.jpeg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddcf_b9ee_11ef_a69a_047c1617b143_55c6eb36_e210_11ef_a6cd_047c1617b143335.jpeg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddd1_b9ee_11ef_a69a_047c1617b143_55c6eb39_e210_11ef_a6cd_047c1617b143336.jpeg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddd3_b9ee_11ef_a69a_047c1617b143_55c6eb3c_e210_11ef_a6cd_047c1617b143337.jpeg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddd5_b9ee_11ef_a69a_047c1617b143_55c6eb3f_e210_11ef_a6cd_047c1617b143338.jpeg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddd7_b9ee_11ef_a69a_047c1617b143_55c6eb42_e210_11ef_a6cd_047c1617b143339.jpeg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddd9_b9ee_11ef_a69a_047c1617b143_55c6eb45_e210_11ef_a6cd_047c1617b143340.jpeg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151efa_ba14_11ef_a69a_047c1617b143_55c6eb48_e210_11ef_a6cd_047c1617b143341.jpeg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151efc_ba14_11ef_a69a_047c1617b143_bb06b622_e214_11ef_a6cd_047c1617b143342.jpeg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151efe_ba14_11ef_a69a_047c1617b143_bb06b625_e214_11ef_a6cd_047c1617b143343.jpeg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f00_ba14_11ef_a69a_047c1617b143_bb06b628_e214_11ef_a6cd_047c1617b143344.jpeg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f02_ba14_11ef_a69a_047c1617b143_bb06b62b_e214_11ef_a6cd_047c1617b143345.jpeg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f04_ba14_11ef_a69a_047c1617b143_bb06b62c_e214_11ef_a6cd_047c1617b143346.jpeg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f06_ba14_11ef_a69a_047c1617b143_bb06b62d_e214_11ef_a6cd_047c1617b143347.jpeg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f08_ba14_11ef_a69a_047c1617b143_bb06b62e_e214_11ef_a6cd_047c1617b143348.jpeg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f0a_ba14_11ef_a69a_047c1617b143_bb06b630_e214_11ef_a6cd_047c1617b143349.jpeg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f0c_ba14_11ef_a69a_047c1617b143_bb06b632_e214_11ef_a6cd_047c1617b143350.jpeg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/974fdcf9_cf51_11ee_a55e_047c1617b143_bb06b634_e214_11ef_a6cd_047c1617b143351.jpeg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f0e_ba14_11ef_a69a_047c1617b143_bb06b637_e214_11ef_a6cd_047c1617b143352.jpeg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f10_ba14_11ef_a69a_047c1617b143_bb06b63a_e214_11ef_a6cd_047c1617b143353.jpeg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f12_ba14_11ef_a69a_047c1617b143_bb06b63d_e214_11ef_a6cd_047c1617b143354.jpeg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f14_ba14_11ef_a69a_047c1617b143_b7afc1d6_e218_11ef_a6cd_047c1617b143355.jpeg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f16_ba14_11ef_a69a_047c1617b143_b7afc1d7_e218_11ef_a6cd_047c1617b143356.jpeg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f18_ba14_11ef_a69a_047c1617b143_b7afc1d8_e218_11ef_a6cd_047c1617b143357.jpeg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f1a_ba14_11ef_a69a_047c1617b143_bb06b640_e214_11ef_a6cd_047c1617b143358.jpeg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f1c_ba14_11ef_a69a_047c1617b143_bb06b643_e214_11ef_a6cd_047c1617b143359.jpeg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f1e_ba14_11ef_a69a_047c1617b143_bb06b646_e214_11ef_a6cd_047c1617b143360.jpeg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f20_ba14_11ef_a69a_047c1617b143_bb06b649_e214_11ef_a6cd_047c1617b143361.jpeg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f22_ba14_11ef_a69a_047c1617b143_bb06b64c_e214_11ef_a6cd_047c1617b143362.jpeg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f24_ba14_11ef_a69a_047c1617b143_bb06b64d_e214_11ef_a6cd_047c1617b143363.jpeg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f26_ba14_11ef_a69a_047c1617b143_bb06b64e_e214_11ef_a6cd_047c1617b143364.jpeg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f28_ba14_11ef_a69a_047c1617b143_bb06b64f_e214_11ef_a6cd_047c1617b143365.jpeg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f2a_ba14_11ef_a69a_047c1617b143_bb06b651_e214_11ef_a6cd_047c1617b143366.jpeg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f2c_ba14_11ef_a69a_047c1617b143_bb06b653_e214_11ef_a6cd_047c1617b143367.jpeg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f2e_ba14_11ef_a69a_047c1617b143_bb06b654_e214_11ef_a6cd_047c1617b143368.jpeg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f30_ba14_11ef_a69a_047c1617b143_bb06b655_e214_11ef_a6cd_047c1617b143369.jpeg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f32_ba14_11ef_a69a_047c1617b143_bb06b656_e214_11ef_a6cd_047c1617b143370.jpeg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f34_ba14_11ef_a69a_047c1617b143_bb06b657_e214_11ef_a6cd_047c1617b143371.jpeg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7537538e_da01_11e9_8109_003048fd731b_c75a16c8_f115_11ee_a58b_047c1617b143372.jpeg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550cf_da6d_11ee_a56d_047c1617b143_d159fa0f_42c7_11ef_a5f7_047c1617b143373.jpeg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550d3_da6d_11ee_a56d_047c1617b143_d159fa11_42c7_11ef_a5f7_047c1617b143374.jpeg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550d5_da6d_11ee_a56d_047c1617b143_d159fa12_42c7_11ef_a5f7_047c1617b143375.jpeg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0015ba29_86a3_11e9_8101_003048fd731b_ac993d02_476f_11ea_810f_003048fd731b376.jpeg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0015ba2b_86a3_11e9_8101_003048fd731b_83eb96da_5d58_11f0_a779_047c1617b143377.jpeg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6e9ee54_37c1_11ea_810f_003048fd731b_ac993cfd_476f_11ea_810f_003048fd731b378.jpeg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6e9ee52_37c1_11ea_810f_003048fd731b_ac993cff_476f_11ea_810f_003048fd731b379.jpeg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6e9ee50_37c1_11ea_810f_003048fd731b_ac993d00_476f_11ea_810f_003048fd731b380.png"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a675_3767_11ea_810f_003048fd731b_ac993d01_476f_11ea_810f_003048fd731b381.jpeg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/787d7941_68f4_11ea_8111_003048fd731b_018ae84d_7ca2_11ea_8111_003048fd731b382.jpeg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9088d552_e115_11ea_817f_003048fd731b_79368bbb_e197_11ea_817f_003048fd731b383.jpeg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9088d556_e115_11ea_817f_003048fd731b_79368bbd_e197_11ea_817f_003048fd731b384.jpeg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31a73bcb_da46_11ee_a56d_047c1617b143_4396be7f_0312_11ef_a5a4_047c1617b143385.jpeg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f40c0a_5308_11ee_a4bb_047c1617b143_64c8bb78_5a46_11f0_a775_047c1617b143386.jpeg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0015ba36_86a3_11e9_8101_003048fd731b_c530e0de_2820_11ed_a30f_00259070b487387.png"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0015ba3a_86a3_11e9_8101_003048fd731b_c530e0df_2820_11ed_a30f_00259070b487388.png"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0015ba3e_86a3_11e9_8101_003048fd731b_c530e0e0_2820_11ed_a30f_00259070b487389.jpeg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0015ba42_86a3_11e9_8101_003048fd731b_c530e0e2_2820_11ed_a30f_00259070b487390.jpeg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf60f_86a5_11e9_8101_003048fd731b_c530e0e4_2820_11ed_a30f_00259070b487391.jpeg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf613_86a5_11e9_8101_003048fd731b_c530e0e5_2820_11ed_a30f_00259070b487392.jpeg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf686_86a5_11e9_8101_003048fd731b_c530e0d2_2820_11ed_a30f_00259070b487393.jpeg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf68a_86a5_11e9_8101_003048fd731b_c530e0d6_2820_11ed_a30f_00259070b487394.jpeg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b569ce4_b6d8_11eb_82ad_003048fd731b_c530e0da_2820_11ed_a30f_00259070b487395.jpeg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f423_c461_11eb_82be_003048fd731b_14e1e0d9_f93d_11ef_a6ea_047c1617b143396.jpeg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f425_c461_11eb_82be_003048fd731b_14e1e0da_f93d_11ef_a6ea_047c1617b143397.jpeg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b1cbd1_3e5b_11ec_836e_003048fd731b_e00cf34a_f104_11ee_a58b_047c1617b143398.jpeg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6da414_c29f_11ee_a54c_047c1617b143_e00cf34c_f104_11ee_a58b_047c1617b143399.jpeg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/974fdcfb_cf51_11ee_a55e_047c1617b143_3e659189_db10_11ee_a56e_047c1617b143400.jpeg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/974fdcfd_cf51_11ee_a55e_047c1617b143_3e65918a_db10_11ee_a56e_047c1617b143401.jpeg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14ba1614_ce2b_11f0_a80d_047c1617b143_ab7d8ff6_d05b_11f0_a810_047c1617b143402.jpeg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe55_86a5_11e9_8101_003048fd731b_b627a777_281f_11ed_a30f_00259070b487403.jpeg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe59_86a5_11e9_8101_003048fd731b_b627a77b_281f_11ed_a30f_00259070b487404.jpeg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe5d_86a5_11e9_8101_003048fd731b_b627a77c_281f_11ed_a30f_00259070b487405.jpeg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe61_86a5_11e9_8101_003048fd731b_b627a77d_281f_11ed_a30f_00259070b487406.jpeg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe65_86a5_11e9_8101_003048fd731b_b627a77e_281f_11ed_a30f_00259070b487407.png"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe69_86a5_11e9_8101_003048fd731b_c530e0bc_2820_11ed_a30f_00259070b487408.png"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe6d_86a5_11e9_8101_003048fd731b_c530e0bd_2820_11ed_a30f_00259070b487409.png"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe71_86a5_11e9_8101_003048fd731b_c530e0be_2820_11ed_a30f_00259070b487410.png"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe75_86a5_11e9_8101_003048fd731b_c530e0bf_2820_11ed_a30f_00259070b487411.jpeg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe79_86a5_11e9_8101_003048fd731b_c530e0c0_2820_11ed_a30f_00259070b487412.jpeg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe7d_86a5_11e9_8101_003048fd731b_c530e0c1_2820_11ed_a30f_00259070b487413.jpeg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe81_86a5_11e9_8101_003048fd731b_c530e0c2_2820_11ed_a30f_00259070b487414.jpeg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe85_86a5_11e9_8101_003048fd731b_c530e0c3_2820_11ed_a30f_00259070b487415.jpeg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe89_86a5_11e9_8101_003048fd731b_c530e0c4_2820_11ed_a30f_00259070b487416.jpeg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe8d_86a5_11e9_8101_003048fd731b_c530e0c5_2820_11ed_a30f_00259070b487417.jpeg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe91_86a5_11e9_8101_003048fd731b_c530e0c6_2820_11ed_a30f_00259070b487418.jpeg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe95_86a5_11e9_8101_003048fd731b_c530e0ca_2820_11ed_a30f_00259070b487419.jpeg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a214a_86a5_11e9_8101_003048fd731b_c530e0ce_2820_11ed_a30f_00259070b487420.jpeg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/702457ae_8fe1_11ed_a3b6_047c1617b143_4b3c1cb6_5a46_11f0_a775_047c1617b143421.jpeg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/702457b0_8fe1_11ed_a3b6_047c1617b143_4b3c1cb7_5a46_11f0_a775_047c1617b143422.jpeg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48ba3983_93ab_11ec_a256_00259070b487_4b3c1cb8_5a46_11f0_a775_047c1617b143423.jpeg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bff966c_032b_11ed_a2de_00259070b487_4b3c1cb9_5a46_11f0_a775_047c1617b143424.jpeg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29639db2_d258_11ed_a410_047c1617b143_4b3c1cba_5a46_11f0_a775_047c1617b143425.jpeg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d4746fa_fd02_11ec_a2d6_00259070b487_4b3c1cbb_5a46_11f0_a775_047c1617b143426.jpeg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d4746fc_fd02_11ec_a2d6_00259070b487_4b3c1cbc_5a46_11f0_a775_047c1617b143427.jpeg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d4746fe_fd02_11ec_a2d6_00259070b487_4b3c1cbd_5a46_11f0_a775_047c1617b143428.jpeg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b80ee8d_3234_11ee_a490_047c1617b143_64c8bb8b_5a46_11f0_a775_047c1617b143429.jpeg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b80ee8f_3234_11ee_a490_047c1617b143_64c8bb8e_5a46_11f0_a775_047c1617b143430.jpeg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b80ee91_3234_11ee_a490_047c1617b143_64c8bb91_5a46_11f0_a775_047c1617b143431.jpeg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6da40f_c29f_11ee_a54c_047c1617b143_4396bf13_0312_11ef_a5a4_047c1617b143432.png"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6da411_c29f_11ee_a54c_047c1617b143_4396bf16_0312_11ef_a5a4_047c1617b143433.png"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a6d7b1f_847d_11ef_a64e_047c1617b143_21d4f5b4_793a_11f0_a79f_047c1617b143434.jpeg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a6d7b21_847d_11ef_a64e_047c1617b143_21d4f5b5_793a_11f0_a79f_047c1617b143435.jpeg"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4acdaaa_242e_11f0_a725_047c1617b143_26859885_34da_11f0_a73b_047c1617b143436.jpeg"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4acdaac_242e_11f0_a725_047c1617b143_26859886_34da_11f0_a73b_047c1617b143437.jpeg"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e426c_245f_11f0_a725_047c1617b143_26859887_34da_11f0_a73b_047c1617b143438.jpeg"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e426e_245f_11f0_a725_047c1617b143_26859888_34da_11f0_a73b_047c1617b143439.jpeg"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e4270_245f_11f0_a725_047c1617b143_26859889_34da_11f0_a73b_047c1617b143440.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image_5" descr="Image_5"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -12191,57 +12281,57 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="226" name="Image_239" descr="Image_239"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId226"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>240</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="227" name="Image_241" descr="Image_241"/>
+      <xdr:row>239</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="227" name="Image_240" descr="Image_240"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId227"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>241</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
@@ -12821,57 +12911,57 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="247" name="Image_261" descr="Image_261"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId247"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>263</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="248" name="Image_264" descr="Image_264"/>
+      <xdr:row>261</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="248" name="Image_262" descr="Image_262"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId248"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>264</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
@@ -14111,57 +14201,57 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="290" name="Image_306" descr="Image_306"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId290"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>307</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="291" name="Image_308" descr="Image_308"/>
+      <xdr:row>306</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="291" name="Image_307" descr="Image_307"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId291"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>308</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
@@ -14291,57 +14381,57 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="296" name="Image_313" descr="Image_313"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId296"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>315</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="297" name="Image_316" descr="Image_316"/>
+      <xdr:row>313</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="297" name="Image_314" descr="Image_314"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId297"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>316</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
@@ -15161,57 +15251,57 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="325" name="Image_344" descr="Image_344"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId325"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>345</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="326" name="Image_346" descr="Image_346"/>
+      <xdr:row>344</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="326" name="Image_345" descr="Image_345"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId326"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>346</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
@@ -15341,57 +15431,57 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="331" name="Image_351" descr="Image_351"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId331"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>352</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="332" name="Image_353" descr="Image_353"/>
+      <xdr:row>351</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="332" name="Image_352" descr="Image_352"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId332"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>353</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
@@ -16511,57 +16601,57 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="370" name="Image_391" descr="Image_391"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId370"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>396</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="371" name="Image_397" descr="Image_397"/>
+      <xdr:row>391</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="371" name="Image_392" descr="Image_392"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId371"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>397</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
@@ -16874,51 +16964,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId382"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>408</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:ext cx="1143000" cy="1247775"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="383" name="Image_409" descr="Image_409"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId383"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -16934,84 +17024,84 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId384"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>410</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="1143000" cy="1247775"/>
+    <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="385" name="Image_411" descr="Image_411"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId385"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>411</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="386" name="Image_412" descr="Image_412"/>
+      <xdr:row>412</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="386" name="Image_413" descr="Image_413"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId386"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>413</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
@@ -17171,1413 +17261,1473 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="392" name="Image_419" descr="Image_419"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId392"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>419</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="393" name="Image_420" descr="Image_420"/>
+      <xdr:row>422</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="393" name="Image_423" descr="Image_423"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId393"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>421</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="394" name="Image_422" descr="Image_422"/>
+      <xdr:row>423</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="394" name="Image_424" descr="Image_424"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId394"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>422</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="395" name="Image_423" descr="Image_423"/>
+      <xdr:row>424</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="395" name="Image_425" descr="Image_425"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId395"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>423</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="396" name="Image_424" descr="Image_424"/>
+      <xdr:row>426</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="396" name="Image_427" descr="Image_427"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId396"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>425</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="397" name="Image_426" descr="Image_426"/>
+      <xdr:row>427</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="397" name="Image_428" descr="Image_428"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId397"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>426</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="398" name="Image_427" descr="Image_427"/>
+      <xdr:row>428</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="398" name="Image_429" descr="Image_429"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId398"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>427</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="399" name="Image_428" descr="Image_428"/>
+      <xdr:row>429</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="399" name="Image_430" descr="Image_430"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId399"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>428</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="400" name="Image_429" descr="Image_429"/>
+      <xdr:row>431</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="400" name="Image_432" descr="Image_432"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId400"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>430</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="401" name="Image_431" descr="Image_431"/>
+      <xdr:row>432</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="401" name="Image_433" descr="Image_433"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId401"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>431</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="402" name="Image_432" descr="Image_432"/>
+      <xdr:row>435</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="402" name="Image_436" descr="Image_436"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId402"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>432</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="403" name="Image_433" descr="Image_433"/>
+      <xdr:row>439</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="403" name="Image_440" descr="Image_440"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId403"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>433</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="404" name="Image_434" descr="Image_434"/>
+      <xdr:row>440</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="404" name="Image_441" descr="Image_441"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId404"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>434</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="405" name="Image_435" descr="Image_435"/>
+      <xdr:row>441</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="405" name="Image_442" descr="Image_442"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId405"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>435</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="406" name="Image_436" descr="Image_436"/>
+      <xdr:row>442</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="406" name="Image_443" descr="Image_443"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId406"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>436</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="407" name="Image_437" descr="Image_437"/>
+      <xdr:row>443</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="407" name="Image_444" descr="Image_444"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId407"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>437</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="408" name="Image_438" descr="Image_438"/>
+      <xdr:row>444</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="408" name="Image_445" descr="Image_445"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId408"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>438</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="409" name="Image_439" descr="Image_439"/>
+      <xdr:row>445</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="409" name="Image_446" descr="Image_446"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId409"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>439</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="410" name="Image_440" descr="Image_440"/>
+      <xdr:row>446</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="410" name="Image_447" descr="Image_447"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId410"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>440</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="411" name="Image_441" descr="Image_441"/>
+      <xdr:row>447</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="411" name="Image_448" descr="Image_448"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId411"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>441</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="412" name="Image_442" descr="Image_442"/>
+      <xdr:row>448</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="412" name="Image_449" descr="Image_449"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId412"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>442</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="413" name="Image_443" descr="Image_443"/>
+      <xdr:row>449</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="413" name="Image_450" descr="Image_450"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId413"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>443</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="414" name="Image_444" descr="Image_444"/>
+      <xdr:row>450</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="414" name="Image_451" descr="Image_451"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId414"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>444</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="415" name="Image_445" descr="Image_445"/>
+      <xdr:row>451</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="415" name="Image_452" descr="Image_452"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId415"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>445</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="416" name="Image_446" descr="Image_446"/>
+      <xdr:row>452</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="416" name="Image_453" descr="Image_453"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId416"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>446</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="417" name="Image_447" descr="Image_447"/>
+      <xdr:row>453</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="417" name="Image_454" descr="Image_454"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId417"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>447</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="418" name="Image_448" descr="Image_448"/>
+      <xdr:row>454</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="418" name="Image_455" descr="Image_455"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId418"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>449</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="419" name="Image_450" descr="Image_450"/>
+      <xdr:row>455</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="419" name="Image_456" descr="Image_456"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId419"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>450</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="420" name="Image_451" descr="Image_451"/>
+      <xdr:row>456</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="420" name="Image_457" descr="Image_457"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId420"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>451</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="421" name="Image_452" descr="Image_452"/>
+      <xdr:row>458</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="421" name="Image_459" descr="Image_459"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId421"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>452</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="422" name="Image_453" descr="Image_453"/>
+      <xdr:row>459</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="422" name="Image_460" descr="Image_460"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId422"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>453</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="423" name="Image_454" descr="Image_454"/>
+      <xdr:row>460</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="423" name="Image_461" descr="Image_461"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId423"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>454</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="424" name="Image_455" descr="Image_455"/>
+      <xdr:row>461</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="424" name="Image_462" descr="Image_462"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId424"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>455</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="425" name="Image_456" descr="Image_456"/>
+      <xdr:row>462</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="425" name="Image_463" descr="Image_463"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId425"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>456</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="426" name="Image_457" descr="Image_457"/>
+      <xdr:row>463</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="426" name="Image_464" descr="Image_464"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId426"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>457</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="427" name="Image_458" descr="Image_458"/>
+      <xdr:row>464</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="427" name="Image_465" descr="Image_465"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId427"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>458</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="428" name="Image_459" descr="Image_459"/>
+      <xdr:row>465</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="428" name="Image_466" descr="Image_466"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId428"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>459</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="429" name="Image_460" descr="Image_460"/>
+      <xdr:row>466</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="429" name="Image_467" descr="Image_467"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId429"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>460</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="430" name="Image_461" descr="Image_461"/>
+      <xdr:row>467</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="430" name="Image_468" descr="Image_468"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId430"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>461</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="431" name="Image_462" descr="Image_462"/>
+      <xdr:row>468</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="431" name="Image_469" descr="Image_469"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId431"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>462</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="432" name="Image_463" descr="Image_463"/>
+      <xdr:row>469</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="432" name="Image_470" descr="Image_470"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId432"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>463</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="433" name="Image_464" descr="Image_464"/>
+      <xdr:row>470</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="433" name="Image_471" descr="Image_471"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId433"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>464</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="434" name="Image_465" descr="Image_465"/>
+      <xdr:row>471</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="434" name="Image_472" descr="Image_472"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId434"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>465</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="435" name="Image_466" descr="Image_466"/>
+      <xdr:row>472</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="435" name="Image_473" descr="Image_473"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId435"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>466</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="436" name="Image_467" descr="Image_467"/>
+      <xdr:row>473</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="436" name="Image_474" descr="Image_474"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId436"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>467</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="437" name="Image_468" descr="Image_468"/>
+      <xdr:row>474</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="437" name="Image_475" descr="Image_475"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId437"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>468</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="438" name="Image_469" descr="Image_469"/>
+      <xdr:row>475</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="438" name="Image_476" descr="Image_476"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId438"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>476</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="439" name="Image_477" descr="Image_477"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId439"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>477</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="440" name="Image_478" descr="Image_478"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId440"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -18844,51 +18994,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="0" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L469"/>
+  <dimension ref="A1:L478"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="5" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="60" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
     <col min="10" max="10" width="11" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -18896,51 +19046,51 @@
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="4">
-        <f>SUM(J2:J469)</f>
+        <f>SUM(J2:J478)</f>
         <v>0</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="5"/>
     </row>
     <row r="2" spans="1:12">
       <c r="A2" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
       <c r="L2" s="5"/>
     </row>
     <row r="3" spans="1:12" outlineLevel="1">
       <c r="A3" s="7" t="s">
@@ -18982,491 +19132,491 @@
       <c r="C5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="str">
-        <f>J5*223.21</f>
+        <f>J5*223.13</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>811020</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="str">
-        <f>J6*308.03</f>
+        <f>J6*307.91</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>811021</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="str">
-        <f>J7*482.13</f>
+        <f>J7*481.95</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>811022</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="str">
-        <f>J8*230.65</f>
+        <f>J8*230.56</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>811023</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="str">
-        <f>J9*321.42</f>
+        <f>J9*321.30</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>811024</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G10" s="2">
         <v>8</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="str">
-        <f>J10*504.46</f>
+        <f>J10*504.26</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>823091</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="str">
-        <f>J11*226.19</f>
+        <f>J11*226.10</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>823092</v>
       </c>
       <c r="C12" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="D12" s="1" t="s">
+      <c r="E12" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="E12" s="2" t="s">
+      <c r="F12" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="F12" s="2" t="s">
+      <c r="G12" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="G12" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="str">
-        <f>J12*315.47</f>
+        <f>J12*315.35</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>823118</v>
       </c>
       <c r="C13" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D13" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="D13" s="1" t="s">
+      <c r="E13" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="F13" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G13" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="str">
-        <f>J13*479.16</f>
+        <f>J13*478.98</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>823971</v>
       </c>
       <c r="C14" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="E14" s="2" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="str">
-        <f>J14*230.65</f>
+        <f>J14*230.56</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>823972</v>
       </c>
       <c r="C15" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D15" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="D15" s="1" t="s">
+      <c r="E15" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="E15" s="2" t="s">
+      <c r="F15" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="F15" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G15" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="str">
-        <f>J15*327.38</f>
+        <f>J15*327.25</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>823122</v>
       </c>
       <c r="C16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D16" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="D16" s="1" t="s">
+      <c r="E16" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="E16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="G16" s="2">
         <v>8</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="str">
-        <f>J16*498.50</f>
+        <f>J16*498.31</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" outlineLevel="2">
       <c r="A17" s="8" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B17" s="8"/>
       <c r="C17" s="8"/>
       <c r="D17" s="8"/>
       <c r="E17" s="8"/>
       <c r="F17" s="8"/>
       <c r="G17" s="8"/>
       <c r="H17" s="8"/>
       <c r="I17" s="8"/>
       <c r="J17" s="8"/>
       <c r="K17" s="8"/>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" outlineLevel="3">
       <c r="A18" s="9" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B18" s="9"/>
       <c r="C18" s="9"/>
       <c r="D18" s="9"/>
       <c r="E18" s="9"/>
       <c r="F18" s="9"/>
       <c r="G18" s="9"/>
       <c r="H18" s="9"/>
       <c r="I18" s="9"/>
       <c r="J18" s="9"/>
       <c r="K18" s="9"/>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>810906</v>
       </c>
       <c r="C19" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D19" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="D19" s="1" t="s">
+      <c r="E19" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="E19" s="2" t="s">
+      <c r="F19" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="F19" s="2" t="s">
+      <c r="G19" s="2" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>71</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="str">
         <f>J19*587.00</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>810907</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D20" s="1" t="s">
@@ -19527,86 +19677,86 @@
       </c>
       <c r="K21" s="2" t="str">
         <f>J21*1307.00</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>810909</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>80</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>81</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>82</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>83</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="str">
         <f>J22*604.00</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>810910</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>85</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>87</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="str">
         <f>J23*522.00</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>810911</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>88</v>
       </c>
       <c r="D24" s="1" t="s">
@@ -19631,125 +19781,125 @@
         <v>18</v>
       </c>
       <c r="K24" s="2" t="str">
         <f>J24*496.00</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>810912</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>92</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>93</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>94</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="G25" s="2">
-        <v>0</v>
+      <c r="G25" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>96</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="str">
         <f>J25*504.00</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>810913</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>98</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="H26" s="2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="str">
         <f>J26*464.00</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>810914</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>102</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>104</v>
       </c>
       <c r="G27" s="2">
         <v>0</v>
       </c>
       <c r="H27" s="2" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="str">
         <f>J27*469.00</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>810915</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>105</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>106</v>
       </c>
       <c r="E28" s="2" t="s">
@@ -19775,118 +19925,118 @@
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>810916</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>109</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>110</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>111</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G29" s="2">
         <v>0</v>
       </c>
       <c r="H29" s="2" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="str">
         <f>J29*1338.00</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>810825</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>115</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>116</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>117</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="str">
         <f>J30*488.00</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>810826</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>118</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>119</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>120</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>121</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>96</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="str">
         <f>J31*744.00</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>810827</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>122</v>
       </c>
       <c r="D32" s="1" t="s">
@@ -19912,121 +20062,121 @@
       </c>
       <c r="K32" s="2" t="str">
         <f>J32*1209.00</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>810828</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>129</v>
       </c>
       <c r="G33" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>96</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="str">
         <f>J33*1889.00</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>810829</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>130</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>131</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>132</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>133</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>71</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="str">
         <f>J34*2893.00</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>810830</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>134</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>135</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>136</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>137</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>71</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="str">
         <f>J35*4078.00</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>810831</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>138</v>
       </c>
       <c r="D36" s="1" t="s">
@@ -20090,83 +20240,83 @@
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>810833</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>146</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>147</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>148</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>149</v>
       </c>
       <c r="G38" s="2">
         <v>0</v>
       </c>
       <c r="H38" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="str">
         <f>J38*20679.00</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>810834</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>150</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>151</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>152</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>153</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>96</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="str">
         <f>J39*539.00</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>810835</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>154</v>
       </c>
       <c r="D40" s="1" t="s">
@@ -20191,157 +20341,157 @@
         <v>18</v>
       </c>
       <c r="K40" s="2" t="str">
         <f>J40*806.00</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>810836</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>158</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>160</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="G41" s="2">
-        <v>3</v>
+      <c r="G41" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>96</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="str">
         <f>J41*1314.00</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>810837</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>162</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>163</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>164</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>165</v>
       </c>
       <c r="G42" s="2">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>71</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="str">
         <f>J42*2321.00</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>810838</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>166</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>167</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>168</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>169</v>
       </c>
       <c r="G43" s="2">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="H43" s="2" t="s">
-        <v>71</v>
+        <v>17</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="str">
         <f>J43*3488.00</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>810839</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>170</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>171</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>172</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>173</v>
       </c>
       <c r="G44" s="2">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="H44" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="str">
         <f>J44*5152.00</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>810840</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>174</v>
       </c>
       <c r="D45" s="1" t="s">
@@ -20402,401 +20552,401 @@
       </c>
       <c r="K46" s="2" t="str">
         <f>J46*658.00</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>810842</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>182</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>183</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>184</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>185</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>96</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="str">
         <f>J47*1111.00</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>810843</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>186</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>188</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>189</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>117</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="str">
         <f>J48*468.00</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>810844</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>190</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>191</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>192</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>193</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="2" t="s">
-        <v>96</v>
+        <v>117</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="str">
         <f>J49*756.00</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>810845</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>194</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>195</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>196</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>197</v>
       </c>
       <c r="G50" s="2" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="H50" s="2" t="s">
         <v>96</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="str">
         <f>J50*1242.00</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
         <v>810846</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>198</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>199</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>200</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>201</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>96</v>
       </c>
       <c r="I51" s="1">
         <v>0</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="str">
         <f>J51*524.00</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>810847</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>202</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>203</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>204</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>205</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="H52" s="2" t="s">
-        <v>71</v>
+        <v>17</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="str">
         <f>J52*830.00</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
         <v>810848</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>206</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>208</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>209</v>
       </c>
-      <c r="G53" s="2">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="G53" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H53" s="2">
+        <v>0</v>
       </c>
       <c r="I53" s="1">
         <v>0</v>
       </c>
       <c r="J53" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="str">
         <f>J53*1426.00</f>
         <v>0</v>
       </c>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
         <v>810849</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>210</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>211</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>212</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>213</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H54" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1">
         <v>0</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="str">
         <f>J54*413.00</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
         <v>810850</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>214</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>215</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>216</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>217</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="str">
         <f>J55*330.00</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A56" s="1"/>
       <c r="B56" s="1">
         <v>810851</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>218</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>219</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>220</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>221</v>
       </c>
-      <c r="G56" s="2">
-        <v>10</v>
+      <c r="G56" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H56" s="2" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="I56" s="1">
         <v>0</v>
       </c>
       <c r="J56" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="str">
         <f>J56*705.00</f>
         <v>0</v>
       </c>
       <c r="L56" s="5"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
         <v>810852</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>222</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>223</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>224</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>225</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="str">
         <f>J57*1039.00</f>
         <v>0</v>
       </c>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A58" s="1"/>
       <c r="B58" s="1">
         <v>810853</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>226</v>
       </c>
       <c r="D58" s="1" t="s">
@@ -20822,89 +20972,89 @@
       </c>
       <c r="K58" s="2" t="str">
         <f>J58*555.00</f>
         <v>0</v>
       </c>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
         <v>810854</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>230</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>231</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>232</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>229</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="H59" s="2" t="s">
         <v>117</v>
       </c>
       <c r="I59" s="1">
         <v>0</v>
       </c>
       <c r="J59" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="str">
         <f>J59*555.00</f>
         <v>0</v>
       </c>
       <c r="L59" s="5"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A60" s="1"/>
       <c r="B60" s="1">
         <v>810855</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>233</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>234</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>235</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>236</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H60" s="2" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="I60" s="1">
         <v>0</v>
       </c>
       <c r="J60" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="str">
         <f>J60*608.00</f>
         <v>0</v>
       </c>
       <c r="L60" s="5"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A61" s="1"/>
       <c r="B61" s="1">
         <v>810856</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>237</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>238</v>
       </c>
       <c r="E61" s="2" t="s">
@@ -20962,261 +21112,261 @@
       </c>
       <c r="K62" s="2" t="str">
         <f>J62*889.00</f>
         <v>0</v>
       </c>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A63" s="1"/>
       <c r="B63" s="1">
         <v>810858</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>244</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>245</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>246</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>247</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="H63" s="2" t="s">
         <v>71</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="str">
         <f>J63*961.00</f>
         <v>0</v>
       </c>
       <c r="L63" s="5"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A64" s="1"/>
       <c r="B64" s="1">
         <v>810859</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>248</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>249</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>250</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>251</v>
       </c>
       <c r="G64" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>96</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="str">
         <f>J64*1942.00</f>
         <v>0</v>
       </c>
       <c r="L64" s="5"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A65" s="1"/>
       <c r="B65" s="1">
         <v>810860</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>252</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>253</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>254</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>255</v>
       </c>
       <c r="G65" s="2">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="H65" s="2" t="s">
-        <v>71</v>
+        <v>17</v>
       </c>
       <c r="I65" s="1">
         <v>0</v>
       </c>
       <c r="J65" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="str">
         <f>J65*2742.00</f>
         <v>0</v>
       </c>
       <c r="L65" s="5"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
         <v>810861</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>256</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>257</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>258</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>259</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="H66" s="2" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="I66" s="1">
         <v>0</v>
       </c>
       <c r="J66" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="str">
         <f>J66*781.00</f>
         <v>0</v>
       </c>
       <c r="L66" s="5"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A67" s="1"/>
       <c r="B67" s="1">
         <v>810862</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>260</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>261</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>262</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>259</v>
       </c>
-      <c r="G67" s="2">
-        <v>9</v>
+      <c r="G67" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>71</v>
       </c>
       <c r="I67" s="1">
         <v>0</v>
       </c>
       <c r="J67" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="str">
         <f>J67*781.00</f>
         <v>0</v>
       </c>
       <c r="L67" s="5"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A68" s="1"/>
       <c r="B68" s="1">
         <v>810863</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>263</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>264</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>265</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>266</v>
       </c>
       <c r="G68" s="2">
         <v>0</v>
       </c>
       <c r="H68" s="2" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="I68" s="1">
         <v>0</v>
       </c>
       <c r="J68" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="str">
         <f>J68*843.00</f>
         <v>0</v>
       </c>
       <c r="L68" s="5"/>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A69" s="1"/>
       <c r="B69" s="1">
         <v>810864</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>267</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>268</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>269</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>270</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H69" s="2" t="s">
         <v>71</v>
       </c>
       <c r="I69" s="1">
         <v>0</v>
       </c>
       <c r="J69" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="str">
         <f>J69*1271.00</f>
         <v>0</v>
       </c>
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A70" s="1"/>
       <c r="B70" s="1">
         <v>810865</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>271</v>
       </c>
       <c r="D70" s="1" t="s">
@@ -21245,51 +21395,51 @@
         <v>0</v>
       </c>
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A71" s="1"/>
       <c r="B71" s="1">
         <v>810866</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>274</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>275</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>276</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>277</v>
       </c>
       <c r="G71" s="2">
         <v>0</v>
       </c>
       <c r="H71" s="2" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="I71" s="1">
         <v>0</v>
       </c>
       <c r="J71" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="str">
         <f>J71*1336.00</f>
         <v>0</v>
       </c>
       <c r="L71" s="5"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A72" s="1"/>
       <c r="B72" s="1">
         <v>810867</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>278</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>279</v>
       </c>
       <c r="E72" s="2" t="s">
@@ -21312,121 +21462,121 @@
       </c>
       <c r="K72" s="2" t="str">
         <f>J72*2070.00</f>
         <v>0</v>
       </c>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A73" s="1"/>
       <c r="B73" s="1">
         <v>810868</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>282</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>283</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>284</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>285</v>
       </c>
       <c r="G73" s="2" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="H73" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I73" s="1">
         <v>0</v>
       </c>
       <c r="J73" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="str">
         <f>J73*538.00</f>
         <v>0</v>
       </c>
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A74" s="1"/>
       <c r="B74" s="1">
         <v>810869</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>286</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>287</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>288</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>289</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I74" s="1">
         <v>0</v>
       </c>
       <c r="J74" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="str">
         <f>J74*419.00</f>
         <v>0</v>
       </c>
       <c r="L74" s="5"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A75" s="1"/>
       <c r="B75" s="1">
         <v>810870</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>290</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>291</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>292</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>293</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="H75" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="1">
         <v>0</v>
       </c>
       <c r="J75" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="str">
         <f>J75*455.00</f>
         <v>0</v>
       </c>
       <c r="L75" s="5"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A76" s="1"/>
       <c r="B76" s="1">
         <v>810871</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>294</v>
       </c>
       <c r="D76" s="1" t="s">
@@ -21452,124 +21602,124 @@
       </c>
       <c r="K76" s="2" t="str">
         <f>J76*635.00</f>
         <v>0</v>
       </c>
       <c r="L76" s="5"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A77" s="1"/>
       <c r="B77" s="1">
         <v>810872</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>298</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>299</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>300</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>301</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H77" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="1">
         <v>0</v>
       </c>
       <c r="J77" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="str">
         <f>J77*945.00</f>
         <v>0</v>
       </c>
       <c r="L77" s="5"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A78" s="1"/>
       <c r="B78" s="1">
         <v>810873</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>302</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>303</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>304</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>305</v>
       </c>
-      <c r="G78" s="2" t="s">
-        <v>23</v>
+      <c r="G78" s="2">
+        <v>6</v>
       </c>
       <c r="H78" s="2" t="s">
         <v>96</v>
       </c>
       <c r="I78" s="1">
         <v>0</v>
       </c>
       <c r="J78" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="str">
         <f>J78*731.00</f>
         <v>0</v>
       </c>
       <c r="L78" s="5"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A79" s="1"/>
       <c r="B79" s="1">
         <v>810874</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>306</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>307</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>308</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>309</v>
       </c>
       <c r="G79" s="2">
         <v>0</v>
       </c>
-      <c r="H79" s="2" t="s">
-        <v>23</v>
+      <c r="H79" s="2">
+        <v>6</v>
       </c>
       <c r="I79" s="1">
         <v>0</v>
       </c>
       <c r="J79" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="str">
         <f>J79*1072.00</f>
         <v>0</v>
       </c>
       <c r="L79" s="5"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A80" s="1"/>
       <c r="B80" s="1">
         <v>810875</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>310</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>311</v>
       </c>
       <c r="E80" s="2" t="s">
@@ -21630,51 +21780,51 @@
         <v>0</v>
       </c>
       <c r="L81" s="5"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A82" s="1"/>
       <c r="B82" s="1">
         <v>810877</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>318</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>319</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>320</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>321</v>
       </c>
       <c r="G82" s="2">
         <v>1</v>
       </c>
       <c r="H82" s="2" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="I82" s="1">
         <v>0</v>
       </c>
       <c r="J82" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="str">
         <f>J82*715.00</f>
         <v>0</v>
       </c>
       <c r="L82" s="5"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A83" s="1"/>
       <c r="B83" s="1">
         <v>810878</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>322</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>323</v>
       </c>
       <c r="E83" s="2" t="s">
@@ -21700,51 +21850,51 @@
         <v>0</v>
       </c>
       <c r="L83" s="5"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A84" s="1"/>
       <c r="B84" s="1">
         <v>810879</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>326</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>327</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>328</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>329</v>
       </c>
       <c r="G84" s="2">
         <v>0</v>
       </c>
       <c r="H84" s="2" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="I84" s="1">
         <v>0</v>
       </c>
       <c r="J84" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="str">
         <f>J84*697.00</f>
         <v>0</v>
       </c>
       <c r="L84" s="5"/>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A85" s="1"/>
       <c r="B85" s="1">
         <v>810880</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>330</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>331</v>
       </c>
       <c r="E85" s="2" t="s">
@@ -21840,51 +21990,51 @@
         <v>0</v>
       </c>
       <c r="L87" s="5"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A88" s="1"/>
       <c r="B88" s="1">
         <v>810883</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>342</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>343</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>344</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G88" s="2">
         <v>0</v>
       </c>
       <c r="H88" s="2" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="I88" s="1">
         <v>0</v>
       </c>
       <c r="J88" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="str">
         <f>J88*1582.00</f>
         <v>0</v>
       </c>
       <c r="L88" s="5"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A89" s="1"/>
       <c r="B89" s="1">
         <v>810884</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>346</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>347</v>
       </c>
       <c r="E89" s="2" t="s">
@@ -21910,51 +22060,51 @@
         <v>0</v>
       </c>
       <c r="L89" s="5"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A90" s="1"/>
       <c r="B90" s="1">
         <v>810885</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>349</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>350</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>351</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>352</v>
       </c>
       <c r="G90" s="2">
         <v>0</v>
       </c>
       <c r="H90" s="2" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="I90" s="1">
         <v>0</v>
       </c>
       <c r="J90" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="str">
         <f>J90*710.00</f>
         <v>0</v>
       </c>
       <c r="L90" s="5"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A91" s="1"/>
       <c r="B91" s="1">
         <v>810886</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>353</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>354</v>
       </c>
       <c r="E91" s="2" t="s">
@@ -22011,52 +22161,52 @@
         <v>18</v>
       </c>
       <c r="K92" s="2" t="str">
         <f>J92*1629.00</f>
         <v>0</v>
       </c>
       <c r="L92" s="5"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A93" s="1"/>
       <c r="B93" s="1">
         <v>810888</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>361</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>362</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>363</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>205</v>
       </c>
-      <c r="G93" s="2" t="s">
-        <v>49</v>
+      <c r="G93" s="2">
+        <v>8</v>
       </c>
       <c r="H93" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="1">
         <v>0</v>
       </c>
       <c r="J93" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="str">
         <f>J93*830.00</f>
         <v>0</v>
       </c>
       <c r="L93" s="5"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A94" s="1"/>
       <c r="B94" s="1">
         <v>810889</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>364</v>
       </c>
       <c r="D94" s="1" t="s">
@@ -22081,125 +22231,125 @@
         <v>18</v>
       </c>
       <c r="K94" s="2" t="str">
         <f>J94*1473.00</f>
         <v>0</v>
       </c>
       <c r="L94" s="5"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A95" s="1"/>
       <c r="B95" s="1">
         <v>810890</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>368</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>369</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>370</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>371</v>
       </c>
-      <c r="G95" s="2">
-        <v>7</v>
+      <c r="G95" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H95" s="2" t="s">
-        <v>71</v>
+        <v>17</v>
       </c>
       <c r="I95" s="1">
         <v>0</v>
       </c>
       <c r="J95" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="str">
         <f>J95*761.00</f>
         <v>0</v>
       </c>
       <c r="L95" s="5"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A96" s="1"/>
       <c r="B96" s="1">
         <v>810891</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>372</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>374</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>375</v>
       </c>
       <c r="G96" s="2">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="H96" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I96" s="1">
         <v>0</v>
       </c>
       <c r="J96" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K96" s="2" t="str">
         <f>J96*1081.00</f>
         <v>0</v>
       </c>
       <c r="L96" s="5"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A97" s="1"/>
       <c r="B97" s="1">
         <v>810892</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>376</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>377</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>378</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G97" s="2">
         <v>0</v>
       </c>
       <c r="H97" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="I97" s="1">
         <v>0</v>
       </c>
       <c r="J97" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K97" s="2" t="str">
         <f>J97*1959.00</f>
         <v>0</v>
       </c>
       <c r="L97" s="5"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A98" s="1"/>
       <c r="B98" s="1">
         <v>810893</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>380</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>381</v>
       </c>
       <c r="E98" s="2" t="s">
@@ -22257,51 +22407,51 @@
       </c>
       <c r="K99" s="2" t="str">
         <f>J99*1937.00</f>
         <v>0</v>
       </c>
       <c r="L99" s="5"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A100" s="1"/>
       <c r="B100" s="1">
         <v>810895</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>388</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>389</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>390</v>
       </c>
       <c r="G100" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="H100" s="2" t="s">
         <v>71</v>
       </c>
       <c r="I100" s="1">
         <v>0</v>
       </c>
       <c r="J100" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="str">
         <f>J100*460.00</f>
         <v>0</v>
       </c>
       <c r="L100" s="5"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A101" s="1"/>
       <c r="B101" s="1">
         <v>810896</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>391</v>
       </c>
       <c r="D101" s="1" t="s">
@@ -22330,51 +22480,51 @@
         <v>0</v>
       </c>
       <c r="L101" s="5"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A102" s="1"/>
       <c r="B102" s="1">
         <v>810897</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>395</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>396</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>397</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>398</v>
       </c>
       <c r="G102" s="2">
         <v>0</v>
       </c>
       <c r="H102" s="2" t="s">
-        <v>71</v>
+        <v>17</v>
       </c>
       <c r="I102" s="1">
         <v>0</v>
       </c>
       <c r="J102" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K102" s="2" t="str">
         <f>J102*1099.00</f>
         <v>0</v>
       </c>
       <c r="L102" s="5"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A103" s="1"/>
       <c r="B103" s="1">
         <v>810898</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>399</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>400</v>
       </c>
       <c r="E103" s="2" t="s">
@@ -22397,229 +22547,229 @@
       </c>
       <c r="K103" s="2" t="str">
         <f>J103*1920.00</f>
         <v>0</v>
       </c>
       <c r="L103" s="5"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A104" s="1"/>
       <c r="B104" s="1">
         <v>810899</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>403</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>404</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>405</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>406</v>
       </c>
       <c r="G104" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I104" s="1">
         <v>0</v>
       </c>
       <c r="J104" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K104" s="2" t="str">
         <f>J104*1096.00</f>
         <v>0</v>
       </c>
       <c r="L104" s="5"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A105" s="1"/>
       <c r="B105" s="1">
         <v>810900</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>407</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>408</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>409</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>410</v>
       </c>
       <c r="G105" s="2">
         <v>1</v>
       </c>
       <c r="H105" s="2" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="I105" s="1">
         <v>0</v>
       </c>
       <c r="J105" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="str">
         <f>J105*1886.00</f>
         <v>0</v>
       </c>
       <c r="L105" s="5"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A106" s="1"/>
       <c r="B106" s="1">
         <v>810901</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>411</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>412</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>413</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>414</v>
       </c>
       <c r="G106" s="2">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>6</v>
+      </c>
+      <c r="H106" s="2" t="s">
+        <v>70</v>
       </c>
       <c r="I106" s="1">
         <v>0</v>
       </c>
       <c r="J106" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="2" t="str">
         <f>J106*1119.00</f>
         <v>0</v>
       </c>
       <c r="L106" s="5"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A107" s="1"/>
       <c r="B107" s="1">
         <v>810902</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>415</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>416</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>417</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>418</v>
       </c>
       <c r="G107" s="2">
         <v>0</v>
       </c>
       <c r="H107" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="I107" s="1">
         <v>0</v>
       </c>
       <c r="J107" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K107" s="2" t="str">
         <f>J107*760.00</f>
         <v>0</v>
       </c>
       <c r="L107" s="5"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A108" s="1"/>
       <c r="B108" s="1">
         <v>810903</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>419</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>420</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>421</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>422</v>
       </c>
       <c r="G108" s="2" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="H108" s="2" t="s">
         <v>96</v>
       </c>
       <c r="I108" s="1">
         <v>0</v>
       </c>
       <c r="J108" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K108" s="2" t="str">
         <f>J108*429.00</f>
         <v>0</v>
       </c>
       <c r="L108" s="5"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A109" s="1"/>
       <c r="B109" s="1">
         <v>810904</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>423</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>424</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>426</v>
       </c>
       <c r="G109" s="2">
         <v>8</v>
       </c>
       <c r="H109" s="2" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="I109" s="1">
         <v>0</v>
       </c>
       <c r="J109" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K109" s="2" t="str">
         <f>J109*374.00</f>
         <v>0</v>
       </c>
       <c r="L109" s="5"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A110" s="1"/>
       <c r="B110" s="1">
         <v>824485</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>427</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>428</v>
       </c>
       <c r="E110" s="2" t="s">
@@ -22676,90 +22826,90 @@
         <v>18</v>
       </c>
       <c r="K111" s="2" t="str">
         <f>J111*664.00</f>
         <v>0</v>
       </c>
       <c r="L111" s="5"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A112" s="1"/>
       <c r="B112" s="1">
         <v>834701</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>435</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>436</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>437</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>438</v>
       </c>
-      <c r="G112" s="2">
-        <v>2</v>
+      <c r="G112" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H112" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I112" s="1">
         <v>0</v>
       </c>
       <c r="J112" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K112" s="2" t="str">
         <f>J112*541.00</f>
         <v>0</v>
       </c>
       <c r="L112" s="5"/>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A113" s="1"/>
       <c r="B113" s="1">
         <v>834702</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>439</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>440</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>441</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>442</v>
       </c>
       <c r="G113" s="2">
         <v>0</v>
       </c>
       <c r="H113" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I113" s="1">
         <v>0</v>
       </c>
       <c r="J113" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K113" s="2" t="str">
         <f>J113*634.00</f>
         <v>0</v>
       </c>
       <c r="L113" s="5"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A114" s="1"/>
       <c r="B114" s="1">
         <v>834703</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>443</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>444</v>
       </c>
       <c r="E114" s="2" t="s">
@@ -22938,89 +23088,89 @@
       </c>
       <c r="K119" s="2" t="str">
         <f>J119*549.00</f>
         <v>0</v>
       </c>
       <c r="L119" s="5"/>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A120" s="1"/>
       <c r="B120" s="1">
         <v>810919</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>464</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>465</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>466</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>467</v>
       </c>
       <c r="G120" s="2" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="H120" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I120" s="1">
         <v>0</v>
       </c>
       <c r="J120" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K120" s="2" t="str">
         <f>J120*350.00</f>
         <v>0</v>
       </c>
       <c r="L120" s="5"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A121" s="1"/>
       <c r="B121" s="1">
         <v>810920</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>468</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>469</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>470</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>95</v>
       </c>
       <c r="G121" s="2">
         <v>8</v>
       </c>
       <c r="H121" s="2" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="I121" s="1">
         <v>0</v>
       </c>
       <c r="J121" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K121" s="2" t="str">
         <f>J121*504.00</f>
         <v>0</v>
       </c>
       <c r="L121" s="5"/>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A122" s="1"/>
       <c r="B122" s="1">
         <v>810921</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>471</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>472</v>
       </c>
       <c r="E122" s="2" t="s">
@@ -23042,55 +23192,55 @@
         <v>18</v>
       </c>
       <c r="K122" s="2" t="str">
         <f>J122*307.00</f>
         <v>0</v>
       </c>
       <c r="L122" s="5"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A123" s="1"/>
       <c r="B123" s="1">
         <v>810922</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>475</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>476</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>478</v>
       </c>
-      <c r="G123" s="2" t="s">
-        <v>49</v>
+      <c r="G123" s="2">
+        <v>8</v>
       </c>
       <c r="H123" s="2" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="I123" s="1">
         <v>0</v>
       </c>
       <c r="J123" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K123" s="2" t="str">
         <f>J123*588.00</f>
         <v>0</v>
       </c>
       <c r="L123" s="5"/>
     </row>
     <row r="124" spans="1:12" outlineLevel="3">
       <c r="A124" s="9" t="s">
         <v>479</v>
       </c>
       <c r="B124" s="9"/>
       <c r="C124" s="9"/>
       <c r="D124" s="9"/>
       <c r="E124" s="9"/>
       <c r="F124" s="9"/>
       <c r="G124" s="9"/>
       <c r="H124" s="9"/>
       <c r="I124" s="9"/>
@@ -23377,86 +23527,86 @@
         <v>0</v>
       </c>
       <c r="L132" s="5"/>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A133" s="1"/>
       <c r="B133" s="1">
         <v>837268</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>512</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>513</v>
       </c>
       <c r="E133" s="2" t="s">
         <v>514</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>515</v>
       </c>
       <c r="G133" s="2">
         <v>0</v>
       </c>
       <c r="H133" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="I133" s="1">
         <v>0</v>
       </c>
       <c r="J133" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K133" s="2" t="str">
         <f>J133*473.00</f>
         <v>0</v>
       </c>
       <c r="L133" s="5"/>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A134" s="1"/>
       <c r="B134" s="1">
         <v>837882</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>516</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>517</v>
       </c>
       <c r="E134" s="2" t="s">
         <v>518</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>519</v>
       </c>
       <c r="G134" s="2">
         <v>0</v>
       </c>
       <c r="H134" s="2" t="s">
-        <v>96</v>
+        <v>71</v>
       </c>
       <c r="I134" s="1">
         <v>0</v>
       </c>
       <c r="J134" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K134" s="2" t="str">
         <f>J134*607.00</f>
         <v>0</v>
       </c>
       <c r="L134" s="5"/>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A135" s="1"/>
       <c r="B135" s="1">
         <v>837883</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>520</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>521</v>
       </c>
       <c r="E135" s="2" t="s">
@@ -23883,51 +24033,51 @@
         <v>0</v>
       </c>
       <c r="L147" s="5"/>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A148" s="1"/>
       <c r="B148" s="1">
         <v>810932</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>569</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>570</v>
       </c>
       <c r="E148" s="2" t="s">
         <v>571</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>572</v>
       </c>
       <c r="G148" s="2">
         <v>0</v>
       </c>
       <c r="H148" s="2" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="I148" s="1">
         <v>0</v>
       </c>
       <c r="J148" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K148" s="2" t="str">
         <f>J148*3983.00</f>
         <v>0</v>
       </c>
       <c r="L148" s="5"/>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A149" s="1"/>
       <c r="B149" s="1">
         <v>810933</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>573</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>574</v>
       </c>
       <c r="E149" s="2" t="s">
@@ -24491,51 +24641,51 @@
       </c>
       <c r="K165" s="2" t="str">
         <f>J165*539.00</f>
         <v>0</v>
       </c>
       <c r="L165" s="5"/>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A166" s="1"/>
       <c r="B166" s="1">
         <v>883788</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>636</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>637</v>
       </c>
       <c r="E166" s="2" t="s">
         <v>638</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>639</v>
       </c>
       <c r="G166" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H166" s="2" t="s">
         <v>71</v>
       </c>
       <c r="I166" s="1">
         <v>0</v>
       </c>
       <c r="J166" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K166" s="2" t="str">
         <f>J166*973.00</f>
         <v>0</v>
       </c>
       <c r="L166" s="5"/>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A167" s="1"/>
       <c r="B167" s="1">
         <v>889638</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>640</v>
       </c>
       <c r="D167" s="1" t="s">
@@ -24755,121 +24905,121 @@
         <v>0</v>
       </c>
       <c r="L173" s="5"/>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A174" s="1"/>
       <c r="B174" s="1">
         <v>883985</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>665</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>666</v>
       </c>
       <c r="E174" s="2" t="s">
         <v>667</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>668</v>
       </c>
       <c r="G174" s="2">
         <v>0</v>
       </c>
       <c r="H174" s="2" t="s">
-        <v>96</v>
+        <v>71</v>
       </c>
       <c r="I174" s="1">
         <v>0</v>
       </c>
       <c r="J174" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K174" s="2" t="str">
         <f>J174*308.00</f>
         <v>0</v>
       </c>
       <c r="L174" s="5"/>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A175" s="1"/>
       <c r="B175" s="1">
         <v>883986</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>669</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>670</v>
       </c>
       <c r="E175" s="2" t="s">
         <v>671</v>
       </c>
       <c r="F175" s="2" t="s">
         <v>672</v>
       </c>
       <c r="G175" s="2">
         <v>0</v>
       </c>
       <c r="H175" s="2" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="I175" s="1">
         <v>0</v>
       </c>
       <c r="J175" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K175" s="2" t="str">
         <f>J175*447.00</f>
         <v>0</v>
       </c>
       <c r="L175" s="5"/>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A176" s="1"/>
       <c r="B176" s="1">
         <v>883987</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>673</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>674</v>
       </c>
       <c r="E176" s="2" t="s">
         <v>675</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>676</v>
       </c>
       <c r="G176" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>70</v>
+      </c>
+      <c r="H176" s="2">
+        <v>0</v>
       </c>
       <c r="I176" s="1">
         <v>0</v>
       </c>
       <c r="J176" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K176" s="2" t="str">
         <f>J176*340.00</f>
         <v>0</v>
       </c>
       <c r="L176" s="5"/>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A177" s="1"/>
       <c r="B177" s="1">
         <v>883988</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>677</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>678</v>
       </c>
       <c r="E177" s="2" t="s">
@@ -25064,9730 +25214,10009 @@
       <c r="G183" s="9"/>
       <c r="H183" s="9"/>
       <c r="I183" s="9"/>
       <c r="J183" s="9"/>
       <c r="K183" s="9"/>
       <c r="L183" s="5"/>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A184" s="1"/>
       <c r="B184" s="1">
         <v>819423</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>699</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>700</v>
       </c>
       <c r="E184" s="2" t="s">
         <v>701</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>702</v>
       </c>
       <c r="G184" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="H184" s="2">
         <v>0</v>
       </c>
       <c r="I184" s="1">
         <v>0</v>
       </c>
       <c r="J184" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K184" s="2" t="str">
-        <f>J184*374.99</f>
+        <f>J184*374.85</f>
         <v>0</v>
       </c>
       <c r="L184" s="5"/>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A185" s="1"/>
       <c r="B185" s="1">
         <v>837303</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>703</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>704</v>
       </c>
       <c r="E185" s="2" t="s">
         <v>705</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>706</v>
       </c>
       <c r="G185" s="2">
         <v>8</v>
       </c>
       <c r="H185" s="2">
         <v>0</v>
       </c>
       <c r="I185" s="1">
         <v>0</v>
       </c>
       <c r="J185" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K185" s="2" t="str">
-        <f>J185*587.79</f>
+        <f>J185*587.56</f>
         <v>0</v>
       </c>
       <c r="L185" s="5"/>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A186" s="1"/>
       <c r="B186" s="1">
         <v>839784</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>707</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>708</v>
       </c>
       <c r="E186" s="2" t="s">
         <v>709</v>
       </c>
       <c r="F186" s="2" t="s">
         <v>710</v>
       </c>
       <c r="G186" s="2">
         <v>4</v>
       </c>
       <c r="H186" s="2">
         <v>0</v>
       </c>
       <c r="I186" s="1">
         <v>0</v>
       </c>
       <c r="J186" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K186" s="2" t="str">
-        <f>J186*7377.85</f>
+        <f>J186*7375.03</f>
         <v>0</v>
       </c>
       <c r="L186" s="5"/>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A187" s="1"/>
       <c r="B187" s="1">
         <v>839785</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>711</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>712</v>
       </c>
       <c r="E187" s="2" t="s">
         <v>713</v>
       </c>
       <c r="F187" s="2" t="s">
         <v>714</v>
       </c>
       <c r="G187" s="2">
         <v>5</v>
       </c>
       <c r="H187" s="2">
         <v>0</v>
       </c>
       <c r="I187" s="1">
         <v>0</v>
       </c>
       <c r="J187" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K187" s="2" t="str">
-        <f>J187*10429.88</f>
+        <f>J187*10425.89</f>
         <v>0</v>
       </c>
       <c r="L187" s="5"/>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A188" s="1"/>
       <c r="B188" s="1">
         <v>839786</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>715</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>716</v>
       </c>
       <c r="E188" s="2" t="s">
         <v>717</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>718</v>
       </c>
       <c r="G188" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H188" s="2">
         <v>0</v>
       </c>
       <c r="I188" s="1">
         <v>0</v>
       </c>
       <c r="J188" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K188" s="2" t="str">
-        <f>J188*15371.76</f>
+        <f>J188*15365.88</f>
         <v>0</v>
       </c>
       <c r="L188" s="5"/>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A189" s="1"/>
       <c r="B189" s="1">
         <v>871395</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>719</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>720</v>
       </c>
       <c r="E189" s="2" t="s">
         <v>721</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>722</v>
       </c>
       <c r="G189" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H189" s="2">
         <v>0</v>
       </c>
       <c r="I189" s="1">
         <v>0</v>
       </c>
       <c r="J189" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K189" s="2" t="str">
-        <f>J189*613.08</f>
+        <f>J189*612.85</f>
         <v>0</v>
       </c>
       <c r="L189" s="5"/>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A190" s="1"/>
       <c r="B190" s="1">
         <v>884588</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>723</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>724</v>
       </c>
       <c r="E190" s="2" t="s">
         <v>725</v>
       </c>
       <c r="F190" s="2" t="s">
         <v>726</v>
       </c>
       <c r="G190" s="2">
         <v>0</v>
       </c>
       <c r="H190" s="2">
         <v>0</v>
       </c>
       <c r="I190" s="1">
         <v>0</v>
       </c>
       <c r="J190" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K190" s="2" t="str">
-        <f>J190*860.10</f>
+        <f>J190*859.78</f>
         <v>0</v>
       </c>
       <c r="L190" s="5"/>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A191" s="1"/>
       <c r="B191" s="1">
         <v>884589</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>727</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>728</v>
       </c>
       <c r="E191" s="2" t="s">
         <v>725</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>729</v>
       </c>
       <c r="G191" s="2">
         <v>0</v>
       </c>
       <c r="H191" s="2">
         <v>0</v>
       </c>
       <c r="I191" s="1">
         <v>0</v>
       </c>
       <c r="J191" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K191" s="2" t="str">
-        <f>J191*824.39</f>
+        <f>J191*824.08</f>
         <v>0</v>
       </c>
       <c r="L191" s="5"/>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A192" s="1"/>
       <c r="B192" s="1">
         <v>885046</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>730</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>731</v>
       </c>
       <c r="E192" s="2" t="s">
         <v>732</v>
       </c>
       <c r="F192" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="G192" s="2">
-        <v>7</v>
+      <c r="G192" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H192" s="2">
         <v>0</v>
       </c>
       <c r="I192" s="1">
         <v>0</v>
       </c>
       <c r="J192" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K192" s="2" t="str">
-        <f>J192*230.65</f>
+        <f>J192*230.56</f>
         <v>0</v>
       </c>
       <c r="L192" s="5"/>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A193" s="1"/>
       <c r="B193" s="1">
         <v>885109</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>733</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>734</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>735</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>736</v>
       </c>
       <c r="G193" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H193" s="2">
         <v>0</v>
       </c>
       <c r="I193" s="1">
         <v>0</v>
       </c>
       <c r="J193" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K193" s="2" t="str">
-        <f>J193*419.64</f>
+        <f>J193*419.48</f>
         <v>0</v>
       </c>
       <c r="L193" s="5"/>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A194" s="1"/>
       <c r="B194" s="1">
         <v>885110</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>737</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>738</v>
       </c>
       <c r="E194" s="2" t="s">
         <v>739</v>
       </c>
       <c r="F194" s="2" t="s">
         <v>740</v>
       </c>
       <c r="G194" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H194" s="2">
         <v>0</v>
       </c>
       <c r="I194" s="1">
         <v>0</v>
       </c>
       <c r="J194" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K194" s="2" t="str">
-        <f>J194*443.44</f>
+        <f>J194*443.28</f>
         <v>0</v>
       </c>
       <c r="L194" s="5"/>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A195" s="1"/>
       <c r="B195" s="1">
         <v>810992</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>741</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>742</v>
       </c>
       <c r="E195" s="2" t="s">
         <v>743</v>
       </c>
       <c r="F195" s="2" t="s">
         <v>744</v>
       </c>
       <c r="G195" s="2" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="H195" s="2">
         <v>0</v>
       </c>
       <c r="I195" s="1">
         <v>0</v>
       </c>
       <c r="J195" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K195" s="2" t="str">
-        <f>J195*377.97</f>
+        <f>J195*377.83</f>
         <v>0</v>
       </c>
       <c r="L195" s="5"/>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A196" s="1"/>
       <c r="B196" s="1">
         <v>810993</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>745</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>746</v>
       </c>
       <c r="E196" s="2" t="s">
         <v>747</v>
       </c>
       <c r="F196" s="2" t="s">
         <v>748</v>
       </c>
       <c r="G196" s="2" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="H196" s="2">
         <v>0</v>
       </c>
       <c r="I196" s="1">
         <v>0</v>
       </c>
       <c r="J196" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K196" s="2" t="str">
-        <f>J196*555.05</f>
+        <f>J196*554.84</f>
         <v>0</v>
       </c>
       <c r="L196" s="5"/>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A197" s="1"/>
       <c r="B197" s="1">
         <v>810994</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>749</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>750</v>
       </c>
       <c r="E197" s="2" t="s">
         <v>751</v>
       </c>
       <c r="F197" s="2" t="s">
         <v>752</v>
       </c>
       <c r="G197" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H197" s="2">
         <v>0</v>
       </c>
       <c r="I197" s="1">
         <v>0</v>
       </c>
       <c r="J197" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K197" s="2" t="str">
-        <f>J197*880.94</f>
+        <f>J197*880.60</f>
         <v>0</v>
       </c>
       <c r="L197" s="5"/>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A198" s="1"/>
       <c r="B198" s="1">
         <v>810995</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>753</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>754</v>
       </c>
       <c r="E198" s="2" t="s">
         <v>755</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>756</v>
       </c>
       <c r="G198" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H198" s="2">
         <v>0</v>
       </c>
       <c r="I198" s="1">
         <v>0</v>
       </c>
       <c r="J198" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K198" s="2" t="str">
-        <f>J198*1437.48</f>
+        <f>J198*1436.93</f>
         <v>0</v>
       </c>
       <c r="L198" s="5"/>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A199" s="1"/>
       <c r="B199" s="1">
         <v>810996</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>757</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>758</v>
       </c>
       <c r="E199" s="2" t="s">
         <v>759</v>
       </c>
       <c r="F199" s="2" t="s">
         <v>760</v>
       </c>
       <c r="G199" s="2">
         <v>6</v>
       </c>
       <c r="H199" s="2">
         <v>0</v>
       </c>
       <c r="I199" s="1">
         <v>0</v>
       </c>
       <c r="J199" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K199" s="2" t="str">
-        <f>J199*2328.83</f>
+        <f>J199*2327.94</f>
         <v>0</v>
       </c>
       <c r="L199" s="5"/>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A200" s="1"/>
       <c r="B200" s="1">
         <v>810997</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>761</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>762</v>
       </c>
       <c r="E200" s="2" t="s">
         <v>763</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>764</v>
       </c>
       <c r="G200" s="2">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="H200" s="2">
         <v>0</v>
       </c>
-      <c r="I200" s="1">
-        <v>0</v>
+      <c r="I200" s="1" t="s">
+        <v>48</v>
       </c>
       <c r="J200" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K200" s="2" t="str">
-        <f>J200*3547.56</f>
+        <f>J200*3546.20</f>
         <v>0</v>
       </c>
       <c r="L200" s="5"/>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A201" s="1"/>
       <c r="B201" s="1">
         <v>810998</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>765</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>766</v>
       </c>
       <c r="E201" s="2" t="s">
         <v>767</v>
       </c>
       <c r="F201" s="2" t="s">
         <v>768</v>
       </c>
       <c r="G201" s="2" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="H201" s="2">
         <v>0</v>
       </c>
       <c r="I201" s="1">
         <v>0</v>
       </c>
       <c r="J201" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K201" s="2" t="str">
-        <f>J201*397.31</f>
+        <f>J201*397.16</f>
         <v>0</v>
       </c>
       <c r="L201" s="5"/>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A202" s="1"/>
       <c r="B202" s="1">
         <v>810999</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>769</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>770</v>
       </c>
       <c r="E202" s="2" t="s">
         <v>771</v>
       </c>
       <c r="F202" s="2" t="s">
         <v>772</v>
       </c>
       <c r="G202" s="2" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="H202" s="2">
         <v>0</v>
       </c>
       <c r="I202" s="1">
         <v>0</v>
       </c>
       <c r="J202" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K202" s="2" t="str">
-        <f>J202*596.72</f>
+        <f>J202*596.49</f>
         <v>0</v>
       </c>
       <c r="L202" s="5"/>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A203" s="1"/>
       <c r="B203" s="1">
         <v>811000</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>773</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>774</v>
       </c>
       <c r="E203" s="2" t="s">
         <v>775</v>
       </c>
       <c r="F203" s="2" t="s">
         <v>776</v>
       </c>
       <c r="G203" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H203" s="2">
         <v>0</v>
       </c>
       <c r="I203" s="1">
         <v>0</v>
       </c>
       <c r="J203" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K203" s="2" t="str">
-        <f>J203*952.36</f>
+        <f>J203*952.00</f>
         <v>0</v>
       </c>
       <c r="L203" s="5"/>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A204" s="1"/>
       <c r="B204" s="1">
         <v>811001</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>777</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>778</v>
       </c>
       <c r="E204" s="2" t="s">
         <v>779</v>
       </c>
       <c r="F204" s="2" t="s">
         <v>780</v>
       </c>
       <c r="G204" s="2">
         <v>2</v>
       </c>
       <c r="H204" s="2">
         <v>0</v>
       </c>
       <c r="I204" s="1">
         <v>0</v>
       </c>
       <c r="J204" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K204" s="2" t="str">
-        <f>J204*1502.95</f>
+        <f>J204*1502.38</f>
         <v>0</v>
       </c>
       <c r="L204" s="5"/>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A205" s="1"/>
       <c r="B205" s="1">
         <v>811002</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>781</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>782</v>
       </c>
       <c r="E205" s="2" t="s">
         <v>783</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>784</v>
       </c>
       <c r="G205" s="2">
         <v>4</v>
       </c>
       <c r="H205" s="2">
         <v>0</v>
       </c>
       <c r="I205" s="1">
         <v>0</v>
       </c>
       <c r="J205" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K205" s="2" t="str">
-        <f>J205*2409.19</f>
+        <f>J205*2408.26</f>
         <v>0</v>
       </c>
       <c r="L205" s="5"/>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A206" s="1"/>
       <c r="B206" s="1">
         <v>811003</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>785</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>786</v>
       </c>
       <c r="E206" s="2" t="s">
         <v>787</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>788</v>
       </c>
       <c r="G206" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H206" s="2">
         <v>0</v>
       </c>
       <c r="I206" s="1">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="J206" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K206" s="2" t="str">
-        <f>J206*3761.84</f>
+        <f>J206*3760.40</f>
         <v>0</v>
       </c>
       <c r="L206" s="5"/>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A207" s="1"/>
       <c r="B207" s="1">
         <v>811004</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>789</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>790</v>
       </c>
       <c r="E207" s="2" t="s">
         <v>791</v>
       </c>
       <c r="F207" s="2" t="s">
         <v>792</v>
       </c>
       <c r="G207" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H207" s="2">
         <v>0</v>
       </c>
       <c r="I207" s="1">
         <v>0</v>
       </c>
       <c r="J207" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K207" s="2" t="str">
-        <f>J207*369.04</f>
+        <f>J207*368.90</f>
         <v>0</v>
       </c>
       <c r="L207" s="5"/>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A208" s="1"/>
       <c r="B208" s="1">
         <v>811005</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>793</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>794</v>
       </c>
       <c r="E208" s="2" t="s">
         <v>795</v>
       </c>
       <c r="F208" s="2" t="s">
         <v>706</v>
       </c>
       <c r="G208" s="2" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="H208" s="2">
         <v>0</v>
       </c>
       <c r="I208" s="1">
         <v>0</v>
       </c>
       <c r="J208" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K208" s="2" t="str">
-        <f>J208*587.79</f>
+        <f>J208*587.56</f>
         <v>0</v>
       </c>
       <c r="L208" s="5"/>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A209" s="1"/>
       <c r="B209" s="1">
         <v>811006</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>796</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>797</v>
       </c>
       <c r="E209" s="2" t="s">
         <v>798</v>
       </c>
       <c r="F209" s="2" t="s">
         <v>799</v>
       </c>
       <c r="G209" s="2" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="H209" s="2">
         <v>0</v>
       </c>
       <c r="I209" s="1">
         <v>0</v>
       </c>
       <c r="J209" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K209" s="2" t="str">
-        <f>J209*894.33</f>
+        <f>J209*893.99</f>
         <v>0</v>
       </c>
       <c r="L209" s="5"/>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A210" s="1"/>
       <c r="B210" s="1">
         <v>811007</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>800</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>801</v>
       </c>
       <c r="E210" s="2" t="s">
         <v>802</v>
       </c>
       <c r="F210" s="2" t="s">
         <v>803</v>
       </c>
       <c r="G210" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H210" s="2">
         <v>0</v>
       </c>
       <c r="I210" s="1">
         <v>0</v>
       </c>
       <c r="J210" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K210" s="2" t="str">
-        <f>J210*404.76</f>
+        <f>J210*404.60</f>
         <v>0</v>
       </c>
       <c r="L210" s="5"/>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A211" s="1"/>
       <c r="B211" s="1">
         <v>811008</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>804</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>805</v>
       </c>
       <c r="E211" s="2" t="s">
         <v>806</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>807</v>
       </c>
       <c r="G211" s="2" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="H211" s="2">
         <v>0</v>
       </c>
       <c r="I211" s="1">
         <v>0</v>
       </c>
       <c r="J211" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K211" s="2" t="str">
-        <f>J211*611.60</f>
+        <f>J211*611.36</f>
         <v>0</v>
       </c>
       <c r="L211" s="5"/>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A212" s="1"/>
       <c r="B212" s="1">
         <v>811009</v>
       </c>
       <c r="C212" s="1" t="s">
         <v>808</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>809</v>
       </c>
       <c r="E212" s="2" t="s">
         <v>810</v>
       </c>
       <c r="F212" s="2" t="s">
         <v>811</v>
       </c>
       <c r="G212" s="2" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="H212" s="2">
         <v>0</v>
       </c>
       <c r="I212" s="1">
         <v>0</v>
       </c>
       <c r="J212" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K212" s="2" t="str">
-        <f>J212*956.83</f>
+        <f>J212*956.46</f>
         <v>0</v>
       </c>
       <c r="L212" s="5"/>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A213" s="1"/>
       <c r="B213" s="1">
         <v>811010</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>812</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>813</v>
       </c>
       <c r="E213" s="2" t="s">
         <v>814</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>815</v>
       </c>
       <c r="G213" s="2" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="H213" s="2">
         <v>0</v>
       </c>
       <c r="I213" s="1">
         <v>0</v>
       </c>
       <c r="J213" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K213" s="2" t="str">
-        <f>J213*413.68</f>
+        <f>J213*413.53</f>
         <v>0</v>
       </c>
       <c r="L213" s="5"/>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A214" s="1"/>
       <c r="B214" s="1">
         <v>811011</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>816</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>817</v>
       </c>
       <c r="E214" s="2" t="s">
         <v>818</v>
       </c>
       <c r="F214" s="2" t="s">
         <v>819</v>
       </c>
       <c r="G214" s="2">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="H214" s="2">
         <v>0</v>
       </c>
       <c r="I214" s="1">
         <v>0</v>
       </c>
       <c r="J214" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K214" s="2" t="str">
-        <f>J214*599.69</f>
+        <f>J214*599.46</f>
         <v>0</v>
       </c>
       <c r="L214" s="5"/>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A215" s="1"/>
       <c r="B215" s="1">
         <v>811012</v>
       </c>
       <c r="C215" s="1" t="s">
         <v>820</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>821</v>
       </c>
       <c r="E215" s="2" t="s">
         <v>822</v>
       </c>
       <c r="F215" s="2" t="s">
         <v>823</v>
       </c>
-      <c r="G215" s="2" t="s">
-        <v>17</v>
+      <c r="G215" s="2">
+        <v>0</v>
       </c>
       <c r="H215" s="2">
         <v>0</v>
       </c>
       <c r="I215" s="1">
         <v>0</v>
       </c>
       <c r="J215" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K215" s="2" t="str">
-        <f>J215*501.48</f>
+        <f>J215*501.29</f>
         <v>0</v>
       </c>
       <c r="L215" s="5"/>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A216" s="1"/>
       <c r="B216" s="1">
         <v>811013</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>824</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>825</v>
       </c>
       <c r="E216" s="2" t="s">
         <v>826</v>
       </c>
       <c r="F216" s="2" t="s">
         <v>827</v>
       </c>
       <c r="G216" s="2" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="H216" s="2">
         <v>0</v>
       </c>
       <c r="I216" s="1">
         <v>0</v>
       </c>
       <c r="J216" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K216" s="2" t="str">
-        <f>J216*761.89</f>
+        <f>J216*761.60</f>
         <v>0</v>
       </c>
       <c r="L216" s="5"/>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A217" s="1"/>
       <c r="B217" s="1">
         <v>811014</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>828</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>829</v>
       </c>
       <c r="E217" s="2" t="s">
         <v>830</v>
       </c>
       <c r="F217" s="2" t="s">
         <v>831</v>
       </c>
       <c r="G217" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H217" s="2">
         <v>0</v>
       </c>
-      <c r="I217" s="1">
-        <v>0</v>
+      <c r="I217" s="1" t="s">
+        <v>23</v>
       </c>
       <c r="J217" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K217" s="2" t="str">
-        <f>J217*1229.15</f>
+        <f>J217*1228.68</f>
         <v>0</v>
       </c>
       <c r="L217" s="5"/>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A218" s="1"/>
       <c r="B218" s="1">
         <v>811015</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>832</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>833</v>
       </c>
       <c r="E218" s="2" t="s">
         <v>834</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>835</v>
       </c>
       <c r="G218" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H218" s="2">
         <v>0</v>
       </c>
       <c r="I218" s="1">
         <v>0</v>
       </c>
       <c r="J218" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K218" s="2" t="str">
-        <f>J218*2034.19</f>
+        <f>J218*2033.41</f>
         <v>0</v>
       </c>
       <c r="L218" s="5"/>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A219" s="1"/>
       <c r="B219" s="1">
         <v>811016</v>
       </c>
       <c r="C219" s="1" t="s">
         <v>836</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>837</v>
       </c>
       <c r="E219" s="2" t="s">
         <v>838</v>
       </c>
       <c r="F219" s="2" t="s">
         <v>823</v>
       </c>
       <c r="G219" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H219" s="2">
         <v>0</v>
       </c>
       <c r="I219" s="1">
         <v>0</v>
       </c>
       <c r="J219" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K219" s="2" t="str">
-        <f>J219*501.48</f>
+        <f>J219*501.29</f>
         <v>0</v>
       </c>
       <c r="L219" s="5"/>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A220" s="1"/>
       <c r="B220" s="1">
         <v>811017</v>
       </c>
       <c r="C220" s="1" t="s">
         <v>839</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>840</v>
       </c>
       <c r="E220" s="2" t="s">
         <v>841</v>
       </c>
       <c r="F220" s="2" t="s">
         <v>842</v>
       </c>
-      <c r="G220" s="2" t="s">
-        <v>49</v>
+      <c r="G220" s="2">
+        <v>0</v>
       </c>
       <c r="H220" s="2">
         <v>0</v>
       </c>
       <c r="I220" s="1">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="J220" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K220" s="2" t="str">
-        <f>J220*836.30</f>
+        <f>J220*835.98</f>
         <v>0</v>
       </c>
       <c r="L220" s="5"/>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A221" s="1"/>
       <c r="B221" s="1">
         <v>828532</v>
       </c>
       <c r="C221" s="1" t="s">
         <v>843</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>844</v>
       </c>
       <c r="E221" s="2" t="s">
         <v>845</v>
       </c>
       <c r="F221" s="2" t="s">
         <v>846</v>
       </c>
       <c r="G221" s="2">
         <v>0</v>
       </c>
       <c r="H221" s="2">
         <v>0</v>
       </c>
       <c r="I221" s="1">
         <v>0</v>
       </c>
       <c r="J221" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K221" s="2" t="str">
-        <f>J221*1360.10</f>
+        <f>J221*1359.58</f>
         <v>0</v>
       </c>
       <c r="L221" s="5"/>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A222" s="1"/>
       <c r="B222" s="1">
         <v>823083</v>
       </c>
       <c r="C222" s="1" t="s">
         <v>847</v>
       </c>
       <c r="D222" s="1" t="s">
         <v>848</v>
       </c>
       <c r="E222" s="2" t="s">
         <v>849</v>
       </c>
       <c r="F222" s="2" t="s">
         <v>850</v>
       </c>
-      <c r="G222" s="2">
-        <v>0</v>
+      <c r="G222" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H222" s="2">
         <v>0</v>
       </c>
       <c r="I222" s="1">
         <v>0</v>
       </c>
       <c r="J222" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K222" s="2" t="str">
-        <f>J222*534.22</f>
+        <f>J222*534.01</f>
         <v>0</v>
       </c>
       <c r="L222" s="5"/>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A223" s="1"/>
       <c r="B223" s="1">
         <v>823116</v>
       </c>
       <c r="C223" s="1" t="s">
         <v>851</v>
       </c>
       <c r="D223" s="1" t="s">
         <v>852</v>
       </c>
       <c r="E223" s="2" t="s">
         <v>853</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>854</v>
       </c>
       <c r="G223" s="2" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="H223" s="2">
         <v>0</v>
       </c>
       <c r="I223" s="1">
         <v>0</v>
       </c>
       <c r="J223" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K223" s="2" t="str">
-        <f>J223*802.07</f>
+        <f>J223*801.76</f>
         <v>0</v>
       </c>
       <c r="L223" s="5"/>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A224" s="1"/>
       <c r="B224" s="1">
         <v>823089</v>
       </c>
       <c r="C224" s="1" t="s">
         <v>855</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>856</v>
       </c>
       <c r="E224" s="2" t="s">
         <v>857</v>
       </c>
       <c r="F224" s="2" t="s">
         <v>858</v>
       </c>
       <c r="G224" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H224" s="2">
         <v>0</v>
       </c>
       <c r="I224" s="1">
         <v>0</v>
       </c>
       <c r="J224" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K224" s="2" t="str">
-        <f>J224*1288.67</f>
+        <f>J224*1288.18</f>
         <v>0</v>
       </c>
       <c r="L224" s="5"/>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A225" s="1"/>
       <c r="B225" s="1">
         <v>823084</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>859</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>860</v>
       </c>
       <c r="E225" s="2" t="s">
         <v>861</v>
       </c>
       <c r="F225" s="2" t="s">
         <v>823</v>
       </c>
-      <c r="G225" s="2" t="s">
-        <v>44</v>
+      <c r="G225" s="2">
+        <v>0</v>
       </c>
       <c r="H225" s="2">
         <v>0</v>
       </c>
       <c r="I225" s="1">
         <v>0</v>
       </c>
       <c r="J225" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K225" s="2" t="str">
-        <f>J225*501.48</f>
+        <f>J225*501.29</f>
         <v>0</v>
       </c>
       <c r="L225" s="5"/>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A226" s="1"/>
       <c r="B226" s="1">
         <v>823090</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>862</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>863</v>
       </c>
       <c r="E226" s="2" t="s">
         <v>864</v>
       </c>
       <c r="F226" s="2" t="s">
         <v>827</v>
       </c>
       <c r="G226" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H226" s="2">
         <v>0</v>
       </c>
       <c r="I226" s="1">
         <v>0</v>
       </c>
       <c r="J226" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K226" s="2" t="str">
-        <f>J226*761.89</f>
+        <f>J226*761.60</f>
         <v>0</v>
       </c>
       <c r="L226" s="5"/>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A227" s="1"/>
       <c r="B227" s="1">
         <v>823117</v>
       </c>
       <c r="C227" s="1" t="s">
         <v>865</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>866</v>
       </c>
       <c r="E227" s="2" t="s">
         <v>867</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>831</v>
       </c>
       <c r="G227" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="H227" s="2">
         <v>0</v>
       </c>
       <c r="I227" s="1">
         <v>0</v>
       </c>
       <c r="J227" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K227" s="2" t="str">
-        <f>J227*1229.15</f>
+        <f>J227*1228.68</f>
         <v>0</v>
       </c>
       <c r="L227" s="5"/>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A228" s="1"/>
       <c r="B228" s="1">
         <v>824567</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>868</v>
       </c>
       <c r="D228" s="1" t="s">
         <v>869</v>
       </c>
       <c r="E228" s="2" t="s">
         <v>870</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>823</v>
       </c>
-      <c r="G228" s="2" t="s">
-        <v>49</v>
+      <c r="G228" s="2">
+        <v>10</v>
       </c>
       <c r="H228" s="2">
         <v>0</v>
       </c>
       <c r="I228" s="1">
         <v>0</v>
       </c>
       <c r="J228" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K228" s="2" t="str">
-        <f>J228*501.48</f>
+        <f>J228*501.29</f>
         <v>0</v>
       </c>
       <c r="L228" s="5"/>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A229" s="1"/>
       <c r="B229" s="1">
         <v>824568</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>871</v>
       </c>
       <c r="D229" s="1" t="s">
         <v>872</v>
       </c>
       <c r="E229" s="2" t="s">
         <v>873</v>
       </c>
       <c r="F229" s="2" t="s">
         <v>874</v>
       </c>
       <c r="G229" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H229" s="2">
         <v>0</v>
       </c>
       <c r="I229" s="1">
         <v>0</v>
       </c>
       <c r="J229" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K229" s="2" t="str">
-        <f>J229*744.03</f>
+        <f>J229*743.75</f>
         <v>0</v>
       </c>
       <c r="L229" s="5"/>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A230" s="1"/>
       <c r="B230" s="1">
         <v>824569</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>875</v>
       </c>
       <c r="D230" s="1" t="s">
         <v>876</v>
       </c>
       <c r="E230" s="2" t="s">
         <v>877</v>
       </c>
       <c r="F230" s="2" t="s">
         <v>878</v>
       </c>
       <c r="G230" s="2" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="H230" s="2">
         <v>0</v>
       </c>
       <c r="I230" s="1">
         <v>0</v>
       </c>
       <c r="J230" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K230" s="2" t="str">
-        <f>J230*489.58</f>
+        <f>J230*489.39</f>
         <v>0</v>
       </c>
       <c r="L230" s="5"/>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A231" s="1"/>
       <c r="B231" s="1">
         <v>824570</v>
       </c>
       <c r="C231" s="1" t="s">
         <v>879</v>
       </c>
       <c r="D231" s="1" t="s">
         <v>880</v>
       </c>
       <c r="E231" s="2" t="s">
         <v>881</v>
       </c>
       <c r="F231" s="2" t="s">
         <v>882</v>
       </c>
       <c r="G231" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H231" s="2">
         <v>0</v>
       </c>
       <c r="I231" s="1">
         <v>0</v>
       </c>
       <c r="J231" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K231" s="2" t="str">
-        <f>J231*727.67</f>
+        <f>J231*727.39</f>
         <v>0</v>
       </c>
       <c r="L231" s="5"/>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A232" s="1"/>
       <c r="B232" s="1">
         <v>824571</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>883</v>
       </c>
       <c r="D232" s="1" t="s">
         <v>884</v>
       </c>
       <c r="E232" s="2" t="s">
         <v>885</v>
       </c>
       <c r="F232" s="2" t="s">
         <v>886</v>
       </c>
       <c r="G232" s="2">
         <v>0</v>
       </c>
       <c r="H232" s="2">
         <v>0</v>
       </c>
       <c r="I232" s="1">
         <v>0</v>
       </c>
       <c r="J232" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K232" s="2" t="str">
-        <f>J232*620.53</f>
+        <f>J232*620.29</f>
         <v>0</v>
       </c>
       <c r="L232" s="5"/>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A233" s="1"/>
       <c r="B233" s="1">
         <v>824572</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>887</v>
       </c>
       <c r="D233" s="1" t="s">
         <v>888</v>
       </c>
       <c r="E233" s="2" t="s">
         <v>889</v>
       </c>
       <c r="F233" s="2" t="s">
         <v>890</v>
       </c>
       <c r="G233" s="2">
         <v>0</v>
       </c>
       <c r="H233" s="2">
         <v>0</v>
       </c>
       <c r="I233" s="1">
         <v>0</v>
       </c>
       <c r="J233" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K233" s="2" t="str">
-        <f>J233*830.34</f>
+        <f>J233*830.03</f>
         <v>0</v>
       </c>
       <c r="L233" s="5"/>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A234" s="1"/>
       <c r="B234" s="1">
         <v>824573</v>
       </c>
       <c r="C234" s="1" t="s">
         <v>891</v>
       </c>
       <c r="D234" s="1" t="s">
         <v>892</v>
       </c>
       <c r="E234" s="2" t="s">
         <v>893</v>
       </c>
       <c r="F234" s="2" t="s">
         <v>894</v>
       </c>
       <c r="G234" s="2">
         <v>0</v>
       </c>
       <c r="H234" s="2">
         <v>0</v>
       </c>
       <c r="I234" s="1">
         <v>0</v>
       </c>
       <c r="J234" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K234" s="2" t="str">
-        <f>J234*1316.94</f>
+        <f>J234*1316.44</f>
         <v>0</v>
       </c>
       <c r="L234" s="5"/>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A235" s="1"/>
       <c r="B235" s="1">
         <v>826540</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>895</v>
       </c>
       <c r="D235" s="1" t="s">
         <v>896</v>
       </c>
       <c r="E235" s="2" t="s">
         <v>897</v>
       </c>
       <c r="F235" s="2" t="s">
         <v>898</v>
       </c>
       <c r="G235" s="2">
         <v>0</v>
       </c>
       <c r="H235" s="2">
         <v>0</v>
       </c>
       <c r="I235" s="1">
         <v>0</v>
       </c>
       <c r="J235" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K235" s="2" t="str">
-        <f>J235*562.49</f>
+        <f>J235*562.28</f>
         <v>0</v>
       </c>
       <c r="L235" s="5"/>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A236" s="1"/>
       <c r="B236" s="1">
         <v>826541</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>899</v>
       </c>
       <c r="D236" s="1" t="s">
         <v>900</v>
       </c>
       <c r="E236" s="2" t="s">
         <v>901</v>
       </c>
       <c r="F236" s="2" t="s">
         <v>902</v>
       </c>
       <c r="G236" s="2">
         <v>1</v>
       </c>
       <c r="H236" s="2">
         <v>0</v>
       </c>
       <c r="I236" s="1">
         <v>0</v>
       </c>
       <c r="J236" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K236" s="2" t="str">
-        <f>J236*1403.25</f>
+        <f>J236*1402.71</f>
         <v>0</v>
       </c>
       <c r="L236" s="5"/>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A237" s="1"/>
       <c r="B237" s="1">
         <v>826542</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>903</v>
       </c>
       <c r="D237" s="1" t="s">
         <v>904</v>
       </c>
       <c r="E237" s="2" t="s">
         <v>905</v>
       </c>
       <c r="F237" s="2" t="s">
         <v>906</v>
       </c>
       <c r="G237" s="2">
         <v>0</v>
       </c>
       <c r="H237" s="2">
         <v>0</v>
       </c>
       <c r="I237" s="1">
         <v>0</v>
       </c>
       <c r="J237" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K237" s="2" t="str">
-        <f>J237*520.82</f>
+        <f>J237*520.63</f>
         <v>0</v>
       </c>
       <c r="L237" s="5"/>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A238" s="1"/>
       <c r="B238" s="1">
         <v>826543</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>907</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>908</v>
       </c>
       <c r="E238" s="2" t="s">
         <v>909</v>
       </c>
       <c r="F238" s="2" t="s">
         <v>846</v>
       </c>
       <c r="G238" s="2">
         <v>0</v>
       </c>
       <c r="H238" s="2">
         <v>0</v>
       </c>
       <c r="I238" s="1">
         <v>0</v>
       </c>
       <c r="J238" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K238" s="2" t="str">
-        <f>J238*1360.10</f>
+        <f>J238*1359.58</f>
         <v>0</v>
       </c>
       <c r="L238" s="5"/>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A239" s="1"/>
       <c r="B239" s="1">
         <v>826544</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>910</v>
       </c>
       <c r="D239" s="1" t="s">
         <v>911</v>
       </c>
       <c r="E239" s="2" t="s">
         <v>912</v>
       </c>
       <c r="F239" s="2" t="s">
         <v>913</v>
       </c>
       <c r="G239" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="H239" s="2">
         <v>0</v>
       </c>
       <c r="I239" s="1">
         <v>0</v>
       </c>
       <c r="J239" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K239" s="2" t="str">
-        <f>J239*1132.42</f>
+        <f>J239*1131.99</f>
         <v>0</v>
       </c>
       <c r="L239" s="5"/>
     </row>
-    <row r="240" spans="1:12" outlineLevel="3">
-      <c r="A240" s="9" t="s">
+    <row r="240" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+      <c r="A240" s="1"/>
+      <c r="B240" s="1">
+        <v>879929</v>
+      </c>
+      <c r="C240" s="1" t="s">
         <v>914</v>
       </c>
-      <c r="B240" s="9"/>
-[...8 lines deleted...]
-      <c r="K240" s="9"/>
+      <c r="D240" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="E240" s="2" t="s">
+        <v>916</v>
+      </c>
+      <c r="F240" s="2" t="s">
+        <v>803</v>
+      </c>
+      <c r="G240" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H240" s="2">
+        <v>0</v>
+      </c>
+      <c r="I240" s="1">
+        <v>0</v>
+      </c>
+      <c r="J240" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K240" s="2" t="str">
+        <f>J240*404.60</f>
+        <v>0</v>
+      </c>
       <c r="L240" s="5"/>
     </row>
-    <row r="241" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
-[...10 lines deleted...]
-      <c r="E241" s="2" t="s">
+    <row r="241" spans="1:12" outlineLevel="3">
+      <c r="A241" s="9" t="s">
         <v>917</v>
       </c>
-      <c r="F241" s="2" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="B241" s="9"/>
+      <c r="C241" s="9"/>
+      <c r="D241" s="9"/>
+      <c r="E241" s="9"/>
+      <c r="F241" s="9"/>
+      <c r="G241" s="9"/>
+      <c r="H241" s="9"/>
+      <c r="I241" s="9"/>
+      <c r="J241" s="9"/>
+      <c r="K241" s="9"/>
       <c r="L241" s="5"/>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A242" s="1"/>
       <c r="B242" s="1">
-        <v>889443</v>
+        <v>889442</v>
       </c>
       <c r="C242" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="D242" s="1" t="s">
         <v>919</v>
       </c>
-      <c r="D242" s="1" t="s">
+      <c r="E242" s="2" t="s">
         <v>920</v>
       </c>
-      <c r="E242" s="2" t="s">
+      <c r="F242" s="2" t="s">
         <v>921</v>
       </c>
-      <c r="F242" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G242" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H242" s="2">
         <v>0</v>
       </c>
       <c r="I242" s="1">
         <v>0</v>
       </c>
       <c r="J242" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K242" s="2" t="str">
-        <f>J242*906.23</f>
+        <f>J242*635.16</f>
         <v>0</v>
       </c>
       <c r="L242" s="5"/>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A243" s="1"/>
       <c r="B243" s="1">
-        <v>889444</v>
+        <v>889443</v>
       </c>
       <c r="C243" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="D243" s="1" t="s">
         <v>923</v>
       </c>
-      <c r="D243" s="1" t="s">
+      <c r="E243" s="2" t="s">
         <v>924</v>
       </c>
-      <c r="E243" s="2" t="s">
+      <c r="F243" s="2" t="s">
         <v>925</v>
       </c>
-      <c r="F243" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G243" s="2">
         <v>0</v>
       </c>
       <c r="H243" s="2">
         <v>0</v>
       </c>
       <c r="I243" s="1">
         <v>0</v>
       </c>
       <c r="J243" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K243" s="2" t="str">
-        <f>J243*1587.77</f>
+        <f>J243*905.89</f>
         <v>0</v>
       </c>
       <c r="L243" s="5"/>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A244" s="1"/>
       <c r="B244" s="1">
-        <v>889424</v>
+        <v>889444</v>
       </c>
       <c r="C244" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="D244" s="1" t="s">
         <v>927</v>
       </c>
-      <c r="D244" s="1" t="s">
+      <c r="E244" s="2" t="s">
         <v>928</v>
       </c>
-      <c r="E244" s="2" t="s">
+      <c r="F244" s="2" t="s">
         <v>929</v>
       </c>
-      <c r="F244" s="2" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="G244" s="2">
+        <v>0</v>
       </c>
       <c r="H244" s="2">
         <v>0</v>
       </c>
       <c r="I244" s="1">
         <v>0</v>
       </c>
       <c r="J244" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K244" s="2" t="str">
-        <f>J244*391.36</f>
+        <f>J244*1587.16</f>
         <v>0</v>
       </c>
       <c r="L244" s="5"/>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A245" s="1"/>
       <c r="B245" s="1">
-        <v>889425</v>
+        <v>889424</v>
       </c>
       <c r="C245" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="D245" s="1" t="s">
         <v>931</v>
       </c>
-      <c r="D245" s="1" t="s">
+      <c r="E245" s="2" t="s">
         <v>932</v>
       </c>
-      <c r="E245" s="2" t="s">
+      <c r="F245" s="2" t="s">
         <v>933</v>
       </c>
-      <c r="F245" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G245" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H245" s="2">
         <v>0</v>
       </c>
       <c r="I245" s="1">
         <v>0</v>
       </c>
       <c r="J245" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K245" s="2" t="str">
-        <f>J245*592.25</f>
+        <f>J245*391.21</f>
         <v>0</v>
       </c>
       <c r="L245" s="5"/>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A246" s="1"/>
       <c r="B246" s="1">
-        <v>889426</v>
+        <v>889425</v>
       </c>
       <c r="C246" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="D246" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="D246" s="1" t="s">
+      <c r="E246" s="2" t="s">
         <v>936</v>
       </c>
-      <c r="E246" s="2" t="s">
+      <c r="F246" s="2" t="s">
         <v>937</v>
       </c>
-      <c r="F246" s="2" t="s">
-[...3 lines deleted...]
-        <v>44</v>
+      <c r="G246" s="2">
+        <v>0</v>
       </c>
       <c r="H246" s="2">
         <v>0</v>
       </c>
       <c r="I246" s="1">
         <v>0</v>
       </c>
       <c r="J246" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K246" s="2" t="str">
-        <f>J246*976.17</f>
+        <f>J246*592.03</f>
         <v>0</v>
       </c>
       <c r="L246" s="5"/>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A247" s="1"/>
       <c r="B247" s="1">
-        <v>889427</v>
+        <v>889426</v>
       </c>
       <c r="C247" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="D247" s="1" t="s">
         <v>939</v>
       </c>
-      <c r="D247" s="1" t="s">
+      <c r="E247" s="2" t="s">
         <v>940</v>
       </c>
-      <c r="E247" s="2" t="s">
+      <c r="F247" s="2" t="s">
         <v>941</v>
       </c>
-      <c r="F247" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G247" s="2" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="H247" s="2">
         <v>0</v>
       </c>
       <c r="I247" s="1">
         <v>0</v>
       </c>
       <c r="J247" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K247" s="2" t="str">
-        <f>J247*449.40</f>
+        <f>J247*975.80</f>
         <v>0</v>
       </c>
       <c r="L247" s="5"/>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A248" s="1"/>
       <c r="B248" s="1">
-        <v>889428</v>
+        <v>889427</v>
       </c>
       <c r="C248" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="D248" s="1" t="s">
         <v>943</v>
       </c>
-      <c r="D248" s="1" t="s">
+      <c r="E248" s="2" t="s">
         <v>944</v>
       </c>
-      <c r="E248" s="2" t="s">
+      <c r="F248" s="2" t="s">
         <v>945</v>
       </c>
-      <c r="F248" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G248" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="H248" s="2">
         <v>0</v>
       </c>
       <c r="I248" s="1">
         <v>0</v>
       </c>
       <c r="J248" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K248" s="2" t="str">
-        <f>J248*616.06</f>
+        <f>J248*449.23</f>
         <v>0</v>
       </c>
       <c r="L248" s="5"/>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A249" s="1"/>
       <c r="B249" s="1">
-        <v>889429</v>
+        <v>889428</v>
       </c>
       <c r="C249" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="D249" s="1" t="s">
         <v>947</v>
       </c>
-      <c r="D249" s="1" t="s">
+      <c r="E249" s="2" t="s">
         <v>948</v>
       </c>
-      <c r="E249" s="2" t="s">
+      <c r="F249" s="2" t="s">
         <v>949</v>
       </c>
-      <c r="F249" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G249" s="2" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="H249" s="2">
         <v>0</v>
       </c>
       <c r="I249" s="1">
         <v>0</v>
       </c>
       <c r="J249" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K249" s="2" t="str">
-        <f>J249*988.08</f>
+        <f>J249*615.83</f>
         <v>0</v>
       </c>
       <c r="L249" s="5"/>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A250" s="1"/>
       <c r="B250" s="1">
-        <v>889430</v>
+        <v>889429</v>
       </c>
       <c r="C250" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="D250" s="1" t="s">
         <v>951</v>
       </c>
-      <c r="D250" s="1" t="s">
+      <c r="E250" s="2" t="s">
         <v>952</v>
       </c>
-      <c r="E250" s="2" t="s">
+      <c r="F250" s="2" t="s">
         <v>953</v>
       </c>
-      <c r="F250" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G250" s="2" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="H250" s="2">
         <v>0</v>
       </c>
       <c r="I250" s="1">
         <v>0</v>
       </c>
       <c r="J250" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K250" s="2" t="str">
-        <f>J250*415.17</f>
+        <f>J250*987.70</f>
         <v>0</v>
       </c>
       <c r="L250" s="5"/>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A251" s="1"/>
       <c r="B251" s="1">
-        <v>889431</v>
+        <v>889430</v>
       </c>
       <c r="C251" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D251" s="1" t="s">
         <v>955</v>
       </c>
-      <c r="D251" s="1" t="s">
+      <c r="E251" s="2" t="s">
         <v>956</v>
       </c>
-      <c r="E251" s="2" t="s">
+      <c r="F251" s="2" t="s">
         <v>957</v>
       </c>
-      <c r="F251" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G251" s="2" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="H251" s="2">
         <v>0</v>
       </c>
       <c r="I251" s="1">
         <v>0</v>
       </c>
       <c r="J251" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K251" s="2" t="str">
-        <f>J251*589.28</f>
+        <f>J251*415.01</f>
         <v>0</v>
       </c>
       <c r="L251" s="5"/>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A252" s="1"/>
       <c r="B252" s="1">
-        <v>889432</v>
+        <v>889431</v>
       </c>
       <c r="C252" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="D252" s="1" t="s">
         <v>959</v>
       </c>
-      <c r="D252" s="1" t="s">
+      <c r="E252" s="2" t="s">
         <v>960</v>
       </c>
-      <c r="E252" s="2" t="s">
+      <c r="F252" s="2" t="s">
         <v>961</v>
       </c>
-      <c r="F252" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G252" s="2" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="H252" s="2">
         <v>0</v>
       </c>
       <c r="I252" s="1">
         <v>0</v>
       </c>
       <c r="J252" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K252" s="2" t="str">
-        <f>J252*1014.86</f>
+        <f>J252*589.05</f>
         <v>0</v>
       </c>
       <c r="L252" s="5"/>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A253" s="1"/>
       <c r="B253" s="1">
-        <v>889433</v>
+        <v>889432</v>
       </c>
       <c r="C253" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="D253" s="1" t="s">
         <v>963</v>
       </c>
-      <c r="D253" s="1" t="s">
+      <c r="E253" s="2" t="s">
         <v>964</v>
       </c>
-      <c r="E253" s="2" t="s">
+      <c r="F253" s="2" t="s">
         <v>965</v>
       </c>
-      <c r="F253" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G253" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H253" s="2">
         <v>0</v>
       </c>
       <c r="I253" s="1">
         <v>0</v>
       </c>
       <c r="J253" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K253" s="2" t="str">
-        <f>J253*1443.43</f>
+        <f>J253*1014.48</f>
         <v>0</v>
       </c>
       <c r="L253" s="5"/>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A254" s="1"/>
       <c r="B254" s="1">
-        <v>889434</v>
+        <v>889433</v>
       </c>
       <c r="C254" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="D254" s="1" t="s">
         <v>967</v>
       </c>
-      <c r="D254" s="1" t="s">
+      <c r="E254" s="2" t="s">
         <v>968</v>
       </c>
-      <c r="E254" s="2" t="s">
+      <c r="F254" s="2" t="s">
         <v>969</v>
       </c>
-      <c r="F254" s="2" t="s">
-[...3 lines deleted...]
-        <v>8</v>
+      <c r="G254" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H254" s="2">
         <v>0</v>
       </c>
       <c r="I254" s="1">
         <v>0</v>
       </c>
       <c r="J254" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K254" s="2" t="str">
-        <f>J254*2211.27</f>
+        <f>J254*1442.88</f>
         <v>0</v>
       </c>
       <c r="L254" s="5"/>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A255" s="1"/>
       <c r="B255" s="1">
-        <v>889435</v>
+        <v>889434</v>
       </c>
       <c r="C255" s="1" t="s">
+        <v>970</v>
+      </c>
+      <c r="D255" s="1" t="s">
         <v>971</v>
       </c>
-      <c r="D255" s="1" t="s">
+      <c r="E255" s="2" t="s">
         <v>972</v>
       </c>
-      <c r="E255" s="2" t="s">
+      <c r="F255" s="2" t="s">
         <v>973</v>
       </c>
-      <c r="F255" s="2" t="s">
-[...3 lines deleted...]
-        <v>49</v>
+      <c r="G255" s="2">
+        <v>8</v>
       </c>
       <c r="H255" s="2">
         <v>0</v>
       </c>
       <c r="I255" s="1">
         <v>0</v>
       </c>
       <c r="J255" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K255" s="2" t="str">
-        <f>J255*3346.67</f>
+        <f>J255*2210.43</f>
         <v>0</v>
       </c>
       <c r="L255" s="5"/>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A256" s="1"/>
       <c r="B256" s="1">
-        <v>889436</v>
+        <v>889435</v>
       </c>
       <c r="C256" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="D256" s="1" t="s">
         <v>975</v>
       </c>
-      <c r="D256" s="1" t="s">
+      <c r="E256" s="2" t="s">
         <v>976</v>
       </c>
-      <c r="E256" s="2" t="s">
+      <c r="F256" s="2" t="s">
         <v>977</v>
       </c>
-      <c r="F256" s="2" t="s">
-[...3 lines deleted...]
-        <v>10</v>
+      <c r="G256" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H256" s="2">
         <v>0</v>
       </c>
       <c r="I256" s="1">
         <v>0</v>
       </c>
       <c r="J256" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K256" s="2" t="str">
-        <f>J256*436.00</f>
+        <f>J256*3345.39</f>
         <v>0</v>
       </c>
       <c r="L256" s="5"/>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A257" s="1"/>
       <c r="B257" s="1">
-        <v>889437</v>
+        <v>889436</v>
       </c>
       <c r="C257" s="1" t="s">
         <v>978</v>
       </c>
       <c r="D257" s="1" t="s">
         <v>979</v>
       </c>
       <c r="E257" s="2" t="s">
         <v>980</v>
       </c>
       <c r="F257" s="2" t="s">
         <v>981</v>
       </c>
       <c r="G257" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="H257" s="2">
         <v>0</v>
       </c>
       <c r="I257" s="1">
         <v>0</v>
       </c>
       <c r="J257" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K257" s="2" t="str">
-        <f>J257*601.18</f>
+        <f>J257*435.84</f>
         <v>0</v>
       </c>
       <c r="L257" s="5"/>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A258" s="1"/>
       <c r="B258" s="1">
-        <v>889438</v>
+        <v>889437</v>
       </c>
       <c r="C258" s="1" t="s">
         <v>982</v>
       </c>
       <c r="D258" s="1" t="s">
         <v>983</v>
       </c>
       <c r="E258" s="2" t="s">
         <v>984</v>
       </c>
       <c r="F258" s="2" t="s">
         <v>985</v>
       </c>
       <c r="G258" s="2" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="H258" s="2">
         <v>0</v>
       </c>
       <c r="I258" s="1">
         <v>0</v>
       </c>
       <c r="J258" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K258" s="2" t="str">
-        <f>J258*1025.28</f>
+        <f>J258*600.95</f>
         <v>0</v>
       </c>
       <c r="L258" s="5"/>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A259" s="1"/>
       <c r="B259" s="1">
-        <v>889439</v>
+        <v>889438</v>
       </c>
       <c r="C259" s="1" t="s">
         <v>986</v>
       </c>
       <c r="D259" s="1" t="s">
         <v>987</v>
       </c>
       <c r="E259" s="2" t="s">
         <v>988</v>
       </c>
       <c r="F259" s="2" t="s">
         <v>989</v>
       </c>
       <c r="G259" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H259" s="2">
         <v>0</v>
       </c>
       <c r="I259" s="1">
         <v>0</v>
       </c>
       <c r="J259" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K259" s="2" t="str">
-        <f>J259*1534.20</f>
+        <f>J259*1024.89</f>
         <v>0</v>
       </c>
       <c r="L259" s="5"/>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A260" s="1"/>
       <c r="B260" s="1">
-        <v>889440</v>
+        <v>889439</v>
       </c>
       <c r="C260" s="1" t="s">
         <v>990</v>
       </c>
       <c r="D260" s="1" t="s">
         <v>991</v>
       </c>
       <c r="E260" s="2" t="s">
         <v>992</v>
       </c>
       <c r="F260" s="2" t="s">
         <v>993</v>
       </c>
-      <c r="G260" s="2">
-        <v>8</v>
+      <c r="G260" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H260" s="2">
         <v>0</v>
       </c>
       <c r="I260" s="1">
         <v>0</v>
       </c>
       <c r="J260" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K260" s="2" t="str">
-        <f>J260*2267.82</f>
+        <f>J260*1533.61</f>
         <v>0</v>
       </c>
       <c r="L260" s="5"/>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A261" s="1"/>
       <c r="B261" s="1">
-        <v>889441</v>
+        <v>889440</v>
       </c>
       <c r="C261" s="1" t="s">
         <v>994</v>
       </c>
       <c r="D261" s="1" t="s">
         <v>995</v>
       </c>
       <c r="E261" s="2" t="s">
         <v>996</v>
       </c>
       <c r="F261" s="2" t="s">
         <v>997</v>
       </c>
-      <c r="G261" s="2" t="s">
-        <v>49</v>
+      <c r="G261" s="2">
+        <v>8</v>
       </c>
       <c r="H261" s="2">
         <v>0</v>
       </c>
       <c r="I261" s="1">
         <v>0</v>
       </c>
       <c r="J261" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K261" s="2" t="str">
-        <f>J261*3529.70</f>
+        <f>J261*2266.95</f>
         <v>0</v>
       </c>
       <c r="L261" s="5"/>
     </row>
-    <row r="262" spans="1:12" outlineLevel="2">
-      <c r="A262" s="8" t="s">
+    <row r="262" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+      <c r="A262" s="1"/>
+      <c r="B262" s="1">
+        <v>889441</v>
+      </c>
+      <c r="C262" s="1" t="s">
         <v>998</v>
       </c>
-      <c r="B262" s="8"/>
-[...8 lines deleted...]
-      <c r="K262" s="8"/>
+      <c r="D262" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="E262" s="2" t="s">
+        <v>1000</v>
+      </c>
+      <c r="F262" s="2" t="s">
+        <v>1001</v>
+      </c>
+      <c r="G262" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H262" s="2">
+        <v>0</v>
+      </c>
+      <c r="I262" s="1">
+        <v>0</v>
+      </c>
+      <c r="J262" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K262" s="2" t="str">
+        <f>J262*3528.35</f>
+        <v>0</v>
+      </c>
       <c r="L262" s="5"/>
     </row>
-    <row r="263" spans="1:12" outlineLevel="3">
-[...12 lines deleted...]
-      <c r="K263" s="9"/>
+    <row r="263" spans="1:12" outlineLevel="2">
+      <c r="A263" s="8" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B263" s="8"/>
+      <c r="C263" s="8"/>
+      <c r="D263" s="8"/>
+      <c r="E263" s="8"/>
+      <c r="F263" s="8"/>
+      <c r="G263" s="8"/>
+      <c r="H263" s="8"/>
+      <c r="I263" s="8"/>
+      <c r="J263" s="8"/>
+      <c r="K263" s="8"/>
       <c r="L263" s="5"/>
     </row>
-    <row r="264" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
-[...13 lines deleted...]
-      <c r="F264" s="2" t="s">
+    <row r="264" spans="1:12" outlineLevel="3">
+      <c r="A264" s="9" t="s">
         <v>1003</v>
       </c>
-      <c r="G264" s="2" t="s">
-[...14 lines deleted...]
-      </c>
+      <c r="B264" s="9"/>
+      <c r="C264" s="9"/>
+      <c r="D264" s="9"/>
+      <c r="E264" s="9"/>
+      <c r="F264" s="9"/>
+      <c r="G264" s="9"/>
+      <c r="H264" s="9"/>
+      <c r="I264" s="9"/>
+      <c r="J264" s="9"/>
+      <c r="K264" s="9"/>
       <c r="L264" s="5"/>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A265" s="1"/>
       <c r="B265" s="1">
-        <v>833141</v>
+        <v>833140</v>
       </c>
       <c r="C265" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="D265" s="1" t="s">
         <v>1005</v>
       </c>
       <c r="E265" s="2" t="s">
         <v>1006</v>
       </c>
       <c r="F265" s="2" t="s">
         <v>1007</v>
       </c>
-      <c r="G265" s="2">
-        <v>0</v>
+      <c r="G265" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H265" s="2">
         <v>0</v>
       </c>
-      <c r="I265" s="1" t="s">
-        <v>23</v>
+      <c r="I265" s="1">
+        <v>0</v>
       </c>
       <c r="J265" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K265" s="2" t="str">
-        <f>J265*539.31</f>
+        <f>J265*365.91</f>
         <v>0</v>
       </c>
       <c r="L265" s="5"/>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A266" s="1"/>
       <c r="B266" s="1">
-        <v>833142</v>
+        <v>833141</v>
       </c>
       <c r="C266" s="1" t="s">
         <v>1008</v>
       </c>
       <c r="D266" s="1" t="s">
         <v>1009</v>
       </c>
       <c r="E266" s="2" t="s">
         <v>1010</v>
       </c>
       <c r="F266" s="2" t="s">
         <v>1011</v>
       </c>
-      <c r="G266" s="2">
-        <v>0</v>
+      <c r="G266" s="2" t="s">
+        <v>70</v>
       </c>
       <c r="H266" s="2">
         <v>0</v>
       </c>
       <c r="I266" s="1">
         <v>0</v>
       </c>
       <c r="J266" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K266" s="2" t="str">
-        <f>J266*717.49</f>
+        <f>J266*539.31</f>
         <v>0</v>
       </c>
       <c r="L266" s="5"/>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A267" s="1"/>
       <c r="B267" s="1">
-        <v>833143</v>
+        <v>833142</v>
       </c>
       <c r="C267" s="1" t="s">
         <v>1012</v>
       </c>
       <c r="D267" s="1" t="s">
         <v>1013</v>
       </c>
       <c r="E267" s="2" t="s">
         <v>1014</v>
       </c>
       <c r="F267" s="2" t="s">
         <v>1015</v>
       </c>
-      <c r="G267" s="2" t="s">
-        <v>23</v>
+      <c r="G267" s="2">
+        <v>0</v>
       </c>
       <c r="H267" s="2">
         <v>0</v>
       </c>
-      <c r="I267" s="1" t="s">
-        <v>17</v>
+      <c r="I267" s="1">
+        <v>0</v>
       </c>
       <c r="J267" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K267" s="2" t="str">
-        <f>J267*386.82</f>
+        <f>J267*717.49</f>
         <v>0</v>
       </c>
       <c r="L267" s="5"/>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A268" s="1"/>
       <c r="B268" s="1">
-        <v>833144</v>
+        <v>833143</v>
       </c>
       <c r="C268" s="1" t="s">
         <v>1016</v>
       </c>
       <c r="D268" s="1" t="s">
         <v>1017</v>
       </c>
       <c r="E268" s="2" t="s">
         <v>1018</v>
       </c>
       <c r="F268" s="2" t="s">
         <v>1019</v>
       </c>
-      <c r="G268" s="2">
-        <v>0</v>
+      <c r="G268" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H268" s="2">
         <v>0</v>
       </c>
       <c r="I268" s="1">
         <v>0</v>
       </c>
       <c r="J268" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K268" s="2" t="str">
-        <f>J268*560.46</f>
+        <f>J268*386.82</f>
         <v>0</v>
       </c>
       <c r="L268" s="5"/>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A269" s="1"/>
       <c r="B269" s="1">
-        <v>833145</v>
+        <v>833144</v>
       </c>
       <c r="C269" s="1" t="s">
         <v>1020</v>
       </c>
       <c r="D269" s="1" t="s">
         <v>1021</v>
       </c>
       <c r="E269" s="2" t="s">
         <v>1022</v>
       </c>
       <c r="F269" s="2" t="s">
         <v>1023</v>
       </c>
       <c r="G269" s="2" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="H269" s="2">
         <v>0</v>
       </c>
       <c r="I269" s="1">
         <v>0</v>
       </c>
       <c r="J269" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K269" s="2" t="str">
-        <f>J269*842.49</f>
+        <f>J269*560.46</f>
         <v>0</v>
       </c>
       <c r="L269" s="5"/>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A270" s="1"/>
       <c r="B270" s="1">
-        <v>833146</v>
+        <v>833145</v>
       </c>
       <c r="C270" s="1" t="s">
         <v>1024</v>
       </c>
       <c r="D270" s="1" t="s">
         <v>1025</v>
       </c>
       <c r="E270" s="2" t="s">
         <v>1026</v>
       </c>
       <c r="F270" s="2" t="s">
         <v>1027</v>
       </c>
-      <c r="G270" s="2" t="s">
-        <v>23</v>
+      <c r="G270" s="2">
+        <v>9</v>
       </c>
       <c r="H270" s="2">
         <v>0</v>
       </c>
       <c r="I270" s="1">
         <v>0</v>
       </c>
       <c r="J270" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K270" s="2" t="str">
-        <f>J270*372.84</f>
+        <f>J270*842.49</f>
         <v>0</v>
       </c>
       <c r="L270" s="5"/>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A271" s="1"/>
       <c r="B271" s="1">
-        <v>833147</v>
+        <v>833146</v>
       </c>
       <c r="C271" s="1" t="s">
         <v>1028</v>
       </c>
       <c r="D271" s="1" t="s">
         <v>1029</v>
       </c>
       <c r="E271" s="2" t="s">
         <v>1030</v>
       </c>
       <c r="F271" s="2" t="s">
         <v>1031</v>
       </c>
-      <c r="G271" s="2">
-        <v>0</v>
+      <c r="G271" s="2" t="s">
+        <v>70</v>
       </c>
       <c r="H271" s="2">
         <v>0</v>
       </c>
       <c r="I271" s="1">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="J271" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K271" s="2" t="str">
-        <f>J271*400.64</f>
+        <f>J271*372.84</f>
         <v>0</v>
       </c>
       <c r="L271" s="5"/>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A272" s="1"/>
       <c r="B272" s="1">
-        <v>833148</v>
+        <v>833147</v>
       </c>
       <c r="C272" s="1" t="s">
         <v>1032</v>
       </c>
       <c r="D272" s="1" t="s">
         <v>1033</v>
       </c>
       <c r="E272" s="2" t="s">
         <v>1034</v>
       </c>
       <c r="F272" s="2" t="s">
         <v>1035</v>
       </c>
-      <c r="G272" s="2">
-        <v>0</v>
+      <c r="G272" s="2" t="s">
+        <v>70</v>
       </c>
       <c r="H272" s="2">
         <v>0</v>
       </c>
       <c r="I272" s="1">
         <v>0</v>
       </c>
       <c r="J272" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K272" s="2" t="str">
-        <f>J272*570.94</f>
+        <f>J272*400.64</f>
         <v>0</v>
       </c>
       <c r="L272" s="5"/>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A273" s="1"/>
       <c r="B273" s="1">
-        <v>833149</v>
+        <v>833148</v>
       </c>
       <c r="C273" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="D273" s="1" t="s">
         <v>1037</v>
       </c>
       <c r="E273" s="2" t="s">
         <v>1038</v>
       </c>
       <c r="F273" s="2" t="s">
         <v>1039</v>
       </c>
-      <c r="G273" s="2">
-        <v>0</v>
+      <c r="G273" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H273" s="2">
         <v>0</v>
       </c>
       <c r="I273" s="1">
         <v>0</v>
       </c>
       <c r="J273" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K273" s="2" t="str">
-        <f>J273*848.04</f>
+        <f>J273*570.94</f>
         <v>0</v>
       </c>
       <c r="L273" s="5"/>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A274" s="1"/>
       <c r="B274" s="1">
-        <v>833150</v>
+        <v>833149</v>
       </c>
       <c r="C274" s="1" t="s">
         <v>1040</v>
       </c>
       <c r="D274" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="E274" s="2" t="s">
         <v>1042</v>
       </c>
       <c r="F274" s="2" t="s">
         <v>1043</v>
       </c>
-      <c r="G274" s="2">
-        <v>0</v>
+      <c r="G274" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H274" s="2">
         <v>0</v>
       </c>
-      <c r="I274" s="1" t="s">
-        <v>49</v>
+      <c r="I274" s="1">
+        <v>0</v>
       </c>
       <c r="J274" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K274" s="2" t="str">
-        <f>J274*1167.12</f>
+        <f>J274*848.04</f>
         <v>0</v>
       </c>
       <c r="L274" s="5"/>
     </row>
     <row r="275" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A275" s="1"/>
       <c r="B275" s="1">
-        <v>833151</v>
+        <v>833150</v>
       </c>
       <c r="C275" s="1" t="s">
         <v>1044</v>
       </c>
       <c r="D275" s="1" t="s">
         <v>1045</v>
       </c>
       <c r="E275" s="2" t="s">
         <v>1046</v>
       </c>
       <c r="F275" s="2" t="s">
         <v>1047</v>
       </c>
-      <c r="G275" s="2">
-        <v>0</v>
+      <c r="G275" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H275" s="2">
         <v>0</v>
       </c>
-      <c r="I275" s="1" t="s">
-        <v>49</v>
+      <c r="I275" s="1">
+        <v>0</v>
       </c>
       <c r="J275" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K275" s="2" t="str">
-        <f>J275*1901.32</f>
+        <f>J275*1167.12</f>
         <v>0</v>
       </c>
       <c r="L275" s="5"/>
     </row>
     <row r="276" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A276" s="1"/>
       <c r="B276" s="1">
-        <v>833152</v>
+        <v>833151</v>
       </c>
       <c r="C276" s="1" t="s">
         <v>1048</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>1049</v>
       </c>
       <c r="E276" s="2" t="s">
         <v>1050</v>
       </c>
       <c r="F276" s="2" t="s">
         <v>1051</v>
       </c>
       <c r="G276" s="2">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="H276" s="2">
         <v>0</v>
       </c>
       <c r="I276" s="1">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J276" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K276" s="2" t="str">
-        <f>J276*3104.98</f>
+        <f>J276*1901.32</f>
         <v>0</v>
       </c>
       <c r="L276" s="5"/>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A277" s="1"/>
       <c r="B277" s="1">
-        <v>833153</v>
+        <v>833152</v>
       </c>
       <c r="C277" s="1" t="s">
         <v>1052</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>1053</v>
       </c>
       <c r="E277" s="2" t="s">
         <v>1054</v>
       </c>
       <c r="F277" s="2" t="s">
         <v>1055</v>
       </c>
-      <c r="G277" s="2" t="s">
-        <v>23</v>
+      <c r="G277" s="2">
+        <v>6</v>
       </c>
       <c r="H277" s="2">
         <v>0</v>
       </c>
       <c r="I277" s="1">
         <v>0</v>
       </c>
       <c r="J277" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K277" s="2" t="str">
-        <f>J277*339.23</f>
+        <f>J277*3104.98</f>
         <v>0</v>
       </c>
       <c r="L277" s="5"/>
     </row>
     <row r="278" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A278" s="1"/>
       <c r="B278" s="1">
-        <v>833154</v>
+        <v>833153</v>
       </c>
       <c r="C278" s="1" t="s">
         <v>1056</v>
       </c>
       <c r="D278" s="1" t="s">
         <v>1057</v>
       </c>
       <c r="E278" s="2" t="s">
         <v>1058</v>
       </c>
       <c r="F278" s="2" t="s">
         <v>1059</v>
       </c>
       <c r="G278" s="2" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="H278" s="2">
         <v>0</v>
       </c>
       <c r="I278" s="1">
         <v>0</v>
       </c>
       <c r="J278" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K278" s="2" t="str">
-        <f>J278*559.66</f>
+        <f>J278*339.23</f>
         <v>0</v>
       </c>
       <c r="L278" s="5"/>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A279" s="1"/>
       <c r="B279" s="1">
-        <v>833155</v>
+        <v>833154</v>
       </c>
       <c r="C279" s="1" t="s">
         <v>1060</v>
       </c>
       <c r="D279" s="1" t="s">
         <v>1061</v>
       </c>
       <c r="E279" s="2" t="s">
         <v>1062</v>
       </c>
       <c r="F279" s="2" t="s">
         <v>1063</v>
       </c>
       <c r="G279" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H279" s="2">
         <v>0</v>
       </c>
       <c r="I279" s="1">
         <v>0</v>
       </c>
       <c r="J279" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K279" s="2" t="str">
-        <f>J279*919.99</f>
+        <f>J279*559.66</f>
         <v>0</v>
       </c>
       <c r="L279" s="5"/>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A280" s="1"/>
       <c r="B280" s="1">
-        <v>833156</v>
+        <v>833155</v>
       </c>
       <c r="C280" s="1" t="s">
         <v>1064</v>
       </c>
       <c r="D280" s="1" t="s">
         <v>1065</v>
       </c>
       <c r="E280" s="2" t="s">
         <v>1066</v>
       </c>
       <c r="F280" s="2" t="s">
         <v>1067</v>
       </c>
       <c r="G280" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H280" s="2">
         <v>0</v>
       </c>
       <c r="I280" s="1">
         <v>0</v>
       </c>
       <c r="J280" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K280" s="2" t="str">
-        <f>J280*1379.99</f>
+        <f>J280*919.99</f>
         <v>0</v>
       </c>
       <c r="L280" s="5"/>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A281" s="1"/>
       <c r="B281" s="1">
-        <v>833157</v>
+        <v>833156</v>
       </c>
       <c r="C281" s="1" t="s">
         <v>1068</v>
       </c>
       <c r="D281" s="1" t="s">
         <v>1069</v>
       </c>
       <c r="E281" s="2" t="s">
         <v>1070</v>
       </c>
       <c r="F281" s="2" t="s">
         <v>1071</v>
       </c>
       <c r="G281" s="2" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="H281" s="2">
         <v>0</v>
       </c>
       <c r="I281" s="1">
         <v>0</v>
       </c>
       <c r="J281" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K281" s="2" t="str">
-        <f>J281*2156.23</f>
+        <f>J281*1379.99</f>
         <v>0</v>
       </c>
       <c r="L281" s="5"/>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A282" s="1"/>
       <c r="B282" s="1">
-        <v>833158</v>
+        <v>833157</v>
       </c>
       <c r="C282" s="1" t="s">
         <v>1072</v>
       </c>
       <c r="D282" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="E282" s="2" t="s">
         <v>1074</v>
       </c>
       <c r="F282" s="2" t="s">
         <v>1075</v>
       </c>
-      <c r="G282" s="2">
-        <v>1</v>
+      <c r="G282" s="2" t="s">
+        <v>70</v>
       </c>
       <c r="H282" s="2">
         <v>0</v>
       </c>
-      <c r="I282" s="1" t="s">
-        <v>49</v>
+      <c r="I282" s="1">
+        <v>0</v>
       </c>
       <c r="J282" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K282" s="2" t="str">
-        <f>J282*3436.44</f>
+        <f>J282*2156.23</f>
         <v>0</v>
       </c>
       <c r="L282" s="5"/>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A283" s="1"/>
       <c r="B283" s="1">
-        <v>833159</v>
+        <v>833158</v>
       </c>
       <c r="C283" s="1" t="s">
         <v>1076</v>
       </c>
       <c r="D283" s="1" t="s">
         <v>1077</v>
       </c>
       <c r="E283" s="2" t="s">
         <v>1078</v>
       </c>
       <c r="F283" s="2" t="s">
         <v>1079</v>
       </c>
       <c r="G283" s="2" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="H283" s="2">
         <v>0</v>
       </c>
       <c r="I283" s="1">
         <v>0</v>
       </c>
       <c r="J283" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K283" s="2" t="str">
-        <f>J283*512.27</f>
+        <f>J283*3436.44</f>
         <v>0</v>
       </c>
       <c r="L283" s="5"/>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A284" s="1"/>
       <c r="B284" s="1">
-        <v>833160</v>
+        <v>833159</v>
       </c>
       <c r="C284" s="1" t="s">
         <v>1080</v>
       </c>
       <c r="D284" s="1" t="s">
         <v>1081</v>
       </c>
       <c r="E284" s="2" t="s">
         <v>1082</v>
       </c>
       <c r="F284" s="2" t="s">
         <v>1083</v>
       </c>
       <c r="G284" s="2" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="H284" s="2">
         <v>0</v>
       </c>
       <c r="I284" s="1">
         <v>0</v>
       </c>
       <c r="J284" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K284" s="2" t="str">
-        <f>J284*744.88</f>
+        <f>J284*512.27</f>
         <v>0</v>
       </c>
       <c r="L284" s="5"/>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A285" s="1"/>
       <c r="B285" s="1">
-        <v>833161</v>
+        <v>833160</v>
       </c>
       <c r="C285" s="1" t="s">
         <v>1084</v>
       </c>
       <c r="D285" s="1" t="s">
         <v>1085</v>
       </c>
       <c r="E285" s="2" t="s">
         <v>1086</v>
       </c>
       <c r="F285" s="2" t="s">
         <v>1087</v>
       </c>
       <c r="G285" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="H285" s="2">
         <v>0</v>
       </c>
       <c r="I285" s="1">
         <v>0</v>
       </c>
       <c r="J285" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K285" s="2" t="str">
-        <f>J285*1218.99</f>
+        <f>J285*744.88</f>
         <v>0</v>
       </c>
       <c r="L285" s="5"/>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A286" s="1"/>
       <c r="B286" s="1">
-        <v>833162</v>
+        <v>833161</v>
       </c>
       <c r="C286" s="1" t="s">
         <v>1088</v>
       </c>
       <c r="D286" s="1" t="s">
         <v>1089</v>
       </c>
       <c r="E286" s="2" t="s">
         <v>1090</v>
       </c>
       <c r="F286" s="2" t="s">
         <v>1091</v>
       </c>
-      <c r="G286" s="2">
-        <v>0</v>
+      <c r="G286" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H286" s="2">
         <v>0</v>
       </c>
-      <c r="I286" s="1" t="s">
-        <v>23</v>
+      <c r="I286" s="1">
+        <v>0</v>
       </c>
       <c r="J286" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K286" s="2" t="str">
-        <f>J286*506.49</f>
+        <f>J286*1218.99</f>
         <v>0</v>
       </c>
       <c r="L286" s="5"/>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A287" s="1"/>
       <c r="B287" s="1">
-        <v>833163</v>
+        <v>833162</v>
       </c>
       <c r="C287" s="1" t="s">
         <v>1092</v>
       </c>
       <c r="D287" s="1" t="s">
         <v>1093</v>
       </c>
       <c r="E287" s="2" t="s">
         <v>1094</v>
       </c>
       <c r="F287" s="2" t="s">
         <v>1095</v>
       </c>
       <c r="G287" s="2" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="H287" s="2">
         <v>0</v>
       </c>
       <c r="I287" s="1">
         <v>0</v>
       </c>
       <c r="J287" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K287" s="2" t="str">
-        <f>J287*827.01</f>
+        <f>J287*506.49</f>
         <v>0</v>
       </c>
       <c r="L287" s="5"/>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A288" s="1"/>
       <c r="B288" s="1">
-        <v>833164</v>
+        <v>833163</v>
       </c>
       <c r="C288" s="1" t="s">
         <v>1096</v>
       </c>
       <c r="D288" s="1" t="s">
         <v>1097</v>
       </c>
       <c r="E288" s="2" t="s">
         <v>1098</v>
       </c>
       <c r="F288" s="2" t="s">
         <v>1099</v>
       </c>
       <c r="G288" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="H288" s="2">
         <v>0</v>
       </c>
       <c r="I288" s="1">
         <v>0</v>
       </c>
       <c r="J288" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K288" s="2" t="str">
-        <f>J288*524.60</f>
+        <f>J288*827.01</f>
         <v>0</v>
       </c>
       <c r="L288" s="5"/>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A289" s="1"/>
       <c r="B289" s="1">
-        <v>833165</v>
+        <v>833164</v>
       </c>
       <c r="C289" s="1" t="s">
         <v>1100</v>
       </c>
       <c r="D289" s="1" t="s">
         <v>1101</v>
       </c>
       <c r="E289" s="2" t="s">
         <v>1102</v>
       </c>
       <c r="F289" s="2" t="s">
         <v>1103</v>
       </c>
       <c r="G289" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="H289" s="2">
         <v>0</v>
       </c>
       <c r="I289" s="1">
         <v>0</v>
       </c>
       <c r="J289" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K289" s="2" t="str">
-        <f>J289*791.62</f>
+        <f>J289*524.60</f>
         <v>0</v>
       </c>
       <c r="L289" s="5"/>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A290" s="1"/>
       <c r="B290" s="1">
-        <v>833166</v>
+        <v>833165</v>
       </c>
       <c r="C290" s="1" t="s">
         <v>1104</v>
       </c>
       <c r="D290" s="1" t="s">
         <v>1105</v>
       </c>
       <c r="E290" s="2" t="s">
         <v>1106</v>
       </c>
       <c r="F290" s="2" t="s">
         <v>1107</v>
       </c>
       <c r="G290" s="2" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="H290" s="2">
         <v>0</v>
       </c>
       <c r="I290" s="1">
         <v>0</v>
       </c>
       <c r="J290" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K290" s="2" t="str">
-        <f>J290*580.06</f>
+        <f>J290*791.62</f>
         <v>0</v>
       </c>
       <c r="L290" s="5"/>
     </row>
     <row r="291" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A291" s="1"/>
       <c r="B291" s="1">
-        <v>833167</v>
+        <v>833166</v>
       </c>
       <c r="C291" s="1" t="s">
         <v>1108</v>
       </c>
       <c r="D291" s="1" t="s">
         <v>1109</v>
       </c>
       <c r="E291" s="2" t="s">
         <v>1110</v>
       </c>
       <c r="F291" s="2" t="s">
         <v>1111</v>
       </c>
-      <c r="G291" s="2" t="s">
-        <v>49</v>
+      <c r="G291" s="2">
+        <v>9</v>
       </c>
       <c r="H291" s="2">
         <v>0</v>
       </c>
       <c r="I291" s="1">
         <v>0</v>
       </c>
       <c r="J291" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K291" s="2" t="str">
-        <f>J291*1063.40</f>
+        <f>J291*580.06</f>
         <v>0</v>
       </c>
       <c r="L291" s="5"/>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A292" s="1"/>
       <c r="B292" s="1">
-        <v>833170</v>
+        <v>833167</v>
       </c>
       <c r="C292" s="1" t="s">
         <v>1112</v>
       </c>
       <c r="D292" s="1" t="s">
         <v>1113</v>
       </c>
       <c r="E292" s="2" t="s">
         <v>1114</v>
       </c>
       <c r="F292" s="2" t="s">
         <v>1115</v>
       </c>
       <c r="G292" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="H292" s="2">
         <v>0</v>
       </c>
       <c r="I292" s="1">
         <v>0</v>
       </c>
       <c r="J292" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K292" s="2" t="str">
-        <f>J292*321.99</f>
+        <f>J292*1063.40</f>
         <v>0</v>
       </c>
       <c r="L292" s="5"/>
     </row>
     <row r="293" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A293" s="1"/>
       <c r="B293" s="1">
-        <v>833171</v>
+        <v>833170</v>
       </c>
       <c r="C293" s="1" t="s">
         <v>1116</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>1117</v>
       </c>
       <c r="E293" s="2" t="s">
         <v>1118</v>
       </c>
       <c r="F293" s="2" t="s">
         <v>1119</v>
       </c>
       <c r="G293" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H293" s="2">
         <v>0</v>
       </c>
       <c r="I293" s="1">
         <v>0</v>
       </c>
       <c r="J293" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K293" s="2" t="str">
-        <f>J293*531.26</f>
+        <f>J293*321.99</f>
         <v>0</v>
       </c>
       <c r="L293" s="5"/>
     </row>
     <row r="294" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A294" s="1"/>
       <c r="B294" s="1">
-        <v>833172</v>
+        <v>833171</v>
       </c>
       <c r="C294" s="1" t="s">
         <v>1120</v>
       </c>
       <c r="D294" s="1" t="s">
         <v>1121</v>
       </c>
       <c r="E294" s="2" t="s">
         <v>1122</v>
       </c>
       <c r="F294" s="2" t="s">
         <v>1123</v>
       </c>
       <c r="G294" s="2">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="H294" s="2">
         <v>0</v>
       </c>
       <c r="I294" s="1">
         <v>0</v>
       </c>
       <c r="J294" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K294" s="2" t="str">
-        <f>J294*807.61</f>
+        <f>J294*531.26</f>
         <v>0</v>
       </c>
       <c r="L294" s="5"/>
     </row>
     <row r="295" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A295" s="1"/>
       <c r="B295" s="1">
-        <v>833173</v>
+        <v>833172</v>
       </c>
       <c r="C295" s="1" t="s">
         <v>1124</v>
       </c>
       <c r="D295" s="1" t="s">
         <v>1125</v>
       </c>
       <c r="E295" s="2" t="s">
         <v>1126</v>
       </c>
       <c r="F295" s="2" t="s">
         <v>1127</v>
       </c>
       <c r="G295" s="2">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="H295" s="2">
         <v>0</v>
       </c>
       <c r="I295" s="1">
         <v>0</v>
       </c>
       <c r="J295" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K295" s="2" t="str">
-        <f>J295*1120.61</f>
+        <f>J295*807.61</f>
         <v>0</v>
       </c>
       <c r="L295" s="5"/>
     </row>
     <row r="296" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A296" s="1"/>
       <c r="B296" s="1">
-        <v>833174</v>
+        <v>833173</v>
       </c>
       <c r="C296" s="1" t="s">
         <v>1128</v>
       </c>
       <c r="D296" s="1" t="s">
         <v>1129</v>
       </c>
       <c r="E296" s="2" t="s">
         <v>1130</v>
       </c>
       <c r="F296" s="2" t="s">
         <v>1131</v>
       </c>
       <c r="G296" s="2">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H296" s="2">
         <v>0</v>
       </c>
       <c r="I296" s="1">
         <v>0</v>
       </c>
       <c r="J296" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K296" s="2" t="str">
-        <f>J296*428.37</f>
+        <f>J296*1120.61</f>
         <v>0</v>
       </c>
       <c r="L296" s="5"/>
     </row>
     <row r="297" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A297" s="1"/>
       <c r="B297" s="1">
-        <v>833175</v>
+        <v>833174</v>
       </c>
       <c r="C297" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="D297" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="E297" s="2" t="s">
         <v>1134</v>
       </c>
       <c r="F297" s="2" t="s">
         <v>1135</v>
       </c>
       <c r="G297" s="2" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="H297" s="2">
         <v>0</v>
       </c>
-      <c r="I297" s="1" t="s">
-        <v>44</v>
+      <c r="I297" s="1">
+        <v>0</v>
       </c>
       <c r="J297" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K297" s="2" t="str">
-        <f>J297*595.12</f>
+        <f>J297*428.37</f>
         <v>0</v>
       </c>
       <c r="L297" s="5"/>
     </row>
     <row r="298" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A298" s="1"/>
       <c r="B298" s="1">
-        <v>833176</v>
+        <v>833175</v>
       </c>
       <c r="C298" s="1" t="s">
         <v>1136</v>
       </c>
       <c r="D298" s="1" t="s">
         <v>1137</v>
       </c>
       <c r="E298" s="2" t="s">
         <v>1138</v>
       </c>
       <c r="F298" s="2" t="s">
         <v>1139</v>
       </c>
-      <c r="G298" s="2">
-        <v>4</v>
+      <c r="G298" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H298" s="2">
         <v>0</v>
       </c>
       <c r="I298" s="1">
         <v>0</v>
       </c>
       <c r="J298" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K298" s="2" t="str">
-        <f>J298*400.47</f>
+        <f>J298*595.12</f>
         <v>0</v>
       </c>
       <c r="L298" s="5"/>
     </row>
     <row r="299" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A299" s="1"/>
       <c r="B299" s="1">
-        <v>833177</v>
+        <v>833176</v>
       </c>
       <c r="C299" s="1" t="s">
         <v>1140</v>
       </c>
       <c r="D299" s="1" t="s">
         <v>1141</v>
       </c>
       <c r="E299" s="2" t="s">
         <v>1142</v>
       </c>
       <c r="F299" s="2" t="s">
         <v>1143</v>
       </c>
-      <c r="G299" s="2">
-        <v>0</v>
+      <c r="G299" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H299" s="2">
         <v>0</v>
       </c>
       <c r="I299" s="1">
         <v>0</v>
       </c>
       <c r="J299" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K299" s="2" t="str">
-        <f>J299*554.70</f>
+        <f>J299*400.47</f>
         <v>0</v>
       </c>
       <c r="L299" s="5"/>
     </row>
     <row r="300" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A300" s="1"/>
       <c r="B300" s="1">
-        <v>833178</v>
+        <v>833177</v>
       </c>
       <c r="C300" s="1" t="s">
         <v>1144</v>
       </c>
       <c r="D300" s="1" t="s">
         <v>1145</v>
       </c>
       <c r="E300" s="2" t="s">
         <v>1146</v>
       </c>
       <c r="F300" s="2" t="s">
         <v>1147</v>
       </c>
       <c r="G300" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="H300" s="2">
         <v>0</v>
       </c>
       <c r="I300" s="1">
         <v>0</v>
       </c>
       <c r="J300" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K300" s="2" t="str">
-        <f>J300*492.47</f>
+        <f>J300*554.70</f>
         <v>0</v>
       </c>
       <c r="L300" s="5"/>
     </row>
     <row r="301" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A301" s="1"/>
       <c r="B301" s="1">
-        <v>833179</v>
+        <v>833178</v>
       </c>
       <c r="C301" s="1" t="s">
         <v>1148</v>
       </c>
       <c r="D301" s="1" t="s">
         <v>1149</v>
       </c>
       <c r="E301" s="2" t="s">
         <v>1150</v>
       </c>
       <c r="F301" s="2" t="s">
         <v>1151</v>
       </c>
       <c r="G301" s="2" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="H301" s="2">
         <v>0</v>
       </c>
       <c r="I301" s="1">
         <v>0</v>
       </c>
       <c r="J301" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K301" s="2" t="str">
-        <f>J301*679.17</f>
+        <f>J301*492.47</f>
         <v>0</v>
       </c>
       <c r="L301" s="5"/>
     </row>
     <row r="302" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A302" s="1"/>
       <c r="B302" s="1">
-        <v>833180</v>
+        <v>833179</v>
       </c>
       <c r="C302" s="1" t="s">
         <v>1152</v>
       </c>
       <c r="D302" s="1" t="s">
         <v>1153</v>
       </c>
       <c r="E302" s="2" t="s">
         <v>1154</v>
       </c>
       <c r="F302" s="2" t="s">
         <v>1155</v>
       </c>
-      <c r="G302" s="2">
-        <v>10</v>
+      <c r="G302" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H302" s="2">
         <v>0</v>
       </c>
       <c r="I302" s="1">
         <v>0</v>
       </c>
       <c r="J302" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K302" s="2" t="str">
-        <f>J302*374.36</f>
+        <f>J302*679.17</f>
         <v>0</v>
       </c>
       <c r="L302" s="5"/>
     </row>
     <row r="303" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A303" s="1"/>
       <c r="B303" s="1">
-        <v>833181</v>
+        <v>833180</v>
       </c>
       <c r="C303" s="1" t="s">
         <v>1156</v>
       </c>
       <c r="D303" s="1" t="s">
         <v>1157</v>
       </c>
       <c r="E303" s="2" t="s">
         <v>1158</v>
       </c>
       <c r="F303" s="2" t="s">
         <v>1159</v>
       </c>
       <c r="G303" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H303" s="2">
         <v>0</v>
       </c>
       <c r="I303" s="1">
         <v>0</v>
       </c>
       <c r="J303" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K303" s="2" t="str">
-        <f>J303*526.06</f>
+        <f>J303*374.36</f>
         <v>0</v>
       </c>
       <c r="L303" s="5"/>
     </row>
     <row r="304" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A304" s="1"/>
       <c r="B304" s="1">
-        <v>837290</v>
+        <v>833181</v>
       </c>
       <c r="C304" s="1" t="s">
         <v>1160</v>
       </c>
       <c r="D304" s="1" t="s">
         <v>1161</v>
       </c>
       <c r="E304" s="2" t="s">
         <v>1162</v>
       </c>
       <c r="F304" s="2" t="s">
         <v>1163</v>
       </c>
       <c r="G304" s="2" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="H304" s="2">
         <v>0</v>
       </c>
       <c r="I304" s="1">
         <v>0</v>
       </c>
       <c r="J304" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K304" s="2" t="str">
-        <f>J304*565.00</f>
+        <f>J304*526.06</f>
         <v>0</v>
       </c>
       <c r="L304" s="5"/>
     </row>
     <row r="305" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A305" s="1"/>
       <c r="B305" s="1">
-        <v>837294</v>
+        <v>837290</v>
       </c>
       <c r="C305" s="1" t="s">
         <v>1164</v>
       </c>
       <c r="D305" s="1" t="s">
         <v>1165</v>
       </c>
       <c r="E305" s="2" t="s">
         <v>1166</v>
       </c>
       <c r="F305" s="2" t="s">
         <v>1167</v>
       </c>
       <c r="G305" s="2" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="H305" s="2">
         <v>0</v>
       </c>
       <c r="I305" s="1">
         <v>0</v>
       </c>
       <c r="J305" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K305" s="2" t="str">
-        <f>J305*966.82</f>
+        <f>J305*565.00</f>
         <v>0</v>
       </c>
       <c r="L305" s="5"/>
     </row>
     <row r="306" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A306" s="1"/>
       <c r="B306" s="1">
-        <v>859024</v>
+        <v>837294</v>
       </c>
       <c r="C306" s="1" t="s">
         <v>1168</v>
       </c>
       <c r="D306" s="1" t="s">
         <v>1169</v>
       </c>
       <c r="E306" s="2" t="s">
         <v>1170</v>
       </c>
       <c r="F306" s="2" t="s">
         <v>1171</v>
       </c>
-      <c r="G306" s="2">
-        <v>0</v>
+      <c r="G306" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H306" s="2">
         <v>0</v>
       </c>
       <c r="I306" s="1">
         <v>0</v>
       </c>
       <c r="J306" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K306" s="2" t="str">
-        <f>J306*1609.99</f>
+        <f>J306*966.82</f>
         <v>0</v>
       </c>
       <c r="L306" s="5"/>
     </row>
-    <row r="307" spans="1:12" outlineLevel="3">
-      <c r="A307" s="9" t="s">
+    <row r="307" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+      <c r="A307" s="1"/>
+      <c r="B307" s="1">
+        <v>859024</v>
+      </c>
+      <c r="C307" s="1" t="s">
         <v>1172</v>
       </c>
-      <c r="B307" s="9"/>
-[...8 lines deleted...]
-      <c r="K307" s="9"/>
+      <c r="D307" s="1" t="s">
+        <v>1173</v>
+      </c>
+      <c r="E307" s="2" t="s">
+        <v>1174</v>
+      </c>
+      <c r="F307" s="2" t="s">
+        <v>1175</v>
+      </c>
+      <c r="G307" s="2">
+        <v>0</v>
+      </c>
+      <c r="H307" s="2">
+        <v>0</v>
+      </c>
+      <c r="I307" s="1">
+        <v>0</v>
+      </c>
+      <c r="J307" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K307" s="2" t="str">
+        <f>J307*1609.99</f>
+        <v>0</v>
+      </c>
       <c r="L307" s="5"/>
     </row>
-    <row r="308" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
-[...13 lines deleted...]
-      <c r="F308" s="2" t="s">
+    <row r="308" spans="1:12" outlineLevel="3">
+      <c r="A308" s="9" t="s">
         <v>1176</v>
       </c>
-      <c r="G308" s="2" t="s">
-[...14 lines deleted...]
-      </c>
+      <c r="B308" s="9"/>
+      <c r="C308" s="9"/>
+      <c r="D308" s="9"/>
+      <c r="E308" s="9"/>
+      <c r="F308" s="9"/>
+      <c r="G308" s="9"/>
+      <c r="H308" s="9"/>
+      <c r="I308" s="9"/>
+      <c r="J308" s="9"/>
+      <c r="K308" s="9"/>
       <c r="L308" s="5"/>
     </row>
     <row r="309" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A309" s="1"/>
       <c r="B309" s="1">
-        <v>859028</v>
+        <v>859025</v>
       </c>
       <c r="C309" s="1" t="s">
         <v>1177</v>
       </c>
       <c r="D309" s="1" t="s">
         <v>1178</v>
       </c>
       <c r="E309" s="2" t="s">
         <v>1179</v>
       </c>
       <c r="F309" s="2" t="s">
         <v>1180</v>
       </c>
-      <c r="G309" s="2">
-        <v>0</v>
+      <c r="G309" s="2" t="s">
+        <v>70</v>
       </c>
       <c r="H309" s="2">
         <v>0</v>
       </c>
       <c r="I309" s="1">
         <v>0</v>
       </c>
       <c r="J309" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K309" s="2" t="str">
-        <f>J309*423.29</f>
+        <f>J309*403.72</f>
         <v>0</v>
       </c>
       <c r="L309" s="5"/>
     </row>
     <row r="310" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A310" s="1"/>
       <c r="B310" s="1">
-        <v>859031</v>
+        <v>859028</v>
       </c>
       <c r="C310" s="1" t="s">
         <v>1181</v>
       </c>
       <c r="D310" s="1" t="s">
         <v>1182</v>
       </c>
       <c r="E310" s="2" t="s">
         <v>1183</v>
       </c>
       <c r="F310" s="2" t="s">
         <v>1184</v>
       </c>
       <c r="G310" s="2" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="H310" s="2">
         <v>0</v>
       </c>
       <c r="I310" s="1">
         <v>0</v>
       </c>
       <c r="J310" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K310" s="2" t="str">
-        <f>J310*406.17</f>
+        <f>J310*423.29</f>
         <v>0</v>
       </c>
       <c r="L310" s="5"/>
     </row>
     <row r="311" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A311" s="1"/>
       <c r="B311" s="1">
-        <v>859034</v>
+        <v>859031</v>
       </c>
       <c r="C311" s="1" t="s">
         <v>1185</v>
       </c>
       <c r="D311" s="1" t="s">
         <v>1186</v>
       </c>
       <c r="E311" s="2" t="s">
         <v>1187</v>
       </c>
       <c r="F311" s="2" t="s">
         <v>1188</v>
       </c>
       <c r="G311" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H311" s="2">
         <v>0</v>
       </c>
       <c r="I311" s="1">
         <v>0</v>
       </c>
       <c r="J311" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K311" s="2" t="str">
-        <f>J311*423.68</f>
+        <f>J311*406.17</f>
         <v>0</v>
       </c>
       <c r="L311" s="5"/>
     </row>
     <row r="312" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A312" s="1"/>
       <c r="B312" s="1">
-        <v>873437</v>
+        <v>859034</v>
       </c>
       <c r="C312" s="1" t="s">
         <v>1189</v>
       </c>
       <c r="D312" s="1" t="s">
         <v>1190</v>
       </c>
       <c r="E312" s="2" t="s">
         <v>1191</v>
       </c>
       <c r="F312" s="2" t="s">
         <v>1192</v>
       </c>
       <c r="G312" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H312" s="2">
         <v>0</v>
       </c>
       <c r="I312" s="1">
         <v>0</v>
       </c>
       <c r="J312" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K312" s="2" t="str">
-        <f>J312*564.77</f>
+        <f>J312*423.68</f>
         <v>0</v>
       </c>
       <c r="L312" s="5"/>
     </row>
     <row r="313" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A313" s="1"/>
       <c r="B313" s="1">
-        <v>873438</v>
+        <v>873437</v>
       </c>
       <c r="C313" s="1" t="s">
         <v>1193</v>
       </c>
       <c r="D313" s="1" t="s">
         <v>1194</v>
       </c>
       <c r="E313" s="2" t="s">
         <v>1195</v>
       </c>
       <c r="F313" s="2" t="s">
         <v>1196</v>
       </c>
       <c r="G313" s="2" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="H313" s="2">
         <v>0</v>
       </c>
       <c r="I313" s="1">
         <v>0</v>
       </c>
       <c r="J313" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K313" s="2" t="str">
-        <f>J313*807.55</f>
+        <f>J313*564.77</f>
         <v>0</v>
       </c>
       <c r="L313" s="5"/>
     </row>
-    <row r="314" spans="1:12" outlineLevel="2">
-      <c r="A314" s="8" t="s">
+    <row r="314" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+      <c r="A314" s="1"/>
+      <c r="B314" s="1">
+        <v>873438</v>
+      </c>
+      <c r="C314" s="1" t="s">
         <v>1197</v>
       </c>
-      <c r="B314" s="8"/>
-[...8 lines deleted...]
-      <c r="K314" s="8"/>
+      <c r="D314" s="1" t="s">
+        <v>1198</v>
+      </c>
+      <c r="E314" s="2" t="s">
+        <v>1199</v>
+      </c>
+      <c r="F314" s="2" t="s">
+        <v>1200</v>
+      </c>
+      <c r="G314" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="H314" s="2">
+        <v>0</v>
+      </c>
+      <c r="I314" s="1">
+        <v>0</v>
+      </c>
+      <c r="J314" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K314" s="2" t="str">
+        <f>J314*807.55</f>
+        <v>0</v>
+      </c>
       <c r="L314" s="5"/>
     </row>
-    <row r="315" spans="1:12" outlineLevel="3">
-[...12 lines deleted...]
-      <c r="K315" s="9"/>
+    <row r="315" spans="1:12" outlineLevel="2">
+      <c r="A315" s="8" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B315" s="8"/>
+      <c r="C315" s="8"/>
+      <c r="D315" s="8"/>
+      <c r="E315" s="8"/>
+      <c r="F315" s="8"/>
+      <c r="G315" s="8"/>
+      <c r="H315" s="8"/>
+      <c r="I315" s="8"/>
+      <c r="J315" s="8"/>
+      <c r="K315" s="8"/>
       <c r="L315" s="5"/>
     </row>
-    <row r="316" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
-[...13 lines deleted...]
-      <c r="F316" s="2" t="s">
+    <row r="316" spans="1:12" outlineLevel="3">
+      <c r="A316" s="9" t="s">
         <v>1202</v>
       </c>
-      <c r="G316" s="2" t="s">
-[...14 lines deleted...]
-      </c>
+      <c r="B316" s="9"/>
+      <c r="C316" s="9"/>
+      <c r="D316" s="9"/>
+      <c r="E316" s="9"/>
+      <c r="F316" s="9"/>
+      <c r="G316" s="9"/>
+      <c r="H316" s="9"/>
+      <c r="I316" s="9"/>
+      <c r="J316" s="9"/>
+      <c r="K316" s="9"/>
       <c r="L316" s="5"/>
     </row>
     <row r="317" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A317" s="1"/>
       <c r="B317" s="1">
-        <v>882404</v>
+        <v>882403</v>
       </c>
       <c r="C317" s="1" t="s">
         <v>1203</v>
       </c>
       <c r="D317" s="1" t="s">
         <v>1204</v>
       </c>
       <c r="E317" s="2" t="s">
         <v>1205</v>
       </c>
       <c r="F317" s="2" t="s">
         <v>1206</v>
       </c>
       <c r="G317" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H317" s="2">
         <v>0</v>
       </c>
       <c r="I317" s="1">
         <v>0</v>
       </c>
       <c r="J317" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K317" s="2" t="str">
-        <f>J317*467.83</f>
+        <f>J317*361.25</f>
         <v>0</v>
       </c>
       <c r="L317" s="5"/>
     </row>
     <row r="318" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A318" s="1"/>
       <c r="B318" s="1">
-        <v>882405</v>
+        <v>882404</v>
       </c>
       <c r="C318" s="1" t="s">
         <v>1207</v>
       </c>
       <c r="D318" s="1" t="s">
         <v>1208</v>
       </c>
       <c r="E318" s="2" t="s">
         <v>1209</v>
       </c>
       <c r="F318" s="2" t="s">
         <v>1210</v>
       </c>
-      <c r="G318" s="2">
-        <v>0</v>
+      <c r="G318" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H318" s="2">
         <v>0</v>
       </c>
       <c r="I318" s="1">
         <v>0</v>
       </c>
       <c r="J318" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K318" s="2" t="str">
-        <f>J318*908.43</f>
+        <f>J318*467.83</f>
         <v>0</v>
       </c>
       <c r="L318" s="5"/>
     </row>
     <row r="319" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A319" s="1"/>
       <c r="B319" s="1">
-        <v>882406</v>
+        <v>882405</v>
       </c>
       <c r="C319" s="1" t="s">
         <v>1211</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>1212</v>
       </c>
       <c r="E319" s="2" t="s">
         <v>1213</v>
       </c>
       <c r="F319" s="2" t="s">
         <v>1214</v>
       </c>
-      <c r="G319" s="2" t="s">
-        <v>49</v>
+      <c r="G319" s="2">
+        <v>0</v>
       </c>
       <c r="H319" s="2">
         <v>0</v>
       </c>
       <c r="I319" s="1">
         <v>0</v>
       </c>
       <c r="J319" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K319" s="2" t="str">
-        <f>J319*1415.03</f>
+        <f>J319*908.43</f>
         <v>0</v>
       </c>
       <c r="L319" s="5"/>
     </row>
     <row r="320" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A320" s="1"/>
       <c r="B320" s="1">
-        <v>882407</v>
+        <v>882406</v>
       </c>
       <c r="C320" s="1" t="s">
         <v>1215</v>
       </c>
       <c r="D320" s="1" t="s">
         <v>1216</v>
       </c>
       <c r="E320" s="2" t="s">
         <v>1217</v>
       </c>
       <c r="F320" s="2" t="s">
         <v>1218</v>
       </c>
       <c r="G320" s="2">
         <v>0</v>
       </c>
       <c r="H320" s="2">
         <v>0</v>
       </c>
       <c r="I320" s="1">
         <v>0</v>
       </c>
       <c r="J320" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K320" s="2" t="str">
-        <f>J320*2373.07</f>
+        <f>J320*1415.03</f>
         <v>0</v>
       </c>
       <c r="L320" s="5"/>
     </row>
     <row r="321" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A321" s="1"/>
       <c r="B321" s="1">
-        <v>882408</v>
+        <v>882407</v>
       </c>
       <c r="C321" s="1" t="s">
         <v>1219</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>1220</v>
       </c>
       <c r="E321" s="2" t="s">
         <v>1221</v>
       </c>
       <c r="F321" s="2" t="s">
         <v>1222</v>
       </c>
-      <c r="G321" s="2" t="s">
-        <v>49</v>
+      <c r="G321" s="2">
+        <v>0</v>
       </c>
       <c r="H321" s="2">
         <v>0</v>
       </c>
       <c r="I321" s="1">
         <v>0</v>
       </c>
       <c r="J321" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K321" s="2" t="str">
-        <f>J321*3650.51</f>
+        <f>J321*2373.07</f>
         <v>0</v>
       </c>
       <c r="L321" s="5"/>
     </row>
     <row r="322" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A322" s="1"/>
       <c r="B322" s="1">
-        <v>882409</v>
+        <v>882408</v>
       </c>
       <c r="C322" s="1" t="s">
         <v>1223</v>
       </c>
       <c r="D322" s="1" t="s">
         <v>1224</v>
       </c>
       <c r="E322" s="2" t="s">
         <v>1225</v>
       </c>
       <c r="F322" s="2" t="s">
         <v>1226</v>
       </c>
       <c r="G322" s="2" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="H322" s="2">
         <v>0</v>
       </c>
       <c r="I322" s="1">
         <v>0</v>
       </c>
       <c r="J322" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K322" s="2" t="str">
-        <f>J322*356.41</f>
+        <f>J322*3650.51</f>
         <v>0</v>
       </c>
       <c r="L322" s="5"/>
     </row>
     <row r="323" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A323" s="1"/>
       <c r="B323" s="1">
-        <v>882410</v>
+        <v>882409</v>
       </c>
       <c r="C323" s="1" t="s">
         <v>1227</v>
       </c>
       <c r="D323" s="1" t="s">
         <v>1228</v>
       </c>
       <c r="E323" s="2" t="s">
         <v>1229</v>
       </c>
       <c r="F323" s="2" t="s">
         <v>1230</v>
       </c>
       <c r="G323" s="2" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="H323" s="2">
         <v>0</v>
       </c>
       <c r="I323" s="1">
         <v>0</v>
       </c>
       <c r="J323" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K323" s="2" t="str">
-        <f>J323*462.67</f>
+        <f>J323*356.41</f>
         <v>0</v>
       </c>
       <c r="L323" s="5"/>
     </row>
     <row r="324" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A324" s="1"/>
       <c r="B324" s="1">
-        <v>882411</v>
+        <v>882410</v>
       </c>
       <c r="C324" s="1" t="s">
         <v>1231</v>
       </c>
       <c r="D324" s="1" t="s">
         <v>1232</v>
       </c>
       <c r="E324" s="2" t="s">
         <v>1233</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>1210</v>
+        <v>1234</v>
       </c>
       <c r="G324" s="2" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="H324" s="2">
         <v>0</v>
       </c>
       <c r="I324" s="1">
         <v>0</v>
       </c>
       <c r="J324" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K324" s="2" t="str">
-        <f>J324*908.43</f>
+        <f>J324*462.67</f>
         <v>0</v>
       </c>
       <c r="L324" s="5"/>
     </row>
     <row r="325" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A325" s="1"/>
       <c r="B325" s="1">
-        <v>882412</v>
+        <v>882411</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="E325" s="2" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>1237</v>
+        <v>1214</v>
       </c>
       <c r="G325" s="2" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="H325" s="2">
         <v>0</v>
       </c>
       <c r="I325" s="1">
         <v>0</v>
       </c>
       <c r="J325" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K325" s="2" t="str">
-        <f>J325*363.45</f>
+        <f>J325*908.43</f>
         <v>0</v>
       </c>
       <c r="L325" s="5"/>
     </row>
     <row r="326" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A326" s="1"/>
       <c r="B326" s="1">
-        <v>882413</v>
+        <v>882412</v>
       </c>
       <c r="C326" s="1" t="s">
         <v>1238</v>
       </c>
       <c r="D326" s="1" t="s">
         <v>1239</v>
       </c>
       <c r="E326" s="2" t="s">
         <v>1240</v>
       </c>
       <c r="F326" s="2" t="s">
         <v>1241</v>
       </c>
       <c r="G326" s="2" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="H326" s="2">
         <v>0</v>
       </c>
       <c r="I326" s="1">
         <v>0</v>
       </c>
       <c r="J326" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K326" s="2" t="str">
-        <f>J326*524.83</f>
+        <f>J326*363.45</f>
         <v>0</v>
       </c>
       <c r="L326" s="5"/>
     </row>
     <row r="327" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A327" s="1"/>
       <c r="B327" s="1">
-        <v>882414</v>
+        <v>882413</v>
       </c>
       <c r="C327" s="1" t="s">
         <v>1242</v>
       </c>
       <c r="D327" s="1" t="s">
         <v>1243</v>
       </c>
       <c r="E327" s="2" t="s">
         <v>1244</v>
       </c>
       <c r="F327" s="2" t="s">
         <v>1245</v>
       </c>
       <c r="G327" s="2" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="H327" s="2">
         <v>0</v>
       </c>
       <c r="I327" s="1">
         <v>0</v>
       </c>
       <c r="J327" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K327" s="2" t="str">
-        <f>J327*952.09</f>
+        <f>J327*524.83</f>
         <v>0</v>
       </c>
       <c r="L327" s="5"/>
     </row>
     <row r="328" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A328" s="1"/>
       <c r="B328" s="1">
-        <v>882415</v>
+        <v>882414</v>
       </c>
       <c r="C328" s="1" t="s">
         <v>1246</v>
       </c>
       <c r="D328" s="1" t="s">
         <v>1247</v>
       </c>
       <c r="E328" s="2" t="s">
         <v>1248</v>
       </c>
       <c r="F328" s="2" t="s">
         <v>1249</v>
       </c>
       <c r="G328" s="2" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="H328" s="2">
         <v>0</v>
       </c>
       <c r="I328" s="1">
         <v>0</v>
       </c>
       <c r="J328" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K328" s="2" t="str">
-        <f>J328*1619.45</f>
+        <f>J328*952.09</f>
         <v>0</v>
       </c>
       <c r="L328" s="5"/>
     </row>
     <row r="329" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A329" s="1"/>
       <c r="B329" s="1">
-        <v>882416</v>
+        <v>882415</v>
       </c>
       <c r="C329" s="1" t="s">
         <v>1250</v>
       </c>
       <c r="D329" s="1" t="s">
         <v>1251</v>
       </c>
       <c r="E329" s="2" t="s">
         <v>1252</v>
       </c>
       <c r="F329" s="2" t="s">
         <v>1253</v>
       </c>
-      <c r="G329" s="2">
-        <v>10</v>
+      <c r="G329" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H329" s="2">
         <v>0</v>
       </c>
       <c r="I329" s="1">
         <v>0</v>
       </c>
       <c r="J329" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K329" s="2" t="str">
-        <f>J329*2450.28</f>
+        <f>J329*1619.45</f>
         <v>0</v>
       </c>
       <c r="L329" s="5"/>
     </row>
     <row r="330" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A330" s="1"/>
       <c r="B330" s="1">
-        <v>882417</v>
+        <v>882416</v>
       </c>
       <c r="C330" s="1" t="s">
         <v>1254</v>
       </c>
       <c r="D330" s="1" t="s">
         <v>1255</v>
       </c>
       <c r="E330" s="2" t="s">
         <v>1256</v>
       </c>
       <c r="F330" s="2" t="s">
         <v>1257</v>
       </c>
-      <c r="G330" s="2" t="s">
-        <v>44</v>
+      <c r="G330" s="2">
+        <v>10</v>
       </c>
       <c r="H330" s="2">
         <v>0</v>
       </c>
       <c r="I330" s="1">
         <v>0</v>
       </c>
       <c r="J330" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K330" s="2" t="str">
-        <f>J330*358.59</f>
+        <f>J330*2450.28</f>
         <v>0</v>
       </c>
       <c r="L330" s="5"/>
     </row>
     <row r="331" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A331" s="1"/>
       <c r="B331" s="1">
-        <v>882418</v>
+        <v>882417</v>
       </c>
       <c r="C331" s="1" t="s">
         <v>1258</v>
       </c>
       <c r="D331" s="1" t="s">
         <v>1259</v>
       </c>
       <c r="E331" s="2" t="s">
         <v>1260</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>1241</v>
+        <v>1261</v>
       </c>
       <c r="G331" s="2" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="H331" s="2">
         <v>0</v>
       </c>
       <c r="I331" s="1">
         <v>0</v>
       </c>
       <c r="J331" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K331" s="2" t="str">
-        <f>J331*524.83</f>
+        <f>J331*358.59</f>
         <v>0</v>
       </c>
       <c r="L331" s="5"/>
     </row>
     <row r="332" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A332" s="1"/>
       <c r="B332" s="1">
-        <v>882419</v>
+        <v>882418</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="E332" s="2" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>1264</v>
+        <v>1245</v>
       </c>
       <c r="G332" s="2" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="H332" s="2">
         <v>0</v>
       </c>
       <c r="I332" s="1">
         <v>0</v>
       </c>
       <c r="J332" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K332" s="2" t="str">
-        <f>J332*937.75</f>
+        <f>J332*524.83</f>
         <v>0</v>
       </c>
       <c r="L332" s="5"/>
     </row>
     <row r="333" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A333" s="1"/>
       <c r="B333" s="1">
-        <v>882420</v>
+        <v>882419</v>
       </c>
       <c r="C333" s="1" t="s">
         <v>1265</v>
       </c>
       <c r="D333" s="1" t="s">
         <v>1266</v>
       </c>
       <c r="E333" s="2" t="s">
         <v>1267</v>
       </c>
       <c r="F333" s="2" t="s">
         <v>1268</v>
       </c>
       <c r="G333" s="2" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="H333" s="2">
         <v>0</v>
       </c>
       <c r="I333" s="1">
         <v>0</v>
       </c>
       <c r="J333" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K333" s="2" t="str">
-        <f>J333*558.87</f>
+        <f>J333*937.75</f>
         <v>0</v>
       </c>
       <c r="L333" s="5"/>
     </row>
     <row r="334" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A334" s="1"/>
       <c r="B334" s="1">
-        <v>882421</v>
+        <v>882420</v>
       </c>
       <c r="C334" s="1" t="s">
         <v>1269</v>
       </c>
       <c r="D334" s="1" t="s">
         <v>1270</v>
       </c>
       <c r="E334" s="2" t="s">
         <v>1271</v>
       </c>
       <c r="F334" s="2" t="s">
         <v>1272</v>
       </c>
-      <c r="G334" s="2">
-        <v>10</v>
+      <c r="G334" s="2" t="s">
+        <v>70</v>
       </c>
       <c r="H334" s="2">
         <v>0</v>
       </c>
       <c r="I334" s="1">
         <v>0</v>
       </c>
       <c r="J334" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K334" s="2" t="str">
-        <f>J334*796.46</f>
+        <f>J334*558.87</f>
         <v>0</v>
       </c>
       <c r="L334" s="5"/>
     </row>
     <row r="335" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A335" s="1"/>
       <c r="B335" s="1">
-        <v>882422</v>
+        <v>882421</v>
       </c>
       <c r="C335" s="1" t="s">
         <v>1273</v>
       </c>
       <c r="D335" s="1" t="s">
         <v>1274</v>
       </c>
       <c r="E335" s="2" t="s">
         <v>1275</v>
       </c>
       <c r="F335" s="2" t="s">
         <v>1276</v>
       </c>
-      <c r="G335" s="2" t="s">
-        <v>49</v>
+      <c r="G335" s="2">
+        <v>10</v>
       </c>
       <c r="H335" s="2">
         <v>0</v>
       </c>
       <c r="I335" s="1">
         <v>0</v>
       </c>
       <c r="J335" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K335" s="2" t="str">
-        <f>J335*1282.57</f>
+        <f>J335*796.46</f>
         <v>0</v>
       </c>
       <c r="L335" s="5"/>
     </row>
     <row r="336" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A336" s="1"/>
       <c r="B336" s="1">
-        <v>882423</v>
+        <v>882422</v>
       </c>
       <c r="C336" s="1" t="s">
         <v>1277</v>
       </c>
       <c r="D336" s="1" t="s">
         <v>1278</v>
       </c>
       <c r="E336" s="2" t="s">
         <v>1279</v>
       </c>
       <c r="F336" s="2" t="s">
         <v>1280</v>
       </c>
       <c r="G336" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H336" s="2">
         <v>0</v>
       </c>
       <c r="I336" s="1">
         <v>0</v>
       </c>
       <c r="J336" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K336" s="2" t="str">
-        <f>J336*1291.97</f>
+        <f>J336*1282.57</f>
         <v>0</v>
       </c>
       <c r="L336" s="5"/>
     </row>
     <row r="337" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A337" s="1"/>
       <c r="B337" s="1">
-        <v>882424</v>
+        <v>882423</v>
       </c>
       <c r="C337" s="1" t="s">
         <v>1281</v>
       </c>
       <c r="D337" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="E337" s="2" t="s">
         <v>1283</v>
       </c>
       <c r="F337" s="2" t="s">
         <v>1284</v>
       </c>
-      <c r="G337" s="2">
-        <v>0</v>
+      <c r="G337" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H337" s="2">
         <v>0</v>
       </c>
       <c r="I337" s="1">
         <v>0</v>
       </c>
       <c r="J337" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K337" s="2" t="str">
-        <f>J337*1974.73</f>
+        <f>J337*1291.97</f>
         <v>0</v>
       </c>
       <c r="L337" s="5"/>
     </row>
     <row r="338" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A338" s="1"/>
       <c r="B338" s="1">
-        <v>882425</v>
+        <v>882424</v>
       </c>
       <c r="C338" s="1" t="s">
         <v>1285</v>
       </c>
       <c r="D338" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="E338" s="2" t="s">
         <v>1287</v>
       </c>
       <c r="F338" s="2" t="s">
         <v>1288</v>
       </c>
       <c r="G338" s="2">
         <v>0</v>
       </c>
       <c r="H338" s="2">
         <v>0</v>
       </c>
       <c r="I338" s="1">
         <v>0</v>
       </c>
       <c r="J338" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K338" s="2" t="str">
-        <f>J338*0.00</f>
+        <f>J338*1974.73</f>
         <v>0</v>
       </c>
       <c r="L338" s="5"/>
     </row>
     <row r="339" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A339" s="1"/>
       <c r="B339" s="1">
-        <v>882426</v>
+        <v>882425</v>
       </c>
       <c r="C339" s="1" t="s">
         <v>1289</v>
       </c>
       <c r="D339" s="1" t="s">
         <v>1290</v>
       </c>
       <c r="E339" s="2" t="s">
         <v>1291</v>
       </c>
       <c r="F339" s="2" t="s">
         <v>1292</v>
       </c>
       <c r="G339" s="2">
         <v>0</v>
       </c>
       <c r="H339" s="2">
         <v>0</v>
       </c>
       <c r="I339" s="1">
         <v>0</v>
       </c>
       <c r="J339" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K339" s="2" t="str">
-        <f>J339*411.16</f>
+        <f>J339*0.00</f>
         <v>0</v>
       </c>
       <c r="L339" s="5"/>
     </row>
     <row r="340" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A340" s="1"/>
       <c r="B340" s="1">
-        <v>882427</v>
+        <v>882426</v>
       </c>
       <c r="C340" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="D340" s="1" t="s">
         <v>1294</v>
       </c>
       <c r="E340" s="2" t="s">
         <v>1295</v>
       </c>
       <c r="F340" s="2" t="s">
         <v>1296</v>
       </c>
       <c r="G340" s="2">
         <v>0</v>
       </c>
       <c r="H340" s="2">
         <v>0</v>
       </c>
       <c r="I340" s="1">
         <v>0</v>
       </c>
       <c r="J340" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K340" s="2" t="str">
-        <f>J340*581.34</f>
+        <f>J340*411.16</f>
         <v>0</v>
       </c>
       <c r="L340" s="5"/>
     </row>
     <row r="341" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A341" s="1"/>
       <c r="B341" s="1">
-        <v>882428</v>
+        <v>882427</v>
       </c>
       <c r="C341" s="1" t="s">
         <v>1297</v>
       </c>
       <c r="D341" s="1" t="s">
         <v>1298</v>
       </c>
       <c r="E341" s="2" t="s">
         <v>1299</v>
       </c>
       <c r="F341" s="2" t="s">
         <v>1300</v>
       </c>
       <c r="G341" s="2">
         <v>0</v>
       </c>
       <c r="H341" s="2">
         <v>0</v>
       </c>
       <c r="I341" s="1">
         <v>0</v>
       </c>
       <c r="J341" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K341" s="2" t="str">
-        <f>J341*998.52</f>
+        <f>J341*581.34</f>
         <v>0</v>
       </c>
       <c r="L341" s="5"/>
     </row>
     <row r="342" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A342" s="1"/>
       <c r="B342" s="1">
-        <v>882429</v>
+        <v>882428</v>
       </c>
       <c r="C342" s="1" t="s">
         <v>1301</v>
       </c>
       <c r="D342" s="1" t="s">
         <v>1302</v>
       </c>
       <c r="E342" s="2" t="s">
         <v>1303</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>1292</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>1304</v>
+      </c>
+      <c r="G342" s="2">
+        <v>0</v>
       </c>
       <c r="H342" s="2">
         <v>0</v>
       </c>
       <c r="I342" s="1">
         <v>0</v>
       </c>
       <c r="J342" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K342" s="2" t="str">
-        <f>J342*411.16</f>
+        <f>J342*998.52</f>
         <v>0</v>
       </c>
       <c r="L342" s="5"/>
     </row>
     <row r="343" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A343" s="1"/>
       <c r="B343" s="1">
-        <v>882430</v>
+        <v>882429</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="E343" s="2" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="F343" s="2" t="s">
         <v>1296</v>
       </c>
-      <c r="G343" s="2">
-        <v>0</v>
+      <c r="G343" s="2" t="s">
+        <v>70</v>
       </c>
       <c r="H343" s="2">
         <v>0</v>
       </c>
       <c r="I343" s="1">
         <v>0</v>
       </c>
       <c r="J343" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K343" s="2" t="str">
-        <f>J343*581.34</f>
+        <f>J343*411.16</f>
         <v>0</v>
       </c>
       <c r="L343" s="5"/>
     </row>
     <row r="344" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A344" s="1"/>
       <c r="B344" s="1">
+        <v>882430</v>
+      </c>
+      <c r="C344" s="1" t="s">
+        <v>1308</v>
+      </c>
+      <c r="D344" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="E344" s="2" t="s">
+        <v>1310</v>
+      </c>
+      <c r="F344" s="2" t="s">
+        <v>1300</v>
+      </c>
+      <c r="G344" s="2">
+        <v>0</v>
+      </c>
+      <c r="H344" s="2">
+        <v>0</v>
+      </c>
+      <c r="I344" s="1">
+        <v>0</v>
+      </c>
+      <c r="J344" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K344" s="2" t="str">
+        <f>J344*581.34</f>
+        <v>0</v>
+      </c>
+      <c r="L344" s="5"/>
+    </row>
+    <row r="345" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+      <c r="A345" s="1"/>
+      <c r="B345" s="1">
         <v>882431</v>
       </c>
-      <c r="C344" s="1" t="s">
-[...30 lines deleted...]
-      <c r="A345" s="8" t="s">
+      <c r="C345" s="1" t="s">
         <v>1311</v>
       </c>
-      <c r="B345" s="8"/>
-[...8 lines deleted...]
-      <c r="K345" s="8"/>
+      <c r="D345" s="1" t="s">
+        <v>1312</v>
+      </c>
+      <c r="E345" s="2" t="s">
+        <v>1313</v>
+      </c>
+      <c r="F345" s="2" t="s">
+        <v>1314</v>
+      </c>
+      <c r="G345" s="2">
+        <v>0</v>
+      </c>
+      <c r="H345" s="2">
+        <v>0</v>
+      </c>
+      <c r="I345" s="1">
+        <v>0</v>
+      </c>
+      <c r="J345" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K345" s="2" t="str">
+        <f>J345*998.48</f>
+        <v>0</v>
+      </c>
       <c r="L345" s="5"/>
     </row>
-    <row r="346" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...29 lines deleted...]
-      </c>
+    <row r="346" spans="1:12" outlineLevel="2">
+      <c r="A346" s="8" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B346" s="8"/>
+      <c r="C346" s="8"/>
+      <c r="D346" s="8"/>
+      <c r="E346" s="8"/>
+      <c r="F346" s="8"/>
+      <c r="G346" s="8"/>
+      <c r="H346" s="8"/>
+      <c r="I346" s="8"/>
+      <c r="J346" s="8"/>
+      <c r="K346" s="8"/>
       <c r="L346" s="5"/>
     </row>
     <row r="347" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A347" s="1"/>
       <c r="B347" s="1">
-        <v>882517</v>
+        <v>882516</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="D347" s="1"/>
       <c r="E347" s="2" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="G347" s="2" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="H347" s="2">
         <v>0</v>
       </c>
       <c r="I347" s="1">
         <v>0</v>
       </c>
       <c r="J347" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K347" s="2" t="str">
-        <f>J347*299.25</f>
+        <f>J347*212.04</f>
         <v>0</v>
       </c>
       <c r="L347" s="5"/>
     </row>
     <row r="348" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A348" s="1"/>
       <c r="B348" s="1">
-        <v>882518</v>
+        <v>882517</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="D348" s="1"/>
       <c r="E348" s="2" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="G348" s="2" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="H348" s="2">
         <v>0</v>
       </c>
       <c r="I348" s="1">
         <v>0</v>
       </c>
       <c r="J348" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K348" s="2" t="str">
-        <f>J348*388.17</f>
+        <f>J348*299.25</f>
         <v>0</v>
       </c>
       <c r="L348" s="5"/>
     </row>
     <row r="349" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A349" s="1"/>
       <c r="B349" s="1">
-        <v>882519</v>
+        <v>882518</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="D349" s="1"/>
       <c r="E349" s="2" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>1314</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1324</v>
+      </c>
+      <c r="G349" s="2" t="s">
+        <v>70</v>
       </c>
       <c r="H349" s="2">
         <v>0</v>
       </c>
       <c r="I349" s="1">
         <v>0</v>
       </c>
       <c r="J349" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K349" s="2" t="str">
-        <f>J349*212.04</f>
+        <f>J349*388.17</f>
         <v>0</v>
       </c>
       <c r="L349" s="5"/>
     </row>
     <row r="350" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A350" s="1"/>
       <c r="B350" s="1">
-        <v>882520</v>
+        <v>882519</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="D350" s="1"/>
       <c r="E350" s="2" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>1325</v>
+        <v>1318</v>
       </c>
       <c r="G350" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="H350" s="2">
         <v>0</v>
       </c>
       <c r="I350" s="1">
         <v>0</v>
       </c>
       <c r="J350" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K350" s="2" t="str">
-        <f>J350*309.51</f>
+        <f>J350*212.04</f>
         <v>0</v>
       </c>
       <c r="L350" s="5"/>
     </row>
     <row r="351" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A351" s="1"/>
       <c r="B351" s="1">
-        <v>882521</v>
+        <v>882520</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="D351" s="1"/>
       <c r="E351" s="2" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="G351" s="2" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="H351" s="2">
         <v>0</v>
       </c>
       <c r="I351" s="1">
         <v>0</v>
       </c>
       <c r="J351" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K351" s="2" t="str">
-        <f>J351*396.72</f>
+        <f>J351*309.51</f>
         <v>0</v>
       </c>
       <c r="L351" s="5"/>
     </row>
-    <row r="352" spans="1:12" outlineLevel="2">
-[...12 lines deleted...]
-      <c r="K352" s="8"/>
+    <row r="352" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A352" s="1"/>
+      <c r="B352" s="1">
+        <v>882521</v>
+      </c>
+      <c r="C352" s="1" t="s">
+        <v>1330</v>
+      </c>
+      <c r="D352" s="1"/>
+      <c r="E352" s="2" t="s">
+        <v>1331</v>
+      </c>
+      <c r="F352" s="2" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G352" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="H352" s="2">
+        <v>0</v>
+      </c>
+      <c r="I352" s="1">
+        <v>0</v>
+      </c>
+      <c r="J352" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K352" s="2" t="str">
+        <f>J352*396.72</f>
+        <v>0</v>
+      </c>
       <c r="L352" s="5"/>
     </row>
-    <row r="353" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...13 lines deleted...]
-      <c r="F353" s="2" t="s">
+    <row r="353" spans="1:12" outlineLevel="2">
+      <c r="A353" s="8" t="s">
         <v>1333</v>
       </c>
-      <c r="G353" s="2" t="s">
-[...14 lines deleted...]
-      </c>
+      <c r="B353" s="8"/>
+      <c r="C353" s="8"/>
+      <c r="D353" s="8"/>
+      <c r="E353" s="8"/>
+      <c r="F353" s="8"/>
+      <c r="G353" s="8"/>
+      <c r="H353" s="8"/>
+      <c r="I353" s="8"/>
+      <c r="J353" s="8"/>
+      <c r="K353" s="8"/>
       <c r="L353" s="5"/>
     </row>
     <row r="354" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A354" s="1"/>
       <c r="B354" s="1">
-        <v>884200</v>
+        <v>884199</v>
       </c>
       <c r="C354" s="1" t="s">
         <v>1334</v>
       </c>
       <c r="D354" s="1" t="s">
         <v>1335</v>
       </c>
       <c r="E354" s="2" t="s">
         <v>1336</v>
       </c>
       <c r="F354" s="2" t="s">
         <v>1337</v>
       </c>
       <c r="G354" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H354" s="2">
         <v>0</v>
       </c>
       <c r="I354" s="1">
         <v>0</v>
       </c>
       <c r="J354" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K354" s="2" t="str">
-        <f>J354*578.20</f>
+        <f>J354*393.96</f>
         <v>0</v>
       </c>
       <c r="L354" s="5"/>
     </row>
     <row r="355" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A355" s="1"/>
       <c r="B355" s="1">
-        <v>884201</v>
+        <v>884200</v>
       </c>
       <c r="C355" s="1" t="s">
         <v>1338</v>
       </c>
       <c r="D355" s="1" t="s">
         <v>1339</v>
       </c>
       <c r="E355" s="2" t="s">
         <v>1340</v>
       </c>
       <c r="F355" s="2" t="s">
         <v>1341</v>
       </c>
       <c r="G355" s="2" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="H355" s="2">
         <v>0</v>
       </c>
       <c r="I355" s="1">
         <v>0</v>
       </c>
       <c r="J355" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K355" s="2" t="str">
-        <f>J355*980.34</f>
+        <f>J355*558.27</f>
         <v>0</v>
       </c>
       <c r="L355" s="5"/>
     </row>
     <row r="356" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A356" s="1"/>
       <c r="B356" s="1">
-        <v>884202</v>
+        <v>884201</v>
       </c>
       <c r="C356" s="1" t="s">
         <v>1342</v>
       </c>
       <c r="D356" s="1" t="s">
         <v>1343</v>
       </c>
       <c r="E356" s="2" t="s">
         <v>1344</v>
       </c>
       <c r="F356" s="2" t="s">
         <v>1345</v>
       </c>
-      <c r="G356" s="2">
-        <v>3</v>
+      <c r="G356" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H356" s="2">
         <v>0</v>
       </c>
-      <c r="I356" s="1" t="s">
-        <v>49</v>
+      <c r="I356" s="1">
+        <v>0</v>
       </c>
       <c r="J356" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K356" s="2" t="str">
-        <f>J356*1530.71</f>
+        <f>J356*946.54</f>
         <v>0</v>
       </c>
       <c r="L356" s="5"/>
     </row>
     <row r="357" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A357" s="1"/>
       <c r="B357" s="1">
-        <v>884203</v>
+        <v>884202</v>
       </c>
       <c r="C357" s="1" t="s">
         <v>1346</v>
       </c>
       <c r="D357" s="1" t="s">
         <v>1347</v>
       </c>
       <c r="E357" s="2" t="s">
         <v>1348</v>
       </c>
       <c r="F357" s="2" t="s">
         <v>1349</v>
       </c>
-      <c r="G357" s="2">
-        <v>0</v>
+      <c r="G357" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H357" s="2">
         <v>0</v>
       </c>
-      <c r="I357" s="1" t="s">
-        <v>49</v>
+      <c r="I357" s="1">
+        <v>0</v>
       </c>
       <c r="J357" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K357" s="2" t="str">
-        <f>J357*2295.39</f>
+        <f>J357*1477.93</f>
         <v>0</v>
       </c>
       <c r="L357" s="5"/>
     </row>
     <row r="358" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A358" s="1"/>
       <c r="B358" s="1">
-        <v>884204</v>
+        <v>884203</v>
       </c>
       <c r="C358" s="1" t="s">
         <v>1350</v>
       </c>
       <c r="D358" s="1" t="s">
         <v>1351</v>
       </c>
       <c r="E358" s="2" t="s">
         <v>1352</v>
       </c>
       <c r="F358" s="2" t="s">
         <v>1353</v>
       </c>
-      <c r="G358" s="2">
-        <v>4</v>
+      <c r="G358" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H358" s="2">
         <v>0</v>
       </c>
       <c r="I358" s="1">
         <v>0</v>
       </c>
       <c r="J358" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K358" s="2" t="str">
-        <f>J358*3459.72</f>
+        <f>J358*2216.25</f>
         <v>0</v>
       </c>
       <c r="L358" s="5"/>
     </row>
     <row r="359" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A359" s="1"/>
       <c r="B359" s="1">
-        <v>884205</v>
+        <v>884204</v>
       </c>
       <c r="C359" s="1" t="s">
         <v>1354</v>
       </c>
       <c r="D359" s="1" t="s">
         <v>1355</v>
       </c>
       <c r="E359" s="2" t="s">
         <v>1356</v>
       </c>
       <c r="F359" s="2" t="s">
         <v>1357</v>
       </c>
-      <c r="G359" s="2" t="s">
-        <v>44</v>
+      <c r="G359" s="2">
+        <v>0</v>
       </c>
       <c r="H359" s="2">
         <v>0</v>
       </c>
       <c r="I359" s="1">
         <v>0</v>
       </c>
       <c r="J359" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K359" s="2" t="str">
-        <f>J359*428.39</f>
+        <f>J359*3340.43</f>
         <v>0</v>
       </c>
       <c r="L359" s="5"/>
     </row>
     <row r="360" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A360" s="1"/>
       <c r="B360" s="1">
-        <v>884206</v>
+        <v>884205</v>
       </c>
       <c r="C360" s="1" t="s">
         <v>1358</v>
       </c>
       <c r="D360" s="1" t="s">
         <v>1359</v>
       </c>
       <c r="E360" s="2" t="s">
         <v>1360</v>
       </c>
       <c r="F360" s="2" t="s">
         <v>1361</v>
       </c>
       <c r="G360" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H360" s="2">
         <v>0</v>
       </c>
       <c r="I360" s="1">
         <v>0</v>
       </c>
       <c r="J360" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K360" s="2" t="str">
-        <f>J360*613.96</f>
+        <f>J360*413.62</f>
         <v>0</v>
       </c>
       <c r="L360" s="5"/>
     </row>
     <row r="361" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A361" s="1"/>
       <c r="B361" s="1">
-        <v>884207</v>
+        <v>884206</v>
       </c>
       <c r="C361" s="1" t="s">
         <v>1362</v>
       </c>
       <c r="D361" s="1" t="s">
         <v>1363</v>
       </c>
       <c r="E361" s="2" t="s">
         <v>1364</v>
       </c>
       <c r="F361" s="2" t="s">
         <v>1365</v>
       </c>
-      <c r="G361" s="2">
-        <v>4</v>
+      <c r="G361" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H361" s="2">
         <v>0</v>
       </c>
       <c r="I361" s="1">
         <v>0</v>
       </c>
       <c r="J361" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K361" s="2" t="str">
-        <f>J361*1014.97</f>
+        <f>J361*592.79</f>
         <v>0</v>
       </c>
       <c r="L361" s="5"/>
     </row>
     <row r="362" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A362" s="1"/>
       <c r="B362" s="1">
-        <v>884208</v>
+        <v>884207</v>
       </c>
       <c r="C362" s="1" t="s">
         <v>1366</v>
       </c>
       <c r="D362" s="1" t="s">
         <v>1367</v>
       </c>
       <c r="E362" s="2" t="s">
         <v>1368</v>
       </c>
       <c r="F362" s="2" t="s">
         <v>1369</v>
       </c>
       <c r="G362" s="2">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="H362" s="2">
         <v>0</v>
       </c>
       <c r="I362" s="1">
         <v>0</v>
       </c>
       <c r="J362" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K362" s="2" t="str">
-        <f>J362*1796.39</f>
+        <f>J362*979.97</f>
         <v>0</v>
       </c>
       <c r="L362" s="5"/>
     </row>
     <row r="363" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A363" s="1"/>
       <c r="B363" s="1">
-        <v>884209</v>
+        <v>884208</v>
       </c>
       <c r="C363" s="1" t="s">
         <v>1370</v>
       </c>
       <c r="D363" s="1" t="s">
         <v>1371</v>
       </c>
       <c r="E363" s="2" t="s">
         <v>1372</v>
       </c>
       <c r="F363" s="2" t="s">
         <v>1373</v>
       </c>
       <c r="G363" s="2">
         <v>5</v>
       </c>
       <c r="H363" s="2">
         <v>0</v>
       </c>
       <c r="I363" s="1">
         <v>0</v>
       </c>
       <c r="J363" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K363" s="2" t="str">
-        <f>J363*2419.40</f>
+        <f>J363*1734.45</f>
         <v>0</v>
       </c>
       <c r="L363" s="5"/>
     </row>
     <row r="364" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A364" s="1"/>
       <c r="B364" s="1">
-        <v>884210</v>
+        <v>884209</v>
       </c>
       <c r="C364" s="1" t="s">
         <v>1374</v>
       </c>
-      <c r="D364" s="1"/>
+      <c r="D364" s="1" t="s">
+        <v>1375</v>
+      </c>
       <c r="E364" s="2" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>1288</v>
+        <v>1377</v>
       </c>
       <c r="G364" s="2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H364" s="2">
         <v>0</v>
       </c>
       <c r="I364" s="1">
         <v>0</v>
       </c>
       <c r="J364" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K364" s="2" t="str">
-        <f>J364*0.00</f>
+        <f>J364*2335.98</f>
         <v>0</v>
       </c>
       <c r="L364" s="5"/>
     </row>
     <row r="365" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A365" s="1"/>
       <c r="B365" s="1">
-        <v>884211</v>
+        <v>884210</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1376</v>
-[...3 lines deleted...]
-      </c>
+        <v>1378</v>
+      </c>
+      <c r="D365" s="1"/>
       <c r="E365" s="2" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>1379</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>1292</v>
+      </c>
+      <c r="G365" s="2">
+        <v>0</v>
       </c>
       <c r="H365" s="2">
         <v>0</v>
       </c>
       <c r="I365" s="1">
         <v>0</v>
       </c>
       <c r="J365" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K365" s="2" t="str">
-        <f>J365*429.75</f>
+        <f>J365*0.00</f>
         <v>0</v>
       </c>
       <c r="L365" s="5"/>
     </row>
     <row r="366" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A366" s="1"/>
       <c r="B366" s="1">
-        <v>884212</v>
+        <v>884211</v>
       </c>
       <c r="C366" s="1" t="s">
         <v>1380</v>
       </c>
       <c r="D366" s="1" t="s">
         <v>1381</v>
       </c>
       <c r="E366" s="2" t="s">
         <v>1382</v>
       </c>
       <c r="F366" s="2" t="s">
         <v>1383</v>
       </c>
-      <c r="G366" s="2">
-        <v>0</v>
+      <c r="G366" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H366" s="2">
         <v>0</v>
       </c>
       <c r="I366" s="1">
         <v>0</v>
       </c>
       <c r="J366" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K366" s="2" t="str">
-        <f>J366*631.61</f>
+        <f>J366*414.93</f>
         <v>0</v>
       </c>
       <c r="L366" s="5"/>
     </row>
     <row r="367" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A367" s="1"/>
       <c r="B367" s="1">
-        <v>884213</v>
+        <v>884212</v>
       </c>
       <c r="C367" s="1" t="s">
         <v>1384</v>
       </c>
       <c r="D367" s="1" t="s">
         <v>1385</v>
       </c>
       <c r="E367" s="2" t="s">
         <v>1386</v>
       </c>
       <c r="F367" s="2" t="s">
         <v>1387</v>
       </c>
       <c r="G367" s="2">
         <v>0</v>
       </c>
       <c r="H367" s="2">
         <v>0</v>
       </c>
       <c r="I367" s="1">
         <v>0</v>
       </c>
       <c r="J367" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K367" s="2" t="str">
-        <f>J367*1045.29</f>
+        <f>J367*609.83</f>
         <v>0</v>
       </c>
       <c r="L367" s="5"/>
     </row>
     <row r="368" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A368" s="1"/>
       <c r="B368" s="1">
-        <v>884214</v>
+        <v>884213</v>
       </c>
       <c r="C368" s="1" t="s">
         <v>1388</v>
       </c>
       <c r="D368" s="1" t="s">
         <v>1389</v>
       </c>
       <c r="E368" s="2" t="s">
         <v>1390</v>
       </c>
       <c r="F368" s="2" t="s">
         <v>1391</v>
       </c>
-      <c r="G368" s="2" t="s">
-        <v>44</v>
+      <c r="G368" s="2">
+        <v>0</v>
       </c>
       <c r="H368" s="2">
         <v>0</v>
       </c>
       <c r="I368" s="1">
         <v>0</v>
       </c>
       <c r="J368" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K368" s="2" t="str">
-        <f>J368*387.20</f>
+        <f>J368*1009.25</f>
         <v>0</v>
       </c>
       <c r="L368" s="5"/>
     </row>
     <row r="369" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A369" s="1"/>
       <c r="B369" s="1">
-        <v>884215</v>
+        <v>884214</v>
       </c>
       <c r="C369" s="1" t="s">
         <v>1392</v>
       </c>
       <c r="D369" s="1" t="s">
         <v>1393</v>
       </c>
       <c r="E369" s="2" t="s">
         <v>1394</v>
       </c>
       <c r="F369" s="2" t="s">
         <v>1395</v>
       </c>
       <c r="G369" s="2" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="H369" s="2">
         <v>0</v>
       </c>
       <c r="I369" s="1">
         <v>0</v>
       </c>
       <c r="J369" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K369" s="2" t="str">
-        <f>J369*541.54</f>
+        <f>J369*373.85</f>
         <v>0</v>
       </c>
       <c r="L369" s="5"/>
     </row>
     <row r="370" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A370" s="1"/>
       <c r="B370" s="1">
-        <v>884216</v>
+        <v>884215</v>
       </c>
       <c r="C370" s="1" t="s">
         <v>1396</v>
       </c>
       <c r="D370" s="1" t="s">
         <v>1397</v>
       </c>
       <c r="E370" s="2" t="s">
         <v>1398</v>
       </c>
       <c r="F370" s="2" t="s">
         <v>1399</v>
       </c>
-      <c r="G370" s="2">
-        <v>0</v>
+      <c r="G370" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H370" s="2">
         <v>0</v>
       </c>
-      <c r="I370" s="1" t="s">
-        <v>49</v>
+      <c r="I370" s="1">
+        <v>0</v>
       </c>
       <c r="J370" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K370" s="2" t="str">
-        <f>J370*963.37</f>
+        <f>J370*522.87</f>
         <v>0</v>
       </c>
       <c r="L370" s="5"/>
     </row>
     <row r="371" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A371" s="1"/>
       <c r="B371" s="1">
-        <v>882244</v>
+        <v>884216</v>
       </c>
       <c r="C371" s="1" t="s">
         <v>1400</v>
       </c>
       <c r="D371" s="1" t="s">
         <v>1401</v>
       </c>
       <c r="E371" s="2" t="s">
         <v>1402</v>
       </c>
       <c r="F371" s="2" t="s">
         <v>1403</v>
       </c>
       <c r="G371" s="2" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="H371" s="2">
         <v>0</v>
       </c>
       <c r="I371" s="1">
         <v>0</v>
       </c>
       <c r="J371" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K371" s="2" t="str">
-        <f>J371*292.38</f>
+        <f>J371*930.15</f>
         <v>0</v>
       </c>
       <c r="L371" s="5"/>
     </row>
     <row r="372" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A372" s="1"/>
       <c r="B372" s="1">
-        <v>884217</v>
+        <v>882244</v>
       </c>
       <c r="C372" s="1" t="s">
         <v>1404</v>
       </c>
       <c r="D372" s="1" t="s">
         <v>1405</v>
       </c>
       <c r="E372" s="2" t="s">
         <v>1406</v>
       </c>
       <c r="F372" s="2" t="s">
         <v>1407</v>
       </c>
       <c r="G372" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H372" s="2">
         <v>0</v>
       </c>
       <c r="I372" s="1">
         <v>0</v>
       </c>
       <c r="J372" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K372" s="2" t="str">
-        <f>J372*403.27</f>
+        <f>J372*282.30</f>
         <v>0</v>
       </c>
       <c r="L372" s="5"/>
     </row>
     <row r="373" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A373" s="1"/>
       <c r="B373" s="1">
-        <v>884218</v>
+        <v>884217</v>
       </c>
       <c r="C373" s="1" t="s">
         <v>1408</v>
       </c>
       <c r="D373" s="1" t="s">
         <v>1409</v>
       </c>
       <c r="E373" s="2" t="s">
         <v>1410</v>
       </c>
       <c r="F373" s="2" t="s">
         <v>1411</v>
       </c>
       <c r="G373" s="2" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="H373" s="2">
         <v>0</v>
       </c>
       <c r="I373" s="1">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="J373" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K373" s="2" t="str">
-        <f>J373*590.20</f>
+        <f>J373*389.37</f>
         <v>0</v>
       </c>
       <c r="L373" s="5"/>
     </row>
     <row r="374" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A374" s="1"/>
       <c r="B374" s="1">
-        <v>884219</v>
+        <v>884218</v>
       </c>
       <c r="C374" s="1" t="s">
         <v>1412</v>
       </c>
       <c r="D374" s="1" t="s">
         <v>1413</v>
       </c>
       <c r="E374" s="2" t="s">
         <v>1414</v>
       </c>
       <c r="F374" s="2" t="s">
         <v>1415</v>
       </c>
       <c r="G374" s="2" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="H374" s="2">
         <v>0</v>
       </c>
       <c r="I374" s="1">
         <v>0</v>
       </c>
       <c r="J374" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K374" s="2" t="str">
-        <f>J374*993.92</f>
+        <f>J374*569.85</f>
         <v>0</v>
       </c>
       <c r="L374" s="5"/>
     </row>
     <row r="375" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A375" s="1"/>
       <c r="B375" s="1">
-        <v>884220</v>
+        <v>884219</v>
       </c>
       <c r="C375" s="1" t="s">
         <v>1416</v>
       </c>
       <c r="D375" s="1" t="s">
         <v>1417</v>
       </c>
       <c r="E375" s="2" t="s">
         <v>1418</v>
       </c>
       <c r="F375" s="2" t="s">
         <v>1419</v>
       </c>
       <c r="G375" s="2" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
       <c r="H375" s="2">
         <v>0</v>
       </c>
       <c r="I375" s="1">
         <v>0</v>
       </c>
       <c r="J375" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K375" s="2" t="str">
-        <f>J375*407.80</f>
+        <f>J375*959.65</f>
         <v>0</v>
       </c>
       <c r="L375" s="5"/>
     </row>
     <row r="376" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A376" s="1"/>
       <c r="B376" s="1">
-        <v>884221</v>
+        <v>884220</v>
       </c>
       <c r="C376" s="1" t="s">
         <v>1420</v>
       </c>
       <c r="D376" s="1" t="s">
         <v>1421</v>
       </c>
       <c r="E376" s="2" t="s">
         <v>1422</v>
       </c>
       <c r="F376" s="2" t="s">
         <v>1423</v>
       </c>
-      <c r="G376" s="2" t="s">
-        <v>49</v>
+      <c r="G376" s="2">
+        <v>0</v>
       </c>
       <c r="H376" s="2">
         <v>0</v>
       </c>
       <c r="I376" s="1">
         <v>0</v>
       </c>
       <c r="J376" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K376" s="2" t="str">
-        <f>J376*609.89</f>
+        <f>J376*393.74</f>
         <v>0</v>
       </c>
       <c r="L376" s="5"/>
     </row>
     <row r="377" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A377" s="1"/>
       <c r="B377" s="1">
-        <v>884222</v>
+        <v>884221</v>
       </c>
       <c r="C377" s="1" t="s">
         <v>1424</v>
       </c>
       <c r="D377" s="1" t="s">
         <v>1425</v>
       </c>
       <c r="E377" s="2" t="s">
         <v>1426</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>1288</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>1427</v>
+      </c>
+      <c r="G377" s="2">
+        <v>8</v>
       </c>
       <c r="H377" s="2">
         <v>0</v>
       </c>
       <c r="I377" s="1">
         <v>0</v>
       </c>
       <c r="J377" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K377" s="2" t="str">
-        <f>J377*0.00</f>
+        <f>J377*588.86</f>
         <v>0</v>
       </c>
       <c r="L377" s="5"/>
     </row>
     <row r="378" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A378" s="1"/>
       <c r="B378" s="1">
-        <v>884223</v>
+        <v>884222</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="E378" s="2" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="F378" s="2" t="s">
-        <v>1430</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>1292</v>
+      </c>
+      <c r="G378" s="2">
+        <v>10</v>
       </c>
       <c r="H378" s="2">
         <v>0</v>
       </c>
-      <c r="I378" s="1" t="s">
-        <v>17</v>
+      <c r="I378" s="1">
+        <v>0</v>
       </c>
       <c r="J378" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K378" s="2" t="str">
-        <f>J378*538.83</f>
+        <f>J378*0.00</f>
         <v>0</v>
       </c>
       <c r="L378" s="5"/>
     </row>
     <row r="379" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A379" s="1"/>
       <c r="B379" s="1">
-        <v>884224</v>
+        <v>884223</v>
       </c>
       <c r="C379" s="1" t="s">
         <v>1431</v>
       </c>
       <c r="D379" s="1" t="s">
         <v>1432</v>
       </c>
       <c r="E379" s="2" t="s">
         <v>1433</v>
       </c>
       <c r="F379" s="2" t="s">
         <v>1434</v>
       </c>
       <c r="G379" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H379" s="2">
         <v>0</v>
       </c>
       <c r="I379" s="1">
         <v>0</v>
       </c>
       <c r="J379" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K379" s="2" t="str">
-        <f>J379*802.24</f>
+        <f>J379*520.25</f>
         <v>0</v>
       </c>
       <c r="L379" s="5"/>
     </row>
     <row r="380" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A380" s="1"/>
       <c r="B380" s="1">
-        <v>884225</v>
+        <v>884224</v>
       </c>
       <c r="C380" s="1" t="s">
         <v>1435</v>
       </c>
       <c r="D380" s="1" t="s">
         <v>1436</v>
       </c>
       <c r="E380" s="2" t="s">
         <v>1437</v>
       </c>
       <c r="F380" s="2" t="s">
         <v>1438</v>
       </c>
       <c r="G380" s="2" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="H380" s="2">
         <v>0</v>
       </c>
       <c r="I380" s="1">
         <v>0</v>
       </c>
       <c r="J380" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K380" s="2" t="str">
-        <f>J380*1454.45</f>
+        <f>J380*774.58</f>
         <v>0</v>
       </c>
       <c r="L380" s="5"/>
     </row>
     <row r="381" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A381" s="1"/>
       <c r="B381" s="1">
-        <v>884226</v>
+        <v>884225</v>
       </c>
       <c r="C381" s="1" t="s">
         <v>1439</v>
       </c>
       <c r="D381" s="1" t="s">
         <v>1440</v>
       </c>
       <c r="E381" s="2" t="s">
         <v>1441</v>
       </c>
       <c r="F381" s="2" t="s">
         <v>1442</v>
       </c>
       <c r="G381" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H381" s="2">
         <v>0</v>
       </c>
       <c r="I381" s="1">
         <v>0</v>
       </c>
       <c r="J381" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K381" s="2" t="str">
-        <f>J381*2178.39</f>
+        <f>J381*1404.30</f>
         <v>0</v>
       </c>
       <c r="L381" s="5"/>
     </row>
     <row r="382" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A382" s="1"/>
       <c r="B382" s="1">
-        <v>884227</v>
+        <v>884226</v>
       </c>
       <c r="C382" s="1" t="s">
         <v>1443</v>
       </c>
       <c r="D382" s="1" t="s">
         <v>1444</v>
       </c>
       <c r="E382" s="2" t="s">
         <v>1445</v>
       </c>
       <c r="F382" s="2" t="s">
         <v>1446</v>
       </c>
       <c r="G382" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="H382" s="2">
         <v>0</v>
       </c>
       <c r="I382" s="1">
         <v>0</v>
       </c>
       <c r="J382" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K382" s="2" t="str">
-        <f>J382*629.35</f>
+        <f>J382*2103.28</f>
         <v>0</v>
       </c>
       <c r="L382" s="5"/>
     </row>
     <row r="383" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A383" s="1"/>
       <c r="B383" s="1">
-        <v>884228</v>
+        <v>884227</v>
       </c>
       <c r="C383" s="1" t="s">
         <v>1447</v>
       </c>
       <c r="D383" s="1" t="s">
         <v>1448</v>
       </c>
       <c r="E383" s="2" t="s">
         <v>1449</v>
       </c>
       <c r="F383" s="2" t="s">
         <v>1450</v>
       </c>
       <c r="G383" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H383" s="2">
         <v>0</v>
       </c>
       <c r="I383" s="1">
         <v>0</v>
       </c>
       <c r="J383" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K383" s="2" t="str">
-        <f>J383*937.35</f>
+        <f>J383*607.65</f>
         <v>0</v>
       </c>
       <c r="L383" s="5"/>
     </row>
     <row r="384" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A384" s="1"/>
       <c r="B384" s="1">
-        <v>884229</v>
+        <v>884228</v>
       </c>
       <c r="C384" s="1" t="s">
         <v>1451</v>
       </c>
       <c r="D384" s="1" t="s">
         <v>1452</v>
       </c>
       <c r="E384" s="2" t="s">
         <v>1453</v>
       </c>
       <c r="F384" s="2" t="s">
         <v>1454</v>
       </c>
-      <c r="G384" s="2">
-        <v>8</v>
+      <c r="G384" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H384" s="2">
         <v>0</v>
       </c>
       <c r="I384" s="1">
         <v>0</v>
       </c>
       <c r="J384" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K384" s="2" t="str">
-        <f>J384*1663.33</f>
+        <f>J384*905.03</f>
         <v>0</v>
       </c>
       <c r="L384" s="5"/>
     </row>
     <row r="385" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A385" s="1"/>
       <c r="B385" s="1">
-        <v>884230</v>
+        <v>884229</v>
       </c>
       <c r="C385" s="1" t="s">
         <v>1455</v>
       </c>
       <c r="D385" s="1" t="s">
         <v>1456</v>
       </c>
       <c r="E385" s="2" t="s">
         <v>1457</v>
       </c>
       <c r="F385" s="2" t="s">
         <v>1458</v>
       </c>
-      <c r="G385" s="2" t="s">
-        <v>17</v>
+      <c r="G385" s="2">
+        <v>8</v>
       </c>
       <c r="H385" s="2">
         <v>0</v>
       </c>
       <c r="I385" s="1">
         <v>0</v>
       </c>
       <c r="J385" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K385" s="2" t="str">
-        <f>J385*539.05</f>
+        <f>J385*1605.98</f>
         <v>0</v>
       </c>
       <c r="L385" s="5"/>
     </row>
     <row r="386" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A386" s="1"/>
       <c r="B386" s="1">
-        <v>884231</v>
+        <v>884230</v>
       </c>
       <c r="C386" s="1" t="s">
         <v>1459</v>
       </c>
       <c r="D386" s="1" t="s">
         <v>1460</v>
       </c>
       <c r="E386" s="2" t="s">
         <v>1461</v>
       </c>
       <c r="F386" s="2" t="s">
         <v>1462</v>
       </c>
       <c r="G386" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H386" s="2">
         <v>0</v>
       </c>
       <c r="I386" s="1">
         <v>0</v>
       </c>
       <c r="J386" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K386" s="2" t="str">
-        <f>J386*801.79</f>
+        <f>J386*520.47</f>
         <v>0</v>
       </c>
       <c r="L386" s="5"/>
     </row>
     <row r="387" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A387" s="1"/>
       <c r="B387" s="1">
-        <v>884232</v>
+        <v>884231</v>
       </c>
       <c r="C387" s="1" t="s">
         <v>1463</v>
       </c>
       <c r="D387" s="1" t="s">
         <v>1464</v>
       </c>
       <c r="E387" s="2" t="s">
         <v>1465</v>
       </c>
       <c r="F387" s="2" t="s">
         <v>1466</v>
       </c>
-      <c r="G387" s="2">
-        <v>0</v>
+      <c r="G387" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H387" s="2">
         <v>0</v>
       </c>
       <c r="I387" s="1">
         <v>0</v>
       </c>
       <c r="J387" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K387" s="2" t="str">
-        <f>J387*632.29</f>
+        <f>J387*774.15</f>
         <v>0</v>
       </c>
       <c r="L387" s="5"/>
     </row>
     <row r="388" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A388" s="1"/>
       <c r="B388" s="1">
-        <v>884233</v>
+        <v>884232</v>
       </c>
       <c r="C388" s="1" t="s">
         <v>1467</v>
       </c>
       <c r="D388" s="1" t="s">
         <v>1468</v>
       </c>
       <c r="E388" s="2" t="s">
         <v>1469</v>
       </c>
       <c r="F388" s="2" t="s">
         <v>1470</v>
       </c>
       <c r="G388" s="2">
         <v>0</v>
       </c>
       <c r="H388" s="2">
         <v>0</v>
       </c>
       <c r="I388" s="1">
         <v>0</v>
       </c>
       <c r="J388" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K388" s="2" t="str">
-        <f>J388*490.38</f>
+        <f>J388*610.49</f>
         <v>0</v>
       </c>
       <c r="L388" s="5"/>
     </row>
     <row r="389" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A389" s="1"/>
       <c r="B389" s="1">
-        <v>884234</v>
+        <v>884233</v>
       </c>
       <c r="C389" s="1" t="s">
         <v>1471</v>
       </c>
       <c r="D389" s="1" t="s">
         <v>1472</v>
       </c>
       <c r="E389" s="2" t="s">
         <v>1473</v>
       </c>
       <c r="F389" s="2" t="s">
         <v>1474</v>
       </c>
       <c r="G389" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="H389" s="2">
         <v>0</v>
       </c>
       <c r="I389" s="1">
         <v>0</v>
       </c>
       <c r="J389" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K389" s="2" t="str">
-        <f>J389*759.02</f>
+        <f>J389*463.98</f>
         <v>0</v>
       </c>
       <c r="L389" s="5"/>
     </row>
     <row r="390" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A390" s="1"/>
       <c r="B390" s="1">
-        <v>884235</v>
+        <v>884234</v>
       </c>
       <c r="C390" s="1" t="s">
         <v>1475</v>
       </c>
       <c r="D390" s="1" t="s">
         <v>1476</v>
       </c>
       <c r="E390" s="2" t="s">
         <v>1477</v>
       </c>
       <c r="F390" s="2" t="s">
         <v>1478</v>
       </c>
-      <c r="G390" s="2" t="s">
-        <v>23</v>
+      <c r="G390" s="2">
+        <v>4</v>
       </c>
       <c r="H390" s="2">
         <v>0</v>
       </c>
       <c r="I390" s="1">
         <v>0</v>
       </c>
       <c r="J390" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K390" s="2" t="str">
-        <f>J390*655.83</f>
+        <f>J390*732.85</f>
         <v>0</v>
       </c>
       <c r="L390" s="5"/>
     </row>
     <row r="391" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A391" s="1"/>
       <c r="B391" s="1">
-        <v>884236</v>
+        <v>884235</v>
       </c>
       <c r="C391" s="1" t="s">
         <v>1479</v>
       </c>
       <c r="D391" s="1" t="s">
         <v>1480</v>
       </c>
       <c r="E391" s="2" t="s">
         <v>1481</v>
       </c>
       <c r="F391" s="2" t="s">
         <v>1482</v>
       </c>
       <c r="G391" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="H391" s="2">
         <v>0</v>
       </c>
       <c r="I391" s="1">
         <v>0</v>
       </c>
       <c r="J391" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K391" s="2" t="str">
-        <f>J391*396.48</f>
+        <f>J391*633.21</f>
         <v>0</v>
       </c>
       <c r="L391" s="5"/>
     </row>
-    <row r="392" spans="1:12" outlineLevel="2">
-      <c r="A392" s="8" t="s">
+    <row r="392" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A392" s="1"/>
+      <c r="B392" s="1">
+        <v>884236</v>
+      </c>
+      <c r="C392" s="1" t="s">
         <v>1483</v>
       </c>
-      <c r="B392" s="8"/>
-[...8 lines deleted...]
-      <c r="K392" s="8"/>
+      <c r="D392" s="1" t="s">
+        <v>1484</v>
+      </c>
+      <c r="E392" s="2" t="s">
+        <v>1485</v>
+      </c>
+      <c r="F392" s="2" t="s">
+        <v>1486</v>
+      </c>
+      <c r="G392" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H392" s="2">
+        <v>0</v>
+      </c>
+      <c r="I392" s="1">
+        <v>0</v>
+      </c>
+      <c r="J392" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K392" s="2" t="str">
+        <f>J392*382.81</f>
+        <v>0</v>
+      </c>
       <c r="L392" s="5"/>
     </row>
-    <row r="393" spans="1:12" outlineLevel="4">
-[...31 lines deleted...]
-      </c>
+    <row r="393" spans="1:12" outlineLevel="2">
+      <c r="A393" s="8" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B393" s="8"/>
+      <c r="C393" s="8"/>
+      <c r="D393" s="8"/>
+      <c r="E393" s="8"/>
+      <c r="F393" s="8"/>
+      <c r="G393" s="8"/>
+      <c r="H393" s="8"/>
+      <c r="I393" s="8"/>
+      <c r="J393" s="8"/>
+      <c r="K393" s="8"/>
       <c r="L393" s="5"/>
     </row>
     <row r="394" spans="1:12" outlineLevel="4">
       <c r="A394" s="1"/>
       <c r="B394" s="1">
+        <v>889571</v>
+      </c>
+      <c r="C394" s="1" t="s">
+        <v>1488</v>
+      </c>
+      <c r="D394" s="1">
+        <v>34885</v>
+      </c>
+      <c r="E394" s="2" t="s">
+        <v>1489</v>
+      </c>
+      <c r="F394" s="2" t="s">
+        <v>1490</v>
+      </c>
+      <c r="G394" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="H394" s="2">
+        <v>0</v>
+      </c>
+      <c r="I394" s="1">
+        <v>0</v>
+      </c>
+      <c r="J394" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K394" s="2" t="str">
+        <f>J394*320.70</f>
+        <v>0</v>
+      </c>
+      <c r="L394" s="5"/>
+    </row>
+    <row r="395" spans="1:12" outlineLevel="4">
+      <c r="A395" s="1"/>
+      <c r="B395" s="1">
         <v>889572</v>
       </c>
-      <c r="C394" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D394" s="1">
+      <c r="C395" s="1" t="s">
+        <v>1491</v>
+      </c>
+      <c r="D395" s="1">
         <v>34887</v>
       </c>
-      <c r="E394" s="2" t="s">
-[...5 lines deleted...]
-      <c r="G394" s="2" t="s">
+      <c r="E395" s="2" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F395" s="2" t="s">
+        <v>1493</v>
+      </c>
+      <c r="G395" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="H394" s="2">
-[...27 lines deleted...]
-      <c r="K395" s="7"/>
+      <c r="H395" s="2">
+        <v>0</v>
+      </c>
+      <c r="I395" s="1">
+        <v>0</v>
+      </c>
+      <c r="J395" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K395" s="2" t="str">
+        <f>J395*343.86</f>
+        <v>0</v>
+      </c>
       <c r="L395" s="5"/>
     </row>
-    <row r="396" spans="1:12" outlineLevel="2">
-[...12 lines deleted...]
-      <c r="K396" s="8"/>
+    <row r="396" spans="1:12" outlineLevel="1">
+      <c r="A396" s="7" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B396" s="7"/>
+      <c r="C396" s="7"/>
+      <c r="D396" s="7"/>
+      <c r="E396" s="7"/>
+      <c r="F396" s="7"/>
+      <c r="G396" s="7"/>
+      <c r="H396" s="7"/>
+      <c r="I396" s="7"/>
+      <c r="J396" s="7"/>
+      <c r="K396" s="7"/>
       <c r="L396" s="5"/>
     </row>
-    <row r="397" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...13 lines deleted...]
-      <c r="F397" s="2" t="s">
+    <row r="397" spans="1:12" outlineLevel="2">
+      <c r="A397" s="8" t="s">
         <v>1495</v>
       </c>
-      <c r="G397" s="2" t="s">
-[...14 lines deleted...]
-      </c>
+      <c r="B397" s="8"/>
+      <c r="C397" s="8"/>
+      <c r="D397" s="8"/>
+      <c r="E397" s="8"/>
+      <c r="F397" s="8"/>
+      <c r="G397" s="8"/>
+      <c r="H397" s="8"/>
+      <c r="I397" s="8"/>
+      <c r="J397" s="8"/>
+      <c r="K397" s="8"/>
       <c r="L397" s="5"/>
     </row>
     <row r="398" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A398" s="1"/>
       <c r="B398" s="1">
-        <v>882246</v>
+        <v>823957</v>
       </c>
       <c r="C398" s="1" t="s">
         <v>1496</v>
       </c>
-      <c r="D398" s="1" t="s">
+      <c r="D398" s="1"/>
+      <c r="E398" s="2" t="s">
         <v>1497</v>
       </c>
-      <c r="E398" s="2" t="s">
+      <c r="F398" s="2" t="s">
         <v>1498</v>
       </c>
-      <c r="F398" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G398" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="H398" s="2">
         <v>0</v>
       </c>
       <c r="I398" s="1">
         <v>0</v>
       </c>
       <c r="J398" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K398" s="2" t="str">
-        <f>J398*685.47</f>
+        <f>J398*101.66</f>
         <v>0</v>
       </c>
       <c r="L398" s="5"/>
     </row>
     <row r="399" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A399" s="1"/>
       <c r="B399" s="1">
-        <v>823957</v>
+        <v>882522</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1500</v>
+        <v>1499</v>
       </c>
       <c r="D399" s="1"/>
       <c r="E399" s="2" t="s">
+        <v>1500</v>
+      </c>
+      <c r="F399" s="2" t="s">
         <v>1501</v>
       </c>
-      <c r="F399" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G399" s="2" t="s">
+        <v>70</v>
       </c>
       <c r="H399" s="2">
         <v>0</v>
       </c>
       <c r="I399" s="1">
         <v>0</v>
       </c>
       <c r="J399" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K399" s="2" t="str">
-        <f>J399*101.66</f>
+        <f>J399*206.91</f>
         <v>0</v>
       </c>
       <c r="L399" s="5"/>
     </row>
     <row r="400" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A400" s="1"/>
       <c r="B400" s="1">
-        <v>882522</v>
+        <v>882524</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1503</v>
+        <v>1502</v>
       </c>
       <c r="D400" s="1"/>
       <c r="E400" s="2" t="s">
+        <v>1503</v>
+      </c>
+      <c r="F400" s="2" t="s">
         <v>1504</v>
       </c>
-      <c r="F400" s="2" t="s">
-[...3 lines deleted...]
-        <v>44</v>
+      <c r="G400" s="2">
+        <v>0</v>
       </c>
       <c r="H400" s="2">
         <v>0</v>
       </c>
       <c r="I400" s="1">
         <v>0</v>
       </c>
       <c r="J400" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K400" s="2" t="str">
-        <f>J400*206.91</f>
+        <f>J400*297.54</f>
         <v>0</v>
       </c>
       <c r="L400" s="5"/>
     </row>
     <row r="401" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A401" s="1"/>
       <c r="B401" s="1">
-        <v>882524</v>
+        <v>882884</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1506</v>
+        <v>1505</v>
       </c>
       <c r="D401" s="1"/>
       <c r="E401" s="2" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F401" s="2" t="s">
         <v>1507</v>
       </c>
-      <c r="F401" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G401" s="2">
         <v>0</v>
       </c>
       <c r="H401" s="2">
         <v>0</v>
       </c>
       <c r="I401" s="1">
         <v>0</v>
       </c>
       <c r="J401" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K401" s="2" t="str">
-        <f>J401*297.54</f>
+        <f>J401*405.27</f>
         <v>0</v>
       </c>
       <c r="L401" s="5"/>
     </row>
     <row r="402" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A402" s="1"/>
       <c r="B402" s="1">
-        <v>882884</v>
+        <v>810787</v>
       </c>
       <c r="C402" s="1" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D402" s="1" t="s">
         <v>1509</v>
       </c>
-      <c r="D402" s="1"/>
       <c r="E402" s="2" t="s">
         <v>1510</v>
       </c>
       <c r="F402" s="2" t="s">
         <v>1511</v>
       </c>
       <c r="G402" s="2">
         <v>0</v>
       </c>
       <c r="H402" s="2">
         <v>0</v>
       </c>
       <c r="I402" s="1">
         <v>0</v>
       </c>
       <c r="J402" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K402" s="2" t="str">
-        <f>J402*405.27</f>
+        <f>J402*347.05</f>
         <v>0</v>
       </c>
       <c r="L402" s="5"/>
     </row>
     <row r="403" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A403" s="1"/>
       <c r="B403" s="1">
-        <v>810787</v>
+        <v>810788</v>
       </c>
       <c r="C403" s="1" t="s">
         <v>1512</v>
       </c>
       <c r="D403" s="1" t="s">
         <v>1513</v>
       </c>
       <c r="E403" s="2" t="s">
         <v>1514</v>
       </c>
       <c r="F403" s="2" t="s">
         <v>1515</v>
       </c>
-      <c r="G403" s="2">
-        <v>0</v>
+      <c r="G403" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H403" s="2">
         <v>0</v>
       </c>
       <c r="I403" s="1">
         <v>0</v>
       </c>
       <c r="J403" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K403" s="2" t="str">
-        <f>J403*347.05</f>
+        <f>J403*294.10</f>
         <v>0</v>
       </c>
       <c r="L403" s="5"/>
     </row>
     <row r="404" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A404" s="1"/>
       <c r="B404" s="1">
-        <v>810788</v>
+        <v>825090</v>
       </c>
       <c r="C404" s="1" t="s">
         <v>1516</v>
       </c>
       <c r="D404" s="1" t="s">
         <v>1517</v>
       </c>
       <c r="E404" s="2" t="s">
         <v>1518</v>
       </c>
       <c r="F404" s="2" t="s">
         <v>1519</v>
       </c>
-      <c r="G404" s="2" t="s">
-        <v>23</v>
+      <c r="G404" s="2">
+        <v>0</v>
       </c>
       <c r="H404" s="2">
         <v>0</v>
       </c>
       <c r="I404" s="1">
         <v>0</v>
       </c>
       <c r="J404" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K404" s="2" t="str">
-        <f>J404*294.10</f>
+        <f>J404*302.60</f>
         <v>0</v>
       </c>
       <c r="L404" s="5"/>
     </row>
     <row r="405" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A405" s="1"/>
       <c r="B405" s="1">
-        <v>825090</v>
+        <v>825089</v>
       </c>
       <c r="C405" s="1" t="s">
         <v>1520</v>
       </c>
       <c r="D405" s="1" t="s">
         <v>1521</v>
       </c>
       <c r="E405" s="2" t="s">
         <v>1522</v>
       </c>
       <c r="F405" s="2" t="s">
         <v>1523</v>
       </c>
-      <c r="G405" s="2">
-        <v>0</v>
+      <c r="G405" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H405" s="2">
         <v>0</v>
       </c>
       <c r="I405" s="1">
         <v>0</v>
       </c>
       <c r="J405" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K405" s="2" t="str">
-        <f>J405*302.60</f>
+        <f>J405*50.86</f>
         <v>0</v>
       </c>
       <c r="L405" s="5"/>
     </row>
     <row r="406" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A406" s="1"/>
       <c r="B406" s="1">
-        <v>825089</v>
+        <v>825088</v>
       </c>
       <c r="C406" s="1" t="s">
         <v>1524</v>
       </c>
       <c r="D406" s="1" t="s">
         <v>1525</v>
       </c>
       <c r="E406" s="2" t="s">
         <v>1526</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>1527</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1523</v>
+      </c>
+      <c r="G406" s="2">
+        <v>0</v>
       </c>
       <c r="H406" s="2">
         <v>0</v>
       </c>
       <c r="I406" s="1">
         <v>0</v>
       </c>
       <c r="J406" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K406" s="2" t="str">
         <f>J406*50.86</f>
         <v>0</v>
       </c>
       <c r="L406" s="5"/>
     </row>
     <row r="407" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A407" s="1"/>
       <c r="B407" s="1">
-        <v>825088</v>
+        <v>824564</v>
       </c>
       <c r="C407" s="1" t="s">
+        <v>1527</v>
+      </c>
+      <c r="D407" s="1" t="s">
         <v>1528</v>
       </c>
-      <c r="D407" s="1" t="s">
+      <c r="E407" s="2" t="s">
         <v>1529</v>
       </c>
-      <c r="E407" s="2" t="s">
+      <c r="F407" s="2" t="s">
         <v>1530</v>
       </c>
-      <c r="F407" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G407" s="2" t="s">
+        <v>70</v>
       </c>
       <c r="H407" s="2">
         <v>0</v>
       </c>
       <c r="I407" s="1">
         <v>0</v>
       </c>
       <c r="J407" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K407" s="2" t="str">
-        <f>J407*50.86</f>
+        <f>J407*51.26</f>
         <v>0</v>
       </c>
       <c r="L407" s="5"/>
     </row>
     <row r="408" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A408" s="1"/>
       <c r="B408" s="1">
-        <v>824564</v>
+        <v>825170</v>
       </c>
       <c r="C408" s="1" t="s">
         <v>1531</v>
       </c>
       <c r="D408" s="1" t="s">
         <v>1532</v>
       </c>
       <c r="E408" s="2" t="s">
         <v>1533</v>
       </c>
       <c r="F408" s="2" t="s">
         <v>1534</v>
       </c>
       <c r="G408" s="2" t="s">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="H408" s="2">
         <v>0</v>
       </c>
       <c r="I408" s="1">
         <v>0</v>
       </c>
       <c r="J408" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K408" s="2" t="str">
-        <f>J408*51.26</f>
+        <f>J408*316.20</f>
         <v>0</v>
       </c>
       <c r="L408" s="5"/>
     </row>
     <row r="409" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A409" s="1"/>
       <c r="B409" s="1">
-        <v>825170</v>
+        <v>828270</v>
       </c>
       <c r="C409" s="1" t="s">
         <v>1535</v>
       </c>
-      <c r="D409" s="1" t="s">
+      <c r="D409" s="1">
+        <v>554751</v>
+      </c>
+      <c r="E409" s="2" t="s">
         <v>1536</v>
       </c>
-      <c r="E409" s="2" t="s">
+      <c r="F409" s="2" t="s">
         <v>1537</v>
       </c>
-      <c r="F409" s="2" t="s">
-[...3 lines deleted...]
-        <v>44</v>
+      <c r="G409" s="2">
+        <v>0</v>
       </c>
       <c r="H409" s="2">
         <v>0</v>
       </c>
       <c r="I409" s="1">
         <v>0</v>
       </c>
       <c r="J409" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K409" s="2" t="str">
-        <f>J409*316.20</f>
+        <f>J409*158.14</f>
         <v>0</v>
       </c>
       <c r="L409" s="5"/>
     </row>
     <row r="410" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A410" s="1"/>
       <c r="B410" s="1">
-        <v>828270</v>
+        <v>828272</v>
       </c>
       <c r="C410" s="1" t="s">
+        <v>1538</v>
+      </c>
+      <c r="D410" s="1">
+        <v>554155</v>
+      </c>
+      <c r="E410" s="2" t="s">
         <v>1539</v>
       </c>
-      <c r="D410" s="1">
-[...2 lines deleted...]
-      <c r="E410" s="2" t="s">
+      <c r="F410" s="2" t="s">
         <v>1540</v>
       </c>
-      <c r="F410" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G410" s="2">
         <v>0</v>
       </c>
       <c r="H410" s="2">
         <v>0</v>
       </c>
       <c r="I410" s="1">
         <v>0</v>
       </c>
       <c r="J410" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K410" s="2" t="str">
-        <f>J410*158.14</f>
+        <f>J410*225.82</f>
         <v>0</v>
       </c>
       <c r="L410" s="5"/>
     </row>
     <row r="411" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A411" s="1"/>
       <c r="B411" s="1">
-        <v>828272</v>
+        <v>882508</v>
       </c>
       <c r="C411" s="1" t="s">
+        <v>1541</v>
+      </c>
+      <c r="D411" s="1"/>
+      <c r="E411" s="2" t="s">
         <v>1542</v>
       </c>
-      <c r="D411" s="1">
-[...2 lines deleted...]
-      <c r="E411" s="2" t="s">
+      <c r="F411" s="2" t="s">
         <v>1543</v>
       </c>
-      <c r="F411" s="2" t="s">
+      <c r="G411" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="H411" s="2">
+        <v>0</v>
+      </c>
+      <c r="I411" s="1">
+        <v>0</v>
+      </c>
+      <c r="J411" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K411" s="2" t="str">
+        <f>J411*259.25</f>
+        <v>0</v>
+      </c>
+      <c r="L411" s="5"/>
+    </row>
+    <row r="412" spans="1:12" outlineLevel="2">
+      <c r="A412" s="8" t="s">
         <v>1544</v>
       </c>
-      <c r="G411" s="2">
-[...22 lines deleted...]
-      <c r="C412" s="1" t="s">
+      <c r="B412" s="8"/>
+      <c r="C412" s="8"/>
+      <c r="D412" s="8"/>
+      <c r="E412" s="8"/>
+      <c r="F412" s="8"/>
+      <c r="G412" s="8"/>
+      <c r="H412" s="8"/>
+      <c r="I412" s="8"/>
+      <c r="J412" s="8"/>
+      <c r="K412" s="8"/>
+      <c r="L412" s="5"/>
+    </row>
+    <row r="413" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A413" s="1"/>
+      <c r="B413" s="1">
+        <v>879953</v>
+      </c>
+      <c r="C413" s="1" t="s">
         <v>1545</v>
       </c>
-      <c r="D412" s="1"/>
-      <c r="E412" s="2" t="s">
+      <c r="D413" s="1" t="s">
         <v>1546</v>
       </c>
-      <c r="F412" s="2" t="s">
+      <c r="E413" s="2" t="s">
         <v>1547</v>
       </c>
-      <c r="G412" s="2" t="s">
-[...18 lines deleted...]
-      <c r="A413" s="8" t="s">
+      <c r="F413" s="2" t="s">
         <v>1548</v>
       </c>
-      <c r="B413" s="8"/>
-[...8 lines deleted...]
-      <c r="K413" s="8"/>
+      <c r="G413" s="2">
+        <v>4</v>
+      </c>
+      <c r="H413" s="2">
+        <v>0</v>
+      </c>
+      <c r="I413" s="1">
+        <v>0</v>
+      </c>
+      <c r="J413" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K413" s="2" t="str">
+        <f>J413*935.64</f>
+        <v>0</v>
+      </c>
       <c r="L413" s="5"/>
     </row>
     <row r="414" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A414" s="1"/>
       <c r="B414" s="1">
-        <v>879953</v>
+        <v>810791</v>
       </c>
       <c r="C414" s="1" t="s">
         <v>1549</v>
       </c>
       <c r="D414" s="1" t="s">
         <v>1550</v>
       </c>
       <c r="E414" s="2" t="s">
         <v>1551</v>
       </c>
       <c r="F414" s="2" t="s">
         <v>1552</v>
       </c>
-      <c r="G414" s="2">
-        <v>4</v>
+      <c r="G414" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H414" s="2">
         <v>0</v>
       </c>
       <c r="I414" s="1">
         <v>0</v>
       </c>
       <c r="J414" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K414" s="2" t="str">
-        <f>J414*936.00</f>
+        <f>J414*288.58</f>
         <v>0</v>
       </c>
       <c r="L414" s="5"/>
     </row>
     <row r="415" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A415" s="1"/>
       <c r="B415" s="1">
-        <v>810791</v>
+        <v>810792</v>
       </c>
       <c r="C415" s="1" t="s">
         <v>1553</v>
       </c>
       <c r="D415" s="1" t="s">
         <v>1554</v>
       </c>
       <c r="E415" s="2" t="s">
         <v>1555</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>1556</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>768</v>
+      </c>
+      <c r="G415" s="2">
+        <v>0</v>
       </c>
       <c r="H415" s="2">
         <v>0</v>
       </c>
-      <c r="I415" s="1">
-        <v>0</v>
+      <c r="I415" s="1" t="s">
+        <v>70</v>
       </c>
       <c r="J415" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K415" s="2" t="str">
-        <f>J415*288.69</f>
+        <f>J415*397.16</f>
         <v>0</v>
       </c>
       <c r="L415" s="5"/>
     </row>
     <row r="416" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A416" s="1"/>
       <c r="B416" s="1">
-        <v>810792</v>
+        <v>810793</v>
       </c>
       <c r="C416" s="1" t="s">
+        <v>1556</v>
+      </c>
+      <c r="D416" s="1" t="s">
         <v>1557</v>
       </c>
-      <c r="D416" s="1" t="s">
+      <c r="E416" s="2" t="s">
         <v>1558</v>
       </c>
-      <c r="E416" s="2" t="s">
+      <c r="F416" s="2" t="s">
         <v>1559</v>
       </c>
-      <c r="F416" s="2" t="s">
-[...3 lines deleted...]
-        <v>44</v>
+      <c r="G416" s="2">
+        <v>10</v>
       </c>
       <c r="H416" s="2">
         <v>0</v>
       </c>
       <c r="I416" s="1">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="J416" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K416" s="2" t="str">
-        <f>J416*397.31</f>
+        <f>J416*645.58</f>
         <v>0</v>
       </c>
       <c r="L416" s="5"/>
     </row>
     <row r="417" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A417" s="1"/>
       <c r="B417" s="1">
-        <v>810793</v>
+        <v>810794</v>
       </c>
       <c r="C417" s="1" t="s">
         <v>1560</v>
       </c>
       <c r="D417" s="1" t="s">
         <v>1561</v>
       </c>
       <c r="E417" s="2" t="s">
         <v>1562</v>
       </c>
       <c r="F417" s="2" t="s">
         <v>1563</v>
       </c>
       <c r="G417" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="H417" s="2">
         <v>0</v>
       </c>
       <c r="I417" s="1">
         <v>0</v>
       </c>
       <c r="J417" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K417" s="2" t="str">
-        <f>J417*645.82</f>
+        <f>J417*716.98</f>
         <v>0</v>
       </c>
       <c r="L417" s="5"/>
     </row>
     <row r="418" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A418" s="1"/>
       <c r="B418" s="1">
-        <v>810794</v>
+        <v>810795</v>
       </c>
       <c r="C418" s="1" t="s">
         <v>1564</v>
       </c>
       <c r="D418" s="1" t="s">
         <v>1565</v>
       </c>
       <c r="E418" s="2" t="s">
         <v>1566</v>
       </c>
       <c r="F418" s="2" t="s">
         <v>1567</v>
       </c>
-      <c r="G418" s="2" t="s">
-        <v>49</v>
+      <c r="G418" s="2">
+        <v>10</v>
       </c>
       <c r="H418" s="2">
         <v>0</v>
       </c>
       <c r="I418" s="1">
         <v>0</v>
       </c>
       <c r="J418" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K418" s="2" t="str">
-        <f>J418*717.25</f>
+        <f>J418*1407.18</f>
         <v>0</v>
       </c>
       <c r="L418" s="5"/>
     </row>
     <row r="419" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A419" s="1"/>
       <c r="B419" s="1">
-        <v>810795</v>
+        <v>810796</v>
       </c>
       <c r="C419" s="1" t="s">
         <v>1568</v>
       </c>
       <c r="D419" s="1" t="s">
         <v>1569</v>
       </c>
       <c r="E419" s="2" t="s">
         <v>1570</v>
       </c>
       <c r="F419" s="2" t="s">
         <v>1571</v>
       </c>
-      <c r="G419" s="2">
-        <v>10</v>
+      <c r="G419" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H419" s="2">
         <v>0</v>
       </c>
       <c r="I419" s="1">
         <v>0</v>
       </c>
       <c r="J419" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K419" s="2" t="str">
-        <f>J419*1407.71</f>
+        <f>J419*1570.80</f>
         <v>0</v>
       </c>
       <c r="L419" s="5"/>
     </row>
-    <row r="420" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="420" spans="1:12" outlineLevel="4">
       <c r="A420" s="1"/>
       <c r="B420" s="1">
-        <v>810796</v>
+        <v>954220</v>
       </c>
       <c r="C420" s="1" t="s">
         <v>1572</v>
       </c>
       <c r="D420" s="1" t="s">
         <v>1573</v>
       </c>
       <c r="E420" s="2" t="s">
         <v>1574</v>
       </c>
       <c r="F420" s="2" t="s">
         <v>1575</v>
       </c>
       <c r="G420" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="H420" s="2">
         <v>0</v>
       </c>
       <c r="I420" s="1">
         <v>0</v>
       </c>
       <c r="J420" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K420" s="2" t="str">
-        <f>J420*1571.40</f>
+        <f>J420*398.65</f>
         <v>0</v>
       </c>
       <c r="L420" s="5"/>
     </row>
-    <row r="421" spans="1:12" outlineLevel="2">
-      <c r="A421" s="8" t="s">
+    <row r="421" spans="1:12" outlineLevel="4">
+      <c r="A421" s="1"/>
+      <c r="B421" s="1">
+        <v>954221</v>
+      </c>
+      <c r="C421" s="1" t="s">
         <v>1576</v>
       </c>
-      <c r="B421" s="8"/>
-[...8 lines deleted...]
-      <c r="K421" s="8"/>
+      <c r="D421" s="1" t="s">
+        <v>1577</v>
+      </c>
+      <c r="E421" s="2" t="s">
+        <v>1578</v>
+      </c>
+      <c r="F421" s="2" t="s">
+        <v>1579</v>
+      </c>
+      <c r="G421" s="2">
+        <v>1</v>
+      </c>
+      <c r="H421" s="2">
+        <v>0</v>
+      </c>
+      <c r="I421" s="1">
+        <v>0</v>
+      </c>
+      <c r="J421" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K421" s="2" t="str">
+        <f>J421*553.35</f>
+        <v>0</v>
+      </c>
       <c r="L421" s="5"/>
     </row>
-    <row r="422" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...31 lines deleted...]
-      </c>
+    <row r="422" spans="1:12" outlineLevel="2">
+      <c r="A422" s="8" t="s">
+        <v>1580</v>
+      </c>
+      <c r="B422" s="8"/>
+      <c r="C422" s="8"/>
+      <c r="D422" s="8"/>
+      <c r="E422" s="8"/>
+      <c r="F422" s="8"/>
+      <c r="G422" s="8"/>
+      <c r="H422" s="8"/>
+      <c r="I422" s="8"/>
+      <c r="J422" s="8"/>
+      <c r="K422" s="8"/>
       <c r="L422" s="5"/>
     </row>
     <row r="423" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A423" s="1"/>
       <c r="B423" s="1">
-        <v>810824</v>
+        <v>810823</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="E423" s="2" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>1583</v>
+        <v>236</v>
       </c>
       <c r="G423" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="H423" s="2" t="s">
         <v>96</v>
       </c>
       <c r="I423" s="1">
         <v>0</v>
       </c>
       <c r="J423" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K423" s="2" t="str">
-        <f>J423*903.00</f>
+        <f>J423*608.00</f>
         <v>0</v>
       </c>
       <c r="L423" s="5"/>
     </row>
     <row r="424" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A424" s="1"/>
       <c r="B424" s="1">
-        <v>833016</v>
+        <v>810824</v>
       </c>
       <c r="C424" s="1" t="s">
         <v>1584</v>
       </c>
       <c r="D424" s="1" t="s">
         <v>1585</v>
       </c>
       <c r="E424" s="2" t="s">
         <v>1586</v>
       </c>
       <c r="F424" s="2" t="s">
         <v>1587</v>
       </c>
-      <c r="G424" s="2">
+      <c r="G424" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H424" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="I424" s="1">
+        <v>0</v>
+      </c>
+      <c r="J424" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K424" s="2" t="str">
+        <f>J424*903.00</f>
+        <v>0</v>
+      </c>
+      <c r="L424" s="5"/>
+    </row>
+    <row r="425" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A425" s="1"/>
+      <c r="B425" s="1">
+        <v>833016</v>
+      </c>
+      <c r="C425" s="1" t="s">
+        <v>1588</v>
+      </c>
+      <c r="D425" s="1" t="s">
+        <v>1589</v>
+      </c>
+      <c r="E425" s="2" t="s">
+        <v>1590</v>
+      </c>
+      <c r="F425" s="2" t="s">
+        <v>1591</v>
+      </c>
+      <c r="G425" s="2">
         <v>4</v>
       </c>
-      <c r="H424" s="2" t="s">
-[...27 lines deleted...]
-      <c r="K425" s="8"/>
+      <c r="H425" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I425" s="1">
+        <v>0</v>
+      </c>
+      <c r="J425" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K425" s="2" t="str">
+        <f>J425*1693.00</f>
+        <v>0</v>
+      </c>
       <c r="L425" s="5"/>
     </row>
-    <row r="426" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...13 lines deleted...]
-      <c r="F426" s="2" t="s">
+    <row r="426" spans="1:12" outlineLevel="2">
+      <c r="A426" s="8" t="s">
         <v>1592</v>
       </c>
-      <c r="G426" s="2" t="s">
-[...14 lines deleted...]
-      </c>
+      <c r="B426" s="8"/>
+      <c r="C426" s="8"/>
+      <c r="D426" s="8"/>
+      <c r="E426" s="8"/>
+      <c r="F426" s="8"/>
+      <c r="G426" s="8"/>
+      <c r="H426" s="8"/>
+      <c r="I426" s="8"/>
+      <c r="J426" s="8"/>
+      <c r="K426" s="8"/>
       <c r="L426" s="5"/>
     </row>
     <row r="427" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A427" s="1"/>
       <c r="B427" s="1">
-        <v>833169</v>
+        <v>833168</v>
       </c>
       <c r="C427" s="1" t="s">
         <v>1593</v>
       </c>
       <c r="D427" s="1" t="s">
         <v>1594</v>
       </c>
       <c r="E427" s="2" t="s">
         <v>1595</v>
       </c>
       <c r="F427" s="2" t="s">
         <v>1596</v>
       </c>
-      <c r="G427" s="2">
-        <v>0</v>
+      <c r="G427" s="2" t="s">
+        <v>70</v>
       </c>
       <c r="H427" s="2">
         <v>0</v>
       </c>
       <c r="I427" s="1">
         <v>0</v>
       </c>
       <c r="J427" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K427" s="2" t="str">
-        <f>J427*703.52</f>
+        <f>J427*520.37</f>
         <v>0</v>
       </c>
       <c r="L427" s="5"/>
     </row>
     <row r="428" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A428" s="1"/>
       <c r="B428" s="1">
-        <v>837293</v>
+        <v>833169</v>
       </c>
       <c r="C428" s="1" t="s">
         <v>1597</v>
       </c>
       <c r="D428" s="1" t="s">
         <v>1598</v>
       </c>
       <c r="E428" s="2" t="s">
         <v>1599</v>
       </c>
       <c r="F428" s="2" t="s">
         <v>1600</v>
       </c>
-      <c r="G428" s="2" t="s">
-        <v>23</v>
+      <c r="G428" s="2">
+        <v>0</v>
       </c>
       <c r="H428" s="2">
         <v>0</v>
       </c>
       <c r="I428" s="1">
         <v>0</v>
       </c>
       <c r="J428" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K428" s="2" t="str">
-        <f>J428*508.57</f>
+        <f>J428*703.52</f>
         <v>0</v>
       </c>
       <c r="L428" s="5"/>
     </row>
     <row r="429" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A429" s="1"/>
       <c r="B429" s="1">
-        <v>882283</v>
+        <v>837293</v>
       </c>
       <c r="C429" s="1" t="s">
         <v>1601</v>
       </c>
       <c r="D429" s="1" t="s">
         <v>1602</v>
       </c>
       <c r="E429" s="2" t="s">
         <v>1603</v>
       </c>
       <c r="F429" s="2" t="s">
         <v>1604</v>
       </c>
-      <c r="G429" s="2" t="s">
-        <v>49</v>
+      <c r="G429" s="2">
+        <v>0</v>
       </c>
       <c r="H429" s="2">
         <v>0</v>
       </c>
       <c r="I429" s="1">
         <v>0</v>
       </c>
       <c r="J429" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K429" s="2" t="str">
-        <f>J429*304.75</f>
+        <f>J429*508.57</f>
         <v>0</v>
       </c>
       <c r="L429" s="5"/>
     </row>
-    <row r="430" spans="1:12" outlineLevel="1">
-      <c r="A430" s="7" t="s">
+    <row r="430" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A430" s="1"/>
+      <c r="B430" s="1">
+        <v>882283</v>
+      </c>
+      <c r="C430" s="1" t="s">
         <v>1605</v>
       </c>
-      <c r="B430" s="7"/>
-[...8 lines deleted...]
-      <c r="K430" s="7"/>
+      <c r="D430" s="1" t="s">
+        <v>1606</v>
+      </c>
+      <c r="E430" s="2" t="s">
+        <v>1607</v>
+      </c>
+      <c r="F430" s="2" t="s">
+        <v>1608</v>
+      </c>
+      <c r="G430" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H430" s="2">
+        <v>0</v>
+      </c>
+      <c r="I430" s="1">
+        <v>0</v>
+      </c>
+      <c r="J430" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K430" s="2" t="str">
+        <f>J430*304.75</f>
+        <v>0</v>
+      </c>
       <c r="L430" s="5"/>
     </row>
-    <row r="431" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
-[...13 lines deleted...]
-      <c r="F431" s="2" t="s">
+    <row r="431" spans="1:12" outlineLevel="2">
+      <c r="A431" s="8" t="s">
         <v>1609</v>
       </c>
-      <c r="G431" s="2">
-[...14 lines deleted...]
-      </c>
+      <c r="B431" s="8"/>
+      <c r="C431" s="8"/>
+      <c r="D431" s="8"/>
+      <c r="E431" s="8"/>
+      <c r="F431" s="8"/>
+      <c r="G431" s="8"/>
+      <c r="H431" s="8"/>
+      <c r="I431" s="8"/>
+      <c r="J431" s="8"/>
+      <c r="K431" s="8"/>
       <c r="L431" s="5"/>
     </row>
-    <row r="432" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="432" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A432" s="1"/>
       <c r="B432" s="1">
-        <v>810975</v>
+        <v>882245</v>
       </c>
       <c r="C432" s="1" t="s">
         <v>1610</v>
       </c>
       <c r="D432" s="1" t="s">
         <v>1611</v>
       </c>
       <c r="E432" s="2" t="s">
         <v>1612</v>
       </c>
       <c r="F432" s="2" t="s">
         <v>1613</v>
       </c>
       <c r="G432" s="2" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>23</v>
+      </c>
+      <c r="H432" s="2">
+        <v>0</v>
       </c>
       <c r="I432" s="1">
         <v>0</v>
       </c>
       <c r="J432" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K432" s="2" t="str">
-        <f>J432*36.00</f>
+        <f>J432*508.67</f>
         <v>0</v>
       </c>
       <c r="L432" s="5"/>
     </row>
-    <row r="433" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="433" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A433" s="1"/>
       <c r="B433" s="1">
-        <v>810976</v>
+        <v>882246</v>
       </c>
       <c r="C433" s="1" t="s">
         <v>1614</v>
       </c>
       <c r="D433" s="1" t="s">
         <v>1615</v>
       </c>
       <c r="E433" s="2" t="s">
         <v>1616</v>
       </c>
       <c r="F433" s="2" t="s">
         <v>1617</v>
       </c>
-      <c r="G433" s="2" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="G433" s="2">
+        <v>10</v>
+      </c>
+      <c r="H433" s="2">
+        <v>0</v>
       </c>
       <c r="I433" s="1">
         <v>0</v>
       </c>
       <c r="J433" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K433" s="2" t="str">
-        <f>J433*34.00</f>
+        <f>J433*661.84</f>
         <v>0</v>
       </c>
       <c r="L433" s="5"/>
     </row>
-    <row r="434" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
-[...4 lines deleted...]
-      <c r="C434" s="1" t="s">
+    <row r="434" spans="1:12" outlineLevel="2">
+      <c r="A434" s="8" t="s">
         <v>1618</v>
       </c>
-      <c r="D434" s="1" t="s">
-[...23 lines deleted...]
-      </c>
+      <c r="B434" s="8"/>
+      <c r="C434" s="8"/>
+      <c r="D434" s="8"/>
+      <c r="E434" s="8"/>
+      <c r="F434" s="8"/>
+      <c r="G434" s="8"/>
+      <c r="H434" s="8"/>
+      <c r="I434" s="8"/>
+      <c r="J434" s="8"/>
+      <c r="K434" s="8"/>
       <c r="L434" s="5"/>
     </row>
-    <row r="435" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="435" spans="1:12" outlineLevel="4">
       <c r="A435" s="1"/>
       <c r="B435" s="1">
-        <v>810978</v>
+        <v>954200</v>
       </c>
       <c r="C435" s="1" t="s">
+        <v>1619</v>
+      </c>
+      <c r="D435" s="1" t="s">
+        <v>1620</v>
+      </c>
+      <c r="E435" s="2" t="s">
+        <v>1621</v>
+      </c>
+      <c r="F435" s="2" t="s">
         <v>1622</v>
       </c>
-      <c r="D435" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G435" s="2">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>0</v>
+      </c>
+      <c r="H435" s="2">
+        <v>0</v>
       </c>
       <c r="I435" s="1">
         <v>0</v>
       </c>
       <c r="J435" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K435" s="2" t="str">
-        <f>J435*154.00</f>
+        <f>J435*493.69</f>
         <v>0</v>
       </c>
       <c r="L435" s="5"/>
     </row>
-    <row r="436" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="436" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A436" s="1"/>
       <c r="B436" s="1">
-        <v>810979</v>
+        <v>954201</v>
       </c>
       <c r="C436" s="1" t="s">
+        <v>1623</v>
+      </c>
+      <c r="D436" s="1" t="s">
+        <v>1624</v>
+      </c>
+      <c r="E436" s="2" t="s">
+        <v>1625</v>
+      </c>
+      <c r="F436" s="2" t="s">
         <v>1626</v>
       </c>
-      <c r="D436" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G436" s="2">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="H436" s="2" t="s">
+        <v>-20</v>
+      </c>
+      <c r="H436" s="2">
+        <v>0</v>
+      </c>
+      <c r="I436" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="I436" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="J436" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K436" s="2" t="str">
-        <f>J436*87.00</f>
+        <f>J436*546.66</f>
         <v>0</v>
       </c>
       <c r="L436" s="5"/>
     </row>
-    <row r="437" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="437" spans="1:12" outlineLevel="4">
       <c r="A437" s="1"/>
       <c r="B437" s="1">
-        <v>810980</v>
+        <v>954202</v>
       </c>
       <c r="C437" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D437" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="E437" s="2" t="s">
+        <v>1629</v>
+      </c>
+      <c r="F437" s="2" t="s">
         <v>1630</v>
       </c>
-      <c r="D437" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G437" s="2">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>0</v>
+      </c>
+      <c r="H437" s="2">
+        <v>0</v>
       </c>
       <c r="I437" s="1">
         <v>0</v>
       </c>
       <c r="J437" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K437" s="2" t="str">
-        <f>J437*57.00</f>
+        <f>J437*810.41</f>
         <v>0</v>
       </c>
       <c r="L437" s="5"/>
     </row>
-    <row r="438" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="438" spans="1:12" outlineLevel="4">
       <c r="A438" s="1"/>
       <c r="B438" s="1">
-        <v>810981</v>
+        <v>954203</v>
       </c>
       <c r="C438" s="1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="D438" s="1" t="s">
+        <v>1632</v>
+      </c>
+      <c r="E438" s="2" t="s">
+        <v>1633</v>
+      </c>
+      <c r="F438" s="2" t="s">
         <v>1634</v>
       </c>
-      <c r="D438" s="1" t="s">
+      <c r="G438" s="2">
+        <v>0</v>
+      </c>
+      <c r="H438" s="2">
+        <v>0</v>
+      </c>
+      <c r="I438" s="1">
+        <v>0</v>
+      </c>
+      <c r="J438" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K438" s="2" t="str">
+        <f>J438*382.10</f>
+        <v>0</v>
+      </c>
+      <c r="L438" s="5"/>
+    </row>
+    <row r="439" spans="1:12" outlineLevel="1">
+      <c r="A439" s="7" t="s">
         <v>1635</v>
       </c>
-      <c r="E438" s="2" t="s">
-[...55 lines deleted...]
-      </c>
+      <c r="B439" s="7"/>
+      <c r="C439" s="7"/>
+      <c r="D439" s="7"/>
+      <c r="E439" s="7"/>
+      <c r="F439" s="7"/>
+      <c r="G439" s="7"/>
+      <c r="H439" s="7"/>
+      <c r="I439" s="7"/>
+      <c r="J439" s="7"/>
+      <c r="K439" s="7"/>
       <c r="L439" s="5"/>
     </row>
     <row r="440" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A440" s="1"/>
       <c r="B440" s="1">
-        <v>810983</v>
+        <v>810974</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>1642</v>
+        <v>1636</v>
       </c>
       <c r="D440" s="1" t="s">
-        <v>1643</v>
+        <v>1637</v>
       </c>
       <c r="E440" s="2" t="s">
-        <v>1644</v>
+        <v>1638</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>1645</v>
+        <v>1639</v>
       </c>
       <c r="G440" s="2">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>5</v>
+      </c>
+      <c r="H440" s="2" t="s">
+        <v>70</v>
       </c>
       <c r="I440" s="1">
         <v>0</v>
       </c>
       <c r="J440" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K440" s="2" t="str">
-        <f>J440*147.00</f>
+        <f>J440*263.00</f>
         <v>0</v>
       </c>
       <c r="L440" s="5"/>
     </row>
     <row r="441" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A441" s="1"/>
       <c r="B441" s="1">
-        <v>810984</v>
+        <v>810975</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>1646</v>
+        <v>1640</v>
       </c>
       <c r="D441" s="1" t="s">
-        <v>1647</v>
+        <v>1641</v>
       </c>
       <c r="E441" s="2" t="s">
-        <v>1648</v>
+        <v>1642</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>1649</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1643</v>
+      </c>
+      <c r="G441" s="2" t="s">
+        <v>70</v>
       </c>
       <c r="H441" s="2">
         <v>0</v>
       </c>
       <c r="I441" s="1">
         <v>0</v>
       </c>
       <c r="J441" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K441" s="2" t="str">
-        <f>J441*94.00</f>
+        <f>J441*36.00</f>
         <v>0</v>
       </c>
       <c r="L441" s="5"/>
     </row>
     <row r="442" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A442" s="1"/>
       <c r="B442" s="1">
-        <v>810985</v>
+        <v>810976</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>1650</v>
+        <v>1644</v>
       </c>
       <c r="D442" s="1" t="s">
-        <v>1651</v>
+        <v>1645</v>
       </c>
       <c r="E442" s="2" t="s">
-        <v>1652</v>
+        <v>1646</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>1653</v>
+        <v>1647</v>
       </c>
       <c r="G442" s="2" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="H442" s="2" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="I442" s="1">
         <v>0</v>
       </c>
       <c r="J442" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K442" s="2" t="str">
-        <f>J442*59.00</f>
+        <f>J442*34.00</f>
         <v>0</v>
       </c>
       <c r="L442" s="5"/>
     </row>
     <row r="443" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A443" s="1"/>
       <c r="B443" s="1">
-        <v>810986</v>
+        <v>810977</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>1654</v>
+        <v>1648</v>
       </c>
       <c r="D443" s="1" t="s">
-        <v>1655</v>
+        <v>1649</v>
       </c>
       <c r="E443" s="2" t="s">
-        <v>1656</v>
+        <v>1650</v>
       </c>
       <c r="F443" s="2" t="s">
-        <v>1653</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>1651</v>
+      </c>
+      <c r="G443" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="H443" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="I443" s="1">
         <v>0</v>
       </c>
       <c r="J443" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K443" s="2" t="str">
-        <f>J443*59.00</f>
+        <f>J443*35.00</f>
         <v>0</v>
       </c>
       <c r="L443" s="5"/>
     </row>
     <row r="444" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A444" s="1"/>
       <c r="B444" s="1">
-        <v>810987</v>
+        <v>810978</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>1657</v>
+        <v>1652</v>
       </c>
       <c r="D444" s="1" t="s">
-        <v>1658</v>
+        <v>1653</v>
       </c>
       <c r="E444" s="2" t="s">
-        <v>1659</v>
+        <v>1654</v>
       </c>
       <c r="F444" s="2" t="s">
-        <v>1613</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>1655</v>
+      </c>
+      <c r="G444" s="2">
+        <v>7</v>
+      </c>
+      <c r="H444" s="2" t="s">
+        <v>70</v>
       </c>
       <c r="I444" s="1">
         <v>0</v>
       </c>
       <c r="J444" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K444" s="2" t="str">
-        <f>J444*36.00</f>
+        <f>J444*154.00</f>
         <v>0</v>
       </c>
       <c r="L444" s="5"/>
     </row>
     <row r="445" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A445" s="1"/>
       <c r="B445" s="1">
-        <v>810988</v>
+        <v>810979</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>1660</v>
+        <v>1656</v>
       </c>
       <c r="D445" s="1" t="s">
-        <v>1661</v>
+        <v>1657</v>
       </c>
       <c r="E445" s="2" t="s">
-        <v>1662</v>
+        <v>1658</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>1663</v>
+        <v>1659</v>
       </c>
       <c r="G445" s="2">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="H445" s="2">
         <v>8</v>
       </c>
+      <c r="H445" s="2" t="s">
+        <v>48</v>
+      </c>
       <c r="I445" s="1">
         <v>0</v>
       </c>
       <c r="J445" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K445" s="2" t="str">
-        <f>J445*72.00</f>
+        <f>J445*87.00</f>
         <v>0</v>
       </c>
       <c r="L445" s="5"/>
     </row>
     <row r="446" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A446" s="1"/>
       <c r="B446" s="1">
-        <v>810989</v>
+        <v>810980</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>1664</v>
+        <v>1660</v>
       </c>
       <c r="D446" s="1" t="s">
-        <v>1665</v>
+        <v>1661</v>
       </c>
       <c r="E446" s="2" t="s">
-        <v>1666</v>
+        <v>1662</v>
       </c>
       <c r="F446" s="2" t="s">
-        <v>1667</v>
+        <v>1663</v>
       </c>
       <c r="G446" s="2">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="H446" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I446" s="1">
         <v>0</v>
       </c>
       <c r="J446" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K446" s="2" t="str">
-        <f>J446*287.00</f>
+        <f>J446*57.00</f>
         <v>0</v>
       </c>
       <c r="L446" s="5"/>
     </row>
     <row r="447" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A447" s="1"/>
       <c r="B447" s="1">
-        <v>810990</v>
+        <v>810981</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>1668</v>
+        <v>1664</v>
       </c>
       <c r="D447" s="1" t="s">
-        <v>1669</v>
+        <v>1665</v>
       </c>
       <c r="E447" s="2" t="s">
-        <v>1670</v>
+        <v>1666</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>1671</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1667</v>
+      </c>
+      <c r="G447" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H447" s="2">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="I447" s="1">
         <v>0</v>
       </c>
       <c r="J447" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K447" s="2" t="str">
-        <f>J447*269.00</f>
+        <f>J447*44.00</f>
         <v>0</v>
       </c>
       <c r="L447" s="5"/>
     </row>
     <row r="448" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A448" s="1"/>
       <c r="B448" s="1">
-        <v>810991</v>
+        <v>810982</v>
       </c>
       <c r="C448" s="1" t="s">
+        <v>1668</v>
+      </c>
+      <c r="D448" s="1" t="s">
+        <v>1669</v>
+      </c>
+      <c r="E448" s="2" t="s">
+        <v>1670</v>
+      </c>
+      <c r="F448" s="2" t="s">
+        <v>1671</v>
+      </c>
+      <c r="G448" s="2">
+        <v>0</v>
+      </c>
+      <c r="H448" s="2">
+        <v>0</v>
+      </c>
+      <c r="I448" s="1">
+        <v>0</v>
+      </c>
+      <c r="J448" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K448" s="2" t="str">
+        <f>J448*192.00</f>
+        <v>0</v>
+      </c>
+      <c r="L448" s="5"/>
+    </row>
+    <row r="449" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A449" s="1"/>
+      <c r="B449" s="1">
+        <v>810983</v>
+      </c>
+      <c r="C449" s="1" t="s">
         <v>1672</v>
       </c>
-      <c r="D448" s="1" t="s">
+      <c r="D449" s="1" t="s">
         <v>1673</v>
       </c>
-      <c r="E448" s="2" t="s">
+      <c r="E449" s="2" t="s">
         <v>1674</v>
       </c>
-      <c r="F448" s="2" t="s">
+      <c r="F449" s="2" t="s">
         <v>1675</v>
       </c>
-      <c r="G448" s="2">
-[...30 lines deleted...]
-      <c r="K449" s="7"/>
+      <c r="G449" s="2">
+        <v>1</v>
+      </c>
+      <c r="H449" s="2">
+        <v>0</v>
+      </c>
+      <c r="I449" s="1">
+        <v>0</v>
+      </c>
+      <c r="J449" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K449" s="2" t="str">
+        <f>J449*147.00</f>
+        <v>0</v>
+      </c>
       <c r="L449" s="5"/>
     </row>
     <row r="450" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A450" s="1"/>
       <c r="B450" s="1">
-        <v>873430</v>
+        <v>810984</v>
       </c>
       <c r="C450" s="1" t="s">
+        <v>1676</v>
+      </c>
+      <c r="D450" s="1" t="s">
         <v>1677</v>
       </c>
-      <c r="D450" s="1"/>
       <c r="E450" s="2" t="s">
         <v>1678</v>
       </c>
       <c r="F450" s="2" t="s">
         <v>1679</v>
       </c>
       <c r="G450" s="2">
         <v>0</v>
       </c>
       <c r="H450" s="2">
         <v>0</v>
       </c>
       <c r="I450" s="1">
         <v>0</v>
       </c>
       <c r="J450" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K450" s="2" t="str">
-        <f>J450*2942.40</f>
+        <f>J450*94.00</f>
         <v>0</v>
       </c>
       <c r="L450" s="5"/>
     </row>
     <row r="451" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A451" s="1"/>
       <c r="B451" s="1">
-        <v>873431</v>
+        <v>810985</v>
       </c>
       <c r="C451" s="1" t="s">
         <v>1680</v>
       </c>
-      <c r="D451" s="1"/>
+      <c r="D451" s="1" t="s">
+        <v>1681</v>
+      </c>
       <c r="E451" s="2" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>1682</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>1683</v>
+      </c>
+      <c r="G451" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H451" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="I451" s="1">
         <v>0</v>
       </c>
       <c r="J451" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K451" s="2" t="str">
-        <f>J451*3518.40</f>
+        <f>J451*59.00</f>
         <v>0</v>
       </c>
       <c r="L451" s="5"/>
     </row>
     <row r="452" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A452" s="1"/>
       <c r="B452" s="1">
-        <v>858507</v>
+        <v>810986</v>
       </c>
       <c r="C452" s="1" t="s">
+        <v>1684</v>
+      </c>
+      <c r="D452" s="1" t="s">
+        <v>1685</v>
+      </c>
+      <c r="E452" s="2" t="s">
+        <v>1686</v>
+      </c>
+      <c r="F452" s="2" t="s">
         <v>1683</v>
       </c>
-      <c r="D452" s="1"/>
-[...5 lines deleted...]
-      </c>
       <c r="G452" s="2">
         <v>0</v>
       </c>
       <c r="H452" s="2">
         <v>0</v>
       </c>
       <c r="I452" s="1">
         <v>0</v>
       </c>
       <c r="J452" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K452" s="2" t="str">
-        <f>J452*3688.00</f>
+        <f>J452*59.00</f>
         <v>0</v>
       </c>
       <c r="L452" s="5"/>
     </row>
     <row r="453" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A453" s="1"/>
       <c r="B453" s="1">
-        <v>868618</v>
+        <v>810987</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>1686</v>
-[...1 lines deleted...]
-      <c r="D453" s="1"/>
+        <v>1687</v>
+      </c>
+      <c r="D453" s="1" t="s">
+        <v>1688</v>
+      </c>
       <c r="E453" s="2" t="s">
-        <v>1687</v>
+        <v>1689</v>
       </c>
       <c r="F453" s="2" t="s">
-        <v>1688</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1643</v>
+      </c>
+      <c r="G453" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H453" s="2">
         <v>0</v>
       </c>
       <c r="I453" s="1">
         <v>0</v>
       </c>
       <c r="J453" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K453" s="2" t="str">
-        <f>J453*4211.20</f>
+        <f>J453*36.00</f>
         <v>0</v>
       </c>
       <c r="L453" s="5"/>
     </row>
     <row r="454" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A454" s="1"/>
       <c r="B454" s="1">
-        <v>877728</v>
+        <v>810988</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>1689</v>
-[...1 lines deleted...]
-      <c r="D454" s="1"/>
+        <v>1690</v>
+      </c>
+      <c r="D454" s="1" t="s">
+        <v>1691</v>
+      </c>
       <c r="E454" s="2" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
       <c r="F454" s="2" t="s">
-        <v>1691</v>
+        <v>1693</v>
       </c>
       <c r="G454" s="2">
         <v>0</v>
       </c>
       <c r="H454" s="2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="I454" s="1">
         <v>0</v>
       </c>
       <c r="J454" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K454" s="2" t="str">
-        <f>J454*4648.00</f>
+        <f>J454*72.00</f>
         <v>0</v>
       </c>
       <c r="L454" s="5"/>
     </row>
     <row r="455" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A455" s="1"/>
       <c r="B455" s="1">
-        <v>868611</v>
+        <v>810989</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>1692</v>
-[...1 lines deleted...]
-      <c r="D455" s="1"/>
+        <v>1694</v>
+      </c>
+      <c r="D455" s="1" t="s">
+        <v>1695</v>
+      </c>
       <c r="E455" s="2" t="s">
-        <v>1693</v>
+        <v>1696</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>1694</v>
+        <v>1697</v>
       </c>
       <c r="G455" s="2">
         <v>0</v>
       </c>
-      <c r="H455" s="2">
-        <v>0</v>
+      <c r="H455" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="I455" s="1">
         <v>0</v>
       </c>
       <c r="J455" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K455" s="2" t="str">
-        <f>J455*5820.80</f>
+        <f>J455*287.00</f>
         <v>0</v>
       </c>
       <c r="L455" s="5"/>
     </row>
     <row r="456" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A456" s="1"/>
       <c r="B456" s="1">
-        <v>868612</v>
+        <v>810990</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>1695</v>
-[...1 lines deleted...]
-      <c r="D456" s="1"/>
+        <v>1698</v>
+      </c>
+      <c r="D456" s="1" t="s">
+        <v>1699</v>
+      </c>
       <c r="E456" s="2" t="s">
-        <v>1696</v>
+        <v>1700</v>
       </c>
       <c r="F456" s="2" t="s">
-        <v>1697</v>
+        <v>1701</v>
       </c>
       <c r="G456" s="2">
         <v>0</v>
       </c>
       <c r="H456" s="2">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I456" s="1">
         <v>0</v>
       </c>
       <c r="J456" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K456" s="2" t="str">
-        <f>J456*6044.80</f>
+        <f>J456*269.00</f>
         <v>0</v>
       </c>
       <c r="L456" s="5"/>
     </row>
     <row r="457" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A457" s="1"/>
       <c r="B457" s="1">
-        <v>868613</v>
+        <v>810991</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>1698</v>
-[...1 lines deleted...]
-      <c r="D457" s="1"/>
+        <v>1702</v>
+      </c>
+      <c r="D457" s="1" t="s">
+        <v>1703</v>
+      </c>
       <c r="E457" s="2" t="s">
-        <v>1699</v>
+        <v>1704</v>
       </c>
       <c r="F457" s="2" t="s">
-        <v>1700</v>
+        <v>1705</v>
       </c>
       <c r="G457" s="2">
         <v>0</v>
       </c>
       <c r="H457" s="2">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="I457" s="1">
         <v>0</v>
       </c>
       <c r="J457" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K457" s="2" t="str">
-        <f>J457*6334.40</f>
+        <f>J457*47.00</f>
         <v>0</v>
       </c>
       <c r="L457" s="5"/>
     </row>
-    <row r="458" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
-[...31 lines deleted...]
-      </c>
+    <row r="458" spans="1:12" outlineLevel="1">
+      <c r="A458" s="7" t="s">
+        <v>1706</v>
+      </c>
+      <c r="B458" s="7"/>
+      <c r="C458" s="7"/>
+      <c r="D458" s="7"/>
+      <c r="E458" s="7"/>
+      <c r="F458" s="7"/>
+      <c r="G458" s="7"/>
+      <c r="H458" s="7"/>
+      <c r="I458" s="7"/>
+      <c r="J458" s="7"/>
+      <c r="K458" s="7"/>
       <c r="L458" s="5"/>
     </row>
     <row r="459" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A459" s="1"/>
       <c r="B459" s="1">
-        <v>879199</v>
+        <v>873430</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>1705</v>
-[...3 lines deleted...]
-      </c>
+        <v>1707</v>
+      </c>
+      <c r="D459" s="1"/>
       <c r="E459" s="2" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="F459" s="2" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
       <c r="G459" s="2">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="H459" s="2">
         <v>0</v>
       </c>
       <c r="I459" s="1">
         <v>0</v>
       </c>
       <c r="J459" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K459" s="2" t="str">
-        <f>J459*3383.87</f>
+        <f>J459*2942.40</f>
         <v>0</v>
       </c>
       <c r="L459" s="5"/>
     </row>
     <row r="460" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A460" s="1"/>
       <c r="B460" s="1">
-        <v>879200</v>
+        <v>873431</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>1709</v>
-[...1 lines deleted...]
-      <c r="D460" s="1" t="s">
         <v>1710</v>
       </c>
+      <c r="D460" s="1"/>
       <c r="E460" s="2" t="s">
         <v>1711</v>
       </c>
       <c r="F460" s="2" t="s">
         <v>1712</v>
       </c>
-      <c r="G460" s="2" t="s">
-        <v>49</v>
+      <c r="G460" s="2">
+        <v>0</v>
       </c>
       <c r="H460" s="2">
         <v>0</v>
       </c>
       <c r="I460" s="1">
         <v>0</v>
       </c>
       <c r="J460" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K460" s="2" t="str">
-        <f>J460*3943.39</f>
+        <f>J460*3518.40</f>
         <v>0</v>
       </c>
       <c r="L460" s="5"/>
     </row>
     <row r="461" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A461" s="1"/>
       <c r="B461" s="1">
-        <v>882881</v>
+        <v>858507</v>
       </c>
       <c r="C461" s="1" t="s">
         <v>1713</v>
       </c>
-      <c r="D461" s="1" t="s">
+      <c r="D461" s="1"/>
+      <c r="E461" s="2" t="s">
         <v>1714</v>
       </c>
-      <c r="E461" s="2" t="s">
+      <c r="F461" s="2" t="s">
         <v>1715</v>
       </c>
-      <c r="F461" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G461" s="2">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="H461" s="2">
         <v>0</v>
       </c>
       <c r="I461" s="1">
         <v>0</v>
       </c>
       <c r="J461" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K461" s="2" t="str">
-        <f>J461*4776.70</f>
+        <f>J461*3688.00</f>
         <v>0</v>
       </c>
       <c r="L461" s="5"/>
     </row>
     <row r="462" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A462" s="1"/>
       <c r="B462" s="1">
-        <v>882882</v>
+        <v>868618</v>
       </c>
       <c r="C462" s="1" t="s">
+        <v>1716</v>
+      </c>
+      <c r="D462" s="1"/>
+      <c r="E462" s="2" t="s">
         <v>1717</v>
       </c>
-      <c r="D462" s="1" t="s">
+      <c r="F462" s="2" t="s">
         <v>1718</v>
       </c>
-      <c r="E462" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G462" s="2">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="H462" s="2">
         <v>0</v>
       </c>
       <c r="I462" s="1">
         <v>0</v>
       </c>
       <c r="J462" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K462" s="2" t="str">
-        <f>J462*5324.31</f>
+        <f>J462*4211.20</f>
         <v>0</v>
       </c>
       <c r="L462" s="5"/>
     </row>
     <row r="463" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A463" s="1"/>
       <c r="B463" s="1">
-        <v>883946</v>
+        <v>877728</v>
       </c>
       <c r="C463" s="1" t="s">
+        <v>1719</v>
+      </c>
+      <c r="D463" s="1"/>
+      <c r="E463" s="2" t="s">
+        <v>1720</v>
+      </c>
+      <c r="F463" s="2" t="s">
         <v>1721</v>
       </c>
-      <c r="D463" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G463" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H463" s="2">
         <v>0</v>
       </c>
       <c r="I463" s="1">
         <v>0</v>
       </c>
       <c r="J463" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K463" s="2" t="str">
-        <f>J463*6493.94</f>
+        <f>J463*4648.00</f>
         <v>0</v>
       </c>
       <c r="L463" s="5"/>
     </row>
     <row r="464" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A464" s="1"/>
       <c r="B464" s="1">
-        <v>883947</v>
+        <v>868611</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>1725</v>
-[...3 lines deleted...]
-      </c>
+        <v>1722</v>
+      </c>
+      <c r="D464" s="1"/>
       <c r="E464" s="2" t="s">
-        <v>1727</v>
+        <v>1723</v>
       </c>
       <c r="F464" s="2" t="s">
-        <v>1728</v>
+        <v>1724</v>
       </c>
       <c r="G464" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H464" s="2">
         <v>0</v>
       </c>
       <c r="I464" s="1">
         <v>0</v>
       </c>
       <c r="J464" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K464" s="2" t="str">
-        <f>J464*6996.91</f>
+        <f>J464*5820.80</f>
         <v>0</v>
       </c>
       <c r="L464" s="5"/>
     </row>
     <row r="465" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A465" s="1"/>
       <c r="B465" s="1">
-        <v>885820</v>
+        <v>868612</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>1729</v>
-[...3 lines deleted...]
-      </c>
+        <v>1725</v>
+      </c>
+      <c r="D465" s="1"/>
       <c r="E465" s="2" t="s">
-        <v>1731</v>
+        <v>1726</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>1732</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>1727</v>
+      </c>
+      <c r="G465" s="2">
+        <v>0</v>
       </c>
       <c r="H465" s="2">
         <v>0</v>
       </c>
       <c r="I465" s="1">
         <v>0</v>
       </c>
       <c r="J465" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K465" s="2" t="str">
-        <f>J465*1741.04</f>
+        <f>J465*6044.80</f>
         <v>0</v>
       </c>
       <c r="L465" s="5"/>
     </row>
     <row r="466" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A466" s="1"/>
       <c r="B466" s="1">
-        <v>885821</v>
+        <v>868613</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>1733</v>
-[...3 lines deleted...]
-      </c>
+        <v>1728</v>
+      </c>
+      <c r="D466" s="1"/>
       <c r="E466" s="2" t="s">
-        <v>1735</v>
+        <v>1729</v>
       </c>
       <c r="F466" s="2" t="s">
-        <v>1736</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>1730</v>
+      </c>
+      <c r="G466" s="2">
+        <v>0</v>
       </c>
       <c r="H466" s="2">
         <v>0</v>
       </c>
       <c r="I466" s="1">
         <v>0</v>
       </c>
       <c r="J466" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K466" s="2" t="str">
-        <f>J466*1944.91</f>
+        <f>J466*6334.40</f>
         <v>0</v>
       </c>
       <c r="L466" s="5"/>
     </row>
     <row r="467" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A467" s="1"/>
       <c r="B467" s="1">
-        <v>885822</v>
+        <v>879198</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>1737</v>
+        <v>1731</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>1738</v>
+        <v>1732</v>
       </c>
       <c r="E467" s="2" t="s">
-        <v>1739</v>
+        <v>1733</v>
       </c>
       <c r="F467" s="2" t="s">
-        <v>1740</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>1734</v>
+      </c>
+      <c r="G467" s="2">
+        <v>6</v>
       </c>
       <c r="H467" s="2">
         <v>0</v>
       </c>
       <c r="I467" s="1">
         <v>0</v>
       </c>
       <c r="J467" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K467" s="2" t="str">
-        <f>J467*2147.28</f>
+        <f>J467*2806.91</f>
         <v>0</v>
       </c>
       <c r="L467" s="5"/>
     </row>
     <row r="468" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A468" s="1"/>
       <c r="B468" s="1">
-        <v>885823</v>
+        <v>879199</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>1741</v>
+        <v>1735</v>
       </c>
       <c r="D468" s="1" t="s">
-        <v>1742</v>
+        <v>1736</v>
       </c>
       <c r="E468" s="2" t="s">
-        <v>1743</v>
+        <v>1737</v>
       </c>
       <c r="F468" s="2" t="s">
-        <v>1744</v>
+        <v>1738</v>
       </c>
       <c r="G468" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H468" s="2">
         <v>0</v>
       </c>
       <c r="I468" s="1">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="J468" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K468" s="2" t="str">
-        <f>J468*2339.25</f>
+        <f>J468*3382.58</f>
         <v>0</v>
       </c>
       <c r="L468" s="5"/>
     </row>
     <row r="469" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A469" s="1"/>
       <c r="B469" s="1">
+        <v>879200</v>
+      </c>
+      <c r="C469" s="1" t="s">
+        <v>1739</v>
+      </c>
+      <c r="D469" s="1" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E469" s="2" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F469" s="2" t="s">
+        <v>1742</v>
+      </c>
+      <c r="G469" s="2">
+        <v>10</v>
+      </c>
+      <c r="H469" s="2">
+        <v>0</v>
+      </c>
+      <c r="I469" s="1">
+        <v>0</v>
+      </c>
+      <c r="J469" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K469" s="2" t="str">
+        <f>J469*3941.88</f>
+        <v>0</v>
+      </c>
+      <c r="L469" s="5"/>
+    </row>
+    <row r="470" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A470" s="1"/>
+      <c r="B470" s="1">
+        <v>882881</v>
+      </c>
+      <c r="C470" s="1" t="s">
+        <v>1743</v>
+      </c>
+      <c r="D470" s="1" t="s">
+        <v>1744</v>
+      </c>
+      <c r="E470" s="2" t="s">
+        <v>1745</v>
+      </c>
+      <c r="F470" s="2" t="s">
+        <v>1746</v>
+      </c>
+      <c r="G470" s="2">
+        <v>6</v>
+      </c>
+      <c r="H470" s="2">
+        <v>0</v>
+      </c>
+      <c r="I470" s="1">
+        <v>0</v>
+      </c>
+      <c r="J470" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K470" s="2" t="str">
+        <f>J470*4774.88</f>
+        <v>0</v>
+      </c>
+      <c r="L470" s="5"/>
+    </row>
+    <row r="471" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A471" s="1"/>
+      <c r="B471" s="1">
+        <v>882882</v>
+      </c>
+      <c r="C471" s="1" t="s">
+        <v>1747</v>
+      </c>
+      <c r="D471" s="1" t="s">
+        <v>1748</v>
+      </c>
+      <c r="E471" s="2" t="s">
+        <v>1749</v>
+      </c>
+      <c r="F471" s="2" t="s">
+        <v>1750</v>
+      </c>
+      <c r="G471" s="2">
+        <v>5</v>
+      </c>
+      <c r="H471" s="2">
+        <v>0</v>
+      </c>
+      <c r="I471" s="1">
+        <v>0</v>
+      </c>
+      <c r="J471" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K471" s="2" t="str">
+        <f>J471*5322.28</f>
+        <v>0</v>
+      </c>
+      <c r="L471" s="5"/>
+    </row>
+    <row r="472" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A472" s="1"/>
+      <c r="B472" s="1">
+        <v>883946</v>
+      </c>
+      <c r="C472" s="1" t="s">
+        <v>1751</v>
+      </c>
+      <c r="D472" s="1" t="s">
+        <v>1752</v>
+      </c>
+      <c r="E472" s="2" t="s">
+        <v>1753</v>
+      </c>
+      <c r="F472" s="2" t="s">
+        <v>1754</v>
+      </c>
+      <c r="G472" s="2">
+        <v>1</v>
+      </c>
+      <c r="H472" s="2">
+        <v>0</v>
+      </c>
+      <c r="I472" s="1">
+        <v>0</v>
+      </c>
+      <c r="J472" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K472" s="2" t="str">
+        <f>J472*6491.45</f>
+        <v>0</v>
+      </c>
+      <c r="L472" s="5"/>
+    </row>
+    <row r="473" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A473" s="1"/>
+      <c r="B473" s="1">
+        <v>883947</v>
+      </c>
+      <c r="C473" s="1" t="s">
+        <v>1755</v>
+      </c>
+      <c r="D473" s="1" t="s">
+        <v>1756</v>
+      </c>
+      <c r="E473" s="2" t="s">
+        <v>1757</v>
+      </c>
+      <c r="F473" s="2" t="s">
+        <v>1758</v>
+      </c>
+      <c r="G473" s="2">
+        <v>1</v>
+      </c>
+      <c r="H473" s="2">
+        <v>0</v>
+      </c>
+      <c r="I473" s="1">
+        <v>0</v>
+      </c>
+      <c r="J473" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K473" s="2" t="str">
+        <f>J473*6994.23</f>
+        <v>0</v>
+      </c>
+      <c r="L473" s="5"/>
+    </row>
+    <row r="474" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A474" s="1"/>
+      <c r="B474" s="1">
+        <v>885820</v>
+      </c>
+      <c r="C474" s="1" t="s">
+        <v>1759</v>
+      </c>
+      <c r="D474" s="1" t="s">
+        <v>1760</v>
+      </c>
+      <c r="E474" s="2" t="s">
+        <v>1761</v>
+      </c>
+      <c r="F474" s="2" t="s">
+        <v>1762</v>
+      </c>
+      <c r="G474" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H474" s="2">
+        <v>0</v>
+      </c>
+      <c r="I474" s="1">
+        <v>0</v>
+      </c>
+      <c r="J474" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K474" s="2" t="str">
+        <f>J474*1740.38</f>
+        <v>0</v>
+      </c>
+      <c r="L474" s="5"/>
+    </row>
+    <row r="475" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A475" s="1"/>
+      <c r="B475" s="1">
+        <v>885821</v>
+      </c>
+      <c r="C475" s="1" t="s">
+        <v>1763</v>
+      </c>
+      <c r="D475" s="1" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E475" s="2" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F475" s="2" t="s">
+        <v>1766</v>
+      </c>
+      <c r="G475" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H475" s="2">
+        <v>0</v>
+      </c>
+      <c r="I475" s="1">
+        <v>0</v>
+      </c>
+      <c r="J475" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K475" s="2" t="str">
+        <f>J475*1944.16</f>
+        <v>0</v>
+      </c>
+      <c r="L475" s="5"/>
+    </row>
+    <row r="476" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A476" s="1"/>
+      <c r="B476" s="1">
+        <v>885822</v>
+      </c>
+      <c r="C476" s="1" t="s">
+        <v>1767</v>
+      </c>
+      <c r="D476" s="1" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E476" s="2" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F476" s="2" t="s">
+        <v>1770</v>
+      </c>
+      <c r="G476" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H476" s="2">
+        <v>0</v>
+      </c>
+      <c r="I476" s="1">
+        <v>0</v>
+      </c>
+      <c r="J476" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K476" s="2" t="str">
+        <f>J476*2146.46</f>
+        <v>0</v>
+      </c>
+      <c r="L476" s="5"/>
+    </row>
+    <row r="477" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A477" s="1"/>
+      <c r="B477" s="1">
+        <v>885823</v>
+      </c>
+      <c r="C477" s="1" t="s">
+        <v>1771</v>
+      </c>
+      <c r="D477" s="1" t="s">
+        <v>1772</v>
+      </c>
+      <c r="E477" s="2" t="s">
+        <v>1773</v>
+      </c>
+      <c r="F477" s="2" t="s">
+        <v>1774</v>
+      </c>
+      <c r="G477" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H477" s="2">
+        <v>0</v>
+      </c>
+      <c r="I477" s="1">
+        <v>0</v>
+      </c>
+      <c r="J477" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K477" s="2" t="str">
+        <f>J477*2338.35</f>
+        <v>0</v>
+      </c>
+      <c r="L477" s="5"/>
+    </row>
+    <row r="478" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A478" s="1"/>
+      <c r="B478" s="1">
         <v>885824</v>
       </c>
-      <c r="C469" s="1" t="s">
-[...27 lines deleted...]
-      <c r="L469" s="5"/>
+      <c r="C478" s="1" t="s">
+        <v>1775</v>
+      </c>
+      <c r="D478" s="1" t="s">
+        <v>1776</v>
+      </c>
+      <c r="E478" s="2" t="s">
+        <v>1777</v>
+      </c>
+      <c r="F478" s="2" t="s">
+        <v>1778</v>
+      </c>
+      <c r="G478" s="2">
+        <v>4</v>
+      </c>
+      <c r="H478" s="2">
+        <v>0</v>
+      </c>
+      <c r="I478" s="1">
+        <v>5</v>
+      </c>
+      <c r="J478" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K478" s="2" t="str">
+        <f>J478*2488.59</f>
+        <v>0</v>
+      </c>
+      <c r="L478" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
-    <mergeCell ref="A395:K395"/>
-[...1 lines deleted...]
-    <mergeCell ref="A449:K449"/>
+    <mergeCell ref="A396:K396"/>
+    <mergeCell ref="A439:K439"/>
+    <mergeCell ref="A458:K458"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A17:K17"/>
     <mergeCell ref="A182:K182"/>
-    <mergeCell ref="A262:K262"/>
-[...7 lines deleted...]
-    <mergeCell ref="A425:K425"/>
+    <mergeCell ref="A263:K263"/>
+    <mergeCell ref="A315:K315"/>
+    <mergeCell ref="A346:K346"/>
+    <mergeCell ref="A353:K353"/>
+    <mergeCell ref="A393:K393"/>
+    <mergeCell ref="A397:K397"/>
+    <mergeCell ref="A412:K412"/>
+    <mergeCell ref="A422:K422"/>
+    <mergeCell ref="A426:K426"/>
+    <mergeCell ref="A431:K431"/>
+    <mergeCell ref="A434:K434"/>
     <mergeCell ref="A18:K18"/>
     <mergeCell ref="A117:K117"/>
     <mergeCell ref="A124:K124"/>
     <mergeCell ref="A138:K138"/>
     <mergeCell ref="A160:K160"/>
     <mergeCell ref="A168:K168"/>
     <mergeCell ref="A183:K183"/>
-    <mergeCell ref="A240:K240"/>
-[...2 lines deleted...]
-    <mergeCell ref="A315:K315"/>
+    <mergeCell ref="A241:K241"/>
+    <mergeCell ref="A264:K264"/>
+    <mergeCell ref="A308:K308"/>
+    <mergeCell ref="A316:K316"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>