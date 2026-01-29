--- v1 (2025-12-07)
+++ v2 (2026-01-29)
@@ -17,343 +17,343 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1779">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1782">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>Краны шаровые запорные для ВОДЫ</t>
   </si>
   <si>
     <t>Краны запорные шаровые</t>
   </si>
   <si>
     <t>Краны шаровые АТМ</t>
   </si>
   <si>
     <t>ZAP-330001</t>
   </si>
   <si>
     <t>VR205-01</t>
   </si>
   <si>
     <t>Кран шар. АТМ стандарт проход бабочка 1/2" вн.-вн. (14/160шт)</t>
   </si>
   <si>
-    <t>223.13 руб.</t>
+    <t>227.59 руб.</t>
   </si>
   <si>
     <t>&gt;100</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>ZAP-330002</t>
   </si>
   <si>
     <t>VR205-02</t>
   </si>
   <si>
     <t>Кран шар. АТМ стандарт  проход  бабочка 3/4" вн.-вн. (10/120шт)</t>
   </si>
   <si>
-    <t>307.91 руб.</t>
+    <t>315.35 руб.</t>
   </si>
   <si>
     <t>&gt;25</t>
   </si>
   <si>
     <t>ZAP-330003</t>
   </si>
   <si>
     <t>VR205-03</t>
   </si>
   <si>
     <t>Кран шар. АТМ стандарт  проход  бабочка 1" вн.-вн. (10/100шт)</t>
   </si>
   <si>
-    <t>481.95 руб.</t>
+    <t>492.36 руб.</t>
   </si>
   <si>
     <t>ZAP-330004</t>
   </si>
   <si>
     <t>VR206-01</t>
   </si>
   <si>
     <t>Кран шар. АТМ стандарт  проход бабочка 1/2" вн.-нар. (10/160шт)</t>
   </si>
   <si>
+    <t>235.03 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-330005</t>
+  </si>
+  <si>
+    <t>VR206-02</t>
+  </si>
+  <si>
+    <t>Кран шар. АТМ стандарт  проход бабочка 3/4" вн.-нар. (10/120шт)</t>
+  </si>
+  <si>
+    <t>328.74 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-330006</t>
+  </si>
+  <si>
+    <t>VR206-03</t>
+  </si>
+  <si>
+    <t>Кран шар. АТМ стандарт  проход бабочка 1" вн.-нар. (10/100шт)</t>
+  </si>
+  <si>
+    <t>514.68 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-330007</t>
+  </si>
+  <si>
+    <t>VR207-01</t>
+  </si>
+  <si>
+    <t>Кран шар. АТМ стандарт  проход  рукоятка 1/2" вн.-вн. (14/160шт)</t>
+  </si>
+  <si>
     <t>230.56 руб.</t>
   </si>
   <si>
-    <t>ZAP-330005</t>
-[...34 lines deleted...]
-  <si>
     <t>ZAP-330008</t>
   </si>
   <si>
     <t>VR207-02</t>
   </si>
   <si>
     <t>Кран шар. АТМ стандарт  проход  рукоятка 3/4" вн.-вн. (14/160шт)</t>
   </si>
   <si>
-    <t>315.35 руб.</t>
+    <t>322.79 руб.</t>
   </si>
   <si>
     <t>&gt;10</t>
   </si>
   <si>
     <t>ZAP-330009</t>
   </si>
   <si>
     <t>VR207-03</t>
   </si>
   <si>
     <t>Кран шар. АТМ стандарт проход  рукоятка 1" вн.-вн. (10/100шт)</t>
   </si>
   <si>
-    <t>478.98 руб.</t>
+    <t>489.39 руб.</t>
   </si>
   <si>
     <t>ZAP-330013</t>
   </si>
   <si>
     <t>VR208-01</t>
   </si>
   <si>
     <t>Кран шар. АТМ стандарт проход рукоятка 1/2" вн.-нар. (10/160шт)</t>
   </si>
   <si>
     <t>ZAP-330014</t>
   </si>
   <si>
     <t>VR208-02</t>
   </si>
   <si>
     <t>Кран шар. АТМ стандарт проход рукоятка 3/4" вн.-нар. (10/120шт)</t>
   </si>
   <si>
-    <t>327.25 руб.</t>
+    <t>333.20 руб.</t>
   </si>
   <si>
     <t>ZAP-330015</t>
   </si>
   <si>
     <t>VR208-03</t>
   </si>
   <si>
     <t>Кран шар. АТМ стандарт проход рукоятка 1" вн.-нар. (10/100шт)</t>
   </si>
   <si>
-    <t>498.31 руб.</t>
+    <t>508.73 руб.</t>
   </si>
   <si>
     <t>Краны шаровые VALTEC</t>
   </si>
   <si>
     <t>Краны шаровые VALTEC BASE</t>
   </si>
   <si>
     <t>VLC-1134001</t>
   </si>
   <si>
     <t>VT.247.N.04</t>
   </si>
   <si>
     <t>Кран шар. для подкл. датчика темп., 1/2" (16 /144шт)</t>
   </si>
   <si>
     <t>587.00 руб.</t>
   </si>
   <si>
+    <t>&gt;1000</t>
+  </si>
+  <si>
+    <t>VLC-1134002</t>
+  </si>
+  <si>
+    <t>VT.247.N.05</t>
+  </si>
+  <si>
+    <t>Кран шар. для подкл. датчика темп., 3/4" (12 /108шт)</t>
+  </si>
+  <si>
+    <t>857.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-1134003</t>
+  </si>
+  <si>
+    <t>VT.247.N.06</t>
+  </si>
+  <si>
+    <t>Кран шар. для подкл. датчика темп., 1" (8 /64шт)</t>
+  </si>
+  <si>
+    <t>1 307.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-1134004</t>
+  </si>
+  <si>
+    <t>VT.806.N.0404</t>
+  </si>
+  <si>
+    <t>Кран шаровой для подключения  манометра, 1/2"нар -1/2"вн. (8 /128шт)</t>
+  </si>
+  <si>
+    <t>604.00 руб.</t>
+  </si>
+  <si>
+    <t>&gt;500</t>
+  </si>
+  <si>
+    <t>VLC-1134005</t>
+  </si>
+  <si>
+    <t>VT.806.N.0402</t>
+  </si>
+  <si>
+    <t>Кран шаровой для подключения  манометра, 1/2"нар -1/4"вн. (10 /160шт)</t>
+  </si>
+  <si>
+    <t>522.00 руб.</t>
+  </si>
+  <si>
     <t>&gt;50</t>
   </si>
   <si>
-    <t>&gt;500</t>
-[...49 lines deleted...]
-  <si>
     <t>VLC-1134006</t>
   </si>
   <si>
     <t>VT.806.N.0403</t>
   </si>
   <si>
     <t>Кран шаровой для подключения  манометра, 1/2"нар -3/8"вн. (9 /144шт)</t>
   </si>
   <si>
     <t>496.00 руб.</t>
   </si>
   <si>
     <t>VLC-1134007</t>
   </si>
   <si>
     <t>VT.807.N.0404</t>
   </si>
   <si>
     <t>Кран шаровой для подключения  манометра, 1/2"вн. -1/2"вн. (10 /160шт)</t>
   </si>
   <si>
     <t>504.00 руб.</t>
   </si>
   <si>
-    <t>&gt;1000</t>
-[...1 lines deleted...]
-  <si>
     <t>VLC-1134008</t>
   </si>
   <si>
     <t>VT.807.N.0402</t>
   </si>
   <si>
     <t>Кран шаровой для подключения  манометра, 1/2"вн. -1/4"вн. (10 /160шт)</t>
   </si>
   <si>
     <t>464.00 руб.</t>
   </si>
   <si>
     <t>VLC-1134009</t>
   </si>
   <si>
     <t>VT.807.N.0403</t>
   </si>
   <si>
     <t>Кран шаровой для подключения  манометра, 1/2"вн. -3/8"вн. (10 /160шт)</t>
   </si>
   <si>
     <t>469.00 руб.</t>
   </si>
   <si>
     <t>VLC-1134010</t>
@@ -2125,2682 +2125,2691 @@
   <si>
     <t>VT.121.N.06</t>
   </si>
   <si>
     <t>Кран шаровой СТАНДАРТ, никель, длинная рукоятка 1", вн.-нар. PN40 (ГОСТ)</t>
   </si>
   <si>
     <t>865.00 руб.</t>
   </si>
   <si>
     <t>Краны шаровые VIEIR</t>
   </si>
   <si>
     <t>Краны шаровые VIEIR BASIC</t>
   </si>
   <si>
     <t>STP-410014</t>
   </si>
   <si>
     <t>VR1119</t>
   </si>
   <si>
     <t>Кран дренажный со съёмным металлическим штуцером 1/2"  (200/1шт)</t>
   </si>
   <si>
-    <t>374.85 руб.</t>
+    <t>806.23 руб.</t>
   </si>
   <si>
     <t>VER-000127</t>
   </si>
   <si>
     <t>VER61</t>
   </si>
   <si>
     <t>Кран шаровой с удлиненным штоком 1/2" F/F НИКЕЛЬ "ViEiR"(96/6шт)</t>
   </si>
   <si>
+    <t>654.50 руб.</t>
+  </si>
+  <si>
+    <t>VER-000157</t>
+  </si>
+  <si>
+    <t>VR200-07</t>
+  </si>
+  <si>
+    <t>Кран шаровой 2 1/2" F/F  (ручка) НИКЕЛЬ  "ViEiR"(4/1шт)</t>
+  </si>
+  <si>
+    <t>8 310.66 руб.</t>
+  </si>
+  <si>
+    <t>VER-000158</t>
+  </si>
+  <si>
+    <t>VR200-08</t>
+  </si>
+  <si>
+    <t>Кран шаровой 3" F/F  (ручка) НИКЕЛЬ  "ViEiR"(4/1шт)</t>
+  </si>
+  <si>
+    <t>11 831.58 руб.</t>
+  </si>
+  <si>
+    <t>VER-000159</t>
+  </si>
+  <si>
+    <t>VR200-09</t>
+  </si>
+  <si>
+    <t>Кран шаровой 4" F/F  (ручка) НИКЕЛЬ  "ViEiR"(2/1шт)</t>
+  </si>
+  <si>
+    <t>17 403.75 руб.</t>
+  </si>
+  <si>
+    <t>VER-000301</t>
+  </si>
+  <si>
+    <t>VER62</t>
+  </si>
+  <si>
+    <t>Кран шаровой с удлиненным штоком 1/2" вн-нар "ViEiR"(96/12шт)</t>
+  </si>
+  <si>
+    <t>681.28 руб.</t>
+  </si>
+  <si>
+    <t>VER-000381</t>
+  </si>
+  <si>
+    <t>VER48A</t>
+  </si>
+  <si>
+    <t>Кран угловой с американкой и кольцевым уплотнением 3/4" "ViEiR"(64/8шт)</t>
+  </si>
+  <si>
+    <t>962.41 руб.</t>
+  </si>
+  <si>
+    <t>VER-000382</t>
+  </si>
+  <si>
+    <t>VER48B</t>
+  </si>
+  <si>
+    <t>925.23 руб.</t>
+  </si>
+  <si>
+    <t>VER-001241</t>
+  </si>
+  <si>
+    <t>VR169</t>
+  </si>
+  <si>
+    <t>Кран шаровой mini сливной со штуцером,никелированный G3/8" (100/5шт)</t>
+  </si>
+  <si>
+    <t>254.36 руб.</t>
+  </si>
+  <si>
+    <t>VER-001321</t>
+  </si>
+  <si>
+    <t>VR230FF</t>
+  </si>
+  <si>
+    <t>Кран шаровой с пластиковой ручкой Г/Г 1/2" (120/12шт)</t>
+  </si>
+  <si>
+    <t>423.94 руб.</t>
+  </si>
+  <si>
+    <t>VER-001322</t>
+  </si>
+  <si>
+    <t>VR230FM</t>
+  </si>
+  <si>
+    <t>Кран шаровой с пластиковой ручкой Г/Ш 1/2" (120/12шт)</t>
+  </si>
+  <si>
+    <t>446.25 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310001</t>
+  </si>
+  <si>
+    <t>VR200-01</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный, стальная рукоятка 1/2" вн.-вн. (14/112шт)</t>
+  </si>
+  <si>
+    <t>438.81 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310002</t>
+  </si>
+  <si>
+    <t>VR200-02</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный, стальная рукоятка 3/4" вн.-вн. (10/80шт)</t>
+  </si>
+  <si>
+    <t>641.11 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310003</t>
+  </si>
+  <si>
+    <t>VR200-03</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный, стальная рукоятка 1" вн.-вн. (10/60шт)</t>
+  </si>
+  <si>
+    <t>1 007.04 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310004</t>
+  </si>
+  <si>
+    <t>VR200-04</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный, стальная рукоятка 1 1/4" вн.-вн. (6/36шт)</t>
+  </si>
+  <si>
+    <t>1 616.91 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310005</t>
+  </si>
+  <si>
+    <t>VR200-05</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный, стальная рукоятка 1 1/2" вн.-вн. (4/24шт)</t>
+  </si>
+  <si>
+    <t>2 600.15 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310006</t>
+  </si>
+  <si>
+    <t>VR200-06</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный, стальная рукоятка 2" вн.-вн. (2/12шт)</t>
+  </si>
+  <si>
+    <t>4 022.20 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310007</t>
+  </si>
+  <si>
+    <t>VR202-01</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный, стальная рукоятка 1/2" вн.-нар. (14/112шт)</t>
+  </si>
+  <si>
+    <t>462.61 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310008</t>
+  </si>
+  <si>
+    <t>VR202-02</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный, стальная рукоятка 3/4" вн.-нар. (10/80шт)</t>
+  </si>
+  <si>
+    <t>675.33 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310009</t>
+  </si>
+  <si>
+    <t>VR202-03</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный, стальная рукоятка 1" вн.-нар. (10/60шт)</t>
+  </si>
+  <si>
+    <t>1 078.44 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310010</t>
+  </si>
+  <si>
+    <t>VR202-04</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный, стальная рукоятка 1 1/4" вн.-нар. (6/36шт)</t>
+  </si>
+  <si>
+    <t>1 691.29 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310011</t>
+  </si>
+  <si>
+    <t>VR202-05</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный, стальная рукоятка 1 1/2" вн.-нар. (4/24шт)</t>
+  </si>
+  <si>
+    <t>2 734.03 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310012</t>
+  </si>
+  <si>
+    <t>VR202-06</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный, стальная рукоятка 2" вн.-нар. (2/12шт)</t>
+  </si>
+  <si>
+    <t>4 188.80 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310013</t>
+  </si>
+  <si>
+    <t>VR201-01</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный, рукоятка бабочка 1/2" вн.-вн. (14/112шт)</t>
+  </si>
+  <si>
+    <t>415.01 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310014</t>
+  </si>
+  <si>
+    <t>VR201-02</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный, рукоятка бабочка 3/4" вн.-вн. (10/80шт)</t>
+  </si>
+  <si>
+    <t>635.16 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310015</t>
+  </si>
+  <si>
+    <t>VR201-03</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный, рукоятка бабочка 1" вн.-вн. (10/60шт)</t>
+  </si>
+  <si>
+    <t>984.73 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310016</t>
+  </si>
+  <si>
+    <t>VR203-01</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный, рукоятка бабочка 1/2" вн.-нар. (10/112шт)</t>
+  </si>
+  <si>
+    <t>453.69 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310017</t>
+  </si>
+  <si>
+    <t>VR203-02</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный, рукоятка бабочка 3/4" вн.-нар. (10/80шт)</t>
+  </si>
+  <si>
+    <t>685.74 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310018</t>
+  </si>
+  <si>
+    <t>VR203-03</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный, рукоятка бабочка 1" вн.-нар. (10/60шт)</t>
+  </si>
+  <si>
+    <t>1 073.98 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310019</t>
+  </si>
+  <si>
+    <t>VR105-03</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный, рукоятка бабочка 1/2" нар.-нар. (12/120шт)</t>
+  </si>
+  <si>
+    <t>ZAP-310020</t>
+  </si>
+  <si>
+    <t>VR105-04</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный, рукоятка бабочка 3/4" нар.-нар. (12/120шт)</t>
+  </si>
+  <si>
+    <t>672.35 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310021</t>
+  </si>
+  <si>
+    <t>VR204-01</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный с полусгоном 1/2" вн.-нар. (10/80шт)</t>
+  </si>
+  <si>
     <t>587.56 руб.</t>
   </si>
   <si>
-    <t>VER-000157</t>
-[...215 lines deleted...]
-    <t>Кран шар. полнопроход. усиленный, стальная рукоятка 1 1/4" вн.-нар. (6/36шт)</t>
+    <t>ZAP-310022</t>
+  </si>
+  <si>
+    <t>VR204-02</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный с полусгоном 3/4" вн.-нар. (8/64шт)</t>
+  </si>
+  <si>
+    <t>882.09 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310023</t>
+  </si>
+  <si>
+    <t>VR204-03</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный с полусгоном 1" вн.-нар. (6/48шт)</t>
+  </si>
+  <si>
+    <t>1 380.40 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310024</t>
+  </si>
+  <si>
+    <t>VR204-04</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный с полусгоном 1 1/4" вн.-нар. (5/30шт)</t>
+  </si>
+  <si>
+    <t>2 278.85 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310025</t>
+  </si>
+  <si>
+    <t>VER47</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный угловой с полусгоном 1/2" вн.-нар. (14/112шт)</t>
+  </si>
+  <si>
+    <t>599.46 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310026</t>
+  </si>
+  <si>
+    <t>VER48</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный угловой с полусгоном 3/4" вн.-нар. (10/80шт)</t>
+  </si>
+  <si>
+    <t>ZAP-310027</t>
+  </si>
+  <si>
+    <t>VER49</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный угловой с полусгоном 1" вн.-нар. (10/60шт)</t>
   </si>
   <si>
     <t>1 502.38 руб.</t>
   </si>
   <si>
-    <t>ZAP-310011</t>
-[...62 lines deleted...]
-    <t>Кран шар. полнопроход. усиленный, рукоятка бабочка 1/2" вн.-нар. (10/112шт)</t>
+    <t>ZAP-310028</t>
+  </si>
+  <si>
+    <t>VR204-01A</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. белая ручка с доп уплотнением  усиленный с полусгоном 1/2" вн.-нар. (10/80шт)</t>
+  </si>
+  <si>
+    <t>624.75 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310029</t>
+  </si>
+  <si>
+    <t>VR204-02A</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. белая ручка  с доп уплотнением усиленный с полусгоном 3/4" вн.-нар. (8/64шт)</t>
+  </si>
+  <si>
+    <t>923.74 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310030</t>
+  </si>
+  <si>
+    <t>VR204-03А</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. белая ручка с доп уплотнением усиленный с полусгоном 1" вн.-нар. (6/48шт)</t>
+  </si>
+  <si>
+    <t>1 444.36 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310031</t>
+  </si>
+  <si>
+    <t>VR204-01B</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. белая ручка усиленный с полусгоном 1/2" вн.-нар. (10/80шт)</t>
+  </si>
+  <si>
+    <t>ZAP-310032</t>
+  </si>
+  <si>
+    <t>VR204-02B</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. белая ручка усиленный с полусгоном 3/4" вн.-нар. (8/64шт)</t>
+  </si>
+  <si>
+    <t>ZAP-310033</t>
+  </si>
+  <si>
+    <t>VR204-03B</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. белая ручка усиленный с полусгоном 1" вн.-нар. (6/48шт)</t>
+  </si>
+  <si>
+    <t>ZAP-310034</t>
+  </si>
+  <si>
+    <t>VERS52</t>
+  </si>
+  <si>
+    <t>Кран угловой с накидной гайкой 1/2" вн-вн VR (14/112шт)</t>
+  </si>
+  <si>
+    <t>547.40 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310035</t>
+  </si>
+  <si>
+    <t>VERS53</t>
+  </si>
+  <si>
+    <t>Кран угловой с накидной гайкой 3/4" вн-вн VR (8/96шт)</t>
+  </si>
+  <si>
+    <t>827.05 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310036</t>
+  </si>
+  <si>
+    <t>VERS50</t>
+  </si>
+  <si>
+    <t>Кран прямой с накидной гайкой  1/2" вн-вн VR (14/112шт)</t>
+  </si>
+  <si>
+    <t>ZAP-310037</t>
+  </si>
+  <si>
+    <t>VERS51</t>
+  </si>
+  <si>
+    <t>Кран прямой с накидной гайкой  3/4" вн-вн VR (8/80шт)</t>
+  </si>
+  <si>
+    <t>800.28 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310038</t>
+  </si>
+  <si>
+    <t>GL192</t>
+  </si>
+  <si>
+    <t>Кран шаровой трехходовой 1/2" VR (1/30шт)</t>
+  </si>
+  <si>
+    <t>724.41 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310039</t>
+  </si>
+  <si>
+    <t>GL193</t>
+  </si>
+  <si>
+    <t>Кран шаровой трехходовой 3/4" VR (1/30шт)</t>
+  </si>
+  <si>
+    <t>910.35 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310040</t>
+  </si>
+  <si>
+    <t>GL194</t>
+  </si>
+  <si>
+    <t>Кран шаровой трехходовой 1" VR (1/30шт)</t>
+  </si>
+  <si>
+    <t>1 371.48 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310041</t>
+  </si>
+  <si>
+    <t>VER47A</t>
+  </si>
+  <si>
+    <t>Кран шар. VIEIR полнопроход. белая ручка с доп уплотнением  усиленный угловой с полусгоном 1/2" вн.-</t>
+  </si>
+  <si>
+    <t>630.70 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310042</t>
+  </si>
+  <si>
+    <t>VER49A</t>
+  </si>
+  <si>
+    <t>Кран шар. VIEIR полнопроход. белая ручка с доп уплотнением  усиленный угловой с полусгоном 1" вн.-на</t>
+  </si>
+  <si>
+    <t>1 547.00 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310043</t>
+  </si>
+  <si>
+    <t>VER47B</t>
+  </si>
+  <si>
+    <t>Кран шар. VIEIR полнопроход. белая ручка  усиленный угловой с полусгоном 1/2" вн.-нар. (4/80шт)</t>
+  </si>
+  <si>
+    <t>ZAP-310044</t>
+  </si>
+  <si>
+    <t>VER49B</t>
+  </si>
+  <si>
+    <t>Кран шар. VIEIR полнопроход. белая ручка  усиленный угловой с полусгоном 1" вн.-нар. (2/48шт)</t>
+  </si>
+  <si>
+    <t>1 527.66 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310045</t>
+  </si>
+  <si>
+    <t>VERS55</t>
+  </si>
+  <si>
+    <t>Кран прямой с накидной гайкой 1" вн-вн VIEIR (6/48шт)</t>
+  </si>
+  <si>
+    <t>1 265.86 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-310046</t>
+  </si>
+  <si>
+    <t>VR203-01A</t>
+  </si>
+  <si>
+    <t>Кран шар. полнопроход. усиленный, БЕЛАЯ бабочка 1/2" вн.-нар. ViEiR (10/112шт)</t>
+  </si>
+  <si>
+    <t>Краны шаровые VIEIR  VER PRO</t>
+  </si>
+  <si>
+    <t>VER-000160</t>
+  </si>
+  <si>
+    <t>VP224-01</t>
+  </si>
+  <si>
+    <t>Кран шаровый с американкой 1/2"  "VER-PRO" (56шт)</t>
+  </si>
+  <si>
+    <t>VER-000161</t>
+  </si>
+  <si>
+    <t>VP224-02</t>
+  </si>
+  <si>
+    <t>Кран шаровый с американкой 3/4""VER-PRO" (40шт)</t>
+  </si>
+  <si>
+    <t>905.89 руб.</t>
+  </si>
+  <si>
+    <t>VER-000162</t>
+  </si>
+  <si>
+    <t>VP224-03</t>
+  </si>
+  <si>
+    <t>Кран шаровый с американкой1" "VER-PRO" (24шт)</t>
+  </si>
+  <si>
+    <t>1 587.16 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-390101</t>
+  </si>
+  <si>
+    <t>VP220-01</t>
+  </si>
+  <si>
+    <t>Кран шаровой 1/2" F/F (бабочка) НИКЕЛЬ "VER-PRO" (120/12шт)</t>
+  </si>
+  <si>
+    <t>391.21 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-390102</t>
+  </si>
+  <si>
+    <t>VP220-02</t>
+  </si>
+  <si>
+    <t>Кран шаровой 3/4" F/F  (бабочка) НИКЕЛЬ"VER-PRO"(100/10шт)</t>
+  </si>
+  <si>
+    <t>592.03 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-390103</t>
+  </si>
+  <si>
+    <t>VP220-03</t>
+  </si>
+  <si>
+    <t>Кран шаровой 1"  F/F (бабочка) НИКЕЛЬ"VER-PRO"(60/6шт)</t>
+  </si>
+  <si>
+    <t>975.80 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-390104</t>
+  </si>
+  <si>
+    <t>VP221-01</t>
+  </si>
+  <si>
+    <t>Кран шаровой 1/2" F/М (бабочка) НИКЕЛЬ" VER-PRO"(120/12шт)</t>
+  </si>
+  <si>
+    <t>449.23 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-390105</t>
+  </si>
+  <si>
+    <t>VP221-02</t>
+  </si>
+  <si>
+    <t>Кран шаровой 3/4" F/М (бабочка) НИКЕЛЬ "VER-PRO"(100/10шт)</t>
+  </si>
+  <si>
+    <t>615.83 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-390106</t>
+  </si>
+  <si>
+    <t>VP221-03</t>
+  </si>
+  <si>
+    <t>Кран шаровой 1"  F/М (бабочка) НИКЕЛЬ"VER-PRO"(60/6шт)</t>
+  </si>
+  <si>
+    <t>987.70 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-390107</t>
+  </si>
+  <si>
+    <t>VP222-01</t>
+  </si>
+  <si>
+    <t>Кран шаровой 1/2" F/F  (ручка) НИКЕЛЬ  "VER-PRO"(120/12шт)</t>
+  </si>
+  <si>
+    <t>ZAP-390108</t>
+  </si>
+  <si>
+    <t>VP222-02</t>
+  </si>
+  <si>
+    <t>Кран шаровой 3/4" F/F  (ручка)  НИКЕЛЬ "VER-PRO"(100/10шт)</t>
+  </si>
+  <si>
+    <t>589.05 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-390109</t>
+  </si>
+  <si>
+    <t>VP222-03</t>
+  </si>
+  <si>
+    <t>Кран шаровой 1" F/F ручка) НИКЕЛЬ  "VER-PRO"(60/6шт)</t>
+  </si>
+  <si>
+    <t>1 014.48 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-390110</t>
+  </si>
+  <si>
+    <t>VP222-04</t>
+  </si>
+  <si>
+    <t>Кран шаровой 1"1/4" F/F (ручка) НИКЕЛЬ "VER-PRO"(32/4шт)</t>
+  </si>
+  <si>
+    <t>1 442.88 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-390111</t>
+  </si>
+  <si>
+    <t>VP222-05</t>
+  </si>
+  <si>
+    <t>Кран шаровой 1"1/2" F/F . (ручка) НИКЕЛЬ  "VER-PRO"(24/2шт)</t>
+  </si>
+  <si>
+    <t>2 210.43 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-390112</t>
+  </si>
+  <si>
+    <t>VP222-06</t>
+  </si>
+  <si>
+    <t>Кран шаровой 2" F/F  (ручка) НИКЕЛЬ  "VER-PRO"(16/2шт)</t>
+  </si>
+  <si>
+    <t>3 345.39 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-390113</t>
+  </si>
+  <si>
+    <t>VP223-01</t>
+  </si>
+  <si>
+    <t>Кран шаровой 1/2" F/М (ручка) НИКЕЛЬ "VER-PRO"(120/12шт)</t>
+  </si>
+  <si>
+    <t>435.84 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-390114</t>
+  </si>
+  <si>
+    <t>VP223-02</t>
+  </si>
+  <si>
+    <t>Кран шаровой 3/4" F/М (ручка) НИКЕЛЬ "VER-PRO"(100/10шт)</t>
+  </si>
+  <si>
+    <t>600.95 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-390115</t>
+  </si>
+  <si>
+    <t>VP223-03</t>
+  </si>
+  <si>
+    <t>Кран шаровой 1" F/М  (ручка) НИКЕЛЬ  "VER-PRO"(60/6шт)</t>
+  </si>
+  <si>
+    <t>1 024.89 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-390116</t>
+  </si>
+  <si>
+    <t>VP223-04</t>
+  </si>
+  <si>
+    <t>Кран шаровой 11/4" F/М  (ручка) НИКЕЛЬ "VER-PRO"(32/4шт)</t>
+  </si>
+  <si>
+    <t>1 533.61 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-390117</t>
+  </si>
+  <si>
+    <t>VP223-05</t>
+  </si>
+  <si>
+    <t>Кран шаровой 11/2" F/М (ручка) НИКЕЛЬ "VER-PRO"(24/2шт)</t>
+  </si>
+  <si>
+    <t>2 266.95 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-390118</t>
+  </si>
+  <si>
+    <t>VP223-06</t>
+  </si>
+  <si>
+    <t>Кран шаровой 2" F/М (ручка) НИКЕЛЬ "VER-PRO"(16/2шт)</t>
+  </si>
+  <si>
+    <t>3 528.35 руб.</t>
+  </si>
+  <si>
+    <t>Краны шаровые ZEGOR</t>
+  </si>
+  <si>
+    <t>Краны шаровые ZEGOR BASIC</t>
+  </si>
+  <si>
+    <t>ZGR-000001</t>
+  </si>
+  <si>
+    <t>FB11</t>
+  </si>
+  <si>
+    <t>Кран шаровый Pn40 латунь никель 1/2" вн-вн бабочка (1/80шт)</t>
+  </si>
+  <si>
+    <t>365.91 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000002</t>
+  </si>
+  <si>
+    <t>FB12</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  полнопроходной Pn40 латунь никель 3/4" вн-вн бабочка (25/100шт)</t>
+  </si>
+  <si>
+    <t>539.31 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000003</t>
+  </si>
+  <si>
+    <t>FB13</t>
+  </si>
+  <si>
+    <t>Кран шаровый 1" вн-вн Pn40 латунь никель бабочка ZEGOR (15/60шт)</t>
+  </si>
+  <si>
+    <t>717.49 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000004</t>
+  </si>
+  <si>
+    <t>FN11</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  полнопроходной Pn40 латунь никель 1/2" вн-нар бабочка (1/80шт)</t>
+  </si>
+  <si>
+    <t>386.82 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000005</t>
+  </si>
+  <si>
+    <t>FN12</t>
+  </si>
+  <si>
+    <t>Кран шаровый Pn40 латунь никель 3/4" вн-нар бабочка (25/100шт)</t>
+  </si>
+  <si>
+    <t>560.46 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000006</t>
+  </si>
+  <si>
+    <t>FN13</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  полнопроходной Pn40 латунь никель 1" вн-нар бабочка (15/60шт)</t>
+  </si>
+  <si>
+    <t>842.49 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000007</t>
+  </si>
+  <si>
+    <t>FNN11</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  полнопроходной Pn40 латунь никель 1/2" нар-нар бабочка (1/80шт)</t>
+  </si>
+  <si>
+    <t>372.84 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000008</t>
+  </si>
+  <si>
+    <t>FBR11</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  полнопроходной Pn40 латунь никель 1/2" вн-вн ручка (25/100шт)</t>
+  </si>
+  <si>
+    <t>400.64 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000009</t>
+  </si>
+  <si>
+    <t>FBR12</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  полнопроходной Pn40 латунь никель 3/4" вн-вн ручка (20/80шт)</t>
+  </si>
+  <si>
+    <t>570.94 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000010</t>
+  </si>
+  <si>
+    <t>FBR13</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  полнопроходной Pn40 латунь никель 1" вн-вн ручка (10/40шт)</t>
+  </si>
+  <si>
+    <t>848.04 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000011</t>
+  </si>
+  <si>
+    <t>FBR14</t>
+  </si>
+  <si>
+    <t>Кран шаровый Pn40 латунь никель 11/4" вн-вн ручка (16/32шт)</t>
+  </si>
+  <si>
+    <t>1 167.12 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000012</t>
+  </si>
+  <si>
+    <t>FBR15</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  полнопроходной Pn40 латунь никель 11/2" вн-вн ручка (10/20шт)</t>
+  </si>
+  <si>
+    <t>1 901.32 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000013</t>
+  </si>
+  <si>
+    <t>FBR16</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  полнопроходной Pn40 латунь никель 2" вн-вн ручка (6/12шт)</t>
+  </si>
+  <si>
+    <t>3 104.98 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000014</t>
+  </si>
+  <si>
+    <t>FNR11</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  полнопроходной Pn40 латунь никель 1/2" вн-нар ручка (25/100шт)</t>
+  </si>
+  <si>
+    <t>339.23 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000015</t>
+  </si>
+  <si>
+    <t>FNR12</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  полнопроходной Pn40 латунь никель 3/4" вн-нар ручка (15/60шт)</t>
+  </si>
+  <si>
+    <t>559.66 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000016</t>
+  </si>
+  <si>
+    <t>FNR13</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  полнопроходной Pn40 латунь никель 1" вн-нар ручка (12/48шт)</t>
+  </si>
+  <si>
+    <t>919.99 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000017</t>
+  </si>
+  <si>
+    <t>FNR14</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  полнопроходной Pn40 латунь никель 11/4" вн-нар ручка (16/32шт)</t>
+  </si>
+  <si>
+    <t>1 379.99 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000018</t>
+  </si>
+  <si>
+    <t>FNR15</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  полнопроходной Pn40 латунь никель 11/2" вн-нар ручка (10/20шт)</t>
+  </si>
+  <si>
+    <t>2 156.23 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000019</t>
+  </si>
+  <si>
+    <t>FNR16</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  полнопроходной Pn40 латунь никель 2" вн-нар ручка (6/12шт)</t>
+  </si>
+  <si>
+    <t>3 436.44 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000020</t>
+  </si>
+  <si>
+    <t>FA11</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  прямой со сгоном полнопроходной Pn40 латунь никель 1/2" вн-нар бабочка (20/80шт)</t>
+  </si>
+  <si>
+    <t>512.27 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000021</t>
+  </si>
+  <si>
+    <t>FA12</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  прямой со сгоном полнопроходной Pn40 латунь никель 3/4" вн-нар бабочка (18/72шт)</t>
+  </si>
+  <si>
+    <t>744.88 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000022</t>
+  </si>
+  <si>
+    <t>FA13</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  прямой со сгоном полнопроходной Pn40 латунь никель 1" вн-нар бабочка (10/40шт)</t>
+  </si>
+  <si>
+    <t>1 218.99 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000023</t>
+  </si>
+  <si>
+    <t>FAL11</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  угловой со сгоном полнопроход Pn40 латунь никель 1/2" вн-нар бабочка (15/90шт)</t>
+  </si>
+  <si>
+    <t>506.49 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000024</t>
+  </si>
+  <si>
+    <t>FAL12</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  угловой со сгоном полнопроход Pn40 латунь никель 3/4" вн-нар бабочка (15/60шт)</t>
+  </si>
+  <si>
+    <t>827.01 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000025</t>
+  </si>
+  <si>
+    <t>FAO11</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  прямой со сгоном с доп.уплот. Pn40 латунь ник 1/2" вн-нар белая бабочка (15/</t>
+  </si>
+  <si>
+    <t>524.60 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000026</t>
+  </si>
+  <si>
+    <t>FAO12</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  прямой со сгоном с доп.уплот. Pn40 латунь ник 3/4" вн-нар белая бабочка (15/</t>
+  </si>
+  <si>
+    <t>791.62 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000027</t>
+  </si>
+  <si>
+    <t>FAOL11</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  угловой со сгоном с доп.уплот. Pn40 латунь ник 1/2" вн-нар белая бабочка (15</t>
+  </si>
+  <si>
+    <t>580.06 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000028</t>
+  </si>
+  <si>
+    <t>FAOL12</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  угловой со сгоном с доп.уплот. Pn40 латунь ник 3/4" вн-нар белая бабочка (15</t>
+  </si>
+  <si>
+    <t>1 063.40 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000031</t>
+  </si>
+  <si>
+    <t>FS11</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  с дренаж и воздухоотвод. полнопроходной Pn40 латунь никель 1/2" вн-вн ручка (15/</t>
+  </si>
+  <si>
+    <t>321.99 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000032</t>
+  </si>
+  <si>
+    <t>FS12</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  с дренаж и воздухоотвод. полнопроходной Pn40 латунь никель 3/4" вн-вн ручка (15/</t>
+  </si>
+  <si>
+    <t>531.26 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000033</t>
+  </si>
+  <si>
+    <t>FS13</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  с дренаж и воздухоотвод. полнопроходной Pn40 латунь никель 1" вн-вн ручка (7/42ш</t>
+  </si>
+  <si>
+    <t>807.61 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000034</t>
+  </si>
+  <si>
+    <t>FS14</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  с дренаж и воздухоотвод. полнопроходной Pn40 латунь никель 11/4" вн-вн ручка (8/</t>
+  </si>
+  <si>
+    <t>1 120.61 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000035</t>
+  </si>
+  <si>
+    <t>FUB11</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  прямой с накидной гайкой Pn40 латунь никель 1/2" вн-вн бабочка (25/1</t>
+  </si>
+  <si>
+    <t>428.37 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000036</t>
+  </si>
+  <si>
+    <t>FUB12</t>
+  </si>
+  <si>
+    <t>Кран шаровый прямой с накидной гайкой Pn40 латунь никель 3/4" вн-вн бабочка (20/1</t>
+  </si>
+  <si>
+    <t>595.12 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000037</t>
+  </si>
+  <si>
+    <t>FUN11</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  прямой с накидной гайкой Pn40 латунь никель 1/2" вн-нар бабочка (25/</t>
+  </si>
+  <si>
+    <t>400.47 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000038</t>
+  </si>
+  <si>
+    <t>FUN12</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  прямой с накидной гайкой Pn40 латунь никель 3/4" вн-нар бабочка (20/</t>
+  </si>
+  <si>
+    <t>554.70 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000039</t>
+  </si>
+  <si>
+    <t>FUBL11</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  угловой с накидной гайкой Pn40 латунь никель 1/2" вн-вн бабочка (20/</t>
+  </si>
+  <si>
+    <t>492.47 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000040</t>
+  </si>
+  <si>
+    <t>FUBL12</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  угловой с накидной гайкой Pn40 латунь никель 3/4" вн-вн бабочка (15/</t>
+  </si>
+  <si>
+    <t>679.17 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000041</t>
+  </si>
+  <si>
+    <t>FNL11</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  угловой с накидной гайкой Pn40 латунь никель 1/2" вн-нар бабочка (25</t>
+  </si>
+  <si>
+    <t>374.36 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000042</t>
+  </si>
+  <si>
+    <t>FNL12</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  угловой с накидной гайкой Pn40 латунь никель 3/4" вн-нар бабочка (20</t>
+  </si>
+  <si>
+    <t>526.06 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000124</t>
+  </si>
+  <si>
+    <t>FNN12</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  полнопроходной Pn40 латунь никель 3/4" нар-нар бабочка (15/90шт)</t>
+  </si>
+  <si>
+    <t>565.00 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000128</t>
+  </si>
+  <si>
+    <t>FNN13</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  полнопроходной Pn40 латунь никель 1" нар-нар бабочка (15/90шт)</t>
+  </si>
+  <si>
+    <t>966.82 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000133</t>
+  </si>
+  <si>
+    <t>FAL13</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  угловой со сгоном полнопроходной Pn40 латунь никель 1" вн-нар бабочка (5/30шт)</t>
+  </si>
+  <si>
+    <t>1 609.99 руб.</t>
+  </si>
+  <si>
+    <t>Краны шаровые ZEGOR PRO</t>
+  </si>
+  <si>
+    <t>ZGR-000134</t>
+  </si>
+  <si>
+    <t>FB01</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  УСИЛЕННЫЙ PN50 латунь никель 1/2" вн-вн бабочка (20/120шт)</t>
+  </si>
+  <si>
+    <t>403.72 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000137</t>
+  </si>
+  <si>
+    <t>FN01</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  УСИЛЕННЫЙ PN50 латунь никель 1/2" вн-нар бабочка (20/120шт)</t>
+  </si>
+  <si>
+    <t>423.29 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000146</t>
+  </si>
+  <si>
+    <t>FBR01</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  УСИЛЕННЫЙ PN50 латунь никель 1/2" вн-вн ручка (20/120шт)</t>
+  </si>
+  <si>
+    <t>406.17 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000149</t>
+  </si>
+  <si>
+    <t>FNR01</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  УСИЛЕННЫЙ PN50 латунь никель 1/2" вн-нар ручка (20/120шт)</t>
+  </si>
+  <si>
+    <t>423.68 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000197</t>
+  </si>
+  <si>
+    <t>FAO01</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  УСИЛЕННЫЙ PN50 прямой со сгоном с доп.уплот. 1/2" вн-нар (15/90шт)</t>
+  </si>
+  <si>
+    <t>564.77 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000198</t>
+  </si>
+  <si>
+    <t>FAO02</t>
+  </si>
+  <si>
+    <t>Кран шаровый Zegor  УСИЛЕННЫЙ PN50 прямой со сгоном с доп.уплот. 3/4" вн-нар (10/60шт)</t>
+  </si>
+  <si>
+    <t>807.55 руб.</t>
+  </si>
+  <si>
+    <t>Краны шаровые БАЗ</t>
+  </si>
+  <si>
+    <t>Краны шаровые БАЗ желтые</t>
+  </si>
+  <si>
+    <t>BAZ-100101</t>
+  </si>
+  <si>
+    <t>БАЗ.А30.0.15.40</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран шаровой 11Б27п1 Ду15 вр/вр рычаг PN40 (60шт)</t>
+  </si>
+  <si>
+    <t>361.25 руб.</t>
+  </si>
+  <si>
+    <t>BAZ-100102</t>
+  </si>
+  <si>
+    <t>БАЗ.А30.0.20.40</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран шаровой 11Б27п1 Ду20 вр/вр рычаг PN40 (50шт)</t>
+  </si>
+  <si>
+    <t>467.83 руб.</t>
+  </si>
+  <si>
+    <t>BAZ-100103</t>
+  </si>
+  <si>
+    <t>БАЗ.А30.0.25.40</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран шаровой 11Б27п1 Ду25 вр/вр рычаг PN40 (25шт)</t>
+  </si>
+  <si>
+    <t>908.43 руб.</t>
+  </si>
+  <si>
+    <t>BAZ-100104</t>
+  </si>
+  <si>
+    <t>БАЗ.А30.0.32.40</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран шаровой 11Б27п1 Ду32 вр/вр рычаг PN40 (15шт)</t>
+  </si>
+  <si>
+    <t>1 415.03 руб.</t>
+  </si>
+  <si>
+    <t>BAZ-100105</t>
+  </si>
+  <si>
+    <t>БАЗ.А30.0.40.40</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран шаровой 11Б27п1 Ду40 вр/вр рычаг PN40 (10шт)</t>
+  </si>
+  <si>
+    <t>2 373.07 руб.</t>
+  </si>
+  <si>
+    <t>BAZ-100106</t>
+  </si>
+  <si>
+    <t>БАЗ.А30.0.50.40</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран шаровой 11Б27п1 Ду50 вр/вр рычаг PN40 (6шт)</t>
+  </si>
+  <si>
+    <t>3 650.51 руб.</t>
+  </si>
+  <si>
+    <t>BAZ-100107</t>
+  </si>
+  <si>
+    <t>БАЗ.А30.1.15.40</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран шаровой 11Б27п1 Ду15  вр/вр бабочка PN40 (60шт)</t>
+  </si>
+  <si>
+    <t>356.41 руб.</t>
+  </si>
+  <si>
+    <t>BAZ-100108</t>
+  </si>
+  <si>
+    <t>БАЗ.А30.1.20.40</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран шаровой 11Б27п1 Ду20  вр/вр бабочка PN40  (50шт)</t>
+  </si>
+  <si>
+    <t>462.67 руб.</t>
+  </si>
+  <si>
+    <t>BAZ-100109</t>
+  </si>
+  <si>
+    <t>БАЗ.А30.1.25.40</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран шаровой 11Б27п1 Ду25  вр/вр бабочка PN40 (25шт)</t>
+  </si>
+  <si>
+    <t>BAZ-100110</t>
+  </si>
+  <si>
+    <t>БАЗ.А31.0.15.40</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран шаровой 11Б27п1 Ду15 вр/нр рычаг PN40 (60шт)</t>
+  </si>
+  <si>
+    <t>363.45 руб.</t>
+  </si>
+  <si>
+    <t>BAZ-100111</t>
+  </si>
+  <si>
+    <t>БАЗ.А31.0.20.40</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран шаровой 11Б27п1 Ду20 вр/нр рычаг PN40 (50шт)</t>
+  </si>
+  <si>
+    <t>524.83 руб.</t>
+  </si>
+  <si>
+    <t>BAZ-100112</t>
+  </si>
+  <si>
+    <t>БАЗ.А31.0.25.40</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран шаровой 11Б27п1 Ду25 вр/нр рычаг PN40 (25шт)</t>
+  </si>
+  <si>
+    <t>952.09 руб.</t>
+  </si>
+  <si>
+    <t>BAZ-100113</t>
+  </si>
+  <si>
+    <t>БАЗ.А31.0.32.40</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран шаровой 11Б27п1 Ду32 вр/нр рычаг PN40 (15шт)</t>
+  </si>
+  <si>
+    <t>1 619.45 руб.</t>
+  </si>
+  <si>
+    <t>BAZ-100114</t>
+  </si>
+  <si>
+    <t>БАЗ.А31.0.40.40</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран шаровой 11Б27п1 Ду40 вр/нр рычаг PN40 (10шт)</t>
+  </si>
+  <si>
+    <t>2 450.28 руб.</t>
+  </si>
+  <si>
+    <t>BAZ-100115</t>
+  </si>
+  <si>
+    <t>БАЗ.А31.1.15.40</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран шаровой 11Б27п1 Ду15 вр/нр бабочка PN40 (60шт)</t>
+  </si>
+  <si>
+    <t>358.59 руб.</t>
+  </si>
+  <si>
+    <t>BAZ-100116</t>
+  </si>
+  <si>
+    <t>БАЗ.А31.1.20.40</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран шаровой 11Б27п1 Ду20 вр/нр бабочка PN40 (50шт)</t>
+  </si>
+  <si>
+    <t>BAZ-100117</t>
+  </si>
+  <si>
+    <t>БАЗ.А31.1.25.40</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран шаровой 11Б27п1 Ду25 вр/нр бабочка PN40 (25шт)</t>
+  </si>
+  <si>
+    <t>937.75 руб.</t>
+  </si>
+  <si>
+    <t>BAZ-100118</t>
+  </si>
+  <si>
+    <t>БАЗ.А.А31.1.15.40</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран шаровой "американка" Ду15 прямой бабочка PN40 (60шт)</t>
+  </si>
+  <si>
+    <t>558.87 руб.</t>
+  </si>
+  <si>
+    <t>BAZ-100119</t>
+  </si>
+  <si>
+    <t>БАЗ.А.А31.1.20.40</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран шаровой "американка" Ду20 прямой бабочка PN40 (40шт)</t>
+  </si>
+  <si>
+    <t>796.46 руб.</t>
+  </si>
+  <si>
+    <t>BAZ-100120</t>
+  </si>
+  <si>
+    <t>БАЗ.А.А31.1.25.40</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран шаровой "американка" Ду25 прямой бабочка PN40 (16шт)</t>
+  </si>
+  <si>
+    <t>1 282.57 руб.</t>
+  </si>
+  <si>
+    <t>BAZ-100121</t>
+  </si>
+  <si>
+    <t>БАЗ.А.А31.0.25.40</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран шаровой "американка" Ду25 прямой рычаг PN40 (16шт)</t>
+  </si>
+  <si>
+    <t>1 291.97 руб.</t>
+  </si>
+  <si>
+    <t>BAZ-100122</t>
+  </si>
+  <si>
+    <t>БАЗ.А.А31.0.32.40</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран шаровой "американка" Ду32 прямой рычаг PN40 (10шт)</t>
+  </si>
+  <si>
+    <t>1 974.73 руб.</t>
+  </si>
+  <si>
+    <t>BAZ-100123</t>
+  </si>
+  <si>
+    <t>БАЗ.КФ.1.15</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран-фильтр 11Б27п1 Ду15  вр/вр бабочка (50шт)</t>
+  </si>
+  <si>
+    <t>0.00 руб.</t>
+  </si>
+  <si>
+    <t>BAZ-100124</t>
+  </si>
+  <si>
+    <t>БАЗ.А32.0.15.40</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран шаровой 11Б27П1 Ду15 нр/нр рычаг PN40 (60шт)</t>
+  </si>
+  <si>
+    <t>411.16 руб.</t>
+  </si>
+  <si>
+    <t>BAZ-100125</t>
+  </si>
+  <si>
+    <t>БАЗ.А32.0.20.40</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран шаровой 11Б27П1 Ду20 нр/нр рычаг PN40 (50шт)</t>
+  </si>
+  <si>
+    <t>581.34 руб.</t>
+  </si>
+  <si>
+    <t>BAZ-100126</t>
+  </si>
+  <si>
+    <t>БАЗ.А32.0.25.40</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран шаровой 11Б27п1 Ду25 нр/нр рычаг PN40 (25шт)</t>
+  </si>
+  <si>
+    <t>998.52 руб.</t>
+  </si>
+  <si>
+    <t>BAZ-100127</t>
+  </si>
+  <si>
+    <t>БАЗ.А32.1.15.40</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран шаровой 11Б27П1 Ду15 нр/нр бабочка PN40 (60шт)</t>
+  </si>
+  <si>
+    <t>BAZ-100128</t>
+  </si>
+  <si>
+    <t>БАЗ.А32.1.20.40</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран шаровой 11Б27П1 Ду20 нр/нр бабочка PN40 (50шт)</t>
+  </si>
+  <si>
+    <t>BAZ-100129</t>
+  </si>
+  <si>
+    <t>БАЗ.А32.1.25.40</t>
+  </si>
+  <si>
+    <t>БАЗ латунь кран шаровой 11Б27п1 Ду25 нр/нр бабочка PN40 (25шт)</t>
+  </si>
+  <si>
+    <t>998.48 руб.</t>
+  </si>
+  <si>
+    <t>Краны шаровые COMPACT</t>
+  </si>
+  <si>
+    <t>OTM-110048</t>
+  </si>
+  <si>
+    <t>кран шаровой 1/2 вр/вр бабочка латунь никель PN40 COMPACT (10/200шт)</t>
+  </si>
+  <si>
+    <t>212.04 руб.</t>
+  </si>
+  <si>
+    <t>OTM-110049</t>
+  </si>
+  <si>
+    <t>кран шаровой 3/4 вр/вр бабочка латунь никель PN40 COMPACT (10/150шт)</t>
+  </si>
+  <si>
+    <t>299.25 руб.</t>
+  </si>
+  <si>
+    <t>OTM-110050</t>
+  </si>
+  <si>
+    <t>кран шаровой 1 вр/вр бабочка латунь никель PN40 COMPACT (10/100шт)</t>
+  </si>
+  <si>
+    <t>388.17 руб.</t>
+  </si>
+  <si>
+    <t>OTM-110051</t>
+  </si>
+  <si>
+    <t>кран шаровой 1/2  вр/нар бабочка латунь никель PN40 COMPACT (10/200шт)</t>
+  </si>
+  <si>
+    <t>OTM-110052</t>
+  </si>
+  <si>
+    <t>кран шаровой 3/4  вр/нар бабочка латунь никель PN40 COMPACT (10/150шт)</t>
+  </si>
+  <si>
+    <t>309.51 руб.</t>
+  </si>
+  <si>
+    <t>OTM-110053</t>
+  </si>
+  <si>
+    <t>кран шаровой 1  вр/нар бабочка латунь никель PN40 COMPACT (10/100шт)</t>
+  </si>
+  <si>
+    <t>396.72 руб.</t>
+  </si>
+  <si>
+    <t>Краны шаровые ТЕБО полнопроходные ГОСТ</t>
+  </si>
+  <si>
+    <t>ALT-120001</t>
+  </si>
+  <si>
+    <t>T-КШ.101.12.КР.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO ВН/ВН  1/2" ручка (10/80)</t>
+  </si>
+  <si>
+    <t>394.77 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120002</t>
+  </si>
+  <si>
+    <t>T-КШ.101.34.КР.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO ВН/ВН  3/4" ручка (7/56)</t>
+  </si>
+  <si>
+    <t>559.43 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120003</t>
+  </si>
+  <si>
+    <t>T-КШ.101.1.КР.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO ВН/ВН  1" ручка (4/32) (шт.)</t>
+  </si>
+  <si>
+    <t>948.51 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120004</t>
+  </si>
+  <si>
+    <t>T-КШ.101.114.КР.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO ВН/ВН 1.1/4" ручка (2/18)</t>
+  </si>
+  <si>
+    <t>1 481.00 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120005</t>
+  </si>
+  <si>
+    <t>T-КШ.101.112.КР.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO ВН/ВН 1.1/2" ручка (2/12)</t>
+  </si>
+  <si>
+    <t>2 220.84 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120006</t>
+  </si>
+  <si>
+    <t>T-КШ.101.2.КР.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO ВН/ВН   2" ручка (2/8) (шт.)</t>
+  </si>
+  <si>
+    <t>3 347.36 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120007</t>
+  </si>
+  <si>
+    <t>T-КШ.202.12.КР.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO ВН/НАР  1/2" ручка (8/64)</t>
+  </si>
+  <si>
+    <t>414.48 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120008</t>
+  </si>
+  <si>
+    <t>Т-КШ.202.34.КР.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO ВН/НАР  3/4" ручка (6/48)</t>
+  </si>
+  <si>
+    <t>594.02 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120009</t>
+  </si>
+  <si>
+    <t>T-КШ.202.1.КР.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO ВН/НАР  1" ручка (4/32)</t>
+  </si>
+  <si>
+    <t>982.01 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120010</t>
+  </si>
+  <si>
+    <t>T-КШ.202.114.КР.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO ВН/НАР 1.1/4" ручка (2/18)</t>
+  </si>
+  <si>
+    <t>1 738.05 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120011</t>
+  </si>
+  <si>
+    <t>T-КШ.202.112.КР.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO ВН/НАР 1.1/2" ручка (2/12)</t>
+  </si>
+  <si>
+    <t>2 340.83 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120012</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO ВН/НАР 2" ручка ()</t>
+  </si>
+  <si>
+    <t>ALT-120013</t>
+  </si>
+  <si>
+    <t>T-КШ.303.12.КР.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO НАР/НАР  1/2" ручка (8/64)</t>
+  </si>
+  <si>
+    <t>415.79 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120014</t>
+  </si>
+  <si>
+    <t>T-КШ.303.34.КР.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO НАР/НАР  3/4" ручка (6/48)</t>
+  </si>
+  <si>
+    <t>611.10 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120015</t>
+  </si>
+  <si>
+    <t>T-КШ.303.1.КР.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO НАР/НАР  1" ручка (4/32) (шт.)</t>
+  </si>
+  <si>
+    <t>1 011.35 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120016</t>
+  </si>
+  <si>
+    <t>T-КШ.101.12.КБ.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO ВН/ВН  1/2" бабочка (16/128)</t>
+  </si>
+  <si>
+    <t>374.63 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120017</t>
+  </si>
+  <si>
+    <t>T-КШ.101.34.КБ.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO ВН/ВН  3/4" бабочка (10/80)</t>
+  </si>
+  <si>
+    <t>523.96 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120018</t>
+  </si>
+  <si>
+    <t>T-КШ.101.1.КБ.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO ВН/ВН  1" бабочка (5/40)</t>
+  </si>
+  <si>
+    <t>932.08 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120019</t>
+  </si>
+  <si>
+    <t>T-КШ.202.38.КБ.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO ВН/НАР  3/8" бабочка (20/160)</t>
+  </si>
+  <si>
+    <t>282.89 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120020</t>
+  </si>
+  <si>
+    <t>Т-КШ.202.12.КБ.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO ВН/НАР  1/2" бабочка (14/112)</t>
+  </si>
+  <si>
+    <t>390.17 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120021</t>
+  </si>
+  <si>
+    <t>Т-КШ.202.34.КБ.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO ВН/НАР  3/4" бабочка (8/64)</t>
+  </si>
+  <si>
+    <t>571.03 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120022</t>
+  </si>
+  <si>
+    <t>Т-КШ.202.1.КБ.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO ВН/НАР  1" бабочка (5/40)</t>
+  </si>
+  <si>
+    <t>961.64 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120023</t>
+  </si>
+  <si>
+    <t>T-КШ.303.12.КБ.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO НАР/НАР  1/2" бабочка (14/112)</t>
+  </si>
+  <si>
+    <t>394.55 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120024</t>
+  </si>
+  <si>
+    <t>T-КШ.303.34.КБ.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO НАР/НАР  3/4" бабочка (8/64)</t>
+  </si>
+  <si>
+    <t>590.08 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120025</t>
+  </si>
+  <si>
+    <t>T-КШ.303.1.КБ.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO НАР/НАР  1" бабочка (5/40шт)</t>
+  </si>
+  <si>
+    <t>ALT-120026</t>
+  </si>
+  <si>
+    <t>T-КШ.402.12.КБ.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO с полусгоном  1/2" бабочка (10/80)</t>
+  </si>
+  <si>
+    <t>521.33 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120027</t>
+  </si>
+  <si>
+    <t>T-КШ.402.34.КБ.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO с полусгоном  3/4" бабочка (7/56)</t>
+  </si>
+  <si>
+    <t>776.19 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120028</t>
+  </si>
+  <si>
+    <t>Т-КШ.402.1.КБ.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO с полусгоном  1" бабочка (4/32)</t>
+  </si>
+  <si>
+    <t>1 407.21 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120029</t>
+  </si>
+  <si>
+    <t>T-КШ.402.114.КБ.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO с полусгоном 1.1/4" бабочка (3/24) (шт.)</t>
+  </si>
+  <si>
+    <t>2 107.64 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120030</t>
+  </si>
+  <si>
+    <t>T-КШ.452.12.КБ.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO с полусгоном угловой  1/2" бабочка (7/56)</t>
+  </si>
+  <si>
+    <t>608.91 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120031</t>
+  </si>
+  <si>
+    <t>T-КШ.452.34.КБ.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO с полусгоном угловой  3/4" бабочка (6/48)</t>
+  </si>
+  <si>
+    <t>906.90 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120032</t>
+  </si>
+  <si>
+    <t>T-КШ.452.1.КБ.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO с полусгоном угловой  1" бабочка (2/18)</t>
+  </si>
+  <si>
+    <t>1 609.31 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120033</t>
+  </si>
+  <si>
+    <t>T-КШ.402.12.ББ.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO с полусгоном  1/2" белая бабочка (10/80)</t>
+  </si>
+  <si>
+    <t>521.55 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120034</t>
+  </si>
+  <si>
+    <t>T-КШ.402.34.ББ.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO с полусгоном  3/4" белая бабочка (7/56)</t>
+  </si>
+  <si>
+    <t>775.75 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120035</t>
+  </si>
+  <si>
+    <t>T-КШ.452.12.ББ.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO с полусгоном угловой  1/2" белая бабочка (7/56)</t>
+  </si>
+  <si>
+    <t>611.76 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120036</t>
+  </si>
+  <si>
+    <t>T-КШ.452.34.ББ.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой полный проход TEBO с полусгоном угловой  3/4" белая бабочка (6/48)</t>
+  </si>
+  <si>
+    <t>474.45 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120037</t>
+  </si>
+  <si>
+    <t>T-КШ.Ф.501.12.КР.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой - фильтр TEBO ВН/ВН 1/2" ручка (6/48)</t>
+  </si>
+  <si>
+    <t>734.37 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120038</t>
+  </si>
+  <si>
+    <t>T-КШ.Ф.501.12.КБ.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой - фильтр TEBO ВН/ВН 1/2" бабочка (7/56)</t>
+  </si>
+  <si>
+    <t>634.53 руб.</t>
+  </si>
+  <si>
+    <t>ALT-120039</t>
+  </si>
+  <si>
+    <t>T-КШ.Д.505.12.БР.CN</t>
+  </si>
+  <si>
+    <t>Кран шаровой дренажный TEBO НАР 1/2" (14/112)</t>
+  </si>
+  <si>
+    <t>383.61 руб.</t>
+  </si>
+  <si>
+    <t>Краны шаровые РОСТУРПЛАСТ (в инд упаковке)</t>
+  </si>
+  <si>
+    <t>RTP-902016</t>
+  </si>
+  <si>
+    <t>Кран шаровой ручка бабочка, латунь, вн/нар резьба  1/2",PN25 еврослот, никель, RTP (80/1шт)</t>
+  </si>
+  <si>
+    <t>320.70 руб.</t>
+  </si>
+  <si>
+    <t>RTP-902039</t>
+  </si>
+  <si>
+    <t>Кран шаровой ручка бабочка, латунь, вн/нар резьба  1/2",PN40 еврослот, никель, RTP (80/1шт)</t>
+  </si>
+  <si>
+    <t>343.86 руб.</t>
+  </si>
+  <si>
+    <t>Краны водоразборные</t>
+  </si>
+  <si>
+    <t>Краны водоразборные РАЗНЫЕ</t>
+  </si>
+  <si>
+    <t>MAV-840011</t>
+  </si>
+  <si>
+    <t>кран водоразборный "ЭлБЭТ"</t>
+  </si>
+  <si>
+    <t>101.66 руб.</t>
+  </si>
+  <si>
+    <t>OTM-110057</t>
+  </si>
+  <si>
+    <t>Кран водоразбоный 1/2" ХРОМ (80шт)</t>
+  </si>
+  <si>
+    <t>206.91 руб.</t>
+  </si>
+  <si>
+    <t>OTM-110059</t>
+  </si>
+  <si>
+    <t>Кран водоразборный со штуцером 1/2 латунь (100шт)</t>
+  </si>
+  <si>
+    <t>297.54 руб.</t>
+  </si>
+  <si>
+    <t>OTM-110060</t>
+  </si>
+  <si>
+    <t>Кран водоразборный со штуцером 3/4 латунь (50шт)</t>
+  </si>
+  <si>
+    <t>405.27 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-110005</t>
+  </si>
+  <si>
+    <t>03952</t>
+  </si>
+  <si>
+    <t>-кран шаровый с носиком латунь 1" (4/40шт)</t>
+  </si>
+  <si>
+    <t>347.05 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-110006</t>
+  </si>
+  <si>
+    <t>01477</t>
+  </si>
+  <si>
+    <t>кран шаровый с носиком 1/2' (латунь) (8/80шт)</t>
+  </si>
+  <si>
+    <t>294.10 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-110007</t>
+  </si>
+  <si>
+    <t>00840</t>
+  </si>
+  <si>
+    <t>кран шаровый с носиком 3/4' (латунь) (5/50шт)</t>
+  </si>
+  <si>
+    <t>342.90 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-110011</t>
+  </si>
+  <si>
+    <t>04191</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- вентиль водоразборный с носиком длинный латунь ХРОМ 1/2" </t>
+  </si>
+  <si>
+    <t>302.60 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-110012</t>
+  </si>
+  <si>
+    <t>01752</t>
+  </si>
+  <si>
+    <t>кран шаровый водоразборный пластик белый 1/2" (1/100шт)</t>
+  </si>
+  <si>
+    <t>50.86 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-110013</t>
+  </si>
+  <si>
+    <t>03315</t>
+  </si>
+  <si>
+    <t>кран шаровый водоразборный пластик зеленый 1/2" (1/100шт)</t>
+  </si>
+  <si>
+    <t>ZAP-110014</t>
+  </si>
+  <si>
+    <t>03103</t>
+  </si>
+  <si>
+    <t>кран шаровый водоразборный пластик синий 1/2" (1/100шт)</t>
+  </si>
+  <si>
+    <t>51.26 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-110016</t>
+  </si>
+  <si>
+    <t>04928</t>
+  </si>
+  <si>
+    <t>кран шаровый с носиком 1/2' (латунь) + быстросъем  (8/64шт)</t>
+  </si>
+  <si>
+    <t>316.20 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-111006</t>
+  </si>
+  <si>
+    <t>Кран водоразборный сплав 1/2"  со штуцером (10/150 шт)</t>
+  </si>
+  <si>
+    <t>158.14 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-111007</t>
+  </si>
+  <si>
+    <t>Кран водоразборный сплав 3/4"  со штуцером (5/150 шт)</t>
+  </si>
+  <si>
+    <t>225.82 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-111008</t>
+  </si>
+  <si>
+    <t>Кран водоразборный 1/2 желтый СССР</t>
+  </si>
+  <si>
+    <t>259.25 руб.</t>
+  </si>
+  <si>
+    <t>Краны водоразборные VIEIR</t>
+  </si>
+  <si>
+    <t>VER-000536</t>
+  </si>
+  <si>
+    <t>VR260</t>
+  </si>
+  <si>
+    <t>Кран шаровой водоразборный со штуцером 1/2" "ViEiR"(64/8шт)</t>
+  </si>
+  <si>
+    <t>1 041.25 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-120001</t>
+  </si>
+  <si>
+    <t>VRC5003</t>
+  </si>
+  <si>
+    <t>кран шаровый с носиком ATM 1/2' (латунь) (10/180шт)</t>
+  </si>
+  <si>
+    <t>293.04 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-120002</t>
+  </si>
+  <si>
+    <t>VRC5004</t>
+  </si>
+  <si>
+    <t>кран шаровый с носиком ATM 3/4' (латунь) (10/120шт)</t>
   </si>
   <si>
     <t>404.60 руб.</t>
   </si>
   <si>
-    <t>ZAP-310017</t>
-[...2254 lines deleted...]
-  <si>
     <t>ZAP-120003</t>
   </si>
   <si>
     <t>VR324</t>
   </si>
   <si>
     <t>кран ДЛЯ БАНИ водоразборный с носиком 1/2' короткий латунь декор бронза (1/50шт)</t>
   </si>
   <si>
-    <t>645.58 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>ZAP-120004</t>
   </si>
   <si>
     <t>VR323</t>
   </si>
   <si>
     <t>кран ДЛЯ БАНИ водоразборный с носиком 1/2' длинный латунь декор бронза (1/50шт)</t>
   </si>
   <si>
-    <t>716.98 руб.</t>
+    <t>712.51 руб.</t>
   </si>
   <si>
     <t>ZAP-120005</t>
   </si>
   <si>
     <t>VR322</t>
   </si>
   <si>
     <t>вентиль ДЛЯ БАНИ водоразборный с носиком 1/2' короткий латунь декор бронза (1/50шт)</t>
   </si>
   <si>
-    <t>1 407.18 руб.</t>
+    <t>1 430.98 руб.</t>
   </si>
   <si>
     <t>ZAP-120006</t>
   </si>
   <si>
     <t>VR321</t>
   </si>
   <si>
     <t>вентиль ДЛЯ БАНИ водоразборный с носиком 1/2' длинный латунь декор бронза (1/50шт)</t>
   </si>
   <si>
-    <t>1 570.80 руб.</t>
+    <t>1 610.96 руб.</t>
   </si>
   <si>
     <t>ZAP-120007</t>
   </si>
   <si>
     <t>VER5003</t>
   </si>
   <si>
     <t>кран шаровый с носиком VR 1/2' (латунь) (10/180шт)</t>
   </si>
   <si>
-    <t>398.65 руб.</t>
+    <t>455.18 руб.</t>
   </si>
   <si>
     <t>ZAP-120008</t>
   </si>
   <si>
     <t>VER5004</t>
   </si>
   <si>
     <t>кран шаровый с носиком VR 3/4' (латунь) (8/180шт)</t>
   </si>
   <si>
-    <t>553.35 руб.</t>
+    <t>653.01 руб.</t>
   </si>
   <si>
     <t>Краны водоразборные VALTEC</t>
   </si>
   <si>
     <t>VLC-411001</t>
   </si>
   <si>
     <t>VT.051.N.04</t>
   </si>
   <si>
     <t>Кран водоразборный со штуцером 1/2" (10/ 80шт)</t>
   </si>
   <si>
     <t>VLC-411002</t>
   </si>
   <si>
     <t>VT.051.N.05</t>
   </si>
   <si>
     <t>Кран водоразборный со штуцером 3/4" (7/ 56шт)</t>
   </si>
   <si>
     <t>903.00 руб.</t>
   </si>
@@ -4858,63 +4867,63 @@
   <si>
     <t>ZGR-000208</t>
   </si>
   <si>
     <t>PF31</t>
   </si>
   <si>
     <t>Кран шаровой латунный водоразборный 1/2" (120шт)</t>
   </si>
   <si>
     <t>304.75 руб.</t>
   </si>
   <si>
     <t>Краны водоразборные ТЕБО</t>
   </si>
   <si>
     <t>ALT-120040</t>
   </si>
   <si>
     <t>T-КШ.П.555.12.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой поливочный с латунным штуцером TEBO НАР 1/2" (7/56)</t>
   </si>
   <si>
-    <t>508.67 руб.</t>
+    <t>509.72 руб.</t>
   </si>
   <si>
     <t>ALT-120041</t>
   </si>
   <si>
     <t>Т-КШ.П.555.34.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой поливочный с латунным штуцером TEBO НАР 3/4" (4/32)</t>
   </si>
   <si>
-    <t>661.84 руб.</t>
+    <t>663.21 руб.</t>
   </si>
   <si>
     <t>Краны водоразборные GAPPO</t>
   </si>
   <si>
     <t>GAP-100776</t>
   </si>
   <si>
     <t>G232.04</t>
   </si>
   <si>
     <t>Кран водоразборный 1/2" GAPPO со съемным штуцером (10/100шт)</t>
   </si>
   <si>
     <t>493.69 руб.</t>
   </si>
   <si>
     <t>GAP-100777</t>
   </si>
   <si>
     <t>G232.05</t>
   </si>
   <si>
     <t>Кран водоразборный 3/4" GAPPO со съемным штуцером (8/80шт)</t>
   </si>
@@ -5221,183 +5230,183 @@
   <si>
     <t>Кран незамерзающий 550мм</t>
   </si>
   <si>
     <t>6 044.80 руб.</t>
   </si>
   <si>
     <t>RAC-111011</t>
   </si>
   <si>
     <t>Кран незамерзающий 600мм</t>
   </si>
   <si>
     <t>6 334.40 руб.</t>
   </si>
   <si>
     <t>VER-000459</t>
   </si>
   <si>
     <t>VRGL250</t>
   </si>
   <si>
     <t>Кран незамерзающий 250мм</t>
   </si>
   <si>
-    <t>2 806.91 руб.</t>
+    <t>2 863.44 руб.</t>
   </si>
   <si>
     <t>VER-000460</t>
   </si>
   <si>
     <t>VRGL350</t>
   </si>
   <si>
     <t>Кран незамерзающий 350мм (1/25шт)</t>
   </si>
   <si>
-    <t>3 382.58 руб.</t>
+    <t>3 451.00 руб.</t>
   </si>
   <si>
     <t>VER-000461</t>
   </si>
   <si>
     <t>VRGL450</t>
   </si>
   <si>
     <t>Кран незамерзающий 450мм (1/20шт)</t>
   </si>
   <si>
-    <t>3 941.88 руб.</t>
+    <t>4 020.71 руб.</t>
   </si>
   <si>
     <t>VER-000787</t>
   </si>
   <si>
     <t>VRGL550</t>
   </si>
   <si>
     <t>Незамерзающий кран 550мм (15/1шт)</t>
   </si>
   <si>
-    <t>4 774.88 руб.</t>
+    <t>4 871.56 руб.</t>
   </si>
   <si>
     <t>VER-000788</t>
   </si>
   <si>
     <t>VRGL650</t>
   </si>
   <si>
     <t>Незамерзающий кран 650мм (10/1шт)</t>
   </si>
   <si>
-    <t>5 322.28 руб.</t>
+    <t>5 429.38 руб.</t>
   </si>
   <si>
     <t>VER-001149</t>
   </si>
   <si>
     <t>VR25-2210</t>
   </si>
   <si>
     <t>Незамерзающий гидрант 3/4" 2210мм (1шт)</t>
   </si>
   <si>
     <t>6 491.45 руб.</t>
   </si>
   <si>
     <t>VER-001150</t>
   </si>
   <si>
     <t>VR25-2515</t>
   </si>
   <si>
     <t>Незамерзающий гидрант 3/4" 2515мм (1шт)</t>
   </si>
   <si>
     <t>6 994.23 руб.</t>
   </si>
   <si>
     <t>VER-001510</t>
   </si>
   <si>
     <t>VRGL20-250</t>
   </si>
   <si>
     <t>Незамерзающий кран 250мм ХРОМ (30/1шт)</t>
   </si>
   <si>
-    <t>1 740.38 руб.</t>
+    <t>1 838.55 руб.</t>
   </si>
   <si>
     <t>VER-001511</t>
   </si>
   <si>
     <t>VRGL20-350</t>
   </si>
   <si>
     <t>Незамерзающий кран 350мм ХРОМ (30/1шт)</t>
   </si>
   <si>
-    <t>1 944.16 руб.</t>
+    <t>2 052.75 руб.</t>
   </si>
   <si>
     <t>VER-001512</t>
   </si>
   <si>
     <t>VRGL20-450</t>
   </si>
   <si>
     <t>Незамерзающий кран 450мм ХРОМ (30/1шт)</t>
   </si>
   <si>
-    <t>2 146.46 руб.</t>
+    <t>2 262.49 руб.</t>
   </si>
   <si>
     <t>VER-001513</t>
   </si>
   <si>
     <t>VRGL20-550</t>
   </si>
   <si>
     <t>Незамерзающий кран 550мм ХРОМ (30/1шт)</t>
   </si>
   <si>
-    <t>2 338.35 руб.</t>
+    <t>2 436.53 руб.</t>
   </si>
   <si>
     <t>VER-001514</t>
   </si>
   <si>
     <t>VRGL20-650</t>
   </si>
   <si>
     <t>Незамерзающий кран 650мм ХРОМ (30/1шт)</t>
   </si>
   <si>
-    <t>2 488.59 руб.</t>
+    <t>2 591.23 руб.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -5492,51 +5501,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="5" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="4"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a221d_86a5_11e9_8101_003048fd731b_d2eca8dc_2820_11ed_a30f_00259070b4871.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2221_86a5_11e9_8101_003048fd731b_d2eca8dd_2820_11ed_a30f_00259070b4872.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2225_86a5_11e9_8101_003048fd731b_d2eca8de_2820_11ed_a30f_00259070b4873.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2229_86a5_11e9_8101_003048fd731b_d2eca8df_2820_11ed_a30f_00259070b4874.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a222d_86a5_11e9_8101_003048fd731b_d2eca8e0_2820_11ed_a30f_00259070b4875.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2231_86a5_11e9_8101_003048fd731b_d2eca8e1_2820_11ed_a30f_00259070b4876.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29dd4e17_ba6d_11e9_8105_003048fd731b_d2eca8e2_2820_11ed_a30f_00259070b4877.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29dd4e19_ba6d_11e9_8105_003048fd731b_d2eca8e3_2820_11ed_a30f_00259070b4878.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9778552d_d539_11e9_8109_003048fd731b_d2eca8e4_2820_11ed_a30f_00259070b4879.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e579de0_de3a_11e9_810a_003048fd731b_a26f33f0_7c1e_11f0_a7a3_047c1617b14310.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e579de2_de3a_11e9_810a_003048fd731b_a26f33f1_7c1e_11f0_a7a3_047c1617b14311.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97785535_d539_11e9_8109_003048fd731b_a26f33ef_7c1e_11f0_a7a3_047c1617b14312.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd58_86a5_11e9_8101_003048fd731b_c530e0e6_2820_11ed_a30f_00259070b48713.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd5c_86a5_11e9_8101_003048fd731b_c530e0ea_2820_11ed_a30f_00259070b48714.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd60_86a5_11e9_8101_003048fd731b_c530e0ee_2820_11ed_a30f_00259070b48715.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd64_86a5_11e9_8101_003048fd731b_c530e0f2_2820_11ed_a30f_00259070b48716.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd68_86a5_11e9_8101_003048fd731b_c530e0f6_2820_11ed_a30f_00259070b48717.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd6c_86a5_11e9_8101_003048fd731b_c530e0fa_2820_11ed_a30f_00259070b48718.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd70_86a5_11e9_8101_003048fd731b_c530e0fe_2820_11ed_a30f_00259070b48719.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd74_86a5_11e9_8101_003048fd731b_c530e102_2820_11ed_a30f_00259070b48720.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd78_86a5_11e9_8101_003048fd731b_c530e106_2820_11ed_a30f_00259070b48721.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd7c_86a5_11e9_8101_003048fd731b_c530e10a_2820_11ed_a30f_00259070b48722.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd80_86a5_11e9_8101_003048fd731b_c530e10e_2820_11ed_a30f_00259070b48723.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf68e_86a5_11e9_8101_003048fd731b_c530e112_2820_11ed_a30f_00259070b48724.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf692_86a5_11e9_8101_003048fd731b_c530e116_2820_11ed_a30f_00259070b48725.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf696_86a5_11e9_8101_003048fd731b_c530e11a_2820_11ed_a30f_00259070b48726.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf69a_86a5_11e9_8101_003048fd731b_c530e11e_2820_11ed_a30f_00259070b48727.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf69e_86a5_11e9_8101_003048fd731b_c530e122_2820_11ed_a30f_00259070b48728.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6a2_86a5_11e9_8101_003048fd731b_c530e126_2820_11ed_a30f_00259070b48729.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6a6_86a5_11e9_8101_003048fd731b_c530e12a_2820_11ed_a30f_00259070b48730.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6a9_86a5_11e9_8101_003048fd731b_c530e12e_2820_11ed_a30f_00259070b48731.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6ac_86a5_11e9_8101_003048fd731b_c530e132_2820_11ed_a30f_00259070b48732.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6af_86a5_11e9_8101_003048fd731b_c530e136_2820_11ed_a30f_00259070b48733.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6b3_86a5_11e9_8101_003048fd731b_c530e13a_2820_11ed_a30f_00259070b48734.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6b7_86a5_11e9_8101_003048fd731b_c530e13e_2820_11ed_a30f_00259070b48735.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6bb_86a5_11e9_8101_003048fd731b_c530e142_2820_11ed_a30f_00259070b48736.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6bf_86a5_11e9_8101_003048fd731b_c530e146_2820_11ed_a30f_00259070b48737.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6c3_86a5_11e9_8101_003048fd731b_c530e14a_2820_11ed_a30f_00259070b48738.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6c7_86a5_11e9_8101_003048fd731b_c530e14e_2820_11ed_a30f_00259070b48739.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6cb_86a5_11e9_8101_003048fd731b_c530e152_2820_11ed_a30f_00259070b48740.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6cf_86a5_11e9_8101_003048fd731b_c530e156_2820_11ed_a30f_00259070b48741.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6d3_86a5_11e9_8101_003048fd731b_c530e15a_2820_11ed_a30f_00259070b48742.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6d7_86a5_11e9_8101_003048fd731b_c530e15e_2820_11ed_a30f_00259070b48743.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6db_86a5_11e9_8101_003048fd731b_c530e162_2820_11ed_a30f_00259070b48744.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6df_86a5_11e9_8101_003048fd731b_c530e166_2820_11ed_a30f_00259070b48745.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6e3_86a5_11e9_8101_003048fd731b_c530e16a_2820_11ed_a30f_00259070b48746.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6e7_86a5_11e9_8101_003048fd731b_c530e16e_2820_11ed_a30f_00259070b48747.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6eb_86a5_11e9_8101_003048fd731b_c530e172_2820_11ed_a30f_00259070b48748.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6ef_86a5_11e9_8101_003048fd731b_c530e176_2820_11ed_a30f_00259070b48749.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6f3_86a5_11e9_8101_003048fd731b_c530e17a_2820_11ed_a30f_00259070b48750.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6f7_86a5_11e9_8101_003048fd731b_c530e17e_2820_11ed_a30f_00259070b48751.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6fb_86a5_11e9_8101_003048fd731b_c530e182_2820_11ed_a30f_00259070b48752.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6ff_86a5_11e9_8101_003048fd731b_c530e186_2820_11ed_a30f_00259070b48753.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf703_86a5_11e9_8101_003048fd731b_c530e18a_2820_11ed_a30f_00259070b48754.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf707_86a5_11e9_8101_003048fd731b_c530e18e_2820_11ed_a30f_00259070b48755.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf70b_86a5_11e9_8101_003048fd731b_c530e192_2820_11ed_a30f_00259070b48756.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf70f_86a5_11e9_8101_003048fd731b_c530e196_2820_11ed_a30f_00259070b48757.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf713_86a5_11e9_8101_003048fd731b_c530e19a_2820_11ed_a30f_00259070b48758.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf717_86a5_11e9_8101_003048fd731b_c530e19e_2820_11ed_a30f_00259070b48759.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf71b_86a5_11e9_8101_003048fd731b_c530e1a2_2820_11ed_a30f_00259070b48760.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf71f_86a5_11e9_8101_003048fd731b_c530e1a6_2820_11ed_a30f_00259070b48761.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf723_86a5_11e9_8101_003048fd731b_c530e1aa_2820_11ed_a30f_00259070b48762.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf727_86a5_11e9_8101_003048fd731b_c530e1ae_2820_11ed_a30f_00259070b48763.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf72b_86a5_11e9_8101_003048fd731b_c530e1b2_2820_11ed_a30f_00259070b48764.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf72f_86a5_11e9_8101_003048fd731b_c530e1b6_2820_11ed_a30f_00259070b48765.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf733_86a5_11e9_8101_003048fd731b_c530e1ba_2820_11ed_a30f_00259070b48766.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf737_86a5_11e9_8101_003048fd731b_cbe1917f_2820_11ed_a30f_00259070b48767.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf73b_86a5_11e9_8101_003048fd731b_cbe19183_2820_11ed_a30f_00259070b48768.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf73f_86a5_11e9_8101_003048fd731b_cbe19187_2820_11ed_a30f_00259070b48769.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf743_86a5_11e9_8101_003048fd731b_cbe1918b_2820_11ed_a30f_00259070b48770.jpeg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf747_86a5_11e9_8101_003048fd731b_cbe1918f_2820_11ed_a30f_00259070b48771.jpeg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf74b_86a5_11e9_8101_003048fd731b_cbe19193_2820_11ed_a30f_00259070b48772.jpeg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf74f_86a5_11e9_8101_003048fd731b_cbe19197_2820_11ed_a30f_00259070b48773.jpeg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf753_86a5_11e9_8101_003048fd731b_cbe1919b_2820_11ed_a30f_00259070b48774.jpeg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf757_86a5_11e9_8101_003048fd731b_cbe1919f_2820_11ed_a30f_00259070b48775.jpeg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf75b_86a5_11e9_8101_003048fd731b_cbe191a3_2820_11ed_a30f_00259070b48776.jpeg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf75f_86a5_11e9_8101_003048fd731b_cbe191a7_2820_11ed_a30f_00259070b48777.jpeg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf763_86a5_11e9_8101_003048fd731b_cbe191ab_2820_11ed_a30f_00259070b48778.jpeg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf766_86a5_11e9_8101_003048fd731b_cbe191af_2820_11ed_a30f_00259070b48779.jpeg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf769_86a5_11e9_8101_003048fd731b_cbe191b3_2820_11ed_a30f_00259070b48780.jpeg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf76d_86a5_11e9_8101_003048fd731b_cbe191b7_2820_11ed_a30f_00259070b48781.jpeg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf771_86a5_11e9_8101_003048fd731b_cbe191bb_2820_11ed_a30f_00259070b48782.jpeg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf775_86a5_11e9_8101_003048fd731b_cbe191bf_2820_11ed_a30f_00259070b48783.jpeg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf779_86a5_11e9_8101_003048fd731b_cbe191c3_2820_11ed_a30f_00259070b48784.jpeg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf77d_86a5_11e9_8101_003048fd731b_cbe191c7_2820_11ed_a30f_00259070b48785.jpeg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf781_86a5_11e9_8101_003048fd731b_cbe191cb_2820_11ed_a30f_00259070b48786.jpeg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf785_86a5_11e9_8101_003048fd731b_cbe191cf_2820_11ed_a30f_00259070b48787.jpeg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf789_86a5_11e9_8101_003048fd731b_cbe191d3_2820_11ed_a30f_00259070b48788.jpeg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd1a_86a5_11e9_8101_003048fd731b_cbe191d7_2820_11ed_a30f_00259070b48789.jpeg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd1e_86a5_11e9_8101_003048fd731b_cbe191db_2820_11ed_a30f_00259070b48790.jpeg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd22_86a5_11e9_8101_003048fd731b_cbe191df_2820_11ed_a30f_00259070b48791.jpeg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd26_86a5_11e9_8101_003048fd731b_57339629_f953_11e9_810b_003048fd731b92.jpeg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd29_86a5_11e9_8101_003048fd731b_5733962a_f953_11e9_810b_003048fd731b93.jpeg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd2c_86a5_11e9_8101_003048fd731b_cbe191e3_2820_11ed_a30f_00259070b48794.jpeg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd30_86a5_11e9_8101_003048fd731b_cbe191e7_2820_11ed_a30f_00259070b48795.jpeg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd34_86a5_11e9_8101_003048fd731b_cbe191eb_2820_11ed_a30f_00259070b48796.jpeg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd38_86a5_11e9_8101_003048fd731b_cbe191ef_2820_11ed_a30f_00259070b48797.jpeg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd3c_86a5_11e9_8101_003048fd731b_cbe191f3_2820_11ed_a30f_00259070b48798.jpeg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd40_86a5_11e9_8101_003048fd731b_cbe191f7_2820_11ed_a30f_00259070b48799.jpeg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd44_86a5_11e9_8101_003048fd731b_cbe191fb_2820_11ed_a30f_00259070b487100.jpeg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd48_86a5_11e9_8101_003048fd731b_cbe191ff_2820_11ed_a30f_00259070b487101.jpeg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd4c_86a5_11e9_8101_003048fd731b_cbe19203_2820_11ed_a30f_00259070b487102.jpeg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd50_86a5_11e9_8101_003048fd731b_cbe19207_2820_11ed_a30f_00259070b487103.jpeg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccf1937d_ffba_11e9_810b_003048fd731b_cbe1920b_2820_11ed_a30f_00259070b487104.jpeg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b33536b1_3462_11eb_81f3_003048fd731b_cbe1920f_2820_11ed_a30f_00259070b487105.jpeg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3ab_0b65_11ec_831e_003048fd731b_cbe19213_2820_11ed_a30f_00259070b487106.jpeg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3ad_0b65_11ec_831e_003048fd731b_cbe19217_2820_11ed_a30f_00259070b487107.jpeg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3af_0b65_11ec_831e_003048fd731b_cbe1921b_2820_11ed_a30f_00259070b487108.jpeg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3b1_0b65_11ec_831e_003048fd731b_cbe1921f_2820_11ed_a30f_00259070b487109.jpeg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3b3_0b65_11ec_831e_003048fd731b_cbe19223_2820_11ed_a30f_00259070b487110.jpeg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd85_86a5_11e9_8101_003048fd731b_cbe19227_2820_11ed_a30f_00259070b487111.jpeg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd89_86a5_11e9_8101_003048fd731b_cbe1922b_2820_11ed_a30f_00259070b487112.jpeg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd8d_86a5_11e9_8101_003048fd731b_cbe1922f_2820_11ed_a30f_00259070b487113.jpeg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd91_86a5_11e9_8101_003048fd731b_cbe19233_2820_11ed_a30f_00259070b487114.jpeg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd95_86a5_11e9_8101_003048fd731b_cbe19237_2820_11ed_a30f_00259070b487115.jpeg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd99_86a5_11e9_8101_003048fd731b_cbe1923b_2820_11ed_a30f_00259070b487116.jpeg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303af8_3acc_11ec_8367_003048fd731b_d2eca871_2820_11ed_a30f_00259070b487117.jpeg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303afa_3acc_11ec_8367_003048fd731b_d2eca875_2820_11ed_a30f_00259070b487118.jpeg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303afc_3acc_11ec_8367_003048fd731b_d2eca879_2820_11ed_a30f_00259070b487119.jpeg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303afe_3acc_11ec_8367_003048fd731b_d2eca87d_2820_11ed_a30f_00259070b487120.jpeg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303b00_3acc_11ec_8367_003048fd731b_d2eca881_2820_11ed_a30f_00259070b487121.jpeg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303b02_3acc_11ec_8367_003048fd731b_d2eca885_2820_11ed_a30f_00259070b487122.jpeg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303b04_3acc_11ec_8367_003048fd731b_d2eca889_2820_11ed_a30f_00259070b487123.jpeg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303b06_3acc_11ec_8367_003048fd731b_d2eca88d_2820_11ed_a30f_00259070b487124.jpeg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303b08_3acc_11ec_8367_003048fd731b_d2eca891_2820_11ed_a30f_00259070b487125.jpeg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fed9789b_46f7_11ec_8393_003048fd731b_d2eca895_2820_11ed_a30f_00259070b487126.jpeg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fed9789d_46f7_11ec_8393_003048fd731b_d2eca899_2820_11ed_a30f_00259070b487127.jpeg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fed9789f_46f7_11ec_8393_003048fd731b_d2eca89d_2820_11ed_a30f_00259070b487128.jpeg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fed978a1_46f7_11ec_8393_003048fd731b_d2eca8a1_2820_11ed_a30f_00259070b487129.jpeg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd9e_86a5_11e9_8101_003048fd731b_cbe1923f_2820_11ed_a30f_00259070b487130.jpeg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfda2_86a5_11e9_8101_003048fd731b_cbe19243_2820_11ed_a30f_00259070b487131.jpeg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfda6_86a5_11e9_8101_003048fd731b_cbe19247_2820_11ed_a30f_00259070b487132.jpeg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdaa_86a5_11e9_8101_003048fd731b_cbe1924b_2820_11ed_a30f_00259070b487133.jpeg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdae_86a5_11e9_8101_003048fd731b_cbe1924f_2820_11ed_a30f_00259070b487134.jpeg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdb2_86a5_11e9_8101_003048fd731b_cbe19253_2820_11ed_a30f_00259070b487135.jpeg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdb6_86a5_11e9_8101_003048fd731b_cbe19257_2820_11ed_a30f_00259070b487136.jpeg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdba_86a5_11e9_8101_003048fd731b_cbe1925b_2820_11ed_a30f_00259070b487137.jpeg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdbe_86a5_11e9_8101_003048fd731b_cbe1925f_2820_11ed_a30f_00259070b487138.jpeg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdc2_86a5_11e9_8101_003048fd731b_cbe19263_2820_11ed_a30f_00259070b487139.jpeg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdc6_86a5_11e9_8101_003048fd731b_cbe19267_2820_11ed_a30f_00259070b487140.jpeg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdca_86a5_11e9_8101_003048fd731b_cbe1926b_2820_11ed_a30f_00259070b487141.jpeg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdce_86a5_11e9_8101_003048fd731b_cbe1926f_2820_11ed_a30f_00259070b487142.jpeg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdd2_86a5_11e9_8101_003048fd731b_cbe19273_2820_11ed_a30f_00259070b487143.jpeg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdd6_86a5_11e9_8101_003048fd731b_cbe19277_2820_11ed_a30f_00259070b487144.jpeg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdda_86a5_11e9_8101_003048fd731b_cbe1927b_2820_11ed_a30f_00259070b487145.jpeg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdde_86a5_11e9_8101_003048fd731b_d2eca855_2820_11ed_a30f_00259070b487146.jpeg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfde2_86a5_11e9_8101_003048fd731b_d2eca859_2820_11ed_a30f_00259070b487147.jpeg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfde6_86a5_11e9_8101_003048fd731b_d2eca85d_2820_11ed_a30f_00259070b487148.jpeg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdea_86a5_11e9_8101_003048fd731b_d2eca861_2820_11ed_a30f_00259070b487149.jpeg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdee_86a5_11e9_8101_003048fd731b_d2eca865_2820_11ed_a30f_00259070b487150.jpeg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8184924f_7270_11ef_a636_047c1617b143_d9a656a8_f1e4_11ef_a6e1_047c1617b143151.jpeg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81849251_7270_11ef_a636_047c1617b143_d9a656ac_f1e4_11ef_a6e1_047c1617b143152.jpeg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c2dfd4d_7288_11ef_a636_047c1617b143_d9a656b0_f1e4_11ef_a6e1_047c1617b143153.jpeg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c2dfd57_7288_11ef_a636_047c1617b143_d9a656b4_f1e4_11ef_a6e1_047c1617b143154.jpeg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c2dfd5d_7288_11ef_a636_047c1617b143_d9a656b8_f1e4_11ef_a6e1_047c1617b143155.jpeg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c2dfd5f_7288_11ef_a636_047c1617b143_dfe10842_f1e4_11ef_a6e1_047c1617b143156.jpeg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a5d6597_54b7_11f0_a76e_047c1617b143_579e2326_5a46_11f0_a775_047c1617b143157.jpeg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce47d2bd_9e6d_11ef_a670_047c1617b143_dfe10846_f1e4_11ef_a6e1_047c1617b143158.jpeg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce47d2bf_9e6d_11ef_a670_047c1617b143_dfe1084a_f1e4_11ef_a6e1_047c1617b143159.jpeg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce47d2c1_9e6d_11ef_a670_047c1617b143_dfe1084e_f1e4_11ef_a6e1_047c1617b143160.jpeg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce47d2cf_9e6d_11ef_a670_047c1617b143_dfe10852_f1e4_11ef_a6e1_047c1617b143161.jpeg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53ee9_9e75_11ef_a670_047c1617b143_dfe10853_f1e4_11ef_a6e1_047c1617b143162.jpeg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53ef3_9e75_11ef_a670_047c1617b143_dfe10854_f1e4_11ef_a6e1_047c1617b143163.jpeg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53ef5_9e75_11ef_a670_047c1617b143_dfe10858_f1e4_11ef_a6e1_047c1617b143164.jpeg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53ef9_9e75_11ef_a670_047c1617b143_dfe1085c_f1e4_11ef_a6e1_047c1617b143165.jpeg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53efb_9e75_11ef_a670_047c1617b143_dfe10860_f1e4_11ef_a6e1_047c1617b143166.jpeg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f11_9e75_11ef_a670_047c1617b143_dfe10864_f1e4_11ef_a6e1_047c1617b143167.jpeg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f13_9e75_11ef_a670_047c1617b143_dfe10868_f1e4_11ef_a6e1_047c1617b143168.jpeg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f1d_9e75_11ef_a670_047c1617b143_dfe1086c_f1e4_11ef_a6e1_047c1617b143169.jpeg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a5d6599_54b7_11f0_a76e_047c1617b143_579e232a_5a46_11f0_a775_047c1617b143170.jpeg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5fad502_86a5_11e9_8101_003048fd731b_d2eca8a5_2820_11ed_a30f_00259070b487171.jpeg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45f59290_4009_11ec_8370_003048fd731b_d2eca8a6_2820_11ed_a30f_00259070b487172.jpeg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d2eb74_7759_11ec_a212_00259070b487_d2eca8aa_2820_11ed_a30f_00259070b487173.jpeg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d2eb76_7759_11ec_a212_00259070b487_d2eca8ab_2820_11ed_a30f_00259070b487174.jpeg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d2eb78_7759_11ec_a212_00259070b487_d2eca8ac_2820_11ed_a30f_00259070b487175.jpeg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13e8ca46_5853_11ed_a364_047c1617b143_21d4f5b0_793a_11f0_a79f_047c1617b143176.jpeg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0751d93_0af9_11ee_a45c_047c1617b143_64c8bb7b_5a46_11f0_a775_047c1617b143177.jpeg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0751d95_0af9_11ee_a45c_047c1617b143_64c8bb7e_5a46_11f0_a775_047c1617b143178.jpeg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e84721c_afd7_11ef_a68d_047c1617b143_64c8bb80_5a46_11f0_a775_047c1617b143179.jpeg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e8472bc_afd7_11ef_a68d_047c1617b143_64c8bb84_5a46_11f0_a775_047c1617b143180.jpeg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e8472be_afd7_11ef_a68d_047c1617b143_64c8bb85_5a46_11f0_a775_047c1617b143181.jpeg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a214f_86a5_11e9_8101_003048fd731b_d2eca8ad_2820_11ed_a30f_00259070b487182.jpeg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2153_86a5_11e9_8101_003048fd731b_d2eca8ae_2820_11ed_a30f_00259070b487183.jpeg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2157_86a5_11e9_8101_003048fd731b_d2eca8af_2820_11ed_a30f_00259070b487184.jpeg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a215b_86a5_11e9_8101_003048fd731b_d2eca8b0_2820_11ed_a30f_00259070b487185.jpeg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a215f_86a5_11e9_8101_003048fd731b_d2eca8b1_2820_11ed_a30f_00259070b487186.jpeg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2163_86a5_11e9_8101_003048fd731b_d2eca8b2_2820_11ed_a30f_00259070b487187.jpeg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2167_86a5_11e9_8101_003048fd731b_d2eca8b3_2820_11ed_a30f_00259070b487188.jpeg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a216b_86a5_11e9_8101_003048fd731b_d2eca8b4_2820_11ed_a30f_00259070b487189.jpeg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a216f_86a5_11e9_8101_003048fd731b_d2eca8b5_2820_11ed_a30f_00259070b487190.jpeg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2173_86a5_11e9_8101_003048fd731b_d2eca8b6_2820_11ed_a30f_00259070b487191.jpeg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2177_86a5_11e9_8101_003048fd731b_d2eca8b7_2820_11ed_a30f_00259070b487192.jpeg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a217b_86a5_11e9_8101_003048fd731b_d2eca8b8_2820_11ed_a30f_00259070b487193.jpeg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a217f_86a5_11e9_8101_003048fd731b_d2eca8b9_2820_11ed_a30f_00259070b487194.jpeg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2183_86a5_11e9_8101_003048fd731b_d2eca8ba_2820_11ed_a30f_00259070b487195.jpeg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2187_86a5_11e9_8101_003048fd731b_d2eca8bb_2820_11ed_a30f_00259070b487196.jpeg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a218b_86a5_11e9_8101_003048fd731b_d2eca8bc_2820_11ed_a30f_00259070b487197.jpeg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a218f_86a5_11e9_8101_003048fd731b_d2eca8bd_2820_11ed_a30f_00259070b487198.jpeg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2193_86a5_11e9_8101_003048fd731b_d2eca8be_2820_11ed_a30f_00259070b487199.jpeg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2197_86a5_11e9_8101_003048fd731b_d2eca8bf_2820_11ed_a30f_00259070b487200.jpeg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a219b_86a5_11e9_8101_003048fd731b_d2eca8c1_2820_11ed_a30f_00259070b487201.jpeg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a219f_86a5_11e9_8101_003048fd731b_d2eca8c3_2820_11ed_a30f_00259070b487202.jpeg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a21a3_86a5_11e9_8101_003048fd731b_d2eca8c4_2820_11ed_a30f_00259070b487203.jpeg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a21a7_86a5_11e9_8101_003048fd731b_d2eca8c5_2820_11ed_a30f_00259070b487204.jpeg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a21ab_86a5_11e9_8101_003048fd731b_d2eca8c6_2820_11ed_a30f_00259070b487205.jpeg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a21af_86a5_11e9_8101_003048fd731b_d2eca8c7_2820_11ed_a30f_00259070b487206.jpeg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a21b3_86a5_11e9_8101_003048fd731b_d2eca8c8_2820_11ed_a30f_00259070b487207.jpeg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a21b7_86a5_11e9_8101_003048fd731b_d2eca8c9_2820_11ed_a30f_00259070b487208.jpeg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68a7bd91_a71a_11e9_8103_003048fd731b_d2eca8ca_2820_11ed_a30f_00259070b487209.jpeg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97785522_d539_11e9_8109_003048fd731b_d2eca8cb_2820_11ed_a30f_00259070b487210.jpeg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2af66c31_addf_11e9_8103_003048fd731b_d2eca8cc_2820_11ed_a30f_00259070b487211.jpeg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68a7bd93_a71a_11e9_8103_003048fd731b_d2eca8cd_2820_11ed_a30f_00259070b487212.jpeg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6c8b03a_b1f9_11e9_8103_003048fd731b_d2eca8ce_2820_11ed_a30f_00259070b487213.jpeg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97785527_d539_11e9_8109_003048fd731b_d2eca8cf_2820_11ed_a30f_00259070b487214.jpeg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a67b_3767_11ea_810f_003048fd731b_d2eca8d0_2820_11ed_a30f_00259070b487215.jpeg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a67d_3767_11ea_810f_003048fd731b_d2eca8d1_2820_11ed_a30f_00259070b487216.jpeg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a67f_3767_11ea_810f_003048fd731b_d2eca8d2_2820_11ed_a30f_00259070b487217.jpeg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a681_3767_11ea_810f_003048fd731b_d2eca8d3_2820_11ed_a30f_00259070b487218.jpeg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a683_3767_11ea_810f_003048fd731b_d2eca8d4_2820_11ed_a30f_00259070b487219.jpeg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a685_3767_11ea_810f_003048fd731b_d2eca8d5_2820_11ed_a30f_00259070b487220.jpeg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a687_3767_11ea_810f_003048fd731b_d2eca8d6_2820_11ed_a30f_00259070b487221.jpeg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c522_7c9e_11ea_8111_003048fd731b_d2eca8d7_2820_11ed_a30f_00259070b487222.jpeg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c524_7c9e_11ea_8111_003048fd731b_d2eca8d8_2820_11ed_a30f_00259070b487223.jpeg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c526_7c9e_11ea_8111_003048fd731b_d2eca8d9_2820_11ed_a30f_00259070b487224.jpeg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c528_7c9e_11ea_8111_003048fd731b_d2eca8da_2820_11ed_a30f_00259070b487225.jpeg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c52a_7c9e_11ea_8111_003048fd731b_d2eca8db_2820_11ed_a30f_00259070b487226.jpeg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e6eaa18_5f90_11eb_822d_003048fd731b_64c8bb81_5a46_11f0_a775_047c1617b143227.jpeg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d2eb7a_7759_11ec_a212_00259070b487_6b95d4b9_5a46_11f0_a775_047c1617b143228.jpeg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d2eb7c_7759_11ec_a212_00259070b487_6b95d4bd_5a46_11f0_a775_047c1617b143229.jpeg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d2eb7e_7759_11ec_a212_00259070b487_7195a3c0_5a46_11f0_a775_047c1617b143230.jpeg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093111c_0c72_11ec_8321_003048fd731b_83eb96d8_5d58_11f0_a779_047c1617b143231.jpeg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093111e_0c72_11ec_8321_003048fd731b_83eb96d9_5d58_11f0_a779_047c1617b143232.jpeg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931120_0c72_11ec_8321_003048fd731b_83eb96d7_5d58_11f0_a779_047c1617b143233.jpeg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931122_0c72_11ec_8321_003048fd731b_6b95d47d_5a46_11f0_a775_047c1617b143234.jpeg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931124_0c72_11ec_8321_003048fd731b_6b95d481_5a46_11f0_a775_047c1617b143235.jpeg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931126_0c72_11ec_8321_003048fd731b_6b95d485_5a46_11f0_a775_047c1617b143236.jpeg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931128_0c72_11ec_8321_003048fd731b_6b95d489_5a46_11f0_a775_047c1617b143237.jpeg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093112a_0c72_11ec_8321_003048fd731b_6b95d48d_5a46_11f0_a775_047c1617b143238.jpeg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093112c_0c72_11ec_8321_003048fd731b_6b95d491_5a46_11f0_a775_047c1617b143239.jpeg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093112e_0c72_11ec_8321_003048fd731b_6b95d495_5a46_11f0_a775_047c1617b143240.jpeg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931130_0c72_11ec_8321_003048fd731b_6b95d499_5a46_11f0_a775_047c1617b143241.jpeg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931132_0c72_11ec_8321_003048fd731b_6b95d49d_5a46_11f0_a775_047c1617b143242.jpeg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931134_0c72_11ec_8321_003048fd731b_6b95d4a1_5a46_11f0_a775_047c1617b143243.jpeg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931136_0c72_11ec_8321_003048fd731b_6b95d4a5_5a46_11f0_a775_047c1617b143244.jpeg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931138_0c72_11ec_8321_003048fd731b_6b95d4a9_5a46_11f0_a775_047c1617b143245.jpeg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093113a_0c72_11ec_8321_003048fd731b_6b95d4ad_5a46_11f0_a775_047c1617b143246.jpeg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093113c_0c72_11ec_8321_003048fd731b_6b95d4b1_5a46_11f0_a775_047c1617b143247.jpeg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093113e_0c72_11ec_8321_003048fd731b_6b95d4b5_5a46_11f0_a775_047c1617b143248.jpeg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3eb_c461_11eb_82be_003048fd731b_a1555456_602e_11ec_a20b_00259070b487249.jpeg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3ed_c461_11eb_82be_003048fd731b_a1555457_602e_11ec_a20b_00259070b487250.jpeg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3ef_c461_11eb_82be_003048fd731b_a1555458_602e_11ec_a20b_00259070b487251.jpeg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3f1_c461_11eb_82be_003048fd731b_a1555459_602e_11ec_a20b_00259070b487252.jpeg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3f3_c461_11eb_82be_003048fd731b_a155545a_602e_11ec_a20b_00259070b487253.jpeg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3f5_c461_11eb_82be_003048fd731b_a155545b_602e_11ec_a20b_00259070b487254.jpeg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3f7_c461_11eb_82be_003048fd731b_a155545c_602e_11ec_a20b_00259070b487255.jpeg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3f9_c461_11eb_82be_003048fd731b_a155545d_602e_11ec_a20b_00259070b487256.jpeg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3fb_c461_11eb_82be_003048fd731b_a155545e_602e_11ec_a20b_00259070b487257.jpeg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3fd_c461_11eb_82be_003048fd731b_a155545f_602e_11ec_a20b_00259070b487258.jpeg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3ff_c461_11eb_82be_003048fd731b_a1555460_602e_11ec_a20b_00259070b487259.jpeg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f401_c461_11eb_82be_003048fd731b_a1555461_602e_11ec_a20b_00259070b487260.jpeg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f403_c461_11eb_82be_003048fd731b_a1555462_602e_11ec_a20b_00259070b487261.jpeg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f405_c461_11eb_82be_003048fd731b_a1555463_602e_11ec_a20b_00259070b487262.jpeg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f407_c461_11eb_82be_003048fd731b_a1555464_602e_11ec_a20b_00259070b487263.jpeg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f409_c461_11eb_82be_003048fd731b_a1555465_602e_11ec_a20b_00259070b487264.jpeg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f40b_c461_11eb_82be_003048fd731b_a1555466_602e_11ec_a20b_00259070b487265.jpeg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f40d_c461_11eb_82be_003048fd731b_aaacbdff_602e_11ec_a20b_00259070b487266.jpeg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f40f_c461_11eb_82be_003048fd731b_aaacbe00_602e_11ec_a20b_00259070b487267.jpeg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f411_c461_11eb_82be_003048fd731b_aaacbe01_602e_11ec_a20b_00259070b487268.jpeg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f413_c461_11eb_82be_003048fd731b_aaacbe02_602e_11ec_a20b_00259070b487269.jpeg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f415_c461_11eb_82be_003048fd731b_aaacbe03_602e_11ec_a20b_00259070b487270.jpeg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f417_c461_11eb_82be_003048fd731b_aaacbe04_602e_11ec_a20b_00259070b487271.jpeg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f419_c461_11eb_82be_003048fd731b_aaacbe05_602e_11ec_a20b_00259070b487272.jpeg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f41b_c461_11eb_82be_003048fd731b_aaacbe06_602e_11ec_a20b_00259070b487273.jpeg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f41d_c461_11eb_82be_003048fd731b_aaacbe07_602e_11ec_a20b_00259070b487274.jpeg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f41f_c461_11eb_82be_003048fd731b_aaacbe08_602e_11ec_a20b_00259070b487275.jpeg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f421_c461_11eb_82be_003048fd731b_aaacbe09_602e_11ec_a20b_00259070b487276.jpeg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f427_c461_11eb_82be_003048fd731b_aaacbe0a_602e_11ec_a20b_00259070b487277.jpeg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f429_c461_11eb_82be_003048fd731b_aaacbe0b_602e_11ec_a20b_00259070b487278.jpeg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f42b_c461_11eb_82be_003048fd731b_aaacbe0c_602e_11ec_a20b_00259070b487279.jpeg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f42d_c461_11eb_82be_003048fd731b_aaacbe0d_602e_11ec_a20b_00259070b487280.jpeg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f42f_c461_11eb_82be_003048fd731b_aaacbe0e_602e_11ec_a20b_00259070b487281.jpeg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f431_c461_11eb_82be_003048fd731b_aaacbe0f_602e_11ec_a20b_00259070b487282.jpeg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f433_c461_11eb_82be_003048fd731b_aaacbe10_602e_11ec_a20b_00259070b487283.jpeg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f435_c461_11eb_82be_003048fd731b_aaacbe11_602e_11ec_a20b_00259070b487284.jpeg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f437_c461_11eb_82be_003048fd731b_aaacbe12_602e_11ec_a20b_00259070b487285.jpeg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f439_c461_11eb_82be_003048fd731b_aaacbe13_602e_11ec_a20b_00259070b487286.jpeg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f43b_c461_11eb_82be_003048fd731b_aaacbe14_602e_11ec_a20b_00259070b487287.jpeg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f43d_c461_11eb_82be_003048fd731b_aaacbe15_602e_11ec_a20b_00259070b487288.jpeg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b1cbcb_3e5b_11ec_836e_003048fd731b_aaacbe16_602e_11ec_a20b_00259070b487289.jpeg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b1cbd3_3e5b_11ec_836e_003048fd731b_aaacbe17_602e_11ec_a20b_00259070b487290.jpeg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6652a12d_b63d_11ec_a26a_00259070b487_14e1e0db_f93d_11ef_a6ea_047c1617b143291.jpeg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6652a12f_b63d_11ec_a26a_00259070b487_49c4afac_056a_11f0_a6fc_047c1617b143292.jpeg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6652a135_b63d_11ec_a26a_00259070b487_49c4afae_056a_11f0_a6fc_047c1617b143293.jpeg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6652a13b_b63d_11ec_a26a_00259070b487_49c4afad_056a_11f0_a6fc_047c1617b143294.jpeg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6652a141_b63d_11ec_a26a_00259070b487_49c4afaf_056a_11f0_a6fc_047c1617b143295.jpeg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e5408af_9114_11ed_a3b7_047c1617b143_49c4afb0_056a_11f0_a6fc_047c1617b143296.jpeg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e5408b1_9114_11ed_a3b7_047c1617b143_49c4afb1_056a_11f0_a6fc_047c1617b143297.jpeg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e7d_d7fd_11ee_a56a_047c1617b143_0161eca5_02f2_11ef_a5a4_047c1617b143298.jpeg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e7f_d7fd_11ee_a56a_047c1617b143_0161eca8_02f2_11ef_a5a4_047c1617b143299.jpeg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e81_d7fd_11ee_a56a_047c1617b143_0161ecab_02f2_11ef_a5a4_047c1617b143300.jpeg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e83_d7fd_11ee_a56a_047c1617b143_0161ecae_02f2_11ef_a5a4_047c1617b143301.jpeg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e85_d7fd_11ee_a56a_047c1617b143_0161ecb1_02f2_11ef_a5a4_047c1617b143302.jpeg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e87_d7fd_11ee_a56a_047c1617b143_0161ecb4_02f2_11ef_a5a4_047c1617b143303.jpeg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e89_d7fd_11ee_a56a_047c1617b143_0161ecb7_02f2_11ef_a5a4_047c1617b143304.jpeg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e8b_d7fd_11ee_a56a_047c1617b143_0161ecba_02f2_11ef_a5a4_047c1617b143305.jpeg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e8d_d7fd_11ee_a56a_047c1617b143_3063257f_0312_11ef_a5a4_047c1617b143306.jpeg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e8f_d7fd_11ee_a56a_047c1617b143_30632582_0312_11ef_a5a4_047c1617b143307.jpeg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e91_d7fd_11ee_a56a_047c1617b143_30632585_0312_11ef_a5a4_047c1617b143308.jpeg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e93_d7fd_11ee_a56a_047c1617b143_30632588_0312_11ef_a5a4_047c1617b143309.jpeg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e95_d7fd_11ee_a56a_047c1617b143_3063258b_0312_11ef_a5a4_047c1617b143310.jpeg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e97_d7fd_11ee_a56a_047c1617b143_3063258e_0312_11ef_a5a4_047c1617b143311.jpeg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e99_d7fd_11ee_a56a_047c1617b143_30632591_0312_11ef_a5a4_047c1617b143312.jpeg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e9b_d7fd_11ee_a56a_047c1617b143_30632594_0312_11ef_a5a4_047c1617b143313.jpeg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e9d_d7fd_11ee_a56a_047c1617b143_30632597_0312_11ef_a5a4_047c1617b143314.jpeg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e9f_d7fd_11ee_a56a_047c1617b143_0161ec9c_02f2_11ef_a5a4_047c1617b143315.jpeg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417ea1_d7fd_11ee_a56a_047c1617b143_0161ec9f_02f2_11ef_a5a4_047c1617b143316.jpeg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417ea3_d7fd_11ee_a56a_047c1617b143_0161eca2_02f2_11ef_a5a4_047c1617b143317.jpeg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417ea5_d7fd_11ee_a56a_047c1617b143_0161ec96_02f2_11ef_a5a4_047c1617b143318.jpeg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417ea7_d7fd_11ee_a56a_047c1617b143_0161ec99_02f2_11ef_a5a4_047c1617b143319.jpeg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4307ec8_d80d_11ee_a56a_047c1617b143_306325ac_0312_11ef_a5a4_047c1617b143320.jpeg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4307eca_d80d_11ee_a56a_047c1617b143_3063259a_0312_11ef_a5a4_047c1617b143321.jpeg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4307ecc_d80d_11ee_a56a_047c1617b143_3063259d_0312_11ef_a5a4_047c1617b143322.jpeg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4307ece_d80d_11ee_a56a_047c1617b143_306325a0_0312_11ef_a5a4_047c1617b143323.jpeg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4307ed0_d80d_11ee_a56a_047c1617b143_306325a3_0312_11ef_a5a4_047c1617b143324.jpeg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4307ed2_d80d_11ee_a56a_047c1617b143_306325a6_0312_11ef_a5a4_047c1617b143325.jpeg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4307ed4_d80d_11ee_a56a_047c1617b143_306325a9_0312_11ef_a5a4_047c1617b143326.jpeg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550bd_da6d_11ee_a56d_047c1617b143_d159fa13_42c7_11ef_a5f7_047c1617b143327.png"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550bf_da6d_11ee_a56d_047c1617b143_9db7fc45_42ce_11ef_a5f7_047c1617b143328.png"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550c1_da6d_11ee_a56d_047c1617b143_9db7fc47_42ce_11ef_a5f7_047c1617b143329.png"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550c3_da6d_11ee_a56d_047c1617b143_9db7fc49_42ce_11ef_a5f7_047c1617b143330.jpeg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550c5_da6d_11ee_a56d_047c1617b143_9db7fc4b_42ce_11ef_a5f7_047c1617b143331.jpeg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550c7_da6d_11ee_a56d_047c1617b143_9db7fc4d_42ce_11ef_a5f7_047c1617b143332.jpeg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddcb_b9ee_11ef_a69a_047c1617b143_b7afc1d0_e218_11ef_a6cd_047c1617b143333.jpeg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddcd_b9ee_11ef_a69a_047c1617b143_b7afc1d3_e218_11ef_a6cd_047c1617b143334.jpeg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddcf_b9ee_11ef_a69a_047c1617b143_55c6eb36_e210_11ef_a6cd_047c1617b143335.jpeg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddd1_b9ee_11ef_a69a_047c1617b143_55c6eb39_e210_11ef_a6cd_047c1617b143336.jpeg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddd3_b9ee_11ef_a69a_047c1617b143_55c6eb3c_e210_11ef_a6cd_047c1617b143337.jpeg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddd5_b9ee_11ef_a69a_047c1617b143_55c6eb3f_e210_11ef_a6cd_047c1617b143338.jpeg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddd7_b9ee_11ef_a69a_047c1617b143_55c6eb42_e210_11ef_a6cd_047c1617b143339.jpeg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddd9_b9ee_11ef_a69a_047c1617b143_55c6eb45_e210_11ef_a6cd_047c1617b143340.jpeg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151efa_ba14_11ef_a69a_047c1617b143_55c6eb48_e210_11ef_a6cd_047c1617b143341.jpeg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151efc_ba14_11ef_a69a_047c1617b143_bb06b622_e214_11ef_a6cd_047c1617b143342.jpeg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151efe_ba14_11ef_a69a_047c1617b143_bb06b625_e214_11ef_a6cd_047c1617b143343.jpeg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f00_ba14_11ef_a69a_047c1617b143_bb06b628_e214_11ef_a6cd_047c1617b143344.jpeg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f02_ba14_11ef_a69a_047c1617b143_bb06b62b_e214_11ef_a6cd_047c1617b143345.jpeg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f04_ba14_11ef_a69a_047c1617b143_bb06b62c_e214_11ef_a6cd_047c1617b143346.jpeg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f06_ba14_11ef_a69a_047c1617b143_bb06b62d_e214_11ef_a6cd_047c1617b143347.jpeg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f08_ba14_11ef_a69a_047c1617b143_bb06b62e_e214_11ef_a6cd_047c1617b143348.jpeg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f0a_ba14_11ef_a69a_047c1617b143_bb06b630_e214_11ef_a6cd_047c1617b143349.jpeg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f0c_ba14_11ef_a69a_047c1617b143_bb06b632_e214_11ef_a6cd_047c1617b143350.jpeg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/974fdcf9_cf51_11ee_a55e_047c1617b143_bb06b634_e214_11ef_a6cd_047c1617b143351.jpeg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f0e_ba14_11ef_a69a_047c1617b143_bb06b637_e214_11ef_a6cd_047c1617b143352.jpeg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f10_ba14_11ef_a69a_047c1617b143_bb06b63a_e214_11ef_a6cd_047c1617b143353.jpeg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f12_ba14_11ef_a69a_047c1617b143_bb06b63d_e214_11ef_a6cd_047c1617b143354.jpeg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f14_ba14_11ef_a69a_047c1617b143_b7afc1d6_e218_11ef_a6cd_047c1617b143355.jpeg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f16_ba14_11ef_a69a_047c1617b143_b7afc1d7_e218_11ef_a6cd_047c1617b143356.jpeg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f18_ba14_11ef_a69a_047c1617b143_b7afc1d8_e218_11ef_a6cd_047c1617b143357.jpeg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f1a_ba14_11ef_a69a_047c1617b143_bb06b640_e214_11ef_a6cd_047c1617b143358.jpeg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f1c_ba14_11ef_a69a_047c1617b143_bb06b643_e214_11ef_a6cd_047c1617b143359.jpeg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f1e_ba14_11ef_a69a_047c1617b143_bb06b646_e214_11ef_a6cd_047c1617b143360.jpeg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f20_ba14_11ef_a69a_047c1617b143_bb06b649_e214_11ef_a6cd_047c1617b143361.jpeg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f22_ba14_11ef_a69a_047c1617b143_bb06b64c_e214_11ef_a6cd_047c1617b143362.jpeg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f24_ba14_11ef_a69a_047c1617b143_bb06b64d_e214_11ef_a6cd_047c1617b143363.jpeg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f26_ba14_11ef_a69a_047c1617b143_bb06b64e_e214_11ef_a6cd_047c1617b143364.jpeg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f28_ba14_11ef_a69a_047c1617b143_bb06b64f_e214_11ef_a6cd_047c1617b143365.jpeg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f2a_ba14_11ef_a69a_047c1617b143_bb06b651_e214_11ef_a6cd_047c1617b143366.jpeg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f2c_ba14_11ef_a69a_047c1617b143_bb06b653_e214_11ef_a6cd_047c1617b143367.jpeg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f2e_ba14_11ef_a69a_047c1617b143_bb06b654_e214_11ef_a6cd_047c1617b143368.jpeg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f30_ba14_11ef_a69a_047c1617b143_bb06b655_e214_11ef_a6cd_047c1617b143369.jpeg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f32_ba14_11ef_a69a_047c1617b143_bb06b656_e214_11ef_a6cd_047c1617b143370.jpeg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f34_ba14_11ef_a69a_047c1617b143_bb06b657_e214_11ef_a6cd_047c1617b143371.jpeg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7537538e_da01_11e9_8109_003048fd731b_c75a16c8_f115_11ee_a58b_047c1617b143372.jpeg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550cf_da6d_11ee_a56d_047c1617b143_d159fa0f_42c7_11ef_a5f7_047c1617b143373.jpeg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550d3_da6d_11ee_a56d_047c1617b143_d159fa11_42c7_11ef_a5f7_047c1617b143374.jpeg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550d5_da6d_11ee_a56d_047c1617b143_d159fa12_42c7_11ef_a5f7_047c1617b143375.jpeg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0015ba29_86a3_11e9_8101_003048fd731b_ac993d02_476f_11ea_810f_003048fd731b376.jpeg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0015ba2b_86a3_11e9_8101_003048fd731b_83eb96da_5d58_11f0_a779_047c1617b143377.jpeg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6e9ee54_37c1_11ea_810f_003048fd731b_ac993cfd_476f_11ea_810f_003048fd731b378.jpeg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6e9ee52_37c1_11ea_810f_003048fd731b_ac993cff_476f_11ea_810f_003048fd731b379.jpeg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6e9ee50_37c1_11ea_810f_003048fd731b_ac993d00_476f_11ea_810f_003048fd731b380.png"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a675_3767_11ea_810f_003048fd731b_ac993d01_476f_11ea_810f_003048fd731b381.jpeg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/787d7941_68f4_11ea_8111_003048fd731b_018ae84d_7ca2_11ea_8111_003048fd731b382.jpeg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9088d552_e115_11ea_817f_003048fd731b_79368bbb_e197_11ea_817f_003048fd731b383.jpeg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9088d556_e115_11ea_817f_003048fd731b_79368bbd_e197_11ea_817f_003048fd731b384.jpeg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31a73bcb_da46_11ee_a56d_047c1617b143_4396be7f_0312_11ef_a5a4_047c1617b143385.jpeg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f40c0a_5308_11ee_a4bb_047c1617b143_64c8bb78_5a46_11f0_a775_047c1617b143386.jpeg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0015ba36_86a3_11e9_8101_003048fd731b_c530e0de_2820_11ed_a30f_00259070b487387.png"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0015ba3a_86a3_11e9_8101_003048fd731b_c530e0df_2820_11ed_a30f_00259070b487388.png"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0015ba3e_86a3_11e9_8101_003048fd731b_c530e0e0_2820_11ed_a30f_00259070b487389.jpeg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0015ba42_86a3_11e9_8101_003048fd731b_c530e0e2_2820_11ed_a30f_00259070b487390.jpeg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf60f_86a5_11e9_8101_003048fd731b_c530e0e4_2820_11ed_a30f_00259070b487391.jpeg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf613_86a5_11e9_8101_003048fd731b_c530e0e5_2820_11ed_a30f_00259070b487392.jpeg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf686_86a5_11e9_8101_003048fd731b_c530e0d2_2820_11ed_a30f_00259070b487393.jpeg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf68a_86a5_11e9_8101_003048fd731b_c530e0d6_2820_11ed_a30f_00259070b487394.jpeg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b569ce4_b6d8_11eb_82ad_003048fd731b_c530e0da_2820_11ed_a30f_00259070b487395.jpeg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f423_c461_11eb_82be_003048fd731b_14e1e0d9_f93d_11ef_a6ea_047c1617b143396.jpeg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f425_c461_11eb_82be_003048fd731b_14e1e0da_f93d_11ef_a6ea_047c1617b143397.jpeg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b1cbd1_3e5b_11ec_836e_003048fd731b_e00cf34a_f104_11ee_a58b_047c1617b143398.jpeg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6da414_c29f_11ee_a54c_047c1617b143_e00cf34c_f104_11ee_a58b_047c1617b143399.jpeg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/974fdcfb_cf51_11ee_a55e_047c1617b143_3e659189_db10_11ee_a56e_047c1617b143400.jpeg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/974fdcfd_cf51_11ee_a55e_047c1617b143_3e65918a_db10_11ee_a56e_047c1617b143401.jpeg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14ba1614_ce2b_11f0_a80d_047c1617b143_ab7d8ff6_d05b_11f0_a810_047c1617b143402.jpeg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe55_86a5_11e9_8101_003048fd731b_b627a777_281f_11ed_a30f_00259070b487403.jpeg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe59_86a5_11e9_8101_003048fd731b_b627a77b_281f_11ed_a30f_00259070b487404.jpeg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe5d_86a5_11e9_8101_003048fd731b_b627a77c_281f_11ed_a30f_00259070b487405.jpeg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe61_86a5_11e9_8101_003048fd731b_b627a77d_281f_11ed_a30f_00259070b487406.jpeg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe65_86a5_11e9_8101_003048fd731b_b627a77e_281f_11ed_a30f_00259070b487407.png"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe69_86a5_11e9_8101_003048fd731b_c530e0bc_2820_11ed_a30f_00259070b487408.png"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe6d_86a5_11e9_8101_003048fd731b_c530e0bd_2820_11ed_a30f_00259070b487409.png"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe71_86a5_11e9_8101_003048fd731b_c530e0be_2820_11ed_a30f_00259070b487410.png"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe75_86a5_11e9_8101_003048fd731b_c530e0bf_2820_11ed_a30f_00259070b487411.jpeg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe79_86a5_11e9_8101_003048fd731b_c530e0c0_2820_11ed_a30f_00259070b487412.jpeg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe7d_86a5_11e9_8101_003048fd731b_c530e0c1_2820_11ed_a30f_00259070b487413.jpeg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe81_86a5_11e9_8101_003048fd731b_c530e0c2_2820_11ed_a30f_00259070b487414.jpeg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe85_86a5_11e9_8101_003048fd731b_c530e0c3_2820_11ed_a30f_00259070b487415.jpeg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe89_86a5_11e9_8101_003048fd731b_c530e0c4_2820_11ed_a30f_00259070b487416.jpeg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe8d_86a5_11e9_8101_003048fd731b_c530e0c5_2820_11ed_a30f_00259070b487417.jpeg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe91_86a5_11e9_8101_003048fd731b_c530e0c6_2820_11ed_a30f_00259070b487418.jpeg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe95_86a5_11e9_8101_003048fd731b_c530e0ca_2820_11ed_a30f_00259070b487419.jpeg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a214a_86a5_11e9_8101_003048fd731b_c530e0ce_2820_11ed_a30f_00259070b487420.jpeg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/702457ae_8fe1_11ed_a3b6_047c1617b143_4b3c1cb6_5a46_11f0_a775_047c1617b143421.jpeg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/702457b0_8fe1_11ed_a3b6_047c1617b143_4b3c1cb7_5a46_11f0_a775_047c1617b143422.jpeg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48ba3983_93ab_11ec_a256_00259070b487_4b3c1cb8_5a46_11f0_a775_047c1617b143423.jpeg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bff966c_032b_11ed_a2de_00259070b487_4b3c1cb9_5a46_11f0_a775_047c1617b143424.jpeg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29639db2_d258_11ed_a410_047c1617b143_4b3c1cba_5a46_11f0_a775_047c1617b143425.jpeg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d4746fa_fd02_11ec_a2d6_00259070b487_4b3c1cbb_5a46_11f0_a775_047c1617b143426.jpeg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d4746fc_fd02_11ec_a2d6_00259070b487_4b3c1cbc_5a46_11f0_a775_047c1617b143427.jpeg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d4746fe_fd02_11ec_a2d6_00259070b487_4b3c1cbd_5a46_11f0_a775_047c1617b143428.jpeg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b80ee8d_3234_11ee_a490_047c1617b143_64c8bb8b_5a46_11f0_a775_047c1617b143429.jpeg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b80ee8f_3234_11ee_a490_047c1617b143_64c8bb8e_5a46_11f0_a775_047c1617b143430.jpeg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b80ee91_3234_11ee_a490_047c1617b143_64c8bb91_5a46_11f0_a775_047c1617b143431.jpeg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6da40f_c29f_11ee_a54c_047c1617b143_4396bf13_0312_11ef_a5a4_047c1617b143432.png"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6da411_c29f_11ee_a54c_047c1617b143_4396bf16_0312_11ef_a5a4_047c1617b143433.png"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a6d7b1f_847d_11ef_a64e_047c1617b143_21d4f5b4_793a_11f0_a79f_047c1617b143434.jpeg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a6d7b21_847d_11ef_a64e_047c1617b143_21d4f5b5_793a_11f0_a79f_047c1617b143435.jpeg"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4acdaaa_242e_11f0_a725_047c1617b143_26859885_34da_11f0_a73b_047c1617b143436.jpeg"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4acdaac_242e_11f0_a725_047c1617b143_26859886_34da_11f0_a73b_047c1617b143437.jpeg"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e426c_245f_11f0_a725_047c1617b143_26859887_34da_11f0_a73b_047c1617b143438.jpeg"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e426e_245f_11f0_a725_047c1617b143_26859888_34da_11f0_a73b_047c1617b143439.jpeg"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e4270_245f_11f0_a725_047c1617b143_26859889_34da_11f0_a73b_047c1617b143440.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a221d_86a5_11e9_8101_003048fd731b_d2eca8dc_2820_11ed_a30f_00259070b4871.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2221_86a5_11e9_8101_003048fd731b_d2eca8dd_2820_11ed_a30f_00259070b4872.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2225_86a5_11e9_8101_003048fd731b_d2eca8de_2820_11ed_a30f_00259070b4873.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2229_86a5_11e9_8101_003048fd731b_d2eca8df_2820_11ed_a30f_00259070b4874.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a222d_86a5_11e9_8101_003048fd731b_d2eca8e0_2820_11ed_a30f_00259070b4875.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2231_86a5_11e9_8101_003048fd731b_d2eca8e1_2820_11ed_a30f_00259070b4876.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29dd4e17_ba6d_11e9_8105_003048fd731b_d2eca8e2_2820_11ed_a30f_00259070b4877.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29dd4e19_ba6d_11e9_8105_003048fd731b_d2eca8e3_2820_11ed_a30f_00259070b4878.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9778552d_d539_11e9_8109_003048fd731b_d2eca8e4_2820_11ed_a30f_00259070b4879.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e579de0_de3a_11e9_810a_003048fd731b_a26f33f0_7c1e_11f0_a7a3_047c1617b14310.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e579de2_de3a_11e9_810a_003048fd731b_a26f33f1_7c1e_11f0_a7a3_047c1617b14311.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97785535_d539_11e9_8109_003048fd731b_a26f33ef_7c1e_11f0_a7a3_047c1617b14312.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd58_86a5_11e9_8101_003048fd731b_c530e0e6_2820_11ed_a30f_00259070b48713.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd5c_86a5_11e9_8101_003048fd731b_c530e0ea_2820_11ed_a30f_00259070b48714.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd60_86a5_11e9_8101_003048fd731b_c530e0ee_2820_11ed_a30f_00259070b48715.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd64_86a5_11e9_8101_003048fd731b_c530e0f2_2820_11ed_a30f_00259070b48716.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd68_86a5_11e9_8101_003048fd731b_c530e0f6_2820_11ed_a30f_00259070b48717.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd6c_86a5_11e9_8101_003048fd731b_c530e0fa_2820_11ed_a30f_00259070b48718.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd70_86a5_11e9_8101_003048fd731b_c530e0fe_2820_11ed_a30f_00259070b48719.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd74_86a5_11e9_8101_003048fd731b_c530e102_2820_11ed_a30f_00259070b48720.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd78_86a5_11e9_8101_003048fd731b_c530e106_2820_11ed_a30f_00259070b48721.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd7c_86a5_11e9_8101_003048fd731b_c530e10a_2820_11ed_a30f_00259070b48722.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd80_86a5_11e9_8101_003048fd731b_c530e10e_2820_11ed_a30f_00259070b48723.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf68e_86a5_11e9_8101_003048fd731b_c530e112_2820_11ed_a30f_00259070b48724.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf692_86a5_11e9_8101_003048fd731b_c530e116_2820_11ed_a30f_00259070b48725.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf696_86a5_11e9_8101_003048fd731b_c530e11a_2820_11ed_a30f_00259070b48726.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf69a_86a5_11e9_8101_003048fd731b_c530e11e_2820_11ed_a30f_00259070b48727.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf69e_86a5_11e9_8101_003048fd731b_c530e122_2820_11ed_a30f_00259070b48728.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6a2_86a5_11e9_8101_003048fd731b_c530e126_2820_11ed_a30f_00259070b48729.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6a6_86a5_11e9_8101_003048fd731b_c530e12a_2820_11ed_a30f_00259070b48730.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6a9_86a5_11e9_8101_003048fd731b_c530e12e_2820_11ed_a30f_00259070b48731.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6ac_86a5_11e9_8101_003048fd731b_c530e132_2820_11ed_a30f_00259070b48732.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6af_86a5_11e9_8101_003048fd731b_c530e136_2820_11ed_a30f_00259070b48733.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6b3_86a5_11e9_8101_003048fd731b_c530e13a_2820_11ed_a30f_00259070b48734.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6b7_86a5_11e9_8101_003048fd731b_c530e13e_2820_11ed_a30f_00259070b48735.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6bb_86a5_11e9_8101_003048fd731b_c530e142_2820_11ed_a30f_00259070b48736.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6bf_86a5_11e9_8101_003048fd731b_c530e146_2820_11ed_a30f_00259070b48737.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6c3_86a5_11e9_8101_003048fd731b_c530e14a_2820_11ed_a30f_00259070b48738.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6c7_86a5_11e9_8101_003048fd731b_c530e14e_2820_11ed_a30f_00259070b48739.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6cb_86a5_11e9_8101_003048fd731b_c530e152_2820_11ed_a30f_00259070b48740.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6cf_86a5_11e9_8101_003048fd731b_c530e156_2820_11ed_a30f_00259070b48741.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6d3_86a5_11e9_8101_003048fd731b_c530e15a_2820_11ed_a30f_00259070b48742.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6d7_86a5_11e9_8101_003048fd731b_c530e15e_2820_11ed_a30f_00259070b48743.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6db_86a5_11e9_8101_003048fd731b_c530e162_2820_11ed_a30f_00259070b48744.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6df_86a5_11e9_8101_003048fd731b_c530e166_2820_11ed_a30f_00259070b48745.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6e3_86a5_11e9_8101_003048fd731b_c530e16a_2820_11ed_a30f_00259070b48746.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6e7_86a5_11e9_8101_003048fd731b_c530e16e_2820_11ed_a30f_00259070b48747.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6eb_86a5_11e9_8101_003048fd731b_c530e172_2820_11ed_a30f_00259070b48748.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6ef_86a5_11e9_8101_003048fd731b_c530e176_2820_11ed_a30f_00259070b48749.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6f3_86a5_11e9_8101_003048fd731b_c530e17a_2820_11ed_a30f_00259070b48750.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6f7_86a5_11e9_8101_003048fd731b_c530e17e_2820_11ed_a30f_00259070b48751.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6fb_86a5_11e9_8101_003048fd731b_c530e182_2820_11ed_a30f_00259070b48752.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf6ff_86a5_11e9_8101_003048fd731b_c530e186_2820_11ed_a30f_00259070b48753.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf703_86a5_11e9_8101_003048fd731b_c530e18a_2820_11ed_a30f_00259070b48754.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf707_86a5_11e9_8101_003048fd731b_c530e18e_2820_11ed_a30f_00259070b48755.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf70b_86a5_11e9_8101_003048fd731b_c530e192_2820_11ed_a30f_00259070b48756.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf70f_86a5_11e9_8101_003048fd731b_c530e196_2820_11ed_a30f_00259070b48757.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf713_86a5_11e9_8101_003048fd731b_c530e19a_2820_11ed_a30f_00259070b48758.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf717_86a5_11e9_8101_003048fd731b_c530e19e_2820_11ed_a30f_00259070b48759.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf71b_86a5_11e9_8101_003048fd731b_c530e1a2_2820_11ed_a30f_00259070b48760.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf71f_86a5_11e9_8101_003048fd731b_c530e1a6_2820_11ed_a30f_00259070b48761.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf723_86a5_11e9_8101_003048fd731b_c530e1aa_2820_11ed_a30f_00259070b48762.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf727_86a5_11e9_8101_003048fd731b_c530e1ae_2820_11ed_a30f_00259070b48763.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf72b_86a5_11e9_8101_003048fd731b_c530e1b2_2820_11ed_a30f_00259070b48764.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf72f_86a5_11e9_8101_003048fd731b_c530e1b6_2820_11ed_a30f_00259070b48765.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf733_86a5_11e9_8101_003048fd731b_c530e1ba_2820_11ed_a30f_00259070b48766.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf737_86a5_11e9_8101_003048fd731b_cbe1917f_2820_11ed_a30f_00259070b48767.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf73b_86a5_11e9_8101_003048fd731b_cbe19183_2820_11ed_a30f_00259070b48768.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf73f_86a5_11e9_8101_003048fd731b_cbe19187_2820_11ed_a30f_00259070b48769.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf743_86a5_11e9_8101_003048fd731b_cbe1918b_2820_11ed_a30f_00259070b48770.jpeg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf747_86a5_11e9_8101_003048fd731b_cbe1918f_2820_11ed_a30f_00259070b48771.jpeg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf74b_86a5_11e9_8101_003048fd731b_cbe19193_2820_11ed_a30f_00259070b48772.jpeg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf74f_86a5_11e9_8101_003048fd731b_cbe19197_2820_11ed_a30f_00259070b48773.jpeg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf753_86a5_11e9_8101_003048fd731b_cbe1919b_2820_11ed_a30f_00259070b48774.jpeg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf757_86a5_11e9_8101_003048fd731b_cbe1919f_2820_11ed_a30f_00259070b48775.jpeg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf75b_86a5_11e9_8101_003048fd731b_cbe191a3_2820_11ed_a30f_00259070b48776.jpeg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf75f_86a5_11e9_8101_003048fd731b_cbe191a7_2820_11ed_a30f_00259070b48777.jpeg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf763_86a5_11e9_8101_003048fd731b_cbe191ab_2820_11ed_a30f_00259070b48778.jpeg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf766_86a5_11e9_8101_003048fd731b_cbe191af_2820_11ed_a30f_00259070b48779.jpeg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf769_86a5_11e9_8101_003048fd731b_cbe191b3_2820_11ed_a30f_00259070b48780.jpeg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf76d_86a5_11e9_8101_003048fd731b_cbe191b7_2820_11ed_a30f_00259070b48781.jpeg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf771_86a5_11e9_8101_003048fd731b_cbe191bb_2820_11ed_a30f_00259070b48782.jpeg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf775_86a5_11e9_8101_003048fd731b_cbe191bf_2820_11ed_a30f_00259070b48783.jpeg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf779_86a5_11e9_8101_003048fd731b_cbe191c3_2820_11ed_a30f_00259070b48784.jpeg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf77d_86a5_11e9_8101_003048fd731b_cbe191c7_2820_11ed_a30f_00259070b48785.jpeg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf781_86a5_11e9_8101_003048fd731b_cbe191cb_2820_11ed_a30f_00259070b48786.jpeg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf785_86a5_11e9_8101_003048fd731b_cbe191cf_2820_11ed_a30f_00259070b48787.jpeg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf789_86a5_11e9_8101_003048fd731b_cbe191d3_2820_11ed_a30f_00259070b48788.jpeg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd1a_86a5_11e9_8101_003048fd731b_cbe191d7_2820_11ed_a30f_00259070b48789.jpeg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd1e_86a5_11e9_8101_003048fd731b_cbe191db_2820_11ed_a30f_00259070b48790.jpeg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd22_86a5_11e9_8101_003048fd731b_cbe191df_2820_11ed_a30f_00259070b48791.jpeg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd26_86a5_11e9_8101_003048fd731b_57339629_f953_11e9_810b_003048fd731b92.jpeg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd29_86a5_11e9_8101_003048fd731b_5733962a_f953_11e9_810b_003048fd731b93.jpeg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd2c_86a5_11e9_8101_003048fd731b_cbe191e3_2820_11ed_a30f_00259070b48794.jpeg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd30_86a5_11e9_8101_003048fd731b_cbe191e7_2820_11ed_a30f_00259070b48795.jpeg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd34_86a5_11e9_8101_003048fd731b_cbe191eb_2820_11ed_a30f_00259070b48796.jpeg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd38_86a5_11e9_8101_003048fd731b_cbe191ef_2820_11ed_a30f_00259070b48797.jpeg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd3c_86a5_11e9_8101_003048fd731b_cbe191f3_2820_11ed_a30f_00259070b48798.jpeg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd40_86a5_11e9_8101_003048fd731b_cbe191f7_2820_11ed_a30f_00259070b48799.jpeg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd44_86a5_11e9_8101_003048fd731b_cbe191fb_2820_11ed_a30f_00259070b487100.jpeg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd48_86a5_11e9_8101_003048fd731b_cbe191ff_2820_11ed_a30f_00259070b487101.jpeg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd4c_86a5_11e9_8101_003048fd731b_cbe19203_2820_11ed_a30f_00259070b487102.jpeg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd50_86a5_11e9_8101_003048fd731b_cbe19207_2820_11ed_a30f_00259070b487103.jpeg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccf1937d_ffba_11e9_810b_003048fd731b_cbe1920b_2820_11ed_a30f_00259070b487104.jpeg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b33536b1_3462_11eb_81f3_003048fd731b_cbe1920f_2820_11ed_a30f_00259070b487105.jpeg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3ab_0b65_11ec_831e_003048fd731b_cbe19213_2820_11ed_a30f_00259070b487106.jpeg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3ad_0b65_11ec_831e_003048fd731b_cbe19217_2820_11ed_a30f_00259070b487107.jpeg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3af_0b65_11ec_831e_003048fd731b_cbe1921b_2820_11ed_a30f_00259070b487108.jpeg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3b1_0b65_11ec_831e_003048fd731b_cbe1921f_2820_11ed_a30f_00259070b487109.jpeg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3b3_0b65_11ec_831e_003048fd731b_cbe19223_2820_11ed_a30f_00259070b487110.jpeg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd85_86a5_11e9_8101_003048fd731b_cbe19227_2820_11ed_a30f_00259070b487111.jpeg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd89_86a5_11e9_8101_003048fd731b_cbe1922b_2820_11ed_a30f_00259070b487112.jpeg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd8d_86a5_11e9_8101_003048fd731b_cbe1922f_2820_11ed_a30f_00259070b487113.jpeg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd91_86a5_11e9_8101_003048fd731b_cbe19233_2820_11ed_a30f_00259070b487114.jpeg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd95_86a5_11e9_8101_003048fd731b_cbe19237_2820_11ed_a30f_00259070b487115.jpeg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd99_86a5_11e9_8101_003048fd731b_cbe1923b_2820_11ed_a30f_00259070b487116.jpeg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303af8_3acc_11ec_8367_003048fd731b_d2eca871_2820_11ed_a30f_00259070b487117.jpeg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303afa_3acc_11ec_8367_003048fd731b_d2eca875_2820_11ed_a30f_00259070b487118.jpeg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303afc_3acc_11ec_8367_003048fd731b_d2eca879_2820_11ed_a30f_00259070b487119.jpeg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303afe_3acc_11ec_8367_003048fd731b_d2eca87d_2820_11ed_a30f_00259070b487120.jpeg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303b00_3acc_11ec_8367_003048fd731b_d2eca881_2820_11ed_a30f_00259070b487121.jpeg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303b02_3acc_11ec_8367_003048fd731b_d2eca885_2820_11ed_a30f_00259070b487122.jpeg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303b04_3acc_11ec_8367_003048fd731b_d2eca889_2820_11ed_a30f_00259070b487123.jpeg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303b06_3acc_11ec_8367_003048fd731b_d2eca88d_2820_11ed_a30f_00259070b487124.jpeg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36303b08_3acc_11ec_8367_003048fd731b_d2eca891_2820_11ed_a30f_00259070b487125.jpeg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fed9789b_46f7_11ec_8393_003048fd731b_d2eca895_2820_11ed_a30f_00259070b487126.jpeg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fed9789d_46f7_11ec_8393_003048fd731b_d2eca899_2820_11ed_a30f_00259070b487127.jpeg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fed9789f_46f7_11ec_8393_003048fd731b_d2eca89d_2820_11ed_a30f_00259070b487128.jpeg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fed978a1_46f7_11ec_8393_003048fd731b_d2eca8a1_2820_11ed_a30f_00259070b487129.jpeg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfd9e_86a5_11e9_8101_003048fd731b_cbe1923f_2820_11ed_a30f_00259070b487130.jpeg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfda2_86a5_11e9_8101_003048fd731b_cbe19243_2820_11ed_a30f_00259070b487131.jpeg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfda6_86a5_11e9_8101_003048fd731b_cbe19247_2820_11ed_a30f_00259070b487132.jpeg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdaa_86a5_11e9_8101_003048fd731b_cbe1924b_2820_11ed_a30f_00259070b487133.jpeg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdae_86a5_11e9_8101_003048fd731b_cbe1924f_2820_11ed_a30f_00259070b487134.jpeg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdb2_86a5_11e9_8101_003048fd731b_cbe19253_2820_11ed_a30f_00259070b487135.jpeg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdb6_86a5_11e9_8101_003048fd731b_cbe19257_2820_11ed_a30f_00259070b487136.jpeg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdba_86a5_11e9_8101_003048fd731b_cbe1925b_2820_11ed_a30f_00259070b487137.jpeg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdbe_86a5_11e9_8101_003048fd731b_cbe1925f_2820_11ed_a30f_00259070b487138.jpeg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdc2_86a5_11e9_8101_003048fd731b_cbe19263_2820_11ed_a30f_00259070b487139.jpeg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdc6_86a5_11e9_8101_003048fd731b_cbe19267_2820_11ed_a30f_00259070b487140.jpeg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdca_86a5_11e9_8101_003048fd731b_cbe1926b_2820_11ed_a30f_00259070b487141.jpeg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdce_86a5_11e9_8101_003048fd731b_cbe1926f_2820_11ed_a30f_00259070b487142.jpeg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdd2_86a5_11e9_8101_003048fd731b_cbe19273_2820_11ed_a30f_00259070b487143.jpeg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdd6_86a5_11e9_8101_003048fd731b_cbe19277_2820_11ed_a30f_00259070b487144.jpeg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdda_86a5_11e9_8101_003048fd731b_cbe1927b_2820_11ed_a30f_00259070b487145.jpeg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdde_86a5_11e9_8101_003048fd731b_d2eca855_2820_11ed_a30f_00259070b487146.jpeg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfde2_86a5_11e9_8101_003048fd731b_d2eca859_2820_11ed_a30f_00259070b487147.jpeg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfde6_86a5_11e9_8101_003048fd731b_d2eca85d_2820_11ed_a30f_00259070b487148.jpeg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdea_86a5_11e9_8101_003048fd731b_d2eca861_2820_11ed_a30f_00259070b487149.jpeg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfdee_86a5_11e9_8101_003048fd731b_d2eca865_2820_11ed_a30f_00259070b487150.jpeg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8184924f_7270_11ef_a636_047c1617b143_d9a656a8_f1e4_11ef_a6e1_047c1617b143151.jpeg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81849251_7270_11ef_a636_047c1617b143_d9a656ac_f1e4_11ef_a6e1_047c1617b143152.jpeg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c2dfd4d_7288_11ef_a636_047c1617b143_d9a656b0_f1e4_11ef_a6e1_047c1617b143153.jpeg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c2dfd57_7288_11ef_a636_047c1617b143_d9a656b4_f1e4_11ef_a6e1_047c1617b143154.jpeg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c2dfd5d_7288_11ef_a636_047c1617b143_d9a656b8_f1e4_11ef_a6e1_047c1617b143155.jpeg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c2dfd5f_7288_11ef_a636_047c1617b143_dfe10842_f1e4_11ef_a6e1_047c1617b143156.jpeg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a5d6597_54b7_11f0_a76e_047c1617b143_579e2326_5a46_11f0_a775_047c1617b143157.jpeg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce47d2bd_9e6d_11ef_a670_047c1617b143_dfe10846_f1e4_11ef_a6e1_047c1617b143158.jpeg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce47d2bf_9e6d_11ef_a670_047c1617b143_dfe1084a_f1e4_11ef_a6e1_047c1617b143159.jpeg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce47d2c1_9e6d_11ef_a670_047c1617b143_dfe1084e_f1e4_11ef_a6e1_047c1617b143160.jpeg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce47d2cf_9e6d_11ef_a670_047c1617b143_dfe10852_f1e4_11ef_a6e1_047c1617b143161.jpeg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53ee9_9e75_11ef_a670_047c1617b143_dfe10853_f1e4_11ef_a6e1_047c1617b143162.jpeg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53ef3_9e75_11ef_a670_047c1617b143_dfe10854_f1e4_11ef_a6e1_047c1617b143163.jpeg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53ef5_9e75_11ef_a670_047c1617b143_dfe10858_f1e4_11ef_a6e1_047c1617b143164.jpeg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53ef9_9e75_11ef_a670_047c1617b143_dfe1085c_f1e4_11ef_a6e1_047c1617b143165.jpeg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53efb_9e75_11ef_a670_047c1617b143_dfe10860_f1e4_11ef_a6e1_047c1617b143166.jpeg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f11_9e75_11ef_a670_047c1617b143_dfe10864_f1e4_11ef_a6e1_047c1617b143167.jpeg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f13_9e75_11ef_a670_047c1617b143_dfe10868_f1e4_11ef_a6e1_047c1617b143168.jpeg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f1d_9e75_11ef_a670_047c1617b143_dfe1086c_f1e4_11ef_a6e1_047c1617b143169.jpeg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a5d6599_54b7_11f0_a76e_047c1617b143_579e232a_5a46_11f0_a775_047c1617b143170.jpeg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5fad502_86a5_11e9_8101_003048fd731b_d2eca8a5_2820_11ed_a30f_00259070b487171.jpeg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45f59290_4009_11ec_8370_003048fd731b_d2eca8a6_2820_11ed_a30f_00259070b487172.jpeg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d2eb74_7759_11ec_a212_00259070b487_d2eca8aa_2820_11ed_a30f_00259070b487173.jpeg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d2eb76_7759_11ec_a212_00259070b487_d2eca8ab_2820_11ed_a30f_00259070b487174.jpeg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d2eb78_7759_11ec_a212_00259070b487_d2eca8ac_2820_11ed_a30f_00259070b487175.jpeg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13e8ca46_5853_11ed_a364_047c1617b143_21d4f5b0_793a_11f0_a79f_047c1617b143176.jpeg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0751d93_0af9_11ee_a45c_047c1617b143_64c8bb7b_5a46_11f0_a775_047c1617b143177.jpeg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0751d95_0af9_11ee_a45c_047c1617b143_64c8bb7e_5a46_11f0_a775_047c1617b143178.jpeg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e84721c_afd7_11ef_a68d_047c1617b143_64c8bb80_5a46_11f0_a775_047c1617b143179.jpeg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e8472bc_afd7_11ef_a68d_047c1617b143_64c8bb84_5a46_11f0_a775_047c1617b143180.jpeg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e8472be_afd7_11ef_a68d_047c1617b143_64c8bb85_5a46_11f0_a775_047c1617b143181.jpeg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a214f_86a5_11e9_8101_003048fd731b_d2eca8ad_2820_11ed_a30f_00259070b487182.jpeg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2153_86a5_11e9_8101_003048fd731b_d2eca8ae_2820_11ed_a30f_00259070b487183.jpeg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2157_86a5_11e9_8101_003048fd731b_d2eca8af_2820_11ed_a30f_00259070b487184.jpeg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a215b_86a5_11e9_8101_003048fd731b_d2eca8b0_2820_11ed_a30f_00259070b487185.jpeg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a215f_86a5_11e9_8101_003048fd731b_d2eca8b1_2820_11ed_a30f_00259070b487186.jpeg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2163_86a5_11e9_8101_003048fd731b_d2eca8b2_2820_11ed_a30f_00259070b487187.jpeg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2167_86a5_11e9_8101_003048fd731b_d2eca8b3_2820_11ed_a30f_00259070b487188.jpeg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a216b_86a5_11e9_8101_003048fd731b_d2eca8b4_2820_11ed_a30f_00259070b487189.jpeg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a216f_86a5_11e9_8101_003048fd731b_d2eca8b5_2820_11ed_a30f_00259070b487190.jpeg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2173_86a5_11e9_8101_003048fd731b_d2eca8b6_2820_11ed_a30f_00259070b487191.jpeg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2177_86a5_11e9_8101_003048fd731b_d2eca8b7_2820_11ed_a30f_00259070b487192.jpeg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a217b_86a5_11e9_8101_003048fd731b_d2eca8b8_2820_11ed_a30f_00259070b487193.jpeg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a217f_86a5_11e9_8101_003048fd731b_d2eca8b9_2820_11ed_a30f_00259070b487194.jpeg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2183_86a5_11e9_8101_003048fd731b_d2eca8ba_2820_11ed_a30f_00259070b487195.jpeg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2187_86a5_11e9_8101_003048fd731b_d2eca8bb_2820_11ed_a30f_00259070b487196.jpeg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a218b_86a5_11e9_8101_003048fd731b_d2eca8bc_2820_11ed_a30f_00259070b487197.jpeg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a218f_86a5_11e9_8101_003048fd731b_d2eca8bd_2820_11ed_a30f_00259070b487198.jpeg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2193_86a5_11e9_8101_003048fd731b_d2eca8be_2820_11ed_a30f_00259070b487199.jpeg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a2197_86a5_11e9_8101_003048fd731b_d2eca8bf_2820_11ed_a30f_00259070b487200.jpeg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a219b_86a5_11e9_8101_003048fd731b_d2eca8c1_2820_11ed_a30f_00259070b487201.jpeg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a219f_86a5_11e9_8101_003048fd731b_d2eca8c3_2820_11ed_a30f_00259070b487202.jpeg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a21a3_86a5_11e9_8101_003048fd731b_d2eca8c4_2820_11ed_a30f_00259070b487203.jpeg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a21a7_86a5_11e9_8101_003048fd731b_d2eca8c5_2820_11ed_a30f_00259070b487204.jpeg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a21ab_86a5_11e9_8101_003048fd731b_d2eca8c6_2820_11ed_a30f_00259070b487205.jpeg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a21af_86a5_11e9_8101_003048fd731b_d2eca8c7_2820_11ed_a30f_00259070b487206.jpeg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a21b3_86a5_11e9_8101_003048fd731b_d2eca8c8_2820_11ed_a30f_00259070b487207.jpeg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a21b7_86a5_11e9_8101_003048fd731b_d2eca8c9_2820_11ed_a30f_00259070b487208.jpeg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68a7bd91_a71a_11e9_8103_003048fd731b_d2eca8ca_2820_11ed_a30f_00259070b487209.jpeg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97785522_d539_11e9_8109_003048fd731b_d2eca8cb_2820_11ed_a30f_00259070b487210.jpeg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2af66c31_addf_11e9_8103_003048fd731b_d2eca8cc_2820_11ed_a30f_00259070b487211.jpeg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68a7bd93_a71a_11e9_8103_003048fd731b_d2eca8cd_2820_11ed_a30f_00259070b487212.jpeg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6c8b03a_b1f9_11e9_8103_003048fd731b_d2eca8ce_2820_11ed_a30f_00259070b487213.jpeg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97785527_d539_11e9_8109_003048fd731b_d2eca8cf_2820_11ed_a30f_00259070b487214.jpeg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a67b_3767_11ea_810f_003048fd731b_d2eca8d0_2820_11ed_a30f_00259070b487215.jpeg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a67d_3767_11ea_810f_003048fd731b_d2eca8d1_2820_11ed_a30f_00259070b487216.jpeg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a67f_3767_11ea_810f_003048fd731b_d2eca8d2_2820_11ed_a30f_00259070b487217.jpeg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a681_3767_11ea_810f_003048fd731b_d2eca8d3_2820_11ed_a30f_00259070b487218.jpeg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a683_3767_11ea_810f_003048fd731b_d2eca8d4_2820_11ed_a30f_00259070b487219.jpeg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a685_3767_11ea_810f_003048fd731b_d2eca8d5_2820_11ed_a30f_00259070b487220.jpeg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a687_3767_11ea_810f_003048fd731b_d2eca8d6_2820_11ed_a30f_00259070b487221.jpeg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c522_7c9e_11ea_8111_003048fd731b_d2eca8d7_2820_11ed_a30f_00259070b487222.jpeg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c524_7c9e_11ea_8111_003048fd731b_d2eca8d8_2820_11ed_a30f_00259070b487223.jpeg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c526_7c9e_11ea_8111_003048fd731b_d2eca8d9_2820_11ed_a30f_00259070b487224.jpeg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c528_7c9e_11ea_8111_003048fd731b_d2eca8da_2820_11ed_a30f_00259070b487225.jpeg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c52a_7c9e_11ea_8111_003048fd731b_d2eca8db_2820_11ed_a30f_00259070b487226.jpeg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e6eaa18_5f90_11eb_822d_003048fd731b_64c8bb81_5a46_11f0_a775_047c1617b143227.jpeg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d2eb7a_7759_11ec_a212_00259070b487_6b95d4b9_5a46_11f0_a775_047c1617b143228.jpeg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d2eb7c_7759_11ec_a212_00259070b487_6b95d4bd_5a46_11f0_a775_047c1617b143229.jpeg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d2eb7e_7759_11ec_a212_00259070b487_7195a3c0_5a46_11f0_a775_047c1617b143230.jpeg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093111c_0c72_11ec_8321_003048fd731b_83eb96d8_5d58_11f0_a779_047c1617b143231.jpeg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093111e_0c72_11ec_8321_003048fd731b_83eb96d9_5d58_11f0_a779_047c1617b143232.jpeg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931120_0c72_11ec_8321_003048fd731b_83eb96d7_5d58_11f0_a779_047c1617b143233.jpeg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931122_0c72_11ec_8321_003048fd731b_6b95d47d_5a46_11f0_a775_047c1617b143234.jpeg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931124_0c72_11ec_8321_003048fd731b_6b95d481_5a46_11f0_a775_047c1617b143235.jpeg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931126_0c72_11ec_8321_003048fd731b_6b95d485_5a46_11f0_a775_047c1617b143236.jpeg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931128_0c72_11ec_8321_003048fd731b_6b95d489_5a46_11f0_a775_047c1617b143237.jpeg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093112a_0c72_11ec_8321_003048fd731b_6b95d48d_5a46_11f0_a775_047c1617b143238.jpeg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093112c_0c72_11ec_8321_003048fd731b_6b95d491_5a46_11f0_a775_047c1617b143239.jpeg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093112e_0c72_11ec_8321_003048fd731b_6b95d495_5a46_11f0_a775_047c1617b143240.jpeg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931130_0c72_11ec_8321_003048fd731b_6b95d499_5a46_11f0_a775_047c1617b143241.jpeg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931132_0c72_11ec_8321_003048fd731b_6b95d49d_5a46_11f0_a775_047c1617b143242.jpeg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931134_0c72_11ec_8321_003048fd731b_6b95d4a1_5a46_11f0_a775_047c1617b143243.jpeg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931136_0c72_11ec_8321_003048fd731b_6b95d4a5_5a46_11f0_a775_047c1617b143244.jpeg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0931138_0c72_11ec_8321_003048fd731b_6b95d4a9_5a46_11f0_a775_047c1617b143245.jpeg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093113a_0c72_11ec_8321_003048fd731b_6b95d4ad_5a46_11f0_a775_047c1617b143246.jpeg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093113c_0c72_11ec_8321_003048fd731b_6b95d4b1_5a46_11f0_a775_047c1617b143247.jpeg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f093113e_0c72_11ec_8321_003048fd731b_6b95d4b5_5a46_11f0_a775_047c1617b143248.jpeg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3eb_c461_11eb_82be_003048fd731b_a1555456_602e_11ec_a20b_00259070b487249.jpeg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3ed_c461_11eb_82be_003048fd731b_a1555457_602e_11ec_a20b_00259070b487250.jpeg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3ef_c461_11eb_82be_003048fd731b_a1555458_602e_11ec_a20b_00259070b487251.jpeg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3f1_c461_11eb_82be_003048fd731b_a1555459_602e_11ec_a20b_00259070b487252.jpeg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3f3_c461_11eb_82be_003048fd731b_a155545a_602e_11ec_a20b_00259070b487253.jpeg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3f5_c461_11eb_82be_003048fd731b_a155545b_602e_11ec_a20b_00259070b487254.jpeg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3f7_c461_11eb_82be_003048fd731b_a155545c_602e_11ec_a20b_00259070b487255.jpeg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3f9_c461_11eb_82be_003048fd731b_a155545d_602e_11ec_a20b_00259070b487256.jpeg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3fb_c461_11eb_82be_003048fd731b_a155545e_602e_11ec_a20b_00259070b487257.jpeg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3fd_c461_11eb_82be_003048fd731b_a155545f_602e_11ec_a20b_00259070b487258.jpeg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f3ff_c461_11eb_82be_003048fd731b_a1555460_602e_11ec_a20b_00259070b487259.jpeg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f401_c461_11eb_82be_003048fd731b_a1555461_602e_11ec_a20b_00259070b487260.jpeg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f403_c461_11eb_82be_003048fd731b_a1555462_602e_11ec_a20b_00259070b487261.jpeg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f405_c461_11eb_82be_003048fd731b_a1555463_602e_11ec_a20b_00259070b487262.jpeg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f407_c461_11eb_82be_003048fd731b_a1555464_602e_11ec_a20b_00259070b487263.jpeg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f409_c461_11eb_82be_003048fd731b_a1555465_602e_11ec_a20b_00259070b487264.jpeg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f40b_c461_11eb_82be_003048fd731b_a1555466_602e_11ec_a20b_00259070b487265.jpeg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f40d_c461_11eb_82be_003048fd731b_aaacbdff_602e_11ec_a20b_00259070b487266.jpeg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f40f_c461_11eb_82be_003048fd731b_aaacbe00_602e_11ec_a20b_00259070b487267.jpeg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f411_c461_11eb_82be_003048fd731b_aaacbe01_602e_11ec_a20b_00259070b487268.jpeg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f413_c461_11eb_82be_003048fd731b_aaacbe02_602e_11ec_a20b_00259070b487269.jpeg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f415_c461_11eb_82be_003048fd731b_aaacbe03_602e_11ec_a20b_00259070b487270.jpeg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f417_c461_11eb_82be_003048fd731b_aaacbe04_602e_11ec_a20b_00259070b487271.jpeg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f419_c461_11eb_82be_003048fd731b_aaacbe05_602e_11ec_a20b_00259070b487272.jpeg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f41b_c461_11eb_82be_003048fd731b_aaacbe06_602e_11ec_a20b_00259070b487273.jpeg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f41d_c461_11eb_82be_003048fd731b_aaacbe07_602e_11ec_a20b_00259070b487274.jpeg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f41f_c461_11eb_82be_003048fd731b_aaacbe08_602e_11ec_a20b_00259070b487275.jpeg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f421_c461_11eb_82be_003048fd731b_aaacbe09_602e_11ec_a20b_00259070b487276.jpeg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f427_c461_11eb_82be_003048fd731b_aaacbe0a_602e_11ec_a20b_00259070b487277.jpeg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f429_c461_11eb_82be_003048fd731b_aaacbe0b_602e_11ec_a20b_00259070b487278.jpeg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f42b_c461_11eb_82be_003048fd731b_aaacbe0c_602e_11ec_a20b_00259070b487279.jpeg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f42d_c461_11eb_82be_003048fd731b_aaacbe0d_602e_11ec_a20b_00259070b487280.jpeg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f42f_c461_11eb_82be_003048fd731b_aaacbe0e_602e_11ec_a20b_00259070b487281.jpeg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f431_c461_11eb_82be_003048fd731b_aaacbe0f_602e_11ec_a20b_00259070b487282.jpeg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f433_c461_11eb_82be_003048fd731b_aaacbe10_602e_11ec_a20b_00259070b487283.jpeg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f435_c461_11eb_82be_003048fd731b_aaacbe11_602e_11ec_a20b_00259070b487284.jpeg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f437_c461_11eb_82be_003048fd731b_aaacbe12_602e_11ec_a20b_00259070b487285.jpeg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f439_c461_11eb_82be_003048fd731b_aaacbe13_602e_11ec_a20b_00259070b487286.jpeg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f43b_c461_11eb_82be_003048fd731b_aaacbe14_602e_11ec_a20b_00259070b487287.jpeg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f43d_c461_11eb_82be_003048fd731b_aaacbe15_602e_11ec_a20b_00259070b487288.jpeg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b1cbcb_3e5b_11ec_836e_003048fd731b_aaacbe16_602e_11ec_a20b_00259070b487289.jpeg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b1cbd3_3e5b_11ec_836e_003048fd731b_aaacbe17_602e_11ec_a20b_00259070b487290.jpeg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6652a12d_b63d_11ec_a26a_00259070b487_14e1e0db_f93d_11ef_a6ea_047c1617b143291.jpeg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6652a12f_b63d_11ec_a26a_00259070b487_49c4afac_056a_11f0_a6fc_047c1617b143292.jpeg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6652a135_b63d_11ec_a26a_00259070b487_49c4afae_056a_11f0_a6fc_047c1617b143293.jpeg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6652a13b_b63d_11ec_a26a_00259070b487_49c4afad_056a_11f0_a6fc_047c1617b143294.jpeg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6652a141_b63d_11ec_a26a_00259070b487_49c4afaf_056a_11f0_a6fc_047c1617b143295.jpeg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e5408af_9114_11ed_a3b7_047c1617b143_49c4afb0_056a_11f0_a6fc_047c1617b143296.jpeg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e5408b1_9114_11ed_a3b7_047c1617b143_49c4afb1_056a_11f0_a6fc_047c1617b143297.jpeg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e7d_d7fd_11ee_a56a_047c1617b143_0161eca5_02f2_11ef_a5a4_047c1617b143298.jpeg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e7f_d7fd_11ee_a56a_047c1617b143_0161eca8_02f2_11ef_a5a4_047c1617b143299.jpeg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e81_d7fd_11ee_a56a_047c1617b143_0161ecab_02f2_11ef_a5a4_047c1617b143300.jpeg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e83_d7fd_11ee_a56a_047c1617b143_0161ecae_02f2_11ef_a5a4_047c1617b143301.jpeg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e85_d7fd_11ee_a56a_047c1617b143_0161ecb1_02f2_11ef_a5a4_047c1617b143302.jpeg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e87_d7fd_11ee_a56a_047c1617b143_0161ecb4_02f2_11ef_a5a4_047c1617b143303.jpeg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e89_d7fd_11ee_a56a_047c1617b143_0161ecb7_02f2_11ef_a5a4_047c1617b143304.jpeg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e8b_d7fd_11ee_a56a_047c1617b143_0161ecba_02f2_11ef_a5a4_047c1617b143305.jpeg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e8d_d7fd_11ee_a56a_047c1617b143_3063257f_0312_11ef_a5a4_047c1617b143306.jpeg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e8f_d7fd_11ee_a56a_047c1617b143_30632582_0312_11ef_a5a4_047c1617b143307.jpeg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e91_d7fd_11ee_a56a_047c1617b143_30632585_0312_11ef_a5a4_047c1617b143308.jpeg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e93_d7fd_11ee_a56a_047c1617b143_30632588_0312_11ef_a5a4_047c1617b143309.jpeg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e95_d7fd_11ee_a56a_047c1617b143_3063258b_0312_11ef_a5a4_047c1617b143310.jpeg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e97_d7fd_11ee_a56a_047c1617b143_3063258e_0312_11ef_a5a4_047c1617b143311.jpeg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e99_d7fd_11ee_a56a_047c1617b143_30632591_0312_11ef_a5a4_047c1617b143312.jpeg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e9b_d7fd_11ee_a56a_047c1617b143_30632594_0312_11ef_a5a4_047c1617b143313.jpeg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e9d_d7fd_11ee_a56a_047c1617b143_30632597_0312_11ef_a5a4_047c1617b143314.jpeg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417e9f_d7fd_11ee_a56a_047c1617b143_0161ec9c_02f2_11ef_a5a4_047c1617b143315.jpeg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417ea1_d7fd_11ee_a56a_047c1617b143_0161ec9f_02f2_11ef_a5a4_047c1617b143316.jpeg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417ea3_d7fd_11ee_a56a_047c1617b143_0161eca2_02f2_11ef_a5a4_047c1617b143317.jpeg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417ea5_d7fd_11ee_a56a_047c1617b143_0161ec96_02f2_11ef_a5a4_047c1617b143318.jpeg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0417ea7_d7fd_11ee_a56a_047c1617b143_0161ec99_02f2_11ef_a5a4_047c1617b143319.jpeg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4307ec8_d80d_11ee_a56a_047c1617b143_306325ac_0312_11ef_a5a4_047c1617b143320.jpeg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4307eca_d80d_11ee_a56a_047c1617b143_3063259a_0312_11ef_a5a4_047c1617b143321.jpeg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4307ecc_d80d_11ee_a56a_047c1617b143_3063259d_0312_11ef_a5a4_047c1617b143322.jpeg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4307ece_d80d_11ee_a56a_047c1617b143_306325a0_0312_11ef_a5a4_047c1617b143323.jpeg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4307ed0_d80d_11ee_a56a_047c1617b143_306325a3_0312_11ef_a5a4_047c1617b143324.jpeg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4307ed2_d80d_11ee_a56a_047c1617b143_306325a6_0312_11ef_a5a4_047c1617b143325.jpeg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4307ed4_d80d_11ee_a56a_047c1617b143_306325a9_0312_11ef_a5a4_047c1617b143326.jpeg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550bd_da6d_11ee_a56d_047c1617b143_d159fa13_42c7_11ef_a5f7_047c1617b143327.png"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550bf_da6d_11ee_a56d_047c1617b143_9db7fc45_42ce_11ef_a5f7_047c1617b143328.png"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550c1_da6d_11ee_a56d_047c1617b143_9db7fc47_42ce_11ef_a5f7_047c1617b143329.png"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550c3_da6d_11ee_a56d_047c1617b143_9db7fc49_42ce_11ef_a5f7_047c1617b143330.jpeg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550c5_da6d_11ee_a56d_047c1617b143_9db7fc4b_42ce_11ef_a5f7_047c1617b143331.jpeg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550c7_da6d_11ee_a56d_047c1617b143_9db7fc4d_42ce_11ef_a5f7_047c1617b143332.jpeg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddcb_b9ee_11ef_a69a_047c1617b143_b7afc1d0_e218_11ef_a6cd_047c1617b143333.jpeg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddcd_b9ee_11ef_a69a_047c1617b143_b7afc1d3_e218_11ef_a6cd_047c1617b143334.jpeg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddcf_b9ee_11ef_a69a_047c1617b143_55c6eb36_e210_11ef_a6cd_047c1617b143335.jpeg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddd1_b9ee_11ef_a69a_047c1617b143_55c6eb39_e210_11ef_a6cd_047c1617b143336.jpeg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddd3_b9ee_11ef_a69a_047c1617b143_55c6eb3c_e210_11ef_a6cd_047c1617b143337.jpeg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddd5_b9ee_11ef_a69a_047c1617b143_55c6eb3f_e210_11ef_a6cd_047c1617b143338.jpeg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddd7_b9ee_11ef_a69a_047c1617b143_55c6eb42_e210_11ef_a6cd_047c1617b143339.jpeg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e090ddd9_b9ee_11ef_a69a_047c1617b143_55c6eb45_e210_11ef_a6cd_047c1617b143340.jpeg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151efa_ba14_11ef_a69a_047c1617b143_55c6eb48_e210_11ef_a6cd_047c1617b143341.jpeg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151efc_ba14_11ef_a69a_047c1617b143_bb06b622_e214_11ef_a6cd_047c1617b143342.jpeg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151efe_ba14_11ef_a69a_047c1617b143_bb06b625_e214_11ef_a6cd_047c1617b143343.jpeg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f00_ba14_11ef_a69a_047c1617b143_bb06b628_e214_11ef_a6cd_047c1617b143344.jpeg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f02_ba14_11ef_a69a_047c1617b143_bb06b62b_e214_11ef_a6cd_047c1617b143345.jpeg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f04_ba14_11ef_a69a_047c1617b143_bb06b62c_e214_11ef_a6cd_047c1617b143346.jpeg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f06_ba14_11ef_a69a_047c1617b143_bb06b62d_e214_11ef_a6cd_047c1617b143347.jpeg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f08_ba14_11ef_a69a_047c1617b143_bb06b62e_e214_11ef_a6cd_047c1617b143348.jpeg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f0a_ba14_11ef_a69a_047c1617b143_bb06b630_e214_11ef_a6cd_047c1617b143349.jpeg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f0c_ba14_11ef_a69a_047c1617b143_bb06b632_e214_11ef_a6cd_047c1617b143350.jpeg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/974fdcf9_cf51_11ee_a55e_047c1617b143_bb06b634_e214_11ef_a6cd_047c1617b143351.jpeg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f0e_ba14_11ef_a69a_047c1617b143_bb06b637_e214_11ef_a6cd_047c1617b143352.jpeg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f10_ba14_11ef_a69a_047c1617b143_bb06b63a_e214_11ef_a6cd_047c1617b143353.jpeg"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f12_ba14_11ef_a69a_047c1617b143_bb06b63d_e214_11ef_a6cd_047c1617b143354.jpeg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f14_ba14_11ef_a69a_047c1617b143_b7afc1d6_e218_11ef_a6cd_047c1617b143355.jpeg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f16_ba14_11ef_a69a_047c1617b143_b7afc1d7_e218_11ef_a6cd_047c1617b143356.jpeg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f18_ba14_11ef_a69a_047c1617b143_b7afc1d8_e218_11ef_a6cd_047c1617b143357.jpeg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f1a_ba14_11ef_a69a_047c1617b143_bb06b640_e214_11ef_a6cd_047c1617b143358.jpeg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f1c_ba14_11ef_a69a_047c1617b143_bb06b643_e214_11ef_a6cd_047c1617b143359.jpeg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f1e_ba14_11ef_a69a_047c1617b143_bb06b646_e214_11ef_a6cd_047c1617b143360.jpeg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f20_ba14_11ef_a69a_047c1617b143_bb06b649_e214_11ef_a6cd_047c1617b143361.jpeg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f22_ba14_11ef_a69a_047c1617b143_bb06b64c_e214_11ef_a6cd_047c1617b143362.jpeg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f24_ba14_11ef_a69a_047c1617b143_bb06b64d_e214_11ef_a6cd_047c1617b143363.jpeg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f26_ba14_11ef_a69a_047c1617b143_bb06b64e_e214_11ef_a6cd_047c1617b143364.jpeg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f28_ba14_11ef_a69a_047c1617b143_bb06b64f_e214_11ef_a6cd_047c1617b143365.jpeg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f2a_ba14_11ef_a69a_047c1617b143_bb06b651_e214_11ef_a6cd_047c1617b143366.jpeg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f2c_ba14_11ef_a69a_047c1617b143_bb06b653_e214_11ef_a6cd_047c1617b143367.jpeg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f2e_ba14_11ef_a69a_047c1617b143_bb06b654_e214_11ef_a6cd_047c1617b143368.jpeg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f30_ba14_11ef_a69a_047c1617b143_bb06b655_e214_11ef_a6cd_047c1617b143369.jpeg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f32_ba14_11ef_a69a_047c1617b143_bb06b656_e214_11ef_a6cd_047c1617b143370.jpeg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f34_ba14_11ef_a69a_047c1617b143_bb06b657_e214_11ef_a6cd_047c1617b143371.jpeg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7537538e_da01_11e9_8109_003048fd731b_c75a16c8_f115_11ee_a58b_047c1617b143372.jpeg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550cf_da6d_11ee_a56d_047c1617b143_d159fa0f_42c7_11ef_a5f7_047c1617b143373.jpeg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550d3_da6d_11ee_a56d_047c1617b143_d159fa11_42c7_11ef_a5f7_047c1617b143374.jpeg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550d5_da6d_11ee_a56d_047c1617b143_d159fa12_42c7_11ef_a5f7_047c1617b143375.jpeg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0015ba29_86a3_11e9_8101_003048fd731b_ac993d02_476f_11ea_810f_003048fd731b376.jpeg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0015ba2b_86a3_11e9_8101_003048fd731b_83eb96da_5d58_11f0_a779_047c1617b143377.jpeg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6e9ee54_37c1_11ea_810f_003048fd731b_ac993cfd_476f_11ea_810f_003048fd731b378.jpeg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6e9ee52_37c1_11ea_810f_003048fd731b_ac993cff_476f_11ea_810f_003048fd731b379.jpeg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6e9ee50_37c1_11ea_810f_003048fd731b_ac993d00_476f_11ea_810f_003048fd731b380.png"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a675_3767_11ea_810f_003048fd731b_ac993d01_476f_11ea_810f_003048fd731b381.jpeg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/787d7941_68f4_11ea_8111_003048fd731b_018ae84d_7ca2_11ea_8111_003048fd731b382.jpeg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9088d552_e115_11ea_817f_003048fd731b_79368bbb_e197_11ea_817f_003048fd731b383.jpeg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9088d556_e115_11ea_817f_003048fd731b_79368bbd_e197_11ea_817f_003048fd731b384.jpeg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31a73bcb_da46_11ee_a56d_047c1617b143_4396be7f_0312_11ef_a5a4_047c1617b143385.jpeg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f40c0a_5308_11ee_a4bb_047c1617b143_64c8bb78_5a46_11f0_a775_047c1617b143386.jpeg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0015ba36_86a3_11e9_8101_003048fd731b_c530e0de_2820_11ed_a30f_00259070b487387.png"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0015ba3a_86a3_11e9_8101_003048fd731b_c530e0df_2820_11ed_a30f_00259070b487388.png"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0015ba3e_86a3_11e9_8101_003048fd731b_c530e0e0_2820_11ed_a30f_00259070b487389.jpeg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0015ba42_86a3_11e9_8101_003048fd731b_c530e0e2_2820_11ed_a30f_00259070b487390.jpeg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf60f_86a5_11e9_8101_003048fd731b_c530e0e4_2820_11ed_a30f_00259070b487391.jpeg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf613_86a5_11e9_8101_003048fd731b_c530e0e5_2820_11ed_a30f_00259070b487392.jpeg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf686_86a5_11e9_8101_003048fd731b_c530e0d2_2820_11ed_a30f_00259070b487393.jpeg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370cf68a_86a5_11e9_8101_003048fd731b_c530e0d6_2820_11ed_a30f_00259070b487394.jpeg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b569ce4_b6d8_11eb_82ad_003048fd731b_c530e0da_2820_11ed_a30f_00259070b487395.jpeg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f423_c461_11eb_82be_003048fd731b_14e1e0d9_f93d_11ef_a6ea_047c1617b143396.jpeg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f425_c461_11eb_82be_003048fd731b_14e1e0da_f93d_11ef_a6ea_047c1617b143397.jpeg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b1cbd1_3e5b_11ec_836e_003048fd731b_e00cf34a_f104_11ee_a58b_047c1617b143398.jpeg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6da414_c29f_11ee_a54c_047c1617b143_e00cf34c_f104_11ee_a58b_047c1617b143399.jpeg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/974fdcfb_cf51_11ee_a55e_047c1617b143_3e659189_db10_11ee_a56e_047c1617b143400.jpeg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/974fdcfd_cf51_11ee_a55e_047c1617b143_3e65918a_db10_11ee_a56e_047c1617b143401.jpeg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14ba1612_ce2b_11f0_a80d_047c1617b143_b4b9bca6_d8cb_11f0_a81b_047c1617b143402.jpeg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14ba1614_ce2b_11f0_a80d_047c1617b143_ab7d8ff6_d05b_11f0_a810_047c1617b143403.jpeg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1af32c7c_ce2b_11f0_a80d_047c1617b143_b4b9bca5_d8cb_11f0_a81b_047c1617b143404.jpeg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1af32c7e_ce2b_11f0_a80d_047c1617b143_b4b9bca7_d8cb_11f0_a81b_047c1617b143405.jpeg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe55_86a5_11e9_8101_003048fd731b_b627a777_281f_11ed_a30f_00259070b487406.jpeg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe59_86a5_11e9_8101_003048fd731b_b627a77b_281f_11ed_a30f_00259070b487407.jpeg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe5d_86a5_11e9_8101_003048fd731b_b627a77c_281f_11ed_a30f_00259070b487408.jpeg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe61_86a5_11e9_8101_003048fd731b_b627a77d_281f_11ed_a30f_00259070b487409.jpeg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe65_86a5_11e9_8101_003048fd731b_b627a77e_281f_11ed_a30f_00259070b487410.png"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe69_86a5_11e9_8101_003048fd731b_c530e0bc_2820_11ed_a30f_00259070b487411.png"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe6d_86a5_11e9_8101_003048fd731b_c530e0bd_2820_11ed_a30f_00259070b487412.png"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe71_86a5_11e9_8101_003048fd731b_c530e0be_2820_11ed_a30f_00259070b487413.png"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe75_86a5_11e9_8101_003048fd731b_c530e0bf_2820_11ed_a30f_00259070b487414.jpeg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe79_86a5_11e9_8101_003048fd731b_c530e0c0_2820_11ed_a30f_00259070b487415.jpeg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe7d_86a5_11e9_8101_003048fd731b_c530e0c1_2820_11ed_a30f_00259070b487416.jpeg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe81_86a5_11e9_8101_003048fd731b_c530e0c2_2820_11ed_a30f_00259070b487417.jpeg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe85_86a5_11e9_8101_003048fd731b_c530e0c3_2820_11ed_a30f_00259070b487418.jpeg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe89_86a5_11e9_8101_003048fd731b_c530e0c4_2820_11ed_a30f_00259070b487419.jpeg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe8d_86a5_11e9_8101_003048fd731b_c530e0c5_2820_11ed_a30f_00259070b487420.jpeg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe91_86a5_11e9_8101_003048fd731b_c530e0c6_2820_11ed_a30f_00259070b487421.jpeg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0cfe95_86a5_11e9_8101_003048fd731b_c530e0ca_2820_11ed_a30f_00259070b487422.jpeg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437a214a_86a5_11e9_8101_003048fd731b_c530e0ce_2820_11ed_a30f_00259070b487423.jpeg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/702457ae_8fe1_11ed_a3b6_047c1617b143_4b3c1cb6_5a46_11f0_a775_047c1617b143424.jpeg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/702457b0_8fe1_11ed_a3b6_047c1617b143_4b3c1cb7_5a46_11f0_a775_047c1617b143425.jpeg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48ba3983_93ab_11ec_a256_00259070b487_4b3c1cb8_5a46_11f0_a775_047c1617b143426.jpeg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bff966c_032b_11ed_a2de_00259070b487_4b3c1cb9_5a46_11f0_a775_047c1617b143427.jpeg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29639db2_d258_11ed_a410_047c1617b143_4b3c1cba_5a46_11f0_a775_047c1617b143428.jpeg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d4746fa_fd02_11ec_a2d6_00259070b487_4b3c1cbb_5a46_11f0_a775_047c1617b143429.jpeg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d4746fc_fd02_11ec_a2d6_00259070b487_4b3c1cbc_5a46_11f0_a775_047c1617b143430.jpeg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d4746fe_fd02_11ec_a2d6_00259070b487_4b3c1cbd_5a46_11f0_a775_047c1617b143431.jpeg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b80ee8d_3234_11ee_a490_047c1617b143_64c8bb8b_5a46_11f0_a775_047c1617b143432.jpeg"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b80ee8f_3234_11ee_a490_047c1617b143_64c8bb8e_5a46_11f0_a775_047c1617b143433.jpeg"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b80ee91_3234_11ee_a490_047c1617b143_64c8bb91_5a46_11f0_a775_047c1617b143434.jpeg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6da40f_c29f_11ee_a54c_047c1617b143_4396bf13_0312_11ef_a5a4_047c1617b143435.png"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6da411_c29f_11ee_a54c_047c1617b143_4396bf16_0312_11ef_a5a4_047c1617b143436.png"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a6d7b1f_847d_11ef_a64e_047c1617b143_21d4f5b4_793a_11f0_a79f_047c1617b143437.jpeg"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a6d7b21_847d_11ef_a64e_047c1617b143_21d4f5b5_793a_11f0_a79f_047c1617b143438.jpeg"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4acdaaa_242e_11f0_a725_047c1617b143_26859885_34da_11f0_a73b_047c1617b143439.jpeg"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4acdaac_242e_11f0_a725_047c1617b143_26859886_34da_11f0_a73b_047c1617b143440.jpeg"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e426c_245f_11f0_a725_047c1617b143_26859887_34da_11f0_a73b_047c1617b143441.jpeg"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e426e_245f_11f0_a725_047c1617b143_26859888_34da_11f0_a73b_047c1617b143442.jpeg"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e4270_245f_11f0_a725_047c1617b143_26859889_34da_11f0_a73b_047c1617b143443.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image_5" descr="Image_5"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -16811,747 +16820,747 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="377" name="Image_403" descr="Image_403"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId377"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>403</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="378" name="Image_404" descr="Image_404"/>
+      <xdr:row>404</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="378" name="Image_405" descr="Image_405"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId378"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>404</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="379" name="Image_405" descr="Image_405"/>
+      <xdr:row>405</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="379" name="Image_406" descr="Image_406"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId379"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>405</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="380" name="Image_406" descr="Image_406"/>
+      <xdr:row>406</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="380" name="Image_407" descr="Image_407"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId380"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>406</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="381" name="Image_407" descr="Image_407"/>
+      <xdr:row>407</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="381" name="Image_408" descr="Image_408"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId381"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>407</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="382" name="Image_408" descr="Image_408"/>
+      <xdr:row>408</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="382" name="Image_409" descr="Image_409"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId382"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>408</xdr:row>
+      <xdr:row>409</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1247775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="383" name="Image_409" descr="Image_409"/>
+        <xdr:cNvPr id="383" name="Image_410" descr="Image_410"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId383"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>409</xdr:row>
+      <xdr:row>410</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1247775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="384" name="Image_410" descr="Image_410"/>
+        <xdr:cNvPr id="384" name="Image_411" descr="Image_411"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId384"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>410</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="385" name="Image_411" descr="Image_411"/>
+      <xdr:row>411</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="385" name="Image_412" descr="Image_412"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId385"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>412</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="386" name="Image_413" descr="Image_413"/>
+      <xdr:row>413</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="386" name="Image_414" descr="Image_414"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId386"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>413</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="387" name="Image_414" descr="Image_414"/>
+      <xdr:row>414</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="387" name="Image_415" descr="Image_415"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId387"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>414</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="388" name="Image_415" descr="Image_415"/>
+      <xdr:row>415</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="388" name="Image_416" descr="Image_416"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId388"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>415</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="389" name="Image_416" descr="Image_416"/>
+      <xdr:row>416</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="389" name="Image_417" descr="Image_417"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId389"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>416</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="390" name="Image_417" descr="Image_417"/>
+      <xdr:row>417</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="390" name="Image_418" descr="Image_418"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId390"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>417</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="391" name="Image_418" descr="Image_418"/>
+      <xdr:row>418</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="391" name="Image_419" descr="Image_419"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId391"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>418</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="392" name="Image_419" descr="Image_419"/>
+      <xdr:row>419</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="392" name="Image_420" descr="Image_420"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId392"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>422</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="393" name="Image_423" descr="Image_423"/>
+      <xdr:row>423</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="393" name="Image_424" descr="Image_424"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId393"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>423</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="394" name="Image_424" descr="Image_424"/>
+      <xdr:row>424</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="394" name="Image_425" descr="Image_425"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId394"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>424</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="395" name="Image_425" descr="Image_425"/>
+      <xdr:row>425</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="395" name="Image_426" descr="Image_426"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId395"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>426</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="396" name="Image_427" descr="Image_427"/>
+      <xdr:row>427</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="396" name="Image_428" descr="Image_428"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId396"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>427</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="397" name="Image_428" descr="Image_428"/>
+      <xdr:row>428</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="397" name="Image_429" descr="Image_429"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId397"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>428</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="398" name="Image_429" descr="Image_429"/>
+      <xdr:row>429</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="398" name="Image_430" descr="Image_430"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId398"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>429</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="399" name="Image_430" descr="Image_430"/>
+      <xdr:row>430</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="399" name="Image_431" descr="Image_431"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId399"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>431</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="400" name="Image_432" descr="Image_432"/>
+      <xdr:row>432</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="400" name="Image_433" descr="Image_433"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId400"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>432</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="401" name="Image_433" descr="Image_433"/>
+      <xdr:row>433</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="401" name="Image_434" descr="Image_434"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId401"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>435</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
@@ -17561,1173 +17570,1263 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="402" name="Image_436" descr="Image_436"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId402"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>439</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="403" name="Image_440" descr="Image_440"/>
+      <xdr:row>436</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="403" name="Image_437" descr="Image_437"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId403"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>437</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="404" name="Image_438" descr="Image_438"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId404"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>438</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="405" name="Image_439" descr="Image_439"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId405"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
       <xdr:row>440</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="404" name="Image_441" descr="Image_441"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId404"/>
+        <xdr:cNvPr id="406" name="Image_441" descr="Image_441"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId406"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>441</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="405" name="Image_442" descr="Image_442"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId405"/>
+        <xdr:cNvPr id="407" name="Image_442" descr="Image_442"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId407"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>442</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="406" name="Image_443" descr="Image_443"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId406"/>
+        <xdr:cNvPr id="408" name="Image_443" descr="Image_443"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId408"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>443</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="407" name="Image_444" descr="Image_444"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId407"/>
+        <xdr:cNvPr id="409" name="Image_444" descr="Image_444"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId409"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>444</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="408" name="Image_445" descr="Image_445"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId408"/>
+        <xdr:cNvPr id="410" name="Image_445" descr="Image_445"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId410"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>445</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="409" name="Image_446" descr="Image_446"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId409"/>
+        <xdr:cNvPr id="411" name="Image_446" descr="Image_446"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId411"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>446</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="410" name="Image_447" descr="Image_447"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId410"/>
+        <xdr:cNvPr id="412" name="Image_447" descr="Image_447"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId412"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>447</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="411" name="Image_448" descr="Image_448"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId411"/>
+        <xdr:cNvPr id="413" name="Image_448" descr="Image_448"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId413"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>448</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="412" name="Image_449" descr="Image_449"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId412"/>
+        <xdr:cNvPr id="414" name="Image_449" descr="Image_449"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId414"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>449</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="413" name="Image_450" descr="Image_450"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId413"/>
+        <xdr:cNvPr id="415" name="Image_450" descr="Image_450"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId415"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>450</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="414" name="Image_451" descr="Image_451"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId414"/>
+        <xdr:cNvPr id="416" name="Image_451" descr="Image_451"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId416"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>451</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="415" name="Image_452" descr="Image_452"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId415"/>
+        <xdr:cNvPr id="417" name="Image_452" descr="Image_452"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId417"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>452</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="416" name="Image_453" descr="Image_453"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId416"/>
+        <xdr:cNvPr id="418" name="Image_453" descr="Image_453"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId418"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>453</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="417" name="Image_454" descr="Image_454"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId417"/>
+        <xdr:cNvPr id="419" name="Image_454" descr="Image_454"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId419"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>454</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="418" name="Image_455" descr="Image_455"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId418"/>
+        <xdr:cNvPr id="420" name="Image_455" descr="Image_455"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId420"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>455</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="419" name="Image_456" descr="Image_456"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId419"/>
+        <xdr:cNvPr id="421" name="Image_456" descr="Image_456"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId421"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>456</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="420" name="Image_457" descr="Image_457"/>
-[...35 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId421"/>
+        <xdr:cNvPr id="422" name="Image_457" descr="Image_457"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId422"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>457</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="423" name="Image_458" descr="Image_458"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId423"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>459</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="422" name="Image_460" descr="Image_460"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId422"/>
+        <xdr:cNvPr id="424" name="Image_460" descr="Image_460"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId424"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>460</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="423" name="Image_461" descr="Image_461"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId423"/>
+        <xdr:cNvPr id="425" name="Image_461" descr="Image_461"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId425"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>461</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="424" name="Image_462" descr="Image_462"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId424"/>
+        <xdr:cNvPr id="426" name="Image_462" descr="Image_462"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId426"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>462</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="425" name="Image_463" descr="Image_463"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId425"/>
+        <xdr:cNvPr id="427" name="Image_463" descr="Image_463"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId427"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>463</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="426" name="Image_464" descr="Image_464"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId426"/>
+        <xdr:cNvPr id="428" name="Image_464" descr="Image_464"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId428"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>464</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="427" name="Image_465" descr="Image_465"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId427"/>
+        <xdr:cNvPr id="429" name="Image_465" descr="Image_465"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId429"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>465</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="428" name="Image_466" descr="Image_466"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId428"/>
+        <xdr:cNvPr id="430" name="Image_466" descr="Image_466"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId430"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>466</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="429" name="Image_467" descr="Image_467"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId429"/>
+        <xdr:cNvPr id="431" name="Image_467" descr="Image_467"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId431"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>467</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="430" name="Image_468" descr="Image_468"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId430"/>
+        <xdr:cNvPr id="432" name="Image_468" descr="Image_468"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId432"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>468</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="431" name="Image_469" descr="Image_469"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId431"/>
+        <xdr:cNvPr id="433" name="Image_469" descr="Image_469"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId433"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>469</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="432" name="Image_470" descr="Image_470"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId432"/>
+        <xdr:cNvPr id="434" name="Image_470" descr="Image_470"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId434"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>470</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="433" name="Image_471" descr="Image_471"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId433"/>
+        <xdr:cNvPr id="435" name="Image_471" descr="Image_471"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId435"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>471</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="434" name="Image_472" descr="Image_472"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId434"/>
+        <xdr:cNvPr id="436" name="Image_472" descr="Image_472"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId436"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>472</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="435" name="Image_473" descr="Image_473"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId435"/>
+        <xdr:cNvPr id="437" name="Image_473" descr="Image_473"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId437"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>473</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="436" name="Image_474" descr="Image_474"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId436"/>
+        <xdr:cNvPr id="438" name="Image_474" descr="Image_474"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId438"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>474</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="437" name="Image_475" descr="Image_475"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId437"/>
+        <xdr:cNvPr id="439" name="Image_475" descr="Image_475"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId439"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>475</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="438" name="Image_476" descr="Image_476"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId438"/>
+        <xdr:cNvPr id="440" name="Image_476" descr="Image_476"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId440"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>476</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="439" name="Image_477" descr="Image_477"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId439"/>
+        <xdr:cNvPr id="441" name="Image_477" descr="Image_477"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId441"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>477</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="440" name="Image_478" descr="Image_478"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId440"/>
+        <xdr:cNvPr id="442" name="Image_478" descr="Image_478"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId442"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>478</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="443" name="Image_479" descr="Image_479"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId443"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -18994,51 +19093,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="0" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L478"/>
+  <dimension ref="A1:L479"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="5" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="60" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
     <col min="10" max="10" width="11" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -19046,51 +19145,51 @@
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="4">
-        <f>SUM(J2:J478)</f>
+        <f>SUM(J2:J479)</f>
         <v>0</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="5"/>
     </row>
     <row r="2" spans="1:12">
       <c r="A2" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
       <c r="L2" s="5"/>
     </row>
     <row r="3" spans="1:12" outlineLevel="1">
       <c r="A3" s="7" t="s">
@@ -19132,436 +19231,436 @@
       <c r="C5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="str">
-        <f>J5*223.13</f>
+        <f>J5*227.59</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>811020</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="str">
-        <f>J6*307.91</f>
+        <f>J6*315.35</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>811021</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="str">
-        <f>J7*481.95</f>
+        <f>J7*492.36</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>811022</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="str">
-        <f>J8*230.56</f>
+        <f>J8*235.03</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>811023</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="str">
-        <f>J9*321.30</f>
+        <f>J9*328.74</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>811024</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G10" s="2">
         <v>8</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="str">
-        <f>J10*504.26</f>
+        <f>J10*514.68</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>823091</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="str">
-        <f>J11*226.10</f>
+        <f>J11*230.56</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>823092</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="str">
-        <f>J12*315.35</f>
+        <f>J12*322.79</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>823118</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="str">
-        <f>J13*478.98</f>
+        <f>J13*489.39</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>823971</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>54</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="str">
-        <f>J14*230.56</f>
+        <f>J14*235.03</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>823972</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>57</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="G15" s="2" t="s">
-        <v>48</v>
+      <c r="G15" s="2">
+        <v>4</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="str">
-        <f>J15*327.25</f>
+        <f>J15*333.20</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>823122</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>61</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G16" s="2">
         <v>8</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="str">
-        <f>J16*498.31</f>
+        <f>J16*508.73</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" outlineLevel="2">
       <c r="A17" s="8" t="s">
         <v>64</v>
       </c>
       <c r="B17" s="8"/>
       <c r="C17" s="8"/>
       <c r="D17" s="8"/>
       <c r="E17" s="8"/>
       <c r="F17" s="8"/>
       <c r="G17" s="8"/>
       <c r="H17" s="8"/>
       <c r="I17" s="8"/>
       <c r="J17" s="8"/>
       <c r="K17" s="8"/>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" outlineLevel="3">
       <c r="A18" s="9" t="s">
         <v>65</v>
       </c>
       <c r="B18" s="9"/>
@@ -19572,334 +19671,334 @@
       <c r="G18" s="9"/>
       <c r="H18" s="9"/>
       <c r="I18" s="9"/>
       <c r="J18" s="9"/>
       <c r="K18" s="9"/>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>810906</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G19" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H19" s="2" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="str">
         <f>J19*587.00</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>810907</v>
       </c>
       <c r="C20" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="D20" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="D20" s="1" t="s">
+      <c r="E20" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="E20" s="2" t="s">
+      <c r="F20" s="2" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="G20" s="2">
         <v>0</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="str">
         <f>J20*857.00</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>810908</v>
       </c>
       <c r="C21" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D21" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="D21" s="1" t="s">
+      <c r="E21" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="E21" s="2" t="s">
+      <c r="F21" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="F21" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G21" s="2">
         <v>0</v>
       </c>
       <c r="H21" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="str">
         <f>J21*1307.00</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>810909</v>
       </c>
       <c r="C22" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D22" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="D22" s="1" t="s">
+      <c r="E22" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="E22" s="2" t="s">
+      <c r="F22" s="2" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="str">
         <f>J22*604.00</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>810910</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>85</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>87</v>
       </c>
       <c r="G23" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="H23" s="2" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="str">
         <f>J23*522.00</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>810911</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G24" s="2">
         <v>0</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="str">
         <f>J24*496.00</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>810912</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H25" s="2" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="str">
         <f>J25*504.00</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>810913</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>98</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H26" s="2" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="str">
         <f>J26*464.00</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>810914</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>102</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>104</v>
       </c>
       <c r="G27" s="2">
         <v>0</v>
       </c>
       <c r="H27" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="str">
         <f>J27*469.00</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>810915</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>105</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>106</v>
       </c>
       <c r="E28" s="2" t="s">
@@ -19957,229 +20056,229 @@
       </c>
       <c r="K29" s="2" t="str">
         <f>J29*1338.00</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>810825</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>115</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>116</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>117</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="str">
         <f>J30*488.00</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>810826</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>118</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>119</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>120</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>121</v>
       </c>
       <c r="G31" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H31" s="2" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="str">
         <f>J31*744.00</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>810827</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>122</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>123</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>124</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>125</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="str">
         <f>J32*1209.00</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>810828</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>129</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H33" s="2" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="str">
         <f>J33*1889.00</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>810829</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>130</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>131</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>132</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>133</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H34" s="2" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="str">
         <f>J34*2893.00</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>810830</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>134</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>135</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>136</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>137</v>
       </c>
       <c r="G35" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H35" s="2" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="str">
         <f>J35*4078.00</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>810831</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>138</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>139</v>
       </c>
       <c r="E36" s="2" t="s">
@@ -20205,541 +20304,541 @@
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>810832</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>142</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>143</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>144</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>145</v>
       </c>
       <c r="G37" s="2">
         <v>0</v>
       </c>
       <c r="H37" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="str">
         <f>J37*15193.00</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>810833</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>146</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>147</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>148</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>149</v>
       </c>
       <c r="G38" s="2">
         <v>0</v>
       </c>
-      <c r="H38" s="2" t="s">
-        <v>48</v>
+      <c r="H38" s="2">
+        <v>8</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="str">
         <f>J38*20679.00</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>810834</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>150</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>151</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>152</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>153</v>
       </c>
       <c r="G39" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H39" s="2" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="str">
         <f>J39*539.00</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>810835</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>154</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>155</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>156</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>157</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H40" s="2" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="str">
         <f>J40*806.00</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>810836</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>158</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>160</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>161</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H41" s="2" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="str">
         <f>J41*1314.00</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>810837</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>162</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>163</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>164</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>165</v>
       </c>
       <c r="G42" s="2">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="H42" s="2" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="str">
         <f>J42*2321.00</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>810838</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>166</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>167</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>168</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>169</v>
       </c>
       <c r="G43" s="2">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="str">
         <f>J43*3488.00</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>810839</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>170</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>171</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>172</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>173</v>
       </c>
       <c r="G44" s="2">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="H44" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="str">
         <f>J44*5152.00</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>810840</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>174</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>175</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>176</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>177</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>71</v>
+        <v>17</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>117</v>
       </c>
       <c r="I45" s="1">
         <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="str">
         <f>J45*439.00</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>810841</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>178</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>179</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>180</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>181</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H46" s="2" t="s">
-        <v>117</v>
+        <v>70</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="str">
         <f>J46*658.00</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>810842</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>182</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>183</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>184</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>185</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="H47" s="2" t="s">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="str">
         <f>J47*1111.00</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>810843</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>186</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>188</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="G48" s="2" t="s">
-        <v>71</v>
+      <c r="G48" s="2">
+        <v>0</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>117</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="str">
         <f>J48*468.00</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>810844</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>190</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>191</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>192</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>193</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="2" t="s">
-        <v>117</v>
+        <v>70</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="str">
         <f>J49*756.00</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>810845</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>194</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>195</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>196</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>197</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H50" s="2" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="str">
         <f>J50*1242.00</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
         <v>810846</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>198</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>199</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>200</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>201</v>
       </c>
       <c r="G51" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H51" s="2" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="I51" s="1">
         <v>0</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="str">
         <f>J51*524.00</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>810847</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>202</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>203</v>
       </c>
       <c r="E52" s="2" t="s">
@@ -20761,52 +20860,52 @@
         <v>18</v>
       </c>
       <c r="K52" s="2" t="str">
         <f>J52*830.00</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
         <v>810848</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>206</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>208</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>209</v>
       </c>
-      <c r="G53" s="2" t="s">
-        <v>48</v>
+      <c r="G53" s="2">
+        <v>9</v>
       </c>
       <c r="H53" s="2">
         <v>0</v>
       </c>
       <c r="I53" s="1">
         <v>0</v>
       </c>
       <c r="J53" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="str">
         <f>J53*1426.00</f>
         <v>0</v>
       </c>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
         <v>810849</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>210</v>
       </c>
       <c r="D54" s="1" t="s">
@@ -20866,55 +20965,55 @@
         <v>18</v>
       </c>
       <c r="K55" s="2" t="str">
         <f>J55*330.00</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A56" s="1"/>
       <c r="B56" s="1">
         <v>810851</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>218</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>219</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>220</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>221</v>
       </c>
-      <c r="G56" s="2" t="s">
-        <v>48</v>
+      <c r="G56" s="2">
+        <v>0</v>
       </c>
       <c r="H56" s="2" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="I56" s="1">
         <v>0</v>
       </c>
       <c r="J56" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="str">
         <f>J56*705.00</f>
         <v>0</v>
       </c>
       <c r="L56" s="5"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
         <v>810852</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>222</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>223</v>
       </c>
       <c r="E57" s="2" t="s">
@@ -20937,821 +21036,821 @@
       </c>
       <c r="K57" s="2" t="str">
         <f>J57*1039.00</f>
         <v>0</v>
       </c>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A58" s="1"/>
       <c r="B58" s="1">
         <v>810853</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>226</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>227</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>228</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>229</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H58" s="2" t="s">
         <v>117</v>
       </c>
       <c r="I58" s="1">
         <v>0</v>
       </c>
       <c r="J58" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="str">
         <f>J58*555.00</f>
         <v>0</v>
       </c>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
         <v>810854</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>230</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>231</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>232</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>229</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>17</v>
+        <v>88</v>
       </c>
       <c r="H59" s="2" t="s">
         <v>117</v>
       </c>
       <c r="I59" s="1">
         <v>0</v>
       </c>
       <c r="J59" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="str">
         <f>J59*555.00</f>
         <v>0</v>
       </c>
       <c r="L59" s="5"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A60" s="1"/>
       <c r="B60" s="1">
         <v>810855</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>233</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>234</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>235</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>236</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="H60" s="2" t="s">
-        <v>71</v>
+        <v>17</v>
       </c>
       <c r="I60" s="1">
         <v>0</v>
       </c>
       <c r="J60" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="str">
         <f>J60*608.00</f>
         <v>0</v>
       </c>
       <c r="L60" s="5"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A61" s="1"/>
       <c r="B61" s="1">
         <v>810856</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>237</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>238</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>239</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>240</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="H61" s="2" t="s">
         <v>117</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="str">
         <f>J61*889.00</f>
         <v>0</v>
       </c>
       <c r="L61" s="5"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A62" s="1"/>
       <c r="B62" s="1">
         <v>810857</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>241</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>242</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>243</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>240</v>
       </c>
-      <c r="G62" s="2" t="s">
-        <v>17</v>
+      <c r="G62" s="2">
+        <v>0</v>
       </c>
       <c r="H62" s="2" t="s">
         <v>117</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="str">
         <f>J62*889.00</f>
         <v>0</v>
       </c>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A63" s="1"/>
       <c r="B63" s="1">
         <v>810858</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>244</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>245</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>246</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>247</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="H63" s="2" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="str">
         <f>J63*961.00</f>
         <v>0</v>
       </c>
       <c r="L63" s="5"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A64" s="1"/>
       <c r="B64" s="1">
         <v>810859</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>248</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>249</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>250</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>251</v>
       </c>
-      <c r="G64" s="2">
-        <v>3</v>
+      <c r="G64" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H64" s="2" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="str">
         <f>J64*1942.00</f>
         <v>0</v>
       </c>
       <c r="L64" s="5"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A65" s="1"/>
       <c r="B65" s="1">
         <v>810860</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>252</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>253</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>254</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>255</v>
       </c>
       <c r="G65" s="2">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="H65" s="2" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="I65" s="1">
         <v>0</v>
       </c>
       <c r="J65" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="str">
         <f>J65*2742.00</f>
         <v>0</v>
       </c>
       <c r="L65" s="5"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
         <v>810861</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>256</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>257</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>258</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>259</v>
       </c>
       <c r="G66" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H66" s="2" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="I66" s="1">
         <v>0</v>
       </c>
       <c r="J66" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="str">
         <f>J66*781.00</f>
         <v>0</v>
       </c>
       <c r="L66" s="5"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A67" s="1"/>
       <c r="B67" s="1">
         <v>810862</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>260</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>261</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>262</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>259</v>
       </c>
-      <c r="G67" s="2" t="s">
-        <v>48</v>
+      <c r="G67" s="2">
+        <v>0</v>
       </c>
       <c r="H67" s="2" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="I67" s="1">
         <v>0</v>
       </c>
       <c r="J67" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="str">
         <f>J67*781.00</f>
         <v>0</v>
       </c>
       <c r="L67" s="5"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A68" s="1"/>
       <c r="B68" s="1">
         <v>810863</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>263</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>264</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>265</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>266</v>
       </c>
       <c r="G68" s="2">
         <v>0</v>
       </c>
       <c r="H68" s="2" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="I68" s="1">
         <v>0</v>
       </c>
       <c r="J68" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="str">
         <f>J68*843.00</f>
         <v>0</v>
       </c>
       <c r="L68" s="5"/>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A69" s="1"/>
       <c r="B69" s="1">
         <v>810864</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>267</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>268</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>269</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>270</v>
       </c>
-      <c r="G69" s="2" t="s">
-        <v>48</v>
+      <c r="G69" s="2">
+        <v>0</v>
       </c>
       <c r="H69" s="2" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="I69" s="1">
         <v>0</v>
       </c>
       <c r="J69" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="str">
         <f>J69*1271.00</f>
         <v>0</v>
       </c>
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A70" s="1"/>
       <c r="B70" s="1">
         <v>810865</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>271</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>272</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>273</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>270</v>
       </c>
-      <c r="G70" s="2">
-        <v>4</v>
+      <c r="G70" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H70" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="1">
         <v>0</v>
       </c>
       <c r="J70" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="str">
         <f>J70*1271.00</f>
         <v>0</v>
       </c>
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A71" s="1"/>
       <c r="B71" s="1">
         <v>810866</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>274</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>275</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>276</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>277</v>
       </c>
       <c r="G71" s="2">
         <v>0</v>
       </c>
       <c r="H71" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I71" s="1">
         <v>0</v>
       </c>
       <c r="J71" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="str">
         <f>J71*1336.00</f>
         <v>0</v>
       </c>
       <c r="L71" s="5"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A72" s="1"/>
       <c r="B72" s="1">
         <v>810867</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>278</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>279</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>280</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>281</v>
       </c>
       <c r="G72" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H72" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I72" s="1">
         <v>0</v>
       </c>
       <c r="J72" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="str">
         <f>J72*2070.00</f>
         <v>0</v>
       </c>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A73" s="1"/>
       <c r="B73" s="1">
         <v>810868</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>282</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>283</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>284</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>285</v>
       </c>
       <c r="G73" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H73" s="2" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="I73" s="1">
         <v>0</v>
       </c>
       <c r="J73" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="str">
         <f>J73*538.00</f>
         <v>0</v>
       </c>
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A74" s="1"/>
       <c r="B74" s="1">
         <v>810869</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>286</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>287</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>288</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>289</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H74" s="2" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="I74" s="1">
         <v>0</v>
       </c>
       <c r="J74" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="str">
         <f>J74*419.00</f>
         <v>0</v>
       </c>
       <c r="L74" s="5"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A75" s="1"/>
       <c r="B75" s="1">
         <v>810870</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>290</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>291</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>292</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>293</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
       <c r="H75" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="1">
         <v>0</v>
       </c>
       <c r="J75" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="str">
         <f>J75*455.00</f>
         <v>0</v>
       </c>
       <c r="L75" s="5"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A76" s="1"/>
       <c r="B76" s="1">
         <v>810871</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>294</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>295</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>296</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>297</v>
       </c>
       <c r="G76" s="2">
         <v>7</v>
       </c>
       <c r="H76" s="2" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="I76" s="1">
         <v>0</v>
       </c>
       <c r="J76" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="str">
         <f>J76*635.00</f>
         <v>0</v>
       </c>
       <c r="L76" s="5"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A77" s="1"/>
       <c r="B77" s="1">
         <v>810872</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>298</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>299</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>300</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>301</v>
       </c>
-      <c r="G77" s="2" t="s">
-        <v>48</v>
+      <c r="G77" s="2">
+        <v>4</v>
       </c>
       <c r="H77" s="2" t="s">
-        <v>17</v>
+        <v>88</v>
       </c>
       <c r="I77" s="1">
         <v>0</v>
       </c>
       <c r="J77" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="str">
         <f>J77*945.00</f>
         <v>0</v>
       </c>
       <c r="L77" s="5"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A78" s="1"/>
       <c r="B78" s="1">
         <v>810873</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>302</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>303</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>304</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>305</v>
       </c>
-      <c r="G78" s="2">
-        <v>6</v>
+      <c r="G78" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H78" s="2" t="s">
-        <v>96</v>
+        <v>117</v>
       </c>
       <c r="I78" s="1">
         <v>0</v>
       </c>
       <c r="J78" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="str">
         <f>J78*731.00</f>
         <v>0</v>
       </c>
       <c r="L78" s="5"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A79" s="1"/>
       <c r="B79" s="1">
         <v>810874</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>306</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>307</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>308</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>309</v>
       </c>
       <c r="G79" s="2">
         <v>0</v>
       </c>
       <c r="H79" s="2">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="I79" s="1">
         <v>0</v>
       </c>
       <c r="J79" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="str">
         <f>J79*1072.00</f>
         <v>0</v>
       </c>
       <c r="L79" s="5"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A80" s="1"/>
       <c r="B80" s="1">
         <v>810875</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>310</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>311</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>312</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>313</v>
       </c>
       <c r="G80" s="2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H80" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="1">
         <v>0</v>
       </c>
       <c r="J80" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="str">
         <f>J80*1597.00</f>
         <v>0</v>
       </c>
       <c r="L80" s="5"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A81" s="1"/>
       <c r="B81" s="1">
         <v>810876</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>314</v>
       </c>
       <c r="D81" s="1" t="s">
@@ -21780,51 +21879,51 @@
         <v>0</v>
       </c>
       <c r="L81" s="5"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A82" s="1"/>
       <c r="B82" s="1">
         <v>810877</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>318</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>319</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>320</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>321</v>
       </c>
       <c r="G82" s="2">
         <v>1</v>
       </c>
       <c r="H82" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="I82" s="1">
         <v>0</v>
       </c>
       <c r="J82" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="str">
         <f>J82*715.00</f>
         <v>0</v>
       </c>
       <c r="L82" s="5"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A83" s="1"/>
       <c r="B83" s="1">
         <v>810878</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>322</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>323</v>
       </c>
       <c r="E83" s="2" t="s">
@@ -21885,51 +21984,51 @@
         <v>0</v>
       </c>
       <c r="L84" s="5"/>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A85" s="1"/>
       <c r="B85" s="1">
         <v>810880</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>330</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>331</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>332</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>333</v>
       </c>
       <c r="G85" s="2">
         <v>0</v>
       </c>
       <c r="H85" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="I85" s="1">
         <v>0</v>
       </c>
       <c r="J85" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="str">
         <f>J85*877.00</f>
         <v>0</v>
       </c>
       <c r="L85" s="5"/>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A86" s="1"/>
       <c r="B86" s="1">
         <v>810881</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>334</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>335</v>
       </c>
       <c r="E86" s="2" t="s">
@@ -21955,86 +22054,86 @@
         <v>0</v>
       </c>
       <c r="L86" s="5"/>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A87" s="1"/>
       <c r="B87" s="1">
         <v>810882</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>338</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>339</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>340</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>341</v>
       </c>
       <c r="G87" s="2">
         <v>0</v>
       </c>
       <c r="H87" s="2" t="s">
-        <v>17</v>
+        <v>88</v>
       </c>
       <c r="I87" s="1">
         <v>0</v>
       </c>
       <c r="J87" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="str">
         <f>J87*934.00</f>
         <v>0</v>
       </c>
       <c r="L87" s="5"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A88" s="1"/>
       <c r="B88" s="1">
         <v>810883</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>342</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>343</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>344</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G88" s="2">
         <v>0</v>
       </c>
       <c r="H88" s="2" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="I88" s="1">
         <v>0</v>
       </c>
       <c r="J88" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="str">
         <f>J88*1582.00</f>
         <v>0</v>
       </c>
       <c r="L88" s="5"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A89" s="1"/>
       <c r="B89" s="1">
         <v>810884</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>346</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>347</v>
       </c>
       <c r="E89" s="2" t="s">
@@ -22060,86 +22159,86 @@
         <v>0</v>
       </c>
       <c r="L89" s="5"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A90" s="1"/>
       <c r="B90" s="1">
         <v>810885</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>349</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>350</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>351</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>352</v>
       </c>
       <c r="G90" s="2">
         <v>0</v>
       </c>
       <c r="H90" s="2" t="s">
-        <v>17</v>
+        <v>88</v>
       </c>
       <c r="I90" s="1">
         <v>0</v>
       </c>
       <c r="J90" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="str">
         <f>J90*710.00</f>
         <v>0</v>
       </c>
       <c r="L90" s="5"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A91" s="1"/>
       <c r="B91" s="1">
         <v>810886</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>353</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>354</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>355</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>356</v>
       </c>
       <c r="G91" s="2">
         <v>0</v>
       </c>
       <c r="H91" s="2" t="s">
-        <v>17</v>
+        <v>88</v>
       </c>
       <c r="I91" s="1">
         <v>0</v>
       </c>
       <c r="J91" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="str">
         <f>J91*963.00</f>
         <v>0</v>
       </c>
       <c r="L91" s="5"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A92" s="1"/>
       <c r="B92" s="1">
         <v>810887</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>357</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>358</v>
       </c>
       <c r="E92" s="2" t="s">
@@ -22162,54 +22261,54 @@
       </c>
       <c r="K92" s="2" t="str">
         <f>J92*1629.00</f>
         <v>0</v>
       </c>
       <c r="L92" s="5"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A93" s="1"/>
       <c r="B93" s="1">
         <v>810888</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>361</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>362</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>363</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>205</v>
       </c>
       <c r="G93" s="2">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1</v>
+      </c>
+      <c r="H93" s="2">
+        <v>0</v>
       </c>
       <c r="I93" s="1">
         <v>0</v>
       </c>
       <c r="J93" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="str">
         <f>J93*830.00</f>
         <v>0</v>
       </c>
       <c r="L93" s="5"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A94" s="1"/>
       <c r="B94" s="1">
         <v>810889</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>364</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>365</v>
       </c>
       <c r="E94" s="2" t="s">
@@ -22231,87 +22330,87 @@
         <v>18</v>
       </c>
       <c r="K94" s="2" t="str">
         <f>J94*1473.00</f>
         <v>0</v>
       </c>
       <c r="L94" s="5"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A95" s="1"/>
       <c r="B95" s="1">
         <v>810890</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>368</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>369</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>370</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>371</v>
       </c>
-      <c r="G95" s="2" t="s">
-        <v>48</v>
+      <c r="G95" s="2">
+        <v>0</v>
       </c>
       <c r="H95" s="2" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="I95" s="1">
         <v>0</v>
       </c>
       <c r="J95" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="str">
         <f>J95*761.00</f>
         <v>0</v>
       </c>
       <c r="L95" s="5"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A96" s="1"/>
       <c r="B96" s="1">
         <v>810891</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>372</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>374</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>375</v>
       </c>
       <c r="G96" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H96" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I96" s="1">
         <v>0</v>
       </c>
       <c r="J96" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K96" s="2" t="str">
         <f>J96*1081.00</f>
         <v>0</v>
       </c>
       <c r="L96" s="5"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A97" s="1"/>
       <c r="B97" s="1">
         <v>810892</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>376</v>
       </c>
       <c r="D97" s="1" t="s">
@@ -22406,90 +22505,90 @@
         <v>18</v>
       </c>
       <c r="K99" s="2" t="str">
         <f>J99*1937.00</f>
         <v>0</v>
       </c>
       <c r="L99" s="5"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A100" s="1"/>
       <c r="B100" s="1">
         <v>810895</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>388</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>389</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>390</v>
       </c>
-      <c r="G100" s="2" t="s">
-        <v>48</v>
+      <c r="G100" s="2">
+        <v>4</v>
       </c>
       <c r="H100" s="2" t="s">
-        <v>71</v>
+        <v>17</v>
       </c>
       <c r="I100" s="1">
         <v>0</v>
       </c>
       <c r="J100" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="str">
         <f>J100*460.00</f>
         <v>0</v>
       </c>
       <c r="L100" s="5"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A101" s="1"/>
       <c r="B101" s="1">
         <v>810896</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>391</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>392</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>393</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H101" s="2" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="I101" s="1">
         <v>0</v>
       </c>
       <c r="J101" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K101" s="2" t="str">
         <f>J101*412.00</f>
         <v>0</v>
       </c>
       <c r="L101" s="5"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A102" s="1"/>
       <c r="B102" s="1">
         <v>810897</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>395</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>396</v>
       </c>
       <c r="E102" s="2" t="s">
@@ -22512,51 +22611,51 @@
       </c>
       <c r="K102" s="2" t="str">
         <f>J102*1099.00</f>
         <v>0</v>
       </c>
       <c r="L102" s="5"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A103" s="1"/>
       <c r="B103" s="1">
         <v>810898</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>399</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>400</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>401</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G103" s="2">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="H103" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I103" s="1">
         <v>0</v>
       </c>
       <c r="J103" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K103" s="2" t="str">
         <f>J103*1920.00</f>
         <v>0</v>
       </c>
       <c r="L103" s="5"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A104" s="1"/>
       <c r="B104" s="1">
         <v>810899</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>403</v>
       </c>
       <c r="D104" s="1" t="s">
@@ -22585,86 +22684,86 @@
         <v>0</v>
       </c>
       <c r="L104" s="5"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A105" s="1"/>
       <c r="B105" s="1">
         <v>810900</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>407</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>408</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>409</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>410</v>
       </c>
       <c r="G105" s="2">
         <v>1</v>
       </c>
       <c r="H105" s="2" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="I105" s="1">
         <v>0</v>
       </c>
       <c r="J105" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="str">
         <f>J105*1886.00</f>
         <v>0</v>
       </c>
       <c r="L105" s="5"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A106" s="1"/>
       <c r="B106" s="1">
         <v>810901</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>411</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>412</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>413</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>414</v>
       </c>
       <c r="G106" s="2">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="H106" s="2" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="I106" s="1">
         <v>0</v>
       </c>
       <c r="J106" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="2" t="str">
         <f>J106*1119.00</f>
         <v>0</v>
       </c>
       <c r="L106" s="5"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A107" s="1"/>
       <c r="B107" s="1">
         <v>810902</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>415</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>416</v>
       </c>
       <c r="E107" s="2" t="s">
@@ -22686,90 +22785,90 @@
         <v>18</v>
       </c>
       <c r="K107" s="2" t="str">
         <f>J107*760.00</f>
         <v>0</v>
       </c>
       <c r="L107" s="5"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A108" s="1"/>
       <c r="B108" s="1">
         <v>810903</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>419</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>420</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>421</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>422</v>
       </c>
-      <c r="G108" s="2" t="s">
-        <v>23</v>
+      <c r="G108" s="2">
+        <v>0</v>
       </c>
       <c r="H108" s="2" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="I108" s="1">
         <v>0</v>
       </c>
       <c r="J108" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K108" s="2" t="str">
         <f>J108*429.00</f>
         <v>0</v>
       </c>
       <c r="L108" s="5"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A109" s="1"/>
       <c r="B109" s="1">
         <v>810904</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>423</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>424</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>426</v>
       </c>
       <c r="G109" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H109" s="2" t="s">
-        <v>71</v>
+        <v>17</v>
       </c>
       <c r="I109" s="1">
         <v>0</v>
       </c>
       <c r="J109" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K109" s="2" t="str">
         <f>J109*374.00</f>
         <v>0</v>
       </c>
       <c r="L109" s="5"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A110" s="1"/>
       <c r="B110" s="1">
         <v>824485</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>427</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>428</v>
       </c>
       <c r="E110" s="2" t="s">
@@ -22827,89 +22926,89 @@
       </c>
       <c r="K111" s="2" t="str">
         <f>J111*664.00</f>
         <v>0</v>
       </c>
       <c r="L111" s="5"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A112" s="1"/>
       <c r="B112" s="1">
         <v>834701</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>435</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>436</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>437</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>438</v>
       </c>
       <c r="G112" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="H112" s="2" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="I112" s="1">
         <v>0</v>
       </c>
       <c r="J112" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K112" s="2" t="str">
         <f>J112*541.00</f>
         <v>0</v>
       </c>
       <c r="L112" s="5"/>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A113" s="1"/>
       <c r="B113" s="1">
         <v>834702</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>439</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>440</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>441</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>442</v>
       </c>
       <c r="G113" s="2">
         <v>0</v>
       </c>
       <c r="H113" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I113" s="1">
         <v>0</v>
       </c>
       <c r="J113" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K113" s="2" t="str">
         <f>J113*634.00</f>
         <v>0</v>
       </c>
       <c r="L113" s="5"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A114" s="1"/>
       <c r="B114" s="1">
         <v>834703</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>443</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>444</v>
       </c>
       <c r="E114" s="2" t="s">
@@ -23088,89 +23187,89 @@
       </c>
       <c r="K119" s="2" t="str">
         <f>J119*549.00</f>
         <v>0</v>
       </c>
       <c r="L119" s="5"/>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A120" s="1"/>
       <c r="B120" s="1">
         <v>810919</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>464</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>465</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>466</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>467</v>
       </c>
       <c r="G120" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="H120" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I120" s="1">
         <v>0</v>
       </c>
       <c r="J120" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K120" s="2" t="str">
         <f>J120*350.00</f>
         <v>0</v>
       </c>
       <c r="L120" s="5"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A121" s="1"/>
       <c r="B121" s="1">
         <v>810920</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>468</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>469</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>470</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G121" s="2">
         <v>8</v>
       </c>
-      <c r="H121" s="2" t="s">
-        <v>70</v>
+      <c r="H121" s="2">
+        <v>0</v>
       </c>
       <c r="I121" s="1">
         <v>0</v>
       </c>
       <c r="J121" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K121" s="2" t="str">
         <f>J121*504.00</f>
         <v>0</v>
       </c>
       <c r="L121" s="5"/>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A122" s="1"/>
       <c r="B122" s="1">
         <v>810921</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>471</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>472</v>
       </c>
       <c r="E122" s="2" t="s">
@@ -23193,54 +23292,54 @@
       </c>
       <c r="K122" s="2" t="str">
         <f>J122*307.00</f>
         <v>0</v>
       </c>
       <c r="L122" s="5"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A123" s="1"/>
       <c r="B123" s="1">
         <v>810922</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>475</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>476</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>478</v>
       </c>
       <c r="G123" s="2">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>10</v>
+      </c>
+      <c r="H123" s="2">
+        <v>0</v>
       </c>
       <c r="I123" s="1">
         <v>0</v>
       </c>
       <c r="J123" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K123" s="2" t="str">
         <f>J123*588.00</f>
         <v>0</v>
       </c>
       <c r="L123" s="5"/>
     </row>
     <row r="124" spans="1:12" outlineLevel="3">
       <c r="A124" s="9" t="s">
         <v>479</v>
       </c>
       <c r="B124" s="9"/>
       <c r="C124" s="9"/>
       <c r="D124" s="9"/>
       <c r="E124" s="9"/>
       <c r="F124" s="9"/>
       <c r="G124" s="9"/>
       <c r="H124" s="9"/>
       <c r="I124" s="9"/>
@@ -23352,86 +23451,86 @@
         <v>0</v>
       </c>
       <c r="L127" s="5"/>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A128" s="1"/>
       <c r="B128" s="1">
         <v>837263</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>492</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>493</v>
       </c>
       <c r="E128" s="2" t="s">
         <v>494</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>495</v>
       </c>
       <c r="G128" s="2">
         <v>0</v>
       </c>
       <c r="H128" s="2" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="I128" s="1">
         <v>0</v>
       </c>
       <c r="J128" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K128" s="2" t="str">
         <f>J128*383.00</f>
         <v>0</v>
       </c>
       <c r="L128" s="5"/>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A129" s="1"/>
       <c r="B129" s="1">
         <v>837264</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>496</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>497</v>
       </c>
       <c r="E129" s="2" t="s">
         <v>498</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>499</v>
       </c>
       <c r="G129" s="2">
         <v>1</v>
       </c>
       <c r="H129" s="2" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="I129" s="1">
         <v>0</v>
       </c>
       <c r="J129" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K129" s="2" t="str">
         <f>J129*681.00</f>
         <v>0</v>
       </c>
       <c r="L129" s="5"/>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A130" s="1"/>
       <c r="B130" s="1">
         <v>837265</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>500</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>501</v>
       </c>
       <c r="E130" s="2" t="s">
@@ -23526,122 +23625,122 @@
         <f>J132*324.00</f>
         <v>0</v>
       </c>
       <c r="L132" s="5"/>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A133" s="1"/>
       <c r="B133" s="1">
         <v>837268</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>512</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>513</v>
       </c>
       <c r="E133" s="2" t="s">
         <v>514</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>515</v>
       </c>
       <c r="G133" s="2">
         <v>0</v>
       </c>
-      <c r="H133" s="2" t="s">
-        <v>48</v>
+      <c r="H133" s="2">
+        <v>0</v>
       </c>
       <c r="I133" s="1">
         <v>0</v>
       </c>
       <c r="J133" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K133" s="2" t="str">
         <f>J133*473.00</f>
         <v>0</v>
       </c>
       <c r="L133" s="5"/>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A134" s="1"/>
       <c r="B134" s="1">
         <v>837882</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>516</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>517</v>
       </c>
       <c r="E134" s="2" t="s">
         <v>518</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>519</v>
       </c>
       <c r="G134" s="2">
         <v>0</v>
       </c>
       <c r="H134" s="2" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="I134" s="1">
         <v>0</v>
       </c>
       <c r="J134" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K134" s="2" t="str">
         <f>J134*607.00</f>
         <v>0</v>
       </c>
       <c r="L134" s="5"/>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A135" s="1"/>
       <c r="B135" s="1">
         <v>837883</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>520</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>521</v>
       </c>
       <c r="E135" s="2" t="s">
         <v>522</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>523</v>
       </c>
       <c r="G135" s="2">
-        <v>-10</v>
+        <v>0</v>
       </c>
       <c r="H135" s="2" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="I135" s="1">
         <v>0</v>
       </c>
       <c r="J135" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K135" s="2" t="str">
         <f>J135*294.00</f>
         <v>0</v>
       </c>
       <c r="L135" s="5"/>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A136" s="1"/>
       <c r="B136" s="1">
         <v>837884</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>524</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>525</v>
       </c>
       <c r="E136" s="2" t="s">
@@ -23925,51 +24024,51 @@
       </c>
       <c r="K144" s="2" t="str">
         <f>J144*8060.00</f>
         <v>0</v>
       </c>
       <c r="L144" s="5"/>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A145" s="1"/>
       <c r="B145" s="1">
         <v>810929</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>557</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>558</v>
       </c>
       <c r="E145" s="2" t="s">
         <v>559</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>560</v>
       </c>
       <c r="G145" s="2">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="H145" s="2">
         <v>0</v>
       </c>
       <c r="I145" s="1">
         <v>0</v>
       </c>
       <c r="J145" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K145" s="2" t="str">
         <f>J145*891.00</f>
         <v>0</v>
       </c>
       <c r="L145" s="5"/>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A146" s="1"/>
       <c r="B146" s="1">
         <v>810930</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>561</v>
       </c>
       <c r="D146" s="1" t="s">
@@ -24033,51 +24132,51 @@
         <v>0</v>
       </c>
       <c r="L147" s="5"/>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A148" s="1"/>
       <c r="B148" s="1">
         <v>810932</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>569</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>570</v>
       </c>
       <c r="E148" s="2" t="s">
         <v>571</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>572</v>
       </c>
       <c r="G148" s="2">
         <v>0</v>
       </c>
       <c r="H148" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="I148" s="1">
         <v>0</v>
       </c>
       <c r="J148" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K148" s="2" t="str">
         <f>J148*3983.00</f>
         <v>0</v>
       </c>
       <c r="L148" s="5"/>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A149" s="1"/>
       <c r="B149" s="1">
         <v>810933</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>573</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>574</v>
       </c>
       <c r="E149" s="2" t="s">
@@ -24469,51 +24568,51 @@
       <c r="J160" s="9"/>
       <c r="K160" s="9"/>
       <c r="L160" s="5"/>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A161" s="1"/>
       <c r="B161" s="1">
         <v>883783</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>618</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>619</v>
       </c>
       <c r="E161" s="2" t="s">
         <v>620</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>621</v>
       </c>
       <c r="G161" s="2">
         <v>0</v>
       </c>
       <c r="H161" s="2" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="I161" s="1">
         <v>0</v>
       </c>
       <c r="J161" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K161" s="2" t="str">
         <f>J161*563.00</f>
         <v>0</v>
       </c>
       <c r="L161" s="5"/>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A162" s="1"/>
       <c r="B162" s="1">
         <v>883784</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>622</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>623</v>
       </c>
       <c r="E162" s="2" t="s">
@@ -24539,277 +24638,277 @@
         <v>0</v>
       </c>
       <c r="L162" s="5"/>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A163" s="1"/>
       <c r="B163" s="1">
         <v>883785</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>625</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>626</v>
       </c>
       <c r="E163" s="2" t="s">
         <v>627</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>628</v>
       </c>
       <c r="G163" s="2">
         <v>0</v>
       </c>
       <c r="H163" s="2" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="I163" s="1">
         <v>0</v>
       </c>
       <c r="J163" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K163" s="2" t="str">
         <f>J163*1074.00</f>
         <v>0</v>
       </c>
       <c r="L163" s="5"/>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A164" s="1"/>
       <c r="B164" s="1">
         <v>883786</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>629</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>630</v>
       </c>
       <c r="E164" s="2" t="s">
         <v>631</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>632</v>
       </c>
       <c r="G164" s="2">
         <v>0</v>
       </c>
       <c r="H164" s="2" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="I164" s="1">
         <v>0</v>
       </c>
       <c r="J164" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K164" s="2" t="str">
         <f>J164*518.00</f>
         <v>0</v>
       </c>
       <c r="L164" s="5"/>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A165" s="1"/>
       <c r="B165" s="1">
         <v>883787</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>633</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>634</v>
       </c>
       <c r="E165" s="2" t="s">
         <v>635</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>153</v>
       </c>
       <c r="G165" s="2" t="s">
-        <v>17</v>
+        <v>88</v>
       </c>
       <c r="H165" s="2" t="s">
         <v>117</v>
       </c>
       <c r="I165" s="1">
         <v>0</v>
       </c>
       <c r="J165" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K165" s="2" t="str">
         <f>J165*539.00</f>
         <v>0</v>
       </c>
       <c r="L165" s="5"/>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A166" s="1"/>
       <c r="B166" s="1">
         <v>883788</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>636</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>637</v>
       </c>
       <c r="E166" s="2" t="s">
         <v>638</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>639</v>
       </c>
       <c r="G166" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H166" s="2" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="I166" s="1">
         <v>0</v>
       </c>
       <c r="J166" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K166" s="2" t="str">
         <f>J166*973.00</f>
         <v>0</v>
       </c>
       <c r="L166" s="5"/>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A167" s="1"/>
       <c r="B167" s="1">
         <v>889638</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>640</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>641</v>
       </c>
       <c r="E167" s="2" t="s">
         <v>642</v>
       </c>
       <c r="F167" s="2" t="s">
         <v>643</v>
       </c>
       <c r="G167" s="2">
         <v>0</v>
       </c>
       <c r="H167" s="2" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="I167" s="1">
         <v>0</v>
       </c>
       <c r="J167" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K167" s="2" t="str">
         <f>J167*561.00</f>
         <v>0</v>
       </c>
       <c r="L167" s="5"/>
     </row>
     <row r="168" spans="1:12" outlineLevel="3">
       <c r="A168" s="9" t="s">
         <v>644</v>
       </c>
       <c r="B168" s="9"/>
       <c r="C168" s="9"/>
       <c r="D168" s="9"/>
       <c r="E168" s="9"/>
       <c r="F168" s="9"/>
       <c r="G168" s="9"/>
       <c r="H168" s="9"/>
       <c r="I168" s="9"/>
       <c r="J168" s="9"/>
       <c r="K168" s="9"/>
       <c r="L168" s="5"/>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A169" s="1"/>
       <c r="B169" s="1">
         <v>885135</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>645</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>646</v>
       </c>
       <c r="E169" s="2" t="s">
         <v>647</v>
       </c>
       <c r="F169" s="2" t="s">
         <v>648</v>
       </c>
       <c r="G169" s="2">
         <v>0</v>
       </c>
       <c r="H169" s="2" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="I169" s="1">
         <v>0</v>
       </c>
       <c r="J169" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K169" s="2" t="str">
         <f>J169*318.00</f>
         <v>0</v>
       </c>
       <c r="L169" s="5"/>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A170" s="1"/>
       <c r="B170" s="1">
         <v>885136</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>649</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>650</v>
       </c>
       <c r="E170" s="2" t="s">
         <v>651</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>652</v>
       </c>
       <c r="G170" s="2">
         <v>0</v>
       </c>
       <c r="H170" s="2" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="I170" s="1">
         <v>0</v>
       </c>
       <c r="J170" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K170" s="2" t="str">
         <f>J170*453.00</f>
         <v>0</v>
       </c>
       <c r="L170" s="5"/>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A171" s="1"/>
       <c r="B171" s="1">
         <v>885137</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>653</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>654</v>
       </c>
       <c r="E171" s="2" t="s">
@@ -24835,51 +24934,51 @@
         <v>0</v>
       </c>
       <c r="L171" s="5"/>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A172" s="1"/>
       <c r="B172" s="1">
         <v>883983</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>657</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>658</v>
       </c>
       <c r="E172" s="2" t="s">
         <v>659</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>660</v>
       </c>
       <c r="G172" s="2">
         <v>0</v>
       </c>
       <c r="H172" s="2" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="I172" s="1">
         <v>0</v>
       </c>
       <c r="J172" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K172" s="2" t="str">
         <f>J172*349.00</f>
         <v>0</v>
       </c>
       <c r="L172" s="5"/>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A173" s="1"/>
       <c r="B173" s="1">
         <v>883984</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>661</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>662</v>
       </c>
       <c r="E173" s="2" t="s">
@@ -24905,156 +25004,156 @@
         <v>0</v>
       </c>
       <c r="L173" s="5"/>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A174" s="1"/>
       <c r="B174" s="1">
         <v>883985</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>665</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>666</v>
       </c>
       <c r="E174" s="2" t="s">
         <v>667</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>668</v>
       </c>
       <c r="G174" s="2">
         <v>0</v>
       </c>
       <c r="H174" s="2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I174" s="1">
         <v>0</v>
       </c>
       <c r="J174" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K174" s="2" t="str">
         <f>J174*308.00</f>
         <v>0</v>
       </c>
       <c r="L174" s="5"/>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A175" s="1"/>
       <c r="B175" s="1">
         <v>883986</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>669</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>670</v>
       </c>
       <c r="E175" s="2" t="s">
         <v>671</v>
       </c>
       <c r="F175" s="2" t="s">
         <v>672</v>
       </c>
       <c r="G175" s="2">
         <v>0</v>
       </c>
       <c r="H175" s="2" t="s">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="I175" s="1">
         <v>0</v>
       </c>
       <c r="J175" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K175" s="2" t="str">
         <f>J175*447.00</f>
         <v>0</v>
       </c>
       <c r="L175" s="5"/>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A176" s="1"/>
       <c r="B176" s="1">
         <v>883987</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>673</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>674</v>
       </c>
       <c r="E176" s="2" t="s">
         <v>675</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>676</v>
       </c>
       <c r="G176" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="H176" s="2" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I176" s="1">
         <v>0</v>
       </c>
       <c r="J176" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K176" s="2" t="str">
         <f>J176*340.00</f>
         <v>0</v>
       </c>
       <c r="L176" s="5"/>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A177" s="1"/>
       <c r="B177" s="1">
         <v>883988</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>677</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>678</v>
       </c>
       <c r="E177" s="2" t="s">
         <v>679</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>680</v>
       </c>
       <c r="G177" s="2">
         <v>0</v>
       </c>
       <c r="H177" s="2" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="I177" s="1">
         <v>0</v>
       </c>
       <c r="J177" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K177" s="2" t="str">
         <f>J177*498.00</f>
         <v>0</v>
       </c>
       <c r="L177" s="5"/>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A178" s="1"/>
       <c r="B178" s="1">
         <v>884153</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>681</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>682</v>
       </c>
       <c r="E178" s="2" t="s">
@@ -25080,121 +25179,121 @@
         <v>0</v>
       </c>
       <c r="L178" s="5"/>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A179" s="1"/>
       <c r="B179" s="1">
         <v>883989</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>685</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>686</v>
       </c>
       <c r="E179" s="2" t="s">
         <v>687</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>688</v>
       </c>
       <c r="G179" s="2">
         <v>0</v>
       </c>
       <c r="H179" s="2" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="I179" s="1">
         <v>0</v>
       </c>
       <c r="J179" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K179" s="2" t="str">
         <f>J179*596.00</f>
         <v>0</v>
       </c>
       <c r="L179" s="5"/>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A180" s="1"/>
       <c r="B180" s="1">
         <v>883990</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>689</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>690</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>691</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>692</v>
       </c>
       <c r="G180" s="2">
         <v>0</v>
       </c>
       <c r="H180" s="2" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="I180" s="1">
         <v>0</v>
       </c>
       <c r="J180" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K180" s="2" t="str">
         <f>J180*344.00</f>
         <v>0</v>
       </c>
       <c r="L180" s="5"/>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A181" s="1"/>
       <c r="B181" s="1">
         <v>889639</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>693</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>694</v>
       </c>
       <c r="E181" s="2" t="s">
         <v>695</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>696</v>
       </c>
       <c r="G181" s="2">
         <v>0</v>
       </c>
       <c r="H181" s="2" t="s">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="I181" s="1">
         <v>0</v>
       </c>
       <c r="J181" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K181" s="2" t="str">
         <f>J181*865.00</f>
         <v>0</v>
       </c>
       <c r="L181" s="5"/>
     </row>
     <row r="182" spans="1:12" outlineLevel="2">
       <c r="A182" s="8" t="s">
         <v>697</v>
       </c>
       <c r="B182" s="8"/>
       <c r="C182" s="8"/>
       <c r="D182" s="8"/>
       <c r="E182" s="8"/>
       <c r="F182" s="8"/>
       <c r="G182" s="8"/>
       <c r="H182" s="8"/>
       <c r="I182" s="8"/>
@@ -25213,2060 +25312,2060 @@
       <c r="F183" s="9"/>
       <c r="G183" s="9"/>
       <c r="H183" s="9"/>
       <c r="I183" s="9"/>
       <c r="J183" s="9"/>
       <c r="K183" s="9"/>
       <c r="L183" s="5"/>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A184" s="1"/>
       <c r="B184" s="1">
         <v>819423</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>699</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>700</v>
       </c>
       <c r="E184" s="2" t="s">
         <v>701</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>702</v>
       </c>
-      <c r="G184" s="2" t="s">
-        <v>48</v>
+      <c r="G184" s="2">
+        <v>0</v>
       </c>
       <c r="H184" s="2">
         <v>0</v>
       </c>
       <c r="I184" s="1">
         <v>0</v>
       </c>
       <c r="J184" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K184" s="2" t="str">
-        <f>J184*374.85</f>
+        <f>J184*806.23</f>
         <v>0</v>
       </c>
       <c r="L184" s="5"/>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A185" s="1"/>
       <c r="B185" s="1">
         <v>837303</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>703</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>704</v>
       </c>
       <c r="E185" s="2" t="s">
         <v>705</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>706</v>
       </c>
       <c r="G185" s="2">
         <v>8</v>
       </c>
       <c r="H185" s="2">
         <v>0</v>
       </c>
       <c r="I185" s="1">
         <v>0</v>
       </c>
       <c r="J185" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K185" s="2" t="str">
-        <f>J185*587.56</f>
+        <f>J185*654.50</f>
         <v>0</v>
       </c>
       <c r="L185" s="5"/>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A186" s="1"/>
       <c r="B186" s="1">
         <v>839784</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>707</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>708</v>
       </c>
       <c r="E186" s="2" t="s">
         <v>709</v>
       </c>
       <c r="F186" s="2" t="s">
         <v>710</v>
       </c>
       <c r="G186" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H186" s="2">
         <v>0</v>
       </c>
       <c r="I186" s="1">
         <v>0</v>
       </c>
       <c r="J186" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K186" s="2" t="str">
-        <f>J186*7375.03</f>
+        <f>J186*8310.66</f>
         <v>0</v>
       </c>
       <c r="L186" s="5"/>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A187" s="1"/>
       <c r="B187" s="1">
         <v>839785</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>711</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>712</v>
       </c>
       <c r="E187" s="2" t="s">
         <v>713</v>
       </c>
       <c r="F187" s="2" t="s">
         <v>714</v>
       </c>
       <c r="G187" s="2">
         <v>5</v>
       </c>
       <c r="H187" s="2">
         <v>0</v>
       </c>
       <c r="I187" s="1">
         <v>0</v>
       </c>
       <c r="J187" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K187" s="2" t="str">
-        <f>J187*10425.89</f>
+        <f>J187*11831.58</f>
         <v>0</v>
       </c>
       <c r="L187" s="5"/>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A188" s="1"/>
       <c r="B188" s="1">
         <v>839786</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>715</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>716</v>
       </c>
       <c r="E188" s="2" t="s">
         <v>717</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>718</v>
       </c>
       <c r="G188" s="2">
         <v>1</v>
       </c>
       <c r="H188" s="2">
         <v>0</v>
       </c>
       <c r="I188" s="1">
         <v>0</v>
       </c>
       <c r="J188" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K188" s="2" t="str">
-        <f>J188*15365.88</f>
+        <f>J188*17403.75</f>
         <v>0</v>
       </c>
       <c r="L188" s="5"/>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A189" s="1"/>
       <c r="B189" s="1">
         <v>871395</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>719</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>720</v>
       </c>
       <c r="E189" s="2" t="s">
         <v>721</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>722</v>
       </c>
       <c r="G189" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H189" s="2">
         <v>0</v>
       </c>
       <c r="I189" s="1">
         <v>0</v>
       </c>
       <c r="J189" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K189" s="2" t="str">
-        <f>J189*612.85</f>
+        <f>J189*681.28</f>
         <v>0</v>
       </c>
       <c r="L189" s="5"/>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A190" s="1"/>
       <c r="B190" s="1">
         <v>884588</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>723</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>724</v>
       </c>
       <c r="E190" s="2" t="s">
         <v>725</v>
       </c>
       <c r="F190" s="2" t="s">
         <v>726</v>
       </c>
       <c r="G190" s="2">
         <v>0</v>
       </c>
       <c r="H190" s="2">
         <v>0</v>
       </c>
       <c r="I190" s="1">
         <v>0</v>
       </c>
       <c r="J190" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K190" s="2" t="str">
-        <f>J190*859.78</f>
+        <f>J190*962.41</f>
         <v>0</v>
       </c>
       <c r="L190" s="5"/>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A191" s="1"/>
       <c r="B191" s="1">
         <v>884589</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>727</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>728</v>
       </c>
       <c r="E191" s="2" t="s">
         <v>725</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>729</v>
       </c>
       <c r="G191" s="2">
         <v>0</v>
       </c>
       <c r="H191" s="2">
         <v>0</v>
       </c>
       <c r="I191" s="1">
         <v>0</v>
       </c>
       <c r="J191" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K191" s="2" t="str">
-        <f>J191*824.08</f>
+        <f>J191*925.23</f>
         <v>0</v>
       </c>
       <c r="L191" s="5"/>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A192" s="1"/>
       <c r="B192" s="1">
         <v>885046</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>730</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>731</v>
       </c>
       <c r="E192" s="2" t="s">
         <v>732</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>31</v>
+        <v>733</v>
       </c>
       <c r="G192" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H192" s="2">
         <v>0</v>
       </c>
       <c r="I192" s="1">
         <v>0</v>
       </c>
       <c r="J192" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K192" s="2" t="str">
-        <f>J192*230.56</f>
+        <f>J192*254.36</f>
         <v>0</v>
       </c>
       <c r="L192" s="5"/>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A193" s="1"/>
       <c r="B193" s="1">
         <v>885109</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="E193" s="2" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>736</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>737</v>
+      </c>
+      <c r="G193" s="2">
+        <v>0</v>
       </c>
       <c r="H193" s="2">
         <v>0</v>
       </c>
       <c r="I193" s="1">
         <v>0</v>
       </c>
       <c r="J193" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K193" s="2" t="str">
-        <f>J193*419.48</f>
+        <f>J193*423.94</f>
         <v>0</v>
       </c>
       <c r="L193" s="5"/>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A194" s="1"/>
       <c r="B194" s="1">
         <v>885110</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="E194" s="2" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>740</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>741</v>
+      </c>
+      <c r="G194" s="2">
+        <v>0</v>
       </c>
       <c r="H194" s="2">
         <v>0</v>
       </c>
       <c r="I194" s="1">
         <v>0</v>
       </c>
       <c r="J194" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K194" s="2" t="str">
-        <f>J194*443.28</f>
+        <f>J194*446.25</f>
         <v>0</v>
       </c>
       <c r="L194" s="5"/>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A195" s="1"/>
       <c r="B195" s="1">
         <v>810992</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="E195" s="2" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="G195" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H195" s="2">
         <v>0</v>
       </c>
       <c r="I195" s="1">
         <v>0</v>
       </c>
       <c r="J195" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K195" s="2" t="str">
-        <f>J195*377.83</f>
+        <f>J195*438.81</f>
         <v>0</v>
       </c>
       <c r="L195" s="5"/>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A196" s="1"/>
       <c r="B196" s="1">
         <v>810993</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="E196" s="2" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="G196" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H196" s="2">
         <v>0</v>
       </c>
       <c r="I196" s="1">
         <v>0</v>
       </c>
       <c r="J196" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K196" s="2" t="str">
-        <f>J196*554.84</f>
+        <f>J196*641.11</f>
         <v>0</v>
       </c>
       <c r="L196" s="5"/>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A197" s="1"/>
       <c r="B197" s="1">
         <v>810994</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="E197" s="2" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="G197" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H197" s="2">
         <v>0</v>
       </c>
       <c r="I197" s="1">
         <v>0</v>
       </c>
       <c r="J197" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K197" s="2" t="str">
-        <f>J197*880.60</f>
+        <f>J197*1007.04</f>
         <v>0</v>
       </c>
       <c r="L197" s="5"/>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A198" s="1"/>
       <c r="B198" s="1">
         <v>810995</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="E198" s="2" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="G198" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H198" s="2">
         <v>0</v>
       </c>
       <c r="I198" s="1">
         <v>0</v>
       </c>
       <c r="J198" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K198" s="2" t="str">
-        <f>J198*1436.93</f>
+        <f>J198*1616.91</f>
         <v>0</v>
       </c>
       <c r="L198" s="5"/>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A199" s="1"/>
       <c r="B199" s="1">
         <v>810996</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="E199" s="2" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="G199" s="2">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="H199" s="2">
         <v>0</v>
       </c>
       <c r="I199" s="1">
         <v>0</v>
       </c>
       <c r="J199" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K199" s="2" t="str">
-        <f>J199*2327.94</f>
+        <f>J199*2600.15</f>
         <v>0</v>
       </c>
       <c r="L199" s="5"/>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A200" s="1"/>
       <c r="B200" s="1">
         <v>810997</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="E200" s="2" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>764</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>765</v>
+      </c>
+      <c r="G200" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H200" s="2">
         <v>0</v>
       </c>
-      <c r="I200" s="1" t="s">
-        <v>48</v>
+      <c r="I200" s="1">
+        <v>0</v>
       </c>
       <c r="J200" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K200" s="2" t="str">
-        <f>J200*3546.20</f>
+        <f>J200*4022.20</f>
         <v>0</v>
       </c>
       <c r="L200" s="5"/>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A201" s="1"/>
       <c r="B201" s="1">
         <v>810998</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="E201" s="2" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="G201" s="2" t="s">
-        <v>70</v>
+        <v>48</v>
       </c>
       <c r="H201" s="2">
         <v>0</v>
       </c>
       <c r="I201" s="1">
         <v>0</v>
       </c>
       <c r="J201" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K201" s="2" t="str">
-        <f>J201*397.16</f>
+        <f>J201*462.61</f>
         <v>0</v>
       </c>
       <c r="L201" s="5"/>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A202" s="1"/>
       <c r="B202" s="1">
         <v>810999</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="E202" s="2" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>772</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>773</v>
+      </c>
+      <c r="G202" s="2">
+        <v>1</v>
       </c>
       <c r="H202" s="2">
         <v>0</v>
       </c>
       <c r="I202" s="1">
         <v>0</v>
       </c>
       <c r="J202" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K202" s="2" t="str">
-        <f>J202*596.49</f>
+        <f>J202*675.33</f>
         <v>0</v>
       </c>
       <c r="L202" s="5"/>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A203" s="1"/>
       <c r="B203" s="1">
         <v>811000</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="E203" s="2" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>776</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>777</v>
+      </c>
+      <c r="G203" s="2">
+        <v>0</v>
       </c>
       <c r="H203" s="2">
         <v>0</v>
       </c>
       <c r="I203" s="1">
         <v>0</v>
       </c>
       <c r="J203" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K203" s="2" t="str">
-        <f>J203*952.00</f>
+        <f>J203*1078.44</f>
         <v>0</v>
       </c>
       <c r="L203" s="5"/>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A204" s="1"/>
       <c r="B204" s="1">
         <v>811001</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="E204" s="2" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="G204" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H204" s="2">
         <v>0</v>
       </c>
       <c r="I204" s="1">
         <v>0</v>
       </c>
       <c r="J204" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K204" s="2" t="str">
-        <f>J204*1502.38</f>
+        <f>J204*1691.29</f>
         <v>0</v>
       </c>
       <c r="L204" s="5"/>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A205" s="1"/>
       <c r="B205" s="1">
         <v>811002</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="E205" s="2" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="G205" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H205" s="2">
         <v>0</v>
       </c>
       <c r="I205" s="1">
         <v>0</v>
       </c>
       <c r="J205" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K205" s="2" t="str">
-        <f>J205*2408.26</f>
+        <f>J205*2734.03</f>
         <v>0</v>
       </c>
       <c r="L205" s="5"/>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A206" s="1"/>
       <c r="B206" s="1">
         <v>811003</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="E206" s="2" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="G206" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H206" s="2">
         <v>0</v>
       </c>
       <c r="I206" s="1">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="J206" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K206" s="2" t="str">
-        <f>J206*3760.40</f>
+        <f>J206*4188.80</f>
         <v>0</v>
       </c>
       <c r="L206" s="5"/>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A207" s="1"/>
       <c r="B207" s="1">
         <v>811004</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="E207" s="2" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="G207" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H207" s="2">
         <v>0</v>
       </c>
       <c r="I207" s="1">
         <v>0</v>
       </c>
       <c r="J207" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K207" s="2" t="str">
-        <f>J207*368.90</f>
+        <f>J207*415.01</f>
         <v>0</v>
       </c>
       <c r="L207" s="5"/>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A208" s="1"/>
       <c r="B208" s="1">
         <v>811005</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="E208" s="2" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>706</v>
+        <v>797</v>
       </c>
       <c r="G208" s="2" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
       <c r="H208" s="2">
         <v>0</v>
       </c>
       <c r="I208" s="1">
         <v>0</v>
       </c>
       <c r="J208" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K208" s="2" t="str">
-        <f>J208*587.56</f>
+        <f>J208*635.16</f>
         <v>0</v>
       </c>
       <c r="L208" s="5"/>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A209" s="1"/>
       <c r="B209" s="1">
         <v>811006</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="E209" s="2" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="G209" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="H209" s="2">
         <v>0</v>
       </c>
       <c r="I209" s="1">
         <v>0</v>
       </c>
       <c r="J209" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K209" s="2" t="str">
-        <f>J209*893.99</f>
+        <f>J209*984.73</f>
         <v>0</v>
       </c>
       <c r="L209" s="5"/>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A210" s="1"/>
       <c r="B210" s="1">
         <v>811007</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="E210" s="2" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="G210" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H210" s="2">
         <v>0</v>
       </c>
       <c r="I210" s="1">
         <v>0</v>
       </c>
       <c r="J210" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K210" s="2" t="str">
-        <f>J210*404.60</f>
+        <f>J210*453.69</f>
         <v>0</v>
       </c>
       <c r="L210" s="5"/>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A211" s="1"/>
       <c r="B211" s="1">
         <v>811008</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="E211" s="2" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="G211" s="2" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
       <c r="H211" s="2">
         <v>0</v>
       </c>
       <c r="I211" s="1">
         <v>0</v>
       </c>
       <c r="J211" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K211" s="2" t="str">
-        <f>J211*611.36</f>
+        <f>J211*685.74</f>
         <v>0</v>
       </c>
       <c r="L211" s="5"/>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A212" s="1"/>
       <c r="B212" s="1">
         <v>811009</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="E212" s="2" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="G212" s="2" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="H212" s="2">
         <v>0</v>
       </c>
       <c r="I212" s="1">
         <v>0</v>
       </c>
       <c r="J212" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K212" s="2" t="str">
-        <f>J212*956.46</f>
+        <f>J212*1073.98</f>
         <v>0</v>
       </c>
       <c r="L212" s="5"/>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A213" s="1"/>
       <c r="B213" s="1">
         <v>811010</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="E213" s="2" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>815</v>
+        <v>769</v>
       </c>
       <c r="G213" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H213" s="2">
         <v>0</v>
       </c>
       <c r="I213" s="1">
         <v>0</v>
       </c>
       <c r="J213" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K213" s="2" t="str">
-        <f>J213*413.53</f>
+        <f>J213*462.61</f>
         <v>0</v>
       </c>
       <c r="L213" s="5"/>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A214" s="1"/>
       <c r="B214" s="1">
         <v>811011</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="E214" s="2" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="G214" s="2">
         <v>0</v>
       </c>
       <c r="H214" s="2">
         <v>0</v>
       </c>
       <c r="I214" s="1">
         <v>0</v>
       </c>
       <c r="J214" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K214" s="2" t="str">
-        <f>J214*599.46</f>
+        <f>J214*672.35</f>
         <v>0</v>
       </c>
       <c r="L214" s="5"/>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A215" s="1"/>
       <c r="B215" s="1">
         <v>811012</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="E215" s="2" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>823</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>824</v>
+      </c>
+      <c r="G215" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H215" s="2">
         <v>0</v>
       </c>
       <c r="I215" s="1">
         <v>0</v>
       </c>
       <c r="J215" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K215" s="2" t="str">
-        <f>J215*501.29</f>
+        <f>J215*587.56</f>
         <v>0</v>
       </c>
       <c r="L215" s="5"/>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A216" s="1"/>
       <c r="B216" s="1">
         <v>811013</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="E216" s="2" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="G216" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H216" s="2">
         <v>0</v>
       </c>
       <c r="I216" s="1">
         <v>0</v>
       </c>
       <c r="J216" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K216" s="2" t="str">
-        <f>J216*761.60</f>
+        <f>J216*882.09</f>
         <v>0</v>
       </c>
       <c r="L216" s="5"/>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A217" s="1"/>
       <c r="B217" s="1">
         <v>811014</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="E217" s="2" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="G217" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H217" s="2">
         <v>0</v>
       </c>
-      <c r="I217" s="1" t="s">
-        <v>23</v>
+      <c r="I217" s="1">
+        <v>0</v>
       </c>
       <c r="J217" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K217" s="2" t="str">
-        <f>J217*1228.68</f>
+        <f>J217*1380.40</f>
         <v>0</v>
       </c>
       <c r="L217" s="5"/>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A218" s="1"/>
       <c r="B218" s="1">
         <v>811015</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="E218" s="2" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="G218" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H218" s="2">
         <v>0</v>
       </c>
       <c r="I218" s="1">
         <v>0</v>
       </c>
       <c r="J218" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K218" s="2" t="str">
-        <f>J218*2033.41</f>
+        <f>J218*2278.85</f>
         <v>0</v>
       </c>
       <c r="L218" s="5"/>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A219" s="1"/>
       <c r="B219" s="1">
         <v>811016</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="E219" s="2" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>823</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>840</v>
+      </c>
+      <c r="G219" s="2">
+        <v>4</v>
       </c>
       <c r="H219" s="2">
         <v>0</v>
       </c>
       <c r="I219" s="1">
         <v>0</v>
       </c>
       <c r="J219" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K219" s="2" t="str">
-        <f>J219*501.29</f>
+        <f>J219*599.46</f>
         <v>0</v>
       </c>
       <c r="L219" s="5"/>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A220" s="1"/>
       <c r="B220" s="1">
         <v>811017</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="E220" s="2" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>842</v>
+        <v>729</v>
       </c>
       <c r="G220" s="2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H220" s="2">
         <v>0</v>
       </c>
       <c r="I220" s="1">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="J220" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K220" s="2" t="str">
-        <f>J220*835.98</f>
+        <f>J220*925.23</f>
         <v>0</v>
       </c>
       <c r="L220" s="5"/>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A221" s="1"/>
       <c r="B221" s="1">
         <v>828532</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="E221" s="2" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="G221" s="2">
         <v>0</v>
       </c>
       <c r="H221" s="2">
         <v>0</v>
       </c>
       <c r="I221" s="1">
         <v>0</v>
       </c>
       <c r="J221" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K221" s="2" t="str">
-        <f>J221*1359.58</f>
+        <f>J221*1502.38</f>
         <v>0</v>
       </c>
       <c r="L221" s="5"/>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A222" s="1"/>
       <c r="B222" s="1">
         <v>823083</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="E222" s="2" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="G222" s="2" t="s">
-        <v>17</v>
+        <v>88</v>
       </c>
       <c r="H222" s="2">
         <v>0</v>
       </c>
       <c r="I222" s="1">
         <v>0</v>
       </c>
       <c r="J222" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K222" s="2" t="str">
-        <f>J222*534.01</f>
+        <f>J222*624.75</f>
         <v>0</v>
       </c>
       <c r="L222" s="5"/>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A223" s="1"/>
       <c r="B223" s="1">
         <v>823116</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="E223" s="2" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="G223" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H223" s="2">
         <v>0</v>
       </c>
       <c r="I223" s="1">
         <v>0</v>
       </c>
       <c r="J223" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K223" s="2" t="str">
-        <f>J223*801.76</f>
+        <f>J223*923.74</f>
         <v>0</v>
       </c>
       <c r="L223" s="5"/>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A224" s="1"/>
       <c r="B224" s="1">
         <v>823089</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="E224" s="2" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>858</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>859</v>
+      </c>
+      <c r="G224" s="2">
+        <v>0</v>
       </c>
       <c r="H224" s="2">
         <v>0</v>
       </c>
       <c r="I224" s="1">
         <v>0</v>
       </c>
       <c r="J224" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K224" s="2" t="str">
-        <f>J224*1288.18</f>
+        <f>J224*1444.36</f>
         <v>0</v>
       </c>
       <c r="L224" s="5"/>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A225" s="1"/>
       <c r="B225" s="1">
         <v>823084</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="E225" s="2" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>823</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>824</v>
+      </c>
+      <c r="G225" s="2" t="s">
+        <v>88</v>
       </c>
       <c r="H225" s="2">
         <v>0</v>
       </c>
       <c r="I225" s="1">
         <v>0</v>
       </c>
       <c r="J225" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K225" s="2" t="str">
-        <f>J225*501.29</f>
+        <f>J225*587.56</f>
         <v>0</v>
       </c>
       <c r="L225" s="5"/>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A226" s="1"/>
       <c r="B226" s="1">
         <v>823090</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="E226" s="2" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="G226" s="2" t="s">
-        <v>17</v>
+        <v>88</v>
       </c>
       <c r="H226" s="2">
         <v>0</v>
       </c>
       <c r="I226" s="1">
         <v>0</v>
       </c>
       <c r="J226" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K226" s="2" t="str">
-        <f>J226*761.60</f>
+        <f>J226*882.09</f>
         <v>0</v>
       </c>
       <c r="L226" s="5"/>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A227" s="1"/>
       <c r="B227" s="1">
         <v>823117</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="E227" s="2" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="G227" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H227" s="2">
         <v>0</v>
       </c>
       <c r="I227" s="1">
         <v>0</v>
       </c>
       <c r="J227" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K227" s="2" t="str">
-        <f>J227*1228.68</f>
+        <f>J227*1380.40</f>
         <v>0</v>
       </c>
       <c r="L227" s="5"/>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A228" s="1"/>
       <c r="B228" s="1">
         <v>824567</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="E228" s="2" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>823</v>
+        <v>872</v>
       </c>
       <c r="G228" s="2">
         <v>10</v>
       </c>
       <c r="H228" s="2">
         <v>0</v>
       </c>
       <c r="I228" s="1">
         <v>0</v>
       </c>
       <c r="J228" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K228" s="2" t="str">
-        <f>J228*501.29</f>
+        <f>J228*547.40</f>
         <v>0</v>
       </c>
       <c r="L228" s="5"/>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A229" s="1"/>
       <c r="B229" s="1">
         <v>824568</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="E229" s="2" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="G229" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H229" s="2">
         <v>0</v>
       </c>
       <c r="I229" s="1">
         <v>0</v>
       </c>
       <c r="J229" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K229" s="2" t="str">
-        <f>J229*743.75</f>
+        <f>J229*827.05</f>
         <v>0</v>
       </c>
       <c r="L229" s="5"/>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A230" s="1"/>
       <c r="B230" s="1">
         <v>824569</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="E230" s="2" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>878</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>872</v>
+      </c>
+      <c r="G230" s="2">
+        <v>3</v>
       </c>
       <c r="H230" s="2">
         <v>0</v>
       </c>
       <c r="I230" s="1">
         <v>0</v>
       </c>
       <c r="J230" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K230" s="2" t="str">
-        <f>J230*489.39</f>
+        <f>J230*547.40</f>
         <v>0</v>
       </c>
       <c r="L230" s="5"/>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A231" s="1"/>
       <c r="B231" s="1">
         <v>824570</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="E231" s="2" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="G231" s="2" t="s">
-        <v>17</v>
+        <v>88</v>
       </c>
       <c r="H231" s="2">
         <v>0</v>
       </c>
       <c r="I231" s="1">
         <v>0</v>
       </c>
       <c r="J231" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K231" s="2" t="str">
-        <f>J231*727.39</f>
+        <f>J231*800.28</f>
         <v>0</v>
       </c>
       <c r="L231" s="5"/>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A232" s="1"/>
       <c r="B232" s="1">
         <v>824571</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="E232" s="2" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="G232" s="2">
         <v>0</v>
       </c>
       <c r="H232" s="2">
         <v>0</v>
       </c>
       <c r="I232" s="1">
         <v>0</v>
       </c>
       <c r="J232" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K232" s="2" t="str">
-        <f>J232*620.29</f>
+        <f>J232*724.41</f>
         <v>0</v>
       </c>
       <c r="L232" s="5"/>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A233" s="1"/>
       <c r="B233" s="1">
         <v>824572</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="E233" s="2" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="G233" s="2">
         <v>0</v>
       </c>
       <c r="H233" s="2">
         <v>0</v>
       </c>
       <c r="I233" s="1">
         <v>0</v>
       </c>
       <c r="J233" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K233" s="2" t="str">
-        <f>J233*830.03</f>
+        <f>J233*910.35</f>
         <v>0</v>
       </c>
       <c r="L233" s="5"/>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A234" s="1"/>
       <c r="B234" s="1">
         <v>824573</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="E234" s="2" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="G234" s="2">
         <v>0</v>
       </c>
       <c r="H234" s="2">
         <v>0</v>
       </c>
       <c r="I234" s="1">
         <v>0</v>
       </c>
       <c r="J234" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K234" s="2" t="str">
-        <f>J234*1316.44</f>
+        <f>J234*1371.48</f>
         <v>0</v>
       </c>
       <c r="L234" s="5"/>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A235" s="1"/>
       <c r="B235" s="1">
         <v>826540</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="E235" s="2" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="G235" s="2">
         <v>0</v>
       </c>
       <c r="H235" s="2">
         <v>0</v>
       </c>
       <c r="I235" s="1">
         <v>0</v>
       </c>
       <c r="J235" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K235" s="2" t="str">
-        <f>J235*562.28</f>
+        <f>J235*630.70</f>
         <v>0</v>
       </c>
       <c r="L235" s="5"/>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A236" s="1"/>
       <c r="B236" s="1">
         <v>826541</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="E236" s="2" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="G236" s="2">
         <v>1</v>
       </c>
       <c r="H236" s="2">
         <v>0</v>
       </c>
       <c r="I236" s="1">
         <v>0</v>
       </c>
       <c r="J236" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K236" s="2" t="str">
-        <f>J236*1402.71</f>
+        <f>J236*1547.00</f>
         <v>0</v>
       </c>
       <c r="L236" s="5"/>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A237" s="1"/>
       <c r="B237" s="1">
         <v>826542</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="E237" s="2" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>906</v>
+        <v>840</v>
       </c>
       <c r="G237" s="2">
         <v>0</v>
       </c>
       <c r="H237" s="2">
         <v>0</v>
       </c>
       <c r="I237" s="1">
         <v>0</v>
       </c>
       <c r="J237" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K237" s="2" t="str">
-        <f>J237*520.63</f>
+        <f>J237*599.46</f>
         <v>0</v>
       </c>
       <c r="L237" s="5"/>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A238" s="1"/>
       <c r="B238" s="1">
         <v>826543</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>907</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>908</v>
       </c>
       <c r="E238" s="2" t="s">
         <v>909</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>846</v>
+        <v>910</v>
       </c>
       <c r="G238" s="2">
         <v>0</v>
       </c>
       <c r="H238" s="2">
         <v>0</v>
       </c>
       <c r="I238" s="1">
         <v>0</v>
       </c>
       <c r="J238" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K238" s="2" t="str">
-        <f>J238*1359.58</f>
+        <f>J238*1527.66</f>
         <v>0</v>
       </c>
       <c r="L238" s="5"/>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A239" s="1"/>
       <c r="B239" s="1">
         <v>826544</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="E239" s="2" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>913</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>914</v>
+      </c>
+      <c r="G239" s="2">
+        <v>8</v>
       </c>
       <c r="H239" s="2">
         <v>0</v>
       </c>
       <c r="I239" s="1">
         <v>0</v>
       </c>
       <c r="J239" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K239" s="2" t="str">
-        <f>J239*1131.99</f>
+        <f>J239*1265.86</f>
         <v>0</v>
       </c>
       <c r="L239" s="5"/>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A240" s="1"/>
       <c r="B240" s="1">
         <v>879929</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="E240" s="2" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="G240" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H240" s="2">
         <v>0</v>
       </c>
       <c r="I240" s="1">
         <v>0</v>
       </c>
       <c r="J240" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K240" s="2" t="str">
-        <f>J240*404.60</f>
+        <f>J240*453.69</f>
         <v>0</v>
       </c>
       <c r="L240" s="5"/>
     </row>
     <row r="241" spans="1:12" outlineLevel="3">
       <c r="A241" s="9" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="B241" s="9"/>
       <c r="C241" s="9"/>
       <c r="D241" s="9"/>
       <c r="E241" s="9"/>
       <c r="F241" s="9"/>
       <c r="G241" s="9"/>
       <c r="H241" s="9"/>
       <c r="I241" s="9"/>
       <c r="J241" s="9"/>
       <c r="K241" s="9"/>
       <c r="L241" s="5"/>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A242" s="1"/>
       <c r="B242" s="1">
         <v>889442</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="E242" s="2" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>921</v>
+        <v>797</v>
       </c>
       <c r="G242" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H242" s="2">
         <v>0</v>
       </c>
       <c r="I242" s="1">
         <v>0</v>
       </c>
       <c r="J242" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K242" s="2" t="str">
         <f>J242*635.16</f>
         <v>0</v>
       </c>
       <c r="L242" s="5"/>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A243" s="1"/>
       <c r="B243" s="1">
         <v>889443</v>
       </c>
       <c r="C243" s="1" t="s">
@@ -27400,51 +27499,51 @@
       </c>
       <c r="K246" s="2" t="str">
         <f>J246*592.03</f>
         <v>0</v>
       </c>
       <c r="L246" s="5"/>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A247" s="1"/>
       <c r="B247" s="1">
         <v>889426</v>
       </c>
       <c r="C247" s="1" t="s">
         <v>938</v>
       </c>
       <c r="D247" s="1" t="s">
         <v>939</v>
       </c>
       <c r="E247" s="2" t="s">
         <v>940</v>
       </c>
       <c r="F247" s="2" t="s">
         <v>941</v>
       </c>
       <c r="G247" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H247" s="2">
         <v>0</v>
       </c>
       <c r="I247" s="1">
         <v>0</v>
       </c>
       <c r="J247" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K247" s="2" t="str">
         <f>J247*975.80</f>
         <v>0</v>
       </c>
       <c r="L247" s="5"/>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A248" s="1"/>
       <c r="B248" s="1">
         <v>889427</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>942</v>
       </c>
       <c r="D248" s="1" t="s">
@@ -27505,7707 +27604,7738 @@
       </c>
       <c r="K249" s="2" t="str">
         <f>J249*615.83</f>
         <v>0</v>
       </c>
       <c r="L249" s="5"/>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A250" s="1"/>
       <c r="B250" s="1">
         <v>889429</v>
       </c>
       <c r="C250" s="1" t="s">
         <v>950</v>
       </c>
       <c r="D250" s="1" t="s">
         <v>951</v>
       </c>
       <c r="E250" s="2" t="s">
         <v>952</v>
       </c>
       <c r="F250" s="2" t="s">
         <v>953</v>
       </c>
       <c r="G250" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H250" s="2">
         <v>0</v>
       </c>
       <c r="I250" s="1">
         <v>0</v>
       </c>
       <c r="J250" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K250" s="2" t="str">
         <f>J250*987.70</f>
         <v>0</v>
       </c>
       <c r="L250" s="5"/>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A251" s="1"/>
       <c r="B251" s="1">
         <v>889430</v>
       </c>
       <c r="C251" s="1" t="s">
         <v>954</v>
       </c>
       <c r="D251" s="1" t="s">
         <v>955</v>
       </c>
       <c r="E251" s="2" t="s">
         <v>956</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>957</v>
+        <v>793</v>
       </c>
       <c r="G251" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H251" s="2">
         <v>0</v>
       </c>
       <c r="I251" s="1">
         <v>0</v>
       </c>
       <c r="J251" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K251" s="2" t="str">
         <f>J251*415.01</f>
         <v>0</v>
       </c>
       <c r="L251" s="5"/>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A252" s="1"/>
       <c r="B252" s="1">
         <v>889431</v>
       </c>
       <c r="C252" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="D252" s="1" t="s">
         <v>958</v>
       </c>
-      <c r="D252" s="1" t="s">
+      <c r="E252" s="2" t="s">
         <v>959</v>
       </c>
-      <c r="E252" s="2" t="s">
+      <c r="F252" s="2" t="s">
         <v>960</v>
-      </c>
-[...1 lines deleted...]
-        <v>961</v>
       </c>
       <c r="G252" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H252" s="2">
         <v>0</v>
       </c>
       <c r="I252" s="1">
         <v>0</v>
       </c>
       <c r="J252" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K252" s="2" t="str">
         <f>J252*589.05</f>
         <v>0</v>
       </c>
       <c r="L252" s="5"/>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A253" s="1"/>
       <c r="B253" s="1">
         <v>889432</v>
       </c>
       <c r="C253" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="D253" s="1" t="s">
         <v>962</v>
       </c>
-      <c r="D253" s="1" t="s">
+      <c r="E253" s="2" t="s">
         <v>963</v>
       </c>
-      <c r="E253" s="2" t="s">
+      <c r="F253" s="2" t="s">
         <v>964</v>
-      </c>
-[...1 lines deleted...]
-        <v>965</v>
       </c>
       <c r="G253" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H253" s="2">
         <v>0</v>
       </c>
       <c r="I253" s="1">
         <v>0</v>
       </c>
       <c r="J253" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K253" s="2" t="str">
         <f>J253*1014.48</f>
         <v>0</v>
       </c>
       <c r="L253" s="5"/>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A254" s="1"/>
       <c r="B254" s="1">
         <v>889433</v>
       </c>
       <c r="C254" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="D254" s="1" t="s">
         <v>966</v>
       </c>
-      <c r="D254" s="1" t="s">
+      <c r="E254" s="2" t="s">
         <v>967</v>
       </c>
-      <c r="E254" s="2" t="s">
+      <c r="F254" s="2" t="s">
         <v>968</v>
-      </c>
-[...1 lines deleted...]
-        <v>969</v>
       </c>
       <c r="G254" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H254" s="2">
         <v>0</v>
       </c>
       <c r="I254" s="1">
         <v>0</v>
       </c>
       <c r="J254" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K254" s="2" t="str">
         <f>J254*1442.88</f>
         <v>0</v>
       </c>
       <c r="L254" s="5"/>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A255" s="1"/>
       <c r="B255" s="1">
         <v>889434</v>
       </c>
       <c r="C255" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="D255" s="1" t="s">
         <v>970</v>
       </c>
-      <c r="D255" s="1" t="s">
+      <c r="E255" s="2" t="s">
         <v>971</v>
       </c>
-      <c r="E255" s="2" t="s">
+      <c r="F255" s="2" t="s">
         <v>972</v>
-      </c>
-[...1 lines deleted...]
-        <v>973</v>
       </c>
       <c r="G255" s="2">
         <v>8</v>
       </c>
       <c r="H255" s="2">
         <v>0</v>
       </c>
       <c r="I255" s="1">
         <v>0</v>
       </c>
       <c r="J255" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K255" s="2" t="str">
         <f>J255*2210.43</f>
         <v>0</v>
       </c>
       <c r="L255" s="5"/>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A256" s="1"/>
       <c r="B256" s="1">
         <v>889435</v>
       </c>
       <c r="C256" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="D256" s="1" t="s">
         <v>974</v>
       </c>
-      <c r="D256" s="1" t="s">
+      <c r="E256" s="2" t="s">
         <v>975</v>
       </c>
-      <c r="E256" s="2" t="s">
+      <c r="F256" s="2" t="s">
         <v>976</v>
-      </c>
-[...1 lines deleted...]
-        <v>977</v>
       </c>
       <c r="G256" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H256" s="2">
         <v>0</v>
       </c>
       <c r="I256" s="1">
         <v>0</v>
       </c>
       <c r="J256" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K256" s="2" t="str">
         <f>J256*3345.39</f>
         <v>0</v>
       </c>
       <c r="L256" s="5"/>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A257" s="1"/>
       <c r="B257" s="1">
         <v>889436</v>
       </c>
       <c r="C257" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="D257" s="1" t="s">
         <v>978</v>
       </c>
-      <c r="D257" s="1" t="s">
+      <c r="E257" s="2" t="s">
         <v>979</v>
       </c>
-      <c r="E257" s="2" t="s">
+      <c r="F257" s="2" t="s">
         <v>980</v>
-      </c>
-[...1 lines deleted...]
-        <v>981</v>
       </c>
       <c r="G257" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H257" s="2">
         <v>0</v>
       </c>
       <c r="I257" s="1">
         <v>0</v>
       </c>
       <c r="J257" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K257" s="2" t="str">
         <f>J257*435.84</f>
         <v>0</v>
       </c>
       <c r="L257" s="5"/>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A258" s="1"/>
       <c r="B258" s="1">
         <v>889437</v>
       </c>
       <c r="C258" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="D258" s="1" t="s">
         <v>982</v>
       </c>
-      <c r="D258" s="1" t="s">
+      <c r="E258" s="2" t="s">
         <v>983</v>
       </c>
-      <c r="E258" s="2" t="s">
+      <c r="F258" s="2" t="s">
         <v>984</v>
-      </c>
-[...1 lines deleted...]
-        <v>985</v>
       </c>
       <c r="G258" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H258" s="2">
         <v>0</v>
       </c>
       <c r="I258" s="1">
         <v>0</v>
       </c>
       <c r="J258" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K258" s="2" t="str">
         <f>J258*600.95</f>
         <v>0</v>
       </c>
       <c r="L258" s="5"/>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A259" s="1"/>
       <c r="B259" s="1">
         <v>889438</v>
       </c>
       <c r="C259" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="D259" s="1" t="s">
         <v>986</v>
       </c>
-      <c r="D259" s="1" t="s">
+      <c r="E259" s="2" t="s">
         <v>987</v>
       </c>
-      <c r="E259" s="2" t="s">
+      <c r="F259" s="2" t="s">
         <v>988</v>
-      </c>
-[...1 lines deleted...]
-        <v>989</v>
       </c>
       <c r="G259" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H259" s="2">
         <v>0</v>
       </c>
       <c r="I259" s="1">
         <v>0</v>
       </c>
       <c r="J259" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K259" s="2" t="str">
         <f>J259*1024.89</f>
         <v>0</v>
       </c>
       <c r="L259" s="5"/>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A260" s="1"/>
       <c r="B260" s="1">
         <v>889439</v>
       </c>
       <c r="C260" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="D260" s="1" t="s">
         <v>990</v>
       </c>
-      <c r="D260" s="1" t="s">
+      <c r="E260" s="2" t="s">
         <v>991</v>
       </c>
-      <c r="E260" s="2" t="s">
+      <c r="F260" s="2" t="s">
         <v>992</v>
-      </c>
-[...1 lines deleted...]
-        <v>993</v>
       </c>
       <c r="G260" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H260" s="2">
         <v>0</v>
       </c>
       <c r="I260" s="1">
         <v>0</v>
       </c>
       <c r="J260" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K260" s="2" t="str">
         <f>J260*1533.61</f>
         <v>0</v>
       </c>
       <c r="L260" s="5"/>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A261" s="1"/>
       <c r="B261" s="1">
         <v>889440</v>
       </c>
       <c r="C261" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="D261" s="1" t="s">
         <v>994</v>
       </c>
-      <c r="D261" s="1" t="s">
+      <c r="E261" s="2" t="s">
         <v>995</v>
       </c>
-      <c r="E261" s="2" t="s">
+      <c r="F261" s="2" t="s">
         <v>996</v>
-      </c>
-[...1 lines deleted...]
-        <v>997</v>
       </c>
       <c r="G261" s="2">
         <v>8</v>
       </c>
       <c r="H261" s="2">
         <v>0</v>
       </c>
       <c r="I261" s="1">
         <v>0</v>
       </c>
       <c r="J261" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K261" s="2" t="str">
         <f>J261*2266.95</f>
         <v>0</v>
       </c>
       <c r="L261" s="5"/>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A262" s="1"/>
       <c r="B262" s="1">
         <v>889441</v>
       </c>
       <c r="C262" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="D262" s="1" t="s">
         <v>998</v>
       </c>
-      <c r="D262" s="1" t="s">
+      <c r="E262" s="2" t="s">
         <v>999</v>
       </c>
-      <c r="E262" s="2" t="s">
+      <c r="F262" s="2" t="s">
         <v>1000</v>
-      </c>
-[...1 lines deleted...]
-        <v>1001</v>
       </c>
       <c r="G262" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H262" s="2">
         <v>0</v>
       </c>
       <c r="I262" s="1">
         <v>0</v>
       </c>
       <c r="J262" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K262" s="2" t="str">
         <f>J262*3528.35</f>
         <v>0</v>
       </c>
       <c r="L262" s="5"/>
     </row>
     <row r="263" spans="1:12" outlineLevel="2">
       <c r="A263" s="8" t="s">
-        <v>1002</v>
+        <v>1001</v>
       </c>
       <c r="B263" s="8"/>
       <c r="C263" s="8"/>
       <c r="D263" s="8"/>
       <c r="E263" s="8"/>
       <c r="F263" s="8"/>
       <c r="G263" s="8"/>
       <c r="H263" s="8"/>
       <c r="I263" s="8"/>
       <c r="J263" s="8"/>
       <c r="K263" s="8"/>
       <c r="L263" s="5"/>
     </row>
     <row r="264" spans="1:12" outlineLevel="3">
       <c r="A264" s="9" t="s">
-        <v>1003</v>
+        <v>1002</v>
       </c>
       <c r="B264" s="9"/>
       <c r="C264" s="9"/>
       <c r="D264" s="9"/>
       <c r="E264" s="9"/>
       <c r="F264" s="9"/>
       <c r="G264" s="9"/>
       <c r="H264" s="9"/>
       <c r="I264" s="9"/>
       <c r="J264" s="9"/>
       <c r="K264" s="9"/>
       <c r="L264" s="5"/>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A265" s="1"/>
       <c r="B265" s="1">
         <v>833140</v>
       </c>
       <c r="C265" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D265" s="1" t="s">
         <v>1004</v>
       </c>
-      <c r="D265" s="1" t="s">
+      <c r="E265" s="2" t="s">
         <v>1005</v>
       </c>
-      <c r="E265" s="2" t="s">
+      <c r="F265" s="2" t="s">
         <v>1006</v>
       </c>
-      <c r="F265" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G265" s="2" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="H265" s="2">
         <v>0</v>
       </c>
       <c r="I265" s="1">
         <v>0</v>
       </c>
       <c r="J265" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K265" s="2" t="str">
         <f>J265*365.91</f>
         <v>0</v>
       </c>
       <c r="L265" s="5"/>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A266" s="1"/>
       <c r="B266" s="1">
         <v>833141</v>
       </c>
       <c r="C266" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D266" s="1" t="s">
         <v>1008</v>
       </c>
-      <c r="D266" s="1" t="s">
+      <c r="E266" s="2" t="s">
         <v>1009</v>
       </c>
-      <c r="E266" s="2" t="s">
+      <c r="F266" s="2" t="s">
         <v>1010</v>
       </c>
-      <c r="F266" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G266" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H266" s="2">
         <v>0</v>
       </c>
       <c r="I266" s="1">
         <v>0</v>
       </c>
       <c r="J266" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K266" s="2" t="str">
         <f>J266*539.31</f>
         <v>0</v>
       </c>
       <c r="L266" s="5"/>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A267" s="1"/>
       <c r="B267" s="1">
         <v>833142</v>
       </c>
       <c r="C267" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D267" s="1" t="s">
         <v>1012</v>
       </c>
-      <c r="D267" s="1" t="s">
+      <c r="E267" s="2" t="s">
         <v>1013</v>
       </c>
-      <c r="E267" s="2" t="s">
+      <c r="F267" s="2" t="s">
         <v>1014</v>
-      </c>
-[...1 lines deleted...]
-        <v>1015</v>
       </c>
       <c r="G267" s="2">
         <v>0</v>
       </c>
       <c r="H267" s="2">
         <v>0</v>
       </c>
       <c r="I267" s="1">
         <v>0</v>
       </c>
       <c r="J267" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K267" s="2" t="str">
         <f>J267*717.49</f>
         <v>0</v>
       </c>
       <c r="L267" s="5"/>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A268" s="1"/>
       <c r="B268" s="1">
         <v>833143</v>
       </c>
       <c r="C268" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D268" s="1" t="s">
         <v>1016</v>
       </c>
-      <c r="D268" s="1" t="s">
+      <c r="E268" s="2" t="s">
         <v>1017</v>
       </c>
-      <c r="E268" s="2" t="s">
+      <c r="F268" s="2" t="s">
         <v>1018</v>
       </c>
-      <c r="F268" s="2" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="G268" s="2">
+        <v>10</v>
       </c>
       <c r="H268" s="2">
         <v>0</v>
       </c>
       <c r="I268" s="1">
         <v>0</v>
       </c>
       <c r="J268" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K268" s="2" t="str">
         <f>J268*386.82</f>
         <v>0</v>
       </c>
       <c r="L268" s="5"/>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A269" s="1"/>
       <c r="B269" s="1">
         <v>833144</v>
       </c>
       <c r="C269" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D269" s="1" t="s">
         <v>1020</v>
       </c>
-      <c r="D269" s="1" t="s">
+      <c r="E269" s="2" t="s">
         <v>1021</v>
       </c>
-      <c r="E269" s="2" t="s">
+      <c r="F269" s="2" t="s">
         <v>1022</v>
       </c>
-      <c r="F269" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G269" s="2" t="s">
-        <v>23</v>
+        <v>88</v>
       </c>
       <c r="H269" s="2">
         <v>0</v>
       </c>
       <c r="I269" s="1">
         <v>0</v>
       </c>
       <c r="J269" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K269" s="2" t="str">
         <f>J269*560.46</f>
         <v>0</v>
       </c>
       <c r="L269" s="5"/>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A270" s="1"/>
       <c r="B270" s="1">
         <v>833145</v>
       </c>
       <c r="C270" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D270" s="1" t="s">
         <v>1024</v>
       </c>
-      <c r="D270" s="1" t="s">
+      <c r="E270" s="2" t="s">
         <v>1025</v>
       </c>
-      <c r="E270" s="2" t="s">
+      <c r="F270" s="2" t="s">
         <v>1026</v>
       </c>
-      <c r="F270" s="2" t="s">
-[...3 lines deleted...]
-        <v>9</v>
+      <c r="G270" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H270" s="2">
         <v>0</v>
       </c>
       <c r="I270" s="1">
         <v>0</v>
       </c>
       <c r="J270" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K270" s="2" t="str">
         <f>J270*842.49</f>
         <v>0</v>
       </c>
       <c r="L270" s="5"/>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A271" s="1"/>
       <c r="B271" s="1">
         <v>833146</v>
       </c>
       <c r="C271" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D271" s="1" t="s">
         <v>1028</v>
       </c>
-      <c r="D271" s="1" t="s">
+      <c r="E271" s="2" t="s">
         <v>1029</v>
       </c>
-      <c r="E271" s="2" t="s">
+      <c r="F271" s="2" t="s">
         <v>1030</v>
       </c>
-      <c r="F271" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G271" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H271" s="2">
         <v>0</v>
       </c>
       <c r="I271" s="1">
         <v>0</v>
       </c>
       <c r="J271" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K271" s="2" t="str">
         <f>J271*372.84</f>
         <v>0</v>
       </c>
       <c r="L271" s="5"/>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A272" s="1"/>
       <c r="B272" s="1">
         <v>833147</v>
       </c>
       <c r="C272" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D272" s="1" t="s">
         <v>1032</v>
       </c>
-      <c r="D272" s="1" t="s">
+      <c r="E272" s="2" t="s">
         <v>1033</v>
       </c>
-      <c r="E272" s="2" t="s">
+      <c r="F272" s="2" t="s">
         <v>1034</v>
       </c>
-      <c r="F272" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G272" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H272" s="2">
         <v>0</v>
       </c>
       <c r="I272" s="1">
         <v>0</v>
       </c>
       <c r="J272" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K272" s="2" t="str">
         <f>J272*400.64</f>
         <v>0</v>
       </c>
       <c r="L272" s="5"/>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A273" s="1"/>
       <c r="B273" s="1">
         <v>833148</v>
       </c>
       <c r="C273" s="1" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D273" s="1" t="s">
         <v>1036</v>
       </c>
-      <c r="D273" s="1" t="s">
+      <c r="E273" s="2" t="s">
         <v>1037</v>
       </c>
-      <c r="E273" s="2" t="s">
+      <c r="F273" s="2" t="s">
         <v>1038</v>
       </c>
-      <c r="F273" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G273" s="2" t="s">
-        <v>23</v>
+        <v>88</v>
       </c>
       <c r="H273" s="2">
         <v>0</v>
       </c>
       <c r="I273" s="1">
         <v>0</v>
       </c>
       <c r="J273" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K273" s="2" t="str">
         <f>J273*570.94</f>
         <v>0</v>
       </c>
       <c r="L273" s="5"/>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A274" s="1"/>
       <c r="B274" s="1">
         <v>833149</v>
       </c>
       <c r="C274" s="1" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D274" s="1" t="s">
         <v>1040</v>
       </c>
-      <c r="D274" s="1" t="s">
+      <c r="E274" s="2" t="s">
         <v>1041</v>
       </c>
-      <c r="E274" s="2" t="s">
+      <c r="F274" s="2" t="s">
         <v>1042</v>
-      </c>
-[...1 lines deleted...]
-        <v>1043</v>
       </c>
       <c r="G274" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H274" s="2">
         <v>0</v>
       </c>
       <c r="I274" s="1">
         <v>0</v>
       </c>
       <c r="J274" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K274" s="2" t="str">
         <f>J274*848.04</f>
         <v>0</v>
       </c>
       <c r="L274" s="5"/>
     </row>
     <row r="275" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A275" s="1"/>
       <c r="B275" s="1">
         <v>833150</v>
       </c>
       <c r="C275" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D275" s="1" t="s">
         <v>1044</v>
       </c>
-      <c r="D275" s="1" t="s">
+      <c r="E275" s="2" t="s">
         <v>1045</v>
       </c>
-      <c r="E275" s="2" t="s">
+      <c r="F275" s="2" t="s">
         <v>1046</v>
       </c>
-      <c r="F275" s="2" t="s">
-[...3 lines deleted...]
-        <v>48</v>
+      <c r="G275" s="2">
+        <v>0</v>
       </c>
       <c r="H275" s="2">
         <v>0</v>
       </c>
       <c r="I275" s="1">
         <v>0</v>
       </c>
       <c r="J275" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K275" s="2" t="str">
         <f>J275*1167.12</f>
         <v>0</v>
       </c>
       <c r="L275" s="5"/>
     </row>
     <row r="276" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A276" s="1"/>
       <c r="B276" s="1">
         <v>833151</v>
       </c>
       <c r="C276" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D276" s="1" t="s">
         <v>1048</v>
       </c>
-      <c r="D276" s="1" t="s">
+      <c r="E276" s="2" t="s">
         <v>1049</v>
       </c>
-      <c r="E276" s="2" t="s">
+      <c r="F276" s="2" t="s">
         <v>1050</v>
       </c>
-      <c r="F276" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G276" s="2">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="H276" s="2">
         <v>0</v>
       </c>
       <c r="I276" s="1">
         <v>0</v>
       </c>
       <c r="J276" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K276" s="2" t="str">
         <f>J276*1901.32</f>
         <v>0</v>
       </c>
       <c r="L276" s="5"/>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A277" s="1"/>
       <c r="B277" s="1">
         <v>833152</v>
       </c>
       <c r="C277" s="1" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D277" s="1" t="s">
         <v>1052</v>
       </c>
-      <c r="D277" s="1" t="s">
+      <c r="E277" s="2" t="s">
         <v>1053</v>
       </c>
-      <c r="E277" s="2" t="s">
+      <c r="F277" s="2" t="s">
         <v>1054</v>
-      </c>
-[...1 lines deleted...]
-        <v>1055</v>
       </c>
       <c r="G277" s="2">
         <v>6</v>
       </c>
       <c r="H277" s="2">
         <v>0</v>
       </c>
       <c r="I277" s="1">
         <v>0</v>
       </c>
       <c r="J277" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K277" s="2" t="str">
         <f>J277*3104.98</f>
         <v>0</v>
       </c>
       <c r="L277" s="5"/>
     </row>
     <row r="278" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A278" s="1"/>
       <c r="B278" s="1">
         <v>833153</v>
       </c>
       <c r="C278" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D278" s="1" t="s">
         <v>1056</v>
       </c>
-      <c r="D278" s="1" t="s">
+      <c r="E278" s="2" t="s">
         <v>1057</v>
       </c>
-      <c r="E278" s="2" t="s">
+      <c r="F278" s="2" t="s">
         <v>1058</v>
       </c>
-      <c r="F278" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G278" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="H278" s="2">
         <v>0</v>
       </c>
       <c r="I278" s="1">
         <v>0</v>
       </c>
       <c r="J278" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K278" s="2" t="str">
         <f>J278*339.23</f>
         <v>0</v>
       </c>
       <c r="L278" s="5"/>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A279" s="1"/>
       <c r="B279" s="1">
         <v>833154</v>
       </c>
       <c r="C279" s="1" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D279" s="1" t="s">
         <v>1060</v>
       </c>
-      <c r="D279" s="1" t="s">
+      <c r="E279" s="2" t="s">
         <v>1061</v>
       </c>
-      <c r="E279" s="2" t="s">
+      <c r="F279" s="2" t="s">
         <v>1062</v>
-      </c>
-[...1 lines deleted...]
-        <v>1063</v>
       </c>
       <c r="G279" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H279" s="2">
         <v>0</v>
       </c>
       <c r="I279" s="1">
         <v>0</v>
       </c>
       <c r="J279" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K279" s="2" t="str">
         <f>J279*559.66</f>
         <v>0</v>
       </c>
       <c r="L279" s="5"/>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A280" s="1"/>
       <c r="B280" s="1">
         <v>833155</v>
       </c>
       <c r="C280" s="1" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D280" s="1" t="s">
         <v>1064</v>
       </c>
-      <c r="D280" s="1" t="s">
+      <c r="E280" s="2" t="s">
         <v>1065</v>
       </c>
-      <c r="E280" s="2" t="s">
+      <c r="F280" s="2" t="s">
         <v>1066</v>
-      </c>
-[...1 lines deleted...]
-        <v>1067</v>
       </c>
       <c r="G280" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H280" s="2">
         <v>0</v>
       </c>
       <c r="I280" s="1">
         <v>0</v>
       </c>
       <c r="J280" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K280" s="2" t="str">
         <f>J280*919.99</f>
         <v>0</v>
       </c>
       <c r="L280" s="5"/>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A281" s="1"/>
       <c r="B281" s="1">
         <v>833156</v>
       </c>
       <c r="C281" s="1" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D281" s="1" t="s">
         <v>1068</v>
       </c>
-      <c r="D281" s="1" t="s">
+      <c r="E281" s="2" t="s">
         <v>1069</v>
       </c>
-      <c r="E281" s="2" t="s">
+      <c r="F281" s="2" t="s">
         <v>1070</v>
-      </c>
-[...1 lines deleted...]
-        <v>1071</v>
       </c>
       <c r="G281" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H281" s="2">
         <v>0</v>
       </c>
       <c r="I281" s="1">
         <v>0</v>
       </c>
       <c r="J281" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K281" s="2" t="str">
         <f>J281*1379.99</f>
         <v>0</v>
       </c>
       <c r="L281" s="5"/>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A282" s="1"/>
       <c r="B282" s="1">
         <v>833157</v>
       </c>
       <c r="C282" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D282" s="1" t="s">
         <v>1072</v>
       </c>
-      <c r="D282" s="1" t="s">
+      <c r="E282" s="2" t="s">
         <v>1073</v>
       </c>
-      <c r="E282" s="2" t="s">
+      <c r="F282" s="2" t="s">
         <v>1074</v>
       </c>
-      <c r="F282" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G282" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H282" s="2">
         <v>0</v>
       </c>
       <c r="I282" s="1">
         <v>0</v>
       </c>
       <c r="J282" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K282" s="2" t="str">
         <f>J282*2156.23</f>
         <v>0</v>
       </c>
       <c r="L282" s="5"/>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A283" s="1"/>
       <c r="B283" s="1">
         <v>833158</v>
       </c>
       <c r="C283" s="1" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D283" s="1" t="s">
         <v>1076</v>
       </c>
-      <c r="D283" s="1" t="s">
+      <c r="E283" s="2" t="s">
         <v>1077</v>
       </c>
-      <c r="E283" s="2" t="s">
+      <c r="F283" s="2" t="s">
         <v>1078</v>
       </c>
-      <c r="F283" s="2" t="s">
-[...3 lines deleted...]
-        <v>48</v>
+      <c r="G283" s="2">
+        <v>6</v>
       </c>
       <c r="H283" s="2">
         <v>0</v>
       </c>
       <c r="I283" s="1">
         <v>0</v>
       </c>
       <c r="J283" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K283" s="2" t="str">
         <f>J283*3436.44</f>
         <v>0</v>
       </c>
       <c r="L283" s="5"/>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A284" s="1"/>
       <c r="B284" s="1">
         <v>833159</v>
       </c>
       <c r="C284" s="1" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D284" s="1" t="s">
         <v>1080</v>
       </c>
-      <c r="D284" s="1" t="s">
+      <c r="E284" s="2" t="s">
         <v>1081</v>
       </c>
-      <c r="E284" s="2" t="s">
+      <c r="F284" s="2" t="s">
         <v>1082</v>
       </c>
-      <c r="F284" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G284" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H284" s="2">
         <v>0</v>
       </c>
       <c r="I284" s="1">
         <v>0</v>
       </c>
       <c r="J284" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K284" s="2" t="str">
         <f>J284*512.27</f>
         <v>0</v>
       </c>
       <c r="L284" s="5"/>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A285" s="1"/>
       <c r="B285" s="1">
         <v>833160</v>
       </c>
       <c r="C285" s="1" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D285" s="1" t="s">
         <v>1084</v>
       </c>
-      <c r="D285" s="1" t="s">
+      <c r="E285" s="2" t="s">
         <v>1085</v>
       </c>
-      <c r="E285" s="2" t="s">
+      <c r="F285" s="2" t="s">
         <v>1086</v>
-      </c>
-[...1 lines deleted...]
-        <v>1087</v>
       </c>
       <c r="G285" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H285" s="2">
         <v>0</v>
       </c>
       <c r="I285" s="1">
         <v>0</v>
       </c>
       <c r="J285" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K285" s="2" t="str">
         <f>J285*744.88</f>
         <v>0</v>
       </c>
       <c r="L285" s="5"/>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A286" s="1"/>
       <c r="B286" s="1">
         <v>833161</v>
       </c>
       <c r="C286" s="1" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D286" s="1" t="s">
         <v>1088</v>
       </c>
-      <c r="D286" s="1" t="s">
+      <c r="E286" s="2" t="s">
         <v>1089</v>
       </c>
-      <c r="E286" s="2" t="s">
+      <c r="F286" s="2" t="s">
         <v>1090</v>
       </c>
-      <c r="F286" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G286" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="H286" s="2">
         <v>0</v>
       </c>
       <c r="I286" s="1">
         <v>0</v>
       </c>
       <c r="J286" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K286" s="2" t="str">
         <f>J286*1218.99</f>
         <v>0</v>
       </c>
       <c r="L286" s="5"/>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A287" s="1"/>
       <c r="B287" s="1">
         <v>833162</v>
       </c>
       <c r="C287" s="1" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D287" s="1" t="s">
         <v>1092</v>
       </c>
-      <c r="D287" s="1" t="s">
+      <c r="E287" s="2" t="s">
         <v>1093</v>
       </c>
-      <c r="E287" s="2" t="s">
+      <c r="F287" s="2" t="s">
         <v>1094</v>
-      </c>
-[...1 lines deleted...]
-        <v>1095</v>
       </c>
       <c r="G287" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H287" s="2">
         <v>0</v>
       </c>
       <c r="I287" s="1">
         <v>0</v>
       </c>
       <c r="J287" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K287" s="2" t="str">
         <f>J287*506.49</f>
         <v>0</v>
       </c>
       <c r="L287" s="5"/>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A288" s="1"/>
       <c r="B288" s="1">
         <v>833163</v>
       </c>
       <c r="C288" s="1" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D288" s="1" t="s">
         <v>1096</v>
       </c>
-      <c r="D288" s="1" t="s">
+      <c r="E288" s="2" t="s">
         <v>1097</v>
       </c>
-      <c r="E288" s="2" t="s">
+      <c r="F288" s="2" t="s">
         <v>1098</v>
-      </c>
-[...1 lines deleted...]
-        <v>1099</v>
       </c>
       <c r="G288" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H288" s="2">
         <v>0</v>
       </c>
       <c r="I288" s="1">
         <v>0</v>
       </c>
       <c r="J288" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K288" s="2" t="str">
         <f>J288*827.01</f>
         <v>0</v>
       </c>
       <c r="L288" s="5"/>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A289" s="1"/>
       <c r="B289" s="1">
         <v>833164</v>
       </c>
       <c r="C289" s="1" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D289" s="1" t="s">
         <v>1100</v>
       </c>
-      <c r="D289" s="1" t="s">
+      <c r="E289" s="2" t="s">
         <v>1101</v>
       </c>
-      <c r="E289" s="2" t="s">
+      <c r="F289" s="2" t="s">
         <v>1102</v>
-      </c>
-[...1 lines deleted...]
-        <v>1103</v>
       </c>
       <c r="G289" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H289" s="2">
         <v>0</v>
       </c>
       <c r="I289" s="1">
         <v>0</v>
       </c>
       <c r="J289" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K289" s="2" t="str">
         <f>J289*524.60</f>
         <v>0</v>
       </c>
       <c r="L289" s="5"/>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A290" s="1"/>
       <c r="B290" s="1">
         <v>833165</v>
       </c>
       <c r="C290" s="1" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D290" s="1" t="s">
         <v>1104</v>
       </c>
-      <c r="D290" s="1" t="s">
+      <c r="E290" s="2" t="s">
         <v>1105</v>
       </c>
-      <c r="E290" s="2" t="s">
+      <c r="F290" s="2" t="s">
         <v>1106</v>
-      </c>
-[...1 lines deleted...]
-        <v>1107</v>
       </c>
       <c r="G290" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H290" s="2">
         <v>0</v>
       </c>
       <c r="I290" s="1">
         <v>0</v>
       </c>
       <c r="J290" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K290" s="2" t="str">
         <f>J290*791.62</f>
         <v>0</v>
       </c>
       <c r="L290" s="5"/>
     </row>
     <row r="291" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A291" s="1"/>
       <c r="B291" s="1">
         <v>833166</v>
       </c>
       <c r="C291" s="1" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D291" s="1" t="s">
         <v>1108</v>
       </c>
-      <c r="D291" s="1" t="s">
+      <c r="E291" s="2" t="s">
         <v>1109</v>
       </c>
-      <c r="E291" s="2" t="s">
+      <c r="F291" s="2" t="s">
         <v>1110</v>
-      </c>
-[...1 lines deleted...]
-        <v>1111</v>
       </c>
       <c r="G291" s="2">
         <v>9</v>
       </c>
       <c r="H291" s="2">
         <v>0</v>
       </c>
       <c r="I291" s="1">
         <v>0</v>
       </c>
       <c r="J291" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K291" s="2" t="str">
         <f>J291*580.06</f>
         <v>0</v>
       </c>
       <c r="L291" s="5"/>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A292" s="1"/>
       <c r="B292" s="1">
         <v>833167</v>
       </c>
       <c r="C292" s="1" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D292" s="1" t="s">
         <v>1112</v>
       </c>
-      <c r="D292" s="1" t="s">
+      <c r="E292" s="2" t="s">
         <v>1113</v>
       </c>
-      <c r="E292" s="2" t="s">
+      <c r="F292" s="2" t="s">
         <v>1114</v>
-      </c>
-[...1 lines deleted...]
-        <v>1115</v>
       </c>
       <c r="G292" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H292" s="2">
         <v>0</v>
       </c>
       <c r="I292" s="1">
         <v>0</v>
       </c>
       <c r="J292" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K292" s="2" t="str">
         <f>J292*1063.40</f>
         <v>0</v>
       </c>
       <c r="L292" s="5"/>
     </row>
     <row r="293" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A293" s="1"/>
       <c r="B293" s="1">
         <v>833170</v>
       </c>
       <c r="C293" s="1" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D293" s="1" t="s">
         <v>1116</v>
       </c>
-      <c r="D293" s="1" t="s">
+      <c r="E293" s="2" t="s">
         <v>1117</v>
       </c>
-      <c r="E293" s="2" t="s">
+      <c r="F293" s="2" t="s">
         <v>1118</v>
       </c>
-      <c r="F293" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G293" s="2">
-        <v>1</v>
+        <v>-4</v>
       </c>
       <c r="H293" s="2">
         <v>0</v>
       </c>
       <c r="I293" s="1">
         <v>0</v>
       </c>
       <c r="J293" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K293" s="2" t="str">
         <f>J293*321.99</f>
         <v>0</v>
       </c>
       <c r="L293" s="5"/>
     </row>
     <row r="294" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A294" s="1"/>
       <c r="B294" s="1">
         <v>833171</v>
       </c>
       <c r="C294" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D294" s="1" t="s">
         <v>1120</v>
       </c>
-      <c r="D294" s="1" t="s">
+      <c r="E294" s="2" t="s">
         <v>1121</v>
       </c>
-      <c r="E294" s="2" t="s">
+      <c r="F294" s="2" t="s">
         <v>1122</v>
-      </c>
-[...1 lines deleted...]
-        <v>1123</v>
       </c>
       <c r="G294" s="2">
         <v>0</v>
       </c>
       <c r="H294" s="2">
         <v>0</v>
       </c>
       <c r="I294" s="1">
         <v>0</v>
       </c>
       <c r="J294" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K294" s="2" t="str">
         <f>J294*531.26</f>
         <v>0</v>
       </c>
       <c r="L294" s="5"/>
     </row>
     <row r="295" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A295" s="1"/>
       <c r="B295" s="1">
         <v>833172</v>
       </c>
       <c r="C295" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D295" s="1" t="s">
         <v>1124</v>
       </c>
-      <c r="D295" s="1" t="s">
+      <c r="E295" s="2" t="s">
         <v>1125</v>
       </c>
-      <c r="E295" s="2" t="s">
+      <c r="F295" s="2" t="s">
         <v>1126</v>
-      </c>
-[...1 lines deleted...]
-        <v>1127</v>
       </c>
       <c r="G295" s="2">
         <v>7</v>
       </c>
       <c r="H295" s="2">
         <v>0</v>
       </c>
       <c r="I295" s="1">
         <v>0</v>
       </c>
       <c r="J295" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K295" s="2" t="str">
         <f>J295*807.61</f>
         <v>0</v>
       </c>
       <c r="L295" s="5"/>
     </row>
     <row r="296" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A296" s="1"/>
       <c r="B296" s="1">
         <v>833173</v>
       </c>
       <c r="C296" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D296" s="1" t="s">
         <v>1128</v>
       </c>
-      <c r="D296" s="1" t="s">
+      <c r="E296" s="2" t="s">
         <v>1129</v>
       </c>
-      <c r="E296" s="2" t="s">
+      <c r="F296" s="2" t="s">
         <v>1130</v>
-      </c>
-[...1 lines deleted...]
-        <v>1131</v>
       </c>
       <c r="G296" s="2">
         <v>4</v>
       </c>
       <c r="H296" s="2">
         <v>0</v>
       </c>
       <c r="I296" s="1">
         <v>0</v>
       </c>
       <c r="J296" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K296" s="2" t="str">
         <f>J296*1120.61</f>
         <v>0</v>
       </c>
       <c r="L296" s="5"/>
     </row>
     <row r="297" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A297" s="1"/>
       <c r="B297" s="1">
         <v>833174</v>
       </c>
       <c r="C297" s="1" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D297" s="1" t="s">
         <v>1132</v>
       </c>
-      <c r="D297" s="1" t="s">
+      <c r="E297" s="2" t="s">
         <v>1133</v>
       </c>
-      <c r="E297" s="2" t="s">
+      <c r="F297" s="2" t="s">
         <v>1134</v>
       </c>
-      <c r="F297" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G297" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H297" s="2">
         <v>0</v>
       </c>
       <c r="I297" s="1">
         <v>0</v>
       </c>
       <c r="J297" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K297" s="2" t="str">
         <f>J297*428.37</f>
         <v>0</v>
       </c>
       <c r="L297" s="5"/>
     </row>
     <row r="298" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A298" s="1"/>
       <c r="B298" s="1">
         <v>833175</v>
       </c>
       <c r="C298" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D298" s="1" t="s">
         <v>1136</v>
       </c>
-      <c r="D298" s="1" t="s">
+      <c r="E298" s="2" t="s">
         <v>1137</v>
       </c>
-      <c r="E298" s="2" t="s">
+      <c r="F298" s="2" t="s">
         <v>1138</v>
-      </c>
-[...1 lines deleted...]
-        <v>1139</v>
       </c>
       <c r="G298" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H298" s="2">
         <v>0</v>
       </c>
       <c r="I298" s="1">
         <v>0</v>
       </c>
       <c r="J298" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K298" s="2" t="str">
         <f>J298*595.12</f>
         <v>0</v>
       </c>
       <c r="L298" s="5"/>
     </row>
     <row r="299" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A299" s="1"/>
       <c r="B299" s="1">
         <v>833176</v>
       </c>
       <c r="C299" s="1" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D299" s="1" t="s">
         <v>1140</v>
       </c>
-      <c r="D299" s="1" t="s">
+      <c r="E299" s="2" t="s">
         <v>1141</v>
       </c>
-      <c r="E299" s="2" t="s">
+      <c r="F299" s="2" t="s">
         <v>1142</v>
-      </c>
-[...1 lines deleted...]
-        <v>1143</v>
       </c>
       <c r="G299" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H299" s="2">
         <v>0</v>
       </c>
       <c r="I299" s="1">
         <v>0</v>
       </c>
       <c r="J299" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K299" s="2" t="str">
         <f>J299*400.47</f>
         <v>0</v>
       </c>
       <c r="L299" s="5"/>
     </row>
     <row r="300" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A300" s="1"/>
       <c r="B300" s="1">
         <v>833177</v>
       </c>
       <c r="C300" s="1" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D300" s="1" t="s">
         <v>1144</v>
       </c>
-      <c r="D300" s="1" t="s">
+      <c r="E300" s="2" t="s">
         <v>1145</v>
       </c>
-      <c r="E300" s="2" t="s">
+      <c r="F300" s="2" t="s">
         <v>1146</v>
       </c>
-      <c r="F300" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G300" s="2" t="s">
-        <v>48</v>
+        <v>88</v>
       </c>
       <c r="H300" s="2">
         <v>0</v>
       </c>
       <c r="I300" s="1">
         <v>0</v>
       </c>
       <c r="J300" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K300" s="2" t="str">
         <f>J300*554.70</f>
         <v>0</v>
       </c>
       <c r="L300" s="5"/>
     </row>
     <row r="301" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A301" s="1"/>
       <c r="B301" s="1">
         <v>833178</v>
       </c>
       <c r="C301" s="1" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D301" s="1" t="s">
         <v>1148</v>
       </c>
-      <c r="D301" s="1" t="s">
+      <c r="E301" s="2" t="s">
         <v>1149</v>
       </c>
-      <c r="E301" s="2" t="s">
+      <c r="F301" s="2" t="s">
         <v>1150</v>
-      </c>
-[...1 lines deleted...]
-        <v>1151</v>
       </c>
       <c r="G301" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H301" s="2">
         <v>0</v>
       </c>
       <c r="I301" s="1">
         <v>0</v>
       </c>
       <c r="J301" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K301" s="2" t="str">
         <f>J301*492.47</f>
         <v>0</v>
       </c>
       <c r="L301" s="5"/>
     </row>
     <row r="302" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A302" s="1"/>
       <c r="B302" s="1">
         <v>833179</v>
       </c>
       <c r="C302" s="1" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D302" s="1" t="s">
         <v>1152</v>
       </c>
-      <c r="D302" s="1" t="s">
+      <c r="E302" s="2" t="s">
         <v>1153</v>
       </c>
-      <c r="E302" s="2" t="s">
+      <c r="F302" s="2" t="s">
         <v>1154</v>
-      </c>
-[...1 lines deleted...]
-        <v>1155</v>
       </c>
       <c r="G302" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H302" s="2">
         <v>0</v>
       </c>
       <c r="I302" s="1">
         <v>0</v>
       </c>
       <c r="J302" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K302" s="2" t="str">
         <f>J302*679.17</f>
         <v>0</v>
       </c>
       <c r="L302" s="5"/>
     </row>
     <row r="303" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A303" s="1"/>
       <c r="B303" s="1">
         <v>833180</v>
       </c>
       <c r="C303" s="1" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D303" s="1" t="s">
         <v>1156</v>
       </c>
-      <c r="D303" s="1" t="s">
+      <c r="E303" s="2" t="s">
         <v>1157</v>
       </c>
-      <c r="E303" s="2" t="s">
+      <c r="F303" s="2" t="s">
         <v>1158</v>
-      </c>
-[...1 lines deleted...]
-        <v>1159</v>
       </c>
       <c r="G303" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H303" s="2">
         <v>0</v>
       </c>
       <c r="I303" s="1">
         <v>0</v>
       </c>
       <c r="J303" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K303" s="2" t="str">
         <f>J303*374.36</f>
         <v>0</v>
       </c>
       <c r="L303" s="5"/>
     </row>
     <row r="304" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A304" s="1"/>
       <c r="B304" s="1">
         <v>833181</v>
       </c>
       <c r="C304" s="1" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D304" s="1" t="s">
         <v>1160</v>
       </c>
-      <c r="D304" s="1" t="s">
+      <c r="E304" s="2" t="s">
         <v>1161</v>
       </c>
-      <c r="E304" s="2" t="s">
+      <c r="F304" s="2" t="s">
         <v>1162</v>
-      </c>
-[...1 lines deleted...]
-        <v>1163</v>
       </c>
       <c r="G304" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H304" s="2">
         <v>0</v>
       </c>
       <c r="I304" s="1">
         <v>0</v>
       </c>
       <c r="J304" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K304" s="2" t="str">
         <f>J304*526.06</f>
         <v>0</v>
       </c>
       <c r="L304" s="5"/>
     </row>
     <row r="305" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A305" s="1"/>
       <c r="B305" s="1">
         <v>837290</v>
       </c>
       <c r="C305" s="1" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D305" s="1" t="s">
         <v>1164</v>
       </c>
-      <c r="D305" s="1" t="s">
+      <c r="E305" s="2" t="s">
         <v>1165</v>
       </c>
-      <c r="E305" s="2" t="s">
+      <c r="F305" s="2" t="s">
         <v>1166</v>
       </c>
-      <c r="F305" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G305" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H305" s="2">
         <v>0</v>
       </c>
       <c r="I305" s="1">
         <v>0</v>
       </c>
       <c r="J305" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K305" s="2" t="str">
         <f>J305*565.00</f>
         <v>0</v>
       </c>
       <c r="L305" s="5"/>
     </row>
     <row r="306" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A306" s="1"/>
       <c r="B306" s="1">
         <v>837294</v>
       </c>
       <c r="C306" s="1" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D306" s="1" t="s">
         <v>1168</v>
       </c>
-      <c r="D306" s="1" t="s">
+      <c r="E306" s="2" t="s">
         <v>1169</v>
       </c>
-      <c r="E306" s="2" t="s">
+      <c r="F306" s="2" t="s">
         <v>1170</v>
-      </c>
-[...1 lines deleted...]
-        <v>1171</v>
       </c>
       <c r="G306" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H306" s="2">
         <v>0</v>
       </c>
       <c r="I306" s="1">
         <v>0</v>
       </c>
       <c r="J306" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K306" s="2" t="str">
         <f>J306*966.82</f>
         <v>0</v>
       </c>
       <c r="L306" s="5"/>
     </row>
     <row r="307" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A307" s="1"/>
       <c r="B307" s="1">
         <v>859024</v>
       </c>
       <c r="C307" s="1" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D307" s="1" t="s">
         <v>1172</v>
       </c>
-      <c r="D307" s="1" t="s">
+      <c r="E307" s="2" t="s">
         <v>1173</v>
       </c>
-      <c r="E307" s="2" t="s">
+      <c r="F307" s="2" t="s">
         <v>1174</v>
-      </c>
-[...1 lines deleted...]
-        <v>1175</v>
       </c>
       <c r="G307" s="2">
         <v>0</v>
       </c>
       <c r="H307" s="2">
         <v>0</v>
       </c>
       <c r="I307" s="1">
         <v>0</v>
       </c>
       <c r="J307" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K307" s="2" t="str">
         <f>J307*1609.99</f>
         <v>0</v>
       </c>
       <c r="L307" s="5"/>
     </row>
     <row r="308" spans="1:12" outlineLevel="3">
       <c r="A308" s="9" t="s">
-        <v>1176</v>
+        <v>1175</v>
       </c>
       <c r="B308" s="9"/>
       <c r="C308" s="9"/>
       <c r="D308" s="9"/>
       <c r="E308" s="9"/>
       <c r="F308" s="9"/>
       <c r="G308" s="9"/>
       <c r="H308" s="9"/>
       <c r="I308" s="9"/>
       <c r="J308" s="9"/>
       <c r="K308" s="9"/>
       <c r="L308" s="5"/>
     </row>
     <row r="309" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A309" s="1"/>
       <c r="B309" s="1">
         <v>859025</v>
       </c>
       <c r="C309" s="1" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D309" s="1" t="s">
         <v>1177</v>
       </c>
-      <c r="D309" s="1" t="s">
+      <c r="E309" s="2" t="s">
         <v>1178</v>
       </c>
-      <c r="E309" s="2" t="s">
+      <c r="F309" s="2" t="s">
         <v>1179</v>
       </c>
-      <c r="F309" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G309" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H309" s="2">
         <v>0</v>
       </c>
       <c r="I309" s="1">
         <v>0</v>
       </c>
       <c r="J309" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K309" s="2" t="str">
         <f>J309*403.72</f>
         <v>0</v>
       </c>
       <c r="L309" s="5"/>
     </row>
     <row r="310" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A310" s="1"/>
       <c r="B310" s="1">
         <v>859028</v>
       </c>
       <c r="C310" s="1" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D310" s="1" t="s">
         <v>1181</v>
       </c>
-      <c r="D310" s="1" t="s">
+      <c r="E310" s="2" t="s">
         <v>1182</v>
       </c>
-      <c r="E310" s="2" t="s">
+      <c r="F310" s="2" t="s">
         <v>1183</v>
       </c>
-      <c r="F310" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G310" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H310" s="2">
         <v>0</v>
       </c>
       <c r="I310" s="1">
         <v>0</v>
       </c>
       <c r="J310" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K310" s="2" t="str">
         <f>J310*423.29</f>
         <v>0</v>
       </c>
       <c r="L310" s="5"/>
     </row>
     <row r="311" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A311" s="1"/>
       <c r="B311" s="1">
         <v>859031</v>
       </c>
       <c r="C311" s="1" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D311" s="1" t="s">
         <v>1185</v>
       </c>
-      <c r="D311" s="1" t="s">
+      <c r="E311" s="2" t="s">
         <v>1186</v>
       </c>
-      <c r="E311" s="2" t="s">
+      <c r="F311" s="2" t="s">
         <v>1187</v>
       </c>
-      <c r="F311" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G311" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="H311" s="2">
         <v>0</v>
       </c>
       <c r="I311" s="1">
         <v>0</v>
       </c>
       <c r="J311" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K311" s="2" t="str">
         <f>J311*406.17</f>
         <v>0</v>
       </c>
       <c r="L311" s="5"/>
     </row>
     <row r="312" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A312" s="1"/>
       <c r="B312" s="1">
         <v>859034</v>
       </c>
       <c r="C312" s="1" t="s">
+        <v>1188</v>
+      </c>
+      <c r="D312" s="1" t="s">
         <v>1189</v>
       </c>
-      <c r="D312" s="1" t="s">
+      <c r="E312" s="2" t="s">
         <v>1190</v>
       </c>
-      <c r="E312" s="2" t="s">
+      <c r="F312" s="2" t="s">
         <v>1191</v>
-      </c>
-[...1 lines deleted...]
-        <v>1192</v>
       </c>
       <c r="G312" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H312" s="2">
         <v>0</v>
       </c>
       <c r="I312" s="1">
         <v>0</v>
       </c>
       <c r="J312" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K312" s="2" t="str">
         <f>J312*423.68</f>
         <v>0</v>
       </c>
       <c r="L312" s="5"/>
     </row>
     <row r="313" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A313" s="1"/>
       <c r="B313" s="1">
         <v>873437</v>
       </c>
       <c r="C313" s="1" t="s">
+        <v>1192</v>
+      </c>
+      <c r="D313" s="1" t="s">
         <v>1193</v>
       </c>
-      <c r="D313" s="1" t="s">
+      <c r="E313" s="2" t="s">
         <v>1194</v>
       </c>
-      <c r="E313" s="2" t="s">
+      <c r="F313" s="2" t="s">
         <v>1195</v>
-      </c>
-[...1 lines deleted...]
-        <v>1196</v>
       </c>
       <c r="G313" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H313" s="2">
         <v>0</v>
       </c>
       <c r="I313" s="1">
         <v>0</v>
       </c>
       <c r="J313" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K313" s="2" t="str">
         <f>J313*564.77</f>
         <v>0</v>
       </c>
       <c r="L313" s="5"/>
     </row>
     <row r="314" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A314" s="1"/>
       <c r="B314" s="1">
         <v>873438</v>
       </c>
       <c r="C314" s="1" t="s">
+        <v>1196</v>
+      </c>
+      <c r="D314" s="1" t="s">
         <v>1197</v>
       </c>
-      <c r="D314" s="1" t="s">
+      <c r="E314" s="2" t="s">
         <v>1198</v>
       </c>
-      <c r="E314" s="2" t="s">
+      <c r="F314" s="2" t="s">
         <v>1199</v>
       </c>
-      <c r="F314" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G314" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H314" s="2">
         <v>0</v>
       </c>
       <c r="I314" s="1">
         <v>0</v>
       </c>
       <c r="J314" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K314" s="2" t="str">
         <f>J314*807.55</f>
         <v>0</v>
       </c>
       <c r="L314" s="5"/>
     </row>
     <row r="315" spans="1:12" outlineLevel="2">
       <c r="A315" s="8" t="s">
-        <v>1201</v>
+        <v>1200</v>
       </c>
       <c r="B315" s="8"/>
       <c r="C315" s="8"/>
       <c r="D315" s="8"/>
       <c r="E315" s="8"/>
       <c r="F315" s="8"/>
       <c r="G315" s="8"/>
       <c r="H315" s="8"/>
       <c r="I315" s="8"/>
       <c r="J315" s="8"/>
       <c r="K315" s="8"/>
       <c r="L315" s="5"/>
     </row>
     <row r="316" spans="1:12" outlineLevel="3">
       <c r="A316" s="9" t="s">
-        <v>1202</v>
+        <v>1201</v>
       </c>
       <c r="B316" s="9"/>
       <c r="C316" s="9"/>
       <c r="D316" s="9"/>
       <c r="E316" s="9"/>
       <c r="F316" s="9"/>
       <c r="G316" s="9"/>
       <c r="H316" s="9"/>
       <c r="I316" s="9"/>
       <c r="J316" s="9"/>
       <c r="K316" s="9"/>
       <c r="L316" s="5"/>
     </row>
     <row r="317" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A317" s="1"/>
       <c r="B317" s="1">
         <v>882403</v>
       </c>
       <c r="C317" s="1" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D317" s="1" t="s">
         <v>1203</v>
       </c>
-      <c r="D317" s="1" t="s">
+      <c r="E317" s="2" t="s">
         <v>1204</v>
       </c>
-      <c r="E317" s="2" t="s">
+      <c r="F317" s="2" t="s">
         <v>1205</v>
-      </c>
-[...1 lines deleted...]
-        <v>1206</v>
       </c>
       <c r="G317" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H317" s="2">
         <v>0</v>
       </c>
       <c r="I317" s="1">
         <v>0</v>
       </c>
       <c r="J317" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K317" s="2" t="str">
         <f>J317*361.25</f>
         <v>0</v>
       </c>
       <c r="L317" s="5"/>
     </row>
     <row r="318" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A318" s="1"/>
       <c r="B318" s="1">
         <v>882404</v>
       </c>
       <c r="C318" s="1" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D318" s="1" t="s">
         <v>1207</v>
       </c>
-      <c r="D318" s="1" t="s">
+      <c r="E318" s="2" t="s">
         <v>1208</v>
       </c>
-      <c r="E318" s="2" t="s">
+      <c r="F318" s="2" t="s">
         <v>1209</v>
-      </c>
-[...1 lines deleted...]
-        <v>1210</v>
       </c>
       <c r="G318" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H318" s="2">
         <v>0</v>
       </c>
       <c r="I318" s="1">
         <v>0</v>
       </c>
       <c r="J318" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K318" s="2" t="str">
         <f>J318*467.83</f>
         <v>0</v>
       </c>
       <c r="L318" s="5"/>
     </row>
     <row r="319" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A319" s="1"/>
       <c r="B319" s="1">
         <v>882405</v>
       </c>
       <c r="C319" s="1" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D319" s="1" t="s">
         <v>1211</v>
       </c>
-      <c r="D319" s="1" t="s">
+      <c r="E319" s="2" t="s">
         <v>1212</v>
       </c>
-      <c r="E319" s="2" t="s">
+      <c r="F319" s="2" t="s">
         <v>1213</v>
       </c>
-      <c r="F319" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G319" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H319" s="2">
         <v>0</v>
       </c>
       <c r="I319" s="1">
         <v>0</v>
       </c>
       <c r="J319" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K319" s="2" t="str">
         <f>J319*908.43</f>
         <v>0</v>
       </c>
       <c r="L319" s="5"/>
     </row>
     <row r="320" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A320" s="1"/>
       <c r="B320" s="1">
         <v>882406</v>
       </c>
       <c r="C320" s="1" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D320" s="1" t="s">
         <v>1215</v>
       </c>
-      <c r="D320" s="1" t="s">
+      <c r="E320" s="2" t="s">
         <v>1216</v>
       </c>
-      <c r="E320" s="2" t="s">
+      <c r="F320" s="2" t="s">
         <v>1217</v>
       </c>
-      <c r="F320" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G320" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H320" s="2">
         <v>0</v>
       </c>
       <c r="I320" s="1">
         <v>0</v>
       </c>
       <c r="J320" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K320" s="2" t="str">
         <f>J320*1415.03</f>
         <v>0</v>
       </c>
       <c r="L320" s="5"/>
     </row>
     <row r="321" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A321" s="1"/>
       <c r="B321" s="1">
         <v>882407</v>
       </c>
       <c r="C321" s="1" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D321" s="1" t="s">
         <v>1219</v>
       </c>
-      <c r="D321" s="1" t="s">
+      <c r="E321" s="2" t="s">
         <v>1220</v>
       </c>
-      <c r="E321" s="2" t="s">
+      <c r="F321" s="2" t="s">
         <v>1221</v>
       </c>
-      <c r="F321" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G321" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H321" s="2">
         <v>0</v>
       </c>
       <c r="I321" s="1">
         <v>0</v>
       </c>
       <c r="J321" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K321" s="2" t="str">
         <f>J321*2373.07</f>
         <v>0</v>
       </c>
       <c r="L321" s="5"/>
     </row>
     <row r="322" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A322" s="1"/>
       <c r="B322" s="1">
         <v>882408</v>
       </c>
       <c r="C322" s="1" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D322" s="1" t="s">
         <v>1223</v>
       </c>
-      <c r="D322" s="1" t="s">
+      <c r="E322" s="2" t="s">
         <v>1224</v>
       </c>
-      <c r="E322" s="2" t="s">
+      <c r="F322" s="2" t="s">
         <v>1225</v>
-      </c>
-[...1 lines deleted...]
-        <v>1226</v>
       </c>
       <c r="G322" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H322" s="2">
         <v>0</v>
       </c>
       <c r="I322" s="1">
         <v>0</v>
       </c>
       <c r="J322" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K322" s="2" t="str">
         <f>J322*3650.51</f>
         <v>0</v>
       </c>
       <c r="L322" s="5"/>
     </row>
     <row r="323" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A323" s="1"/>
       <c r="B323" s="1">
         <v>882409</v>
       </c>
       <c r="C323" s="1" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D323" s="1" t="s">
         <v>1227</v>
       </c>
-      <c r="D323" s="1" t="s">
+      <c r="E323" s="2" t="s">
         <v>1228</v>
       </c>
-      <c r="E323" s="2" t="s">
+      <c r="F323" s="2" t="s">
         <v>1229</v>
-      </c>
-[...1 lines deleted...]
-        <v>1230</v>
       </c>
       <c r="G323" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H323" s="2">
         <v>0</v>
       </c>
       <c r="I323" s="1">
         <v>0</v>
       </c>
       <c r="J323" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K323" s="2" t="str">
         <f>J323*356.41</f>
         <v>0</v>
       </c>
       <c r="L323" s="5"/>
     </row>
     <row r="324" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A324" s="1"/>
       <c r="B324" s="1">
         <v>882410</v>
       </c>
       <c r="C324" s="1" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D324" s="1" t="s">
         <v>1231</v>
       </c>
-      <c r="D324" s="1" t="s">
+      <c r="E324" s="2" t="s">
         <v>1232</v>
       </c>
-      <c r="E324" s="2" t="s">
+      <c r="F324" s="2" t="s">
         <v>1233</v>
       </c>
-      <c r="F324" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G324" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H324" s="2">
         <v>0</v>
       </c>
       <c r="I324" s="1">
         <v>0</v>
       </c>
       <c r="J324" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K324" s="2" t="str">
         <f>J324*462.67</f>
         <v>0</v>
       </c>
       <c r="L324" s="5"/>
     </row>
     <row r="325" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A325" s="1"/>
       <c r="B325" s="1">
         <v>882411</v>
       </c>
       <c r="C325" s="1" t="s">
+        <v>1234</v>
+      </c>
+      <c r="D325" s="1" t="s">
         <v>1235</v>
       </c>
-      <c r="D325" s="1" t="s">
+      <c r="E325" s="2" t="s">
         <v>1236</v>
       </c>
-      <c r="E325" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F325" s="2" t="s">
-        <v>1214</v>
+        <v>1213</v>
       </c>
       <c r="G325" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H325" s="2">
         <v>0</v>
       </c>
       <c r="I325" s="1">
         <v>0</v>
       </c>
       <c r="J325" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K325" s="2" t="str">
         <f>J325*908.43</f>
         <v>0</v>
       </c>
       <c r="L325" s="5"/>
     </row>
     <row r="326" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A326" s="1"/>
       <c r="B326" s="1">
         <v>882412</v>
       </c>
       <c r="C326" s="1" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D326" s="1" t="s">
         <v>1238</v>
       </c>
-      <c r="D326" s="1" t="s">
+      <c r="E326" s="2" t="s">
         <v>1239</v>
       </c>
-      <c r="E326" s="2" t="s">
+      <c r="F326" s="2" t="s">
         <v>1240</v>
       </c>
-      <c r="F326" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G326" s="2" t="s">
-        <v>48</v>
+        <v>88</v>
       </c>
       <c r="H326" s="2">
         <v>0</v>
       </c>
       <c r="I326" s="1">
         <v>0</v>
       </c>
       <c r="J326" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K326" s="2" t="str">
         <f>J326*363.45</f>
         <v>0</v>
       </c>
       <c r="L326" s="5"/>
     </row>
     <row r="327" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A327" s="1"/>
       <c r="B327" s="1">
         <v>882413</v>
       </c>
       <c r="C327" s="1" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D327" s="1" t="s">
         <v>1242</v>
       </c>
-      <c r="D327" s="1" t="s">
+      <c r="E327" s="2" t="s">
         <v>1243</v>
       </c>
-      <c r="E327" s="2" t="s">
+      <c r="F327" s="2" t="s">
         <v>1244</v>
       </c>
-      <c r="F327" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G327" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H327" s="2">
         <v>0</v>
       </c>
       <c r="I327" s="1">
         <v>0</v>
       </c>
       <c r="J327" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K327" s="2" t="str">
         <f>J327*524.83</f>
         <v>0</v>
       </c>
       <c r="L327" s="5"/>
     </row>
     <row r="328" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A328" s="1"/>
       <c r="B328" s="1">
         <v>882414</v>
       </c>
       <c r="C328" s="1" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D328" s="1" t="s">
         <v>1246</v>
       </c>
-      <c r="D328" s="1" t="s">
+      <c r="E328" s="2" t="s">
         <v>1247</v>
       </c>
-      <c r="E328" s="2" t="s">
+      <c r="F328" s="2" t="s">
         <v>1248</v>
-      </c>
-[...1 lines deleted...]
-        <v>1249</v>
       </c>
       <c r="G328" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H328" s="2">
         <v>0</v>
       </c>
       <c r="I328" s="1">
         <v>0</v>
       </c>
       <c r="J328" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K328" s="2" t="str">
         <f>J328*952.09</f>
         <v>0</v>
       </c>
       <c r="L328" s="5"/>
     </row>
     <row r="329" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A329" s="1"/>
       <c r="B329" s="1">
         <v>882415</v>
       </c>
       <c r="C329" s="1" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D329" s="1" t="s">
         <v>1250</v>
       </c>
-      <c r="D329" s="1" t="s">
+      <c r="E329" s="2" t="s">
         <v>1251</v>
       </c>
-      <c r="E329" s="2" t="s">
+      <c r="F329" s="2" t="s">
         <v>1252</v>
-      </c>
-[...1 lines deleted...]
-        <v>1253</v>
       </c>
       <c r="G329" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H329" s="2">
         <v>0</v>
       </c>
       <c r="I329" s="1">
         <v>0</v>
       </c>
       <c r="J329" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K329" s="2" t="str">
         <f>J329*1619.45</f>
         <v>0</v>
       </c>
       <c r="L329" s="5"/>
     </row>
     <row r="330" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A330" s="1"/>
       <c r="B330" s="1">
         <v>882416</v>
       </c>
       <c r="C330" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D330" s="1" t="s">
         <v>1254</v>
       </c>
-      <c r="D330" s="1" t="s">
+      <c r="E330" s="2" t="s">
         <v>1255</v>
       </c>
-      <c r="E330" s="2" t="s">
+      <c r="F330" s="2" t="s">
         <v>1256</v>
-      </c>
-[...1 lines deleted...]
-        <v>1257</v>
       </c>
       <c r="G330" s="2">
         <v>10</v>
       </c>
       <c r="H330" s="2">
         <v>0</v>
       </c>
       <c r="I330" s="1">
         <v>0</v>
       </c>
       <c r="J330" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K330" s="2" t="str">
         <f>J330*2450.28</f>
         <v>0</v>
       </c>
       <c r="L330" s="5"/>
     </row>
     <row r="331" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A331" s="1"/>
       <c r="B331" s="1">
         <v>882417</v>
       </c>
       <c r="C331" s="1" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D331" s="1" t="s">
         <v>1258</v>
       </c>
-      <c r="D331" s="1" t="s">
+      <c r="E331" s="2" t="s">
         <v>1259</v>
       </c>
-      <c r="E331" s="2" t="s">
+      <c r="F331" s="2" t="s">
         <v>1260</v>
       </c>
-      <c r="F331" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G331" s="2" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="H331" s="2">
         <v>0</v>
       </c>
       <c r="I331" s="1">
         <v>0</v>
       </c>
       <c r="J331" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K331" s="2" t="str">
         <f>J331*358.59</f>
         <v>0</v>
       </c>
       <c r="L331" s="5"/>
     </row>
     <row r="332" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A332" s="1"/>
       <c r="B332" s="1">
         <v>882418</v>
       </c>
       <c r="C332" s="1" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D332" s="1" t="s">
         <v>1262</v>
       </c>
-      <c r="D332" s="1" t="s">
+      <c r="E332" s="2" t="s">
         <v>1263</v>
       </c>
-      <c r="E332" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F332" s="2" t="s">
-        <v>1245</v>
+        <v>1244</v>
       </c>
       <c r="G332" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H332" s="2">
         <v>0</v>
       </c>
       <c r="I332" s="1">
         <v>0</v>
       </c>
       <c r="J332" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K332" s="2" t="str">
         <f>J332*524.83</f>
         <v>0</v>
       </c>
       <c r="L332" s="5"/>
     </row>
     <row r="333" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A333" s="1"/>
       <c r="B333" s="1">
         <v>882419</v>
       </c>
       <c r="C333" s="1" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D333" s="1" t="s">
         <v>1265</v>
       </c>
-      <c r="D333" s="1" t="s">
+      <c r="E333" s="2" t="s">
         <v>1266</v>
       </c>
-      <c r="E333" s="2" t="s">
+      <c r="F333" s="2" t="s">
         <v>1267</v>
       </c>
-      <c r="F333" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G333" s="2" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="H333" s="2">
         <v>0</v>
       </c>
       <c r="I333" s="1">
         <v>0</v>
       </c>
       <c r="J333" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K333" s="2" t="str">
         <f>J333*937.75</f>
         <v>0</v>
       </c>
       <c r="L333" s="5"/>
     </row>
     <row r="334" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A334" s="1"/>
       <c r="B334" s="1">
         <v>882420</v>
       </c>
       <c r="C334" s="1" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D334" s="1" t="s">
         <v>1269</v>
       </c>
-      <c r="D334" s="1" t="s">
+      <c r="E334" s="2" t="s">
         <v>1270</v>
       </c>
-      <c r="E334" s="2" t="s">
+      <c r="F334" s="2" t="s">
         <v>1271</v>
       </c>
-      <c r="F334" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G334" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H334" s="2">
         <v>0</v>
       </c>
       <c r="I334" s="1">
         <v>0</v>
       </c>
       <c r="J334" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K334" s="2" t="str">
         <f>J334*558.87</f>
         <v>0</v>
       </c>
       <c r="L334" s="5"/>
     </row>
     <row r="335" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A335" s="1"/>
       <c r="B335" s="1">
         <v>882421</v>
       </c>
       <c r="C335" s="1" t="s">
+        <v>1272</v>
+      </c>
+      <c r="D335" s="1" t="s">
         <v>1273</v>
       </c>
-      <c r="D335" s="1" t="s">
+      <c r="E335" s="2" t="s">
         <v>1274</v>
       </c>
-      <c r="E335" s="2" t="s">
+      <c r="F335" s="2" t="s">
         <v>1275</v>
       </c>
-      <c r="F335" s="2" t="s">
-[...3 lines deleted...]
-        <v>10</v>
+      <c r="G335" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H335" s="2">
         <v>0</v>
       </c>
       <c r="I335" s="1">
         <v>0</v>
       </c>
       <c r="J335" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K335" s="2" t="str">
         <f>J335*796.46</f>
         <v>0</v>
       </c>
       <c r="L335" s="5"/>
     </row>
     <row r="336" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A336" s="1"/>
       <c r="B336" s="1">
         <v>882422</v>
       </c>
       <c r="C336" s="1" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D336" s="1" t="s">
         <v>1277</v>
       </c>
-      <c r="D336" s="1" t="s">
+      <c r="E336" s="2" t="s">
         <v>1278</v>
       </c>
-      <c r="E336" s="2" t="s">
+      <c r="F336" s="2" t="s">
         <v>1279</v>
       </c>
-      <c r="F336" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G336" s="2" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="H336" s="2">
         <v>0</v>
       </c>
       <c r="I336" s="1">
         <v>0</v>
       </c>
       <c r="J336" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K336" s="2" t="str">
         <f>J336*1282.57</f>
         <v>0</v>
       </c>
       <c r="L336" s="5"/>
     </row>
     <row r="337" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A337" s="1"/>
       <c r="B337" s="1">
         <v>882423</v>
       </c>
       <c r="C337" s="1" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D337" s="1" t="s">
         <v>1281</v>
       </c>
-      <c r="D337" s="1" t="s">
+      <c r="E337" s="2" t="s">
         <v>1282</v>
       </c>
-      <c r="E337" s="2" t="s">
+      <c r="F337" s="2" t="s">
         <v>1283</v>
-      </c>
-[...1 lines deleted...]
-        <v>1284</v>
       </c>
       <c r="G337" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H337" s="2">
         <v>0</v>
       </c>
       <c r="I337" s="1">
         <v>0</v>
       </c>
       <c r="J337" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K337" s="2" t="str">
         <f>J337*1291.97</f>
         <v>0</v>
       </c>
       <c r="L337" s="5"/>
     </row>
     <row r="338" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A338" s="1"/>
       <c r="B338" s="1">
         <v>882424</v>
       </c>
       <c r="C338" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D338" s="1" t="s">
         <v>1285</v>
       </c>
-      <c r="D338" s="1" t="s">
+      <c r="E338" s="2" t="s">
         <v>1286</v>
       </c>
-      <c r="E338" s="2" t="s">
+      <c r="F338" s="2" t="s">
         <v>1287</v>
-      </c>
-[...1 lines deleted...]
-        <v>1288</v>
       </c>
       <c r="G338" s="2">
         <v>0</v>
       </c>
       <c r="H338" s="2">
         <v>0</v>
       </c>
       <c r="I338" s="1">
         <v>0</v>
       </c>
       <c r="J338" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K338" s="2" t="str">
         <f>J338*1974.73</f>
         <v>0</v>
       </c>
       <c r="L338" s="5"/>
     </row>
     <row r="339" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A339" s="1"/>
       <c r="B339" s="1">
         <v>882425</v>
       </c>
       <c r="C339" s="1" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D339" s="1" t="s">
         <v>1289</v>
       </c>
-      <c r="D339" s="1" t="s">
+      <c r="E339" s="2" t="s">
         <v>1290</v>
       </c>
-      <c r="E339" s="2" t="s">
+      <c r="F339" s="2" t="s">
         <v>1291</v>
-      </c>
-[...1 lines deleted...]
-        <v>1292</v>
       </c>
       <c r="G339" s="2">
         <v>0</v>
       </c>
       <c r="H339" s="2">
         <v>0</v>
       </c>
       <c r="I339" s="1">
         <v>0</v>
       </c>
       <c r="J339" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K339" s="2" t="str">
         <f>J339*0.00</f>
         <v>0</v>
       </c>
       <c r="L339" s="5"/>
     </row>
     <row r="340" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A340" s="1"/>
       <c r="B340" s="1">
         <v>882426</v>
       </c>
       <c r="C340" s="1" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D340" s="1" t="s">
         <v>1293</v>
       </c>
-      <c r="D340" s="1" t="s">
+      <c r="E340" s="2" t="s">
         <v>1294</v>
       </c>
-      <c r="E340" s="2" t="s">
+      <c r="F340" s="2" t="s">
         <v>1295</v>
-      </c>
-[...1 lines deleted...]
-        <v>1296</v>
       </c>
       <c r="G340" s="2">
         <v>0</v>
       </c>
       <c r="H340" s="2">
         <v>0</v>
       </c>
       <c r="I340" s="1">
         <v>0</v>
       </c>
       <c r="J340" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K340" s="2" t="str">
         <f>J340*411.16</f>
         <v>0</v>
       </c>
       <c r="L340" s="5"/>
     </row>
     <row r="341" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A341" s="1"/>
       <c r="B341" s="1">
         <v>882427</v>
       </c>
       <c r="C341" s="1" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D341" s="1" t="s">
         <v>1297</v>
       </c>
-      <c r="D341" s="1" t="s">
+      <c r="E341" s="2" t="s">
         <v>1298</v>
       </c>
-      <c r="E341" s="2" t="s">
+      <c r="F341" s="2" t="s">
         <v>1299</v>
-      </c>
-[...1 lines deleted...]
-        <v>1300</v>
       </c>
       <c r="G341" s="2">
         <v>0</v>
       </c>
       <c r="H341" s="2">
         <v>0</v>
       </c>
       <c r="I341" s="1">
         <v>0</v>
       </c>
       <c r="J341" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K341" s="2" t="str">
         <f>J341*581.34</f>
         <v>0</v>
       </c>
       <c r="L341" s="5"/>
     </row>
     <row r="342" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A342" s="1"/>
       <c r="B342" s="1">
         <v>882428</v>
       </c>
       <c r="C342" s="1" t="s">
+        <v>1300</v>
+      </c>
+      <c r="D342" s="1" t="s">
         <v>1301</v>
       </c>
-      <c r="D342" s="1" t="s">
+      <c r="E342" s="2" t="s">
         <v>1302</v>
       </c>
-      <c r="E342" s="2" t="s">
+      <c r="F342" s="2" t="s">
         <v>1303</v>
-      </c>
-[...1 lines deleted...]
-        <v>1304</v>
       </c>
       <c r="G342" s="2">
         <v>0</v>
       </c>
       <c r="H342" s="2">
         <v>0</v>
       </c>
       <c r="I342" s="1">
         <v>0</v>
       </c>
       <c r="J342" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K342" s="2" t="str">
         <f>J342*998.52</f>
         <v>0</v>
       </c>
       <c r="L342" s="5"/>
     </row>
     <row r="343" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A343" s="1"/>
       <c r="B343" s="1">
         <v>882429</v>
       </c>
       <c r="C343" s="1" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D343" s="1" t="s">
         <v>1305</v>
       </c>
-      <c r="D343" s="1" t="s">
+      <c r="E343" s="2" t="s">
         <v>1306</v>
       </c>
-      <c r="E343" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F343" s="2" t="s">
-        <v>1296</v>
+        <v>1295</v>
       </c>
       <c r="G343" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H343" s="2">
         <v>0</v>
       </c>
       <c r="I343" s="1">
         <v>0</v>
       </c>
       <c r="J343" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K343" s="2" t="str">
         <f>J343*411.16</f>
         <v>0</v>
       </c>
       <c r="L343" s="5"/>
     </row>
     <row r="344" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A344" s="1"/>
       <c r="B344" s="1">
         <v>882430</v>
       </c>
       <c r="C344" s="1" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D344" s="1" t="s">
         <v>1308</v>
       </c>
-      <c r="D344" s="1" t="s">
+      <c r="E344" s="2" t="s">
         <v>1309</v>
       </c>
-      <c r="E344" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F344" s="2" t="s">
-        <v>1300</v>
+        <v>1299</v>
       </c>
       <c r="G344" s="2">
         <v>0</v>
       </c>
       <c r="H344" s="2">
         <v>0</v>
       </c>
       <c r="I344" s="1">
         <v>0</v>
       </c>
       <c r="J344" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K344" s="2" t="str">
         <f>J344*581.34</f>
         <v>0</v>
       </c>
       <c r="L344" s="5"/>
     </row>
     <row r="345" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A345" s="1"/>
       <c r="B345" s="1">
         <v>882431</v>
       </c>
       <c r="C345" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D345" s="1" t="s">
         <v>1311</v>
       </c>
-      <c r="D345" s="1" t="s">
+      <c r="E345" s="2" t="s">
         <v>1312</v>
       </c>
-      <c r="E345" s="2" t="s">
+      <c r="F345" s="2" t="s">
         <v>1313</v>
-      </c>
-[...1 lines deleted...]
-        <v>1314</v>
       </c>
       <c r="G345" s="2">
         <v>0</v>
       </c>
       <c r="H345" s="2">
         <v>0</v>
       </c>
       <c r="I345" s="1">
         <v>0</v>
       </c>
       <c r="J345" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K345" s="2" t="str">
         <f>J345*998.48</f>
         <v>0</v>
       </c>
       <c r="L345" s="5"/>
     </row>
     <row r="346" spans="1:12" outlineLevel="2">
       <c r="A346" s="8" t="s">
-        <v>1315</v>
+        <v>1314</v>
       </c>
       <c r="B346" s="8"/>
       <c r="C346" s="8"/>
       <c r="D346" s="8"/>
       <c r="E346" s="8"/>
       <c r="F346" s="8"/>
       <c r="G346" s="8"/>
       <c r="H346" s="8"/>
       <c r="I346" s="8"/>
       <c r="J346" s="8"/>
       <c r="K346" s="8"/>
       <c r="L346" s="5"/>
     </row>
     <row r="347" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A347" s="1"/>
       <c r="B347" s="1">
         <v>882516</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1316</v>
+        <v>1315</v>
       </c>
       <c r="D347" s="1"/>
       <c r="E347" s="2" t="s">
+        <v>1316</v>
+      </c>
+      <c r="F347" s="2" t="s">
         <v>1317</v>
       </c>
-      <c r="F347" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G347" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H347" s="2">
         <v>0</v>
       </c>
       <c r="I347" s="1">
         <v>0</v>
       </c>
       <c r="J347" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K347" s="2" t="str">
         <f>J347*212.04</f>
         <v>0</v>
       </c>
       <c r="L347" s="5"/>
     </row>
     <row r="348" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A348" s="1"/>
       <c r="B348" s="1">
         <v>882517</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1319</v>
+        <v>1318</v>
       </c>
       <c r="D348" s="1"/>
       <c r="E348" s="2" t="s">
+        <v>1319</v>
+      </c>
+      <c r="F348" s="2" t="s">
         <v>1320</v>
-      </c>
-[...1 lines deleted...]
-        <v>1321</v>
       </c>
       <c r="G348" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H348" s="2">
         <v>0</v>
       </c>
       <c r="I348" s="1">
         <v>0</v>
       </c>
       <c r="J348" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K348" s="2" t="str">
         <f>J348*299.25</f>
         <v>0</v>
       </c>
       <c r="L348" s="5"/>
     </row>
     <row r="349" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A349" s="1"/>
       <c r="B349" s="1">
         <v>882518</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1322</v>
+        <v>1321</v>
       </c>
       <c r="D349" s="1"/>
       <c r="E349" s="2" t="s">
+        <v>1322</v>
+      </c>
+      <c r="F349" s="2" t="s">
         <v>1323</v>
       </c>
-      <c r="F349" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G349" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H349" s="2">
         <v>0</v>
       </c>
       <c r="I349" s="1">
         <v>0</v>
       </c>
       <c r="J349" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K349" s="2" t="str">
         <f>J349*388.17</f>
         <v>0</v>
       </c>
       <c r="L349" s="5"/>
     </row>
     <row r="350" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A350" s="1"/>
       <c r="B350" s="1">
         <v>882519</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1325</v>
+        <v>1324</v>
       </c>
       <c r="D350" s="1"/>
       <c r="E350" s="2" t="s">
-        <v>1326</v>
+        <v>1325</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>1318</v>
+        <v>1317</v>
       </c>
       <c r="G350" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H350" s="2">
         <v>0</v>
       </c>
       <c r="I350" s="1">
         <v>0</v>
       </c>
       <c r="J350" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K350" s="2" t="str">
         <f>J350*212.04</f>
         <v>0</v>
       </c>
       <c r="L350" s="5"/>
     </row>
     <row r="351" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A351" s="1"/>
       <c r="B351" s="1">
         <v>882520</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1327</v>
+        <v>1326</v>
       </c>
       <c r="D351" s="1"/>
       <c r="E351" s="2" t="s">
+        <v>1327</v>
+      </c>
+      <c r="F351" s="2" t="s">
         <v>1328</v>
-      </c>
-[...1 lines deleted...]
-        <v>1329</v>
       </c>
       <c r="G351" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H351" s="2">
         <v>0</v>
       </c>
       <c r="I351" s="1">
         <v>0</v>
       </c>
       <c r="J351" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K351" s="2" t="str">
         <f>J351*309.51</f>
         <v>0</v>
       </c>
       <c r="L351" s="5"/>
     </row>
     <row r="352" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A352" s="1"/>
       <c r="B352" s="1">
         <v>882521</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1330</v>
+        <v>1329</v>
       </c>
       <c r="D352" s="1"/>
       <c r="E352" s="2" t="s">
+        <v>1330</v>
+      </c>
+      <c r="F352" s="2" t="s">
         <v>1331</v>
       </c>
-      <c r="F352" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G352" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H352" s="2">
         <v>0</v>
       </c>
       <c r="I352" s="1">
         <v>0</v>
       </c>
       <c r="J352" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K352" s="2" t="str">
         <f>J352*396.72</f>
         <v>0</v>
       </c>
       <c r="L352" s="5"/>
     </row>
     <row r="353" spans="1:12" outlineLevel="2">
       <c r="A353" s="8" t="s">
-        <v>1333</v>
+        <v>1332</v>
       </c>
       <c r="B353" s="8"/>
       <c r="C353" s="8"/>
       <c r="D353" s="8"/>
       <c r="E353" s="8"/>
       <c r="F353" s="8"/>
       <c r="G353" s="8"/>
       <c r="H353" s="8"/>
       <c r="I353" s="8"/>
       <c r="J353" s="8"/>
       <c r="K353" s="8"/>
       <c r="L353" s="5"/>
     </row>
     <row r="354" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A354" s="1"/>
       <c r="B354" s="1">
         <v>884199</v>
       </c>
       <c r="C354" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D354" s="1" t="s">
         <v>1334</v>
       </c>
-      <c r="D354" s="1" t="s">
+      <c r="E354" s="2" t="s">
         <v>1335</v>
       </c>
-      <c r="E354" s="2" t="s">
+      <c r="F354" s="2" t="s">
         <v>1336</v>
       </c>
-      <c r="F354" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G354" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="H354" s="2">
         <v>0</v>
       </c>
       <c r="I354" s="1">
         <v>0</v>
       </c>
       <c r="J354" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K354" s="2" t="str">
-        <f>J354*393.96</f>
+        <f>J354*394.77</f>
         <v>0</v>
       </c>
       <c r="L354" s="5"/>
     </row>
     <row r="355" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A355" s="1"/>
       <c r="B355" s="1">
         <v>884200</v>
       </c>
       <c r="C355" s="1" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D355" s="1" t="s">
         <v>1338</v>
       </c>
-      <c r="D355" s="1" t="s">
+      <c r="E355" s="2" t="s">
         <v>1339</v>
       </c>
-      <c r="E355" s="2" t="s">
+      <c r="F355" s="2" t="s">
         <v>1340</v>
       </c>
-      <c r="F355" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G355" s="2" t="s">
-        <v>23</v>
+        <v>88</v>
       </c>
       <c r="H355" s="2">
         <v>0</v>
       </c>
       <c r="I355" s="1">
         <v>0</v>
       </c>
       <c r="J355" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K355" s="2" t="str">
-        <f>J355*558.27</f>
+        <f>J355*559.43</f>
         <v>0</v>
       </c>
       <c r="L355" s="5"/>
     </row>
     <row r="356" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A356" s="1"/>
       <c r="B356" s="1">
         <v>884201</v>
       </c>
       <c r="C356" s="1" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D356" s="1" t="s">
         <v>1342</v>
       </c>
-      <c r="D356" s="1" t="s">
+      <c r="E356" s="2" t="s">
         <v>1343</v>
       </c>
-      <c r="E356" s="2" t="s">
+      <c r="F356" s="2" t="s">
         <v>1344</v>
-      </c>
-[...1 lines deleted...]
-        <v>1345</v>
       </c>
       <c r="G356" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H356" s="2">
         <v>0</v>
       </c>
       <c r="I356" s="1">
         <v>0</v>
       </c>
       <c r="J356" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K356" s="2" t="str">
-        <f>J356*946.54</f>
+        <f>J356*948.51</f>
         <v>0</v>
       </c>
       <c r="L356" s="5"/>
     </row>
     <row r="357" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A357" s="1"/>
       <c r="B357" s="1">
         <v>884202</v>
       </c>
       <c r="C357" s="1" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D357" s="1" t="s">
         <v>1346</v>
       </c>
-      <c r="D357" s="1" t="s">
+      <c r="E357" s="2" t="s">
         <v>1347</v>
       </c>
-      <c r="E357" s="2" t="s">
+      <c r="F357" s="2" t="s">
         <v>1348</v>
       </c>
-      <c r="F357" s="2" t="s">
-[...3 lines deleted...]
-        <v>48</v>
+      <c r="G357" s="2">
+        <v>10</v>
       </c>
       <c r="H357" s="2">
         <v>0</v>
       </c>
       <c r="I357" s="1">
         <v>0</v>
       </c>
       <c r="J357" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K357" s="2" t="str">
-        <f>J357*1477.93</f>
+        <f>J357*1481.00</f>
         <v>0</v>
       </c>
       <c r="L357" s="5"/>
     </row>
     <row r="358" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A358" s="1"/>
       <c r="B358" s="1">
         <v>884203</v>
       </c>
       <c r="C358" s="1" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D358" s="1" t="s">
         <v>1350</v>
       </c>
-      <c r="D358" s="1" t="s">
+      <c r="E358" s="2" t="s">
         <v>1351</v>
       </c>
-      <c r="E358" s="2" t="s">
+      <c r="F358" s="2" t="s">
         <v>1352</v>
-      </c>
-[...1 lines deleted...]
-        <v>1353</v>
       </c>
       <c r="G358" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H358" s="2">
         <v>0</v>
       </c>
       <c r="I358" s="1">
         <v>0</v>
       </c>
       <c r="J358" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K358" s="2" t="str">
-        <f>J358*2216.25</f>
+        <f>J358*2220.84</f>
         <v>0</v>
       </c>
       <c r="L358" s="5"/>
     </row>
     <row r="359" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A359" s="1"/>
       <c r="B359" s="1">
         <v>884204</v>
       </c>
       <c r="C359" s="1" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D359" s="1" t="s">
         <v>1354</v>
       </c>
-      <c r="D359" s="1" t="s">
+      <c r="E359" s="2" t="s">
         <v>1355</v>
       </c>
-      <c r="E359" s="2" t="s">
+      <c r="F359" s="2" t="s">
         <v>1356</v>
       </c>
-      <c r="F359" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G359" s="2">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="H359" s="2">
         <v>0</v>
       </c>
       <c r="I359" s="1">
         <v>0</v>
       </c>
       <c r="J359" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K359" s="2" t="str">
-        <f>J359*3340.43</f>
+        <f>J359*3347.36</f>
         <v>0</v>
       </c>
       <c r="L359" s="5"/>
     </row>
     <row r="360" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A360" s="1"/>
       <c r="B360" s="1">
         <v>884205</v>
       </c>
       <c r="C360" s="1" t="s">
+        <v>1357</v>
+      </c>
+      <c r="D360" s="1" t="s">
         <v>1358</v>
       </c>
-      <c r="D360" s="1" t="s">
+      <c r="E360" s="2" t="s">
         <v>1359</v>
       </c>
-      <c r="E360" s="2" t="s">
+      <c r="F360" s="2" t="s">
         <v>1360</v>
       </c>
-      <c r="F360" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G360" s="2" t="s">
-        <v>23</v>
+        <v>88</v>
       </c>
       <c r="H360" s="2">
         <v>0</v>
       </c>
       <c r="I360" s="1">
         <v>0</v>
       </c>
       <c r="J360" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K360" s="2" t="str">
-        <f>J360*413.62</f>
+        <f>J360*414.48</f>
         <v>0</v>
       </c>
       <c r="L360" s="5"/>
     </row>
     <row r="361" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A361" s="1"/>
       <c r="B361" s="1">
         <v>884206</v>
       </c>
       <c r="C361" s="1" t="s">
+        <v>1361</v>
+      </c>
+      <c r="D361" s="1" t="s">
         <v>1362</v>
       </c>
-      <c r="D361" s="1" t="s">
+      <c r="E361" s="2" t="s">
         <v>1363</v>
       </c>
-      <c r="E361" s="2" t="s">
+      <c r="F361" s="2" t="s">
         <v>1364</v>
       </c>
-      <c r="F361" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G361" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="H361" s="2">
         <v>0</v>
       </c>
       <c r="I361" s="1">
         <v>0</v>
       </c>
       <c r="J361" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K361" s="2" t="str">
-        <f>J361*592.79</f>
+        <f>J361*594.02</f>
         <v>0</v>
       </c>
       <c r="L361" s="5"/>
     </row>
     <row r="362" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A362" s="1"/>
       <c r="B362" s="1">
         <v>884207</v>
       </c>
       <c r="C362" s="1" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D362" s="1" t="s">
         <v>1366</v>
       </c>
-      <c r="D362" s="1" t="s">
+      <c r="E362" s="2" t="s">
         <v>1367</v>
       </c>
-      <c r="E362" s="2" t="s">
+      <c r="F362" s="2" t="s">
         <v>1368</v>
       </c>
-      <c r="F362" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G362" s="2">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="H362" s="2">
         <v>0</v>
       </c>
       <c r="I362" s="1">
         <v>0</v>
       </c>
       <c r="J362" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K362" s="2" t="str">
-        <f>J362*979.97</f>
+        <f>J362*982.01</f>
         <v>0</v>
       </c>
       <c r="L362" s="5"/>
     </row>
     <row r="363" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A363" s="1"/>
       <c r="B363" s="1">
         <v>884208</v>
       </c>
       <c r="C363" s="1" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D363" s="1" t="s">
         <v>1370</v>
       </c>
-      <c r="D363" s="1" t="s">
+      <c r="E363" s="2" t="s">
         <v>1371</v>
       </c>
-      <c r="E363" s="2" t="s">
+      <c r="F363" s="2" t="s">
         <v>1372</v>
       </c>
-      <c r="F363" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G363" s="2">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="H363" s="2">
         <v>0</v>
       </c>
       <c r="I363" s="1">
         <v>0</v>
       </c>
       <c r="J363" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K363" s="2" t="str">
-        <f>J363*1734.45</f>
+        <f>J363*1738.05</f>
         <v>0</v>
       </c>
       <c r="L363" s="5"/>
     </row>
     <row r="364" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A364" s="1"/>
       <c r="B364" s="1">
         <v>884209</v>
       </c>
       <c r="C364" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D364" s="1" t="s">
         <v>1374</v>
       </c>
-      <c r="D364" s="1" t="s">
+      <c r="E364" s="2" t="s">
         <v>1375</v>
       </c>
-      <c r="E364" s="2" t="s">
+      <c r="F364" s="2" t="s">
         <v>1376</v>
-      </c>
-[...1 lines deleted...]
-        <v>1377</v>
       </c>
       <c r="G364" s="2">
         <v>5</v>
       </c>
       <c r="H364" s="2">
         <v>0</v>
       </c>
       <c r="I364" s="1">
         <v>0</v>
       </c>
       <c r="J364" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K364" s="2" t="str">
-        <f>J364*2335.98</f>
+        <f>J364*2340.83</f>
         <v>0</v>
       </c>
       <c r="L364" s="5"/>
     </row>
     <row r="365" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A365" s="1"/>
       <c r="B365" s="1">
         <v>884210</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1378</v>
+        <v>1377</v>
       </c>
       <c r="D365" s="1"/>
       <c r="E365" s="2" t="s">
-        <v>1379</v>
+        <v>1378</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>1292</v>
+        <v>1291</v>
       </c>
       <c r="G365" s="2">
         <v>0</v>
       </c>
       <c r="H365" s="2">
         <v>0</v>
       </c>
       <c r="I365" s="1">
         <v>0</v>
       </c>
       <c r="J365" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K365" s="2" t="str">
         <f>J365*0.00</f>
         <v>0</v>
       </c>
       <c r="L365" s="5"/>
     </row>
     <row r="366" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A366" s="1"/>
       <c r="B366" s="1">
         <v>884211</v>
       </c>
       <c r="C366" s="1" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D366" s="1" t="s">
         <v>1380</v>
       </c>
-      <c r="D366" s="1" t="s">
+      <c r="E366" s="2" t="s">
         <v>1381</v>
       </c>
-      <c r="E366" s="2" t="s">
+      <c r="F366" s="2" t="s">
         <v>1382</v>
-      </c>
-[...1 lines deleted...]
-        <v>1383</v>
       </c>
       <c r="G366" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H366" s="2">
         <v>0</v>
       </c>
       <c r="I366" s="1">
         <v>0</v>
       </c>
       <c r="J366" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K366" s="2" t="str">
-        <f>J366*414.93</f>
+        <f>J366*415.79</f>
         <v>0</v>
       </c>
       <c r="L366" s="5"/>
     </row>
     <row r="367" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A367" s="1"/>
       <c r="B367" s="1">
         <v>884212</v>
       </c>
       <c r="C367" s="1" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D367" s="1" t="s">
         <v>1384</v>
       </c>
-      <c r="D367" s="1" t="s">
+      <c r="E367" s="2" t="s">
         <v>1385</v>
       </c>
-      <c r="E367" s="2" t="s">
+      <c r="F367" s="2" t="s">
         <v>1386</v>
       </c>
-      <c r="F367" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G367" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H367" s="2">
         <v>0</v>
       </c>
       <c r="I367" s="1">
         <v>0</v>
       </c>
       <c r="J367" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K367" s="2" t="str">
-        <f>J367*609.83</f>
+        <f>J367*611.10</f>
         <v>0</v>
       </c>
       <c r="L367" s="5"/>
     </row>
     <row r="368" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A368" s="1"/>
       <c r="B368" s="1">
         <v>884213</v>
       </c>
       <c r="C368" s="1" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D368" s="1" t="s">
         <v>1388</v>
       </c>
-      <c r="D368" s="1" t="s">
+      <c r="E368" s="2" t="s">
         <v>1389</v>
       </c>
-      <c r="E368" s="2" t="s">
+      <c r="F368" s="2" t="s">
         <v>1390</v>
       </c>
-      <c r="F368" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G368" s="2">
         <v>0</v>
       </c>
       <c r="H368" s="2">
         <v>0</v>
       </c>
       <c r="I368" s="1">
         <v>0</v>
       </c>
       <c r="J368" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K368" s="2" t="str">
-        <f>J368*1009.25</f>
+        <f>J368*1011.35</f>
         <v>0</v>
       </c>
       <c r="L368" s="5"/>
     </row>
     <row r="369" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A369" s="1"/>
       <c r="B369" s="1">
         <v>884214</v>
       </c>
       <c r="C369" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D369" s="1" t="s">
         <v>1392</v>
       </c>
-      <c r="D369" s="1" t="s">
+      <c r="E369" s="2" t="s">
         <v>1393</v>
       </c>
-      <c r="E369" s="2" t="s">
+      <c r="F369" s="2" t="s">
         <v>1394</v>
       </c>
-      <c r="F369" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G369" s="2" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
       <c r="H369" s="2">
         <v>0</v>
       </c>
       <c r="I369" s="1">
         <v>0</v>
       </c>
       <c r="J369" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K369" s="2" t="str">
-        <f>J369*373.85</f>
+        <f>J369*374.63</f>
         <v>0</v>
       </c>
       <c r="L369" s="5"/>
     </row>
     <row r="370" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A370" s="1"/>
       <c r="B370" s="1">
         <v>884215</v>
       </c>
       <c r="C370" s="1" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D370" s="1" t="s">
         <v>1396</v>
       </c>
-      <c r="D370" s="1" t="s">
+      <c r="E370" s="2" t="s">
         <v>1397</v>
       </c>
-      <c r="E370" s="2" t="s">
+      <c r="F370" s="2" t="s">
         <v>1398</v>
       </c>
-      <c r="F370" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G370" s="2" t="s">
-        <v>17</v>
+        <v>88</v>
       </c>
       <c r="H370" s="2">
         <v>0</v>
       </c>
       <c r="I370" s="1">
         <v>0</v>
       </c>
       <c r="J370" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K370" s="2" t="str">
-        <f>J370*522.87</f>
+        <f>J370*523.96</f>
         <v>0</v>
       </c>
       <c r="L370" s="5"/>
     </row>
     <row r="371" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A371" s="1"/>
       <c r="B371" s="1">
         <v>884216</v>
       </c>
       <c r="C371" s="1" t="s">
+        <v>1399</v>
+      </c>
+      <c r="D371" s="1" t="s">
         <v>1400</v>
       </c>
-      <c r="D371" s="1" t="s">
+      <c r="E371" s="2" t="s">
         <v>1401</v>
       </c>
-      <c r="E371" s="2" t="s">
+      <c r="F371" s="2" t="s">
         <v>1402</v>
       </c>
-      <c r="F371" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G371" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H371" s="2">
         <v>0</v>
       </c>
       <c r="I371" s="1">
         <v>0</v>
       </c>
       <c r="J371" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K371" s="2" t="str">
-        <f>J371*930.15</f>
+        <f>J371*932.08</f>
         <v>0</v>
       </c>
       <c r="L371" s="5"/>
     </row>
     <row r="372" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A372" s="1"/>
       <c r="B372" s="1">
         <v>882244</v>
       </c>
       <c r="C372" s="1" t="s">
+        <v>1403</v>
+      </c>
+      <c r="D372" s="1" t="s">
         <v>1404</v>
       </c>
-      <c r="D372" s="1" t="s">
+      <c r="E372" s="2" t="s">
         <v>1405</v>
       </c>
-      <c r="E372" s="2" t="s">
+      <c r="F372" s="2" t="s">
         <v>1406</v>
       </c>
-      <c r="F372" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G372" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="H372" s="2">
         <v>0</v>
       </c>
       <c r="I372" s="1">
         <v>0</v>
       </c>
       <c r="J372" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K372" s="2" t="str">
-        <f>J372*282.30</f>
+        <f>J372*282.89</f>
         <v>0</v>
       </c>
       <c r="L372" s="5"/>
     </row>
     <row r="373" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A373" s="1"/>
       <c r="B373" s="1">
         <v>884217</v>
       </c>
       <c r="C373" s="1" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D373" s="1" t="s">
         <v>1408</v>
       </c>
-      <c r="D373" s="1" t="s">
+      <c r="E373" s="2" t="s">
         <v>1409</v>
       </c>
-      <c r="E373" s="2" t="s">
+      <c r="F373" s="2" t="s">
         <v>1410</v>
       </c>
-      <c r="F373" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G373" s="2" t="s">
-        <v>17</v>
+        <v>88</v>
       </c>
       <c r="H373" s="2">
         <v>0</v>
       </c>
       <c r="I373" s="1">
         <v>0</v>
       </c>
       <c r="J373" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K373" s="2" t="str">
-        <f>J373*389.37</f>
+        <f>J373*390.17</f>
         <v>0</v>
       </c>
       <c r="L373" s="5"/>
     </row>
     <row r="374" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A374" s="1"/>
       <c r="B374" s="1">
         <v>884218</v>
       </c>
       <c r="C374" s="1" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D374" s="1" t="s">
         <v>1412</v>
       </c>
-      <c r="D374" s="1" t="s">
+      <c r="E374" s="2" t="s">
         <v>1413</v>
       </c>
-      <c r="E374" s="2" t="s">
+      <c r="F374" s="2" t="s">
         <v>1414</v>
       </c>
-      <c r="F374" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G374" s="2" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="H374" s="2">
         <v>0</v>
       </c>
       <c r="I374" s="1">
         <v>0</v>
       </c>
       <c r="J374" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K374" s="2" t="str">
-        <f>J374*569.85</f>
+        <f>J374*571.03</f>
         <v>0</v>
       </c>
       <c r="L374" s="5"/>
     </row>
     <row r="375" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A375" s="1"/>
       <c r="B375" s="1">
         <v>884219</v>
       </c>
       <c r="C375" s="1" t="s">
+        <v>1415</v>
+      </c>
+      <c r="D375" s="1" t="s">
         <v>1416</v>
       </c>
-      <c r="D375" s="1" t="s">
+      <c r="E375" s="2" t="s">
         <v>1417</v>
       </c>
-      <c r="E375" s="2" t="s">
+      <c r="F375" s="2" t="s">
         <v>1418</v>
       </c>
-      <c r="F375" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G375" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="H375" s="2">
         <v>0</v>
       </c>
       <c r="I375" s="1">
         <v>0</v>
       </c>
       <c r="J375" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K375" s="2" t="str">
-        <f>J375*959.65</f>
+        <f>J375*961.64</f>
         <v>0</v>
       </c>
       <c r="L375" s="5"/>
     </row>
     <row r="376" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A376" s="1"/>
       <c r="B376" s="1">
         <v>884220</v>
       </c>
       <c r="C376" s="1" t="s">
+        <v>1419</v>
+      </c>
+      <c r="D376" s="1" t="s">
         <v>1420</v>
       </c>
-      <c r="D376" s="1" t="s">
+      <c r="E376" s="2" t="s">
         <v>1421</v>
       </c>
-      <c r="E376" s="2" t="s">
+      <c r="F376" s="2" t="s">
         <v>1422</v>
       </c>
-      <c r="F376" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G376" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H376" s="2">
         <v>0</v>
       </c>
       <c r="I376" s="1">
         <v>0</v>
       </c>
       <c r="J376" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K376" s="2" t="str">
-        <f>J376*393.74</f>
+        <f>J376*394.55</f>
         <v>0</v>
       </c>
       <c r="L376" s="5"/>
     </row>
     <row r="377" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A377" s="1"/>
       <c r="B377" s="1">
         <v>884221</v>
       </c>
       <c r="C377" s="1" t="s">
+        <v>1423</v>
+      </c>
+      <c r="D377" s="1" t="s">
         <v>1424</v>
       </c>
-      <c r="D377" s="1" t="s">
+      <c r="E377" s="2" t="s">
         <v>1425</v>
       </c>
-      <c r="E377" s="2" t="s">
+      <c r="F377" s="2" t="s">
         <v>1426</v>
       </c>
-      <c r="F377" s="2" t="s">
-[...3 lines deleted...]
-        <v>8</v>
+      <c r="G377" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H377" s="2">
         <v>0</v>
       </c>
       <c r="I377" s="1">
         <v>0</v>
       </c>
       <c r="J377" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K377" s="2" t="str">
-        <f>J377*588.86</f>
+        <f>J377*590.08</f>
         <v>0</v>
       </c>
       <c r="L377" s="5"/>
     </row>
     <row r="378" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A378" s="1"/>
       <c r="B378" s="1">
         <v>884222</v>
       </c>
       <c r="C378" s="1" t="s">
+        <v>1427</v>
+      </c>
+      <c r="D378" s="1" t="s">
         <v>1428</v>
       </c>
-      <c r="D378" s="1" t="s">
+      <c r="E378" s="2" t="s">
         <v>1429</v>
       </c>
-      <c r="E378" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F378" s="2" t="s">
-        <v>1292</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>1291</v>
+      </c>
+      <c r="G378" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H378" s="2">
         <v>0</v>
       </c>
       <c r="I378" s="1">
         <v>0</v>
       </c>
       <c r="J378" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K378" s="2" t="str">
         <f>J378*0.00</f>
         <v>0</v>
       </c>
       <c r="L378" s="5"/>
     </row>
     <row r="379" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A379" s="1"/>
       <c r="B379" s="1">
         <v>884223</v>
       </c>
       <c r="C379" s="1" t="s">
+        <v>1430</v>
+      </c>
+      <c r="D379" s="1" t="s">
         <v>1431</v>
       </c>
-      <c r="D379" s="1" t="s">
+      <c r="E379" s="2" t="s">
         <v>1432</v>
       </c>
-      <c r="E379" s="2" t="s">
+      <c r="F379" s="2" t="s">
         <v>1433</v>
-      </c>
-[...1 lines deleted...]
-        <v>1434</v>
       </c>
       <c r="G379" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H379" s="2">
         <v>0</v>
       </c>
       <c r="I379" s="1">
         <v>0</v>
       </c>
       <c r="J379" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K379" s="2" t="str">
-        <f>J379*520.25</f>
+        <f>J379*521.33</f>
         <v>0</v>
       </c>
       <c r="L379" s="5"/>
     </row>
     <row r="380" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A380" s="1"/>
       <c r="B380" s="1">
         <v>884224</v>
       </c>
       <c r="C380" s="1" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D380" s="1" t="s">
         <v>1435</v>
       </c>
-      <c r="D380" s="1" t="s">
+      <c r="E380" s="2" t="s">
         <v>1436</v>
       </c>
-      <c r="E380" s="2" t="s">
+      <c r="F380" s="2" t="s">
         <v>1437</v>
-      </c>
-[...1 lines deleted...]
-        <v>1438</v>
       </c>
       <c r="G380" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H380" s="2">
         <v>0</v>
       </c>
       <c r="I380" s="1">
         <v>0</v>
       </c>
       <c r="J380" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K380" s="2" t="str">
-        <f>J380*774.58</f>
+        <f>J380*776.19</f>
         <v>0</v>
       </c>
       <c r="L380" s="5"/>
     </row>
     <row r="381" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A381" s="1"/>
       <c r="B381" s="1">
         <v>884225</v>
       </c>
       <c r="C381" s="1" t="s">
+        <v>1438</v>
+      </c>
+      <c r="D381" s="1" t="s">
         <v>1439</v>
       </c>
-      <c r="D381" s="1" t="s">
+      <c r="E381" s="2" t="s">
         <v>1440</v>
       </c>
-      <c r="E381" s="2" t="s">
+      <c r="F381" s="2" t="s">
         <v>1441</v>
-      </c>
-[...1 lines deleted...]
-        <v>1442</v>
       </c>
       <c r="G381" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H381" s="2">
         <v>0</v>
       </c>
       <c r="I381" s="1">
         <v>0</v>
       </c>
       <c r="J381" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K381" s="2" t="str">
-        <f>J381*1404.30</f>
+        <f>J381*1407.21</f>
         <v>0</v>
       </c>
       <c r="L381" s="5"/>
     </row>
     <row r="382" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A382" s="1"/>
       <c r="B382" s="1">
         <v>884226</v>
       </c>
       <c r="C382" s="1" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D382" s="1" t="s">
         <v>1443</v>
       </c>
-      <c r="D382" s="1" t="s">
+      <c r="E382" s="2" t="s">
         <v>1444</v>
       </c>
-      <c r="E382" s="2" t="s">
+      <c r="F382" s="2" t="s">
         <v>1445</v>
       </c>
-      <c r="F382" s="2" t="s">
-[...3 lines deleted...]
-        <v>48</v>
+      <c r="G382" s="2">
+        <v>10</v>
       </c>
       <c r="H382" s="2">
         <v>0</v>
       </c>
       <c r="I382" s="1">
         <v>0</v>
       </c>
       <c r="J382" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K382" s="2" t="str">
-        <f>J382*2103.28</f>
+        <f>J382*2107.64</f>
         <v>0</v>
       </c>
       <c r="L382" s="5"/>
     </row>
     <row r="383" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A383" s="1"/>
       <c r="B383" s="1">
         <v>884227</v>
       </c>
       <c r="C383" s="1" t="s">
+        <v>1446</v>
+      </c>
+      <c r="D383" s="1" t="s">
         <v>1447</v>
       </c>
-      <c r="D383" s="1" t="s">
+      <c r="E383" s="2" t="s">
         <v>1448</v>
       </c>
-      <c r="E383" s="2" t="s">
+      <c r="F383" s="2" t="s">
         <v>1449</v>
-      </c>
-[...1 lines deleted...]
-        <v>1450</v>
       </c>
       <c r="G383" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H383" s="2">
         <v>0</v>
       </c>
       <c r="I383" s="1">
         <v>0</v>
       </c>
       <c r="J383" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K383" s="2" t="str">
-        <f>J383*607.65</f>
+        <f>J383*608.91</f>
         <v>0</v>
       </c>
       <c r="L383" s="5"/>
     </row>
     <row r="384" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A384" s="1"/>
       <c r="B384" s="1">
         <v>884228</v>
       </c>
       <c r="C384" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="D384" s="1" t="s">
         <v>1451</v>
       </c>
-      <c r="D384" s="1" t="s">
+      <c r="E384" s="2" t="s">
         <v>1452</v>
       </c>
-      <c r="E384" s="2" t="s">
+      <c r="F384" s="2" t="s">
         <v>1453</v>
-      </c>
-[...1 lines deleted...]
-        <v>1454</v>
       </c>
       <c r="G384" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H384" s="2">
         <v>0</v>
       </c>
       <c r="I384" s="1">
         <v>0</v>
       </c>
       <c r="J384" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K384" s="2" t="str">
-        <f>J384*905.03</f>
+        <f>J384*906.90</f>
         <v>0</v>
       </c>
       <c r="L384" s="5"/>
     </row>
     <row r="385" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A385" s="1"/>
       <c r="B385" s="1">
         <v>884229</v>
       </c>
       <c r="C385" s="1" t="s">
+        <v>1454</v>
+      </c>
+      <c r="D385" s="1" t="s">
         <v>1455</v>
       </c>
-      <c r="D385" s="1" t="s">
+      <c r="E385" s="2" t="s">
         <v>1456</v>
       </c>
-      <c r="E385" s="2" t="s">
+      <c r="F385" s="2" t="s">
         <v>1457</v>
-      </c>
-[...1 lines deleted...]
-        <v>1458</v>
       </c>
       <c r="G385" s="2">
         <v>8</v>
       </c>
       <c r="H385" s="2">
         <v>0</v>
       </c>
       <c r="I385" s="1">
         <v>0</v>
       </c>
       <c r="J385" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K385" s="2" t="str">
-        <f>J385*1605.98</f>
+        <f>J385*1609.31</f>
         <v>0</v>
       </c>
       <c r="L385" s="5"/>
     </row>
     <row r="386" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A386" s="1"/>
       <c r="B386" s="1">
         <v>884230</v>
       </c>
       <c r="C386" s="1" t="s">
+        <v>1458</v>
+      </c>
+      <c r="D386" s="1" t="s">
         <v>1459</v>
       </c>
-      <c r="D386" s="1" t="s">
+      <c r="E386" s="2" t="s">
         <v>1460</v>
       </c>
-      <c r="E386" s="2" t="s">
+      <c r="F386" s="2" t="s">
         <v>1461</v>
-      </c>
-[...1 lines deleted...]
-        <v>1462</v>
       </c>
       <c r="G386" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H386" s="2">
         <v>0</v>
       </c>
       <c r="I386" s="1">
         <v>0</v>
       </c>
       <c r="J386" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K386" s="2" t="str">
-        <f>J386*520.47</f>
+        <f>J386*521.55</f>
         <v>0</v>
       </c>
       <c r="L386" s="5"/>
     </row>
     <row r="387" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A387" s="1"/>
       <c r="B387" s="1">
         <v>884231</v>
       </c>
       <c r="C387" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="D387" s="1" t="s">
         <v>1463</v>
       </c>
-      <c r="D387" s="1" t="s">
+      <c r="E387" s="2" t="s">
         <v>1464</v>
       </c>
-      <c r="E387" s="2" t="s">
+      <c r="F387" s="2" t="s">
         <v>1465</v>
-      </c>
-[...1 lines deleted...]
-        <v>1466</v>
       </c>
       <c r="G387" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H387" s="2">
         <v>0</v>
       </c>
       <c r="I387" s="1">
         <v>0</v>
       </c>
       <c r="J387" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K387" s="2" t="str">
-        <f>J387*774.15</f>
+        <f>J387*775.75</f>
         <v>0</v>
       </c>
       <c r="L387" s="5"/>
     </row>
     <row r="388" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A388" s="1"/>
       <c r="B388" s="1">
         <v>884232</v>
       </c>
       <c r="C388" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="D388" s="1" t="s">
         <v>1467</v>
       </c>
-      <c r="D388" s="1" t="s">
+      <c r="E388" s="2" t="s">
         <v>1468</v>
       </c>
-      <c r="E388" s="2" t="s">
+      <c r="F388" s="2" t="s">
         <v>1469</v>
       </c>
-      <c r="F388" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G388" s="2">
         <v>0</v>
       </c>
       <c r="H388" s="2">
         <v>0</v>
       </c>
       <c r="I388" s="1">
         <v>0</v>
       </c>
       <c r="J388" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K388" s="2" t="str">
-        <f>J388*610.49</f>
+        <f>J388*611.76</f>
         <v>0</v>
       </c>
       <c r="L388" s="5"/>
     </row>
     <row r="389" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A389" s="1"/>
       <c r="B389" s="1">
         <v>884233</v>
       </c>
       <c r="C389" s="1" t="s">
+        <v>1470</v>
+      </c>
+      <c r="D389" s="1" t="s">
         <v>1471</v>
       </c>
-      <c r="D389" s="1" t="s">
+      <c r="E389" s="2" t="s">
         <v>1472</v>
       </c>
-      <c r="E389" s="2" t="s">
+      <c r="F389" s="2" t="s">
         <v>1473</v>
       </c>
-      <c r="F389" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G389" s="2">
         <v>0</v>
       </c>
       <c r="H389" s="2">
         <v>0</v>
       </c>
       <c r="I389" s="1">
         <v>0</v>
       </c>
       <c r="J389" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K389" s="2" t="str">
-        <f>J389*463.98</f>
+        <f>J389*474.45</f>
         <v>0</v>
       </c>
       <c r="L389" s="5"/>
     </row>
     <row r="390" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A390" s="1"/>
       <c r="B390" s="1">
         <v>884234</v>
       </c>
       <c r="C390" s="1" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D390" s="1" t="s">
         <v>1475</v>
       </c>
-      <c r="D390" s="1" t="s">
+      <c r="E390" s="2" t="s">
         <v>1476</v>
       </c>
-      <c r="E390" s="2" t="s">
+      <c r="F390" s="2" t="s">
         <v>1477</v>
-      </c>
-[...1 lines deleted...]
-        <v>1478</v>
       </c>
       <c r="G390" s="2">
         <v>4</v>
       </c>
       <c r="H390" s="2">
         <v>0</v>
       </c>
       <c r="I390" s="1">
         <v>0</v>
       </c>
       <c r="J390" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K390" s="2" t="str">
-        <f>J390*732.85</f>
+        <f>J390*734.37</f>
         <v>0</v>
       </c>
       <c r="L390" s="5"/>
     </row>
     <row r="391" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A391" s="1"/>
       <c r="B391" s="1">
         <v>884235</v>
       </c>
       <c r="C391" s="1" t="s">
+        <v>1478</v>
+      </c>
+      <c r="D391" s="1" t="s">
         <v>1479</v>
       </c>
-      <c r="D391" s="1" t="s">
+      <c r="E391" s="2" t="s">
         <v>1480</v>
       </c>
-      <c r="E391" s="2" t="s">
+      <c r="F391" s="2" t="s">
         <v>1481</v>
       </c>
-      <c r="F391" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G391" s="2" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="H391" s="2">
         <v>0</v>
       </c>
       <c r="I391" s="1">
         <v>0</v>
       </c>
       <c r="J391" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K391" s="2" t="str">
-        <f>J391*633.21</f>
+        <f>J391*634.53</f>
         <v>0</v>
       </c>
       <c r="L391" s="5"/>
     </row>
     <row r="392" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A392" s="1"/>
       <c r="B392" s="1">
         <v>884236</v>
       </c>
       <c r="C392" s="1" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D392" s="1" t="s">
         <v>1483</v>
       </c>
-      <c r="D392" s="1" t="s">
+      <c r="E392" s="2" t="s">
         <v>1484</v>
       </c>
-      <c r="E392" s="2" t="s">
+      <c r="F392" s="2" t="s">
         <v>1485</v>
-      </c>
-[...1 lines deleted...]
-        <v>1486</v>
       </c>
       <c r="G392" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H392" s="2">
         <v>0</v>
       </c>
       <c r="I392" s="1">
         <v>0</v>
       </c>
       <c r="J392" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K392" s="2" t="str">
-        <f>J392*382.81</f>
+        <f>J392*383.61</f>
         <v>0</v>
       </c>
       <c r="L392" s="5"/>
     </row>
     <row r="393" spans="1:12" outlineLevel="2">
       <c r="A393" s="8" t="s">
-        <v>1487</v>
+        <v>1486</v>
       </c>
       <c r="B393" s="8"/>
       <c r="C393" s="8"/>
       <c r="D393" s="8"/>
       <c r="E393" s="8"/>
       <c r="F393" s="8"/>
       <c r="G393" s="8"/>
       <c r="H393" s="8"/>
       <c r="I393" s="8"/>
       <c r="J393" s="8"/>
       <c r="K393" s="8"/>
       <c r="L393" s="5"/>
     </row>
     <row r="394" spans="1:12" outlineLevel="4">
       <c r="A394" s="1"/>
       <c r="B394" s="1">
         <v>889571</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1488</v>
+        <v>1487</v>
       </c>
       <c r="D394" s="1">
         <v>34885</v>
       </c>
       <c r="E394" s="2" t="s">
+        <v>1488</v>
+      </c>
+      <c r="F394" s="2" t="s">
         <v>1489</v>
       </c>
-      <c r="F394" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G394" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H394" s="2">
         <v>0</v>
       </c>
       <c r="I394" s="1">
         <v>0</v>
       </c>
       <c r="J394" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K394" s="2" t="str">
         <f>J394*320.70</f>
         <v>0</v>
       </c>
       <c r="L394" s="5"/>
     </row>
     <row r="395" spans="1:12" outlineLevel="4">
       <c r="A395" s="1"/>
       <c r="B395" s="1">
         <v>889572</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1491</v>
+        <v>1490</v>
       </c>
       <c r="D395" s="1">
         <v>34887</v>
       </c>
       <c r="E395" s="2" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F395" s="2" t="s">
         <v>1492</v>
-      </c>
-[...1 lines deleted...]
-        <v>1493</v>
       </c>
       <c r="G395" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H395" s="2">
         <v>0</v>
       </c>
       <c r="I395" s="1">
         <v>0</v>
       </c>
       <c r="J395" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K395" s="2" t="str">
         <f>J395*343.86</f>
         <v>0</v>
       </c>
       <c r="L395" s="5"/>
     </row>
     <row r="396" spans="1:12" outlineLevel="1">
       <c r="A396" s="7" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="B396" s="7"/>
       <c r="C396" s="7"/>
       <c r="D396" s="7"/>
       <c r="E396" s="7"/>
       <c r="F396" s="7"/>
       <c r="G396" s="7"/>
       <c r="H396" s="7"/>
       <c r="I396" s="7"/>
       <c r="J396" s="7"/>
       <c r="K396" s="7"/>
       <c r="L396" s="5"/>
     </row>
     <row r="397" spans="1:12" outlineLevel="2">
       <c r="A397" s="8" t="s">
-        <v>1495</v>
+        <v>1494</v>
       </c>
       <c r="B397" s="8"/>
       <c r="C397" s="8"/>
       <c r="D397" s="8"/>
       <c r="E397" s="8"/>
       <c r="F397" s="8"/>
       <c r="G397" s="8"/>
       <c r="H397" s="8"/>
       <c r="I397" s="8"/>
       <c r="J397" s="8"/>
       <c r="K397" s="8"/>
       <c r="L397" s="5"/>
     </row>
     <row r="398" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A398" s="1"/>
       <c r="B398" s="1">
         <v>823957</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="D398" s="1"/>
       <c r="E398" s="2" t="s">
+        <v>1496</v>
+      </c>
+      <c r="F398" s="2" t="s">
         <v>1497</v>
-      </c>
-[...1 lines deleted...]
-        <v>1498</v>
       </c>
       <c r="G398" s="2">
         <v>0</v>
       </c>
       <c r="H398" s="2">
         <v>0</v>
       </c>
       <c r="I398" s="1">
         <v>0</v>
       </c>
       <c r="J398" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K398" s="2" t="str">
         <f>J398*101.66</f>
         <v>0</v>
       </c>
       <c r="L398" s="5"/>
     </row>
     <row r="399" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A399" s="1"/>
       <c r="B399" s="1">
         <v>882522</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1499</v>
+        <v>1498</v>
       </c>
       <c r="D399" s="1"/>
       <c r="E399" s="2" t="s">
+        <v>1499</v>
+      </c>
+      <c r="F399" s="2" t="s">
         <v>1500</v>
       </c>
-      <c r="F399" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G399" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H399" s="2">
         <v>0</v>
       </c>
       <c r="I399" s="1">
         <v>0</v>
       </c>
       <c r="J399" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K399" s="2" t="str">
         <f>J399*206.91</f>
         <v>0</v>
       </c>
       <c r="L399" s="5"/>
     </row>
     <row r="400" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A400" s="1"/>
       <c r="B400" s="1">
         <v>882524</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1502</v>
+        <v>1501</v>
       </c>
       <c r="D400" s="1"/>
       <c r="E400" s="2" t="s">
+        <v>1502</v>
+      </c>
+      <c r="F400" s="2" t="s">
         <v>1503</v>
-      </c>
-[...1 lines deleted...]
-        <v>1504</v>
       </c>
       <c r="G400" s="2">
         <v>0</v>
       </c>
       <c r="H400" s="2">
         <v>0</v>
       </c>
       <c r="I400" s="1">
         <v>0</v>
       </c>
       <c r="J400" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K400" s="2" t="str">
         <f>J400*297.54</f>
         <v>0</v>
       </c>
       <c r="L400" s="5"/>
     </row>
     <row r="401" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A401" s="1"/>
       <c r="B401" s="1">
         <v>882884</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1505</v>
+        <v>1504</v>
       </c>
       <c r="D401" s="1"/>
       <c r="E401" s="2" t="s">
+        <v>1505</v>
+      </c>
+      <c r="F401" s="2" t="s">
         <v>1506</v>
-      </c>
-[...1 lines deleted...]
-        <v>1507</v>
       </c>
       <c r="G401" s="2">
         <v>0</v>
       </c>
       <c r="H401" s="2">
         <v>0</v>
       </c>
       <c r="I401" s="1">
         <v>0</v>
       </c>
       <c r="J401" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K401" s="2" t="str">
         <f>J401*405.27</f>
         <v>0</v>
       </c>
       <c r="L401" s="5"/>
     </row>
     <row r="402" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A402" s="1"/>
       <c r="B402" s="1">
         <v>810787</v>
       </c>
       <c r="C402" s="1" t="s">
+        <v>1507</v>
+      </c>
+      <c r="D402" s="1" t="s">
         <v>1508</v>
       </c>
-      <c r="D402" s="1" t="s">
+      <c r="E402" s="2" t="s">
         <v>1509</v>
       </c>
-      <c r="E402" s="2" t="s">
+      <c r="F402" s="2" t="s">
         <v>1510</v>
-      </c>
-[...1 lines deleted...]
-        <v>1511</v>
       </c>
       <c r="G402" s="2">
         <v>0</v>
       </c>
       <c r="H402" s="2">
         <v>0</v>
       </c>
       <c r="I402" s="1">
         <v>0</v>
       </c>
       <c r="J402" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K402" s="2" t="str">
         <f>J402*347.05</f>
         <v>0</v>
       </c>
       <c r="L402" s="5"/>
     </row>
     <row r="403" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A403" s="1"/>
       <c r="B403" s="1">
         <v>810788</v>
       </c>
       <c r="C403" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="D403" s="1" t="s">
         <v>1512</v>
       </c>
-      <c r="D403" s="1" t="s">
+      <c r="E403" s="2" t="s">
         <v>1513</v>
       </c>
-      <c r="E403" s="2" t="s">
+      <c r="F403" s="2" t="s">
         <v>1514</v>
-      </c>
-[...1 lines deleted...]
-        <v>1515</v>
       </c>
       <c r="G403" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H403" s="2">
         <v>0</v>
       </c>
       <c r="I403" s="1">
         <v>0</v>
       </c>
       <c r="J403" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K403" s="2" t="str">
         <f>J403*294.10</f>
         <v>0</v>
       </c>
       <c r="L403" s="5"/>
     </row>
-    <row r="404" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="404" spans="1:12" outlineLevel="4">
       <c r="A404" s="1"/>
       <c r="B404" s="1">
-        <v>825090</v>
+        <v>954230</v>
       </c>
       <c r="C404" s="1" t="s">
+        <v>1515</v>
+      </c>
+      <c r="D404" s="1" t="s">
         <v>1516</v>
       </c>
-      <c r="D404" s="1" t="s">
+      <c r="E404" s="2" t="s">
         <v>1517</v>
       </c>
-      <c r="E404" s="2" t="s">
+      <c r="F404" s="2" t="s">
         <v>1518</v>
       </c>
-      <c r="F404" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G404" s="2">
         <v>0</v>
       </c>
       <c r="H404" s="2">
         <v>0</v>
       </c>
       <c r="I404" s="1">
         <v>0</v>
       </c>
       <c r="J404" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K404" s="2" t="str">
-        <f>J404*302.60</f>
+        <f>J404*342.90</f>
         <v>0</v>
       </c>
       <c r="L404" s="5"/>
     </row>
     <row r="405" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A405" s="1"/>
       <c r="B405" s="1">
-        <v>825089</v>
+        <v>825090</v>
       </c>
       <c r="C405" s="1" t="s">
+        <v>1519</v>
+      </c>
+      <c r="D405" s="1" t="s">
         <v>1520</v>
       </c>
-      <c r="D405" s="1" t="s">
+      <c r="E405" s="2" t="s">
         <v>1521</v>
       </c>
-      <c r="E405" s="2" t="s">
+      <c r="F405" s="2" t="s">
         <v>1522</v>
       </c>
-      <c r="F405" s="2" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="G405" s="2">
+        <v>0</v>
       </c>
       <c r="H405" s="2">
         <v>0</v>
       </c>
       <c r="I405" s="1">
         <v>0</v>
       </c>
       <c r="J405" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K405" s="2" t="str">
-        <f>J405*50.86</f>
+        <f>J405*302.60</f>
         <v>0</v>
       </c>
       <c r="L405" s="5"/>
     </row>
     <row r="406" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A406" s="1"/>
       <c r="B406" s="1">
-        <v>825088</v>
+        <v>825089</v>
       </c>
       <c r="C406" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="D406" s="1" t="s">
         <v>1524</v>
       </c>
-      <c r="D406" s="1" t="s">
+      <c r="E406" s="2" t="s">
         <v>1525</v>
       </c>
-      <c r="E406" s="2" t="s">
+      <c r="F406" s="2" t="s">
         <v>1526</v>
       </c>
-      <c r="F406" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G406" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H406" s="2">
         <v>0</v>
       </c>
       <c r="I406" s="1">
         <v>0</v>
       </c>
       <c r="J406" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K406" s="2" t="str">
         <f>J406*50.86</f>
         <v>0</v>
       </c>
       <c r="L406" s="5"/>
     </row>
     <row r="407" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A407" s="1"/>
       <c r="B407" s="1">
-        <v>824564</v>
+        <v>825088</v>
       </c>
       <c r="C407" s="1" t="s">
         <v>1527</v>
       </c>
       <c r="D407" s="1" t="s">
         <v>1528</v>
       </c>
       <c r="E407" s="2" t="s">
         <v>1529</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>1530</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>1526</v>
+      </c>
+      <c r="G407" s="2">
+        <v>0</v>
       </c>
       <c r="H407" s="2">
         <v>0</v>
       </c>
       <c r="I407" s="1">
         <v>0</v>
       </c>
       <c r="J407" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K407" s="2" t="str">
-        <f>J407*51.26</f>
+        <f>J407*50.86</f>
         <v>0</v>
       </c>
       <c r="L407" s="5"/>
     </row>
     <row r="408" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A408" s="1"/>
       <c r="B408" s="1">
-        <v>825170</v>
+        <v>824564</v>
       </c>
       <c r="C408" s="1" t="s">
+        <v>1530</v>
+      </c>
+      <c r="D408" s="1" t="s">
         <v>1531</v>
       </c>
-      <c r="D408" s="1" t="s">
+      <c r="E408" s="2" t="s">
         <v>1532</v>
       </c>
-      <c r="E408" s="2" t="s">
+      <c r="F408" s="2" t="s">
         <v>1533</v>
       </c>
-      <c r="F408" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G408" s="2" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="H408" s="2">
         <v>0</v>
       </c>
       <c r="I408" s="1">
         <v>0</v>
       </c>
       <c r="J408" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K408" s="2" t="str">
-        <f>J408*316.20</f>
+        <f>J408*51.26</f>
         <v>0</v>
       </c>
       <c r="L408" s="5"/>
     </row>
     <row r="409" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A409" s="1"/>
       <c r="B409" s="1">
-        <v>828270</v>
+        <v>825170</v>
       </c>
       <c r="C409" s="1" t="s">
+        <v>1534</v>
+      </c>
+      <c r="D409" s="1" t="s">
         <v>1535</v>
-      </c>
-[...1 lines deleted...]
-        <v>554751</v>
       </c>
       <c r="E409" s="2" t="s">
         <v>1536</v>
       </c>
       <c r="F409" s="2" t="s">
         <v>1537</v>
       </c>
-      <c r="G409" s="2">
-        <v>0</v>
+      <c r="G409" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H409" s="2">
         <v>0</v>
       </c>
       <c r="I409" s="1">
         <v>0</v>
       </c>
       <c r="J409" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K409" s="2" t="str">
-        <f>J409*158.14</f>
+        <f>J409*316.20</f>
         <v>0</v>
       </c>
       <c r="L409" s="5"/>
     </row>
     <row r="410" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A410" s="1"/>
       <c r="B410" s="1">
-        <v>828272</v>
+        <v>828270</v>
       </c>
       <c r="C410" s="1" t="s">
         <v>1538</v>
       </c>
-      <c r="D410" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="D410" s="1"/>
       <c r="E410" s="2" t="s">
         <v>1539</v>
       </c>
       <c r="F410" s="2" t="s">
         <v>1540</v>
       </c>
-      <c r="G410" s="2">
-        <v>0</v>
+      <c r="G410" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H410" s="2">
         <v>0</v>
       </c>
       <c r="I410" s="1">
         <v>0</v>
       </c>
       <c r="J410" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K410" s="2" t="str">
-        <f>J410*225.82</f>
+        <f>J410*158.14</f>
         <v>0</v>
       </c>
       <c r="L410" s="5"/>
     </row>
     <row r="411" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A411" s="1"/>
       <c r="B411" s="1">
-        <v>882508</v>
+        <v>828272</v>
       </c>
       <c r="C411" s="1" t="s">
         <v>1541</v>
       </c>
       <c r="D411" s="1"/>
       <c r="E411" s="2" t="s">
         <v>1542</v>
       </c>
       <c r="F411" s="2" t="s">
         <v>1543</v>
       </c>
-      <c r="G411" s="2" t="s">
-        <v>70</v>
+      <c r="G411" s="2">
+        <v>1</v>
       </c>
       <c r="H411" s="2">
         <v>0</v>
       </c>
       <c r="I411" s="1">
         <v>0</v>
       </c>
       <c r="J411" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K411" s="2" t="str">
-        <f>J411*259.25</f>
+        <f>J411*225.82</f>
         <v>0</v>
       </c>
       <c r="L411" s="5"/>
     </row>
-    <row r="412" spans="1:12" outlineLevel="2">
-      <c r="A412" s="8" t="s">
+    <row r="412" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A412" s="1"/>
+      <c r="B412" s="1">
+        <v>882508</v>
+      </c>
+      <c r="C412" s="1" t="s">
         <v>1544</v>
       </c>
-      <c r="B412" s="8"/>
-[...8 lines deleted...]
-      <c r="K412" s="8"/>
+      <c r="D412" s="1"/>
+      <c r="E412" s="2" t="s">
+        <v>1545</v>
+      </c>
+      <c r="F412" s="2" t="s">
+        <v>1546</v>
+      </c>
+      <c r="G412" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H412" s="2">
+        <v>0</v>
+      </c>
+      <c r="I412" s="1">
+        <v>0</v>
+      </c>
+      <c r="J412" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K412" s="2" t="str">
+        <f>J412*259.25</f>
+        <v>0</v>
+      </c>
       <c r="L412" s="5"/>
     </row>
-    <row r="413" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...10 lines deleted...]
-      <c r="E413" s="2" t="s">
+    <row r="413" spans="1:12" outlineLevel="2">
+      <c r="A413" s="8" t="s">
         <v>1547</v>
       </c>
-      <c r="F413" s="2" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="B413" s="8"/>
+      <c r="C413" s="8"/>
+      <c r="D413" s="8"/>
+      <c r="E413" s="8"/>
+      <c r="F413" s="8"/>
+      <c r="G413" s="8"/>
+      <c r="H413" s="8"/>
+      <c r="I413" s="8"/>
+      <c r="J413" s="8"/>
+      <c r="K413" s="8"/>
       <c r="L413" s="5"/>
     </row>
     <row r="414" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A414" s="1"/>
       <c r="B414" s="1">
-        <v>810791</v>
+        <v>879953</v>
       </c>
       <c r="C414" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="D414" s="1" t="s">
         <v>1549</v>
       </c>
-      <c r="D414" s="1" t="s">
+      <c r="E414" s="2" t="s">
         <v>1550</v>
       </c>
-      <c r="E414" s="2" t="s">
+      <c r="F414" s="2" t="s">
         <v>1551</v>
       </c>
-      <c r="F414" s="2" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="G414" s="2">
+        <v>4</v>
       </c>
       <c r="H414" s="2">
         <v>0</v>
       </c>
       <c r="I414" s="1">
         <v>0</v>
       </c>
       <c r="J414" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K414" s="2" t="str">
-        <f>J414*288.58</f>
+        <f>J414*1041.25</f>
         <v>0</v>
       </c>
       <c r="L414" s="5"/>
     </row>
     <row r="415" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A415" s="1"/>
       <c r="B415" s="1">
-        <v>810792</v>
+        <v>810791</v>
       </c>
       <c r="C415" s="1" t="s">
+        <v>1552</v>
+      </c>
+      <c r="D415" s="1" t="s">
         <v>1553</v>
       </c>
-      <c r="D415" s="1" t="s">
+      <c r="E415" s="2" t="s">
         <v>1554</v>
       </c>
-      <c r="E415" s="2" t="s">
+      <c r="F415" s="2" t="s">
         <v>1555</v>
       </c>
-      <c r="F415" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G415" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H415" s="2">
         <v>0</v>
       </c>
-      <c r="I415" s="1" t="s">
-        <v>70</v>
+      <c r="I415" s="1">
+        <v>0</v>
       </c>
       <c r="J415" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K415" s="2" t="str">
-        <f>J415*397.16</f>
+        <f>J415*293.04</f>
         <v>0</v>
       </c>
       <c r="L415" s="5"/>
     </row>
     <row r="416" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A416" s="1"/>
       <c r="B416" s="1">
-        <v>810793</v>
+        <v>810792</v>
       </c>
       <c r="C416" s="1" t="s">
         <v>1556</v>
       </c>
       <c r="D416" s="1" t="s">
         <v>1557</v>
       </c>
       <c r="E416" s="2" t="s">
         <v>1558</v>
       </c>
       <c r="F416" s="2" t="s">
         <v>1559</v>
       </c>
-      <c r="G416" s="2">
-        <v>10</v>
+      <c r="G416" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H416" s="2">
         <v>0</v>
       </c>
       <c r="I416" s="1">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="J416" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K416" s="2" t="str">
-        <f>J416*645.58</f>
+        <f>J416*404.60</f>
         <v>0</v>
       </c>
       <c r="L416" s="5"/>
     </row>
     <row r="417" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A417" s="1"/>
       <c r="B417" s="1">
-        <v>810794</v>
+        <v>810793</v>
       </c>
       <c r="C417" s="1" t="s">
         <v>1560</v>
       </c>
       <c r="D417" s="1" t="s">
         <v>1561</v>
       </c>
       <c r="E417" s="2" t="s">
         <v>1562</v>
       </c>
       <c r="F417" s="2" t="s">
-        <v>1563</v>
+        <v>749</v>
       </c>
       <c r="G417" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H417" s="2">
         <v>0</v>
       </c>
       <c r="I417" s="1">
         <v>0</v>
       </c>
       <c r="J417" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K417" s="2" t="str">
-        <f>J417*716.98</f>
+        <f>J417*641.11</f>
         <v>0</v>
       </c>
       <c r="L417" s="5"/>
     </row>
     <row r="418" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A418" s="1"/>
       <c r="B418" s="1">
-        <v>810795</v>
+        <v>810794</v>
       </c>
       <c r="C418" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="D418" s="1" t="s">
         <v>1564</v>
       </c>
-      <c r="D418" s="1" t="s">
+      <c r="E418" s="2" t="s">
         <v>1565</v>
       </c>
-      <c r="E418" s="2" t="s">
+      <c r="F418" s="2" t="s">
         <v>1566</v>
       </c>
-      <c r="F418" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G418" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H418" s="2">
         <v>0</v>
       </c>
       <c r="I418" s="1">
         <v>0</v>
       </c>
       <c r="J418" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K418" s="2" t="str">
-        <f>J418*1407.18</f>
+        <f>J418*712.51</f>
         <v>0</v>
       </c>
       <c r="L418" s="5"/>
     </row>
     <row r="419" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A419" s="1"/>
       <c r="B419" s="1">
-        <v>810796</v>
+        <v>810795</v>
       </c>
       <c r="C419" s="1" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D419" s="1" t="s">
         <v>1568</v>
       </c>
-      <c r="D419" s="1" t="s">
+      <c r="E419" s="2" t="s">
         <v>1569</v>
       </c>
-      <c r="E419" s="2" t="s">
+      <c r="F419" s="2" t="s">
         <v>1570</v>
       </c>
-      <c r="F419" s="2" t="s">
-[...3 lines deleted...]
-        <v>48</v>
+      <c r="G419" s="2">
+        <v>10</v>
       </c>
       <c r="H419" s="2">
         <v>0</v>
       </c>
       <c r="I419" s="1">
         <v>0</v>
       </c>
       <c r="J419" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K419" s="2" t="str">
-        <f>J419*1570.80</f>
+        <f>J419*1430.98</f>
         <v>0</v>
       </c>
       <c r="L419" s="5"/>
     </row>
-    <row r="420" spans="1:12" outlineLevel="4">
+    <row r="420" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A420" s="1"/>
       <c r="B420" s="1">
-        <v>954220</v>
+        <v>810796</v>
       </c>
       <c r="C420" s="1" t="s">
+        <v>1571</v>
+      </c>
+      <c r="D420" s="1" t="s">
         <v>1572</v>
       </c>
-      <c r="D420" s="1" t="s">
+      <c r="E420" s="2" t="s">
         <v>1573</v>
       </c>
-      <c r="E420" s="2" t="s">
+      <c r="F420" s="2" t="s">
         <v>1574</v>
       </c>
-      <c r="F420" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G420" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H420" s="2">
         <v>0</v>
       </c>
       <c r="I420" s="1">
         <v>0</v>
       </c>
       <c r="J420" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K420" s="2" t="str">
-        <f>J420*398.65</f>
+        <f>J420*1610.96</f>
         <v>0</v>
       </c>
       <c r="L420" s="5"/>
     </row>
     <row r="421" spans="1:12" outlineLevel="4">
       <c r="A421" s="1"/>
       <c r="B421" s="1">
+        <v>954220</v>
+      </c>
+      <c r="C421" s="1" t="s">
+        <v>1575</v>
+      </c>
+      <c r="D421" s="1" t="s">
+        <v>1576</v>
+      </c>
+      <c r="E421" s="2" t="s">
+        <v>1577</v>
+      </c>
+      <c r="F421" s="2" t="s">
+        <v>1578</v>
+      </c>
+      <c r="G421" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="H421" s="2">
+        <v>0</v>
+      </c>
+      <c r="I421" s="1">
+        <v>0</v>
+      </c>
+      <c r="J421" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K421" s="2" t="str">
+        <f>J421*455.18</f>
+        <v>0</v>
+      </c>
+      <c r="L421" s="5"/>
+    </row>
+    <row r="422" spans="1:12" outlineLevel="4">
+      <c r="A422" s="1"/>
+      <c r="B422" s="1">
         <v>954221</v>
       </c>
-      <c r="C421" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F421" s="2" t="s">
+      <c r="C422" s="1" t="s">
         <v>1579</v>
       </c>
-      <c r="G421" s="2">
-[...18 lines deleted...]
-      <c r="A422" s="8" t="s">
+      <c r="D422" s="1" t="s">
         <v>1580</v>
       </c>
-      <c r="B422" s="8"/>
-[...8 lines deleted...]
-      <c r="K422" s="8"/>
+      <c r="E422" s="2" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F422" s="2" t="s">
+        <v>1582</v>
+      </c>
+      <c r="G422" s="2">
+        <v>0</v>
+      </c>
+      <c r="H422" s="2">
+        <v>0</v>
+      </c>
+      <c r="I422" s="1">
+        <v>0</v>
+      </c>
+      <c r="J422" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K422" s="2" t="str">
+        <f>J422*653.01</f>
+        <v>0</v>
+      </c>
       <c r="L422" s="5"/>
     </row>
-    <row r="423" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...10 lines deleted...]
-      <c r="E423" s="2" t="s">
+    <row r="423" spans="1:12" outlineLevel="2">
+      <c r="A423" s="8" t="s">
         <v>1583</v>
       </c>
-      <c r="F423" s="2" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="B423" s="8"/>
+      <c r="C423" s="8"/>
+      <c r="D423" s="8"/>
+      <c r="E423" s="8"/>
+      <c r="F423" s="8"/>
+      <c r="G423" s="8"/>
+      <c r="H423" s="8"/>
+      <c r="I423" s="8"/>
+      <c r="J423" s="8"/>
+      <c r="K423" s="8"/>
       <c r="L423" s="5"/>
     </row>
     <row r="424" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A424" s="1"/>
       <c r="B424" s="1">
-        <v>810824</v>
+        <v>810823</v>
       </c>
       <c r="C424" s="1" t="s">
         <v>1584</v>
       </c>
       <c r="D424" s="1" t="s">
         <v>1585</v>
       </c>
       <c r="E424" s="2" t="s">
         <v>1586</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>1587</v>
+        <v>236</v>
       </c>
       <c r="G424" s="2" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="H424" s="2" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="I424" s="1">
         <v>0</v>
       </c>
       <c r="J424" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K424" s="2" t="str">
-        <f>J424*903.00</f>
+        <f>J424*608.00</f>
         <v>0</v>
       </c>
       <c r="L424" s="5"/>
     </row>
     <row r="425" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A425" s="1"/>
       <c r="B425" s="1">
+        <v>810824</v>
+      </c>
+      <c r="C425" s="1" t="s">
+        <v>1587</v>
+      </c>
+      <c r="D425" s="1" t="s">
+        <v>1588</v>
+      </c>
+      <c r="E425" s="2" t="s">
+        <v>1589</v>
+      </c>
+      <c r="F425" s="2" t="s">
+        <v>1590</v>
+      </c>
+      <c r="G425" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H425" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="I425" s="1">
+        <v>0</v>
+      </c>
+      <c r="J425" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K425" s="2" t="str">
+        <f>J425*903.00</f>
+        <v>0</v>
+      </c>
+      <c r="L425" s="5"/>
+    </row>
+    <row r="426" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A426" s="1"/>
+      <c r="B426" s="1">
         <v>833016</v>
       </c>
-      <c r="C425" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F425" s="2" t="s">
+      <c r="C426" s="1" t="s">
         <v>1591</v>
       </c>
-      <c r="G425" s="2">
+      <c r="D426" s="1" t="s">
+        <v>1592</v>
+      </c>
+      <c r="E426" s="2" t="s">
+        <v>1593</v>
+      </c>
+      <c r="F426" s="2" t="s">
+        <v>1594</v>
+      </c>
+      <c r="G426" s="2">
         <v>4</v>
       </c>
-      <c r="H425" s="2" t="s">
-[...27 lines deleted...]
-      <c r="K426" s="8"/>
+      <c r="H426" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="I426" s="1">
+        <v>0</v>
+      </c>
+      <c r="J426" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K426" s="2" t="str">
+        <f>J426*1693.00</f>
+        <v>0</v>
+      </c>
       <c r="L426" s="5"/>
     </row>
-    <row r="427" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...10 lines deleted...]
-      <c r="E427" s="2" t="s">
+    <row r="427" spans="1:12" outlineLevel="2">
+      <c r="A427" s="8" t="s">
         <v>1595</v>
       </c>
-      <c r="F427" s="2" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="B427" s="8"/>
+      <c r="C427" s="8"/>
+      <c r="D427" s="8"/>
+      <c r="E427" s="8"/>
+      <c r="F427" s="8"/>
+      <c r="G427" s="8"/>
+      <c r="H427" s="8"/>
+      <c r="I427" s="8"/>
+      <c r="J427" s="8"/>
+      <c r="K427" s="8"/>
       <c r="L427" s="5"/>
     </row>
     <row r="428" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A428" s="1"/>
       <c r="B428" s="1">
-        <v>833169</v>
+        <v>833168</v>
       </c>
       <c r="C428" s="1" t="s">
+        <v>1596</v>
+      </c>
+      <c r="D428" s="1" t="s">
         <v>1597</v>
       </c>
-      <c r="D428" s="1" t="s">
+      <c r="E428" s="2" t="s">
         <v>1598</v>
       </c>
-      <c r="E428" s="2" t="s">
+      <c r="F428" s="2" t="s">
         <v>1599</v>
       </c>
-      <c r="F428" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G428" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H428" s="2">
         <v>0</v>
       </c>
       <c r="I428" s="1">
         <v>0</v>
       </c>
       <c r="J428" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K428" s="2" t="str">
-        <f>J428*703.52</f>
+        <f>J428*520.37</f>
         <v>0</v>
       </c>
       <c r="L428" s="5"/>
     </row>
     <row r="429" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A429" s="1"/>
       <c r="B429" s="1">
-        <v>837293</v>
+        <v>833169</v>
       </c>
       <c r="C429" s="1" t="s">
+        <v>1600</v>
+      </c>
+      <c r="D429" s="1" t="s">
         <v>1601</v>
       </c>
-      <c r="D429" s="1" t="s">
+      <c r="E429" s="2" t="s">
         <v>1602</v>
       </c>
-      <c r="E429" s="2" t="s">
+      <c r="F429" s="2" t="s">
         <v>1603</v>
       </c>
-      <c r="F429" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G429" s="2">
         <v>0</v>
       </c>
       <c r="H429" s="2">
         <v>0</v>
       </c>
       <c r="I429" s="1">
         <v>0</v>
       </c>
       <c r="J429" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K429" s="2" t="str">
-        <f>J429*508.57</f>
+        <f>J429*703.52</f>
         <v>0</v>
       </c>
       <c r="L429" s="5"/>
     </row>
     <row r="430" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A430" s="1"/>
       <c r="B430" s="1">
+        <v>837293</v>
+      </c>
+      <c r="C430" s="1" t="s">
+        <v>1604</v>
+      </c>
+      <c r="D430" s="1" t="s">
+        <v>1605</v>
+      </c>
+      <c r="E430" s="2" t="s">
+        <v>1606</v>
+      </c>
+      <c r="F430" s="2" t="s">
+        <v>1607</v>
+      </c>
+      <c r="G430" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="H430" s="2">
+        <v>0</v>
+      </c>
+      <c r="I430" s="1">
+        <v>0</v>
+      </c>
+      <c r="J430" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K430" s="2" t="str">
+        <f>J430*508.57</f>
+        <v>0</v>
+      </c>
+      <c r="L430" s="5"/>
+    </row>
+    <row r="431" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A431" s="1"/>
+      <c r="B431" s="1">
         <v>882283</v>
       </c>
-      <c r="C430" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F430" s="2" t="s">
+      <c r="C431" s="1" t="s">
         <v>1608</v>
       </c>
-      <c r="G430" s="2" t="s">
+      <c r="D431" s="1" t="s">
+        <v>1609</v>
+      </c>
+      <c r="E431" s="2" t="s">
+        <v>1610</v>
+      </c>
+      <c r="F431" s="2" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G431" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="H430" s="2">
-[...27 lines deleted...]
-      <c r="K431" s="8"/>
+      <c r="H431" s="2">
+        <v>0</v>
+      </c>
+      <c r="I431" s="1">
+        <v>0</v>
+      </c>
+      <c r="J431" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K431" s="2" t="str">
+        <f>J431*304.75</f>
+        <v>0</v>
+      </c>
       <c r="L431" s="5"/>
     </row>
-    <row r="432" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...10 lines deleted...]
-      <c r="E432" s="2" t="s">
+    <row r="432" spans="1:12" outlineLevel="2">
+      <c r="A432" s="8" t="s">
         <v>1612</v>
       </c>
-      <c r="F432" s="2" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="B432" s="8"/>
+      <c r="C432" s="8"/>
+      <c r="D432" s="8"/>
+      <c r="E432" s="8"/>
+      <c r="F432" s="8"/>
+      <c r="G432" s="8"/>
+      <c r="H432" s="8"/>
+      <c r="I432" s="8"/>
+      <c r="J432" s="8"/>
+      <c r="K432" s="8"/>
       <c r="L432" s="5"/>
     </row>
     <row r="433" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A433" s="1"/>
       <c r="B433" s="1">
+        <v>882245</v>
+      </c>
+      <c r="C433" s="1" t="s">
+        <v>1613</v>
+      </c>
+      <c r="D433" s="1" t="s">
+        <v>1614</v>
+      </c>
+      <c r="E433" s="2" t="s">
+        <v>1615</v>
+      </c>
+      <c r="F433" s="2" t="s">
+        <v>1616</v>
+      </c>
+      <c r="G433" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="H433" s="2">
+        <v>0</v>
+      </c>
+      <c r="I433" s="1">
+        <v>0</v>
+      </c>
+      <c r="J433" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K433" s="2" t="str">
+        <f>J433*509.72</f>
+        <v>0</v>
+      </c>
+      <c r="L433" s="5"/>
+    </row>
+    <row r="434" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A434" s="1"/>
+      <c r="B434" s="1">
         <v>882246</v>
       </c>
-      <c r="C433" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F433" s="2" t="s">
+      <c r="C434" s="1" t="s">
         <v>1617</v>
       </c>
-      <c r="G433" s="2">
-[...18 lines deleted...]
-      <c r="A434" s="8" t="s">
+      <c r="D434" s="1" t="s">
         <v>1618</v>
       </c>
-      <c r="B434" s="8"/>
-[...8 lines deleted...]
-      <c r="K434" s="8"/>
+      <c r="E434" s="2" t="s">
+        <v>1619</v>
+      </c>
+      <c r="F434" s="2" t="s">
+        <v>1620</v>
+      </c>
+      <c r="G434" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H434" s="2">
+        <v>0</v>
+      </c>
+      <c r="I434" s="1">
+        <v>0</v>
+      </c>
+      <c r="J434" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K434" s="2" t="str">
+        <f>J434*663.21</f>
+        <v>0</v>
+      </c>
       <c r="L434" s="5"/>
     </row>
-    <row r="435" spans="1:12" outlineLevel="4">
-[...10 lines deleted...]
-      <c r="E435" s="2" t="s">
+    <row r="435" spans="1:12" outlineLevel="2">
+      <c r="A435" s="8" t="s">
         <v>1621</v>
       </c>
-      <c r="F435" s="2" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="B435" s="8"/>
+      <c r="C435" s="8"/>
+      <c r="D435" s="8"/>
+      <c r="E435" s="8"/>
+      <c r="F435" s="8"/>
+      <c r="G435" s="8"/>
+      <c r="H435" s="8"/>
+      <c r="I435" s="8"/>
+      <c r="J435" s="8"/>
+      <c r="K435" s="8"/>
       <c r="L435" s="5"/>
     </row>
     <row r="436" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A436" s="1"/>
       <c r="B436" s="1">
-        <v>954201</v>
+        <v>954200</v>
       </c>
       <c r="C436" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="D436" s="1" t="s">
         <v>1623</v>
       </c>
-      <c r="D436" s="1" t="s">
+      <c r="E436" s="2" t="s">
         <v>1624</v>
       </c>
-      <c r="E436" s="2" t="s">
+      <c r="F436" s="2" t="s">
         <v>1625</v>
       </c>
-      <c r="F436" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G436" s="2">
-        <v>-20</v>
+        <v>0</v>
       </c>
       <c r="H436" s="2">
         <v>0</v>
       </c>
-      <c r="I436" s="1" t="s">
-        <v>23</v>
+      <c r="I436" s="1">
+        <v>0</v>
       </c>
       <c r="J436" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K436" s="2" t="str">
-        <f>J436*546.66</f>
+        <f>J436*493.69</f>
         <v>0</v>
       </c>
       <c r="L436" s="5"/>
     </row>
-    <row r="437" spans="1:12" outlineLevel="4">
+    <row r="437" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A437" s="1"/>
       <c r="B437" s="1">
-        <v>954202</v>
+        <v>954201</v>
       </c>
       <c r="C437" s="1" t="s">
+        <v>1626</v>
+      </c>
+      <c r="D437" s="1" t="s">
         <v>1627</v>
       </c>
-      <c r="D437" s="1" t="s">
+      <c r="E437" s="2" t="s">
         <v>1628</v>
       </c>
-      <c r="E437" s="2" t="s">
+      <c r="F437" s="2" t="s">
         <v>1629</v>
       </c>
-      <c r="F437" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G437" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H437" s="2">
         <v>0</v>
       </c>
       <c r="I437" s="1">
         <v>0</v>
       </c>
       <c r="J437" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K437" s="2" t="str">
-        <f>J437*810.41</f>
+        <f>J437*546.66</f>
         <v>0</v>
       </c>
       <c r="L437" s="5"/>
     </row>
-    <row r="438" spans="1:12" outlineLevel="4">
+    <row r="438" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A438" s="1"/>
       <c r="B438" s="1">
+        <v>954202</v>
+      </c>
+      <c r="C438" s="1" t="s">
+        <v>1630</v>
+      </c>
+      <c r="D438" s="1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="E438" s="2" t="s">
+        <v>1632</v>
+      </c>
+      <c r="F438" s="2" t="s">
+        <v>1633</v>
+      </c>
+      <c r="G438" s="2">
+        <v>0</v>
+      </c>
+      <c r="H438" s="2">
+        <v>0</v>
+      </c>
+      <c r="I438" s="1">
+        <v>0</v>
+      </c>
+      <c r="J438" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K438" s="2" t="str">
+        <f>J438*810.41</f>
+        <v>0</v>
+      </c>
+      <c r="L438" s="5"/>
+    </row>
+    <row r="439" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A439" s="1"/>
+      <c r="B439" s="1">
         <v>954203</v>
       </c>
-      <c r="C438" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F438" s="2" t="s">
+      <c r="C439" s="1" t="s">
         <v>1634</v>
       </c>
-      <c r="G438" s="2">
-[...18 lines deleted...]
-      <c r="A439" s="7" t="s">
+      <c r="D439" s="1" t="s">
         <v>1635</v>
       </c>
-      <c r="B439" s="7"/>
-[...8 lines deleted...]
-      <c r="K439" s="7"/>
+      <c r="E439" s="2" t="s">
+        <v>1636</v>
+      </c>
+      <c r="F439" s="2" t="s">
+        <v>1637</v>
+      </c>
+      <c r="G439" s="2">
+        <v>0</v>
+      </c>
+      <c r="H439" s="2">
+        <v>0</v>
+      </c>
+      <c r="I439" s="1">
+        <v>0</v>
+      </c>
+      <c r="J439" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K439" s="2" t="str">
+        <f>J439*382.10</f>
+        <v>0</v>
+      </c>
       <c r="L439" s="5"/>
     </row>
-    <row r="440" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
-[...10 lines deleted...]
-      <c r="E440" s="2" t="s">
+    <row r="440" spans="1:12" outlineLevel="1">
+      <c r="A440" s="7" t="s">
         <v>1638</v>
       </c>
-      <c r="F440" s="2" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="B440" s="7"/>
+      <c r="C440" s="7"/>
+      <c r="D440" s="7"/>
+      <c r="E440" s="7"/>
+      <c r="F440" s="7"/>
+      <c r="G440" s="7"/>
+      <c r="H440" s="7"/>
+      <c r="I440" s="7"/>
+      <c r="J440" s="7"/>
+      <c r="K440" s="7"/>
       <c r="L440" s="5"/>
     </row>
     <row r="441" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A441" s="1"/>
       <c r="B441" s="1">
-        <v>810975</v>
+        <v>810974</v>
       </c>
       <c r="C441" s="1" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D441" s="1" t="s">
         <v>1640</v>
       </c>
-      <c r="D441" s="1" t="s">
+      <c r="E441" s="2" t="s">
         <v>1641</v>
       </c>
-      <c r="E441" s="2" t="s">
+      <c r="F441" s="2" t="s">
         <v>1642</v>
       </c>
-      <c r="F441" s="2" t="s">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="G441" s="2">
+        <v>5</v>
+      </c>
+      <c r="H441" s="2" t="s">
+        <v>88</v>
       </c>
       <c r="I441" s="1">
         <v>0</v>
       </c>
       <c r="J441" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K441" s="2" t="str">
-        <f>J441*36.00</f>
+        <f>J441*263.00</f>
         <v>0</v>
       </c>
       <c r="L441" s="5"/>
     </row>
     <row r="442" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A442" s="1"/>
       <c r="B442" s="1">
-        <v>810976</v>
+        <v>810975</v>
       </c>
       <c r="C442" s="1" t="s">
+        <v>1643</v>
+      </c>
+      <c r="D442" s="1" t="s">
         <v>1644</v>
       </c>
-      <c r="D442" s="1" t="s">
+      <c r="E442" s="2" t="s">
         <v>1645</v>
       </c>
-      <c r="E442" s="2" t="s">
+      <c r="F442" s="2" t="s">
         <v>1646</v>
       </c>
-      <c r="F442" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G442" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="H442" s="2" t="s">
         <v>23</v>
       </c>
+      <c r="H442" s="2">
+        <v>0</v>
+      </c>
       <c r="I442" s="1">
         <v>0</v>
       </c>
       <c r="J442" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K442" s="2" t="str">
-        <f>J442*34.00</f>
+        <f>J442*36.00</f>
         <v>0</v>
       </c>
       <c r="L442" s="5"/>
     </row>
     <row r="443" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A443" s="1"/>
       <c r="B443" s="1">
-        <v>810977</v>
+        <v>810976</v>
       </c>
       <c r="C443" s="1" t="s">
+        <v>1647</v>
+      </c>
+      <c r="D443" s="1" t="s">
         <v>1648</v>
       </c>
-      <c r="D443" s="1" t="s">
+      <c r="E443" s="2" t="s">
         <v>1649</v>
       </c>
-      <c r="E443" s="2" t="s">
+      <c r="F443" s="2" t="s">
         <v>1650</v>
       </c>
-      <c r="F443" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G443" s="2" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>88</v>
+      </c>
+      <c r="H443" s="2">
+        <v>0</v>
       </c>
       <c r="I443" s="1">
         <v>0</v>
       </c>
       <c r="J443" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K443" s="2" t="str">
-        <f>J443*35.00</f>
+        <f>J443*34.00</f>
         <v>0</v>
       </c>
       <c r="L443" s="5"/>
     </row>
     <row r="444" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A444" s="1"/>
       <c r="B444" s="1">
-        <v>810978</v>
+        <v>810977</v>
       </c>
       <c r="C444" s="1" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D444" s="1" t="s">
         <v>1652</v>
       </c>
-      <c r="D444" s="1" t="s">
+      <c r="E444" s="2" t="s">
         <v>1653</v>
       </c>
-      <c r="E444" s="2" t="s">
+      <c r="F444" s="2" t="s">
         <v>1654</v>
       </c>
-      <c r="F444" s="2" t="s">
-[...6 lines deleted...]
-        <v>70</v>
+      <c r="G444" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H444" s="2">
+        <v>0</v>
       </c>
       <c r="I444" s="1">
         <v>0</v>
       </c>
       <c r="J444" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K444" s="2" t="str">
-        <f>J444*154.00</f>
+        <f>J444*35.00</f>
         <v>0</v>
       </c>
       <c r="L444" s="5"/>
     </row>
     <row r="445" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A445" s="1"/>
       <c r="B445" s="1">
-        <v>810979</v>
+        <v>810978</v>
       </c>
       <c r="C445" s="1" t="s">
+        <v>1655</v>
+      </c>
+      <c r="D445" s="1" t="s">
         <v>1656</v>
       </c>
-      <c r="D445" s="1" t="s">
+      <c r="E445" s="2" t="s">
         <v>1657</v>
       </c>
-      <c r="E445" s="2" t="s">
+      <c r="F445" s="2" t="s">
         <v>1658</v>
       </c>
-      <c r="F445" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G445" s="2">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="H445" s="2" t="s">
-        <v>48</v>
+        <v>88</v>
       </c>
       <c r="I445" s="1">
         <v>0</v>
       </c>
       <c r="J445" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K445" s="2" t="str">
-        <f>J445*87.00</f>
+        <f>J445*154.00</f>
         <v>0</v>
       </c>
       <c r="L445" s="5"/>
     </row>
     <row r="446" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A446" s="1"/>
       <c r="B446" s="1">
-        <v>810980</v>
+        <v>810979</v>
       </c>
       <c r="C446" s="1" t="s">
+        <v>1659</v>
+      </c>
+      <c r="D446" s="1" t="s">
         <v>1660</v>
       </c>
-      <c r="D446" s="1" t="s">
+      <c r="E446" s="2" t="s">
         <v>1661</v>
       </c>
-      <c r="E446" s="2" t="s">
+      <c r="F446" s="2" t="s">
         <v>1662</v>
       </c>
-      <c r="F446" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G446" s="2">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="H446" s="2" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="I446" s="1">
         <v>0</v>
       </c>
       <c r="J446" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K446" s="2" t="str">
-        <f>J446*57.00</f>
+        <f>J446*87.00</f>
         <v>0</v>
       </c>
       <c r="L446" s="5"/>
     </row>
     <row r="447" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A447" s="1"/>
       <c r="B447" s="1">
-        <v>810981</v>
+        <v>810980</v>
       </c>
       <c r="C447" s="1" t="s">
+        <v>1663</v>
+      </c>
+      <c r="D447" s="1" t="s">
         <v>1664</v>
       </c>
-      <c r="D447" s="1" t="s">
+      <c r="E447" s="2" t="s">
         <v>1665</v>
       </c>
-      <c r="E447" s="2" t="s">
+      <c r="F447" s="2" t="s">
         <v>1666</v>
       </c>
-      <c r="F447" s="2" t="s">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="G447" s="2">
+        <v>6</v>
+      </c>
+      <c r="H447" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="I447" s="1">
         <v>0</v>
       </c>
       <c r="J447" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K447" s="2" t="str">
-        <f>J447*44.00</f>
+        <f>J447*57.00</f>
         <v>0</v>
       </c>
       <c r="L447" s="5"/>
     </row>
     <row r="448" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A448" s="1"/>
       <c r="B448" s="1">
-        <v>810982</v>
+        <v>810981</v>
       </c>
       <c r="C448" s="1" t="s">
+        <v>1667</v>
+      </c>
+      <c r="D448" s="1" t="s">
         <v>1668</v>
       </c>
-      <c r="D448" s="1" t="s">
+      <c r="E448" s="2" t="s">
         <v>1669</v>
       </c>
-      <c r="E448" s="2" t="s">
+      <c r="F448" s="2" t="s">
         <v>1670</v>
       </c>
-      <c r="F448" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G448" s="2">
         <v>0</v>
       </c>
       <c r="H448" s="2">
         <v>0</v>
       </c>
       <c r="I448" s="1">
         <v>0</v>
       </c>
       <c r="J448" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K448" s="2" t="str">
-        <f>J448*192.00</f>
+        <f>J448*44.00</f>
         <v>0</v>
       </c>
       <c r="L448" s="5"/>
     </row>
     <row r="449" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A449" s="1"/>
       <c r="B449" s="1">
-        <v>810983</v>
+        <v>810982</v>
       </c>
       <c r="C449" s="1" t="s">
+        <v>1671</v>
+      </c>
+      <c r="D449" s="1" t="s">
         <v>1672</v>
       </c>
-      <c r="D449" s="1" t="s">
+      <c r="E449" s="2" t="s">
         <v>1673</v>
       </c>
-      <c r="E449" s="2" t="s">
+      <c r="F449" s="2" t="s">
         <v>1674</v>
       </c>
-      <c r="F449" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G449" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H449" s="2">
         <v>0</v>
       </c>
       <c r="I449" s="1">
         <v>0</v>
       </c>
       <c r="J449" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K449" s="2" t="str">
-        <f>J449*147.00</f>
+        <f>J449*192.00</f>
         <v>0</v>
       </c>
       <c r="L449" s="5"/>
     </row>
     <row r="450" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A450" s="1"/>
       <c r="B450" s="1">
-        <v>810984</v>
+        <v>810983</v>
       </c>
       <c r="C450" s="1" t="s">
+        <v>1675</v>
+      </c>
+      <c r="D450" s="1" t="s">
         <v>1676</v>
       </c>
-      <c r="D450" s="1" t="s">
+      <c r="E450" s="2" t="s">
         <v>1677</v>
       </c>
-      <c r="E450" s="2" t="s">
+      <c r="F450" s="2" t="s">
         <v>1678</v>
       </c>
-      <c r="F450" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G450" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H450" s="2">
         <v>0</v>
       </c>
       <c r="I450" s="1">
         <v>0</v>
       </c>
       <c r="J450" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K450" s="2" t="str">
-        <f>J450*94.00</f>
+        <f>J450*147.00</f>
         <v>0</v>
       </c>
       <c r="L450" s="5"/>
     </row>
     <row r="451" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A451" s="1"/>
       <c r="B451" s="1">
-        <v>810985</v>
+        <v>810984</v>
       </c>
       <c r="C451" s="1" t="s">
+        <v>1679</v>
+      </c>
+      <c r="D451" s="1" t="s">
         <v>1680</v>
       </c>
-      <c r="D451" s="1" t="s">
+      <c r="E451" s="2" t="s">
         <v>1681</v>
       </c>
-      <c r="E451" s="2" t="s">
+      <c r="F451" s="2" t="s">
         <v>1682</v>
       </c>
-      <c r="F451" s="2" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="G451" s="2">
+        <v>0</v>
+      </c>
+      <c r="H451" s="2">
+        <v>0</v>
       </c>
       <c r="I451" s="1">
         <v>0</v>
       </c>
       <c r="J451" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K451" s="2" t="str">
-        <f>J451*59.00</f>
+        <f>J451*94.00</f>
         <v>0</v>
       </c>
       <c r="L451" s="5"/>
     </row>
     <row r="452" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A452" s="1"/>
       <c r="B452" s="1">
-        <v>810986</v>
+        <v>810985</v>
       </c>
       <c r="C452" s="1" t="s">
+        <v>1683</v>
+      </c>
+      <c r="D452" s="1" t="s">
         <v>1684</v>
       </c>
-      <c r="D452" s="1" t="s">
+      <c r="E452" s="2" t="s">
         <v>1685</v>
       </c>
-      <c r="E452" s="2" t="s">
+      <c r="F452" s="2" t="s">
         <v>1686</v>
       </c>
-      <c r="F452" s="2" t="s">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="G452" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H452" s="2" t="s">
+        <v>88</v>
       </c>
       <c r="I452" s="1">
         <v>0</v>
       </c>
       <c r="J452" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K452" s="2" t="str">
         <f>J452*59.00</f>
         <v>0</v>
       </c>
       <c r="L452" s="5"/>
     </row>
     <row r="453" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A453" s="1"/>
       <c r="B453" s="1">
-        <v>810987</v>
+        <v>810986</v>
       </c>
       <c r="C453" s="1" t="s">
         <v>1687</v>
       </c>
       <c r="D453" s="1" t="s">
         <v>1688</v>
       </c>
       <c r="E453" s="2" t="s">
         <v>1689</v>
       </c>
       <c r="F453" s="2" t="s">
-        <v>1643</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>1686</v>
+      </c>
+      <c r="G453" s="2">
+        <v>0</v>
       </c>
       <c r="H453" s="2">
         <v>0</v>
       </c>
       <c r="I453" s="1">
         <v>0</v>
       </c>
       <c r="J453" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K453" s="2" t="str">
-        <f>J453*36.00</f>
+        <f>J453*59.00</f>
         <v>0</v>
       </c>
       <c r="L453" s="5"/>
     </row>
     <row r="454" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A454" s="1"/>
       <c r="B454" s="1">
-        <v>810988</v>
+        <v>810987</v>
       </c>
       <c r="C454" s="1" t="s">
         <v>1690</v>
       </c>
       <c r="D454" s="1" t="s">
         <v>1691</v>
       </c>
       <c r="E454" s="2" t="s">
         <v>1692</v>
       </c>
       <c r="F454" s="2" t="s">
-        <v>1693</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1646</v>
+      </c>
+      <c r="G454" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H454" s="2">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="I454" s="1">
         <v>0</v>
       </c>
       <c r="J454" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K454" s="2" t="str">
-        <f>J454*72.00</f>
+        <f>J454*36.00</f>
         <v>0</v>
       </c>
       <c r="L454" s="5"/>
     </row>
     <row r="455" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A455" s="1"/>
       <c r="B455" s="1">
-        <v>810989</v>
+        <v>810988</v>
       </c>
       <c r="C455" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="D455" s="1" t="s">
         <v>1694</v>
       </c>
-      <c r="D455" s="1" t="s">
+      <c r="E455" s="2" t="s">
         <v>1695</v>
       </c>
-      <c r="E455" s="2" t="s">
+      <c r="F455" s="2" t="s">
         <v>1696</v>
       </c>
-      <c r="F455" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G455" s="2">
         <v>0</v>
       </c>
-      <c r="H455" s="2" t="s">
-        <v>23</v>
+      <c r="H455" s="2">
+        <v>6</v>
       </c>
       <c r="I455" s="1">
         <v>0</v>
       </c>
       <c r="J455" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K455" s="2" t="str">
-        <f>J455*287.00</f>
+        <f>J455*72.00</f>
         <v>0</v>
       </c>
       <c r="L455" s="5"/>
     </row>
     <row r="456" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A456" s="1"/>
       <c r="B456" s="1">
-        <v>810990</v>
+        <v>810989</v>
       </c>
       <c r="C456" s="1" t="s">
+        <v>1697</v>
+      </c>
+      <c r="D456" s="1" t="s">
         <v>1698</v>
       </c>
-      <c r="D456" s="1" t="s">
+      <c r="E456" s="2" t="s">
         <v>1699</v>
       </c>
-      <c r="E456" s="2" t="s">
+      <c r="F456" s="2" t="s">
         <v>1700</v>
       </c>
-      <c r="F456" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G456" s="2">
         <v>0</v>
       </c>
-      <c r="H456" s="2">
-        <v>4</v>
+      <c r="H456" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="I456" s="1">
         <v>0</v>
       </c>
       <c r="J456" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K456" s="2" t="str">
-        <f>J456*269.00</f>
+        <f>J456*287.00</f>
         <v>0</v>
       </c>
       <c r="L456" s="5"/>
     </row>
     <row r="457" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A457" s="1"/>
       <c r="B457" s="1">
+        <v>810990</v>
+      </c>
+      <c r="C457" s="1" t="s">
+        <v>1701</v>
+      </c>
+      <c r="D457" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="E457" s="2" t="s">
+        <v>1703</v>
+      </c>
+      <c r="F457" s="2" t="s">
+        <v>1704</v>
+      </c>
+      <c r="G457" s="2">
+        <v>0</v>
+      </c>
+      <c r="H457" s="2">
+        <v>0</v>
+      </c>
+      <c r="I457" s="1">
+        <v>0</v>
+      </c>
+      <c r="J457" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K457" s="2" t="str">
+        <f>J457*269.00</f>
+        <v>0</v>
+      </c>
+      <c r="L457" s="5"/>
+    </row>
+    <row r="458" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A458" s="1"/>
+      <c r="B458" s="1">
         <v>810991</v>
       </c>
-      <c r="C457" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F457" s="2" t="s">
+      <c r="C458" s="1" t="s">
         <v>1705</v>
       </c>
-      <c r="G457" s="2">
-[...18 lines deleted...]
-      <c r="A458" s="7" t="s">
+      <c r="D458" s="1" t="s">
         <v>1706</v>
       </c>
-      <c r="B458" s="7"/>
-[...8 lines deleted...]
-      <c r="K458" s="7"/>
+      <c r="E458" s="2" t="s">
+        <v>1707</v>
+      </c>
+      <c r="F458" s="2" t="s">
+        <v>1708</v>
+      </c>
+      <c r="G458" s="2">
+        <v>0</v>
+      </c>
+      <c r="H458" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="I458" s="1">
+        <v>0</v>
+      </c>
+      <c r="J458" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K458" s="2" t="str">
+        <f>J458*47.00</f>
+        <v>0</v>
+      </c>
       <c r="L458" s="5"/>
     </row>
-    <row r="459" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
-[...11 lines deleted...]
-      <c r="F459" s="2" t="s">
+    <row r="459" spans="1:12" outlineLevel="1">
+      <c r="A459" s="7" t="s">
         <v>1709</v>
       </c>
-      <c r="G459" s="2">
-[...14 lines deleted...]
-      </c>
+      <c r="B459" s="7"/>
+      <c r="C459" s="7"/>
+      <c r="D459" s="7"/>
+      <c r="E459" s="7"/>
+      <c r="F459" s="7"/>
+      <c r="G459" s="7"/>
+      <c r="H459" s="7"/>
+      <c r="I459" s="7"/>
+      <c r="J459" s="7"/>
+      <c r="K459" s="7"/>
       <c r="L459" s="5"/>
     </row>
     <row r="460" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A460" s="1"/>
       <c r="B460" s="1">
-        <v>873431</v>
+        <v>873430</v>
       </c>
       <c r="C460" s="1" t="s">
         <v>1710</v>
       </c>
       <c r="D460" s="1"/>
       <c r="E460" s="2" t="s">
         <v>1711</v>
       </c>
       <c r="F460" s="2" t="s">
         <v>1712</v>
       </c>
       <c r="G460" s="2">
         <v>0</v>
       </c>
       <c r="H460" s="2">
         <v>0</v>
       </c>
       <c r="I460" s="1">
         <v>0</v>
       </c>
       <c r="J460" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K460" s="2" t="str">
-        <f>J460*3518.40</f>
+        <f>J460*2942.40</f>
         <v>0</v>
       </c>
       <c r="L460" s="5"/>
     </row>
     <row r="461" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A461" s="1"/>
       <c r="B461" s="1">
-        <v>858507</v>
+        <v>873431</v>
       </c>
       <c r="C461" s="1" t="s">
         <v>1713</v>
       </c>
       <c r="D461" s="1"/>
       <c r="E461" s="2" t="s">
         <v>1714</v>
       </c>
       <c r="F461" s="2" t="s">
         <v>1715</v>
       </c>
       <c r="G461" s="2">
         <v>0</v>
       </c>
       <c r="H461" s="2">
         <v>0</v>
       </c>
       <c r="I461" s="1">
         <v>0</v>
       </c>
       <c r="J461" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K461" s="2" t="str">
-        <f>J461*3688.00</f>
+        <f>J461*3518.40</f>
         <v>0</v>
       </c>
       <c r="L461" s="5"/>
     </row>
     <row r="462" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A462" s="1"/>
       <c r="B462" s="1">
-        <v>868618</v>
+        <v>858507</v>
       </c>
       <c r="C462" s="1" t="s">
         <v>1716</v>
       </c>
       <c r="D462" s="1"/>
       <c r="E462" s="2" t="s">
         <v>1717</v>
       </c>
       <c r="F462" s="2" t="s">
         <v>1718</v>
       </c>
       <c r="G462" s="2">
         <v>0</v>
       </c>
       <c r="H462" s="2">
         <v>0</v>
       </c>
       <c r="I462" s="1">
         <v>0</v>
       </c>
       <c r="J462" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K462" s="2" t="str">
-        <f>J462*4211.20</f>
+        <f>J462*3688.00</f>
         <v>0</v>
       </c>
       <c r="L462" s="5"/>
     </row>
     <row r="463" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A463" s="1"/>
       <c r="B463" s="1">
-        <v>877728</v>
+        <v>868618</v>
       </c>
       <c r="C463" s="1" t="s">
         <v>1719</v>
       </c>
       <c r="D463" s="1"/>
       <c r="E463" s="2" t="s">
         <v>1720</v>
       </c>
       <c r="F463" s="2" t="s">
         <v>1721</v>
       </c>
       <c r="G463" s="2">
         <v>0</v>
       </c>
       <c r="H463" s="2">
         <v>0</v>
       </c>
       <c r="I463" s="1">
         <v>0</v>
       </c>
       <c r="J463" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K463" s="2" t="str">
-        <f>J463*4648.00</f>
+        <f>J463*4211.20</f>
         <v>0</v>
       </c>
       <c r="L463" s="5"/>
     </row>
     <row r="464" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A464" s="1"/>
       <c r="B464" s="1">
-        <v>868611</v>
+        <v>877728</v>
       </c>
       <c r="C464" s="1" t="s">
         <v>1722</v>
       </c>
       <c r="D464" s="1"/>
       <c r="E464" s="2" t="s">
         <v>1723</v>
       </c>
       <c r="F464" s="2" t="s">
         <v>1724</v>
       </c>
       <c r="G464" s="2">
         <v>0</v>
       </c>
       <c r="H464" s="2">
         <v>0</v>
       </c>
       <c r="I464" s="1">
         <v>0</v>
       </c>
       <c r="J464" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K464" s="2" t="str">
-        <f>J464*5820.80</f>
+        <f>J464*4648.00</f>
         <v>0</v>
       </c>
       <c r="L464" s="5"/>
     </row>
     <row r="465" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A465" s="1"/>
       <c r="B465" s="1">
-        <v>868612</v>
+        <v>868611</v>
       </c>
       <c r="C465" s="1" t="s">
         <v>1725</v>
       </c>
       <c r="D465" s="1"/>
       <c r="E465" s="2" t="s">
         <v>1726</v>
       </c>
       <c r="F465" s="2" t="s">
         <v>1727</v>
       </c>
       <c r="G465" s="2">
         <v>0</v>
       </c>
       <c r="H465" s="2">
         <v>0</v>
       </c>
       <c r="I465" s="1">
         <v>0</v>
       </c>
       <c r="J465" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K465" s="2" t="str">
-        <f>J465*6044.80</f>
+        <f>J465*5820.80</f>
         <v>0</v>
       </c>
       <c r="L465" s="5"/>
     </row>
     <row r="466" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A466" s="1"/>
       <c r="B466" s="1">
-        <v>868613</v>
+        <v>868612</v>
       </c>
       <c r="C466" s="1" t="s">
         <v>1728</v>
       </c>
       <c r="D466" s="1"/>
       <c r="E466" s="2" t="s">
         <v>1729</v>
       </c>
       <c r="F466" s="2" t="s">
         <v>1730</v>
       </c>
       <c r="G466" s="2">
         <v>0</v>
       </c>
       <c r="H466" s="2">
         <v>0</v>
       </c>
       <c r="I466" s="1">
         <v>0</v>
       </c>
       <c r="J466" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K466" s="2" t="str">
-        <f>J466*6334.40</f>
+        <f>J466*6044.80</f>
         <v>0</v>
       </c>
       <c r="L466" s="5"/>
     </row>
     <row r="467" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A467" s="1"/>
       <c r="B467" s="1">
-        <v>879198</v>
+        <v>868613</v>
       </c>
       <c r="C467" s="1" t="s">
         <v>1731</v>
       </c>
-      <c r="D467" s="1" t="s">
+      <c r="D467" s="1"/>
+      <c r="E467" s="2" t="s">
         <v>1732</v>
       </c>
-      <c r="E467" s="2" t="s">
+      <c r="F467" s="2" t="s">
         <v>1733</v>
       </c>
-      <c r="F467" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G467" s="2">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="H467" s="2">
         <v>0</v>
       </c>
       <c r="I467" s="1">
         <v>0</v>
       </c>
       <c r="J467" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K467" s="2" t="str">
-        <f>J467*2806.91</f>
+        <f>J467*6334.40</f>
         <v>0</v>
       </c>
       <c r="L467" s="5"/>
     </row>
     <row r="468" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A468" s="1"/>
       <c r="B468" s="1">
-        <v>879199</v>
+        <v>879198</v>
       </c>
       <c r="C468" s="1" t="s">
+        <v>1734</v>
+      </c>
+      <c r="D468" s="1" t="s">
         <v>1735</v>
       </c>
-      <c r="D468" s="1" t="s">
+      <c r="E468" s="2" t="s">
         <v>1736</v>
       </c>
-      <c r="E468" s="2" t="s">
+      <c r="F468" s="2" t="s">
         <v>1737</v>
       </c>
-      <c r="F468" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G468" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H468" s="2">
         <v>0</v>
       </c>
       <c r="I468" s="1">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="J468" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K468" s="2" t="str">
-        <f>J468*3382.58</f>
+        <f>J468*2863.44</f>
         <v>0</v>
       </c>
       <c r="L468" s="5"/>
     </row>
     <row r="469" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A469" s="1"/>
       <c r="B469" s="1">
-        <v>879200</v>
+        <v>879199</v>
       </c>
       <c r="C469" s="1" t="s">
+        <v>1738</v>
+      </c>
+      <c r="D469" s="1" t="s">
         <v>1739</v>
       </c>
-      <c r="D469" s="1" t="s">
+      <c r="E469" s="2" t="s">
         <v>1740</v>
       </c>
-      <c r="E469" s="2" t="s">
+      <c r="F469" s="2" t="s">
         <v>1741</v>
       </c>
-      <c r="F469" s="2" t="s">
-[...3 lines deleted...]
-        <v>10</v>
+      <c r="G469" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="H469" s="2">
         <v>0</v>
       </c>
       <c r="I469" s="1">
         <v>0</v>
       </c>
       <c r="J469" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K469" s="2" t="str">
-        <f>J469*3941.88</f>
+        <f>J469*3451.00</f>
         <v>0</v>
       </c>
       <c r="L469" s="5"/>
     </row>
     <row r="470" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A470" s="1"/>
       <c r="B470" s="1">
-        <v>882881</v>
+        <v>879200</v>
       </c>
       <c r="C470" s="1" t="s">
+        <v>1742</v>
+      </c>
+      <c r="D470" s="1" t="s">
         <v>1743</v>
       </c>
-      <c r="D470" s="1" t="s">
+      <c r="E470" s="2" t="s">
         <v>1744</v>
       </c>
-      <c r="E470" s="2" t="s">
+      <c r="F470" s="2" t="s">
         <v>1745</v>
       </c>
-      <c r="F470" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G470" s="2">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="H470" s="2">
         <v>0</v>
       </c>
       <c r="I470" s="1">
         <v>0</v>
       </c>
       <c r="J470" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K470" s="2" t="str">
-        <f>J470*4774.88</f>
+        <f>J470*4020.71</f>
         <v>0</v>
       </c>
       <c r="L470" s="5"/>
     </row>
     <row r="471" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A471" s="1"/>
       <c r="B471" s="1">
-        <v>882882</v>
+        <v>882881</v>
       </c>
       <c r="C471" s="1" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D471" s="1" t="s">
         <v>1747</v>
       </c>
-      <c r="D471" s="1" t="s">
+      <c r="E471" s="2" t="s">
         <v>1748</v>
       </c>
-      <c r="E471" s="2" t="s">
+      <c r="F471" s="2" t="s">
         <v>1749</v>
-      </c>
-[...1 lines deleted...]
-        <v>1750</v>
       </c>
       <c r="G471" s="2">
         <v>5</v>
       </c>
       <c r="H471" s="2">
         <v>0</v>
       </c>
       <c r="I471" s="1">
         <v>0</v>
       </c>
       <c r="J471" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K471" s="2" t="str">
-        <f>J471*5322.28</f>
+        <f>J471*4871.56</f>
         <v>0</v>
       </c>
       <c r="L471" s="5"/>
     </row>
     <row r="472" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A472" s="1"/>
       <c r="B472" s="1">
-        <v>883946</v>
+        <v>882882</v>
       </c>
       <c r="C472" s="1" t="s">
+        <v>1750</v>
+      </c>
+      <c r="D472" s="1" t="s">
         <v>1751</v>
       </c>
-      <c r="D472" s="1" t="s">
+      <c r="E472" s="2" t="s">
         <v>1752</v>
       </c>
-      <c r="E472" s="2" t="s">
+      <c r="F472" s="2" t="s">
         <v>1753</v>
       </c>
-      <c r="F472" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G472" s="2">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H472" s="2">
         <v>0</v>
       </c>
       <c r="I472" s="1">
         <v>0</v>
       </c>
       <c r="J472" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K472" s="2" t="str">
-        <f>J472*6491.45</f>
+        <f>J472*5429.38</f>
         <v>0</v>
       </c>
       <c r="L472" s="5"/>
     </row>
     <row r="473" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A473" s="1"/>
       <c r="B473" s="1">
-        <v>883947</v>
+        <v>883946</v>
       </c>
       <c r="C473" s="1" t="s">
+        <v>1754</v>
+      </c>
+      <c r="D473" s="1" t="s">
         <v>1755</v>
       </c>
-      <c r="D473" s="1" t="s">
+      <c r="E473" s="2" t="s">
         <v>1756</v>
       </c>
-      <c r="E473" s="2" t="s">
+      <c r="F473" s="2" t="s">
         <v>1757</v>
-      </c>
-[...1 lines deleted...]
-        <v>1758</v>
       </c>
       <c r="G473" s="2">
         <v>1</v>
       </c>
       <c r="H473" s="2">
         <v>0</v>
       </c>
       <c r="I473" s="1">
         <v>0</v>
       </c>
       <c r="J473" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K473" s="2" t="str">
-        <f>J473*6994.23</f>
+        <f>J473*6491.45</f>
         <v>0</v>
       </c>
       <c r="L473" s="5"/>
     </row>
     <row r="474" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A474" s="1"/>
       <c r="B474" s="1">
-        <v>885820</v>
+        <v>883947</v>
       </c>
       <c r="C474" s="1" t="s">
+        <v>1758</v>
+      </c>
+      <c r="D474" s="1" t="s">
         <v>1759</v>
       </c>
-      <c r="D474" s="1" t="s">
+      <c r="E474" s="2" t="s">
         <v>1760</v>
       </c>
-      <c r="E474" s="2" t="s">
+      <c r="F474" s="2" t="s">
         <v>1761</v>
       </c>
-      <c r="F474" s="2" t="s">
-[...3 lines deleted...]
-        <v>48</v>
+      <c r="G474" s="2">
+        <v>1</v>
       </c>
       <c r="H474" s="2">
         <v>0</v>
       </c>
       <c r="I474" s="1">
         <v>0</v>
       </c>
       <c r="J474" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K474" s="2" t="str">
-        <f>J474*1740.38</f>
+        <f>J474*6994.23</f>
         <v>0</v>
       </c>
       <c r="L474" s="5"/>
     </row>
     <row r="475" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A475" s="1"/>
       <c r="B475" s="1">
-        <v>885821</v>
+        <v>885820</v>
       </c>
       <c r="C475" s="1" t="s">
+        <v>1762</v>
+      </c>
+      <c r="D475" s="1" t="s">
         <v>1763</v>
       </c>
-      <c r="D475" s="1" t="s">
+      <c r="E475" s="2" t="s">
         <v>1764</v>
       </c>
-      <c r="E475" s="2" t="s">
+      <c r="F475" s="2" t="s">
         <v>1765</v>
-      </c>
-[...1 lines deleted...]
-        <v>1766</v>
       </c>
       <c r="G475" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H475" s="2">
         <v>0</v>
       </c>
       <c r="I475" s="1">
         <v>0</v>
       </c>
       <c r="J475" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K475" s="2" t="str">
-        <f>J475*1944.16</f>
+        <f>J475*1838.55</f>
         <v>0</v>
       </c>
       <c r="L475" s="5"/>
     </row>
     <row r="476" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A476" s="1"/>
       <c r="B476" s="1">
-        <v>885822</v>
+        <v>885821</v>
       </c>
       <c r="C476" s="1" t="s">
+        <v>1766</v>
+      </c>
+      <c r="D476" s="1" t="s">
         <v>1767</v>
       </c>
-      <c r="D476" s="1" t="s">
+      <c r="E476" s="2" t="s">
         <v>1768</v>
       </c>
-      <c r="E476" s="2" t="s">
+      <c r="F476" s="2" t="s">
         <v>1769</v>
       </c>
-      <c r="F476" s="2" t="s">
-[...3 lines deleted...]
-        <v>48</v>
+      <c r="G476" s="2">
+        <v>8</v>
       </c>
       <c r="H476" s="2">
         <v>0</v>
       </c>
       <c r="I476" s="1">
         <v>0</v>
       </c>
       <c r="J476" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K476" s="2" t="str">
-        <f>J476*2146.46</f>
+        <f>J476*2052.75</f>
         <v>0</v>
       </c>
       <c r="L476" s="5"/>
     </row>
     <row r="477" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A477" s="1"/>
       <c r="B477" s="1">
-        <v>885823</v>
+        <v>885822</v>
       </c>
       <c r="C477" s="1" t="s">
+        <v>1770</v>
+      </c>
+      <c r="D477" s="1" t="s">
         <v>1771</v>
       </c>
-      <c r="D477" s="1" t="s">
+      <c r="E477" s="2" t="s">
         <v>1772</v>
       </c>
-      <c r="E477" s="2" t="s">
+      <c r="F477" s="2" t="s">
         <v>1773</v>
-      </c>
-[...1 lines deleted...]
-        <v>1774</v>
       </c>
       <c r="G477" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H477" s="2">
         <v>0</v>
       </c>
       <c r="I477" s="1">
         <v>0</v>
       </c>
       <c r="J477" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K477" s="2" t="str">
-        <f>J477*2338.35</f>
+        <f>J477*2262.49</f>
         <v>0</v>
       </c>
       <c r="L477" s="5"/>
     </row>
     <row r="478" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A478" s="1"/>
       <c r="B478" s="1">
+        <v>885823</v>
+      </c>
+      <c r="C478" s="1" t="s">
+        <v>1774</v>
+      </c>
+      <c r="D478" s="1" t="s">
+        <v>1775</v>
+      </c>
+      <c r="E478" s="2" t="s">
+        <v>1776</v>
+      </c>
+      <c r="F478" s="2" t="s">
+        <v>1777</v>
+      </c>
+      <c r="G478" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H478" s="2">
+        <v>0</v>
+      </c>
+      <c r="I478" s="1">
+        <v>0</v>
+      </c>
+      <c r="J478" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K478" s="2" t="str">
+        <f>J478*2436.53</f>
+        <v>0</v>
+      </c>
+      <c r="L478" s="5"/>
+    </row>
+    <row r="479" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A479" s="1"/>
+      <c r="B479" s="1">
         <v>885824</v>
       </c>
-      <c r="C478" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F478" s="2" t="s">
+      <c r="C479" s="1" t="s">
         <v>1778</v>
       </c>
-      <c r="G478" s="2">
-[...15 lines deleted...]
-      <c r="L478" s="5"/>
+      <c r="D479" s="1" t="s">
+        <v>1779</v>
+      </c>
+      <c r="E479" s="2" t="s">
+        <v>1780</v>
+      </c>
+      <c r="F479" s="2" t="s">
+        <v>1781</v>
+      </c>
+      <c r="G479" s="2">
+        <v>9</v>
+      </c>
+      <c r="H479" s="2">
+        <v>0</v>
+      </c>
+      <c r="I479" s="1">
+        <v>0</v>
+      </c>
+      <c r="J479" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K479" s="2" t="str">
+        <f>J479*2591.23</f>
+        <v>0</v>
+      </c>
+      <c r="L479" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A396:K396"/>
-    <mergeCell ref="A439:K439"/>
-    <mergeCell ref="A458:K458"/>
+    <mergeCell ref="A440:K440"/>
+    <mergeCell ref="A459:K459"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A17:K17"/>
     <mergeCell ref="A182:K182"/>
     <mergeCell ref="A263:K263"/>
     <mergeCell ref="A315:K315"/>
     <mergeCell ref="A346:K346"/>
     <mergeCell ref="A353:K353"/>
     <mergeCell ref="A393:K393"/>
     <mergeCell ref="A397:K397"/>
-    <mergeCell ref="A412:K412"/>
-[...3 lines deleted...]
-    <mergeCell ref="A434:K434"/>
+    <mergeCell ref="A413:K413"/>
+    <mergeCell ref="A423:K423"/>
+    <mergeCell ref="A427:K427"/>
+    <mergeCell ref="A432:K432"/>
+    <mergeCell ref="A435:K435"/>
     <mergeCell ref="A18:K18"/>
     <mergeCell ref="A117:K117"/>
     <mergeCell ref="A124:K124"/>
     <mergeCell ref="A138:K138"/>
     <mergeCell ref="A160:K160"/>
     <mergeCell ref="A168:K168"/>
     <mergeCell ref="A183:K183"/>
     <mergeCell ref="A241:K241"/>
     <mergeCell ref="A264:K264"/>
     <mergeCell ref="A308:K308"/>
     <mergeCell ref="A316:K316"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>