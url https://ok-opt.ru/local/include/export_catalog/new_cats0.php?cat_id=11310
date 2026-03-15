--- v2 (2026-01-29)
+++ v3 (2026-03-15)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1782">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1778">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
@@ -115,50 +115,53 @@
   <si>
     <t>ZAP-330003</t>
   </si>
   <si>
     <t>VR205-03</t>
   </si>
   <si>
     <t>Кран шар. АТМ стандарт  проход  бабочка 1" вн.-вн. (10/100шт)</t>
   </si>
   <si>
     <t>492.36 руб.</t>
   </si>
   <si>
     <t>ZAP-330004</t>
   </si>
   <si>
     <t>VR206-01</t>
   </si>
   <si>
     <t>Кран шар. АТМ стандарт  проход бабочка 1/2" вн.-нар. (10/160шт)</t>
   </si>
   <si>
     <t>235.03 руб.</t>
   </si>
   <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
     <t>ZAP-330005</t>
   </si>
   <si>
     <t>VR206-02</t>
   </si>
   <si>
     <t>Кран шар. АТМ стандарт  проход бабочка 3/4" вн.-нар. (10/120шт)</t>
   </si>
   <si>
     <t>328.74 руб.</t>
   </si>
   <si>
     <t>ZAP-330006</t>
   </si>
   <si>
     <t>VR206-03</t>
   </si>
   <si>
     <t>Кран шар. АТМ стандарт  проход бабочка 1" вн.-нар. (10/100шт)</t>
   </si>
   <si>
     <t>514.68 руб.</t>
   </si>
   <si>
     <t>ZAP-330007</t>
@@ -268,335 +271,332 @@
   <si>
     <t>VLC-1134003</t>
   </si>
   <si>
     <t>VT.247.N.06</t>
   </si>
   <si>
     <t>Кран шар. для подкл. датчика темп., 1" (8 /64шт)</t>
   </si>
   <si>
     <t>1 307.00 руб.</t>
   </si>
   <si>
     <t>VLC-1134004</t>
   </si>
   <si>
     <t>VT.806.N.0404</t>
   </si>
   <si>
     <t>Кран шаровой для подключения  манометра, 1/2"нар -1/2"вн. (8 /128шт)</t>
   </si>
   <si>
     <t>604.00 руб.</t>
   </si>
   <si>
+    <t>VLC-1134005</t>
+  </si>
+  <si>
+    <t>VT.806.N.0402</t>
+  </si>
+  <si>
+    <t>Кран шаровой для подключения  манометра, 1/2"нар -1/4"вн. (10 /160шт)</t>
+  </si>
+  <si>
+    <t>522.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-1134006</t>
+  </si>
+  <si>
+    <t>VT.806.N.0403</t>
+  </si>
+  <si>
+    <t>Кран шаровой для подключения  манометра, 1/2"нар -3/8"вн. (9 /144шт)</t>
+  </si>
+  <si>
+    <t>496.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-1134007</t>
+  </si>
+  <si>
+    <t>VT.807.N.0404</t>
+  </si>
+  <si>
+    <t>Кран шаровой для подключения  манометра, 1/2"вн. -1/2"вн. (10 /160шт)</t>
+  </si>
+  <si>
+    <t>504.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-1134008</t>
+  </si>
+  <si>
+    <t>VT.807.N.0402</t>
+  </si>
+  <si>
+    <t>Кран шаровой для подключения  манометра, 1/2"вн. -1/4"вн. (10 /160шт)</t>
+  </si>
+  <si>
+    <t>464.00 руб.</t>
+  </si>
+  <si>
     <t>&gt;500</t>
   </si>
   <si>
-    <t>VLC-1134005</t>
-[...49 lines deleted...]
-  <si>
     <t>VLC-1134009</t>
   </si>
   <si>
     <t>VT.807.N.0403</t>
   </si>
   <si>
     <t>Кран шаровой для подключения  манометра, 1/2"вн. -3/8"вн. (10 /160шт)</t>
   </si>
   <si>
     <t>469.00 руб.</t>
   </si>
   <si>
     <t>VLC-1134010</t>
   </si>
   <si>
     <t>VT.808.N.04</t>
   </si>
   <si>
     <t>Кран шаровой c термометром, 1/2" (1 /36шт)</t>
   </si>
   <si>
     <t>1 014.00 руб.</t>
   </si>
   <si>
     <t>VLC-1134011</t>
   </si>
   <si>
     <t>VT.808.N.05</t>
   </si>
   <si>
     <t>Кран шаровой c термометром, 3/4" (1 /36шт)</t>
   </si>
   <si>
     <t>1 338.00 руб.</t>
   </si>
   <si>
     <t>VLC-411003</t>
   </si>
   <si>
     <t>VT.214.N.04</t>
   </si>
   <si>
     <t>Кран шар. BASE, стальная рукоятка 1/2" вн.-вн. (14 /126шт)</t>
   </si>
   <si>
     <t>488.00 руб.</t>
   </si>
   <si>
+    <t>VLC-411004</t>
+  </si>
+  <si>
+    <t>VT.214.N.05</t>
+  </si>
+  <si>
+    <t>Кран шар. BASE, стальная рукоятка 3/4" вн.-вн. (10 /120шт)</t>
+  </si>
+  <si>
+    <t>744.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-411005</t>
+  </si>
+  <si>
+    <t>VT.214.N.06</t>
+  </si>
+  <si>
+    <t>Кран шар. BASE, стальная рукоятка 1" вн.-вн. (6 /54шт)</t>
+  </si>
+  <si>
+    <t>1 209.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-411006</t>
+  </si>
+  <si>
+    <t>VT.214.N.07</t>
+  </si>
+  <si>
+    <t>Кран шар. BASE, стальная рукоятка 1 1/4" вн.-вн. (3 /36шт)</t>
+  </si>
+  <si>
+    <t>1 889.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-411007</t>
+  </si>
+  <si>
+    <t>VT.214.N.08</t>
+  </si>
+  <si>
+    <t>Кран шар. BASE, стальная рукоятка 1 1/2" вн.-вн. (2 /20шт)</t>
+  </si>
+  <si>
+    <t>2 893.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-411008</t>
+  </si>
+  <si>
+    <t>VT.214.N.09</t>
+  </si>
+  <si>
+    <t>Кран шар. BASE, стальная рукоятка 2" вн.-вн. (2 /20шт)</t>
+  </si>
+  <si>
+    <t>4 078.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-411009</t>
+  </si>
+  <si>
+    <t>VT.214.N.10</t>
+  </si>
+  <si>
+    <t>Кран шар. BASE, стальная рукоятка 2 1/2" вн.-вн. (1 /6шт)</t>
+  </si>
+  <si>
+    <t>10 118.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-411010</t>
+  </si>
+  <si>
+    <t>VT.214.N.11</t>
+  </si>
+  <si>
+    <t>Кран шар. BASE, стальная рукоятка 3" вн.-вн. (1 /4шт)</t>
+  </si>
+  <si>
+    <t>15 193.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-411011</t>
+  </si>
+  <si>
+    <t>VT.214.N.12</t>
+  </si>
+  <si>
+    <t>Кран шар. BASE, стальная рукоятка 4" вн.-вн. (1 /4шт)</t>
+  </si>
+  <si>
+    <t>20 679.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-411012</t>
+  </si>
+  <si>
+    <t>VT.215.N.04</t>
+  </si>
+  <si>
+    <t>Кран шар. BASE, стальная рукоятка 1/2" вн.-нар. (16 /144шт)</t>
+  </si>
+  <si>
+    <t>539.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-411013</t>
+  </si>
+  <si>
+    <t>VT.215.N.05</t>
+  </si>
+  <si>
+    <t>Кран шар. BASE, стальная рукоятка 3/4" вн.-нар. (10 /120шт)</t>
+  </si>
+  <si>
+    <t>806.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-411014</t>
+  </si>
+  <si>
+    <t>VT.215.N.06</t>
+  </si>
+  <si>
+    <t>Кран шар. BASE, стальная рукоятка 1" вн.-нар. (6 /72шт)</t>
+  </si>
+  <si>
+    <t>1 314.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-411015</t>
+  </si>
+  <si>
+    <t>VT.215.N.07</t>
+  </si>
+  <si>
+    <t>Кран шар. BASE, стальная рукоятка 1 1/4" вн.-нар. (4 /32шт)</t>
+  </si>
+  <si>
+    <t>2 321.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-411016</t>
+  </si>
+  <si>
+    <t>VT.215.N.08</t>
+  </si>
+  <si>
+    <t>Кран шар. BASE, стальная рукоятка 1 1/2" вн.-нар. (2 /20шт)</t>
+  </si>
+  <si>
+    <t>3 488.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-411017</t>
+  </si>
+  <si>
+    <t>VT.215.N.09</t>
+  </si>
+  <si>
+    <t>Кран шар. BASE, стальная рукоятка 2" вн.-нар. (2 /16шт)</t>
+  </si>
+  <si>
+    <t>5 152.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-411018</t>
+  </si>
+  <si>
+    <t>VT.217.N.04</t>
+  </si>
+  <si>
+    <t>Кран шар. BASE, рукоятка бабочка 1/2" вн.-вн. (16 /256шт)</t>
+  </si>
+  <si>
+    <t>439.00 руб.</t>
+  </si>
+  <si>
     <t>&gt;5000</t>
   </si>
   <si>
-    <t>VLC-411004</t>
-[...178 lines deleted...]
-  <si>
     <t>VLC-411019</t>
   </si>
   <si>
     <t>VT.217.N.05</t>
   </si>
   <si>
     <t>Кран шар. BASE, рукоятка бабочка 3/4" вн.-вн.  (14 /126шт)</t>
   </si>
   <si>
     <t>658.00 руб.</t>
   </si>
   <si>
     <t>VLC-411020</t>
   </si>
   <si>
     <t>VT.217.N.06</t>
   </si>
   <si>
     <t>Кран шар. BASE, рукоятка бабочка 1" вн.-вн.  (6 /90шт</t>
   </si>
   <si>
     <t>1 111.00 руб.</t>
   </si>
   <si>
     <t>VLC-411021</t>
@@ -2125,51 +2125,51 @@
   <si>
     <t>VT.121.N.06</t>
   </si>
   <si>
     <t>Кран шаровой СТАНДАРТ, никель, длинная рукоятка 1", вн.-нар. PN40 (ГОСТ)</t>
   </si>
   <si>
     <t>865.00 руб.</t>
   </si>
   <si>
     <t>Краны шаровые VIEIR</t>
   </si>
   <si>
     <t>Краны шаровые VIEIR BASIC</t>
   </si>
   <si>
     <t>STP-410014</t>
   </si>
   <si>
     <t>VR1119</t>
   </si>
   <si>
     <t>Кран дренажный со съёмным металлическим штуцером 1/2"  (200/1шт)</t>
   </si>
   <si>
-    <t>806.23 руб.</t>
+    <t>403.11 руб.</t>
   </si>
   <si>
     <t>VER-000127</t>
   </si>
   <si>
     <t>VER61</t>
   </si>
   <si>
     <t>Кран шаровой с удлиненным штоком 1/2" F/F НИКЕЛЬ "ViEiR"(96/6шт)</t>
   </si>
   <si>
     <t>654.50 руб.</t>
   </si>
   <si>
     <t>VER-000157</t>
   </si>
   <si>
     <t>VR200-07</t>
   </si>
   <si>
     <t>Кран шаровой 2 1/2" F/F  (ручка) НИКЕЛЬ  "ViEiR"(4/1шт)</t>
   </si>
   <si>
     <t>8 310.66 руб.</t>
   </si>
@@ -4027,498 +4027,486 @@
   <si>
     <t>309.51 руб.</t>
   </si>
   <si>
     <t>OTM-110053</t>
   </si>
   <si>
     <t>кран шаровой 1  вр/нар бабочка латунь никель PN40 COMPACT (10/100шт)</t>
   </si>
   <si>
     <t>396.72 руб.</t>
   </si>
   <si>
     <t>Краны шаровые ТЕБО полнопроходные ГОСТ</t>
   </si>
   <si>
     <t>ALT-120001</t>
   </si>
   <si>
     <t>T-КШ.101.12.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/ВН  1/2" ручка (10/80)</t>
   </si>
   <si>
-    <t>394.77 руб.</t>
+    <t>469.96 руб.</t>
   </si>
   <si>
     <t>ALT-120002</t>
   </si>
   <si>
     <t>T-КШ.101.34.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/ВН  3/4" ручка (7/56)</t>
   </si>
   <si>
-    <t>559.43 руб.</t>
+    <t>696.58 руб.</t>
   </si>
   <si>
     <t>ALT-120003</t>
   </si>
   <si>
     <t>T-КШ.101.1.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/ВН  1" ручка (4/32) (шт.)</t>
   </si>
   <si>
-    <t>948.51 руб.</t>
+    <t>1 098.91 руб.</t>
   </si>
   <si>
     <t>ALT-120004</t>
   </si>
   <si>
     <t>T-КШ.101.114.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/ВН 1.1/4" ручка (2/18)</t>
   </si>
   <si>
-    <t>1 481.00 руб.</t>
+    <t>1 763.88 руб.</t>
   </si>
   <si>
     <t>ALT-120005</t>
   </si>
   <si>
     <t>T-КШ.101.112.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/ВН 1.1/2" ручка (2/12)</t>
   </si>
   <si>
-    <t>2 220.84 руб.</t>
+    <t>2 645.23 руб.</t>
   </si>
   <si>
     <t>ALT-120006</t>
   </si>
   <si>
     <t>T-КШ.101.2.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/ВН   2" ручка (2/8) (шт.)</t>
   </si>
   <si>
-    <t>3 347.36 руб.</t>
+    <t>3 878.25 руб.</t>
   </si>
   <si>
     <t>ALT-120007</t>
   </si>
   <si>
     <t>T-КШ.202.12.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/НАР  1/2" ручка (8/64)</t>
   </si>
   <si>
-    <t>414.48 руб.</t>
+    <t>493.67 руб.</t>
   </si>
   <si>
     <t>ALT-120008</t>
   </si>
   <si>
     <t>Т-КШ.202.34.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/НАР  3/4" ручка (6/48)</t>
   </si>
   <si>
-    <t>594.02 руб.</t>
+    <t>739.81 руб.</t>
   </si>
   <si>
     <t>ALT-120009</t>
   </si>
   <si>
     <t>T-КШ.202.1.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/НАР  1" ручка (4/32)</t>
   </si>
   <si>
-    <t>982.01 руб.</t>
+    <t>1 169.80 руб.</t>
   </si>
   <si>
     <t>ALT-120010</t>
   </si>
   <si>
     <t>T-КШ.202.114.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/НАР 1.1/4" ручка (2/18)</t>
   </si>
   <si>
-    <t>1 738.05 руб.</t>
+    <t>2 013.73 руб.</t>
   </si>
   <si>
     <t>ALT-120011</t>
   </si>
   <si>
     <t>T-КШ.202.112.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/НАР 1.1/2" ручка (2/12)</t>
   </si>
   <si>
-    <t>2 340.83 руб.</t>
+    <t>2 788.18 руб.</t>
   </si>
   <si>
     <t>ALT-120012</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/НАР 2" ручка ()</t>
   </si>
   <si>
     <t>ALT-120013</t>
   </si>
   <si>
     <t>T-КШ.303.12.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO НАР/НАР  1/2" ручка (8/64)</t>
   </si>
   <si>
-    <t>415.79 руб.</t>
+    <t>495.07 руб.</t>
   </si>
   <si>
     <t>ALT-120014</t>
   </si>
   <si>
     <t>T-КШ.303.34.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO НАР/НАР  3/4" ручка (6/48)</t>
   </si>
   <si>
-    <t>611.10 руб.</t>
+    <t>727.72 руб.</t>
   </si>
   <si>
     <t>ALT-120015</t>
   </si>
   <si>
     <t>T-КШ.303.1.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO НАР/НАР  1" ручка (4/32) (шт.)</t>
   </si>
   <si>
-    <t>1 011.35 руб.</t>
+    <t>1 204.43 руб.</t>
   </si>
   <si>
     <t>ALT-120016</t>
   </si>
   <si>
     <t>T-КШ.101.12.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/ВН  1/2" бабочка (16/128)</t>
   </si>
   <si>
-    <t>374.63 руб.</t>
+    <t>446.02 руб.</t>
   </si>
   <si>
     <t>ALT-120017</t>
   </si>
   <si>
     <t>T-КШ.101.34.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/ВН  3/4" бабочка (10/80)</t>
   </si>
   <si>
-    <t>523.96 руб.</t>
+    <t>652.19 руб.</t>
   </si>
   <si>
     <t>ALT-120018</t>
   </si>
   <si>
     <t>T-КШ.101.1.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/ВН  1" бабочка (5/40)</t>
   </si>
   <si>
-    <t>932.08 руб.</t>
+    <t>1 079.85 руб.</t>
   </si>
   <si>
     <t>ALT-120019</t>
   </si>
   <si>
     <t>T-КШ.202.38.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/НАР  3/8" бабочка (20/160)</t>
   </si>
   <si>
-    <t>282.89 руб.</t>
+    <t>327.72 руб.</t>
   </si>
   <si>
     <t>ALT-120020</t>
   </si>
   <si>
     <t>Т-КШ.202.12.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/НАР  1/2" бабочка (14/112)</t>
   </si>
   <si>
-    <t>390.17 руб.</t>
+    <t>464.85 руб.</t>
   </si>
   <si>
     <t>ALT-120021</t>
   </si>
   <si>
     <t>Т-КШ.202.34.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/НАР  3/4" бабочка (8/64)</t>
   </si>
   <si>
-    <t>571.03 руб.</t>
+    <t>680.08 руб.</t>
   </si>
   <si>
     <t>ALT-120022</t>
   </si>
   <si>
     <t>Т-КШ.202.1.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO ВН/НАР  1" бабочка (5/40)</t>
   </si>
   <si>
-    <t>961.64 руб.</t>
+    <t>1 145.39 руб.</t>
   </si>
   <si>
     <t>ALT-120023</t>
   </si>
   <si>
     <t>T-КШ.303.12.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO НАР/НАР  1/2" бабочка (14/112)</t>
   </si>
   <si>
-    <t>394.55 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>ALT-120024</t>
   </si>
   <si>
     <t>T-КШ.303.34.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO НАР/НАР  3/4" бабочка (8/64)</t>
   </si>
   <si>
-    <t>590.08 руб.</t>
+    <t>702.85 руб.</t>
   </si>
   <si>
     <t>ALT-120025</t>
   </si>
   <si>
     <t>T-КШ.303.1.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO НАР/НАР  1" бабочка (5/40шт)</t>
   </si>
   <si>
     <t>ALT-120026</t>
   </si>
   <si>
     <t>T-КШ.402.12.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO с полусгоном  1/2" бабочка (10/80)</t>
   </si>
   <si>
-    <t>521.33 руб.</t>
+    <t>604.07 руб.</t>
   </si>
   <si>
     <t>ALT-120027</t>
   </si>
   <si>
     <t>T-КШ.402.34.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO с полусгоном  3/4" бабочка (7/56)</t>
   </si>
   <si>
-    <t>776.19 руб.</t>
+    <t>924.59 руб.</t>
   </si>
   <si>
     <t>ALT-120028</t>
   </si>
   <si>
     <t>Т-КШ.402.1.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO с полусгоном  1" бабочка (4/32)</t>
   </si>
   <si>
-    <t>1 407.21 руб.</t>
+    <t>1 630.46 руб.</t>
   </si>
   <si>
     <t>ALT-120029</t>
   </si>
   <si>
     <t>T-КШ.402.114.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO с полусгоном 1.1/4" бабочка (3/24) (шт.)</t>
   </si>
   <si>
-    <t>2 107.64 руб.</t>
+    <t>2 441.86 руб.</t>
   </si>
   <si>
     <t>ALT-120030</t>
   </si>
   <si>
     <t>T-КШ.452.12.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO с полусгоном угловой  1/2" бабочка (7/56)</t>
   </si>
   <si>
-    <t>608.91 руб.</t>
+    <t>725.17 руб.</t>
   </si>
   <si>
     <t>ALT-120031</t>
   </si>
   <si>
     <t>T-КШ.452.34.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO с полусгоном угловой  3/4" бабочка (6/48)</t>
   </si>
   <si>
-    <t>906.90 руб.</t>
+    <t>1 127.50 руб.</t>
   </si>
   <si>
     <t>ALT-120032</t>
   </si>
   <si>
     <t>T-КШ.452.1.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO с полусгоном угловой  1" бабочка (2/18)</t>
   </si>
   <si>
-    <t>1 609.31 руб.</t>
+    <t>1 864.52 руб.</t>
   </si>
   <si>
     <t>ALT-120033</t>
   </si>
   <si>
     <t>T-КШ.402.12.ББ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO с полусгоном  1/2" белая бабочка (10/80)</t>
   </si>
   <si>
-    <t>521.55 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>ALT-120034</t>
   </si>
   <si>
     <t>T-КШ.402.34.ББ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO с полусгоном  3/4" белая бабочка (7/56)</t>
   </si>
   <si>
-    <t>775.75 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>ALT-120035</t>
   </si>
   <si>
     <t>T-КШ.452.12.ББ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO с полусгоном угловой  1/2" белая бабочка (7/56)</t>
   </si>
   <si>
-    <t>611.76 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>ALT-120036</t>
   </si>
   <si>
     <t>T-КШ.452.34.ББ.CN</t>
   </si>
   <si>
     <t>Кран шаровой полный проход TEBO с полусгоном угловой  3/4" белая бабочка (6/48)</t>
   </si>
   <si>
-    <t>474.45 руб.</t>
+    <t>565.16 руб.</t>
   </si>
   <si>
     <t>ALT-120037</t>
   </si>
   <si>
     <t>T-КШ.Ф.501.12.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой - фильтр TEBO ВН/ВН 1/2" ручка (6/48)</t>
   </si>
   <si>
-    <t>734.37 руб.</t>
+    <t>850.91 руб.</t>
   </si>
   <si>
     <t>ALT-120038</t>
   </si>
   <si>
     <t>T-КШ.Ф.501.12.КБ.CN</t>
   </si>
   <si>
     <t>Кран шаровой - фильтр TEBO ВН/ВН 1/2" бабочка (7/56)</t>
   </si>
   <si>
-    <t>634.53 руб.</t>
+    <t>755.62 руб.</t>
   </si>
   <si>
     <t>ALT-120039</t>
   </si>
   <si>
     <t>T-КШ.Д.505.12.БР.CN</t>
   </si>
   <si>
     <t>Кран шаровой дренажный TEBO НАР 1/2" (14/112)</t>
   </si>
   <si>
-    <t>383.61 руб.</t>
+    <t>477.63 руб.</t>
   </si>
   <si>
     <t>Краны шаровые РОСТУРПЛАСТ (в инд упаковке)</t>
   </si>
   <si>
     <t>RTP-902016</t>
   </si>
   <si>
     <t>Кран шаровой ручка бабочка, латунь, вн/нар резьба  1/2",PN25 еврослот, никель, RTP (80/1шт)</t>
   </si>
   <si>
     <t>320.70 руб.</t>
   </si>
   <si>
     <t>RTP-902039</t>
   </si>
   <si>
     <t>Кран шаровой ручка бабочка, латунь, вн/нар резьба  1/2",PN40 еврослот, никель, RTP (80/1шт)</t>
   </si>
   <si>
     <t>343.86 руб.</t>
   </si>
   <si>
     <t>Краны водоразборные</t>
   </si>
@@ -4867,63 +4855,63 @@
   <si>
     <t>ZGR-000208</t>
   </si>
   <si>
     <t>PF31</t>
   </si>
   <si>
     <t>Кран шаровой латунный водоразборный 1/2" (120шт)</t>
   </si>
   <si>
     <t>304.75 руб.</t>
   </si>
   <si>
     <t>Краны водоразборные ТЕБО</t>
   </si>
   <si>
     <t>ALT-120040</t>
   </si>
   <si>
     <t>T-КШ.П.555.12.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой поливочный с латунным штуцером TEBO НАР 1/2" (7/56)</t>
   </si>
   <si>
-    <t>509.72 руб.</t>
+    <t>607.10 руб.</t>
   </si>
   <si>
     <t>ALT-120041</t>
   </si>
   <si>
     <t>Т-КШ.П.555.34.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой поливочный с латунным штуцером TEBO НАР 3/4" (4/32)</t>
   </si>
   <si>
-    <t>663.21 руб.</t>
+    <t>768.40 руб.</t>
   </si>
   <si>
     <t>Краны водоразборные GAPPO</t>
   </si>
   <si>
     <t>GAP-100776</t>
   </si>
   <si>
     <t>G232.04</t>
   </si>
   <si>
     <t>Кран водоразборный 1/2" GAPPO со съемным штуцером (10/100шт)</t>
   </si>
   <si>
     <t>493.69 руб.</t>
   </si>
   <si>
     <t>GAP-100777</t>
   </si>
   <si>
     <t>G232.05</t>
   </si>
   <si>
     <t>Кран водоразборный 3/4" GAPPO со съемным штуцером (8/80шт)</t>
   </si>
@@ -19324,2081 +19312,2081 @@
       </c>
       <c r="K7" s="2" t="str">
         <f>J7*492.36</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>811022</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*235.03</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>811023</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="str">
         <f>J9*328.74</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>811024</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G10" s="2">
         <v>8</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="str">
         <f>J10*514.68</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>823091</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="str">
         <f>J11*230.56</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>823092</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="str">
         <f>J12*322.79</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>823118</v>
       </c>
       <c r="C13" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="E13" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F13" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="G13" s="2" t="s">
         <v>49</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="str">
         <f>J13*489.39</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>823971</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="str">
         <f>J14*235.03</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>823972</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>60</v>
+      </c>
+      <c r="G15" s="2" t="s">
+        <v>49</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="str">
         <f>J15*333.20</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>823122</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G16" s="2">
         <v>8</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="str">
         <f>J16*508.73</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" outlineLevel="2">
       <c r="A17" s="8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B17" s="8"/>
       <c r="C17" s="8"/>
       <c r="D17" s="8"/>
       <c r="E17" s="8"/>
       <c r="F17" s="8"/>
       <c r="G17" s="8"/>
       <c r="H17" s="8"/>
       <c r="I17" s="8"/>
       <c r="J17" s="8"/>
       <c r="K17" s="8"/>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" outlineLevel="3">
       <c r="A18" s="9" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B18" s="9"/>
       <c r="C18" s="9"/>
       <c r="D18" s="9"/>
       <c r="E18" s="9"/>
       <c r="F18" s="9"/>
       <c r="G18" s="9"/>
       <c r="H18" s="9"/>
       <c r="I18" s="9"/>
       <c r="J18" s="9"/>
       <c r="K18" s="9"/>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>810906</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="H19" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="str">
         <f>J19*587.00</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>810907</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G20" s="2">
         <v>0</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="str">
         <f>J20*857.00</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>810908</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G21" s="2">
         <v>0</v>
       </c>
       <c r="H21" s="2" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="str">
         <f>J21*1307.00</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>810909</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>83</v>
+        <v>71</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="str">
         <f>J22*604.00</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>810910</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>85</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>87</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>32</v>
+      </c>
+      <c r="H23" s="2">
+        <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="str">
         <f>J23*522.00</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>810911</v>
       </c>
       <c r="C24" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D24" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="D24" s="1" t="s">
+      <c r="E24" s="2" t="s">
         <v>90</v>
       </c>
-      <c r="E24" s="2" t="s">
+      <c r="F24" s="2" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="G24" s="2">
         <v>0</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="str">
         <f>J24*496.00</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>810912</v>
       </c>
       <c r="C25" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D25" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="D25" s="1" t="s">
+      <c r="E25" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="E25" s="2" t="s">
+      <c r="F25" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="F25" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G25" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H25" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="str">
         <f>J25*504.00</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>810913</v>
       </c>
       <c r="C26" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D26" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="D26" s="1" t="s">
+      <c r="E26" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="E26" s="2" t="s">
+      <c r="F26" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="F26" s="2" t="s">
+      <c r="G26" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="H26" s="2" t="s">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="str">
         <f>J26*464.00</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>810914</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>102</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>104</v>
       </c>
       <c r="G27" s="2">
         <v>0</v>
       </c>
       <c r="H27" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="str">
         <f>J27*469.00</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>810915</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>105</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>106</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>107</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>108</v>
       </c>
       <c r="G28" s="2">
         <v>8</v>
       </c>
       <c r="H28" s="2" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="str">
         <f>J28*1014.00</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>810916</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>109</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>110</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>111</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G29" s="2">
         <v>0</v>
       </c>
       <c r="H29" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="str">
         <f>J29*1338.00</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>810825</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>115</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>116</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H30" s="2" t="s">
-        <v>117</v>
+        <v>71</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="str">
         <f>J30*488.00</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>810826</v>
       </c>
       <c r="C31" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D31" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="D31" s="1" t="s">
+      <c r="E31" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="E31" s="2" t="s">
+      <c r="F31" s="2" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H31" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="str">
         <f>J31*744.00</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>810827</v>
       </c>
       <c r="C32" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D32" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="D32" s="1" t="s">
+      <c r="E32" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="E32" s="2" t="s">
+      <c r="F32" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="F32" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G32" s="2" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="str">
         <f>J32*1209.00</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>810828</v>
       </c>
       <c r="C33" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D33" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="D33" s="1" t="s">
+      <c r="E33" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="E33" s="2" t="s">
+      <c r="F33" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="F33" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G33" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H33" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="str">
         <f>J33*1889.00</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>810829</v>
       </c>
       <c r="C34" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D34" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="D34" s="1" t="s">
+      <c r="E34" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="E34" s="2" t="s">
+      <c r="F34" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="F34" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G34" s="2" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="H34" s="2" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="str">
         <f>J34*2893.00</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>810830</v>
       </c>
       <c r="C35" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D35" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="D35" s="1" t="s">
+      <c r="E35" s="2" t="s">
         <v>135</v>
       </c>
-      <c r="E35" s="2" t="s">
+      <c r="F35" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="F35" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G35" s="2" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="H35" s="2" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="str">
         <f>J35*4078.00</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>810831</v>
       </c>
       <c r="C36" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D36" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="D36" s="1" t="s">
+      <c r="E36" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="E36" s="2" t="s">
+      <c r="F36" s="2" t="s">
         <v>140</v>
       </c>
-      <c r="F36" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G36" s="2">
         <v>0</v>
       </c>
-      <c r="H36" s="2">
-        <v>0</v>
+      <c r="H36" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="str">
         <f>J36*10118.00</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>810832</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D37" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="D37" s="1" t="s">
+      <c r="E37" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="E37" s="2" t="s">
+      <c r="F37" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="F37" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G37" s="2">
         <v>0</v>
       </c>
-      <c r="H37" s="2" t="s">
-        <v>48</v>
+      <c r="H37" s="2">
+        <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="str">
         <f>J37*15193.00</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>810833</v>
       </c>
       <c r="C38" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="D38" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="D38" s="1" t="s">
+      <c r="E38" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="E38" s="2" t="s">
+      <c r="F38" s="2" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="G38" s="2">
         <v>0</v>
       </c>
       <c r="H38" s="2">
         <v>8</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="str">
         <f>J38*20679.00</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>810834</v>
       </c>
       <c r="C39" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="D39" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="D39" s="1" t="s">
+      <c r="E39" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="E39" s="2" t="s">
+      <c r="F39" s="2" t="s">
         <v>152</v>
       </c>
-      <c r="F39" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G39" s="2" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="H39" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="str">
         <f>J39*539.00</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>810835</v>
       </c>
       <c r="C40" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D40" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="D40" s="1" t="s">
+      <c r="E40" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="E40" s="2" t="s">
+      <c r="F40" s="2" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H40" s="2" t="s">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="str">
         <f>J40*806.00</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>810836</v>
       </c>
       <c r="C41" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D41" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="D41" s="1" t="s">
+      <c r="E41" s="2" t="s">
         <v>159</v>
       </c>
-      <c r="E41" s="2" t="s">
+      <c r="F41" s="2" t="s">
         <v>160</v>
       </c>
-      <c r="F41" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G41" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H41" s="2" t="s">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="str">
         <f>J41*1314.00</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>810837</v>
       </c>
       <c r="C42" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="D42" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="D42" s="1" t="s">
+      <c r="E42" s="2" t="s">
         <v>163</v>
       </c>
-      <c r="E42" s="2" t="s">
+      <c r="F42" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="F42" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G42" s="2">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="H42" s="2" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="str">
         <f>J42*2321.00</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>810838</v>
       </c>
       <c r="C43" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D43" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="D43" s="1" t="s">
+      <c r="E43" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="E43" s="2" t="s">
+      <c r="F43" s="2" t="s">
         <v>168</v>
       </c>
-      <c r="F43" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G43" s="2">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="str">
         <f>J43*3488.00</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>810839</v>
       </c>
       <c r="C44" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D44" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="D44" s="1" t="s">
+      <c r="E44" s="2" t="s">
         <v>171</v>
       </c>
-      <c r="E44" s="2" t="s">
+      <c r="F44" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="F44" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G44" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H44" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="str">
         <f>J44*5152.00</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>810840</v>
       </c>
       <c r="C45" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="D45" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="D45" s="1" t="s">
+      <c r="E45" s="2" t="s">
         <v>175</v>
       </c>
-      <c r="E45" s="2" t="s">
+      <c r="F45" s="2" t="s">
         <v>176</v>
       </c>
-      <c r="F45" s="2" t="s">
+      <c r="G45" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="H45" s="2" t="s">
         <v>177</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
       <c r="I45" s="1">
         <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="str">
         <f>J45*439.00</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>810841</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>178</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>179</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>180</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>181</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H46" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="str">
         <f>J46*658.00</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>810842</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>182</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>183</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>184</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>185</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H47" s="2" t="s">
-        <v>83</v>
+        <v>71</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="str">
         <f>J47*1111.00</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>810843</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>186</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>188</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="G48" s="2">
-        <v>0</v>
+      <c r="G48" s="2" t="s">
+        <v>100</v>
       </c>
       <c r="H48" s="2" t="s">
-        <v>117</v>
+        <v>177</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="str">
         <f>J48*468.00</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>810844</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>190</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>191</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>192</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>193</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="str">
         <f>J49*756.00</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>810845</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>194</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>195</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>196</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>197</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H50" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="str">
         <f>J50*1242.00</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
         <v>810846</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>198</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>199</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>200</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>201</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H51" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I51" s="1">
         <v>0</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="str">
         <f>J51*524.00</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>810847</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>202</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>203</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>204</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>205</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H52" s="2" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="str">
         <f>J52*830.00</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
         <v>810848</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>206</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>208</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>209</v>
       </c>
       <c r="G53" s="2">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="H53" s="2">
         <v>0</v>
       </c>
       <c r="I53" s="1">
         <v>0</v>
       </c>
       <c r="J53" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="str">
         <f>J53*1426.00</f>
         <v>0</v>
       </c>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
         <v>810849</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>210</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>211</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>212</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>213</v>
       </c>
-      <c r="G54" s="2" t="s">
-        <v>48</v>
+      <c r="G54" s="2">
+        <v>10</v>
       </c>
       <c r="H54" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1">
         <v>0</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="str">
         <f>J54*413.00</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
         <v>810850</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>214</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>215</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>216</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>217</v>
       </c>
-      <c r="G55" s="2" t="s">
-        <v>48</v>
+      <c r="G55" s="2">
+        <v>10</v>
       </c>
       <c r="H55" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="str">
         <f>J55*330.00</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A56" s="1"/>
       <c r="B56" s="1">
         <v>810851</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>218</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>219</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>220</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>221</v>
       </c>
-      <c r="G56" s="2">
-        <v>0</v>
+      <c r="G56" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H56" s="2" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="I56" s="1">
         <v>0</v>
       </c>
       <c r="J56" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="str">
         <f>J56*705.00</f>
         <v>0</v>
       </c>
       <c r="L56" s="5"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
         <v>810852</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>222</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>223</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>224</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>225</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H57" s="2" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="str">
         <f>J57*1039.00</f>
         <v>0</v>
       </c>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A58" s="1"/>
       <c r="B58" s="1">
         <v>810853</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>226</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>227</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>228</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>229</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="H58" s="2" t="s">
-        <v>117</v>
+        <v>177</v>
       </c>
       <c r="I58" s="1">
         <v>0</v>
       </c>
       <c r="J58" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="str">
         <f>J58*555.00</f>
         <v>0</v>
       </c>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
         <v>810854</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>230</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>231</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>232</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>229</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>88</v>
+        <v>17</v>
       </c>
       <c r="H59" s="2" t="s">
-        <v>117</v>
+        <v>71</v>
       </c>
       <c r="I59" s="1">
         <v>0</v>
       </c>
       <c r="J59" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="str">
         <f>J59*555.00</f>
         <v>0</v>
       </c>
       <c r="L59" s="5"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A60" s="1"/>
       <c r="B60" s="1">
         <v>810855</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>233</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>234</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>235</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>236</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="H60" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1">
         <v>0</v>
       </c>
       <c r="J60" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="str">
         <f>J60*608.00</f>
         <v>0</v>
       </c>
       <c r="L60" s="5"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A61" s="1"/>
       <c r="B61" s="1">
         <v>810856</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>237</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>238</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>239</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>240</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="H61" s="2" t="s">
-        <v>117</v>
+        <v>71</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="str">
         <f>J61*889.00</f>
         <v>0</v>
       </c>
       <c r="L61" s="5"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A62" s="1"/>
       <c r="B62" s="1">
         <v>810857</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>241</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>242</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>243</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>240</v>
       </c>
-      <c r="G62" s="2">
-        <v>0</v>
+      <c r="G62" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H62" s="2" t="s">
-        <v>117</v>
+        <v>71</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="str">
         <f>J62*889.00</f>
         <v>0</v>
       </c>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A63" s="1"/>
       <c r="B63" s="1">
         <v>810858</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>244</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>245</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>246</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>247</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H63" s="2" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="str">
         <f>J63*961.00</f>
         <v>0</v>
       </c>
       <c r="L63" s="5"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A64" s="1"/>
       <c r="B64" s="1">
         <v>810859</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>248</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>249</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>250</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>251</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H64" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="str">
         <f>J64*1942.00</f>
         <v>0</v>
       </c>
       <c r="L64" s="5"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A65" s="1"/>
       <c r="B65" s="1">
         <v>810860</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>252</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>253</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>254</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>255</v>
       </c>
       <c r="G65" s="2">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H65" s="2" t="s">
-        <v>83</v>
+        <v>17</v>
       </c>
       <c r="I65" s="1">
         <v>0</v>
       </c>
       <c r="J65" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="str">
         <f>J65*2742.00</f>
         <v>0</v>
       </c>
       <c r="L65" s="5"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
         <v>810861</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>256</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>257</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>258</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>259</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H66" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I66" s="1">
         <v>0</v>
       </c>
       <c r="J66" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="str">
         <f>J66*781.00</f>
         <v>0</v>
       </c>
       <c r="L66" s="5"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A67" s="1"/>
       <c r="B67" s="1">
         <v>810862</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>260</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>261</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>262</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>259</v>
       </c>
-      <c r="G67" s="2">
-        <v>0</v>
+      <c r="G67" s="2" t="s">
+        <v>49</v>
       </c>
       <c r="H67" s="2" t="s">
-        <v>83</v>
+        <v>17</v>
       </c>
       <c r="I67" s="1">
         <v>0</v>
       </c>
       <c r="J67" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="str">
         <f>J67*781.00</f>
         <v>0</v>
       </c>
       <c r="L67" s="5"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A68" s="1"/>
       <c r="B68" s="1">
         <v>810863</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>263</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>264</v>
       </c>
       <c r="E68" s="2" t="s">
@@ -21421,86 +21409,86 @@
       </c>
       <c r="K68" s="2" t="str">
         <f>J68*843.00</f>
         <v>0</v>
       </c>
       <c r="L68" s="5"/>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A69" s="1"/>
       <c r="B69" s="1">
         <v>810864</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>267</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>268</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>269</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>270</v>
       </c>
       <c r="G69" s="2">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="H69" s="2" t="s">
-        <v>83</v>
+        <v>17</v>
       </c>
       <c r="I69" s="1">
         <v>0</v>
       </c>
       <c r="J69" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="str">
         <f>J69*1271.00</f>
         <v>0</v>
       </c>
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A70" s="1"/>
       <c r="B70" s="1">
         <v>810865</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>271</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>272</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>273</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>270</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H70" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="1">
         <v>0</v>
       </c>
       <c r="J70" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="str">
         <f>J70*1271.00</f>
         <v>0</v>
       </c>
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A71" s="1"/>
       <c r="B71" s="1">
         <v>810866</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>274</v>
       </c>
       <c r="D71" s="1" t="s">
@@ -21561,229 +21549,229 @@
       </c>
       <c r="K72" s="2" t="str">
         <f>J72*2070.00</f>
         <v>0</v>
       </c>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A73" s="1"/>
       <c r="B73" s="1">
         <v>810868</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>282</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>283</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>284</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>285</v>
       </c>
       <c r="G73" s="2" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="H73" s="2" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="I73" s="1">
         <v>0</v>
       </c>
       <c r="J73" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="str">
         <f>J73*538.00</f>
         <v>0</v>
       </c>
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A74" s="1"/>
       <c r="B74" s="1">
         <v>810869</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>286</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>287</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>288</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>289</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H74" s="2" t="s">
-        <v>83</v>
+        <v>17</v>
       </c>
       <c r="I74" s="1">
         <v>0</v>
       </c>
       <c r="J74" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="str">
         <f>J74*419.00</f>
         <v>0</v>
       </c>
       <c r="L74" s="5"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A75" s="1"/>
       <c r="B75" s="1">
         <v>810870</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>290</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>291</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>292</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>293</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>32</v>
+      </c>
+      <c r="H75" s="2">
+        <v>0</v>
       </c>
       <c r="I75" s="1">
         <v>0</v>
       </c>
       <c r="J75" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="str">
         <f>J75*455.00</f>
         <v>0</v>
       </c>
       <c r="L75" s="5"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A76" s="1"/>
       <c r="B76" s="1">
         <v>810871</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>294</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>295</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>296</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>297</v>
       </c>
-      <c r="G76" s="2">
-        <v>7</v>
+      <c r="G76" s="2" t="s">
+        <v>49</v>
       </c>
       <c r="H76" s="2" t="s">
-        <v>83</v>
+        <v>17</v>
       </c>
       <c r="I76" s="1">
         <v>0</v>
       </c>
       <c r="J76" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="str">
         <f>J76*635.00</f>
         <v>0</v>
       </c>
       <c r="L76" s="5"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A77" s="1"/>
       <c r="B77" s="1">
         <v>810872</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>298</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>299</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>300</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>301</v>
       </c>
       <c r="G77" s="2">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="H77" s="2" t="s">
-        <v>88</v>
+        <v>23</v>
       </c>
       <c r="I77" s="1">
         <v>0</v>
       </c>
       <c r="J77" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="str">
         <f>J77*945.00</f>
         <v>0</v>
       </c>
       <c r="L77" s="5"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A78" s="1"/>
       <c r="B78" s="1">
         <v>810873</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>302</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>303</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>304</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>305</v>
       </c>
       <c r="G78" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H78" s="2" t="s">
-        <v>117</v>
+        <v>71</v>
       </c>
       <c r="I78" s="1">
         <v>0</v>
       </c>
       <c r="J78" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="str">
         <f>J78*731.00</f>
         <v>0</v>
       </c>
       <c r="L78" s="5"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A79" s="1"/>
       <c r="B79" s="1">
         <v>810874</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>306</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>307</v>
       </c>
       <c r="E79" s="2" t="s">
@@ -21809,121 +21797,121 @@
         <v>0</v>
       </c>
       <c r="L79" s="5"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A80" s="1"/>
       <c r="B80" s="1">
         <v>810875</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>310</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>311</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>312</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>313</v>
       </c>
       <c r="G80" s="2">
         <v>5</v>
       </c>
       <c r="H80" s="2" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I80" s="1">
         <v>0</v>
       </c>
       <c r="J80" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="str">
         <f>J80*1597.00</f>
         <v>0</v>
       </c>
       <c r="L80" s="5"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A81" s="1"/>
       <c r="B81" s="1">
         <v>810876</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>314</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>315</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>316</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>317</v>
       </c>
       <c r="G81" s="2">
         <v>3</v>
       </c>
       <c r="H81" s="2" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="I81" s="1">
         <v>0</v>
       </c>
       <c r="J81" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="str">
         <f>J81*990.00</f>
         <v>0</v>
       </c>
       <c r="L81" s="5"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A82" s="1"/>
       <c r="B82" s="1">
         <v>810877</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>318</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>319</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>320</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>321</v>
       </c>
       <c r="G82" s="2">
         <v>1</v>
       </c>
       <c r="H82" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="I82" s="1">
         <v>0</v>
       </c>
       <c r="J82" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="str">
         <f>J82*715.00</f>
         <v>0</v>
       </c>
       <c r="L82" s="5"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A83" s="1"/>
       <c r="B83" s="1">
         <v>810878</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>322</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>323</v>
       </c>
       <c r="E83" s="2" t="s">
@@ -21984,51 +21972,51 @@
         <v>0</v>
       </c>
       <c r="L84" s="5"/>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A85" s="1"/>
       <c r="B85" s="1">
         <v>810880</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>330</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>331</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>332</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>333</v>
       </c>
       <c r="G85" s="2">
         <v>0</v>
       </c>
       <c r="H85" s="2" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="I85" s="1">
         <v>0</v>
       </c>
       <c r="J85" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="str">
         <f>J85*877.00</f>
         <v>0</v>
       </c>
       <c r="L85" s="5"/>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A86" s="1"/>
       <c r="B86" s="1">
         <v>810881</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>334</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>335</v>
       </c>
       <c r="E86" s="2" t="s">
@@ -22054,191 +22042,191 @@
         <v>0</v>
       </c>
       <c r="L86" s="5"/>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A87" s="1"/>
       <c r="B87" s="1">
         <v>810882</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>338</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>339</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>340</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>341</v>
       </c>
       <c r="G87" s="2">
         <v>0</v>
       </c>
       <c r="H87" s="2" t="s">
-        <v>88</v>
+        <v>17</v>
       </c>
       <c r="I87" s="1">
         <v>0</v>
       </c>
       <c r="J87" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="str">
         <f>J87*934.00</f>
         <v>0</v>
       </c>
       <c r="L87" s="5"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A88" s="1"/>
       <c r="B88" s="1">
         <v>810883</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>342</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>343</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>344</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G88" s="2">
         <v>0</v>
       </c>
       <c r="H88" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="I88" s="1">
         <v>0</v>
       </c>
       <c r="J88" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="str">
         <f>J88*1582.00</f>
         <v>0</v>
       </c>
       <c r="L88" s="5"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A89" s="1"/>
       <c r="B89" s="1">
         <v>810884</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>346</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>347</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>348</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>181</v>
       </c>
       <c r="G89" s="2">
         <v>0</v>
       </c>
       <c r="H89" s="2" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I89" s="1">
         <v>0</v>
       </c>
       <c r="J89" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="str">
         <f>J89*658.00</f>
         <v>0</v>
       </c>
       <c r="L89" s="5"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A90" s="1"/>
       <c r="B90" s="1">
         <v>810885</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>349</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>350</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>351</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>352</v>
       </c>
       <c r="G90" s="2">
         <v>0</v>
       </c>
       <c r="H90" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="I90" s="1">
         <v>0</v>
       </c>
       <c r="J90" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="str">
         <f>J90*710.00</f>
         <v>0</v>
       </c>
       <c r="L90" s="5"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A91" s="1"/>
       <c r="B91" s="1">
         <v>810886</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>353</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>354</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>355</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>356</v>
       </c>
       <c r="G91" s="2">
         <v>0</v>
       </c>
       <c r="H91" s="2" t="s">
-        <v>88</v>
+        <v>17</v>
       </c>
       <c r="I91" s="1">
         <v>0</v>
       </c>
       <c r="J91" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="str">
         <f>J91*963.00</f>
         <v>0</v>
       </c>
       <c r="L91" s="5"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A92" s="1"/>
       <c r="B92" s="1">
         <v>810887</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>357</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>358</v>
       </c>
       <c r="E92" s="2" t="s">
@@ -22261,51 +22249,51 @@
       </c>
       <c r="K92" s="2" t="str">
         <f>J92*1629.00</f>
         <v>0</v>
       </c>
       <c r="L92" s="5"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A93" s="1"/>
       <c r="B93" s="1">
         <v>810888</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>361</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>362</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>363</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>205</v>
       </c>
       <c r="G93" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H93" s="2">
         <v>0</v>
       </c>
       <c r="I93" s="1">
         <v>0</v>
       </c>
       <c r="J93" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="str">
         <f>J93*830.00</f>
         <v>0</v>
       </c>
       <c r="L93" s="5"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A94" s="1"/>
       <c r="B94" s="1">
         <v>810889</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>364</v>
       </c>
       <c r="D94" s="1" t="s">
@@ -22330,125 +22318,125 @@
         <v>18</v>
       </c>
       <c r="K94" s="2" t="str">
         <f>J94*1473.00</f>
         <v>0</v>
       </c>
       <c r="L94" s="5"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A95" s="1"/>
       <c r="B95" s="1">
         <v>810890</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>368</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>369</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>370</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>371</v>
       </c>
-      <c r="G95" s="2">
-[...3 lines deleted...]
-        <v>83</v>
+      <c r="G95" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="H95" s="2">
+        <v>0</v>
       </c>
       <c r="I95" s="1">
         <v>0</v>
       </c>
       <c r="J95" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="str">
         <f>J95*761.00</f>
         <v>0</v>
       </c>
       <c r="L95" s="5"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A96" s="1"/>
       <c r="B96" s="1">
         <v>810891</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>372</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>374</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>375</v>
       </c>
       <c r="G96" s="2">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="H96" s="2" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="I96" s="1">
         <v>0</v>
       </c>
       <c r="J96" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K96" s="2" t="str">
         <f>J96*1081.00</f>
         <v>0</v>
       </c>
       <c r="L96" s="5"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A97" s="1"/>
       <c r="B97" s="1">
         <v>810892</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>376</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>377</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>378</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G97" s="2">
         <v>0</v>
       </c>
       <c r="H97" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I97" s="1">
         <v>0</v>
       </c>
       <c r="J97" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K97" s="2" t="str">
         <f>J97*1959.00</f>
         <v>0</v>
       </c>
       <c r="L97" s="5"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A98" s="1"/>
       <c r="B98" s="1">
         <v>810893</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>380</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>381</v>
       </c>
       <c r="E98" s="2" t="s">
@@ -22505,125 +22493,125 @@
         <v>18</v>
       </c>
       <c r="K99" s="2" t="str">
         <f>J99*1937.00</f>
         <v>0</v>
       </c>
       <c r="L99" s="5"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A100" s="1"/>
       <c r="B100" s="1">
         <v>810895</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>388</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>389</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>390</v>
       </c>
-      <c r="G100" s="2">
-        <v>4</v>
+      <c r="G100" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H100" s="2" t="s">
-        <v>17</v>
+        <v>100</v>
       </c>
       <c r="I100" s="1">
         <v>0</v>
       </c>
       <c r="J100" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="str">
         <f>J100*460.00</f>
         <v>0</v>
       </c>
       <c r="L100" s="5"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A101" s="1"/>
       <c r="B101" s="1">
         <v>810896</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>391</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>392</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>393</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H101" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I101" s="1">
         <v>0</v>
       </c>
       <c r="J101" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K101" s="2" t="str">
         <f>J101*412.00</f>
         <v>0</v>
       </c>
       <c r="L101" s="5"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A102" s="1"/>
       <c r="B102" s="1">
         <v>810897</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>395</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>396</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>397</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>398</v>
       </c>
       <c r="G102" s="2">
         <v>0</v>
       </c>
       <c r="H102" s="2" t="s">
-        <v>17</v>
+        <v>100</v>
       </c>
       <c r="I102" s="1">
         <v>0</v>
       </c>
       <c r="J102" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K102" s="2" t="str">
         <f>J102*1099.00</f>
         <v>0</v>
       </c>
       <c r="L102" s="5"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A103" s="1"/>
       <c r="B103" s="1">
         <v>810898</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>399</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>400</v>
       </c>
       <c r="E103" s="2" t="s">
@@ -22646,124 +22634,124 @@
       </c>
       <c r="K103" s="2" t="str">
         <f>J103*1920.00</f>
         <v>0</v>
       </c>
       <c r="L103" s="5"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A104" s="1"/>
       <c r="B104" s="1">
         <v>810899</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>403</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>404</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>405</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>406</v>
       </c>
       <c r="G104" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H104" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I104" s="1">
         <v>0</v>
       </c>
       <c r="J104" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K104" s="2" t="str">
         <f>J104*1096.00</f>
         <v>0</v>
       </c>
       <c r="L104" s="5"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A105" s="1"/>
       <c r="B105" s="1">
         <v>810900</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>407</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>408</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>409</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>410</v>
       </c>
       <c r="G105" s="2">
         <v>1</v>
       </c>
       <c r="H105" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I105" s="1">
         <v>0</v>
       </c>
       <c r="J105" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="str">
         <f>J105*1886.00</f>
         <v>0</v>
       </c>
       <c r="L105" s="5"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A106" s="1"/>
       <c r="B106" s="1">
         <v>810901</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>411</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>412</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>413</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>414</v>
       </c>
       <c r="G106" s="2">
         <v>0</v>
       </c>
       <c r="H106" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I106" s="1">
         <v>0</v>
       </c>
       <c r="J106" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="2" t="str">
         <f>J106*1119.00</f>
         <v>0</v>
       </c>
       <c r="L106" s="5"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A107" s="1"/>
       <c r="B107" s="1">
         <v>810902</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>415</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>416</v>
       </c>
       <c r="E107" s="2" t="s">
@@ -22785,87 +22773,87 @@
         <v>18</v>
       </c>
       <c r="K107" s="2" t="str">
         <f>J107*760.00</f>
         <v>0</v>
       </c>
       <c r="L107" s="5"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A108" s="1"/>
       <c r="B108" s="1">
         <v>810903</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>419</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>420</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>421</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>422</v>
       </c>
-      <c r="G108" s="2">
-        <v>0</v>
+      <c r="G108" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H108" s="2" t="s">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="I108" s="1">
         <v>0</v>
       </c>
       <c r="J108" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K108" s="2" t="str">
         <f>J108*429.00</f>
         <v>0</v>
       </c>
       <c r="L108" s="5"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A109" s="1"/>
       <c r="B109" s="1">
         <v>810904</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>423</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>424</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>426</v>
       </c>
-      <c r="G109" s="2">
-        <v>7</v>
+      <c r="G109" s="2" t="s">
+        <v>49</v>
       </c>
       <c r="H109" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I109" s="1">
         <v>0</v>
       </c>
       <c r="J109" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K109" s="2" t="str">
         <f>J109*374.00</f>
         <v>0</v>
       </c>
       <c r="L109" s="5"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A110" s="1"/>
       <c r="B110" s="1">
         <v>824485</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>427</v>
       </c>
       <c r="D110" s="1" t="s">
@@ -22926,54 +22914,54 @@
       </c>
       <c r="K111" s="2" t="str">
         <f>J111*664.00</f>
         <v>0</v>
       </c>
       <c r="L111" s="5"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A112" s="1"/>
       <c r="B112" s="1">
         <v>834701</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>435</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>436</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>437</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>438</v>
       </c>
       <c r="G112" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H112" s="2" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="I112" s="1">
         <v>0</v>
       </c>
       <c r="J112" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K112" s="2" t="str">
         <f>J112*541.00</f>
         <v>0</v>
       </c>
       <c r="L112" s="5"/>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A113" s="1"/>
       <c r="B113" s="1">
         <v>834702</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>439</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>440</v>
       </c>
       <c r="E113" s="2" t="s">
@@ -23117,51 +23105,51 @@
       <c r="G117" s="9"/>
       <c r="H117" s="9"/>
       <c r="I117" s="9"/>
       <c r="J117" s="9"/>
       <c r="K117" s="9"/>
       <c r="L117" s="5"/>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A118" s="1"/>
       <c r="B118" s="1">
         <v>810917</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>456</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>457</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>458</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>459</v>
       </c>
       <c r="G118" s="2" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="H118" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I118" s="1">
         <v>0</v>
       </c>
       <c r="J118" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K118" s="2" t="str">
         <f>J118*373.00</f>
         <v>0</v>
       </c>
       <c r="L118" s="5"/>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A119" s="1"/>
       <c r="B119" s="1">
         <v>810918</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>460</v>
       </c>
       <c r="D119" s="1" t="s">
@@ -23187,83 +23175,83 @@
       </c>
       <c r="K119" s="2" t="str">
         <f>J119*549.00</f>
         <v>0</v>
       </c>
       <c r="L119" s="5"/>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A120" s="1"/>
       <c r="B120" s="1">
         <v>810919</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>464</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>465</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>466</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>467</v>
       </c>
       <c r="G120" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>49</v>
+      </c>
+      <c r="H120" s="2">
+        <v>0</v>
       </c>
       <c r="I120" s="1">
         <v>0</v>
       </c>
       <c r="J120" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K120" s="2" t="str">
         <f>J120*350.00</f>
         <v>0</v>
       </c>
       <c r="L120" s="5"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A121" s="1"/>
       <c r="B121" s="1">
         <v>810920</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>468</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>469</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>470</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G121" s="2">
         <v>8</v>
       </c>
       <c r="H121" s="2">
         <v>0</v>
       </c>
       <c r="I121" s="1">
         <v>0</v>
       </c>
       <c r="J121" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K121" s="2" t="str">
         <f>J121*504.00</f>
         <v>0</v>
       </c>
       <c r="L121" s="5"/>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A122" s="1"/>
       <c r="B122" s="1">
         <v>810921</v>
       </c>
       <c r="C122" s="1" t="s">
@@ -23292,51 +23280,51 @@
       </c>
       <c r="K122" s="2" t="str">
         <f>J122*307.00</f>
         <v>0</v>
       </c>
       <c r="L122" s="5"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A123" s="1"/>
       <c r="B123" s="1">
         <v>810922</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>475</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>476</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>478</v>
       </c>
       <c r="G123" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H123" s="2">
         <v>0</v>
       </c>
       <c r="I123" s="1">
         <v>0</v>
       </c>
       <c r="J123" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K123" s="2" t="str">
         <f>J123*588.00</f>
         <v>0</v>
       </c>
       <c r="L123" s="5"/>
     </row>
     <row r="124" spans="1:12" outlineLevel="3">
       <c r="A124" s="9" t="s">
         <v>479</v>
       </c>
       <c r="B124" s="9"/>
       <c r="C124" s="9"/>
       <c r="D124" s="9"/>
       <c r="E124" s="9"/>
       <c r="F124" s="9"/>
@@ -23451,156 +23439,156 @@
         <v>0</v>
       </c>
       <c r="L127" s="5"/>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A128" s="1"/>
       <c r="B128" s="1">
         <v>837263</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>492</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>493</v>
       </c>
       <c r="E128" s="2" t="s">
         <v>494</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>495</v>
       </c>
       <c r="G128" s="2">
         <v>0</v>
       </c>
       <c r="H128" s="2" t="s">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="I128" s="1">
         <v>0</v>
       </c>
       <c r="J128" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K128" s="2" t="str">
         <f>J128*383.00</f>
         <v>0</v>
       </c>
       <c r="L128" s="5"/>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A129" s="1"/>
       <c r="B129" s="1">
         <v>837264</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>496</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>497</v>
       </c>
       <c r="E129" s="2" t="s">
         <v>498</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>499</v>
       </c>
       <c r="G129" s="2">
         <v>1</v>
       </c>
       <c r="H129" s="2" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="I129" s="1">
         <v>0</v>
       </c>
       <c r="J129" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K129" s="2" t="str">
         <f>J129*681.00</f>
         <v>0</v>
       </c>
       <c r="L129" s="5"/>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A130" s="1"/>
       <c r="B130" s="1">
         <v>837265</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>500</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>501</v>
       </c>
       <c r="E130" s="2" t="s">
         <v>502</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>503</v>
       </c>
       <c r="G130" s="2">
         <v>0</v>
       </c>
-      <c r="H130" s="2">
-        <v>0</v>
+      <c r="H130" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="I130" s="1">
         <v>0</v>
       </c>
       <c r="J130" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K130" s="2" t="str">
         <f>J130*300.00</f>
         <v>0</v>
       </c>
       <c r="L130" s="5"/>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A131" s="1"/>
       <c r="B131" s="1">
         <v>837266</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>504</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>505</v>
       </c>
       <c r="E131" s="2" t="s">
         <v>506</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>507</v>
       </c>
       <c r="G131" s="2">
         <v>0</v>
       </c>
-      <c r="H131" s="2">
-        <v>0</v>
+      <c r="H131" s="2" t="s">
+        <v>100</v>
       </c>
       <c r="I131" s="1">
         <v>0</v>
       </c>
       <c r="J131" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K131" s="2" t="str">
         <f>J131*436.00</f>
         <v>0</v>
       </c>
       <c r="L131" s="5"/>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A132" s="1"/>
       <c r="B132" s="1">
         <v>837267</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>508</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>509</v>
       </c>
       <c r="E132" s="2" t="s">
@@ -23661,86 +23649,86 @@
         <v>0</v>
       </c>
       <c r="L133" s="5"/>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A134" s="1"/>
       <c r="B134" s="1">
         <v>837882</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>516</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>517</v>
       </c>
       <c r="E134" s="2" t="s">
         <v>518</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>519</v>
       </c>
       <c r="G134" s="2">
         <v>0</v>
       </c>
       <c r="H134" s="2" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="I134" s="1">
         <v>0</v>
       </c>
       <c r="J134" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K134" s="2" t="str">
         <f>J134*607.00</f>
         <v>0</v>
       </c>
       <c r="L134" s="5"/>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A135" s="1"/>
       <c r="B135" s="1">
         <v>837883</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>520</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>521</v>
       </c>
       <c r="E135" s="2" t="s">
         <v>522</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>523</v>
       </c>
       <c r="G135" s="2">
         <v>0</v>
       </c>
       <c r="H135" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I135" s="1">
         <v>0</v>
       </c>
       <c r="J135" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K135" s="2" t="str">
         <f>J135*294.00</f>
         <v>0</v>
       </c>
       <c r="L135" s="5"/>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A136" s="1"/>
       <c r="B136" s="1">
         <v>837884</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>524</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>525</v>
       </c>
       <c r="E136" s="2" t="s">
@@ -24132,51 +24120,51 @@
         <v>0</v>
       </c>
       <c r="L147" s="5"/>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A148" s="1"/>
       <c r="B148" s="1">
         <v>810932</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>569</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>570</v>
       </c>
       <c r="E148" s="2" t="s">
         <v>571</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>572</v>
       </c>
       <c r="G148" s="2">
         <v>0</v>
       </c>
       <c r="H148" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="I148" s="1">
         <v>0</v>
       </c>
       <c r="J148" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K148" s="2" t="str">
         <f>J148*3983.00</f>
         <v>0</v>
       </c>
       <c r="L148" s="5"/>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A149" s="1"/>
       <c r="B149" s="1">
         <v>810933</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>573</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>574</v>
       </c>
       <c r="E149" s="2" t="s">
@@ -24202,51 +24190,51 @@
         <v>0</v>
       </c>
       <c r="L149" s="5"/>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A150" s="1"/>
       <c r="B150" s="1">
         <v>810934</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>577</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>578</v>
       </c>
       <c r="E150" s="2" t="s">
         <v>579</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>580</v>
       </c>
       <c r="G150" s="2">
         <v>0</v>
       </c>
       <c r="H150" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I150" s="1">
         <v>0</v>
       </c>
       <c r="J150" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K150" s="2" t="str">
         <f>J150*1467.00</f>
         <v>0</v>
       </c>
       <c r="L150" s="5"/>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A151" s="1"/>
       <c r="B151" s="1">
         <v>810935</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>581</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>582</v>
       </c>
       <c r="E151" s="2" t="s">
@@ -24568,51 +24556,51 @@
       <c r="J160" s="9"/>
       <c r="K160" s="9"/>
       <c r="L160" s="5"/>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A161" s="1"/>
       <c r="B161" s="1">
         <v>883783</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>618</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>619</v>
       </c>
       <c r="E161" s="2" t="s">
         <v>620</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>621</v>
       </c>
       <c r="G161" s="2">
         <v>0</v>
       </c>
       <c r="H161" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I161" s="1">
         <v>0</v>
       </c>
       <c r="J161" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K161" s="2" t="str">
         <f>J161*563.00</f>
         <v>0</v>
       </c>
       <c r="L161" s="5"/>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A162" s="1"/>
       <c r="B162" s="1">
         <v>883784</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>622</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>623</v>
       </c>
       <c r="E162" s="2" t="s">
@@ -24638,277 +24626,277 @@
         <v>0</v>
       </c>
       <c r="L162" s="5"/>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A163" s="1"/>
       <c r="B163" s="1">
         <v>883785</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>625</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>626</v>
       </c>
       <c r="E163" s="2" t="s">
         <v>627</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>628</v>
       </c>
       <c r="G163" s="2">
         <v>0</v>
       </c>
       <c r="H163" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I163" s="1">
         <v>0</v>
       </c>
       <c r="J163" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K163" s="2" t="str">
         <f>J163*1074.00</f>
         <v>0</v>
       </c>
       <c r="L163" s="5"/>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A164" s="1"/>
       <c r="B164" s="1">
         <v>883786</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>629</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>630</v>
       </c>
       <c r="E164" s="2" t="s">
         <v>631</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>632</v>
       </c>
       <c r="G164" s="2">
         <v>0</v>
       </c>
       <c r="H164" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I164" s="1">
         <v>0</v>
       </c>
       <c r="J164" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K164" s="2" t="str">
         <f>J164*518.00</f>
         <v>0</v>
       </c>
       <c r="L164" s="5"/>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A165" s="1"/>
       <c r="B165" s="1">
         <v>883787</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>633</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>634</v>
       </c>
       <c r="E165" s="2" t="s">
         <v>635</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="G165" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H165" s="2" t="s">
-        <v>117</v>
+        <v>71</v>
       </c>
       <c r="I165" s="1">
         <v>0</v>
       </c>
       <c r="J165" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K165" s="2" t="str">
         <f>J165*539.00</f>
         <v>0</v>
       </c>
       <c r="L165" s="5"/>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A166" s="1"/>
       <c r="B166" s="1">
         <v>883788</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>636</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>637</v>
       </c>
       <c r="E166" s="2" t="s">
         <v>638</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>639</v>
       </c>
-      <c r="G166" s="2" t="s">
-        <v>48</v>
+      <c r="G166" s="2">
+        <v>9</v>
       </c>
       <c r="H166" s="2" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="I166" s="1">
         <v>0</v>
       </c>
       <c r="J166" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K166" s="2" t="str">
         <f>J166*973.00</f>
         <v>0</v>
       </c>
       <c r="L166" s="5"/>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A167" s="1"/>
       <c r="B167" s="1">
         <v>889638</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>640</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>641</v>
       </c>
       <c r="E167" s="2" t="s">
         <v>642</v>
       </c>
       <c r="F167" s="2" t="s">
         <v>643</v>
       </c>
       <c r="G167" s="2">
         <v>0</v>
       </c>
       <c r="H167" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I167" s="1">
         <v>0</v>
       </c>
       <c r="J167" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K167" s="2" t="str">
         <f>J167*561.00</f>
         <v>0</v>
       </c>
       <c r="L167" s="5"/>
     </row>
     <row r="168" spans="1:12" outlineLevel="3">
       <c r="A168" s="9" t="s">
         <v>644</v>
       </c>
       <c r="B168" s="9"/>
       <c r="C168" s="9"/>
       <c r="D168" s="9"/>
       <c r="E168" s="9"/>
       <c r="F168" s="9"/>
       <c r="G168" s="9"/>
       <c r="H168" s="9"/>
       <c r="I168" s="9"/>
       <c r="J168" s="9"/>
       <c r="K168" s="9"/>
       <c r="L168" s="5"/>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A169" s="1"/>
       <c r="B169" s="1">
         <v>885135</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>645</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>646</v>
       </c>
       <c r="E169" s="2" t="s">
         <v>647</v>
       </c>
       <c r="F169" s="2" t="s">
         <v>648</v>
       </c>
       <c r="G169" s="2">
         <v>0</v>
       </c>
       <c r="H169" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I169" s="1">
         <v>0</v>
       </c>
       <c r="J169" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K169" s="2" t="str">
         <f>J169*318.00</f>
         <v>0</v>
       </c>
       <c r="L169" s="5"/>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A170" s="1"/>
       <c r="B170" s="1">
         <v>885136</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>649</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>650</v>
       </c>
       <c r="E170" s="2" t="s">
         <v>651</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>652</v>
       </c>
       <c r="G170" s="2">
         <v>0</v>
       </c>
       <c r="H170" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I170" s="1">
         <v>0</v>
       </c>
       <c r="J170" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K170" s="2" t="str">
         <f>J170*453.00</f>
         <v>0</v>
       </c>
       <c r="L170" s="5"/>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A171" s="1"/>
       <c r="B171" s="1">
         <v>885137</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>653</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>654</v>
       </c>
       <c r="E171" s="2" t="s">
@@ -24934,51 +24922,51 @@
         <v>0</v>
       </c>
       <c r="L171" s="5"/>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A172" s="1"/>
       <c r="B172" s="1">
         <v>883983</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>657</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>658</v>
       </c>
       <c r="E172" s="2" t="s">
         <v>659</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>660</v>
       </c>
       <c r="G172" s="2">
         <v>0</v>
       </c>
       <c r="H172" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I172" s="1">
         <v>0</v>
       </c>
       <c r="J172" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K172" s="2" t="str">
         <f>J172*349.00</f>
         <v>0</v>
       </c>
       <c r="L172" s="5"/>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A173" s="1"/>
       <c r="B173" s="1">
         <v>883984</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>661</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>662</v>
       </c>
       <c r="E173" s="2" t="s">
@@ -25004,156 +24992,156 @@
         <v>0</v>
       </c>
       <c r="L173" s="5"/>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A174" s="1"/>
       <c r="B174" s="1">
         <v>883985</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>665</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>666</v>
       </c>
       <c r="E174" s="2" t="s">
         <v>667</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>668</v>
       </c>
       <c r="G174" s="2">
         <v>0</v>
       </c>
       <c r="H174" s="2" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
       <c r="I174" s="1">
         <v>0</v>
       </c>
       <c r="J174" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K174" s="2" t="str">
         <f>J174*308.00</f>
         <v>0</v>
       </c>
       <c r="L174" s="5"/>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A175" s="1"/>
       <c r="B175" s="1">
         <v>883986</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>669</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>670</v>
       </c>
       <c r="E175" s="2" t="s">
         <v>671</v>
       </c>
       <c r="F175" s="2" t="s">
         <v>672</v>
       </c>
       <c r="G175" s="2">
         <v>0</v>
       </c>
       <c r="H175" s="2" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="I175" s="1">
         <v>0</v>
       </c>
       <c r="J175" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K175" s="2" t="str">
         <f>J175*447.00</f>
         <v>0</v>
       </c>
       <c r="L175" s="5"/>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A176" s="1"/>
       <c r="B176" s="1">
         <v>883987</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>673</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>674</v>
       </c>
       <c r="E176" s="2" t="s">
         <v>675</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>676</v>
       </c>
-      <c r="G176" s="2" t="s">
-        <v>88</v>
+      <c r="G176" s="2">
+        <v>2</v>
       </c>
       <c r="H176" s="2" t="s">
-        <v>70</v>
+        <v>177</v>
       </c>
       <c r="I176" s="1">
         <v>0</v>
       </c>
       <c r="J176" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K176" s="2" t="str">
         <f>J176*340.00</f>
         <v>0</v>
       </c>
       <c r="L176" s="5"/>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A177" s="1"/>
       <c r="B177" s="1">
         <v>883988</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>677</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>678</v>
       </c>
       <c r="E177" s="2" t="s">
         <v>679</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>680</v>
       </c>
       <c r="G177" s="2">
         <v>0</v>
       </c>
       <c r="H177" s="2" t="s">
-        <v>83</v>
+        <v>71</v>
       </c>
       <c r="I177" s="1">
         <v>0</v>
       </c>
       <c r="J177" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K177" s="2" t="str">
         <f>J177*498.00</f>
         <v>0</v>
       </c>
       <c r="L177" s="5"/>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A178" s="1"/>
       <c r="B178" s="1">
         <v>884153</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>681</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>682</v>
       </c>
       <c r="E178" s="2" t="s">
@@ -25179,121 +25167,121 @@
         <v>0</v>
       </c>
       <c r="L178" s="5"/>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A179" s="1"/>
       <c r="B179" s="1">
         <v>883989</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>685</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>686</v>
       </c>
       <c r="E179" s="2" t="s">
         <v>687</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>688</v>
       </c>
       <c r="G179" s="2">
         <v>0</v>
       </c>
       <c r="H179" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I179" s="1">
         <v>0</v>
       </c>
       <c r="J179" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K179" s="2" t="str">
         <f>J179*596.00</f>
         <v>0</v>
       </c>
       <c r="L179" s="5"/>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A180" s="1"/>
       <c r="B180" s="1">
         <v>883990</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>689</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>690</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>691</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>692</v>
       </c>
       <c r="G180" s="2">
         <v>0</v>
       </c>
       <c r="H180" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I180" s="1">
         <v>0</v>
       </c>
       <c r="J180" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K180" s="2" t="str">
         <f>J180*344.00</f>
         <v>0</v>
       </c>
       <c r="L180" s="5"/>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A181" s="1"/>
       <c r="B181" s="1">
         <v>889639</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>693</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>694</v>
       </c>
       <c r="E181" s="2" t="s">
         <v>695</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>696</v>
       </c>
       <c r="G181" s="2">
         <v>0</v>
       </c>
       <c r="H181" s="2" t="s">
-        <v>83</v>
+        <v>71</v>
       </c>
       <c r="I181" s="1">
         <v>0</v>
       </c>
       <c r="J181" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K181" s="2" t="str">
         <f>J181*865.00</f>
         <v>0</v>
       </c>
       <c r="L181" s="5"/>
     </row>
     <row r="182" spans="1:12" outlineLevel="2">
       <c r="A182" s="8" t="s">
         <v>697</v>
       </c>
       <c r="B182" s="8"/>
       <c r="C182" s="8"/>
       <c r="D182" s="8"/>
       <c r="E182" s="8"/>
       <c r="F182" s="8"/>
       <c r="G182" s="8"/>
       <c r="H182" s="8"/>
       <c r="I182" s="8"/>
@@ -25312,87 +25300,87 @@
       <c r="F183" s="9"/>
       <c r="G183" s="9"/>
       <c r="H183" s="9"/>
       <c r="I183" s="9"/>
       <c r="J183" s="9"/>
       <c r="K183" s="9"/>
       <c r="L183" s="5"/>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A184" s="1"/>
       <c r="B184" s="1">
         <v>819423</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>699</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>700</v>
       </c>
       <c r="E184" s="2" t="s">
         <v>701</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>702</v>
       </c>
-      <c r="G184" s="2">
-        <v>0</v>
+      <c r="G184" s="2" t="s">
+        <v>49</v>
       </c>
       <c r="H184" s="2">
         <v>0</v>
       </c>
       <c r="I184" s="1">
         <v>0</v>
       </c>
       <c r="J184" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K184" s="2" t="str">
-        <f>J184*806.23</f>
+        <f>J184*403.11</f>
         <v>0</v>
       </c>
       <c r="L184" s="5"/>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A185" s="1"/>
       <c r="B185" s="1">
         <v>837303</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>703</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>704</v>
       </c>
       <c r="E185" s="2" t="s">
         <v>705</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>706</v>
       </c>
       <c r="G185" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H185" s="2">
         <v>0</v>
       </c>
       <c r="I185" s="1">
         <v>0</v>
       </c>
       <c r="J185" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K185" s="2" t="str">
         <f>J185*654.50</f>
         <v>0</v>
       </c>
       <c r="L185" s="5"/>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A186" s="1"/>
       <c r="B186" s="1">
         <v>839784</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>707</v>
       </c>
       <c r="D186" s="1" t="s">
@@ -25453,86 +25441,86 @@
       </c>
       <c r="K187" s="2" t="str">
         <f>J187*11831.58</f>
         <v>0</v>
       </c>
       <c r="L187" s="5"/>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A188" s="1"/>
       <c r="B188" s="1">
         <v>839786</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>715</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>716</v>
       </c>
       <c r="E188" s="2" t="s">
         <v>717</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>718</v>
       </c>
       <c r="G188" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H188" s="2">
         <v>0</v>
       </c>
       <c r="I188" s="1">
         <v>0</v>
       </c>
       <c r="J188" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K188" s="2" t="str">
         <f>J188*17403.75</f>
         <v>0</v>
       </c>
       <c r="L188" s="5"/>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A189" s="1"/>
       <c r="B189" s="1">
         <v>871395</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>719</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>720</v>
       </c>
       <c r="E189" s="2" t="s">
         <v>721</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>722</v>
       </c>
       <c r="G189" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H189" s="2">
         <v>0</v>
       </c>
       <c r="I189" s="1">
         <v>0</v>
       </c>
       <c r="J189" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K189" s="2" t="str">
         <f>J189*681.28</f>
         <v>0</v>
       </c>
       <c r="L189" s="5"/>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A190" s="1"/>
       <c r="B190" s="1">
         <v>884588</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>723</v>
       </c>
       <c r="D190" s="1" t="s">
@@ -25593,86 +25581,86 @@
       </c>
       <c r="K191" s="2" t="str">
         <f>J191*925.23</f>
         <v>0</v>
       </c>
       <c r="L191" s="5"/>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A192" s="1"/>
       <c r="B192" s="1">
         <v>885046</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>730</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>731</v>
       </c>
       <c r="E192" s="2" t="s">
         <v>732</v>
       </c>
       <c r="F192" s="2" t="s">
         <v>733</v>
       </c>
       <c r="G192" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H192" s="2">
         <v>0</v>
       </c>
       <c r="I192" s="1">
         <v>0</v>
       </c>
       <c r="J192" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K192" s="2" t="str">
         <f>J192*254.36</f>
         <v>0</v>
       </c>
       <c r="L192" s="5"/>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A193" s="1"/>
       <c r="B193" s="1">
         <v>885109</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>734</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>735</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>736</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>737</v>
       </c>
-      <c r="G193" s="2">
-        <v>0</v>
+      <c r="G193" s="2" t="s">
+        <v>49</v>
       </c>
       <c r="H193" s="2">
         <v>0</v>
       </c>
       <c r="I193" s="1">
         <v>0</v>
       </c>
       <c r="J193" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K193" s="2" t="str">
         <f>J193*423.94</f>
         <v>0</v>
       </c>
       <c r="L193" s="5"/>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A194" s="1"/>
       <c r="B194" s="1">
         <v>885110</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>738</v>
       </c>
       <c r="D194" s="1" t="s">
@@ -25698,436 +25686,436 @@
       </c>
       <c r="K194" s="2" t="str">
         <f>J194*446.25</f>
         <v>0</v>
       </c>
       <c r="L194" s="5"/>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A195" s="1"/>
       <c r="B195" s="1">
         <v>810992</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>742</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>743</v>
       </c>
       <c r="E195" s="2" t="s">
         <v>744</v>
       </c>
       <c r="F195" s="2" t="s">
         <v>745</v>
       </c>
       <c r="G195" s="2" t="s">
-        <v>88</v>
+        <v>23</v>
       </c>
       <c r="H195" s="2">
         <v>0</v>
       </c>
       <c r="I195" s="1">
         <v>0</v>
       </c>
       <c r="J195" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K195" s="2" t="str">
         <f>J195*438.81</f>
         <v>0</v>
       </c>
       <c r="L195" s="5"/>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A196" s="1"/>
       <c r="B196" s="1">
         <v>810993</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>746</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>747</v>
       </c>
       <c r="E196" s="2" t="s">
         <v>748</v>
       </c>
       <c r="F196" s="2" t="s">
         <v>749</v>
       </c>
       <c r="G196" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H196" s="2">
         <v>0</v>
       </c>
       <c r="I196" s="1">
         <v>0</v>
       </c>
       <c r="J196" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K196" s="2" t="str">
         <f>J196*641.11</f>
         <v>0</v>
       </c>
       <c r="L196" s="5"/>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A197" s="1"/>
       <c r="B197" s="1">
         <v>810994</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>750</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>751</v>
       </c>
       <c r="E197" s="2" t="s">
         <v>752</v>
       </c>
       <c r="F197" s="2" t="s">
         <v>753</v>
       </c>
       <c r="G197" s="2" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="H197" s="2">
         <v>0</v>
       </c>
       <c r="I197" s="1">
         <v>0</v>
       </c>
       <c r="J197" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K197" s="2" t="str">
         <f>J197*1007.04</f>
         <v>0</v>
       </c>
       <c r="L197" s="5"/>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A198" s="1"/>
       <c r="B198" s="1">
         <v>810995</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>754</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>755</v>
       </c>
       <c r="E198" s="2" t="s">
         <v>756</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>757</v>
       </c>
       <c r="G198" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H198" s="2">
         <v>0</v>
       </c>
       <c r="I198" s="1">
         <v>0</v>
       </c>
       <c r="J198" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K198" s="2" t="str">
         <f>J198*1616.91</f>
         <v>0</v>
       </c>
       <c r="L198" s="5"/>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A199" s="1"/>
       <c r="B199" s="1">
         <v>810996</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>758</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>759</v>
       </c>
       <c r="E199" s="2" t="s">
         <v>760</v>
       </c>
       <c r="F199" s="2" t="s">
         <v>761</v>
       </c>
       <c r="G199" s="2">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="H199" s="2">
         <v>0</v>
       </c>
       <c r="I199" s="1">
         <v>0</v>
       </c>
       <c r="J199" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K199" s="2" t="str">
         <f>J199*2600.15</f>
         <v>0</v>
       </c>
       <c r="L199" s="5"/>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A200" s="1"/>
       <c r="B200" s="1">
         <v>810997</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>762</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>763</v>
       </c>
       <c r="E200" s="2" t="s">
         <v>764</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>765</v>
       </c>
-      <c r="G200" s="2" t="s">
-        <v>48</v>
+      <c r="G200" s="2">
+        <v>7</v>
       </c>
       <c r="H200" s="2">
         <v>0</v>
       </c>
       <c r="I200" s="1">
         <v>0</v>
       </c>
       <c r="J200" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K200" s="2" t="str">
         <f>J200*4022.20</f>
         <v>0</v>
       </c>
       <c r="L200" s="5"/>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A201" s="1"/>
       <c r="B201" s="1">
         <v>810998</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>766</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>767</v>
       </c>
       <c r="E201" s="2" t="s">
         <v>768</v>
       </c>
       <c r="F201" s="2" t="s">
         <v>769</v>
       </c>
       <c r="G201" s="2" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="H201" s="2">
         <v>0</v>
       </c>
       <c r="I201" s="1">
         <v>0</v>
       </c>
       <c r="J201" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K201" s="2" t="str">
         <f>J201*462.61</f>
         <v>0</v>
       </c>
       <c r="L201" s="5"/>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A202" s="1"/>
       <c r="B202" s="1">
         <v>810999</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>770</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>771</v>
       </c>
       <c r="E202" s="2" t="s">
         <v>772</v>
       </c>
       <c r="F202" s="2" t="s">
         <v>773</v>
       </c>
-      <c r="G202" s="2">
-        <v>1</v>
+      <c r="G202" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H202" s="2">
         <v>0</v>
       </c>
       <c r="I202" s="1">
         <v>0</v>
       </c>
       <c r="J202" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K202" s="2" t="str">
         <f>J202*675.33</f>
         <v>0</v>
       </c>
       <c r="L202" s="5"/>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A203" s="1"/>
       <c r="B203" s="1">
         <v>811000</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>774</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>775</v>
       </c>
       <c r="E203" s="2" t="s">
         <v>776</v>
       </c>
       <c r="F203" s="2" t="s">
         <v>777</v>
       </c>
-      <c r="G203" s="2">
-        <v>0</v>
+      <c r="G203" s="2" t="s">
+        <v>49</v>
       </c>
       <c r="H203" s="2">
         <v>0</v>
       </c>
       <c r="I203" s="1">
         <v>0</v>
       </c>
       <c r="J203" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K203" s="2" t="str">
         <f>J203*1078.44</f>
         <v>0</v>
       </c>
       <c r="L203" s="5"/>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A204" s="1"/>
       <c r="B204" s="1">
         <v>811001</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>778</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>779</v>
       </c>
       <c r="E204" s="2" t="s">
         <v>780</v>
       </c>
       <c r="F204" s="2" t="s">
         <v>781</v>
       </c>
       <c r="G204" s="2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H204" s="2">
         <v>0</v>
       </c>
       <c r="I204" s="1">
         <v>0</v>
       </c>
       <c r="J204" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K204" s="2" t="str">
         <f>J204*1691.29</f>
         <v>0</v>
       </c>
       <c r="L204" s="5"/>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A205" s="1"/>
       <c r="B205" s="1">
         <v>811002</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>782</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>783</v>
       </c>
       <c r="E205" s="2" t="s">
         <v>784</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>785</v>
       </c>
       <c r="G205" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H205" s="2">
         <v>0</v>
       </c>
       <c r="I205" s="1">
         <v>0</v>
       </c>
       <c r="J205" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K205" s="2" t="str">
         <f>J205*2734.03</f>
         <v>0</v>
       </c>
       <c r="L205" s="5"/>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A206" s="1"/>
       <c r="B206" s="1">
         <v>811003</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>786</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>787</v>
       </c>
       <c r="E206" s="2" t="s">
         <v>788</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>789</v>
       </c>
       <c r="G206" s="2">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H206" s="2">
         <v>0</v>
       </c>
       <c r="I206" s="1">
         <v>0</v>
       </c>
       <c r="J206" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K206" s="2" t="str">
         <f>J206*4188.80</f>
         <v>0</v>
       </c>
       <c r="L206" s="5"/>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A207" s="1"/>
       <c r="B207" s="1">
         <v>811004</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>790</v>
       </c>
       <c r="D207" s="1" t="s">
@@ -26153,86 +26141,86 @@
       </c>
       <c r="K207" s="2" t="str">
         <f>J207*415.01</f>
         <v>0</v>
       </c>
       <c r="L207" s="5"/>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A208" s="1"/>
       <c r="B208" s="1">
         <v>811005</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>794</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>795</v>
       </c>
       <c r="E208" s="2" t="s">
         <v>796</v>
       </c>
       <c r="F208" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G208" s="2" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="H208" s="2">
         <v>0</v>
       </c>
       <c r="I208" s="1">
         <v>0</v>
       </c>
       <c r="J208" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K208" s="2" t="str">
         <f>J208*635.16</f>
         <v>0</v>
       </c>
       <c r="L208" s="5"/>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A209" s="1"/>
       <c r="B209" s="1">
         <v>811006</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>798</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>799</v>
       </c>
       <c r="E209" s="2" t="s">
         <v>800</v>
       </c>
       <c r="F209" s="2" t="s">
         <v>801</v>
       </c>
       <c r="G209" s="2" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="H209" s="2">
         <v>0</v>
       </c>
       <c r="I209" s="1">
         <v>0</v>
       </c>
       <c r="J209" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K209" s="2" t="str">
         <f>J209*984.73</f>
         <v>0</v>
       </c>
       <c r="L209" s="5"/>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A210" s="1"/>
       <c r="B210" s="1">
         <v>811007</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>802</v>
       </c>
       <c r="D210" s="1" t="s">
@@ -26293,86 +26281,86 @@
       </c>
       <c r="K211" s="2" t="str">
         <f>J211*685.74</f>
         <v>0</v>
       </c>
       <c r="L211" s="5"/>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A212" s="1"/>
       <c r="B212" s="1">
         <v>811009</v>
       </c>
       <c r="C212" s="1" t="s">
         <v>810</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>811</v>
       </c>
       <c r="E212" s="2" t="s">
         <v>812</v>
       </c>
       <c r="F212" s="2" t="s">
         <v>813</v>
       </c>
       <c r="G212" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H212" s="2">
         <v>0</v>
       </c>
       <c r="I212" s="1">
         <v>0</v>
       </c>
       <c r="J212" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K212" s="2" t="str">
         <f>J212*1073.98</f>
         <v>0</v>
       </c>
       <c r="L212" s="5"/>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A213" s="1"/>
       <c r="B213" s="1">
         <v>811010</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>814</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>815</v>
       </c>
       <c r="E213" s="2" t="s">
         <v>816</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>769</v>
       </c>
       <c r="G213" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H213" s="2">
         <v>0</v>
       </c>
       <c r="I213" s="1">
         <v>0</v>
       </c>
       <c r="J213" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K213" s="2" t="str">
         <f>J213*462.61</f>
         <v>0</v>
       </c>
       <c r="L213" s="5"/>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A214" s="1"/>
       <c r="B214" s="1">
         <v>811011</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>817</v>
       </c>
       <c r="D214" s="1" t="s">
@@ -26397,122 +26385,122 @@
         <v>18</v>
       </c>
       <c r="K214" s="2" t="str">
         <f>J214*672.35</f>
         <v>0</v>
       </c>
       <c r="L214" s="5"/>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A215" s="1"/>
       <c r="B215" s="1">
         <v>811012</v>
       </c>
       <c r="C215" s="1" t="s">
         <v>821</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>822</v>
       </c>
       <c r="E215" s="2" t="s">
         <v>823</v>
       </c>
       <c r="F215" s="2" t="s">
         <v>824</v>
       </c>
-      <c r="G215" s="2" t="s">
-        <v>48</v>
+      <c r="G215" s="2">
+        <v>0</v>
       </c>
       <c r="H215" s="2">
         <v>0</v>
       </c>
       <c r="I215" s="1">
         <v>0</v>
       </c>
       <c r="J215" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K215" s="2" t="str">
         <f>J215*587.56</f>
         <v>0</v>
       </c>
       <c r="L215" s="5"/>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A216" s="1"/>
       <c r="B216" s="1">
         <v>811013</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>825</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>826</v>
       </c>
       <c r="E216" s="2" t="s">
         <v>827</v>
       </c>
       <c r="F216" s="2" t="s">
         <v>828</v>
       </c>
       <c r="G216" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H216" s="2">
         <v>0</v>
       </c>
       <c r="I216" s="1">
         <v>0</v>
       </c>
       <c r="J216" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K216" s="2" t="str">
         <f>J216*882.09</f>
         <v>0</v>
       </c>
       <c r="L216" s="5"/>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A217" s="1"/>
       <c r="B217" s="1">
         <v>811014</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>829</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>830</v>
       </c>
       <c r="E217" s="2" t="s">
         <v>831</v>
       </c>
       <c r="F217" s="2" t="s">
         <v>832</v>
       </c>
-      <c r="G217" s="2">
-        <v>6</v>
+      <c r="G217" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H217" s="2">
         <v>0</v>
       </c>
       <c r="I217" s="1">
         <v>0</v>
       </c>
       <c r="J217" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K217" s="2" t="str">
         <f>J217*1380.40</f>
         <v>0</v>
       </c>
       <c r="L217" s="5"/>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A218" s="1"/>
       <c r="B218" s="1">
         <v>811015</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>833</v>
       </c>
       <c r="D218" s="1" t="s">
@@ -26537,87 +26525,87 @@
         <v>18</v>
       </c>
       <c r="K218" s="2" t="str">
         <f>J218*2278.85</f>
         <v>0</v>
       </c>
       <c r="L218" s="5"/>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A219" s="1"/>
       <c r="B219" s="1">
         <v>811016</v>
       </c>
       <c r="C219" s="1" t="s">
         <v>837</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>838</v>
       </c>
       <c r="E219" s="2" t="s">
         <v>839</v>
       </c>
       <c r="F219" s="2" t="s">
         <v>840</v>
       </c>
-      <c r="G219" s="2">
-        <v>4</v>
+      <c r="G219" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H219" s="2">
         <v>0</v>
       </c>
       <c r="I219" s="1">
         <v>0</v>
       </c>
       <c r="J219" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K219" s="2" t="str">
         <f>J219*599.46</f>
         <v>0</v>
       </c>
       <c r="L219" s="5"/>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A220" s="1"/>
       <c r="B220" s="1">
         <v>811017</v>
       </c>
       <c r="C220" s="1" t="s">
         <v>841</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>842</v>
       </c>
       <c r="E220" s="2" t="s">
         <v>843</v>
       </c>
       <c r="F220" s="2" t="s">
         <v>729</v>
       </c>
       <c r="G220" s="2">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="H220" s="2">
         <v>0</v>
       </c>
       <c r="I220" s="1">
         <v>0</v>
       </c>
       <c r="J220" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K220" s="2" t="str">
         <f>J220*925.23</f>
         <v>0</v>
       </c>
       <c r="L220" s="5"/>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A221" s="1"/>
       <c r="B221" s="1">
         <v>828532</v>
       </c>
       <c r="C221" s="1" t="s">
         <v>844</v>
       </c>
       <c r="D221" s="1" t="s">
@@ -26643,51 +26631,51 @@
       </c>
       <c r="K221" s="2" t="str">
         <f>J221*1502.38</f>
         <v>0</v>
       </c>
       <c r="L221" s="5"/>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A222" s="1"/>
       <c r="B222" s="1">
         <v>823083</v>
       </c>
       <c r="C222" s="1" t="s">
         <v>848</v>
       </c>
       <c r="D222" s="1" t="s">
         <v>849</v>
       </c>
       <c r="E222" s="2" t="s">
         <v>850</v>
       </c>
       <c r="F222" s="2" t="s">
         <v>851</v>
       </c>
       <c r="G222" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H222" s="2">
         <v>0</v>
       </c>
       <c r="I222" s="1">
         <v>0</v>
       </c>
       <c r="J222" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K222" s="2" t="str">
         <f>J222*624.75</f>
         <v>0</v>
       </c>
       <c r="L222" s="5"/>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A223" s="1"/>
       <c r="B223" s="1">
         <v>823116</v>
       </c>
       <c r="C223" s="1" t="s">
         <v>852</v>
       </c>
       <c r="D223" s="1" t="s">
@@ -26712,192 +26700,192 @@
         <v>18</v>
       </c>
       <c r="K223" s="2" t="str">
         <f>J223*923.74</f>
         <v>0</v>
       </c>
       <c r="L223" s="5"/>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A224" s="1"/>
       <c r="B224" s="1">
         <v>823089</v>
       </c>
       <c r="C224" s="1" t="s">
         <v>856</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>857</v>
       </c>
       <c r="E224" s="2" t="s">
         <v>858</v>
       </c>
       <c r="F224" s="2" t="s">
         <v>859</v>
       </c>
-      <c r="G224" s="2">
-        <v>0</v>
+      <c r="G224" s="2" t="s">
+        <v>49</v>
       </c>
       <c r="H224" s="2">
         <v>0</v>
       </c>
       <c r="I224" s="1">
         <v>0</v>
       </c>
       <c r="J224" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K224" s="2" t="str">
         <f>J224*1444.36</f>
         <v>0</v>
       </c>
       <c r="L224" s="5"/>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A225" s="1"/>
       <c r="B225" s="1">
         <v>823084</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>860</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>861</v>
       </c>
       <c r="E225" s="2" t="s">
         <v>862</v>
       </c>
       <c r="F225" s="2" t="s">
         <v>824</v>
       </c>
       <c r="G225" s="2" t="s">
-        <v>88</v>
+        <v>23</v>
       </c>
       <c r="H225" s="2">
         <v>0</v>
       </c>
       <c r="I225" s="1">
         <v>0</v>
       </c>
       <c r="J225" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K225" s="2" t="str">
         <f>J225*587.56</f>
         <v>0</v>
       </c>
       <c r="L225" s="5"/>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A226" s="1"/>
       <c r="B226" s="1">
         <v>823090</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>863</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>864</v>
       </c>
       <c r="E226" s="2" t="s">
         <v>865</v>
       </c>
       <c r="F226" s="2" t="s">
         <v>828</v>
       </c>
       <c r="G226" s="2" t="s">
-        <v>88</v>
+        <v>17</v>
       </c>
       <c r="H226" s="2">
         <v>0</v>
       </c>
       <c r="I226" s="1">
         <v>0</v>
       </c>
       <c r="J226" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K226" s="2" t="str">
         <f>J226*882.09</f>
         <v>0</v>
       </c>
       <c r="L226" s="5"/>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A227" s="1"/>
       <c r="B227" s="1">
         <v>823117</v>
       </c>
       <c r="C227" s="1" t="s">
         <v>866</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>867</v>
       </c>
       <c r="E227" s="2" t="s">
         <v>868</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>832</v>
       </c>
       <c r="G227" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H227" s="2">
         <v>0</v>
       </c>
       <c r="I227" s="1">
         <v>0</v>
       </c>
       <c r="J227" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K227" s="2" t="str">
         <f>J227*1380.40</f>
         <v>0</v>
       </c>
       <c r="L227" s="5"/>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A228" s="1"/>
       <c r="B228" s="1">
         <v>824567</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>869</v>
       </c>
       <c r="D228" s="1" t="s">
         <v>870</v>
       </c>
       <c r="E228" s="2" t="s">
         <v>871</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>872</v>
       </c>
-      <c r="G228" s="2">
-        <v>10</v>
+      <c r="G228" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H228" s="2">
         <v>0</v>
       </c>
       <c r="I228" s="1">
         <v>0</v>
       </c>
       <c r="J228" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K228" s="2" t="str">
         <f>J228*547.40</f>
         <v>0</v>
       </c>
       <c r="L228" s="5"/>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A229" s="1"/>
       <c r="B229" s="1">
         <v>824568</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>873</v>
       </c>
       <c r="D229" s="1" t="s">
@@ -26922,87 +26910,87 @@
         <v>18</v>
       </c>
       <c r="K229" s="2" t="str">
         <f>J229*827.05</f>
         <v>0</v>
       </c>
       <c r="L229" s="5"/>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A230" s="1"/>
       <c r="B230" s="1">
         <v>824569</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>877</v>
       </c>
       <c r="D230" s="1" t="s">
         <v>878</v>
       </c>
       <c r="E230" s="2" t="s">
         <v>879</v>
       </c>
       <c r="F230" s="2" t="s">
         <v>872</v>
       </c>
-      <c r="G230" s="2">
-        <v>3</v>
+      <c r="G230" s="2" t="s">
+        <v>32</v>
       </c>
       <c r="H230" s="2">
         <v>0</v>
       </c>
       <c r="I230" s="1">
         <v>0</v>
       </c>
       <c r="J230" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K230" s="2" t="str">
         <f>J230*547.40</f>
         <v>0</v>
       </c>
       <c r="L230" s="5"/>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A231" s="1"/>
       <c r="B231" s="1">
         <v>824570</v>
       </c>
       <c r="C231" s="1" t="s">
         <v>880</v>
       </c>
       <c r="D231" s="1" t="s">
         <v>881</v>
       </c>
       <c r="E231" s="2" t="s">
         <v>882</v>
       </c>
       <c r="F231" s="2" t="s">
         <v>883</v>
       </c>
       <c r="G231" s="2" t="s">
-        <v>88</v>
+        <v>17</v>
       </c>
       <c r="H231" s="2">
         <v>0</v>
       </c>
       <c r="I231" s="1">
         <v>0</v>
       </c>
       <c r="J231" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K231" s="2" t="str">
         <f>J231*800.28</f>
         <v>0</v>
       </c>
       <c r="L231" s="5"/>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A232" s="1"/>
       <c r="B232" s="1">
         <v>824571</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>884</v>
       </c>
       <c r="D232" s="1" t="s">
@@ -27324,51 +27312,51 @@
       <c r="G241" s="9"/>
       <c r="H241" s="9"/>
       <c r="I241" s="9"/>
       <c r="J241" s="9"/>
       <c r="K241" s="9"/>
       <c r="L241" s="5"/>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A242" s="1"/>
       <c r="B242" s="1">
         <v>889442</v>
       </c>
       <c r="C242" s="1" t="s">
         <v>919</v>
       </c>
       <c r="D242" s="1" t="s">
         <v>920</v>
       </c>
       <c r="E242" s="2" t="s">
         <v>921</v>
       </c>
       <c r="F242" s="2" t="s">
         <v>797</v>
       </c>
       <c r="G242" s="2" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="H242" s="2">
         <v>0</v>
       </c>
       <c r="I242" s="1">
         <v>0</v>
       </c>
       <c r="J242" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K242" s="2" t="str">
         <f>J242*635.16</f>
         <v>0</v>
       </c>
       <c r="L242" s="5"/>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A243" s="1"/>
       <c r="B243" s="1">
         <v>889443</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>922</v>
       </c>
       <c r="D243" s="1" t="s">
@@ -27463,87 +27451,87 @@
         <v>18</v>
       </c>
       <c r="K245" s="2" t="str">
         <f>J245*391.21</f>
         <v>0</v>
       </c>
       <c r="L245" s="5"/>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A246" s="1"/>
       <c r="B246" s="1">
         <v>889425</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>934</v>
       </c>
       <c r="D246" s="1" t="s">
         <v>935</v>
       </c>
       <c r="E246" s="2" t="s">
         <v>936</v>
       </c>
       <c r="F246" s="2" t="s">
         <v>937</v>
       </c>
-      <c r="G246" s="2">
-        <v>0</v>
+      <c r="G246" s="2" t="s">
+        <v>32</v>
       </c>
       <c r="H246" s="2">
         <v>0</v>
       </c>
       <c r="I246" s="1">
         <v>0</v>
       </c>
       <c r="J246" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K246" s="2" t="str">
         <f>J246*592.03</f>
         <v>0</v>
       </c>
       <c r="L246" s="5"/>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A247" s="1"/>
       <c r="B247" s="1">
         <v>889426</v>
       </c>
       <c r="C247" s="1" t="s">
         <v>938</v>
       </c>
       <c r="D247" s="1" t="s">
         <v>939</v>
       </c>
       <c r="E247" s="2" t="s">
         <v>940</v>
       </c>
       <c r="F247" s="2" t="s">
         <v>941</v>
       </c>
       <c r="G247" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H247" s="2">
         <v>0</v>
       </c>
       <c r="I247" s="1">
         <v>0</v>
       </c>
       <c r="J247" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K247" s="2" t="str">
         <f>J247*975.80</f>
         <v>0</v>
       </c>
       <c r="L247" s="5"/>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A248" s="1"/>
       <c r="B248" s="1">
         <v>889427</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>942</v>
       </c>
       <c r="D248" s="1" t="s">
@@ -27604,86 +27592,86 @@
       </c>
       <c r="K249" s="2" t="str">
         <f>J249*615.83</f>
         <v>0</v>
       </c>
       <c r="L249" s="5"/>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A250" s="1"/>
       <c r="B250" s="1">
         <v>889429</v>
       </c>
       <c r="C250" s="1" t="s">
         <v>950</v>
       </c>
       <c r="D250" s="1" t="s">
         <v>951</v>
       </c>
       <c r="E250" s="2" t="s">
         <v>952</v>
       </c>
       <c r="F250" s="2" t="s">
         <v>953</v>
       </c>
       <c r="G250" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H250" s="2">
         <v>0</v>
       </c>
       <c r="I250" s="1">
         <v>0</v>
       </c>
       <c r="J250" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K250" s="2" t="str">
         <f>J250*987.70</f>
         <v>0</v>
       </c>
       <c r="L250" s="5"/>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A251" s="1"/>
       <c r="B251" s="1">
         <v>889430</v>
       </c>
       <c r="C251" s="1" t="s">
         <v>954</v>
       </c>
       <c r="D251" s="1" t="s">
         <v>955</v>
       </c>
       <c r="E251" s="2" t="s">
         <v>956</v>
       </c>
       <c r="F251" s="2" t="s">
         <v>793</v>
       </c>
       <c r="G251" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H251" s="2">
         <v>0</v>
       </c>
       <c r="I251" s="1">
         <v>0</v>
       </c>
       <c r="J251" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K251" s="2" t="str">
         <f>J251*415.01</f>
         <v>0</v>
       </c>
       <c r="L251" s="5"/>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A252" s="1"/>
       <c r="B252" s="1">
         <v>889431</v>
       </c>
       <c r="C252" s="1" t="s">
         <v>957</v>
       </c>
       <c r="D252" s="1" t="s">
@@ -27709,86 +27697,86 @@
       </c>
       <c r="K252" s="2" t="str">
         <f>J252*589.05</f>
         <v>0</v>
       </c>
       <c r="L252" s="5"/>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A253" s="1"/>
       <c r="B253" s="1">
         <v>889432</v>
       </c>
       <c r="C253" s="1" t="s">
         <v>961</v>
       </c>
       <c r="D253" s="1" t="s">
         <v>962</v>
       </c>
       <c r="E253" s="2" t="s">
         <v>963</v>
       </c>
       <c r="F253" s="2" t="s">
         <v>964</v>
       </c>
       <c r="G253" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H253" s="2">
         <v>0</v>
       </c>
       <c r="I253" s="1">
         <v>0</v>
       </c>
       <c r="J253" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K253" s="2" t="str">
         <f>J253*1014.48</f>
         <v>0</v>
       </c>
       <c r="L253" s="5"/>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A254" s="1"/>
       <c r="B254" s="1">
         <v>889433</v>
       </c>
       <c r="C254" s="1" t="s">
         <v>965</v>
       </c>
       <c r="D254" s="1" t="s">
         <v>966</v>
       </c>
       <c r="E254" s="2" t="s">
         <v>967</v>
       </c>
       <c r="F254" s="2" t="s">
         <v>968</v>
       </c>
-      <c r="G254" s="2" t="s">
-        <v>48</v>
+      <c r="G254" s="2">
+        <v>7</v>
       </c>
       <c r="H254" s="2">
         <v>0</v>
       </c>
       <c r="I254" s="1">
         <v>0</v>
       </c>
       <c r="J254" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K254" s="2" t="str">
         <f>J254*1442.88</f>
         <v>0</v>
       </c>
       <c r="L254" s="5"/>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A255" s="1"/>
       <c r="B255" s="1">
         <v>889434</v>
       </c>
       <c r="C255" s="1" t="s">
         <v>969</v>
       </c>
       <c r="D255" s="1" t="s">
@@ -27814,51 +27802,51 @@
       </c>
       <c r="K255" s="2" t="str">
         <f>J255*2210.43</f>
         <v>0</v>
       </c>
       <c r="L255" s="5"/>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A256" s="1"/>
       <c r="B256" s="1">
         <v>889435</v>
       </c>
       <c r="C256" s="1" t="s">
         <v>973</v>
       </c>
       <c r="D256" s="1" t="s">
         <v>974</v>
       </c>
       <c r="E256" s="2" t="s">
         <v>975</v>
       </c>
       <c r="F256" s="2" t="s">
         <v>976</v>
       </c>
       <c r="G256" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H256" s="2">
         <v>0</v>
       </c>
       <c r="I256" s="1">
         <v>0</v>
       </c>
       <c r="J256" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K256" s="2" t="str">
         <f>J256*3345.39</f>
         <v>0</v>
       </c>
       <c r="L256" s="5"/>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A257" s="1"/>
       <c r="B257" s="1">
         <v>889436</v>
       </c>
       <c r="C257" s="1" t="s">
         <v>977</v>
       </c>
       <c r="D257" s="1" t="s">
@@ -27919,86 +27907,86 @@
       </c>
       <c r="K258" s="2" t="str">
         <f>J258*600.95</f>
         <v>0</v>
       </c>
       <c r="L258" s="5"/>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A259" s="1"/>
       <c r="B259" s="1">
         <v>889438</v>
       </c>
       <c r="C259" s="1" t="s">
         <v>985</v>
       </c>
       <c r="D259" s="1" t="s">
         <v>986</v>
       </c>
       <c r="E259" s="2" t="s">
         <v>987</v>
       </c>
       <c r="F259" s="2" t="s">
         <v>988</v>
       </c>
       <c r="G259" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H259" s="2">
         <v>0</v>
       </c>
       <c r="I259" s="1">
         <v>0</v>
       </c>
       <c r="J259" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K259" s="2" t="str">
         <f>J259*1024.89</f>
         <v>0</v>
       </c>
       <c r="L259" s="5"/>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A260" s="1"/>
       <c r="B260" s="1">
         <v>889439</v>
       </c>
       <c r="C260" s="1" t="s">
         <v>989</v>
       </c>
       <c r="D260" s="1" t="s">
         <v>990</v>
       </c>
       <c r="E260" s="2" t="s">
         <v>991</v>
       </c>
       <c r="F260" s="2" t="s">
         <v>992</v>
       </c>
       <c r="G260" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H260" s="2">
         <v>0</v>
       </c>
       <c r="I260" s="1">
         <v>0</v>
       </c>
       <c r="J260" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K260" s="2" t="str">
         <f>J260*1533.61</f>
         <v>0</v>
       </c>
       <c r="L260" s="5"/>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A261" s="1"/>
       <c r="B261" s="1">
         <v>889440</v>
       </c>
       <c r="C261" s="1" t="s">
         <v>993</v>
       </c>
       <c r="D261" s="1" t="s">
@@ -28024,51 +28012,51 @@
       </c>
       <c r="K261" s="2" t="str">
         <f>J261*2266.95</f>
         <v>0</v>
       </c>
       <c r="L261" s="5"/>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A262" s="1"/>
       <c r="B262" s="1">
         <v>889441</v>
       </c>
       <c r="C262" s="1" t="s">
         <v>997</v>
       </c>
       <c r="D262" s="1" t="s">
         <v>998</v>
       </c>
       <c r="E262" s="2" t="s">
         <v>999</v>
       </c>
       <c r="F262" s="2" t="s">
         <v>1000</v>
       </c>
       <c r="G262" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H262" s="2">
         <v>0</v>
       </c>
       <c r="I262" s="1">
         <v>0</v>
       </c>
       <c r="J262" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K262" s="2" t="str">
         <f>J262*3528.35</f>
         <v>0</v>
       </c>
       <c r="L262" s="5"/>
     </row>
     <row r="263" spans="1:12" outlineLevel="2">
       <c r="A263" s="8" t="s">
         <v>1001</v>
       </c>
       <c r="B263" s="8"/>
       <c r="C263" s="8"/>
       <c r="D263" s="8"/>
       <c r="E263" s="8"/>
       <c r="F263" s="8"/>
@@ -28091,86 +28079,86 @@
       <c r="G264" s="9"/>
       <c r="H264" s="9"/>
       <c r="I264" s="9"/>
       <c r="J264" s="9"/>
       <c r="K264" s="9"/>
       <c r="L264" s="5"/>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A265" s="1"/>
       <c r="B265" s="1">
         <v>833140</v>
       </c>
       <c r="C265" s="1" t="s">
         <v>1003</v>
       </c>
       <c r="D265" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="E265" s="2" t="s">
         <v>1005</v>
       </c>
       <c r="F265" s="2" t="s">
         <v>1006</v>
       </c>
       <c r="G265" s="2" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="H265" s="2">
         <v>0</v>
       </c>
       <c r="I265" s="1">
         <v>0</v>
       </c>
       <c r="J265" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K265" s="2" t="str">
         <f>J265*365.91</f>
         <v>0</v>
       </c>
       <c r="L265" s="5"/>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A266" s="1"/>
       <c r="B266" s="1">
         <v>833141</v>
       </c>
       <c r="C266" s="1" t="s">
         <v>1007</v>
       </c>
       <c r="D266" s="1" t="s">
         <v>1008</v>
       </c>
       <c r="E266" s="2" t="s">
         <v>1009</v>
       </c>
       <c r="F266" s="2" t="s">
         <v>1010</v>
       </c>
       <c r="G266" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H266" s="2">
         <v>0</v>
       </c>
       <c r="I266" s="1">
         <v>0</v>
       </c>
       <c r="J266" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K266" s="2" t="str">
         <f>J266*539.31</f>
         <v>0</v>
       </c>
       <c r="L266" s="5"/>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A267" s="1"/>
       <c r="B267" s="1">
         <v>833142</v>
       </c>
       <c r="C267" s="1" t="s">
         <v>1011</v>
       </c>
       <c r="D267" s="1" t="s">
@@ -28195,227 +28183,227 @@
         <v>18</v>
       </c>
       <c r="K267" s="2" t="str">
         <f>J267*717.49</f>
         <v>0</v>
       </c>
       <c r="L267" s="5"/>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A268" s="1"/>
       <c r="B268" s="1">
         <v>833143</v>
       </c>
       <c r="C268" s="1" t="s">
         <v>1015</v>
       </c>
       <c r="D268" s="1" t="s">
         <v>1016</v>
       </c>
       <c r="E268" s="2" t="s">
         <v>1017</v>
       </c>
       <c r="F268" s="2" t="s">
         <v>1018</v>
       </c>
-      <c r="G268" s="2">
-        <v>10</v>
+      <c r="G268" s="2" t="s">
+        <v>32</v>
       </c>
       <c r="H268" s="2">
         <v>0</v>
       </c>
       <c r="I268" s="1">
         <v>0</v>
       </c>
       <c r="J268" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K268" s="2" t="str">
         <f>J268*386.82</f>
         <v>0</v>
       </c>
       <c r="L268" s="5"/>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A269" s="1"/>
       <c r="B269" s="1">
         <v>833144</v>
       </c>
       <c r="C269" s="1" t="s">
         <v>1019</v>
       </c>
       <c r="D269" s="1" t="s">
         <v>1020</v>
       </c>
       <c r="E269" s="2" t="s">
         <v>1021</v>
       </c>
       <c r="F269" s="2" t="s">
         <v>1022</v>
       </c>
       <c r="G269" s="2" t="s">
-        <v>88</v>
+        <v>23</v>
       </c>
       <c r="H269" s="2">
         <v>0</v>
       </c>
       <c r="I269" s="1">
         <v>0</v>
       </c>
       <c r="J269" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K269" s="2" t="str">
         <f>J269*560.46</f>
         <v>0</v>
       </c>
       <c r="L269" s="5"/>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A270" s="1"/>
       <c r="B270" s="1">
         <v>833145</v>
       </c>
       <c r="C270" s="1" t="s">
         <v>1023</v>
       </c>
       <c r="D270" s="1" t="s">
         <v>1024</v>
       </c>
       <c r="E270" s="2" t="s">
         <v>1025</v>
       </c>
       <c r="F270" s="2" t="s">
         <v>1026</v>
       </c>
-      <c r="G270" s="2" t="s">
-        <v>48</v>
+      <c r="G270" s="2">
+        <v>7</v>
       </c>
       <c r="H270" s="2">
         <v>0</v>
       </c>
       <c r="I270" s="1">
         <v>0</v>
       </c>
       <c r="J270" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K270" s="2" t="str">
         <f>J270*842.49</f>
         <v>0</v>
       </c>
       <c r="L270" s="5"/>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A271" s="1"/>
       <c r="B271" s="1">
         <v>833146</v>
       </c>
       <c r="C271" s="1" t="s">
         <v>1027</v>
       </c>
       <c r="D271" s="1" t="s">
         <v>1028</v>
       </c>
       <c r="E271" s="2" t="s">
         <v>1029</v>
       </c>
       <c r="F271" s="2" t="s">
         <v>1030</v>
       </c>
       <c r="G271" s="2" t="s">
-        <v>88</v>
+        <v>23</v>
       </c>
       <c r="H271" s="2">
         <v>0</v>
       </c>
       <c r="I271" s="1">
         <v>0</v>
       </c>
       <c r="J271" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K271" s="2" t="str">
         <f>J271*372.84</f>
         <v>0</v>
       </c>
       <c r="L271" s="5"/>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A272" s="1"/>
       <c r="B272" s="1">
         <v>833147</v>
       </c>
       <c r="C272" s="1" t="s">
         <v>1031</v>
       </c>
       <c r="D272" s="1" t="s">
         <v>1032</v>
       </c>
       <c r="E272" s="2" t="s">
         <v>1033</v>
       </c>
       <c r="F272" s="2" t="s">
         <v>1034</v>
       </c>
       <c r="G272" s="2" t="s">
-        <v>88</v>
+        <v>17</v>
       </c>
       <c r="H272" s="2">
         <v>0</v>
       </c>
       <c r="I272" s="1">
         <v>0</v>
       </c>
       <c r="J272" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K272" s="2" t="str">
         <f>J272*400.64</f>
         <v>0</v>
       </c>
       <c r="L272" s="5"/>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A273" s="1"/>
       <c r="B273" s="1">
         <v>833148</v>
       </c>
       <c r="C273" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="D273" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="E273" s="2" t="s">
         <v>1037</v>
       </c>
       <c r="F273" s="2" t="s">
         <v>1038</v>
       </c>
       <c r="G273" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H273" s="2">
         <v>0</v>
       </c>
       <c r="I273" s="1">
         <v>0</v>
       </c>
       <c r="J273" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K273" s="2" t="str">
         <f>J273*570.94</f>
         <v>0</v>
       </c>
       <c r="L273" s="5"/>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A274" s="1"/>
       <c r="B274" s="1">
         <v>833149</v>
       </c>
       <c r="C274" s="1" t="s">
         <v>1039</v>
       </c>
       <c r="D274" s="1" t="s">
@@ -28510,227 +28498,227 @@
         <v>18</v>
       </c>
       <c r="K276" s="2" t="str">
         <f>J276*1901.32</f>
         <v>0</v>
       </c>
       <c r="L276" s="5"/>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A277" s="1"/>
       <c r="B277" s="1">
         <v>833152</v>
       </c>
       <c r="C277" s="1" t="s">
         <v>1051</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>1052</v>
       </c>
       <c r="E277" s="2" t="s">
         <v>1053</v>
       </c>
       <c r="F277" s="2" t="s">
         <v>1054</v>
       </c>
-      <c r="G277" s="2">
-        <v>6</v>
+      <c r="G277" s="2" t="s">
+        <v>49</v>
       </c>
       <c r="H277" s="2">
         <v>0</v>
       </c>
       <c r="I277" s="1">
         <v>0</v>
       </c>
       <c r="J277" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K277" s="2" t="str">
         <f>J277*3104.98</f>
         <v>0</v>
       </c>
       <c r="L277" s="5"/>
     </row>
     <row r="278" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A278" s="1"/>
       <c r="B278" s="1">
         <v>833153</v>
       </c>
       <c r="C278" s="1" t="s">
         <v>1055</v>
       </c>
       <c r="D278" s="1" t="s">
         <v>1056</v>
       </c>
       <c r="E278" s="2" t="s">
         <v>1057</v>
       </c>
       <c r="F278" s="2" t="s">
         <v>1058</v>
       </c>
-      <c r="G278" s="2" t="s">
-        <v>48</v>
+      <c r="G278" s="2">
+        <v>5</v>
       </c>
       <c r="H278" s="2">
         <v>0</v>
       </c>
       <c r="I278" s="1">
         <v>0</v>
       </c>
       <c r="J278" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K278" s="2" t="str">
         <f>J278*339.23</f>
         <v>0</v>
       </c>
       <c r="L278" s="5"/>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A279" s="1"/>
       <c r="B279" s="1">
         <v>833154</v>
       </c>
       <c r="C279" s="1" t="s">
         <v>1059</v>
       </c>
       <c r="D279" s="1" t="s">
         <v>1060</v>
       </c>
       <c r="E279" s="2" t="s">
         <v>1061</v>
       </c>
       <c r="F279" s="2" t="s">
         <v>1062</v>
       </c>
       <c r="G279" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H279" s="2">
         <v>0</v>
       </c>
       <c r="I279" s="1">
         <v>0</v>
       </c>
       <c r="J279" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K279" s="2" t="str">
         <f>J279*559.66</f>
         <v>0</v>
       </c>
       <c r="L279" s="5"/>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A280" s="1"/>
       <c r="B280" s="1">
         <v>833155</v>
       </c>
       <c r="C280" s="1" t="s">
         <v>1063</v>
       </c>
       <c r="D280" s="1" t="s">
         <v>1064</v>
       </c>
       <c r="E280" s="2" t="s">
         <v>1065</v>
       </c>
       <c r="F280" s="2" t="s">
         <v>1066</v>
       </c>
       <c r="G280" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H280" s="2">
         <v>0</v>
       </c>
       <c r="I280" s="1">
         <v>0</v>
       </c>
       <c r="J280" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K280" s="2" t="str">
         <f>J280*919.99</f>
         <v>0</v>
       </c>
       <c r="L280" s="5"/>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A281" s="1"/>
       <c r="B281" s="1">
         <v>833156</v>
       </c>
       <c r="C281" s="1" t="s">
         <v>1067</v>
       </c>
       <c r="D281" s="1" t="s">
         <v>1068</v>
       </c>
       <c r="E281" s="2" t="s">
         <v>1069</v>
       </c>
       <c r="F281" s="2" t="s">
         <v>1070</v>
       </c>
       <c r="G281" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H281" s="2">
         <v>0</v>
       </c>
       <c r="I281" s="1">
         <v>0</v>
       </c>
       <c r="J281" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K281" s="2" t="str">
         <f>J281*1379.99</f>
         <v>0</v>
       </c>
       <c r="L281" s="5"/>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A282" s="1"/>
       <c r="B282" s="1">
         <v>833157</v>
       </c>
       <c r="C282" s="1" t="s">
         <v>1071</v>
       </c>
       <c r="D282" s="1" t="s">
         <v>1072</v>
       </c>
       <c r="E282" s="2" t="s">
         <v>1073</v>
       </c>
       <c r="F282" s="2" t="s">
         <v>1074</v>
       </c>
       <c r="G282" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H282" s="2">
         <v>0</v>
       </c>
       <c r="I282" s="1">
         <v>0</v>
       </c>
       <c r="J282" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K282" s="2" t="str">
         <f>J282*2156.23</f>
         <v>0</v>
       </c>
       <c r="L282" s="5"/>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A283" s="1"/>
       <c r="B283" s="1">
         <v>833158</v>
       </c>
       <c r="C283" s="1" t="s">
         <v>1075</v>
       </c>
       <c r="D283" s="1" t="s">
@@ -28756,51 +28744,51 @@
       </c>
       <c r="K283" s="2" t="str">
         <f>J283*3436.44</f>
         <v>0</v>
       </c>
       <c r="L283" s="5"/>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A284" s="1"/>
       <c r="B284" s="1">
         <v>833159</v>
       </c>
       <c r="C284" s="1" t="s">
         <v>1079</v>
       </c>
       <c r="D284" s="1" t="s">
         <v>1080</v>
       </c>
       <c r="E284" s="2" t="s">
         <v>1081</v>
       </c>
       <c r="F284" s="2" t="s">
         <v>1082</v>
       </c>
       <c r="G284" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H284" s="2">
         <v>0</v>
       </c>
       <c r="I284" s="1">
         <v>0</v>
       </c>
       <c r="J284" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K284" s="2" t="str">
         <f>J284*512.27</f>
         <v>0</v>
       </c>
       <c r="L284" s="5"/>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A285" s="1"/>
       <c r="B285" s="1">
         <v>833160</v>
       </c>
       <c r="C285" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="D285" s="1" t="s">
@@ -28826,156 +28814,156 @@
       </c>
       <c r="K285" s="2" t="str">
         <f>J285*744.88</f>
         <v>0</v>
       </c>
       <c r="L285" s="5"/>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A286" s="1"/>
       <c r="B286" s="1">
         <v>833161</v>
       </c>
       <c r="C286" s="1" t="s">
         <v>1087</v>
       </c>
       <c r="D286" s="1" t="s">
         <v>1088</v>
       </c>
       <c r="E286" s="2" t="s">
         <v>1089</v>
       </c>
       <c r="F286" s="2" t="s">
         <v>1090</v>
       </c>
       <c r="G286" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H286" s="2">
         <v>0</v>
       </c>
       <c r="I286" s="1">
         <v>0</v>
       </c>
       <c r="J286" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K286" s="2" t="str">
         <f>J286*1218.99</f>
         <v>0</v>
       </c>
       <c r="L286" s="5"/>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A287" s="1"/>
       <c r="B287" s="1">
         <v>833162</v>
       </c>
       <c r="C287" s="1" t="s">
         <v>1091</v>
       </c>
       <c r="D287" s="1" t="s">
         <v>1092</v>
       </c>
       <c r="E287" s="2" t="s">
         <v>1093</v>
       </c>
       <c r="F287" s="2" t="s">
         <v>1094</v>
       </c>
-      <c r="G287" s="2" t="s">
-        <v>23</v>
+      <c r="G287" s="2">
+        <v>6</v>
       </c>
       <c r="H287" s="2">
         <v>0</v>
       </c>
       <c r="I287" s="1">
         <v>0</v>
       </c>
       <c r="J287" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K287" s="2" t="str">
         <f>J287*506.49</f>
         <v>0</v>
       </c>
       <c r="L287" s="5"/>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A288" s="1"/>
       <c r="B288" s="1">
         <v>833163</v>
       </c>
       <c r="C288" s="1" t="s">
         <v>1095</v>
       </c>
       <c r="D288" s="1" t="s">
         <v>1096</v>
       </c>
       <c r="E288" s="2" t="s">
         <v>1097</v>
       </c>
       <c r="F288" s="2" t="s">
         <v>1098</v>
       </c>
       <c r="G288" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H288" s="2">
         <v>0</v>
       </c>
       <c r="I288" s="1">
         <v>0</v>
       </c>
       <c r="J288" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K288" s="2" t="str">
         <f>J288*827.01</f>
         <v>0</v>
       </c>
       <c r="L288" s="5"/>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A289" s="1"/>
       <c r="B289" s="1">
         <v>833164</v>
       </c>
       <c r="C289" s="1" t="s">
         <v>1099</v>
       </c>
       <c r="D289" s="1" t="s">
         <v>1100</v>
       </c>
       <c r="E289" s="2" t="s">
         <v>1101</v>
       </c>
       <c r="F289" s="2" t="s">
         <v>1102</v>
       </c>
       <c r="G289" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H289" s="2">
         <v>0</v>
       </c>
       <c r="I289" s="1">
         <v>0</v>
       </c>
       <c r="J289" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K289" s="2" t="str">
         <f>J289*524.60</f>
         <v>0</v>
       </c>
       <c r="L289" s="5"/>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A290" s="1"/>
       <c r="B290" s="1">
         <v>833165</v>
       </c>
       <c r="C290" s="1" t="s">
         <v>1103</v>
       </c>
       <c r="D290" s="1" t="s">
@@ -29036,51 +29024,51 @@
       </c>
       <c r="K291" s="2" t="str">
         <f>J291*580.06</f>
         <v>0</v>
       </c>
       <c r="L291" s="5"/>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A292" s="1"/>
       <c r="B292" s="1">
         <v>833167</v>
       </c>
       <c r="C292" s="1" t="s">
         <v>1111</v>
       </c>
       <c r="D292" s="1" t="s">
         <v>1112</v>
       </c>
       <c r="E292" s="2" t="s">
         <v>1113</v>
       </c>
       <c r="F292" s="2" t="s">
         <v>1114</v>
       </c>
       <c r="G292" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H292" s="2">
         <v>0</v>
       </c>
       <c r="I292" s="1">
         <v>0</v>
       </c>
       <c r="J292" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K292" s="2" t="str">
         <f>J292*1063.40</f>
         <v>0</v>
       </c>
       <c r="L292" s="5"/>
     </row>
     <row r="293" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A293" s="1"/>
       <c r="B293" s="1">
         <v>833170</v>
       </c>
       <c r="C293" s="1" t="s">
         <v>1115</v>
       </c>
       <c r="D293" s="1" t="s">
@@ -29211,51 +29199,51 @@
       </c>
       <c r="K296" s="2" t="str">
         <f>J296*1120.61</f>
         <v>0</v>
       </c>
       <c r="L296" s="5"/>
     </row>
     <row r="297" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A297" s="1"/>
       <c r="B297" s="1">
         <v>833174</v>
       </c>
       <c r="C297" s="1" t="s">
         <v>1131</v>
       </c>
       <c r="D297" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="E297" s="2" t="s">
         <v>1133</v>
       </c>
       <c r="F297" s="2" t="s">
         <v>1134</v>
       </c>
       <c r="G297" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H297" s="2">
         <v>0</v>
       </c>
       <c r="I297" s="1">
         <v>0</v>
       </c>
       <c r="J297" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K297" s="2" t="str">
         <f>J297*428.37</f>
         <v>0</v>
       </c>
       <c r="L297" s="5"/>
     </row>
     <row r="298" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A298" s="1"/>
       <c r="B298" s="1">
         <v>833175</v>
       </c>
       <c r="C298" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="D298" s="1" t="s">
@@ -29316,51 +29304,51 @@
       </c>
       <c r="K299" s="2" t="str">
         <f>J299*400.47</f>
         <v>0</v>
       </c>
       <c r="L299" s="5"/>
     </row>
     <row r="300" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A300" s="1"/>
       <c r="B300" s="1">
         <v>833177</v>
       </c>
       <c r="C300" s="1" t="s">
         <v>1143</v>
       </c>
       <c r="D300" s="1" t="s">
         <v>1144</v>
       </c>
       <c r="E300" s="2" t="s">
         <v>1145</v>
       </c>
       <c r="F300" s="2" t="s">
         <v>1146</v>
       </c>
       <c r="G300" s="2" t="s">
-        <v>88</v>
+        <v>23</v>
       </c>
       <c r="H300" s="2">
         <v>0</v>
       </c>
       <c r="I300" s="1">
         <v>0</v>
       </c>
       <c r="J300" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K300" s="2" t="str">
         <f>J300*554.70</f>
         <v>0</v>
       </c>
       <c r="L300" s="5"/>
     </row>
     <row r="301" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A301" s="1"/>
       <c r="B301" s="1">
         <v>833178</v>
       </c>
       <c r="C301" s="1" t="s">
         <v>1147</v>
       </c>
       <c r="D301" s="1" t="s">
@@ -29386,51 +29374,51 @@
       </c>
       <c r="K301" s="2" t="str">
         <f>J301*492.47</f>
         <v>0</v>
       </c>
       <c r="L301" s="5"/>
     </row>
     <row r="302" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A302" s="1"/>
       <c r="B302" s="1">
         <v>833179</v>
       </c>
       <c r="C302" s="1" t="s">
         <v>1151</v>
       </c>
       <c r="D302" s="1" t="s">
         <v>1152</v>
       </c>
       <c r="E302" s="2" t="s">
         <v>1153</v>
       </c>
       <c r="F302" s="2" t="s">
         <v>1154</v>
       </c>
       <c r="G302" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H302" s="2">
         <v>0</v>
       </c>
       <c r="I302" s="1">
         <v>0</v>
       </c>
       <c r="J302" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K302" s="2" t="str">
         <f>J302*679.17</f>
         <v>0</v>
       </c>
       <c r="L302" s="5"/>
     </row>
     <row r="303" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A303" s="1"/>
       <c r="B303" s="1">
         <v>833180</v>
       </c>
       <c r="C303" s="1" t="s">
         <v>1155</v>
       </c>
       <c r="D303" s="1" t="s">
@@ -29491,86 +29479,86 @@
       </c>
       <c r="K304" s="2" t="str">
         <f>J304*526.06</f>
         <v>0</v>
       </c>
       <c r="L304" s="5"/>
     </row>
     <row r="305" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A305" s="1"/>
       <c r="B305" s="1">
         <v>837290</v>
       </c>
       <c r="C305" s="1" t="s">
         <v>1163</v>
       </c>
       <c r="D305" s="1" t="s">
         <v>1164</v>
       </c>
       <c r="E305" s="2" t="s">
         <v>1165</v>
       </c>
       <c r="F305" s="2" t="s">
         <v>1166</v>
       </c>
       <c r="G305" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H305" s="2">
         <v>0</v>
       </c>
       <c r="I305" s="1">
         <v>0</v>
       </c>
       <c r="J305" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K305" s="2" t="str">
         <f>J305*565.00</f>
         <v>0</v>
       </c>
       <c r="L305" s="5"/>
     </row>
     <row r="306" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A306" s="1"/>
       <c r="B306" s="1">
         <v>837294</v>
       </c>
       <c r="C306" s="1" t="s">
         <v>1167</v>
       </c>
       <c r="D306" s="1" t="s">
         <v>1168</v>
       </c>
       <c r="E306" s="2" t="s">
         <v>1169</v>
       </c>
       <c r="F306" s="2" t="s">
         <v>1170</v>
       </c>
       <c r="G306" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H306" s="2">
         <v>0</v>
       </c>
       <c r="I306" s="1">
         <v>0</v>
       </c>
       <c r="J306" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K306" s="2" t="str">
         <f>J306*966.82</f>
         <v>0</v>
       </c>
       <c r="L306" s="5"/>
     </row>
     <row r="307" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A307" s="1"/>
       <c r="B307" s="1">
         <v>859024</v>
       </c>
       <c r="C307" s="1" t="s">
         <v>1171</v>
       </c>
       <c r="D307" s="1" t="s">
@@ -29612,121 +29600,121 @@
       <c r="G308" s="9"/>
       <c r="H308" s="9"/>
       <c r="I308" s="9"/>
       <c r="J308" s="9"/>
       <c r="K308" s="9"/>
       <c r="L308" s="5"/>
     </row>
     <row r="309" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A309" s="1"/>
       <c r="B309" s="1">
         <v>859025</v>
       </c>
       <c r="C309" s="1" t="s">
         <v>1176</v>
       </c>
       <c r="D309" s="1" t="s">
         <v>1177</v>
       </c>
       <c r="E309" s="2" t="s">
         <v>1178</v>
       </c>
       <c r="F309" s="2" t="s">
         <v>1179</v>
       </c>
       <c r="G309" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H309" s="2">
         <v>0</v>
       </c>
       <c r="I309" s="1">
         <v>0</v>
       </c>
       <c r="J309" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K309" s="2" t="str">
         <f>J309*403.72</f>
         <v>0</v>
       </c>
       <c r="L309" s="5"/>
     </row>
     <row r="310" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A310" s="1"/>
       <c r="B310" s="1">
         <v>859028</v>
       </c>
       <c r="C310" s="1" t="s">
         <v>1180</v>
       </c>
       <c r="D310" s="1" t="s">
         <v>1181</v>
       </c>
       <c r="E310" s="2" t="s">
         <v>1182</v>
       </c>
       <c r="F310" s="2" t="s">
         <v>1183</v>
       </c>
       <c r="G310" s="2" t="s">
-        <v>88</v>
+        <v>23</v>
       </c>
       <c r="H310" s="2">
         <v>0</v>
       </c>
       <c r="I310" s="1">
         <v>0</v>
       </c>
       <c r="J310" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K310" s="2" t="str">
         <f>J310*423.29</f>
         <v>0</v>
       </c>
       <c r="L310" s="5"/>
     </row>
     <row r="311" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A311" s="1"/>
       <c r="B311" s="1">
         <v>859031</v>
       </c>
       <c r="C311" s="1" t="s">
         <v>1184</v>
       </c>
       <c r="D311" s="1" t="s">
         <v>1185</v>
       </c>
       <c r="E311" s="2" t="s">
         <v>1186</v>
       </c>
       <c r="F311" s="2" t="s">
         <v>1187</v>
       </c>
       <c r="G311" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H311" s="2">
         <v>0</v>
       </c>
       <c r="I311" s="1">
         <v>0</v>
       </c>
       <c r="J311" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K311" s="2" t="str">
         <f>J311*406.17</f>
         <v>0</v>
       </c>
       <c r="L311" s="5"/>
     </row>
     <row r="312" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A312" s="1"/>
       <c r="B312" s="1">
         <v>859034</v>
       </c>
       <c r="C312" s="1" t="s">
         <v>1188</v>
       </c>
       <c r="D312" s="1" t="s">
@@ -29787,51 +29775,51 @@
       </c>
       <c r="K313" s="2" t="str">
         <f>J313*564.77</f>
         <v>0</v>
       </c>
       <c r="L313" s="5"/>
     </row>
     <row r="314" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A314" s="1"/>
       <c r="B314" s="1">
         <v>873438</v>
       </c>
       <c r="C314" s="1" t="s">
         <v>1196</v>
       </c>
       <c r="D314" s="1" t="s">
         <v>1197</v>
       </c>
       <c r="E314" s="2" t="s">
         <v>1198</v>
       </c>
       <c r="F314" s="2" t="s">
         <v>1199</v>
       </c>
       <c r="G314" s="2" t="s">
-        <v>88</v>
+        <v>23</v>
       </c>
       <c r="H314" s="2">
         <v>0</v>
       </c>
       <c r="I314" s="1">
         <v>0</v>
       </c>
       <c r="J314" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K314" s="2" t="str">
         <f>J314*807.55</f>
         <v>0</v>
       </c>
       <c r="L314" s="5"/>
     </row>
     <row r="315" spans="1:12" outlineLevel="2">
       <c r="A315" s="8" t="s">
         <v>1200</v>
       </c>
       <c r="B315" s="8"/>
       <c r="C315" s="8"/>
       <c r="D315" s="8"/>
       <c r="E315" s="8"/>
       <c r="F315" s="8"/>
@@ -29959,121 +29947,121 @@
       </c>
       <c r="K319" s="2" t="str">
         <f>J319*908.43</f>
         <v>0</v>
       </c>
       <c r="L319" s="5"/>
     </row>
     <row r="320" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A320" s="1"/>
       <c r="B320" s="1">
         <v>882406</v>
       </c>
       <c r="C320" s="1" t="s">
         <v>1214</v>
       </c>
       <c r="D320" s="1" t="s">
         <v>1215</v>
       </c>
       <c r="E320" s="2" t="s">
         <v>1216</v>
       </c>
       <c r="F320" s="2" t="s">
         <v>1217</v>
       </c>
       <c r="G320" s="2" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="H320" s="2">
         <v>0</v>
       </c>
       <c r="I320" s="1">
         <v>0</v>
       </c>
       <c r="J320" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K320" s="2" t="str">
         <f>J320*1415.03</f>
         <v>0</v>
       </c>
       <c r="L320" s="5"/>
     </row>
     <row r="321" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A321" s="1"/>
       <c r="B321" s="1">
         <v>882407</v>
       </c>
       <c r="C321" s="1" t="s">
         <v>1218</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>1219</v>
       </c>
       <c r="E321" s="2" t="s">
         <v>1220</v>
       </c>
       <c r="F321" s="2" t="s">
         <v>1221</v>
       </c>
-      <c r="G321" s="2" t="s">
-        <v>48</v>
+      <c r="G321" s="2">
+        <v>8</v>
       </c>
       <c r="H321" s="2">
         <v>0</v>
       </c>
       <c r="I321" s="1">
         <v>0</v>
       </c>
       <c r="J321" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K321" s="2" t="str">
         <f>J321*2373.07</f>
         <v>0</v>
       </c>
       <c r="L321" s="5"/>
     </row>
     <row r="322" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A322" s="1"/>
       <c r="B322" s="1">
         <v>882408</v>
       </c>
       <c r="C322" s="1" t="s">
         <v>1222</v>
       </c>
       <c r="D322" s="1" t="s">
         <v>1223</v>
       </c>
       <c r="E322" s="2" t="s">
         <v>1224</v>
       </c>
       <c r="F322" s="2" t="s">
         <v>1225</v>
       </c>
       <c r="G322" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H322" s="2">
         <v>0</v>
       </c>
       <c r="I322" s="1">
         <v>0</v>
       </c>
       <c r="J322" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K322" s="2" t="str">
         <f>J322*3650.51</f>
         <v>0</v>
       </c>
       <c r="L322" s="5"/>
     </row>
     <row r="323" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A323" s="1"/>
       <c r="B323" s="1">
         <v>882409</v>
       </c>
       <c r="C323" s="1" t="s">
         <v>1226</v>
       </c>
       <c r="D323" s="1" t="s">
@@ -30099,51 +30087,51 @@
       </c>
       <c r="K323" s="2" t="str">
         <f>J323*356.41</f>
         <v>0</v>
       </c>
       <c r="L323" s="5"/>
     </row>
     <row r="324" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A324" s="1"/>
       <c r="B324" s="1">
         <v>882410</v>
       </c>
       <c r="C324" s="1" t="s">
         <v>1230</v>
       </c>
       <c r="D324" s="1" t="s">
         <v>1231</v>
       </c>
       <c r="E324" s="2" t="s">
         <v>1232</v>
       </c>
       <c r="F324" s="2" t="s">
         <v>1233</v>
       </c>
       <c r="G324" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H324" s="2">
         <v>0</v>
       </c>
       <c r="I324" s="1">
         <v>0</v>
       </c>
       <c r="J324" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K324" s="2" t="str">
         <f>J324*462.67</f>
         <v>0</v>
       </c>
       <c r="L324" s="5"/>
     </row>
     <row r="325" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A325" s="1"/>
       <c r="B325" s="1">
         <v>882411</v>
       </c>
       <c r="C325" s="1" t="s">
         <v>1234</v>
       </c>
       <c r="D325" s="1" t="s">
@@ -30169,156 +30157,156 @@
       </c>
       <c r="K325" s="2" t="str">
         <f>J325*908.43</f>
         <v>0</v>
       </c>
       <c r="L325" s="5"/>
     </row>
     <row r="326" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A326" s="1"/>
       <c r="B326" s="1">
         <v>882412</v>
       </c>
       <c r="C326" s="1" t="s">
         <v>1237</v>
       </c>
       <c r="D326" s="1" t="s">
         <v>1238</v>
       </c>
       <c r="E326" s="2" t="s">
         <v>1239</v>
       </c>
       <c r="F326" s="2" t="s">
         <v>1240</v>
       </c>
       <c r="G326" s="2" t="s">
-        <v>88</v>
+        <v>23</v>
       </c>
       <c r="H326" s="2">
         <v>0</v>
       </c>
       <c r="I326" s="1">
         <v>0</v>
       </c>
       <c r="J326" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K326" s="2" t="str">
         <f>J326*363.45</f>
         <v>0</v>
       </c>
       <c r="L326" s="5"/>
     </row>
     <row r="327" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A327" s="1"/>
       <c r="B327" s="1">
         <v>882413</v>
       </c>
       <c r="C327" s="1" t="s">
         <v>1241</v>
       </c>
       <c r="D327" s="1" t="s">
         <v>1242</v>
       </c>
       <c r="E327" s="2" t="s">
         <v>1243</v>
       </c>
       <c r="F327" s="2" t="s">
         <v>1244</v>
       </c>
       <c r="G327" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H327" s="2">
         <v>0</v>
       </c>
       <c r="I327" s="1">
         <v>0</v>
       </c>
       <c r="J327" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K327" s="2" t="str">
         <f>J327*524.83</f>
         <v>0</v>
       </c>
       <c r="L327" s="5"/>
     </row>
     <row r="328" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A328" s="1"/>
       <c r="B328" s="1">
         <v>882414</v>
       </c>
       <c r="C328" s="1" t="s">
         <v>1245</v>
       </c>
       <c r="D328" s="1" t="s">
         <v>1246</v>
       </c>
       <c r="E328" s="2" t="s">
         <v>1247</v>
       </c>
       <c r="F328" s="2" t="s">
         <v>1248</v>
       </c>
       <c r="G328" s="2" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="H328" s="2">
         <v>0</v>
       </c>
       <c r="I328" s="1">
         <v>0</v>
       </c>
       <c r="J328" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K328" s="2" t="str">
         <f>J328*952.09</f>
         <v>0</v>
       </c>
       <c r="L328" s="5"/>
     </row>
     <row r="329" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A329" s="1"/>
       <c r="B329" s="1">
         <v>882415</v>
       </c>
       <c r="C329" s="1" t="s">
         <v>1249</v>
       </c>
       <c r="D329" s="1" t="s">
         <v>1250</v>
       </c>
       <c r="E329" s="2" t="s">
         <v>1251</v>
       </c>
       <c r="F329" s="2" t="s">
         <v>1252</v>
       </c>
       <c r="G329" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H329" s="2">
         <v>0</v>
       </c>
       <c r="I329" s="1">
         <v>0</v>
       </c>
       <c r="J329" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K329" s="2" t="str">
         <f>J329*1619.45</f>
         <v>0</v>
       </c>
       <c r="L329" s="5"/>
     </row>
     <row r="330" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A330" s="1"/>
       <c r="B330" s="1">
         <v>882416</v>
       </c>
       <c r="C330" s="1" t="s">
         <v>1253</v>
       </c>
       <c r="D330" s="1" t="s">
@@ -30449,51 +30437,51 @@
       </c>
       <c r="K333" s="2" t="str">
         <f>J333*937.75</f>
         <v>0</v>
       </c>
       <c r="L333" s="5"/>
     </row>
     <row r="334" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A334" s="1"/>
       <c r="B334" s="1">
         <v>882420</v>
       </c>
       <c r="C334" s="1" t="s">
         <v>1268</v>
       </c>
       <c r="D334" s="1" t="s">
         <v>1269</v>
       </c>
       <c r="E334" s="2" t="s">
         <v>1270</v>
       </c>
       <c r="F334" s="2" t="s">
         <v>1271</v>
       </c>
       <c r="G334" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H334" s="2">
         <v>0</v>
       </c>
       <c r="I334" s="1">
         <v>0</v>
       </c>
       <c r="J334" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K334" s="2" t="str">
         <f>J334*558.87</f>
         <v>0</v>
       </c>
       <c r="L334" s="5"/>
     </row>
     <row r="335" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A335" s="1"/>
       <c r="B335" s="1">
         <v>882421</v>
       </c>
       <c r="C335" s="1" t="s">
         <v>1272</v>
       </c>
       <c r="D335" s="1" t="s">
@@ -30554,51 +30542,51 @@
       </c>
       <c r="K336" s="2" t="str">
         <f>J336*1282.57</f>
         <v>0</v>
       </c>
       <c r="L336" s="5"/>
     </row>
     <row r="337" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A337" s="1"/>
       <c r="B337" s="1">
         <v>882423</v>
       </c>
       <c r="C337" s="1" t="s">
         <v>1280</v>
       </c>
       <c r="D337" s="1" t="s">
         <v>1281</v>
       </c>
       <c r="E337" s="2" t="s">
         <v>1282</v>
       </c>
       <c r="F337" s="2" t="s">
         <v>1283</v>
       </c>
       <c r="G337" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H337" s="2">
         <v>0</v>
       </c>
       <c r="I337" s="1">
         <v>0</v>
       </c>
       <c r="J337" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K337" s="2" t="str">
         <f>J337*1291.97</f>
         <v>0</v>
       </c>
       <c r="L337" s="5"/>
     </row>
     <row r="338" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A338" s="1"/>
       <c r="B338" s="1">
         <v>882424</v>
       </c>
       <c r="C338" s="1" t="s">
         <v>1284</v>
       </c>
       <c r="D338" s="1" t="s">
@@ -30764,51 +30752,51 @@
       </c>
       <c r="K342" s="2" t="str">
         <f>J342*998.52</f>
         <v>0</v>
       </c>
       <c r="L342" s="5"/>
     </row>
     <row r="343" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A343" s="1"/>
       <c r="B343" s="1">
         <v>882429</v>
       </c>
       <c r="C343" s="1" t="s">
         <v>1304</v>
       </c>
       <c r="D343" s="1" t="s">
         <v>1305</v>
       </c>
       <c r="E343" s="2" t="s">
         <v>1306</v>
       </c>
       <c r="F343" s="2" t="s">
         <v>1295</v>
       </c>
       <c r="G343" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H343" s="2">
         <v>0</v>
       </c>
       <c r="I343" s="1">
         <v>0</v>
       </c>
       <c r="J343" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K343" s="2" t="str">
         <f>J343*411.16</f>
         <v>0</v>
       </c>
       <c r="L343" s="5"/>
     </row>
     <row r="344" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A344" s="1"/>
       <c r="B344" s="1">
         <v>882430</v>
       </c>
       <c r="C344" s="1" t="s">
         <v>1307</v>
       </c>
       <c r="D344" s="1" t="s">
@@ -30883,51 +30871,51 @@
       <c r="E346" s="8"/>
       <c r="F346" s="8"/>
       <c r="G346" s="8"/>
       <c r="H346" s="8"/>
       <c r="I346" s="8"/>
       <c r="J346" s="8"/>
       <c r="K346" s="8"/>
       <c r="L346" s="5"/>
     </row>
     <row r="347" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A347" s="1"/>
       <c r="B347" s="1">
         <v>882516</v>
       </c>
       <c r="C347" s="1" t="s">
         <v>1315</v>
       </c>
       <c r="D347" s="1"/>
       <c r="E347" s="2" t="s">
         <v>1316</v>
       </c>
       <c r="F347" s="2" t="s">
         <v>1317</v>
       </c>
       <c r="G347" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H347" s="2">
         <v>0</v>
       </c>
       <c r="I347" s="1">
         <v>0</v>
       </c>
       <c r="J347" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K347" s="2" t="str">
         <f>J347*212.04</f>
         <v>0</v>
       </c>
       <c r="L347" s="5"/>
     </row>
     <row r="348" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A348" s="1"/>
       <c r="B348" s="1">
         <v>882517</v>
       </c>
       <c r="C348" s="1" t="s">
         <v>1318</v>
       </c>
       <c r="D348" s="1"/>
@@ -30949,84 +30937,84 @@
       <c r="J348" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K348" s="2" t="str">
         <f>J348*299.25</f>
         <v>0</v>
       </c>
       <c r="L348" s="5"/>
     </row>
     <row r="349" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A349" s="1"/>
       <c r="B349" s="1">
         <v>882518</v>
       </c>
       <c r="C349" s="1" t="s">
         <v>1321</v>
       </c>
       <c r="D349" s="1"/>
       <c r="E349" s="2" t="s">
         <v>1322</v>
       </c>
       <c r="F349" s="2" t="s">
         <v>1323</v>
       </c>
       <c r="G349" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H349" s="2">
         <v>0</v>
       </c>
       <c r="I349" s="1">
         <v>0</v>
       </c>
       <c r="J349" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K349" s="2" t="str">
         <f>J349*388.17</f>
         <v>0</v>
       </c>
       <c r="L349" s="5"/>
     </row>
     <row r="350" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A350" s="1"/>
       <c r="B350" s="1">
         <v>882519</v>
       </c>
       <c r="C350" s="1" t="s">
         <v>1324</v>
       </c>
       <c r="D350" s="1"/>
       <c r="E350" s="2" t="s">
         <v>1325</v>
       </c>
       <c r="F350" s="2" t="s">
         <v>1317</v>
       </c>
-      <c r="G350" s="2" t="s">
-        <v>23</v>
+      <c r="G350" s="2">
+        <v>0</v>
       </c>
       <c r="H350" s="2">
         <v>0</v>
       </c>
       <c r="I350" s="1">
         <v>0</v>
       </c>
       <c r="J350" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K350" s="2" t="str">
         <f>J350*212.04</f>
         <v>0</v>
       </c>
       <c r="L350" s="5"/>
     </row>
     <row r="351" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A351" s="1"/>
       <c r="B351" s="1">
         <v>882520</v>
       </c>
       <c r="C351" s="1" t="s">
         <v>1326</v>
       </c>
       <c r="D351" s="1"/>
@@ -31048,51 +31036,51 @@
       <c r="J351" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K351" s="2" t="str">
         <f>J351*309.51</f>
         <v>0</v>
       </c>
       <c r="L351" s="5"/>
     </row>
     <row r="352" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A352" s="1"/>
       <c r="B352" s="1">
         <v>882521</v>
       </c>
       <c r="C352" s="1" t="s">
         <v>1329</v>
       </c>
       <c r="D352" s="1"/>
       <c r="E352" s="2" t="s">
         <v>1330</v>
       </c>
       <c r="F352" s="2" t="s">
         <v>1331</v>
       </c>
       <c r="G352" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H352" s="2">
         <v>0</v>
       </c>
       <c r="I352" s="1">
         <v>0</v>
       </c>
       <c r="J352" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K352" s="2" t="str">
         <f>J352*396.72</f>
         <v>0</v>
       </c>
       <c r="L352" s="5"/>
     </row>
     <row r="353" spans="1:12" outlineLevel="2">
       <c r="A353" s="8" t="s">
         <v>1332</v>
       </c>
       <c r="B353" s="8"/>
       <c r="C353" s="8"/>
       <c r="D353" s="8"/>
       <c r="E353" s="8"/>
       <c r="F353" s="8"/>
@@ -31111,401 +31099,401 @@
       <c r="C354" s="1" t="s">
         <v>1333</v>
       </c>
       <c r="D354" s="1" t="s">
         <v>1334</v>
       </c>
       <c r="E354" s="2" t="s">
         <v>1335</v>
       </c>
       <c r="F354" s="2" t="s">
         <v>1336</v>
       </c>
       <c r="G354" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H354" s="2">
         <v>0</v>
       </c>
       <c r="I354" s="1">
         <v>0</v>
       </c>
       <c r="J354" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K354" s="2" t="str">
-        <f>J354*394.77</f>
+        <f>J354*469.96</f>
         <v>0</v>
       </c>
       <c r="L354" s="5"/>
     </row>
     <row r="355" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A355" s="1"/>
       <c r="B355" s="1">
         <v>884200</v>
       </c>
       <c r="C355" s="1" t="s">
         <v>1337</v>
       </c>
       <c r="D355" s="1" t="s">
         <v>1338</v>
       </c>
       <c r="E355" s="2" t="s">
         <v>1339</v>
       </c>
       <c r="F355" s="2" t="s">
         <v>1340</v>
       </c>
       <c r="G355" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H355" s="2">
         <v>0</v>
       </c>
       <c r="I355" s="1">
         <v>0</v>
       </c>
       <c r="J355" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K355" s="2" t="str">
-        <f>J355*559.43</f>
+        <f>J355*696.58</f>
         <v>0</v>
       </c>
       <c r="L355" s="5"/>
     </row>
     <row r="356" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A356" s="1"/>
       <c r="B356" s="1">
         <v>884201</v>
       </c>
       <c r="C356" s="1" t="s">
         <v>1341</v>
       </c>
       <c r="D356" s="1" t="s">
         <v>1342</v>
       </c>
       <c r="E356" s="2" t="s">
         <v>1343</v>
       </c>
       <c r="F356" s="2" t="s">
         <v>1344</v>
       </c>
       <c r="G356" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H356" s="2">
         <v>0</v>
       </c>
       <c r="I356" s="1">
         <v>0</v>
       </c>
       <c r="J356" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K356" s="2" t="str">
-        <f>J356*948.51</f>
+        <f>J356*1098.91</f>
         <v>0</v>
       </c>
       <c r="L356" s="5"/>
     </row>
     <row r="357" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A357" s="1"/>
       <c r="B357" s="1">
         <v>884202</v>
       </c>
       <c r="C357" s="1" t="s">
         <v>1345</v>
       </c>
       <c r="D357" s="1" t="s">
         <v>1346</v>
       </c>
       <c r="E357" s="2" t="s">
         <v>1347</v>
       </c>
       <c r="F357" s="2" t="s">
         <v>1348</v>
       </c>
-      <c r="G357" s="2">
-        <v>10</v>
+      <c r="G357" s="2" t="s">
+        <v>49</v>
       </c>
       <c r="H357" s="2">
         <v>0</v>
       </c>
       <c r="I357" s="1">
         <v>0</v>
       </c>
       <c r="J357" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K357" s="2" t="str">
-        <f>J357*1481.00</f>
+        <f>J357*1763.88</f>
         <v>0</v>
       </c>
       <c r="L357" s="5"/>
     </row>
     <row r="358" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A358" s="1"/>
       <c r="B358" s="1">
         <v>884203</v>
       </c>
       <c r="C358" s="1" t="s">
         <v>1349</v>
       </c>
       <c r="D358" s="1" t="s">
         <v>1350</v>
       </c>
       <c r="E358" s="2" t="s">
         <v>1351</v>
       </c>
       <c r="F358" s="2" t="s">
         <v>1352</v>
       </c>
       <c r="G358" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H358" s="2">
         <v>0</v>
       </c>
       <c r="I358" s="1">
         <v>0</v>
       </c>
       <c r="J358" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K358" s="2" t="str">
-        <f>J358*2220.84</f>
+        <f>J358*2645.23</f>
         <v>0</v>
       </c>
       <c r="L358" s="5"/>
     </row>
     <row r="359" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A359" s="1"/>
       <c r="B359" s="1">
         <v>884204</v>
       </c>
       <c r="C359" s="1" t="s">
         <v>1353</v>
       </c>
       <c r="D359" s="1" t="s">
         <v>1354</v>
       </c>
       <c r="E359" s="2" t="s">
         <v>1355</v>
       </c>
       <c r="F359" s="2" t="s">
         <v>1356</v>
       </c>
       <c r="G359" s="2">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="H359" s="2">
         <v>0</v>
       </c>
       <c r="I359" s="1">
         <v>0</v>
       </c>
       <c r="J359" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K359" s="2" t="str">
-        <f>J359*3347.36</f>
+        <f>J359*3878.25</f>
         <v>0</v>
       </c>
       <c r="L359" s="5"/>
     </row>
     <row r="360" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A360" s="1"/>
       <c r="B360" s="1">
         <v>884205</v>
       </c>
       <c r="C360" s="1" t="s">
         <v>1357</v>
       </c>
       <c r="D360" s="1" t="s">
         <v>1358</v>
       </c>
       <c r="E360" s="2" t="s">
         <v>1359</v>
       </c>
       <c r="F360" s="2" t="s">
         <v>1360</v>
       </c>
       <c r="G360" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H360" s="2">
         <v>0</v>
       </c>
       <c r="I360" s="1">
         <v>0</v>
       </c>
       <c r="J360" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K360" s="2" t="str">
-        <f>J360*414.48</f>
+        <f>J360*493.67</f>
         <v>0</v>
       </c>
       <c r="L360" s="5"/>
     </row>
     <row r="361" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A361" s="1"/>
       <c r="B361" s="1">
         <v>884206</v>
       </c>
       <c r="C361" s="1" t="s">
         <v>1361</v>
       </c>
       <c r="D361" s="1" t="s">
         <v>1362</v>
       </c>
       <c r="E361" s="2" t="s">
         <v>1363</v>
       </c>
       <c r="F361" s="2" t="s">
         <v>1364</v>
       </c>
       <c r="G361" s="2" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="H361" s="2">
         <v>0</v>
       </c>
       <c r="I361" s="1">
         <v>0</v>
       </c>
       <c r="J361" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K361" s="2" t="str">
-        <f>J361*594.02</f>
+        <f>J361*739.81</f>
         <v>0</v>
       </c>
       <c r="L361" s="5"/>
     </row>
     <row r="362" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A362" s="1"/>
       <c r="B362" s="1">
         <v>884207</v>
       </c>
       <c r="C362" s="1" t="s">
         <v>1365</v>
       </c>
       <c r="D362" s="1" t="s">
         <v>1366</v>
       </c>
       <c r="E362" s="2" t="s">
         <v>1367</v>
       </c>
       <c r="F362" s="2" t="s">
         <v>1368</v>
       </c>
-      <c r="G362" s="2">
-        <v>8</v>
+      <c r="G362" s="2" t="s">
+        <v>49</v>
       </c>
       <c r="H362" s="2">
         <v>0</v>
       </c>
       <c r="I362" s="1">
         <v>0</v>
       </c>
       <c r="J362" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K362" s="2" t="str">
-        <f>J362*982.01</f>
+        <f>J362*1169.80</f>
         <v>0</v>
       </c>
       <c r="L362" s="5"/>
     </row>
     <row r="363" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A363" s="1"/>
       <c r="B363" s="1">
         <v>884208</v>
       </c>
       <c r="C363" s="1" t="s">
         <v>1369</v>
       </c>
       <c r="D363" s="1" t="s">
         <v>1370</v>
       </c>
       <c r="E363" s="2" t="s">
         <v>1371</v>
       </c>
       <c r="F363" s="2" t="s">
         <v>1372</v>
       </c>
       <c r="G363" s="2">
         <v>8</v>
       </c>
       <c r="H363" s="2">
         <v>0</v>
       </c>
       <c r="I363" s="1">
         <v>0</v>
       </c>
       <c r="J363" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K363" s="2" t="str">
-        <f>J363*1738.05</f>
+        <f>J363*2013.73</f>
         <v>0</v>
       </c>
       <c r="L363" s="5"/>
     </row>
     <row r="364" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A364" s="1"/>
       <c r="B364" s="1">
         <v>884209</v>
       </c>
       <c r="C364" s="1" t="s">
         <v>1373</v>
       </c>
       <c r="D364" s="1" t="s">
         <v>1374</v>
       </c>
       <c r="E364" s="2" t="s">
         <v>1375</v>
       </c>
       <c r="F364" s="2" t="s">
         <v>1376</v>
       </c>
       <c r="G364" s="2">
         <v>5</v>
       </c>
       <c r="H364" s="2">
         <v>0</v>
       </c>
       <c r="I364" s="1">
         <v>0</v>
       </c>
       <c r="J364" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K364" s="2" t="str">
-        <f>J364*2340.83</f>
+        <f>J364*2788.18</f>
         <v>0</v>
       </c>
       <c r="L364" s="5"/>
     </row>
     <row r="365" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A365" s="1"/>
       <c r="B365" s="1">
         <v>884210</v>
       </c>
       <c r="C365" s="1" t="s">
         <v>1377</v>
       </c>
       <c r="D365" s="1"/>
       <c r="E365" s="2" t="s">
         <v>1378</v>
       </c>
       <c r="F365" s="2" t="s">
         <v>1291</v>
       </c>
       <c r="G365" s="2">
         <v>0</v>
       </c>
       <c r="H365" s="2">
         <v>0</v>
       </c>
@@ -31517,3786 +31505,3786 @@
       </c>
       <c r="K365" s="2" t="str">
         <f>J365*0.00</f>
         <v>0</v>
       </c>
       <c r="L365" s="5"/>
     </row>
     <row r="366" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A366" s="1"/>
       <c r="B366" s="1">
         <v>884211</v>
       </c>
       <c r="C366" s="1" t="s">
         <v>1379</v>
       </c>
       <c r="D366" s="1" t="s">
         <v>1380</v>
       </c>
       <c r="E366" s="2" t="s">
         <v>1381</v>
       </c>
       <c r="F366" s="2" t="s">
         <v>1382</v>
       </c>
       <c r="G366" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H366" s="2">
         <v>0</v>
       </c>
       <c r="I366" s="1">
         <v>0</v>
       </c>
       <c r="J366" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K366" s="2" t="str">
-        <f>J366*415.79</f>
+        <f>J366*495.07</f>
         <v>0</v>
       </c>
       <c r="L366" s="5"/>
     </row>
     <row r="367" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A367" s="1"/>
       <c r="B367" s="1">
         <v>884212</v>
       </c>
       <c r="C367" s="1" t="s">
         <v>1383</v>
       </c>
       <c r="D367" s="1" t="s">
         <v>1384</v>
       </c>
       <c r="E367" s="2" t="s">
         <v>1385</v>
       </c>
       <c r="F367" s="2" t="s">
         <v>1386</v>
       </c>
       <c r="G367" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H367" s="2">
         <v>0</v>
       </c>
       <c r="I367" s="1">
         <v>0</v>
       </c>
       <c r="J367" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K367" s="2" t="str">
-        <f>J367*611.10</f>
+        <f>J367*727.72</f>
         <v>0</v>
       </c>
       <c r="L367" s="5"/>
     </row>
     <row r="368" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A368" s="1"/>
       <c r="B368" s="1">
         <v>884213</v>
       </c>
       <c r="C368" s="1" t="s">
         <v>1387</v>
       </c>
       <c r="D368" s="1" t="s">
         <v>1388</v>
       </c>
       <c r="E368" s="2" t="s">
         <v>1389</v>
       </c>
       <c r="F368" s="2" t="s">
         <v>1390</v>
       </c>
       <c r="G368" s="2">
         <v>0</v>
       </c>
       <c r="H368" s="2">
         <v>0</v>
       </c>
       <c r="I368" s="1">
         <v>0</v>
       </c>
       <c r="J368" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K368" s="2" t="str">
-        <f>J368*1011.35</f>
+        <f>J368*1204.43</f>
         <v>0</v>
       </c>
       <c r="L368" s="5"/>
     </row>
     <row r="369" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A369" s="1"/>
       <c r="B369" s="1">
         <v>884214</v>
       </c>
       <c r="C369" s="1" t="s">
         <v>1391</v>
       </c>
       <c r="D369" s="1" t="s">
         <v>1392</v>
       </c>
       <c r="E369" s="2" t="s">
         <v>1393</v>
       </c>
       <c r="F369" s="2" t="s">
         <v>1394</v>
       </c>
       <c r="G369" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H369" s="2">
         <v>0</v>
       </c>
       <c r="I369" s="1">
         <v>0</v>
       </c>
       <c r="J369" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K369" s="2" t="str">
-        <f>J369*374.63</f>
+        <f>J369*446.02</f>
         <v>0</v>
       </c>
       <c r="L369" s="5"/>
     </row>
     <row r="370" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A370" s="1"/>
       <c r="B370" s="1">
         <v>884215</v>
       </c>
       <c r="C370" s="1" t="s">
         <v>1395</v>
       </c>
       <c r="D370" s="1" t="s">
         <v>1396</v>
       </c>
       <c r="E370" s="2" t="s">
         <v>1397</v>
       </c>
       <c r="F370" s="2" t="s">
         <v>1398</v>
       </c>
       <c r="G370" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H370" s="2">
         <v>0</v>
       </c>
       <c r="I370" s="1">
         <v>0</v>
       </c>
       <c r="J370" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K370" s="2" t="str">
-        <f>J370*523.96</f>
+        <f>J370*652.19</f>
         <v>0</v>
       </c>
       <c r="L370" s="5"/>
     </row>
     <row r="371" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A371" s="1"/>
       <c r="B371" s="1">
         <v>884216</v>
       </c>
       <c r="C371" s="1" t="s">
         <v>1399</v>
       </c>
       <c r="D371" s="1" t="s">
         <v>1400</v>
       </c>
       <c r="E371" s="2" t="s">
         <v>1401</v>
       </c>
       <c r="F371" s="2" t="s">
         <v>1402</v>
       </c>
       <c r="G371" s="2" t="s">
-        <v>88</v>
+        <v>23</v>
       </c>
       <c r="H371" s="2">
         <v>0</v>
       </c>
       <c r="I371" s="1">
         <v>0</v>
       </c>
       <c r="J371" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K371" s="2" t="str">
-        <f>J371*932.08</f>
+        <f>J371*1079.85</f>
         <v>0</v>
       </c>
       <c r="L371" s="5"/>
     </row>
     <row r="372" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A372" s="1"/>
       <c r="B372" s="1">
         <v>882244</v>
       </c>
       <c r="C372" s="1" t="s">
         <v>1403</v>
       </c>
       <c r="D372" s="1" t="s">
         <v>1404</v>
       </c>
       <c r="E372" s="2" t="s">
         <v>1405</v>
       </c>
       <c r="F372" s="2" t="s">
         <v>1406</v>
       </c>
       <c r="G372" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H372" s="2">
         <v>0</v>
       </c>
       <c r="I372" s="1">
         <v>0</v>
       </c>
       <c r="J372" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K372" s="2" t="str">
-        <f>J372*282.89</f>
+        <f>J372*327.72</f>
         <v>0</v>
       </c>
       <c r="L372" s="5"/>
     </row>
     <row r="373" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A373" s="1"/>
       <c r="B373" s="1">
         <v>884217</v>
       </c>
       <c r="C373" s="1" t="s">
         <v>1407</v>
       </c>
       <c r="D373" s="1" t="s">
         <v>1408</v>
       </c>
       <c r="E373" s="2" t="s">
         <v>1409</v>
       </c>
       <c r="F373" s="2" t="s">
         <v>1410</v>
       </c>
       <c r="G373" s="2" t="s">
-        <v>88</v>
+        <v>17</v>
       </c>
       <c r="H373" s="2">
         <v>0</v>
       </c>
       <c r="I373" s="1">
         <v>0</v>
       </c>
       <c r="J373" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K373" s="2" t="str">
-        <f>J373*390.17</f>
+        <f>J373*464.85</f>
         <v>0</v>
       </c>
       <c r="L373" s="5"/>
     </row>
     <row r="374" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A374" s="1"/>
       <c r="B374" s="1">
         <v>884218</v>
       </c>
       <c r="C374" s="1" t="s">
         <v>1411</v>
       </c>
       <c r="D374" s="1" t="s">
         <v>1412</v>
       </c>
       <c r="E374" s="2" t="s">
         <v>1413</v>
       </c>
       <c r="F374" s="2" t="s">
         <v>1414</v>
       </c>
       <c r="G374" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H374" s="2">
         <v>0</v>
       </c>
       <c r="I374" s="1">
         <v>0</v>
       </c>
       <c r="J374" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K374" s="2" t="str">
-        <f>J374*571.03</f>
+        <f>J374*680.08</f>
         <v>0</v>
       </c>
       <c r="L374" s="5"/>
     </row>
     <row r="375" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A375" s="1"/>
       <c r="B375" s="1">
         <v>884219</v>
       </c>
       <c r="C375" s="1" t="s">
         <v>1415</v>
       </c>
       <c r="D375" s="1" t="s">
         <v>1416</v>
       </c>
       <c r="E375" s="2" t="s">
         <v>1417</v>
       </c>
       <c r="F375" s="2" t="s">
         <v>1418</v>
       </c>
       <c r="G375" s="2" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="H375" s="2">
         <v>0</v>
       </c>
       <c r="I375" s="1">
         <v>0</v>
       </c>
       <c r="J375" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K375" s="2" t="str">
-        <f>J375*961.64</f>
+        <f>J375*1145.39</f>
         <v>0</v>
       </c>
       <c r="L375" s="5"/>
     </row>
     <row r="376" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A376" s="1"/>
       <c r="B376" s="1">
         <v>884220</v>
       </c>
       <c r="C376" s="1" t="s">
         <v>1419</v>
       </c>
       <c r="D376" s="1" t="s">
         <v>1420</v>
       </c>
       <c r="E376" s="2" t="s">
         <v>1421</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>1422</v>
+        <v>1336</v>
       </c>
       <c r="G376" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H376" s="2">
         <v>0</v>
       </c>
       <c r="I376" s="1">
         <v>0</v>
       </c>
       <c r="J376" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K376" s="2" t="str">
-        <f>J376*394.55</f>
+        <f>J376*469.96</f>
         <v>0</v>
       </c>
       <c r="L376" s="5"/>
     </row>
     <row r="377" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A377" s="1"/>
       <c r="B377" s="1">
         <v>884221</v>
       </c>
       <c r="C377" s="1" t="s">
+        <v>1422</v>
+      </c>
+      <c r="D377" s="1" t="s">
         <v>1423</v>
       </c>
-      <c r="D377" s="1" t="s">
+      <c r="E377" s="2" t="s">
         <v>1424</v>
       </c>
-      <c r="E377" s="2" t="s">
+      <c r="F377" s="2" t="s">
         <v>1425</v>
       </c>
-      <c r="F377" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G377" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H377" s="2">
         <v>0</v>
       </c>
       <c r="I377" s="1">
         <v>0</v>
       </c>
       <c r="J377" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K377" s="2" t="str">
-        <f>J377*590.08</f>
+        <f>J377*702.85</f>
         <v>0</v>
       </c>
       <c r="L377" s="5"/>
     </row>
     <row r="378" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A378" s="1"/>
       <c r="B378" s="1">
         <v>884222</v>
       </c>
       <c r="C378" s="1" t="s">
+        <v>1426</v>
+      </c>
+      <c r="D378" s="1" t="s">
         <v>1427</v>
       </c>
-      <c r="D378" s="1" t="s">
+      <c r="E378" s="2" t="s">
         <v>1428</v>
       </c>
-      <c r="E378" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F378" s="2" t="s">
-        <v>1291</v>
+        <v>1418</v>
       </c>
       <c r="G378" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H378" s="2">
         <v>0</v>
       </c>
       <c r="I378" s="1">
         <v>0</v>
       </c>
       <c r="J378" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K378" s="2" t="str">
-        <f>J378*0.00</f>
+        <f>J378*1145.39</f>
         <v>0</v>
       </c>
       <c r="L378" s="5"/>
     </row>
     <row r="379" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A379" s="1"/>
       <c r="B379" s="1">
         <v>884223</v>
       </c>
       <c r="C379" s="1" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D379" s="1" t="s">
         <v>1430</v>
       </c>
-      <c r="D379" s="1" t="s">
+      <c r="E379" s="2" t="s">
         <v>1431</v>
       </c>
-      <c r="E379" s="2" t="s">
+      <c r="F379" s="2" t="s">
         <v>1432</v>
-      </c>
-[...1 lines deleted...]
-        <v>1433</v>
       </c>
       <c r="G379" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H379" s="2">
         <v>0</v>
       </c>
       <c r="I379" s="1">
         <v>0</v>
       </c>
       <c r="J379" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K379" s="2" t="str">
-        <f>J379*521.33</f>
+        <f>J379*604.07</f>
         <v>0</v>
       </c>
       <c r="L379" s="5"/>
     </row>
     <row r="380" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A380" s="1"/>
       <c r="B380" s="1">
         <v>884224</v>
       </c>
       <c r="C380" s="1" t="s">
+        <v>1433</v>
+      </c>
+      <c r="D380" s="1" t="s">
         <v>1434</v>
       </c>
-      <c r="D380" s="1" t="s">
+      <c r="E380" s="2" t="s">
         <v>1435</v>
       </c>
-      <c r="E380" s="2" t="s">
+      <c r="F380" s="2" t="s">
         <v>1436</v>
-      </c>
-[...1 lines deleted...]
-        <v>1437</v>
       </c>
       <c r="G380" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H380" s="2">
         <v>0</v>
       </c>
       <c r="I380" s="1">
         <v>0</v>
       </c>
       <c r="J380" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K380" s="2" t="str">
-        <f>J380*776.19</f>
+        <f>J380*924.59</f>
         <v>0</v>
       </c>
       <c r="L380" s="5"/>
     </row>
     <row r="381" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A381" s="1"/>
       <c r="B381" s="1">
         <v>884225</v>
       </c>
       <c r="C381" s="1" t="s">
+        <v>1437</v>
+      </c>
+      <c r="D381" s="1" t="s">
         <v>1438</v>
       </c>
-      <c r="D381" s="1" t="s">
+      <c r="E381" s="2" t="s">
         <v>1439</v>
       </c>
-      <c r="E381" s="2" t="s">
+      <c r="F381" s="2" t="s">
         <v>1440</v>
       </c>
-      <c r="F381" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G381" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H381" s="2">
         <v>0</v>
       </c>
       <c r="I381" s="1">
         <v>0</v>
       </c>
       <c r="J381" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K381" s="2" t="str">
-        <f>J381*1407.21</f>
+        <f>J381*1630.46</f>
         <v>0</v>
       </c>
       <c r="L381" s="5"/>
     </row>
     <row r="382" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A382" s="1"/>
       <c r="B382" s="1">
         <v>884226</v>
       </c>
       <c r="C382" s="1" t="s">
+        <v>1441</v>
+      </c>
+      <c r="D382" s="1" t="s">
         <v>1442</v>
       </c>
-      <c r="D382" s="1" t="s">
+      <c r="E382" s="2" t="s">
         <v>1443</v>
       </c>
-      <c r="E382" s="2" t="s">
+      <c r="F382" s="2" t="s">
         <v>1444</v>
-      </c>
-[...1 lines deleted...]
-        <v>1445</v>
       </c>
       <c r="G382" s="2">
         <v>10</v>
       </c>
       <c r="H382" s="2">
         <v>0</v>
       </c>
       <c r="I382" s="1">
         <v>0</v>
       </c>
       <c r="J382" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K382" s="2" t="str">
-        <f>J382*2107.64</f>
+        <f>J382*2441.86</f>
         <v>0</v>
       </c>
       <c r="L382" s="5"/>
     </row>
     <row r="383" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A383" s="1"/>
       <c r="B383" s="1">
         <v>884227</v>
       </c>
       <c r="C383" s="1" t="s">
+        <v>1445</v>
+      </c>
+      <c r="D383" s="1" t="s">
         <v>1446</v>
       </c>
-      <c r="D383" s="1" t="s">
+      <c r="E383" s="2" t="s">
         <v>1447</v>
       </c>
-      <c r="E383" s="2" t="s">
+      <c r="F383" s="2" t="s">
         <v>1448</v>
-      </c>
-[...1 lines deleted...]
-        <v>1449</v>
       </c>
       <c r="G383" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H383" s="2">
         <v>0</v>
       </c>
       <c r="I383" s="1">
         <v>0</v>
       </c>
       <c r="J383" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K383" s="2" t="str">
-        <f>J383*608.91</f>
+        <f>J383*725.17</f>
         <v>0</v>
       </c>
       <c r="L383" s="5"/>
     </row>
     <row r="384" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A384" s="1"/>
       <c r="B384" s="1">
         <v>884228</v>
       </c>
       <c r="C384" s="1" t="s">
+        <v>1449</v>
+      </c>
+      <c r="D384" s="1" t="s">
         <v>1450</v>
       </c>
-      <c r="D384" s="1" t="s">
+      <c r="E384" s="2" t="s">
         <v>1451</v>
       </c>
-      <c r="E384" s="2" t="s">
+      <c r="F384" s="2" t="s">
         <v>1452</v>
       </c>
-      <c r="F384" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G384" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H384" s="2">
         <v>0</v>
       </c>
       <c r="I384" s="1">
         <v>0</v>
       </c>
       <c r="J384" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K384" s="2" t="str">
-        <f>J384*906.90</f>
+        <f>J384*1127.50</f>
         <v>0</v>
       </c>
       <c r="L384" s="5"/>
     </row>
     <row r="385" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A385" s="1"/>
       <c r="B385" s="1">
         <v>884229</v>
       </c>
       <c r="C385" s="1" t="s">
+        <v>1453</v>
+      </c>
+      <c r="D385" s="1" t="s">
         <v>1454</v>
       </c>
-      <c r="D385" s="1" t="s">
+      <c r="E385" s="2" t="s">
         <v>1455</v>
       </c>
-      <c r="E385" s="2" t="s">
+      <c r="F385" s="2" t="s">
         <v>1456</v>
-      </c>
-[...1 lines deleted...]
-        <v>1457</v>
       </c>
       <c r="G385" s="2">
         <v>8</v>
       </c>
       <c r="H385" s="2">
         <v>0</v>
       </c>
       <c r="I385" s="1">
         <v>0</v>
       </c>
       <c r="J385" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K385" s="2" t="str">
-        <f>J385*1609.31</f>
+        <f>J385*1864.52</f>
         <v>0</v>
       </c>
       <c r="L385" s="5"/>
     </row>
     <row r="386" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A386" s="1"/>
       <c r="B386" s="1">
         <v>884230</v>
       </c>
       <c r="C386" s="1" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D386" s="1" t="s">
         <v>1458</v>
       </c>
-      <c r="D386" s="1" t="s">
+      <c r="E386" s="2" t="s">
         <v>1459</v>
       </c>
-      <c r="E386" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F386" s="2" t="s">
-        <v>1461</v>
+        <v>1432</v>
       </c>
       <c r="G386" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H386" s="2">
         <v>0</v>
       </c>
       <c r="I386" s="1">
         <v>0</v>
       </c>
       <c r="J386" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K386" s="2" t="str">
-        <f>J386*521.55</f>
+        <f>J386*604.07</f>
         <v>0</v>
       </c>
       <c r="L386" s="5"/>
     </row>
     <row r="387" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A387" s="1"/>
       <c r="B387" s="1">
         <v>884231</v>
       </c>
       <c r="C387" s="1" t="s">
+        <v>1460</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>1461</v>
+      </c>
+      <c r="E387" s="2" t="s">
         <v>1462</v>
       </c>
-      <c r="D387" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F387" s="2" t="s">
-        <v>1465</v>
+        <v>1436</v>
       </c>
       <c r="G387" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H387" s="2">
         <v>0</v>
       </c>
       <c r="I387" s="1">
         <v>0</v>
       </c>
       <c r="J387" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K387" s="2" t="str">
-        <f>J387*775.75</f>
+        <f>J387*924.59</f>
         <v>0</v>
       </c>
       <c r="L387" s="5"/>
     </row>
     <row r="388" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A388" s="1"/>
       <c r="B388" s="1">
         <v>884232</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1466</v>
+        <v>1463</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>1467</v>
+        <v>1464</v>
       </c>
       <c r="E388" s="2" t="s">
-        <v>1468</v>
+        <v>1465</v>
       </c>
       <c r="F388" s="2" t="s">
-        <v>1469</v>
+        <v>1448</v>
       </c>
       <c r="G388" s="2">
         <v>0</v>
       </c>
       <c r="H388" s="2">
         <v>0</v>
       </c>
       <c r="I388" s="1">
         <v>0</v>
       </c>
       <c r="J388" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K388" s="2" t="str">
-        <f>J388*611.76</f>
+        <f>J388*725.17</f>
         <v>0</v>
       </c>
       <c r="L388" s="5"/>
     </row>
     <row r="389" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A389" s="1"/>
       <c r="B389" s="1">
         <v>884233</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1470</v>
+        <v>1466</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>1471</v>
+        <v>1467</v>
       </c>
       <c r="E389" s="2" t="s">
-        <v>1472</v>
+        <v>1468</v>
       </c>
       <c r="F389" s="2" t="s">
-        <v>1473</v>
+        <v>1469</v>
       </c>
       <c r="G389" s="2">
         <v>0</v>
       </c>
       <c r="H389" s="2">
         <v>0</v>
       </c>
       <c r="I389" s="1">
         <v>0</v>
       </c>
       <c r="J389" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K389" s="2" t="str">
-        <f>J389*474.45</f>
+        <f>J389*565.16</f>
         <v>0</v>
       </c>
       <c r="L389" s="5"/>
     </row>
     <row r="390" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A390" s="1"/>
       <c r="B390" s="1">
         <v>884234</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1474</v>
+        <v>1470</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>1475</v>
+        <v>1471</v>
       </c>
       <c r="E390" s="2" t="s">
-        <v>1476</v>
+        <v>1472</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>1477</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>1473</v>
+      </c>
+      <c r="G390" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H390" s="2">
         <v>0</v>
       </c>
       <c r="I390" s="1">
         <v>0</v>
       </c>
       <c r="J390" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K390" s="2" t="str">
-        <f>J390*734.37</f>
+        <f>J390*850.91</f>
         <v>0</v>
       </c>
       <c r="L390" s="5"/>
     </row>
     <row r="391" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A391" s="1"/>
       <c r="B391" s="1">
         <v>884235</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1478</v>
+        <v>1474</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>1479</v>
+        <v>1475</v>
       </c>
       <c r="E391" s="2" t="s">
-        <v>1480</v>
+        <v>1476</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>1481</v>
+        <v>1477</v>
       </c>
       <c r="G391" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H391" s="2">
         <v>0</v>
       </c>
       <c r="I391" s="1">
         <v>0</v>
       </c>
       <c r="J391" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K391" s="2" t="str">
-        <f>J391*634.53</f>
+        <f>J391*755.62</f>
         <v>0</v>
       </c>
       <c r="L391" s="5"/>
     </row>
     <row r="392" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A392" s="1"/>
       <c r="B392" s="1">
         <v>884236</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1482</v>
+        <v>1478</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>1483</v>
+        <v>1479</v>
       </c>
       <c r="E392" s="2" t="s">
-        <v>1484</v>
+        <v>1480</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>1485</v>
+        <v>1481</v>
       </c>
       <c r="G392" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H392" s="2">
         <v>0</v>
       </c>
       <c r="I392" s="1">
         <v>0</v>
       </c>
       <c r="J392" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K392" s="2" t="str">
-        <f>J392*383.61</f>
+        <f>J392*477.63</f>
         <v>0</v>
       </c>
       <c r="L392" s="5"/>
     </row>
     <row r="393" spans="1:12" outlineLevel="2">
       <c r="A393" s="8" t="s">
-        <v>1486</v>
+        <v>1482</v>
       </c>
       <c r="B393" s="8"/>
       <c r="C393" s="8"/>
       <c r="D393" s="8"/>
       <c r="E393" s="8"/>
       <c r="F393" s="8"/>
       <c r="G393" s="8"/>
       <c r="H393" s="8"/>
       <c r="I393" s="8"/>
       <c r="J393" s="8"/>
       <c r="K393" s="8"/>
       <c r="L393" s="5"/>
     </row>
     <row r="394" spans="1:12" outlineLevel="4">
       <c r="A394" s="1"/>
       <c r="B394" s="1">
         <v>889571</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1487</v>
+        <v>1483</v>
       </c>
       <c r="D394" s="1">
         <v>34885</v>
       </c>
       <c r="E394" s="2" t="s">
-        <v>1488</v>
+        <v>1484</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>1489</v>
+        <v>1485</v>
       </c>
       <c r="G394" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H394" s="2">
         <v>0</v>
       </c>
       <c r="I394" s="1">
         <v>0</v>
       </c>
       <c r="J394" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K394" s="2" t="str">
         <f>J394*320.70</f>
         <v>0</v>
       </c>
       <c r="L394" s="5"/>
     </row>
     <row r="395" spans="1:12" outlineLevel="4">
       <c r="A395" s="1"/>
       <c r="B395" s="1">
         <v>889572</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1490</v>
+        <v>1486</v>
       </c>
       <c r="D395" s="1">
         <v>34887</v>
       </c>
       <c r="E395" s="2" t="s">
-        <v>1491</v>
+        <v>1487</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>1492</v>
+        <v>1488</v>
       </c>
       <c r="G395" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H395" s="2">
         <v>0</v>
       </c>
       <c r="I395" s="1">
         <v>0</v>
       </c>
       <c r="J395" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K395" s="2" t="str">
         <f>J395*343.86</f>
         <v>0</v>
       </c>
       <c r="L395" s="5"/>
     </row>
     <row r="396" spans="1:12" outlineLevel="1">
       <c r="A396" s="7" t="s">
-        <v>1493</v>
+        <v>1489</v>
       </c>
       <c r="B396" s="7"/>
       <c r="C396" s="7"/>
       <c r="D396" s="7"/>
       <c r="E396" s="7"/>
       <c r="F396" s="7"/>
       <c r="G396" s="7"/>
       <c r="H396" s="7"/>
       <c r="I396" s="7"/>
       <c r="J396" s="7"/>
       <c r="K396" s="7"/>
       <c r="L396" s="5"/>
     </row>
     <row r="397" spans="1:12" outlineLevel="2">
       <c r="A397" s="8" t="s">
-        <v>1494</v>
+        <v>1490</v>
       </c>
       <c r="B397" s="8"/>
       <c r="C397" s="8"/>
       <c r="D397" s="8"/>
       <c r="E397" s="8"/>
       <c r="F397" s="8"/>
       <c r="G397" s="8"/>
       <c r="H397" s="8"/>
       <c r="I397" s="8"/>
       <c r="J397" s="8"/>
       <c r="K397" s="8"/>
       <c r="L397" s="5"/>
     </row>
     <row r="398" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A398" s="1"/>
       <c r="B398" s="1">
         <v>823957</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1495</v>
+        <v>1491</v>
       </c>
       <c r="D398" s="1"/>
       <c r="E398" s="2" t="s">
-        <v>1496</v>
+        <v>1492</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>1497</v>
+        <v>1493</v>
       </c>
       <c r="G398" s="2">
         <v>0</v>
       </c>
       <c r="H398" s="2">
         <v>0</v>
       </c>
       <c r="I398" s="1">
         <v>0</v>
       </c>
       <c r="J398" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K398" s="2" t="str">
         <f>J398*101.66</f>
         <v>0</v>
       </c>
       <c r="L398" s="5"/>
     </row>
     <row r="399" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A399" s="1"/>
       <c r="B399" s="1">
         <v>882522</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1498</v>
+        <v>1494</v>
       </c>
       <c r="D399" s="1"/>
       <c r="E399" s="2" t="s">
-        <v>1499</v>
+        <v>1495</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>1500</v>
+        <v>1496</v>
       </c>
       <c r="G399" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H399" s="2">
         <v>0</v>
       </c>
       <c r="I399" s="1">
         <v>0</v>
       </c>
       <c r="J399" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K399" s="2" t="str">
         <f>J399*206.91</f>
         <v>0</v>
       </c>
       <c r="L399" s="5"/>
     </row>
     <row r="400" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A400" s="1"/>
       <c r="B400" s="1">
         <v>882524</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1501</v>
+        <v>1497</v>
       </c>
       <c r="D400" s="1"/>
       <c r="E400" s="2" t="s">
-        <v>1502</v>
+        <v>1498</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>1503</v>
+        <v>1499</v>
       </c>
       <c r="G400" s="2">
         <v>0</v>
       </c>
       <c r="H400" s="2">
         <v>0</v>
       </c>
       <c r="I400" s="1">
         <v>0</v>
       </c>
       <c r="J400" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K400" s="2" t="str">
         <f>J400*297.54</f>
         <v>0</v>
       </c>
       <c r="L400" s="5"/>
     </row>
     <row r="401" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A401" s="1"/>
       <c r="B401" s="1">
         <v>882884</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1504</v>
+        <v>1500</v>
       </c>
       <c r="D401" s="1"/>
       <c r="E401" s="2" t="s">
-        <v>1505</v>
+        <v>1501</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>1506</v>
+        <v>1502</v>
       </c>
       <c r="G401" s="2">
         <v>0</v>
       </c>
       <c r="H401" s="2">
         <v>0</v>
       </c>
       <c r="I401" s="1">
         <v>0</v>
       </c>
       <c r="J401" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K401" s="2" t="str">
         <f>J401*405.27</f>
         <v>0</v>
       </c>
       <c r="L401" s="5"/>
     </row>
     <row r="402" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A402" s="1"/>
       <c r="B402" s="1">
         <v>810787</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1507</v>
+        <v>1503</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>1508</v>
+        <v>1504</v>
       </c>
       <c r="E402" s="2" t="s">
-        <v>1509</v>
+        <v>1505</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>1510</v>
+        <v>1506</v>
       </c>
       <c r="G402" s="2">
         <v>0</v>
       </c>
       <c r="H402" s="2">
         <v>0</v>
       </c>
       <c r="I402" s="1">
         <v>0</v>
       </c>
       <c r="J402" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K402" s="2" t="str">
         <f>J402*347.05</f>
         <v>0</v>
       </c>
       <c r="L402" s="5"/>
     </row>
     <row r="403" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A403" s="1"/>
       <c r="B403" s="1">
         <v>810788</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1511</v>
+        <v>1507</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>1512</v>
+        <v>1508</v>
       </c>
       <c r="E403" s="2" t="s">
-        <v>1513</v>
+        <v>1509</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>1514</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>1510</v>
+      </c>
+      <c r="G403" s="2">
+        <v>0</v>
       </c>
       <c r="H403" s="2">
         <v>0</v>
       </c>
       <c r="I403" s="1">
         <v>0</v>
       </c>
       <c r="J403" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K403" s="2" t="str">
         <f>J403*294.10</f>
         <v>0</v>
       </c>
       <c r="L403" s="5"/>
     </row>
     <row r="404" spans="1:12" outlineLevel="4">
       <c r="A404" s="1"/>
       <c r="B404" s="1">
         <v>954230</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1515</v>
+        <v>1511</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>1516</v>
+        <v>1512</v>
       </c>
       <c r="E404" s="2" t="s">
-        <v>1517</v>
+        <v>1513</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>1518</v>
+        <v>1514</v>
       </c>
       <c r="G404" s="2">
         <v>0</v>
       </c>
       <c r="H404" s="2">
         <v>0</v>
       </c>
       <c r="I404" s="1">
         <v>0</v>
       </c>
       <c r="J404" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K404" s="2" t="str">
         <f>J404*342.90</f>
         <v>0</v>
       </c>
       <c r="L404" s="5"/>
     </row>
     <row r="405" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A405" s="1"/>
       <c r="B405" s="1">
         <v>825090</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1519</v>
+        <v>1515</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>1520</v>
+        <v>1516</v>
       </c>
       <c r="E405" s="2" t="s">
-        <v>1521</v>
+        <v>1517</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>1522</v>
+        <v>1518</v>
       </c>
       <c r="G405" s="2">
         <v>0</v>
       </c>
       <c r="H405" s="2">
         <v>0</v>
       </c>
       <c r="I405" s="1">
         <v>0</v>
       </c>
       <c r="J405" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K405" s="2" t="str">
         <f>J405*302.60</f>
         <v>0</v>
       </c>
       <c r="L405" s="5"/>
     </row>
     <row r="406" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A406" s="1"/>
       <c r="B406" s="1">
         <v>825089</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1523</v>
+        <v>1519</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>1524</v>
+        <v>1520</v>
       </c>
       <c r="E406" s="2" t="s">
-        <v>1525</v>
+        <v>1521</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>1526</v>
+        <v>1522</v>
       </c>
       <c r="G406" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H406" s="2">
         <v>0</v>
       </c>
       <c r="I406" s="1">
         <v>0</v>
       </c>
       <c r="J406" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K406" s="2" t="str">
         <f>J406*50.86</f>
         <v>0</v>
       </c>
       <c r="L406" s="5"/>
     </row>
     <row r="407" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A407" s="1"/>
       <c r="B407" s="1">
         <v>825088</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1527</v>
+        <v>1523</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>1528</v>
+        <v>1524</v>
       </c>
       <c r="E407" s="2" t="s">
-        <v>1529</v>
+        <v>1525</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>1526</v>
+        <v>1522</v>
       </c>
       <c r="G407" s="2">
         <v>0</v>
       </c>
       <c r="H407" s="2">
         <v>0</v>
       </c>
       <c r="I407" s="1">
         <v>0</v>
       </c>
       <c r="J407" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K407" s="2" t="str">
         <f>J407*50.86</f>
         <v>0</v>
       </c>
       <c r="L407" s="5"/>
     </row>
     <row r="408" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A408" s="1"/>
       <c r="B408" s="1">
         <v>824564</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1530</v>
+        <v>1526</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>1531</v>
+        <v>1527</v>
       </c>
       <c r="E408" s="2" t="s">
-        <v>1532</v>
+        <v>1528</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>1533</v>
+        <v>1529</v>
       </c>
       <c r="G408" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H408" s="2">
         <v>0</v>
       </c>
       <c r="I408" s="1">
         <v>0</v>
       </c>
       <c r="J408" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K408" s="2" t="str">
         <f>J408*51.26</f>
         <v>0</v>
       </c>
       <c r="L408" s="5"/>
     </row>
     <row r="409" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A409" s="1"/>
       <c r="B409" s="1">
         <v>825170</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1534</v>
+        <v>1530</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>1535</v>
+        <v>1531</v>
       </c>
       <c r="E409" s="2" t="s">
-        <v>1536</v>
+        <v>1532</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>1537</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>1533</v>
+      </c>
+      <c r="G409" s="2">
+        <v>0</v>
       </c>
       <c r="H409" s="2">
         <v>0</v>
       </c>
       <c r="I409" s="1">
         <v>0</v>
       </c>
       <c r="J409" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K409" s="2" t="str">
         <f>J409*316.20</f>
         <v>0</v>
       </c>
       <c r="L409" s="5"/>
     </row>
     <row r="410" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A410" s="1"/>
       <c r="B410" s="1">
         <v>828270</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1538</v>
+        <v>1534</v>
       </c>
       <c r="D410" s="1"/>
       <c r="E410" s="2" t="s">
-        <v>1539</v>
+        <v>1535</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>1540</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>1536</v>
+      </c>
+      <c r="G410" s="2">
+        <v>0</v>
       </c>
       <c r="H410" s="2">
         <v>0</v>
       </c>
       <c r="I410" s="1">
         <v>0</v>
       </c>
       <c r="J410" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K410" s="2" t="str">
         <f>J410*158.14</f>
         <v>0</v>
       </c>
       <c r="L410" s="5"/>
     </row>
     <row r="411" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A411" s="1"/>
       <c r="B411" s="1">
         <v>828272</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1541</v>
+        <v>1537</v>
       </c>
       <c r="D411" s="1"/>
       <c r="E411" s="2" t="s">
-        <v>1542</v>
+        <v>1538</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>1543</v>
+        <v>1539</v>
       </c>
       <c r="G411" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H411" s="2">
         <v>0</v>
       </c>
       <c r="I411" s="1">
         <v>0</v>
       </c>
       <c r="J411" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K411" s="2" t="str">
         <f>J411*225.82</f>
         <v>0</v>
       </c>
       <c r="L411" s="5"/>
     </row>
     <row r="412" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A412" s="1"/>
       <c r="B412" s="1">
         <v>882508</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1544</v>
+        <v>1540</v>
       </c>
       <c r="D412" s="1"/>
       <c r="E412" s="2" t="s">
-        <v>1545</v>
+        <v>1541</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>1546</v>
+        <v>1542</v>
       </c>
       <c r="G412" s="2" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="H412" s="2">
         <v>0</v>
       </c>
       <c r="I412" s="1">
         <v>0</v>
       </c>
       <c r="J412" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K412" s="2" t="str">
         <f>J412*259.25</f>
         <v>0</v>
       </c>
       <c r="L412" s="5"/>
     </row>
     <row r="413" spans="1:12" outlineLevel="2">
       <c r="A413" s="8" t="s">
-        <v>1547</v>
+        <v>1543</v>
       </c>
       <c r="B413" s="8"/>
       <c r="C413" s="8"/>
       <c r="D413" s="8"/>
       <c r="E413" s="8"/>
       <c r="F413" s="8"/>
       <c r="G413" s="8"/>
       <c r="H413" s="8"/>
       <c r="I413" s="8"/>
       <c r="J413" s="8"/>
       <c r="K413" s="8"/>
       <c r="L413" s="5"/>
     </row>
     <row r="414" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A414" s="1"/>
       <c r="B414" s="1">
         <v>879953</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1548</v>
+        <v>1544</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>1549</v>
+        <v>1545</v>
       </c>
       <c r="E414" s="2" t="s">
-        <v>1550</v>
+        <v>1546</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>1551</v>
+        <v>1547</v>
       </c>
       <c r="G414" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H414" s="2">
         <v>0</v>
       </c>
       <c r="I414" s="1">
         <v>0</v>
       </c>
       <c r="J414" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K414" s="2" t="str">
         <f>J414*1041.25</f>
         <v>0</v>
       </c>
       <c r="L414" s="5"/>
     </row>
     <row r="415" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A415" s="1"/>
       <c r="B415" s="1">
         <v>810791</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1552</v>
+        <v>1548</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>1553</v>
+        <v>1549</v>
       </c>
       <c r="E415" s="2" t="s">
-        <v>1554</v>
+        <v>1550</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>1555</v>
+        <v>1551</v>
       </c>
       <c r="G415" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H415" s="2">
         <v>0</v>
       </c>
       <c r="I415" s="1">
         <v>0</v>
       </c>
       <c r="J415" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K415" s="2" t="str">
         <f>J415*293.04</f>
         <v>0</v>
       </c>
       <c r="L415" s="5"/>
     </row>
     <row r="416" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A416" s="1"/>
       <c r="B416" s="1">
         <v>810792</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>1556</v>
+        <v>1552</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>1557</v>
+        <v>1553</v>
       </c>
       <c r="E416" s="2" t="s">
-        <v>1558</v>
+        <v>1554</v>
       </c>
       <c r="F416" s="2" t="s">
-        <v>1559</v>
+        <v>1555</v>
       </c>
       <c r="G416" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H416" s="2">
         <v>0</v>
       </c>
       <c r="I416" s="1">
         <v>0</v>
       </c>
       <c r="J416" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K416" s="2" t="str">
         <f>J416*404.60</f>
         <v>0</v>
       </c>
       <c r="L416" s="5"/>
     </row>
     <row r="417" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A417" s="1"/>
       <c r="B417" s="1">
         <v>810793</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1560</v>
+        <v>1556</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>1561</v>
+        <v>1557</v>
       </c>
       <c r="E417" s="2" t="s">
-        <v>1562</v>
+        <v>1558</v>
       </c>
       <c r="F417" s="2" t="s">
         <v>749</v>
       </c>
-      <c r="G417" s="2" t="s">
-        <v>48</v>
+      <c r="G417" s="2">
+        <v>8</v>
       </c>
       <c r="H417" s="2">
         <v>0</v>
       </c>
       <c r="I417" s="1">
         <v>0</v>
       </c>
       <c r="J417" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K417" s="2" t="str">
         <f>J417*641.11</f>
         <v>0</v>
       </c>
       <c r="L417" s="5"/>
     </row>
     <row r="418" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A418" s="1"/>
       <c r="B418" s="1">
         <v>810794</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>1563</v>
+        <v>1559</v>
       </c>
       <c r="D418" s="1" t="s">
-        <v>1564</v>
+        <v>1560</v>
       </c>
       <c r="E418" s="2" t="s">
-        <v>1565</v>
+        <v>1561</v>
       </c>
       <c r="F418" s="2" t="s">
-        <v>1566</v>
+        <v>1562</v>
       </c>
       <c r="G418" s="2">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="H418" s="2">
         <v>0</v>
       </c>
       <c r="I418" s="1">
         <v>0</v>
       </c>
       <c r="J418" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K418" s="2" t="str">
         <f>J418*712.51</f>
         <v>0</v>
       </c>
       <c r="L418" s="5"/>
     </row>
     <row r="419" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A419" s="1"/>
       <c r="B419" s="1">
         <v>810795</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>1567</v>
+        <v>1563</v>
       </c>
       <c r="D419" s="1" t="s">
-        <v>1568</v>
+        <v>1564</v>
       </c>
       <c r="E419" s="2" t="s">
-        <v>1569</v>
+        <v>1565</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>1570</v>
+        <v>1566</v>
       </c>
       <c r="G419" s="2">
         <v>10</v>
       </c>
       <c r="H419" s="2">
         <v>0</v>
       </c>
       <c r="I419" s="1">
         <v>0</v>
       </c>
       <c r="J419" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K419" s="2" t="str">
         <f>J419*1430.98</f>
         <v>0</v>
       </c>
       <c r="L419" s="5"/>
     </row>
     <row r="420" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A420" s="1"/>
       <c r="B420" s="1">
         <v>810796</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>1571</v>
+        <v>1567</v>
       </c>
       <c r="D420" s="1" t="s">
-        <v>1572</v>
+        <v>1568</v>
       </c>
       <c r="E420" s="2" t="s">
-        <v>1573</v>
+        <v>1569</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>1574</v>
+        <v>1570</v>
       </c>
       <c r="G420" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H420" s="2">
         <v>0</v>
       </c>
       <c r="I420" s="1">
         <v>0</v>
       </c>
       <c r="J420" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K420" s="2" t="str">
         <f>J420*1610.96</f>
         <v>0</v>
       </c>
       <c r="L420" s="5"/>
     </row>
     <row r="421" spans="1:12" outlineLevel="4">
       <c r="A421" s="1"/>
       <c r="B421" s="1">
         <v>954220</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>1575</v>
+        <v>1571</v>
       </c>
       <c r="D421" s="1" t="s">
-        <v>1576</v>
+        <v>1572</v>
       </c>
       <c r="E421" s="2" t="s">
-        <v>1577</v>
+        <v>1573</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>1578</v>
+        <v>1574</v>
       </c>
       <c r="G421" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H421" s="2">
         <v>0</v>
       </c>
       <c r="I421" s="1">
         <v>0</v>
       </c>
       <c r="J421" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K421" s="2" t="str">
         <f>J421*455.18</f>
         <v>0</v>
       </c>
       <c r="L421" s="5"/>
     </row>
     <row r="422" spans="1:12" outlineLevel="4">
       <c r="A422" s="1"/>
       <c r="B422" s="1">
         <v>954221</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>1579</v>
+        <v>1575</v>
       </c>
       <c r="D422" s="1" t="s">
-        <v>1580</v>
+        <v>1576</v>
       </c>
       <c r="E422" s="2" t="s">
-        <v>1581</v>
+        <v>1577</v>
       </c>
       <c r="F422" s="2" t="s">
-        <v>1582</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1578</v>
+      </c>
+      <c r="G422" s="2" t="s">
+        <v>49</v>
       </c>
       <c r="H422" s="2">
         <v>0</v>
       </c>
       <c r="I422" s="1">
         <v>0</v>
       </c>
       <c r="J422" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K422" s="2" t="str">
         <f>J422*653.01</f>
         <v>0</v>
       </c>
       <c r="L422" s="5"/>
     </row>
     <row r="423" spans="1:12" outlineLevel="2">
       <c r="A423" s="8" t="s">
-        <v>1583</v>
+        <v>1579</v>
       </c>
       <c r="B423" s="8"/>
       <c r="C423" s="8"/>
       <c r="D423" s="8"/>
       <c r="E423" s="8"/>
       <c r="F423" s="8"/>
       <c r="G423" s="8"/>
       <c r="H423" s="8"/>
       <c r="I423" s="8"/>
       <c r="J423" s="8"/>
       <c r="K423" s="8"/>
       <c r="L423" s="5"/>
     </row>
     <row r="424" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A424" s="1"/>
       <c r="B424" s="1">
         <v>810823</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>1584</v>
+        <v>1580</v>
       </c>
       <c r="D424" s="1" t="s">
-        <v>1585</v>
+        <v>1581</v>
       </c>
       <c r="E424" s="2" t="s">
-        <v>1586</v>
+        <v>1582</v>
       </c>
       <c r="F424" s="2" t="s">
         <v>236</v>
       </c>
       <c r="G424" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H424" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I424" s="1">
         <v>0</v>
       </c>
       <c r="J424" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K424" s="2" t="str">
         <f>J424*608.00</f>
         <v>0</v>
       </c>
       <c r="L424" s="5"/>
     </row>
     <row r="425" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A425" s="1"/>
       <c r="B425" s="1">
         <v>810824</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>1587</v>
+        <v>1583</v>
       </c>
       <c r="D425" s="1" t="s">
-        <v>1588</v>
+        <v>1584</v>
       </c>
       <c r="E425" s="2" t="s">
-        <v>1589</v>
+        <v>1585</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>1590</v>
+        <v>1586</v>
       </c>
       <c r="G425" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H425" s="2" t="s">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="I425" s="1">
         <v>0</v>
       </c>
       <c r="J425" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K425" s="2" t="str">
         <f>J425*903.00</f>
         <v>0</v>
       </c>
       <c r="L425" s="5"/>
     </row>
     <row r="426" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A426" s="1"/>
       <c r="B426" s="1">
         <v>833016</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>1591</v>
+        <v>1587</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>1592</v>
+        <v>1588</v>
       </c>
       <c r="E426" s="2" t="s">
-        <v>1593</v>
+        <v>1589</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>1594</v>
+        <v>1590</v>
       </c>
       <c r="G426" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H426" s="2" t="s">
-        <v>88</v>
+        <v>49</v>
       </c>
       <c r="I426" s="1">
         <v>0</v>
       </c>
       <c r="J426" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K426" s="2" t="str">
         <f>J426*1693.00</f>
         <v>0</v>
       </c>
       <c r="L426" s="5"/>
     </row>
     <row r="427" spans="1:12" outlineLevel="2">
       <c r="A427" s="8" t="s">
-        <v>1595</v>
+        <v>1591</v>
       </c>
       <c r="B427" s="8"/>
       <c r="C427" s="8"/>
       <c r="D427" s="8"/>
       <c r="E427" s="8"/>
       <c r="F427" s="8"/>
       <c r="G427" s="8"/>
       <c r="H427" s="8"/>
       <c r="I427" s="8"/>
       <c r="J427" s="8"/>
       <c r="K427" s="8"/>
       <c r="L427" s="5"/>
     </row>
     <row r="428" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A428" s="1"/>
       <c r="B428" s="1">
         <v>833168</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>1596</v>
+        <v>1592</v>
       </c>
       <c r="D428" s="1" t="s">
-        <v>1597</v>
+        <v>1593</v>
       </c>
       <c r="E428" s="2" t="s">
-        <v>1598</v>
+        <v>1594</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>1599</v>
+        <v>1595</v>
       </c>
       <c r="G428" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H428" s="2">
         <v>0</v>
       </c>
       <c r="I428" s="1">
         <v>0</v>
       </c>
       <c r="J428" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K428" s="2" t="str">
         <f>J428*520.37</f>
         <v>0</v>
       </c>
       <c r="L428" s="5"/>
     </row>
     <row r="429" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A429" s="1"/>
       <c r="B429" s="1">
         <v>833169</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>1600</v>
+        <v>1596</v>
       </c>
       <c r="D429" s="1" t="s">
-        <v>1601</v>
+        <v>1597</v>
       </c>
       <c r="E429" s="2" t="s">
-        <v>1602</v>
+        <v>1598</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>1603</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1599</v>
+      </c>
+      <c r="G429" s="2" t="s">
+        <v>49</v>
       </c>
       <c r="H429" s="2">
         <v>0</v>
       </c>
       <c r="I429" s="1">
         <v>0</v>
       </c>
       <c r="J429" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K429" s="2" t="str">
         <f>J429*703.52</f>
         <v>0</v>
       </c>
       <c r="L429" s="5"/>
     </row>
     <row r="430" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A430" s="1"/>
       <c r="B430" s="1">
         <v>837293</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>1604</v>
+        <v>1600</v>
       </c>
       <c r="D430" s="1" t="s">
-        <v>1605</v>
+        <v>1601</v>
       </c>
       <c r="E430" s="2" t="s">
-        <v>1606</v>
+        <v>1602</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>1607</v>
+        <v>1603</v>
       </c>
       <c r="G430" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H430" s="2">
         <v>0</v>
       </c>
       <c r="I430" s="1">
         <v>0</v>
       </c>
       <c r="J430" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K430" s="2" t="str">
         <f>J430*508.57</f>
         <v>0</v>
       </c>
       <c r="L430" s="5"/>
     </row>
     <row r="431" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A431" s="1"/>
       <c r="B431" s="1">
         <v>882283</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>1608</v>
+        <v>1604</v>
       </c>
       <c r="D431" s="1" t="s">
-        <v>1609</v>
+        <v>1605</v>
       </c>
       <c r="E431" s="2" t="s">
-        <v>1610</v>
+        <v>1606</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>1611</v>
+        <v>1607</v>
       </c>
       <c r="G431" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H431" s="2">
         <v>0</v>
       </c>
       <c r="I431" s="1">
         <v>0</v>
       </c>
       <c r="J431" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K431" s="2" t="str">
         <f>J431*304.75</f>
         <v>0</v>
       </c>
       <c r="L431" s="5"/>
     </row>
     <row r="432" spans="1:12" outlineLevel="2">
       <c r="A432" s="8" t="s">
-        <v>1612</v>
+        <v>1608</v>
       </c>
       <c r="B432" s="8"/>
       <c r="C432" s="8"/>
       <c r="D432" s="8"/>
       <c r="E432" s="8"/>
       <c r="F432" s="8"/>
       <c r="G432" s="8"/>
       <c r="H432" s="8"/>
       <c r="I432" s="8"/>
       <c r="J432" s="8"/>
       <c r="K432" s="8"/>
       <c r="L432" s="5"/>
     </row>
     <row r="433" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A433" s="1"/>
       <c r="B433" s="1">
         <v>882245</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>1613</v>
+        <v>1609</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>1614</v>
+        <v>1610</v>
       </c>
       <c r="E433" s="2" t="s">
-        <v>1615</v>
+        <v>1611</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>1616</v>
+        <v>1612</v>
       </c>
       <c r="G433" s="2" t="s">
-        <v>88</v>
+        <v>23</v>
       </c>
       <c r="H433" s="2">
         <v>0</v>
       </c>
       <c r="I433" s="1">
         <v>0</v>
       </c>
       <c r="J433" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K433" s="2" t="str">
-        <f>J433*509.72</f>
+        <f>J433*607.10</f>
         <v>0</v>
       </c>
       <c r="L433" s="5"/>
     </row>
     <row r="434" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A434" s="1"/>
       <c r="B434" s="1">
         <v>882246</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>1617</v>
+        <v>1613</v>
       </c>
       <c r="D434" s="1" t="s">
-        <v>1618</v>
+        <v>1614</v>
       </c>
       <c r="E434" s="2" t="s">
-        <v>1619</v>
+        <v>1615</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>1620</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>1616</v>
+      </c>
+      <c r="G434" s="2">
+        <v>5</v>
       </c>
       <c r="H434" s="2">
         <v>0</v>
       </c>
       <c r="I434" s="1">
         <v>0</v>
       </c>
       <c r="J434" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K434" s="2" t="str">
-        <f>J434*663.21</f>
+        <f>J434*768.40</f>
         <v>0</v>
       </c>
       <c r="L434" s="5"/>
     </row>
     <row r="435" spans="1:12" outlineLevel="2">
       <c r="A435" s="8" t="s">
-        <v>1621</v>
+        <v>1617</v>
       </c>
       <c r="B435" s="8"/>
       <c r="C435" s="8"/>
       <c r="D435" s="8"/>
       <c r="E435" s="8"/>
       <c r="F435" s="8"/>
       <c r="G435" s="8"/>
       <c r="H435" s="8"/>
       <c r="I435" s="8"/>
       <c r="J435" s="8"/>
       <c r="K435" s="8"/>
       <c r="L435" s="5"/>
     </row>
     <row r="436" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A436" s="1"/>
       <c r="B436" s="1">
         <v>954200</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>1622</v>
+        <v>1618</v>
       </c>
       <c r="D436" s="1" t="s">
-        <v>1623</v>
+        <v>1619</v>
       </c>
       <c r="E436" s="2" t="s">
-        <v>1624</v>
+        <v>1620</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>1625</v>
+        <v>1621</v>
       </c>
       <c r="G436" s="2">
         <v>0</v>
       </c>
       <c r="H436" s="2">
         <v>0</v>
       </c>
       <c r="I436" s="1">
         <v>0</v>
       </c>
       <c r="J436" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K436" s="2" t="str">
         <f>J436*493.69</f>
         <v>0</v>
       </c>
       <c r="L436" s="5"/>
     </row>
     <row r="437" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A437" s="1"/>
       <c r="B437" s="1">
         <v>954201</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>1626</v>
+        <v>1622</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>1627</v>
+        <v>1623</v>
       </c>
       <c r="E437" s="2" t="s">
-        <v>1628</v>
+        <v>1624</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>1629</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>1625</v>
+      </c>
+      <c r="G437" s="2">
+        <v>5</v>
       </c>
       <c r="H437" s="2">
         <v>0</v>
       </c>
-      <c r="I437" s="1">
-        <v>0</v>
+      <c r="I437" s="1" t="s">
+        <v>49</v>
       </c>
       <c r="J437" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K437" s="2" t="str">
         <f>J437*546.66</f>
         <v>0</v>
       </c>
       <c r="L437" s="5"/>
     </row>
     <row r="438" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A438" s="1"/>
       <c r="B438" s="1">
         <v>954202</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>1630</v>
+        <v>1626</v>
       </c>
       <c r="D438" s="1" t="s">
-        <v>1631</v>
+        <v>1627</v>
       </c>
       <c r="E438" s="2" t="s">
-        <v>1632</v>
+        <v>1628</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>1633</v>
+        <v>1629</v>
       </c>
       <c r="G438" s="2">
         <v>0</v>
       </c>
       <c r="H438" s="2">
         <v>0</v>
       </c>
       <c r="I438" s="1">
         <v>0</v>
       </c>
       <c r="J438" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K438" s="2" t="str">
         <f>J438*810.41</f>
         <v>0</v>
       </c>
       <c r="L438" s="5"/>
     </row>
     <row r="439" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A439" s="1"/>
       <c r="B439" s="1">
         <v>954203</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>1634</v>
+        <v>1630</v>
       </c>
       <c r="D439" s="1" t="s">
-        <v>1635</v>
+        <v>1631</v>
       </c>
       <c r="E439" s="2" t="s">
-        <v>1636</v>
+        <v>1632</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>1637</v>
+        <v>1633</v>
       </c>
       <c r="G439" s="2">
         <v>0</v>
       </c>
       <c r="H439" s="2">
         <v>0</v>
       </c>
-      <c r="I439" s="1">
-        <v>0</v>
+      <c r="I439" s="1" t="s">
+        <v>23</v>
       </c>
       <c r="J439" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K439" s="2" t="str">
         <f>J439*382.10</f>
         <v>0</v>
       </c>
       <c r="L439" s="5"/>
     </row>
     <row r="440" spans="1:12" outlineLevel="1">
       <c r="A440" s="7" t="s">
-        <v>1638</v>
+        <v>1634</v>
       </c>
       <c r="B440" s="7"/>
       <c r="C440" s="7"/>
       <c r="D440" s="7"/>
       <c r="E440" s="7"/>
       <c r="F440" s="7"/>
       <c r="G440" s="7"/>
       <c r="H440" s="7"/>
       <c r="I440" s="7"/>
       <c r="J440" s="7"/>
       <c r="K440" s="7"/>
       <c r="L440" s="5"/>
     </row>
     <row r="441" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A441" s="1"/>
       <c r="B441" s="1">
         <v>810974</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>1639</v>
+        <v>1635</v>
       </c>
       <c r="D441" s="1" t="s">
-        <v>1640</v>
+        <v>1636</v>
       </c>
       <c r="E441" s="2" t="s">
-        <v>1641</v>
+        <v>1637</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>1642</v>
+        <v>1638</v>
       </c>
       <c r="G441" s="2">
         <v>5</v>
       </c>
       <c r="H441" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="I441" s="1">
         <v>0</v>
       </c>
       <c r="J441" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K441" s="2" t="str">
         <f>J441*263.00</f>
         <v>0</v>
       </c>
       <c r="L441" s="5"/>
     </row>
     <row r="442" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A442" s="1"/>
       <c r="B442" s="1">
         <v>810975</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>1643</v>
+        <v>1639</v>
       </c>
       <c r="D442" s="1" t="s">
-        <v>1644</v>
+        <v>1640</v>
       </c>
       <c r="E442" s="2" t="s">
-        <v>1645</v>
+        <v>1641</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>1646</v>
+        <v>1642</v>
       </c>
       <c r="G442" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H442" s="2">
         <v>0</v>
       </c>
       <c r="I442" s="1">
         <v>0</v>
       </c>
       <c r="J442" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K442" s="2" t="str">
         <f>J442*36.00</f>
         <v>0</v>
       </c>
       <c r="L442" s="5"/>
     </row>
     <row r="443" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A443" s="1"/>
       <c r="B443" s="1">
         <v>810976</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>1647</v>
+        <v>1643</v>
       </c>
       <c r="D443" s="1" t="s">
-        <v>1648</v>
+        <v>1644</v>
       </c>
       <c r="E443" s="2" t="s">
-        <v>1649</v>
+        <v>1645</v>
       </c>
       <c r="F443" s="2" t="s">
-        <v>1650</v>
+        <v>1646</v>
       </c>
       <c r="G443" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="H443" s="2">
         <v>0</v>
       </c>
       <c r="I443" s="1">
         <v>0</v>
       </c>
       <c r="J443" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K443" s="2" t="str">
         <f>J443*34.00</f>
         <v>0</v>
       </c>
       <c r="L443" s="5"/>
     </row>
     <row r="444" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A444" s="1"/>
       <c r="B444" s="1">
         <v>810977</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>1651</v>
+        <v>1647</v>
       </c>
       <c r="D444" s="1" t="s">
-        <v>1652</v>
+        <v>1648</v>
       </c>
       <c r="E444" s="2" t="s">
-        <v>1653</v>
+        <v>1649</v>
       </c>
       <c r="F444" s="2" t="s">
-        <v>1654</v>
+        <v>1650</v>
       </c>
       <c r="G444" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H444" s="2">
         <v>0</v>
       </c>
       <c r="I444" s="1">
         <v>0</v>
       </c>
       <c r="J444" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K444" s="2" t="str">
         <f>J444*35.00</f>
         <v>0</v>
       </c>
       <c r="L444" s="5"/>
     </row>
     <row r="445" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A445" s="1"/>
       <c r="B445" s="1">
         <v>810978</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>1655</v>
+        <v>1651</v>
       </c>
       <c r="D445" s="1" t="s">
-        <v>1656</v>
+        <v>1652</v>
       </c>
       <c r="E445" s="2" t="s">
-        <v>1657</v>
+        <v>1653</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>1658</v>
+        <v>1654</v>
       </c>
       <c r="G445" s="2">
         <v>5</v>
       </c>
       <c r="H445" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="I445" s="1">
         <v>0</v>
       </c>
       <c r="J445" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K445" s="2" t="str">
         <f>J445*154.00</f>
         <v>0</v>
       </c>
       <c r="L445" s="5"/>
     </row>
     <row r="446" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A446" s="1"/>
       <c r="B446" s="1">
         <v>810979</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>1659</v>
+        <v>1655</v>
       </c>
       <c r="D446" s="1" t="s">
-        <v>1660</v>
+        <v>1656</v>
       </c>
       <c r="E446" s="2" t="s">
-        <v>1661</v>
+        <v>1657</v>
       </c>
       <c r="F446" s="2" t="s">
-        <v>1662</v>
+        <v>1658</v>
       </c>
       <c r="G446" s="2">
         <v>6</v>
       </c>
       <c r="H446" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I446" s="1">
         <v>0</v>
       </c>
       <c r="J446" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K446" s="2" t="str">
         <f>J446*87.00</f>
         <v>0</v>
       </c>
       <c r="L446" s="5"/>
     </row>
     <row r="447" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A447" s="1"/>
       <c r="B447" s="1">
         <v>810980</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>1663</v>
+        <v>1659</v>
       </c>
       <c r="D447" s="1" t="s">
-        <v>1664</v>
+        <v>1660</v>
       </c>
       <c r="E447" s="2" t="s">
-        <v>1665</v>
+        <v>1661</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>1666</v>
+        <v>1662</v>
       </c>
       <c r="G447" s="2">
         <v>6</v>
       </c>
       <c r="H447" s="2" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I447" s="1">
         <v>0</v>
       </c>
       <c r="J447" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K447" s="2" t="str">
         <f>J447*57.00</f>
         <v>0</v>
       </c>
       <c r="L447" s="5"/>
     </row>
     <row r="448" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A448" s="1"/>
       <c r="B448" s="1">
         <v>810981</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>1667</v>
+        <v>1663</v>
       </c>
       <c r="D448" s="1" t="s">
-        <v>1668</v>
+        <v>1664</v>
       </c>
       <c r="E448" s="2" t="s">
-        <v>1669</v>
+        <v>1665</v>
       </c>
       <c r="F448" s="2" t="s">
-        <v>1670</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>1666</v>
+      </c>
+      <c r="G448" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="H448" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="I448" s="1">
         <v>0</v>
       </c>
       <c r="J448" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K448" s="2" t="str">
         <f>J448*44.00</f>
         <v>0</v>
       </c>
       <c r="L448" s="5"/>
     </row>
     <row r="449" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A449" s="1"/>
       <c r="B449" s="1">
         <v>810982</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>1671</v>
+        <v>1667</v>
       </c>
       <c r="D449" s="1" t="s">
-        <v>1672</v>
+        <v>1668</v>
       </c>
       <c r="E449" s="2" t="s">
-        <v>1673</v>
+        <v>1669</v>
       </c>
       <c r="F449" s="2" t="s">
-        <v>1674</v>
+        <v>1670</v>
       </c>
       <c r="G449" s="2">
         <v>0</v>
       </c>
       <c r="H449" s="2">
         <v>0</v>
       </c>
       <c r="I449" s="1">
         <v>0</v>
       </c>
       <c r="J449" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K449" s="2" t="str">
         <f>J449*192.00</f>
         <v>0</v>
       </c>
       <c r="L449" s="5"/>
     </row>
     <row r="450" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A450" s="1"/>
       <c r="B450" s="1">
         <v>810983</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>1675</v>
+        <v>1671</v>
       </c>
       <c r="D450" s="1" t="s">
-        <v>1676</v>
+        <v>1672</v>
       </c>
       <c r="E450" s="2" t="s">
-        <v>1677</v>
+        <v>1673</v>
       </c>
       <c r="F450" s="2" t="s">
-        <v>1678</v>
+        <v>1674</v>
       </c>
       <c r="G450" s="2">
         <v>1</v>
       </c>
       <c r="H450" s="2">
         <v>0</v>
       </c>
       <c r="I450" s="1">
         <v>0</v>
       </c>
       <c r="J450" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K450" s="2" t="str">
         <f>J450*147.00</f>
         <v>0</v>
       </c>
       <c r="L450" s="5"/>
     </row>
     <row r="451" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A451" s="1"/>
       <c r="B451" s="1">
         <v>810984</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>1679</v>
+        <v>1675</v>
       </c>
       <c r="D451" s="1" t="s">
-        <v>1680</v>
+        <v>1676</v>
       </c>
       <c r="E451" s="2" t="s">
-        <v>1681</v>
+        <v>1677</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>1682</v>
+        <v>1678</v>
       </c>
       <c r="G451" s="2">
         <v>0</v>
       </c>
       <c r="H451" s="2">
         <v>0</v>
       </c>
       <c r="I451" s="1">
         <v>0</v>
       </c>
       <c r="J451" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K451" s="2" t="str">
         <f>J451*94.00</f>
         <v>0</v>
       </c>
       <c r="L451" s="5"/>
     </row>
     <row r="452" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A452" s="1"/>
       <c r="B452" s="1">
         <v>810985</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>1683</v>
+        <v>1679</v>
       </c>
       <c r="D452" s="1" t="s">
-        <v>1684</v>
+        <v>1680</v>
       </c>
       <c r="E452" s="2" t="s">
-        <v>1685</v>
+        <v>1681</v>
       </c>
       <c r="F452" s="2" t="s">
-        <v>1686</v>
+        <v>1682</v>
       </c>
       <c r="G452" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H452" s="2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="I452" s="1">
         <v>0</v>
       </c>
       <c r="J452" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K452" s="2" t="str">
         <f>J452*59.00</f>
         <v>0</v>
       </c>
       <c r="L452" s="5"/>
     </row>
     <row r="453" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A453" s="1"/>
       <c r="B453" s="1">
         <v>810986</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>1687</v>
+        <v>1683</v>
       </c>
       <c r="D453" s="1" t="s">
-        <v>1688</v>
+        <v>1684</v>
       </c>
       <c r="E453" s="2" t="s">
-        <v>1689</v>
+        <v>1685</v>
       </c>
       <c r="F453" s="2" t="s">
-        <v>1686</v>
+        <v>1682</v>
       </c>
       <c r="G453" s="2">
         <v>0</v>
       </c>
       <c r="H453" s="2">
         <v>0</v>
       </c>
       <c r="I453" s="1">
         <v>0</v>
       </c>
       <c r="J453" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K453" s="2" t="str">
         <f>J453*59.00</f>
         <v>0</v>
       </c>
       <c r="L453" s="5"/>
     </row>
     <row r="454" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A454" s="1"/>
       <c r="B454" s="1">
         <v>810987</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>1690</v>
+        <v>1686</v>
       </c>
       <c r="D454" s="1" t="s">
-        <v>1691</v>
+        <v>1687</v>
       </c>
       <c r="E454" s="2" t="s">
-        <v>1692</v>
+        <v>1688</v>
       </c>
       <c r="F454" s="2" t="s">
-        <v>1646</v>
+        <v>1642</v>
       </c>
       <c r="G454" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H454" s="2">
         <v>0</v>
       </c>
       <c r="I454" s="1">
         <v>0</v>
       </c>
       <c r="J454" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K454" s="2" t="str">
         <f>J454*36.00</f>
         <v>0</v>
       </c>
       <c r="L454" s="5"/>
     </row>
     <row r="455" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A455" s="1"/>
       <c r="B455" s="1">
         <v>810988</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>1693</v>
+        <v>1689</v>
       </c>
       <c r="D455" s="1" t="s">
-        <v>1694</v>
+        <v>1690</v>
       </c>
       <c r="E455" s="2" t="s">
-        <v>1695</v>
+        <v>1691</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>1696</v>
+        <v>1692</v>
       </c>
       <c r="G455" s="2">
         <v>0</v>
       </c>
       <c r="H455" s="2">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="I455" s="1">
         <v>0</v>
       </c>
       <c r="J455" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K455" s="2" t="str">
         <f>J455*72.00</f>
         <v>0</v>
       </c>
       <c r="L455" s="5"/>
     </row>
     <row r="456" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A456" s="1"/>
       <c r="B456" s="1">
         <v>810989</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>1697</v>
+        <v>1693</v>
       </c>
       <c r="D456" s="1" t="s">
-        <v>1698</v>
+        <v>1694</v>
       </c>
       <c r="E456" s="2" t="s">
-        <v>1699</v>
+        <v>1695</v>
       </c>
       <c r="F456" s="2" t="s">
-        <v>1700</v>
+        <v>1696</v>
       </c>
       <c r="G456" s="2">
         <v>0</v>
       </c>
       <c r="H456" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I456" s="1">
         <v>0</v>
       </c>
       <c r="J456" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K456" s="2" t="str">
         <f>J456*287.00</f>
         <v>0</v>
       </c>
       <c r="L456" s="5"/>
     </row>
     <row r="457" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A457" s="1"/>
       <c r="B457" s="1">
         <v>810990</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>1701</v>
+        <v>1697</v>
       </c>
       <c r="D457" s="1" t="s">
-        <v>1702</v>
+        <v>1698</v>
       </c>
       <c r="E457" s="2" t="s">
-        <v>1703</v>
+        <v>1699</v>
       </c>
       <c r="F457" s="2" t="s">
-        <v>1704</v>
+        <v>1700</v>
       </c>
       <c r="G457" s="2">
         <v>0</v>
       </c>
       <c r="H457" s="2">
         <v>0</v>
       </c>
       <c r="I457" s="1">
         <v>0</v>
       </c>
       <c r="J457" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K457" s="2" t="str">
         <f>J457*269.00</f>
         <v>0</v>
       </c>
       <c r="L457" s="5"/>
     </row>
     <row r="458" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A458" s="1"/>
       <c r="B458" s="1">
         <v>810991</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>1705</v>
+        <v>1701</v>
       </c>
       <c r="D458" s="1" t="s">
-        <v>1706</v>
+        <v>1702</v>
       </c>
       <c r="E458" s="2" t="s">
-        <v>1707</v>
+        <v>1703</v>
       </c>
       <c r="F458" s="2" t="s">
-        <v>1708</v>
+        <v>1704</v>
       </c>
       <c r="G458" s="2">
         <v>0</v>
       </c>
       <c r="H458" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I458" s="1">
         <v>0</v>
       </c>
       <c r="J458" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K458" s="2" t="str">
         <f>J458*47.00</f>
         <v>0</v>
       </c>
       <c r="L458" s="5"/>
     </row>
     <row r="459" spans="1:12" outlineLevel="1">
       <c r="A459" s="7" t="s">
-        <v>1709</v>
+        <v>1705</v>
       </c>
       <c r="B459" s="7"/>
       <c r="C459" s="7"/>
       <c r="D459" s="7"/>
       <c r="E459" s="7"/>
       <c r="F459" s="7"/>
       <c r="G459" s="7"/>
       <c r="H459" s="7"/>
       <c r="I459" s="7"/>
       <c r="J459" s="7"/>
       <c r="K459" s="7"/>
       <c r="L459" s="5"/>
     </row>
     <row r="460" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A460" s="1"/>
       <c r="B460" s="1">
         <v>873430</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>1710</v>
+        <v>1706</v>
       </c>
       <c r="D460" s="1"/>
       <c r="E460" s="2" t="s">
-        <v>1711</v>
+        <v>1707</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>1712</v>
+        <v>1708</v>
       </c>
       <c r="G460" s="2">
         <v>0</v>
       </c>
       <c r="H460" s="2">
         <v>0</v>
       </c>
       <c r="I460" s="1">
         <v>0</v>
       </c>
       <c r="J460" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K460" s="2" t="str">
         <f>J460*2942.40</f>
         <v>0</v>
       </c>
       <c r="L460" s="5"/>
     </row>
     <row r="461" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A461" s="1"/>
       <c r="B461" s="1">
         <v>873431</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>1713</v>
+        <v>1709</v>
       </c>
       <c r="D461" s="1"/>
       <c r="E461" s="2" t="s">
-        <v>1714</v>
+        <v>1710</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>1715</v>
+        <v>1711</v>
       </c>
       <c r="G461" s="2">
         <v>0</v>
       </c>
       <c r="H461" s="2">
         <v>0</v>
       </c>
       <c r="I461" s="1">
         <v>0</v>
       </c>
       <c r="J461" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K461" s="2" t="str">
         <f>J461*3518.40</f>
         <v>0</v>
       </c>
       <c r="L461" s="5"/>
     </row>
     <row r="462" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A462" s="1"/>
       <c r="B462" s="1">
         <v>858507</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>1716</v>
+        <v>1712</v>
       </c>
       <c r="D462" s="1"/>
       <c r="E462" s="2" t="s">
-        <v>1717</v>
+        <v>1713</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>1718</v>
+        <v>1714</v>
       </c>
       <c r="G462" s="2">
         <v>0</v>
       </c>
       <c r="H462" s="2">
         <v>0</v>
       </c>
       <c r="I462" s="1">
         <v>0</v>
       </c>
       <c r="J462" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K462" s="2" t="str">
         <f>J462*3688.00</f>
         <v>0</v>
       </c>
       <c r="L462" s="5"/>
     </row>
     <row r="463" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A463" s="1"/>
       <c r="B463" s="1">
         <v>868618</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>1719</v>
+        <v>1715</v>
       </c>
       <c r="D463" s="1"/>
       <c r="E463" s="2" t="s">
-        <v>1720</v>
+        <v>1716</v>
       </c>
       <c r="F463" s="2" t="s">
-        <v>1721</v>
+        <v>1717</v>
       </c>
       <c r="G463" s="2">
         <v>0</v>
       </c>
       <c r="H463" s="2">
         <v>0</v>
       </c>
       <c r="I463" s="1">
         <v>0</v>
       </c>
       <c r="J463" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K463" s="2" t="str">
         <f>J463*4211.20</f>
         <v>0</v>
       </c>
       <c r="L463" s="5"/>
     </row>
     <row r="464" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A464" s="1"/>
       <c r="B464" s="1">
         <v>877728</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>1722</v>
+        <v>1718</v>
       </c>
       <c r="D464" s="1"/>
       <c r="E464" s="2" t="s">
-        <v>1723</v>
+        <v>1719</v>
       </c>
       <c r="F464" s="2" t="s">
-        <v>1724</v>
+        <v>1720</v>
       </c>
       <c r="G464" s="2">
         <v>0</v>
       </c>
       <c r="H464" s="2">
         <v>0</v>
       </c>
       <c r="I464" s="1">
         <v>0</v>
       </c>
       <c r="J464" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K464" s="2" t="str">
         <f>J464*4648.00</f>
         <v>0</v>
       </c>
       <c r="L464" s="5"/>
     </row>
     <row r="465" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A465" s="1"/>
       <c r="B465" s="1">
         <v>868611</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>1725</v>
+        <v>1721</v>
       </c>
       <c r="D465" s="1"/>
       <c r="E465" s="2" t="s">
-        <v>1726</v>
+        <v>1722</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>1727</v>
+        <v>1723</v>
       </c>
       <c r="G465" s="2">
         <v>0</v>
       </c>
       <c r="H465" s="2">
         <v>0</v>
       </c>
       <c r="I465" s="1">
         <v>0</v>
       </c>
       <c r="J465" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K465" s="2" t="str">
         <f>J465*5820.80</f>
         <v>0</v>
       </c>
       <c r="L465" s="5"/>
     </row>
     <row r="466" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A466" s="1"/>
       <c r="B466" s="1">
         <v>868612</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>1728</v>
+        <v>1724</v>
       </c>
       <c r="D466" s="1"/>
       <c r="E466" s="2" t="s">
-        <v>1729</v>
+        <v>1725</v>
       </c>
       <c r="F466" s="2" t="s">
-        <v>1730</v>
+        <v>1726</v>
       </c>
       <c r="G466" s="2">
         <v>0</v>
       </c>
       <c r="H466" s="2">
         <v>0</v>
       </c>
       <c r="I466" s="1">
         <v>0</v>
       </c>
       <c r="J466" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K466" s="2" t="str">
         <f>J466*6044.80</f>
         <v>0</v>
       </c>
       <c r="L466" s="5"/>
     </row>
     <row r="467" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A467" s="1"/>
       <c r="B467" s="1">
         <v>868613</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>1731</v>
+        <v>1727</v>
       </c>
       <c r="D467" s="1"/>
       <c r="E467" s="2" t="s">
-        <v>1732</v>
+        <v>1728</v>
       </c>
       <c r="F467" s="2" t="s">
-        <v>1733</v>
+        <v>1729</v>
       </c>
       <c r="G467" s="2">
         <v>0</v>
       </c>
       <c r="H467" s="2">
         <v>0</v>
       </c>
       <c r="I467" s="1">
         <v>0</v>
       </c>
       <c r="J467" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K467" s="2" t="str">
         <f>J467*6334.40</f>
         <v>0</v>
       </c>
       <c r="L467" s="5"/>
     </row>
     <row r="468" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A468" s="1"/>
       <c r="B468" s="1">
         <v>879198</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>1734</v>
+        <v>1730</v>
       </c>
       <c r="D468" s="1" t="s">
-        <v>1735</v>
+        <v>1731</v>
       </c>
       <c r="E468" s="2" t="s">
-        <v>1736</v>
+        <v>1732</v>
       </c>
       <c r="F468" s="2" t="s">
-        <v>1737</v>
+        <v>1733</v>
       </c>
       <c r="G468" s="2">
         <v>10</v>
       </c>
       <c r="H468" s="2">
         <v>0</v>
       </c>
       <c r="I468" s="1">
         <v>0</v>
       </c>
       <c r="J468" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K468" s="2" t="str">
         <f>J468*2863.44</f>
         <v>0</v>
       </c>
       <c r="L468" s="5"/>
     </row>
     <row r="469" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A469" s="1"/>
       <c r="B469" s="1">
         <v>879199</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>1738</v>
+        <v>1734</v>
       </c>
       <c r="D469" s="1" t="s">
-        <v>1739</v>
+        <v>1735</v>
       </c>
       <c r="E469" s="2" t="s">
-        <v>1740</v>
+        <v>1736</v>
       </c>
       <c r="F469" s="2" t="s">
-        <v>1741</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>1737</v>
+      </c>
+      <c r="G469" s="2">
+        <v>9</v>
       </c>
       <c r="H469" s="2">
         <v>0</v>
       </c>
       <c r="I469" s="1">
         <v>0</v>
       </c>
       <c r="J469" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K469" s="2" t="str">
         <f>J469*3451.00</f>
         <v>0</v>
       </c>
       <c r="L469" s="5"/>
     </row>
     <row r="470" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A470" s="1"/>
       <c r="B470" s="1">
         <v>879200</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>1742</v>
+        <v>1738</v>
       </c>
       <c r="D470" s="1" t="s">
-        <v>1743</v>
+        <v>1739</v>
       </c>
       <c r="E470" s="2" t="s">
-        <v>1744</v>
+        <v>1740</v>
       </c>
       <c r="F470" s="2" t="s">
-        <v>1745</v>
+        <v>1741</v>
       </c>
       <c r="G470" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="H470" s="2">
         <v>0</v>
       </c>
       <c r="I470" s="1">
         <v>0</v>
       </c>
       <c r="J470" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K470" s="2" t="str">
         <f>J470*4020.71</f>
         <v>0</v>
       </c>
       <c r="L470" s="5"/>
     </row>
     <row r="471" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A471" s="1"/>
       <c r="B471" s="1">
         <v>882881</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>1746</v>
+        <v>1742</v>
       </c>
       <c r="D471" s="1" t="s">
-        <v>1747</v>
+        <v>1743</v>
       </c>
       <c r="E471" s="2" t="s">
-        <v>1748</v>
+        <v>1744</v>
       </c>
       <c r="F471" s="2" t="s">
-        <v>1749</v>
+        <v>1745</v>
       </c>
       <c r="G471" s="2">
         <v>5</v>
       </c>
       <c r="H471" s="2">
         <v>0</v>
       </c>
       <c r="I471" s="1">
         <v>0</v>
       </c>
       <c r="J471" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K471" s="2" t="str">
         <f>J471*4871.56</f>
         <v>0</v>
       </c>
       <c r="L471" s="5"/>
     </row>
     <row r="472" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A472" s="1"/>
       <c r="B472" s="1">
         <v>882882</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>1750</v>
+        <v>1746</v>
       </c>
       <c r="D472" s="1" t="s">
-        <v>1751</v>
+        <v>1747</v>
       </c>
       <c r="E472" s="2" t="s">
-        <v>1752</v>
+        <v>1748</v>
       </c>
       <c r="F472" s="2" t="s">
-        <v>1753</v>
+        <v>1749</v>
       </c>
       <c r="G472" s="2">
         <v>5</v>
       </c>
       <c r="H472" s="2">
         <v>0</v>
       </c>
       <c r="I472" s="1">
         <v>0</v>
       </c>
       <c r="J472" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K472" s="2" t="str">
         <f>J472*5429.38</f>
         <v>0</v>
       </c>
       <c r="L472" s="5"/>
     </row>
     <row r="473" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A473" s="1"/>
       <c r="B473" s="1">
         <v>883946</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>1754</v>
+        <v>1750</v>
       </c>
       <c r="D473" s="1" t="s">
-        <v>1755</v>
+        <v>1751</v>
       </c>
       <c r="E473" s="2" t="s">
-        <v>1756</v>
+        <v>1752</v>
       </c>
       <c r="F473" s="2" t="s">
-        <v>1757</v>
+        <v>1753</v>
       </c>
       <c r="G473" s="2">
         <v>1</v>
       </c>
       <c r="H473" s="2">
         <v>0</v>
       </c>
       <c r="I473" s="1">
         <v>0</v>
       </c>
       <c r="J473" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K473" s="2" t="str">
         <f>J473*6491.45</f>
         <v>0</v>
       </c>
       <c r="L473" s="5"/>
     </row>
     <row r="474" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A474" s="1"/>
       <c r="B474" s="1">
         <v>883947</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>1758</v>
+        <v>1754</v>
       </c>
       <c r="D474" s="1" t="s">
-        <v>1759</v>
+        <v>1755</v>
       </c>
       <c r="E474" s="2" t="s">
-        <v>1760</v>
+        <v>1756</v>
       </c>
       <c r="F474" s="2" t="s">
-        <v>1761</v>
+        <v>1757</v>
       </c>
       <c r="G474" s="2">
         <v>1</v>
       </c>
       <c r="H474" s="2">
         <v>0</v>
       </c>
       <c r="I474" s="1">
         <v>0</v>
       </c>
       <c r="J474" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K474" s="2" t="str">
         <f>J474*6994.23</f>
         <v>0</v>
       </c>
       <c r="L474" s="5"/>
     </row>
     <row r="475" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A475" s="1"/>
       <c r="B475" s="1">
         <v>885820</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>1762</v>
+        <v>1758</v>
       </c>
       <c r="D475" s="1" t="s">
-        <v>1763</v>
+        <v>1759</v>
       </c>
       <c r="E475" s="2" t="s">
-        <v>1764</v>
+        <v>1760</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>1765</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>1761</v>
+      </c>
+      <c r="G475" s="2">
+        <v>8</v>
       </c>
       <c r="H475" s="2">
         <v>0</v>
       </c>
       <c r="I475" s="1">
         <v>0</v>
       </c>
       <c r="J475" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K475" s="2" t="str">
         <f>J475*1838.55</f>
         <v>0</v>
       </c>
       <c r="L475" s="5"/>
     </row>
     <row r="476" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A476" s="1"/>
       <c r="B476" s="1">
         <v>885821</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>1766</v>
+        <v>1762</v>
       </c>
       <c r="D476" s="1" t="s">
-        <v>1767</v>
+        <v>1763</v>
       </c>
       <c r="E476" s="2" t="s">
-        <v>1768</v>
+        <v>1764</v>
       </c>
       <c r="F476" s="2" t="s">
-        <v>1769</v>
+        <v>1765</v>
       </c>
       <c r="G476" s="2">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="H476" s="2">
         <v>0</v>
       </c>
       <c r="I476" s="1">
         <v>0</v>
       </c>
       <c r="J476" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K476" s="2" t="str">
         <f>J476*2052.75</f>
         <v>0</v>
       </c>
       <c r="L476" s="5"/>
     </row>
     <row r="477" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A477" s="1"/>
       <c r="B477" s="1">
         <v>885822</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>1770</v>
+        <v>1766</v>
       </c>
       <c r="D477" s="1" t="s">
-        <v>1771</v>
+        <v>1767</v>
       </c>
       <c r="E477" s="2" t="s">
-        <v>1772</v>
+        <v>1768</v>
       </c>
       <c r="F477" s="2" t="s">
-        <v>1773</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>1769</v>
+      </c>
+      <c r="G477" s="2">
+        <v>8</v>
       </c>
       <c r="H477" s="2">
         <v>0</v>
       </c>
       <c r="I477" s="1">
         <v>0</v>
       </c>
       <c r="J477" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K477" s="2" t="str">
         <f>J477*2262.49</f>
         <v>0</v>
       </c>
       <c r="L477" s="5"/>
     </row>
     <row r="478" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A478" s="1"/>
       <c r="B478" s="1">
         <v>885823</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>1774</v>
+        <v>1770</v>
       </c>
       <c r="D478" s="1" t="s">
-        <v>1775</v>
+        <v>1771</v>
       </c>
       <c r="E478" s="2" t="s">
-        <v>1776</v>
+        <v>1772</v>
       </c>
       <c r="F478" s="2" t="s">
-        <v>1777</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>1773</v>
+      </c>
+      <c r="G478" s="2">
+        <v>4</v>
       </c>
       <c r="H478" s="2">
         <v>0</v>
       </c>
       <c r="I478" s="1">
         <v>0</v>
       </c>
       <c r="J478" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K478" s="2" t="str">
         <f>J478*2436.53</f>
         <v>0</v>
       </c>
       <c r="L478" s="5"/>
     </row>
     <row r="479" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A479" s="1"/>
       <c r="B479" s="1">
         <v>885824</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>1778</v>
+        <v>1774</v>
       </c>
       <c r="D479" s="1" t="s">
-        <v>1779</v>
+        <v>1775</v>
       </c>
       <c r="E479" s="2" t="s">
-        <v>1780</v>
+        <v>1776</v>
       </c>
       <c r="F479" s="2" t="s">
-        <v>1781</v>
+        <v>1777</v>
       </c>
       <c r="G479" s="2">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="H479" s="2">
         <v>0</v>
       </c>
       <c r="I479" s="1">
         <v>0</v>
       </c>
       <c r="J479" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K479" s="2" t="str">
         <f>J479*2591.23</f>
         <v>0</v>
       </c>
       <c r="L479" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A396:K396"/>
     <mergeCell ref="A440:K440"/>
     <mergeCell ref="A459:K459"/>