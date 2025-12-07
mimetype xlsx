--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -88,819 +88,819 @@
   <si>
     <t>467.00 руб.</t>
   </si>
   <si>
     <t>&gt;100</t>
   </si>
   <si>
     <t>&gt;5000</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>VLC-414002</t>
   </si>
   <si>
     <t>VT.392.N.05</t>
   </si>
   <si>
     <t>Кран шар. угловой для подкл. с/т приборов 1/2"х3/4"   (14 /168шт)</t>
   </si>
   <si>
     <t>478.00 руб.</t>
   </si>
   <si>
+    <t>&gt;1000</t>
+  </si>
+  <si>
     <t>VLC-414004</t>
   </si>
   <si>
     <t>VT.230.N.05</t>
   </si>
   <si>
     <t>Вентиль для подкл. с/т приборов 3/4"х3/4"х3/4" (1 /90шт)</t>
   </si>
   <si>
     <t>1 083.00 руб.</t>
   </si>
   <si>
     <t>VLC-414005</t>
   </si>
   <si>
     <t>VT.240.N.04</t>
   </si>
   <si>
     <t>Вентиль угловой для подкл. с/т приборов 1/2"х1/2" (1 /90шт)</t>
   </si>
   <si>
     <t>648.00 руб.</t>
   </si>
   <si>
     <t>VLC-414007</t>
   </si>
   <si>
     <t>VT.240.N.0405</t>
   </si>
   <si>
     <t>Вентиль угл. для подкл. с/т приборов 1/2"х3/4"  (1 /90шт)</t>
   </si>
   <si>
     <t>777.00 руб.</t>
   </si>
   <si>
+    <t>VLC-414008</t>
+  </si>
+  <si>
+    <t>VT.240.TN.0405</t>
+  </si>
+  <si>
+    <t>Вентиль угловой для подкл. с/т приборов 1/2"х3/4"  (1 /90шт)</t>
+  </si>
+  <si>
+    <t>803.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-414009</t>
+  </si>
+  <si>
+    <t>VT.255.N.04</t>
+  </si>
+  <si>
+    <t>Вентиль-тройник  для подкл. с/т приборов 1/2"х3/4"х1/2"  (1 /90шт)</t>
+  </si>
+  <si>
+    <t>674.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-414010</t>
+  </si>
+  <si>
+    <t>VT.256.N.04</t>
+  </si>
+  <si>
+    <t>Кран шар. для подкл. с/т приборов 1/2"х3/4"х1/2"  (1 /90шт)</t>
+  </si>
+  <si>
+    <t>529.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-414011</t>
+  </si>
+  <si>
+    <t>VT.281.N.0410</t>
+  </si>
+  <si>
+    <t>Вентиль для подкл. смесителя 1/2"хМ10 стар. арт. 7681  (1 /90шт)</t>
+  </si>
+  <si>
+    <t>519.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-414012</t>
+  </si>
+  <si>
+    <t>VT.281.GBC.0403</t>
+  </si>
+  <si>
+    <t>Вентиль для подключения с/т приборов 1/2"х3/8"</t>
+  </si>
+  <si>
+    <t>536.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-414013</t>
+  </si>
+  <si>
+    <t>VT.281.GBC.0404</t>
+  </si>
+  <si>
+    <t>Вентиль для подключения с/т приборов 1/2"х1/2"</t>
+  </si>
+  <si>
+    <t>VLC-414014</t>
+  </si>
+  <si>
+    <t>VT.281.GBC.0410</t>
+  </si>
+  <si>
+    <t>Вентиль для подключения с/т приборов 1/2"хМ10</t>
+  </si>
+  <si>
+    <t>VLC-414015</t>
+  </si>
+  <si>
+    <t>VT.282.N.0410</t>
+  </si>
+  <si>
+    <t>Кран шар. угловой с фильтром для подкл. с/т приборов 1/2"хМ10 стар. арт. 7682</t>
+  </si>
+  <si>
+    <t>634.00 руб.</t>
+  </si>
+  <si>
+    <t>&gt;500</t>
+  </si>
+  <si>
+    <t>VLC-414016</t>
+  </si>
+  <si>
+    <t>VT.282.N.0404</t>
+  </si>
+  <si>
+    <t>Кран шар. угловой с фильтром для подкл. с/т приборов 1/2"х1/2" стар. арт. 7682</t>
+  </si>
+  <si>
+    <t>600.00 руб.</t>
+  </si>
+  <si>
+    <t>&gt;10</t>
+  </si>
+  <si>
+    <t>VLC-414017</t>
+  </si>
+  <si>
+    <t>VT.282.N.0405</t>
+  </si>
+  <si>
+    <t>Кран шар. угловой с фильтром для подкл. с/т приборов 1/2"х3/4" стар. арт. 7682</t>
+  </si>
+  <si>
+    <t>VLC-414018</t>
+  </si>
+  <si>
+    <t>VT.282.GBC.0403</t>
+  </si>
+  <si>
+    <t>Вентиль с фильтром для подключения с/т приборов 1/2"х3/8"</t>
+  </si>
+  <si>
+    <t>887.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-414019</t>
+  </si>
+  <si>
+    <t>VT.282.GBC.0404</t>
+  </si>
+  <si>
+    <t>Вентиль с фильтром для подключения с/т приборов 1/2"х1/2"</t>
+  </si>
+  <si>
+    <t>844.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-414020</t>
+  </si>
+  <si>
+    <t>VT.282.GBC.0405</t>
+  </si>
+  <si>
+    <t>Вентиль с фильтром для подключения с/т приборов 1/2"х3/4"</t>
+  </si>
+  <si>
+    <t>951.00 руб.</t>
+  </si>
+  <si>
     <t>&gt;25</t>
   </si>
   <si>
-    <t>VLC-414008</t>
-[...152 lines deleted...]
-    <t>951.00 руб.</t>
+    <t>VLC-414021</t>
+  </si>
+  <si>
+    <t>VT.282.GBC.0410</t>
+  </si>
+  <si>
+    <t>Вентиль с фильтром для подключения с/т приборов 1/2"хМ10</t>
   </si>
   <si>
     <t>&gt;50</t>
   </si>
   <si>
-    <t>VLC-414021</t>
-[...7 lines deleted...]
-  <si>
     <t>Краны для бытовой техники VIEIR</t>
   </si>
   <si>
     <t>VER-000883</t>
   </si>
   <si>
     <t>VER66</t>
   </si>
   <si>
     <t>Кран угловой из нерж. стали с керамической кран-буксой 1/2 x 1/2"(100/1шт)</t>
   </si>
   <si>
-    <t>245.53 руб.</t>
+    <t>245.44 руб.</t>
   </si>
   <si>
     <t>VER-000884</t>
   </si>
   <si>
     <t>VER67</t>
   </si>
   <si>
     <t>Кран угловой из нерж. стали с керамической кран-буксой 1/2 x 1/2"(100/1пара)</t>
   </si>
   <si>
-    <t>394.34 руб.</t>
+    <t>394.19 руб.</t>
   </si>
   <si>
     <t>VER-000885</t>
   </si>
   <si>
     <t>VER68</t>
   </si>
   <si>
     <t>Кран трехпроходной из нерж. стали для подключения лейки биде и бочка унитаза 1/2 x1/2 x 1/2" (100/1ш</t>
   </si>
   <si>
-    <t>224.70 руб.</t>
+    <t>224.61 руб.</t>
   </si>
   <si>
     <t>VER-000886</t>
   </si>
   <si>
     <t>VER75</t>
   </si>
   <si>
     <t>Кран трехпроходной из нерж. стали для подключения лейки биде и бочка унитаза 1/2 x3/4 x 1/2" (100/1ш</t>
   </si>
   <si>
-    <t>241.07 руб.</t>
+    <t>240.98 руб.</t>
   </si>
   <si>
     <t>VER-000887</t>
   </si>
   <si>
     <t>VER69-C</t>
   </si>
   <si>
     <t>Кран угловой из нерж. стали с отражателем, черный 1/2 x1/2" (100/1шт)</t>
   </si>
   <si>
-    <t>203.87 руб.</t>
+    <t>203.79 руб.</t>
   </si>
   <si>
     <t>VER-000888</t>
   </si>
   <si>
     <t>VER70-C</t>
   </si>
   <si>
     <t>Кран угловой из нерж. стали с отражателем, черный 1/2 x3/4 " (100/1шт)</t>
   </si>
   <si>
-    <t>221.72 руб.</t>
+    <t>221.64 руб.</t>
   </si>
   <si>
     <t>VER-000889</t>
   </si>
   <si>
     <t>VER69-L</t>
   </si>
   <si>
     <t>Кран угловой из нерж. стали с отражателем, хром 1/2 x1/2" (100/1шт)</t>
   </si>
   <si>
-    <t>197.91 руб.</t>
+    <t>197.84 руб.</t>
   </si>
   <si>
     <t>VER-000890</t>
   </si>
   <si>
     <t>VER70-L</t>
   </si>
   <si>
     <t>Кран угловой из нерж. стали с отражателем,  хром 1/2 x3/4 " (100/1шт)</t>
   </si>
   <si>
-    <t>215.77 руб.</t>
+    <t>215.69 руб.</t>
   </si>
   <si>
     <t>VER-000891</t>
   </si>
   <si>
     <t>VER71</t>
   </si>
   <si>
     <t>Кран угловой из нерж. стали с керамической кран-буксой 1/2 x1/2 " (100/1шт)</t>
   </si>
   <si>
-    <t>200.89 руб.</t>
+    <t>200.81 руб.</t>
   </si>
   <si>
     <t>VER-000892</t>
   </si>
   <si>
     <t>VER72</t>
   </si>
   <si>
     <t>Кран угловой из нерж. стали с керамической кран-буксой 1/2 x3/4 " (100/1шт)</t>
   </si>
   <si>
-    <t>218.75 руб.</t>
+    <t>218.66 руб.</t>
   </si>
   <si>
     <t>VER-000893</t>
   </si>
   <si>
     <t>VER73-C</t>
   </si>
   <si>
     <t>Кран угловой из нерж. стали с керамической кран-буксой, черный 1/2 x1/2" (100/1шт)</t>
   </si>
   <si>
-    <t>211.31 руб.</t>
+    <t>211.23 руб.</t>
   </si>
   <si>
     <t>VER-000894</t>
   </si>
   <si>
     <t>VER74-C</t>
   </si>
   <si>
     <t>Кран угловой из нерж. стали с керамической кран-буксой, черный 1/2 x3/4" (100/1шт)</t>
   </si>
   <si>
-    <t>230.65 руб.</t>
+    <t>230.56 руб.</t>
   </si>
   <si>
     <t>VER-000895</t>
   </si>
   <si>
     <t>VER73-L</t>
   </si>
   <si>
     <t>Кран угловой из нерж. стали с керамической кран-буксой, хром 1/2 x1/2" (100/1шт)</t>
   </si>
   <si>
     <t>VER-000896</t>
   </si>
   <si>
     <t>VER74-L</t>
   </si>
   <si>
     <t>Кран угловой из нерж. стали с керамической кран-буксой, хром 1/2 x3/4" (100/1шт)</t>
   </si>
   <si>
-    <t>223.21 руб.</t>
+    <t>223.13 руб.</t>
   </si>
   <si>
     <t>ZAP-210001</t>
   </si>
   <si>
     <t>VER343</t>
   </si>
   <si>
     <t>кран шар. для подкл. стиральных приборов 1/2"х3/4"х1/2" (VER343) никель(10/80шт)</t>
   </si>
   <si>
-    <t>316.96 руб.</t>
+    <t>316.84 руб.</t>
   </si>
   <si>
     <t>ZAP-210002</t>
   </si>
   <si>
     <t>VER33</t>
   </si>
   <si>
     <t>кран шар. угловой мат.хром для подкл. с/т приборов с отраж. 1/2"х1/2" (20/80шт)</t>
   </si>
   <si>
-    <t>325.89 руб.</t>
+    <t>325.76 руб.</t>
   </si>
   <si>
     <t>ZAP-210003</t>
   </si>
   <si>
     <t>VER34</t>
   </si>
   <si>
     <t>кран шар. угловой мат.хром для подкл. с/т приборов с отраж. 1/2"х3/4" (15/60шт)</t>
   </si>
   <si>
-    <t>337.79 руб.</t>
+    <t>337.66 руб.</t>
   </si>
   <si>
     <t>ZAP-210004</t>
   </si>
   <si>
     <t>VER45</t>
   </si>
   <si>
     <t>кран шар. угловой хром для подкл. с/т приборов с отраж. 1/2"х1/2" (1/100шт)</t>
   </si>
   <si>
-    <t>297.61 руб.</t>
+    <t>297.50 руб.</t>
   </si>
   <si>
     <t>ZAP-210005</t>
   </si>
   <si>
     <t>VER46</t>
   </si>
   <si>
     <t>кран шар. угловой хром для подкл. с/т приборов с отраж. 1/2"х3/4" (1/100шт)</t>
   </si>
   <si>
-    <t>309.52 руб.</t>
+    <t>309.40 руб.</t>
   </si>
   <si>
     <t>ZAP-210006</t>
   </si>
   <si>
     <t>VER36</t>
   </si>
   <si>
     <t>кран шар. угловой хром для подкл. с/т приборов с отраж. 1/2"х1/2" (1/100шт) декор.</t>
   </si>
   <si>
-    <t>510.41 руб.</t>
+    <t>510.21 руб.</t>
   </si>
   <si>
     <t>ZAP-210007</t>
   </si>
   <si>
     <t>VER39</t>
   </si>
   <si>
     <t>кран шар. угловой хром для подкл. с/т приборов с отраж. 1/2"х3/4" (1/100шт) декор.</t>
   </si>
   <si>
-    <t>535.71 руб.</t>
+    <t>535.50 руб.</t>
   </si>
   <si>
     <t>ZAP-210008</t>
   </si>
   <si>
     <t>VER37</t>
   </si>
   <si>
     <t>кран шар. угловой хром для подкл. с/т приборов с отраж. 1/2"х1/2" (1/100шт) декор. ручка</t>
   </si>
   <si>
-    <t>428.56 руб.</t>
+    <t>428.40 руб.</t>
   </si>
   <si>
     <t>ZAP-210009</t>
   </si>
   <si>
     <t>VER40</t>
   </si>
   <si>
     <t>кран шар. угловой хром для подкл. с/т приборов с отраж. 1/2"х3/4" (1/100шт) декор. ручка</t>
   </si>
   <si>
-    <t>458.33 руб.</t>
+    <t>458.15 руб.</t>
   </si>
   <si>
     <t>ZAP-210010</t>
   </si>
   <si>
     <t>VER38</t>
   </si>
   <si>
     <t>кран шар. угловой хром для подкл. с/т приборов с отраж. 1/2"х1/2" (1/100шт) декор. ручка квадрат</t>
   </si>
   <si>
-    <t>544.63 руб.</t>
+    <t>544.43 руб.</t>
   </si>
   <si>
     <t>ZAP-210011</t>
   </si>
   <si>
     <t>VER41</t>
   </si>
   <si>
     <t>кран шар. угловой хром для подкл. с/т приборов с отраж. 1/2"х3/4" (1/100шт) декор. ручка квадрат</t>
   </si>
   <si>
-    <t>599.69 руб.</t>
+    <t>599.46 руб.</t>
   </si>
   <si>
     <t>ZAP-210012</t>
   </si>
   <si>
     <t>VP48</t>
   </si>
   <si>
     <t xml:space="preserve">набор в блистере кран шар. угловой для подкл. с/т приборов с отраж. 1/2"х1/2" (1/80шт) декор. ручка </t>
   </si>
   <si>
-    <t>1 035.70 руб.</t>
+    <t>1 035.30 руб.</t>
   </si>
   <si>
     <t>ZAP-210013</t>
   </si>
   <si>
     <t>VP47</t>
   </si>
   <si>
-    <t>933.02 руб.</t>
+    <t>932.66 руб.</t>
   </si>
   <si>
     <t>ZAP-210014</t>
   </si>
   <si>
     <t>VR170</t>
   </si>
   <si>
     <t>кран шар. мини 1/2" вн-вн (25/100шт)</t>
   </si>
   <si>
-    <t>324.40 руб.</t>
+    <t>324.28 руб.</t>
   </si>
   <si>
     <t>ZAP-210015</t>
   </si>
   <si>
     <t>VR171</t>
   </si>
   <si>
     <t>кран шар. мини 1/2" вн-нар (18/100шт)</t>
   </si>
   <si>
-    <t>308.03 руб.</t>
+    <t>307.91 руб.</t>
   </si>
   <si>
     <t>ZAP-210016</t>
   </si>
   <si>
     <t>VR172</t>
   </si>
   <si>
     <t>кран шар. мини 1/2" нар-нар (18/100шт)</t>
   </si>
   <si>
-    <t>303.57 руб.</t>
+    <t>303.45 руб.</t>
   </si>
   <si>
     <t>ZAP-210017</t>
   </si>
   <si>
     <t>VER343X</t>
   </si>
   <si>
     <t>кран шар. для подкл. стиральных приборов в блистере 1/2"х3/4"х1/2" ХРОМ  (10/120шт)</t>
   </si>
   <si>
-    <t>363.09 руб.</t>
+    <t>362.95 руб.</t>
   </si>
   <si>
     <t>ZAP-210018</t>
   </si>
   <si>
     <t>GL182</t>
   </si>
   <si>
     <t>кран тройник для трубки фильтра 1/2" VR (2шт в упаковке)  (2/60шт)</t>
   </si>
   <si>
     <t>ZAP-210020</t>
   </si>
   <si>
     <t>VRFF3</t>
   </si>
   <si>
     <t>кран шар. мини хром 1/2" вн-вн (10/200шт)</t>
   </si>
   <si>
-    <t>321.42 руб.</t>
+    <t>321.30 руб.</t>
   </si>
   <si>
     <t>ZAP-210021</t>
   </si>
   <si>
     <t>VRFH3</t>
   </si>
   <si>
     <t>кран шар. мини хром 1/2" вн-нар (10/200шт)</t>
   </si>
   <si>
-    <t>334.82 руб.</t>
+    <t>334.69 руб.</t>
   </si>
   <si>
     <t>ZAP-210022</t>
   </si>
   <si>
     <t>VRHH3</t>
   </si>
   <si>
     <t>кран шар. мини хром 1/2" нар-нар (10/200шт)</t>
   </si>
   <si>
-    <t>270.83 руб.</t>
+    <t>270.73 руб.</t>
   </si>
   <si>
     <t>ZAP-210023</t>
   </si>
   <si>
     <t>VER52</t>
   </si>
   <si>
     <t>вентиль хром для подкл. стиральных приборов 1/2"х3/4"х1/2" (1/120шт)</t>
   </si>
   <si>
-    <t>254.46 руб.</t>
+    <t>254.36 руб.</t>
   </si>
   <si>
     <t>ZAP-210024</t>
   </si>
   <si>
     <t>VER54</t>
   </si>
   <si>
     <t>Кран угловой хромированный 1/2 х1/2   VIEIR  хром(120/1шт)</t>
   </si>
   <si>
     <t>ZAP-210025</t>
   </si>
   <si>
     <t>VER55</t>
   </si>
   <si>
     <t>Кран угловой хромированный 1/2 х3/4   VIEIR  хром(120/1шт)</t>
   </si>
   <si>
-    <t>342.26 руб.</t>
+    <t>342.13 руб.</t>
   </si>
   <si>
     <t>ZAP-210026</t>
   </si>
   <si>
     <t>VER56</t>
   </si>
   <si>
     <t>Кран-цанга угловой хромированный 1/2 х3/8 х10мм  VIEIR  хром(120/1шт)</t>
   </si>
   <si>
-    <t>351.18 руб.</t>
+    <t>351.05 руб.</t>
   </si>
   <si>
     <t>ZAP-210027</t>
   </si>
   <si>
     <t>VER57</t>
   </si>
   <si>
     <t>Венитиль угловой хромированный 1/2 х1/2   VIEIR  хром(120/1шт)</t>
   </si>
   <si>
-    <t>313.98 руб.</t>
+    <t>313.86 руб.</t>
   </si>
   <si>
     <t>ZAP-210028</t>
   </si>
   <si>
     <t>VER58</t>
   </si>
   <si>
     <t>Венитиль угловой хромированный 1/2 х3/4   VIEIR  хром(120/1шт)</t>
   </si>
   <si>
-    <t>331.84 руб.</t>
+    <t>331.71 руб.</t>
   </si>
   <si>
     <t>ZAP-210029</t>
   </si>
   <si>
     <t>VER59</t>
   </si>
   <si>
     <t>Венитиль-цанга угловой хромированный 1/2 х3/8 х10мм  VIEIR  хром(120/1шт)</t>
   </si>
   <si>
     <t>ZAP-210030</t>
   </si>
   <si>
     <t>GZR33</t>
   </si>
   <si>
     <t>Угловой кран   1/2 -1/2  LUX Ganzer  хром (60/1шт)</t>
   </si>
   <si>
-    <t>385.41 руб.</t>
+    <t>385.26 руб.</t>
   </si>
   <si>
     <t>ZAP-210031</t>
   </si>
   <si>
     <t>GZR34</t>
   </si>
   <si>
     <t>Угловой кран   1/2 -3/4  LUX Ganzer  хром (60/1шт)</t>
   </si>
   <si>
-    <t>415.17 руб.</t>
+    <t>415.01 руб.</t>
   </si>
   <si>
     <t>ZAP-210034</t>
   </si>
   <si>
     <t>GZRL33</t>
   </si>
   <si>
     <t>Угловой кран   1/2 -1/2  VER-PRO мат. хром   (100/1шт)</t>
   </si>
   <si>
-    <t>479.16 руб.</t>
+    <t>478.98 руб.</t>
   </si>
   <si>
     <t>ZAP-210035</t>
   </si>
   <si>
     <t>GZRL34</t>
   </si>
   <si>
     <t>Угловой кран   1/2 -3/4   VER-PRO мат. хром  LUX (100шт)</t>
   </si>
   <si>
-    <t>440.47 руб.</t>
+    <t>440.30 руб.</t>
   </si>
   <si>
     <t>ZAP-210036</t>
   </si>
   <si>
     <t>GZRL343</t>
   </si>
   <si>
     <t>Угловой кран   3-х.проход.для стир-машины   VER-PRO мат. хром  LUX (100шт)</t>
   </si>
   <si>
-    <t>369.04 руб.</t>
+    <t>368.90 руб.</t>
   </si>
   <si>
     <t>ZAP-210040</t>
   </si>
   <si>
     <t>VER36-F</t>
   </si>
   <si>
     <t>Кран угловой с отражателем1/2"x1/2" БЕЛЫЙ"ViEiR" (120/1шт)</t>
   </si>
   <si>
-    <t>617.55 руб.</t>
+    <t>617.31 руб.</t>
   </si>
   <si>
     <t>ZAP-210041</t>
   </si>
   <si>
     <t>VER36-С</t>
   </si>
   <si>
     <t>Кран угловой с отражателем1/2"x1/2" ЧЕРНЫЙ"ViEiR" (120/1шт)</t>
   </si>
   <si>
     <t>Отражатели</t>
   </si>
   <si>
     <t>VLC-414003</t>
   </si>
   <si>
     <t>VT.514.C.04</t>
   </si>
   <si>
     <t>Чашка декоративная (хромированная)  (10 /1200шт)</t>
   </si>
   <si>
     <t>28.00 руб.</t>
   </si>
@@ -940,201 +940,201 @@
   <si>
     <t>11.90 руб.</t>
   </si>
   <si>
     <t>ZAP-230003</t>
   </si>
   <si>
     <t>VR51</t>
   </si>
   <si>
     <t>отражатель 1" плоский (20шт)</t>
   </si>
   <si>
     <t>13.39 руб.</t>
   </si>
   <si>
     <t>ZAP-230011</t>
   </si>
   <si>
     <t>VR2073</t>
   </si>
   <si>
     <t>отражатель латунь 1/2" глубокий</t>
   </si>
   <si>
-    <t>99.70 руб.</t>
+    <t>99.66 руб.</t>
   </si>
   <si>
     <t>ZAP-230012</t>
   </si>
   <si>
     <t>VR2074</t>
   </si>
   <si>
     <t>отражатель латунь 3/4" глубокий</t>
   </si>
   <si>
     <t>ZAP-230013</t>
   </si>
   <si>
     <t>VR2075</t>
   </si>
   <si>
     <t>отражатель латунь 1" глубокий (ширина 77мм, высота 32мм) в упаковке 2шт (2/40шт)</t>
   </si>
   <si>
-    <t>98.21 руб.</t>
+    <t>98.18 руб.</t>
   </si>
   <si>
     <t>ZAP-230014</t>
   </si>
   <si>
     <t>VR2083</t>
   </si>
   <si>
     <t>отражатель разъемный латунь 1/2"</t>
   </si>
   <si>
-    <t>77.38 руб.</t>
+    <t>77.35 руб.</t>
   </si>
   <si>
     <t>ZAP-230015</t>
   </si>
   <si>
     <t>VR2084</t>
   </si>
   <si>
     <t>отражатель разъемный латунь 3/4"</t>
   </si>
   <si>
-    <t>87.80 руб.</t>
+    <t>87.76 руб.</t>
   </si>
   <si>
     <t>ZAP-230016</t>
   </si>
   <si>
     <t>VR2085</t>
   </si>
   <si>
     <t>отражатель разъемный латунь 1"</t>
   </si>
   <si>
     <t>ZAP-230017</t>
   </si>
   <si>
     <t>VR2093</t>
   </si>
   <si>
     <t>отражатель 1/2" ЦИЛИНДР нержавейка для смесителя (10/640шт)</t>
   </si>
   <si>
     <t>20.83 руб.</t>
   </si>
   <si>
     <t>ZAP-230018</t>
   </si>
   <si>
     <t>VR2095</t>
   </si>
   <si>
     <t>отражатель 3/4" ЦИЛИНДР нержавейка для смесителя (10/640шт)</t>
   </si>
   <si>
-    <t>26.79 руб.</t>
+    <t>26.78 руб.</t>
   </si>
   <si>
     <t>ZAP-230019</t>
   </si>
   <si>
     <t>VR2092</t>
   </si>
   <si>
     <t>отражатель 1/2" КВАДРАТ нержавейка для смесителя (25/640шт)</t>
   </si>
   <si>
     <t>ZAP-230020</t>
   </si>
   <si>
     <t>VR2094</t>
   </si>
   <si>
     <t>отражатель 3/4" КВАДРАТ нержавейка для смесителя (22/640шт)</t>
   </si>
   <si>
     <t>ZAP-230021</t>
   </si>
   <si>
     <t>VR2089</t>
   </si>
   <si>
     <t>отражатель 1/2" глубокий нержавейка для смесителя (20/640шт)</t>
   </si>
   <si>
-    <t>31.25 руб.</t>
+    <t>31.24 руб.</t>
   </si>
   <si>
     <t>ZAP-230022</t>
   </si>
   <si>
     <t>VR2090</t>
   </si>
   <si>
     <t>отражатель 3/4" глубокий нержавейка для смесителя (20/640шт)</t>
   </si>
   <si>
     <t>ZAP-230023</t>
   </si>
   <si>
     <t>VR2091</t>
   </si>
   <si>
     <t>отражатель 1" глубокий нержавейка для смесителя (20/640шт)</t>
   </si>
   <si>
     <t>ZAP-230024</t>
   </si>
   <si>
     <t>00806</t>
   </si>
   <si>
     <t>отражатель белый пластик разъемный универсальный 15-25мм (40/280шт)</t>
   </si>
   <si>
     <t>26.37 руб.</t>
   </si>
   <si>
     <t>ZAP-230025</t>
   </si>
   <si>
     <t>VR2097</t>
   </si>
   <si>
     <t>Отражатель для смесителя 1/2  НЕРЖЕАВЕЙКА VIEIR (2/60шт)</t>
   </si>
   <si>
-    <t>68.45 руб.</t>
+    <t>68.43 руб.</t>
   </si>
   <si>
     <t>ZAP-230026</t>
   </si>
   <si>
     <t>VR2098</t>
   </si>
   <si>
     <t>Отражатель для смесителя 3/4  НЕРЖЕАВЕЙКА VIEIR (2/60шт)</t>
   </si>
   <si>
     <t>ZAP-230027</t>
   </si>
   <si>
     <t>VR2099</t>
   </si>
   <si>
     <t>Отражатель для смесителя 1  НЕРЖЕАВЕЙКА VIEIR (2/60шт)</t>
   </si>
   <si>
     <t>Краны для бытовой техники Solone</t>
   </si>
   <si>
     <t>ZAP-240001</t>
   </si>
@@ -1393,75 +1393,75 @@
   <si>
     <t>Кран угловой для подкл. с/т приборов 3 ВЫХОДА  1/2"х1/2" нерж. сталь (60шт)</t>
   </si>
   <si>
     <t>538.65 руб.</t>
   </si>
   <si>
     <t>OTM-110558</t>
   </si>
   <si>
     <t>Кран шаровый MINI 1/2" вн.-нар. ТМ (250шт)</t>
   </si>
   <si>
     <t>Краны для бытовой техники TEBO</t>
   </si>
   <si>
     <t>ALT-121001</t>
   </si>
   <si>
     <t>Т-КШ.С.555.1212.ХР.CN</t>
   </si>
   <si>
     <t>Кран шаровой угловой для ст. машины 1/2"х1/2" с отражателем TEBO (12/96)</t>
   </si>
   <si>
-    <t>415.27 руб.</t>
+    <t>400.95 руб.</t>
   </si>
   <si>
     <t>ALT-121002</t>
   </si>
   <si>
     <t>Т-КШ.С.555.1234.ХР.CN</t>
   </si>
   <si>
     <t>Кран шаровой угловой для ст. машины 1/2"х3/4" с отражателем TEBO (12/96)</t>
   </si>
   <si>
-    <t>431.79 руб.</t>
+    <t>416.90 руб.</t>
   </si>
   <si>
     <t>ALT-122009</t>
   </si>
   <si>
     <t>T-КШ.М.502.12.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой TEBO MINI ВН/НАР 1/2" (16/128)</t>
   </si>
   <si>
-    <t>419.79 руб.</t>
+    <t>405.32 руб.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -5534,156 +5534,156 @@
         <v>0</v>
       </c>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>810954</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="str">
         <f>J5*478.00</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>810956</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G6" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="str">
         <f>J6*1083.00</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>810957</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G7" s="2">
         <v>10</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="str">
         <f>J7*648.00</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>810959</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G8" s="2">
         <v>0</v>
       </c>
       <c r="H8" s="2" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*777.00</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>810960</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E9" s="2" t="s">
@@ -5706,2256 +5706,2256 @@
       </c>
       <c r="K9" s="2" t="str">
         <f>J9*803.00</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>810961</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G10" s="2">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="str">
         <f>J10*674.00</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>810962</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="2" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="str">
         <f>J11*529.00</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>810963</v>
       </c>
       <c r="C12" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="D12" s="1" t="s">
+      <c r="E12" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="E12" s="2" t="s">
+      <c r="F12" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="F12" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G12" s="2">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="str">
         <f>J12*519.00</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>810964</v>
       </c>
       <c r="C13" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D13" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="D13" s="1" t="s">
+      <c r="E13" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="G13" s="2">
         <v>0</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="str">
         <f>J13*536.00</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>810965</v>
       </c>
       <c r="C14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="E14" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="E14" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="2" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G14" s="2">
         <v>0</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="str">
         <f>J14*536.00</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>810966</v>
       </c>
       <c r="C15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D15" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="D15" s="1" t="s">
+      <c r="E15" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="E15" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="2" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G15" s="2">
         <v>0</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="str">
         <f>J15*536.00</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>810967</v>
       </c>
       <c r="C16" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D16" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="D16" s="1" t="s">
+      <c r="E16" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="E16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="F16" s="2" t="s">
+      <c r="G16" s="2">
+        <v>0</v>
+      </c>
+      <c r="H16" s="2" t="s">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="str">
         <f>J16*634.00</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>810968</v>
       </c>
       <c r="C17" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D17" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="D17" s="1" t="s">
+      <c r="E17" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="E17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="F17" s="2" t="s">
+      <c r="G17" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="G17" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H17" s="2" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="str">
         <f>J17*600.00</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>810969</v>
       </c>
       <c r="C18" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D18" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="D18" s="1" t="s">
+      <c r="E18" s="2" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G18" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="str">
         <f>J18*674.00</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>810970</v>
       </c>
       <c r="C19" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D19" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="D19" s="1" t="s">
+      <c r="E19" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="E19" s="2" t="s">
+      <c r="F19" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="F19" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G19" s="2">
         <v>0</v>
       </c>
-      <c r="H19" s="2" t="s">
-        <v>35</v>
+      <c r="H19" s="2">
+        <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="str">
         <f>J19*887.00</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>810971</v>
       </c>
       <c r="C20" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D20" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="D20" s="1" t="s">
+      <c r="E20" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="E20" s="2" t="s">
+      <c r="F20" s="2" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="G20" s="2">
         <v>0</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="str">
         <f>J20*844.00</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>810972</v>
       </c>
       <c r="C21" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D21" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="D21" s="1" t="s">
+      <c r="E21" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="E21" s="2" t="s">
+      <c r="F21" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="F21" s="2" t="s">
+      <c r="G21" s="2">
+        <v>0</v>
+      </c>
+      <c r="H21" s="2" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="str">
         <f>J21*951.00</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>810973</v>
       </c>
       <c r="C22" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D22" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="D22" s="1" t="s">
+      <c r="E22" s="2" t="s">
         <v>90</v>
       </c>
-      <c r="E22" s="2" t="s">
+      <c r="F22" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="G22" s="2">
+        <v>0</v>
+      </c>
+      <c r="H22" s="2" t="s">
         <v>91</v>
-      </c>
-[...7 lines deleted...]
-        <v>88</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="str">
         <f>J22*887.00</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" outlineLevel="1">
       <c r="A23" s="7" t="s">
         <v>92</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="7"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="7"/>
       <c r="I23" s="7"/>
       <c r="J23" s="7"/>
       <c r="K23" s="7"/>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>884637</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>93</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>94</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G24" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="str">
-        <f>J24*245.53</f>
+        <f>J24*245.44</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>884638</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>98</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G25" s="2">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="str">
-        <f>J25*394.34</f>
+        <f>J25*394.19</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>884639</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>102</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>104</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="str">
-        <f>J26*224.70</f>
+        <f>J26*224.61</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>884640</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>105</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>106</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>107</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>108</v>
       </c>
       <c r="G27" s="2">
         <v>10</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="str">
-        <f>J27*241.07</f>
+        <f>J27*240.98</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>884641</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>109</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>110</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>111</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G28" s="2">
         <v>10</v>
       </c>
       <c r="H28" s="2">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="str">
-        <f>J28*203.87</f>
+        <f>J28*203.79</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>884642</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>115</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>116</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="str">
-        <f>J29*221.72</f>
+        <f>J29*221.64</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>884643</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>117</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>118</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>119</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>120</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="str">
-        <f>J30*197.91</f>
+        <f>J30*197.84</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>884644</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>121</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>122</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>123</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>124</v>
       </c>
       <c r="G31" s="2">
         <v>6</v>
       </c>
       <c r="H31" s="2">
         <v>0</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="str">
-        <f>J31*215.77</f>
+        <f>J31*215.69</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>884645</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>125</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>127</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G32" s="2">
         <v>10</v>
       </c>
       <c r="H32" s="2">
         <v>0</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="str">
-        <f>J32*200.89</f>
+        <f>J32*200.81</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>884646</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>129</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>130</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>131</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G33" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H33" s="2">
         <v>0</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="str">
-        <f>J33*218.75</f>
+        <f>J33*218.66</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>884647</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>134</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>135</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="G34" s="2">
-        <v>6</v>
+      <c r="G34" s="2" t="s">
+        <v>71</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="str">
-        <f>J34*211.31</f>
+        <f>J34*211.23</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>884648</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>137</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>138</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>139</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>140</v>
       </c>
       <c r="G35" s="2">
         <v>10</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="str">
-        <f>J35*230.65</f>
+        <f>J35*230.56</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>884649</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>141</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>142</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>143</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>112</v>
       </c>
-      <c r="G36" s="2">
-        <v>6</v>
+      <c r="G36" s="2" t="s">
+        <v>71</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="str">
-        <f>J36*203.87</f>
+        <f>J36*203.79</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>884650</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>144</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>145</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>146</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>147</v>
       </c>
       <c r="G37" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="str">
-        <f>J37*223.21</f>
+        <f>J37*223.13</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>810797</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>148</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>149</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>150</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>151</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
-      <c r="I38" s="1">
-        <v>0</v>
+      <c r="I38" s="1" t="s">
+        <v>91</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="str">
-        <f>J38*316.96</f>
+        <f>J38*316.84</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>810798</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>153</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>154</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>155</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>16</v>
+        <v>91</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
-      <c r="I39" s="1">
-        <v>0</v>
+      <c r="I39" s="1" t="s">
+        <v>91</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="str">
-        <f>J39*325.89</f>
+        <f>J39*325.76</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>810799</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>156</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>157</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>158</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>159</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
-      <c r="I40" s="1">
-        <v>0</v>
+      <c r="I40" s="1" t="s">
+        <v>16</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="str">
-        <f>J40*337.79</f>
+        <f>J40*337.66</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>810800</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>160</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>161</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>162</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>163</v>
       </c>
       <c r="G41" s="2">
         <v>0</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="str">
-        <f>J41*297.61</f>
+        <f>J41*297.50</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>810801</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>164</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>165</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>166</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>167</v>
       </c>
       <c r="G42" s="2">
         <v>0</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="str">
-        <f>J42*309.52</f>
+        <f>J42*309.40</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>810802</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>168</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>170</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>171</v>
       </c>
       <c r="G43" s="2">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="str">
-        <f>J43*510.41</f>
+        <f>J43*510.21</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>810803</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>172</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>173</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>174</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>175</v>
       </c>
       <c r="G44" s="2">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="str">
-        <f>J44*535.71</f>
+        <f>J44*535.50</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>810804</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>176</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>177</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>178</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>179</v>
       </c>
       <c r="G45" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
       <c r="I45" s="1">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="str">
-        <f>J45*428.56</f>
+        <f>J45*428.40</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>810805</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>180</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>181</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>182</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>183</v>
       </c>
       <c r="G46" s="2">
         <v>10</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="str">
-        <f>J46*458.33</f>
+        <f>J46*458.15</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>810806</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>185</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>186</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>187</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="H47" s="2">
         <v>0</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="str">
-        <f>J47*544.63</f>
+        <f>J47*544.43</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>810807</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>188</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>189</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>190</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>191</v>
       </c>
       <c r="G48" s="2">
         <v>7</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="str">
-        <f>J48*599.69</f>
+        <f>J48*599.46</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>810808</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>192</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>193</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>194</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>195</v>
       </c>
       <c r="G49" s="2">
         <v>4</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="str">
-        <f>J49*1035.70</f>
+        <f>J49*1035.30</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>810809</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>196</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>197</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>194</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>198</v>
       </c>
       <c r="G50" s="2">
         <v>6</v>
       </c>
       <c r="H50" s="2">
         <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="str">
-        <f>J50*933.02</f>
+        <f>J50*932.66</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
         <v>810810</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>199</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>200</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>201</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>202</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="H51" s="2">
         <v>0</v>
       </c>
       <c r="I51" s="1">
         <v>0</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="str">
-        <f>J51*324.40</f>
+        <f>J51*324.28</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>810811</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>203</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>204</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>205</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>206</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H52" s="2">
         <v>0</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="str">
-        <f>J52*308.03</f>
+        <f>J52*307.91</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
         <v>810812</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>207</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>208</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>209</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="G53" s="2" t="s">
-        <v>35</v>
+      <c r="G53" s="2">
+        <v>8</v>
       </c>
       <c r="H53" s="2">
         <v>0</v>
       </c>
       <c r="I53" s="1">
         <v>0</v>
       </c>
       <c r="J53" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="str">
-        <f>J53*303.57</f>
+        <f>J53*303.45</f>
         <v>0</v>
       </c>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
         <v>823102</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>211</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>213</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>35</v>
+        <v>87</v>
       </c>
       <c r="H54" s="2">
         <v>0</v>
       </c>
       <c r="I54" s="1">
         <v>0</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="str">
-        <f>J54*363.09</f>
+        <f>J54*362.95</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
         <v>823316</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>215</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>216</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>217</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>206</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="H55" s="2">
         <v>0</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="str">
-        <f>J55*308.03</f>
+        <f>J55*307.91</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A56" s="1"/>
       <c r="B56" s="1">
         <v>823995</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>218</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>219</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>220</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>221</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="H56" s="2">
         <v>0</v>
       </c>
-      <c r="I56" s="1">
-        <v>0</v>
+      <c r="I56" s="1" t="s">
+        <v>71</v>
       </c>
       <c r="J56" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="str">
-        <f>J56*321.42</f>
+        <f>J56*321.30</f>
         <v>0</v>
       </c>
       <c r="L56" s="5"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
         <v>823996</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>222</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>223</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>224</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>225</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H57" s="2">
         <v>0</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="str">
-        <f>J57*334.82</f>
+        <f>J57*334.69</f>
         <v>0</v>
       </c>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A58" s="1"/>
       <c r="B58" s="1">
         <v>823997</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>226</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>227</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>228</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>229</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>88</v>
+        <v>71</v>
       </c>
       <c r="H58" s="2">
         <v>0</v>
       </c>
       <c r="I58" s="1">
         <v>0</v>
       </c>
       <c r="J58" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="str">
-        <f>J58*270.83</f>
+        <f>J58*270.73</f>
         <v>0</v>
       </c>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
         <v>824566</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>230</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>231</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>232</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>233</v>
       </c>
       <c r="G59" s="2">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="H59" s="2">
         <v>0</v>
       </c>
       <c r="I59" s="1">
         <v>0</v>
       </c>
       <c r="J59" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="str">
-        <f>J59*254.46</f>
+        <f>J59*254.36</f>
         <v>0</v>
       </c>
       <c r="L59" s="5"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A60" s="1"/>
       <c r="B60" s="1">
         <v>834429</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>234</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>235</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>236</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>221</v>
       </c>
       <c r="G60" s="2">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="H60" s="2">
         <v>0</v>
       </c>
       <c r="I60" s="1">
         <v>0</v>
       </c>
       <c r="J60" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="str">
-        <f>J60*321.42</f>
+        <f>J60*321.30</f>
         <v>0</v>
       </c>
       <c r="L60" s="5"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A61" s="1"/>
       <c r="B61" s="1">
         <v>834430</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>237</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>238</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>239</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>240</v>
       </c>
       <c r="G61" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H61" s="2">
         <v>0</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="str">
-        <f>J61*342.26</f>
+        <f>J61*342.13</f>
         <v>0</v>
       </c>
       <c r="L61" s="5"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A62" s="1"/>
       <c r="B62" s="1">
         <v>834431</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>241</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>242</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>243</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>244</v>
       </c>
       <c r="G62" s="2">
         <v>9</v>
       </c>
       <c r="H62" s="2">
         <v>0</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="str">
-        <f>J62*351.18</f>
+        <f>J62*351.05</f>
         <v>0</v>
       </c>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A63" s="1"/>
       <c r="B63" s="1">
         <v>834432</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>245</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>246</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>247</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>248</v>
       </c>
       <c r="G63" s="2">
         <v>7</v>
       </c>
       <c r="H63" s="2">
         <v>0</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="str">
-        <f>J63*313.98</f>
+        <f>J63*313.86</f>
         <v>0</v>
       </c>
       <c r="L63" s="5"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A64" s="1"/>
       <c r="B64" s="1">
         <v>834433</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>249</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>250</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>251</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>252</v>
       </c>
       <c r="G64" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H64" s="2">
         <v>0</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="str">
-        <f>J64*331.84</f>
+        <f>J64*331.71</f>
         <v>0</v>
       </c>
       <c r="L64" s="5"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A65" s="1"/>
       <c r="B65" s="1">
         <v>834434</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>253</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>254</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>255</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>244</v>
       </c>
       <c r="G65" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H65" s="2">
         <v>0</v>
       </c>
       <c r="I65" s="1">
         <v>0</v>
       </c>
       <c r="J65" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="str">
-        <f>J65*351.18</f>
+        <f>J65*351.05</f>
         <v>0</v>
       </c>
       <c r="L65" s="5"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
         <v>885245</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>256</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>257</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>258</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>259</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>16</v>
+        <v>91</v>
       </c>
       <c r="H66" s="2">
         <v>0</v>
       </c>
       <c r="I66" s="1">
         <v>0</v>
       </c>
       <c r="J66" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="str">
-        <f>J66*385.41</f>
+        <f>J66*385.26</f>
         <v>0</v>
       </c>
       <c r="L66" s="5"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A67" s="1"/>
       <c r="B67" s="1">
         <v>885246</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>260</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>261</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>262</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>263</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="H67" s="2">
         <v>0</v>
       </c>
       <c r="I67" s="1">
         <v>0</v>
       </c>
       <c r="J67" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="str">
-        <f>J67*415.17</f>
+        <f>J67*415.01</f>
         <v>0</v>
       </c>
       <c r="L67" s="5"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A68" s="1"/>
       <c r="B68" s="1">
         <v>885247</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>264</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>265</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>266</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>267</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H68" s="2">
         <v>0</v>
       </c>
       <c r="I68" s="1">
         <v>0</v>
       </c>
       <c r="J68" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="str">
-        <f>J68*479.16</f>
+        <f>J68*478.98</f>
         <v>0</v>
       </c>
       <c r="L68" s="5"/>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A69" s="1"/>
       <c r="B69" s="1">
         <v>885248</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>268</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>269</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>270</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>271</v>
       </c>
       <c r="G69" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H69" s="2">
         <v>0</v>
       </c>
       <c r="I69" s="1">
         <v>0</v>
       </c>
       <c r="J69" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="str">
-        <f>J69*440.47</f>
+        <f>J69*440.30</f>
         <v>0</v>
       </c>
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A70" s="1"/>
       <c r="B70" s="1">
         <v>853683</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>272</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>273</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>274</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>275</v>
       </c>
       <c r="G70" s="2">
         <v>0</v>
       </c>
       <c r="H70" s="2">
         <v>0</v>
       </c>
       <c r="I70" s="1">
         <v>0</v>
       </c>
       <c r="J70" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="str">
-        <f>J70*369.04</f>
+        <f>J70*368.90</f>
         <v>0</v>
       </c>
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A71" s="1"/>
       <c r="B71" s="1">
         <v>837115</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>276</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>277</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>278</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>279</v>
       </c>
       <c r="G71" s="2">
         <v>3</v>
       </c>
       <c r="H71" s="2">
         <v>0</v>
       </c>
       <c r="I71" s="1">
         <v>0</v>
       </c>
       <c r="J71" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="str">
-        <f>J71*617.55</f>
+        <f>J71*617.31</f>
         <v>0</v>
       </c>
       <c r="L71" s="5"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A72" s="1"/>
       <c r="B72" s="1">
         <v>837116</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>280</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>281</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>282</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>279</v>
       </c>
       <c r="G72" s="2">
         <v>4</v>
       </c>
       <c r="H72" s="2">
         <v>0</v>
       </c>
       <c r="I72" s="1">
         <v>0</v>
       </c>
       <c r="J72" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="str">
-        <f>J72*617.55</f>
+        <f>J72*617.31</f>
         <v>0</v>
       </c>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="1:12" outlineLevel="1">
       <c r="A73" s="7" t="s">
         <v>283</v>
       </c>
       <c r="B73" s="7"/>
       <c r="C73" s="7"/>
       <c r="D73" s="7"/>
       <c r="E73" s="7"/>
       <c r="F73" s="7"/>
       <c r="G73" s="7"/>
       <c r="H73" s="7"/>
       <c r="I73" s="7"/>
       <c r="J73" s="7"/>
       <c r="K73" s="7"/>
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A74" s="1"/>
       <c r="B74" s="1">
         <v>810955</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>284</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>285</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>286</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>287</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="H74" s="2" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="I74" s="1">
         <v>0</v>
       </c>
       <c r="J74" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="str">
         <f>J74*28.00</f>
         <v>0</v>
       </c>
       <c r="L74" s="5"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A75" s="1"/>
       <c r="B75" s="1">
         <v>852541</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>288</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>289</v>
       </c>
       <c r="E75" s="2" t="s">
@@ -7978,86 +7978,86 @@
       </c>
       <c r="K75" s="2" t="str">
         <f>J75*26.00</f>
         <v>0</v>
       </c>
       <c r="L75" s="5"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A76" s="1"/>
       <c r="B76" s="1">
         <v>810813</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>292</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>293</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>294</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>295</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="H76" s="2">
         <v>0</v>
       </c>
       <c r="I76" s="1">
         <v>0</v>
       </c>
       <c r="J76" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="str">
         <f>J76*8.93</f>
         <v>0</v>
       </c>
       <c r="L76" s="5"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A77" s="1"/>
       <c r="B77" s="1">
         <v>810814</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>296</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>297</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>298</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>299</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="H77" s="2">
         <v>0</v>
       </c>
       <c r="I77" s="1">
         <v>0</v>
       </c>
       <c r="J77" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="str">
         <f>J77*11.90</f>
         <v>0</v>
       </c>
       <c r="L77" s="5"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A78" s="1"/>
       <c r="B78" s="1">
         <v>810815</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>300</v>
       </c>
       <c r="D78" s="1" t="s">
@@ -8082,332 +8082,332 @@
         <v>18</v>
       </c>
       <c r="K78" s="2" t="str">
         <f>J78*13.39</f>
         <v>0</v>
       </c>
       <c r="L78" s="5"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A79" s="1"/>
       <c r="B79" s="1">
         <v>810817</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>304</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>305</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>306</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>307</v>
       </c>
-      <c r="G79" s="2">
-        <v>0</v>
+      <c r="G79" s="2" t="s">
+        <v>87</v>
       </c>
       <c r="H79" s="2">
         <v>0</v>
       </c>
       <c r="I79" s="1">
         <v>0</v>
       </c>
       <c r="J79" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="str">
-        <f>J79*99.70</f>
+        <f>J79*99.66</f>
         <v>0</v>
       </c>
       <c r="L79" s="5"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A80" s="1"/>
       <c r="B80" s="1">
         <v>810818</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>308</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>309</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>310</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>307</v>
       </c>
       <c r="G80" s="2" t="s">
-        <v>72</v>
+        <v>91</v>
       </c>
       <c r="H80" s="2">
         <v>0</v>
       </c>
       <c r="I80" s="1">
         <v>0</v>
       </c>
       <c r="J80" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="str">
-        <f>J80*99.70</f>
+        <f>J80*99.66</f>
         <v>0</v>
       </c>
       <c r="L80" s="5"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A81" s="1"/>
       <c r="B81" s="1">
         <v>810819</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>311</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>312</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>313</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>314</v>
       </c>
       <c r="G81" s="2" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="H81" s="2">
         <v>0</v>
       </c>
       <c r="I81" s="1">
         <v>0</v>
       </c>
       <c r="J81" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="str">
-        <f>J81*98.21</f>
+        <f>J81*98.18</f>
         <v>0</v>
       </c>
       <c r="L81" s="5"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A82" s="1"/>
       <c r="B82" s="1">
         <v>810820</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>315</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>316</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>317</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>318</v>
       </c>
       <c r="G82" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H82" s="2">
         <v>0</v>
       </c>
       <c r="I82" s="1">
         <v>0</v>
       </c>
       <c r="J82" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="str">
-        <f>J82*77.38</f>
+        <f>J82*77.35</f>
         <v>0</v>
       </c>
       <c r="L82" s="5"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A83" s="1"/>
       <c r="B83" s="1">
         <v>810821</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>319</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>320</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>321</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>322</v>
       </c>
       <c r="G83" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H83" s="2">
         <v>0</v>
       </c>
       <c r="I83" s="1">
         <v>0</v>
       </c>
       <c r="J83" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="str">
-        <f>J83*87.80</f>
+        <f>J83*87.76</f>
         <v>0</v>
       </c>
       <c r="L83" s="5"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A84" s="1"/>
       <c r="B84" s="1">
         <v>810822</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>323</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>324</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>325</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>322</v>
       </c>
       <c r="G84" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H84" s="2">
         <v>0</v>
       </c>
       <c r="I84" s="1">
         <v>0</v>
       </c>
       <c r="J84" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="str">
-        <f>J84*87.80</f>
+        <f>J84*87.76</f>
         <v>0</v>
       </c>
       <c r="L84" s="5"/>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A85" s="1"/>
       <c r="B85" s="1">
         <v>823109</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>326</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>327</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>328</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>329</v>
       </c>
       <c r="G85" s="2" t="s">
-        <v>35</v>
+        <v>87</v>
       </c>
       <c r="H85" s="2">
         <v>0</v>
       </c>
       <c r="I85" s="1">
         <v>0</v>
       </c>
       <c r="J85" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="str">
         <f>J85*20.83</f>
         <v>0</v>
       </c>
       <c r="L85" s="5"/>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A86" s="1"/>
       <c r="B86" s="1">
         <v>823110</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>330</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>331</v>
       </c>
       <c r="E86" s="2" t="s">
         <v>332</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>333</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>16</v>
+        <v>91</v>
       </c>
       <c r="H86" s="2">
         <v>0</v>
       </c>
       <c r="I86" s="1">
         <v>0</v>
       </c>
       <c r="J86" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="str">
-        <f>J86*26.79</f>
+        <f>J86*26.78</f>
         <v>0</v>
       </c>
       <c r="L86" s="5"/>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A87" s="1"/>
       <c r="B87" s="1">
         <v>823111</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>334</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>335</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>336</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>329</v>
       </c>
       <c r="G87" s="2" t="s">
-        <v>35</v>
+        <v>87</v>
       </c>
       <c r="H87" s="2">
         <v>0</v>
       </c>
       <c r="I87" s="1">
         <v>0</v>
       </c>
       <c r="J87" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="str">
         <f>J87*20.83</f>
         <v>0</v>
       </c>
       <c r="L87" s="5"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A88" s="1"/>
       <c r="B88" s="1">
         <v>823112</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>337</v>
       </c>
       <c r="D88" s="1" t="s">
@@ -8445,121 +8445,121 @@
       <c r="C89" s="1" t="s">
         <v>340</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>341</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>342</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>343</v>
       </c>
       <c r="G89" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H89" s="2">
         <v>0</v>
       </c>
       <c r="I89" s="1">
         <v>0</v>
       </c>
       <c r="J89" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="str">
-        <f>J89*31.25</f>
+        <f>J89*31.24</f>
         <v>0</v>
       </c>
       <c r="L89" s="5"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A90" s="1"/>
       <c r="B90" s="1">
         <v>823114</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>344</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>345</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>346</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>343</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H90" s="2">
         <v>0</v>
       </c>
       <c r="I90" s="1">
         <v>0</v>
       </c>
       <c r="J90" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="str">
-        <f>J90*31.25</f>
+        <f>J90*31.24</f>
         <v>0</v>
       </c>
       <c r="L90" s="5"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A91" s="1"/>
       <c r="B91" s="1">
         <v>823115</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>347</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>348</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>349</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>343</v>
       </c>
       <c r="G91" s="2" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="H91" s="2">
         <v>0</v>
       </c>
       <c r="I91" s="1">
         <v>0</v>
       </c>
       <c r="J91" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="str">
-        <f>J91*31.25</f>
+        <f>J91*31.24</f>
         <v>0</v>
       </c>
       <c r="L91" s="5"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A92" s="1"/>
       <c r="B92" s="1">
         <v>825637</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>350</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>351</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>352</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>353</v>
       </c>
       <c r="G92" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H92" s="2">
@@ -8585,252 +8585,252 @@
       <c r="C93" s="1" t="s">
         <v>354</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>355</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>356</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>357</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H93" s="2">
         <v>0</v>
       </c>
       <c r="I93" s="1">
         <v>0</v>
       </c>
       <c r="J93" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="str">
-        <f>J93*68.45</f>
+        <f>J93*68.43</f>
         <v>0</v>
       </c>
       <c r="L93" s="5"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A94" s="1"/>
       <c r="B94" s="1">
         <v>834436</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>358</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>359</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>360</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>357</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>35</v>
+        <v>87</v>
       </c>
       <c r="H94" s="2">
         <v>0</v>
       </c>
       <c r="I94" s="1">
         <v>0</v>
       </c>
       <c r="J94" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="str">
-        <f>J94*68.45</f>
+        <f>J94*68.43</f>
         <v>0</v>
       </c>
       <c r="L94" s="5"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A95" s="1"/>
       <c r="B95" s="1">
         <v>834437</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>361</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>362</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>363</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>357</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>35</v>
+        <v>87</v>
       </c>
       <c r="H95" s="2">
         <v>0</v>
       </c>
       <c r="I95" s="1">
         <v>0</v>
       </c>
       <c r="J95" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="str">
-        <f>J95*68.45</f>
+        <f>J95*68.43</f>
         <v>0</v>
       </c>
       <c r="L95" s="5"/>
     </row>
     <row r="96" spans="1:12" outlineLevel="1">
       <c r="A96" s="7" t="s">
         <v>364</v>
       </c>
       <c r="B96" s="7"/>
       <c r="C96" s="7"/>
       <c r="D96" s="7"/>
       <c r="E96" s="7"/>
       <c r="F96" s="7"/>
       <c r="G96" s="7"/>
       <c r="H96" s="7"/>
       <c r="I96" s="7"/>
       <c r="J96" s="7"/>
       <c r="K96" s="7"/>
       <c r="L96" s="5"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A97" s="1"/>
       <c r="B97" s="1">
         <v>827981</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>365</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>366</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>367</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>368</v>
       </c>
       <c r="G97" s="2" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="H97" s="2">
         <v>0</v>
       </c>
       <c r="I97" s="1">
         <v>0</v>
       </c>
       <c r="J97" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K97" s="2" t="str">
         <f>J97*316.32</f>
         <v>0</v>
       </c>
       <c r="L97" s="5"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A98" s="1"/>
       <c r="B98" s="1">
         <v>827982</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>369</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>370</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>372</v>
       </c>
       <c r="G98" s="2" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="H98" s="2">
         <v>0</v>
       </c>
       <c r="I98" s="1">
         <v>0</v>
       </c>
       <c r="J98" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K98" s="2" t="str">
         <f>J98*390.49</f>
         <v>0</v>
       </c>
       <c r="L98" s="5"/>
     </row>
     <row r="99" spans="1:12" outlineLevel="1">
       <c r="A99" s="7" t="s">
         <v>373</v>
       </c>
       <c r="B99" s="7"/>
       <c r="C99" s="7"/>
       <c r="D99" s="7"/>
       <c r="E99" s="7"/>
       <c r="F99" s="7"/>
       <c r="G99" s="7"/>
       <c r="H99" s="7"/>
       <c r="I99" s="7"/>
       <c r="J99" s="7"/>
       <c r="K99" s="7"/>
       <c r="L99" s="5"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A100" s="1"/>
       <c r="B100" s="1">
         <v>833182</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>374</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>375</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>376</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>377</v>
       </c>
-      <c r="G100" s="2">
-        <v>0</v>
+      <c r="G100" s="2" t="s">
+        <v>87</v>
       </c>
       <c r="H100" s="2">
         <v>0</v>
       </c>
-      <c r="I100" s="1" t="s">
-        <v>35</v>
+      <c r="I100" s="1">
+        <v>0</v>
       </c>
       <c r="J100" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="str">
         <f>J100*320.79</f>
         <v>0</v>
       </c>
       <c r="L100" s="5"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A101" s="1"/>
       <c r="B101" s="1">
         <v>833183</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>378</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>379</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>380</v>
       </c>
       <c r="F101" s="2" t="s">
@@ -8850,86 +8850,86 @@
       </c>
       <c r="K101" s="2" t="str">
         <f>J101*299.60</f>
         <v>0</v>
       </c>
       <c r="L101" s="5"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A102" s="1"/>
       <c r="B102" s="1">
         <v>833184</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>382</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>383</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>384</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>385</v>
       </c>
       <c r="G102" s="2" t="s">
-        <v>16</v>
+        <v>91</v>
       </c>
       <c r="H102" s="2">
         <v>0</v>
       </c>
       <c r="I102" s="1">
         <v>0</v>
       </c>
       <c r="J102" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K102" s="2" t="str">
         <f>J102*305.79</f>
         <v>0</v>
       </c>
       <c r="L102" s="5"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A103" s="1"/>
       <c r="B103" s="1">
         <v>833185</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>386</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>387</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>388</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>389</v>
       </c>
       <c r="G103" s="2" t="s">
-        <v>88</v>
+        <v>16</v>
       </c>
       <c r="H103" s="2">
         <v>0</v>
       </c>
       <c r="I103" s="1">
         <v>0</v>
       </c>
       <c r="J103" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K103" s="2" t="str">
         <f>J103*336.37</f>
         <v>0</v>
       </c>
       <c r="L103" s="5"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A104" s="1"/>
       <c r="B104" s="1">
         <v>833186</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>390</v>
       </c>
       <c r="D104" s="1" t="s">
@@ -8960,151 +8960,151 @@
       <c r="L104" s="5"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A105" s="1"/>
       <c r="B105" s="1">
         <v>833187</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>394</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>395</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H105" s="2">
         <v>0</v>
       </c>
-      <c r="I105" s="1" t="s">
-        <v>88</v>
+      <c r="I105" s="1">
+        <v>0</v>
       </c>
       <c r="J105" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="str">
         <f>J105*345.00</f>
         <v>0</v>
       </c>
       <c r="L105" s="5"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A106" s="1"/>
       <c r="B106" s="1">
         <v>833188</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>398</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>399</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>400</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>401</v>
       </c>
       <c r="G106" s="2" t="s">
-        <v>88</v>
+        <v>16</v>
       </c>
       <c r="H106" s="2">
         <v>0</v>
       </c>
-      <c r="I106" s="1" t="s">
-        <v>16</v>
+      <c r="I106" s="1">
+        <v>0</v>
       </c>
       <c r="J106" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="2" t="str">
         <f>J106*360.61</f>
         <v>0</v>
       </c>
       <c r="L106" s="5"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A107" s="1"/>
       <c r="B107" s="1">
         <v>833189</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>402</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>403</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>404</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>405</v>
       </c>
       <c r="G107" s="2" t="s">
-        <v>72</v>
+        <v>16</v>
       </c>
       <c r="H107" s="2">
         <v>0</v>
       </c>
-      <c r="I107" s="1" t="s">
-        <v>88</v>
+      <c r="I107" s="1">
+        <v>0</v>
       </c>
       <c r="J107" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K107" s="2" t="str">
         <f>J107*282.27</f>
         <v>0</v>
       </c>
       <c r="L107" s="5"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A108" s="1"/>
       <c r="B108" s="1">
         <v>833190</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>406</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>407</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>408</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>409</v>
       </c>
       <c r="G108" s="2" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="H108" s="2">
         <v>0</v>
       </c>
       <c r="I108" s="1">
         <v>0</v>
       </c>
       <c r="J108" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K108" s="2" t="str">
         <f>J108*322.00</f>
         <v>0</v>
       </c>
       <c r="L108" s="5"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A109" s="1"/>
       <c r="B109" s="1">
         <v>833191</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>410</v>
       </c>
       <c r="D109" s="1" t="s">
@@ -9165,51 +9165,51 @@
       </c>
       <c r="K110" s="2" t="str">
         <f>J110*524.94</f>
         <v>0</v>
       </c>
       <c r="L110" s="5"/>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A111" s="1"/>
       <c r="B111" s="1">
         <v>837292</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>418</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>419</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>420</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>421</v>
       </c>
       <c r="G111" s="2" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="H111" s="2">
         <v>0</v>
       </c>
       <c r="I111" s="1">
         <v>0</v>
       </c>
       <c r="J111" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K111" s="2" t="str">
         <f>J111*314.73</f>
         <v>0</v>
       </c>
       <c r="L111" s="5"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A112" s="1"/>
       <c r="B112" s="1">
         <v>873436</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>422</v>
       </c>
       <c r="D112" s="1" t="s">
@@ -9249,51 +9249,51 @@
       <c r="E113" s="7"/>
       <c r="F113" s="7"/>
       <c r="G113" s="7"/>
       <c r="H113" s="7"/>
       <c r="I113" s="7"/>
       <c r="J113" s="7"/>
       <c r="K113" s="7"/>
       <c r="L113" s="5"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A114" s="1"/>
       <c r="B114" s="1">
         <v>883265</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>427</v>
       </c>
       <c r="D114" s="1"/>
       <c r="E114" s="2" t="s">
         <v>428</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>429</v>
       </c>
       <c r="G114" s="2" t="s">
-        <v>16</v>
+        <v>91</v>
       </c>
       <c r="H114" s="2">
         <v>0</v>
       </c>
       <c r="I114" s="1">
         <v>0</v>
       </c>
       <c r="J114" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K114" s="2" t="str">
         <f>J114*340.29</f>
         <v>0</v>
       </c>
       <c r="L114" s="5"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A115" s="1"/>
       <c r="B115" s="1">
         <v>883266</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>430</v>
       </c>
       <c r="D115" s="1"/>
@@ -9315,84 +9315,84 @@
       <c r="J115" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K115" s="2" t="str">
         <f>J115*362.52</f>
         <v>0</v>
       </c>
       <c r="L115" s="5"/>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A116" s="1"/>
       <c r="B116" s="1">
         <v>882885</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>433</v>
       </c>
       <c r="D116" s="1"/>
       <c r="E116" s="2" t="s">
         <v>434</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>435</v>
       </c>
       <c r="G116" s="2" t="s">
-        <v>35</v>
+        <v>87</v>
       </c>
       <c r="H116" s="2">
         <v>0</v>
       </c>
       <c r="I116" s="1">
         <v>0</v>
       </c>
       <c r="J116" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K116" s="2" t="str">
         <f>J116*256.50</f>
         <v>0</v>
       </c>
       <c r="L116" s="5"/>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A117" s="1"/>
       <c r="B117" s="1">
         <v>882886</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>436</v>
       </c>
       <c r="D117" s="1"/>
       <c r="E117" s="2" t="s">
         <v>437</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>438</v>
       </c>
       <c r="G117" s="2" t="s">
-        <v>35</v>
+        <v>71</v>
       </c>
       <c r="H117" s="2">
         <v>0</v>
       </c>
       <c r="I117" s="1">
         <v>0</v>
       </c>
       <c r="J117" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K117" s="2" t="str">
         <f>J117*265.05</f>
         <v>0</v>
       </c>
       <c r="L117" s="5"/>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A118" s="1"/>
       <c r="B118" s="1">
         <v>883282</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>439</v>
       </c>
       <c r="D118" s="1"/>
@@ -9447,51 +9447,51 @@
       <c r="J119" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K119" s="2" t="str">
         <f>J119*352.26</f>
         <v>0</v>
       </c>
       <c r="L119" s="5"/>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A120" s="1"/>
       <c r="B120" s="1">
         <v>883284</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>443</v>
       </c>
       <c r="D120" s="1"/>
       <c r="E120" s="2" t="s">
         <v>444</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>445</v>
       </c>
       <c r="G120" s="2" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="H120" s="2">
         <v>0</v>
       </c>
       <c r="I120" s="1">
         <v>0</v>
       </c>
       <c r="J120" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K120" s="2" t="str">
         <f>J120*395.01</f>
         <v>0</v>
       </c>
       <c r="L120" s="5"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A121" s="1"/>
       <c r="B121" s="1">
         <v>883285</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>446</v>
       </c>
       <c r="D121" s="1"/>
@@ -9513,51 +9513,51 @@
       <c r="J121" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K121" s="2" t="str">
         <f>J121*413.82</f>
         <v>0</v>
       </c>
       <c r="L121" s="5"/>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A122" s="1"/>
       <c r="B122" s="1">
         <v>883286</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>449</v>
       </c>
       <c r="D122" s="1"/>
       <c r="E122" s="2" t="s">
         <v>450</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>451</v>
       </c>
       <c r="G122" s="2" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="H122" s="2">
         <v>0</v>
       </c>
       <c r="I122" s="1">
         <v>0</v>
       </c>
       <c r="J122" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K122" s="2" t="str">
         <f>J122*538.65</f>
         <v>0</v>
       </c>
       <c r="L122" s="5"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A123" s="1"/>
       <c r="B123" s="1">
         <v>888487</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>452</v>
       </c>
       <c r="D123" s="1"/>
@@ -9597,133 +9597,133 @@
       <c r="G124" s="7"/>
       <c r="H124" s="7"/>
       <c r="I124" s="7"/>
       <c r="J124" s="7"/>
       <c r="K124" s="7"/>
       <c r="L124" s="5"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A125" s="1"/>
       <c r="B125" s="1">
         <v>884237</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>455</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>456</v>
       </c>
       <c r="E125" s="2" t="s">
         <v>457</v>
       </c>
       <c r="F125" s="2" t="s">
         <v>458</v>
       </c>
       <c r="G125" s="2" t="s">
-        <v>16</v>
+        <v>91</v>
       </c>
       <c r="H125" s="2">
         <v>0</v>
       </c>
       <c r="I125" s="1">
         <v>0</v>
       </c>
       <c r="J125" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K125" s="2" t="str">
-        <f>J125*415.27</f>
+        <f>J125*400.95</f>
         <v>0</v>
       </c>
       <c r="L125" s="5"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A126" s="1"/>
       <c r="B126" s="1">
         <v>884238</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>459</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>460</v>
       </c>
       <c r="E126" s="2" t="s">
         <v>461</v>
       </c>
       <c r="F126" s="2" t="s">
         <v>462</v>
       </c>
       <c r="G126" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H126" s="2">
         <v>0</v>
       </c>
       <c r="I126" s="1">
         <v>0</v>
       </c>
       <c r="J126" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K126" s="2" t="str">
-        <f>J126*431.79</f>
+        <f>J126*416.90</f>
         <v>0</v>
       </c>
       <c r="L126" s="5"/>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A127" s="1"/>
       <c r="B127" s="1">
         <v>888634</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>463</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>464</v>
       </c>
       <c r="E127" s="2" t="s">
         <v>465</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>466</v>
       </c>
       <c r="G127" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H127" s="2">
         <v>0</v>
       </c>
       <c r="I127" s="1">
         <v>0</v>
       </c>
       <c r="J127" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K127" s="2" t="str">
-        <f>J127*419.79</f>
+        <f>J127*405.32</f>
         <v>0</v>
       </c>
       <c r="L127" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A23:K23"/>
     <mergeCell ref="A73:K73"/>
     <mergeCell ref="A96:K96"/>
     <mergeCell ref="A99:K99"/>
     <mergeCell ref="A113:K113"/>
     <mergeCell ref="A124:K124"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>