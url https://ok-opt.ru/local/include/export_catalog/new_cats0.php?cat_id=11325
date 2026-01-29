--- v1 (2025-12-07)
+++ v2 (2026-01-29)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="467">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="466">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
@@ -88,50 +88,53 @@
   <si>
     <t>467.00 руб.</t>
   </si>
   <si>
     <t>&gt;100</t>
   </si>
   <si>
     <t>&gt;5000</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>VLC-414002</t>
   </si>
   <si>
     <t>VT.392.N.05</t>
   </si>
   <si>
     <t>Кран шар. угловой для подкл. с/т приборов 1/2"х3/4"   (14 /168шт)</t>
   </si>
   <si>
     <t>478.00 руб.</t>
   </si>
   <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
     <t>&gt;1000</t>
   </si>
   <si>
     <t>VLC-414004</t>
   </si>
   <si>
     <t>VT.230.N.05</t>
   </si>
   <si>
     <t>Вентиль для подкл. с/т приборов 3/4"х3/4"х3/4" (1 /90шт)</t>
   </si>
   <si>
     <t>1 083.00 руб.</t>
   </si>
   <si>
     <t>VLC-414005</t>
   </si>
   <si>
     <t>VT.240.N.04</t>
   </si>
   <si>
     <t>Вентиль угловой для подкл. с/т приборов 1/2"х1/2" (1 /90шт)</t>
   </si>
   <si>
     <t>648.00 руб.</t>
@@ -292,615 +295,615 @@
   <si>
     <t>VLC-414020</t>
   </si>
   <si>
     <t>VT.282.GBC.0405</t>
   </si>
   <si>
     <t>Вентиль с фильтром для подключения с/т приборов 1/2"х3/4"</t>
   </si>
   <si>
     <t>951.00 руб.</t>
   </si>
   <si>
     <t>&gt;25</t>
   </si>
   <si>
     <t>VLC-414021</t>
   </si>
   <si>
     <t>VT.282.GBC.0410</t>
   </si>
   <si>
     <t>Вентиль с фильтром для подключения с/т приборов 1/2"хМ10</t>
   </si>
   <si>
-    <t>&gt;50</t>
-[...1 lines deleted...]
-  <si>
     <t>Краны для бытовой техники VIEIR</t>
   </si>
   <si>
     <t>VER-000883</t>
   </si>
   <si>
     <t>VER66</t>
   </si>
   <si>
     <t>Кран угловой из нерж. стали с керамической кран-буксой 1/2 x 1/2"(100/1шт)</t>
   </si>
   <si>
-    <t>245.44 руб.</t>
+    <t>251.39 руб.</t>
   </si>
   <si>
     <t>VER-000884</t>
   </si>
   <si>
     <t>VER67</t>
   </si>
   <si>
     <t>Кран угловой из нерж. стали с керамической кран-буксой 1/2 x 1/2"(100/1пара)</t>
   </si>
   <si>
-    <t>394.19 руб.</t>
+    <t>401.63 руб.</t>
   </si>
   <si>
     <t>VER-000885</t>
   </si>
   <si>
     <t>VER68</t>
   </si>
   <si>
     <t>Кран трехпроходной из нерж. стали для подключения лейки биде и бочка унитаза 1/2 x1/2 x 1/2" (100/1ш</t>
   </si>
   <si>
-    <t>224.61 руб.</t>
+    <t>229.08 руб.</t>
   </si>
   <si>
     <t>VER-000886</t>
   </si>
   <si>
     <t>VER75</t>
   </si>
   <si>
     <t>Кран трехпроходной из нерж. стали для подключения лейки биде и бочка унитаза 1/2 x3/4 x 1/2" (100/1ш</t>
   </si>
   <si>
-    <t>240.98 руб.</t>
+    <t>246.93 руб.</t>
   </si>
   <si>
     <t>VER-000887</t>
   </si>
   <si>
     <t>VER69-C</t>
   </si>
   <si>
     <t>Кран угловой из нерж. стали с отражателем, черный 1/2 x1/2" (100/1шт)</t>
   </si>
   <si>
+    <t>208.25 руб.</t>
+  </si>
+  <si>
+    <t>VER-000888</t>
+  </si>
+  <si>
+    <t>VER70-C</t>
+  </si>
+  <si>
+    <t>Кран угловой из нерж. стали с отражателем, черный 1/2 x3/4 " (100/1шт)</t>
+  </si>
+  <si>
+    <t>226.10 руб.</t>
+  </si>
+  <si>
+    <t>VER-000889</t>
+  </si>
+  <si>
+    <t>VER69-L</t>
+  </si>
+  <si>
+    <t>Кран угловой из нерж. стали с отражателем, хром 1/2 x1/2" (100/1шт)</t>
+  </si>
+  <si>
+    <t>202.30 руб.</t>
+  </si>
+  <si>
+    <t>VER-000890</t>
+  </si>
+  <si>
+    <t>VER70-L</t>
+  </si>
+  <si>
+    <t>Кран угловой из нерж. стали с отражателем,  хром 1/2 x3/4 " (100/1шт)</t>
+  </si>
+  <si>
+    <t>220.15 руб.</t>
+  </si>
+  <si>
+    <t>VER-000891</t>
+  </si>
+  <si>
+    <t>VER71</t>
+  </si>
+  <si>
+    <t>Кран угловой из нерж. стали с керамической кран-буксой 1/2 x1/2 " (100/1шт)</t>
+  </si>
+  <si>
     <t>203.79 руб.</t>
   </si>
   <si>
-    <t>VER-000888</t>
-[...46 lines deleted...]
-  <si>
     <t>VER-000892</t>
   </si>
   <si>
     <t>VER72</t>
   </si>
   <si>
     <t>Кран угловой из нерж. стали с керамической кран-буксой 1/2 x3/4 " (100/1шт)</t>
   </si>
   <si>
-    <t>218.66 руб.</t>
+    <t>223.13 руб.</t>
   </si>
   <si>
     <t>VER-000893</t>
   </si>
   <si>
     <t>VER73-C</t>
   </si>
   <si>
     <t>Кран угловой из нерж. стали с керамической кран-буксой, черный 1/2 x1/2" (100/1шт)</t>
   </si>
   <si>
-    <t>211.23 руб.</t>
+    <t>217.18 руб.</t>
   </si>
   <si>
     <t>VER-000894</t>
   </si>
   <si>
     <t>VER74-C</t>
   </si>
   <si>
     <t>Кран угловой из нерж. стали с керамической кран-буксой, черный 1/2 x3/4" (100/1шт)</t>
   </si>
   <si>
-    <t>230.56 руб.</t>
+    <t>235.03 руб.</t>
   </si>
   <si>
     <t>VER-000895</t>
   </si>
   <si>
     <t>VER73-L</t>
   </si>
   <si>
     <t>Кран угловой из нерж. стали с керамической кран-буксой, хром 1/2 x1/2" (100/1шт)</t>
   </si>
   <si>
     <t>VER-000896</t>
   </si>
   <si>
     <t>VER74-L</t>
   </si>
   <si>
     <t>Кран угловой из нерж. стали с керамической кран-буксой, хром 1/2 x3/4" (100/1шт)</t>
   </si>
   <si>
-    <t>223.13 руб.</t>
+    <t>227.59 руб.</t>
   </si>
   <si>
     <t>ZAP-210001</t>
   </si>
   <si>
     <t>VER343</t>
   </si>
   <si>
     <t>кран шар. для подкл. стиральных приборов 1/2"х3/4"х1/2" (VER343) никель(10/80шт)</t>
   </si>
   <si>
-    <t>316.84 руб.</t>
+    <t>357.00 руб.</t>
   </si>
   <si>
     <t>ZAP-210002</t>
   </si>
   <si>
     <t>VER33</t>
   </si>
   <si>
     <t>кран шар. угловой мат.хром для подкл. с/т приборов с отраж. 1/2"х1/2" (20/80шт)</t>
   </si>
   <si>
-    <t>325.76 руб.</t>
+    <t>413.53 руб.</t>
   </si>
   <si>
     <t>ZAP-210003</t>
   </si>
   <si>
     <t>VER34</t>
   </si>
   <si>
     <t>кран шар. угловой мат.хром для подкл. с/т приборов с отраж. 1/2"х3/4" (15/60шт)</t>
   </si>
   <si>
+    <t>441.79 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210004</t>
+  </si>
+  <si>
+    <t>VER45</t>
+  </si>
+  <si>
+    <t>кран шар. угловой хром для подкл. с/т приборов с отраж. 1/2"х1/2" (1/100шт)</t>
+  </si>
+  <si>
+    <t>304.94 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210005</t>
+  </si>
+  <si>
+    <t>VER46</t>
+  </si>
+  <si>
+    <t>кран шар. угловой хром для подкл. с/т приборов с отраж. 1/2"х3/4" (1/100шт)</t>
+  </si>
+  <si>
+    <t>315.35 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210006</t>
+  </si>
+  <si>
+    <t>VER36</t>
+  </si>
+  <si>
+    <t>кран шар. угловой хром для подкл. с/т приборов с отраж. 1/2"х1/2" (1/100шт) декор.</t>
+  </si>
+  <si>
+    <t>556.33 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210007</t>
+  </si>
+  <si>
+    <t>VER39</t>
+  </si>
+  <si>
+    <t>кран шар. угловой хром для подкл. с/т приборов с отраж. 1/2"х3/4" (1/100шт) декор.</t>
+  </si>
+  <si>
+    <t>583.10 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210008</t>
+  </si>
+  <si>
+    <t>VER37</t>
+  </si>
+  <si>
+    <t>кран шар. угловой хром для подкл. с/т приборов с отраж. 1/2"х1/2" (1/100шт) декор. ручка</t>
+  </si>
+  <si>
+    <t>470.05 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210009</t>
+  </si>
+  <si>
+    <t>VER40</t>
+  </si>
+  <si>
+    <t>кран шар. угловой хром для подкл. с/т приборов с отраж. 1/2"х3/4" (1/100шт) декор. ручка</t>
+  </si>
+  <si>
+    <t>501.29 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210010</t>
+  </si>
+  <si>
+    <t>VER38</t>
+  </si>
+  <si>
+    <t>кран шар. угловой хром для подкл. с/т приборов с отраж. 1/2"х1/2" (1/100шт) декор. ручка квадрат</t>
+  </si>
+  <si>
+    <t>596.49 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210011</t>
+  </si>
+  <si>
+    <t>VER41</t>
+  </si>
+  <si>
+    <t>кран шар. угловой хром для подкл. с/т приборов с отраж. 1/2"х3/4" (1/100шт) декор. ручка квадрат</t>
+  </si>
+  <si>
+    <t>654.50 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210012</t>
+  </si>
+  <si>
+    <t>VP48</t>
+  </si>
+  <si>
+    <t xml:space="preserve">набор в блистере кран шар. угловой для подкл. с/т приборов с отраж. 1/2"х1/2" (1/80шт) декор. ручка </t>
+  </si>
+  <si>
+    <t>565.25 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210013</t>
+  </si>
+  <si>
+    <t>VP47</t>
+  </si>
+  <si>
+    <t>502.78 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210014</t>
+  </si>
+  <si>
+    <t>VR170</t>
+  </si>
+  <si>
+    <t>кран шар. мини 1/2" вн-вн (25/100шт)</t>
+  </si>
+  <si>
+    <t>359.98 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210015</t>
+  </si>
+  <si>
+    <t>VR171</t>
+  </si>
+  <si>
+    <t>кран шар. мини 1/2" вн-нар (18/100шт)</t>
+  </si>
+  <si>
+    <t>342.13 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210016</t>
+  </si>
+  <si>
+    <t>VR172</t>
+  </si>
+  <si>
+    <t>кран шар. мини 1/2" нар-нар (18/100шт)</t>
+  </si>
+  <si>
     <t>337.66 руб.</t>
   </si>
   <si>
-    <t>ZAP-210004</t>
-[...151 lines deleted...]
-  <si>
     <t>ZAP-210017</t>
   </si>
   <si>
     <t>VER343X</t>
   </si>
   <si>
     <t>кран шар. для подкл. стиральных приборов в блистере 1/2"х3/4"х1/2" ХРОМ  (10/120шт)</t>
   </si>
   <si>
-    <t>362.95 руб.</t>
+    <t>434.35 руб.</t>
   </si>
   <si>
     <t>ZAP-210018</t>
   </si>
   <si>
     <t>GL182</t>
   </si>
   <si>
     <t>кран тройник для трубки фильтра 1/2" VR (2шт в упаковке)  (2/60шт)</t>
   </si>
   <si>
+    <t>330.23 руб.</t>
+  </si>
+  <si>
     <t>ZAP-210020</t>
   </si>
   <si>
     <t>VRFF3</t>
   </si>
   <si>
     <t>кран шар. мини хром 1/2" вн-вн (10/200шт)</t>
   </si>
   <si>
-    <t>321.30 руб.</t>
+    <t>355.51 руб.</t>
   </si>
   <si>
     <t>ZAP-210021</t>
   </si>
   <si>
     <t>VRFH3</t>
   </si>
   <si>
     <t>кран шар. мини хром 1/2" вн-нар (10/200шт)</t>
   </si>
   <si>
-    <t>334.69 руб.</t>
+    <t>368.90 руб.</t>
   </si>
   <si>
     <t>ZAP-210022</t>
   </si>
   <si>
     <t>VRHH3</t>
   </si>
   <si>
     <t>кран шар. мини хром 1/2" нар-нар (10/200шт)</t>
   </si>
   <si>
-    <t>270.73 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>ZAP-210023</t>
   </si>
   <si>
     <t>VER52</t>
   </si>
   <si>
     <t>вентиль хром для подкл. стиральных приборов 1/2"х3/4"х1/2" (1/120шт)</t>
   </si>
   <si>
-    <t>254.36 руб.</t>
+    <t>507.24 руб.</t>
   </si>
   <si>
     <t>ZAP-210024</t>
   </si>
   <si>
     <t>VER54</t>
   </si>
   <si>
     <t>Кран угловой хромированный 1/2 х1/2   VIEIR  хром(120/1шт)</t>
   </si>
   <si>
     <t>ZAP-210025</t>
   </si>
   <si>
     <t>VER55</t>
   </si>
   <si>
     <t>Кран угловой хромированный 1/2 х3/4   VIEIR  хром(120/1шт)</t>
   </si>
   <si>
-    <t>342.13 руб.</t>
+    <t>377.83 руб.</t>
   </si>
   <si>
     <t>ZAP-210026</t>
   </si>
   <si>
     <t>VER56</t>
   </si>
   <si>
     <t>Кран-цанга угловой хромированный 1/2 х3/8 х10мм  VIEIR  хром(120/1шт)</t>
   </si>
   <si>
-    <t>351.05 руб.</t>
+    <t>388.24 руб.</t>
   </si>
   <si>
     <t>ZAP-210027</t>
   </si>
   <si>
     <t>VER57</t>
   </si>
   <si>
     <t>Венитиль угловой хромированный 1/2 х1/2   VIEIR  хром(120/1шт)</t>
   </si>
   <si>
-    <t>313.86 руб.</t>
+    <t>346.59 руб.</t>
   </si>
   <si>
     <t>ZAP-210028</t>
   </si>
   <si>
     <t>VER58</t>
   </si>
   <si>
     <t>Венитиль угловой хромированный 1/2 х3/4   VIEIR  хром(120/1шт)</t>
   </si>
   <si>
-    <t>331.71 руб.</t>
+    <t>364.44 руб.</t>
   </si>
   <si>
     <t>ZAP-210029</t>
   </si>
   <si>
     <t>VER59</t>
   </si>
   <si>
     <t>Венитиль-цанга угловой хромированный 1/2 х3/8 х10мм  VIEIR  хром(120/1шт)</t>
   </si>
   <si>
+    <t>386.75 руб.</t>
+  </si>
+  <si>
     <t>ZAP-210030</t>
   </si>
   <si>
     <t>GZR33</t>
   </si>
   <si>
     <t>Угловой кран   1/2 -1/2  LUX Ganzer  хром (60/1шт)</t>
   </si>
   <si>
-    <t>385.26 руб.</t>
+    <t>419.48 руб.</t>
   </si>
   <si>
     <t>ZAP-210031</t>
   </si>
   <si>
     <t>GZR34</t>
   </si>
   <si>
     <t>Угловой кран   1/2 -3/4  LUX Ganzer  хром (60/1шт)</t>
   </si>
   <si>
-    <t>415.01 руб.</t>
+    <t>453.69 руб.</t>
   </si>
   <si>
     <t>ZAP-210034</t>
   </si>
   <si>
     <t>GZRL33</t>
   </si>
   <si>
     <t>Угловой кран   1/2 -1/2  VER-PRO мат. хром   (100/1шт)</t>
   </si>
   <si>
-    <t>478.98 руб.</t>
+    <t>531.04 руб.</t>
   </si>
   <si>
     <t>ZAP-210035</t>
   </si>
   <si>
     <t>GZRL34</t>
   </si>
   <si>
     <t>Угловой кран   1/2 -3/4   VER-PRO мат. хром  LUX (100шт)</t>
   </si>
   <si>
-    <t>440.30 руб.</t>
+    <t>487.90 руб.</t>
   </si>
   <si>
     <t>ZAP-210036</t>
   </si>
   <si>
     <t>GZRL343</t>
   </si>
   <si>
     <t>Угловой кран   3-х.проход.для стир-машины   VER-PRO мат. хром  LUX (100шт)</t>
   </si>
   <si>
-    <t>368.90 руб.</t>
+    <t>412.04 руб.</t>
   </si>
   <si>
     <t>ZAP-210040</t>
   </si>
   <si>
     <t>VER36-F</t>
   </si>
   <si>
     <t>Кран угловой с отражателем1/2"x1/2" БЕЛЫЙ"ViEiR" (120/1шт)</t>
   </si>
   <si>
-    <t>617.31 руб.</t>
+    <t>657.48 руб.</t>
   </si>
   <si>
     <t>ZAP-210041</t>
   </si>
   <si>
     <t>VER36-С</t>
   </si>
   <si>
     <t>Кран угловой с отражателем1/2"x1/2" ЧЕРНЫЙ"ViEiR" (120/1шт)</t>
   </si>
   <si>
     <t>Отражатели</t>
   </si>
   <si>
     <t>VLC-414003</t>
   </si>
   <si>
     <t>VT.514.C.04</t>
   </si>
   <si>
     <t>Чашка декоративная (хромированная)  (10 /1200шт)</t>
   </si>
   <si>
     <t>28.00 руб.</t>
   </si>
@@ -940,98 +943,92 @@
   <si>
     <t>11.90 руб.</t>
   </si>
   <si>
     <t>ZAP-230003</t>
   </si>
   <si>
     <t>VR51</t>
   </si>
   <si>
     <t>отражатель 1" плоский (20шт)</t>
   </si>
   <si>
     <t>13.39 руб.</t>
   </si>
   <si>
     <t>ZAP-230011</t>
   </si>
   <si>
     <t>VR2073</t>
   </si>
   <si>
     <t>отражатель латунь 1/2" глубокий</t>
   </si>
   <si>
-    <t>99.66 руб.</t>
+    <t>98.18 руб.</t>
   </si>
   <si>
     <t>ZAP-230012</t>
   </si>
   <si>
     <t>VR2074</t>
   </si>
   <si>
     <t>отражатель латунь 3/4" глубокий</t>
   </si>
   <si>
     <t>ZAP-230013</t>
   </si>
   <si>
     <t>VR2075</t>
   </si>
   <si>
     <t>отражатель латунь 1" глубокий (ширина 77мм, высота 32мм) в упаковке 2шт (2/40шт)</t>
   </si>
   <si>
-    <t>98.18 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>ZAP-230014</t>
   </si>
   <si>
     <t>VR2083</t>
   </si>
   <si>
     <t>отражатель разъемный латунь 1/2"</t>
   </si>
   <si>
-    <t>77.35 руб.</t>
+    <t>87.76 руб.</t>
   </si>
   <si>
     <t>ZAP-230015</t>
   </si>
   <si>
     <t>VR2084</t>
   </si>
   <si>
     <t>отражатель разъемный латунь 3/4"</t>
   </si>
   <si>
-    <t>87.76 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>ZAP-230016</t>
   </si>
   <si>
     <t>VR2085</t>
   </si>
   <si>
     <t>отражатель разъемный латунь 1"</t>
   </si>
   <si>
     <t>ZAP-230017</t>
   </si>
   <si>
     <t>VR2093</t>
   </si>
   <si>
     <t>отражатель 1/2" ЦИЛИНДР нержавейка для смесителя (10/640шт)</t>
   </si>
   <si>
     <t>20.83 руб.</t>
   </si>
   <si>
     <t>ZAP-230018</t>
   </si>
   <si>
     <t>VR2095</t>
@@ -1393,75 +1390,75 @@
   <si>
     <t>Кран угловой для подкл. с/т приборов 3 ВЫХОДА  1/2"х1/2" нерж. сталь (60шт)</t>
   </si>
   <si>
     <t>538.65 руб.</t>
   </si>
   <si>
     <t>OTM-110558</t>
   </si>
   <si>
     <t>Кран шаровый MINI 1/2" вн.-нар. ТМ (250шт)</t>
   </si>
   <si>
     <t>Краны для бытовой техники TEBO</t>
   </si>
   <si>
     <t>ALT-121001</t>
   </si>
   <si>
     <t>Т-КШ.С.555.1212.ХР.CN</t>
   </si>
   <si>
     <t>Кран шаровой угловой для ст. машины 1/2"х1/2" с отражателем TEBO (12/96)</t>
   </si>
   <si>
-    <t>400.95 руб.</t>
+    <t>401.78 руб.</t>
   </si>
   <si>
     <t>ALT-121002</t>
   </si>
   <si>
     <t>Т-КШ.С.555.1234.ХР.CN</t>
   </si>
   <si>
     <t>Кран шаровой угловой для ст. машины 1/2"х3/4" с отражателем TEBO (12/96)</t>
   </si>
   <si>
-    <t>416.90 руб.</t>
+    <t>417.76 руб.</t>
   </si>
   <si>
     <t>ALT-122009</t>
   </si>
   <si>
     <t>T-КШ.М.502.12.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой TEBO MINI ВН/НАР 1/2" (16/128)</t>
   </si>
   <si>
-    <t>405.32 руб.</t>
+    <t>406.16 руб.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -5531,649 +5528,649 @@
       </c>
       <c r="K4" s="2" t="str">
         <f>J4*467.00</f>
         <v>0</v>
       </c>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>810954</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G5" s="2" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H5" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="str">
         <f>J5*478.00</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>810956</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G6" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="str">
         <f>J6*1083.00</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>810957</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G7" s="2">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="str">
         <f>J7*648.00</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>810959</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G8" s="2">
         <v>0</v>
       </c>
       <c r="H8" s="2" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*777.00</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>810960</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G9" s="2">
         <v>0</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="str">
         <f>J9*803.00</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>810961</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G10" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="str">
         <f>J10*674.00</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>810962</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>48</v>
+      </c>
+      <c r="G11" s="2">
+        <v>0</v>
       </c>
       <c r="H11" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="str">
         <f>J11*529.00</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>810963</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G12" s="2">
         <v>10</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="str">
         <f>J12*519.00</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>810964</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G13" s="2">
         <v>0</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="str">
         <f>J13*536.00</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>810965</v>
       </c>
       <c r="C14" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E14" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>56</v>
-      </c>
-[...7 lines deleted...]
-        <v>55</v>
       </c>
       <c r="G14" s="2">
         <v>0</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="str">
         <f>J14*536.00</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>810966</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G15" s="2">
         <v>0</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="str">
         <f>J15*536.00</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>810967</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G16" s="2">
         <v>0</v>
       </c>
       <c r="H16" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="str">
         <f>J16*634.00</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>810968</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>72</v>
+      </c>
+      <c r="H17" s="2">
+        <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="str">
         <f>J17*600.00</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>810969</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G18" s="2">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="str">
         <f>J18*674.00</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>810970</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G19" s="2">
         <v>0</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="str">
         <f>J19*887.00</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>810971</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G20" s="2">
         <v>0</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="str">
         <f>J20*844.00</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>810972</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G21" s="2">
         <v>0</v>
       </c>
       <c r="H21" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="str">
         <f>J21*951.00</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>810973</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G22" s="2">
         <v>0</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="str">
         <f>J22*887.00</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" outlineLevel="1">
       <c r="A23" s="7" t="s">
         <v>92</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="7"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="7"/>
       <c r="I23" s="7"/>
@@ -6189,3541 +6186,3541 @@
       <c r="C24" s="1" t="s">
         <v>93</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>94</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G24" s="2">
         <v>8</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="str">
-        <f>J24*245.44</f>
+        <f>J24*251.39</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>884638</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>98</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G25" s="2">
         <v>4</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="str">
-        <f>J25*394.19</f>
+        <f>J25*401.63</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>884639</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>102</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="G26" s="2" t="s">
-        <v>71</v>
+      <c r="G26" s="2">
+        <v>1</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="str">
-        <f>J26*224.61</f>
+        <f>J26*229.08</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>884640</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>105</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>106</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>107</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>108</v>
       </c>
       <c r="G27" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="str">
-        <f>J27*240.98</f>
+        <f>J27*246.93</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>884641</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>109</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>110</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>111</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G28" s="2">
         <v>10</v>
       </c>
       <c r="H28" s="2">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="str">
-        <f>J28*203.79</f>
+        <f>J28*208.25</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>884642</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>115</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>116</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="str">
-        <f>J29*221.64</f>
+        <f>J29*226.10</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>884643</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>117</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>118</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>119</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>120</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="str">
-        <f>J30*197.84</f>
+        <f>J30*202.30</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>884644</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>121</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>122</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>123</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>124</v>
       </c>
       <c r="G31" s="2">
         <v>6</v>
       </c>
       <c r="H31" s="2">
         <v>0</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="str">
-        <f>J31*215.69</f>
+        <f>J31*220.15</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>884645</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>125</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>127</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G32" s="2">
         <v>10</v>
       </c>
       <c r="H32" s="2">
         <v>0</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="str">
-        <f>J32*200.81</f>
+        <f>J32*203.79</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>884646</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>129</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>130</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>131</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G33" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H33" s="2">
         <v>0</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="str">
-        <f>J33*218.66</f>
+        <f>J33*223.13</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>884647</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>134</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>135</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>136</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="str">
-        <f>J34*211.23</f>
+        <f>J34*217.18</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>884648</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>137</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>138</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>139</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>140</v>
       </c>
       <c r="G35" s="2">
         <v>10</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="str">
-        <f>J35*230.56</f>
+        <f>J35*235.03</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>884649</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>141</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>142</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>143</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="str">
-        <f>J36*203.79</f>
+        <f>J36*208.25</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>884650</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>144</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>145</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>146</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>147</v>
       </c>
       <c r="G37" s="2">
         <v>10</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="str">
-        <f>J37*223.13</f>
+        <f>J37*227.59</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>810797</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>148</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>149</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>150</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="G38" s="2" t="s">
-        <v>16</v>
+      <c r="G38" s="2">
+        <v>0</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
-      <c r="I38" s="1" t="s">
-        <v>91</v>
+      <c r="I38" s="1">
+        <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="str">
-        <f>J38*316.84</f>
+        <f>J38*357.00</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>810798</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>153</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>154</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="G39" s="2" t="s">
-        <v>91</v>
+      <c r="G39" s="2">
+        <v>0</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
-      <c r="I39" s="1" t="s">
-        <v>91</v>
+      <c r="I39" s="1">
+        <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="str">
-        <f>J39*325.76</f>
+        <f>J39*413.53</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>810799</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>156</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>157</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>158</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>159</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
-      <c r="I40" s="1" t="s">
-        <v>16</v>
+      <c r="I40" s="1">
+        <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="str">
-        <f>J40*337.66</f>
+        <f>J40*441.79</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>810800</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>160</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>161</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>162</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>163</v>
       </c>
       <c r="G41" s="2">
         <v>0</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="str">
-        <f>J41*297.50</f>
+        <f>J41*304.94</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>810801</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>164</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>165</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>166</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>167</v>
       </c>
       <c r="G42" s="2">
         <v>0</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="str">
-        <f>J42*309.40</f>
+        <f>J42*315.35</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>810802</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>168</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>170</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>171</v>
       </c>
       <c r="G43" s="2">
         <v>10</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="str">
-        <f>J43*510.21</f>
+        <f>J43*556.33</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>810803</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>172</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>173</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>174</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>175</v>
       </c>
       <c r="G44" s="2">
         <v>7</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="str">
-        <f>J44*535.50</f>
+        <f>J44*583.10</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>810804</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>176</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>177</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>178</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>179</v>
       </c>
       <c r="G45" s="2">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
       <c r="I45" s="1">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="str">
-        <f>J45*428.40</f>
+        <f>J45*470.05</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>810805</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>180</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>181</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>182</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>183</v>
       </c>
       <c r="G46" s="2">
         <v>10</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="str">
-        <f>J46*458.15</f>
+        <f>J46*501.29</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>810806</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>185</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>186</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>187</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H47" s="2">
         <v>0</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="str">
-        <f>J47*544.43</f>
+        <f>J47*596.49</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>810807</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>188</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>189</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>190</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>191</v>
       </c>
       <c r="G48" s="2">
         <v>7</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="str">
-        <f>J48*599.46</f>
+        <f>J48*654.50</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>810808</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>192</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>193</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>194</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>195</v>
       </c>
       <c r="G49" s="2">
         <v>4</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="str">
-        <f>J49*1035.30</f>
+        <f>J49*565.25</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>810809</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>196</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>197</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>194</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>198</v>
       </c>
       <c r="G50" s="2">
         <v>6</v>
       </c>
       <c r="H50" s="2">
         <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="str">
-        <f>J50*932.66</f>
+        <f>J50*502.78</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
         <v>810810</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>199</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>200</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>201</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>202</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="H51" s="2">
         <v>0</v>
       </c>
       <c r="I51" s="1">
         <v>0</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="str">
-        <f>J51*324.28</f>
+        <f>J51*359.98</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>810811</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>203</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>204</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>205</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>206</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H52" s="2">
         <v>0</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="str">
-        <f>J52*307.91</f>
+        <f>J52*342.13</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
         <v>810812</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>207</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>208</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>209</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="G53" s="2">
-        <v>8</v>
+      <c r="G53" s="2" t="s">
+        <v>88</v>
       </c>
       <c r="H53" s="2">
         <v>0</v>
       </c>
       <c r="I53" s="1">
         <v>0</v>
       </c>
       <c r="J53" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="str">
-        <f>J53*303.45</f>
+        <f>J53*337.66</f>
         <v>0</v>
       </c>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
         <v>823102</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>211</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>213</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="G54" s="2" t="s">
-        <v>87</v>
+      <c r="G54" s="2">
+        <v>0</v>
       </c>
       <c r="H54" s="2">
         <v>0</v>
       </c>
       <c r="I54" s="1">
         <v>0</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="str">
-        <f>J54*362.95</f>
+        <f>J54*434.35</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
         <v>823316</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>215</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>216</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>217</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>206</v>
+        <v>218</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>87</v>
+        <v>72</v>
       </c>
       <c r="H55" s="2">
         <v>0</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="str">
-        <f>J55*307.91</f>
+        <f>J55*330.23</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A56" s="1"/>
       <c r="B56" s="1">
         <v>823995</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="H56" s="2">
         <v>0</v>
       </c>
-      <c r="I56" s="1" t="s">
-        <v>71</v>
+      <c r="I56" s="1">
+        <v>0</v>
       </c>
       <c r="J56" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="str">
-        <f>J56*321.30</f>
+        <f>J56*355.51</f>
         <v>0</v>
       </c>
       <c r="L56" s="5"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
         <v>823996</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H57" s="2">
         <v>0</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="str">
-        <f>J57*334.69</f>
+        <f>J57*368.90</f>
         <v>0</v>
       </c>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A58" s="1"/>
       <c r="B58" s="1">
         <v>823997</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>222</v>
+      </c>
+      <c r="G58" s="2">
+        <v>0</v>
       </c>
       <c r="H58" s="2">
         <v>0</v>
       </c>
       <c r="I58" s="1">
         <v>0</v>
       </c>
       <c r="J58" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="str">
-        <f>J58*270.73</f>
+        <f>J58*355.51</f>
         <v>0</v>
       </c>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
         <v>824566</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>230</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>231</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>232</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>233</v>
       </c>
       <c r="G59" s="2">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="H59" s="2">
         <v>0</v>
       </c>
       <c r="I59" s="1">
         <v>0</v>
       </c>
       <c r="J59" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="str">
-        <f>J59*254.36</f>
+        <f>J59*507.24</f>
         <v>0</v>
       </c>
       <c r="L59" s="5"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A60" s="1"/>
       <c r="B60" s="1">
         <v>834429</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>234</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>235</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>236</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G60" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="H60" s="2">
         <v>0</v>
       </c>
       <c r="I60" s="1">
         <v>0</v>
       </c>
       <c r="J60" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="str">
-        <f>J60*321.30</f>
+        <f>J60*355.51</f>
         <v>0</v>
       </c>
       <c r="L60" s="5"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A61" s="1"/>
       <c r="B61" s="1">
         <v>834430</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>237</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>238</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>239</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>240</v>
       </c>
       <c r="G61" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="H61" s="2">
         <v>0</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="str">
-        <f>J61*342.13</f>
+        <f>J61*377.83</f>
         <v>0</v>
       </c>
       <c r="L61" s="5"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A62" s="1"/>
       <c r="B62" s="1">
         <v>834431</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>241</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>242</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>243</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>244</v>
       </c>
       <c r="G62" s="2">
         <v>9</v>
       </c>
       <c r="H62" s="2">
         <v>0</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="str">
-        <f>J62*351.05</f>
+        <f>J62*388.24</f>
         <v>0</v>
       </c>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A63" s="1"/>
       <c r="B63" s="1">
         <v>834432</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>245</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>246</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>247</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>248</v>
       </c>
       <c r="G63" s="2">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="H63" s="2">
         <v>0</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="str">
-        <f>J63*313.86</f>
+        <f>J63*346.59</f>
         <v>0</v>
       </c>
       <c r="L63" s="5"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A64" s="1"/>
       <c r="B64" s="1">
         <v>834433</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>249</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>250</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>251</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>252</v>
       </c>
       <c r="G64" s="2">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H64" s="2">
         <v>0</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="str">
-        <f>J64*331.71</f>
+        <f>J64*364.44</f>
         <v>0</v>
       </c>
       <c r="L64" s="5"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A65" s="1"/>
       <c r="B65" s="1">
         <v>834434</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>253</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>254</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>255</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>244</v>
+        <v>256</v>
       </c>
       <c r="G65" s="2">
         <v>3</v>
       </c>
       <c r="H65" s="2">
         <v>0</v>
       </c>
       <c r="I65" s="1">
         <v>0</v>
       </c>
       <c r="J65" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="str">
-        <f>J65*351.05</f>
+        <f>J65*386.75</f>
         <v>0</v>
       </c>
       <c r="L65" s="5"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
         <v>885245</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="H66" s="2">
         <v>0</v>
       </c>
       <c r="I66" s="1">
         <v>0</v>
       </c>
       <c r="J66" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="str">
-        <f>J66*385.26</f>
+        <f>J66*419.48</f>
         <v>0</v>
       </c>
       <c r="L66" s="5"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A67" s="1"/>
       <c r="B67" s="1">
         <v>885246</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H67" s="2">
         <v>0</v>
       </c>
       <c r="I67" s="1">
         <v>0</v>
       </c>
       <c r="J67" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="str">
-        <f>J67*415.01</f>
+        <f>J67*453.69</f>
         <v>0</v>
       </c>
       <c r="L67" s="5"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A68" s="1"/>
       <c r="B68" s="1">
         <v>885247</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H68" s="2">
         <v>0</v>
       </c>
       <c r="I68" s="1">
         <v>0</v>
       </c>
       <c r="J68" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="str">
-        <f>J68*478.98</f>
+        <f>J68*531.04</f>
         <v>0</v>
       </c>
       <c r="L68" s="5"/>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A69" s="1"/>
       <c r="B69" s="1">
         <v>885248</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="G69" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H69" s="2">
         <v>0</v>
       </c>
       <c r="I69" s="1">
         <v>0</v>
       </c>
       <c r="J69" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="str">
-        <f>J69*440.30</f>
+        <f>J69*487.90</f>
         <v>0</v>
       </c>
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A70" s="1"/>
       <c r="B70" s="1">
         <v>853683</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="G70" s="2">
-        <v>0</v>
+        <v>-40</v>
       </c>
       <c r="H70" s="2">
         <v>0</v>
       </c>
       <c r="I70" s="1">
         <v>0</v>
       </c>
       <c r="J70" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="str">
-        <f>J70*368.90</f>
+        <f>J70*412.04</f>
         <v>0</v>
       </c>
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A71" s="1"/>
       <c r="B71" s="1">
         <v>837115</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="E71" s="2" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="G71" s="2">
         <v>3</v>
       </c>
       <c r="H71" s="2">
         <v>0</v>
       </c>
       <c r="I71" s="1">
         <v>0</v>
       </c>
       <c r="J71" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="str">
-        <f>J71*617.31</f>
+        <f>J71*657.48</f>
         <v>0</v>
       </c>
       <c r="L71" s="5"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A72" s="1"/>
       <c r="B72" s="1">
         <v>837116</v>
       </c>
       <c r="C72" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="E72" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="F72" s="2" t="s">
         <v>280</v>
-      </c>
-[...7 lines deleted...]
-        <v>279</v>
       </c>
       <c r="G72" s="2">
         <v>4</v>
       </c>
       <c r="H72" s="2">
         <v>0</v>
       </c>
       <c r="I72" s="1">
         <v>0</v>
       </c>
       <c r="J72" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="str">
-        <f>J72*617.31</f>
+        <f>J72*657.48</f>
         <v>0</v>
       </c>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="1:12" outlineLevel="1">
       <c r="A73" s="7" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B73" s="7"/>
       <c r="C73" s="7"/>
       <c r="D73" s="7"/>
       <c r="E73" s="7"/>
       <c r="F73" s="7"/>
       <c r="G73" s="7"/>
       <c r="H73" s="7"/>
       <c r="I73" s="7"/>
       <c r="J73" s="7"/>
       <c r="K73" s="7"/>
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A74" s="1"/>
       <c r="B74" s="1">
         <v>810955</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="H74" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I74" s="1">
         <v>0</v>
       </c>
       <c r="J74" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="str">
         <f>J74*28.00</f>
         <v>0</v>
       </c>
       <c r="L74" s="5"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A75" s="1"/>
       <c r="B75" s="1">
         <v>852541</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="G75" s="2">
         <v>0</v>
       </c>
       <c r="H75" s="2">
         <v>0</v>
       </c>
       <c r="I75" s="1">
         <v>0</v>
       </c>
       <c r="J75" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="str">
         <f>J75*26.00</f>
         <v>0</v>
       </c>
       <c r="L75" s="5"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A76" s="1"/>
       <c r="B76" s="1">
         <v>810813</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H76" s="2">
         <v>0</v>
       </c>
       <c r="I76" s="1">
         <v>0</v>
       </c>
       <c r="J76" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="str">
         <f>J76*8.93</f>
         <v>0</v>
       </c>
       <c r="L76" s="5"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A77" s="1"/>
       <c r="B77" s="1">
         <v>810814</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="H77" s="2">
         <v>0</v>
       </c>
       <c r="I77" s="1">
         <v>0</v>
       </c>
       <c r="J77" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="str">
         <f>J77*11.90</f>
         <v>0</v>
       </c>
       <c r="L77" s="5"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A78" s="1"/>
       <c r="B78" s="1">
         <v>810815</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="G78" s="2" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H78" s="2">
         <v>0</v>
       </c>
       <c r="I78" s="1">
         <v>0</v>
       </c>
       <c r="J78" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="str">
         <f>J78*13.39</f>
         <v>0</v>
       </c>
       <c r="L78" s="5"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A79" s="1"/>
       <c r="B79" s="1">
         <v>810817</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="G79" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H79" s="2">
         <v>0</v>
       </c>
       <c r="I79" s="1">
         <v>0</v>
       </c>
       <c r="J79" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="str">
-        <f>J79*99.66</f>
+        <f>J79*98.18</f>
         <v>0</v>
       </c>
       <c r="L79" s="5"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A80" s="1"/>
       <c r="B80" s="1">
         <v>810818</v>
       </c>
       <c r="C80" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="E80" s="2" t="s">
+        <v>311</v>
+      </c>
+      <c r="F80" s="2" t="s">
         <v>308</v>
       </c>
-      <c r="D80" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G80" s="2" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="H80" s="2">
         <v>0</v>
       </c>
       <c r="I80" s="1">
         <v>0</v>
       </c>
       <c r="J80" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="str">
-        <f>J80*99.66</f>
+        <f>J80*98.18</f>
         <v>0</v>
       </c>
       <c r="L80" s="5"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A81" s="1"/>
       <c r="B81" s="1">
         <v>810819</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="G81" s="2" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="H81" s="2">
         <v>0</v>
       </c>
       <c r="I81" s="1">
         <v>0</v>
       </c>
       <c r="J81" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="str">
         <f>J81*98.18</f>
         <v>0</v>
       </c>
       <c r="L81" s="5"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A82" s="1"/>
       <c r="B82" s="1">
         <v>810820</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>315</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>316</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>317</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>318</v>
       </c>
       <c r="G82" s="2" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H82" s="2">
         <v>0</v>
       </c>
       <c r="I82" s="1">
         <v>0</v>
       </c>
       <c r="J82" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="str">
-        <f>J82*77.35</f>
+        <f>J82*87.76</f>
         <v>0</v>
       </c>
       <c r="L82" s="5"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A83" s="1"/>
       <c r="B83" s="1">
         <v>810821</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>319</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>320</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>321</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H83" s="2">
         <v>0</v>
       </c>
       <c r="I83" s="1">
         <v>0</v>
       </c>
       <c r="J83" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="str">
         <f>J83*87.76</f>
         <v>0</v>
       </c>
       <c r="L83" s="5"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A84" s="1"/>
       <c r="B84" s="1">
         <v>810822</v>
       </c>
       <c r="C84" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="D84" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="D84" s="1" t="s">
+      <c r="E84" s="2" t="s">
         <v>324</v>
       </c>
-      <c r="E84" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F84" s="2" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="G84" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H84" s="2">
         <v>0</v>
       </c>
       <c r="I84" s="1">
         <v>0</v>
       </c>
       <c r="J84" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="str">
         <f>J84*87.76</f>
         <v>0</v>
       </c>
       <c r="L84" s="5"/>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A85" s="1"/>
       <c r="B85" s="1">
         <v>823109</v>
       </c>
       <c r="C85" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="D85" s="1" t="s">
         <v>326</v>
       </c>
-      <c r="D85" s="1" t="s">
+      <c r="E85" s="2" t="s">
         <v>327</v>
       </c>
-      <c r="E85" s="2" t="s">
+      <c r="F85" s="2" t="s">
         <v>328</v>
       </c>
-      <c r="F85" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G85" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H85" s="2">
         <v>0</v>
       </c>
       <c r="I85" s="1">
         <v>0</v>
       </c>
       <c r="J85" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="str">
         <f>J85*20.83</f>
         <v>0</v>
       </c>
       <c r="L85" s="5"/>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A86" s="1"/>
       <c r="B86" s="1">
         <v>823110</v>
       </c>
       <c r="C86" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="D86" s="1" t="s">
         <v>330</v>
       </c>
-      <c r="D86" s="1" t="s">
+      <c r="E86" s="2" t="s">
         <v>331</v>
       </c>
-      <c r="E86" s="2" t="s">
+      <c r="F86" s="2" t="s">
         <v>332</v>
       </c>
-      <c r="F86" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G86" s="2" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="H86" s="2">
         <v>0</v>
       </c>
       <c r="I86" s="1">
         <v>0</v>
       </c>
       <c r="J86" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="str">
         <f>J86*26.78</f>
         <v>0</v>
       </c>
       <c r="L86" s="5"/>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A87" s="1"/>
       <c r="B87" s="1">
         <v>823111</v>
       </c>
       <c r="C87" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="D87" s="1" t="s">
         <v>334</v>
       </c>
-      <c r="D87" s="1" t="s">
+      <c r="E87" s="2" t="s">
         <v>335</v>
       </c>
-      <c r="E87" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F87" s="2" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="G87" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H87" s="2">
         <v>0</v>
       </c>
       <c r="I87" s="1">
         <v>0</v>
       </c>
       <c r="J87" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="str">
         <f>J87*20.83</f>
         <v>0</v>
       </c>
       <c r="L87" s="5"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A88" s="1"/>
       <c r="B88" s="1">
         <v>823112</v>
       </c>
       <c r="C88" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="D88" s="1" t="s">
         <v>337</v>
       </c>
-      <c r="D88" s="1" t="s">
+      <c r="E88" s="2" t="s">
         <v>338</v>
       </c>
-      <c r="E88" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F88" s="2" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="G88" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H88" s="2">
         <v>0</v>
       </c>
       <c r="I88" s="1">
         <v>0</v>
       </c>
       <c r="J88" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="str">
         <f>J88*20.83</f>
         <v>0</v>
       </c>
       <c r="L88" s="5"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A89" s="1"/>
       <c r="B89" s="1">
         <v>823113</v>
       </c>
       <c r="C89" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="D89" s="1" t="s">
         <v>340</v>
       </c>
-      <c r="D89" s="1" t="s">
+      <c r="E89" s="2" t="s">
         <v>341</v>
       </c>
-      <c r="E89" s="2" t="s">
+      <c r="F89" s="2" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
       <c r="G89" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H89" s="2">
         <v>0</v>
       </c>
       <c r="I89" s="1">
         <v>0</v>
       </c>
       <c r="J89" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="str">
         <f>J89*31.24</f>
         <v>0</v>
       </c>
       <c r="L89" s="5"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A90" s="1"/>
       <c r="B90" s="1">
         <v>823114</v>
       </c>
       <c r="C90" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="D90" s="1" t="s">
         <v>344</v>
       </c>
-      <c r="D90" s="1" t="s">
+      <c r="E90" s="2" t="s">
         <v>345</v>
       </c>
-      <c r="E90" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F90" s="2" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H90" s="2">
         <v>0</v>
       </c>
       <c r="I90" s="1">
         <v>0</v>
       </c>
       <c r="J90" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="str">
         <f>J90*31.24</f>
         <v>0</v>
       </c>
       <c r="L90" s="5"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A91" s="1"/>
       <c r="B91" s="1">
         <v>823115</v>
       </c>
       <c r="C91" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="D91" s="1" t="s">
         <v>347</v>
       </c>
-      <c r="D91" s="1" t="s">
+      <c r="E91" s="2" t="s">
         <v>348</v>
       </c>
-      <c r="E91" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F91" s="2" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="G91" s="2" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="H91" s="2">
         <v>0</v>
       </c>
       <c r="I91" s="1">
         <v>0</v>
       </c>
       <c r="J91" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="str">
         <f>J91*31.24</f>
         <v>0</v>
       </c>
       <c r="L91" s="5"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A92" s="1"/>
       <c r="B92" s="1">
         <v>825637</v>
       </c>
       <c r="C92" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="D92" s="1" t="s">
         <v>350</v>
       </c>
-      <c r="D92" s="1" t="s">
+      <c r="E92" s="2" t="s">
         <v>351</v>
       </c>
-      <c r="E92" s="2" t="s">
+      <c r="F92" s="2" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
       <c r="G92" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H92" s="2">
         <v>0</v>
       </c>
       <c r="I92" s="1">
         <v>0</v>
       </c>
       <c r="J92" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="str">
         <f>J92*26.37</f>
         <v>0</v>
       </c>
       <c r="L92" s="5"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A93" s="1"/>
       <c r="B93" s="1">
         <v>834435</v>
       </c>
       <c r="C93" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D93" s="1" t="s">
         <v>354</v>
       </c>
-      <c r="D93" s="1" t="s">
+      <c r="E93" s="2" t="s">
         <v>355</v>
       </c>
-      <c r="E93" s="2" t="s">
+      <c r="F93" s="2" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H93" s="2">
         <v>0</v>
       </c>
       <c r="I93" s="1">
         <v>0</v>
       </c>
       <c r="J93" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="str">
         <f>J93*68.43</f>
         <v>0</v>
       </c>
       <c r="L93" s="5"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A94" s="1"/>
       <c r="B94" s="1">
         <v>834436</v>
       </c>
       <c r="C94" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="D94" s="1" t="s">
         <v>358</v>
       </c>
-      <c r="D94" s="1" t="s">
+      <c r="E94" s="2" t="s">
         <v>359</v>
       </c>
-      <c r="E94" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F94" s="2" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H94" s="2">
         <v>0</v>
       </c>
       <c r="I94" s="1">
         <v>0</v>
       </c>
       <c r="J94" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="str">
         <f>J94*68.43</f>
         <v>0</v>
       </c>
       <c r="L94" s="5"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A95" s="1"/>
       <c r="B95" s="1">
         <v>834437</v>
       </c>
       <c r="C95" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="D95" s="1" t="s">
         <v>361</v>
       </c>
-      <c r="D95" s="1" t="s">
+      <c r="E95" s="2" t="s">
         <v>362</v>
       </c>
-      <c r="E95" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F95" s="2" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H95" s="2">
         <v>0</v>
       </c>
       <c r="I95" s="1">
         <v>0</v>
       </c>
       <c r="J95" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="str">
         <f>J95*68.43</f>
         <v>0</v>
       </c>
       <c r="L95" s="5"/>
     </row>
     <row r="96" spans="1:12" outlineLevel="1">
       <c r="A96" s="7" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="B96" s="7"/>
       <c r="C96" s="7"/>
       <c r="D96" s="7"/>
       <c r="E96" s="7"/>
       <c r="F96" s="7"/>
       <c r="G96" s="7"/>
       <c r="H96" s="7"/>
       <c r="I96" s="7"/>
       <c r="J96" s="7"/>
       <c r="K96" s="7"/>
       <c r="L96" s="5"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A97" s="1"/>
       <c r="B97" s="1">
         <v>827981</v>
       </c>
       <c r="C97" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="D97" s="1" t="s">
         <v>365</v>
       </c>
-      <c r="D97" s="1" t="s">
+      <c r="E97" s="2" t="s">
         <v>366</v>
       </c>
-      <c r="E97" s="2" t="s">
+      <c r="F97" s="2" t="s">
         <v>367</v>
       </c>
-      <c r="F97" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G97" s="2" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="H97" s="2">
         <v>0</v>
       </c>
       <c r="I97" s="1">
         <v>0</v>
       </c>
       <c r="J97" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K97" s="2" t="str">
         <f>J97*316.32</f>
         <v>0</v>
       </c>
       <c r="L97" s="5"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A98" s="1"/>
       <c r="B98" s="1">
         <v>827982</v>
       </c>
       <c r="C98" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="D98" s="1" t="s">
         <v>369</v>
       </c>
-      <c r="D98" s="1" t="s">
+      <c r="E98" s="2" t="s">
         <v>370</v>
       </c>
-      <c r="E98" s="2" t="s">
+      <c r="F98" s="2" t="s">
         <v>371</v>
       </c>
-      <c r="F98" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G98" s="2" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="H98" s="2">
         <v>0</v>
       </c>
       <c r="I98" s="1">
         <v>0</v>
       </c>
       <c r="J98" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K98" s="2" t="str">
         <f>J98*390.49</f>
         <v>0</v>
       </c>
       <c r="L98" s="5"/>
     </row>
     <row r="99" spans="1:12" outlineLevel="1">
       <c r="A99" s="7" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="B99" s="7"/>
       <c r="C99" s="7"/>
       <c r="D99" s="7"/>
       <c r="E99" s="7"/>
       <c r="F99" s="7"/>
       <c r="G99" s="7"/>
       <c r="H99" s="7"/>
       <c r="I99" s="7"/>
       <c r="J99" s="7"/>
       <c r="K99" s="7"/>
       <c r="L99" s="5"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A100" s="1"/>
       <c r="B100" s="1">
         <v>833182</v>
       </c>
       <c r="C100" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="D100" s="1" t="s">
         <v>374</v>
       </c>
-      <c r="D100" s="1" t="s">
+      <c r="E100" s="2" t="s">
         <v>375</v>
       </c>
-      <c r="E100" s="2" t="s">
+      <c r="F100" s="2" t="s">
         <v>376</v>
       </c>
-      <c r="F100" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G100" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H100" s="2">
         <v>0</v>
       </c>
       <c r="I100" s="1">
         <v>0</v>
       </c>
       <c r="J100" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="str">
         <f>J100*320.79</f>
         <v>0</v>
       </c>
       <c r="L100" s="5"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A101" s="1"/>
       <c r="B101" s="1">
         <v>833183</v>
       </c>
       <c r="C101" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="D101" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="D101" s="1" t="s">
+      <c r="E101" s="2" t="s">
         <v>379</v>
       </c>
-      <c r="E101" s="2" t="s">
+      <c r="F101" s="2" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H101" s="2">
         <v>0</v>
       </c>
       <c r="I101" s="1">
         <v>0</v>
       </c>
       <c r="J101" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K101" s="2" t="str">
         <f>J101*299.60</f>
         <v>0</v>
       </c>
       <c r="L101" s="5"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A102" s="1"/>
       <c r="B102" s="1">
         <v>833184</v>
       </c>
       <c r="C102" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="D102" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="D102" s="1" t="s">
+      <c r="E102" s="2" t="s">
         <v>383</v>
       </c>
-      <c r="E102" s="2" t="s">
+      <c r="F102" s="2" t="s">
         <v>384</v>
       </c>
-      <c r="F102" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G102" s="2" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="H102" s="2">
         <v>0</v>
       </c>
       <c r="I102" s="1">
         <v>0</v>
       </c>
       <c r="J102" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K102" s="2" t="str">
         <f>J102*305.79</f>
         <v>0</v>
       </c>
       <c r="L102" s="5"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A103" s="1"/>
       <c r="B103" s="1">
         <v>833185</v>
       </c>
       <c r="C103" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="D103" s="1" t="s">
         <v>386</v>
       </c>
-      <c r="D103" s="1" t="s">
+      <c r="E103" s="2" t="s">
         <v>387</v>
       </c>
-      <c r="E103" s="2" t="s">
+      <c r="F103" s="2" t="s">
         <v>388</v>
       </c>
-      <c r="F103" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G103" s="2" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H103" s="2">
         <v>0</v>
       </c>
       <c r="I103" s="1">
         <v>0</v>
       </c>
       <c r="J103" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K103" s="2" t="str">
         <f>J103*336.37</f>
         <v>0</v>
       </c>
       <c r="L103" s="5"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A104" s="1"/>
       <c r="B104" s="1">
         <v>833186</v>
       </c>
       <c r="C104" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="D104" s="1" t="s">
         <v>390</v>
       </c>
-      <c r="D104" s="1" t="s">
+      <c r="E104" s="2" t="s">
         <v>391</v>
       </c>
-      <c r="E104" s="2" t="s">
+      <c r="F104" s="2" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
       <c r="G104" s="2">
         <v>0</v>
       </c>
       <c r="H104" s="2">
         <v>0</v>
       </c>
       <c r="I104" s="1">
         <v>0</v>
       </c>
       <c r="J104" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K104" s="2" t="str">
         <f>J104*324.70</f>
         <v>0</v>
       </c>
       <c r="L104" s="5"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A105" s="1"/>
       <c r="B105" s="1">
         <v>833187</v>
       </c>
       <c r="C105" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="D105" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="D105" s="1" t="s">
+      <c r="E105" s="2" t="s">
         <v>395</v>
       </c>
-      <c r="E105" s="2" t="s">
+      <c r="F105" s="2" t="s">
         <v>396</v>
       </c>
-      <c r="F105" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G105" s="2" t="s">
-        <v>16</v>
+        <v>72</v>
       </c>
       <c r="H105" s="2">
         <v>0</v>
       </c>
       <c r="I105" s="1">
         <v>0</v>
       </c>
       <c r="J105" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="str">
         <f>J105*345.00</f>
         <v>0</v>
       </c>
       <c r="L105" s="5"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A106" s="1"/>
       <c r="B106" s="1">
         <v>833188</v>
       </c>
       <c r="C106" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="D106" s="1" t="s">
         <v>398</v>
       </c>
-      <c r="D106" s="1" t="s">
+      <c r="E106" s="2" t="s">
         <v>399</v>
       </c>
-      <c r="E106" s="2" t="s">
+      <c r="F106" s="2" t="s">
         <v>400</v>
       </c>
-      <c r="F106" s="2" t="s">
-[...3 lines deleted...]
-        <v>16</v>
+      <c r="G106" s="2">
+        <v>0</v>
       </c>
       <c r="H106" s="2">
         <v>0</v>
       </c>
       <c r="I106" s="1">
         <v>0</v>
       </c>
       <c r="J106" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="2" t="str">
         <f>J106*360.61</f>
         <v>0</v>
       </c>
       <c r="L106" s="5"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A107" s="1"/>
       <c r="B107" s="1">
         <v>833189</v>
       </c>
       <c r="C107" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="D107" s="1" t="s">
         <v>402</v>
       </c>
-      <c r="D107" s="1" t="s">
+      <c r="E107" s="2" t="s">
         <v>403</v>
       </c>
-      <c r="E107" s="2" t="s">
+      <c r="F107" s="2" t="s">
         <v>404</v>
       </c>
-      <c r="F107" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G107" s="2" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="H107" s="2">
         <v>0</v>
       </c>
       <c r="I107" s="1">
         <v>0</v>
       </c>
       <c r="J107" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K107" s="2" t="str">
         <f>J107*282.27</f>
         <v>0</v>
       </c>
       <c r="L107" s="5"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A108" s="1"/>
       <c r="B108" s="1">
         <v>833190</v>
       </c>
       <c r="C108" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="D108" s="1" t="s">
         <v>406</v>
       </c>
-      <c r="D108" s="1" t="s">
+      <c r="E108" s="2" t="s">
         <v>407</v>
       </c>
-      <c r="E108" s="2" t="s">
+      <c r="F108" s="2" t="s">
         <v>408</v>
       </c>
-      <c r="F108" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G108" s="2" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="H108" s="2">
         <v>0</v>
       </c>
       <c r="I108" s="1">
         <v>0</v>
       </c>
       <c r="J108" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K108" s="2" t="str">
         <f>J108*322.00</f>
         <v>0</v>
       </c>
       <c r="L108" s="5"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A109" s="1"/>
       <c r="B109" s="1">
         <v>833191</v>
       </c>
       <c r="C109" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="D109" s="1" t="s">
         <v>410</v>
       </c>
-      <c r="D109" s="1" t="s">
+      <c r="E109" s="2" t="s">
         <v>411</v>
       </c>
-      <c r="E109" s="2" t="s">
+      <c r="F109" s="2" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
       <c r="G109" s="2">
         <v>0</v>
       </c>
       <c r="H109" s="2">
         <v>0</v>
       </c>
       <c r="I109" s="1">
         <v>0</v>
       </c>
       <c r="J109" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K109" s="2" t="str">
         <f>J109*432.94</f>
         <v>0</v>
       </c>
       <c r="L109" s="5"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A110" s="1"/>
       <c r="B110" s="1">
         <v>833192</v>
       </c>
       <c r="C110" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="D110" s="1" t="s">
         <v>414</v>
       </c>
-      <c r="D110" s="1" t="s">
+      <c r="E110" s="2" t="s">
         <v>415</v>
       </c>
-      <c r="E110" s="2" t="s">
+      <c r="F110" s="2" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
       <c r="G110" s="2">
         <v>0</v>
       </c>
       <c r="H110" s="2">
         <v>0</v>
       </c>
       <c r="I110" s="1">
         <v>0</v>
       </c>
       <c r="J110" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K110" s="2" t="str">
         <f>J110*524.94</f>
         <v>0</v>
       </c>
       <c r="L110" s="5"/>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A111" s="1"/>
       <c r="B111" s="1">
         <v>837292</v>
       </c>
       <c r="C111" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="D111" s="1" t="s">
         <v>418</v>
       </c>
-      <c r="D111" s="1" t="s">
+      <c r="E111" s="2" t="s">
         <v>419</v>
       </c>
-      <c r="E111" s="2" t="s">
+      <c r="F111" s="2" t="s">
         <v>420</v>
       </c>
-      <c r="F111" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G111" s="2" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="H111" s="2">
         <v>0</v>
       </c>
       <c r="I111" s="1">
         <v>0</v>
       </c>
       <c r="J111" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K111" s="2" t="str">
         <f>J111*314.73</f>
         <v>0</v>
       </c>
       <c r="L111" s="5"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A112" s="1"/>
       <c r="B112" s="1">
         <v>873436</v>
       </c>
       <c r="C112" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="D112" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="D112" s="1" t="s">
+      <c r="E112" s="2" t="s">
         <v>423</v>
       </c>
-      <c r="E112" s="2" t="s">
+      <c r="F112" s="2" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
       <c r="G112" s="2">
         <v>0</v>
       </c>
       <c r="H112" s="2">
         <v>0</v>
       </c>
       <c r="I112" s="1">
         <v>0</v>
       </c>
       <c r="J112" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K112" s="2" t="str">
         <f>J112*305.76</f>
         <v>0</v>
       </c>
       <c r="L112" s="5"/>
     </row>
     <row r="113" spans="1:12" outlineLevel="1">
       <c r="A113" s="7" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="B113" s="7"/>
       <c r="C113" s="7"/>
       <c r="D113" s="7"/>
       <c r="E113" s="7"/>
       <c r="F113" s="7"/>
       <c r="G113" s="7"/>
       <c r="H113" s="7"/>
       <c r="I113" s="7"/>
       <c r="J113" s="7"/>
       <c r="K113" s="7"/>
       <c r="L113" s="5"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A114" s="1"/>
       <c r="B114" s="1">
         <v>883265</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="D114" s="1"/>
       <c r="E114" s="2" t="s">
+        <v>427</v>
+      </c>
+      <c r="F114" s="2" t="s">
         <v>428</v>
       </c>
-      <c r="F114" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G114" s="2" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="H114" s="2">
         <v>0</v>
       </c>
       <c r="I114" s="1">
         <v>0</v>
       </c>
       <c r="J114" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K114" s="2" t="str">
         <f>J114*340.29</f>
         <v>0</v>
       </c>
       <c r="L114" s="5"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A115" s="1"/>
       <c r="B115" s="1">
         <v>883266</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="D115" s="1"/>
       <c r="E115" s="2" t="s">
+        <v>430</v>
+      </c>
+      <c r="F115" s="2" t="s">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>432</v>
       </c>
       <c r="G115" s="2">
         <v>0</v>
       </c>
       <c r="H115" s="2">
         <v>0</v>
       </c>
       <c r="I115" s="1">
         <v>0</v>
       </c>
       <c r="J115" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K115" s="2" t="str">
         <f>J115*362.52</f>
         <v>0</v>
       </c>
       <c r="L115" s="5"/>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A116" s="1"/>
       <c r="B116" s="1">
         <v>882885</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="D116" s="1"/>
       <c r="E116" s="2" t="s">
+        <v>433</v>
+      </c>
+      <c r="F116" s="2" t="s">
         <v>434</v>
       </c>
-      <c r="F116" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G116" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H116" s="2">
         <v>0</v>
       </c>
       <c r="I116" s="1">
         <v>0</v>
       </c>
       <c r="J116" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K116" s="2" t="str">
         <f>J116*256.50</f>
         <v>0</v>
       </c>
       <c r="L116" s="5"/>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A117" s="1"/>
       <c r="B117" s="1">
         <v>882886</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="D117" s="1"/>
       <c r="E117" s="2" t="s">
+        <v>436</v>
+      </c>
+      <c r="F117" s="2" t="s">
         <v>437</v>
       </c>
-      <c r="F117" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G117" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H117" s="2">
         <v>0</v>
       </c>
       <c r="I117" s="1">
         <v>0</v>
       </c>
       <c r="J117" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K117" s="2" t="str">
         <f>J117*265.05</f>
         <v>0</v>
       </c>
       <c r="L117" s="5"/>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A118" s="1"/>
       <c r="B118" s="1">
         <v>883282</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="D118" s="1"/>
       <c r="E118" s="2" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="G118" s="2">
         <v>0</v>
       </c>
       <c r="H118" s="2">
         <v>0</v>
       </c>
       <c r="I118" s="1">
         <v>0</v>
       </c>
       <c r="J118" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K118" s="2" t="str">
         <f>J118*345.42</f>
         <v>0</v>
       </c>
       <c r="L118" s="5"/>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A119" s="1"/>
       <c r="B119" s="1">
         <v>883283</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="D119" s="1"/>
       <c r="E119" s="2" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="G119" s="2">
         <v>0</v>
       </c>
       <c r="H119" s="2">
         <v>0</v>
       </c>
       <c r="I119" s="1">
         <v>0</v>
       </c>
       <c r="J119" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K119" s="2" t="str">
         <f>J119*352.26</f>
         <v>0</v>
       </c>
       <c r="L119" s="5"/>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A120" s="1"/>
       <c r="B120" s="1">
         <v>883284</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="D120" s="1"/>
       <c r="E120" s="2" t="s">
+        <v>443</v>
+      </c>
+      <c r="F120" s="2" t="s">
         <v>444</v>
       </c>
-      <c r="F120" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G120" s="2" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="H120" s="2">
         <v>0</v>
       </c>
       <c r="I120" s="1">
         <v>0</v>
       </c>
       <c r="J120" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K120" s="2" t="str">
         <f>J120*395.01</f>
         <v>0</v>
       </c>
       <c r="L120" s="5"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A121" s="1"/>
       <c r="B121" s="1">
         <v>883285</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="D121" s="1"/>
       <c r="E121" s="2" t="s">
+        <v>446</v>
+      </c>
+      <c r="F121" s="2" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
       <c r="G121" s="2">
         <v>0</v>
       </c>
       <c r="H121" s="2">
         <v>0</v>
       </c>
       <c r="I121" s="1">
         <v>0</v>
       </c>
       <c r="J121" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K121" s="2" t="str">
         <f>J121*413.82</f>
         <v>0</v>
       </c>
       <c r="L121" s="5"/>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A122" s="1"/>
       <c r="B122" s="1">
         <v>883286</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="D122" s="1"/>
       <c r="E122" s="2" t="s">
+        <v>449</v>
+      </c>
+      <c r="F122" s="2" t="s">
         <v>450</v>
       </c>
-      <c r="F122" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G122" s="2" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="H122" s="2">
         <v>0</v>
       </c>
       <c r="I122" s="1">
         <v>0</v>
       </c>
       <c r="J122" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K122" s="2" t="str">
         <f>J122*538.65</f>
         <v>0</v>
       </c>
       <c r="L122" s="5"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A123" s="1"/>
       <c r="B123" s="1">
         <v>888487</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="D123" s="1"/>
       <c r="E123" s="2" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="G123" s="2">
         <v>0</v>
       </c>
       <c r="H123" s="2">
         <v>0</v>
       </c>
       <c r="I123" s="1">
         <v>0</v>
       </c>
       <c r="J123" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K123" s="2" t="str">
         <f>J123*345.42</f>
         <v>0</v>
       </c>
       <c r="L123" s="5"/>
     </row>
     <row r="124" spans="1:12" outlineLevel="1">
       <c r="A124" s="7" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="B124" s="7"/>
       <c r="C124" s="7"/>
       <c r="D124" s="7"/>
       <c r="E124" s="7"/>
       <c r="F124" s="7"/>
       <c r="G124" s="7"/>
       <c r="H124" s="7"/>
       <c r="I124" s="7"/>
       <c r="J124" s="7"/>
       <c r="K124" s="7"/>
       <c r="L124" s="5"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A125" s="1"/>
       <c r="B125" s="1">
         <v>884237</v>
       </c>
       <c r="C125" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="D125" s="1" t="s">
         <v>455</v>
       </c>
-      <c r="D125" s="1" t="s">
+      <c r="E125" s="2" t="s">
         <v>456</v>
       </c>
-      <c r="E125" s="2" t="s">
+      <c r="F125" s="2" t="s">
         <v>457</v>
       </c>
-      <c r="F125" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G125" s="2" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="H125" s="2">
         <v>0</v>
       </c>
       <c r="I125" s="1">
         <v>0</v>
       </c>
       <c r="J125" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K125" s="2" t="str">
-        <f>J125*400.95</f>
+        <f>J125*401.78</f>
         <v>0</v>
       </c>
       <c r="L125" s="5"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A126" s="1"/>
       <c r="B126" s="1">
         <v>884238</v>
       </c>
       <c r="C126" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="D126" s="1" t="s">
         <v>459</v>
       </c>
-      <c r="D126" s="1" t="s">
+      <c r="E126" s="2" t="s">
         <v>460</v>
       </c>
-      <c r="E126" s="2" t="s">
+      <c r="F126" s="2" t="s">
         <v>461</v>
       </c>
-      <c r="F126" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G126" s="2" t="s">
-        <v>16</v>
+        <v>88</v>
       </c>
       <c r="H126" s="2">
         <v>0</v>
       </c>
       <c r="I126" s="1">
         <v>0</v>
       </c>
       <c r="J126" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K126" s="2" t="str">
-        <f>J126*416.90</f>
+        <f>J126*417.76</f>
         <v>0</v>
       </c>
       <c r="L126" s="5"/>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A127" s="1"/>
       <c r="B127" s="1">
         <v>888634</v>
       </c>
       <c r="C127" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="D127" s="1" t="s">
         <v>463</v>
       </c>
-      <c r="D127" s="1" t="s">
+      <c r="E127" s="2" t="s">
         <v>464</v>
       </c>
-      <c r="E127" s="2" t="s">
+      <c r="F127" s="2" t="s">
         <v>465</v>
-      </c>
-[...1 lines deleted...]
-        <v>466</v>
       </c>
       <c r="G127" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H127" s="2">
         <v>0</v>
       </c>
       <c r="I127" s="1">
         <v>0</v>
       </c>
       <c r="J127" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K127" s="2" t="str">
-        <f>J127*405.32</f>
+        <f>J127*406.16</f>
         <v>0</v>
       </c>
       <c r="L127" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A23:K23"/>
     <mergeCell ref="A73:K73"/>
     <mergeCell ref="A96:K96"/>
     <mergeCell ref="A99:K99"/>
     <mergeCell ref="A113:K113"/>
     <mergeCell ref="A124:K124"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>