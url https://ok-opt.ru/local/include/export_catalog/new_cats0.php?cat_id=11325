--- v2 (2026-01-29)
+++ v3 (2026-03-15)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="466">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="474">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
@@ -70,86 +70,86 @@
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>Краны для БЫТОВОЙ ТЕХНИКИ</t>
   </si>
   <si>
     <t>Краны для бытовой техники VALTEC</t>
   </si>
   <si>
     <t>VLC-414001</t>
   </si>
   <si>
     <t>VT.392.N.04</t>
   </si>
   <si>
     <t>Кран шар. угловой для подкл. с/т приборов 1/2"х1/2"  (14 /168шт)</t>
   </si>
   <si>
     <t>467.00 руб.</t>
   </si>
   <si>
     <t>&gt;100</t>
   </si>
   <si>
+    <t>&gt;1000</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>VLC-414002</t>
+  </si>
+  <si>
+    <t>VT.392.N.05</t>
+  </si>
+  <si>
+    <t>Кран шар. угловой для подкл. с/т приборов 1/2"х3/4"   (14 /168шт)</t>
+  </si>
+  <si>
+    <t>478.00 руб.</t>
+  </si>
+  <si>
     <t>&gt;5000</t>
   </si>
   <si>
-    <t>шт</t>
-[...11 lines deleted...]
-    <t>478.00 руб.</t>
+    <t>VLC-414004</t>
+  </si>
+  <si>
+    <t>VT.230.N.05</t>
+  </si>
+  <si>
+    <t>Вентиль для подкл. с/т приборов 3/4"х3/4"х3/4" (1 /90шт)</t>
+  </si>
+  <si>
+    <t>1 083.00 руб.</t>
   </si>
   <si>
     <t>&gt;50</t>
   </si>
   <si>
-    <t>&gt;1000</t>
-[...13 lines deleted...]
-  <si>
     <t>VLC-414005</t>
   </si>
   <si>
     <t>VT.240.N.04</t>
   </si>
   <si>
     <t>Вентиль угловой для подкл. с/т приборов 1/2"х1/2" (1 /90шт)</t>
   </si>
   <si>
     <t>648.00 руб.</t>
   </si>
   <si>
     <t>VLC-414007</t>
   </si>
   <si>
     <t>VT.240.N.0405</t>
   </si>
   <si>
     <t>Вентиль угл. для подкл. с/т приборов 1/2"х3/4"  (1 /90шт)</t>
   </si>
   <si>
     <t>777.00 руб.</t>
   </si>
   <si>
     <t>VLC-414008</t>
@@ -283,419 +283,419 @@
   <si>
     <t>VLC-414019</t>
   </si>
   <si>
     <t>VT.282.GBC.0404</t>
   </si>
   <si>
     <t>Вентиль с фильтром для подключения с/т приборов 1/2"х1/2"</t>
   </si>
   <si>
     <t>844.00 руб.</t>
   </si>
   <si>
     <t>VLC-414020</t>
   </si>
   <si>
     <t>VT.282.GBC.0405</t>
   </si>
   <si>
     <t>Вентиль с фильтром для подключения с/т приборов 1/2"х3/4"</t>
   </si>
   <si>
     <t>951.00 руб.</t>
   </si>
   <si>
+    <t>VLC-414021</t>
+  </si>
+  <si>
+    <t>VT.282.GBC.0410</t>
+  </si>
+  <si>
+    <t>Вентиль с фильтром для подключения с/т приборов 1/2"хМ10</t>
+  </si>
+  <si>
+    <t>Краны для бытовой техники VIEIR</t>
+  </si>
+  <si>
+    <t>VER-000883</t>
+  </si>
+  <si>
+    <t>VER66</t>
+  </si>
+  <si>
+    <t>Кран угловой из нерж. стали с керамической кран-буксой 1/2 x 1/2"(100/1шт)</t>
+  </si>
+  <si>
+    <t>251.39 руб.</t>
+  </si>
+  <si>
+    <t>VER-000884</t>
+  </si>
+  <si>
+    <t>VER67</t>
+  </si>
+  <si>
+    <t>Кран угловой из нерж. стали с керамической кран-буксой 1/2 x 1/2"(100/1пара)</t>
+  </si>
+  <si>
+    <t>401.63 руб.</t>
+  </si>
+  <si>
+    <t>VER-000885</t>
+  </si>
+  <si>
+    <t>VER68</t>
+  </si>
+  <si>
+    <t>Кран трехпроходной из нерж. стали для подключения лейки биде и бочка унитаза 1/2 x1/2 x 1/2" (100/1ш</t>
+  </si>
+  <si>
+    <t>229.08 руб.</t>
+  </si>
+  <si>
+    <t>VER-000886</t>
+  </si>
+  <si>
+    <t>VER75</t>
+  </si>
+  <si>
+    <t>Кран трехпроходной из нерж. стали для подключения лейки биде и бочка унитаза 1/2 x3/4 x 1/2" (100/1ш</t>
+  </si>
+  <si>
+    <t>246.93 руб.</t>
+  </si>
+  <si>
+    <t>VER-000887</t>
+  </si>
+  <si>
+    <t>VER69-C</t>
+  </si>
+  <si>
+    <t>Кран угловой из нерж. стали с отражателем, черный 1/2 x1/2" (100/1шт)</t>
+  </si>
+  <si>
+    <t>208.25 руб.</t>
+  </si>
+  <si>
+    <t>VER-000888</t>
+  </si>
+  <si>
+    <t>VER70-C</t>
+  </si>
+  <si>
+    <t>Кран угловой из нерж. стали с отражателем, черный 1/2 x3/4 " (100/1шт)</t>
+  </si>
+  <si>
+    <t>226.10 руб.</t>
+  </si>
+  <si>
+    <t>VER-000889</t>
+  </si>
+  <si>
+    <t>VER69-L</t>
+  </si>
+  <si>
+    <t>Кран угловой из нерж. стали с отражателем, хром 1/2 x1/2" (100/1шт)</t>
+  </si>
+  <si>
+    <t>202.30 руб.</t>
+  </si>
+  <si>
+    <t>VER-000890</t>
+  </si>
+  <si>
+    <t>VER70-L</t>
+  </si>
+  <si>
+    <t>Кран угловой из нерж. стали с отражателем,  хром 1/2 x3/4 " (100/1шт)</t>
+  </si>
+  <si>
+    <t>220.15 руб.</t>
+  </si>
+  <si>
+    <t>VER-000891</t>
+  </si>
+  <si>
+    <t>VER71</t>
+  </si>
+  <si>
+    <t>Кран угловой из нерж. стали с керамической кран-буксой 1/2 x1/2 " (100/1шт)</t>
+  </si>
+  <si>
+    <t>203.79 руб.</t>
+  </si>
+  <si>
+    <t>VER-000892</t>
+  </si>
+  <si>
+    <t>VER72</t>
+  </si>
+  <si>
+    <t>Кран угловой из нерж. стали с керамической кран-буксой 1/2 x3/4 " (100/1шт)</t>
+  </si>
+  <si>
+    <t>223.13 руб.</t>
+  </si>
+  <si>
+    <t>VER-000893</t>
+  </si>
+  <si>
+    <t>VER73-C</t>
+  </si>
+  <si>
+    <t>Кран угловой из нерж. стали с керамической кран-буксой, черный 1/2 x1/2" (100/1шт)</t>
+  </si>
+  <si>
+    <t>217.18 руб.</t>
+  </si>
+  <si>
+    <t>VER-000894</t>
+  </si>
+  <si>
+    <t>VER74-C</t>
+  </si>
+  <si>
+    <t>Кран угловой из нерж. стали с керамической кран-буксой, черный 1/2 x3/4" (100/1шт)</t>
+  </si>
+  <si>
+    <t>235.03 руб.</t>
+  </si>
+  <si>
+    <t>VER-000895</t>
+  </si>
+  <si>
+    <t>VER73-L</t>
+  </si>
+  <si>
+    <t>Кран угловой из нерж. стали с керамической кран-буксой, хром 1/2 x1/2" (100/1шт)</t>
+  </si>
+  <si>
+    <t>VER-000896</t>
+  </si>
+  <si>
+    <t>VER74-L</t>
+  </si>
+  <si>
+    <t>Кран угловой из нерж. стали с керамической кран-буксой, хром 1/2 x3/4" (100/1шт)</t>
+  </si>
+  <si>
+    <t>227.59 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210001</t>
+  </si>
+  <si>
+    <t>VER343</t>
+  </si>
+  <si>
+    <t>кран шар. для подкл. стиральных приборов 1/2"х3/4"х1/2" (VER343) никель(10/80шт)</t>
+  </si>
+  <si>
+    <t>357.00 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210002</t>
+  </si>
+  <si>
+    <t>VER33</t>
+  </si>
+  <si>
+    <t>кран шар. угловой мат.хром для подкл. с/т приборов с отраж. 1/2"х1/2" (20/80шт)</t>
+  </si>
+  <si>
+    <t>392.70 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210003</t>
+  </si>
+  <si>
+    <t>VER34</t>
+  </si>
+  <si>
+    <t>кран шар. угловой мат.хром для подкл. с/т приборов с отраж. 1/2"х3/4" (15/60шт)</t>
+  </si>
+  <si>
+    <t>419.48 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210004</t>
+  </si>
+  <si>
+    <t>VER45</t>
+  </si>
+  <si>
+    <t>кран шар. угловой хром для подкл. с/т приборов с отраж. 1/2"х1/2" (1/100шт)</t>
+  </si>
+  <si>
+    <t>304.94 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210005</t>
+  </si>
+  <si>
+    <t>VER46</t>
+  </si>
+  <si>
+    <t>кран шар. угловой хром для подкл. с/т приборов с отраж. 1/2"х3/4" (1/100шт)</t>
+  </si>
+  <si>
+    <t>315.35 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210006</t>
+  </si>
+  <si>
+    <t>VER36</t>
+  </si>
+  <si>
+    <t>кран шар. угловой хром для подкл. с/т приборов с отраж. 1/2"х1/2" (1/100шт) декор.</t>
+  </si>
+  <si>
+    <t>556.33 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210007</t>
+  </si>
+  <si>
+    <t>VER39</t>
+  </si>
+  <si>
+    <t>кран шар. угловой хром для подкл. с/т приборов с отраж. 1/2"х3/4" (1/100шт) декор.</t>
+  </si>
+  <si>
+    <t>583.10 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210008</t>
+  </si>
+  <si>
+    <t>VER37</t>
+  </si>
+  <si>
+    <t>кран шар. угловой хром для подкл. с/т приборов с отраж. 1/2"х1/2" (1/100шт) декор. ручка</t>
+  </si>
+  <si>
+    <t>470.05 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210009</t>
+  </si>
+  <si>
+    <t>VER40</t>
+  </si>
+  <si>
+    <t>кран шар. угловой хром для подкл. с/т приборов с отраж. 1/2"х3/4" (1/100шт) декор. ручка</t>
+  </si>
+  <si>
+    <t>501.29 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210010</t>
+  </si>
+  <si>
+    <t>VER38</t>
+  </si>
+  <si>
+    <t>кран шар. угловой хром для подкл. с/т приборов с отраж. 1/2"х1/2" (1/100шт) декор. ручка квадрат</t>
+  </si>
+  <si>
+    <t>596.49 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210011</t>
+  </si>
+  <si>
+    <t>VER41</t>
+  </si>
+  <si>
+    <t>кран шар. угловой хром для подкл. с/т приборов с отраж. 1/2"х3/4" (1/100шт) декор. ручка квадрат</t>
+  </si>
+  <si>
+    <t>654.50 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210012</t>
+  </si>
+  <si>
+    <t>VP48</t>
+  </si>
+  <si>
+    <t xml:space="preserve">набор в блистере кран шар. угловой для подкл. с/т приборов с отраж. 1/2"х1/2" (1/80шт) декор. ручка </t>
+  </si>
+  <si>
+    <t>1 129.01 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210013</t>
+  </si>
+  <si>
+    <t>VP47</t>
+  </si>
+  <si>
+    <t>1 007.04 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210014</t>
+  </si>
+  <si>
+    <t>VR170</t>
+  </si>
+  <si>
+    <t>кран шар. мини 1/2" вн-вн (25/100шт)</t>
+  </si>
+  <si>
+    <t>359.98 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210015</t>
+  </si>
+  <si>
+    <t>VR171</t>
+  </si>
+  <si>
+    <t>кран шар. мини 1/2" вн-нар (18/100шт)</t>
+  </si>
+  <si>
+    <t>342.13 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-210016</t>
+  </si>
+  <si>
+    <t>VR172</t>
+  </si>
+  <si>
+    <t>кран шар. мини 1/2" нар-нар (18/100шт)</t>
+  </si>
+  <si>
+    <t>337.66 руб.</t>
+  </si>
+  <si>
     <t>&gt;25</t>
   </si>
   <si>
-    <t>VLC-414021</t>
-[...364 lines deleted...]
-  <si>
     <t>ZAP-210017</t>
   </si>
   <si>
     <t>VER343X</t>
   </si>
   <si>
     <t>кран шар. для подкл. стиральных приборов в блистере 1/2"х3/4"х1/2" ХРОМ  (10/120шт)</t>
   </si>
   <si>
     <t>434.35 руб.</t>
   </si>
   <si>
     <t>ZAP-210018</t>
   </si>
   <si>
     <t>GL182</t>
   </si>
   <si>
     <t>кран тройник для трубки фильтра 1/2" VR (2шт в упаковке)  (2/60шт)</t>
   </si>
   <si>
     <t>330.23 руб.</t>
   </si>
   <si>
     <t>ZAP-210020</t>
@@ -799,53 +799,50 @@
   <si>
     <t>364.44 руб.</t>
   </si>
   <si>
     <t>ZAP-210029</t>
   </si>
   <si>
     <t>VER59</t>
   </si>
   <si>
     <t>Венитиль-цанга угловой хромированный 1/2 х3/8 х10мм  VIEIR  хром(120/1шт)</t>
   </si>
   <si>
     <t>386.75 руб.</t>
   </si>
   <si>
     <t>ZAP-210030</t>
   </si>
   <si>
     <t>GZR33</t>
   </si>
   <si>
     <t>Угловой кран   1/2 -1/2  LUX Ganzer  хром (60/1шт)</t>
   </si>
   <si>
-    <t>419.48 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>ZAP-210031</t>
   </si>
   <si>
     <t>GZR34</t>
   </si>
   <si>
     <t>Угловой кран   1/2 -3/4  LUX Ganzer  хром (60/1шт)</t>
   </si>
   <si>
     <t>453.69 руб.</t>
   </si>
   <si>
     <t>ZAP-210034</t>
   </si>
   <si>
     <t>GZRL33</t>
   </si>
   <si>
     <t>Угловой кран   1/2 -1/2  VER-PRO мат. хром   (100/1шт)</t>
   </si>
   <si>
     <t>531.04 руб.</t>
   </si>
   <si>
     <t>ZAP-210035</t>
@@ -1390,75 +1387,102 @@
   <si>
     <t>Кран угловой для подкл. с/т приборов 3 ВЫХОДА  1/2"х1/2" нерж. сталь (60шт)</t>
   </si>
   <si>
     <t>538.65 руб.</t>
   </si>
   <si>
     <t>OTM-110558</t>
   </si>
   <si>
     <t>Кран шаровый MINI 1/2" вн.-нар. ТМ (250шт)</t>
   </si>
   <si>
     <t>Краны для бытовой техники TEBO</t>
   </si>
   <si>
     <t>ALT-121001</t>
   </si>
   <si>
     <t>Т-КШ.С.555.1212.ХР.CN</t>
   </si>
   <si>
     <t>Кран шаровой угловой для ст. машины 1/2"х1/2" с отражателем TEBO (12/96)</t>
   </si>
   <si>
-    <t>401.78 руб.</t>
+    <t>500.18 руб.</t>
   </si>
   <si>
     <t>ALT-121002</t>
   </si>
   <si>
     <t>Т-КШ.С.555.1234.ХР.CN</t>
   </si>
   <si>
     <t>Кран шаровой угловой для ст. машины 1/2"х3/4" с отражателем TEBO (12/96)</t>
   </si>
   <si>
-    <t>417.76 руб.</t>
+    <t>520.17 руб.</t>
   </si>
   <si>
     <t>ALT-122009</t>
   </si>
   <si>
     <t>T-КШ.М.502.12.КР.CN</t>
   </si>
   <si>
     <t>Кран шаровой TEBO MINI ВН/НАР 1/2" (16/128)</t>
   </si>
   <si>
-    <t>406.16 руб.</t>
+    <t>483.91 руб.</t>
+  </si>
+  <si>
+    <t>Краны для бытовой техники ELKA</t>
+  </si>
+  <si>
+    <t>ELK-200304</t>
+  </si>
+  <si>
+    <t>EL.PF.422.1.33</t>
+  </si>
+  <si>
+    <t>КРАН УГЛОВОЙ с керамической кран-буксой, AISI 304, ¹⁄₂"-¹⁄₂", НР⁄НР (упак.50/10 шт)</t>
+  </si>
+  <si>
+    <t>256.23 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200305</t>
+  </si>
+  <si>
+    <t>EL.PF.422.1.34</t>
+  </si>
+  <si>
+    <t>КРАН УГЛОВОЙ с керамической кран-буксой, AISI 304, ¹⁄₂"-³⁄₄", НР⁄НР (упак.50/10 шт)</t>
+  </si>
+  <si>
+    <t>280.83 руб.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -5383,51 +5407,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="0" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L127"/>
+  <dimension ref="A1:L130"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="3" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="60" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
     <col min="10" max="10" width="11" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -5435,51 +5459,51 @@
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="4">
-        <f>SUM(J2:J127)</f>
+        <f>SUM(J2:J130)</f>
         <v>0</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="5"/>
     </row>
     <row r="2" spans="1:12">
       <c r="A2" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
       <c r="L2" s="5"/>
     </row>
     <row r="3" spans="1:12" outlineLevel="1">
       <c r="A3" s="7" t="s">
@@ -5528,89 +5552,89 @@
       </c>
       <c r="K4" s="2" t="str">
         <f>J4*467.00</f>
         <v>0</v>
       </c>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>810954</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G5" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H5" s="2" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="str">
         <f>J5*478.00</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>810956</v>
       </c>
       <c r="C6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D6" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="D6" s="1" t="s">
+      <c r="E6" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="F6" s="2" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="G6" s="2">
         <v>5</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="str">
         <f>J6*1083.00</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>810957</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E7" s="2" t="s">
@@ -5636,51 +5660,51 @@
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>810959</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G8" s="2">
         <v>0</v>
       </c>
       <c r="H8" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*777.00</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>810960</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E9" s="2" t="s">
@@ -5703,159 +5727,159 @@
       </c>
       <c r="K9" s="2" t="str">
         <f>J9*803.00</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>810961</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G10" s="2">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="str">
         <f>J10*674.00</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>810962</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="G11" s="2">
-        <v>0</v>
+      <c r="G11" s="2" t="s">
+        <v>16</v>
       </c>
       <c r="H11" s="2" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="str">
         <f>J11*529.00</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>810963</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G12" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="str">
         <f>J12*519.00</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>810964</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>54</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G13" s="2">
         <v>0</v>
       </c>
-      <c r="H13" s="2">
-        <v>0</v>
+      <c r="H13" s="2" t="s">
+        <v>16</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="str">
         <f>J13*536.00</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>810965</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>57</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E14" s="2" t="s">
@@ -5950,122 +5974,122 @@
         <f>J16*634.00</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>810968</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>69</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="H17" s="2">
-        <v>0</v>
+      <c r="H17" s="2" t="s">
+        <v>16</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="str">
         <f>J17*600.00</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>810969</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>75</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G18" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="str">
         <f>J18*674.00</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>810970</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>77</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G19" s="2">
         <v>0</v>
       </c>
-      <c r="H19" s="2">
-        <v>0</v>
+      <c r="H19" s="2" t="s">
+        <v>16</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="str">
         <f>J19*887.00</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>810971</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>80</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>81</v>
       </c>
       <c r="E20" s="2" t="s">
@@ -6091,1324 +6115,1324 @@
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>810972</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>85</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>87</v>
       </c>
       <c r="G21" s="2">
         <v>0</v>
       </c>
       <c r="H21" s="2" t="s">
-        <v>88</v>
+        <v>72</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="str">
         <f>J21*951.00</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>810973</v>
       </c>
       <c r="C22" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D22" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="D22" s="1" t="s">
+      <c r="E22" s="2" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G22" s="2">
         <v>0</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="str">
         <f>J22*887.00</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" outlineLevel="1">
       <c r="A23" s="7" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="7"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="7"/>
       <c r="I23" s="7"/>
       <c r="J23" s="7"/>
       <c r="K23" s="7"/>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>884637</v>
       </c>
       <c r="C24" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D24" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="D24" s="1" t="s">
+      <c r="E24" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="E24" s="2" t="s">
+      <c r="F24" s="2" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="G24" s="2">
         <v>8</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="str">
         <f>J24*251.39</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>884638</v>
       </c>
       <c r="C25" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D25" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="D25" s="1" t="s">
+      <c r="E25" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="E25" s="2" t="s">
+      <c r="F25" s="2" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="G25" s="2">
         <v>4</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="str">
         <f>J25*401.63</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>884639</v>
       </c>
       <c r="C26" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D26" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="D26" s="1" t="s">
+      <c r="E26" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="E26" s="2" t="s">
+      <c r="F26" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="F26" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G26" s="2">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="str">
         <f>J26*229.08</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>884640</v>
       </c>
       <c r="C27" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D27" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="D27" s="1" t="s">
+      <c r="E27" s="2" t="s">
         <v>106</v>
       </c>
-      <c r="E27" s="2" t="s">
+      <c r="F27" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="F27" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G27" s="2">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="str">
         <f>J27*246.93</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>884641</v>
       </c>
       <c r="C28" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D28" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="D28" s="1" t="s">
+      <c r="E28" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="E28" s="2" t="s">
+      <c r="F28" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="F28" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G28" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H28" s="2">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="str">
         <f>J28*208.25</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>884642</v>
       </c>
       <c r="C29" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D29" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="D29" s="1" t="s">
+      <c r="E29" s="2" t="s">
         <v>114</v>
       </c>
-      <c r="E29" s="2" t="s">
+      <c r="F29" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="F29" s="2" t="s">
-[...3 lines deleted...]
-        <v>72</v>
+      <c r="G29" s="2">
+        <v>10</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="str">
         <f>J29*226.10</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>884643</v>
       </c>
       <c r="C30" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D30" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="D30" s="1" t="s">
+      <c r="E30" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="E30" s="2" t="s">
+      <c r="F30" s="2" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>72</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="str">
         <f>J30*202.30</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>884644</v>
       </c>
       <c r="C31" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D31" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="D31" s="1" t="s">
+      <c r="E31" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="E31" s="2" t="s">
+      <c r="F31" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="F31" s="2" t="s">
-[...3 lines deleted...]
-        <v>6</v>
+      <c r="G31" s="2" t="s">
+        <v>72</v>
       </c>
       <c r="H31" s="2">
         <v>0</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="str">
         <f>J31*220.15</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>884645</v>
       </c>
       <c r="C32" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="D32" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="D32" s="1" t="s">
+      <c r="E32" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="E32" s="2" t="s">
+      <c r="F32" s="2" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="G32" s="2">
         <v>10</v>
       </c>
       <c r="H32" s="2">
         <v>0</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="str">
         <f>J32*203.79</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>884646</v>
       </c>
       <c r="C33" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="D33" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="D33" s="1" t="s">
+      <c r="E33" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="E33" s="2" t="s">
+      <c r="F33" s="2" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="G33" s="2">
         <v>1</v>
       </c>
       <c r="H33" s="2">
         <v>0</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="str">
         <f>J33*223.13</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>884647</v>
       </c>
       <c r="C34" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D34" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="D34" s="1" t="s">
+      <c r="E34" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="E34" s="2" t="s">
+      <c r="F34" s="2" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>72</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="str">
         <f>J34*217.18</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>884648</v>
       </c>
       <c r="C35" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="D35" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="D35" s="1" t="s">
+      <c r="E35" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="E35" s="2" t="s">
+      <c r="F35" s="2" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="G35" s="2">
         <v>10</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="str">
         <f>J35*235.03</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>884649</v>
       </c>
       <c r="C36" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D36" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="D36" s="1" t="s">
+      <c r="E36" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="E36" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F36" s="2" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>72</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="str">
         <f>J36*208.25</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>884650</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D37" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="D37" s="1" t="s">
+      <c r="E37" s="2" t="s">
         <v>145</v>
       </c>
-      <c r="E37" s="2" t="s">
+      <c r="F37" s="2" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="G37" s="2">
         <v>10</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="str">
         <f>J37*227.59</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>810797</v>
       </c>
       <c r="C38" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D38" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="D38" s="1" t="s">
+      <c r="E38" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="E38" s="2" t="s">
+      <c r="F38" s="2" t="s">
         <v>150</v>
       </c>
-      <c r="F38" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G38" s="2" t="s">
+        <v>28</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="str">
         <f>J38*357.00</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>810798</v>
       </c>
       <c r="C39" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="D39" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="D39" s="1" t="s">
+      <c r="E39" s="2" t="s">
         <v>153</v>
       </c>
-      <c r="E39" s="2" t="s">
+      <c r="F39" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="F39" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G39" s="2">
         <v>0</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="str">
-        <f>J39*413.53</f>
+        <f>J39*392.70</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>810799</v>
       </c>
       <c r="C40" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D40" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="D40" s="1" t="s">
+      <c r="E40" s="2" t="s">
         <v>157</v>
       </c>
-      <c r="E40" s="2" t="s">
+      <c r="F40" s="2" t="s">
         <v>158</v>
       </c>
-      <c r="F40" s="2" t="s">
-[...3 lines deleted...]
-        <v>16</v>
+      <c r="G40" s="2">
+        <v>0</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="str">
-        <f>J40*441.79</f>
+        <f>J40*419.48</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>810800</v>
       </c>
       <c r="C41" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="D41" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="D41" s="1" t="s">
+      <c r="E41" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="E41" s="2" t="s">
+      <c r="F41" s="2" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="G41" s="2">
         <v>0</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="str">
         <f>J41*304.94</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>810801</v>
       </c>
       <c r="C42" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D42" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="D42" s="1" t="s">
+      <c r="E42" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="E42" s="2" t="s">
+      <c r="F42" s="2" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="G42" s="2">
         <v>0</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="str">
         <f>J42*315.35</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>810802</v>
       </c>
       <c r="C43" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D43" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="D43" s="1" t="s">
+      <c r="E43" s="2" t="s">
         <v>169</v>
       </c>
-      <c r="E43" s="2" t="s">
+      <c r="F43" s="2" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="G43" s="2">
         <v>10</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="str">
         <f>J43*556.33</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>810803</v>
       </c>
       <c r="C44" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D44" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="D44" s="1" t="s">
+      <c r="E44" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="E44" s="2" t="s">
+      <c r="F44" s="2" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="G44" s="2">
         <v>7</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="str">
         <f>J44*583.10</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>810804</v>
       </c>
       <c r="C45" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="D45" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="D45" s="1" t="s">
+      <c r="E45" s="2" t="s">
         <v>177</v>
       </c>
-      <c r="E45" s="2" t="s">
+      <c r="F45" s="2" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="G45" s="2">
         <v>10</v>
       </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
       <c r="I45" s="1">
         <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="str">
         <f>J45*470.05</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>810805</v>
       </c>
       <c r="C46" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="D46" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="D46" s="1" t="s">
+      <c r="E46" s="2" t="s">
         <v>181</v>
       </c>
-      <c r="E46" s="2" t="s">
+      <c r="F46" s="2" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="G46" s="2">
         <v>10</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="str">
         <f>J46*501.29</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>810806</v>
       </c>
       <c r="C47" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D47" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D47" s="1" t="s">
+      <c r="E47" s="2" t="s">
         <v>185</v>
       </c>
-      <c r="E47" s="2" t="s">
+      <c r="F47" s="2" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>72</v>
       </c>
       <c r="H47" s="2">
         <v>0</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="str">
         <f>J47*596.49</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>810807</v>
       </c>
       <c r="C48" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D48" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="D48" s="1" t="s">
+      <c r="E48" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="E48" s="2" t="s">
+      <c r="F48" s="2" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="G48" s="2">
         <v>7</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="str">
         <f>J48*654.50</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>810808</v>
       </c>
       <c r="C49" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D49" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="D49" s="1" t="s">
+      <c r="E49" s="2" t="s">
         <v>193</v>
       </c>
-      <c r="E49" s="2" t="s">
+      <c r="F49" s="2" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="G49" s="2">
         <v>4</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="str">
-        <f>J49*565.25</f>
+        <f>J49*1129.01</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>810809</v>
       </c>
       <c r="C50" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D50" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="D50" s="1" t="s">
+      <c r="E50" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="F50" s="2" t="s">
         <v>197</v>
-      </c>
-[...4 lines deleted...]
-        <v>198</v>
       </c>
       <c r="G50" s="2">
         <v>6</v>
       </c>
       <c r="H50" s="2">
         <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="str">
-        <f>J50*502.78</f>
+        <f>J50*1007.04</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
         <v>810810</v>
       </c>
       <c r="C51" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="D51" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="D51" s="1" t="s">
+      <c r="E51" s="2" t="s">
         <v>200</v>
       </c>
-      <c r="E51" s="2" t="s">
+      <c r="F51" s="2" t="s">
         <v>201</v>
       </c>
-      <c r="F51" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G51" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="H51" s="2">
         <v>0</v>
       </c>
       <c r="I51" s="1">
         <v>0</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="str">
         <f>J51*359.98</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>810811</v>
       </c>
       <c r="C52" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="D52" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="D52" s="1" t="s">
+      <c r="E52" s="2" t="s">
         <v>204</v>
       </c>
-      <c r="E52" s="2" t="s">
+      <c r="F52" s="2" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H52" s="2">
         <v>0</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="str">
         <f>J52*342.13</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
         <v>810812</v>
       </c>
       <c r="C53" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D53" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="D53" s="1" t="s">
+      <c r="E53" s="2" t="s">
         <v>208</v>
       </c>
-      <c r="E53" s="2" t="s">
+      <c r="F53" s="2" t="s">
         <v>209</v>
       </c>
-      <c r="F53" s="2" t="s">
+      <c r="G53" s="2" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="H53" s="2">
         <v>0</v>
       </c>
       <c r="I53" s="1">
         <v>0</v>
       </c>
       <c r="J53" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="str">
         <f>J53*337.66</f>
         <v>0</v>
       </c>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
         <v>823102</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>211</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>213</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="G54" s="2">
-        <v>0</v>
+      <c r="G54" s="2" t="s">
+        <v>210</v>
       </c>
       <c r="H54" s="2">
         <v>0</v>
       </c>
       <c r="I54" s="1">
         <v>0</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="str">
         <f>J54*434.35</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
         <v>823316</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>215</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>216</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>217</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>218</v>
       </c>
-      <c r="G55" s="2" t="s">
-        <v>72</v>
+      <c r="G55" s="2">
+        <v>5</v>
       </c>
       <c r="H55" s="2">
         <v>0</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="str">
         <f>J55*330.23</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A56" s="1"/>
       <c r="B56" s="1">
         <v>823995</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>219</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>220</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>221</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>222</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>88</v>
+        <v>72</v>
       </c>
       <c r="H56" s="2">
         <v>0</v>
       </c>
       <c r="I56" s="1">
         <v>0</v>
       </c>
       <c r="J56" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="str">
         <f>J56*355.51</f>
         <v>0</v>
       </c>
       <c r="L56" s="5"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
         <v>823996</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>223</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>224</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>225</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>226</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="H57" s="2">
         <v>0</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="str">
         <f>J57*368.90</f>
         <v>0</v>
       </c>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A58" s="1"/>
       <c r="B58" s="1">
         <v>823997</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>227</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>228</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>229</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>222</v>
       </c>
-      <c r="G58" s="2">
-        <v>0</v>
+      <c r="G58" s="2" t="s">
+        <v>210</v>
       </c>
       <c r="H58" s="2">
         <v>0</v>
       </c>
       <c r="I58" s="1">
         <v>0</v>
       </c>
       <c r="J58" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="str">
         <f>J58*355.51</f>
         <v>0</v>
       </c>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
         <v>824566</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>230</v>
       </c>
       <c r="D59" s="1" t="s">
@@ -7469,51 +7493,51 @@
       </c>
       <c r="K60" s="2" t="str">
         <f>J60*355.51</f>
         <v>0</v>
       </c>
       <c r="L60" s="5"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A61" s="1"/>
       <c r="B61" s="1">
         <v>834430</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>237</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>238</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>239</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>240</v>
       </c>
       <c r="G61" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H61" s="2">
         <v>0</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="str">
         <f>J61*377.83</f>
         <v>0</v>
       </c>
       <c r="L61" s="5"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A62" s="1"/>
       <c r="B62" s="1">
         <v>834431</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>241</v>
       </c>
       <c r="D62" s="1" t="s">
@@ -7538,52 +7562,52 @@
         <v>18</v>
       </c>
       <c r="K62" s="2" t="str">
         <f>J62*388.24</f>
         <v>0</v>
       </c>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A63" s="1"/>
       <c r="B63" s="1">
         <v>834432</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>245</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>246</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>247</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>248</v>
       </c>
-      <c r="G63" s="2">
-        <v>2</v>
+      <c r="G63" s="2" t="s">
+        <v>72</v>
       </c>
       <c r="H63" s="2">
         <v>0</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="str">
         <f>J63*346.59</f>
         <v>0</v>
       </c>
       <c r="L63" s="5"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A64" s="1"/>
       <c r="B64" s="1">
         <v>834433</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>249</v>
       </c>
       <c r="D64" s="1" t="s">
@@ -7608,2135 +7632,2222 @@
         <v>18</v>
       </c>
       <c r="K64" s="2" t="str">
         <f>J64*364.44</f>
         <v>0</v>
       </c>
       <c r="L64" s="5"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A65" s="1"/>
       <c r="B65" s="1">
         <v>834434</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>253</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>254</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>255</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>256</v>
       </c>
-      <c r="G65" s="2">
-        <v>3</v>
+      <c r="G65" s="2" t="s">
+        <v>72</v>
       </c>
       <c r="H65" s="2">
         <v>0</v>
       </c>
       <c r="I65" s="1">
         <v>0</v>
       </c>
       <c r="J65" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="str">
         <f>J65*386.75</f>
         <v>0</v>
       </c>
       <c r="L65" s="5"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
         <v>885245</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>257</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>258</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>259</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>260</v>
+        <v>158</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="H66" s="2">
         <v>0</v>
       </c>
       <c r="I66" s="1">
         <v>0</v>
       </c>
       <c r="J66" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="str">
         <f>J66*419.48</f>
         <v>0</v>
       </c>
       <c r="L66" s="5"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A67" s="1"/>
       <c r="B67" s="1">
         <v>885246</v>
       </c>
       <c r="C67" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D67" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="D67" s="1" t="s">
+      <c r="E67" s="2" t="s">
         <v>262</v>
       </c>
-      <c r="E67" s="2" t="s">
+      <c r="F67" s="2" t="s">
         <v>263</v>
       </c>
-      <c r="F67" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G67" s="2" t="s">
-        <v>88</v>
+        <v>72</v>
       </c>
       <c r="H67" s="2">
         <v>0</v>
       </c>
       <c r="I67" s="1">
         <v>0</v>
       </c>
       <c r="J67" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="str">
         <f>J67*453.69</f>
         <v>0</v>
       </c>
       <c r="L67" s="5"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A68" s="1"/>
       <c r="B68" s="1">
         <v>885247</v>
       </c>
       <c r="C68" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D68" s="1" t="s">
         <v>265</v>
       </c>
-      <c r="D68" s="1" t="s">
+      <c r="E68" s="2" t="s">
         <v>266</v>
       </c>
-      <c r="E68" s="2" t="s">
+      <c r="F68" s="2" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H68" s="2">
         <v>0</v>
       </c>
       <c r="I68" s="1">
         <v>0</v>
       </c>
       <c r="J68" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="str">
         <f>J68*531.04</f>
         <v>0</v>
       </c>
       <c r="L68" s="5"/>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A69" s="1"/>
       <c r="B69" s="1">
         <v>885248</v>
       </c>
       <c r="C69" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="D69" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="D69" s="1" t="s">
+      <c r="E69" s="2" t="s">
         <v>270</v>
       </c>
-      <c r="E69" s="2" t="s">
+      <c r="F69" s="2" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="G69" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H69" s="2">
         <v>0</v>
       </c>
       <c r="I69" s="1">
         <v>0</v>
       </c>
       <c r="J69" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="str">
         <f>J69*487.90</f>
         <v>0</v>
       </c>
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A70" s="1"/>
       <c r="B70" s="1">
         <v>853683</v>
       </c>
       <c r="C70" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="D70" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="D70" s="1" t="s">
+      <c r="E70" s="2" t="s">
         <v>274</v>
       </c>
-      <c r="E70" s="2" t="s">
+      <c r="F70" s="2" t="s">
         <v>275</v>
       </c>
-      <c r="F70" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G70" s="2">
-        <v>-40</v>
+        <v>0</v>
       </c>
       <c r="H70" s="2">
         <v>0</v>
       </c>
       <c r="I70" s="1">
         <v>0</v>
       </c>
       <c r="J70" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="str">
         <f>J70*412.04</f>
         <v>0</v>
       </c>
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A71" s="1"/>
       <c r="B71" s="1">
         <v>837115</v>
       </c>
       <c r="C71" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D71" s="1" t="s">
         <v>277</v>
       </c>
-      <c r="D71" s="1" t="s">
+      <c r="E71" s="2" t="s">
         <v>278</v>
       </c>
-      <c r="E71" s="2" t="s">
+      <c r="F71" s="2" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
       <c r="G71" s="2">
         <v>3</v>
       </c>
       <c r="H71" s="2">
         <v>0</v>
       </c>
       <c r="I71" s="1">
         <v>0</v>
       </c>
       <c r="J71" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="str">
         <f>J71*657.48</f>
         <v>0</v>
       </c>
       <c r="L71" s="5"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A72" s="1"/>
       <c r="B72" s="1">
         <v>837116</v>
       </c>
       <c r="C72" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="D72" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="D72" s="1" t="s">
+      <c r="E72" s="2" t="s">
         <v>282</v>
       </c>
-      <c r="E72" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F72" s="2" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="G72" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H72" s="2">
         <v>0</v>
       </c>
       <c r="I72" s="1">
         <v>0</v>
       </c>
       <c r="J72" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="str">
         <f>J72*657.48</f>
         <v>0</v>
       </c>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="1:12" outlineLevel="1">
       <c r="A73" s="7" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="B73" s="7"/>
       <c r="C73" s="7"/>
       <c r="D73" s="7"/>
       <c r="E73" s="7"/>
       <c r="F73" s="7"/>
       <c r="G73" s="7"/>
       <c r="H73" s="7"/>
       <c r="I73" s="7"/>
       <c r="J73" s="7"/>
       <c r="K73" s="7"/>
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A74" s="1"/>
       <c r="B74" s="1">
         <v>810955</v>
       </c>
       <c r="C74" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D74" s="1" t="s">
         <v>285</v>
       </c>
-      <c r="D74" s="1" t="s">
+      <c r="E74" s="2" t="s">
         <v>286</v>
       </c>
-      <c r="E74" s="2" t="s">
+      <c r="F74" s="2" t="s">
         <v>287</v>
       </c>
-      <c r="F74" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G74" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="H74" s="2" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="I74" s="1">
         <v>0</v>
       </c>
       <c r="J74" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="str">
         <f>J74*28.00</f>
         <v>0</v>
       </c>
       <c r="L74" s="5"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A75" s="1"/>
       <c r="B75" s="1">
         <v>852541</v>
       </c>
       <c r="C75" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="D75" s="1" t="s">
         <v>289</v>
       </c>
-      <c r="D75" s="1" t="s">
+      <c r="E75" s="2" t="s">
         <v>290</v>
       </c>
-      <c r="E75" s="2" t="s">
+      <c r="F75" s="2" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="G75" s="2">
         <v>0</v>
       </c>
       <c r="H75" s="2">
         <v>0</v>
       </c>
       <c r="I75" s="1">
         <v>0</v>
       </c>
       <c r="J75" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="str">
         <f>J75*26.00</f>
         <v>0</v>
       </c>
       <c r="L75" s="5"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A76" s="1"/>
       <c r="B76" s="1">
         <v>810813</v>
       </c>
       <c r="C76" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="D76" s="1" t="s">
         <v>293</v>
       </c>
-      <c r="D76" s="1" t="s">
+      <c r="E76" s="2" t="s">
         <v>294</v>
       </c>
-      <c r="E76" s="2" t="s">
+      <c r="F76" s="2" t="s">
         <v>295</v>
       </c>
-      <c r="F76" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G76" s="2" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="H76" s="2">
         <v>0</v>
       </c>
       <c r="I76" s="1">
         <v>0</v>
       </c>
       <c r="J76" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="str">
         <f>J76*8.93</f>
         <v>0</v>
       </c>
       <c r="L76" s="5"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A77" s="1"/>
       <c r="B77" s="1">
         <v>810814</v>
       </c>
       <c r="C77" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="D77" s="1" t="s">
         <v>297</v>
       </c>
-      <c r="D77" s="1" t="s">
+      <c r="E77" s="2" t="s">
         <v>298</v>
       </c>
-      <c r="E77" s="2" t="s">
+      <c r="F77" s="2" t="s">
         <v>299</v>
       </c>
-      <c r="F77" s="2" t="s">
-[...3 lines deleted...]
-        <v>23</v>
+      <c r="G77" s="2">
+        <v>2</v>
       </c>
       <c r="H77" s="2">
         <v>0</v>
       </c>
       <c r="I77" s="1">
         <v>0</v>
       </c>
       <c r="J77" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="str">
         <f>J77*11.90</f>
         <v>0</v>
       </c>
       <c r="L77" s="5"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A78" s="1"/>
       <c r="B78" s="1">
         <v>810815</v>
       </c>
       <c r="C78" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D78" s="1" t="s">
         <v>301</v>
       </c>
-      <c r="D78" s="1" t="s">
+      <c r="E78" s="2" t="s">
         <v>302</v>
       </c>
-      <c r="E78" s="2" t="s">
+      <c r="F78" s="2" t="s">
         <v>303</v>
       </c>
-      <c r="F78" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G78" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="H78" s="2">
         <v>0</v>
       </c>
       <c r="I78" s="1">
         <v>0</v>
       </c>
       <c r="J78" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="str">
         <f>J78*13.39</f>
         <v>0</v>
       </c>
       <c r="L78" s="5"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A79" s="1"/>
       <c r="B79" s="1">
         <v>810817</v>
       </c>
       <c r="C79" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="D79" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="D79" s="1" t="s">
+      <c r="E79" s="2" t="s">
         <v>306</v>
       </c>
-      <c r="E79" s="2" t="s">
+      <c r="F79" s="2" t="s">
         <v>307</v>
       </c>
-      <c r="F79" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G79" s="2" t="s">
-        <v>88</v>
+        <v>210</v>
       </c>
       <c r="H79" s="2">
         <v>0</v>
       </c>
       <c r="I79" s="1">
         <v>0</v>
       </c>
       <c r="J79" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="str">
         <f>J79*98.18</f>
         <v>0</v>
       </c>
       <c r="L79" s="5"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A80" s="1"/>
       <c r="B80" s="1">
         <v>810818</v>
       </c>
       <c r="C80" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D80" s="1" t="s">
         <v>309</v>
       </c>
-      <c r="D80" s="1" t="s">
+      <c r="E80" s="2" t="s">
         <v>310</v>
       </c>
-      <c r="E80" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F80" s="2" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="G80" s="2" t="s">
-        <v>23</v>
+        <v>210</v>
       </c>
       <c r="H80" s="2">
         <v>0</v>
       </c>
       <c r="I80" s="1">
         <v>0</v>
       </c>
       <c r="J80" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="str">
         <f>J80*98.18</f>
         <v>0</v>
       </c>
       <c r="L80" s="5"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A81" s="1"/>
       <c r="B81" s="1">
         <v>810819</v>
       </c>
       <c r="C81" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="D81" s="1" t="s">
         <v>312</v>
       </c>
-      <c r="D81" s="1" t="s">
+      <c r="E81" s="2" t="s">
         <v>313</v>
       </c>
-      <c r="E81" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F81" s="2" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="G81" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="H81" s="2">
         <v>0</v>
       </c>
       <c r="I81" s="1">
         <v>0</v>
       </c>
       <c r="J81" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="str">
         <f>J81*98.18</f>
         <v>0</v>
       </c>
       <c r="L81" s="5"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A82" s="1"/>
       <c r="B82" s="1">
         <v>810820</v>
       </c>
       <c r="C82" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="D82" s="1" t="s">
         <v>315</v>
       </c>
-      <c r="D82" s="1" t="s">
+      <c r="E82" s="2" t="s">
         <v>316</v>
       </c>
-      <c r="E82" s="2" t="s">
+      <c r="F82" s="2" t="s">
         <v>317</v>
       </c>
-      <c r="F82" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G82" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="H82" s="2">
         <v>0</v>
       </c>
       <c r="I82" s="1">
         <v>0</v>
       </c>
       <c r="J82" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="str">
         <f>J82*87.76</f>
         <v>0</v>
       </c>
       <c r="L82" s="5"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A83" s="1"/>
       <c r="B83" s="1">
         <v>810821</v>
       </c>
       <c r="C83" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="D83" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="D83" s="1" t="s">
+      <c r="E83" s="2" t="s">
         <v>320</v>
       </c>
-      <c r="E83" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F83" s="2" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="H83" s="2">
         <v>0</v>
       </c>
       <c r="I83" s="1">
         <v>0</v>
       </c>
       <c r="J83" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="str">
         <f>J83*87.76</f>
         <v>0</v>
       </c>
       <c r="L83" s="5"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A84" s="1"/>
       <c r="B84" s="1">
         <v>810822</v>
       </c>
       <c r="C84" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="D84" s="1" t="s">
         <v>322</v>
       </c>
-      <c r="D84" s="1" t="s">
+      <c r="E84" s="2" t="s">
         <v>323</v>
       </c>
-      <c r="E84" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F84" s="2" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="G84" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H84" s="2">
         <v>0</v>
       </c>
       <c r="I84" s="1">
         <v>0</v>
       </c>
       <c r="J84" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="str">
         <f>J84*87.76</f>
         <v>0</v>
       </c>
       <c r="L84" s="5"/>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A85" s="1"/>
       <c r="B85" s="1">
         <v>823109</v>
       </c>
       <c r="C85" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="D85" s="1" t="s">
         <v>325</v>
       </c>
-      <c r="D85" s="1" t="s">
+      <c r="E85" s="2" t="s">
         <v>326</v>
       </c>
-      <c r="E85" s="2" t="s">
+      <c r="F85" s="2" t="s">
         <v>327</v>
       </c>
-      <c r="F85" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G85" s="2" t="s">
-        <v>88</v>
+        <v>210</v>
       </c>
       <c r="H85" s="2">
         <v>0</v>
       </c>
       <c r="I85" s="1">
         <v>0</v>
       </c>
       <c r="J85" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="str">
         <f>J85*20.83</f>
         <v>0</v>
       </c>
       <c r="L85" s="5"/>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A86" s="1"/>
       <c r="B86" s="1">
         <v>823110</v>
       </c>
       <c r="C86" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="D86" s="1" t="s">
         <v>329</v>
       </c>
-      <c r="D86" s="1" t="s">
+      <c r="E86" s="2" t="s">
         <v>330</v>
       </c>
-      <c r="E86" s="2" t="s">
+      <c r="F86" s="2" t="s">
         <v>331</v>
       </c>
-      <c r="F86" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G86" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="H86" s="2">
         <v>0</v>
       </c>
       <c r="I86" s="1">
         <v>0</v>
       </c>
       <c r="J86" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="str">
         <f>J86*26.78</f>
         <v>0</v>
       </c>
       <c r="L86" s="5"/>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A87" s="1"/>
       <c r="B87" s="1">
         <v>823111</v>
       </c>
       <c r="C87" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D87" s="1" t="s">
         <v>333</v>
       </c>
-      <c r="D87" s="1" t="s">
+      <c r="E87" s="2" t="s">
         <v>334</v>
       </c>
-      <c r="E87" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F87" s="2" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="G87" s="2" t="s">
-        <v>88</v>
+        <v>210</v>
       </c>
       <c r="H87" s="2">
         <v>0</v>
       </c>
       <c r="I87" s="1">
         <v>0</v>
       </c>
       <c r="J87" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="str">
         <f>J87*20.83</f>
         <v>0</v>
       </c>
       <c r="L87" s="5"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A88" s="1"/>
       <c r="B88" s="1">
         <v>823112</v>
       </c>
       <c r="C88" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="D88" s="1" t="s">
         <v>336</v>
       </c>
-      <c r="D88" s="1" t="s">
+      <c r="E88" s="2" t="s">
         <v>337</v>
       </c>
-      <c r="E88" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F88" s="2" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="G88" s="2" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="H88" s="2">
         <v>0</v>
       </c>
       <c r="I88" s="1">
         <v>0</v>
       </c>
       <c r="J88" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="str">
         <f>J88*20.83</f>
         <v>0</v>
       </c>
       <c r="L88" s="5"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A89" s="1"/>
       <c r="B89" s="1">
         <v>823113</v>
       </c>
       <c r="C89" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="D89" s="1" t="s">
         <v>339</v>
       </c>
-      <c r="D89" s="1" t="s">
+      <c r="E89" s="2" t="s">
         <v>340</v>
       </c>
-      <c r="E89" s="2" t="s">
+      <c r="F89" s="2" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
       <c r="G89" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H89" s="2">
         <v>0</v>
       </c>
       <c r="I89" s="1">
         <v>0</v>
       </c>
       <c r="J89" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="str">
         <f>J89*31.24</f>
         <v>0</v>
       </c>
       <c r="L89" s="5"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A90" s="1"/>
       <c r="B90" s="1">
         <v>823114</v>
       </c>
       <c r="C90" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="D90" s="1" t="s">
         <v>343</v>
       </c>
-      <c r="D90" s="1" t="s">
+      <c r="E90" s="2" t="s">
         <v>344</v>
       </c>
-      <c r="E90" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F90" s="2" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="G90" s="2" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="H90" s="2">
         <v>0</v>
       </c>
       <c r="I90" s="1">
         <v>0</v>
       </c>
       <c r="J90" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="str">
         <f>J90*31.24</f>
         <v>0</v>
       </c>
       <c r="L90" s="5"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A91" s="1"/>
       <c r="B91" s="1">
         <v>823115</v>
       </c>
       <c r="C91" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="D91" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="D91" s="1" t="s">
+      <c r="E91" s="2" t="s">
         <v>347</v>
       </c>
-      <c r="E91" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F91" s="2" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="G91" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="H91" s="2">
         <v>0</v>
       </c>
       <c r="I91" s="1">
         <v>0</v>
       </c>
       <c r="J91" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="str">
         <f>J91*31.24</f>
         <v>0</v>
       </c>
       <c r="L91" s="5"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A92" s="1"/>
       <c r="B92" s="1">
         <v>825637</v>
       </c>
       <c r="C92" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="D92" s="1" t="s">
         <v>349</v>
       </c>
-      <c r="D92" s="1" t="s">
+      <c r="E92" s="2" t="s">
         <v>350</v>
       </c>
-      <c r="E92" s="2" t="s">
+      <c r="F92" s="2" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
       <c r="G92" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H92" s="2">
         <v>0</v>
       </c>
       <c r="I92" s="1">
         <v>0</v>
       </c>
       <c r="J92" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="str">
         <f>J92*26.37</f>
         <v>0</v>
       </c>
       <c r="L92" s="5"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A93" s="1"/>
       <c r="B93" s="1">
         <v>834435</v>
       </c>
       <c r="C93" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="D93" s="1" t="s">
         <v>353</v>
       </c>
-      <c r="D93" s="1" t="s">
+      <c r="E93" s="2" t="s">
         <v>354</v>
       </c>
-      <c r="E93" s="2" t="s">
+      <c r="F93" s="2" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H93" s="2">
         <v>0</v>
       </c>
       <c r="I93" s="1">
         <v>0</v>
       </c>
       <c r="J93" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="str">
         <f>J93*68.43</f>
         <v>0</v>
       </c>
       <c r="L93" s="5"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A94" s="1"/>
       <c r="B94" s="1">
         <v>834436</v>
       </c>
       <c r="C94" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="D94" s="1" t="s">
         <v>357</v>
       </c>
-      <c r="D94" s="1" t="s">
+      <c r="E94" s="2" t="s">
         <v>358</v>
       </c>
-      <c r="E94" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F94" s="2" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>88</v>
+        <v>210</v>
       </c>
       <c r="H94" s="2">
         <v>0</v>
       </c>
       <c r="I94" s="1">
         <v>0</v>
       </c>
       <c r="J94" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="str">
         <f>J94*68.43</f>
         <v>0</v>
       </c>
       <c r="L94" s="5"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A95" s="1"/>
       <c r="B95" s="1">
         <v>834437</v>
       </c>
       <c r="C95" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="D95" s="1" t="s">
         <v>360</v>
       </c>
-      <c r="D95" s="1" t="s">
+      <c r="E95" s="2" t="s">
         <v>361</v>
       </c>
-      <c r="E95" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F95" s="2" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>88</v>
+        <v>210</v>
       </c>
       <c r="H95" s="2">
         <v>0</v>
       </c>
       <c r="I95" s="1">
         <v>0</v>
       </c>
       <c r="J95" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="str">
         <f>J95*68.43</f>
         <v>0</v>
       </c>
       <c r="L95" s="5"/>
     </row>
     <row r="96" spans="1:12" outlineLevel="1">
       <c r="A96" s="7" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="B96" s="7"/>
       <c r="C96" s="7"/>
       <c r="D96" s="7"/>
       <c r="E96" s="7"/>
       <c r="F96" s="7"/>
       <c r="G96" s="7"/>
       <c r="H96" s="7"/>
       <c r="I96" s="7"/>
       <c r="J96" s="7"/>
       <c r="K96" s="7"/>
       <c r="L96" s="5"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A97" s="1"/>
       <c r="B97" s="1">
         <v>827981</v>
       </c>
       <c r="C97" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="D97" s="1" t="s">
         <v>364</v>
       </c>
-      <c r="D97" s="1" t="s">
+      <c r="E97" s="2" t="s">
         <v>365</v>
       </c>
-      <c r="E97" s="2" t="s">
+      <c r="F97" s="2" t="s">
         <v>366</v>
       </c>
-      <c r="F97" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G97" s="2" t="s">
-        <v>88</v>
+        <v>210</v>
       </c>
       <c r="H97" s="2">
         <v>0</v>
       </c>
       <c r="I97" s="1">
         <v>0</v>
       </c>
       <c r="J97" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K97" s="2" t="str">
         <f>J97*316.32</f>
         <v>0</v>
       </c>
       <c r="L97" s="5"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A98" s="1"/>
       <c r="B98" s="1">
         <v>827982</v>
       </c>
       <c r="C98" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="D98" s="1" t="s">
         <v>368</v>
       </c>
-      <c r="D98" s="1" t="s">
+      <c r="E98" s="2" t="s">
         <v>369</v>
       </c>
-      <c r="E98" s="2" t="s">
+      <c r="F98" s="2" t="s">
         <v>370</v>
       </c>
-      <c r="F98" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G98" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="H98" s="2">
         <v>0</v>
       </c>
       <c r="I98" s="1">
         <v>0</v>
       </c>
       <c r="J98" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K98" s="2" t="str">
         <f>J98*390.49</f>
         <v>0</v>
       </c>
       <c r="L98" s="5"/>
     </row>
     <row r="99" spans="1:12" outlineLevel="1">
       <c r="A99" s="7" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="B99" s="7"/>
       <c r="C99" s="7"/>
       <c r="D99" s="7"/>
       <c r="E99" s="7"/>
       <c r="F99" s="7"/>
       <c r="G99" s="7"/>
       <c r="H99" s="7"/>
       <c r="I99" s="7"/>
       <c r="J99" s="7"/>
       <c r="K99" s="7"/>
       <c r="L99" s="5"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A100" s="1"/>
       <c r="B100" s="1">
         <v>833182</v>
       </c>
       <c r="C100" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="D100" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="D100" s="1" t="s">
+      <c r="E100" s="2" t="s">
         <v>374</v>
       </c>
-      <c r="E100" s="2" t="s">
+      <c r="F100" s="2" t="s">
         <v>375</v>
       </c>
-      <c r="F100" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G100" s="2" t="s">
-        <v>88</v>
+        <v>210</v>
       </c>
       <c r="H100" s="2">
         <v>0</v>
       </c>
       <c r="I100" s="1">
         <v>0</v>
       </c>
       <c r="J100" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="str">
         <f>J100*320.79</f>
         <v>0</v>
       </c>
       <c r="L100" s="5"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A101" s="1"/>
       <c r="B101" s="1">
         <v>833183</v>
       </c>
       <c r="C101" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="D101" s="1" t="s">
         <v>377</v>
       </c>
-      <c r="D101" s="1" t="s">
+      <c r="E101" s="2" t="s">
         <v>378</v>
       </c>
-      <c r="E101" s="2" t="s">
+      <c r="F101" s="2" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H101" s="2">
         <v>0</v>
       </c>
       <c r="I101" s="1">
         <v>0</v>
       </c>
       <c r="J101" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K101" s="2" t="str">
         <f>J101*299.60</f>
         <v>0</v>
       </c>
       <c r="L101" s="5"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A102" s="1"/>
       <c r="B102" s="1">
         <v>833184</v>
       </c>
       <c r="C102" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="D102" s="1" t="s">
         <v>381</v>
       </c>
-      <c r="D102" s="1" t="s">
+      <c r="E102" s="2" t="s">
         <v>382</v>
       </c>
-      <c r="E102" s="2" t="s">
+      <c r="F102" s="2" t="s">
         <v>383</v>
       </c>
-      <c r="F102" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G102" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="H102" s="2">
         <v>0</v>
       </c>
       <c r="I102" s="1">
         <v>0</v>
       </c>
       <c r="J102" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K102" s="2" t="str">
         <f>J102*305.79</f>
         <v>0</v>
       </c>
       <c r="L102" s="5"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A103" s="1"/>
       <c r="B103" s="1">
         <v>833185</v>
       </c>
       <c r="C103" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="D103" s="1" t="s">
         <v>385</v>
       </c>
-      <c r="D103" s="1" t="s">
+      <c r="E103" s="2" t="s">
         <v>386</v>
       </c>
-      <c r="E103" s="2" t="s">
+      <c r="F103" s="2" t="s">
         <v>387</v>
       </c>
-      <c r="F103" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G103" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="H103" s="2">
         <v>0</v>
       </c>
       <c r="I103" s="1">
         <v>0</v>
       </c>
       <c r="J103" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K103" s="2" t="str">
         <f>J103*336.37</f>
         <v>0</v>
       </c>
       <c r="L103" s="5"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A104" s="1"/>
       <c r="B104" s="1">
         <v>833186</v>
       </c>
       <c r="C104" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="D104" s="1" t="s">
         <v>389</v>
       </c>
-      <c r="D104" s="1" t="s">
+      <c r="E104" s="2" t="s">
         <v>390</v>
       </c>
-      <c r="E104" s="2" t="s">
+      <c r="F104" s="2" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
       <c r="G104" s="2">
         <v>0</v>
       </c>
       <c r="H104" s="2">
         <v>0</v>
       </c>
       <c r="I104" s="1">
         <v>0</v>
       </c>
       <c r="J104" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K104" s="2" t="str">
         <f>J104*324.70</f>
         <v>0</v>
       </c>
       <c r="L104" s="5"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A105" s="1"/>
       <c r="B105" s="1">
         <v>833187</v>
       </c>
       <c r="C105" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D105" s="1" t="s">
         <v>393</v>
       </c>
-      <c r="D105" s="1" t="s">
+      <c r="E105" s="2" t="s">
         <v>394</v>
       </c>
-      <c r="E105" s="2" t="s">
+      <c r="F105" s="2" t="s">
         <v>395</v>
       </c>
-      <c r="F105" s="2" t="s">
-[...3 lines deleted...]
-        <v>72</v>
+      <c r="G105" s="2">
+        <v>0</v>
       </c>
       <c r="H105" s="2">
         <v>0</v>
       </c>
       <c r="I105" s="1">
         <v>0</v>
       </c>
       <c r="J105" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="str">
         <f>J105*345.00</f>
         <v>0</v>
       </c>
       <c r="L105" s="5"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A106" s="1"/>
       <c r="B106" s="1">
         <v>833188</v>
       </c>
       <c r="C106" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="D106" s="1" t="s">
         <v>397</v>
       </c>
-      <c r="D106" s="1" t="s">
+      <c r="E106" s="2" t="s">
         <v>398</v>
       </c>
-      <c r="E106" s="2" t="s">
+      <c r="F106" s="2" t="s">
         <v>399</v>
       </c>
-      <c r="F106" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G106" s="2" t="s">
+        <v>16</v>
       </c>
       <c r="H106" s="2">
         <v>0</v>
       </c>
       <c r="I106" s="1">
         <v>0</v>
       </c>
       <c r="J106" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="2" t="str">
         <f>J106*360.61</f>
         <v>0</v>
       </c>
       <c r="L106" s="5"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A107" s="1"/>
       <c r="B107" s="1">
         <v>833189</v>
       </c>
       <c r="C107" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="D107" s="1" t="s">
         <v>401</v>
       </c>
-      <c r="D107" s="1" t="s">
+      <c r="E107" s="2" t="s">
         <v>402</v>
       </c>
-      <c r="E107" s="2" t="s">
+      <c r="F107" s="2" t="s">
         <v>403</v>
       </c>
-      <c r="F107" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G107" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="H107" s="2">
         <v>0</v>
       </c>
       <c r="I107" s="1">
         <v>0</v>
       </c>
       <c r="J107" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K107" s="2" t="str">
         <f>J107*282.27</f>
         <v>0</v>
       </c>
       <c r="L107" s="5"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A108" s="1"/>
       <c r="B108" s="1">
         <v>833190</v>
       </c>
       <c r="C108" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="D108" s="1" t="s">
         <v>405</v>
       </c>
-      <c r="D108" s="1" t="s">
+      <c r="E108" s="2" t="s">
         <v>406</v>
       </c>
-      <c r="E108" s="2" t="s">
+      <c r="F108" s="2" t="s">
         <v>407</v>
       </c>
-      <c r="F108" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G108" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="H108" s="2">
         <v>0</v>
       </c>
       <c r="I108" s="1">
         <v>0</v>
       </c>
       <c r="J108" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K108" s="2" t="str">
         <f>J108*322.00</f>
         <v>0</v>
       </c>
       <c r="L108" s="5"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A109" s="1"/>
       <c r="B109" s="1">
         <v>833191</v>
       </c>
       <c r="C109" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="D109" s="1" t="s">
         <v>409</v>
       </c>
-      <c r="D109" s="1" t="s">
+      <c r="E109" s="2" t="s">
         <v>410</v>
       </c>
-      <c r="E109" s="2" t="s">
+      <c r="F109" s="2" t="s">
         <v>411</v>
       </c>
-      <c r="F109" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G109" s="2" t="s">
+        <v>210</v>
       </c>
       <c r="H109" s="2">
         <v>0</v>
       </c>
       <c r="I109" s="1">
         <v>0</v>
       </c>
       <c r="J109" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K109" s="2" t="str">
         <f>J109*432.94</f>
         <v>0</v>
       </c>
       <c r="L109" s="5"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A110" s="1"/>
       <c r="B110" s="1">
         <v>833192</v>
       </c>
       <c r="C110" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="D110" s="1" t="s">
         <v>413</v>
       </c>
-      <c r="D110" s="1" t="s">
+      <c r="E110" s="2" t="s">
         <v>414</v>
       </c>
-      <c r="E110" s="2" t="s">
+      <c r="F110" s="2" t="s">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
       <c r="G110" s="2">
         <v>0</v>
       </c>
       <c r="H110" s="2">
         <v>0</v>
       </c>
       <c r="I110" s="1">
         <v>0</v>
       </c>
       <c r="J110" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K110" s="2" t="str">
         <f>J110*524.94</f>
         <v>0</v>
       </c>
       <c r="L110" s="5"/>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A111" s="1"/>
       <c r="B111" s="1">
         <v>837292</v>
       </c>
       <c r="C111" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D111" s="1" t="s">
         <v>417</v>
       </c>
-      <c r="D111" s="1" t="s">
+      <c r="E111" s="2" t="s">
         <v>418</v>
       </c>
-      <c r="E111" s="2" t="s">
+      <c r="F111" s="2" t="s">
         <v>419</v>
       </c>
-      <c r="F111" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G111" s="2" t="s">
-        <v>88</v>
+        <v>210</v>
       </c>
       <c r="H111" s="2">
         <v>0</v>
       </c>
       <c r="I111" s="1">
         <v>0</v>
       </c>
       <c r="J111" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K111" s="2" t="str">
         <f>J111*314.73</f>
         <v>0</v>
       </c>
       <c r="L111" s="5"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A112" s="1"/>
       <c r="B112" s="1">
         <v>873436</v>
       </c>
       <c r="C112" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="D112" s="1" t="s">
         <v>421</v>
       </c>
-      <c r="D112" s="1" t="s">
+      <c r="E112" s="2" t="s">
         <v>422</v>
       </c>
-      <c r="E112" s="2" t="s">
+      <c r="F112" s="2" t="s">
         <v>423</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
       <c r="G112" s="2">
         <v>0</v>
       </c>
       <c r="H112" s="2">
         <v>0</v>
       </c>
       <c r="I112" s="1">
         <v>0</v>
       </c>
       <c r="J112" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K112" s="2" t="str">
         <f>J112*305.76</f>
         <v>0</v>
       </c>
       <c r="L112" s="5"/>
     </row>
     <row r="113" spans="1:12" outlineLevel="1">
       <c r="A113" s="7" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="B113" s="7"/>
       <c r="C113" s="7"/>
       <c r="D113" s="7"/>
       <c r="E113" s="7"/>
       <c r="F113" s="7"/>
       <c r="G113" s="7"/>
       <c r="H113" s="7"/>
       <c r="I113" s="7"/>
       <c r="J113" s="7"/>
       <c r="K113" s="7"/>
       <c r="L113" s="5"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A114" s="1"/>
       <c r="B114" s="1">
         <v>883265</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="D114" s="1"/>
       <c r="E114" s="2" t="s">
+        <v>426</v>
+      </c>
+      <c r="F114" s="2" t="s">
         <v>427</v>
       </c>
-      <c r="F114" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G114" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="H114" s="2">
         <v>0</v>
       </c>
       <c r="I114" s="1">
         <v>0</v>
       </c>
       <c r="J114" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K114" s="2" t="str">
         <f>J114*340.29</f>
         <v>0</v>
       </c>
       <c r="L114" s="5"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A115" s="1"/>
       <c r="B115" s="1">
         <v>883266</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="D115" s="1"/>
       <c r="E115" s="2" t="s">
+        <v>429</v>
+      </c>
+      <c r="F115" s="2" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
       <c r="G115" s="2">
         <v>0</v>
       </c>
       <c r="H115" s="2">
         <v>0</v>
       </c>
       <c r="I115" s="1">
         <v>0</v>
       </c>
       <c r="J115" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K115" s="2" t="str">
         <f>J115*362.52</f>
         <v>0</v>
       </c>
       <c r="L115" s="5"/>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A116" s="1"/>
       <c r="B116" s="1">
         <v>882885</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="D116" s="1"/>
       <c r="E116" s="2" t="s">
+        <v>432</v>
+      </c>
+      <c r="F116" s="2" t="s">
         <v>433</v>
       </c>
-      <c r="F116" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G116" s="2" t="s">
-        <v>88</v>
+        <v>210</v>
       </c>
       <c r="H116" s="2">
         <v>0</v>
       </c>
       <c r="I116" s="1">
         <v>0</v>
       </c>
       <c r="J116" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K116" s="2" t="str">
         <f>J116*256.50</f>
         <v>0</v>
       </c>
       <c r="L116" s="5"/>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A117" s="1"/>
       <c r="B117" s="1">
         <v>882886</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="D117" s="1"/>
       <c r="E117" s="2" t="s">
+        <v>435</v>
+      </c>
+      <c r="F117" s="2" t="s">
         <v>436</v>
-      </c>
-[...1 lines deleted...]
-        <v>437</v>
       </c>
       <c r="G117" s="2" t="s">
         <v>72</v>
       </c>
       <c r="H117" s="2">
         <v>0</v>
       </c>
       <c r="I117" s="1">
         <v>0</v>
       </c>
       <c r="J117" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K117" s="2" t="str">
         <f>J117*265.05</f>
         <v>0</v>
       </c>
       <c r="L117" s="5"/>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A118" s="1"/>
       <c r="B118" s="1">
         <v>883282</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="D118" s="1"/>
       <c r="E118" s="2" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="G118" s="2">
         <v>0</v>
       </c>
       <c r="H118" s="2">
         <v>0</v>
       </c>
       <c r="I118" s="1">
         <v>0</v>
       </c>
       <c r="J118" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K118" s="2" t="str">
         <f>J118*345.42</f>
         <v>0</v>
       </c>
       <c r="L118" s="5"/>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A119" s="1"/>
       <c r="B119" s="1">
         <v>883283</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="D119" s="1"/>
       <c r="E119" s="2" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="G119" s="2">
         <v>0</v>
       </c>
       <c r="H119" s="2">
         <v>0</v>
       </c>
       <c r="I119" s="1">
         <v>0</v>
       </c>
       <c r="J119" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K119" s="2" t="str">
         <f>J119*352.26</f>
         <v>0</v>
       </c>
       <c r="L119" s="5"/>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A120" s="1"/>
       <c r="B120" s="1">
         <v>883284</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="D120" s="1"/>
       <c r="E120" s="2" t="s">
+        <v>442</v>
+      </c>
+      <c r="F120" s="2" t="s">
         <v>443</v>
       </c>
-      <c r="F120" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G120" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="H120" s="2">
         <v>0</v>
       </c>
       <c r="I120" s="1">
         <v>0</v>
       </c>
       <c r="J120" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K120" s="2" t="str">
         <f>J120*395.01</f>
         <v>0</v>
       </c>
       <c r="L120" s="5"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A121" s="1"/>
       <c r="B121" s="1">
         <v>883285</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="D121" s="1"/>
       <c r="E121" s="2" t="s">
+        <v>445</v>
+      </c>
+      <c r="F121" s="2" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
       <c r="G121" s="2">
         <v>0</v>
       </c>
       <c r="H121" s="2">
         <v>0</v>
       </c>
       <c r="I121" s="1">
         <v>0</v>
       </c>
       <c r="J121" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K121" s="2" t="str">
         <f>J121*413.82</f>
         <v>0</v>
       </c>
       <c r="L121" s="5"/>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A122" s="1"/>
       <c r="B122" s="1">
         <v>883286</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="D122" s="1"/>
       <c r="E122" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="F122" s="2" t="s">
         <v>449</v>
       </c>
-      <c r="F122" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G122" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="H122" s="2">
         <v>0</v>
       </c>
       <c r="I122" s="1">
         <v>0</v>
       </c>
       <c r="J122" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K122" s="2" t="str">
         <f>J122*538.65</f>
         <v>0</v>
       </c>
       <c r="L122" s="5"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A123" s="1"/>
       <c r="B123" s="1">
         <v>888487</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="D123" s="1"/>
       <c r="E123" s="2" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="G123" s="2">
         <v>0</v>
       </c>
       <c r="H123" s="2">
         <v>0</v>
       </c>
       <c r="I123" s="1">
         <v>0</v>
       </c>
       <c r="J123" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K123" s="2" t="str">
         <f>J123*345.42</f>
         <v>0</v>
       </c>
       <c r="L123" s="5"/>
     </row>
     <row r="124" spans="1:12" outlineLevel="1">
       <c r="A124" s="7" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="B124" s="7"/>
       <c r="C124" s="7"/>
       <c r="D124" s="7"/>
       <c r="E124" s="7"/>
       <c r="F124" s="7"/>
       <c r="G124" s="7"/>
       <c r="H124" s="7"/>
       <c r="I124" s="7"/>
       <c r="J124" s="7"/>
       <c r="K124" s="7"/>
       <c r="L124" s="5"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A125" s="1"/>
       <c r="B125" s="1">
         <v>884237</v>
       </c>
       <c r="C125" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="D125" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="D125" s="1" t="s">
+      <c r="E125" s="2" t="s">
         <v>455</v>
       </c>
-      <c r="E125" s="2" t="s">
+      <c r="F125" s="2" t="s">
         <v>456</v>
       </c>
-      <c r="F125" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G125" s="2" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="H125" s="2">
         <v>0</v>
       </c>
       <c r="I125" s="1">
         <v>0</v>
       </c>
       <c r="J125" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K125" s="2" t="str">
-        <f>J125*401.78</f>
+        <f>J125*500.18</f>
         <v>0</v>
       </c>
       <c r="L125" s="5"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A126" s="1"/>
       <c r="B126" s="1">
         <v>884238</v>
       </c>
       <c r="C126" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="D126" s="1" t="s">
         <v>458</v>
       </c>
-      <c r="D126" s="1" t="s">
+      <c r="E126" s="2" t="s">
         <v>459</v>
       </c>
-      <c r="E126" s="2" t="s">
+      <c r="F126" s="2" t="s">
         <v>460</v>
       </c>
-      <c r="F126" s="2" t="s">
-[...3 lines deleted...]
-        <v>88</v>
+      <c r="G126" s="2">
+        <v>0</v>
       </c>
       <c r="H126" s="2">
         <v>0</v>
       </c>
       <c r="I126" s="1">
         <v>0</v>
       </c>
       <c r="J126" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K126" s="2" t="str">
-        <f>J126*417.76</f>
+        <f>J126*520.17</f>
         <v>0</v>
       </c>
       <c r="L126" s="5"/>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A127" s="1"/>
       <c r="B127" s="1">
         <v>888634</v>
       </c>
       <c r="C127" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="D127" s="1" t="s">
         <v>462</v>
       </c>
-      <c r="D127" s="1" t="s">
+      <c r="E127" s="2" t="s">
         <v>463</v>
       </c>
-      <c r="E127" s="2" t="s">
+      <c r="F127" s="2" t="s">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
       <c r="G127" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H127" s="2">
         <v>0</v>
       </c>
       <c r="I127" s="1">
         <v>0</v>
       </c>
       <c r="J127" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K127" s="2" t="str">
-        <f>J127*406.16</f>
+        <f>J127*483.91</f>
         <v>0</v>
       </c>
       <c r="L127" s="5"/>
+    </row>
+    <row r="128" spans="1:12" outlineLevel="1">
+      <c r="A128" s="7" t="s">
+        <v>465</v>
+      </c>
+      <c r="B128" s="7"/>
+      <c r="C128" s="7"/>
+      <c r="D128" s="7"/>
+      <c r="E128" s="7"/>
+      <c r="F128" s="7"/>
+      <c r="G128" s="7"/>
+      <c r="H128" s="7"/>
+      <c r="I128" s="7"/>
+      <c r="J128" s="7"/>
+      <c r="K128" s="7"/>
+      <c r="L128" s="5"/>
+    </row>
+    <row r="129" spans="1:12" outlineLevel="3">
+      <c r="A129" s="1"/>
+      <c r="B129" s="1">
+        <v>954559</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="E129" s="2" t="s">
+        <v>468</v>
+      </c>
+      <c r="F129" s="2" t="s">
+        <v>469</v>
+      </c>
+      <c r="G129" s="2">
+        <v>0</v>
+      </c>
+      <c r="H129" s="2">
+        <v>0</v>
+      </c>
+      <c r="I129" s="1">
+        <v>10</v>
+      </c>
+      <c r="J129" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K129" s="2" t="str">
+        <f>J129*256.23</f>
+        <v>0</v>
+      </c>
+      <c r="L129" s="5"/>
+    </row>
+    <row r="130" spans="1:12" outlineLevel="3">
+      <c r="A130" s="1"/>
+      <c r="B130" s="1">
+        <v>954560</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="E130" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F130" s="2" t="s">
+        <v>473</v>
+      </c>
+      <c r="G130" s="2">
+        <v>0</v>
+      </c>
+      <c r="H130" s="2">
+        <v>0</v>
+      </c>
+      <c r="I130" s="1">
+        <v>10</v>
+      </c>
+      <c r="J130" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K130" s="2" t="str">
+        <f>J130*280.83</f>
+        <v>0</v>
+      </c>
+      <c r="L130" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A23:K23"/>
     <mergeCell ref="A73:K73"/>
     <mergeCell ref="A96:K96"/>
     <mergeCell ref="A99:K99"/>
     <mergeCell ref="A113:K113"/>
     <mergeCell ref="A124:K124"/>
+    <mergeCell ref="A128:K128"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>