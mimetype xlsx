--- v0 (2025-10-19)
+++ v1 (2026-01-29)
@@ -66,321 +66,321 @@
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>Вентиля и задвижки запорно-регулирующие</t>
   </si>
   <si>
     <t>Вентили муфтовые VALTEC</t>
   </si>
   <si>
     <t>VLC-451001</t>
   </si>
   <si>
     <t>VT.052.N.04</t>
   </si>
   <si>
     <t>Вентиль прямоточный запорно-регулировочный 1/2" (7 /84шт)</t>
   </si>
   <si>
     <t>923.00 руб.</t>
   </si>
   <si>
+    <t>&gt;100</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>VLC-451002</t>
+  </si>
+  <si>
+    <t>VT.052.N.05</t>
+  </si>
+  <si>
+    <t>Вентиль прямоточный запорно-регулировочный 3/4" (4 /48шт)</t>
+  </si>
+  <si>
+    <t>1 606.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-451003</t>
+  </si>
+  <si>
+    <t>VT.052.N.06</t>
+  </si>
+  <si>
+    <t>Вентиль прямоточный запорно-регулировочный 1" (4 /32шт)</t>
+  </si>
+  <si>
+    <t>2 657.00 руб.</t>
+  </si>
+  <si>
     <t>&gt;50</t>
   </si>
   <si>
-    <t>шт</t>
-[...23 lines deleted...]
-    <t>2 657.00 руб.</t>
+    <t>VLC-451004</t>
+  </si>
+  <si>
+    <t>VT.053.N.04</t>
+  </si>
+  <si>
+    <t>Вентиль прямоточный с косым фильтром 1/2" (6 /60шт)</t>
+  </si>
+  <si>
+    <t>1 128.00 руб.</t>
   </si>
   <si>
     <t>&gt;10</t>
   </si>
   <si>
-    <t>VLC-451004</t>
-[...10 lines deleted...]
-  <si>
     <t>VLC-451005</t>
   </si>
   <si>
     <t>VT.053.N.05</t>
   </si>
   <si>
     <t>Вентиль прямоточный с косым фильтромй 3/4" (4 /32шт)</t>
   </si>
   <si>
     <t>2 081.00 руб.</t>
   </si>
   <si>
     <t>&gt;25</t>
   </si>
   <si>
     <t>Вентиля муфтовые VIEIR</t>
   </si>
   <si>
     <t>ZAP-410013</t>
   </si>
   <si>
     <t>VRKP-16</t>
   </si>
   <si>
     <t>Букса вентильная с накидной гайкой 1/2" VR (10/100шт)</t>
   </si>
   <si>
-    <t>233.63 руб.</t>
+    <t>258.83 руб.</t>
   </si>
   <si>
     <t>ZAP-410014</t>
   </si>
   <si>
     <t>VRKP-17</t>
   </si>
   <si>
     <t>Букса вентильная с накидной гайкой 3/4" VR (10/100шт)</t>
   </si>
   <si>
-    <t>267.85 руб.</t>
+    <t>297.50 руб.</t>
   </si>
   <si>
     <t>ZAP-410015</t>
   </si>
   <si>
     <t>GL195</t>
   </si>
   <si>
     <t>Вентиль запорно- регулировочный 1/2" VR красный (90/10шт)</t>
   </si>
   <si>
-    <t>446.42 руб.</t>
+    <t>502.78 руб.</t>
   </si>
   <si>
     <t>ZAP-410016</t>
   </si>
   <si>
     <t>GL196</t>
   </si>
   <si>
     <t>Вентиль запорно- регулировочный 3/4" VR красный (90/10шт)</t>
   </si>
   <si>
-    <t>561.00 руб.</t>
+    <t>632.19 руб.</t>
   </si>
   <si>
     <t>ZAP-410017</t>
   </si>
   <si>
     <t>GL197</t>
   </si>
   <si>
     <t>Вентиль запорно- регулировочный 1" VR красный (72/8шт)</t>
   </si>
   <si>
-    <t>894.33 руб.</t>
+    <t>1 007.04 руб.</t>
   </si>
   <si>
     <t>ZAP-410018</t>
   </si>
   <si>
     <t>GL198</t>
   </si>
   <si>
     <t>Вентиль запорно- регулировочный 11/4" VR красный (50/5шт)</t>
   </si>
   <si>
-    <t>1 330.33 руб.</t>
+    <t>1 497.91 руб.</t>
   </si>
   <si>
     <t>ZAP-410019</t>
   </si>
   <si>
     <t>GL199</t>
   </si>
   <si>
     <t>Вентиль запорно- регулировочный 11/2" VR красный (40/4шт)</t>
   </si>
   <si>
-    <t>1 953.84 руб.</t>
+    <t>2 198.53 руб.</t>
   </si>
   <si>
     <t>ZAP-410020</t>
   </si>
   <si>
     <t>GL200</t>
   </si>
   <si>
     <t>Вентиль запорно- регулировочный 2" VR красный (30/2шт)</t>
   </si>
   <si>
-    <t>2 949.35 руб.</t>
+    <t>3 321.59 руб.</t>
   </si>
   <si>
     <t>ZAP-410021</t>
   </si>
   <si>
     <t>GL179</t>
   </si>
   <si>
     <t>Клиновая задвижка  1/2" VIEIR (10/90шт)</t>
   </si>
   <si>
-    <t>385.41 руб.</t>
+    <t>431.38 руб.</t>
   </si>
   <si>
     <t>ZAP-410022</t>
   </si>
   <si>
     <t>GL180</t>
   </si>
   <si>
     <t>Клиновая задвижка  3/4" VIEIR (10/90шт)</t>
   </si>
   <si>
-    <t>543.15 руб.</t>
+    <t>609.88 руб.</t>
   </si>
   <si>
     <t>ZAP-410023</t>
   </si>
   <si>
     <t>GL181</t>
   </si>
   <si>
     <t>Клиновая задвижка  1" VIEIR (8/72шт)</t>
   </si>
   <si>
-    <t>703.86 руб.</t>
+    <t>789.86 руб.</t>
   </si>
   <si>
     <t>ZAP-410024</t>
   </si>
   <si>
     <t>GL183</t>
   </si>
   <si>
     <t>Вентиль прямоточный запорно- регулировочный  1/2" VIEIR (10/100шт)</t>
   </si>
   <si>
-    <t>715.76 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>ZAP-410025</t>
   </si>
   <si>
     <t>GL184</t>
   </si>
   <si>
     <t>Вентиль прямоточный запорно- регулировочный  3/4" VIEIR (10/50шт)</t>
   </si>
   <si>
-    <t>1 132.42 руб.</t>
+    <t>1 252.48 руб.</t>
   </si>
   <si>
     <t>ZAP-410026</t>
   </si>
   <si>
     <t>GL185</t>
   </si>
   <si>
     <t>Вентиль прямоточный запорно- регулировочный 1" VIEIR (5/50шт)</t>
   </si>
   <si>
-    <t>1 834.79 руб.</t>
+    <t>2 025.98 руб.</t>
   </si>
   <si>
     <t>Задвижки VALTEC</t>
   </si>
   <si>
     <t>VLC-452001</t>
   </si>
   <si>
     <t>VT.012.G.04</t>
   </si>
   <si>
     <t>Задвижка PN 16 1/2" (12 /144шт)</t>
   </si>
   <si>
     <t>692.00 руб.</t>
   </si>
   <si>
+    <t>&gt;500</t>
+  </si>
+  <si>
     <t>VLC-452002</t>
   </si>
   <si>
     <t>VT.012.G.05</t>
   </si>
   <si>
     <t>Задвижка PN 16 3/4" (6 /96шт)</t>
   </si>
   <si>
     <t>1 010.00 руб.</t>
   </si>
   <si>
     <t>VLC-452003</t>
   </si>
   <si>
     <t>VT.012.G.06</t>
   </si>
   <si>
     <t>Задвижка PN 16 1" (6 /72шт)</t>
   </si>
   <si>
     <t>1 393.00 руб.</t>
-  </si>
-[...1 lines deleted...]
-    <t>&gt;100</t>
   </si>
   <si>
     <t>VLC-900079</t>
   </si>
   <si>
     <t>VT.012.RG.07</t>
   </si>
   <si>
     <t>Задвижка клиновая PN 16, 1 1/4"</t>
   </si>
   <si>
     <t>2 604.00 руб.</t>
   </si>
   <si>
     <t>VLC-900080</t>
   </si>
   <si>
     <t>VT.012.RG.08</t>
   </si>
   <si>
     <t>Задвижка клиновая PN 16, 1 1/2"</t>
   </si>
   <si>
     <t>3 148.00 руб.</t>
   </si>
@@ -1661,821 +1661,821 @@
       <c r="G3" s="7"/>
       <c r="H3" s="7"/>
       <c r="I3" s="7"/>
       <c r="J3" s="7"/>
       <c r="K3" s="7"/>
       <c r="L3" s="5"/>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A4" s="1"/>
       <c r="B4" s="1">
         <v>811100</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="2">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="I4" s="1">
         <v>0</v>
       </c>
       <c r="J4" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K4" s="2" t="str">
         <f>J4*923.00</f>
         <v>0</v>
       </c>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>811101</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G5" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K5" s="2" t="str">
         <f>J5*1606.00</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>811102</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="G6" s="2" t="s">
+      <c r="G6" s="2">
+        <v>9</v>
+      </c>
+      <c r="H6" s="2" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K6" s="2" t="str">
         <f>J6*2657.00</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>811103</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G7" s="2">
         <v>0</v>
       </c>
       <c r="H7" s="2" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K7" s="2" t="str">
         <f>J7*1128.00</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>811104</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G8" s="2">
         <v>0</v>
       </c>
       <c r="H8" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*2081.00</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" outlineLevel="1">
       <c r="A9" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="7"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="7"/>
       <c r="I9" s="7"/>
       <c r="J9" s="7"/>
       <c r="K9" s="7"/>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>823132</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>41</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>31</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K10" s="2" t="str">
-        <f>J10*233.63</f>
+        <f>J10*258.83</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>823133</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>45</v>
+      </c>
+      <c r="G11" s="2">
+        <v>0</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K11" s="2" t="str">
-        <f>J11*267.85</f>
+        <f>J11*297.50</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>824508</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G12" s="2">
         <v>0</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K12" s="2" t="str">
-        <f>J12*446.42</f>
+        <f>J12*502.78</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>824509</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G13" s="2">
         <v>0</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K13" s="2" t="str">
-        <f>J13*561.00</f>
+        <f>J13*632.19</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>824510</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G14" s="2">
         <v>0</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K14" s="2" t="str">
-        <f>J14*894.33</f>
+        <f>J14*1007.04</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>824511</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="G15" s="2">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K15" s="2" t="str">
-        <f>J15*1330.33</f>
+        <f>J15*1497.91</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>824512</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G16" s="2">
         <v>0</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K16" s="2" t="str">
-        <f>J16*1953.84</f>
+        <f>J16*2198.53</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>824513</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K17" s="2" t="str">
-        <f>J17*2949.35</f>
+        <f>J17*3321.59</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>826549</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K18" s="2" t="str">
-        <f>J18*385.41</f>
+        <f>J18*431.38</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>826550</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K19" s="2" t="str">
-        <f>J19*543.15</f>
+        <f>J19*609.88</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>826551</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K20" s="2" t="str">
-        <f>J20*703.86</f>
+        <f>J20*789.86</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>826552</v>
       </c>
       <c r="C21" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E21" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="D21" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G21" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K21" s="2" t="str">
-        <f>J21*715.76</f>
+        <f>J21*789.86</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>826553</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>85</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>86</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>87</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>88</v>
       </c>
       <c r="G22" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K22" s="2" t="str">
-        <f>J22*1132.42</f>
+        <f>J22*1252.48</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>826554</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>89</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>90</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>91</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>92</v>
       </c>
       <c r="G23" s="2">
         <v>0</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K23" s="2" t="str">
-        <f>J23*1834.79</f>
+        <f>J23*2025.98</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" outlineLevel="1">
       <c r="A24" s="7" t="s">
         <v>93</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="7"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="7"/>
       <c r="I24" s="7"/>
       <c r="J24" s="7"/>
       <c r="K24" s="7"/>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>811110</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>95</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>96</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>97</v>
       </c>
       <c r="G25" s="2">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="H25" s="2" t="s">
-        <v>16</v>
+        <v>98</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K25" s="2" t="str">
         <f>J25*692.00</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>811111</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G26" s="2">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K26" s="2" t="str">
         <f>J26*1010.00</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>811112</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G27" s="2">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="H27" s="2" t="s">
-        <v>106</v>
+        <v>26</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K27" s="2" t="str">
         <f>J27*1393.00</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>836170</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>107</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>108</v>
       </c>
       <c r="E28" s="2" t="s">
@@ -2501,51 +2501,51 @@
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>836171</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>111</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>112</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>113</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G29" s="2">
         <v>0</v>
       </c>
       <c r="H29" s="2">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K29" s="2" t="str">
         <f>J29*3148.00</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>836172</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>115</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>116</v>
       </c>
       <c r="E30" s="2" t="s">