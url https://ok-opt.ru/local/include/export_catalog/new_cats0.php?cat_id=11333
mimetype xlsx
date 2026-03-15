--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -16,148 +16,145 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>Вентиля и задвижки запорно-регулирующие</t>
   </si>
   <si>
     <t>Вентили муфтовые VALTEC</t>
   </si>
   <si>
     <t>VLC-451001</t>
   </si>
   <si>
     <t>VT.052.N.04</t>
   </si>
   <si>
     <t>Вентиль прямоточный запорно-регулировочный 1/2" (7 /84шт)</t>
   </si>
   <si>
     <t>923.00 руб.</t>
   </si>
   <si>
+    <t>&gt;10</t>
+  </si>
+  <si>
     <t>&gt;100</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>VLC-451002</t>
   </si>
   <si>
     <t>VT.052.N.05</t>
   </si>
   <si>
     <t>Вентиль прямоточный запорно-регулировочный 3/4" (4 /48шт)</t>
   </si>
   <si>
     <t>1 606.00 руб.</t>
   </si>
   <si>
     <t>VLC-451003</t>
   </si>
   <si>
     <t>VT.052.N.06</t>
   </si>
   <si>
     <t>Вентиль прямоточный запорно-регулировочный 1" (4 /32шт)</t>
   </si>
   <si>
     <t>2 657.00 руб.</t>
   </si>
   <si>
-    <t>&gt;50</t>
-[...1 lines deleted...]
-  <si>
     <t>VLC-451004</t>
   </si>
   <si>
     <t>VT.053.N.04</t>
   </si>
   <si>
     <t>Вентиль прямоточный с косым фильтром 1/2" (6 /60шт)</t>
   </si>
   <si>
     <t>1 128.00 руб.</t>
   </si>
   <si>
-    <t>&gt;10</t>
-[...1 lines deleted...]
-  <si>
     <t>VLC-451005</t>
   </si>
   <si>
     <t>VT.053.N.05</t>
   </si>
   <si>
     <t>Вентиль прямоточный с косым фильтромй 3/4" (4 /32шт)</t>
   </si>
   <si>
     <t>2 081.00 руб.</t>
   </si>
   <si>
     <t>&gt;25</t>
   </si>
   <si>
     <t>Вентиля муфтовые VIEIR</t>
   </si>
   <si>
     <t>ZAP-410013</t>
   </si>
   <si>
     <t>VRKP-16</t>
   </si>
   <si>
     <t>Букса вентильная с накидной гайкой 1/2" VR (10/100шт)</t>
@@ -310,53 +307,50 @@
     <t>ZAP-410026</t>
   </si>
   <si>
     <t>GL185</t>
   </si>
   <si>
     <t>Вентиль прямоточный запорно- регулировочный 1" VIEIR (5/50шт)</t>
   </si>
   <si>
     <t>2 025.98 руб.</t>
   </si>
   <si>
     <t>Задвижки VALTEC</t>
   </si>
   <si>
     <t>VLC-452001</t>
   </si>
   <si>
     <t>VT.012.G.04</t>
   </si>
   <si>
     <t>Задвижка PN 16 1/2" (12 /144шт)</t>
   </si>
   <si>
     <t>692.00 руб.</t>
-  </si>
-[...1 lines deleted...]
-    <t>&gt;500</t>
   </si>
   <si>
     <t>VLC-452002</t>
   </si>
   <si>
     <t>VT.012.G.05</t>
   </si>
   <si>
     <t>Задвижка PN 16 3/4" (6 /96шт)</t>
   </si>
   <si>
     <t>1 010.00 руб.</t>
   </si>
   <si>
     <t>VLC-452003</t>
   </si>
   <si>
     <t>VT.012.G.06</t>
   </si>
   <si>
     <t>Задвижка PN 16 1" (6 /72шт)</t>
   </si>
   <si>
     <t>1 393.00 руб.</t>
   </si>
@@ -1660,933 +1654,933 @@
       <c r="F3" s="7"/>
       <c r="G3" s="7"/>
       <c r="H3" s="7"/>
       <c r="I3" s="7"/>
       <c r="J3" s="7"/>
       <c r="K3" s="7"/>
       <c r="L3" s="5"/>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A4" s="1"/>
       <c r="B4" s="1">
         <v>811100</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="G4" s="2">
-        <v>10</v>
+      <c r="G4" s="2" t="s">
+        <v>16</v>
       </c>
       <c r="H4" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I4" s="1">
         <v>0</v>
       </c>
       <c r="J4" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K4" s="2" t="str">
         <f>J4*923.00</f>
         <v>0</v>
       </c>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>811101</v>
       </c>
       <c r="C5" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="G5" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H5" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I5" s="1">
+        <v>0</v>
+      </c>
+      <c r="J5" s="3" t="s">
         <v>18</v>
-      </c>
-[...19 lines deleted...]
-        <v>17</v>
       </c>
       <c r="K5" s="2" t="str">
         <f>J5*1606.00</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>811102</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>26</v>
+      </c>
+      <c r="G6" s="2" t="s">
+        <v>16</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K6" s="2" t="str">
         <f>J6*2657.00</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>811103</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G7" s="2">
         <v>0</v>
       </c>
       <c r="H7" s="2" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K7" s="2" t="str">
         <f>J7*1128.00</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>811104</v>
       </c>
       <c r="C8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="D8" s="1" t="s">
+      <c r="E8" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="E8" s="2" t="s">
+      <c r="F8" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="F8" s="2" t="s">
+      <c r="G8" s="2">
+        <v>0</v>
+      </c>
+      <c r="H8" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="G8" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*2081.00</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" outlineLevel="1">
       <c r="A9" s="7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="7"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="7"/>
       <c r="I9" s="7"/>
       <c r="J9" s="7"/>
       <c r="K9" s="7"/>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>823132</v>
       </c>
       <c r="C10" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D10" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="D10" s="1" t="s">
+      <c r="E10" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="E10" s="2" t="s">
+      <c r="F10" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="F10" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G10" s="2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K10" s="2" t="str">
         <f>J10*258.83</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>823133</v>
       </c>
       <c r="C11" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D11" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="D11" s="1" t="s">
+      <c r="E11" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="E11" s="2" t="s">
+      <c r="F11" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="F11" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G11" s="2">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K11" s="2" t="str">
         <f>J11*297.50</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>824508</v>
       </c>
       <c r="C12" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="D12" s="1" t="s">
+      <c r="E12" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="E12" s="2" t="s">
+      <c r="F12" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="F12" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G12" s="2">
         <v>0</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K12" s="2" t="str">
         <f>J12*502.78</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>824509</v>
       </c>
       <c r="C13" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D13" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="D13" s="1" t="s">
+      <c r="E13" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="F13" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G13" s="2">
         <v>0</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K13" s="2" t="str">
         <f>J13*632.19</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>824510</v>
       </c>
       <c r="C14" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="E14" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="F14" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G14" s="2">
         <v>0</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K14" s="2" t="str">
         <f>J14*1007.04</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>824511</v>
       </c>
       <c r="C15" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D15" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="D15" s="1" t="s">
+      <c r="E15" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="E15" s="2" t="s">
+      <c r="F15" s="2" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="G15" s="2">
         <v>3</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K15" s="2" t="str">
         <f>J15*1497.91</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>824512</v>
       </c>
       <c r="C16" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D16" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="D16" s="1" t="s">
+      <c r="E16" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="E16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="F16" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G16" s="2">
         <v>0</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K16" s="2" t="str">
         <f>J16*2198.53</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>824513</v>
       </c>
       <c r="C17" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D17" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="D17" s="1" t="s">
+      <c r="E17" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="E17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="F17" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G17" s="2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K17" s="2" t="str">
         <f>J17*3321.59</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>826549</v>
       </c>
       <c r="C18" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D18" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="D18" s="1" t="s">
+      <c r="E18" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="E18" s="2" t="s">
+      <c r="F18" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="F18" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G18" s="2" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K18" s="2" t="str">
         <f>J18*431.38</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>826550</v>
       </c>
       <c r="C19" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D19" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="D19" s="1" t="s">
+      <c r="E19" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="E19" s="2" t="s">
+      <c r="F19" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="F19" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G19" s="2" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K19" s="2" t="str">
         <f>J19*609.88</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>826551</v>
       </c>
       <c r="C20" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D20" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="D20" s="1" t="s">
+      <c r="E20" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="E20" s="2" t="s">
+      <c r="F20" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="F20" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G20" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K20" s="2" t="str">
         <f>J20*789.86</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>826552</v>
       </c>
       <c r="C21" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D21" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="D21" s="1" t="s">
+      <c r="E21" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="E21" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="G21" s="2">
         <v>8</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K21" s="2" t="str">
         <f>J21*789.86</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>826553</v>
       </c>
       <c r="C22" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D22" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="D22" s="1" t="s">
+      <c r="E22" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="E22" s="2" t="s">
+      <c r="F22" s="2" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="G22" s="2">
         <v>10</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K22" s="2" t="str">
         <f>J22*1252.48</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>826554</v>
       </c>
       <c r="C23" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D23" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="D23" s="1" t="s">
+      <c r="E23" s="2" t="s">
         <v>90</v>
       </c>
-      <c r="E23" s="2" t="s">
+      <c r="F23" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="F23" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G23" s="2">
         <v>0</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K23" s="2" t="str">
         <f>J23*2025.98</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" outlineLevel="1">
       <c r="A24" s="7" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="7"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="7"/>
       <c r="I24" s="7"/>
       <c r="J24" s="7"/>
       <c r="K24" s="7"/>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>811110</v>
       </c>
       <c r="C25" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D25" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="D25" s="1" t="s">
+      <c r="E25" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="E25" s="2" t="s">
+      <c r="F25" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="F25" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G25" s="2" t="s">
+        <v>16</v>
       </c>
       <c r="H25" s="2" t="s">
-        <v>98</v>
+        <v>17</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K25" s="2" t="str">
         <f>J25*692.00</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>811111</v>
       </c>
       <c r="C26" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E26" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="D26" s="1" t="s">
+      <c r="F26" s="2" t="s">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
       <c r="G26" s="2">
         <v>8</v>
       </c>
       <c r="H26" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K26" s="2" t="str">
         <f>J26*1010.00</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>811112</v>
       </c>
       <c r="C27" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="E27" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="D27" s="1" t="s">
+      <c r="F27" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="E27" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G27" s="2">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H27" s="2" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K27" s="2" t="str">
         <f>J27*1393.00</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>836170</v>
       </c>
       <c r="C28" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="E28" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="D28" s="1" t="s">
+      <c r="F28" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="E28" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G28" s="2">
         <v>0</v>
       </c>
       <c r="H28" s="2">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K28" s="2" t="str">
         <f>J28*2604.00</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>836171</v>
       </c>
       <c r="C29" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="E29" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="D29" s="1" t="s">
+      <c r="F29" s="2" t="s">
         <v>112</v>
       </c>
-      <c r="E29" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G29" s="2">
         <v>0</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K29" s="2" t="str">
         <f>J29*3148.00</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>836172</v>
       </c>
       <c r="C30" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="E30" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="D30" s="1" t="s">
+      <c r="F30" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="E30" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G30" s="2">
         <v>0</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K30" s="2" t="str">
         <f>J30*5040.00</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A9:K9"/>
     <mergeCell ref="A24:K24"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>