--- v0 (2025-10-19)
+++ v1 (2026-01-29)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1007">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1019">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
@@ -115,80 +115,80 @@
   <si>
     <t>VTp.799.E.050075</t>
   </si>
   <si>
     <t>Комплект сварочного оборудования VALTEC ER-03, 50-75 мм (2000вт)   (1 /5шт)</t>
   </si>
   <si>
     <t>17 859.00 руб.</t>
   </si>
   <si>
     <t>&gt;10</t>
   </si>
   <si>
     <t>VLC-340005</t>
   </si>
   <si>
     <t>VTp.795.0.2025</t>
   </si>
   <si>
     <t>Торцеватель для армированной трубы 20+25  (15 /180шт)</t>
   </si>
   <si>
     <t>900.00 руб.</t>
   </si>
   <si>
+    <t>&gt;25</t>
+  </si>
+  <si>
+    <t>VLC-340006</t>
+  </si>
+  <si>
+    <t>VTp.795.E.020</t>
+  </si>
+  <si>
+    <t>Торцеватель для армированной трубы 20 мм (под эл./инструмент)  (16 /192шт)</t>
+  </si>
+  <si>
+    <t>862.00 руб.</t>
+  </si>
+  <si>
     <t>&gt;50</t>
   </si>
   <si>
-    <t>VLC-340006</t>
-[...10 lines deleted...]
-  <si>
     <t>VLC-340007</t>
   </si>
   <si>
     <t>VTp.795.E.025</t>
   </si>
   <si>
     <t>Торцеватель для армированной трубы 25 мм (под эл./инструмент)  (12 /144шт)</t>
   </si>
   <si>
     <t>934.00 руб.</t>
   </si>
   <si>
-    <t>&gt;25</t>
-[...1 lines deleted...]
-  <si>
     <t>VLC-340008</t>
   </si>
   <si>
     <t>VTp.795.E.032</t>
   </si>
   <si>
     <t>Торцеватель для армированной трубы 32 мм (под эл./инструмент)  (8 /96шт)</t>
   </si>
   <si>
     <t>1 188.00 руб.</t>
   </si>
   <si>
     <t>VLC-340009</t>
   </si>
   <si>
     <t>VTp.795.E.040</t>
   </si>
   <si>
     <t>Торцеватель для армированной трубы 40 мм (под эл./инструмент)  (6 /72шт)</t>
   </si>
   <si>
     <t>1 406.00 руб.</t>
   </si>
   <si>
     <t>VLC-340010</t>
@@ -421,306 +421,306 @@
   <si>
     <t>VLC-901117</t>
   </si>
   <si>
     <t>VTp.795.EH.050</t>
   </si>
   <si>
     <t>Торцеватель для армированной трубы 50 мм. под шуруповерт</t>
   </si>
   <si>
     <t>1 638.00 руб.</t>
   </si>
   <si>
     <t>Инструмент для полипропилена VIEIR</t>
   </si>
   <si>
     <t>INS-210001</t>
   </si>
   <si>
     <t>P-32</t>
   </si>
   <si>
     <t>Комплект свар. оборудования VR (800Вт) 20-32 пластик кейс (1/10шт)</t>
   </si>
   <si>
-    <t>1 139.86 руб.</t>
+    <t>1 075.46 руб.</t>
   </si>
   <si>
     <t>INS-210002</t>
   </si>
   <si>
     <t>A-7</t>
   </si>
   <si>
     <t>Комплект свар. оборудования VR (1500Вт) 20-40,  кейс (1/10шт)</t>
   </si>
   <si>
-    <t>2 339.25 руб.</t>
+    <t>2 342.81 руб.</t>
   </si>
   <si>
     <t>INS-210003</t>
   </si>
   <si>
     <t>A-1</t>
   </si>
   <si>
     <t>Комплект свар. оборудования VR (2000Вт) 20-63 желез кейс (уровень, рулетка, ножницы) (1/5шт)</t>
   </si>
   <si>
-    <t>3 787.14 руб.</t>
+    <t>3 898.74 руб.</t>
   </si>
   <si>
     <t>INS-210004</t>
   </si>
   <si>
     <t>B-8</t>
   </si>
   <si>
     <t>Комплект свар. оборудования VR (1200Вт) 20-63 желез кейс (1/10шт)</t>
   </si>
   <si>
-    <t>1 755.92 руб.</t>
+    <t>1 671.95 руб.</t>
   </si>
   <si>
     <t>INS-210006</t>
   </si>
   <si>
     <t>V-3</t>
   </si>
   <si>
     <t>Комплект свар. оборудования VR (1400Вт) 20-63 желез кейс (1/5шт)</t>
   </si>
   <si>
-    <t>3 293.10 руб.</t>
+    <t>3 291.84 руб.</t>
   </si>
   <si>
     <t>INS-210007</t>
   </si>
   <si>
     <t>A-9</t>
   </si>
   <si>
     <t>Комплект свар. оборудования компакт с цилинд нагрев эл-т  и регулир по вылету насадкам VR (1400Вт) 2</t>
   </si>
   <si>
-    <t>3 029.71 руб.</t>
+    <t>2 994.34 руб.</t>
   </si>
   <si>
     <t>INS-210013</t>
   </si>
   <si>
     <t>V-2</t>
   </si>
   <si>
     <t>Комплект свар. оборудования VIEIR (2000Вт) 20-63 метал кейс (уровень, рулетка, ножницы) (1/5шт)</t>
   </si>
   <si>
-    <t>4 772.24 руб.</t>
+    <t>4 853.71 руб.</t>
   </si>
   <si>
     <t>INS-210014</t>
   </si>
   <si>
     <t>V-4</t>
   </si>
   <si>
     <t xml:space="preserve">Комплект свар. оборудования VIEIR (800Вт) 20-32 </t>
   </si>
   <si>
-    <t>1 041.65 руб.</t>
+    <t>1 002.58 руб.</t>
   </si>
   <si>
     <t>INS-210015</t>
   </si>
   <si>
     <t>V-5</t>
   </si>
   <si>
     <t xml:space="preserve">Комплект свар. оборудования VIEIR (800Вт) 20-32 метал кейс </t>
   </si>
   <si>
-    <t>1 590.75 руб.</t>
+    <t>1 549.98 руб.</t>
   </si>
   <si>
     <t>INS-210016</t>
   </si>
   <si>
     <t>A-6</t>
   </si>
   <si>
     <t>Комплект свар. оборудования VR (2500Вт) 75-110 , кейс (1/10шт)</t>
   </si>
   <si>
-    <t>6 163.59 руб.</t>
+    <t>6 193.95 руб.</t>
   </si>
   <si>
     <t>INS-210017</t>
   </si>
   <si>
     <t>A-4</t>
   </si>
   <si>
     <t>Сварочный аппарат (20-63)(2200 вт.)  VIEIR  (5/1шт)</t>
   </si>
   <si>
-    <t>5 002.89 руб.</t>
+    <t>5 108.08 руб.</t>
   </si>
   <si>
     <t>INS-210018</t>
   </si>
   <si>
     <t>A-5</t>
   </si>
   <si>
     <t>Сварочный аппарат(20-63) (1500 вт.)  SPLAV  (5/1шт)</t>
   </si>
   <si>
-    <t>4 897.24 руб.</t>
+    <t>4 865.61 руб.</t>
   </si>
   <si>
     <t>INS-210019</t>
   </si>
   <si>
     <t>A-8</t>
   </si>
   <si>
     <t>Сварочный аппарат (20-63)(1400 вт.)  VIEIR  (10/1шт)</t>
   </si>
   <si>
-    <t>2 956.80 руб.</t>
+    <t>2 989.88 руб.</t>
   </si>
   <si>
     <t>INS-210021</t>
   </si>
   <si>
     <t>V-6</t>
   </si>
   <si>
     <t>Сварочный аппарат (20-32)(800 вт.)  VIEIR  (20/1шт)</t>
   </si>
   <si>
-    <t>1 605.63 руб.</t>
+    <t>1 591.63 руб.</t>
   </si>
   <si>
     <t>VER-000719</t>
   </si>
   <si>
     <t>V-7</t>
   </si>
   <si>
     <t>Сварочный аппарат с электрон. рег. темп. (20-63)(1000Вт) (5/1шт)</t>
   </si>
   <si>
-    <t>2 593.71 руб.</t>
+    <t>2 677.50 руб.</t>
   </si>
   <si>
     <t>Инструмент для полипропилена Frap</t>
   </si>
   <si>
     <t>INS-220002</t>
   </si>
   <si>
     <t>Комплект свар. оборудования FRAP (800вт) 20-32 желез кейс</t>
   </si>
   <si>
     <t>2 196.57 руб.</t>
   </si>
   <si>
     <t>Насадки на сварочный аппарат</t>
   </si>
   <si>
     <t>INS-240001</t>
   </si>
   <si>
     <t>Ф-20</t>
   </si>
   <si>
     <t>РХ насадка (20)</t>
   </si>
   <si>
-    <t>98.21 руб.</t>
+    <t>98.18 руб.</t>
   </si>
   <si>
     <t>INS-240002</t>
   </si>
   <si>
     <t>Ф-25</t>
   </si>
   <si>
     <t>РХ насадка (25)</t>
   </si>
   <si>
-    <t>132.44 руб.</t>
+    <t>132.39 руб.</t>
   </si>
   <si>
     <t>INS-240003</t>
   </si>
   <si>
     <t>Ф-32</t>
   </si>
   <si>
     <t>РХ насадка (32)</t>
   </si>
   <si>
-    <t>166.66 руб.</t>
+    <t>168.09 руб.</t>
   </si>
   <si>
     <t>INS-240004</t>
   </si>
   <si>
     <t>Ф-40</t>
   </si>
   <si>
     <t>РХ насадка (40)</t>
   </si>
   <si>
-    <t>226.19 руб.</t>
+    <t>229.08 руб.</t>
   </si>
   <si>
     <t>INS-240005</t>
   </si>
   <si>
     <t>Ф-50</t>
   </si>
   <si>
     <t>РХ насадка (50)</t>
   </si>
   <si>
-    <t>264.88 руб.</t>
+    <t>266.26 руб.</t>
   </si>
   <si>
     <t>INS-240006</t>
   </si>
   <si>
     <t>Ф-63</t>
   </si>
   <si>
     <t>РХ насадка (63)</t>
   </si>
   <si>
-    <t>324.40 руб.</t>
+    <t>328.74 руб.</t>
   </si>
   <si>
     <t>INS-240007</t>
   </si>
   <si>
     <t>РХ насадка (75)</t>
   </si>
   <si>
     <t>1 174.53 руб.</t>
   </si>
   <si>
     <t>INS-240008</t>
   </si>
   <si>
     <t>РХ насадка (90)</t>
   </si>
   <si>
     <t>1 459.65 руб.</t>
   </si>
   <si>
     <t>INS-240009</t>
   </si>
   <si>
     <t>РХ насадка (110)</t>
   </si>
@@ -1051,504 +1051,513 @@
   <si>
     <t>VLC-900583</t>
   </si>
   <si>
     <t>VTm.295.TH.40</t>
   </si>
   <si>
     <t>Насадка 40мм TH-профиль, для пресс-инструмента электрического</t>
   </si>
   <si>
     <t>10 125.00 руб.</t>
   </si>
   <si>
     <t>Инструмент для металлопластика VIEIR</t>
   </si>
   <si>
     <t>INS-310005</t>
   </si>
   <si>
     <t>VER1432-2</t>
   </si>
   <si>
     <t>ручной пресс аппарат с комплектом насадок 16-32мм (1/4шт)</t>
   </si>
   <si>
-    <t>8 790.03 руб.</t>
+    <t>8 138.11 руб.</t>
   </si>
   <si>
     <t>INS-310009</t>
   </si>
   <si>
     <t>VER1432</t>
   </si>
   <si>
     <t>ручной пресс аппарат  поворотный 360 с комплектом насадок 16мм-32мм в пластик кейсе (1/4шт)</t>
   </si>
   <si>
-    <t>8 071.29 руб.</t>
+    <t>9 824.94 руб.</t>
   </si>
   <si>
     <t>INS-310010</t>
   </si>
   <si>
     <t>VER1432-8</t>
   </si>
   <si>
     <t>Гидравлический пресс  аппарат с комплектом насадок 16мм-32мм в пластик кейсе (1/2шт)</t>
   </si>
   <si>
-    <t>15 066.71 руб.</t>
+    <t>15 617.26 руб.</t>
   </si>
   <si>
     <t>INS-310031</t>
   </si>
   <si>
     <t>V162026</t>
   </si>
   <si>
     <t>Калибратор для металлопластиковых труб 16-26   ViEiR  (200/10шт)</t>
   </si>
   <si>
-    <t>177.08 руб.</t>
+    <t>175.53 руб.</t>
   </si>
   <si>
     <t>INS-310032</t>
   </si>
   <si>
     <t>V202632</t>
   </si>
   <si>
     <t>Калибратор для металлопластиковых труб 20-32   ViEiR  (200/10шт)</t>
   </si>
   <si>
-    <t>196.43 руб.</t>
+    <t>194.86 руб.</t>
   </si>
   <si>
     <t>INS-310033</t>
   </si>
   <si>
     <t>VRD28</t>
   </si>
   <si>
     <t>Калибратор для металлопластиковых труб  "ViEiR" (60/5шт)</t>
   </si>
   <si>
-    <t>476.18 руб.</t>
+    <t>440.30 руб.</t>
   </si>
   <si>
     <t>INS-520003</t>
   </si>
   <si>
     <t>VER1255-4</t>
   </si>
   <si>
     <t>Трубогиб металлопластиковых труб ручной (1/5шт)</t>
   </si>
   <si>
-    <t>7 166.54 руб.</t>
+    <t>7 009.10 руб.</t>
   </si>
   <si>
     <t>INS-520004</t>
   </si>
   <si>
     <t>VER1258</t>
   </si>
   <si>
     <t>Ручной пресс аппарат поворотный 360 с комплектом насадок 16-20-26-32 в пластик кейсе (1/4шт)</t>
   </si>
   <si>
-    <t>8 395.69 руб.</t>
+    <t>8 392.48 руб.</t>
   </si>
   <si>
     <t>VER-001280</t>
   </si>
   <si>
     <t>VR1265-5</t>
   </si>
   <si>
     <t>Выпрямитель для металлопластовых труб, 20 роликов (4/1шт)</t>
   </si>
   <si>
-    <t>11 700.69 руб.</t>
+    <t>10 806.69 руб.</t>
   </si>
   <si>
     <t>VER-001281</t>
   </si>
   <si>
     <t>VR1265-8</t>
   </si>
   <si>
     <t>Выпрямитель для металлопластовых труб, 30 роликов (4/1шт)</t>
   </si>
   <si>
-    <t>12 995.32 руб.</t>
+    <t>12 988.85 руб.</t>
   </si>
   <si>
     <t>VER-001282</t>
   </si>
   <si>
     <t>VER1267</t>
   </si>
   <si>
     <t>Ручной пресс-аппарат для фитингов  с профилем «ТН» 16-26мм (4/1шт)</t>
   </si>
   <si>
-    <t>7 980.52 руб.</t>
+    <t>7 361.64 руб.</t>
   </si>
   <si>
     <t>VER-001283</t>
   </si>
   <si>
     <t>VRD30</t>
   </si>
   <si>
     <t>Храповый калибратор для труб (50/1шт)</t>
   </si>
   <si>
-    <t>2 142.82 руб.</t>
+    <t>1 866.81 руб.</t>
   </si>
   <si>
     <t>VER-001531</t>
   </si>
   <si>
     <t>VER1267 Ручной пресс-аппарат для фитингов  с профилем «ТН» 16-26мм (4/1шт)</t>
   </si>
   <si>
     <t>VER-001532</t>
   </si>
   <si>
     <t>VER1432 Пресс.аппар.ПОВОРОТНЫЙ (16-32) (2/1шт)</t>
   </si>
   <si>
     <t>Инструмент для аксиальных систем</t>
   </si>
   <si>
     <t>Инструмент для аксиальных систем VIEIR</t>
   </si>
   <si>
+    <t>GAP-101088</t>
+  </si>
+  <si>
+    <t>G1805.16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Расширительные насадки STABIL 16x2,6 GAPPO </t>
+  </si>
+  <si>
+    <t>2 261.58 руб.</t>
+  </si>
+  <si>
     <t>INS-420001</t>
   </si>
   <si>
     <t>VER1225</t>
   </si>
   <si>
     <t>Ручной аппарт для аксиальных фитингов 12мм-20мм VIEIR (1/5шт)</t>
   </si>
   <si>
-    <t>8 193.31 руб.</t>
+    <t>7 220.33 руб.</t>
   </si>
   <si>
     <t>INS-420002</t>
   </si>
   <si>
     <t>VER1232-3</t>
   </si>
   <si>
     <t>Гидравлический аппарат для аксиальных фитингов с насадками 16-20-25-32 VIEIR (1/3шт)</t>
   </si>
   <si>
-    <t>24 715.35 руб.</t>
+    <t>24 560.11 руб.</t>
   </si>
   <si>
     <t>INS-420003</t>
   </si>
   <si>
     <t>VER1232-4</t>
   </si>
   <si>
     <t>Ручной аппарат для аксиальных фитингов с насадками 16-20-25-32 "VIEIR</t>
   </si>
   <si>
-    <t>21 279.40 руб.</t>
+    <t>23 633.40 руб.</t>
   </si>
   <si>
     <t>INS-420004</t>
   </si>
   <si>
     <t>VER1232-5</t>
   </si>
   <si>
     <t>Ручной аппарат для аксиальных фитингов с насадками16-20-25-32 и насадками STABIL 16-20мм</t>
   </si>
   <si>
-    <t>22 489.20 руб.</t>
+    <t>21 240.01 руб.</t>
   </si>
   <si>
     <t>INS-420005</t>
   </si>
   <si>
     <t>V-15</t>
   </si>
   <si>
     <t>Расширительные насадки для медных стальных трубок15x1,0 " VIEIR" (30/1шт)</t>
   </si>
   <si>
-    <t>1 422.59 руб.</t>
+    <t>1 329.83 руб.</t>
   </si>
   <si>
     <t>INS-420006</t>
   </si>
   <si>
     <t>V-16</t>
   </si>
   <si>
     <t>Расширительные насадки 16x2,2 " VIEIR" (30/1шт)</t>
   </si>
   <si>
     <t>INS-420007</t>
   </si>
   <si>
     <t>V-20</t>
   </si>
   <si>
     <t>Расширительные насадки  20x2,8 "VIEIR" (30/1шт)</t>
   </si>
   <si>
     <t>INS-420008</t>
   </si>
   <si>
     <t>V-25</t>
   </si>
   <si>
     <t>Расширительные насадки  25x3.5 "VIEIR" (30/1шт)</t>
   </si>
   <si>
     <t>INS-420009</t>
   </si>
   <si>
     <t>V-32</t>
   </si>
   <si>
     <t>Расширительные насадки  32x4,4 "VIEIR" (30/1шт)</t>
   </si>
   <si>
     <t>INS-420010</t>
   </si>
   <si>
     <t>VB-16</t>
   </si>
   <si>
     <t>Расширительные насадки STABIL 16x2,6 " VIEIR" (30/1шт)</t>
   </si>
   <si>
-    <t>1 435.99 руб.</t>
+    <t>1 332.80 руб.</t>
   </si>
   <si>
     <t>INS-420011</t>
   </si>
   <si>
     <t>VB-20</t>
   </si>
   <si>
     <t>Расширительные насадки STABIL 20x2,9 "VIEIR" (30/1шт)</t>
   </si>
   <si>
-    <t>1 434.50 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>INS-420012</t>
   </si>
   <si>
     <t>VB-25</t>
   </si>
   <si>
     <t>Расширительные насадки STABIL 25x3,7 "VIEIR" (30/1шт)</t>
   </si>
   <si>
     <t>INS-420013</t>
   </si>
   <si>
     <t>VB-32</t>
   </si>
   <si>
     <t>Расширительные насадки STABIL 32x4,7 "VIEIR" (30/1шт)</t>
   </si>
   <si>
     <t>INS-420014</t>
   </si>
   <si>
     <t>VER1256-3</t>
   </si>
   <si>
     <t>Ручной расширительный аппарт с насадками 16мм-20мм-25мм VIEIR (1/5шт)</t>
   </si>
   <si>
-    <t>9 554.90 руб.</t>
+    <t>8 512.96 руб.</t>
   </si>
   <si>
     <t>INS-420015</t>
   </si>
   <si>
     <t>VER1256-4</t>
   </si>
   <si>
     <t>Аккумуляторный расширительный аппарат с насадками 16мм-20мм-25мм-32мм VIEIR (1/5шт)</t>
   </si>
   <si>
-    <t>70 233.93 руб.</t>
+    <t>55 781.25 руб.</t>
   </si>
   <si>
     <t>INS-420018</t>
   </si>
   <si>
     <t>VER1262</t>
   </si>
   <si>
     <t>Аккумуляторный инструмент для аксиальных фитингов с насадками 16-20-25-32</t>
   </si>
   <si>
-    <t>103 170.87 руб.</t>
+    <t>91 481.25 руб.</t>
   </si>
   <si>
     <t>INS-420020</t>
   </si>
   <si>
     <t>VB-16 A</t>
   </si>
   <si>
     <t>Расширительные насадки STABIL 16,2x2,6 " VIEIR" (30/1шт)</t>
   </si>
   <si>
     <t>INS-420021</t>
   </si>
   <si>
     <t>VB-20 A</t>
   </si>
   <si>
     <t>INS-420022</t>
   </si>
   <si>
     <t>VB-25 A</t>
   </si>
   <si>
     <t>INS-420023</t>
   </si>
   <si>
     <t>VB-32 A</t>
   </si>
   <si>
     <t>VER-000284</t>
   </si>
   <si>
     <t>VER1236-4</t>
   </si>
   <si>
     <t>Гидравлический пресс аппарат для надвижных фитингов (16мм-32мм)"VIEIR"(3шт)</t>
   </si>
   <si>
-    <t>39 145.17 руб.</t>
+    <t>39 130.18 руб.</t>
   </si>
   <si>
     <t>VER-000875</t>
   </si>
   <si>
     <t>VER1262-1</t>
   </si>
   <si>
     <t>Аккумуляторный пресс-инструмент с ручным расширителем для аксиальных (надвижных) фитингов (1шт)</t>
   </si>
   <si>
-    <t>106 952.05 руб.</t>
+    <t>106 911.09 руб.</t>
   </si>
   <si>
     <t>VER-001090</t>
   </si>
   <si>
     <t>VER1253-3</t>
   </si>
   <si>
     <t>Гидравлический пресс-аппарат для надвижных фитингов (2/1шт)</t>
   </si>
   <si>
-    <t>27 560.54 руб.</t>
+    <t>32 030.34 руб.</t>
   </si>
   <si>
     <t>VER-001091</t>
   </si>
   <si>
     <t>VER1253-4</t>
   </si>
   <si>
     <t>Ручной универсальный пресс-аппарат для аксиальных фитингов (2/1шт)</t>
   </si>
   <si>
-    <t>22 193.08 руб.</t>
+    <t>24 569.04 руб.</t>
   </si>
   <si>
     <t>VER-001092</t>
   </si>
   <si>
     <t>VER1253-5</t>
   </si>
   <si>
-    <t>23 398.41 руб.</t>
+    <t>25 773.91 руб.</t>
   </si>
   <si>
     <t>VER-001093</t>
   </si>
   <si>
     <t>VER1232-4-2A</t>
   </si>
   <si>
-    <t>21 782.37 руб.</t>
+    <t>21 466.11 руб.</t>
   </si>
   <si>
     <t>VER-001094</t>
   </si>
   <si>
     <t>VER1232-3-2A</t>
   </si>
   <si>
     <t>Гидравлический пресс-аппарат  для надвижных фитингов (3/1шт)</t>
   </si>
   <si>
-    <t>26 942.99 руб.</t>
+    <t>26 608.40 руб.</t>
   </si>
   <si>
     <t>VER-001095</t>
   </si>
   <si>
     <t>VER1232-3-2B</t>
   </si>
   <si>
     <t>Гидравлический пресс-аппарат для надвижных фитингов (3/1шт)</t>
   </si>
   <si>
-    <t>26 914.72 руб.</t>
+    <t>26 586.09 руб.</t>
   </si>
   <si>
     <t>VER-001558</t>
   </si>
   <si>
     <t>VER1266</t>
   </si>
   <si>
     <t>Аккумуляторный расшир инструмент с надками 32-40мм  для PEX труб большого диаментра (2/1шт)</t>
   </si>
   <si>
-    <t>131 668.90 руб.</t>
+    <t>128 844.28 руб.</t>
   </si>
   <si>
     <t>Инструмент для аксиальных систем VALTEC</t>
   </si>
   <si>
     <t>VLC-1313006</t>
   </si>
   <si>
     <t>44067-51</t>
   </si>
   <si>
     <t>Набор аксиального инструмента (акк запрессовщик + АКК расш + насадки16-32мм)</t>
   </si>
   <si>
     <t>331 826.00 руб.</t>
   </si>
   <si>
     <t>VLC-1313007</t>
   </si>
   <si>
     <t>48348-51</t>
   </si>
   <si>
     <t>Набор аксиального инструмента (акк запрессовщик + РУЧН расш + насадки16-32мм)</t>
   </si>
@@ -2038,240 +2047,264 @@
   <si>
     <t>VLC-999076</t>
   </si>
   <si>
     <t>VT.1550.UCZ.220</t>
   </si>
   <si>
     <t>Пресс-инструмент электрический VALTEC "CZ" (без насадок), универсальный, в стальном ящике</t>
   </si>
   <si>
     <t>75 953.00 руб.</t>
   </si>
   <si>
     <t>Инструмент для металлических труб VIEIR</t>
   </si>
   <si>
     <t>INS-520001</t>
   </si>
   <si>
     <t>VER810</t>
   </si>
   <si>
     <t>Труборез роликовый для труб 14-63мм (1/5шт)</t>
   </si>
   <si>
-    <t>965.76 руб.</t>
+    <t>966.88 руб.</t>
   </si>
   <si>
     <t>INS-520002</t>
   </si>
   <si>
     <t>VER811</t>
   </si>
   <si>
     <t>Труборез роликовый для труб 50-127мм (1/5шт)</t>
   </si>
   <si>
-    <t>3 303.52 руб.</t>
+    <t>3 302.25 руб.</t>
   </si>
   <si>
     <t>INS-520005</t>
   </si>
   <si>
     <t>VER1276</t>
   </si>
   <si>
     <t>Электрический пресс аппарат VIEIR с комплектом насадок 15-22-28-35мм в пластик кейсе (1шт)</t>
   </si>
   <si>
-    <t>100 932.81 руб.</t>
+    <t>106 650.78 руб.</t>
   </si>
   <si>
     <t>INS-520006</t>
   </si>
   <si>
     <t>VER1276-15</t>
   </si>
   <si>
     <t>Насадка V профиль 15мм для электрического пресс инструмента</t>
   </si>
   <si>
-    <t>6 413.58 руб.</t>
+    <t>6 411.13 руб.</t>
   </si>
   <si>
     <t>INS-520007</t>
   </si>
   <si>
     <t>VER1276-22</t>
   </si>
   <si>
     <t>Насадка V профиль 22мм для электрического пресс инструмента</t>
   </si>
   <si>
     <t>INS-520008</t>
   </si>
   <si>
     <t>VER1276-28</t>
   </si>
   <si>
     <t>Насадка V профиль 28мм для электрического пресс инструмента</t>
   </si>
   <si>
-    <t>6 421.02 руб.</t>
+    <t>6 418.56 руб.</t>
   </si>
   <si>
     <t>INS-520009</t>
   </si>
   <si>
     <t>VER1276-35</t>
   </si>
   <si>
     <t>Насадка V профиль 35мм для электрического пресс инструмента</t>
   </si>
   <si>
     <t>INS-520010</t>
   </si>
   <si>
     <t>VER1263</t>
   </si>
   <si>
     <t>Пресс-инструмент механический (15,22,28,35мм)  VIEIR (1шт)</t>
   </si>
   <si>
-    <t>76 171.33 руб.</t>
+    <t>76 142.15 руб.</t>
   </si>
   <si>
     <t>INS-520011</t>
   </si>
   <si>
     <t>VER1276-18</t>
   </si>
   <si>
     <t>Насадка V профиль 18мм для электрического пресс инструмента</t>
   </si>
   <si>
     <t>VER-000720</t>
   </si>
   <si>
     <t>VER826</t>
   </si>
   <si>
     <t>Труборез роликовый 4-32 мм (50/1шт)</t>
   </si>
   <si>
-    <t>1 013.38 руб.</t>
+    <t>1 007.04 руб.</t>
   </si>
   <si>
     <t>VER-000721</t>
   </si>
   <si>
     <t>VER827</t>
   </si>
   <si>
     <t>Труборез роликовый 5-50 мм (50/1шт)</t>
   </si>
   <si>
-    <t>1 188.97 руб.</t>
+    <t>1 181.08 руб.</t>
   </si>
   <si>
     <t>VER-000722</t>
   </si>
   <si>
     <t>VER828</t>
   </si>
   <si>
     <t>Труборез роликовый 6-70 мм (20/1шт)</t>
   </si>
   <si>
-    <t>2 055.02 руб.</t>
+    <t>2 034.90 руб.</t>
   </si>
   <si>
     <t>VER-000723</t>
   </si>
   <si>
     <t>VER829</t>
   </si>
   <si>
     <t>Лезвие для резки труб подшипникового типа (2шт в блистере) для VER826, VER827, VER828 (50/1шт)</t>
   </si>
   <si>
-    <t>197.91 руб.</t>
+    <t>197.84 руб.</t>
   </si>
   <si>
     <t>VER-000796</t>
   </si>
   <si>
     <t>VER1276-42</t>
   </si>
   <si>
     <t>Пресс-насадки  ø42мм  (12/1шт)</t>
   </si>
   <si>
-    <t>11 057.85 руб.</t>
+    <t>11 056.59 руб.</t>
   </si>
   <si>
     <t>VER-000797</t>
   </si>
   <si>
     <t>VER1276-54</t>
   </si>
   <si>
     <t>Пресс-насадки  ø54мм  (12/1шт)</t>
   </si>
   <si>
     <t>VER-000798</t>
   </si>
   <si>
     <t>VER42/54</t>
   </si>
   <si>
     <t>Пресс-адаптер 42/54  (24/1шт)</t>
   </si>
   <si>
     <t>VER-000998</t>
   </si>
   <si>
     <t>VER1277</t>
   </si>
   <si>
     <t>Аккумуляторный пресс-аппарат с комплектом насадок 15-22-28-35 (1шт)</t>
   </si>
   <si>
-    <t>115 826.90 руб.</t>
+    <t>123 227.48 руб.</t>
   </si>
   <si>
     <t>VER-000999</t>
   </si>
   <si>
     <t>VER1278</t>
   </si>
   <si>
     <t>Аккумуляторный пресс-аппарат с комплектом насадок 15-22-28-35 пистолет (1шт)</t>
   </si>
   <si>
-    <t>109 469.87 руб.</t>
+    <t>116 509.93 руб.</t>
+  </si>
+  <si>
+    <t>VER-001732</t>
+  </si>
+  <si>
+    <t>VER1476</t>
+  </si>
+  <si>
+    <t>Портативные тиски для труб (6/1шт)</t>
+  </si>
+  <si>
+    <t>8 469.83 руб.</t>
+  </si>
+  <si>
+    <t>VER-001733</t>
+  </si>
+  <si>
+    <t>VER1477</t>
+  </si>
+  <si>
+    <t>Шиногиб (5/1шт)</t>
+  </si>
+  <si>
+    <t>5 009.90 руб.</t>
   </si>
   <si>
     <t>Круги отрезные</t>
   </si>
   <si>
     <t>INS-530001</t>
   </si>
   <si>
     <t>круг отрезн по мет. 115*1,2*22</t>
   </si>
   <si>
     <t>29.07 руб.</t>
   </si>
   <si>
     <t>INS-530002</t>
   </si>
   <si>
     <t>круг отрезн по мет. 115*1,6*22</t>
   </si>
   <si>
     <t>28.56 руб.</t>
   </si>
   <si>
     <t>INS-530003</t>
   </si>
@@ -2689,393 +2722,396 @@
   <si>
     <t>675.00 руб.</t>
   </si>
   <si>
     <t>VLC-901072</t>
   </si>
   <si>
     <t>VT.AC671.0.0608</t>
   </si>
   <si>
     <t>Ключ для сдвоенного ниппеля (1*х 1 ½*)</t>
   </si>
   <si>
     <t>Ключи VIEIR</t>
   </si>
   <si>
     <t>INS-130001</t>
   </si>
   <si>
     <t>VER830</t>
   </si>
   <si>
     <t>Ключ для коллекторных соединителей (24mm-27mm)" VIEIR" (90/1шт)</t>
   </si>
   <si>
-    <t>486.60 руб.</t>
+    <t>487.90 руб.</t>
   </si>
   <si>
     <t>VER-000214</t>
   </si>
   <si>
     <t>VER831</t>
   </si>
   <si>
     <t>Универсальный ступенчатый ключ с трещоткой(20/1шт)</t>
   </si>
   <si>
-    <t>1 263.37 руб.</t>
+    <t>1 276.28 руб.</t>
   </si>
   <si>
     <t>Ключи Прочие</t>
   </si>
   <si>
     <t>SST-100118</t>
   </si>
   <si>
     <t>Универсальный ключ для "американки" под трещетку</t>
   </si>
   <si>
     <t>1 206.55 руб.</t>
   </si>
   <si>
     <t>SST-100119</t>
   </si>
   <si>
     <t>Универсальный ключ для "американки" шестигранный</t>
   </si>
   <si>
     <t>743.18 руб.</t>
   </si>
   <si>
     <t>SST-100120</t>
   </si>
   <si>
     <t>Универсальный ключ для американок</t>
   </si>
   <si>
     <t>266.38 руб.</t>
   </si>
   <si>
     <t>Опрессовочный инструмент</t>
   </si>
   <si>
     <t>Опрессовочный инструмент VIEIR</t>
   </si>
   <si>
     <t>INS-620001</t>
   </si>
   <si>
     <t>RP-50</t>
   </si>
   <si>
     <t>Ручной опрессовочный инструмент VR (1/2шт)</t>
   </si>
   <si>
-    <t>7 123.39 руб.</t>
+    <t>7 107.28 руб.</t>
   </si>
   <si>
     <t>INS-620002</t>
   </si>
   <si>
     <t>RP-51</t>
   </si>
   <si>
     <t>Ручной опрессовочный инструмент VR компакт (1/8шт)</t>
   </si>
   <si>
-    <t>2 690.43 руб.</t>
+    <t>2 510.90 руб.</t>
   </si>
   <si>
     <t>INS-620003</t>
   </si>
   <si>
     <t>RP-53</t>
   </si>
   <si>
     <t>Ручной опрессовочный инструмент VR мини (1/10шт)</t>
   </si>
   <si>
-    <t>1 227.66 руб.</t>
+    <t>1 224.21 руб.</t>
   </si>
   <si>
     <t>VER-001228</t>
   </si>
   <si>
     <t>VRP-60/3</t>
   </si>
   <si>
     <t>Электрический опрессовочный насос 250Вт (2/1шт)</t>
   </si>
   <si>
-    <t>14 017.62 руб.</t>
+    <t>14 000.35 руб.</t>
   </si>
   <si>
     <t>VER-001229</t>
   </si>
   <si>
     <t>VRP-60/6</t>
   </si>
   <si>
     <t>Электрический опрессовочный насос 400Вт (2/1шт)</t>
   </si>
   <si>
-    <t>22 267.48 руб.</t>
+    <t>22 248.54 руб.</t>
   </si>
   <si>
     <t>Ножницы для пластиковых труб</t>
   </si>
   <si>
     <t>Ножницы для пластиковых труб VALTEC</t>
   </si>
   <si>
     <t>VLC-1311021</t>
   </si>
   <si>
     <t>VTm.395.0.160040</t>
   </si>
   <si>
     <t>Ножницы VALTEC до 40 мм  (1 /27шт)</t>
   </si>
   <si>
     <t>1 122.00 руб.</t>
   </si>
   <si>
     <t>VLC-1311022</t>
   </si>
   <si>
     <t>VTm.394.M.160026</t>
   </si>
   <si>
     <t>Ножницы VALTEC до 26 мм (NEW) (1/40шт)</t>
   </si>
   <si>
     <t>692.00 руб.</t>
   </si>
   <si>
+    <t>&gt;500</t>
+  </si>
+  <si>
     <t>Ножницы для пластиковых труб VIEIR</t>
   </si>
   <si>
     <t>INS-310001</t>
   </si>
   <si>
     <t>VER807</t>
   </si>
   <si>
     <t>ножницы до 26мм в упаковке (1/60шт)</t>
   </si>
   <si>
-    <t>254.46 руб.</t>
+    <t>251.39 руб.</t>
   </si>
   <si>
     <t>INS-310002</t>
   </si>
   <si>
     <t>VER805</t>
   </si>
   <si>
     <t>ножницы до 42мм усиленные КРАСНЫЕ  в упаковке (1/10шт)</t>
   </si>
   <si>
-    <t>479.16 руб.</t>
+    <t>476.00 руб.</t>
   </si>
   <si>
     <t>INS-310003</t>
   </si>
   <si>
     <t>VER804</t>
   </si>
   <si>
     <t>ножницы большие до 63мм в упаковке (1/20шт)</t>
   </si>
   <si>
-    <t>1 376.46 руб.</t>
+    <t>1 364.04 руб.</t>
   </si>
   <si>
     <t>INS-310004</t>
   </si>
   <si>
     <t>VER801</t>
   </si>
   <si>
     <t>ножницы большие до 75мм в упаковке (1/20шт)</t>
   </si>
   <si>
-    <t>2 327.34 руб.</t>
+    <t>2 310.09 руб.</t>
   </si>
   <si>
     <t>INS-310006</t>
   </si>
   <si>
     <t>VER809</t>
   </si>
   <si>
     <t>ножницы до 42мм усиленные ЖЕЛТЫЕ  в упаковке (1/10шт)</t>
   </si>
   <si>
-    <t>385.41 руб.</t>
+    <t>380.80 руб.</t>
   </si>
   <si>
     <t>INS-310007</t>
   </si>
   <si>
     <t>VER813</t>
   </si>
   <si>
     <t>ножницы до 63мм усиленные магогабаритные ОРАНЖ  в упаковке (1/10шт)</t>
   </si>
   <si>
-    <t>1 063.97 руб.</t>
+    <t>1 056.13 руб.</t>
   </si>
   <si>
     <t>INS-310008</t>
   </si>
   <si>
     <t>VER812</t>
   </si>
   <si>
     <t>ножницы до 42мм усиленные ОРАНЖ  в упаковке (1/10шт)</t>
   </si>
   <si>
-    <t>528.26 руб.</t>
+    <t>525.09 руб.</t>
   </si>
   <si>
     <t>INS-310011</t>
   </si>
   <si>
     <t>VER806</t>
   </si>
   <si>
     <t>ножницы до 42мм усиленные СИНИЕ  в упаковке (1/10шт)</t>
   </si>
   <si>
-    <t>584.81 руб.</t>
+    <t>580.13 руб.</t>
   </si>
   <si>
     <t>INS-310012</t>
   </si>
   <si>
     <t>VER815</t>
   </si>
   <si>
     <t>ножницы до 42мм усиленные ЗЕЛЕНЫЕ  со съемным лезвием в упаковке (1/10шт)</t>
   </si>
   <si>
-    <t>537.19 руб.</t>
+    <t>534.01 руб.</t>
   </si>
   <si>
     <t>INS-310013</t>
   </si>
   <si>
     <t>VER814</t>
   </si>
   <si>
     <t>Ножницы ОРАНЖЕВЫЕ со съёмным лезвием для пластиковых труб VIEIR   (50/1шт)</t>
   </si>
   <si>
-    <t>552.07 руб.</t>
+    <t>547.40 руб.</t>
   </si>
   <si>
     <t>INS-310014</t>
   </si>
   <si>
     <t>VER816</t>
   </si>
   <si>
     <t>Ножницы до 32мм КРАСНЫЕ для пластиковых труб   VIEIR   (1/20шт)</t>
   </si>
   <si>
     <t>INS-310015</t>
   </si>
   <si>
     <t>VER817</t>
   </si>
   <si>
     <t>Ножницы до 32мм БЕЛЫЕ для пластиковых труб   VIEIR   (1/20шт)</t>
   </si>
   <si>
-    <t>153.27 руб.</t>
+    <t>153.21 руб.</t>
   </si>
   <si>
     <t>INS-310016</t>
   </si>
   <si>
     <t>VER818</t>
   </si>
   <si>
     <t>Ножницы до 32мм СИНИЕ для пластиковых труб   VIEIR   (1/20шт)</t>
   </si>
   <si>
-    <t>235.12 руб.</t>
+    <t>233.54 руб.</t>
   </si>
   <si>
     <t>VER-000213</t>
   </si>
   <si>
     <t>VER819</t>
   </si>
   <si>
     <t>Ножницы черно-зеленые для пластиковых труб  "VIEIR"  (50/10шт)</t>
   </si>
   <si>
-    <t>419.64 руб.</t>
+    <t>416.50 руб.</t>
   </si>
   <si>
     <t>VER-000308</t>
   </si>
   <si>
     <t>VER820</t>
   </si>
   <si>
     <t>Ножницы ЧЕРНО-КРАСНЫЕ для пластиковых труб  "VIEIR"  (50/10шт)</t>
   </si>
   <si>
-    <t>729.15 руб.</t>
+    <t>722.93 руб.</t>
   </si>
   <si>
     <t>VER-000799</t>
   </si>
   <si>
     <t>VER835</t>
   </si>
   <si>
     <t>Ножницы черно-зеленые для металлопластиковых труб (48/6шт)</t>
   </si>
   <si>
-    <t>757.43 руб.</t>
+    <t>575.66 руб.</t>
   </si>
   <si>
     <t>VER-000986</t>
   </si>
   <si>
     <t>VER821</t>
   </si>
   <si>
     <t>Автоматический труборез по металлопластиковым и пластиковым трубам (60/12шт)</t>
   </si>
   <si>
-    <t>525.29 руб.</t>
+    <t>520.63 руб.</t>
   </si>
   <si>
     <t>VER-000987</t>
   </si>
   <si>
     <t>VER822</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -3173,51 +3209,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="5" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a4567c_86a6_11e9_8101_003048fd731b_f51b3d29_281b_11ed_a30f_00259070b4871.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45681_86a6_11e9_8101_003048fd731b_f51b3cb1_281b_11ed_a30f_00259070b4872.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45684_86a6_11e9_8101_003048fd731b_f51b3cb8_281b_11ed_a30f_00259070b4873.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45687_86a6_11e9_8101_003048fd731b_f51b3cff_281b_11ed_a30f_00259070b4874.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a4568b_86a6_11e9_8101_003048fd731b_4396be25_0312_11ef_a5a4_047c1617b1435.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a4568f_86a6_11e9_8101_003048fd731b_4396be29_0312_11ef_a5a4_047c1617b1436.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45693_86a6_11e9_8101_003048fd731b_4396be2d_0312_11ef_a5a4_047c1617b1437.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45697_86a6_11e9_8101_003048fd731b_4396be31_0312_11ef_a5a4_047c1617b1438.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a4569b_86a6_11e9_8101_003048fd731b_4396be35_0312_11ef_a5a4_047c1617b1439.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a4569f_86a6_11e9_8101_003048fd731b_4396be23_0312_11ef_a5a4_047c1617b14310.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456a1_86a6_11e9_8101_003048fd731b_4396be1d_0312_11ef_a5a4_047c1617b14311.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456a3_86a6_11e9_8101_003048fd731b_4396be1f_0312_11ef_a5a4_047c1617b14312.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456a5_86a6_11e9_8101_003048fd731b_f51b3d1b_281b_11ed_a30f_00259070b48713.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456a7_86a6_11e9_8101_003048fd731b_f51b3cbf_281b_11ed_a30f_00259070b48714.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456a9_86a6_11e9_8101_003048fd731b_f51b3cc6_281b_11ed_a30f_00259070b48715.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456ab_86a6_11e9_8101_003048fd731b_f51b3ccd_281b_11ed_a30f_00259070b48716.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456ad_86a6_11e9_8101_003048fd731b_f51b3cd4_281b_11ed_a30f_00259070b48717.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456af_86a6_11e9_8101_003048fd731b_f51b3cdb_281b_11ed_a30f_00259070b48718.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456b1_86a6_11e9_8101_003048fd731b_f51b3ce2_281b_11ed_a30f_00259070b48719.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456b3_86a6_11e9_8101_003048fd731b_f51b3ce9_281b_11ed_a30f_00259070b48720.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456b5_86a6_11e9_8101_003048fd731b_f51b3cf0_281b_11ed_a30f_00259070b48721.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccf1937b_ffba_11e9_810b_003048fd731b_f51b3d22_281b_11ed_a30f_00259070b48722.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75c1f4ad_c7a6_11ed_a3fe_047c1617b143_4396be21_0312_11ef_a5a4_047c1617b14323.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45648_86a6_11e9_8101_003048fd731b_f51b3d30_281b_11ed_a30f_00259070b48724.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a4564c_86a6_11e9_8101_003048fd731b_f51b3d37_281b_11ed_a30f_00259070b48725.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45650_86a6_11e9_8101_003048fd731b_f51b3d3e_281b_11ed_a30f_00259070b48726.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e825a812_3767_11ea_810f_003048fd731b_4396be12_0312_11ef_a5a4_047c1617b14327.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e825a816_3767_11ea_810f_003048fd731b_f51b3d3b_281b_11ed_a30f_00259070b48728.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e825a818_3767_11ea_810f_003048fd731b_4396be10_0312_11ef_a5a4_047c1617b14329.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bbade7f_7c9e_11ea_8111_003048fd731b_f51b3d40_281b_11ed_a30f_00259070b48730.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/394360e7_c40a_11ea_8158_003048fd731b_4396be14_0312_11ef_a5a4_047c1617b14331.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/394360e9_c40a_11ea_8158_003048fd731b_4396be16_0312_11ef_a5a4_047c1617b14332.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ead0d43_a0be_11ea_812a_003048fd731b_f51b3d46_281b_11ed_a30f_00259070b48733.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb3156_5f91_11eb_822d_003048fd731b_f51b3d42_281b_11ed_a30f_00259070b48734.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb3158_5f91_11eb_822d_003048fd731b_f51b3d44_281b_11ed_a30f_00259070b48735.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb315a_5f91_11eb_822d_003048fd731b_f51b3d39_281b_11ed_a30f_00259070b48736.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb315e_5f91_11eb_822d_003048fd731b_4396be18_0312_11ef_a5a4_047c1617b14337.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2f573f9_c27f_11ee_a54c_047c1617b143_4396bf79_0312_11ef_a5a4_047c1617b14338.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45657_86a6_11e9_8101_003048fd731b_5352f055_57f4_11ea_810f_003048fd731b39.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45669_86a6_11e9_8101_003048fd731b_5352f05e_57f4_11ea_810f_003048fd731b40.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a4566b_86a6_11e9_8101_003048fd731b_5352f05f_57f4_11ea_810f_003048fd731b41.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a4566d_86a6_11e9_8101_003048fd731b_5352f060_57f4_11ea_810f_003048fd731b42.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a4566f_86a6_11e9_8101_003048fd731b_5352f061_57f4_11ea_810f_003048fd731b43.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45671_86a6_11e9_8101_003048fd731b_5352f062_57f4_11ea_810f_003048fd731b44.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45673_86a6_11e9_8101_003048fd731b_5352f063_57f4_11ea_810f_003048fd731b45.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45675_86a6_11e9_8101_003048fd731b_5352f064_57f4_11ea_810f_003048fd731b46.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45677_86a6_11e9_8101_003048fd731b_5352f065_57f4_11ea_810f_003048fd731b47.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45679_86a6_11e9_8101_003048fd731b_5352f05d_57f4_11ea_810f_003048fd731b48.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bde62662_091f_11eb_81b8_003048fd731b_f51b3d48_281b_11ed_a30f_00259070b48749.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1daa0_3459_11ef_a5e4_047c1617b143_4e2a73f0_fcc7_11ef_a6ef_047c1617b14350.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456b9_86a6_11e9_8101_003048fd731b_f51b3dc8_281b_11ed_a30f_00259070b48751.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456bd_86a6_11e9_8101_003048fd731b_f51b3dce_281b_11ed_a30f_00259070b48752.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456c1_86a6_11e9_8101_003048fd731b_f51b3dd4_281b_11ed_a30f_00259070b48753.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456c5_86a6_11e9_8101_003048fd731b_f51b3dda_281b_11ed_a30f_00259070b48754.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456c9_86a6_11e9_8101_003048fd731b_f51b3de0_281b_11ed_a30f_00259070b48755.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456cd_86a6_11e9_8101_003048fd731b_f51b3de7_281b_11ed_a30f_00259070b48756.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456d1_86a6_11e9_8101_003048fd731b_f51b3dee_281b_11ed_a30f_00259070b48757.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456d3_86a6_11e9_8101_003048fd731b_f51b3db5_281b_11ed_a30f_00259070b48758.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456d7_86a6_11e9_8101_003048fd731b_f51b3dc1_281b_11ed_a30f_00259070b48759.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456db_86a6_11e9_8101_003048fd731b_f51b3d53_281b_11ed_a30f_00259070b48760.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456df_86a6_11e9_8101_003048fd731b_f51b3d5a_281b_11ed_a30f_00259070b48761.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456e3_86a6_11e9_8101_003048fd731b_f51b3d61_281b_11ed_a30f_00259070b48762.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456e7_86a6_11e9_8101_003048fd731b_f51b3d68_281b_11ed_a30f_00259070b48763.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456eb_86a6_11e9_8101_003048fd731b_f51b3d6f_281b_11ed_a30f_00259070b48764.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456ef_86a6_11e9_8101_003048fd731b_634a43b7_f953_11e9_810b_003048fd731b65.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456f2_86a6_11e9_8101_003048fd731b_f51b3dbb_281b_11ed_a30f_00259070b48766.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456f6_86a6_11e9_8101_003048fd731b_f51b3d76_281b_11ed_a30f_00259070b48767.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456fa_86a6_11e9_8101_003048fd731b_f51b3d7d_281b_11ed_a30f_00259070b48768.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456fe_86a6_11e9_8101_003048fd731b_f51b3d84_281b_11ed_a30f_00259070b48769.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45702_86a6_11e9_8101_003048fd731b_f51b3d8b_281b_11ed_a30f_00259070b48770.jpeg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a4570d_86a6_11e9_8101_003048fd731b_f51b3dae_281b_11ed_a30f_00259070b48771.jpeg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d083a1b_3466_11eb_81f3_003048fd731b_f51b3d92_281b_11ed_a30f_00259070b48772.jpeg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d083a1d_3466_11eb_81f3_003048fd731b_f51b3d99_281b_11ed_a30f_00259070b48773.jpeg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d083a1f_3466_11eb_81f3_003048fd731b_f51b3da0_281b_11ed_a30f_00259070b48774.jpeg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d083a21_3466_11eb_81f3_003048fd731b_f51b3da7_281b_11ed_a30f_00259070b48775.jpeg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7571ec67_f891_11ee_a597_047c1617b143_4b3c1cf3_5a46_11f0_a775_047c1617b14376.jpeg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413d82_86a6_11e9_8101_003048fd731b_f51b3d4d_281b_11ed_a30f_00259070b48777.jpeg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bb2e98_68f5_11ea_8111_003048fd731b_f51b3d4b_281b_11ed_a30f_00259070b48778.jpeg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bb2e9a_68f5_11ea_8111_003048fd731b_f51b3d4e_281b_11ed_a30f_00259070b48779.jpeg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb31da_5f91_11eb_822d_003048fd731b_f51b3d49_281b_11ed_a30f_00259070b48780.jpeg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb31dc_5f91_11eb_822d_003048fd731b_f51b3d4a_281b_11ed_a30f_00259070b48781.jpeg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b44dd51_0c78_11ec_8321_003048fd731b_f51b3d4f_281b_11ed_a30f_00259070b48782.jpeg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/394360e1_c40a_11ea_8158_003048fd731b_f51b3d52_281b_11ed_a30f_00259070b48783.jpeg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bde62664_091f_11eb_81b8_003048fd731b_fb76173d_281b_11ed_a30f_00259070b48784.jpeg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e84726a_afd7_11ef_a68d_047c1617b143_21d4f59b_793a_11f0_a79f_047c1617b14385.jpeg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e84726c_afd7_11ef_a68d_047c1617b143_21d4f59d_793a_11f0_a79f_047c1617b14386.jpeg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e84726e_afd7_11ef_a68d_047c1617b143_d922862a_f1db_11ef_a6e1_047c1617b14387.jpeg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e847270_afd7_11ef_a68d_047c1617b143_d922862c_f1db_11ef_a6e1_047c1617b14388.jpeg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e4292_245f_11f0_a725_047c1617b143_26859875_34da_11f0_a73b_047c1617b14389.jpeg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e4294_245f_11f0_a725_047c1617b143_26859877_34da_11f0_a73b_047c1617b14390.jpeg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bb2e9c_68f5_11ea_8111_003048fd731b_f51b3e19_281b_11ed_a30f_00259070b48791.jpeg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bb2e9e_68f5_11ea_8111_003048fd731b_f51b3e1a_281b_11ed_a30f_00259070b48792.jpeg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bb2ea0_68f5_11ea_8111_003048fd731b_f51b3e1c_281b_11ed_a30f_00259070b48793.jpeg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bb2ea2_68f5_11ea_8111_003048fd731b_f51b3e23_281b_11ed_a30f_00259070b48794.jpeg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bb2ea4_68f5_11ea_8111_003048fd731b_f51b3e10_281b_11ed_a30f_00259070b48795.jpeg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bb2ea6_68f5_11ea_8111_003048fd731b_f51b3e11_281b_11ed_a30f_00259070b48796.jpeg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bb2ea8_68f5_11ea_8111_003048fd731b_f51b3e12_281b_11ed_a30f_00259070b48797.jpeg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bb2eaa_68f5_11ea_8111_003048fd731b_f51b3e13_281b_11ed_a30f_00259070b48798.jpeg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bb2eac_68f5_11ea_8111_003048fd731b_f51b3e14_281b_11ed_a30f_00259070b48799.jpeg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bb2eae_68f5_11ea_8111_003048fd731b_f51b3e15_281b_11ed_a30f_00259070b487100.jpeg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bb2eb0_68f5_11ea_8111_003048fd731b_f51b3e16_281b_11ed_a30f_00259070b487101.jpeg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bb2eb2_68f5_11ea_8111_003048fd731b_f51b3e17_281b_11ed_a30f_00259070b487102.jpeg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05c9d069_77eb_11ea_8111_003048fd731b_f51b3e18_281b_11ed_a30f_00259070b487103.jpeg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/394360e3_c40a_11ea_8158_003048fd731b_4396bdf3_0312_11ef_a5a4_047c1617b143104.jpeg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/394360e5_c40a_11ea_8158_003048fd731b_4396bdf5_0312_11ef_a5a4_047c1617b143105.jpeg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb3152_5f91_11eb_822d_003048fd731b_4396bdf9_0312_11ef_a5a4_047c1617b143106.jpeg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1475c52_799b_11eb_8253_003048fd731b_4396bded_0312_11ef_a5a4_047c1617b143107.jpeg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1475c54_799b_11eb_8253_003048fd731b_4396bdee_0312_11ef_a5a4_047c1617b143108.jpeg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1475c56_799b_11eb_8253_003048fd731b_4396bdef_0312_11ef_a5a4_047c1617b143109.jpeg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1475c58_799b_11eb_8253_003048fd731b_4396bdf0_0312_11ef_a5a4_047c1617b143110.jpeg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d78e12f_dbed_11ec_a2a4_00259070b487_4396bdf1_0312_11ef_a5a4_047c1617b143111.jpeg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be281ca6_f776_11ee_a595_047c1617b143_4396bf87_0312_11ef_a5a4_047c1617b143112.png"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa083bd1_526f_11ef_a60b_047c1617b143_14e1e1d4_f93d_11ef_a6ea_047c1617b143113.jpeg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa083bd3_526f_11ef_a60b_047c1617b143_14e1e1d7_f93d_11ef_a6ea_047c1617b143114.jpeg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa083bd5_526f_11ef_a60b_047c1617b143_14e1e1d9_f93d_11ef_a6ea_047c1617b143115.jpeg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa083bd7_526f_11ef_a60b_047c1617b143_14e1e1d2_f93d_11ef_a6ea_047c1617b143116.jpeg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa083bd9_526f_11ef_a60b_047c1617b143_14e1e1cd_f93d_11ef_a6ea_047c1617b143117.jpeg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa083bdb_526f_11ef_a60b_047c1617b143_14e1e1cf_f93d_11ef_a6ea_047c1617b143118.jpeg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e42c8_245f_11f0_a725_047c1617b143_2685988a_34da_11f0_a73b_047c1617b143119.jpeg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04e50ab_77ea_11ea_8111_003048fd731b_7d28a381_7d94_11ea_8111_003048fd731b120.jpeg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04e50ad_77ea_11ea_8111_003048fd731b_7d28a382_7d94_11ea_8111_003048fd731b121.jpeg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d083a2b_3466_11eb_81f3_003048fd731b_f51b3e02_281b_11ed_a30f_00259070b487122.jpeg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d83ddbeb_92b8_11ed_a3b9_047c1617b143_4396bde8_0312_11ef_a5a4_047c1617b143123.jpeg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7571ec69_f891_11ee_a597_047c1617b143_579e2292_5a46_11f0_a775_047c1617b143124.jpeg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7571ec6b_f891_11ee_a597_047c1617b143_85119bde_fcc8_11ef_a6ef_047c1617b143125.jpeg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d4c_0b65_11ec_831e_003048fd731b_f51b3e09_281b_11ed_a30f_00259070b487126.jpeg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413da0_86a6_11e9_8101_003048fd731b_fb761747_281b_11ed_a30f_00259070b487127.jpeg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413da2_86a6_11e9_8101_003048fd731b_fb76174e_281b_11ed_a30f_00259070b487128.jpeg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413da4_86a6_11e9_8101_003048fd731b_fb761755_281b_11ed_a30f_00259070b487129.jpeg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413da6_86a6_11e9_8101_003048fd731b_fb76175c_281b_11ed_a30f_00259070b487130.jpeg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413da8_86a6_11e9_8101_003048fd731b_fb761763_281b_11ed_a30f_00259070b487131.jpeg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413daa_86a6_11e9_8101_003048fd731b_fb761778_281b_11ed_a30f_00259070b487132.jpeg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dac_86a6_11e9_8101_003048fd731b_fb761786_281b_11ed_a30f_00259070b487133.jpeg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dae_86a6_11e9_8101_003048fd731b_fb76178d_281b_11ed_a30f_00259070b487134.jpeg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413db0_86a6_11e9_8101_003048fd731b_fb761794_281b_11ed_a30f_00259070b487135.jpeg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413db4_86a6_11e9_8101_003048fd731b_fb7617da_281b_11ed_a30f_00259070b487136.jpeg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413db6_86a6_11e9_8101_003048fd731b_fb7617e1_281b_11ed_a30f_00259070b487137.jpeg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413db8_86a6_11e9_8101_003048fd731b_fb7617ef_281b_11ed_a30f_00259070b487138.jpeg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dba_86a6_11e9_8101_003048fd731b_fb7617f6_281b_11ed_a30f_00259070b487139.jpeg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dbd_86a6_11e9_8101_003048fd731b_fb7617fd_281b_11ed_a30f_00259070b487140.jpeg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dbf_86a6_11e9_8101_003048fd731b_fb761804_281b_11ed_a30f_00259070b487141.jpeg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4687ac57_ffbc_11e9_810b_003048fd731b_fb76177f_281b_11ed_a30f_00259070b487142.jpeg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4687ac53_ffbc_11e9_810b_003048fd731b_fb76176a_281b_11ed_a30f_00259070b487143.jpeg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4687ac55_ffbc_11e9_810b_003048fd731b_fb761771_281b_11ed_a30f_00259070b487144.jpeg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d981dabf_77ea_11ea_8111_003048fd731b_fb761745_281b_11ed_a30f_00259070b487145.jpeg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04e509f_77ea_11ea_8111_003048fd731b_fb76179b_281b_11ed_a30f_00259070b487146.jpeg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04e50a1_77ea_11ea_8111_003048fd731b_fb7617a2_281b_11ed_a30f_00259070b487147.jpeg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04e50a3_77ea_11ea_8111_003048fd731b_fb7617a9_281b_11ed_a30f_00259070b487148.jpeg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04e50a5_77ea_11ea_8111_003048fd731b_fb7617b0_281b_11ed_a30f_00259070b487149.jpeg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04e50a7_77ea_11ea_8111_003048fd731b_fb7617b7_281b_11ed_a30f_00259070b487150.jpeg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04e50a9_77ea_11ea_8111_003048fd731b_fb7617be_281b_11ed_a30f_00259070b487151.jpeg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d083a25_3466_11eb_81f3_003048fd731b_fb7617c5_281b_11ed_a30f_00259070b487152.jpeg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d083a27_3466_11eb_81f3_003048fd731b_a26f33cd_7c1e_11f0_a7a3_047c1617b143153.jpeg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d083a29_3466_11eb_81f3_003048fd731b_a26f33d1_7c1e_11f0_a7a3_047c1617b143154.jpeg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a66c34_db0d_11ec_a2a2_00259070b487_4396be00_0312_11ef_a5a4_047c1617b143155.jpeg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8435c6a_55c2_11ed_a35f_047c1617b143_4396be09_0312_11ef_a5a4_047c1617b143156.jpeg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8435c6c_55c2_11ed_a35f_047c1617b143_4396be05_0312_11ef_a5a4_047c1617b143157.jpeg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75c1f4ab_c7a6_11ed_a3fe_047c1617b143_4396be3d_0312_11ef_a5a4_047c1617b143158.jpeg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f5f_9e75_11ef_a670_047c1617b143_21d4f598_793a_11f0_a79f_047c1617b143159.jpeg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f61_9e75_11ef_a670_047c1617b143_21d4f599_793a_11f0_a79f_047c1617b143160.jpeg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af385872_ce99_11ef_a6b4_047c1617b143_21d4f595_793a_11f0_a79f_047c1617b143161.jpeg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bfb106b_78e1_11f0_a79f_047c1617b143_8557692d_7c1e_11f0_a7a3_047c1617b143162.jpeg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bfb106d_78e1_11f0_a79f_047c1617b143_a26f33c5_7c1e_11f0_a7a3_047c1617b143163.jpeg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7c1cd7b_7932_11f0_a79f_047c1617b143_a26f33c9_7c1e_11f0_a7a3_047c1617b143164.jpeg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d4a_0b65_11ec_831e_003048fd731b_4396be01_0312_11ef_a5a4_047c1617b143165.jpeg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dc5_86a6_11e9_8101_003048fd731b_0291d946_0d22_11ea_810d_003048fd731b166.jpeg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bbade81_7c9e_11ea_8111_003048fd731b_fb76173e_281b_11ed_a30f_00259070b487167.jpeg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bde62666_091f_11eb_81b8_003048fd731b_fb76173f_281b_11ed_a30f_00259070b487168.jpeg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bde62668_091f_11eb_81b8_003048fd731b_4396be41_0312_11ef_a5a4_047c1617b143169.jpeg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bde6266a_091f_11eb_81b8_003048fd731b_4396be43_0312_11ef_a5a4_047c1617b143170.jpeg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bde6266c_091f_11eb_81b8_003048fd731b_4396be44_0312_11ef_a5a4_047c1617b143171.jpeg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bde6266e_091f_11eb_81b8_003048fd731b_4396be45_0312_11ef_a5a4_047c1617b143172.jpeg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb3154_5f91_11eb_822d_003048fd731b_4396be0d_0312_11ef_a5a4_047c1617b143173.jpeg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b44dd4d_0c78_11ec_8321_003048fd731b_4396be42_0312_11ef_a5a4_047c1617b143174.jpeg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2f573fb_c27f_11ee_a54c_047c1617b143_4396bf7f_0312_11ef_a5a4_047c1617b143175.jpeg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2f573fd_c27f_11ee_a54c_047c1617b143_4396bf81_0312_11ef_a5a4_047c1617b143176.png"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2f573ff_c27f_11ee_a54c_047c1617b143_4396bf83_0312_11ef_a5a4_047c1617b143177.png"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2f57401_c27f_11ee_a54c_047c1617b143_4396bf08_0312_11ef_a5a4_047c1617b143178.png"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb15cc69_f760_11ee_a595_047c1617b143_4a7d77e9_0312_11ef_a5a4_047c1617b143179.png"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb15cc6b_f760_11ee_a595_047c1617b143_4a7d77ea_0312_11ef_a5a4_047c1617b143180.png"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb15cc6d_f760_11ee_a595_047c1617b143_4a7d77e8_0312_11ef_a5a4_047c1617b143181.png"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8811365f_37d2_11ef_a5e9_047c1617b143_14e1e199_f93d_11ef_a6ea_047c1617b143182.jpeg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88113661_37d2_11ef_a5e9_047c1617b143_14e1e19d_f93d_11ef_a6ea_047c1617b143183.jpeg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dca_86a6_11e9_8101_003048fd731b_5352f071_57f4_11ea_810f_003048fd731b184.jpeg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dcc_86a6_11e9_8101_003048fd731b_5352f072_57f4_11ea_810f_003048fd731b185.jpeg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dce_86a6_11e9_8101_003048fd731b_5352f073_57f4_11ea_810f_003048fd731b186.jpeg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dd0_86a6_11e9_8101_003048fd731b_5352f074_57f4_11ea_810f_003048fd731b187.jpeg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dd2_86a6_11e9_8101_003048fd731b_5352f075_57f4_11ea_810f_003048fd731b188.jpeg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dd4_86a6_11e9_8101_003048fd731b_5352f076_57f4_11ea_810f_003048fd731b189.jpeg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dd6_86a6_11e9_8101_003048fd731b_5352f077_57f4_11ea_810f_003048fd731b190.jpeg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dd8_86a6_11e9_8101_003048fd731b_5352f078_57f4_11ea_810f_003048fd731b191.jpeg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dda_86a6_11e9_8101_003048fd731b_5352f079_57f4_11ea_810f_003048fd731b192.jpeg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413ddc_86a6_11e9_8101_003048fd731b_5352f07a_57f4_11ea_810f_003048fd731b193.jpeg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dde_86a6_11e9_8101_003048fd731b_5352f07b_57f4_11ea_810f_003048fd731b194.jpeg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413de0_86a6_11e9_8101_003048fd731b_5352f07c_57f4_11ea_810f_003048fd731b195.jpeg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413de2_86a6_11e9_8101_003048fd731b_5352f07d_57f4_11ea_810f_003048fd731b196.jpeg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413de4_86a6_11e9_8101_003048fd731b_5352f07e_57f4_11ea_810f_003048fd731b197.jpeg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413de6_86a6_11e9_8101_003048fd731b_5352f07f_57f4_11ea_810f_003048fd731b198.jpeg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413de8_86a6_11e9_8101_003048fd731b_5352f080_57f4_11ea_810f_003048fd731b199.jpeg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dea_86a6_11e9_8101_003048fd731b_5352f081_57f4_11ea_810f_003048fd731b200.jpeg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dec_86a6_11e9_8101_003048fd731b_5352f082_57f4_11ea_810f_003048fd731b201.jpeg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dee_86a6_11e9_8101_003048fd731b_5352f083_57f4_11ea_810f_003048fd731b202.jpeg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e0a_86a6_11e9_8101_003048fd731b_5352f085_57f4_11ea_810f_003048fd731b203.jpeg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e0c_86a6_11e9_8101_003048fd731b_5352f086_57f4_11ea_810f_003048fd731b204.jpeg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e0e_86a6_11e9_8101_003048fd731b_5352f087_57f4_11ea_810f_003048fd731b205.jpeg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e10_86a6_11e9_8101_003048fd731b_5352f084_57f4_11ea_810f_003048fd731b206.jpeg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e12_86a6_11e9_8101_003048fd731b_5cc3f072_57f4_11ea_810f_003048fd731b207.jpeg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e14_86a6_11e9_8101_003048fd731b_5cc3f073_57f4_11ea_810f_003048fd731b208.jpeg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e16_86a6_11e9_8101_003048fd731b_5cc3f074_57f4_11ea_810f_003048fd731b209.jpeg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e18_86a6_11e9_8101_003048fd731b_5cc3f075_57f4_11ea_810f_003048fd731b210.jpeg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e1a_86a6_11e9_8101_003048fd731b_5cc3f071_57f4_11ea_810f_003048fd731b211.jpeg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e1c_86a6_11e9_8101_003048fd731b_5cc3f06e_57f4_11ea_810f_003048fd731b212.jpeg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e1e_86a6_11e9_8101_003048fd731b_5cc3f06f_57f4_11ea_810f_003048fd731b213.jpeg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e20_86a6_11e9_8101_003048fd731b_5cc3f070_57f4_11ea_810f_003048fd731b214.jpeg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e22_86a6_11e9_8101_003048fd731b_5352f089_57f4_11ea_810f_003048fd731b215.jpeg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e24_86a6_11e9_8101_003048fd731b_5cc3f06d_57f4_11ea_810f_003048fd731b216.jpeg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e26_86a6_11e9_8101_003048fd731b_4396bdfb_0312_11ef_a5a4_047c1617b143217.jpeg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e28_86a6_11e9_8101_003048fd731b_5352f088_57f4_11ea_810f_003048fd731b218.jpeg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfccdab7_7140_11ed_a386_047c1617b143_4396bdfd_0312_11ef_a5a4_047c1617b143219.jpeg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfccdab9_7140_11ed_a386_047c1617b143_4396bdfe_0312_11ef_a5a4_047c1617b143220.jpeg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfccdabb_7140_11ed_a386_047c1617b143_4396bdff_0312_11ef_a5a4_047c1617b143221.jpeg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfccdac8_7140_11ed_a386_047c1617b143_4396bdfc_0312_11ef_a5a4_047c1617b143222.jpeg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45616_86a6_11e9_8101_003048fd731b_5cc3f07b_57f4_11ea_810f_003048fd731b223.jpeg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45618_86a6_11e9_8101_003048fd731b_5cc3f07c_57f4_11ea_810f_003048fd731b224.jpeg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a4561a_86a6_11e9_8101_003048fd731b_fb76172f_281b_11ed_a30f_00259070b487225.jpeg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a4561d_86a6_11e9_8101_003048fd731b_fb761736_281b_11ed_a30f_00259070b487226.jpeg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145c899e_551c_11f0_a76e_047c1617b143_579e238b_5a46_11f0_a775_047c1617b143227.jpeg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145c89a0_551c_11f0_a76e_047c1617b143_579e238c_5a46_11f0_a775_047c1617b143228.jpeg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bfb1069_78e1_11f0_a79f_047c1617b143_85576929_7c1e_11f0_a7a3_047c1617b143229.jpeg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3650f780_f3c8_11eb_82ff_003048fd731b_b22990e9_27ae_11ed_a30e_00259070b487230.jpeg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0d91a7b_7762_11ec_a212_00259070b487_21d4f59f_793a_11f0_a79f_047c1617b143231.jpeg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f0e419_c920_11ee_a554_047c1617b143_4b3c1bec_5a46_11f0_a775_047c1617b143232.jpeg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f0e41b_c920_11ee_a554_047c1617b143_4b3c1bed_5a46_11f0_a775_047c1617b143233.jpeg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f0e41d_c920_11ee_a554_047c1617b143_4b3c1bee_5a46_11f0_a775_047c1617b143234.jpeg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413df5_86a6_11e9_8101_003048fd731b_fb76170b_281b_11ed_a30f_00259070b487235.jpeg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413df9_86a6_11e9_8101_003048fd731b_fb76170c_281b_11ed_a30f_00259070b487236.jpeg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/394360ee_c40a_11ea_8158_003048fd731b_01eadb5d_fff9_11eb_8310_003048fd731b237.jpeg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e847202_afd7_11ef_a68d_047c1617b143_21d4f5a1_793a_11f0_a79f_047c1617b143238.jpeg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e847204_afd7_11ef_a68d_047c1617b143_21d4f5a2_793a_11f0_a79f_047c1617b143239.jpeg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45706_86a6_11e9_8101_003048fd731b_fb761716_281b_11ed_a30f_00259070b487240.jpeg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a4570a_86a6_11e9_8101_003048fd731b_fb76170f_281b_11ed_a30f_00259070b487241.jpeg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45711_86a6_11e9_8101_003048fd731b_fb76171f_281b_11ed_a30f_00259070b487242.jpeg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413d76_86a6_11e9_8101_003048fd731b_fb761727_281b_11ed_a30f_00259070b487243.jpeg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413d7a_86a6_11e9_8101_003048fd731b_fb76171d_281b_11ed_a30f_00259070b487244.jpeg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413d7e_86a6_11e9_8101_003048fd731b_fb76171e_281b_11ed_a30f_00259070b487245.jpeg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47fb406d_d8b0_11e9_8109_003048fd731b_fb761725_281b_11ed_a30f_00259070b487246.jpeg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29d5b310_4109_11ea_810f_003048fd731b_fb76172a_281b_11ed_a30f_00259070b487247.jpeg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29d5b312_4109_11ea_810f_003048fd731b_fb761728_281b_11ed_a30f_00259070b487248.jpeg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/898e81bb_9095_11ea_8115_003048fd731b_fb761729_281b_11ed_a30f_00259070b487249.jpeg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/898e81bd_9095_11ea_8115_003048fd731b_fb761726_281b_11ed_a30f_00259070b487250.jpeg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb3160_5f91_11eb_822d_003048fd731b_fb76172b_281b_11ed_a30f_00259070b487251.jpeg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb3162_5f91_11eb_822d_003048fd731b_fb761721_281b_11ed_a30f_00259070b487252.jpeg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb3164_5f91_11eb_822d_003048fd731b_fb761720_281b_11ed_a30f_00259070b487253.jpeg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb3166_5f91_11eb_822d_003048fd731b_fb761723_281b_11ed_a30f_00259070b487254.jpeg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0d91a79_7762_11ec_a212_00259070b487_fb76172c_281b_11ed_a30f_00259070b487255.jpeg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13e8ca54_5853_11ed_a364_047c1617b143_4396be39_0312_11ef_a5a4_047c1617b143256.jpeg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb15cc6f_f760_11ee_a595_047c1617b143_21d4f5a0_793a_11f0_a79f_047c1617b143257.jpeg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f13c466_37d2_11ef_a5e9_047c1617b143_14e1e19e_f93d_11ef_a6ea_047c1617b143258.jpeg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f13c468_37d2_11ef_a5e9_047c1617b143_14e1e1a2_f93d_11ef_a6ea_047c1617b143259.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a4567c_86a6_11e9_8101_003048fd731b_f51b3d29_281b_11ed_a30f_00259070b4871.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45681_86a6_11e9_8101_003048fd731b_f51b3cb1_281b_11ed_a30f_00259070b4872.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45684_86a6_11e9_8101_003048fd731b_f51b3cb8_281b_11ed_a30f_00259070b4873.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45687_86a6_11e9_8101_003048fd731b_f51b3cff_281b_11ed_a30f_00259070b4874.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a4568b_86a6_11e9_8101_003048fd731b_4396be25_0312_11ef_a5a4_047c1617b1435.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a4568f_86a6_11e9_8101_003048fd731b_4396be29_0312_11ef_a5a4_047c1617b1436.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45693_86a6_11e9_8101_003048fd731b_4396be2d_0312_11ef_a5a4_047c1617b1437.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45697_86a6_11e9_8101_003048fd731b_4396be31_0312_11ef_a5a4_047c1617b1438.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a4569b_86a6_11e9_8101_003048fd731b_4396be35_0312_11ef_a5a4_047c1617b1439.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a4569f_86a6_11e9_8101_003048fd731b_4396be23_0312_11ef_a5a4_047c1617b14310.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456a1_86a6_11e9_8101_003048fd731b_4396be1d_0312_11ef_a5a4_047c1617b14311.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456a3_86a6_11e9_8101_003048fd731b_4396be1f_0312_11ef_a5a4_047c1617b14312.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456a5_86a6_11e9_8101_003048fd731b_f51b3d1b_281b_11ed_a30f_00259070b48713.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456a7_86a6_11e9_8101_003048fd731b_f51b3cbf_281b_11ed_a30f_00259070b48714.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456a9_86a6_11e9_8101_003048fd731b_f51b3cc6_281b_11ed_a30f_00259070b48715.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456ab_86a6_11e9_8101_003048fd731b_f51b3ccd_281b_11ed_a30f_00259070b48716.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456ad_86a6_11e9_8101_003048fd731b_f51b3cd4_281b_11ed_a30f_00259070b48717.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456af_86a6_11e9_8101_003048fd731b_f51b3cdb_281b_11ed_a30f_00259070b48718.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456b1_86a6_11e9_8101_003048fd731b_f51b3ce2_281b_11ed_a30f_00259070b48719.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456b3_86a6_11e9_8101_003048fd731b_f51b3ce9_281b_11ed_a30f_00259070b48720.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456b5_86a6_11e9_8101_003048fd731b_f51b3cf0_281b_11ed_a30f_00259070b48721.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccf1937b_ffba_11e9_810b_003048fd731b_f51b3d22_281b_11ed_a30f_00259070b48722.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75c1f4ad_c7a6_11ed_a3fe_047c1617b143_4396be21_0312_11ef_a5a4_047c1617b14323.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7995f9f_96ee_11f0_a7c5_047c1617b143_fafd76d0_b70d_11f0_a7ef_047c1617b14324.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7995fa1_96ee_11f0_a7c5_047c1617b143_fafd76d4_b70d_11f0_a7ef_047c1617b14325.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7995fa3_96ee_11f0_a7c5_047c1617b143_fafd76d8_b70d_11f0_a7ef_047c1617b14326.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7995fa5_96ee_11f0_a7c5_047c1617b143_fafd76dc_b70d_11f0_a7ef_047c1617b14327.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7995fa7_96ee_11f0_a7c5_047c1617b143_fafd76e0_b70d_11f0_a7ef_047c1617b14328.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45648_86a6_11e9_8101_003048fd731b_f51b3d30_281b_11ed_a30f_00259070b48729.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a4564c_86a6_11e9_8101_003048fd731b_f51b3d37_281b_11ed_a30f_00259070b48730.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45650_86a6_11e9_8101_003048fd731b_f51b3d3e_281b_11ed_a30f_00259070b48731.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e825a812_3767_11ea_810f_003048fd731b_4396be12_0312_11ef_a5a4_047c1617b14332.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e825a816_3767_11ea_810f_003048fd731b_f51b3d3b_281b_11ed_a30f_00259070b48733.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e825a818_3767_11ea_810f_003048fd731b_4396be10_0312_11ef_a5a4_047c1617b14334.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bbade7f_7c9e_11ea_8111_003048fd731b_f51b3d40_281b_11ed_a30f_00259070b48735.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/394360e7_c40a_11ea_8158_003048fd731b_4396be14_0312_11ef_a5a4_047c1617b14336.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/394360e9_c40a_11ea_8158_003048fd731b_4396be16_0312_11ef_a5a4_047c1617b14337.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ead0d43_a0be_11ea_812a_003048fd731b_f51b3d46_281b_11ed_a30f_00259070b48738.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb3156_5f91_11eb_822d_003048fd731b_f51b3d42_281b_11ed_a30f_00259070b48739.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb3158_5f91_11eb_822d_003048fd731b_f51b3d44_281b_11ed_a30f_00259070b48740.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb315a_5f91_11eb_822d_003048fd731b_f51b3d39_281b_11ed_a30f_00259070b48741.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb315e_5f91_11eb_822d_003048fd731b_4396be18_0312_11ef_a5a4_047c1617b14342.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2f573f9_c27f_11ee_a54c_047c1617b143_4396bf79_0312_11ef_a5a4_047c1617b14343.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45657_86a6_11e9_8101_003048fd731b_5352f055_57f4_11ea_810f_003048fd731b44.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45669_86a6_11e9_8101_003048fd731b_5352f05e_57f4_11ea_810f_003048fd731b45.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a4566b_86a6_11e9_8101_003048fd731b_5352f05f_57f4_11ea_810f_003048fd731b46.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a4566d_86a6_11e9_8101_003048fd731b_5352f060_57f4_11ea_810f_003048fd731b47.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a4566f_86a6_11e9_8101_003048fd731b_5352f061_57f4_11ea_810f_003048fd731b48.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45671_86a6_11e9_8101_003048fd731b_5352f062_57f4_11ea_810f_003048fd731b49.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45673_86a6_11e9_8101_003048fd731b_5352f063_57f4_11ea_810f_003048fd731b50.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45675_86a6_11e9_8101_003048fd731b_5352f064_57f4_11ea_810f_003048fd731b51.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45677_86a6_11e9_8101_003048fd731b_5352f065_57f4_11ea_810f_003048fd731b52.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45679_86a6_11e9_8101_003048fd731b_5352f05d_57f4_11ea_810f_003048fd731b53.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bde62662_091f_11eb_81b8_003048fd731b_f51b3d48_281b_11ed_a30f_00259070b48754.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1daa0_3459_11ef_a5e4_047c1617b143_4e2a73f0_fcc7_11ef_a6ef_047c1617b14355.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456b9_86a6_11e9_8101_003048fd731b_f51b3dc8_281b_11ed_a30f_00259070b48756.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456bd_86a6_11e9_8101_003048fd731b_f51b3dce_281b_11ed_a30f_00259070b48757.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456c1_86a6_11e9_8101_003048fd731b_f51b3dd4_281b_11ed_a30f_00259070b48758.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456c5_86a6_11e9_8101_003048fd731b_f51b3dda_281b_11ed_a30f_00259070b48759.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456c9_86a6_11e9_8101_003048fd731b_f51b3de0_281b_11ed_a30f_00259070b48760.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456cd_86a6_11e9_8101_003048fd731b_f51b3de7_281b_11ed_a30f_00259070b48761.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456d1_86a6_11e9_8101_003048fd731b_f51b3dee_281b_11ed_a30f_00259070b48762.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456d3_86a6_11e9_8101_003048fd731b_f51b3db5_281b_11ed_a30f_00259070b48763.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456d7_86a6_11e9_8101_003048fd731b_f51b3dc1_281b_11ed_a30f_00259070b48764.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456db_86a6_11e9_8101_003048fd731b_f51b3d53_281b_11ed_a30f_00259070b48765.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456df_86a6_11e9_8101_003048fd731b_f51b3d5a_281b_11ed_a30f_00259070b48766.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456e3_86a6_11e9_8101_003048fd731b_f51b3d61_281b_11ed_a30f_00259070b48767.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456e7_86a6_11e9_8101_003048fd731b_f51b3d68_281b_11ed_a30f_00259070b48768.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456eb_86a6_11e9_8101_003048fd731b_f51b3d6f_281b_11ed_a30f_00259070b48769.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456ef_86a6_11e9_8101_003048fd731b_634a43b7_f953_11e9_810b_003048fd731b70.jpeg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456f2_86a6_11e9_8101_003048fd731b_f51b3dbb_281b_11ed_a30f_00259070b48771.jpeg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456f6_86a6_11e9_8101_003048fd731b_f51b3d76_281b_11ed_a30f_00259070b48772.jpeg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456fa_86a6_11e9_8101_003048fd731b_f51b3d7d_281b_11ed_a30f_00259070b48773.jpeg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a456fe_86a6_11e9_8101_003048fd731b_f51b3d84_281b_11ed_a30f_00259070b48774.jpeg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45702_86a6_11e9_8101_003048fd731b_f51b3d8b_281b_11ed_a30f_00259070b48775.jpeg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a4570d_86a6_11e9_8101_003048fd731b_f51b3dae_281b_11ed_a30f_00259070b48776.jpeg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d083a1b_3466_11eb_81f3_003048fd731b_f51b3d92_281b_11ed_a30f_00259070b48777.jpeg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d083a1d_3466_11eb_81f3_003048fd731b_f51b3d99_281b_11ed_a30f_00259070b48778.jpeg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d083a1f_3466_11eb_81f3_003048fd731b_f51b3da0_281b_11ed_a30f_00259070b48779.jpeg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d083a21_3466_11eb_81f3_003048fd731b_f51b3da7_281b_11ed_a30f_00259070b48780.jpeg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7571ec67_f891_11ee_a597_047c1617b143_4b3c1cf3_5a46_11f0_a775_047c1617b14381.jpeg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413d82_86a6_11e9_8101_003048fd731b_f51b3d4d_281b_11ed_a30f_00259070b48782.jpeg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bb2e98_68f5_11ea_8111_003048fd731b_f51b3d4b_281b_11ed_a30f_00259070b48783.jpeg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bb2e9a_68f5_11ea_8111_003048fd731b_f51b3d4e_281b_11ed_a30f_00259070b48784.jpeg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb31da_5f91_11eb_822d_003048fd731b_f51b3d49_281b_11ed_a30f_00259070b48785.jpeg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb31dc_5f91_11eb_822d_003048fd731b_f51b3d4a_281b_11ed_a30f_00259070b48786.jpeg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b44dd51_0c78_11ec_8321_003048fd731b_f51b3d4f_281b_11ed_a30f_00259070b48787.jpeg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/394360e1_c40a_11ea_8158_003048fd731b_f51b3d52_281b_11ed_a30f_00259070b48788.jpeg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bde62664_091f_11eb_81b8_003048fd731b_fb76173d_281b_11ed_a30f_00259070b48789.jpeg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e84726a_afd7_11ef_a68d_047c1617b143_21d4f59b_793a_11f0_a79f_047c1617b14390.jpeg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e84726c_afd7_11ef_a68d_047c1617b143_21d4f59d_793a_11f0_a79f_047c1617b14391.jpeg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e84726e_afd7_11ef_a68d_047c1617b143_d922862a_f1db_11ef_a6e1_047c1617b14392.jpeg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e847270_afd7_11ef_a68d_047c1617b143_d922862c_f1db_11ef_a6e1_047c1617b14393.jpeg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e4292_245f_11f0_a725_047c1617b143_26859875_34da_11f0_a73b_047c1617b14394.jpeg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e4294_245f_11f0_a725_047c1617b143_26859877_34da_11f0_a73b_047c1617b14395.jpeg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21180571_ce2b_11f0_a80d_047c1617b143_ab7d8ffb_d05b_11f0_a810_047c1617b14396.jpeg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bb2e9c_68f5_11ea_8111_003048fd731b_f51b3e19_281b_11ed_a30f_00259070b48797.jpeg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bb2e9e_68f5_11ea_8111_003048fd731b_f51b3e1a_281b_11ed_a30f_00259070b48798.jpeg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bb2ea0_68f5_11ea_8111_003048fd731b_f51b3e1c_281b_11ed_a30f_00259070b48799.jpeg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bb2ea2_68f5_11ea_8111_003048fd731b_f51b3e23_281b_11ed_a30f_00259070b487100.jpeg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bb2ea4_68f5_11ea_8111_003048fd731b_f51b3e10_281b_11ed_a30f_00259070b487101.jpeg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bb2ea6_68f5_11ea_8111_003048fd731b_f51b3e11_281b_11ed_a30f_00259070b487102.jpeg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bb2ea8_68f5_11ea_8111_003048fd731b_f51b3e12_281b_11ed_a30f_00259070b487103.jpeg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bb2eaa_68f5_11ea_8111_003048fd731b_f51b3e13_281b_11ed_a30f_00259070b487104.jpeg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bb2eac_68f5_11ea_8111_003048fd731b_f51b3e14_281b_11ed_a30f_00259070b487105.jpeg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bb2eae_68f5_11ea_8111_003048fd731b_f51b3e15_281b_11ed_a30f_00259070b487106.jpeg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bb2eb0_68f5_11ea_8111_003048fd731b_f51b3e16_281b_11ed_a30f_00259070b487107.jpeg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49bb2eb2_68f5_11ea_8111_003048fd731b_f51b3e17_281b_11ed_a30f_00259070b487108.jpeg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05c9d069_77eb_11ea_8111_003048fd731b_f51b3e18_281b_11ed_a30f_00259070b487109.jpeg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/394360e3_c40a_11ea_8158_003048fd731b_4396bdf3_0312_11ef_a5a4_047c1617b143110.jpeg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/394360e5_c40a_11ea_8158_003048fd731b_4396bdf5_0312_11ef_a5a4_047c1617b143111.jpeg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb3152_5f91_11eb_822d_003048fd731b_4396bdf9_0312_11ef_a5a4_047c1617b143112.jpeg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1475c52_799b_11eb_8253_003048fd731b_4396bded_0312_11ef_a5a4_047c1617b143113.jpeg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1475c54_799b_11eb_8253_003048fd731b_4396bdee_0312_11ef_a5a4_047c1617b143114.jpeg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1475c56_799b_11eb_8253_003048fd731b_4396bdef_0312_11ef_a5a4_047c1617b143115.jpeg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1475c58_799b_11eb_8253_003048fd731b_4396bdf0_0312_11ef_a5a4_047c1617b143116.jpeg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d78e12f_dbed_11ec_a2a4_00259070b487_4396bdf1_0312_11ef_a5a4_047c1617b143117.jpeg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be281ca6_f776_11ee_a595_047c1617b143_4396bf87_0312_11ef_a5a4_047c1617b143118.png"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa083bd1_526f_11ef_a60b_047c1617b143_14e1e1d4_f93d_11ef_a6ea_047c1617b143119.jpeg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa083bd3_526f_11ef_a60b_047c1617b143_14e1e1d7_f93d_11ef_a6ea_047c1617b143120.jpeg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa083bd5_526f_11ef_a60b_047c1617b143_14e1e1d9_f93d_11ef_a6ea_047c1617b143121.jpeg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa083bd7_526f_11ef_a60b_047c1617b143_14e1e1d2_f93d_11ef_a6ea_047c1617b143122.jpeg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa083bd9_526f_11ef_a60b_047c1617b143_14e1e1cd_f93d_11ef_a6ea_047c1617b143123.jpeg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa083bdb_526f_11ef_a60b_047c1617b143_14e1e1cf_f93d_11ef_a6ea_047c1617b143124.jpeg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b44e42c8_245f_11f0_a725_047c1617b143_2685988a_34da_11f0_a73b_047c1617b143125.jpeg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04e50ab_77ea_11ea_8111_003048fd731b_7d28a381_7d94_11ea_8111_003048fd731b126.jpeg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04e50ad_77ea_11ea_8111_003048fd731b_7d28a382_7d94_11ea_8111_003048fd731b127.jpeg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d083a2b_3466_11eb_81f3_003048fd731b_f51b3e02_281b_11ed_a30f_00259070b487128.jpeg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d83ddbeb_92b8_11ed_a3b9_047c1617b143_4396bde8_0312_11ef_a5a4_047c1617b143129.jpeg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7571ec69_f891_11ee_a597_047c1617b143_579e2292_5a46_11f0_a775_047c1617b143130.jpeg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7571ec6b_f891_11ee_a597_047c1617b143_85119bde_fcc8_11ef_a6ef_047c1617b143131.jpeg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d4c_0b65_11ec_831e_003048fd731b_f51b3e09_281b_11ed_a30f_00259070b487132.jpeg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413da0_86a6_11e9_8101_003048fd731b_fb761747_281b_11ed_a30f_00259070b487133.jpeg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413da2_86a6_11e9_8101_003048fd731b_fb76174e_281b_11ed_a30f_00259070b487134.jpeg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413da4_86a6_11e9_8101_003048fd731b_fb761755_281b_11ed_a30f_00259070b487135.jpeg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413da6_86a6_11e9_8101_003048fd731b_fb76175c_281b_11ed_a30f_00259070b487136.jpeg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413da8_86a6_11e9_8101_003048fd731b_fb761763_281b_11ed_a30f_00259070b487137.jpeg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413daa_86a6_11e9_8101_003048fd731b_fb761778_281b_11ed_a30f_00259070b487138.jpeg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dac_86a6_11e9_8101_003048fd731b_fb761786_281b_11ed_a30f_00259070b487139.jpeg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dae_86a6_11e9_8101_003048fd731b_fb76178d_281b_11ed_a30f_00259070b487140.jpeg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413db0_86a6_11e9_8101_003048fd731b_fb761794_281b_11ed_a30f_00259070b487141.jpeg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413db4_86a6_11e9_8101_003048fd731b_fb7617da_281b_11ed_a30f_00259070b487142.jpeg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413db6_86a6_11e9_8101_003048fd731b_fb7617e1_281b_11ed_a30f_00259070b487143.jpeg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413db8_86a6_11e9_8101_003048fd731b_fb7617ef_281b_11ed_a30f_00259070b487144.jpeg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dba_86a6_11e9_8101_003048fd731b_fb7617f6_281b_11ed_a30f_00259070b487145.jpeg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dbd_86a6_11e9_8101_003048fd731b_fb7617fd_281b_11ed_a30f_00259070b487146.jpeg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dbf_86a6_11e9_8101_003048fd731b_fb761804_281b_11ed_a30f_00259070b487147.jpeg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4687ac57_ffbc_11e9_810b_003048fd731b_fb76177f_281b_11ed_a30f_00259070b487148.jpeg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4687ac53_ffbc_11e9_810b_003048fd731b_fb76176a_281b_11ed_a30f_00259070b487149.jpeg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4687ac55_ffbc_11e9_810b_003048fd731b_fb761771_281b_11ed_a30f_00259070b487150.jpeg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d981dabf_77ea_11ea_8111_003048fd731b_fb761745_281b_11ed_a30f_00259070b487151.jpeg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04e509f_77ea_11ea_8111_003048fd731b_fb76179b_281b_11ed_a30f_00259070b487152.jpeg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04e50a1_77ea_11ea_8111_003048fd731b_fb7617a2_281b_11ed_a30f_00259070b487153.jpeg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04e50a3_77ea_11ea_8111_003048fd731b_fb7617a9_281b_11ed_a30f_00259070b487154.jpeg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04e50a5_77ea_11ea_8111_003048fd731b_fb7617b0_281b_11ed_a30f_00259070b487155.jpeg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04e50a7_77ea_11ea_8111_003048fd731b_fb7617b7_281b_11ed_a30f_00259070b487156.jpeg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04e50a9_77ea_11ea_8111_003048fd731b_fb7617be_281b_11ed_a30f_00259070b487157.jpeg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d083a25_3466_11eb_81f3_003048fd731b_fb7617c5_281b_11ed_a30f_00259070b487158.jpeg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d083a27_3466_11eb_81f3_003048fd731b_a26f33cd_7c1e_11f0_a7a3_047c1617b143159.jpeg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d083a29_3466_11eb_81f3_003048fd731b_a26f33d1_7c1e_11f0_a7a3_047c1617b143160.jpeg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a66c34_db0d_11ec_a2a2_00259070b487_4396be00_0312_11ef_a5a4_047c1617b143161.jpeg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8435c6a_55c2_11ed_a35f_047c1617b143_4396be09_0312_11ef_a5a4_047c1617b143162.jpeg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8435c6c_55c2_11ed_a35f_047c1617b143_4396be05_0312_11ef_a5a4_047c1617b143163.jpeg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75c1f4ab_c7a6_11ed_a3fe_047c1617b143_4396be3d_0312_11ef_a5a4_047c1617b143164.jpeg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f5f_9e75_11ef_a670_047c1617b143_21d4f598_793a_11f0_a79f_047c1617b143165.jpeg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f61_9e75_11ef_a670_047c1617b143_21d4f599_793a_11f0_a79f_047c1617b143166.jpeg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af385872_ce99_11ef_a6b4_047c1617b143_21d4f595_793a_11f0_a79f_047c1617b143167.jpeg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bfb106b_78e1_11f0_a79f_047c1617b143_8557692d_7c1e_11f0_a7a3_047c1617b143168.jpeg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bfb106d_78e1_11f0_a79f_047c1617b143_a26f33c5_7c1e_11f0_a7a3_047c1617b143169.jpeg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7c1cd7b_7932_11f0_a79f_047c1617b143_a26f33c9_7c1e_11f0_a7a3_047c1617b143170.jpeg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d4a_0b65_11ec_831e_003048fd731b_4396be01_0312_11ef_a5a4_047c1617b143171.jpeg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dc5_86a6_11e9_8101_003048fd731b_0291d946_0d22_11ea_810d_003048fd731b172.jpeg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bbade81_7c9e_11ea_8111_003048fd731b_fb76173e_281b_11ed_a30f_00259070b487173.jpeg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bde62666_091f_11eb_81b8_003048fd731b_fb76173f_281b_11ed_a30f_00259070b487174.jpeg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bde62668_091f_11eb_81b8_003048fd731b_4396be41_0312_11ef_a5a4_047c1617b143175.jpeg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bde6266a_091f_11eb_81b8_003048fd731b_4396be43_0312_11ef_a5a4_047c1617b143176.jpeg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bde6266c_091f_11eb_81b8_003048fd731b_4396be44_0312_11ef_a5a4_047c1617b143177.jpeg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bde6266e_091f_11eb_81b8_003048fd731b_4396be45_0312_11ef_a5a4_047c1617b143178.jpeg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb3154_5f91_11eb_822d_003048fd731b_4396be0d_0312_11ef_a5a4_047c1617b143179.jpeg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b44dd4d_0c78_11ec_8321_003048fd731b_4396be42_0312_11ef_a5a4_047c1617b143180.jpeg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2f573fb_c27f_11ee_a54c_047c1617b143_4396bf7f_0312_11ef_a5a4_047c1617b143181.jpeg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2f573fd_c27f_11ee_a54c_047c1617b143_4396bf81_0312_11ef_a5a4_047c1617b143182.png"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2f573ff_c27f_11ee_a54c_047c1617b143_4396bf83_0312_11ef_a5a4_047c1617b143183.png"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2f57401_c27f_11ee_a54c_047c1617b143_4396bf08_0312_11ef_a5a4_047c1617b143184.png"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb15cc69_f760_11ee_a595_047c1617b143_4a7d77e9_0312_11ef_a5a4_047c1617b143185.png"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb15cc6b_f760_11ee_a595_047c1617b143_4a7d77ea_0312_11ef_a5a4_047c1617b143186.png"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb15cc6d_f760_11ee_a595_047c1617b143_4a7d77e8_0312_11ef_a5a4_047c1617b143187.png"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8811365f_37d2_11ef_a5e9_047c1617b143_14e1e199_f93d_11ef_a6ea_047c1617b143188.jpeg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88113661_37d2_11ef_a5e9_047c1617b143_14e1e19d_f93d_11ef_a6ea_047c1617b143189.jpeg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2146eb3e_ade2_11f0_a7e3_047c1617b143_fafd76e5_b70d_11f0_a7ef_047c1617b143190.jpeg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2146eb40_ade2_11f0_a7e3_047c1617b143_fafd76ee_b70d_11f0_a7ef_047c1617b143191.jpeg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dca_86a6_11e9_8101_003048fd731b_5352f071_57f4_11ea_810f_003048fd731b192.jpeg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dcc_86a6_11e9_8101_003048fd731b_5352f072_57f4_11ea_810f_003048fd731b193.jpeg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dce_86a6_11e9_8101_003048fd731b_5352f073_57f4_11ea_810f_003048fd731b194.jpeg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dd0_86a6_11e9_8101_003048fd731b_5352f074_57f4_11ea_810f_003048fd731b195.jpeg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dd2_86a6_11e9_8101_003048fd731b_5352f075_57f4_11ea_810f_003048fd731b196.jpeg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dd4_86a6_11e9_8101_003048fd731b_5352f076_57f4_11ea_810f_003048fd731b197.jpeg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dd6_86a6_11e9_8101_003048fd731b_5352f077_57f4_11ea_810f_003048fd731b198.jpeg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dd8_86a6_11e9_8101_003048fd731b_5352f078_57f4_11ea_810f_003048fd731b199.jpeg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dda_86a6_11e9_8101_003048fd731b_5352f079_57f4_11ea_810f_003048fd731b200.jpeg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413ddc_86a6_11e9_8101_003048fd731b_5352f07a_57f4_11ea_810f_003048fd731b201.jpeg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dde_86a6_11e9_8101_003048fd731b_5352f07b_57f4_11ea_810f_003048fd731b202.jpeg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413de0_86a6_11e9_8101_003048fd731b_5352f07c_57f4_11ea_810f_003048fd731b203.jpeg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413de2_86a6_11e9_8101_003048fd731b_5352f07d_57f4_11ea_810f_003048fd731b204.jpeg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413de4_86a6_11e9_8101_003048fd731b_5352f07e_57f4_11ea_810f_003048fd731b205.jpeg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413de6_86a6_11e9_8101_003048fd731b_5352f07f_57f4_11ea_810f_003048fd731b206.jpeg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413de8_86a6_11e9_8101_003048fd731b_5352f080_57f4_11ea_810f_003048fd731b207.jpeg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dea_86a6_11e9_8101_003048fd731b_5352f081_57f4_11ea_810f_003048fd731b208.jpeg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dec_86a6_11e9_8101_003048fd731b_5352f082_57f4_11ea_810f_003048fd731b209.jpeg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413dee_86a6_11e9_8101_003048fd731b_5352f083_57f4_11ea_810f_003048fd731b210.jpeg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e0a_86a6_11e9_8101_003048fd731b_5352f085_57f4_11ea_810f_003048fd731b211.jpeg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e0c_86a6_11e9_8101_003048fd731b_5352f086_57f4_11ea_810f_003048fd731b212.jpeg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e0e_86a6_11e9_8101_003048fd731b_5352f087_57f4_11ea_810f_003048fd731b213.jpeg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e10_86a6_11e9_8101_003048fd731b_5352f084_57f4_11ea_810f_003048fd731b214.jpeg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e12_86a6_11e9_8101_003048fd731b_5cc3f072_57f4_11ea_810f_003048fd731b215.jpeg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e14_86a6_11e9_8101_003048fd731b_5cc3f073_57f4_11ea_810f_003048fd731b216.jpeg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e16_86a6_11e9_8101_003048fd731b_5cc3f074_57f4_11ea_810f_003048fd731b217.jpeg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e18_86a6_11e9_8101_003048fd731b_5cc3f075_57f4_11ea_810f_003048fd731b218.jpeg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e1a_86a6_11e9_8101_003048fd731b_5cc3f071_57f4_11ea_810f_003048fd731b219.jpeg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e1c_86a6_11e9_8101_003048fd731b_5cc3f06e_57f4_11ea_810f_003048fd731b220.jpeg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e1e_86a6_11e9_8101_003048fd731b_5cc3f06f_57f4_11ea_810f_003048fd731b221.jpeg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e20_86a6_11e9_8101_003048fd731b_5cc3f070_57f4_11ea_810f_003048fd731b222.jpeg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e22_86a6_11e9_8101_003048fd731b_5352f089_57f4_11ea_810f_003048fd731b223.jpeg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e24_86a6_11e9_8101_003048fd731b_5cc3f06d_57f4_11ea_810f_003048fd731b224.jpeg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e26_86a6_11e9_8101_003048fd731b_4396bdfb_0312_11ef_a5a4_047c1617b143225.jpeg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413e28_86a6_11e9_8101_003048fd731b_5352f088_57f4_11ea_810f_003048fd731b226.jpeg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfccdab7_7140_11ed_a386_047c1617b143_4396bdfd_0312_11ef_a5a4_047c1617b143227.jpeg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfccdab9_7140_11ed_a386_047c1617b143_4396bdfe_0312_11ef_a5a4_047c1617b143228.jpeg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfccdabb_7140_11ed_a386_047c1617b143_4396bdff_0312_11ef_a5a4_047c1617b143229.jpeg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfccdac8_7140_11ed_a386_047c1617b143_4396bdfc_0312_11ef_a5a4_047c1617b143230.jpeg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45616_86a6_11e9_8101_003048fd731b_5cc3f07b_57f4_11ea_810f_003048fd731b231.jpeg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45618_86a6_11e9_8101_003048fd731b_5cc3f07c_57f4_11ea_810f_003048fd731b232.jpeg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a4561a_86a6_11e9_8101_003048fd731b_fb76172f_281b_11ed_a30f_00259070b487233.jpeg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a4561d_86a6_11e9_8101_003048fd731b_fb761736_281b_11ed_a30f_00259070b487234.jpeg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145c899e_551c_11f0_a76e_047c1617b143_579e238b_5a46_11f0_a775_047c1617b143235.jpeg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145c89a0_551c_11f0_a76e_047c1617b143_579e238c_5a46_11f0_a775_047c1617b143236.jpeg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bfb1069_78e1_11f0_a79f_047c1617b143_85576929_7c1e_11f0_a7a3_047c1617b143237.jpeg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3650f780_f3c8_11eb_82ff_003048fd731b_b22990e9_27ae_11ed_a30e_00259070b487238.jpeg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0d91a7b_7762_11ec_a212_00259070b487_21d4f59f_793a_11f0_a79f_047c1617b143239.jpeg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f0e419_c920_11ee_a554_047c1617b143_4b3c1bec_5a46_11f0_a775_047c1617b143240.jpeg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f0e41b_c920_11ee_a554_047c1617b143_4b3c1bed_5a46_11f0_a775_047c1617b143241.jpeg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f0e41d_c920_11ee_a554_047c1617b143_4b3c1bee_5a46_11f0_a775_047c1617b143242.jpeg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413df5_86a6_11e9_8101_003048fd731b_fb76170b_281b_11ed_a30f_00259070b487243.jpeg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413df9_86a6_11e9_8101_003048fd731b_fb76170c_281b_11ed_a30f_00259070b487244.jpeg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/394360ee_c40a_11ea_8158_003048fd731b_01eadb5d_fff9_11eb_8310_003048fd731b245.jpeg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e847202_afd7_11ef_a68d_047c1617b143_21d4f5a1_793a_11f0_a79f_047c1617b143246.jpeg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e847204_afd7_11ef_a68d_047c1617b143_21d4f5a2_793a_11f0_a79f_047c1617b143247.jpeg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45706_86a6_11e9_8101_003048fd731b_fb761716_281b_11ed_a30f_00259070b487248.jpeg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a4570a_86a6_11e9_8101_003048fd731b_fb76170f_281b_11ed_a30f_00259070b487249.jpeg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a45711_86a6_11e9_8101_003048fd731b_fb76171f_281b_11ed_a30f_00259070b487250.jpeg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413d76_86a6_11e9_8101_003048fd731b_fb761727_281b_11ed_a30f_00259070b487251.jpeg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413d7a_86a6_11e9_8101_003048fd731b_fb76171d_281b_11ed_a30f_00259070b487252.jpeg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7413d7e_86a6_11e9_8101_003048fd731b_fb76171e_281b_11ed_a30f_00259070b487253.jpeg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47fb406d_d8b0_11e9_8109_003048fd731b_fb761725_281b_11ed_a30f_00259070b487254.jpeg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29d5b310_4109_11ea_810f_003048fd731b_fb76172a_281b_11ed_a30f_00259070b487255.jpeg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29d5b312_4109_11ea_810f_003048fd731b_fb761728_281b_11ed_a30f_00259070b487256.jpeg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/898e81bb_9095_11ea_8115_003048fd731b_fb761729_281b_11ed_a30f_00259070b487257.jpeg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/898e81bd_9095_11ea_8115_003048fd731b_fb761726_281b_11ed_a30f_00259070b487258.jpeg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb3160_5f91_11eb_822d_003048fd731b_fb76172b_281b_11ed_a30f_00259070b487259.jpeg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb3162_5f91_11eb_822d_003048fd731b_fb761721_281b_11ed_a30f_00259070b487260.jpeg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb3164_5f91_11eb_822d_003048fd731b_fb761720_281b_11ed_a30f_00259070b487261.jpeg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb3166_5f91_11eb_822d_003048fd731b_fb761723_281b_11ed_a30f_00259070b487262.jpeg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0d91a79_7762_11ec_a212_00259070b487_fb76172c_281b_11ed_a30f_00259070b487263.jpeg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13e8ca54_5853_11ed_a364_047c1617b143_4396be39_0312_11ef_a5a4_047c1617b143264.jpeg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb15cc6f_f760_11ee_a595_047c1617b143_21d4f5a0_793a_11f0_a79f_047c1617b143265.jpeg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f13c466_37d2_11ef_a5e9_047c1617b143_14e1e19e_f93d_11ef_a6ea_047c1617b143266.jpeg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f13c468_37d2_11ef_a5e9_047c1617b143_14e1e1a2_f93d_11ef_a6ea_047c1617b143267.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image_5" descr="Image_5"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3872,7113 +3908,7353 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="Image_27" descr="Image_27"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="Image_28" descr="Image_28"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="Image_29" descr="Image_29"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="Image_30" descr="Image_30"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="Image_31" descr="Image_31"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="Image_32" descr="Image_32"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="Image_34" descr="Image_34"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <xdr:cNvPr id="29" name="Image_34" descr="Image_34"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="Image_35" descr="Image_35"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <xdr:cNvPr id="30" name="Image_35" descr="Image_35"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="Image_36" descr="Image_36"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <xdr:cNvPr id="31" name="Image_36" descr="Image_36"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="Image_37" descr="Image_37"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <xdr:cNvPr id="32" name="Image_37" descr="Image_37"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>37</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="Image_38" descr="Image_38"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <xdr:cNvPr id="33" name="Image_38" descr="Image_38"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>38</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="Image_39" descr="Image_39"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <xdr:cNvPr id="34" name="Image_39" descr="Image_39"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="Image_40" descr="Image_40"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <xdr:cNvPr id="35" name="Image_40" descr="Image_40"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>40</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="Image_41" descr="Image_41"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <xdr:cNvPr id="36" name="Image_41" descr="Image_41"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>41</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="32" name="Image_42" descr="Image_42"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <xdr:cNvPr id="37" name="Image_42" descr="Image_42"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="Image_43" descr="Image_43"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <xdr:cNvPr id="38" name="Image_43" descr="Image_43"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>43</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="34" name="Image_44" descr="Image_44"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <xdr:cNvPr id="39" name="Image_44" descr="Image_44"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>44</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="35" name="Image_45" descr="Image_45"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <xdr:cNvPr id="40" name="Image_45" descr="Image_45"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="Image_46" descr="Image_46"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <xdr:cNvPr id="41" name="Image_46" descr="Image_46"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>46</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="37" name="Image_47" descr="Image_47"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <xdr:cNvPr id="42" name="Image_47" descr="Image_47"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>47</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="38" name="Image_48" descr="Image_48"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <xdr:cNvPr id="43" name="Image_48" descr="Image_48"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>49</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="39" name="Image_50" descr="Image_50"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <xdr:cNvPr id="44" name="Image_50" descr="Image_50"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>51</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="40" name="Image_52" descr="Image_52"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <xdr:cNvPr id="45" name="Image_52" descr="Image_52"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>52</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="41" name="Image_53" descr="Image_53"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <xdr:cNvPr id="46" name="Image_53" descr="Image_53"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>53</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="42" name="Image_54" descr="Image_54"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <xdr:cNvPr id="47" name="Image_54" descr="Image_54"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>54</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="43" name="Image_55" descr="Image_55"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <xdr:cNvPr id="48" name="Image_55" descr="Image_55"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>55</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="44" name="Image_56" descr="Image_56"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <xdr:cNvPr id="49" name="Image_56" descr="Image_56"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>56</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="45" name="Image_57" descr="Image_57"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <xdr:cNvPr id="50" name="Image_57" descr="Image_57"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>57</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="46" name="Image_58" descr="Image_58"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <xdr:cNvPr id="51" name="Image_58" descr="Image_58"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>58</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="47" name="Image_59" descr="Image_59"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <xdr:cNvPr id="52" name="Image_59" descr="Image_59"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>59</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="48" name="Image_60" descr="Image_60"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <xdr:cNvPr id="53" name="Image_60" descr="Image_60"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>60</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="49" name="Image_61" descr="Image_61"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <xdr:cNvPr id="54" name="Image_61" descr="Image_61"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>61</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="50" name="Image_62" descr="Image_62"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <xdr:cNvPr id="55" name="Image_62" descr="Image_62"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>64</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="51" name="Image_65" descr="Image_65"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <xdr:cNvPr id="56" name="Image_65" descr="Image_65"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>65</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="52" name="Image_66" descr="Image_66"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <xdr:cNvPr id="57" name="Image_66" descr="Image_66"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>66</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="53" name="Image_67" descr="Image_67"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <xdr:cNvPr id="58" name="Image_67" descr="Image_67"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>67</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="54" name="Image_68" descr="Image_68"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <xdr:cNvPr id="59" name="Image_68" descr="Image_68"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>68</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="55" name="Image_69" descr="Image_69"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <xdr:cNvPr id="60" name="Image_69" descr="Image_69"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>69</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="56" name="Image_70" descr="Image_70"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <xdr:cNvPr id="61" name="Image_70" descr="Image_70"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>70</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="57" name="Image_71" descr="Image_71"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <xdr:cNvPr id="62" name="Image_71" descr="Image_71"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>71</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="58" name="Image_72" descr="Image_72"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <xdr:cNvPr id="63" name="Image_72" descr="Image_72"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>72</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="59" name="Image_73" descr="Image_73"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <xdr:cNvPr id="64" name="Image_73" descr="Image_73"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>73</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="60" name="Image_74" descr="Image_74"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <xdr:cNvPr id="65" name="Image_74" descr="Image_74"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>74</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="61" name="Image_75" descr="Image_75"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <xdr:cNvPr id="66" name="Image_75" descr="Image_75"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>75</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="62" name="Image_76" descr="Image_76"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <xdr:cNvPr id="67" name="Image_76" descr="Image_76"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>76</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="63" name="Image_77" descr="Image_77"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <xdr:cNvPr id="68" name="Image_77" descr="Image_77"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>77</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="64" name="Image_78" descr="Image_78"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <xdr:cNvPr id="69" name="Image_78" descr="Image_78"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>78</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="65" name="Image_79" descr="Image_79"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
+        <xdr:cNvPr id="70" name="Image_79" descr="Image_79"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>79</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="66" name="Image_80" descr="Image_80"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <xdr:cNvPr id="71" name="Image_80" descr="Image_80"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>80</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="67" name="Image_81" descr="Image_81"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
+        <xdr:cNvPr id="72" name="Image_81" descr="Image_81"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>81</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="68" name="Image_82" descr="Image_82"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
+        <xdr:cNvPr id="73" name="Image_82" descr="Image_82"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>82</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="69" name="Image_83" descr="Image_83"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
+        <xdr:cNvPr id="74" name="Image_83" descr="Image_83"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>83</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="70" name="Image_84" descr="Image_84"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <xdr:cNvPr id="75" name="Image_84" descr="Image_84"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>84</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="71" name="Image_85" descr="Image_85"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <xdr:cNvPr id="76" name="Image_85" descr="Image_85"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>85</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="72" name="Image_86" descr="Image_86"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <xdr:cNvPr id="77" name="Image_86" descr="Image_86"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>86</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="73" name="Image_87" descr="Image_87"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <xdr:cNvPr id="78" name="Image_87" descr="Image_87"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>87</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="74" name="Image_88" descr="Image_88"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <xdr:cNvPr id="79" name="Image_88" descr="Image_88"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>88</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="75" name="Image_89" descr="Image_89"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
+        <xdr:cNvPr id="80" name="Image_89" descr="Image_89"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>89</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="76" name="Image_90" descr="Image_90"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
+        <xdr:cNvPr id="81" name="Image_90" descr="Image_90"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>91</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="77" name="Image_92" descr="Image_92"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
+        <xdr:cNvPr id="82" name="Image_92" descr="Image_92"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>92</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="78" name="Image_93" descr="Image_93"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
+        <xdr:cNvPr id="83" name="Image_93" descr="Image_93"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>93</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="79" name="Image_94" descr="Image_94"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
+        <xdr:cNvPr id="84" name="Image_94" descr="Image_94"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>94</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="80" name="Image_95" descr="Image_95"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
+        <xdr:cNvPr id="85" name="Image_95" descr="Image_95"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>95</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="81" name="Image_96" descr="Image_96"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
+        <xdr:cNvPr id="86" name="Image_96" descr="Image_96"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>96</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="82" name="Image_97" descr="Image_97"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
+        <xdr:cNvPr id="87" name="Image_97" descr="Image_97"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>97</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="83" name="Image_98" descr="Image_98"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
+        <xdr:cNvPr id="88" name="Image_98" descr="Image_98"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>98</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="84" name="Image_99" descr="Image_99"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
+        <xdr:cNvPr id="89" name="Image_99" descr="Image_99"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>99</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="85" name="Image_100" descr="Image_100"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
+        <xdr:cNvPr id="90" name="Image_100" descr="Image_100"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>100</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="86" name="Image_101" descr="Image_101"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
+        <xdr:cNvPr id="91" name="Image_101" descr="Image_101"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>101</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="87" name="Image_102" descr="Image_102"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
+        <xdr:cNvPr id="92" name="Image_102" descr="Image_102"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>102</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="88" name="Image_103" descr="Image_103"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
+        <xdr:cNvPr id="93" name="Image_103" descr="Image_103"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>103</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="89" name="Image_104" descr="Image_104"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
+        <xdr:cNvPr id="94" name="Image_104" descr="Image_104"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>104</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="90" name="Image_105" descr="Image_105"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
+        <xdr:cNvPr id="95" name="Image_105" descr="Image_105"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>107</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="91" name="Image_108" descr="Image_108"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
+        <xdr:cNvPr id="96" name="Image_108" descr="Image_108"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>108</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="92" name="Image_109" descr="Image_109"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
+        <xdr:cNvPr id="97" name="Image_109" descr="Image_109"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>109</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="93" name="Image_110" descr="Image_110"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
+        <xdr:cNvPr id="98" name="Image_110" descr="Image_110"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>110</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="94" name="Image_111" descr="Image_111"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
+        <xdr:cNvPr id="99" name="Image_111" descr="Image_111"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>111</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="95" name="Image_112" descr="Image_112"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
+        <xdr:cNvPr id="100" name="Image_112" descr="Image_112"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>112</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="96" name="Image_113" descr="Image_113"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
+        <xdr:cNvPr id="101" name="Image_113" descr="Image_113"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>113</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="97" name="Image_114" descr="Image_114"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
+        <xdr:cNvPr id="102" name="Image_114" descr="Image_114"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>114</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="98" name="Image_115" descr="Image_115"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
+        <xdr:cNvPr id="103" name="Image_115" descr="Image_115"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>115</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="99" name="Image_116" descr="Image_116"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
+        <xdr:cNvPr id="104" name="Image_116" descr="Image_116"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>116</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="100" name="Image_117" descr="Image_117"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
+        <xdr:cNvPr id="105" name="Image_117" descr="Image_117"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>117</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="101" name="Image_118" descr="Image_118"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
+        <xdr:cNvPr id="106" name="Image_118" descr="Image_118"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>118</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="102" name="Image_119" descr="Image_119"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
+        <xdr:cNvPr id="107" name="Image_119" descr="Image_119"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>119</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="103" name="Image_120" descr="Image_120"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
+        <xdr:cNvPr id="108" name="Image_120" descr="Image_120"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>120</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="104" name="Image_121" descr="Image_121"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
+        <xdr:cNvPr id="109" name="Image_121" descr="Image_121"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>121</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="105" name="Image_122" descr="Image_122"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
+        <xdr:cNvPr id="110" name="Image_122" descr="Image_122"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>122</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="106" name="Image_123" descr="Image_123"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
+        <xdr:cNvPr id="111" name="Image_123" descr="Image_123"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>123</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="107" name="Image_124" descr="Image_124"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
+        <xdr:cNvPr id="112" name="Image_124" descr="Image_124"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>124</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="108" name="Image_125" descr="Image_125"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
+        <xdr:cNvPr id="113" name="Image_125" descr="Image_125"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>125</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="109" name="Image_126" descr="Image_126"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
+        <xdr:cNvPr id="114" name="Image_126" descr="Image_126"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>126</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="110" name="Image_127" descr="Image_127"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
+        <xdr:cNvPr id="115" name="Image_127" descr="Image_127"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>127</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="111" name="Image_128" descr="Image_128"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
+        <xdr:cNvPr id="116" name="Image_128" descr="Image_128"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>128</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="112" name="Image_129" descr="Image_129"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
+        <xdr:cNvPr id="117" name="Image_129" descr="Image_129"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>129</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="113" name="Image_130" descr="Image_130"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
+        <xdr:cNvPr id="118" name="Image_130" descr="Image_130"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>130</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="114" name="Image_131" descr="Image_131"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
+        <xdr:cNvPr id="119" name="Image_131" descr="Image_131"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>131</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="115" name="Image_132" descr="Image_132"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
+        <xdr:cNvPr id="120" name="Image_132" descr="Image_132"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>132</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="116" name="Image_133" descr="Image_133"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
+        <xdr:cNvPr id="121" name="Image_133" descr="Image_133"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>133</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="117" name="Image_134" descr="Image_134"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
+        <xdr:cNvPr id="122" name="Image_134" descr="Image_134"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>134</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="118" name="Image_135" descr="Image_135"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
+        <xdr:cNvPr id="123" name="Image_135" descr="Image_135"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>135</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="119" name="Image_136" descr="Image_136"/>
-[...35 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
+        <xdr:cNvPr id="124" name="Image_136" descr="Image_136"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>136</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="125" name="Image_137" descr="Image_137"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>138</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="121" name="Image_139" descr="Image_139"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
+        <xdr:cNvPr id="126" name="Image_139" descr="Image_139"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>139</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="122" name="Image_140" descr="Image_140"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
+        <xdr:cNvPr id="127" name="Image_140" descr="Image_140"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>140</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="123" name="Image_141" descr="Image_141"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
+        <xdr:cNvPr id="128" name="Image_141" descr="Image_141"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>141</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="124" name="Image_142" descr="Image_142"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
+        <xdr:cNvPr id="129" name="Image_142" descr="Image_142"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>142</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="125" name="Image_143" descr="Image_143"/>
-[...65 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
+        <xdr:cNvPr id="130" name="Image_143" descr="Image_143"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>143</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="131" name="Image_144" descr="Image_144"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>145</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="132" name="Image_146" descr="Image_146"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>148</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="128" name="Image_149" descr="Image_149"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
+        <xdr:cNvPr id="133" name="Image_149" descr="Image_149"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>149</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="129" name="Image_150" descr="Image_150"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
+        <xdr:cNvPr id="134" name="Image_150" descr="Image_150"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>150</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="130" name="Image_151" descr="Image_151"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
+        <xdr:cNvPr id="135" name="Image_151" descr="Image_151"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>151</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="131" name="Image_152" descr="Image_152"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
+        <xdr:cNvPr id="136" name="Image_152" descr="Image_152"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>152</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="132" name="Image_153" descr="Image_153"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
+        <xdr:cNvPr id="137" name="Image_153" descr="Image_153"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>153</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="133" name="Image_154" descr="Image_154"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
+        <xdr:cNvPr id="138" name="Image_154" descr="Image_154"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>154</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="134" name="Image_155" descr="Image_155"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
+        <xdr:cNvPr id="139" name="Image_155" descr="Image_155"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>155</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="135" name="Image_156" descr="Image_156"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
+        <xdr:cNvPr id="140" name="Image_156" descr="Image_156"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>156</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="136" name="Image_157" descr="Image_157"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
+        <xdr:cNvPr id="141" name="Image_157" descr="Image_157"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>157</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="137" name="Image_158" descr="Image_158"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
+        <xdr:cNvPr id="142" name="Image_158" descr="Image_158"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId142"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>158</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="138" name="Image_159" descr="Image_159"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
+        <xdr:cNvPr id="143" name="Image_159" descr="Image_159"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId143"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>159</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="139" name="Image_160" descr="Image_160"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
+        <xdr:cNvPr id="144" name="Image_160" descr="Image_160"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId144"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>160</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="140" name="Image_161" descr="Image_161"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
+        <xdr:cNvPr id="145" name="Image_161" descr="Image_161"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId145"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>161</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="141" name="Image_162" descr="Image_162"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
+        <xdr:cNvPr id="146" name="Image_162" descr="Image_162"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId146"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>162</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="142" name="Image_163" descr="Image_163"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId142"/>
+        <xdr:cNvPr id="147" name="Image_163" descr="Image_163"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId147"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>163</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="143" name="Image_164" descr="Image_164"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId143"/>
+        <xdr:cNvPr id="148" name="Image_164" descr="Image_164"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId148"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>164</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="144" name="Image_165" descr="Image_165"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId144"/>
+        <xdr:cNvPr id="149" name="Image_165" descr="Image_165"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>165</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="145" name="Image_166" descr="Image_166"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId145"/>
+        <xdr:cNvPr id="150" name="Image_166" descr="Image_166"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>166</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="146" name="Image_167" descr="Image_167"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId146"/>
+        <xdr:cNvPr id="151" name="Image_167" descr="Image_167"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>167</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="147" name="Image_168" descr="Image_168"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId147"/>
+        <xdr:cNvPr id="152" name="Image_168" descr="Image_168"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>168</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="148" name="Image_169" descr="Image_169"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId148"/>
+        <xdr:cNvPr id="153" name="Image_169" descr="Image_169"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>169</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="149" name="Image_170" descr="Image_170"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
+        <xdr:cNvPr id="154" name="Image_170" descr="Image_170"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>170</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="150" name="Image_171" descr="Image_171"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
+        <xdr:cNvPr id="155" name="Image_171" descr="Image_171"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>171</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="151" name="Image_172" descr="Image_172"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
+        <xdr:cNvPr id="156" name="Image_172" descr="Image_172"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>172</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="152" name="Image_173" descr="Image_173"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
+        <xdr:cNvPr id="157" name="Image_173" descr="Image_173"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>173</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="153" name="Image_174" descr="Image_174"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
+        <xdr:cNvPr id="158" name="Image_174" descr="Image_174"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>174</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="154" name="Image_175" descr="Image_175"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
+        <xdr:cNvPr id="159" name="Image_175" descr="Image_175"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>175</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="155" name="Image_176" descr="Image_176"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
+        <xdr:cNvPr id="160" name="Image_176" descr="Image_176"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>176</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="156" name="Image_177" descr="Image_177"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
+        <xdr:cNvPr id="161" name="Image_177" descr="Image_177"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>177</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="157" name="Image_178" descr="Image_178"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
+        <xdr:cNvPr id="162" name="Image_178" descr="Image_178"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>178</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="158" name="Image_179" descr="Image_179"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
+        <xdr:cNvPr id="163" name="Image_179" descr="Image_179"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId163"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>179</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="159" name="Image_180" descr="Image_180"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
+        <xdr:cNvPr id="164" name="Image_180" descr="Image_180"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>180</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="160" name="Image_181" descr="Image_181"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
+        <xdr:cNvPr id="165" name="Image_181" descr="Image_181"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>181</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="161" name="Image_182" descr="Image_182"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
+        <xdr:cNvPr id="166" name="Image_182" descr="Image_182"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>182</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="162" name="Image_183" descr="Image_183"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
+        <xdr:cNvPr id="167" name="Image_183" descr="Image_183"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId167"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>183</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="163" name="Image_184" descr="Image_184"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId163"/>
+        <xdr:cNvPr id="168" name="Image_184" descr="Image_184"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>184</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="164" name="Image_185" descr="Image_185"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
+        <xdr:cNvPr id="169" name="Image_185" descr="Image_185"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>185</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="165" name="Image_186" descr="Image_186"/>
-[...35 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
+        <xdr:cNvPr id="170" name="Image_186" descr="Image_186"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>186</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="171" name="Image_187" descr="Image_187"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>188</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="167" name="Image_189" descr="Image_189"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId167"/>
+        <xdr:cNvPr id="172" name="Image_189" descr="Image_189"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>189</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="168" name="Image_190" descr="Image_190"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
+        <xdr:cNvPr id="173" name="Image_190" descr="Image_190"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId173"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>190</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="169" name="Image_191" descr="Image_191"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
+        <xdr:cNvPr id="174" name="Image_191" descr="Image_191"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId174"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>191</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="170" name="Image_192" descr="Image_192"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
+        <xdr:cNvPr id="175" name="Image_192" descr="Image_192"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId175"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>192</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="171" name="Image_193" descr="Image_193"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
+        <xdr:cNvPr id="176" name="Image_193" descr="Image_193"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId176"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>193</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="172" name="Image_194" descr="Image_194"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
+        <xdr:cNvPr id="177" name="Image_194" descr="Image_194"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>194</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="173" name="Image_195" descr="Image_195"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId173"/>
+        <xdr:cNvPr id="178" name="Image_195" descr="Image_195"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId178"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>195</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="174" name="Image_196" descr="Image_196"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId174"/>
+        <xdr:cNvPr id="179" name="Image_196" descr="Image_196"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId179"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>196</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="175" name="Image_197" descr="Image_197"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId175"/>
+        <xdr:cNvPr id="180" name="Image_197" descr="Image_197"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId180"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>197</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="176" name="Image_198" descr="Image_198"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId176"/>
+        <xdr:cNvPr id="181" name="Image_198" descr="Image_198"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId181"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>198</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="177" name="Image_199" descr="Image_199"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
+        <xdr:cNvPr id="182" name="Image_199" descr="Image_199"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId182"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>199</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="178" name="Image_200" descr="Image_200"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId178"/>
+        <xdr:cNvPr id="183" name="Image_200" descr="Image_200"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId183"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>200</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="179" name="Image_201" descr="Image_201"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId179"/>
+        <xdr:cNvPr id="184" name="Image_201" descr="Image_201"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId184"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>201</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="180" name="Image_202" descr="Image_202"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId180"/>
+        <xdr:cNvPr id="185" name="Image_202" descr="Image_202"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId185"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>202</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="181" name="Image_203" descr="Image_203"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId181"/>
+        <xdr:cNvPr id="186" name="Image_203" descr="Image_203"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId186"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>203</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="182" name="Image_204" descr="Image_204"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId182"/>
+        <xdr:cNvPr id="187" name="Image_204" descr="Image_204"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId187"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>204</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="183" name="Image_205" descr="Image_205"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId183"/>
+        <xdr:cNvPr id="188" name="Image_205" descr="Image_205"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId188"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>205</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="189" name="Image_206" descr="Image_206"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId189"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>206</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="184" name="Image_207" descr="Image_207"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId184"/>
+        <xdr:cNvPr id="190" name="Image_207" descr="Image_207"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId190"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>207</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="185" name="Image_208" descr="Image_208"/>
-[...35 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId186"/>
+        <xdr:cNvPr id="191" name="Image_208" descr="Image_208"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId191"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>209</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="187" name="Image_210" descr="Image_210"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId187"/>
+        <xdr:cNvPr id="192" name="Image_210" descr="Image_210"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId192"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>210</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="188" name="Image_211" descr="Image_211"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId188"/>
+        <xdr:cNvPr id="193" name="Image_211" descr="Image_211"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId193"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>211</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="189" name="Image_212" descr="Image_212"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId189"/>
+        <xdr:cNvPr id="194" name="Image_212" descr="Image_212"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId194"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>212</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="190" name="Image_213" descr="Image_213"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId190"/>
+        <xdr:cNvPr id="195" name="Image_213" descr="Image_213"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId195"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>213</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="191" name="Image_214" descr="Image_214"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId191"/>
+        <xdr:cNvPr id="196" name="Image_214" descr="Image_214"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId196"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>214</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="192" name="Image_215" descr="Image_215"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId192"/>
+        <xdr:cNvPr id="197" name="Image_215" descr="Image_215"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId197"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>215</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="193" name="Image_216" descr="Image_216"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId193"/>
+        <xdr:cNvPr id="198" name="Image_216" descr="Image_216"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId198"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>216</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="194" name="Image_217" descr="Image_217"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId194"/>
+        <xdr:cNvPr id="199" name="Image_217" descr="Image_217"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId199"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>217</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="195" name="Image_218" descr="Image_218"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId195"/>
+        <xdr:cNvPr id="200" name="Image_218" descr="Image_218"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId200"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>218</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="196" name="Image_219" descr="Image_219"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId196"/>
+        <xdr:cNvPr id="201" name="Image_219" descr="Image_219"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId201"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>219</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="197" name="Image_220" descr="Image_220"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId197"/>
+        <xdr:cNvPr id="202" name="Image_220" descr="Image_220"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId202"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>220</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="198" name="Image_221" descr="Image_221"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId198"/>
+        <xdr:cNvPr id="203" name="Image_221" descr="Image_221"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId203"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>221</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="199" name="Image_222" descr="Image_222"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId199"/>
+        <xdr:cNvPr id="204" name="Image_222" descr="Image_222"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId204"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>222</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="200" name="Image_223" descr="Image_223"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId200"/>
+        <xdr:cNvPr id="205" name="Image_223" descr="Image_223"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId205"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>223</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="201" name="Image_224" descr="Image_224"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId201"/>
+        <xdr:cNvPr id="206" name="Image_224" descr="Image_224"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId206"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>224</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="202" name="Image_225" descr="Image_225"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId202"/>
+        <xdr:cNvPr id="207" name="Image_225" descr="Image_225"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId207"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>225</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="208" name="Image_226" descr="Image_226"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId208"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>226</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="209" name="Image_227" descr="Image_227"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId209"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>227</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="203" name="Image_228" descr="Image_228"/>
-[...65 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId205"/>
+        <xdr:cNvPr id="210" name="Image_228" descr="Image_228"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId210"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>230</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="206" name="Image_231" descr="Image_231"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId206"/>
+        <xdr:cNvPr id="211" name="Image_231" descr="Image_231"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId211"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>231</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="207" name="Image_232" descr="Image_232"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId207"/>
+        <xdr:cNvPr id="212" name="Image_232" descr="Image_232"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId212"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>232</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="208" name="Image_233" descr="Image_233"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId208"/>
+        <xdr:cNvPr id="213" name="Image_233" descr="Image_233"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId213"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>233</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="209" name="Image_234" descr="Image_234"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId209"/>
+        <xdr:cNvPr id="214" name="Image_234" descr="Image_234"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId214"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>234</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="210" name="Image_235" descr="Image_235"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId210"/>
+        <xdr:cNvPr id="215" name="Image_235" descr="Image_235"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId215"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>235</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="211" name="Image_236" descr="Image_236"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId211"/>
+        <xdr:cNvPr id="216" name="Image_236" descr="Image_236"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId216"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>236</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="212" name="Image_237" descr="Image_237"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId212"/>
+        <xdr:cNvPr id="217" name="Image_237" descr="Image_237"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId217"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>237</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="213" name="Image_238" descr="Image_238"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId213"/>
+        <xdr:cNvPr id="218" name="Image_238" descr="Image_238"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId218"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>238</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="214" name="Image_239" descr="Image_239"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId214"/>
+        <xdr:cNvPr id="219" name="Image_239" descr="Image_239"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId219"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>239</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="215" name="Image_240" descr="Image_240"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId215"/>
+        <xdr:cNvPr id="220" name="Image_240" descr="Image_240"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId220"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>240</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="216" name="Image_241" descr="Image_241"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId216"/>
+        <xdr:cNvPr id="221" name="Image_241" descr="Image_241"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId221"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>241</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="217" name="Image_242" descr="Image_242"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId217"/>
+        <xdr:cNvPr id="222" name="Image_242" descr="Image_242"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId222"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>242</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="218" name="Image_243" descr="Image_243"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId218"/>
+        <xdr:cNvPr id="223" name="Image_243" descr="Image_243"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId223"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>243</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="219" name="Image_244" descr="Image_244"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId219"/>
+        <xdr:cNvPr id="224" name="Image_244" descr="Image_244"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId224"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>244</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="220" name="Image_245" descr="Image_245"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId220"/>
+        <xdr:cNvPr id="225" name="Image_245" descr="Image_245"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId225"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>245</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="221" name="Image_246" descr="Image_246"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId221"/>
+        <xdr:cNvPr id="226" name="Image_246" descr="Image_246"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId226"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>246</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="222" name="Image_247" descr="Image_247"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId222"/>
+        <xdr:cNvPr id="227" name="Image_247" descr="Image_247"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId227"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>247</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="228" name="Image_248" descr="Image_248"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId228"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>248</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="229" name="Image_249" descr="Image_249"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId229"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>249</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="223" name="Image_250" descr="Image_250"/>
-[...65 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId225"/>
+        <xdr:cNvPr id="230" name="Image_250" descr="Image_250"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId230"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>252</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="226" name="Image_253" descr="Image_253"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId226"/>
+        <xdr:cNvPr id="231" name="Image_253" descr="Image_253"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId231"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>253</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="227" name="Image_254" descr="Image_254"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId227"/>
+        <xdr:cNvPr id="232" name="Image_254" descr="Image_254"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId232"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>254</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="228" name="Image_255" descr="Image_255"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId228"/>
+        <xdr:cNvPr id="233" name="Image_255" descr="Image_255"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId233"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>255</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="229" name="Image_256" descr="Image_256"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId229"/>
+        <xdr:cNvPr id="234" name="Image_256" descr="Image_256"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId234"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>256</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="235" name="Image_257" descr="Image_257"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId235"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>257</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="230" name="Image_258" descr="Image_258"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId230"/>
+        <xdr:cNvPr id="236" name="Image_258" descr="Image_258"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId236"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>258</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="231" name="Image_259" descr="Image_259"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId231"/>
+        <xdr:cNvPr id="237" name="Image_259" descr="Image_259"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId237"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>260</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="232" name="Image_261" descr="Image_261"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId232"/>
+        <xdr:cNvPr id="238" name="Image_261" descr="Image_261"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId238"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>261</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="233" name="Image_262" descr="Image_262"/>
-[...35 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId234"/>
+        <xdr:cNvPr id="239" name="Image_262" descr="Image_262"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId239"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>263</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="240" name="Image_264" descr="Image_264"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId240"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>264</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="241" name="Image_265" descr="Image_265"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId241"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>265</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="235" name="Image_266" descr="Image_266"/>
-[...65 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId237"/>
+        <xdr:cNvPr id="242" name="Image_266" descr="Image_266"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId242"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>268</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="238" name="Image_269" descr="Image_269"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId238"/>
+        <xdr:cNvPr id="243" name="Image_269" descr="Image_269"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId243"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>269</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="239" name="Image_270" descr="Image_270"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId239"/>
+        <xdr:cNvPr id="244" name="Image_270" descr="Image_270"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId244"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>270</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="245" name="Image_271" descr="Image_271"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId245"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>271</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="246" name="Image_272" descr="Image_272"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId246"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>272</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="240" name="Image_273" descr="Image_273"/>
-[...35 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId241"/>
+        <xdr:cNvPr id="247" name="Image_273" descr="Image_273"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId247"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>275</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="242" name="Image_276" descr="Image_276"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId242"/>
+        <xdr:cNvPr id="248" name="Image_276" descr="Image_276"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId248"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>276</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="243" name="Image_277" descr="Image_277"/>
-[...35 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId244"/>
+        <xdr:cNvPr id="249" name="Image_277" descr="Image_277"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId249"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>278</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="245" name="Image_279" descr="Image_279"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId245"/>
+        <xdr:cNvPr id="250" name="Image_279" descr="Image_279"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId250"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>279</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="246" name="Image_280" descr="Image_280"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId246"/>
+        <xdr:cNvPr id="251" name="Image_280" descr="Image_280"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId251"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>280</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="247" name="Image_281" descr="Image_281"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId247"/>
+        <xdr:cNvPr id="252" name="Image_281" descr="Image_281"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId252"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>281</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="248" name="Image_282" descr="Image_282"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId248"/>
+        <xdr:cNvPr id="253" name="Image_282" descr="Image_282"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId253"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>282</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="249" name="Image_283" descr="Image_283"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId249"/>
+        <xdr:cNvPr id="254" name="Image_283" descr="Image_283"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId254"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>283</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="250" name="Image_284" descr="Image_284"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId250"/>
+        <xdr:cNvPr id="255" name="Image_284" descr="Image_284"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId255"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>284</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="251" name="Image_285" descr="Image_285"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId251"/>
+        <xdr:cNvPr id="256" name="Image_285" descr="Image_285"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId256"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>285</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="252" name="Image_286" descr="Image_286"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId252"/>
+        <xdr:cNvPr id="257" name="Image_286" descr="Image_286"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId257"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>286</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="253" name="Image_287" descr="Image_287"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId253"/>
+        <xdr:cNvPr id="258" name="Image_287" descr="Image_287"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId258"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>287</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="254" name="Image_288" descr="Image_288"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId254"/>
+        <xdr:cNvPr id="259" name="Image_288" descr="Image_288"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId259"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>288</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="255" name="Image_289" descr="Image_289"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId255"/>
+        <xdr:cNvPr id="260" name="Image_289" descr="Image_289"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId260"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>289</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="256" name="Image_290" descr="Image_290"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId256"/>
+        <xdr:cNvPr id="261" name="Image_290" descr="Image_290"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId261"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>290</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="257" name="Image_291" descr="Image_291"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId257"/>
+        <xdr:cNvPr id="262" name="Image_291" descr="Image_291"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId262"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>291</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="258" name="Image_292" descr="Image_292"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId258"/>
+        <xdr:cNvPr id="263" name="Image_292" descr="Image_292"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId263"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>292</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="259" name="Image_293" descr="Image_293"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId259"/>
+        <xdr:cNvPr id="264" name="Image_293" descr="Image_293"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId264"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>293</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="265" name="Image_294" descr="Image_294"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId265"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>294</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="266" name="Image_295" descr="Image_295"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId266"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>295</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="267" name="Image_296" descr="Image_296"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId267"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -11245,51 +11521,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="0" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L293"/>
+  <dimension ref="A1:L296"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="4" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="60" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
     <col min="10" max="10" width="11" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -11297,51 +11573,51 @@
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="4">
-        <f>SUM(J2:J293)</f>
+        <f>SUM(J2:J296)</f>
         <v>0</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="5"/>
     </row>
     <row r="2" spans="1:12">
       <c r="A2" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
       <c r="L2" s="5"/>
     </row>
     <row r="3" spans="1:12" outlineLevel="1">
       <c r="A3" s="7" t="s">
@@ -11374,83 +11650,83 @@
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>822510</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2">
         <v>1</v>
       </c>
       <c r="H5" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K5" s="2" t="str">
         <f>J5*11962.00</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>822512</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G6" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K6" s="2" t="str">
         <f>J6*8661.00</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>822513</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D7" s="1" t="s">
@@ -11511,89 +11787,89 @@
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*900.00</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>822515</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G9" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H9" s="2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K9" s="2" t="str">
         <f>J9*862.00</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>822516</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G10" s="2">
         <v>4</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K10" s="2" t="str">
         <f>J10*934.00</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>822517</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E11" s="2" t="s">
@@ -11619,51 +11895,51 @@
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>822518</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G12" s="2">
         <v>2</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K12" s="2" t="str">
         <f>J12*1406.00</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>822519</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E13" s="2" t="s">
@@ -11724,86 +12000,86 @@
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>822521</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>59</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G15" s="2">
         <v>0</v>
       </c>
       <c r="H15" s="2">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K15" s="2" t="str">
         <f>J15*4193.00</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>822522</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>63</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G16" s="2">
         <v>0</v>
       </c>
       <c r="H16" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K16" s="2" t="str">
         <f>J16*4428.00</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>822523</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E17" s="2" t="s">
@@ -11825,227 +12101,227 @@
         <v>17</v>
       </c>
       <c r="K17" s="2" t="str">
         <f>J17*2220.00</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>822524</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="G18" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G18" s="2">
+        <v>5</v>
+      </c>
+      <c r="H18" s="2" t="s">
+        <v>22</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K18" s="2" t="str">
         <f>J18*648.00</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>822525</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>75</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="G19" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G19" s="2">
+        <v>3</v>
+      </c>
+      <c r="H19" s="2" t="s">
+        <v>22</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K19" s="2" t="str">
         <f>J19*725.00</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>822526</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>78</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>79</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G20" s="2">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>7</v>
+      </c>
+      <c r="H20" s="2" t="s">
+        <v>37</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K20" s="2" t="str">
         <f>J20*839.00</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>822527</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>83</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>84</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>85</v>
       </c>
       <c r="G21" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K21" s="2" t="str">
         <f>J21*957.00</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>822528</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>86</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>87</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>89</v>
       </c>
       <c r="G22" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K22" s="2" t="str">
         <f>J22*1559.00</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>822529</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>90</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>91</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G23" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K23" s="2" t="str">
         <f>J23*2345.00</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>822530</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D24" s="1" t="s">
@@ -12144,1072 +12420,1072 @@
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>877711</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>107</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G27" s="2">
         <v>0</v>
       </c>
       <c r="H27" s="2">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K27" s="2" t="str">
         <f>J27*1998.00</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
-    <row r="28" spans="1:12" outlineLevel="4">
+    <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>890201</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>111</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>112</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>113</v>
       </c>
       <c r="G28" s="2">
         <v>0</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K28" s="2" t="str">
         <f>J28*716.00</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
-    <row r="29" spans="1:12" outlineLevel="4">
+    <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>890202</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>114</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>115</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>116</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>117</v>
       </c>
       <c r="G29" s="2">
         <v>0</v>
       </c>
       <c r="H29" s="2" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K29" s="2" t="str">
         <f>J29*809.00</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
-    <row r="30" spans="1:12" outlineLevel="4">
+    <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>890203</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>118</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>119</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>120</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>121</v>
       </c>
       <c r="G30" s="2">
         <v>0</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K30" s="2" t="str">
         <f>J30*945.00</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
-    <row r="31" spans="1:12" outlineLevel="4">
+    <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>890204</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>122</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>123</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>124</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>125</v>
       </c>
       <c r="G31" s="2">
         <v>0</v>
       </c>
       <c r="H31" s="2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K31" s="2" t="str">
         <f>J31*1216.00</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
-    <row r="32" spans="1:12" outlineLevel="4">
+    <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>890205</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>129</v>
       </c>
       <c r="G32" s="2">
         <v>0</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K32" s="2" t="str">
         <f>J32*1638.00</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" outlineLevel="2">
       <c r="A33" s="8" t="s">
         <v>130</v>
       </c>
       <c r="B33" s="8"/>
       <c r="C33" s="8"/>
       <c r="D33" s="8"/>
       <c r="E33" s="8"/>
       <c r="F33" s="8"/>
       <c r="G33" s="8"/>
       <c r="H33" s="8"/>
       <c r="I33" s="8"/>
       <c r="J33" s="8"/>
       <c r="K33" s="8"/>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>822489</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>131</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>132</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>133</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="G34" s="2" t="s">
-        <v>27</v>
+      <c r="G34" s="2">
+        <v>4</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K34" s="2" t="str">
-        <f>J34*1139.86</f>
+        <f>J34*1075.46</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>822490</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>135</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>136</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>137</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>138</v>
       </c>
       <c r="G35" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K35" s="2" t="str">
-        <f>J35*2339.25</f>
+        <f>J35*2342.81</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>822491</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>139</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>140</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>141</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>142</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K36" s="2" t="str">
-        <f>J36*3787.14</f>
+        <f>J36*3898.74</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>825020</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>143</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>144</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>145</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>146</v>
       </c>
       <c r="G37" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K37" s="2" t="str">
-        <f>J37*1755.92</f>
+        <f>J37*1671.95</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>825022</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>147</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>148</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>149</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>150</v>
       </c>
       <c r="G38" s="2">
         <v>0</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K38" s="2" t="str">
-        <f>J38*3293.10</f>
+        <f>J38*3291.84</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>825023</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>152</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>153</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>154</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>32</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K39" s="2" t="str">
-        <f>J39*3029.71</f>
+        <f>J39*2994.34</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>826971</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>155</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>156</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>157</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>158</v>
       </c>
       <c r="G40" s="2">
         <v>0</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K40" s="2" t="str">
-        <f>J40*4772.24</f>
+        <f>J40*4853.71</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>827992</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>159</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>160</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>161</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>162</v>
       </c>
       <c r="G41" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K41" s="2" t="str">
-        <f>J41*1041.65</f>
+        <f>J41*1002.58</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>827993</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>163</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>164</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>165</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>166</v>
       </c>
       <c r="G42" s="2">
         <v>0</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K42" s="2" t="str">
-        <f>J42*1590.75</f>
+        <f>J42*1549.98</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>827078</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>168</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>169</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>170</v>
       </c>
       <c r="G43" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K43" s="2" t="str">
-        <f>J43*6163.59</f>
+        <f>J43*6193.95</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>832500</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>171</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>172</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>173</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G44" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K44" s="2" t="str">
-        <f>J44*5002.89</f>
+        <f>J44*5108.08</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>832501</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>175</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>176</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>177</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>178</v>
       </c>
       <c r="G45" s="2">
         <v>2</v>
       </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
       <c r="I45" s="1">
         <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K45" s="2" t="str">
-        <f>J45*4897.24</f>
+        <f>J45*4865.61</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>832502</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>179</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>180</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>181</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>182</v>
       </c>
       <c r="G46" s="2">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K46" s="2" t="str">
-        <f>J46*2956.80</f>
+        <f>J46*2989.88</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>832504</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>183</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>184</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>185</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>186</v>
       </c>
       <c r="G47" s="2">
         <v>0</v>
       </c>
       <c r="H47" s="2">
         <v>0</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K47" s="2" t="str">
-        <f>J47*1605.63</f>
+        <f>J47*1591.63</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>882875</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>187</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>188</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>189</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>190</v>
       </c>
       <c r="G48" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K48" s="2" t="str">
-        <f>J48*2593.71</f>
+        <f>J48*2677.50</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" outlineLevel="2">
       <c r="A49" s="8" t="s">
         <v>191</v>
       </c>
       <c r="B49" s="8"/>
       <c r="C49" s="8"/>
       <c r="D49" s="8"/>
       <c r="E49" s="8"/>
       <c r="F49" s="8"/>
       <c r="G49" s="8"/>
       <c r="H49" s="8"/>
       <c r="I49" s="8"/>
       <c r="J49" s="8"/>
       <c r="K49" s="8"/>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>822493</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>192</v>
       </c>
       <c r="D50" s="1"/>
       <c r="E50" s="2" t="s">
         <v>193</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>194</v>
       </c>
       <c r="G50" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H50" s="2">
         <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K50" s="2" t="str">
         <f>J50*2196.57</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" outlineLevel="2">
       <c r="A51" s="8" t="s">
         <v>195</v>
       </c>
       <c r="B51" s="8"/>
       <c r="C51" s="8"/>
       <c r="D51" s="8"/>
       <c r="E51" s="8"/>
       <c r="F51" s="8"/>
       <c r="G51" s="8"/>
       <c r="H51" s="8"/>
       <c r="I51" s="8"/>
       <c r="J51" s="8"/>
       <c r="K51" s="8"/>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>822501</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>196</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>197</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>198</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>199</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H52" s="2">
         <v>0</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K52" s="2" t="str">
-        <f>J52*98.21</f>
+        <f>J52*98.18</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
         <v>822502</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>200</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>201</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>202</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>203</v>
       </c>
-      <c r="G53" s="2" t="s">
-        <v>27</v>
+      <c r="G53" s="2">
+        <v>0</v>
       </c>
       <c r="H53" s="2">
         <v>0</v>
       </c>
       <c r="I53" s="1">
         <v>0</v>
       </c>
       <c r="J53" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K53" s="2" t="str">
-        <f>J53*132.44</f>
+        <f>J53*132.39</f>
         <v>0</v>
       </c>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
         <v>822503</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>204</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>205</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>206</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>207</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="H54" s="2">
         <v>0</v>
       </c>
       <c r="I54" s="1">
         <v>0</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K54" s="2" t="str">
-        <f>J54*166.66</f>
+        <f>J54*168.09</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
         <v>822504</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>208</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>209</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>210</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>211</v>
       </c>
-      <c r="G55" s="2" t="s">
-        <v>27</v>
+      <c r="G55" s="2">
+        <v>10</v>
       </c>
       <c r="H55" s="2">
         <v>0</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K55" s="2" t="str">
-        <f>J55*226.19</f>
+        <f>J55*229.08</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A56" s="1"/>
       <c r="B56" s="1">
         <v>822505</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>212</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>213</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>214</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>215</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H56" s="2">
         <v>0</v>
       </c>
       <c r="I56" s="1">
         <v>0</v>
       </c>
       <c r="J56" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K56" s="2" t="str">
-        <f>J56*264.88</f>
+        <f>J56*266.26</f>
         <v>0</v>
       </c>
       <c r="L56" s="5"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
         <v>822506</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>216</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>217</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>218</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>219</v>
       </c>
       <c r="G57" s="2">
         <v>0</v>
       </c>
       <c r="H57" s="2">
         <v>0</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K57" s="2" t="str">
-        <f>J57*324.40</f>
+        <f>J57*328.74</f>
         <v>0</v>
       </c>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A58" s="1"/>
       <c r="B58" s="1">
         <v>822507</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>220</v>
       </c>
       <c r="D58" s="1"/>
       <c r="E58" s="2" t="s">
         <v>221</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>222</v>
       </c>
       <c r="G58" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H58" s="2">
         <v>0</v>
       </c>
       <c r="I58" s="1">
         <v>0</v>
       </c>
       <c r="J58" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K58" s="2" t="str">
         <f>J58*1174.53</f>
         <v>0</v>
       </c>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
         <v>822508</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>223</v>
       </c>
       <c r="D59" s="1"/>
@@ -13304,51 +13580,51 @@
         <v>0</v>
       </c>
       <c r="L61" s="5"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A62" s="1"/>
       <c r="B62" s="1">
         <v>889982</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>233</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>234</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>235</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>236</v>
       </c>
       <c r="G62" s="2">
         <v>0</v>
       </c>
       <c r="H62" s="2">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K62" s="2" t="str">
         <f>J62*4400.00</f>
         <v>0</v>
       </c>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12" outlineLevel="1">
       <c r="A63" s="7" t="s">
         <v>237</v>
       </c>
       <c r="B63" s="7"/>
       <c r="C63" s="7"/>
       <c r="D63" s="7"/>
       <c r="E63" s="7"/>
       <c r="F63" s="7"/>
       <c r="G63" s="7"/>
       <c r="H63" s="7"/>
       <c r="I63" s="7"/>
@@ -13368,229 +13644,229 @@
       <c r="G64" s="8"/>
       <c r="H64" s="8"/>
       <c r="I64" s="8"/>
       <c r="J64" s="8"/>
       <c r="K64" s="8"/>
       <c r="L64" s="5"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A65" s="1"/>
       <c r="B65" s="1">
         <v>822532</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>239</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>240</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>241</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>242</v>
       </c>
       <c r="G65" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H65" s="2" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="I65" s="1">
         <v>0</v>
       </c>
       <c r="J65" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K65" s="2" t="str">
         <f>J65*311.00</f>
         <v>0</v>
       </c>
       <c r="L65" s="5"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
         <v>822533</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>243</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>244</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>245</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>246</v>
       </c>
       <c r="G66" s="2">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>0</v>
+      </c>
+      <c r="H66" s="2">
+        <v>0</v>
       </c>
       <c r="I66" s="1">
         <v>0</v>
       </c>
       <c r="J66" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K66" s="2" t="str">
         <f>J66*455.00</f>
         <v>0</v>
       </c>
       <c r="L66" s="5"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A67" s="1"/>
       <c r="B67" s="1">
         <v>822534</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>247</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>248</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>249</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>250</v>
       </c>
       <c r="G67" s="2">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>2</v>
+      </c>
+      <c r="H67" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="I67" s="1">
         <v>0</v>
       </c>
       <c r="J67" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K67" s="2" t="str">
         <f>J67*749.00</f>
         <v>0</v>
       </c>
       <c r="L67" s="5"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A68" s="1"/>
       <c r="B68" s="1">
         <v>822535</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>251</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>252</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>253</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>254</v>
       </c>
       <c r="G68" s="2">
         <v>0</v>
       </c>
       <c r="H68" s="2" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="I68" s="1">
         <v>0</v>
       </c>
       <c r="J68" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K68" s="2" t="str">
         <f>J68*1066.00</f>
         <v>0</v>
       </c>
       <c r="L68" s="5"/>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A69" s="1"/>
       <c r="B69" s="1">
         <v>822536</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>255</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>256</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>257</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>258</v>
       </c>
       <c r="G69" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H69" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I69" s="1">
         <v>0</v>
       </c>
       <c r="J69" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K69" s="2" t="str">
         <f>J69*639.00</f>
         <v>0</v>
       </c>
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A70" s="1"/>
       <c r="B70" s="1">
         <v>822537</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>259</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>260</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>261</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>262</v>
       </c>
       <c r="G70" s="2">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H70" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="I70" s="1">
         <v>0</v>
       </c>
       <c r="J70" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K70" s="2" t="str">
         <f>J70*917.00</f>
         <v>0</v>
       </c>
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A71" s="1"/>
       <c r="B71" s="1">
         <v>822538</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>263</v>
       </c>
       <c r="D71" s="1">
         <v>572111</v>
       </c>
       <c r="E71" s="2" t="s">
@@ -13612,90 +13888,90 @@
         <v>17</v>
       </c>
       <c r="K71" s="2" t="str">
         <f>J71*256244.00</f>
         <v>0</v>
       </c>
       <c r="L71" s="5"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A72" s="1"/>
       <c r="B72" s="1">
         <v>822539</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>266</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>268</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>269</v>
       </c>
-      <c r="G72" s="2" t="s">
-        <v>41</v>
+      <c r="G72" s="2">
+        <v>0</v>
       </c>
       <c r="H72" s="2" t="s">
         <v>270</v>
       </c>
       <c r="I72" s="1">
         <v>0</v>
       </c>
       <c r="J72" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K72" s="2" t="str">
         <f>J72*218.00</f>
         <v>0</v>
       </c>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A73" s="1"/>
       <c r="B73" s="1">
         <v>822540</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>271</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>272</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>273</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>274</v>
       </c>
       <c r="G73" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H73" s="2" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="I73" s="1">
         <v>0</v>
       </c>
       <c r="J73" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K73" s="2" t="str">
         <f>J73*2251.00</f>
         <v>0</v>
       </c>
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A74" s="1"/>
       <c r="B74" s="1">
         <v>822541</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>275</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>276</v>
       </c>
       <c r="E74" s="2" t="s">
@@ -13721,331 +13997,331 @@
         <v>0</v>
       </c>
       <c r="L74" s="5"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A75" s="1"/>
       <c r="B75" s="1">
         <v>822542</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>279</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>280</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>281</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>282</v>
       </c>
       <c r="G75" s="2">
         <v>1</v>
       </c>
       <c r="H75" s="2" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="I75" s="1">
         <v>0</v>
       </c>
       <c r="J75" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K75" s="2" t="str">
         <f>J75*1454.00</f>
         <v>0</v>
       </c>
       <c r="L75" s="5"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A76" s="1"/>
       <c r="B76" s="1">
         <v>822543</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>283</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>284</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>285</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>286</v>
       </c>
       <c r="G76" s="2">
         <v>0</v>
       </c>
       <c r="H76" s="2" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="I76" s="1">
         <v>0</v>
       </c>
       <c r="J76" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K76" s="2" t="str">
         <f>J76*1590.00</f>
         <v>0</v>
       </c>
       <c r="L76" s="5"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A77" s="1"/>
       <c r="B77" s="1">
         <v>822544</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>287</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>288</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>289</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>290</v>
       </c>
       <c r="G77" s="2">
         <v>0</v>
       </c>
       <c r="H77" s="2" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="I77" s="1">
         <v>0</v>
       </c>
       <c r="J77" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K77" s="2" t="str">
         <f>J77*1626.00</f>
         <v>0</v>
       </c>
       <c r="L77" s="5"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A78" s="1"/>
       <c r="B78" s="1">
         <v>822545</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>291</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>292</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>293</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>294</v>
       </c>
       <c r="G78" s="2">
         <v>2</v>
       </c>
       <c r="H78" s="2">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="I78" s="1">
         <v>0</v>
       </c>
       <c r="J78" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K78" s="2" t="str">
         <f>J78*1822.00</f>
         <v>0</v>
       </c>
       <c r="L78" s="5"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A79" s="1"/>
       <c r="B79" s="1">
         <v>822546</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>295</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>296</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>297</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>298</v>
       </c>
       <c r="G79" s="2">
         <v>3</v>
       </c>
       <c r="H79" s="2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="I79" s="1">
         <v>0</v>
       </c>
       <c r="J79" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K79" s="2" t="str">
         <f>J79*9498.00</f>
         <v>0</v>
       </c>
       <c r="L79" s="5"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A80" s="1"/>
       <c r="B80" s="1">
         <v>822547</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>299</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>300</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>301</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>302</v>
       </c>
       <c r="G80" s="2">
         <v>8</v>
       </c>
-      <c r="H80" s="2" t="s">
-        <v>22</v>
+      <c r="H80" s="2">
+        <v>0</v>
       </c>
       <c r="I80" s="1">
         <v>0</v>
       </c>
       <c r="J80" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K80" s="2" t="str">
         <f>J80*484.00</f>
         <v>0</v>
       </c>
       <c r="L80" s="5"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A81" s="1"/>
       <c r="B81" s="1">
         <v>822548</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>303</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>304</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>305</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>306</v>
       </c>
       <c r="G81" s="2">
         <v>1</v>
       </c>
-      <c r="H81" s="2">
-        <v>6</v>
+      <c r="H81" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="I81" s="1">
         <v>0</v>
       </c>
       <c r="J81" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K81" s="2" t="str">
         <f>J81*7441.00</f>
         <v>0</v>
       </c>
       <c r="L81" s="5"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A82" s="1"/>
       <c r="B82" s="1">
         <v>822549</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>307</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>308</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>309</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>310</v>
       </c>
       <c r="G82" s="2">
         <v>1</v>
       </c>
-      <c r="H82" s="2">
-        <v>1</v>
+      <c r="H82" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="I82" s="1">
         <v>0</v>
       </c>
       <c r="J82" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K82" s="2" t="str">
         <f>J82*7185.00</f>
         <v>0</v>
       </c>
       <c r="L82" s="5"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A83" s="1"/>
       <c r="B83" s="1">
         <v>822550</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>311</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>312</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>313</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>314</v>
       </c>
       <c r="G83" s="2">
         <v>0</v>
       </c>
-      <c r="H83" s="2">
-        <v>6</v>
+      <c r="H83" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="I83" s="1">
         <v>0</v>
       </c>
       <c r="J83" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K83" s="2" t="str">
         <f>J83*7972.00</f>
         <v>0</v>
       </c>
       <c r="L83" s="5"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A84" s="1"/>
       <c r="B84" s="1">
         <v>822551</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>315</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>316</v>
       </c>
       <c r="E84" s="2" t="s">
@@ -14105,192 +14381,192 @@
         <f>J85*2455.00</f>
         <v>0</v>
       </c>
       <c r="L85" s="5"/>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A86" s="1"/>
       <c r="B86" s="1">
         <v>836274</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>323</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>324</v>
       </c>
       <c r="E86" s="2" t="s">
         <v>325</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>326</v>
       </c>
       <c r="G86" s="2">
         <v>0</v>
       </c>
-      <c r="H86" s="2" t="s">
-        <v>27</v>
+      <c r="H86" s="2">
+        <v>10</v>
       </c>
       <c r="I86" s="1">
         <v>0</v>
       </c>
       <c r="J86" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K86" s="2" t="str">
         <f>J86*9667.00</f>
         <v>0</v>
       </c>
       <c r="L86" s="5"/>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A87" s="1"/>
       <c r="B87" s="1">
         <v>836275</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>327</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>328</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>329</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>326</v>
       </c>
       <c r="G87" s="2">
         <v>0</v>
       </c>
       <c r="H87" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I87" s="1">
         <v>0</v>
       </c>
       <c r="J87" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K87" s="2" t="str">
         <f>J87*9667.00</f>
         <v>0</v>
       </c>
       <c r="L87" s="5"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A88" s="1"/>
       <c r="B88" s="1">
         <v>836276</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>330</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>331</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>332</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>326</v>
       </c>
       <c r="G88" s="2">
         <v>0</v>
       </c>
       <c r="H88" s="2">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I88" s="1">
         <v>0</v>
       </c>
       <c r="J88" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K88" s="2" t="str">
         <f>J88*9667.00</f>
         <v>0</v>
       </c>
       <c r="L88" s="5"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A89" s="1"/>
       <c r="B89" s="1">
         <v>836277</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>333</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>334</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>335</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>326</v>
       </c>
       <c r="G89" s="2">
         <v>0</v>
       </c>
-      <c r="H89" s="2" t="s">
-        <v>27</v>
+      <c r="H89" s="2">
+        <v>9</v>
       </c>
       <c r="I89" s="1">
         <v>0</v>
       </c>
       <c r="J89" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K89" s="2" t="str">
         <f>J89*9667.00</f>
         <v>0</v>
       </c>
       <c r="L89" s="5"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A90" s="1"/>
       <c r="B90" s="1">
         <v>885510</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>336</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>338</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>339</v>
       </c>
       <c r="G90" s="2">
         <v>0</v>
       </c>
       <c r="H90" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I90" s="1">
         <v>0</v>
       </c>
       <c r="J90" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K90" s="2" t="str">
         <f>J90*10125.00</f>
         <v>0</v>
       </c>
       <c r="L90" s="5"/>
     </row>
     <row r="91" spans="1:12" outlineLevel="2">
       <c r="A91" s="8" t="s">
         <v>340</v>
       </c>
       <c r="B91" s="8"/>
       <c r="C91" s="8"/>
       <c r="D91" s="8"/>
       <c r="E91" s="8"/>
       <c r="F91" s="8"/>
       <c r="G91" s="8"/>
       <c r="H91" s="8"/>
       <c r="I91" s="8"/>
@@ -14306,6695 +14582,6800 @@
       <c r="C92" s="1" t="s">
         <v>341</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>342</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>343</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>344</v>
       </c>
       <c r="G92" s="2">
         <v>1</v>
       </c>
       <c r="H92" s="2">
         <v>0</v>
       </c>
       <c r="I92" s="1">
         <v>0</v>
       </c>
       <c r="J92" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K92" s="2" t="str">
-        <f>J92*8790.03</f>
+        <f>J92*8138.11</f>
         <v>0</v>
       </c>
       <c r="L92" s="5"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A93" s="1"/>
       <c r="B93" s="1">
         <v>825409</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>345</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>347</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>348</v>
       </c>
       <c r="G93" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H93" s="2">
         <v>0</v>
       </c>
       <c r="I93" s="1">
         <v>0</v>
       </c>
       <c r="J93" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K93" s="2" t="str">
-        <f>J93*8071.29</f>
+        <f>J93*9824.94</f>
         <v>0</v>
       </c>
       <c r="L93" s="5"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A94" s="1"/>
       <c r="B94" s="1">
         <v>825410</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>349</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>350</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>351</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>352</v>
       </c>
       <c r="G94" s="2">
         <v>2</v>
       </c>
       <c r="H94" s="2">
         <v>0</v>
       </c>
       <c r="I94" s="1">
         <v>0</v>
       </c>
       <c r="J94" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K94" s="2" t="str">
-        <f>J94*15066.71</f>
+        <f>J94*15617.26</f>
         <v>0</v>
       </c>
       <c r="L94" s="5"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A95" s="1"/>
       <c r="B95" s="1">
         <v>834456</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>353</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>354</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>355</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>356</v>
       </c>
-      <c r="G95" s="2" t="s">
-        <v>41</v>
+      <c r="G95" s="2">
+        <v>0</v>
       </c>
       <c r="H95" s="2">
         <v>0</v>
       </c>
       <c r="I95" s="1">
         <v>0</v>
       </c>
       <c r="J95" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K95" s="2" t="str">
-        <f>J95*177.08</f>
+        <f>J95*175.53</f>
         <v>0</v>
       </c>
       <c r="L95" s="5"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A96" s="1"/>
       <c r="B96" s="1">
         <v>834457</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>357</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>358</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>359</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>360</v>
       </c>
-      <c r="G96" s="2" t="s">
-        <v>27</v>
+      <c r="G96" s="2">
+        <v>0</v>
       </c>
       <c r="H96" s="2">
         <v>0</v>
       </c>
       <c r="I96" s="1">
         <v>0</v>
       </c>
       <c r="J96" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K96" s="2" t="str">
-        <f>J96*196.43</f>
+        <f>J96*194.86</f>
         <v>0</v>
       </c>
       <c r="L96" s="5"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A97" s="1"/>
       <c r="B97" s="1">
         <v>837121</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>361</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>362</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>363</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>364</v>
       </c>
       <c r="G97" s="2">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="H97" s="2">
         <v>0</v>
       </c>
       <c r="I97" s="1">
         <v>0</v>
       </c>
       <c r="J97" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K97" s="2" t="str">
-        <f>J97*476.18</f>
+        <f>J97*440.30</f>
         <v>0</v>
       </c>
       <c r="L97" s="5"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A98" s="1"/>
       <c r="B98" s="1">
         <v>827989</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>365</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>366</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>367</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>368</v>
       </c>
       <c r="G98" s="2">
         <v>1</v>
       </c>
       <c r="H98" s="2">
         <v>0</v>
       </c>
       <c r="I98" s="1">
         <v>0</v>
       </c>
       <c r="J98" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K98" s="2" t="str">
-        <f>J98*7166.54</f>
+        <f>J98*7009.10</f>
         <v>0</v>
       </c>
       <c r="L98" s="5"/>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A99" s="1"/>
       <c r="B99" s="1">
         <v>829342</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>369</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>370</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>372</v>
       </c>
       <c r="G99" s="2">
         <v>2</v>
       </c>
       <c r="H99" s="2">
         <v>0</v>
       </c>
       <c r="I99" s="1">
         <v>0</v>
       </c>
       <c r="J99" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K99" s="2" t="str">
-        <f>J99*8395.69</f>
+        <f>J99*8392.48</f>
         <v>0</v>
       </c>
       <c r="L99" s="5"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A100" s="1"/>
       <c r="B100" s="1">
         <v>885069</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>373</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>374</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>375</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>376</v>
       </c>
       <c r="G100" s="2">
         <v>1</v>
       </c>
       <c r="H100" s="2">
         <v>0</v>
       </c>
       <c r="I100" s="1">
         <v>0</v>
       </c>
       <c r="J100" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K100" s="2" t="str">
-        <f>J100*11700.69</f>
+        <f>J100*10806.69</f>
         <v>0</v>
       </c>
       <c r="L100" s="5"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A101" s="1"/>
       <c r="B101" s="1">
         <v>885070</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>377</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>378</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>379</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G101" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H101" s="2">
         <v>0</v>
       </c>
       <c r="I101" s="1">
         <v>0</v>
       </c>
       <c r="J101" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K101" s="2" t="str">
-        <f>J101*12995.32</f>
+        <f>J101*12988.85</f>
         <v>0</v>
       </c>
       <c r="L101" s="5"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A102" s="1"/>
       <c r="B102" s="1">
         <v>885071</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>381</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>382</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>383</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>384</v>
       </c>
       <c r="G102" s="2">
         <v>1</v>
       </c>
       <c r="H102" s="2">
         <v>0</v>
       </c>
       <c r="I102" s="1">
         <v>0</v>
       </c>
       <c r="J102" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K102" s="2" t="str">
-        <f>J102*7980.52</f>
+        <f>J102*7361.64</f>
         <v>0</v>
       </c>
       <c r="L102" s="5"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A103" s="1"/>
       <c r="B103" s="1">
         <v>885072</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>385</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>386</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>387</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>388</v>
       </c>
       <c r="G103" s="2">
         <v>5</v>
       </c>
       <c r="H103" s="2">
         <v>0</v>
       </c>
       <c r="I103" s="1">
         <v>0</v>
       </c>
       <c r="J103" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K103" s="2" t="str">
-        <f>J103*2142.82</f>
+        <f>J103*1866.81</f>
         <v>0</v>
       </c>
       <c r="L103" s="5"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A104" s="1"/>
       <c r="B104" s="1">
         <v>885838</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>389</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>382</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>390</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>384</v>
       </c>
       <c r="G104" s="2">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="H104" s="2">
         <v>0</v>
       </c>
       <c r="I104" s="1">
         <v>0</v>
       </c>
       <c r="J104" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K104" s="2" t="str">
-        <f>J104*7980.52</f>
+        <f>J104*7361.64</f>
         <v>0</v>
       </c>
       <c r="L104" s="5"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A105" s="1"/>
       <c r="B105" s="1">
         <v>885839</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>391</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>392</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>348</v>
       </c>
       <c r="G105" s="2">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="H105" s="2">
         <v>0</v>
       </c>
       <c r="I105" s="1">
         <v>0</v>
       </c>
       <c r="J105" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K105" s="2" t="str">
-        <f>J105*8071.29</f>
+        <f>J105*9824.94</f>
         <v>0</v>
       </c>
       <c r="L105" s="5"/>
     </row>
     <row r="106" spans="1:12" outlineLevel="1">
       <c r="A106" s="7" t="s">
         <v>393</v>
       </c>
       <c r="B106" s="7"/>
       <c r="C106" s="7"/>
       <c r="D106" s="7"/>
       <c r="E106" s="7"/>
       <c r="F106" s="7"/>
       <c r="G106" s="7"/>
       <c r="H106" s="7"/>
       <c r="I106" s="7"/>
       <c r="J106" s="7"/>
       <c r="K106" s="7"/>
       <c r="L106" s="5"/>
     </row>
     <row r="107" spans="1:12" outlineLevel="2">
       <c r="A107" s="8" t="s">
         <v>394</v>
       </c>
       <c r="B107" s="8"/>
       <c r="C107" s="8"/>
       <c r="D107" s="8"/>
       <c r="E107" s="8"/>
       <c r="F107" s="8"/>
       <c r="G107" s="8"/>
       <c r="H107" s="8"/>
       <c r="I107" s="8"/>
       <c r="J107" s="8"/>
       <c r="K107" s="8"/>
       <c r="L107" s="5"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A108" s="1"/>
       <c r="B108" s="1">
-        <v>825411</v>
+        <v>954216</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>395</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>396</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>397</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>398</v>
       </c>
       <c r="G108" s="2">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H108" s="2">
         <v>0</v>
       </c>
       <c r="I108" s="1">
         <v>0</v>
       </c>
       <c r="J108" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K108" s="2" t="str">
-        <f>J108*8193.31</f>
+        <f>J108*2261.58</f>
         <v>0</v>
       </c>
       <c r="L108" s="5"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A109" s="1"/>
       <c r="B109" s="1">
-        <v>825412</v>
+        <v>825411</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>399</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>400</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>401</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G109" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H109" s="2">
         <v>0</v>
       </c>
       <c r="I109" s="1">
         <v>0</v>
       </c>
       <c r="J109" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K109" s="2" t="str">
-        <f>J109*24715.35</f>
+        <f>J109*7220.33</f>
         <v>0</v>
       </c>
       <c r="L109" s="5"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A110" s="1"/>
       <c r="B110" s="1">
-        <v>825413</v>
+        <v>825412</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>403</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>404</v>
       </c>
       <c r="E110" s="2" t="s">
         <v>405</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>406</v>
       </c>
       <c r="G110" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H110" s="2">
         <v>0</v>
       </c>
       <c r="I110" s="1">
         <v>0</v>
       </c>
       <c r="J110" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K110" s="2" t="str">
-        <f>J110*21279.40</f>
+        <f>J110*24560.11</f>
         <v>0</v>
       </c>
       <c r="L110" s="5"/>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A111" s="1"/>
       <c r="B111" s="1">
-        <v>825414</v>
+        <v>825413</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>407</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>408</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>409</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>410</v>
       </c>
       <c r="G111" s="2">
         <v>1</v>
       </c>
       <c r="H111" s="2">
         <v>0</v>
       </c>
       <c r="I111" s="1">
         <v>0</v>
       </c>
       <c r="J111" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K111" s="2" t="str">
-        <f>J111*22489.20</f>
+        <f>J111*23633.40</f>
         <v>0</v>
       </c>
       <c r="L111" s="5"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A112" s="1"/>
       <c r="B112" s="1">
-        <v>825415</v>
+        <v>825414</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>411</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>412</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>413</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>414</v>
       </c>
       <c r="G112" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H112" s="2">
         <v>0</v>
       </c>
       <c r="I112" s="1">
         <v>0</v>
       </c>
       <c r="J112" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K112" s="2" t="str">
-        <f>J112*1422.59</f>
+        <f>J112*21240.01</f>
         <v>0</v>
       </c>
       <c r="L112" s="5"/>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A113" s="1"/>
       <c r="B113" s="1">
-        <v>825416</v>
+        <v>825415</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>415</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>416</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>417</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="G113" s="2">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="H113" s="2">
         <v>0</v>
       </c>
       <c r="I113" s="1">
         <v>0</v>
       </c>
       <c r="J113" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K113" s="2" t="str">
-        <f>J113*1422.59</f>
+        <f>J113*1329.83</f>
         <v>0</v>
       </c>
       <c r="L113" s="5"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A114" s="1"/>
       <c r="B114" s="1">
-        <v>825417</v>
+        <v>825416</v>
       </c>
       <c r="C114" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="E114" s="2" t="s">
+        <v>421</v>
+      </c>
+      <c r="F114" s="2" t="s">
         <v>418</v>
       </c>
-      <c r="D114" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G114" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H114" s="2">
         <v>0</v>
       </c>
       <c r="I114" s="1">
         <v>0</v>
       </c>
       <c r="J114" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K114" s="2" t="str">
-        <f>J114*1422.59</f>
+        <f>J114*1329.83</f>
         <v>0</v>
       </c>
       <c r="L114" s="5"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A115" s="1"/>
       <c r="B115" s="1">
-        <v>825418</v>
+        <v>825417</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="E115" s="2" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="G115" s="2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H115" s="2">
         <v>0</v>
       </c>
       <c r="I115" s="1">
         <v>0</v>
       </c>
       <c r="J115" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K115" s="2" t="str">
-        <f>J115*1422.59</f>
+        <f>J115*1329.83</f>
         <v>0</v>
       </c>
       <c r="L115" s="5"/>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A116" s="1"/>
       <c r="B116" s="1">
-        <v>825419</v>
+        <v>825418</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="E116" s="2" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="G116" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H116" s="2">
         <v>0</v>
       </c>
       <c r="I116" s="1">
         <v>0</v>
       </c>
       <c r="J116" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K116" s="2" t="str">
-        <f>J116*1422.59</f>
+        <f>J116*1329.83</f>
         <v>0</v>
       </c>
       <c r="L116" s="5"/>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A117" s="1"/>
       <c r="B117" s="1">
-        <v>825420</v>
+        <v>825419</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E117" s="2" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>430</v>
+        <v>418</v>
       </c>
       <c r="G117" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="H117" s="2">
         <v>0</v>
       </c>
       <c r="I117" s="1">
         <v>0</v>
       </c>
       <c r="J117" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K117" s="2" t="str">
-        <f>J117*1435.99</f>
+        <f>J117*1329.83</f>
         <v>0</v>
       </c>
       <c r="L117" s="5"/>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A118" s="1"/>
       <c r="B118" s="1">
-        <v>825421</v>
+        <v>825420</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>431</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>432</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>433</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>434</v>
       </c>
       <c r="G118" s="2">
         <v>4</v>
       </c>
       <c r="H118" s="2">
         <v>0</v>
       </c>
       <c r="I118" s="1">
         <v>0</v>
       </c>
       <c r="J118" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K118" s="2" t="str">
-        <f>J118*1434.50</f>
+        <f>J118*1332.80</f>
         <v>0</v>
       </c>
       <c r="L118" s="5"/>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A119" s="1"/>
       <c r="B119" s="1">
-        <v>825422</v>
+        <v>825421</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>435</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>436</v>
       </c>
       <c r="E119" s="2" t="s">
         <v>437</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="G119" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H119" s="2">
         <v>0</v>
       </c>
       <c r="I119" s="1">
         <v>0</v>
       </c>
       <c r="J119" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K119" s="2" t="str">
-        <f>J119*1435.99</f>
+        <f>J119*1332.80</f>
         <v>0</v>
       </c>
       <c r="L119" s="5"/>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A120" s="1"/>
       <c r="B120" s="1">
-        <v>826278</v>
+        <v>825422</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>438</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>439</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>440</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="G120" s="2">
         <v>2</v>
       </c>
       <c r="H120" s="2">
         <v>0</v>
       </c>
       <c r="I120" s="1">
         <v>0</v>
       </c>
       <c r="J120" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K120" s="2" t="str">
-        <f>J120*1435.99</f>
+        <f>J120*1332.80</f>
         <v>0</v>
       </c>
       <c r="L120" s="5"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A121" s="1"/>
       <c r="B121" s="1">
-        <v>827990</v>
+        <v>826278</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>441</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>442</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>443</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>444</v>
+        <v>434</v>
       </c>
       <c r="G121" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H121" s="2">
         <v>0</v>
       </c>
       <c r="I121" s="1">
         <v>0</v>
       </c>
       <c r="J121" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K121" s="2" t="str">
-        <f>J121*9554.90</f>
+        <f>J121*1332.80</f>
         <v>0</v>
       </c>
       <c r="L121" s="5"/>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A122" s="1"/>
       <c r="B122" s="1">
-        <v>827991</v>
+        <v>827990</v>
       </c>
       <c r="C122" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="D122" s="1" t="s">
         <v>445</v>
       </c>
-      <c r="D122" s="1" t="s">
+      <c r="E122" s="2" t="s">
         <v>446</v>
       </c>
-      <c r="E122" s="2" t="s">
+      <c r="F122" s="2" t="s">
         <v>447</v>
       </c>
-      <c r="F122" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G122" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H122" s="2">
         <v>0</v>
       </c>
       <c r="I122" s="1">
         <v>0</v>
       </c>
       <c r="J122" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K122" s="2" t="str">
-        <f>J122*70233.93</f>
+        <f>J122*8512.96</f>
         <v>0</v>
       </c>
       <c r="L122" s="5"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A123" s="1"/>
       <c r="B123" s="1">
-        <v>836379</v>
+        <v>827991</v>
       </c>
       <c r="C123" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="D123" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="D123" s="1" t="s">
+      <c r="E123" s="2" t="s">
         <v>450</v>
       </c>
-      <c r="E123" s="2" t="s">
+      <c r="F123" s="2" t="s">
         <v>451</v>
       </c>
-      <c r="F123" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G123" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H123" s="2">
         <v>0</v>
       </c>
       <c r="I123" s="1">
         <v>0</v>
       </c>
       <c r="J123" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K123" s="2" t="str">
-        <f>J123*103170.87</f>
+        <f>J123*55781.25</f>
         <v>0</v>
       </c>
       <c r="L123" s="5"/>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A124" s="1"/>
       <c r="B124" s="1">
-        <v>836395</v>
+        <v>836379</v>
       </c>
       <c r="C124" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="D124" s="1" t="s">
         <v>453</v>
       </c>
-      <c r="D124" s="1" t="s">
+      <c r="E124" s="2" t="s">
         <v>454</v>
       </c>
-      <c r="E124" s="2" t="s">
+      <c r="F124" s="2" t="s">
         <v>455</v>
       </c>
-      <c r="F124" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G124" s="2">
         <v>0</v>
       </c>
       <c r="H124" s="2">
         <v>0</v>
       </c>
       <c r="I124" s="1">
         <v>0</v>
       </c>
       <c r="J124" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K124" s="2" t="str">
-        <f>J124*1435.99</f>
+        <f>J124*91481.25</f>
         <v>0</v>
       </c>
       <c r="L124" s="5"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A125" s="1"/>
       <c r="B125" s="1">
-        <v>836396</v>
+        <v>836395</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>456</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>457</v>
       </c>
       <c r="E125" s="2" t="s">
-        <v>433</v>
+        <v>458</v>
       </c>
       <c r="F125" s="2" t="s">
         <v>434</v>
       </c>
       <c r="G125" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H125" s="2">
         <v>0</v>
       </c>
       <c r="I125" s="1">
         <v>0</v>
       </c>
       <c r="J125" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K125" s="2" t="str">
-        <f>J125*1434.50</f>
+        <f>J125*1332.80</f>
         <v>0</v>
       </c>
       <c r="L125" s="5"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A126" s="1"/>
       <c r="B126" s="1">
-        <v>836397</v>
+        <v>836396</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="E126" s="2" t="s">
         <v>437</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="G126" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H126" s="2">
         <v>0</v>
       </c>
       <c r="I126" s="1">
         <v>0</v>
       </c>
       <c r="J126" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K126" s="2" t="str">
-        <f>J126*1435.99</f>
+        <f>J126*1332.80</f>
         <v>0</v>
       </c>
       <c r="L126" s="5"/>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A127" s="1"/>
       <c r="B127" s="1">
-        <v>836398</v>
+        <v>836397</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="E127" s="2" t="s">
         <v>440</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="G127" s="2">
         <v>1</v>
       </c>
       <c r="H127" s="2">
         <v>0</v>
       </c>
       <c r="I127" s="1">
         <v>0</v>
       </c>
       <c r="J127" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K127" s="2" t="str">
-        <f>J127*1435.99</f>
+        <f>J127*1332.80</f>
         <v>0</v>
       </c>
       <c r="L127" s="5"/>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A128" s="1"/>
       <c r="B128" s="1">
-        <v>868524</v>
+        <v>836398</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="E128" s="2" t="s">
-        <v>464</v>
+        <v>443</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>465</v>
+        <v>434</v>
       </c>
       <c r="G128" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H128" s="2">
         <v>0</v>
       </c>
       <c r="I128" s="1">
         <v>0</v>
       </c>
       <c r="J128" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K128" s="2" t="str">
-        <f>J128*39145.17</f>
+        <f>J128*1332.80</f>
         <v>0</v>
       </c>
       <c r="L128" s="5"/>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A129" s="1"/>
       <c r="B129" s="1">
-        <v>883037</v>
+        <v>868524</v>
       </c>
       <c r="C129" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="D129" s="1" t="s">
         <v>466</v>
       </c>
-      <c r="D129" s="1" t="s">
+      <c r="E129" s="2" t="s">
         <v>467</v>
       </c>
-      <c r="E129" s="2" t="s">
+      <c r="F129" s="2" t="s">
         <v>468</v>
       </c>
-      <c r="F129" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G129" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H129" s="2">
         <v>0</v>
       </c>
       <c r="I129" s="1">
         <v>0</v>
       </c>
       <c r="J129" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K129" s="2" t="str">
-        <f>J129*106952.05</f>
+        <f>J129*39130.18</f>
         <v>0</v>
       </c>
       <c r="L129" s="5"/>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A130" s="1"/>
       <c r="B130" s="1">
-        <v>885008</v>
+        <v>883037</v>
       </c>
       <c r="C130" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="D130" s="1" t="s">
         <v>470</v>
       </c>
-      <c r="D130" s="1" t="s">
+      <c r="E130" s="2" t="s">
         <v>471</v>
       </c>
-      <c r="E130" s="2" t="s">
+      <c r="F130" s="2" t="s">
         <v>472</v>
       </c>
-      <c r="F130" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G130" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H130" s="2">
         <v>0</v>
       </c>
       <c r="I130" s="1">
         <v>0</v>
       </c>
       <c r="J130" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K130" s="2" t="str">
-        <f>J130*27560.54</f>
+        <f>J130*106911.09</f>
         <v>0</v>
       </c>
       <c r="L130" s="5"/>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A131" s="1"/>
       <c r="B131" s="1">
-        <v>885009</v>
+        <v>885008</v>
       </c>
       <c r="C131" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="D131" s="1" t="s">
         <v>474</v>
       </c>
-      <c r="D131" s="1" t="s">
+      <c r="E131" s="2" t="s">
         <v>475</v>
       </c>
-      <c r="E131" s="2" t="s">
+      <c r="F131" s="2" t="s">
         <v>476</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
       <c r="G131" s="2">
         <v>1</v>
       </c>
       <c r="H131" s="2">
         <v>0</v>
       </c>
       <c r="I131" s="1">
         <v>0</v>
       </c>
       <c r="J131" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K131" s="2" t="str">
-        <f>J131*22193.08</f>
+        <f>J131*32030.34</f>
         <v>0</v>
       </c>
       <c r="L131" s="5"/>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A132" s="1"/>
       <c r="B132" s="1">
-        <v>885010</v>
+        <v>885009</v>
       </c>
       <c r="C132" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="D132" s="1" t="s">
         <v>478</v>
       </c>
-      <c r="D132" s="1" t="s">
+      <c r="E132" s="2" t="s">
         <v>479</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>480</v>
       </c>
       <c r="G132" s="2">
         <v>1</v>
       </c>
       <c r="H132" s="2">
         <v>0</v>
       </c>
       <c r="I132" s="1">
         <v>0</v>
       </c>
       <c r="J132" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K132" s="2" t="str">
-        <f>J132*23398.41</f>
+        <f>J132*24569.04</f>
         <v>0</v>
       </c>
       <c r="L132" s="5"/>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A133" s="1"/>
       <c r="B133" s="1">
-        <v>885011</v>
+        <v>885010</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>481</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>482</v>
       </c>
       <c r="E133" s="2" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>483</v>
       </c>
       <c r="G133" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H133" s="2">
         <v>0</v>
       </c>
       <c r="I133" s="1">
         <v>0</v>
       </c>
       <c r="J133" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K133" s="2" t="str">
-        <f>J133*21782.37</f>
+        <f>J133*25773.91</f>
         <v>0</v>
       </c>
       <c r="L133" s="5"/>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A134" s="1"/>
       <c r="B134" s="1">
-        <v>885012</v>
+        <v>885011</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>484</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>485</v>
       </c>
       <c r="E134" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="F134" s="2" t="s">
         <v>486</v>
       </c>
-      <c r="F134" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G134" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H134" s="2">
         <v>0</v>
       </c>
       <c r="I134" s="1">
         <v>0</v>
       </c>
       <c r="J134" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K134" s="2" t="str">
-        <f>J134*26942.99</f>
+        <f>J134*21466.11</f>
         <v>0</v>
       </c>
       <c r="L134" s="5"/>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A135" s="1"/>
       <c r="B135" s="1">
-        <v>885013</v>
+        <v>885012</v>
       </c>
       <c r="C135" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D135" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="D135" s="1" t="s">
+      <c r="E135" s="2" t="s">
         <v>489</v>
       </c>
-      <c r="E135" s="2" t="s">
+      <c r="F135" s="2" t="s">
         <v>490</v>
       </c>
-      <c r="F135" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G135" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H135" s="2">
         <v>0</v>
       </c>
       <c r="I135" s="1">
         <v>0</v>
       </c>
       <c r="J135" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K135" s="2" t="str">
-        <f>J135*26914.72</f>
+        <f>J135*26608.40</f>
         <v>0</v>
       </c>
       <c r="L135" s="5"/>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A136" s="1"/>
       <c r="B136" s="1">
+        <v>885013</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="E136" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="F136" s="2" t="s">
+        <v>494</v>
+      </c>
+      <c r="G136" s="2">
+        <v>2</v>
+      </c>
+      <c r="H136" s="2">
+        <v>0</v>
+      </c>
+      <c r="I136" s="1">
+        <v>0</v>
+      </c>
+      <c r="J136" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K136" s="2" t="str">
+        <f>J136*26586.09</f>
+        <v>0</v>
+      </c>
+      <c r="L136" s="5"/>
+    </row>
+    <row r="137" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A137" s="1"/>
+      <c r="B137" s="1">
         <v>886088</v>
       </c>
-      <c r="C136" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F136" s="2" t="s">
+      <c r="C137" s="1" t="s">
         <v>495</v>
       </c>
-      <c r="G136" s="2">
-[...18 lines deleted...]
-      <c r="A137" s="8" t="s">
+      <c r="D137" s="1" t="s">
         <v>496</v>
       </c>
-      <c r="B137" s="8"/>
-[...8 lines deleted...]
-      <c r="K137" s="8"/>
+      <c r="E137" s="2" t="s">
+        <v>497</v>
+      </c>
+      <c r="F137" s="2" t="s">
+        <v>498</v>
+      </c>
+      <c r="G137" s="2">
+        <v>0</v>
+      </c>
+      <c r="H137" s="2">
+        <v>0</v>
+      </c>
+      <c r="I137" s="1">
+        <v>0</v>
+      </c>
+      <c r="J137" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K137" s="2" t="str">
+        <f>J137*128844.28</f>
+        <v>0</v>
+      </c>
       <c r="L137" s="5"/>
     </row>
-    <row r="138" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...10 lines deleted...]
-      <c r="E138" s="2" t="s">
+    <row r="138" spans="1:12" outlineLevel="2">
+      <c r="A138" s="8" t="s">
         <v>499</v>
       </c>
-      <c r="F138" s="2" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="B138" s="8"/>
+      <c r="C138" s="8"/>
+      <c r="D138" s="8"/>
+      <c r="E138" s="8"/>
+      <c r="F138" s="8"/>
+      <c r="G138" s="8"/>
+      <c r="H138" s="8"/>
+      <c r="I138" s="8"/>
+      <c r="J138" s="8"/>
+      <c r="K138" s="8"/>
       <c r="L138" s="5"/>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A139" s="1"/>
       <c r="B139" s="1">
-        <v>825528</v>
+        <v>825527</v>
       </c>
       <c r="C139" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="D139" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="D139" s="1" t="s">
+      <c r="E139" s="2" t="s">
         <v>502</v>
       </c>
-      <c r="E139" s="2" t="s">
+      <c r="F139" s="2" t="s">
         <v>503</v>
       </c>
-      <c r="F139" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G139" s="2">
         <v>0</v>
       </c>
       <c r="H139" s="2">
         <v>0</v>
       </c>
       <c r="I139" s="1">
         <v>0</v>
       </c>
       <c r="J139" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K139" s="2" t="str">
-        <f>J139*242908.00</f>
+        <f>J139*331826.00</f>
         <v>0</v>
       </c>
       <c r="L139" s="5"/>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A140" s="1"/>
       <c r="B140" s="1">
-        <v>836282</v>
+        <v>825528</v>
       </c>
       <c r="C140" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="D140" s="1" t="s">
         <v>505</v>
       </c>
-      <c r="D140" s="1" t="s">
+      <c r="E140" s="2" t="s">
         <v>506</v>
       </c>
-      <c r="E140" s="2" t="s">
+      <c r="F140" s="2" t="s">
         <v>507</v>
       </c>
-      <c r="F140" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G140" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H140" s="2">
         <v>0</v>
       </c>
       <c r="I140" s="1">
         <v>0</v>
       </c>
       <c r="J140" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K140" s="2" t="str">
-        <f>J140*36102.00</f>
+        <f>J140*242908.00</f>
         <v>0</v>
       </c>
       <c r="L140" s="5"/>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A141" s="1"/>
       <c r="B141" s="1">
-        <v>873886</v>
+        <v>836282</v>
       </c>
       <c r="C141" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="D141" s="1" t="s">
         <v>509</v>
       </c>
-      <c r="D141" s="1" t="s">
+      <c r="E141" s="2" t="s">
         <v>510</v>
       </c>
-      <c r="E141" s="2" t="s">
+      <c r="F141" s="2" t="s">
         <v>511</v>
       </c>
-      <c r="F141" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G141" s="2">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>2</v>
+      </c>
+      <c r="H141" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="I141" s="1">
         <v>0</v>
       </c>
       <c r="J141" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K141" s="2" t="str">
-        <f>J141*10297.00</f>
+        <f>J141*36102.00</f>
         <v>0</v>
       </c>
       <c r="L141" s="5"/>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A142" s="1"/>
       <c r="B142" s="1">
-        <v>889959</v>
+        <v>873886</v>
       </c>
       <c r="C142" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="D142" s="1" t="s">
         <v>513</v>
       </c>
-      <c r="D142" s="1" t="s">
+      <c r="E142" s="2" t="s">
         <v>514</v>
       </c>
-      <c r="E142" s="2" t="s">
+      <c r="F142" s="2" t="s">
         <v>515</v>
       </c>
-      <c r="F142" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G142" s="2">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>0</v>
+      </c>
+      <c r="H142" s="2">
+        <v>0</v>
       </c>
       <c r="I142" s="1">
         <v>0</v>
       </c>
       <c r="J142" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K142" s="2" t="str">
-        <f>J142*10634.00</f>
+        <f>J142*10297.00</f>
         <v>0</v>
       </c>
       <c r="L142" s="5"/>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A143" s="1"/>
       <c r="B143" s="1">
-        <v>889960</v>
+        <v>889959</v>
       </c>
       <c r="C143" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="D143" s="1" t="s">
         <v>517</v>
       </c>
-      <c r="D143" s="1" t="s">
+      <c r="E143" s="2" t="s">
         <v>518</v>
       </c>
-      <c r="E143" s="2" t="s">
+      <c r="F143" s="2" t="s">
         <v>519</v>
       </c>
-      <c r="F143" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G143" s="2">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>2</v>
+      </c>
+      <c r="H143" s="2" t="s">
+        <v>32</v>
       </c>
       <c r="I143" s="1">
         <v>0</v>
       </c>
       <c r="J143" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K143" s="2" t="str">
-        <f>J143*134437.00</f>
+        <f>J143*10634.00</f>
         <v>0</v>
       </c>
       <c r="L143" s="5"/>
     </row>
-    <row r="144" spans="1:12" outlineLevel="4">
+    <row r="144" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A144" s="1"/>
       <c r="B144" s="1">
-        <v>890050</v>
+        <v>889960</v>
       </c>
       <c r="C144" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="D144" s="1" t="s">
         <v>521</v>
       </c>
-      <c r="D144" s="1" t="s">
+      <c r="E144" s="2" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
       <c r="F144" s="2" t="s">
         <v>523</v>
       </c>
       <c r="G144" s="2">
         <v>0</v>
       </c>
       <c r="H144" s="2">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="I144" s="1">
         <v>0</v>
       </c>
       <c r="J144" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K144" s="2" t="str">
-        <f>J144*139215.00</f>
+        <f>J144*134437.00</f>
         <v>0</v>
       </c>
       <c r="L144" s="5"/>
     </row>
-    <row r="145" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="145" spans="1:12" outlineLevel="4">
       <c r="A145" s="1"/>
       <c r="B145" s="1">
-        <v>834773</v>
+        <v>890050</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>524</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>525</v>
       </c>
       <c r="E145" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="F145" s="2" t="s">
         <v>526</v>
       </c>
-      <c r="F145" s="2" t="s">
+      <c r="G145" s="2">
+        <v>0</v>
+      </c>
+      <c r="H145" s="2">
+        <v>1</v>
+      </c>
+      <c r="I145" s="1">
+        <v>0</v>
+      </c>
+      <c r="J145" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K145" s="2" t="str">
+        <f>J145*139215.00</f>
+        <v>0</v>
+      </c>
+      <c r="L145" s="5"/>
+    </row>
+    <row r="146" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A146" s="1"/>
+      <c r="B146" s="1">
+        <v>834773</v>
+      </c>
+      <c r="C146" s="1" t="s">
         <v>527</v>
       </c>
-      <c r="G145" s="2">
-[...18 lines deleted...]
-      <c r="A146" s="7" t="s">
+      <c r="D146" s="1" t="s">
         <v>528</v>
       </c>
-      <c r="B146" s="7"/>
-[...8 lines deleted...]
-      <c r="K146" s="7"/>
+      <c r="E146" s="2" t="s">
+        <v>529</v>
+      </c>
+      <c r="F146" s="2" t="s">
+        <v>530</v>
+      </c>
+      <c r="G146" s="2">
+        <v>0</v>
+      </c>
+      <c r="H146" s="2">
+        <v>0</v>
+      </c>
+      <c r="I146" s="1">
+        <v>0</v>
+      </c>
+      <c r="J146" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K146" s="2" t="str">
+        <f>J146*156817.00</f>
+        <v>0</v>
+      </c>
       <c r="L146" s="5"/>
     </row>
-    <row r="147" spans="1:12" outlineLevel="2">
-[...12 lines deleted...]
-      <c r="K147" s="8"/>
+    <row r="147" spans="1:12" outlineLevel="1">
+      <c r="A147" s="7" t="s">
+        <v>531</v>
+      </c>
+      <c r="B147" s="7"/>
+      <c r="C147" s="7"/>
+      <c r="D147" s="7"/>
+      <c r="E147" s="7"/>
+      <c r="F147" s="7"/>
+      <c r="G147" s="7"/>
+      <c r="H147" s="7"/>
+      <c r="I147" s="7"/>
+      <c r="J147" s="7"/>
+      <c r="K147" s="7"/>
       <c r="L147" s="5"/>
     </row>
-    <row r="148" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...10 lines deleted...]
-      <c r="E148" s="2" t="s">
+    <row r="148" spans="1:12" outlineLevel="2">
+      <c r="A148" s="8" t="s">
         <v>532</v>
       </c>
-      <c r="F148" s="2" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="B148" s="8"/>
+      <c r="C148" s="8"/>
+      <c r="D148" s="8"/>
+      <c r="E148" s="8"/>
+      <c r="F148" s="8"/>
+      <c r="G148" s="8"/>
+      <c r="H148" s="8"/>
+      <c r="I148" s="8"/>
+      <c r="J148" s="8"/>
+      <c r="K148" s="8"/>
       <c r="L148" s="5"/>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A149" s="1"/>
       <c r="B149" s="1">
-        <v>822570</v>
+        <v>822569</v>
       </c>
       <c r="C149" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="D149" s="1" t="s">
         <v>534</v>
       </c>
-      <c r="D149" s="1" t="s">
+      <c r="E149" s="2" t="s">
         <v>535</v>
       </c>
-      <c r="E149" s="2" t="s">
+      <c r="F149" s="2" t="s">
         <v>536</v>
       </c>
-      <c r="F149" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G149" s="2">
         <v>0</v>
       </c>
       <c r="H149" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I149" s="1">
         <v>0</v>
       </c>
       <c r="J149" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K149" s="2" t="str">
         <f>J149*19731.00</f>
         <v>0</v>
       </c>
       <c r="L149" s="5"/>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A150" s="1"/>
       <c r="B150" s="1">
-        <v>822571</v>
+        <v>822570</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>537</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>538</v>
       </c>
       <c r="E150" s="2" t="s">
         <v>539</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="G150" s="2">
         <v>0</v>
       </c>
       <c r="H150" s="2">
         <v>0</v>
       </c>
       <c r="I150" s="1">
         <v>0</v>
       </c>
       <c r="J150" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K150" s="2" t="str">
         <f>J150*19731.00</f>
         <v>0</v>
       </c>
       <c r="L150" s="5"/>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A151" s="1"/>
       <c r="B151" s="1">
-        <v>822572</v>
+        <v>822571</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>540</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>541</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>542</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="G151" s="2">
         <v>0</v>
       </c>
       <c r="H151" s="2">
         <v>0</v>
       </c>
       <c r="I151" s="1">
         <v>0</v>
       </c>
       <c r="J151" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K151" s="2" t="str">
         <f>J151*19731.00</f>
         <v>0</v>
       </c>
       <c r="L151" s="5"/>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A152" s="1"/>
       <c r="B152" s="1">
-        <v>822573</v>
+        <v>822572</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>543</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>544</v>
       </c>
       <c r="E152" s="2" t="s">
         <v>545</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="G152" s="2">
         <v>0</v>
       </c>
       <c r="H152" s="2">
         <v>0</v>
       </c>
       <c r="I152" s="1">
         <v>0</v>
       </c>
       <c r="J152" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K152" s="2" t="str">
         <f>J152*19731.00</f>
         <v>0</v>
       </c>
       <c r="L152" s="5"/>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A153" s="1"/>
       <c r="B153" s="1">
-        <v>822574</v>
+        <v>822573</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>546</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>547</v>
       </c>
       <c r="E153" s="2" t="s">
         <v>548</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>549</v>
+        <v>536</v>
       </c>
       <c r="G153" s="2">
         <v>0</v>
       </c>
       <c r="H153" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="I153" s="1">
         <v>0</v>
       </c>
       <c r="J153" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K153" s="2" t="str">
-        <f>J153*23077.00</f>
+        <f>J153*19731.00</f>
         <v>0</v>
       </c>
       <c r="L153" s="5"/>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A154" s="1"/>
       <c r="B154" s="1">
-        <v>822575</v>
+        <v>822574</v>
       </c>
       <c r="C154" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="D154" s="1" t="s">
         <v>550</v>
       </c>
-      <c r="D154" s="1" t="s">
+      <c r="E154" s="2" t="s">
         <v>551</v>
       </c>
-      <c r="E154" s="2" t="s">
+      <c r="F154" s="2" t="s">
         <v>552</v>
       </c>
-      <c r="F154" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G154" s="2">
         <v>0</v>
       </c>
       <c r="H154" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="I154" s="1">
         <v>0</v>
       </c>
       <c r="J154" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K154" s="2" t="str">
         <f>J154*23077.00</f>
         <v>0</v>
       </c>
       <c r="L154" s="5"/>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A155" s="1"/>
       <c r="B155" s="1">
-        <v>822576</v>
+        <v>822575</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>553</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>554</v>
       </c>
       <c r="E155" s="2" t="s">
         <v>555</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="G155" s="2">
         <v>0</v>
       </c>
       <c r="H155" s="2">
         <v>0</v>
       </c>
       <c r="I155" s="1">
         <v>0</v>
       </c>
       <c r="J155" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K155" s="2" t="str">
         <f>J155*23077.00</f>
         <v>0</v>
       </c>
       <c r="L155" s="5"/>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A156" s="1"/>
       <c r="B156" s="1">
-        <v>822577</v>
+        <v>822576</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>556</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>557</v>
       </c>
       <c r="E156" s="2" t="s">
         <v>558</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="G156" s="2">
         <v>0</v>
       </c>
       <c r="H156" s="2">
         <v>0</v>
       </c>
       <c r="I156" s="1">
         <v>0</v>
       </c>
       <c r="J156" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K156" s="2" t="str">
         <f>J156*23077.00</f>
         <v>0</v>
       </c>
       <c r="L156" s="5"/>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A157" s="1"/>
       <c r="B157" s="1">
-        <v>822579</v>
+        <v>822577</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>559</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>560</v>
       </c>
       <c r="E157" s="2" t="s">
         <v>561</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>562</v>
+        <v>552</v>
       </c>
       <c r="G157" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H157" s="2">
         <v>0</v>
       </c>
       <c r="I157" s="1">
         <v>0</v>
       </c>
       <c r="J157" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K157" s="2" t="str">
-        <f>J157*133130.00</f>
+        <f>J157*23077.00</f>
         <v>0</v>
       </c>
       <c r="L157" s="5"/>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A158" s="1"/>
       <c r="B158" s="1">
-        <v>822580</v>
+        <v>822579</v>
       </c>
       <c r="C158" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="D158" s="1" t="s">
         <v>563</v>
       </c>
-      <c r="D158" s="1" t="s">
+      <c r="E158" s="2" t="s">
         <v>564</v>
       </c>
-      <c r="E158" s="2" t="s">
+      <c r="F158" s="2" t="s">
         <v>565</v>
       </c>
-      <c r="F158" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G158" s="2">
         <v>0</v>
       </c>
       <c r="H158" s="2">
         <v>0</v>
       </c>
       <c r="I158" s="1">
         <v>0</v>
       </c>
       <c r="J158" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K158" s="2" t="str">
-        <f>J158*151423.00</f>
+        <f>J158*133130.00</f>
         <v>0</v>
       </c>
       <c r="L158" s="5"/>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A159" s="1"/>
       <c r="B159" s="1">
-        <v>822581</v>
+        <v>822580</v>
       </c>
       <c r="C159" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="D159" s="1" t="s">
         <v>567</v>
       </c>
-      <c r="D159" s="1" t="s">
+      <c r="E159" s="2" t="s">
         <v>568</v>
       </c>
-      <c r="E159" s="2" t="s">
+      <c r="F159" s="2" t="s">
         <v>569</v>
       </c>
-      <c r="F159" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G159" s="2">
         <v>0</v>
       </c>
       <c r="H159" s="2">
         <v>0</v>
       </c>
       <c r="I159" s="1">
         <v>0</v>
       </c>
       <c r="J159" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K159" s="2" t="str">
-        <f>J159*9855.00</f>
+        <f>J159*151423.00</f>
         <v>0</v>
       </c>
       <c r="L159" s="5"/>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A160" s="1"/>
       <c r="B160" s="1">
-        <v>822582</v>
+        <v>822581</v>
       </c>
       <c r="C160" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="D160" s="1" t="s">
         <v>571</v>
       </c>
-      <c r="D160" s="1" t="s">
+      <c r="E160" s="2" t="s">
         <v>572</v>
       </c>
-      <c r="E160" s="2" t="s">
+      <c r="F160" s="2" t="s">
         <v>573</v>
       </c>
-      <c r="F160" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G160" s="2">
         <v>0</v>
       </c>
       <c r="H160" s="2">
         <v>0</v>
       </c>
       <c r="I160" s="1">
         <v>0</v>
       </c>
       <c r="J160" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K160" s="2" t="str">
-        <f>J160*4383.00</f>
+        <f>J160*9855.00</f>
         <v>0</v>
       </c>
       <c r="L160" s="5"/>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A161" s="1"/>
       <c r="B161" s="1">
-        <v>822583</v>
+        <v>822582</v>
       </c>
       <c r="C161" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="D161" s="1" t="s">
         <v>575</v>
       </c>
-      <c r="D161" s="1" t="s">
+      <c r="E161" s="2" t="s">
         <v>576</v>
       </c>
-      <c r="E161" s="2" t="s">
+      <c r="F161" s="2" t="s">
         <v>577</v>
       </c>
-      <c r="F161" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G161" s="2">
         <v>0</v>
       </c>
       <c r="H161" s="2">
         <v>0</v>
       </c>
       <c r="I161" s="1">
         <v>0</v>
       </c>
       <c r="J161" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K161" s="2" t="str">
-        <f>J161*1041.00</f>
+        <f>J161*4383.00</f>
         <v>0</v>
       </c>
       <c r="L161" s="5"/>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A162" s="1"/>
       <c r="B162" s="1">
-        <v>822584</v>
+        <v>822583</v>
       </c>
       <c r="C162" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="D162" s="1" t="s">
         <v>579</v>
       </c>
-      <c r="D162" s="1" t="s">
+      <c r="E162" s="2" t="s">
         <v>580</v>
       </c>
-      <c r="E162" s="2" t="s">
+      <c r="F162" s="2" t="s">
         <v>581</v>
       </c>
-      <c r="F162" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G162" s="2">
         <v>0</v>
       </c>
       <c r="H162" s="2">
         <v>0</v>
       </c>
       <c r="I162" s="1">
         <v>0</v>
       </c>
       <c r="J162" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K162" s="2" t="str">
-        <f>J162*973.00</f>
+        <f>J162*1041.00</f>
         <v>0</v>
       </c>
       <c r="L162" s="5"/>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A163" s="1"/>
       <c r="B163" s="1">
-        <v>824506</v>
+        <v>822584</v>
       </c>
       <c r="C163" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="D163" s="1" t="s">
         <v>583</v>
       </c>
-      <c r="D163" s="1" t="s">
+      <c r="E163" s="2" t="s">
         <v>584</v>
       </c>
-      <c r="E163" s="2" t="s">
+      <c r="F163" s="2" t="s">
         <v>585</v>
       </c>
-      <c r="F163" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G163" s="2">
         <v>0</v>
       </c>
       <c r="H163" s="2">
         <v>0</v>
       </c>
       <c r="I163" s="1">
         <v>0</v>
       </c>
       <c r="J163" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K163" s="2" t="str">
-        <f>J163*23077.00</f>
+        <f>J163*973.00</f>
         <v>0</v>
       </c>
       <c r="L163" s="5"/>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A164" s="1"/>
       <c r="B164" s="1">
-        <v>824504</v>
+        <v>824506</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>586</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>587</v>
       </c>
       <c r="E164" s="2" t="s">
         <v>588</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>589</v>
+        <v>552</v>
       </c>
       <c r="G164" s="2">
         <v>0</v>
       </c>
       <c r="H164" s="2">
         <v>0</v>
       </c>
       <c r="I164" s="1">
         <v>0</v>
       </c>
       <c r="J164" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K164" s="2" t="str">
-        <f>J164*46357.00</f>
+        <f>J164*23077.00</f>
         <v>0</v>
       </c>
       <c r="L164" s="5"/>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A165" s="1"/>
       <c r="B165" s="1">
-        <v>824505</v>
+        <v>824504</v>
       </c>
       <c r="C165" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D165" s="1" t="s">
         <v>590</v>
       </c>
-      <c r="D165" s="1" t="s">
+      <c r="E165" s="2" t="s">
         <v>591</v>
       </c>
-      <c r="E165" s="2" t="s">
+      <c r="F165" s="2" t="s">
         <v>592</v>
       </c>
-      <c r="F165" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G165" s="2">
         <v>0</v>
       </c>
       <c r="H165" s="2">
         <v>0</v>
       </c>
       <c r="I165" s="1">
         <v>0</v>
       </c>
       <c r="J165" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K165" s="2" t="str">
-        <f>J165*47852.00</f>
+        <f>J165*46357.00</f>
         <v>0</v>
       </c>
       <c r="L165" s="5"/>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A166" s="1"/>
       <c r="B166" s="1">
-        <v>825520</v>
+        <v>824505</v>
       </c>
       <c r="C166" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="D166" s="1" t="s">
         <v>594</v>
-      </c>
-[...1 lines deleted...]
-        <v>2738</v>
       </c>
       <c r="E166" s="2" t="s">
         <v>595</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>596</v>
       </c>
       <c r="G166" s="2">
         <v>0</v>
       </c>
       <c r="H166" s="2">
         <v>0</v>
       </c>
       <c r="I166" s="1">
         <v>0</v>
       </c>
       <c r="J166" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K166" s="2" t="str">
-        <f>J166*944.00</f>
+        <f>J166*47852.00</f>
         <v>0</v>
       </c>
       <c r="L166" s="5"/>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A167" s="1"/>
       <c r="B167" s="1">
-        <v>825521</v>
+        <v>825520</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>597</v>
       </c>
-      <c r="D167" s="1" t="s">
+      <c r="D167" s="1">
+        <v>2738</v>
+      </c>
+      <c r="E167" s="2" t="s">
         <v>598</v>
       </c>
-      <c r="E167" s="2" t="s">
+      <c r="F167" s="2" t="s">
         <v>599</v>
       </c>
-      <c r="F167" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G167" s="2">
         <v>0</v>
       </c>
       <c r="H167" s="2">
         <v>0</v>
       </c>
       <c r="I167" s="1">
         <v>0</v>
       </c>
       <c r="J167" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K167" s="2" t="str">
-        <f>J167*11540.00</f>
+        <f>J167*944.00</f>
         <v>0</v>
       </c>
       <c r="L167" s="5"/>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A168" s="1"/>
       <c r="B168" s="1">
-        <v>825522</v>
+        <v>825521</v>
       </c>
       <c r="C168" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="D168" s="1" t="s">
         <v>601</v>
       </c>
-      <c r="D168" s="1" t="s">
+      <c r="E168" s="2" t="s">
         <v>602</v>
       </c>
-      <c r="E168" s="2" t="s">
+      <c r="F168" s="2" t="s">
         <v>603</v>
       </c>
-      <c r="F168" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G168" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H168" s="2">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="I168" s="1">
         <v>0</v>
       </c>
       <c r="J168" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K168" s="2" t="str">
-        <f>J168*10368.00</f>
+        <f>J168*11540.00</f>
         <v>0</v>
       </c>
       <c r="L168" s="5"/>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A169" s="1"/>
       <c r="B169" s="1">
-        <v>825523</v>
+        <v>825522</v>
       </c>
       <c r="C169" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="D169" s="1" t="s">
         <v>605</v>
       </c>
-      <c r="D169" s="1" t="s">
+      <c r="E169" s="2" t="s">
         <v>606</v>
       </c>
-      <c r="E169" s="2" t="s">
+      <c r="F169" s="2" t="s">
         <v>607</v>
-      </c>
-[...1 lines deleted...]
-        <v>608</v>
       </c>
       <c r="G169" s="2">
         <v>1</v>
       </c>
       <c r="H169" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I169" s="1">
         <v>0</v>
       </c>
       <c r="J169" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K169" s="2" t="str">
-        <f>J169*9907.00</f>
+        <f>J169*10368.00</f>
         <v>0</v>
       </c>
       <c r="L169" s="5"/>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A170" s="1"/>
       <c r="B170" s="1">
-        <v>825524</v>
+        <v>825523</v>
       </c>
       <c r="C170" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D170" s="1" t="s">
         <v>609</v>
       </c>
-      <c r="D170" s="1" t="s">
+      <c r="E170" s="2" t="s">
         <v>610</v>
       </c>
-      <c r="E170" s="2" t="s">
+      <c r="F170" s="2" t="s">
         <v>611</v>
-      </c>
-[...1 lines deleted...]
-        <v>608</v>
       </c>
       <c r="G170" s="2">
         <v>1</v>
       </c>
       <c r="H170" s="2">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="I170" s="1">
         <v>0</v>
       </c>
       <c r="J170" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K170" s="2" t="str">
         <f>J170*9907.00</f>
         <v>0</v>
       </c>
       <c r="L170" s="5"/>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A171" s="1"/>
       <c r="B171" s="1">
-        <v>825525</v>
+        <v>825524</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>612</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>613</v>
       </c>
       <c r="E171" s="2" t="s">
         <v>614</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="G171" s="2">
         <v>1</v>
       </c>
-      <c r="H171" s="2">
-        <v>0</v>
+      <c r="H171" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="I171" s="1">
         <v>0</v>
       </c>
       <c r="J171" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K171" s="2" t="str">
         <f>J171*9907.00</f>
         <v>0</v>
       </c>
       <c r="L171" s="5"/>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A172" s="1"/>
       <c r="B172" s="1">
-        <v>825526</v>
+        <v>825525</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>615</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>616</v>
       </c>
       <c r="E172" s="2" t="s">
         <v>617</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="G172" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H172" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="I172" s="1">
         <v>0</v>
       </c>
       <c r="J172" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K172" s="2" t="str">
         <f>J172*9907.00</f>
         <v>0</v>
       </c>
       <c r="L172" s="5"/>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A173" s="1"/>
       <c r="B173" s="1">
-        <v>836279</v>
+        <v>825526</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>618</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>619</v>
       </c>
       <c r="E173" s="2" t="s">
         <v>620</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>621</v>
+        <v>611</v>
       </c>
       <c r="G173" s="2">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>1</v>
+      </c>
+      <c r="H173" s="2">
+        <v>0</v>
       </c>
       <c r="I173" s="1">
         <v>0</v>
       </c>
       <c r="J173" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K173" s="2" t="str">
-        <f>J173*11328.00</f>
+        <f>J173*9907.00</f>
         <v>0</v>
       </c>
       <c r="L173" s="5"/>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A174" s="1"/>
       <c r="B174" s="1">
-        <v>836280</v>
+        <v>836279</v>
       </c>
       <c r="C174" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="D174" s="1" t="s">
         <v>622</v>
       </c>
-      <c r="D174" s="1" t="s">
+      <c r="E174" s="2" t="s">
         <v>623</v>
       </c>
-      <c r="E174" s="2" t="s">
+      <c r="F174" s="2" t="s">
         <v>624</v>
-      </c>
-[...1 lines deleted...]
-        <v>625</v>
       </c>
       <c r="G174" s="2">
         <v>0</v>
       </c>
       <c r="H174" s="2">
         <v>6</v>
       </c>
       <c r="I174" s="1">
         <v>0</v>
       </c>
       <c r="J174" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K174" s="2" t="str">
-        <f>J174*18635.00</f>
+        <f>J174*11328.00</f>
         <v>0</v>
       </c>
       <c r="L174" s="5"/>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A175" s="1"/>
       <c r="B175" s="1">
-        <v>836281</v>
+        <v>836280</v>
       </c>
       <c r="C175" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="D175" s="1" t="s">
         <v>626</v>
       </c>
-      <c r="D175" s="1" t="s">
+      <c r="E175" s="2" t="s">
         <v>627</v>
       </c>
-      <c r="E175" s="2" t="s">
+      <c r="F175" s="2" t="s">
         <v>628</v>
       </c>
-      <c r="F175" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G175" s="2">
         <v>0</v>
       </c>
-      <c r="H175" s="2">
-        <v>0</v>
+      <c r="H175" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="I175" s="1">
         <v>0</v>
       </c>
       <c r="J175" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K175" s="2" t="str">
-        <f>J175*20768.00</f>
+        <f>J175*18635.00</f>
         <v>0</v>
       </c>
       <c r="L175" s="5"/>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A176" s="1"/>
       <c r="B176" s="1">
-        <v>868510</v>
+        <v>836281</v>
       </c>
       <c r="C176" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="D176" s="1" t="s">
         <v>630</v>
-      </c>
-[...1 lines deleted...]
-        <v>32573</v>
       </c>
       <c r="E176" s="2" t="s">
         <v>631</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>632</v>
       </c>
       <c r="G176" s="2">
         <v>0</v>
       </c>
-      <c r="H176" s="2">
-        <v>1</v>
+      <c r="H176" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="I176" s="1">
         <v>0</v>
       </c>
       <c r="J176" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K176" s="2" t="str">
-        <f>J176*10253.00</f>
+        <f>J176*20768.00</f>
         <v>0</v>
       </c>
       <c r="L176" s="5"/>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A177" s="1"/>
       <c r="B177" s="1">
-        <v>873793</v>
+        <v>868510</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>633</v>
       </c>
-      <c r="D177" s="1" t="s">
+      <c r="D177" s="1">
+        <v>32573</v>
+      </c>
+      <c r="E177" s="2" t="s">
         <v>634</v>
       </c>
-      <c r="E177" s="2" t="s">
+      <c r="F177" s="2" t="s">
         <v>635</v>
       </c>
-      <c r="F177" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G177" s="2">
         <v>0</v>
       </c>
       <c r="H177" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I177" s="1">
         <v>0</v>
       </c>
       <c r="J177" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K177" s="2" t="str">
-        <f>J177*5095.00</f>
+        <f>J177*10253.00</f>
         <v>0</v>
       </c>
       <c r="L177" s="5"/>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A178" s="1"/>
       <c r="B178" s="1">
-        <v>873794</v>
+        <v>873793</v>
       </c>
       <c r="C178" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="D178" s="1" t="s">
         <v>637</v>
       </c>
-      <c r="D178" s="1" t="s">
+      <c r="E178" s="2" t="s">
         <v>638</v>
       </c>
-      <c r="E178" s="2" t="s">
+      <c r="F178" s="2" t="s">
         <v>639</v>
       </c>
-      <c r="F178" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G178" s="2">
         <v>0</v>
       </c>
       <c r="H178" s="2">
         <v>0</v>
       </c>
       <c r="I178" s="1">
         <v>0</v>
       </c>
       <c r="J178" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K178" s="2" t="str">
-        <f>J178*7338.00</f>
+        <f>J178*5095.00</f>
         <v>0</v>
       </c>
       <c r="L178" s="5"/>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A179" s="1"/>
       <c r="B179" s="1">
-        <v>877710</v>
+        <v>873794</v>
       </c>
       <c r="C179" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="D179" s="1" t="s">
         <v>641</v>
-      </c>
-[...1 lines deleted...]
-        <v>570175</v>
       </c>
       <c r="E179" s="2" t="s">
         <v>642</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>643</v>
       </c>
       <c r="G179" s="2">
         <v>0</v>
       </c>
       <c r="H179" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I179" s="1">
         <v>0</v>
       </c>
       <c r="J179" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K179" s="2" t="str">
-        <f>J179*99110.00</f>
+        <f>J179*7338.00</f>
         <v>0</v>
       </c>
       <c r="L179" s="5"/>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A180" s="1"/>
       <c r="B180" s="1">
-        <v>885495</v>
+        <v>877710</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>644</v>
       </c>
       <c r="D180" s="1">
-        <v>23935</v>
+        <v>570175</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>645</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>646</v>
       </c>
       <c r="G180" s="2">
         <v>0</v>
       </c>
       <c r="H180" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I180" s="1">
         <v>0</v>
       </c>
       <c r="J180" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K180" s="2" t="str">
-        <f>J180*5945.00</f>
+        <f>J180*99110.00</f>
         <v>0</v>
       </c>
       <c r="L180" s="5"/>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A181" s="1"/>
       <c r="B181" s="1">
-        <v>885496</v>
+        <v>885495</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>647</v>
       </c>
       <c r="D181" s="1">
-        <v>23976</v>
+        <v>23935</v>
       </c>
       <c r="E181" s="2" t="s">
         <v>648</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>649</v>
       </c>
       <c r="G181" s="2">
         <v>0</v>
       </c>
       <c r="H181" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I181" s="1">
         <v>0</v>
       </c>
       <c r="J181" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K181" s="2" t="str">
-        <f>J181*10020.00</f>
+        <f>J181*5945.00</f>
         <v>0</v>
       </c>
       <c r="L181" s="5"/>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A182" s="1"/>
       <c r="B182" s="1">
-        <v>885500</v>
+        <v>885496</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>650</v>
       </c>
       <c r="D182" s="1">
-        <v>23992</v>
+        <v>23976</v>
       </c>
       <c r="E182" s="2" t="s">
         <v>651</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>652</v>
       </c>
       <c r="G182" s="2">
         <v>0</v>
       </c>
       <c r="H182" s="2">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I182" s="1">
         <v>0</v>
       </c>
       <c r="J182" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K182" s="2" t="str">
-        <f>J182*933.00</f>
+        <f>J182*10020.00</f>
         <v>0</v>
       </c>
       <c r="L182" s="5"/>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A183" s="1"/>
       <c r="B183" s="1">
-        <v>890099</v>
+        <v>885500</v>
       </c>
       <c r="C183" s="1" t="s">
         <v>653</v>
       </c>
-      <c r="D183" s="1" t="s">
+      <c r="D183" s="1">
+        <v>23992</v>
+      </c>
+      <c r="E183" s="2" t="s">
         <v>654</v>
       </c>
-      <c r="E183" s="2" t="s">
+      <c r="F183" s="2" t="s">
         <v>655</v>
       </c>
-      <c r="F183" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G183" s="2">
         <v>0</v>
       </c>
       <c r="H183" s="2">
         <v>0</v>
       </c>
       <c r="I183" s="1">
         <v>0</v>
       </c>
       <c r="J183" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K183" s="2" t="str">
-        <f>J183*135900.00</f>
+        <f>J183*933.00</f>
         <v>0</v>
       </c>
       <c r="L183" s="5"/>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A184" s="1"/>
       <c r="B184" s="1">
-        <v>890100</v>
+        <v>890099</v>
       </c>
       <c r="C184" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="D184" s="1" t="s">
         <v>657</v>
       </c>
-      <c r="D184" s="1" t="s">
+      <c r="E184" s="2" t="s">
         <v>658</v>
       </c>
-      <c r="E184" s="2" t="s">
+      <c r="F184" s="2" t="s">
         <v>659</v>
       </c>
-      <c r="F184" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G184" s="2">
         <v>0</v>
       </c>
       <c r="H184" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I184" s="1">
         <v>0</v>
       </c>
       <c r="J184" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K184" s="2" t="str">
-        <f>J184*38275.00</f>
+        <f>J184*135900.00</f>
         <v>0</v>
       </c>
       <c r="L184" s="5"/>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A185" s="1"/>
       <c r="B185" s="1">
-        <v>890101</v>
+        <v>890100</v>
       </c>
       <c r="C185" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="D185" s="1" t="s">
         <v>661</v>
       </c>
-      <c r="D185" s="1" t="s">
+      <c r="E185" s="2" t="s">
         <v>662</v>
       </c>
-      <c r="E185" s="2" t="s">
+      <c r="F185" s="2" t="s">
         <v>663</v>
       </c>
-      <c r="F185" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G185" s="2">
         <v>0</v>
       </c>
       <c r="H185" s="2">
         <v>0</v>
       </c>
       <c r="I185" s="1">
         <v>0</v>
       </c>
       <c r="J185" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K185" s="2" t="str">
-        <f>J185*40550.00</f>
+        <f>J185*38275.00</f>
         <v>0</v>
       </c>
       <c r="L185" s="5"/>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A186" s="1"/>
       <c r="B186" s="1">
+        <v>890101</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="E186" s="2" t="s">
+        <v>666</v>
+      </c>
+      <c r="F186" s="2" t="s">
+        <v>667</v>
+      </c>
+      <c r="G186" s="2">
+        <v>0</v>
+      </c>
+      <c r="H186" s="2">
+        <v>2</v>
+      </c>
+      <c r="I186" s="1">
+        <v>0</v>
+      </c>
+      <c r="J186" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K186" s="2" t="str">
+        <f>J186*40550.00</f>
+        <v>0</v>
+      </c>
+      <c r="L186" s="5"/>
+    </row>
+    <row r="187" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A187" s="1"/>
+      <c r="B187" s="1">
         <v>834772</v>
       </c>
-      <c r="C186" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F186" s="2" t="s">
+      <c r="C187" s="1" t="s">
         <v>668</v>
       </c>
-      <c r="G186" s="2">
-[...2 lines deleted...]
-      <c r="H186" s="2" t="s">
+      <c r="D187" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="E187" s="2" t="s">
+        <v>670</v>
+      </c>
+      <c r="F187" s="2" t="s">
+        <v>671</v>
+      </c>
+      <c r="G187" s="2">
+        <v>0</v>
+      </c>
+      <c r="H187" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I186" s="1">
-[...24 lines deleted...]
-      <c r="K187" s="8"/>
+      <c r="I187" s="1">
+        <v>0</v>
+      </c>
+      <c r="J187" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K187" s="2" t="str">
+        <f>J187*75953.00</f>
+        <v>0</v>
+      </c>
       <c r="L187" s="5"/>
     </row>
-    <row r="188" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...10 lines deleted...]
-      <c r="E188" s="2" t="s">
+    <row r="188" spans="1:12" outlineLevel="2">
+      <c r="A188" s="8" t="s">
         <v>672</v>
       </c>
-      <c r="F188" s="2" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="B188" s="8"/>
+      <c r="C188" s="8"/>
+      <c r="D188" s="8"/>
+      <c r="E188" s="8"/>
+      <c r="F188" s="8"/>
+      <c r="G188" s="8"/>
+      <c r="H188" s="8"/>
+      <c r="I188" s="8"/>
+      <c r="J188" s="8"/>
+      <c r="K188" s="8"/>
       <c r="L188" s="5"/>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A189" s="1"/>
       <c r="B189" s="1">
-        <v>826972</v>
+        <v>822586</v>
       </c>
       <c r="C189" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="D189" s="1" t="s">
         <v>674</v>
       </c>
-      <c r="D189" s="1" t="s">
+      <c r="E189" s="2" t="s">
         <v>675</v>
       </c>
-      <c r="E189" s="2" t="s">
+      <c r="F189" s="2" t="s">
         <v>676</v>
       </c>
-      <c r="F189" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G189" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H189" s="2">
         <v>0</v>
       </c>
       <c r="I189" s="1">
         <v>0</v>
       </c>
       <c r="J189" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K189" s="2" t="str">
-        <f>J189*3303.52</f>
+        <f>J189*966.88</f>
         <v>0</v>
       </c>
       <c r="L189" s="5"/>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A190" s="1"/>
       <c r="B190" s="1">
-        <v>829343</v>
+        <v>826972</v>
       </c>
       <c r="C190" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="D190" s="1" t="s">
         <v>678</v>
       </c>
-      <c r="D190" s="1" t="s">
+      <c r="E190" s="2" t="s">
         <v>679</v>
       </c>
-      <c r="E190" s="2" t="s">
+      <c r="F190" s="2" t="s">
         <v>680</v>
       </c>
-      <c r="F190" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G190" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H190" s="2">
         <v>0</v>
       </c>
       <c r="I190" s="1">
         <v>0</v>
       </c>
       <c r="J190" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K190" s="2" t="str">
-        <f>J190*100932.81</f>
+        <f>J190*3302.25</f>
         <v>0</v>
       </c>
       <c r="L190" s="5"/>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A191" s="1"/>
       <c r="B191" s="1">
-        <v>829344</v>
+        <v>829343</v>
       </c>
       <c r="C191" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="D191" s="1" t="s">
         <v>682</v>
       </c>
-      <c r="D191" s="1" t="s">
+      <c r="E191" s="2" t="s">
         <v>683</v>
       </c>
-      <c r="E191" s="2" t="s">
+      <c r="F191" s="2" t="s">
         <v>684</v>
       </c>
-      <c r="F191" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G191" s="2">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="H191" s="2">
         <v>0</v>
       </c>
       <c r="I191" s="1">
         <v>0</v>
       </c>
       <c r="J191" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K191" s="2" t="str">
-        <f>J191*6413.58</f>
+        <f>J191*106650.78</f>
         <v>0</v>
       </c>
       <c r="L191" s="5"/>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A192" s="1"/>
       <c r="B192" s="1">
-        <v>829345</v>
+        <v>829344</v>
       </c>
       <c r="C192" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="D192" s="1" t="s">
         <v>686</v>
       </c>
-      <c r="D192" s="1" t="s">
+      <c r="E192" s="2" t="s">
         <v>687</v>
       </c>
-      <c r="E192" s="2" t="s">
+      <c r="F192" s="2" t="s">
         <v>688</v>
       </c>
-      <c r="F192" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G192" s="2">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="H192" s="2">
         <v>0</v>
       </c>
       <c r="I192" s="1">
         <v>0</v>
       </c>
       <c r="J192" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K192" s="2" t="str">
-        <f>J192*6413.58</f>
+        <f>J192*6411.13</f>
         <v>0</v>
       </c>
       <c r="L192" s="5"/>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A193" s="1"/>
       <c r="B193" s="1">
-        <v>829346</v>
+        <v>829345</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>689</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>690</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>691</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>692</v>
+        <v>688</v>
       </c>
       <c r="G193" s="2">
         <v>4</v>
       </c>
       <c r="H193" s="2">
         <v>0</v>
       </c>
       <c r="I193" s="1">
         <v>0</v>
       </c>
       <c r="J193" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K193" s="2" t="str">
-        <f>J193*6421.02</f>
+        <f>J193*6411.13</f>
         <v>0</v>
       </c>
       <c r="L193" s="5"/>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A194" s="1"/>
       <c r="B194" s="1">
-        <v>829347</v>
+        <v>829346</v>
       </c>
       <c r="C194" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="D194" s="1" t="s">
         <v>693</v>
       </c>
-      <c r="D194" s="1" t="s">
+      <c r="E194" s="2" t="s">
         <v>694</v>
       </c>
-      <c r="E194" s="2" t="s">
+      <c r="F194" s="2" t="s">
         <v>695</v>
       </c>
-      <c r="F194" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G194" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H194" s="2">
         <v>0</v>
       </c>
       <c r="I194" s="1">
         <v>0</v>
       </c>
       <c r="J194" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K194" s="2" t="str">
-        <f>J194*6421.02</f>
+        <f>J194*6418.56</f>
         <v>0</v>
       </c>
       <c r="L194" s="5"/>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A195" s="1"/>
       <c r="B195" s="1">
-        <v>832499</v>
+        <v>829347</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>696</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>697</v>
       </c>
       <c r="E195" s="2" t="s">
         <v>698</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>699</v>
+        <v>695</v>
       </c>
       <c r="G195" s="2">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H195" s="2">
         <v>0</v>
       </c>
       <c r="I195" s="1">
         <v>0</v>
       </c>
       <c r="J195" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K195" s="2" t="str">
-        <f>J195*76171.33</f>
+        <f>J195*6418.56</f>
         <v>0</v>
       </c>
       <c r="L195" s="5"/>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A196" s="1"/>
       <c r="B196" s="1">
-        <v>837120</v>
+        <v>832499</v>
       </c>
       <c r="C196" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="D196" s="1" t="s">
         <v>700</v>
       </c>
-      <c r="D196" s="1" t="s">
+      <c r="E196" s="2" t="s">
         <v>701</v>
       </c>
-      <c r="E196" s="2" t="s">
+      <c r="F196" s="2" t="s">
         <v>702</v>
       </c>
-      <c r="F196" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G196" s="2">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="H196" s="2">
         <v>0</v>
       </c>
       <c r="I196" s="1">
         <v>0</v>
       </c>
       <c r="J196" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K196" s="2" t="str">
-        <f>J196*6413.58</f>
+        <f>J196*76142.15</f>
         <v>0</v>
       </c>
       <c r="L196" s="5"/>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A197" s="1"/>
       <c r="B197" s="1">
-        <v>882876</v>
+        <v>837120</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>703</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>704</v>
       </c>
       <c r="E197" s="2" t="s">
         <v>705</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>706</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>688</v>
+      </c>
+      <c r="G197" s="2">
+        <v>3</v>
       </c>
       <c r="H197" s="2">
         <v>0</v>
       </c>
       <c r="I197" s="1">
         <v>0</v>
       </c>
       <c r="J197" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K197" s="2" t="str">
-        <f>J197*1013.38</f>
+        <f>J197*6411.13</f>
         <v>0</v>
       </c>
       <c r="L197" s="5"/>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A198" s="1"/>
       <c r="B198" s="1">
-        <v>882877</v>
+        <v>882876</v>
       </c>
       <c r="C198" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="D198" s="1" t="s">
         <v>707</v>
       </c>
-      <c r="D198" s="1" t="s">
+      <c r="E198" s="2" t="s">
         <v>708</v>
       </c>
-      <c r="E198" s="2" t="s">
+      <c r="F198" s="2" t="s">
         <v>709</v>
       </c>
-      <c r="F198" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G198" s="2">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="H198" s="2">
         <v>0</v>
       </c>
       <c r="I198" s="1">
         <v>0</v>
       </c>
       <c r="J198" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K198" s="2" t="str">
-        <f>J198*1188.97</f>
+        <f>J198*1007.04</f>
         <v>0</v>
       </c>
       <c r="L198" s="5"/>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A199" s="1"/>
       <c r="B199" s="1">
-        <v>882878</v>
+        <v>882877</v>
       </c>
       <c r="C199" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="D199" s="1" t="s">
         <v>711</v>
       </c>
-      <c r="D199" s="1" t="s">
+      <c r="E199" s="2" t="s">
         <v>712</v>
       </c>
-      <c r="E199" s="2" t="s">
+      <c r="F199" s="2" t="s">
         <v>713</v>
       </c>
-      <c r="F199" s="2" t="s">
-[...3 lines deleted...]
-        <v>4</v>
+      <c r="G199" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H199" s="2">
         <v>0</v>
       </c>
       <c r="I199" s="1">
         <v>0</v>
       </c>
       <c r="J199" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K199" s="2" t="str">
-        <f>J199*2055.02</f>
+        <f>J199*1181.08</f>
         <v>0</v>
       </c>
       <c r="L199" s="5"/>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A200" s="1"/>
       <c r="B200" s="1">
-        <v>882879</v>
+        <v>882878</v>
       </c>
       <c r="C200" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="D200" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="D200" s="1" t="s">
+      <c r="E200" s="2" t="s">
         <v>716</v>
       </c>
-      <c r="E200" s="2" t="s">
+      <c r="F200" s="2" t="s">
         <v>717</v>
       </c>
-      <c r="F200" s="2" t="s">
-[...3 lines deleted...]
-        <v>41</v>
+      <c r="G200" s="2">
+        <v>2</v>
       </c>
       <c r="H200" s="2">
         <v>0</v>
       </c>
       <c r="I200" s="1">
         <v>0</v>
       </c>
       <c r="J200" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K200" s="2" t="str">
-        <f>J200*197.91</f>
+        <f>J200*2034.90</f>
         <v>0</v>
       </c>
       <c r="L200" s="5"/>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A201" s="1"/>
       <c r="B201" s="1">
-        <v>882904</v>
+        <v>882879</v>
       </c>
       <c r="C201" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="D201" s="1" t="s">
         <v>719</v>
       </c>
-      <c r="D201" s="1" t="s">
+      <c r="E201" s="2" t="s">
         <v>720</v>
       </c>
-      <c r="E201" s="2" t="s">
+      <c r="F201" s="2" t="s">
         <v>721</v>
       </c>
-      <c r="F201" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G201" s="2" t="s">
+        <v>32</v>
       </c>
       <c r="H201" s="2">
         <v>0</v>
       </c>
       <c r="I201" s="1">
         <v>0</v>
       </c>
       <c r="J201" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K201" s="2" t="str">
-        <f>J201*11057.85</f>
+        <f>J201*197.84</f>
         <v>0</v>
       </c>
       <c r="L201" s="5"/>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A202" s="1"/>
       <c r="B202" s="1">
-        <v>882905</v>
+        <v>882904</v>
       </c>
       <c r="C202" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="D202" s="1" t="s">
         <v>723</v>
       </c>
-      <c r="D202" s="1" t="s">
+      <c r="E202" s="2" t="s">
         <v>724</v>
       </c>
-      <c r="E202" s="2" t="s">
+      <c r="F202" s="2" t="s">
         <v>725</v>
       </c>
-      <c r="F202" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G202" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H202" s="2">
         <v>0</v>
       </c>
       <c r="I202" s="1">
         <v>0</v>
       </c>
       <c r="J202" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K202" s="2" t="str">
-        <f>J202*11057.85</f>
+        <f>J202*11056.59</f>
         <v>0</v>
       </c>
       <c r="L202" s="5"/>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A203" s="1"/>
       <c r="B203" s="1">
-        <v>882906</v>
+        <v>882905</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>726</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>727</v>
       </c>
       <c r="E203" s="2" t="s">
         <v>728</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>692</v>
+        <v>725</v>
       </c>
       <c r="G203" s="2">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H203" s="2">
         <v>0</v>
       </c>
       <c r="I203" s="1">
         <v>0</v>
       </c>
       <c r="J203" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K203" s="2" t="str">
-        <f>J203*6421.02</f>
+        <f>J203*11056.59</f>
         <v>0</v>
       </c>
       <c r="L203" s="5"/>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A204" s="1"/>
       <c r="B204" s="1">
-        <v>884713</v>
+        <v>882906</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>729</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>730</v>
       </c>
       <c r="E204" s="2" t="s">
         <v>731</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>732</v>
+        <v>695</v>
       </c>
       <c r="G204" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H204" s="2">
         <v>0</v>
       </c>
       <c r="I204" s="1">
         <v>0</v>
       </c>
       <c r="J204" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K204" s="2" t="str">
-        <f>J204*115826.90</f>
+        <f>J204*6418.56</f>
         <v>0</v>
       </c>
       <c r="L204" s="5"/>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A205" s="1"/>
       <c r="B205" s="1">
+        <v>884713</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="E205" s="2" t="s">
+        <v>734</v>
+      </c>
+      <c r="F205" s="2" t="s">
+        <v>735</v>
+      </c>
+      <c r="G205" s="2">
+        <v>1</v>
+      </c>
+      <c r="H205" s="2">
+        <v>0</v>
+      </c>
+      <c r="I205" s="1">
+        <v>0</v>
+      </c>
+      <c r="J205" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K205" s="2" t="str">
+        <f>J205*123227.48</f>
+        <v>0</v>
+      </c>
+      <c r="L205" s="5"/>
+    </row>
+    <row r="206" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A206" s="1"/>
+      <c r="B206" s="1">
         <v>884714</v>
       </c>
-      <c r="C205" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F205" s="2" t="s">
+      <c r="C206" s="1" t="s">
         <v>736</v>
       </c>
-      <c r="G205" s="2">
+      <c r="D206" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="E206" s="2" t="s">
+        <v>738</v>
+      </c>
+      <c r="F206" s="2" t="s">
+        <v>739</v>
+      </c>
+      <c r="G206" s="2">
         <v>3</v>
       </c>
-      <c r="H205" s="2">
-[...27 lines deleted...]
-      <c r="K206" s="8"/>
+      <c r="H206" s="2">
+        <v>0</v>
+      </c>
+      <c r="I206" s="1">
+        <v>0</v>
+      </c>
+      <c r="J206" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K206" s="2" t="str">
+        <f>J206*116509.93</f>
+        <v>0</v>
+      </c>
       <c r="L206" s="5"/>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A207" s="1"/>
       <c r="B207" s="1">
-        <v>822587</v>
+        <v>954095</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>738</v>
-[...1 lines deleted...]
-      <c r="D207" s="1"/>
+        <v>740</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>741</v>
+      </c>
       <c r="E207" s="2" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="G207" s="2">
         <v>0</v>
       </c>
       <c r="H207" s="2">
         <v>0</v>
       </c>
       <c r="I207" s="1">
         <v>0</v>
       </c>
       <c r="J207" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K207" s="2" t="str">
-        <f>J207*29.07</f>
+        <f>J207*8469.83</f>
         <v>0</v>
       </c>
       <c r="L207" s="5"/>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A208" s="1"/>
       <c r="B208" s="1">
-        <v>822588</v>
+        <v>954096</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>741</v>
-[...1 lines deleted...]
-      <c r="D208" s="1"/>
+        <v>744</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>745</v>
+      </c>
       <c r="E208" s="2" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
       <c r="G208" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H208" s="2">
         <v>0</v>
       </c>
       <c r="I208" s="1">
         <v>0</v>
       </c>
       <c r="J208" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K208" s="2" t="str">
-        <f>J208*28.56</f>
+        <f>J208*5009.90</f>
         <v>0</v>
       </c>
       <c r="L208" s="5"/>
     </row>
-    <row r="209" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...29 lines deleted...]
-      </c>
+    <row r="209" spans="1:12" outlineLevel="2">
+      <c r="A209" s="8" t="s">
+        <v>748</v>
+      </c>
+      <c r="B209" s="8"/>
+      <c r="C209" s="8"/>
+      <c r="D209" s="8"/>
+      <c r="E209" s="8"/>
+      <c r="F209" s="8"/>
+      <c r="G209" s="8"/>
+      <c r="H209" s="8"/>
+      <c r="I209" s="8"/>
+      <c r="J209" s="8"/>
+      <c r="K209" s="8"/>
       <c r="L209" s="5"/>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A210" s="1"/>
       <c r="B210" s="1">
-        <v>822590</v>
+        <v>822587</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="D210" s="1"/>
       <c r="E210" s="2" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="G210" s="2">
         <v>0</v>
       </c>
       <c r="H210" s="2">
         <v>0</v>
       </c>
       <c r="I210" s="1">
         <v>0</v>
       </c>
       <c r="J210" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K210" s="2" t="str">
-        <f>J210*37.91</f>
+        <f>J210*29.07</f>
         <v>0</v>
       </c>
       <c r="L210" s="5"/>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A211" s="1"/>
       <c r="B211" s="1">
-        <v>822591</v>
+        <v>822588</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="D211" s="1"/>
       <c r="E211" s="2" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="G211" s="2">
         <v>0</v>
       </c>
       <c r="H211" s="2">
         <v>0</v>
       </c>
       <c r="I211" s="1">
         <v>0</v>
       </c>
       <c r="J211" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K211" s="2" t="str">
-        <f>J211*39.78</f>
+        <f>J211*28.56</f>
         <v>0</v>
       </c>
       <c r="L211" s="5"/>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A212" s="1"/>
       <c r="B212" s="1">
-        <v>822592</v>
+        <v>822589</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="D212" s="1"/>
       <c r="E212" s="2" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="G212" s="2">
         <v>0</v>
       </c>
       <c r="H212" s="2">
         <v>0</v>
       </c>
       <c r="I212" s="1">
         <v>0</v>
       </c>
       <c r="J212" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K212" s="2" t="str">
-        <f>J212*41.65</f>
+        <f>J212*36.72</f>
         <v>0</v>
       </c>
       <c r="L212" s="5"/>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A213" s="1"/>
       <c r="B213" s="1">
-        <v>822593</v>
+        <v>822590</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="D213" s="1"/>
       <c r="E213" s="2" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="G213" s="2">
         <v>0</v>
       </c>
       <c r="H213" s="2">
         <v>0</v>
       </c>
       <c r="I213" s="1">
         <v>0</v>
       </c>
       <c r="J213" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K213" s="2" t="str">
-        <f>J213*50.32</f>
+        <f>J213*37.91</f>
         <v>0</v>
       </c>
       <c r="L213" s="5"/>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A214" s="1"/>
       <c r="B214" s="1">
-        <v>822594</v>
+        <v>822591</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="D214" s="1"/>
       <c r="E214" s="2" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="G214" s="2">
         <v>0</v>
       </c>
       <c r="H214" s="2">
         <v>0</v>
       </c>
       <c r="I214" s="1">
         <v>0</v>
       </c>
       <c r="J214" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K214" s="2" t="str">
-        <f>J214*48.11</f>
+        <f>J214*39.78</f>
         <v>0</v>
       </c>
       <c r="L214" s="5"/>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A215" s="1"/>
       <c r="B215" s="1">
-        <v>822595</v>
+        <v>822592</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="D215" s="1"/>
       <c r="E215" s="2" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="G215" s="2">
         <v>0</v>
       </c>
       <c r="H215" s="2">
         <v>0</v>
       </c>
       <c r="I215" s="1">
         <v>0</v>
       </c>
       <c r="J215" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K215" s="2" t="str">
-        <f>J215*43.01</f>
+        <f>J215*41.65</f>
         <v>0</v>
       </c>
       <c r="L215" s="5"/>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A216" s="1"/>
       <c r="B216" s="1">
-        <v>822596</v>
+        <v>822593</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="D216" s="1"/>
       <c r="E216" s="2" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="G216" s="2">
         <v>0</v>
       </c>
       <c r="H216" s="2">
         <v>0</v>
       </c>
       <c r="I216" s="1">
         <v>0</v>
       </c>
       <c r="J216" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K216" s="2" t="str">
-        <f>J216*50.49</f>
+        <f>J216*50.32</f>
         <v>0</v>
       </c>
       <c r="L216" s="5"/>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A217" s="1"/>
       <c r="B217" s="1">
-        <v>822597</v>
+        <v>822594</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="D217" s="1"/>
       <c r="E217" s="2" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="G217" s="2">
         <v>0</v>
       </c>
       <c r="H217" s="2">
         <v>0</v>
       </c>
       <c r="I217" s="1">
         <v>0</v>
       </c>
       <c r="J217" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K217" s="2" t="str">
-        <f>J217*43.86</f>
+        <f>J217*48.11</f>
         <v>0</v>
       </c>
       <c r="L217" s="5"/>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A218" s="1"/>
       <c r="B218" s="1">
-        <v>822598</v>
+        <v>822595</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="D218" s="1"/>
       <c r="E218" s="2" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="G218" s="2">
         <v>0</v>
       </c>
       <c r="H218" s="2">
         <v>0</v>
       </c>
       <c r="I218" s="1">
         <v>0</v>
       </c>
       <c r="J218" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K218" s="2" t="str">
-        <f>J218*56.44</f>
+        <f>J218*43.01</f>
         <v>0</v>
       </c>
       <c r="L218" s="5"/>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A219" s="1"/>
       <c r="B219" s="1">
-        <v>822599</v>
+        <v>822596</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="D219" s="1"/>
       <c r="E219" s="2" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="G219" s="2">
         <v>0</v>
       </c>
       <c r="H219" s="2">
         <v>0</v>
       </c>
       <c r="I219" s="1">
         <v>0</v>
       </c>
       <c r="J219" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K219" s="2" t="str">
-        <f>J219*58.31</f>
+        <f>J219*50.49</f>
         <v>0</v>
       </c>
       <c r="L219" s="5"/>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A220" s="1"/>
       <c r="B220" s="1">
-        <v>822600</v>
+        <v>822597</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="D220" s="1"/>
       <c r="E220" s="2" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="G220" s="2">
         <v>0</v>
       </c>
       <c r="H220" s="2">
         <v>0</v>
       </c>
       <c r="I220" s="1">
         <v>0</v>
       </c>
       <c r="J220" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K220" s="2" t="str">
-        <f>J220*61.37</f>
+        <f>J220*43.86</f>
         <v>0</v>
       </c>
       <c r="L220" s="5"/>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A221" s="1"/>
       <c r="B221" s="1">
-        <v>822601</v>
+        <v>822598</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="D221" s="1"/>
       <c r="E221" s="2" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="G221" s="2">
         <v>0</v>
       </c>
       <c r="H221" s="2">
         <v>0</v>
       </c>
       <c r="I221" s="1">
         <v>0</v>
       </c>
       <c r="J221" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K221" s="2" t="str">
-        <f>J221*63.07</f>
+        <f>J221*56.44</f>
         <v>0</v>
       </c>
       <c r="L221" s="5"/>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A222" s="1"/>
       <c r="B222" s="1">
-        <v>822602</v>
+        <v>822599</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="D222" s="1"/>
       <c r="E222" s="2" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="G222" s="2">
         <v>0</v>
       </c>
       <c r="H222" s="2">
         <v>0</v>
       </c>
       <c r="I222" s="1">
         <v>0</v>
       </c>
       <c r="J222" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K222" s="2" t="str">
-        <f>J222*66.13</f>
+        <f>J222*58.31</f>
         <v>0</v>
       </c>
       <c r="L222" s="5"/>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A223" s="1"/>
       <c r="B223" s="1">
-        <v>822603</v>
+        <v>822600</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="D223" s="1"/>
       <c r="E223" s="2" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="G223" s="2">
         <v>0</v>
       </c>
       <c r="H223" s="2">
         <v>0</v>
       </c>
       <c r="I223" s="1">
         <v>0</v>
       </c>
       <c r="J223" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K223" s="2" t="str">
-        <f>J223*112.54</f>
+        <f>J223*61.37</f>
         <v>0</v>
       </c>
       <c r="L223" s="5"/>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A224" s="1"/>
       <c r="B224" s="1">
-        <v>822604</v>
+        <v>822601</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="D224" s="1"/>
       <c r="E224" s="2" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="G224" s="2">
         <v>0</v>
       </c>
       <c r="H224" s="2">
         <v>0</v>
       </c>
       <c r="I224" s="1">
         <v>0</v>
       </c>
       <c r="J224" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K224" s="2" t="str">
-        <f>J224*124.27</f>
+        <f>J224*63.07</f>
         <v>0</v>
       </c>
       <c r="L224" s="5"/>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A225" s="1"/>
       <c r="B225" s="1">
-        <v>822605</v>
+        <v>822602</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="D225" s="1"/>
       <c r="E225" s="2" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="G225" s="2">
         <v>0</v>
       </c>
       <c r="H225" s="2">
         <v>0</v>
       </c>
       <c r="I225" s="1">
         <v>0</v>
       </c>
       <c r="J225" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K225" s="2" t="str">
-        <f>J225*133.11</f>
+        <f>J225*66.13</f>
         <v>0</v>
       </c>
       <c r="L225" s="5"/>
     </row>
-    <row r="226" spans="1:12" outlineLevel="1">
-[...12 lines deleted...]
-      <c r="K226" s="7"/>
+    <row r="226" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A226" s="1"/>
+      <c r="B226" s="1">
+        <v>822603</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="D226" s="1"/>
+      <c r="E226" s="2" t="s">
+        <v>798</v>
+      </c>
+      <c r="F226" s="2" t="s">
+        <v>799</v>
+      </c>
+      <c r="G226" s="2">
+        <v>0</v>
+      </c>
+      <c r="H226" s="2">
+        <v>0</v>
+      </c>
+      <c r="I226" s="1">
+        <v>0</v>
+      </c>
+      <c r="J226" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K226" s="2" t="str">
+        <f>J226*112.54</f>
+        <v>0</v>
+      </c>
       <c r="L226" s="5"/>
     </row>
-    <row r="227" spans="1:12" outlineLevel="2">
-[...12 lines deleted...]
-      <c r="K227" s="8"/>
+    <row r="227" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A227" s="1"/>
+      <c r="B227" s="1">
+        <v>822604</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="D227" s="1"/>
+      <c r="E227" s="2" t="s">
+        <v>801</v>
+      </c>
+      <c r="F227" s="2" t="s">
+        <v>802</v>
+      </c>
+      <c r="G227" s="2">
+        <v>0</v>
+      </c>
+      <c r="H227" s="2">
+        <v>0</v>
+      </c>
+      <c r="I227" s="1">
+        <v>0</v>
+      </c>
+      <c r="J227" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K227" s="2" t="str">
+        <f>J227*124.27</f>
+        <v>0</v>
+      </c>
       <c r="L227" s="5"/>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A228" s="1"/>
       <c r="B228" s="1">
-        <v>822613</v>
+        <v>822605</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="D228" s="1"/>
       <c r="E228" s="2" t="s">
-        <v>798</v>
+        <v>804</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>799</v>
+        <v>805</v>
       </c>
       <c r="G228" s="2">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="H228" s="2">
         <v>0</v>
       </c>
       <c r="I228" s="1">
         <v>0</v>
       </c>
       <c r="J228" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K228" s="2" t="str">
-        <f>J228*361.42</f>
+        <f>J228*133.11</f>
         <v>0</v>
       </c>
       <c r="L228" s="5"/>
     </row>
-    <row r="229" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...29 lines deleted...]
-      </c>
+    <row r="229" spans="1:12" outlineLevel="1">
+      <c r="A229" s="7" t="s">
+        <v>806</v>
+      </c>
+      <c r="B229" s="7"/>
+      <c r="C229" s="7"/>
+      <c r="D229" s="7"/>
+      <c r="E229" s="7"/>
+      <c r="F229" s="7"/>
+      <c r="G229" s="7"/>
+      <c r="H229" s="7"/>
+      <c r="I229" s="7"/>
+      <c r="J229" s="7"/>
+      <c r="K229" s="7"/>
       <c r="L229" s="5"/>
     </row>
-    <row r="230" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...29 lines deleted...]
-      </c>
+    <row r="230" spans="1:12" outlineLevel="2">
+      <c r="A230" s="8" t="s">
+        <v>807</v>
+      </c>
+      <c r="B230" s="8"/>
+      <c r="C230" s="8"/>
+      <c r="D230" s="8"/>
+      <c r="E230" s="8"/>
+      <c r="F230" s="8"/>
+      <c r="G230" s="8"/>
+      <c r="H230" s="8"/>
+      <c r="I230" s="8"/>
+      <c r="J230" s="8"/>
+      <c r="K230" s="8"/>
       <c r="L230" s="5"/>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A231" s="1"/>
       <c r="B231" s="1">
-        <v>822616</v>
+        <v>822613</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="D231" s="1"/>
       <c r="E231" s="2" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="G231" s="2">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="H231" s="2">
         <v>0</v>
       </c>
       <c r="I231" s="1">
         <v>0</v>
       </c>
       <c r="J231" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K231" s="2" t="str">
-        <f>J231*980.73</f>
+        <f>J231*361.42</f>
         <v>0</v>
       </c>
       <c r="L231" s="5"/>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A232" s="1"/>
       <c r="B232" s="1">
-        <v>822617</v>
+        <v>822614</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="D232" s="1"/>
       <c r="E232" s="2" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>811</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>813</v>
+      </c>
+      <c r="G232" s="2">
+        <v>2</v>
       </c>
       <c r="H232" s="2">
         <v>0</v>
       </c>
       <c r="I232" s="1">
         <v>0</v>
       </c>
       <c r="J232" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K232" s="2" t="str">
-        <f>J232*180.56</f>
+        <f>J232*451.69</f>
         <v>0</v>
       </c>
       <c r="L232" s="5"/>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A233" s="1"/>
       <c r="B233" s="1">
-        <v>822618</v>
+        <v>822615</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="D233" s="1"/>
       <c r="E233" s="2" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>814</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>816</v>
+      </c>
+      <c r="G233" s="2">
+        <v>8</v>
       </c>
       <c r="H233" s="2">
         <v>0</v>
       </c>
       <c r="I233" s="1">
         <v>0</v>
       </c>
       <c r="J233" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K233" s="2" t="str">
-        <f>J233*242.35</f>
+        <f>J233*567.80</f>
         <v>0</v>
       </c>
       <c r="L233" s="5"/>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A234" s="1"/>
       <c r="B234" s="1">
-        <v>822619</v>
+        <v>822616</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="D234" s="1"/>
       <c r="E234" s="2" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>817</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>819</v>
+      </c>
+      <c r="G234" s="2">
+        <v>0</v>
       </c>
       <c r="H234" s="2">
         <v>0</v>
       </c>
       <c r="I234" s="1">
         <v>0</v>
       </c>
       <c r="J234" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K234" s="2" t="str">
-        <f>J234*329.30</f>
+        <f>J234*980.73</f>
         <v>0</v>
       </c>
       <c r="L234" s="5"/>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A235" s="1"/>
       <c r="B235" s="1">
-        <v>822620</v>
+        <v>822617</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="D235" s="1"/>
       <c r="E235" s="2" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="G235" s="2" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="H235" s="2">
         <v>0</v>
       </c>
       <c r="I235" s="1">
         <v>0</v>
       </c>
       <c r="J235" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K235" s="2" t="str">
-        <f>J235*477.30</f>
+        <f>J235*180.56</f>
         <v>0</v>
       </c>
       <c r="L235" s="5"/>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A236" s="1"/>
       <c r="B236" s="1">
-        <v>822621</v>
+        <v>822618</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="D236" s="1"/>
       <c r="E236" s="2" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="G236" s="2" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="H236" s="2">
         <v>0</v>
       </c>
       <c r="I236" s="1">
         <v>0</v>
       </c>
       <c r="J236" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K236" s="2" t="str">
-        <f>J236*651.20</f>
+        <f>J236*242.35</f>
         <v>0</v>
       </c>
       <c r="L236" s="5"/>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A237" s="1"/>
       <c r="B237" s="1">
-        <v>822622</v>
+        <v>822619</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="D237" s="1"/>
       <c r="E237" s="2" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="G237" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="H237" s="2">
         <v>0</v>
       </c>
       <c r="I237" s="1">
         <v>0</v>
       </c>
       <c r="J237" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K237" s="2" t="str">
-        <f>J237*567.95</f>
+        <f>J237*329.30</f>
         <v>0</v>
       </c>
       <c r="L237" s="5"/>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A238" s="1"/>
       <c r="B238" s="1">
-        <v>822623</v>
+        <v>822620</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="D238" s="1"/>
       <c r="E238" s="2" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="G238" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H238" s="2">
         <v>0</v>
       </c>
       <c r="I238" s="1">
         <v>0</v>
       </c>
       <c r="J238" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K238" s="2" t="str">
-        <f>J238*741.85</f>
+        <f>J238*477.30</f>
         <v>0</v>
       </c>
       <c r="L238" s="5"/>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A239" s="1"/>
       <c r="B239" s="1">
-        <v>822624</v>
+        <v>822621</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="D239" s="1"/>
       <c r="E239" s="2" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="G239" s="2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H239" s="2">
         <v>0</v>
       </c>
       <c r="I239" s="1">
         <v>0</v>
       </c>
       <c r="J239" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K239" s="2" t="str">
-        <f>J239*1024.90</f>
+        <f>J239*651.20</f>
         <v>0</v>
       </c>
       <c r="L239" s="5"/>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A240" s="1"/>
       <c r="B240" s="1">
-        <v>822625</v>
+        <v>822622</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="D240" s="1"/>
       <c r="E240" s="2" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>835</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>837</v>
+      </c>
+      <c r="G240" s="2" t="s">
+        <v>32</v>
       </c>
       <c r="H240" s="2">
         <v>0</v>
       </c>
       <c r="I240" s="1">
         <v>0</v>
       </c>
       <c r="J240" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K240" s="2" t="str">
-        <f>J240*1309.80</f>
+        <f>J240*567.95</f>
         <v>0</v>
       </c>
       <c r="L240" s="5"/>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A241" s="1"/>
       <c r="B241" s="1">
-        <v>822626</v>
+        <v>822623</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="D241" s="1"/>
       <c r="E241" s="2" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>838</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>840</v>
+      </c>
+      <c r="G241" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H241" s="2">
         <v>0</v>
       </c>
       <c r="I241" s="1">
         <v>0</v>
       </c>
       <c r="J241" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K241" s="2" t="str">
-        <f>J241*1883.30</f>
+        <f>J241*741.85</f>
         <v>0</v>
       </c>
       <c r="L241" s="5"/>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A242" s="1"/>
       <c r="B242" s="1">
-        <v>822627</v>
+        <v>822624</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="D242" s="1"/>
       <c r="E242" s="2" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="G242" s="2">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="H242" s="2">
         <v>0</v>
       </c>
       <c r="I242" s="1">
         <v>0</v>
       </c>
       <c r="J242" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K242" s="2" t="str">
-        <f>J242*2462.35</f>
+        <f>J242*1024.90</f>
         <v>0</v>
       </c>
       <c r="L242" s="5"/>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A243" s="1"/>
       <c r="B243" s="1">
-        <v>822628</v>
+        <v>822625</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="D243" s="1"/>
       <c r="E243" s="2" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="G243" s="2">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H243" s="2">
         <v>0</v>
       </c>
       <c r="I243" s="1">
         <v>0</v>
       </c>
       <c r="J243" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K243" s="2" t="str">
-        <f>J243*3052.50</f>
+        <f>J243*1309.80</f>
         <v>0</v>
       </c>
       <c r="L243" s="5"/>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A244" s="1"/>
       <c r="B244" s="1">
-        <v>871740</v>
+        <v>822626</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="D244" s="1"/>
       <c r="E244" s="2" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="G244" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H244" s="2">
         <v>0</v>
       </c>
       <c r="I244" s="1">
         <v>0</v>
       </c>
       <c r="J244" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K244" s="2" t="str">
-        <f>J244*900.95</f>
+        <f>J244*1883.30</f>
         <v>0</v>
       </c>
       <c r="L244" s="5"/>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A245" s="1"/>
       <c r="B245" s="1">
-        <v>871741</v>
+        <v>822627</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="D245" s="1"/>
       <c r="E245" s="2" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="G245" s="2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H245" s="2">
         <v>0</v>
       </c>
       <c r="I245" s="1">
         <v>0</v>
       </c>
       <c r="J245" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K245" s="2" t="str">
-        <f>J245*1156.25</f>
+        <f>J245*2462.35</f>
         <v>0</v>
       </c>
       <c r="L245" s="5"/>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A246" s="1"/>
       <c r="B246" s="1">
-        <v>871742</v>
+        <v>822628</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="D246" s="1"/>
       <c r="E246" s="2" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="G246" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H246" s="2">
         <v>0</v>
       </c>
       <c r="I246" s="1">
         <v>0</v>
       </c>
       <c r="J246" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K246" s="2" t="str">
-        <f>J246*1457.80</f>
+        <f>J246*3052.50</f>
         <v>0</v>
       </c>
       <c r="L246" s="5"/>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A247" s="1"/>
       <c r="B247" s="1">
-        <v>871748</v>
+        <v>871740</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="D247" s="1"/>
       <c r="E247" s="2" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>856</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>858</v>
+      </c>
+      <c r="G247" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H247" s="2">
         <v>0</v>
       </c>
       <c r="I247" s="1">
         <v>0</v>
       </c>
       <c r="J247" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K247" s="2" t="str">
-        <f>J247*444.00</f>
+        <f>J247*900.95</f>
         <v>0</v>
       </c>
       <c r="L247" s="5"/>
     </row>
-    <row r="248" spans="1:12" outlineLevel="1">
-[...12 lines deleted...]
-      <c r="K248" s="7"/>
+    <row r="248" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A248" s="1"/>
+      <c r="B248" s="1">
+        <v>871741</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="D248" s="1"/>
+      <c r="E248" s="2" t="s">
+        <v>860</v>
+      </c>
+      <c r="F248" s="2" t="s">
+        <v>861</v>
+      </c>
+      <c r="G248" s="2">
+        <v>2</v>
+      </c>
+      <c r="H248" s="2">
+        <v>0</v>
+      </c>
+      <c r="I248" s="1">
+        <v>0</v>
+      </c>
+      <c r="J248" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K248" s="2" t="str">
+        <f>J248*1156.25</f>
+        <v>0</v>
+      </c>
       <c r="L248" s="5"/>
     </row>
-    <row r="249" spans="1:12" outlineLevel="2">
-[...12 lines deleted...]
-      <c r="K249" s="8"/>
+    <row r="249" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A249" s="1"/>
+      <c r="B249" s="1">
+        <v>871742</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="D249" s="1"/>
+      <c r="E249" s="2" t="s">
+        <v>863</v>
+      </c>
+      <c r="F249" s="2" t="s">
+        <v>864</v>
+      </c>
+      <c r="G249" s="2">
+        <v>1</v>
+      </c>
+      <c r="H249" s="2">
+        <v>0</v>
+      </c>
+      <c r="I249" s="1">
+        <v>0</v>
+      </c>
+      <c r="J249" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K249" s="2" t="str">
+        <f>J249*1457.80</f>
+        <v>0</v>
+      </c>
       <c r="L249" s="5"/>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A250" s="1"/>
       <c r="B250" s="1">
-        <v>822467</v>
+        <v>871748</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>859</v>
-[...3 lines deleted...]
-      </c>
+        <v>865</v>
+      </c>
+      <c r="D250" s="1"/>
       <c r="E250" s="2" t="s">
-        <v>861</v>
+        <v>866</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>862</v>
+        <v>867</v>
       </c>
       <c r="G250" s="2">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>10</v>
+      </c>
+      <c r="H250" s="2">
+        <v>0</v>
       </c>
       <c r="I250" s="1">
         <v>0</v>
       </c>
       <c r="J250" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K250" s="2" t="str">
-        <f>J250*549.00</f>
+        <f>J250*444.00</f>
         <v>0</v>
       </c>
       <c r="L250" s="5"/>
     </row>
-    <row r="251" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...31 lines deleted...]
-      </c>
+    <row r="251" spans="1:12" outlineLevel="1">
+      <c r="A251" s="7" t="s">
+        <v>868</v>
+      </c>
+      <c r="B251" s="7"/>
+      <c r="C251" s="7"/>
+      <c r="D251" s="7"/>
+      <c r="E251" s="7"/>
+      <c r="F251" s="7"/>
+      <c r="G251" s="7"/>
+      <c r="H251" s="7"/>
+      <c r="I251" s="7"/>
+      <c r="J251" s="7"/>
+      <c r="K251" s="7"/>
       <c r="L251" s="5"/>
     </row>
-    <row r="252" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...10 lines deleted...]
-      <c r="E252" s="2" t="s">
+    <row r="252" spans="1:12" outlineLevel="2">
+      <c r="A252" s="8" t="s">
         <v>869</v>
       </c>
-      <c r="F252" s="2" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="B252" s="8"/>
+      <c r="C252" s="8"/>
+      <c r="D252" s="8"/>
+      <c r="E252" s="8"/>
+      <c r="F252" s="8"/>
+      <c r="G252" s="8"/>
+      <c r="H252" s="8"/>
+      <c r="I252" s="8"/>
+      <c r="J252" s="8"/>
+      <c r="K252" s="8"/>
       <c r="L252" s="5"/>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A253" s="1"/>
       <c r="B253" s="1">
-        <v>822470</v>
+        <v>822467</v>
       </c>
       <c r="C253" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="D253" s="1" t="s">
         <v>871</v>
       </c>
-      <c r="D253" s="1" t="s">
+      <c r="E253" s="2" t="s">
         <v>872</v>
       </c>
-      <c r="E253" s="2" t="s">
+      <c r="F253" s="2" t="s">
         <v>873</v>
       </c>
-      <c r="F253" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G253" s="2">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>3</v>
+      </c>
+      <c r="H253" s="2">
+        <v>0</v>
       </c>
       <c r="I253" s="1">
         <v>0</v>
       </c>
       <c r="J253" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K253" s="2" t="str">
-        <f>J253*1186.00</f>
+        <f>J253*549.00</f>
         <v>0</v>
       </c>
       <c r="L253" s="5"/>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A254" s="1"/>
       <c r="B254" s="1">
-        <v>890048</v>
+        <v>822468</v>
       </c>
       <c r="C254" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="D254" s="1" t="s">
         <v>875</v>
       </c>
-      <c r="D254" s="1" t="s">
+      <c r="E254" s="2" t="s">
         <v>876</v>
       </c>
-      <c r="E254" s="2" t="s">
+      <c r="F254" s="2" t="s">
         <v>877</v>
       </c>
-      <c r="F254" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G254" s="2">
         <v>0</v>
       </c>
-      <c r="H254" s="2" t="s">
-        <v>41</v>
+      <c r="H254" s="2">
+        <v>0</v>
       </c>
       <c r="I254" s="1">
         <v>0</v>
       </c>
       <c r="J254" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K254" s="2" t="str">
-        <f>J254*3280.00</f>
+        <f>J254*1330.00</f>
         <v>0</v>
       </c>
       <c r="L254" s="5"/>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A255" s="1"/>
       <c r="B255" s="1">
-        <v>890049</v>
+        <v>822469</v>
       </c>
       <c r="C255" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="D255" s="1" t="s">
         <v>879</v>
       </c>
-      <c r="D255" s="1" t="s">
+      <c r="E255" s="2" t="s">
         <v>880</v>
       </c>
-      <c r="E255" s="2" t="s">
+      <c r="F255" s="2" t="s">
         <v>881</v>
       </c>
-      <c r="F255" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G255" s="2">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="H255" s="2" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="I255" s="1">
         <v>0</v>
       </c>
       <c r="J255" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K255" s="2" t="str">
-        <f>J255*675.00</f>
+        <f>J255*856.00</f>
         <v>0</v>
       </c>
       <c r="L255" s="5"/>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A256" s="1"/>
       <c r="B256" s="1">
-        <v>890098</v>
+        <v>822470</v>
       </c>
       <c r="C256" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="D256" s="1" t="s">
         <v>883</v>
       </c>
-      <c r="D256" s="1" t="s">
+      <c r="E256" s="2" t="s">
         <v>884</v>
       </c>
-      <c r="E256" s="2" t="s">
+      <c r="F256" s="2" t="s">
         <v>885</v>
       </c>
-      <c r="F256" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G256" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H256" s="2" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="I256" s="1">
         <v>0</v>
       </c>
       <c r="J256" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K256" s="2" t="str">
-        <f>J256*639.00</f>
+        <f>J256*1186.00</f>
         <v>0</v>
       </c>
       <c r="L256" s="5"/>
     </row>
-    <row r="257" spans="1:12" outlineLevel="2">
-      <c r="A257" s="8" t="s">
+    <row r="257" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A257" s="1"/>
+      <c r="B257" s="1">
+        <v>890048</v>
+      </c>
+      <c r="C257" s="1" t="s">
         <v>886</v>
       </c>
-      <c r="B257" s="8"/>
-[...8 lines deleted...]
-      <c r="K257" s="8"/>
+      <c r="D257" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="E257" s="2" t="s">
+        <v>888</v>
+      </c>
+      <c r="F257" s="2" t="s">
+        <v>889</v>
+      </c>
+      <c r="G257" s="2">
+        <v>0</v>
+      </c>
+      <c r="H257" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="I257" s="1">
+        <v>0</v>
+      </c>
+      <c r="J257" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K257" s="2" t="str">
+        <f>J257*3280.00</f>
+        <v>0</v>
+      </c>
       <c r="L257" s="5"/>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A258" s="1"/>
       <c r="B258" s="1">
-        <v>836415</v>
+        <v>890049</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>888</v>
+        <v>891</v>
       </c>
       <c r="E258" s="2" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>890</v>
+        <v>893</v>
       </c>
       <c r="G258" s="2">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>0</v>
+      </c>
+      <c r="H258" s="2" t="s">
+        <v>37</v>
       </c>
       <c r="I258" s="1">
         <v>0</v>
       </c>
       <c r="J258" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K258" s="2" t="str">
-        <f>J258*486.60</f>
+        <f>J258*675.00</f>
         <v>0</v>
       </c>
       <c r="L258" s="5"/>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A259" s="1"/>
       <c r="B259" s="1">
-        <v>839815</v>
+        <v>890098</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="E259" s="2" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>894</v>
+        <v>258</v>
       </c>
       <c r="G259" s="2">
         <v>0</v>
       </c>
-      <c r="H259" s="2">
-        <v>0</v>
+      <c r="H259" s="2" t="s">
+        <v>22</v>
       </c>
       <c r="I259" s="1">
         <v>0</v>
       </c>
       <c r="J259" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K259" s="2" t="str">
-        <f>J259*1263.37</f>
+        <f>J259*639.00</f>
         <v>0</v>
       </c>
       <c r="L259" s="5"/>
     </row>
     <row r="260" spans="1:12" outlineLevel="2">
       <c r="A260" s="8" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="B260" s="8"/>
       <c r="C260" s="8"/>
       <c r="D260" s="8"/>
       <c r="E260" s="8"/>
       <c r="F260" s="8"/>
       <c r="G260" s="8"/>
       <c r="H260" s="8"/>
       <c r="I260" s="8"/>
       <c r="J260" s="8"/>
       <c r="K260" s="8"/>
       <c r="L260" s="5"/>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A261" s="1"/>
       <c r="B261" s="1">
-        <v>882989</v>
+        <v>836415</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>896</v>
-[...1 lines deleted...]
-      <c r="D261" s="1"/>
+        <v>898</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>899</v>
+      </c>
       <c r="E261" s="2" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="G261" s="2">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="H261" s="2">
         <v>0</v>
       </c>
       <c r="I261" s="1">
         <v>0</v>
       </c>
       <c r="J261" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K261" s="2" t="str">
-        <f>J261*1206.55</f>
+        <f>J261*487.90</f>
         <v>0</v>
       </c>
       <c r="L261" s="5"/>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A262" s="1"/>
       <c r="B262" s="1">
+        <v>839815</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="E262" s="2" t="s">
+        <v>904</v>
+      </c>
+      <c r="F262" s="2" t="s">
+        <v>905</v>
+      </c>
+      <c r="G262" s="2">
+        <v>0</v>
+      </c>
+      <c r="H262" s="2">
+        <v>0</v>
+      </c>
+      <c r="I262" s="1">
+        <v>0</v>
+      </c>
+      <c r="J262" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K262" s="2" t="str">
+        <f>J262*1276.28</f>
+        <v>0</v>
+      </c>
+      <c r="L262" s="5"/>
+    </row>
+    <row r="263" spans="1:12" outlineLevel="2">
+      <c r="A263" s="8" t="s">
+        <v>906</v>
+      </c>
+      <c r="B263" s="8"/>
+      <c r="C263" s="8"/>
+      <c r="D263" s="8"/>
+      <c r="E263" s="8"/>
+      <c r="F263" s="8"/>
+      <c r="G263" s="8"/>
+      <c r="H263" s="8"/>
+      <c r="I263" s="8"/>
+      <c r="J263" s="8"/>
+      <c r="K263" s="8"/>
+      <c r="L263" s="5"/>
+    </row>
+    <row r="264" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A264" s="1"/>
+      <c r="B264" s="1">
+        <v>882989</v>
+      </c>
+      <c r="C264" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="D264" s="1"/>
+      <c r="E264" s="2" t="s">
+        <v>908</v>
+      </c>
+      <c r="F264" s="2" t="s">
+        <v>909</v>
+      </c>
+      <c r="G264" s="2">
+        <v>6</v>
+      </c>
+      <c r="H264" s="2">
+        <v>0</v>
+      </c>
+      <c r="I264" s="1">
+        <v>0</v>
+      </c>
+      <c r="J264" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K264" s="2" t="str">
+        <f>J264*1206.55</f>
+        <v>0</v>
+      </c>
+      <c r="L264" s="5"/>
+    </row>
+    <row r="265" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A265" s="1"/>
+      <c r="B265" s="1">
         <v>882990</v>
       </c>
-      <c r="C262" s="1" t="s">
-[...89 lines deleted...]
-      <c r="K265" s="8"/>
+      <c r="C265" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="D265" s="1"/>
+      <c r="E265" s="2" t="s">
+        <v>911</v>
+      </c>
+      <c r="F265" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="G265" s="2">
+        <v>0</v>
+      </c>
+      <c r="H265" s="2">
+        <v>0</v>
+      </c>
+      <c r="I265" s="1">
+        <v>0</v>
+      </c>
+      <c r="J265" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K265" s="2" t="str">
+        <f>J265*743.18</f>
+        <v>0</v>
+      </c>
       <c r="L265" s="5"/>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A266" s="1"/>
       <c r="B266" s="1">
-        <v>822606</v>
+        <v>882991</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>907</v>
-[...3 lines deleted...]
-      </c>
+        <v>913</v>
+      </c>
+      <c r="D266" s="1"/>
       <c r="E266" s="2" t="s">
-        <v>909</v>
+        <v>914</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>910</v>
+        <v>915</v>
       </c>
       <c r="G266" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H266" s="2">
         <v>0</v>
       </c>
       <c r="I266" s="1">
         <v>0</v>
       </c>
       <c r="J266" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K266" s="2" t="str">
-        <f>J266*7123.39</f>
+        <f>J266*266.38</f>
         <v>0</v>
       </c>
       <c r="L266" s="5"/>
     </row>
-    <row r="267" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...31 lines deleted...]
-      </c>
+    <row r="267" spans="1:12" outlineLevel="1">
+      <c r="A267" s="7" t="s">
+        <v>916</v>
+      </c>
+      <c r="B267" s="7"/>
+      <c r="C267" s="7"/>
+      <c r="D267" s="7"/>
+      <c r="E267" s="7"/>
+      <c r="F267" s="7"/>
+      <c r="G267" s="7"/>
+      <c r="H267" s="7"/>
+      <c r="I267" s="7"/>
+      <c r="J267" s="7"/>
+      <c r="K267" s="7"/>
       <c r="L267" s="5"/>
     </row>
-    <row r="268" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...10 lines deleted...]
-      <c r="E268" s="2" t="s">
+    <row r="268" spans="1:12" outlineLevel="2">
+      <c r="A268" s="8" t="s">
         <v>917</v>
       </c>
-      <c r="F268" s="2" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="B268" s="8"/>
+      <c r="C268" s="8"/>
+      <c r="D268" s="8"/>
+      <c r="E268" s="8"/>
+      <c r="F268" s="8"/>
+      <c r="G268" s="8"/>
+      <c r="H268" s="8"/>
+      <c r="I268" s="8"/>
+      <c r="J268" s="8"/>
+      <c r="K268" s="8"/>
       <c r="L268" s="5"/>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A269" s="1"/>
       <c r="B269" s="1">
-        <v>885042</v>
+        <v>822606</v>
       </c>
       <c r="C269" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="D269" s="1" t="s">
         <v>919</v>
       </c>
-      <c r="D269" s="1" t="s">
+      <c r="E269" s="2" t="s">
         <v>920</v>
       </c>
-      <c r="E269" s="2" t="s">
+      <c r="F269" s="2" t="s">
         <v>921</v>
       </c>
-      <c r="F269" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G269" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H269" s="2">
         <v>0</v>
       </c>
       <c r="I269" s="1">
         <v>0</v>
       </c>
       <c r="J269" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K269" s="2" t="str">
-        <f>J269*14017.62</f>
+        <f>J269*7107.28</f>
         <v>0</v>
       </c>
       <c r="L269" s="5"/>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A270" s="1"/>
       <c r="B270" s="1">
-        <v>885043</v>
+        <v>822607</v>
       </c>
       <c r="C270" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="D270" s="1" t="s">
         <v>923</v>
       </c>
-      <c r="D270" s="1" t="s">
+      <c r="E270" s="2" t="s">
         <v>924</v>
       </c>
-      <c r="E270" s="2" t="s">
+      <c r="F270" s="2" t="s">
         <v>925</v>
       </c>
-      <c r="F270" s="2" t="s">
+      <c r="G270" s="2">
+        <v>9</v>
+      </c>
+      <c r="H270" s="2">
+        <v>0</v>
+      </c>
+      <c r="I270" s="1">
+        <v>0</v>
+      </c>
+      <c r="J270" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K270" s="2" t="str">
+        <f>J270*2510.90</f>
+        <v>0</v>
+      </c>
+      <c r="L270" s="5"/>
+    </row>
+    <row r="271" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A271" s="1"/>
+      <c r="B271" s="1">
+        <v>827994</v>
+      </c>
+      <c r="C271" s="1" t="s">
         <v>926</v>
       </c>
-      <c r="G270" s="2">
-[...18 lines deleted...]
-      <c r="A271" s="7" t="s">
+      <c r="D271" s="1" t="s">
         <v>927</v>
       </c>
-      <c r="B271" s="7"/>
-[...8 lines deleted...]
-      <c r="K271" s="7"/>
+      <c r="E271" s="2" t="s">
+        <v>928</v>
+      </c>
+      <c r="F271" s="2" t="s">
+        <v>929</v>
+      </c>
+      <c r="G271" s="2">
+        <v>0</v>
+      </c>
+      <c r="H271" s="2">
+        <v>0</v>
+      </c>
+      <c r="I271" s="1">
+        <v>0</v>
+      </c>
+      <c r="J271" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K271" s="2" t="str">
+        <f>J271*1224.21</f>
+        <v>0</v>
+      </c>
       <c r="L271" s="5"/>
     </row>
-    <row r="272" spans="1:12" outlineLevel="2">
-[...12 lines deleted...]
-      <c r="K272" s="8"/>
+    <row r="272" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A272" s="1"/>
+      <c r="B272" s="1">
+        <v>885042</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="E272" s="2" t="s">
+        <v>932</v>
+      </c>
+      <c r="F272" s="2" t="s">
+        <v>933</v>
+      </c>
+      <c r="G272" s="2">
+        <v>1</v>
+      </c>
+      <c r="H272" s="2">
+        <v>0</v>
+      </c>
+      <c r="I272" s="1">
+        <v>0</v>
+      </c>
+      <c r="J272" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K272" s="2" t="str">
+        <f>J272*14000.35</f>
+        <v>0</v>
+      </c>
       <c r="L272" s="5"/>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A273" s="1"/>
       <c r="B273" s="1">
-        <v>822552</v>
+        <v>885043</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>929</v>
+        <v>934</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>930</v>
+        <v>935</v>
       </c>
       <c r="E273" s="2" t="s">
-        <v>931</v>
+        <v>936</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>932</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>937</v>
+      </c>
+      <c r="G273" s="2">
+        <v>2</v>
       </c>
       <c r="H273" s="2">
         <v>0</v>
       </c>
       <c r="I273" s="1">
         <v>0</v>
       </c>
       <c r="J273" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K273" s="2" t="str">
-        <f>J273*1122.00</f>
+        <f>J273*22248.54</f>
         <v>0</v>
       </c>
       <c r="L273" s="5"/>
     </row>
-    <row r="274" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...31 lines deleted...]
-      </c>
+    <row r="274" spans="1:12" outlineLevel="1">
+      <c r="A274" s="7" t="s">
+        <v>938</v>
+      </c>
+      <c r="B274" s="7"/>
+      <c r="C274" s="7"/>
+      <c r="D274" s="7"/>
+      <c r="E274" s="7"/>
+      <c r="F274" s="7"/>
+      <c r="G274" s="7"/>
+      <c r="H274" s="7"/>
+      <c r="I274" s="7"/>
+      <c r="J274" s="7"/>
+      <c r="K274" s="7"/>
       <c r="L274" s="5"/>
     </row>
     <row r="275" spans="1:12" outlineLevel="2">
       <c r="A275" s="8" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="B275" s="8"/>
       <c r="C275" s="8"/>
       <c r="D275" s="8"/>
       <c r="E275" s="8"/>
       <c r="F275" s="8"/>
       <c r="G275" s="8"/>
       <c r="H275" s="8"/>
       <c r="I275" s="8"/>
       <c r="J275" s="8"/>
       <c r="K275" s="8"/>
       <c r="L275" s="5"/>
     </row>
     <row r="276" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A276" s="1"/>
       <c r="B276" s="1">
-        <v>822555</v>
+        <v>822552</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="E276" s="2" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="G276" s="2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="H276" s="2">
         <v>0</v>
       </c>
       <c r="I276" s="1">
         <v>0</v>
       </c>
       <c r="J276" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K276" s="2" t="str">
-        <f>J276*254.46</f>
+        <f>J276*1122.00</f>
         <v>0</v>
       </c>
       <c r="L276" s="5"/>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A277" s="1"/>
       <c r="B277" s="1">
-        <v>822556</v>
+        <v>822553</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="E277" s="2" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="G277" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="H277" s="2">
-        <v>0</v>
+      <c r="H277" s="2" t="s">
+        <v>948</v>
       </c>
       <c r="I277" s="1">
         <v>0</v>
       </c>
       <c r="J277" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K277" s="2" t="str">
-        <f>J277*479.16</f>
+        <f>J277*692.00</f>
         <v>0</v>
       </c>
       <c r="L277" s="5"/>
     </row>
-    <row r="278" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...13 lines deleted...]
-      <c r="F278" s="2" t="s">
+    <row r="278" spans="1:12" outlineLevel="2">
+      <c r="A278" s="8" t="s">
         <v>949</v>
       </c>
-      <c r="G278" s="2">
-[...14 lines deleted...]
-      </c>
+      <c r="B278" s="8"/>
+      <c r="C278" s="8"/>
+      <c r="D278" s="8"/>
+      <c r="E278" s="8"/>
+      <c r="F278" s="8"/>
+      <c r="G278" s="8"/>
+      <c r="H278" s="8"/>
+      <c r="I278" s="8"/>
+      <c r="J278" s="8"/>
+      <c r="K278" s="8"/>
       <c r="L278" s="5"/>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A279" s="1"/>
       <c r="B279" s="1">
-        <v>822558</v>
+        <v>822555</v>
       </c>
       <c r="C279" s="1" t="s">
         <v>950</v>
       </c>
       <c r="D279" s="1" t="s">
         <v>951</v>
       </c>
       <c r="E279" s="2" t="s">
         <v>952</v>
       </c>
       <c r="F279" s="2" t="s">
         <v>953</v>
       </c>
-      <c r="G279" s="2">
-        <v>5</v>
+      <c r="G279" s="2" t="s">
+        <v>32</v>
       </c>
       <c r="H279" s="2">
         <v>0</v>
       </c>
       <c r="I279" s="1">
         <v>0</v>
       </c>
       <c r="J279" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K279" s="2" t="str">
-        <f>J279*2327.34</f>
+        <f>J279*251.39</f>
         <v>0</v>
       </c>
       <c r="L279" s="5"/>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A280" s="1"/>
       <c r="B280" s="1">
-        <v>823315</v>
+        <v>822556</v>
       </c>
       <c r="C280" s="1" t="s">
         <v>954</v>
       </c>
       <c r="D280" s="1" t="s">
         <v>955</v>
       </c>
       <c r="E280" s="2" t="s">
         <v>956</v>
       </c>
       <c r="F280" s="2" t="s">
         <v>957</v>
       </c>
-      <c r="G280" s="2" t="s">
-        <v>27</v>
+      <c r="G280" s="2">
+        <v>0</v>
       </c>
       <c r="H280" s="2">
         <v>0</v>
       </c>
       <c r="I280" s="1">
         <v>0</v>
       </c>
       <c r="J280" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K280" s="2" t="str">
-        <f>J280*385.41</f>
+        <f>J280*476.00</f>
         <v>0</v>
       </c>
       <c r="L280" s="5"/>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A281" s="1"/>
       <c r="B281" s="1">
-        <v>825095</v>
+        <v>822557</v>
       </c>
       <c r="C281" s="1" t="s">
         <v>958</v>
       </c>
       <c r="D281" s="1" t="s">
         <v>959</v>
       </c>
       <c r="E281" s="2" t="s">
         <v>960</v>
       </c>
       <c r="F281" s="2" t="s">
         <v>961</v>
       </c>
       <c r="G281" s="2">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="H281" s="2">
         <v>0</v>
       </c>
       <c r="I281" s="1">
         <v>0</v>
       </c>
       <c r="J281" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K281" s="2" t="str">
-        <f>J281*1063.97</f>
+        <f>J281*1364.04</f>
         <v>0</v>
       </c>
       <c r="L281" s="5"/>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A282" s="1"/>
       <c r="B282" s="1">
-        <v>825096</v>
+        <v>822558</v>
       </c>
       <c r="C282" s="1" t="s">
         <v>962</v>
       </c>
       <c r="D282" s="1" t="s">
         <v>963</v>
       </c>
       <c r="E282" s="2" t="s">
         <v>964</v>
       </c>
       <c r="F282" s="2" t="s">
         <v>965</v>
       </c>
       <c r="G282" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="H282" s="2">
         <v>0</v>
       </c>
       <c r="I282" s="1">
         <v>0</v>
       </c>
       <c r="J282" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K282" s="2" t="str">
-        <f>J282*528.26</f>
+        <f>J282*2310.09</f>
         <v>0</v>
       </c>
       <c r="L282" s="5"/>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A283" s="1"/>
       <c r="B283" s="1">
-        <v>827069</v>
+        <v>823315</v>
       </c>
       <c r="C283" s="1" t="s">
         <v>966</v>
       </c>
       <c r="D283" s="1" t="s">
         <v>967</v>
       </c>
       <c r="E283" s="2" t="s">
         <v>968</v>
       </c>
       <c r="F283" s="2" t="s">
         <v>969</v>
       </c>
       <c r="G283" s="2">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="H283" s="2">
         <v>0</v>
       </c>
       <c r="I283" s="1">
         <v>0</v>
       </c>
       <c r="J283" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K283" s="2" t="str">
-        <f>J283*584.81</f>
+        <f>J283*380.80</f>
         <v>0</v>
       </c>
       <c r="L283" s="5"/>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A284" s="1"/>
       <c r="B284" s="1">
-        <v>827070</v>
+        <v>825095</v>
       </c>
       <c r="C284" s="1" t="s">
         <v>970</v>
       </c>
       <c r="D284" s="1" t="s">
         <v>971</v>
       </c>
       <c r="E284" s="2" t="s">
         <v>972</v>
       </c>
       <c r="F284" s="2" t="s">
         <v>973</v>
       </c>
       <c r="G284" s="2">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="H284" s="2">
         <v>0</v>
       </c>
       <c r="I284" s="1">
         <v>0</v>
       </c>
       <c r="J284" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K284" s="2" t="str">
-        <f>J284*537.19</f>
+        <f>J284*1056.13</f>
         <v>0</v>
       </c>
       <c r="L284" s="5"/>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A285" s="1"/>
       <c r="B285" s="1">
-        <v>832505</v>
+        <v>825096</v>
       </c>
       <c r="C285" s="1" t="s">
         <v>974</v>
       </c>
       <c r="D285" s="1" t="s">
         <v>975</v>
       </c>
       <c r="E285" s="2" t="s">
         <v>976</v>
       </c>
       <c r="F285" s="2" t="s">
         <v>977</v>
       </c>
       <c r="G285" s="2">
         <v>0</v>
       </c>
       <c r="H285" s="2">
         <v>0</v>
       </c>
       <c r="I285" s="1">
         <v>0</v>
       </c>
       <c r="J285" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K285" s="2" t="str">
-        <f>J285*552.07</f>
+        <f>J285*525.09</f>
         <v>0</v>
       </c>
       <c r="L285" s="5"/>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A286" s="1"/>
       <c r="B286" s="1">
-        <v>832506</v>
+        <v>827069</v>
       </c>
       <c r="C286" s="1" t="s">
         <v>978</v>
       </c>
       <c r="D286" s="1" t="s">
         <v>979</v>
       </c>
       <c r="E286" s="2" t="s">
         <v>980</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>981</v>
+      </c>
+      <c r="G286" s="2">
+        <v>0</v>
       </c>
       <c r="H286" s="2">
         <v>0</v>
       </c>
       <c r="I286" s="1">
         <v>0</v>
       </c>
       <c r="J286" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K286" s="2" t="str">
-        <f>J286*196.43</f>
+        <f>J286*580.13</f>
         <v>0</v>
       </c>
       <c r="L286" s="5"/>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A287" s="1"/>
       <c r="B287" s="1">
-        <v>832507</v>
+        <v>827070</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="E287" s="2" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>984</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>985</v>
+      </c>
+      <c r="G287" s="2">
+        <v>6</v>
       </c>
       <c r="H287" s="2">
         <v>0</v>
       </c>
       <c r="I287" s="1">
         <v>0</v>
       </c>
       <c r="J287" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K287" s="2" t="str">
-        <f>J287*153.27</f>
+        <f>J287*534.01</f>
         <v>0</v>
       </c>
       <c r="L287" s="5"/>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A288" s="1"/>
       <c r="B288" s="1">
-        <v>832508</v>
+        <v>832505</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="E288" s="2" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>988</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>989</v>
+      </c>
+      <c r="G288" s="2">
+        <v>0</v>
       </c>
       <c r="H288" s="2">
         <v>0</v>
       </c>
       <c r="I288" s="1">
         <v>0</v>
       </c>
       <c r="J288" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K288" s="2" t="str">
-        <f>J288*235.12</f>
+        <f>J288*547.40</f>
         <v>0</v>
       </c>
       <c r="L288" s="5"/>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A289" s="1"/>
       <c r="B289" s="1">
-        <v>839814</v>
+        <v>832506</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="E289" s="2" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>992</v>
+        <v>360</v>
       </c>
       <c r="G289" s="2">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="H289" s="2">
         <v>0</v>
       </c>
       <c r="I289" s="1">
         <v>0</v>
       </c>
       <c r="J289" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K289" s="2" t="str">
-        <f>J289*419.64</f>
+        <f>J289*194.86</f>
         <v>0</v>
       </c>
       <c r="L289" s="5"/>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A290" s="1"/>
       <c r="B290" s="1">
-        <v>871402</v>
+        <v>832507</v>
       </c>
       <c r="C290" s="1" t="s">
         <v>993</v>
       </c>
       <c r="D290" s="1" t="s">
         <v>994</v>
       </c>
       <c r="E290" s="2" t="s">
         <v>995</v>
       </c>
       <c r="F290" s="2" t="s">
         <v>996</v>
       </c>
       <c r="G290" s="2">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="H290" s="2">
         <v>0</v>
       </c>
       <c r="I290" s="1">
         <v>0</v>
       </c>
       <c r="J290" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K290" s="2" t="str">
-        <f>J290*729.15</f>
+        <f>J290*153.21</f>
         <v>0</v>
       </c>
       <c r="L290" s="5"/>
     </row>
     <row r="291" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A291" s="1"/>
       <c r="B291" s="1">
-        <v>882907</v>
+        <v>832508</v>
       </c>
       <c r="C291" s="1" t="s">
         <v>997</v>
       </c>
       <c r="D291" s="1" t="s">
         <v>998</v>
       </c>
       <c r="E291" s="2" t="s">
         <v>999</v>
       </c>
       <c r="F291" s="2" t="s">
         <v>1000</v>
       </c>
-      <c r="G291" s="2">
-        <v>2</v>
+      <c r="G291" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H291" s="2">
         <v>0</v>
       </c>
       <c r="I291" s="1">
         <v>0</v>
       </c>
       <c r="J291" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K291" s="2" t="str">
-        <f>J291*757.43</f>
+        <f>J291*233.54</f>
         <v>0</v>
       </c>
       <c r="L291" s="5"/>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A292" s="1"/>
       <c r="B292" s="1">
-        <v>884705</v>
+        <v>839814</v>
       </c>
       <c r="C292" s="1" t="s">
         <v>1001</v>
       </c>
       <c r="D292" s="1" t="s">
         <v>1002</v>
       </c>
       <c r="E292" s="2" t="s">
         <v>1003</v>
       </c>
       <c r="F292" s="2" t="s">
         <v>1004</v>
       </c>
-      <c r="G292" s="2" t="s">
-        <v>27</v>
+      <c r="G292" s="2">
+        <v>0</v>
       </c>
       <c r="H292" s="2">
         <v>0</v>
       </c>
       <c r="I292" s="1">
         <v>0</v>
       </c>
       <c r="J292" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K292" s="2" t="str">
-        <f>J292*525.29</f>
+        <f>J292*416.50</f>
         <v>0</v>
       </c>
       <c r="L292" s="5"/>
     </row>
     <row r="293" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A293" s="1"/>
       <c r="B293" s="1">
-        <v>884706</v>
+        <v>871402</v>
       </c>
       <c r="C293" s="1" t="s">
         <v>1005</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>1006</v>
       </c>
       <c r="E293" s="2" t="s">
-        <v>1003</v>
+        <v>1007</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>1004</v>
-[...1 lines deleted...]
-      <c r="G293" s="2" t="s">
+        <v>1008</v>
+      </c>
+      <c r="G293" s="2">
+        <v>0</v>
+      </c>
+      <c r="H293" s="2">
+        <v>0</v>
+      </c>
+      <c r="I293" s="1">
+        <v>0</v>
+      </c>
+      <c r="J293" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K293" s="2" t="str">
+        <f>J293*722.93</f>
+        <v>0</v>
+      </c>
+      <c r="L293" s="5"/>
+    </row>
+    <row r="294" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A294" s="1"/>
+      <c r="B294" s="1">
+        <v>882907</v>
+      </c>
+      <c r="C294" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D294" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="E294" s="2" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F294" s="2" t="s">
+        <v>1012</v>
+      </c>
+      <c r="G294" s="2">
+        <v>0</v>
+      </c>
+      <c r="H294" s="2">
+        <v>0</v>
+      </c>
+      <c r="I294" s="1">
+        <v>0</v>
+      </c>
+      <c r="J294" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K294" s="2" t="str">
+        <f>J294*575.66</f>
+        <v>0</v>
+      </c>
+      <c r="L294" s="5"/>
+    </row>
+    <row r="295" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A295" s="1"/>
+      <c r="B295" s="1">
+        <v>884705</v>
+      </c>
+      <c r="C295" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="E295" s="2" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F295" s="2" t="s">
+        <v>1016</v>
+      </c>
+      <c r="G295" s="2">
+        <v>0</v>
+      </c>
+      <c r="H295" s="2">
+        <v>0</v>
+      </c>
+      <c r="I295" s="1">
+        <v>0</v>
+      </c>
+      <c r="J295" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K295" s="2" t="str">
+        <f>J295*520.63</f>
+        <v>0</v>
+      </c>
+      <c r="L295" s="5"/>
+    </row>
+    <row r="296" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A296" s="1"/>
+      <c r="B296" s="1">
+        <v>884706</v>
+      </c>
+      <c r="C296" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D296" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="E296" s="2" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F296" s="2" t="s">
+        <v>1016</v>
+      </c>
+      <c r="G296" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="H293" s="2">
-[...12 lines deleted...]
-      <c r="L293" s="5"/>
+      <c r="H296" s="2">
+        <v>0</v>
+      </c>
+      <c r="I296" s="1">
+        <v>0</v>
+      </c>
+      <c r="J296" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K296" s="2" t="str">
+        <f>J296*520.63</f>
+        <v>0</v>
+      </c>
+      <c r="L296" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A63:K63"/>
     <mergeCell ref="A106:K106"/>
-    <mergeCell ref="A146:K146"/>
-[...3 lines deleted...]
-    <mergeCell ref="A271:K271"/>
+    <mergeCell ref="A147:K147"/>
+    <mergeCell ref="A229:K229"/>
+    <mergeCell ref="A251:K251"/>
+    <mergeCell ref="A267:K267"/>
+    <mergeCell ref="A274:K274"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A33:K33"/>
     <mergeCell ref="A49:K49"/>
     <mergeCell ref="A51:K51"/>
     <mergeCell ref="A64:K64"/>
     <mergeCell ref="A91:K91"/>
     <mergeCell ref="A107:K107"/>
-    <mergeCell ref="A137:K137"/>
-[...5 lines deleted...]
-    <mergeCell ref="A257:K257"/>
+    <mergeCell ref="A138:K138"/>
+    <mergeCell ref="A148:K148"/>
+    <mergeCell ref="A188:K188"/>
+    <mergeCell ref="A209:K209"/>
+    <mergeCell ref="A230:K230"/>
+    <mergeCell ref="A252:K252"/>
     <mergeCell ref="A260:K260"/>
-    <mergeCell ref="A265:K265"/>
-    <mergeCell ref="A272:K272"/>
+    <mergeCell ref="A263:K263"/>
+    <mergeCell ref="A268:K268"/>
     <mergeCell ref="A275:K275"/>
+    <mergeCell ref="A278:K278"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>