--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1019">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1018">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
@@ -115,80 +115,80 @@
   <si>
     <t>VTp.799.E.050075</t>
   </si>
   <si>
     <t>Комплект сварочного оборудования VALTEC ER-03, 50-75 мм (2000вт)   (1 /5шт)</t>
   </si>
   <si>
     <t>17 859.00 руб.</t>
   </si>
   <si>
     <t>&gt;10</t>
   </si>
   <si>
     <t>VLC-340005</t>
   </si>
   <si>
     <t>VTp.795.0.2025</t>
   </si>
   <si>
     <t>Торцеватель для армированной трубы 20+25  (15 /180шт)</t>
   </si>
   <si>
     <t>900.00 руб.</t>
   </si>
   <si>
+    <t>VLC-340006</t>
+  </si>
+  <si>
+    <t>VTp.795.E.020</t>
+  </si>
+  <si>
+    <t>Торцеватель для армированной трубы 20 мм (под эл./инструмент)  (16 /192шт)</t>
+  </si>
+  <si>
+    <t>862.00 руб.</t>
+  </si>
+  <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
+    <t>VLC-340007</t>
+  </si>
+  <si>
+    <t>VTp.795.E.025</t>
+  </si>
+  <si>
+    <t>Торцеватель для армированной трубы 25 мм (под эл./инструмент)  (12 /144шт)</t>
+  </si>
+  <si>
+    <t>934.00 руб.</t>
+  </si>
+  <si>
     <t>&gt;25</t>
   </si>
   <si>
-    <t>VLC-340006</t>
-[...25 lines deleted...]
-  <si>
     <t>VLC-340008</t>
   </si>
   <si>
     <t>VTp.795.E.032</t>
   </si>
   <si>
     <t>Торцеватель для армированной трубы 32 мм (под эл./инструмент)  (8 /96шт)</t>
   </si>
   <si>
     <t>1 188.00 руб.</t>
   </si>
   <si>
     <t>VLC-340009</t>
   </si>
   <si>
     <t>VTp.795.E.040</t>
   </si>
   <si>
     <t>Торцеватель для армированной трубы 40 мм (под эл./инструмент)  (6 /72шт)</t>
   </si>
   <si>
     <t>1 406.00 руб.</t>
   </si>
   <si>
     <t>VLC-340010</t>
@@ -1966,60 +1966,60 @@
   <si>
     <t>VT.922993.SS.1054</t>
   </si>
   <si>
     <t>Гратосниматель (10-54мм SS)</t>
   </si>
   <si>
     <t>7 338.00 руб.</t>
   </si>
   <si>
     <t>VLC-900535</t>
   </si>
   <si>
     <t>Насадка REMS 54 V, для пресс-инструмента электр. (стандарт V)</t>
   </si>
   <si>
     <t>99 110.00 руб.</t>
   </si>
   <si>
     <t>VLC-900875</t>
   </si>
   <si>
     <t>Труборез для нержавеющей стали INOX-35 (3-35 мм), на подшипниках KRAFTOOL</t>
   </si>
   <si>
-    <t>5 945.00 руб.</t>
+    <t>5 633.00 руб.</t>
   </si>
   <si>
     <t>VLC-900876</t>
   </si>
   <si>
     <t>Труборез для нержавеющей стали INOX-76 (6-76 мм), на подшипниках KRAFTOOL</t>
   </si>
   <si>
-    <t>10 020.00 руб.</t>
+    <t>9 315.00 руб.</t>
   </si>
   <si>
     <t>VLC-900926</t>
   </si>
   <si>
     <t>Режущий ролик для трубореза KRAFTOOL INOX-35 и INOX-76 (арт.23935, 23976)х</t>
   </si>
   <si>
     <t>933.00 руб.</t>
   </si>
   <si>
     <t>VLC-901073</t>
   </si>
   <si>
     <t>VT.60100.ED.108</t>
   </si>
   <si>
     <t>Пресс-инструмент аккумуляторный в комплекте с зарядным устройством</t>
   </si>
   <si>
     <t>135 900.00 руб.</t>
   </si>
   <si>
     <t>VLC-901074</t>
   </si>
@@ -2861,53 +2861,50 @@
     <t>Ножницы для пластиковых труб VALTEC</t>
   </si>
   <si>
     <t>VLC-1311021</t>
   </si>
   <si>
     <t>VTm.395.0.160040</t>
   </si>
   <si>
     <t>Ножницы VALTEC до 40 мм  (1 /27шт)</t>
   </si>
   <si>
     <t>1 122.00 руб.</t>
   </si>
   <si>
     <t>VLC-1311022</t>
   </si>
   <si>
     <t>VTm.394.M.160026</t>
   </si>
   <si>
     <t>Ножницы VALTEC до 26 мм (NEW) (1/40шт)</t>
   </si>
   <si>
     <t>692.00 руб.</t>
-  </si>
-[...1 lines deleted...]
-    <t>&gt;500</t>
   </si>
   <si>
     <t>Ножницы для пластиковых труб VIEIR</t>
   </si>
   <si>
     <t>INS-310001</t>
   </si>
   <si>
     <t>VER807</t>
   </si>
   <si>
     <t>ножницы до 26мм в упаковке (1/60шт)</t>
   </si>
   <si>
     <t>251.39 руб.</t>
   </si>
   <si>
     <t>INS-310002</t>
   </si>
   <si>
     <t>VER805</t>
   </si>
   <si>
     <t>ножницы до 42мм усиленные КРАСНЫЕ  в упаковке (1/10шт)</t>
   </si>
@@ -11650,83 +11647,83 @@
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>822510</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2">
         <v>1</v>
       </c>
       <c r="H5" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K5" s="2" t="str">
         <f>J5*11962.00</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>822512</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G6" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K6" s="2" t="str">
         <f>J6*8661.00</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>822513</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D7" s="1" t="s">
@@ -11754,122 +11751,122 @@
         <f>J7*17859.00</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>822514</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>29</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G8" s="2">
         <v>4</v>
       </c>
-      <c r="H8" s="2" t="s">
-        <v>32</v>
+      <c r="H8" s="2">
+        <v>3</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*900.00</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>822515</v>
       </c>
       <c r="C9" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D9" s="1" t="s">
+      <c r="E9" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="F9" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="F9" s="2" t="s">
+      <c r="G9" s="2">
+        <v>5</v>
+      </c>
+      <c r="H9" s="2" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K9" s="2" t="str">
         <f>J9*862.00</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>822516</v>
       </c>
       <c r="C10" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D10" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="D10" s="1" t="s">
+      <c r="E10" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="E10" s="2" t="s">
+      <c r="F10" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="F10" s="2" t="s">
+      <c r="G10" s="2">
+        <v>5</v>
+      </c>
+      <c r="H10" s="2" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K10" s="2" t="str">
         <f>J10*934.00</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>822517</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E11" s="2" t="s">
@@ -11895,51 +11892,51 @@
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>822518</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G12" s="2">
         <v>2</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K12" s="2" t="str">
         <f>J12*1406.00</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>822519</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E13" s="2" t="s">
@@ -12000,86 +11997,86 @@
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>822521</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>59</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G15" s="2">
         <v>0</v>
       </c>
       <c r="H15" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K15" s="2" t="str">
         <f>J15*4193.00</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>822522</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>63</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G16" s="2">
         <v>0</v>
       </c>
       <c r="H16" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K16" s="2" t="str">
         <f>J16*4428.00</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>822523</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E17" s="2" t="s">
@@ -12101,227 +12098,227 @@
         <v>17</v>
       </c>
       <c r="K17" s="2" t="str">
         <f>J17*2220.00</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>822524</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="G18" s="2">
-        <v>5</v>
+      <c r="G18" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H18" s="2" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K18" s="2" t="str">
         <f>J18*648.00</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>822525</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>75</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="G19" s="2">
-        <v>3</v>
+      <c r="G19" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H19" s="2" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K19" s="2" t="str">
         <f>J19*725.00</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>822526</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>78</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>79</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G20" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="H20" s="2" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K20" s="2" t="str">
         <f>J20*839.00</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>822527</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>83</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>84</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>85</v>
       </c>
       <c r="G21" s="2">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="H21" s="2" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K21" s="2" t="str">
         <f>J21*957.00</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>822528</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>86</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>87</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>89</v>
       </c>
       <c r="G22" s="2">
         <v>3</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K22" s="2" t="str">
         <f>J22*1559.00</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>822529</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>90</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>91</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G23" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K23" s="2" t="str">
         <f>J23*2345.00</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>822530</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D24" s="1" t="s">
@@ -12420,309 +12417,309 @@
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>877711</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>107</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G27" s="2">
         <v>0</v>
       </c>
       <c r="H27" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K27" s="2" t="str">
         <f>J27*1998.00</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>890201</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>111</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>112</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>113</v>
       </c>
       <c r="G28" s="2">
         <v>0</v>
       </c>
       <c r="H28" s="2" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K28" s="2" t="str">
         <f>J28*716.00</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>890202</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>114</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>115</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>116</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>117</v>
       </c>
       <c r="G29" s="2">
         <v>0</v>
       </c>
-      <c r="H29" s="2" t="s">
-        <v>37</v>
+      <c r="H29" s="2">
+        <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K29" s="2" t="str">
         <f>J29*809.00</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>890203</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>118</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>119</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>120</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>121</v>
       </c>
       <c r="G30" s="2">
         <v>0</v>
       </c>
-      <c r="H30" s="2" t="s">
-        <v>32</v>
+      <c r="H30" s="2">
+        <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K30" s="2" t="str">
         <f>J30*945.00</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>890204</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>122</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>123</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>124</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>125</v>
       </c>
       <c r="G31" s="2">
         <v>0</v>
       </c>
       <c r="H31" s="2" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K31" s="2" t="str">
         <f>J31*1216.00</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>890205</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>129</v>
       </c>
       <c r="G32" s="2">
         <v>0</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K32" s="2" t="str">
         <f>J32*1638.00</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" outlineLevel="2">
       <c r="A33" s="8" t="s">
         <v>130</v>
       </c>
       <c r="B33" s="8"/>
       <c r="C33" s="8"/>
       <c r="D33" s="8"/>
       <c r="E33" s="8"/>
       <c r="F33" s="8"/>
       <c r="G33" s="8"/>
       <c r="H33" s="8"/>
       <c r="I33" s="8"/>
       <c r="J33" s="8"/>
       <c r="K33" s="8"/>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>822489</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>131</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>132</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>133</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="G34" s="2">
-        <v>4</v>
+      <c r="G34" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K34" s="2" t="str">
         <f>J34*1075.46</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>822490</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>135</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>136</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>137</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>138</v>
       </c>
       <c r="G35" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K35" s="2" t="str">
         <f>J35*2342.81</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>822491</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>139</v>
       </c>
       <c r="D36" s="1" t="s">
@@ -12748,51 +12745,51 @@
       </c>
       <c r="K36" s="2" t="str">
         <f>J36*3898.74</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>825020</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>143</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>144</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>145</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>146</v>
       </c>
       <c r="G37" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K37" s="2" t="str">
         <f>J37*1671.95</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>825022</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>147</v>
       </c>
       <c r="D38" s="1" t="s">
@@ -12818,51 +12815,51 @@
       </c>
       <c r="K38" s="2" t="str">
         <f>J38*3291.84</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>825023</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>152</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>153</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>154</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K39" s="2" t="str">
         <f>J39*2994.34</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>826971</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>155</v>
       </c>
       <c r="D40" s="1" t="s">
@@ -12888,226 +12885,226 @@
       </c>
       <c r="K40" s="2" t="str">
         <f>J40*4853.71</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>827992</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>159</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>160</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>161</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>162</v>
       </c>
       <c r="G41" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K41" s="2" t="str">
         <f>J41*1002.58</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>827993</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>163</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>164</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>165</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>166</v>
       </c>
       <c r="G42" s="2">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K42" s="2" t="str">
         <f>J42*1549.98</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>827078</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>168</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>169</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>170</v>
       </c>
       <c r="G43" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K43" s="2" t="str">
         <f>J43*6193.95</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>832500</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>171</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>172</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>173</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G44" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K44" s="2" t="str">
         <f>J44*5108.08</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>832501</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>175</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>176</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>177</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>178</v>
       </c>
       <c r="G45" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
       <c r="I45" s="1">
         <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K45" s="2" t="str">
         <f>J45*4865.61</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>832502</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>179</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>180</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>181</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>182</v>
       </c>
       <c r="G46" s="2">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K46" s="2" t="str">
         <f>J46*2989.88</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>832504</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>183</v>
       </c>
       <c r="D47" s="1" t="s">
@@ -13182,102 +13179,102 @@
       <c r="E49" s="8"/>
       <c r="F49" s="8"/>
       <c r="G49" s="8"/>
       <c r="H49" s="8"/>
       <c r="I49" s="8"/>
       <c r="J49" s="8"/>
       <c r="K49" s="8"/>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>822493</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>192</v>
       </c>
       <c r="D50" s="1"/>
       <c r="E50" s="2" t="s">
         <v>193</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>194</v>
       </c>
       <c r="G50" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H50" s="2">
         <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K50" s="2" t="str">
         <f>J50*2196.57</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" outlineLevel="2">
       <c r="A51" s="8" t="s">
         <v>195</v>
       </c>
       <c r="B51" s="8"/>
       <c r="C51" s="8"/>
       <c r="D51" s="8"/>
       <c r="E51" s="8"/>
       <c r="F51" s="8"/>
       <c r="G51" s="8"/>
       <c r="H51" s="8"/>
       <c r="I51" s="8"/>
       <c r="J51" s="8"/>
       <c r="K51" s="8"/>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>822501</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>196</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>197</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>198</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>199</v>
       </c>
-      <c r="G52" s="2" t="s">
-        <v>32</v>
+      <c r="G52" s="2">
+        <v>8</v>
       </c>
       <c r="H52" s="2">
         <v>0</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K52" s="2" t="str">
         <f>J52*98.18</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
         <v>822502</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>200</v>
       </c>
       <c r="D53" s="1" t="s">
@@ -13303,86 +13300,86 @@
       </c>
       <c r="K53" s="2" t="str">
         <f>J53*132.39</f>
         <v>0</v>
       </c>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
         <v>822503</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>204</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>205</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>206</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>207</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="H54" s="2">
         <v>0</v>
       </c>
       <c r="I54" s="1">
         <v>0</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K54" s="2" t="str">
         <f>J54*168.09</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
         <v>822504</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>208</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>209</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>210</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>211</v>
       </c>
       <c r="G55" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="H55" s="2">
         <v>0</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K55" s="2" t="str">
         <f>J55*229.08</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A56" s="1"/>
       <c r="B56" s="1">
         <v>822505</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>212</v>
       </c>
       <c r="D56" s="1" t="s">
@@ -13580,51 +13577,51 @@
         <v>0</v>
       </c>
       <c r="L61" s="5"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A62" s="1"/>
       <c r="B62" s="1">
         <v>889982</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>233</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>234</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>235</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>236</v>
       </c>
       <c r="G62" s="2">
         <v>0</v>
       </c>
       <c r="H62" s="2">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K62" s="2" t="str">
         <f>J62*4400.00</f>
         <v>0</v>
       </c>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12" outlineLevel="1">
       <c r="A63" s="7" t="s">
         <v>237</v>
       </c>
       <c r="B63" s="7"/>
       <c r="C63" s="7"/>
       <c r="D63" s="7"/>
       <c r="E63" s="7"/>
       <c r="F63" s="7"/>
       <c r="G63" s="7"/>
       <c r="H63" s="7"/>
       <c r="I63" s="7"/>
@@ -13644,229 +13641,229 @@
       <c r="G64" s="8"/>
       <c r="H64" s="8"/>
       <c r="I64" s="8"/>
       <c r="J64" s="8"/>
       <c r="K64" s="8"/>
       <c r="L64" s="5"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A65" s="1"/>
       <c r="B65" s="1">
         <v>822532</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>239</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>240</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>241</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>242</v>
       </c>
       <c r="G65" s="2">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H65" s="2" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="I65" s="1">
         <v>0</v>
       </c>
       <c r="J65" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K65" s="2" t="str">
         <f>J65*311.00</f>
         <v>0</v>
       </c>
       <c r="L65" s="5"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
         <v>822533</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>243</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>244</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>245</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>246</v>
       </c>
       <c r="G66" s="2">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>5</v>
+      </c>
+      <c r="H66" s="2" t="s">
+        <v>41</v>
       </c>
       <c r="I66" s="1">
         <v>0</v>
       </c>
       <c r="J66" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K66" s="2" t="str">
         <f>J66*455.00</f>
         <v>0</v>
       </c>
       <c r="L66" s="5"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A67" s="1"/>
       <c r="B67" s="1">
         <v>822534</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>247</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>248</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>249</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>250</v>
       </c>
       <c r="G67" s="2">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="H67" s="2" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="I67" s="1">
         <v>0</v>
       </c>
       <c r="J67" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K67" s="2" t="str">
         <f>J67*749.00</f>
         <v>0</v>
       </c>
       <c r="L67" s="5"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A68" s="1"/>
       <c r="B68" s="1">
         <v>822535</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>251</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>252</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>253</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>254</v>
       </c>
       <c r="G68" s="2">
         <v>0</v>
       </c>
       <c r="H68" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="I68" s="1">
         <v>0</v>
       </c>
       <c r="J68" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K68" s="2" t="str">
         <f>J68*1066.00</f>
         <v>0</v>
       </c>
       <c r="L68" s="5"/>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A69" s="1"/>
       <c r="B69" s="1">
         <v>822536</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>255</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>256</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>257</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>258</v>
       </c>
       <c r="G69" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H69" s="2" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="I69" s="1">
         <v>0</v>
       </c>
       <c r="J69" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K69" s="2" t="str">
         <f>J69*639.00</f>
         <v>0</v>
       </c>
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A70" s="1"/>
       <c r="B70" s="1">
         <v>822537</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>259</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>260</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>261</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>262</v>
       </c>
       <c r="G70" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H70" s="2" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="I70" s="1">
         <v>0</v>
       </c>
       <c r="J70" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K70" s="2" t="str">
         <f>J70*917.00</f>
         <v>0</v>
       </c>
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A71" s="1"/>
       <c r="B71" s="1">
         <v>822538</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>263</v>
       </c>
       <c r="D71" s="1">
         <v>572111</v>
       </c>
       <c r="E71" s="2" t="s">
@@ -13888,335 +13885,335 @@
         <v>17</v>
       </c>
       <c r="K71" s="2" t="str">
         <f>J71*256244.00</f>
         <v>0</v>
       </c>
       <c r="L71" s="5"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A72" s="1"/>
       <c r="B72" s="1">
         <v>822539</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>266</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>268</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>269</v>
       </c>
-      <c r="G72" s="2">
-        <v>0</v>
+      <c r="G72" s="2" t="s">
+        <v>41</v>
       </c>
       <c r="H72" s="2" t="s">
         <v>270</v>
       </c>
       <c r="I72" s="1">
         <v>0</v>
       </c>
       <c r="J72" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K72" s="2" t="str">
         <f>J72*218.00</f>
         <v>0</v>
       </c>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A73" s="1"/>
       <c r="B73" s="1">
         <v>822540</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>271</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>272</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>273</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>274</v>
       </c>
       <c r="G73" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H73" s="2" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="I73" s="1">
         <v>0</v>
       </c>
       <c r="J73" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K73" s="2" t="str">
         <f>J73*2251.00</f>
         <v>0</v>
       </c>
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A74" s="1"/>
       <c r="B74" s="1">
         <v>822541</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>275</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>276</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>277</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>278</v>
       </c>
       <c r="G74" s="2">
         <v>1</v>
       </c>
       <c r="H74" s="2" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="I74" s="1">
         <v>0</v>
       </c>
       <c r="J74" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K74" s="2" t="str">
         <f>J74*19789.00</f>
         <v>0</v>
       </c>
       <c r="L74" s="5"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A75" s="1"/>
       <c r="B75" s="1">
         <v>822542</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>279</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>280</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>281</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>282</v>
       </c>
       <c r="G75" s="2">
         <v>1</v>
       </c>
       <c r="H75" s="2" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I75" s="1">
         <v>0</v>
       </c>
       <c r="J75" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K75" s="2" t="str">
         <f>J75*1454.00</f>
         <v>0</v>
       </c>
       <c r="L75" s="5"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A76" s="1"/>
       <c r="B76" s="1">
         <v>822543</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>283</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>284</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>285</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>286</v>
       </c>
       <c r="G76" s="2">
         <v>0</v>
       </c>
       <c r="H76" s="2" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I76" s="1">
         <v>0</v>
       </c>
       <c r="J76" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K76" s="2" t="str">
         <f>J76*1590.00</f>
         <v>0</v>
       </c>
       <c r="L76" s="5"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A77" s="1"/>
       <c r="B77" s="1">
         <v>822544</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>287</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>288</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>289</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>290</v>
       </c>
       <c r="G77" s="2">
         <v>0</v>
       </c>
       <c r="H77" s="2" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="I77" s="1">
         <v>0</v>
       </c>
       <c r="J77" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K77" s="2" t="str">
         <f>J77*1626.00</f>
         <v>0</v>
       </c>
       <c r="L77" s="5"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A78" s="1"/>
       <c r="B78" s="1">
         <v>822545</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>291</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>292</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>293</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>294</v>
       </c>
       <c r="G78" s="2">
         <v>2</v>
       </c>
       <c r="H78" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="I78" s="1">
         <v>0</v>
       </c>
       <c r="J78" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K78" s="2" t="str">
         <f>J78*1822.00</f>
         <v>0</v>
       </c>
       <c r="L78" s="5"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A79" s="1"/>
       <c r="B79" s="1">
         <v>822546</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>295</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>296</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>297</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>298</v>
       </c>
       <c r="G79" s="2">
         <v>3</v>
       </c>
       <c r="H79" s="2" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I79" s="1">
         <v>0</v>
       </c>
       <c r="J79" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K79" s="2" t="str">
         <f>J79*9498.00</f>
         <v>0</v>
       </c>
       <c r="L79" s="5"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A80" s="1"/>
       <c r="B80" s="1">
         <v>822547</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>299</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>300</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>301</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>302</v>
       </c>
       <c r="G80" s="2">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>6</v>
+      </c>
+      <c r="H80" s="2" t="s">
+        <v>22</v>
       </c>
       <c r="I80" s="1">
         <v>0</v>
       </c>
       <c r="J80" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K80" s="2" t="str">
         <f>J80*484.00</f>
         <v>0</v>
       </c>
       <c r="L80" s="5"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A81" s="1"/>
       <c r="B81" s="1">
         <v>822548</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>303</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>304</v>
       </c>
       <c r="E81" s="2" t="s">
@@ -14417,51 +14414,51 @@
         <v>0</v>
       </c>
       <c r="L86" s="5"/>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A87" s="1"/>
       <c r="B87" s="1">
         <v>836275</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>327</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>328</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>329</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>326</v>
       </c>
       <c r="G87" s="2">
         <v>0</v>
       </c>
       <c r="H87" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I87" s="1">
         <v>0</v>
       </c>
       <c r="J87" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K87" s="2" t="str">
         <f>J87*9667.00</f>
         <v>0</v>
       </c>
       <c r="L87" s="5"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A88" s="1"/>
       <c r="B88" s="1">
         <v>836276</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>330</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>331</v>
       </c>
       <c r="E88" s="2" t="s">
@@ -14674,87 +14671,87 @@
         <v>17</v>
       </c>
       <c r="K94" s="2" t="str">
         <f>J94*15617.26</f>
         <v>0</v>
       </c>
       <c r="L94" s="5"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A95" s="1"/>
       <c r="B95" s="1">
         <v>834456</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>353</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>354</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>355</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>356</v>
       </c>
-      <c r="G95" s="2">
-        <v>0</v>
+      <c r="G95" s="2" t="s">
+        <v>36</v>
       </c>
       <c r="H95" s="2">
         <v>0</v>
       </c>
       <c r="I95" s="1">
         <v>0</v>
       </c>
       <c r="J95" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K95" s="2" t="str">
         <f>J95*175.53</f>
         <v>0</v>
       </c>
       <c r="L95" s="5"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A96" s="1"/>
       <c r="B96" s="1">
         <v>834457</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>357</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>358</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>359</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>360</v>
       </c>
-      <c r="G96" s="2">
-        <v>0</v>
+      <c r="G96" s="2" t="s">
+        <v>41</v>
       </c>
       <c r="H96" s="2">
         <v>0</v>
       </c>
       <c r="I96" s="1">
         <v>0</v>
       </c>
       <c r="J96" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K96" s="2" t="str">
         <f>J96*194.86</f>
         <v>0</v>
       </c>
       <c r="L96" s="5"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A97" s="1"/>
       <c r="B97" s="1">
         <v>837121</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>361</v>
       </c>
       <c r="D97" s="1" t="s">
@@ -14990,51 +14987,51 @@
       </c>
       <c r="K103" s="2" t="str">
         <f>J103*1866.81</f>
         <v>0</v>
       </c>
       <c r="L103" s="5"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A104" s="1"/>
       <c r="B104" s="1">
         <v>885838</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>389</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>382</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>390</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>384</v>
       </c>
       <c r="G104" s="2">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="H104" s="2">
         <v>0</v>
       </c>
       <c r="I104" s="1">
         <v>0</v>
       </c>
       <c r="J104" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K104" s="2" t="str">
         <f>J104*7361.64</f>
         <v>0</v>
       </c>
       <c r="L104" s="5"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A105" s="1"/>
       <c r="B105" s="1">
         <v>885839</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>391</v>
       </c>
       <c r="D105" s="1" t="s">
@@ -15162,51 +15159,51 @@
       </c>
       <c r="K109" s="2" t="str">
         <f>J109*7220.33</f>
         <v>0</v>
       </c>
       <c r="L109" s="5"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A110" s="1"/>
       <c r="B110" s="1">
         <v>825412</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>403</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>404</v>
       </c>
       <c r="E110" s="2" t="s">
         <v>405</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>406</v>
       </c>
       <c r="G110" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H110" s="2">
         <v>0</v>
       </c>
       <c r="I110" s="1">
         <v>0</v>
       </c>
       <c r="J110" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K110" s="2" t="str">
         <f>J110*24560.11</f>
         <v>0</v>
       </c>
       <c r="L110" s="5"/>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A111" s="1"/>
       <c r="B111" s="1">
         <v>825413</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>407</v>
       </c>
       <c r="D111" s="1" t="s">
@@ -15442,51 +15439,51 @@
       </c>
       <c r="K117" s="2" t="str">
         <f>J117*1329.83</f>
         <v>0</v>
       </c>
       <c r="L117" s="5"/>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A118" s="1"/>
       <c r="B118" s="1">
         <v>825420</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>431</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>432</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>433</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>434</v>
       </c>
       <c r="G118" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H118" s="2">
         <v>0</v>
       </c>
       <c r="I118" s="1">
         <v>0</v>
       </c>
       <c r="J118" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K118" s="2" t="str">
         <f>J118*1332.80</f>
         <v>0</v>
       </c>
       <c r="L118" s="5"/>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A119" s="1"/>
       <c r="B119" s="1">
         <v>825421</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>435</v>
       </c>
       <c r="D119" s="1" t="s">
@@ -16301,86 +16298,86 @@
         <v>0</v>
       </c>
       <c r="L142" s="5"/>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A143" s="1"/>
       <c r="B143" s="1">
         <v>889959</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>516</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>517</v>
       </c>
       <c r="E143" s="2" t="s">
         <v>518</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>519</v>
       </c>
       <c r="G143" s="2">
         <v>2</v>
       </c>
       <c r="H143" s="2" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="I143" s="1">
         <v>0</v>
       </c>
       <c r="J143" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K143" s="2" t="str">
         <f>J143*10634.00</f>
         <v>0</v>
       </c>
       <c r="L143" s="5"/>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A144" s="1"/>
       <c r="B144" s="1">
         <v>889960</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>520</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>521</v>
       </c>
       <c r="E144" s="2" t="s">
         <v>522</v>
       </c>
       <c r="F144" s="2" t="s">
         <v>523</v>
       </c>
       <c r="G144" s="2">
         <v>0</v>
       </c>
       <c r="H144" s="2">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I144" s="1">
         <v>0</v>
       </c>
       <c r="J144" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K144" s="2" t="str">
         <f>J144*134437.00</f>
         <v>0</v>
       </c>
       <c r="L144" s="5"/>
     </row>
     <row r="145" spans="1:12" outlineLevel="4">
       <c r="A145" s="1"/>
       <c r="B145" s="1">
         <v>890050</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>524</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>525</v>
       </c>
       <c r="E145" s="2" t="s">
@@ -16648,51 +16645,51 @@
         <v>0</v>
       </c>
       <c r="L153" s="5"/>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A154" s="1"/>
       <c r="B154" s="1">
         <v>822574</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>549</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>550</v>
       </c>
       <c r="E154" s="2" t="s">
         <v>551</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>552</v>
       </c>
       <c r="G154" s="2">
         <v>0</v>
       </c>
       <c r="H154" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="I154" s="1">
         <v>0</v>
       </c>
       <c r="J154" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K154" s="2" t="str">
         <f>J154*23077.00</f>
         <v>0</v>
       </c>
       <c r="L154" s="5"/>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A155" s="1"/>
       <c r="B155" s="1">
         <v>822575</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>553</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>554</v>
       </c>
       <c r="E155" s="2" t="s">
@@ -17173,156 +17170,156 @@
         <v>0</v>
       </c>
       <c r="L168" s="5"/>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A169" s="1"/>
       <c r="B169" s="1">
         <v>825522</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>604</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>605</v>
       </c>
       <c r="E169" s="2" t="s">
         <v>606</v>
       </c>
       <c r="F169" s="2" t="s">
         <v>607</v>
       </c>
       <c r="G169" s="2">
         <v>1</v>
       </c>
       <c r="H169" s="2">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="I169" s="1">
         <v>0</v>
       </c>
       <c r="J169" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K169" s="2" t="str">
         <f>J169*10368.00</f>
         <v>0</v>
       </c>
       <c r="L169" s="5"/>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A170" s="1"/>
       <c r="B170" s="1">
         <v>825523</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>608</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>609</v>
       </c>
       <c r="E170" s="2" t="s">
         <v>610</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>611</v>
       </c>
       <c r="G170" s="2">
         <v>1</v>
       </c>
       <c r="H170" s="2">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="I170" s="1">
         <v>0</v>
       </c>
       <c r="J170" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K170" s="2" t="str">
         <f>J170*9907.00</f>
         <v>0</v>
       </c>
       <c r="L170" s="5"/>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A171" s="1"/>
       <c r="B171" s="1">
         <v>825524</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>612</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>613</v>
       </c>
       <c r="E171" s="2" t="s">
         <v>614</v>
       </c>
       <c r="F171" s="2" t="s">
         <v>611</v>
       </c>
       <c r="G171" s="2">
         <v>1</v>
       </c>
-      <c r="H171" s="2" t="s">
-        <v>27</v>
+      <c r="H171" s="2">
+        <v>0</v>
       </c>
       <c r="I171" s="1">
         <v>0</v>
       </c>
       <c r="J171" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K171" s="2" t="str">
         <f>J171*9907.00</f>
         <v>0</v>
       </c>
       <c r="L171" s="5"/>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A172" s="1"/>
       <c r="B172" s="1">
         <v>825525</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>615</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>616</v>
       </c>
       <c r="E172" s="2" t="s">
         <v>617</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>611</v>
       </c>
       <c r="G172" s="2">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>1</v>
+      </c>
+      <c r="H172" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="I172" s="1">
         <v>0</v>
       </c>
       <c r="J172" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K172" s="2" t="str">
         <f>J172*9907.00</f>
         <v>0</v>
       </c>
       <c r="L172" s="5"/>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A173" s="1"/>
       <c r="B173" s="1">
         <v>825526</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>618</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>619</v>
       </c>
       <c r="E173" s="2" t="s">
@@ -17347,122 +17344,122 @@
         <f>J173*9907.00</f>
         <v>0</v>
       </c>
       <c r="L173" s="5"/>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A174" s="1"/>
       <c r="B174" s="1">
         <v>836279</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>621</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>622</v>
       </c>
       <c r="E174" s="2" t="s">
         <v>623</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>624</v>
       </c>
       <c r="G174" s="2">
         <v>0</v>
       </c>
-      <c r="H174" s="2">
-        <v>6</v>
+      <c r="H174" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="I174" s="1">
         <v>0</v>
       </c>
       <c r="J174" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K174" s="2" t="str">
         <f>J174*11328.00</f>
         <v>0</v>
       </c>
       <c r="L174" s="5"/>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A175" s="1"/>
       <c r="B175" s="1">
         <v>836280</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>625</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>626</v>
       </c>
       <c r="E175" s="2" t="s">
         <v>627</v>
       </c>
       <c r="F175" s="2" t="s">
         <v>628</v>
       </c>
       <c r="G175" s="2">
         <v>0</v>
       </c>
-      <c r="H175" s="2" t="s">
-        <v>27</v>
+      <c r="H175" s="2">
+        <v>9</v>
       </c>
       <c r="I175" s="1">
         <v>0</v>
       </c>
       <c r="J175" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K175" s="2" t="str">
         <f>J175*18635.00</f>
         <v>0</v>
       </c>
       <c r="L175" s="5"/>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A176" s="1"/>
       <c r="B176" s="1">
         <v>836281</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>629</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>630</v>
       </c>
       <c r="E176" s="2" t="s">
         <v>631</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>632</v>
       </c>
       <c r="G176" s="2">
         <v>0</v>
       </c>
-      <c r="H176" s="2" t="s">
-        <v>27</v>
+      <c r="H176" s="2">
+        <v>8</v>
       </c>
       <c r="I176" s="1">
         <v>0</v>
       </c>
       <c r="J176" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K176" s="2" t="str">
         <f>J176*20768.00</f>
         <v>0</v>
       </c>
       <c r="L176" s="5"/>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A177" s="1"/>
       <c r="B177" s="1">
         <v>868510</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>633</v>
       </c>
       <c r="D177" s="1">
         <v>32573</v>
       </c>
       <c r="E177" s="2" t="s">
@@ -17602,86 +17599,86 @@
       <c r="C181" s="1" t="s">
         <v>647</v>
       </c>
       <c r="D181" s="1">
         <v>23935</v>
       </c>
       <c r="E181" s="2" t="s">
         <v>648</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>649</v>
       </c>
       <c r="G181" s="2">
         <v>0</v>
       </c>
       <c r="H181" s="2">
         <v>2</v>
       </c>
       <c r="I181" s="1">
         <v>0</v>
       </c>
       <c r="J181" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K181" s="2" t="str">
-        <f>J181*5945.00</f>
+        <f>J181*5633.00</f>
         <v>0</v>
       </c>
       <c r="L181" s="5"/>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A182" s="1"/>
       <c r="B182" s="1">
         <v>885496</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>650</v>
       </c>
       <c r="D182" s="1">
         <v>23976</v>
       </c>
       <c r="E182" s="2" t="s">
         <v>651</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>652</v>
       </c>
       <c r="G182" s="2">
         <v>0</v>
       </c>
       <c r="H182" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I182" s="1">
         <v>0</v>
       </c>
       <c r="J182" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K182" s="2" t="str">
-        <f>J182*10020.00</f>
+        <f>J182*9315.00</f>
         <v>0</v>
       </c>
       <c r="L182" s="5"/>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A183" s="1"/>
       <c r="B183" s="1">
         <v>885500</v>
       </c>
       <c r="C183" s="1" t="s">
         <v>653</v>
       </c>
       <c r="D183" s="1">
         <v>23992</v>
       </c>
       <c r="E183" s="2" t="s">
         <v>654</v>
       </c>
       <c r="F183" s="2" t="s">
         <v>655</v>
       </c>
       <c r="G183" s="2">
         <v>0</v>
       </c>
       <c r="H183" s="2">
@@ -17698,121 +17695,121 @@
         <v>0</v>
       </c>
       <c r="L183" s="5"/>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A184" s="1"/>
       <c r="B184" s="1">
         <v>890099</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>656</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>657</v>
       </c>
       <c r="E184" s="2" t="s">
         <v>658</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>659</v>
       </c>
       <c r="G184" s="2">
         <v>0</v>
       </c>
       <c r="H184" s="2">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I184" s="1">
         <v>0</v>
       </c>
       <c r="J184" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K184" s="2" t="str">
         <f>J184*135900.00</f>
         <v>0</v>
       </c>
       <c r="L184" s="5"/>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A185" s="1"/>
       <c r="B185" s="1">
         <v>890100</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>660</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>661</v>
       </c>
       <c r="E185" s="2" t="s">
         <v>662</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>663</v>
       </c>
       <c r="G185" s="2">
         <v>0</v>
       </c>
       <c r="H185" s="2">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="I185" s="1">
         <v>0</v>
       </c>
       <c r="J185" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K185" s="2" t="str">
         <f>J185*38275.00</f>
         <v>0</v>
       </c>
       <c r="L185" s="5"/>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A186" s="1"/>
       <c r="B186" s="1">
         <v>890101</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>664</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>665</v>
       </c>
       <c r="E186" s="2" t="s">
         <v>666</v>
       </c>
       <c r="F186" s="2" t="s">
         <v>667</v>
       </c>
       <c r="G186" s="2">
         <v>0</v>
       </c>
       <c r="H186" s="2">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I186" s="1">
         <v>0</v>
       </c>
       <c r="J186" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K186" s="2" t="str">
         <f>J186*40550.00</f>
         <v>0</v>
       </c>
       <c r="L186" s="5"/>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A187" s="1"/>
       <c r="B187" s="1">
         <v>834772</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>668</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>669</v>
       </c>
       <c r="E187" s="2" t="s">
@@ -17991,51 +17988,51 @@
       </c>
       <c r="K192" s="2" t="str">
         <f>J192*6411.13</f>
         <v>0</v>
       </c>
       <c r="L192" s="5"/>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A193" s="1"/>
       <c r="B193" s="1">
         <v>829345</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>689</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>690</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>691</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>688</v>
       </c>
       <c r="G193" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H193" s="2">
         <v>0</v>
       </c>
       <c r="I193" s="1">
         <v>0</v>
       </c>
       <c r="J193" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K193" s="2" t="str">
         <f>J193*6411.13</f>
         <v>0</v>
       </c>
       <c r="L193" s="5"/>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A194" s="1"/>
       <c r="B194" s="1">
         <v>829346</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>692</v>
       </c>
       <c r="D194" s="1" t="s">
@@ -18166,51 +18163,51 @@
       </c>
       <c r="K197" s="2" t="str">
         <f>J197*6411.13</f>
         <v>0</v>
       </c>
       <c r="L197" s="5"/>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A198" s="1"/>
       <c r="B198" s="1">
         <v>882876</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>706</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>707</v>
       </c>
       <c r="E198" s="2" t="s">
         <v>708</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>709</v>
       </c>
       <c r="G198" s="2">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="H198" s="2">
         <v>0</v>
       </c>
       <c r="I198" s="1">
         <v>0</v>
       </c>
       <c r="J198" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K198" s="2" t="str">
         <f>J198*1007.04</f>
         <v>0</v>
       </c>
       <c r="L198" s="5"/>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A199" s="1"/>
       <c r="B199" s="1">
         <v>882877</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>710</v>
       </c>
       <c r="D199" s="1" t="s">
@@ -18236,86 +18233,86 @@
       </c>
       <c r="K199" s="2" t="str">
         <f>J199*1181.08</f>
         <v>0</v>
       </c>
       <c r="L199" s="5"/>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A200" s="1"/>
       <c r="B200" s="1">
         <v>882878</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>714</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>715</v>
       </c>
       <c r="E200" s="2" t="s">
         <v>716</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>717</v>
       </c>
       <c r="G200" s="2">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="H200" s="2">
         <v>0</v>
       </c>
       <c r="I200" s="1">
         <v>0</v>
       </c>
       <c r="J200" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K200" s="2" t="str">
         <f>J200*2034.90</f>
         <v>0</v>
       </c>
       <c r="L200" s="5"/>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A201" s="1"/>
       <c r="B201" s="1">
         <v>882879</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>718</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>719</v>
       </c>
       <c r="E201" s="2" t="s">
         <v>720</v>
       </c>
       <c r="F201" s="2" t="s">
         <v>721</v>
       </c>
       <c r="G201" s="2" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="H201" s="2">
         <v>0</v>
       </c>
       <c r="I201" s="1">
         <v>0</v>
       </c>
       <c r="J201" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K201" s="2" t="str">
         <f>J201*197.84</f>
         <v>0</v>
       </c>
       <c r="L201" s="5"/>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A202" s="1"/>
       <c r="B202" s="1">
         <v>882904</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>722</v>
       </c>
       <c r="D202" s="1" t="s">
@@ -18481,86 +18478,86 @@
       </c>
       <c r="K206" s="2" t="str">
         <f>J206*116509.93</f>
         <v>0</v>
       </c>
       <c r="L206" s="5"/>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A207" s="1"/>
       <c r="B207" s="1">
         <v>954095</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>740</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>741</v>
       </c>
       <c r="E207" s="2" t="s">
         <v>742</v>
       </c>
       <c r="F207" s="2" t="s">
         <v>743</v>
       </c>
       <c r="G207" s="2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H207" s="2">
         <v>0</v>
       </c>
       <c r="I207" s="1">
         <v>0</v>
       </c>
       <c r="J207" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K207" s="2" t="str">
         <f>J207*8469.83</f>
         <v>0</v>
       </c>
       <c r="L207" s="5"/>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A208" s="1"/>
       <c r="B208" s="1">
         <v>954096</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>744</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>745</v>
       </c>
       <c r="E208" s="2" t="s">
         <v>746</v>
       </c>
       <c r="F208" s="2" t="s">
         <v>747</v>
       </c>
       <c r="G208" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H208" s="2">
         <v>0</v>
       </c>
       <c r="I208" s="1">
         <v>0</v>
       </c>
       <c r="J208" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K208" s="2" t="str">
         <f>J208*5009.90</f>
         <v>0</v>
       </c>
       <c r="L208" s="5"/>
     </row>
     <row r="209" spans="1:12" outlineLevel="2">
       <c r="A209" s="8" t="s">
         <v>748</v>
       </c>
       <c r="B209" s="8"/>
       <c r="C209" s="8"/>
       <c r="D209" s="8"/>
       <c r="E209" s="8"/>
       <c r="F209" s="8"/>
@@ -19223,118 +19220,118 @@
       <c r="D230" s="8"/>
       <c r="E230" s="8"/>
       <c r="F230" s="8"/>
       <c r="G230" s="8"/>
       <c r="H230" s="8"/>
       <c r="I230" s="8"/>
       <c r="J230" s="8"/>
       <c r="K230" s="8"/>
       <c r="L230" s="5"/>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A231" s="1"/>
       <c r="B231" s="1">
         <v>822613</v>
       </c>
       <c r="C231" s="1" t="s">
         <v>808</v>
       </c>
       <c r="D231" s="1"/>
       <c r="E231" s="2" t="s">
         <v>809</v>
       </c>
       <c r="F231" s="2" t="s">
         <v>810</v>
       </c>
-      <c r="G231" s="2">
-        <v>7</v>
+      <c r="G231" s="2" t="s">
+        <v>41</v>
       </c>
       <c r="H231" s="2">
         <v>0</v>
       </c>
       <c r="I231" s="1">
         <v>0</v>
       </c>
       <c r="J231" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K231" s="2" t="str">
         <f>J231*361.42</f>
         <v>0</v>
       </c>
       <c r="L231" s="5"/>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A232" s="1"/>
       <c r="B232" s="1">
         <v>822614</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>811</v>
       </c>
       <c r="D232" s="1"/>
       <c r="E232" s="2" t="s">
         <v>812</v>
       </c>
       <c r="F232" s="2" t="s">
         <v>813</v>
       </c>
-      <c r="G232" s="2">
-        <v>2</v>
+      <c r="G232" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H232" s="2">
         <v>0</v>
       </c>
       <c r="I232" s="1">
         <v>0</v>
       </c>
       <c r="J232" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K232" s="2" t="str">
         <f>J232*451.69</f>
         <v>0</v>
       </c>
       <c r="L232" s="5"/>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A233" s="1"/>
       <c r="B233" s="1">
         <v>822615</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>814</v>
       </c>
       <c r="D233" s="1"/>
       <c r="E233" s="2" t="s">
         <v>815</v>
       </c>
       <c r="F233" s="2" t="s">
         <v>816</v>
       </c>
-      <c r="G233" s="2">
-        <v>8</v>
+      <c r="G233" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H233" s="2">
         <v>0</v>
       </c>
       <c r="I233" s="1">
         <v>0</v>
       </c>
       <c r="J233" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K233" s="2" t="str">
         <f>J233*567.80</f>
         <v>0</v>
       </c>
       <c r="L233" s="5"/>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A234" s="1"/>
       <c r="B234" s="1">
         <v>822616</v>
       </c>
       <c r="C234" s="1" t="s">
         <v>817</v>
       </c>
       <c r="D234" s="1"/>
@@ -19356,117 +19353,117 @@
       <c r="J234" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K234" s="2" t="str">
         <f>J234*980.73</f>
         <v>0</v>
       </c>
       <c r="L234" s="5"/>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A235" s="1"/>
       <c r="B235" s="1">
         <v>822617</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>820</v>
       </c>
       <c r="D235" s="1"/>
       <c r="E235" s="2" t="s">
         <v>821</v>
       </c>
       <c r="F235" s="2" t="s">
         <v>822</v>
       </c>
       <c r="G235" s="2" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H235" s="2">
         <v>0</v>
       </c>
       <c r="I235" s="1">
         <v>0</v>
       </c>
       <c r="J235" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K235" s="2" t="str">
         <f>J235*180.56</f>
         <v>0</v>
       </c>
       <c r="L235" s="5"/>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A236" s="1"/>
       <c r="B236" s="1">
         <v>822618</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>823</v>
       </c>
       <c r="D236" s="1"/>
       <c r="E236" s="2" t="s">
         <v>824</v>
       </c>
       <c r="F236" s="2" t="s">
         <v>825</v>
       </c>
       <c r="G236" s="2" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="H236" s="2">
         <v>0</v>
       </c>
       <c r="I236" s="1">
         <v>0</v>
       </c>
       <c r="J236" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K236" s="2" t="str">
         <f>J236*242.35</f>
         <v>0</v>
       </c>
       <c r="L236" s="5"/>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A237" s="1"/>
       <c r="B237" s="1">
         <v>822619</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>826</v>
       </c>
       <c r="D237" s="1"/>
       <c r="E237" s="2" t="s">
         <v>827</v>
       </c>
       <c r="F237" s="2" t="s">
         <v>828</v>
       </c>
       <c r="G237" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="H237" s="2">
         <v>0</v>
       </c>
       <c r="I237" s="1">
         <v>0</v>
       </c>
       <c r="J237" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K237" s="2" t="str">
         <f>J237*329.30</f>
         <v>0</v>
       </c>
       <c r="L237" s="5"/>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A238" s="1"/>
       <c r="B238" s="1">
         <v>822620</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>829</v>
       </c>
       <c r="D238" s="1"/>
@@ -19488,348 +19485,348 @@
       <c r="J238" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K238" s="2" t="str">
         <f>J238*477.30</f>
         <v>0</v>
       </c>
       <c r="L238" s="5"/>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A239" s="1"/>
       <c r="B239" s="1">
         <v>822621</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>832</v>
       </c>
       <c r="D239" s="1"/>
       <c r="E239" s="2" t="s">
         <v>833</v>
       </c>
       <c r="F239" s="2" t="s">
         <v>834</v>
       </c>
       <c r="G239" s="2">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="H239" s="2">
         <v>0</v>
       </c>
       <c r="I239" s="1">
         <v>0</v>
       </c>
       <c r="J239" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K239" s="2" t="str">
         <f>J239*651.20</f>
         <v>0</v>
       </c>
       <c r="L239" s="5"/>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A240" s="1"/>
       <c r="B240" s="1">
         <v>822622</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>835</v>
       </c>
       <c r="D240" s="1"/>
       <c r="E240" s="2" t="s">
         <v>836</v>
       </c>
       <c r="F240" s="2" t="s">
         <v>837</v>
       </c>
-      <c r="G240" s="2" t="s">
-        <v>32</v>
+      <c r="G240" s="2">
+        <v>10</v>
       </c>
       <c r="H240" s="2">
         <v>0</v>
       </c>
       <c r="I240" s="1">
         <v>0</v>
       </c>
       <c r="J240" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K240" s="2" t="str">
         <f>J240*567.95</f>
         <v>0</v>
       </c>
       <c r="L240" s="5"/>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A241" s="1"/>
       <c r="B241" s="1">
         <v>822623</v>
       </c>
       <c r="C241" s="1" t="s">
         <v>838</v>
       </c>
       <c r="D241" s="1"/>
       <c r="E241" s="2" t="s">
         <v>839</v>
       </c>
       <c r="F241" s="2" t="s">
         <v>840</v>
       </c>
-      <c r="G241" s="2" t="s">
-        <v>27</v>
+      <c r="G241" s="2">
+        <v>0</v>
       </c>
       <c r="H241" s="2">
         <v>0</v>
       </c>
       <c r="I241" s="1">
         <v>0</v>
       </c>
       <c r="J241" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K241" s="2" t="str">
         <f>J241*741.85</f>
         <v>0</v>
       </c>
       <c r="L241" s="5"/>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A242" s="1"/>
       <c r="B242" s="1">
         <v>822624</v>
       </c>
       <c r="C242" s="1" t="s">
         <v>841</v>
       </c>
       <c r="D242" s="1"/>
       <c r="E242" s="2" t="s">
         <v>842</v>
       </c>
       <c r="F242" s="2" t="s">
         <v>843</v>
       </c>
       <c r="G242" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="H242" s="2">
         <v>0</v>
       </c>
       <c r="I242" s="1">
         <v>0</v>
       </c>
       <c r="J242" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K242" s="2" t="str">
         <f>J242*1024.90</f>
         <v>0</v>
       </c>
       <c r="L242" s="5"/>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A243" s="1"/>
       <c r="B243" s="1">
         <v>822625</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>844</v>
       </c>
       <c r="D243" s="1"/>
       <c r="E243" s="2" t="s">
         <v>845</v>
       </c>
       <c r="F243" s="2" t="s">
         <v>846</v>
       </c>
       <c r="G243" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="H243" s="2">
         <v>0</v>
       </c>
       <c r="I243" s="1">
         <v>0</v>
       </c>
       <c r="J243" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K243" s="2" t="str">
         <f>J243*1309.80</f>
         <v>0</v>
       </c>
       <c r="L243" s="5"/>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A244" s="1"/>
       <c r="B244" s="1">
         <v>822626</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>847</v>
       </c>
       <c r="D244" s="1"/>
       <c r="E244" s="2" t="s">
         <v>848</v>
       </c>
       <c r="F244" s="2" t="s">
         <v>849</v>
       </c>
       <c r="G244" s="2">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="H244" s="2">
         <v>0</v>
       </c>
       <c r="I244" s="1">
         <v>0</v>
       </c>
       <c r="J244" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K244" s="2" t="str">
         <f>J244*1883.30</f>
         <v>0</v>
       </c>
       <c r="L244" s="5"/>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A245" s="1"/>
       <c r="B245" s="1">
         <v>822627</v>
       </c>
       <c r="C245" s="1" t="s">
         <v>850</v>
       </c>
       <c r="D245" s="1"/>
       <c r="E245" s="2" t="s">
         <v>851</v>
       </c>
       <c r="F245" s="2" t="s">
         <v>852</v>
       </c>
       <c r="G245" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H245" s="2">
         <v>0</v>
       </c>
       <c r="I245" s="1">
         <v>0</v>
       </c>
       <c r="J245" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K245" s="2" t="str">
         <f>J245*2462.35</f>
         <v>0</v>
       </c>
       <c r="L245" s="5"/>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A246" s="1"/>
       <c r="B246" s="1">
         <v>822628</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>853</v>
       </c>
       <c r="D246" s="1"/>
       <c r="E246" s="2" t="s">
         <v>854</v>
       </c>
       <c r="F246" s="2" t="s">
         <v>855</v>
       </c>
       <c r="G246" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H246" s="2">
         <v>0</v>
       </c>
       <c r="I246" s="1">
         <v>0</v>
       </c>
       <c r="J246" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K246" s="2" t="str">
         <f>J246*3052.50</f>
         <v>0</v>
       </c>
       <c r="L246" s="5"/>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A247" s="1"/>
       <c r="B247" s="1">
         <v>871740</v>
       </c>
       <c r="C247" s="1" t="s">
         <v>856</v>
       </c>
       <c r="D247" s="1"/>
       <c r="E247" s="2" t="s">
         <v>857</v>
       </c>
       <c r="F247" s="2" t="s">
         <v>858</v>
       </c>
-      <c r="G247" s="2" t="s">
-        <v>27</v>
+      <c r="G247" s="2">
+        <v>9</v>
       </c>
       <c r="H247" s="2">
         <v>0</v>
       </c>
       <c r="I247" s="1">
         <v>0</v>
       </c>
       <c r="J247" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K247" s="2" t="str">
         <f>J247*900.95</f>
         <v>0</v>
       </c>
       <c r="L247" s="5"/>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A248" s="1"/>
       <c r="B248" s="1">
         <v>871741</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>859</v>
       </c>
       <c r="D248" s="1"/>
       <c r="E248" s="2" t="s">
         <v>860</v>
       </c>
       <c r="F248" s="2" t="s">
         <v>861</v>
       </c>
       <c r="G248" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H248" s="2">
         <v>0</v>
       </c>
       <c r="I248" s="1">
         <v>0</v>
       </c>
       <c r="J248" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K248" s="2" t="str">
         <f>J248*1156.25</f>
         <v>0</v>
       </c>
       <c r="L248" s="5"/>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A249" s="1"/>
       <c r="B249" s="1">
         <v>871742</v>
       </c>
       <c r="C249" s="1" t="s">
         <v>862</v>
       </c>
       <c r="D249" s="1"/>
@@ -19851,51 +19848,51 @@
       <c r="J249" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K249" s="2" t="str">
         <f>J249*1457.80</f>
         <v>0</v>
       </c>
       <c r="L249" s="5"/>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A250" s="1"/>
       <c r="B250" s="1">
         <v>871748</v>
       </c>
       <c r="C250" s="1" t="s">
         <v>865</v>
       </c>
       <c r="D250" s="1"/>
       <c r="E250" s="2" t="s">
         <v>866</v>
       </c>
       <c r="F250" s="2" t="s">
         <v>867</v>
       </c>
       <c r="G250" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="H250" s="2">
         <v>0</v>
       </c>
       <c r="I250" s="1">
         <v>0</v>
       </c>
       <c r="J250" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K250" s="2" t="str">
         <f>J250*444.00</f>
         <v>0</v>
       </c>
       <c r="L250" s="5"/>
     </row>
     <row r="251" spans="1:12" outlineLevel="1">
       <c r="A251" s="7" t="s">
         <v>868</v>
       </c>
       <c r="B251" s="7"/>
       <c r="C251" s="7"/>
       <c r="D251" s="7"/>
       <c r="E251" s="7"/>
       <c r="F251" s="7"/>
@@ -19918,54 +19915,54 @@
       <c r="G252" s="8"/>
       <c r="H252" s="8"/>
       <c r="I252" s="8"/>
       <c r="J252" s="8"/>
       <c r="K252" s="8"/>
       <c r="L252" s="5"/>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A253" s="1"/>
       <c r="B253" s="1">
         <v>822467</v>
       </c>
       <c r="C253" s="1" t="s">
         <v>870</v>
       </c>
       <c r="D253" s="1" t="s">
         <v>871</v>
       </c>
       <c r="E253" s="2" t="s">
         <v>872</v>
       </c>
       <c r="F253" s="2" t="s">
         <v>873</v>
       </c>
       <c r="G253" s="2">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>0</v>
+      </c>
+      <c r="H253" s="2" t="s">
+        <v>41</v>
       </c>
       <c r="I253" s="1">
         <v>0</v>
       </c>
       <c r="J253" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K253" s="2" t="str">
         <f>J253*549.00</f>
         <v>0</v>
       </c>
       <c r="L253" s="5"/>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A254" s="1"/>
       <c r="B254" s="1">
         <v>822468</v>
       </c>
       <c r="C254" s="1" t="s">
         <v>874</v>
       </c>
       <c r="D254" s="1" t="s">
         <v>875</v>
       </c>
       <c r="E254" s="2" t="s">
@@ -19988,159 +19985,159 @@
       </c>
       <c r="K254" s="2" t="str">
         <f>J254*1330.00</f>
         <v>0</v>
       </c>
       <c r="L254" s="5"/>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A255" s="1"/>
       <c r="B255" s="1">
         <v>822469</v>
       </c>
       <c r="C255" s="1" t="s">
         <v>878</v>
       </c>
       <c r="D255" s="1" t="s">
         <v>879</v>
       </c>
       <c r="E255" s="2" t="s">
         <v>880</v>
       </c>
       <c r="F255" s="2" t="s">
         <v>881</v>
       </c>
       <c r="G255" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H255" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I255" s="1">
         <v>0</v>
       </c>
       <c r="J255" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K255" s="2" t="str">
         <f>J255*856.00</f>
         <v>0</v>
       </c>
       <c r="L255" s="5"/>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A256" s="1"/>
       <c r="B256" s="1">
         <v>822470</v>
       </c>
       <c r="C256" s="1" t="s">
         <v>882</v>
       </c>
       <c r="D256" s="1" t="s">
         <v>883</v>
       </c>
       <c r="E256" s="2" t="s">
         <v>884</v>
       </c>
       <c r="F256" s="2" t="s">
         <v>885</v>
       </c>
       <c r="G256" s="2">
         <v>1</v>
       </c>
       <c r="H256" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="I256" s="1">
         <v>0</v>
       </c>
       <c r="J256" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K256" s="2" t="str">
         <f>J256*1186.00</f>
         <v>0</v>
       </c>
       <c r="L256" s="5"/>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A257" s="1"/>
       <c r="B257" s="1">
         <v>890048</v>
       </c>
       <c r="C257" s="1" t="s">
         <v>886</v>
       </c>
       <c r="D257" s="1" t="s">
         <v>887</v>
       </c>
       <c r="E257" s="2" t="s">
         <v>888</v>
       </c>
       <c r="F257" s="2" t="s">
         <v>889</v>
       </c>
       <c r="G257" s="2">
         <v>0</v>
       </c>
       <c r="H257" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="I257" s="1">
         <v>0</v>
       </c>
       <c r="J257" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K257" s="2" t="str">
         <f>J257*3280.00</f>
         <v>0</v>
       </c>
       <c r="L257" s="5"/>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A258" s="1"/>
       <c r="B258" s="1">
         <v>890049</v>
       </c>
       <c r="C258" s="1" t="s">
         <v>890</v>
       </c>
       <c r="D258" s="1" t="s">
         <v>891</v>
       </c>
       <c r="E258" s="2" t="s">
         <v>892</v>
       </c>
       <c r="F258" s="2" t="s">
         <v>893</v>
       </c>
       <c r="G258" s="2">
         <v>0</v>
       </c>
       <c r="H258" s="2" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="I258" s="1">
         <v>0</v>
       </c>
       <c r="J258" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K258" s="2" t="str">
         <f>J258*675.00</f>
         <v>0</v>
       </c>
       <c r="L258" s="5"/>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A259" s="1"/>
       <c r="B259" s="1">
         <v>890098</v>
       </c>
       <c r="C259" s="1" t="s">
         <v>894</v>
       </c>
       <c r="D259" s="1" t="s">
         <v>895</v>
       </c>
       <c r="E259" s="2" t="s">
@@ -20213,173 +20210,173 @@
         <v>17</v>
       </c>
       <c r="K261" s="2" t="str">
         <f>J261*487.90</f>
         <v>0</v>
       </c>
       <c r="L261" s="5"/>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A262" s="1"/>
       <c r="B262" s="1">
         <v>839815</v>
       </c>
       <c r="C262" s="1" t="s">
         <v>902</v>
       </c>
       <c r="D262" s="1" t="s">
         <v>903</v>
       </c>
       <c r="E262" s="2" t="s">
         <v>904</v>
       </c>
       <c r="F262" s="2" t="s">
         <v>905</v>
       </c>
-      <c r="G262" s="2">
-        <v>0</v>
+      <c r="G262" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H262" s="2">
         <v>0</v>
       </c>
       <c r="I262" s="1">
         <v>0</v>
       </c>
       <c r="J262" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K262" s="2" t="str">
         <f>J262*1276.28</f>
         <v>0</v>
       </c>
       <c r="L262" s="5"/>
     </row>
     <row r="263" spans="1:12" outlineLevel="2">
       <c r="A263" s="8" t="s">
         <v>906</v>
       </c>
       <c r="B263" s="8"/>
       <c r="C263" s="8"/>
       <c r="D263" s="8"/>
       <c r="E263" s="8"/>
       <c r="F263" s="8"/>
       <c r="G263" s="8"/>
       <c r="H263" s="8"/>
       <c r="I263" s="8"/>
       <c r="J263" s="8"/>
       <c r="K263" s="8"/>
       <c r="L263" s="5"/>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A264" s="1"/>
       <c r="B264" s="1">
         <v>882989</v>
       </c>
       <c r="C264" s="1" t="s">
         <v>907</v>
       </c>
       <c r="D264" s="1"/>
       <c r="E264" s="2" t="s">
         <v>908</v>
       </c>
       <c r="F264" s="2" t="s">
         <v>909</v>
       </c>
       <c r="G264" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H264" s="2">
         <v>0</v>
       </c>
       <c r="I264" s="1">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="J264" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K264" s="2" t="str">
         <f>J264*1206.55</f>
         <v>0</v>
       </c>
       <c r="L264" s="5"/>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A265" s="1"/>
       <c r="B265" s="1">
         <v>882990</v>
       </c>
       <c r="C265" s="1" t="s">
         <v>910</v>
       </c>
       <c r="D265" s="1"/>
       <c r="E265" s="2" t="s">
         <v>911</v>
       </c>
       <c r="F265" s="2" t="s">
         <v>912</v>
       </c>
       <c r="G265" s="2">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="H265" s="2">
         <v>0</v>
       </c>
       <c r="I265" s="1">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="J265" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K265" s="2" t="str">
         <f>J265*743.18</f>
         <v>0</v>
       </c>
       <c r="L265" s="5"/>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A266" s="1"/>
       <c r="B266" s="1">
         <v>882991</v>
       </c>
       <c r="C266" s="1" t="s">
         <v>913</v>
       </c>
       <c r="D266" s="1"/>
       <c r="E266" s="2" t="s">
         <v>914</v>
       </c>
       <c r="F266" s="2" t="s">
         <v>915</v>
       </c>
       <c r="G266" s="2">
-        <v>0</v>
+        <v>-7</v>
       </c>
       <c r="H266" s="2">
         <v>0</v>
       </c>
       <c r="I266" s="1">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="J266" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K266" s="2" t="str">
         <f>J266*266.38</f>
         <v>0</v>
       </c>
       <c r="L266" s="5"/>
     </row>
     <row r="267" spans="1:12" outlineLevel="1">
       <c r="A267" s="7" t="s">
         <v>916</v>
       </c>
       <c r="B267" s="7"/>
       <c r="C267" s="7"/>
       <c r="D267" s="7"/>
       <c r="E267" s="7"/>
       <c r="F267" s="7"/>
       <c r="G267" s="7"/>
       <c r="H267" s="7"/>
       <c r="I267" s="7"/>
       <c r="J267" s="7"/>
       <c r="K267" s="7"/>
       <c r="L267" s="5"/>
@@ -20396,121 +20393,121 @@
       <c r="G268" s="8"/>
       <c r="H268" s="8"/>
       <c r="I268" s="8"/>
       <c r="J268" s="8"/>
       <c r="K268" s="8"/>
       <c r="L268" s="5"/>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A269" s="1"/>
       <c r="B269" s="1">
         <v>822606</v>
       </c>
       <c r="C269" s="1" t="s">
         <v>918</v>
       </c>
       <c r="D269" s="1" t="s">
         <v>919</v>
       </c>
       <c r="E269" s="2" t="s">
         <v>920</v>
       </c>
       <c r="F269" s="2" t="s">
         <v>921</v>
       </c>
       <c r="G269" s="2">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H269" s="2">
         <v>0</v>
       </c>
       <c r="I269" s="1">
         <v>0</v>
       </c>
       <c r="J269" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K269" s="2" t="str">
         <f>J269*7107.28</f>
         <v>0</v>
       </c>
       <c r="L269" s="5"/>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A270" s="1"/>
       <c r="B270" s="1">
         <v>822607</v>
       </c>
       <c r="C270" s="1" t="s">
         <v>922</v>
       </c>
       <c r="D270" s="1" t="s">
         <v>923</v>
       </c>
       <c r="E270" s="2" t="s">
         <v>924</v>
       </c>
       <c r="F270" s="2" t="s">
         <v>925</v>
       </c>
-      <c r="G270" s="2">
-        <v>9</v>
+      <c r="G270" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H270" s="2">
         <v>0</v>
       </c>
       <c r="I270" s="1">
         <v>0</v>
       </c>
       <c r="J270" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K270" s="2" t="str">
         <f>J270*2510.90</f>
         <v>0</v>
       </c>
       <c r="L270" s="5"/>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A271" s="1"/>
       <c r="B271" s="1">
         <v>827994</v>
       </c>
       <c r="C271" s="1" t="s">
         <v>926</v>
       </c>
       <c r="D271" s="1" t="s">
         <v>927</v>
       </c>
       <c r="E271" s="2" t="s">
         <v>928</v>
       </c>
       <c r="F271" s="2" t="s">
         <v>929</v>
       </c>
-      <c r="G271" s="2">
-        <v>0</v>
+      <c r="G271" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H271" s="2">
         <v>0</v>
       </c>
       <c r="I271" s="1">
         <v>0</v>
       </c>
       <c r="J271" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K271" s="2" t="str">
         <f>J271*1224.21</f>
         <v>0</v>
       </c>
       <c r="L271" s="5"/>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A272" s="1"/>
       <c r="B272" s="1">
         <v>885042</v>
       </c>
       <c r="C272" s="1" t="s">
         <v>930</v>
       </c>
       <c r="D272" s="1" t="s">
@@ -20602,730 +20599,730 @@
       <c r="F275" s="8"/>
       <c r="G275" s="8"/>
       <c r="H275" s="8"/>
       <c r="I275" s="8"/>
       <c r="J275" s="8"/>
       <c r="K275" s="8"/>
       <c r="L275" s="5"/>
     </row>
     <row r="276" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A276" s="1"/>
       <c r="B276" s="1">
         <v>822552</v>
       </c>
       <c r="C276" s="1" t="s">
         <v>940</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>941</v>
       </c>
       <c r="E276" s="2" t="s">
         <v>942</v>
       </c>
       <c r="F276" s="2" t="s">
         <v>943</v>
       </c>
-      <c r="G276" s="2" t="s">
-        <v>37</v>
+      <c r="G276" s="2">
+        <v>0</v>
       </c>
       <c r="H276" s="2">
         <v>0</v>
       </c>
       <c r="I276" s="1">
         <v>0</v>
       </c>
       <c r="J276" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K276" s="2" t="str">
         <f>J276*1122.00</f>
         <v>0</v>
       </c>
       <c r="L276" s="5"/>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A277" s="1"/>
       <c r="B277" s="1">
         <v>822553</v>
       </c>
       <c r="C277" s="1" t="s">
         <v>944</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>945</v>
       </c>
       <c r="E277" s="2" t="s">
         <v>946</v>
       </c>
       <c r="F277" s="2" t="s">
         <v>947</v>
       </c>
       <c r="G277" s="2" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="H277" s="2" t="s">
-        <v>948</v>
+        <v>22</v>
       </c>
       <c r="I277" s="1">
         <v>0</v>
       </c>
       <c r="J277" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K277" s="2" t="str">
         <f>J277*692.00</f>
         <v>0</v>
       </c>
       <c r="L277" s="5"/>
     </row>
     <row r="278" spans="1:12" outlineLevel="2">
       <c r="A278" s="8" t="s">
-        <v>949</v>
+        <v>948</v>
       </c>
       <c r="B278" s="8"/>
       <c r="C278" s="8"/>
       <c r="D278" s="8"/>
       <c r="E278" s="8"/>
       <c r="F278" s="8"/>
       <c r="G278" s="8"/>
       <c r="H278" s="8"/>
       <c r="I278" s="8"/>
       <c r="J278" s="8"/>
       <c r="K278" s="8"/>
       <c r="L278" s="5"/>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A279" s="1"/>
       <c r="B279" s="1">
         <v>822555</v>
       </c>
       <c r="C279" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="D279" s="1" t="s">
         <v>950</v>
       </c>
-      <c r="D279" s="1" t="s">
+      <c r="E279" s="2" t="s">
         <v>951</v>
       </c>
-      <c r="E279" s="2" t="s">
+      <c r="F279" s="2" t="s">
         <v>952</v>
       </c>
-      <c r="F279" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G279" s="2" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="H279" s="2">
         <v>0</v>
       </c>
       <c r="I279" s="1">
         <v>0</v>
       </c>
       <c r="J279" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K279" s="2" t="str">
         <f>J279*251.39</f>
         <v>0</v>
       </c>
       <c r="L279" s="5"/>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A280" s="1"/>
       <c r="B280" s="1">
         <v>822556</v>
       </c>
       <c r="C280" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="D280" s="1" t="s">
         <v>954</v>
       </c>
-      <c r="D280" s="1" t="s">
+      <c r="E280" s="2" t="s">
         <v>955</v>
       </c>
-      <c r="E280" s="2" t="s">
+      <c r="F280" s="2" t="s">
         <v>956</v>
       </c>
-      <c r="F280" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G280" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H280" s="2">
         <v>0</v>
       </c>
       <c r="I280" s="1">
         <v>0</v>
       </c>
       <c r="J280" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K280" s="2" t="str">
         <f>J280*476.00</f>
         <v>0</v>
       </c>
       <c r="L280" s="5"/>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A281" s="1"/>
       <c r="B281" s="1">
         <v>822557</v>
       </c>
       <c r="C281" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="D281" s="1" t="s">
         <v>958</v>
       </c>
-      <c r="D281" s="1" t="s">
+      <c r="E281" s="2" t="s">
         <v>959</v>
       </c>
-      <c r="E281" s="2" t="s">
+      <c r="F281" s="2" t="s">
         <v>960</v>
-      </c>
-[...1 lines deleted...]
-        <v>961</v>
       </c>
       <c r="G281" s="2">
         <v>0</v>
       </c>
       <c r="H281" s="2">
         <v>0</v>
       </c>
       <c r="I281" s="1">
         <v>0</v>
       </c>
       <c r="J281" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K281" s="2" t="str">
         <f>J281*1364.04</f>
         <v>0</v>
       </c>
       <c r="L281" s="5"/>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A282" s="1"/>
       <c r="B282" s="1">
         <v>822558</v>
       </c>
       <c r="C282" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="D282" s="1" t="s">
         <v>962</v>
       </c>
-      <c r="D282" s="1" t="s">
+      <c r="E282" s="2" t="s">
         <v>963</v>
       </c>
-      <c r="E282" s="2" t="s">
+      <c r="F282" s="2" t="s">
         <v>964</v>
       </c>
-      <c r="F282" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G282" s="2">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H282" s="2">
         <v>0</v>
       </c>
       <c r="I282" s="1">
         <v>0</v>
       </c>
       <c r="J282" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K282" s="2" t="str">
         <f>J282*2310.09</f>
         <v>0</v>
       </c>
       <c r="L282" s="5"/>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A283" s="1"/>
       <c r="B283" s="1">
         <v>823315</v>
       </c>
       <c r="C283" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="D283" s="1" t="s">
         <v>966</v>
       </c>
-      <c r="D283" s="1" t="s">
+      <c r="E283" s="2" t="s">
         <v>967</v>
       </c>
-      <c r="E283" s="2" t="s">
+      <c r="F283" s="2" t="s">
         <v>968</v>
-      </c>
-[...1 lines deleted...]
-        <v>969</v>
       </c>
       <c r="G283" s="2">
         <v>0</v>
       </c>
       <c r="H283" s="2">
         <v>0</v>
       </c>
       <c r="I283" s="1">
         <v>0</v>
       </c>
       <c r="J283" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K283" s="2" t="str">
         <f>J283*380.80</f>
         <v>0</v>
       </c>
       <c r="L283" s="5"/>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A284" s="1"/>
       <c r="B284" s="1">
         <v>825095</v>
       </c>
       <c r="C284" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="D284" s="1" t="s">
         <v>970</v>
       </c>
-      <c r="D284" s="1" t="s">
+      <c r="E284" s="2" t="s">
         <v>971</v>
       </c>
-      <c r="E284" s="2" t="s">
+      <c r="F284" s="2" t="s">
         <v>972</v>
       </c>
-      <c r="F284" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G284" s="2">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="H284" s="2">
         <v>0</v>
       </c>
       <c r="I284" s="1">
         <v>0</v>
       </c>
       <c r="J284" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K284" s="2" t="str">
         <f>J284*1056.13</f>
         <v>0</v>
       </c>
       <c r="L284" s="5"/>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A285" s="1"/>
       <c r="B285" s="1">
         <v>825096</v>
       </c>
       <c r="C285" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="D285" s="1" t="s">
         <v>974</v>
       </c>
-      <c r="D285" s="1" t="s">
+      <c r="E285" s="2" t="s">
         <v>975</v>
       </c>
-      <c r="E285" s="2" t="s">
+      <c r="F285" s="2" t="s">
         <v>976</v>
       </c>
-      <c r="F285" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G285" s="2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H285" s="2">
         <v>0</v>
       </c>
       <c r="I285" s="1">
         <v>0</v>
       </c>
       <c r="J285" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K285" s="2" t="str">
         <f>J285*525.09</f>
         <v>0</v>
       </c>
       <c r="L285" s="5"/>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A286" s="1"/>
       <c r="B286" s="1">
         <v>827069</v>
       </c>
       <c r="C286" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="D286" s="1" t="s">
         <v>978</v>
       </c>
-      <c r="D286" s="1" t="s">
+      <c r="E286" s="2" t="s">
         <v>979</v>
       </c>
-      <c r="E286" s="2" t="s">
+      <c r="F286" s="2" t="s">
         <v>980</v>
       </c>
-      <c r="F286" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G286" s="2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H286" s="2">
         <v>0</v>
       </c>
       <c r="I286" s="1">
         <v>0</v>
       </c>
       <c r="J286" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K286" s="2" t="str">
         <f>J286*580.13</f>
         <v>0</v>
       </c>
       <c r="L286" s="5"/>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A287" s="1"/>
       <c r="B287" s="1">
         <v>827070</v>
       </c>
       <c r="C287" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="D287" s="1" t="s">
         <v>982</v>
       </c>
-      <c r="D287" s="1" t="s">
+      <c r="E287" s="2" t="s">
         <v>983</v>
       </c>
-      <c r="E287" s="2" t="s">
+      <c r="F287" s="2" t="s">
         <v>984</v>
       </c>
-      <c r="F287" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G287" s="2">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="H287" s="2">
         <v>0</v>
       </c>
       <c r="I287" s="1">
         <v>0</v>
       </c>
       <c r="J287" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K287" s="2" t="str">
         <f>J287*534.01</f>
         <v>0</v>
       </c>
       <c r="L287" s="5"/>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A288" s="1"/>
       <c r="B288" s="1">
         <v>832505</v>
       </c>
       <c r="C288" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="D288" s="1" t="s">
         <v>986</v>
       </c>
-      <c r="D288" s="1" t="s">
+      <c r="E288" s="2" t="s">
         <v>987</v>
       </c>
-      <c r="E288" s="2" t="s">
+      <c r="F288" s="2" t="s">
         <v>988</v>
       </c>
-      <c r="F288" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G288" s="2">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="H288" s="2">
         <v>0</v>
       </c>
       <c r="I288" s="1">
         <v>0</v>
       </c>
       <c r="J288" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K288" s="2" t="str">
         <f>J288*547.40</f>
         <v>0</v>
       </c>
       <c r="L288" s="5"/>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A289" s="1"/>
       <c r="B289" s="1">
         <v>832506</v>
       </c>
       <c r="C289" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="D289" s="1" t="s">
         <v>990</v>
       </c>
-      <c r="D289" s="1" t="s">
+      <c r="E289" s="2" t="s">
         <v>991</v>
-      </c>
-[...1 lines deleted...]
-        <v>992</v>
       </c>
       <c r="F289" s="2" t="s">
         <v>360</v>
       </c>
-      <c r="G289" s="2">
-        <v>3</v>
+      <c r="G289" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H289" s="2">
         <v>0</v>
       </c>
       <c r="I289" s="1">
         <v>0</v>
       </c>
       <c r="J289" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K289" s="2" t="str">
         <f>J289*194.86</f>
         <v>0</v>
       </c>
       <c r="L289" s="5"/>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A290" s="1"/>
       <c r="B290" s="1">
         <v>832507</v>
       </c>
       <c r="C290" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="D290" s="1" t="s">
         <v>993</v>
       </c>
-      <c r="D290" s="1" t="s">
+      <c r="E290" s="2" t="s">
         <v>994</v>
       </c>
-      <c r="E290" s="2" t="s">
+      <c r="F290" s="2" t="s">
         <v>995</v>
       </c>
-      <c r="F290" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G290" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H290" s="2">
         <v>0</v>
       </c>
       <c r="I290" s="1">
         <v>0</v>
       </c>
       <c r="J290" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K290" s="2" t="str">
         <f>J290*153.21</f>
         <v>0</v>
       </c>
       <c r="L290" s="5"/>
     </row>
     <row r="291" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A291" s="1"/>
       <c r="B291" s="1">
         <v>832508</v>
       </c>
       <c r="C291" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="D291" s="1" t="s">
         <v>997</v>
       </c>
-      <c r="D291" s="1" t="s">
+      <c r="E291" s="2" t="s">
         <v>998</v>
       </c>
-      <c r="E291" s="2" t="s">
+      <c r="F291" s="2" t="s">
         <v>999</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
       <c r="G291" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H291" s="2">
         <v>0</v>
       </c>
       <c r="I291" s="1">
         <v>0</v>
       </c>
       <c r="J291" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K291" s="2" t="str">
         <f>J291*233.54</f>
         <v>0</v>
       </c>
       <c r="L291" s="5"/>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A292" s="1"/>
       <c r="B292" s="1">
         <v>839814</v>
       </c>
       <c r="C292" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D292" s="1" t="s">
         <v>1001</v>
       </c>
-      <c r="D292" s="1" t="s">
+      <c r="E292" s="2" t="s">
         <v>1002</v>
       </c>
-      <c r="E292" s="2" t="s">
+      <c r="F292" s="2" t="s">
         <v>1003</v>
       </c>
-      <c r="F292" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G292" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H292" s="2">
         <v>0</v>
       </c>
       <c r="I292" s="1">
         <v>0</v>
       </c>
       <c r="J292" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K292" s="2" t="str">
         <f>J292*416.50</f>
         <v>0</v>
       </c>
       <c r="L292" s="5"/>
     </row>
     <row r="293" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A293" s="1"/>
       <c r="B293" s="1">
         <v>871402</v>
       </c>
       <c r="C293" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D293" s="1" t="s">
         <v>1005</v>
       </c>
-      <c r="D293" s="1" t="s">
+      <c r="E293" s="2" t="s">
         <v>1006</v>
       </c>
-      <c r="E293" s="2" t="s">
+      <c r="F293" s="2" t="s">
         <v>1007</v>
-      </c>
-[...1 lines deleted...]
-        <v>1008</v>
       </c>
       <c r="G293" s="2">
         <v>0</v>
       </c>
       <c r="H293" s="2">
         <v>0</v>
       </c>
       <c r="I293" s="1">
         <v>0</v>
       </c>
       <c r="J293" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K293" s="2" t="str">
         <f>J293*722.93</f>
         <v>0</v>
       </c>
       <c r="L293" s="5"/>
     </row>
     <row r="294" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A294" s="1"/>
       <c r="B294" s="1">
         <v>882907</v>
       </c>
       <c r="C294" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D294" s="1" t="s">
         <v>1009</v>
       </c>
-      <c r="D294" s="1" t="s">
+      <c r="E294" s="2" t="s">
         <v>1010</v>
       </c>
-      <c r="E294" s="2" t="s">
+      <c r="F294" s="2" t="s">
         <v>1011</v>
-      </c>
-[...1 lines deleted...]
-        <v>1012</v>
       </c>
       <c r="G294" s="2">
         <v>0</v>
       </c>
       <c r="H294" s="2">
         <v>0</v>
       </c>
       <c r="I294" s="1">
         <v>0</v>
       </c>
       <c r="J294" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K294" s="2" t="str">
         <f>J294*575.66</f>
         <v>0</v>
       </c>
       <c r="L294" s="5"/>
     </row>
     <row r="295" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A295" s="1"/>
       <c r="B295" s="1">
         <v>884705</v>
       </c>
       <c r="C295" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D295" s="1" t="s">
         <v>1013</v>
       </c>
-      <c r="D295" s="1" t="s">
+      <c r="E295" s="2" t="s">
         <v>1014</v>
       </c>
-      <c r="E295" s="2" t="s">
+      <c r="F295" s="2" t="s">
         <v>1015</v>
       </c>
-      <c r="F295" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G295" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H295" s="2">
         <v>0</v>
       </c>
       <c r="I295" s="1">
         <v>0</v>
       </c>
       <c r="J295" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K295" s="2" t="str">
         <f>J295*520.63</f>
         <v>0</v>
       </c>
       <c r="L295" s="5"/>
     </row>
     <row r="296" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A296" s="1"/>
       <c r="B296" s="1">
         <v>884706</v>
       </c>
       <c r="C296" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D296" s="1" t="s">
         <v>1017</v>
       </c>
-      <c r="D296" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E296" s="2" t="s">
+        <v>1014</v>
+      </c>
+      <c r="F296" s="2" t="s">
         <v>1015</v>
-      </c>
-[...1 lines deleted...]
-        <v>1016</v>
       </c>
       <c r="G296" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H296" s="2">
         <v>0</v>
       </c>
       <c r="I296" s="1">
         <v>0</v>
       </c>
       <c r="J296" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K296" s="2" t="str">
         <f>J296*520.63</f>
         <v>0</v>
       </c>
       <c r="L296" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>