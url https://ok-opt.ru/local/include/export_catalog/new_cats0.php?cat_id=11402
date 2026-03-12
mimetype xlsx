--- v0 (2025-12-07)
+++ v1 (2026-03-12)
@@ -17,544 +17,538 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="240">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="239">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>КОТЛЫ и оборудование для котельных</t>
   </si>
   <si>
     <t>Группы быстрого монтажа</t>
   </si>
   <si>
     <t>Группы быстрого монтажа VIEIR</t>
   </si>
   <si>
     <t>KIO-210001</t>
   </si>
   <si>
     <t>VR216-25/6</t>
   </si>
   <si>
     <t>Группа быстрого монтажа 11/2  высокотемпературного прямого контура С ШАР КРАНОМ без насоса (1/2шт)</t>
   </si>
   <si>
-    <t>8 593.29 руб.</t>
+    <t>8 761.38 руб.</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>KIO-210002</t>
   </si>
   <si>
     <t>VR217-25/6</t>
   </si>
   <si>
     <t>Группа быстрого монтажа 11/2" низкотемпературная С ТРЕХХОД. КЛАПАНОМ без насоса (1/2шт)</t>
   </si>
   <si>
-    <t>11 242.53 руб.</t>
+    <t>12 193.04 руб.</t>
   </si>
   <si>
     <t>KIO-210003</t>
   </si>
   <si>
     <t>VR218-25/6</t>
   </si>
   <si>
     <t>Группа быстрого монтажа 11/2" низкотемпературная С ТЕРМОСМЕС. КЛАПАНОМ без насоса (1/2шт)</t>
   </si>
   <si>
-    <t>11 565.31 руб.</t>
+    <t>12 480.13 руб.</t>
   </si>
   <si>
     <t>KIO-210004</t>
   </si>
   <si>
     <t>VR211.2</t>
   </si>
   <si>
     <t>Коллектор  на 3 контура с накид. гайками 11/2,  в теплоиз, сталь, до 70 кВт, VIEIR</t>
   </si>
   <si>
     <t>10 861.73 руб.</t>
   </si>
   <si>
     <t>KIO-210005</t>
   </si>
   <si>
     <t>VR211.3</t>
   </si>
   <si>
     <t>Коллектор  на 5  контуров с накид. гайками 1/12,  в теплоиз, сталь, до 70 кВт, VIEIR</t>
   </si>
   <si>
     <t>14 895.83 руб.</t>
   </si>
   <si>
     <t>KIO-210006</t>
   </si>
   <si>
     <t>VR211.4</t>
   </si>
   <si>
     <t>Коллектор  на 7  контуров с накид. гайками 1/12,  в теплоиз, сталь, до 70 кВт, VIEIR</t>
   </si>
   <si>
     <t>18 921.00 руб.</t>
   </si>
   <si>
     <t>KIO-210007</t>
   </si>
   <si>
     <t>VR205</t>
   </si>
   <si>
     <t>Гидрострелка VR 11/2  в сборе с авт воздух, дренаж кран, с накид. гайками</t>
   </si>
   <si>
-    <t>12 146.93 руб.</t>
+    <t>9 957.33 руб.</t>
   </si>
   <si>
     <t>KIO-210008</t>
   </si>
   <si>
     <t>VR210A</t>
   </si>
   <si>
     <t>Кронштейн крепления коллектора (1/100шт)</t>
   </si>
   <si>
     <t>873.16 руб.</t>
   </si>
   <si>
     <t>KIO-210009</t>
   </si>
   <si>
-    <t>VR220L-25/6</t>
+    <t>VR220L</t>
   </si>
   <si>
     <t>Группа быстрого монтажа 11/2" подключ СЛЕВА в теплоиз. с термометрами С ТРЕХХОД. КЛАПАН без насоса</t>
   </si>
   <si>
-    <t>11 025.35 руб.</t>
+    <t>10 641.58 руб.</t>
   </si>
   <si>
     <t>KIO-210010</t>
   </si>
   <si>
-    <t>VR220R-25/6</t>
+    <t>VR220R</t>
   </si>
   <si>
     <t>Группа быстрого монтажа 11/2" подключ СПРАВА в теплоиз. с термометр  С ТРЕХХОД. КЛАПАН без насоса</t>
   </si>
   <si>
     <t>KIO-210011</t>
   </si>
   <si>
     <t>VR209A</t>
   </si>
   <si>
     <t>Кронштейны крепления коллектора с отступом ПАРА (1/100шт)</t>
   </si>
   <si>
     <t>520.63 руб.</t>
   </si>
   <si>
+    <t>VER-000436</t>
+  </si>
+  <si>
+    <t>VR222-25/6</t>
+  </si>
+  <si>
+    <t>Группа быстрого монтажа 11/2" с ТЕПЛООБМЕННИКОМ 28 пластин, без насоса (2/1шт)</t>
+  </si>
+  <si>
+    <t>23 926.44 руб.</t>
+  </si>
+  <si>
+    <t>VER-000726</t>
+  </si>
+  <si>
+    <t>VMB-20-45</t>
+  </si>
+  <si>
+    <t>Гидравлический разделитель DN20, 45кВт (8/1шт)</t>
+  </si>
+  <si>
+    <t>4 742.15 руб.</t>
+  </si>
+  <si>
+    <t>VER-000727</t>
+  </si>
+  <si>
+    <t>VMB-25-60</t>
+  </si>
+  <si>
+    <t>Гидравлический разделитель DN25, 60кВт (8/1шт)</t>
+  </si>
+  <si>
+    <t>5 710.51 руб.</t>
+  </si>
+  <si>
+    <t>VER-000728</t>
+  </si>
+  <si>
+    <t>VMB-25-80</t>
+  </si>
+  <si>
+    <t>Гидравлический разделитель DN25, 80кВт (12/1шт)</t>
+  </si>
+  <si>
+    <t>6 155.28 руб.</t>
+  </si>
+  <si>
+    <t>VER-000729</t>
+  </si>
+  <si>
+    <t>VMB-25-100</t>
+  </si>
+  <si>
+    <t>Гидравлический разделитель DN25, 100кВт (12/1шт)</t>
+  </si>
+  <si>
+    <t>7 360.15 руб.</t>
+  </si>
+  <si>
+    <t>VER-000730</t>
+  </si>
+  <si>
+    <t>VMB-32-120</t>
+  </si>
+  <si>
+    <t>Гидравлический разделитель DN32, 120кВт (12/1шт)</t>
+  </si>
+  <si>
+    <t>7 665.09 руб.</t>
+  </si>
+  <si>
+    <t>VER-001008</t>
+  </si>
+  <si>
+    <t>VP226</t>
+  </si>
+  <si>
+    <t>Насосная группа  прямого контура из нержавеющей стали 1 1/2"x 1" VER PRO (2/1шт)</t>
+  </si>
+  <si>
+    <t>11 966.94 руб.</t>
+  </si>
+  <si>
+    <t>VER-001009</t>
+  </si>
+  <si>
+    <t>VP227</t>
+  </si>
+  <si>
+    <t>Насосная группа с 4-х ходовым смес клапаном НЕРЖ 1 1/2"x 1" универ (левая/правая) VER PRO (2/1шт)</t>
+  </si>
+  <si>
+    <t>15 571.15 руб.</t>
+  </si>
+  <si>
+    <t>VER-001011</t>
+  </si>
+  <si>
+    <t>VP235</t>
+  </si>
+  <si>
+    <t>Гидрострелка из нержавеющей стали 1 1/2"x 1 1/4" (1шт)</t>
+  </si>
+  <si>
+    <t>17 299.63 руб.</t>
+  </si>
+  <si>
+    <t>VER-001077</t>
+  </si>
+  <si>
+    <t>VHSC25-3</t>
+  </si>
+  <si>
+    <t>Гидравлический разделитель КРУГ НЕРЖ совмещенный с коллектором 3 выхода (1шт)</t>
+  </si>
+  <si>
+    <t>15 661.89 руб.</t>
+  </si>
+  <si>
+    <t>VER-001078</t>
+  </si>
+  <si>
+    <t>VHSC25-2.1</t>
+  </si>
+  <si>
+    <t>Гидравлический разделитель КРУГ НЕРЖ совмещенный с коллектором 2+1 выход (1шт)</t>
+  </si>
+  <si>
+    <t>18 525.33 руб.</t>
+  </si>
+  <si>
+    <t>VER-001079</t>
+  </si>
+  <si>
+    <t>VHSC25-3.1</t>
+  </si>
+  <si>
+    <t>Гидравлический разделитель КРУГ НЕРЖ совмещенный с коллектором 3+1 выход (1шт)</t>
+  </si>
+  <si>
+    <t>21 976.33 руб.</t>
+  </si>
+  <si>
+    <t>VER-001088</t>
+  </si>
+  <si>
+    <t>VR1134</t>
+  </si>
+  <si>
+    <t>Магнитный уловитель для гидрострелки 3/4" (50/1шт)</t>
+  </si>
+  <si>
+    <t>1 274.79 руб.</t>
+  </si>
+  <si>
+    <t>VER-001326</t>
+  </si>
+  <si>
+    <t>VGK06</t>
+  </si>
+  <si>
+    <t>Крепёж из оцинкованной стали для коллекторов с гидравлическим разделителем из нерж. Стали 1" (20/1ко</t>
+  </si>
+  <si>
+    <t>321.30 руб.</t>
+  </si>
+  <si>
+    <t>VER-001398</t>
+  </si>
+  <si>
+    <t>VP230A</t>
+  </si>
+  <si>
+    <t>Насосная группа из нерж. стали с трехходовым смесительным клапаном 1 1/2"x 1" (2/1шт) БЕЗ НАСОСА</t>
+  </si>
+  <si>
+    <t>14 451.06 руб.</t>
+  </si>
+  <si>
+    <t>VER-001492</t>
+  </si>
+  <si>
+    <t>VR217</t>
+  </si>
+  <si>
+    <t>Насосная группа с трехходовым смесительным клапаном (2/1шт)</t>
+  </si>
+  <si>
+    <t>VER-001493</t>
+  </si>
+  <si>
+    <t>VMB-20-28</t>
+  </si>
+  <si>
+    <t>Гидравлическая стрелка с воздухоотводчиками для котла DN20, 45кВт (8/1шт)</t>
+  </si>
+  <si>
+    <t>VER-001494</t>
+  </si>
+  <si>
+    <t>VMB-25-35</t>
+  </si>
+  <si>
+    <t>Гидравлическая стрелка с воздухоотводчиками для котла DN25, 60кВт (8/1шт)</t>
+  </si>
+  <si>
+    <t>VER-001522</t>
+  </si>
+  <si>
+    <t>VHSK25-3-A</t>
+  </si>
+  <si>
+    <t>Гидравлический разделитель КВАДРАТ НЕРЖ совмещенный с коллектором 3+1 (1шт)</t>
+  </si>
+  <si>
+    <t>21 521.15 руб.</t>
+  </si>
+  <si>
+    <t>VER-001523</t>
+  </si>
+  <si>
+    <t>VHSK25-2.1-A</t>
+  </si>
+  <si>
+    <t>Гидравлический разделитель КВАДРАТ НЕРЖ совмещенный с коллектором 2+1 (1шт)</t>
+  </si>
+  <si>
+    <t>22 670.99 руб.</t>
+  </si>
+  <si>
+    <t>VER-001524</t>
+  </si>
+  <si>
+    <t>VHSK25-3.1-A</t>
+  </si>
+  <si>
+    <t>Гидравлический разделитель КВАДРАТ НЕРЖ совмещенный с коллектором 3 (1шт)</t>
+  </si>
+  <si>
+    <t>27 090.35 руб.</t>
+  </si>
+  <si>
+    <t>VER-001546</t>
+  </si>
+  <si>
+    <t>VR218</t>
+  </si>
+  <si>
+    <t>Насосная группа с трехходовым смесительным клапаном "ViEiR"(2/1шт)</t>
+  </si>
+  <si>
+    <t>VER-001731</t>
+  </si>
+  <si>
+    <t>HS2.1A</t>
+  </si>
+  <si>
+    <t>Гидравлический разделитель с воздухоотводчиком, совмещенный с  коллектором 2+1 выхода (1шт)</t>
+  </si>
+  <si>
+    <t>Группы быстрого монтажа VALTEC</t>
+  </si>
+  <si>
+    <t>VLC-811058</t>
+  </si>
+  <si>
+    <t>VT.VAR00.G.07</t>
+  </si>
+  <si>
+    <t>Гидравлическая стрелка для систем VARIMIX 1 1/4" бронза (Италия)</t>
+  </si>
+  <si>
+    <t>41 739.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-811059</t>
+  </si>
+  <si>
+    <t>VT.TVR00.FP.07</t>
+  </si>
+  <si>
+    <t>Теплоизоляция для гидравлической стрелки VT. VAR.00</t>
+  </si>
+  <si>
+    <t>5 216.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-811060</t>
+  </si>
+  <si>
+    <t>VT.VAR10.G.07</t>
+  </si>
+  <si>
+    <t>Насосная группа высокотемп. контура для систем VARIMIX 1 1/4" бронза (Италия)</t>
+  </si>
+  <si>
+    <t>46 022.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-811061</t>
+  </si>
+  <si>
+    <t>VT.VAR11.G.07</t>
+  </si>
+  <si>
+    <t>Насосная группа высокотемп. контура с байпасом для систем VARIMIX 1 1/4" бронза (Италия)</t>
+  </si>
+  <si>
+    <t>57 432.00 руб.</t>
+  </si>
+  <si>
     <t>&gt;10</t>
   </si>
   <si>
-    <t>VER-000436</t>
-[...316 lines deleted...]
-  <si>
     <t>VLC-811062</t>
   </si>
   <si>
     <t>VT.VAR20.G.07</t>
   </si>
   <si>
     <t>Насосная группа с байпасом и трехходовым клапаном  для систем VARIMIX 11/4" - 3W-KV4 бронза (Италия)</t>
   </si>
   <si>
     <t>73 160.00 руб.</t>
   </si>
   <si>
     <t>VLC-811063</t>
   </si>
   <si>
     <t>VT.VAR21.G.07</t>
   </si>
   <si>
     <t>Насосная группа с байпасом и четырехход. клапаном  для систем VARIMIX 11/4" - 4W-KV4 бронза (Италия)</t>
   </si>
   <si>
     <t>71 544.00 руб.</t>
   </si>
   <si>
     <t>VLC-811064</t>
@@ -617,50 +611,53 @@
     <t>0.00 руб.</t>
   </si>
   <si>
     <t>VLC-911002</t>
   </si>
   <si>
     <t>VTc.100.SH.070605</t>
   </si>
   <si>
     <t>Гидроразделитель сталь с колл., гориз., 5 контуров, до 70 кВт</t>
   </si>
   <si>
     <t>17 274.00 руб.</t>
   </si>
   <si>
     <t>VLC-911003</t>
   </si>
   <si>
     <t>VTc.100.S.U</t>
   </si>
   <si>
     <t>Кронштейн крепл. универс. для гидрообвязки</t>
   </si>
   <si>
     <t>439.00 руб.</t>
+  </si>
+  <si>
+    <t>&gt;25</t>
   </si>
   <si>
     <t>Группы быстрого монтажа MEIBES</t>
   </si>
   <si>
     <t>VLC-901056</t>
   </si>
   <si>
     <t>M66301.921RU</t>
   </si>
   <si>
     <t>Коллектор распределительный до 3 насосных групп, нерж сталь (с комплектом кронштейнов)</t>
   </si>
   <si>
     <t>32 995.00 руб.</t>
   </si>
   <si>
     <t>VLC-901057</t>
   </si>
   <si>
     <t>M66301.931RU</t>
   </si>
   <si>
     <t>Коллектор распределительный до 5 насосных групп, нерж сталь (с комплектом кронштейнов)</t>
   </si>
@@ -2980,197 +2977,197 @@
       <c r="G4" s="8"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>819056</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="1">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K5" s="2" t="str">
-        <f>J5*8593.29</f>
+        <f>J5*8761.38</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>819057</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G6" s="2">
         <v>0</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K6" s="2" t="str">
-        <f>J6*11242.53</f>
+        <f>J6*12193.04</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>819058</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G7" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="1">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K7" s="2" t="str">
-        <f>J7*11565.31</f>
+        <f>J7*12480.13</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>819059</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G8" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*10861.73</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>819060</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G9" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K9" s="2" t="str">
         <f>J9*14895.83</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>819061</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F10" s="2" t="s">
@@ -3190,63 +3187,63 @@
       </c>
       <c r="K10" s="2" t="str">
         <f>J10*18921.00</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>819062</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G11" s="2">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K11" s="2" t="str">
-        <f>J11*12146.93</f>
+        <f>J11*9957.33</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>819063</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G12" s="2">
         <v>3</v>
       </c>
       <c r="H12" s="2">
@@ -3272,1754 +3269,1754 @@
       <c r="C13" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G13" s="2">
         <v>3</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K13" s="2" t="str">
-        <f>J13*11025.35</f>
+        <f>J13*10641.58</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>825205</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G14" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K14" s="2" t="str">
-        <f>J14*11025.35</f>
+        <f>J14*10641.58</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>829305</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>54</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="G15" s="2" t="s">
-        <v>57</v>
+      <c r="G15" s="2">
+        <v>8</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K15" s="2" t="str">
         <f>J15*520.63</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>878117</v>
       </c>
       <c r="C16" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D16" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="D16" s="1" t="s">
+      <c r="E16" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="E16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="G16" s="2">
         <v>2</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K16" s="2" t="str">
-        <f>J16*22723.05</f>
+        <f>J16*23926.44</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>884625</v>
       </c>
       <c r="C17" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D17" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="D17" s="1" t="s">
+      <c r="E17" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="E17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="G17" s="2">
         <v>0</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K17" s="2" t="str">
         <f>J17*4742.15</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>884626</v>
       </c>
       <c r="C18" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D18" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="D18" s="1" t="s">
+      <c r="E18" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="E18" s="2" t="s">
+      <c r="F18" s="2" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="G18" s="2">
         <v>0</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K18" s="2" t="str">
         <f>J18*5710.51</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>884627</v>
       </c>
       <c r="C19" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D19" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="D19" s="1" t="s">
+      <c r="E19" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="E19" s="2" t="s">
+      <c r="F19" s="2" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="G19" s="2">
         <v>0</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K19" s="2" t="str">
         <f>J19*6155.28</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>884628</v>
       </c>
       <c r="C20" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D20" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="D20" s="1" t="s">
+      <c r="E20" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="E20" s="2" t="s">
+      <c r="F20" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="F20" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G20" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K20" s="2" t="str">
         <f>J20*7360.15</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>884629</v>
       </c>
       <c r="C21" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D21" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="D21" s="1" t="s">
+      <c r="E21" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="E21" s="2" t="s">
+      <c r="F21" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="F21" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G21" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K21" s="2" t="str">
         <f>J21*7665.09</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>884146</v>
       </c>
       <c r="C22" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="D22" s="1" t="s">
+      <c r="E22" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="E22" s="2" t="s">
+      <c r="F22" s="2" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="G22" s="2">
         <v>0</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K22" s="2" t="str">
         <f>J22*11966.94</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>884147</v>
       </c>
       <c r="C23" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D23" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="D23" s="1" t="s">
+      <c r="E23" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="E23" s="2" t="s">
+      <c r="F23" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="F23" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G23" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K23" s="2" t="str">
         <f>J23*15571.15</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>884149</v>
       </c>
       <c r="C24" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="D24" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="D24" s="1" t="s">
+      <c r="E24" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="E24" s="2" t="s">
+      <c r="F24" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="F24" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G24" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K24" s="2" t="str">
-        <f>J24*17579.28</f>
+        <f>J24*17299.63</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>883941</v>
       </c>
       <c r="C25" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D25" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="D25" s="1" t="s">
+      <c r="E25" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="E25" s="2" t="s">
+      <c r="F25" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="F25" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G25" s="2">
         <v>0</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K25" s="2" t="str">
-        <f>J25*15411.99</f>
+        <f>J25*15661.89</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>883942</v>
       </c>
       <c r="C26" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D26" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="D26" s="1" t="s">
+      <c r="E26" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="E26" s="2" t="s">
+      <c r="F26" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="F26" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G26" s="2">
         <v>0</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K26" s="2" t="str">
-        <f>J26*18232.29</f>
+        <f>J26*18525.33</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>883943</v>
       </c>
       <c r="C27" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D27" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="D27" s="1" t="s">
+      <c r="E27" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="E27" s="2" t="s">
+      <c r="F27" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="F27" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G27" s="2">
         <v>0</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K27" s="2" t="str">
-        <f>J27*21631.23</f>
+        <f>J27*21976.33</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>885006</v>
       </c>
       <c r="C28" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D28" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="D28" s="1" t="s">
+      <c r="E28" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="E28" s="2" t="s">
+      <c r="F28" s="2" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="G28" s="2">
         <v>5</v>
       </c>
       <c r="H28" s="2">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K28" s="2" t="str">
-        <f>J28*1270.33</f>
+        <f>J28*1274.79</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>885114</v>
       </c>
       <c r="C29" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D29" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="D29" s="1" t="s">
+      <c r="E29" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="E29" s="2" t="s">
+      <c r="F29" s="2" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="G29" s="2">
         <v>10</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K29" s="2" t="str">
-        <f>J29*324.28</f>
+        <f>J29*321.30</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>886000</v>
       </c>
       <c r="C30" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D30" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="D30" s="1" t="s">
+      <c r="E30" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="E30" s="2" t="s">
+      <c r="F30" s="2" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="G30" s="2">
         <v>7</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K30" s="2" t="str">
         <f>J30*14451.06</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>886070</v>
       </c>
       <c r="C31" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D31" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="D31" s="1" t="s">
+      <c r="E31" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="E31" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F31" s="2" t="s">
-        <v>121</v>
+        <v>21</v>
       </c>
       <c r="G31" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H31" s="2">
         <v>0</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K31" s="2" t="str">
-        <f>J31*11958.01</f>
+        <f>J31*12193.04</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>886071</v>
       </c>
       <c r="C32" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E32" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="D32" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F32" s="2" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="G32" s="2">
         <v>6</v>
       </c>
       <c r="H32" s="2">
         <v>0</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K32" s="2" t="str">
         <f>J32*4742.15</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>886072</v>
       </c>
       <c r="C33" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="E33" s="2" t="s">
         <v>125</v>
       </c>
-      <c r="D33" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F33" s="2" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="G33" s="2">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H33" s="2">
         <v>0</v>
       </c>
       <c r="I33" s="1">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K33" s="2" t="str">
         <f>J33*5710.51</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>885832</v>
       </c>
       <c r="C34" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="E34" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="D34" s="1" t="s">
+      <c r="F34" s="2" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
       <c r="G34" s="2">
         <v>2</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K34" s="2" t="str">
-        <f>J34*21182.00</f>
+        <f>J34*21521.15</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>885833</v>
       </c>
       <c r="C35" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E35" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="D35" s="1" t="s">
+      <c r="F35" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="E35" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G35" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K35" s="2" t="str">
-        <f>J35*22315.48</f>
+        <f>J35*22670.99</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>885834</v>
       </c>
       <c r="C36" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="E36" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="D36" s="1" t="s">
+      <c r="F36" s="2" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
       <c r="G36" s="2">
         <v>2</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K36" s="2" t="str">
-        <f>J36*26666.41</f>
+        <f>J36*27090.35</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>885846</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="E37" s="2" t="s">
         <v>140</v>
       </c>
-      <c r="D37" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F37" s="2" t="s">
-        <v>143</v>
+        <v>25</v>
       </c>
       <c r="G37" s="2">
         <v>4</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K37" s="2" t="str">
-        <f>J37*12627.39</f>
+        <f>J37*12480.13</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" outlineLevel="4">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>954094</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G38" s="2">
         <v>0</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K38" s="2" t="str">
-        <f>J38*18232.29</f>
+        <f>J38*18525.33</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" outlineLevel="2">
       <c r="A39" s="8" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="B39" s="8"/>
       <c r="C39" s="8"/>
       <c r="D39" s="8"/>
       <c r="E39" s="8"/>
       <c r="F39" s="8"/>
       <c r="G39" s="8"/>
       <c r="H39" s="8"/>
       <c r="I39" s="8"/>
       <c r="J39" s="8"/>
       <c r="K39" s="8"/>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>819044</v>
       </c>
       <c r="C40" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="E40" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="F40" s="2" t="s">
         <v>148</v>
-      </c>
-[...7 lines deleted...]
-        <v>151</v>
       </c>
       <c r="G40" s="2">
         <v>0</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K40" s="2" t="str">
         <f>J40*41739.00</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>819045</v>
       </c>
       <c r="C41" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="E41" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="F41" s="2" t="s">
         <v>152</v>
-      </c>
-[...7 lines deleted...]
-        <v>155</v>
       </c>
       <c r="G41" s="2">
         <v>0</v>
       </c>
       <c r="H41" s="2">
         <v>1</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K41" s="2" t="str">
         <f>J41*5216.00</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>819046</v>
       </c>
       <c r="C42" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="E42" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="F42" s="2" t="s">
         <v>156</v>
-      </c>
-[...7 lines deleted...]
-        <v>159</v>
       </c>
       <c r="G42" s="2">
         <v>0</v>
       </c>
       <c r="H42" s="2">
         <v>7</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K42" s="2" t="str">
         <f>J42*46022.00</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>819047</v>
       </c>
       <c r="C43" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E43" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>160</v>
       </c>
-      <c r="D43" s="1" t="s">
+      <c r="G43" s="2">
+        <v>0</v>
+      </c>
+      <c r="H43" s="2" t="s">
         <v>161</v>
-      </c>
-[...10 lines deleted...]
-        <v>57</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K43" s="2" t="str">
         <f>J43*57432.00</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>819048</v>
       </c>
       <c r="C44" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="E44" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="D44" s="1" t="s">
+      <c r="F44" s="2" t="s">
         <v>165</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
       <c r="G44" s="2">
         <v>0</v>
       </c>
       <c r="H44" s="2">
         <v>9</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K44" s="2" t="str">
         <f>J44*73160.00</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>819049</v>
       </c>
       <c r="C45" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="E45" s="2" t="s">
         <v>168</v>
       </c>
-      <c r="D45" s="1" t="s">
+      <c r="F45" s="2" t="s">
         <v>169</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
       <c r="G45" s="2">
         <v>0</v>
       </c>
       <c r="H45" s="2">
         <v>3</v>
       </c>
       <c r="I45" s="1">
         <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K45" s="2" t="str">
         <f>J45*71544.00</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>819050</v>
       </c>
       <c r="C46" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="E46" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="D46" s="1" t="s">
+      <c r="F46" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="E46" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G46" s="2">
         <v>0</v>
       </c>
       <c r="H46" s="2" t="s">
-        <v>57</v>
+        <v>161</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K46" s="2" t="str">
         <f>J46*33727.00</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>819051</v>
       </c>
       <c r="C47" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="E47" s="2" t="s">
         <v>176</v>
       </c>
-      <c r="D47" s="1" t="s">
+      <c r="F47" s="2" t="s">
         <v>177</v>
       </c>
-      <c r="E47" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G47" s="2">
         <v>0</v>
       </c>
       <c r="H47" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K47" s="2" t="str">
         <f>J47*17235.00</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>819052</v>
       </c>
       <c r="C48" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="E48" s="2" t="s">
         <v>180</v>
       </c>
-      <c r="D48" s="1" t="s">
+      <c r="F48" s="2" t="s">
         <v>181</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
       <c r="G48" s="2">
         <v>1</v>
       </c>
-      <c r="H48" s="2" t="s">
-        <v>57</v>
+      <c r="H48" s="2">
+        <v>10</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K48" s="2" t="str">
         <f>J48*26031.00</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>819390</v>
       </c>
       <c r="C49" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E49" s="2" t="s">
         <v>184</v>
       </c>
-      <c r="D49" s="1" t="s">
+      <c r="F49" s="2" t="s">
         <v>185</v>
-      </c>
-[...4 lines deleted...]
-        <v>187</v>
       </c>
       <c r="G49" s="2">
         <v>0</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K49" s="2" t="str">
         <f>J49*3184.00</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>819053</v>
       </c>
       <c r="C50" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="E50" s="2" t="s">
         <v>188</v>
       </c>
-      <c r="D50" s="1" t="s">
+      <c r="F50" s="2" t="s">
         <v>189</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
       <c r="G50" s="2">
         <v>0</v>
       </c>
       <c r="H50" s="2">
         <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K50" s="2" t="str">
         <f>J50*0.00</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
         <v>819054</v>
       </c>
       <c r="C51" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="E51" s="2" t="s">
         <v>192</v>
       </c>
-      <c r="D51" s="1" t="s">
+      <c r="F51" s="2" t="s">
         <v>193</v>
       </c>
-      <c r="E51" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G51" s="2">
         <v>0</v>
       </c>
       <c r="H51" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I51" s="1">
         <v>0</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K51" s="2" t="str">
         <f>J51*17274.00</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>819055</v>
       </c>
       <c r="C52" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="E52" s="2" t="s">
         <v>196</v>
       </c>
-      <c r="D52" s="1" t="s">
+      <c r="F52" s="2" t="s">
         <v>197</v>
       </c>
-      <c r="E52" s="2" t="s">
+      <c r="G52" s="2">
+        <v>0</v>
+      </c>
+      <c r="H52" s="2" t="s">
         <v>198</v>
-      </c>
-[...7 lines deleted...]
-        <v>57</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K52" s="2" t="str">
         <f>J52*439.00</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" outlineLevel="2">
       <c r="A53" s="8" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B53" s="8"/>
       <c r="C53" s="8"/>
       <c r="D53" s="8"/>
       <c r="E53" s="8"/>
       <c r="F53" s="8"/>
       <c r="G53" s="8"/>
       <c r="H53" s="8"/>
       <c r="I53" s="8"/>
       <c r="J53" s="8"/>
       <c r="K53" s="8"/>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
         <v>890082</v>
       </c>
       <c r="C54" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="D54" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="D54" s="1" t="s">
+      <c r="E54" s="2" t="s">
         <v>202</v>
       </c>
-      <c r="E54" s="2" t="s">
+      <c r="F54" s="2" t="s">
         <v>203</v>
       </c>
-      <c r="F54" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G54" s="2">
         <v>0</v>
       </c>
       <c r="H54" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I54" s="1">
         <v>0</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K54" s="2" t="str">
         <f>J54*32995.00</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
         <v>890083</v>
       </c>
       <c r="C55" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="D55" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="D55" s="1" t="s">
+      <c r="E55" s="2" t="s">
         <v>206</v>
       </c>
-      <c r="E55" s="2" t="s">
+      <c r="F55" s="2" t="s">
         <v>207</v>
       </c>
-      <c r="F55" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G55" s="2">
         <v>0</v>
       </c>
       <c r="H55" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K55" s="2" t="str">
         <f>J55*45181.00</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A56" s="1"/>
       <c r="B56" s="1">
         <v>890084</v>
       </c>
       <c r="C56" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D56" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="D56" s="1" t="s">
+      <c r="E56" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="E56" s="2" t="s">
+      <c r="F56" s="2" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="G56" s="2">
         <v>0</v>
       </c>
       <c r="H56" s="2">
         <v>1</v>
       </c>
       <c r="I56" s="1">
         <v>0</v>
       </c>
       <c r="J56" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K56" s="2" t="str">
         <f>J56*57398.00</f>
         <v>0</v>
       </c>
       <c r="L56" s="5"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
         <v>890085</v>
       </c>
       <c r="C57" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="D57" s="1" t="s">
         <v>213</v>
       </c>
-      <c r="D57" s="1" t="s">
+      <c r="E57" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="E57" s="2" t="s">
+      <c r="F57" s="2" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="G57" s="2">
         <v>0</v>
       </c>
       <c r="H57" s="2">
         <v>0</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K57" s="2" t="str">
         <f>J57*6663.00</f>
         <v>0</v>
       </c>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A58" s="1"/>
       <c r="B58" s="1">
         <v>890086</v>
       </c>
       <c r="C58" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="D58" s="1" t="s">
         <v>217</v>
       </c>
-      <c r="D58" s="1" t="s">
+      <c r="E58" s="2" t="s">
         <v>218</v>
       </c>
-      <c r="E58" s="2" t="s">
+      <c r="F58" s="2" t="s">
         <v>219</v>
       </c>
-      <c r="F58" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G58" s="2">
         <v>0</v>
       </c>
       <c r="H58" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I58" s="1">
         <v>0</v>
       </c>
       <c r="J58" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K58" s="2" t="str">
         <f>J58*14557.00</f>
         <v>0</v>
       </c>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
         <v>890087</v>
       </c>
       <c r="C59" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D59" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="D59" s="1" t="s">
+      <c r="E59" s="2" t="s">
         <v>222</v>
       </c>
-      <c r="E59" s="2" t="s">
+      <c r="F59" s="2" t="s">
         <v>223</v>
       </c>
-      <c r="F59" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G59" s="2">
         <v>0</v>
       </c>
       <c r="H59" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I59" s="1">
         <v>0</v>
       </c>
       <c r="J59" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K59" s="2" t="str">
         <f>J59*40642.00</f>
         <v>0</v>
       </c>
       <c r="L59" s="5"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A60" s="1"/>
       <c r="B60" s="1">
         <v>890088</v>
       </c>
       <c r="C60" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="D60" s="1" t="s">
         <v>225</v>
       </c>
-      <c r="D60" s="1" t="s">
+      <c r="E60" s="2" t="s">
         <v>226</v>
       </c>
-      <c r="E60" s="2" t="s">
+      <c r="F60" s="2" t="s">
         <v>227</v>
       </c>
-      <c r="F60" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G60" s="2">
         <v>0</v>
       </c>
       <c r="H60" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I60" s="1">
         <v>0</v>
       </c>
       <c r="J60" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K60" s="2" t="str">
         <f>J60*40825.00</f>
         <v>0</v>
       </c>
       <c r="L60" s="5"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A61" s="1"/>
       <c r="B61" s="1">
         <v>890089</v>
       </c>
       <c r="C61" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D61" s="1" t="s">
         <v>229</v>
       </c>
-      <c r="D61" s="1" t="s">
+      <c r="E61" s="2" t="s">
         <v>230</v>
       </c>
-      <c r="E61" s="2" t="s">
+      <c r="F61" s="2" t="s">
         <v>231</v>
       </c>
-      <c r="F61" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G61" s="2">
         <v>0</v>
       </c>
       <c r="H61" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K61" s="2" t="str">
         <f>J61*19498.00</f>
         <v>0</v>
       </c>
       <c r="L61" s="5"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A62" s="1"/>
       <c r="B62" s="1">
         <v>890090</v>
       </c>
       <c r="C62" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="D62" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="D62" s="1" t="s">
+      <c r="E62" s="2" t="s">
         <v>234</v>
       </c>
-      <c r="E62" s="2" t="s">
+      <c r="F62" s="2" t="s">
         <v>235</v>
       </c>
-      <c r="F62" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G62" s="2">
         <v>0</v>
       </c>
       <c r="H62" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K62" s="2" t="str">
         <f>J62*28924.00</f>
         <v>0</v>
       </c>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A63" s="1"/>
       <c r="B63" s="1">
         <v>890125</v>
       </c>
       <c r="C63" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="D63" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="D63" s="1" t="s">
+      <c r="E63" s="2" t="s">
         <v>238</v>
       </c>
-      <c r="E63" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F63" s="2" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="G63" s="2">
         <v>0</v>
       </c>
       <c r="H63" s="2">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K63" s="2" t="str">
         <f>J63*6663.00</f>
         <v>0</v>
       </c>
       <c r="L63" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A39:K39"/>
     <mergeCell ref="A53:K53"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>