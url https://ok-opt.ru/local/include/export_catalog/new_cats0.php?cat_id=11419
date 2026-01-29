--- v0 (2025-10-19)
+++ v1 (2026-01-29)
@@ -1969,84 +1969,84 @@
       <c r="J18" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K18" s="2" t="str">
         <f>J18*449.65</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>823964</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D19" s="1"/>
       <c r="E19" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G19" s="2">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K19" s="2" t="str">
         <f>J19*1661.75</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>823965</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D20" s="1"/>
       <c r="E20" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G20" s="2">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K20" s="2" t="str">
         <f>J20*1808.46</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>823966</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D21" s="1"/>