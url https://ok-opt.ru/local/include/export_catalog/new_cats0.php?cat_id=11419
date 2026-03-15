--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
@@ -184,50 +184,53 @@
     <t>MAV-840016</t>
   </si>
   <si>
     <t>раковина пластмассовая 360*420*140 "ЭлБЭТ"</t>
   </si>
   <si>
     <t>361.76 руб.</t>
   </si>
   <si>
     <t>MAV-840017</t>
   </si>
   <si>
     <t>раковина пластмассовая 410*495*140 "ЭлБЭТ"</t>
   </si>
   <si>
     <t>449.65 руб.</t>
   </si>
   <si>
     <t>MAV-840018</t>
   </si>
   <si>
     <t>рукомойник с ЭВН ЭВБО-17 (с ручной регулировкой) 1,25кВт "ЭлБЭТ"</t>
   </si>
   <si>
     <t>1 661.75 руб.</t>
+  </si>
+  <si>
+    <t>&gt;10</t>
   </si>
   <si>
     <t>MAV-840019</t>
   </si>
   <si>
     <t>рукомойник с ЭВН ЭВБО-22 (с ручной регулировкой) 1,25кВт "ЭлБЭТ"</t>
   </si>
   <si>
     <t>1 808.46 руб.</t>
   </si>
   <si>
     <t>MAV-840020</t>
   </si>
   <si>
     <t>рукомойник УМ-10 с краном "ЭлБЭТ"</t>
   </si>
   <si>
     <t>566.95 руб.</t>
   </si>
   <si>
     <t>Акссесуары для ванной комнаты</t>
   </si>
   <si>
     <t>Карнизы</t>
   </si>
@@ -1968,361 +1971,361 @@
       </c>
       <c r="J18" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K18" s="2" t="str">
         <f>J18*449.65</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>823964</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D19" s="1"/>
       <c r="E19" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="G19" s="2">
-        <v>10</v>
+      <c r="G19" s="2" t="s">
+        <v>56</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K19" s="2" t="str">
         <f>J19*1661.75</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>823965</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D20" s="1"/>
       <c r="E20" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>59</v>
+      </c>
+      <c r="G20" s="2" t="s">
+        <v>56</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K20" s="2" t="str">
         <f>J20*1808.46</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>823966</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D21" s="1"/>
       <c r="E21" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G21" s="2">
         <v>0</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K21" s="2" t="str">
         <f>J21*566.95</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" outlineLevel="1">
       <c r="A22" s="7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B22" s="7"/>
       <c r="C22" s="7"/>
       <c r="D22" s="7"/>
       <c r="E22" s="7"/>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="7"/>
       <c r="I22" s="7"/>
       <c r="J22" s="7"/>
       <c r="K22" s="7"/>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" outlineLevel="2">
       <c r="A23" s="8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B23" s="8"/>
       <c r="C23" s="8"/>
       <c r="D23" s="8"/>
       <c r="E23" s="8"/>
       <c r="F23" s="8"/>
       <c r="G23" s="8"/>
       <c r="H23" s="8"/>
       <c r="I23" s="8"/>
       <c r="J23" s="8"/>
       <c r="K23" s="8"/>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" outlineLevel="3">
       <c r="A24" s="9" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B24" s="9"/>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
       <c r="F24" s="9"/>
       <c r="G24" s="9"/>
       <c r="H24" s="9"/>
       <c r="I24" s="9"/>
       <c r="J24" s="9"/>
       <c r="K24" s="9"/>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>823318</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D25" s="1"/>
       <c r="E25" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G25" s="2">
         <v>0</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K25" s="2" t="str">
         <f>J25*447.61</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>823319</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D26" s="1"/>
       <c r="E26" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G26" s="2">
         <v>0</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K26" s="2" t="str">
         <f>J26*447.61</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>823320</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D27" s="1"/>
       <c r="E27" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G27" s="2">
         <v>0</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K27" s="2" t="str">
         <f>J27*567.80</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>823321</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D28" s="1"/>
       <c r="E28" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G28" s="2">
         <v>0</v>
       </c>
       <c r="H28" s="2">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K28" s="2" t="str">
         <f>J28*447.61</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>823322</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D29" s="1"/>
       <c r="E29" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G29" s="2">
         <v>7</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K29" s="2" t="str">
         <f>J29*447.61</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>826973</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D30" s="1"/>
       <c r="E30" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G30" s="2">
         <v>0</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K30" s="2" t="str">
         <f>J30*447.61</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>