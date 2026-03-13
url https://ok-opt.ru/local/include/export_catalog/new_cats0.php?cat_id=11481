--- v0 (2025-12-07)
+++ v1 (2026-03-13)
@@ -67,1590 +67,1590 @@
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>Пластиковые трубы (PEX,Pert), Аксиальная  система</t>
   </si>
   <si>
     <t>Фитинги аксиальные латунные</t>
   </si>
   <si>
     <t>3 Фитинги аксиальные латунные VIEIR</t>
   </si>
   <si>
     <t>PPA-220001</t>
   </si>
   <si>
     <t>VRP1622A</t>
   </si>
   <si>
     <t>Монтажная гильза 16*2,2 (500/10ш)</t>
   </si>
   <si>
+    <t>69.91 руб.</t>
+  </si>
+  <si>
+    <t>&gt;500</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>PPA-220002</t>
+  </si>
+  <si>
+    <t>VRP2028A</t>
+  </si>
+  <si>
+    <t>Монтажная гильза 20*2,8 (400/10ш)</t>
+  </si>
+  <si>
+    <t>77.35 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220003</t>
+  </si>
+  <si>
+    <t>VRP2535A</t>
+  </si>
+  <si>
+    <t>Монтажная гильза 25*3,5 (400/10ш)</t>
+  </si>
+  <si>
+    <t>123.46 руб.</t>
+  </si>
+  <si>
+    <t>&gt;10</t>
+  </si>
+  <si>
+    <t>PPA-220004</t>
+  </si>
+  <si>
+    <t>VRP3244A</t>
+  </si>
+  <si>
+    <t>Монтажная гильза 32*4,4 (500/10ш)</t>
+  </si>
+  <si>
+    <t>242.46 руб.</t>
+  </si>
+  <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
+    <t>PPA-220005</t>
+  </si>
+  <si>
+    <t>VRP163SF</t>
+  </si>
+  <si>
+    <t>Муфта аксиальная 16X1/2"вн.  (210/10ш)</t>
+  </si>
+  <si>
+    <t>141.31 руб.</t>
+  </si>
+  <si>
+    <t>&gt;100</t>
+  </si>
+  <si>
+    <t>PPA-220006</t>
+  </si>
+  <si>
+    <t>VRP164SF</t>
+  </si>
+  <si>
+    <t>Муфта аксиальная 16X3/4"вн.  (150/10ш)</t>
+  </si>
+  <si>
+    <t>194.86 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220007</t>
+  </si>
+  <si>
+    <t>VRP203SF</t>
+  </si>
+  <si>
+    <t>Муфта аксиальная 20X1/2"вн.  (180/10ш)</t>
+  </si>
+  <si>
+    <t>168.09 руб.</t>
+  </si>
+  <si>
+    <t>&gt;25</t>
+  </si>
+  <si>
+    <t>PPA-220008</t>
+  </si>
+  <si>
+    <t>VRP204SF</t>
+  </si>
+  <si>
+    <t>Муфта аксиальная 20X3/4"вн.  (120/10ш)</t>
+  </si>
+  <si>
+    <t>221.64 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220009</t>
+  </si>
+  <si>
+    <t>VRP254SF</t>
+  </si>
+  <si>
+    <t>Муфта аксиальная 25X3/4"вн.  (120/10ш)</t>
+  </si>
+  <si>
+    <t>279.65 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220010</t>
+  </si>
+  <si>
+    <t>VRP255SF</t>
+  </si>
+  <si>
+    <t>Муфта аксиальная 25X1"вн.  (120/10ш)</t>
+  </si>
+  <si>
+    <t>359.98 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220011</t>
+  </si>
+  <si>
+    <t>VRP325SF</t>
+  </si>
+  <si>
+    <t>Муфта аксиальная 32X1"вн.  (120/10ш)</t>
+  </si>
+  <si>
+    <t>464.10 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220012</t>
+  </si>
+  <si>
+    <t>VRP163SM</t>
+  </si>
+  <si>
+    <t>Муфта аксиальная 16X1/2"нар.  (240/10ш)</t>
+  </si>
+  <si>
+    <t>136.85 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220013</t>
+  </si>
+  <si>
+    <t>VRP164SM</t>
+  </si>
+  <si>
+    <t>Муфта аксиальная 16X3/4"нар.  (180/10ш)</t>
+  </si>
+  <si>
+    <t>PPA-220014</t>
+  </si>
+  <si>
+    <t>VRP203SM</t>
+  </si>
+  <si>
+    <t>Муфта аксиальная 20X1/2"нар.  (210/10ш)</t>
+  </si>
+  <si>
+    <t>162.14 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220015</t>
+  </si>
+  <si>
+    <t>VRP204SM</t>
+  </si>
+  <si>
+    <t>Муфта аксиальная 20X3/4"нар.  (150/10ш)</t>
+  </si>
+  <si>
+    <t>PPA-220016</t>
+  </si>
+  <si>
+    <t>VRP254SM</t>
+  </si>
+  <si>
+    <t>Муфта аксиальная 25X3/4"нар. (120/10ш)</t>
+  </si>
+  <si>
+    <t>257.34 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220017</t>
+  </si>
+  <si>
+    <t>VRP255SM</t>
+  </si>
+  <si>
+    <t>Муфта аксиальная 25X1"нар.  (120/10ш)</t>
+  </si>
+  <si>
+    <t>349.56 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220018</t>
+  </si>
+  <si>
+    <t>VRP325SM</t>
+  </si>
+  <si>
+    <t>Муфта аксиальная 32X1"нар.  (120/10ш)</t>
+  </si>
+  <si>
+    <t>PPA-220019</t>
+  </si>
+  <si>
+    <t>VRP1616S</t>
+  </si>
+  <si>
+    <t>Муфта аксиальная 16X16  (300/10ш)</t>
+  </si>
+  <si>
+    <t>99.66 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220020</t>
+  </si>
+  <si>
+    <t>VRP2016S</t>
+  </si>
+  <si>
+    <t>Муфта аксиальная 16X20  (270/10ш)</t>
+  </si>
+  <si>
+    <t>127.93 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220021</t>
+  </si>
+  <si>
+    <t>VRP1625S</t>
+  </si>
+  <si>
+    <t>Муфта аксиальная 16X25  (270/10ш)</t>
+  </si>
+  <si>
+    <t>190.40 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220022</t>
+  </si>
+  <si>
+    <t>VRP2025S</t>
+  </si>
+  <si>
+    <t>Муфта аксиальная 20X25  (270/10ш)</t>
+  </si>
+  <si>
+    <t>209.74 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220023</t>
+  </si>
+  <si>
+    <t>VRP2532S</t>
+  </si>
+  <si>
+    <t>Муфта аксиальная 25X32  (270/10ш)</t>
+  </si>
+  <si>
+    <t>385.26 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220024</t>
+  </si>
+  <si>
+    <t>VRP2020S</t>
+  </si>
+  <si>
+    <t>Муфта аксиальная 20X20  (210/10ш)</t>
+  </si>
+  <si>
+    <t>150.24 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220025</t>
+  </si>
+  <si>
+    <t>VRP2525S</t>
+  </si>
+  <si>
+    <t>Муфта аксиальная 25X25  (270/10ш)</t>
+  </si>
+  <si>
+    <t>PPA-220026</t>
+  </si>
+  <si>
+    <t>VRP3232S</t>
+  </si>
+  <si>
+    <t>Муфта аксиальная 32X32  (210/10ш)</t>
+  </si>
+  <si>
+    <t>607.44 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220027</t>
+  </si>
+  <si>
+    <t>VRP163LF</t>
+  </si>
+  <si>
+    <t>Угольник  аксиальный 16X1/2"вн.  (150/10ш)</t>
+  </si>
+  <si>
+    <t>159.16 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220028</t>
+  </si>
+  <si>
+    <t>VRP164LF</t>
+  </si>
+  <si>
+    <t>Угольник  аксиальный 16X3/4"вн.  (90/10ш)</t>
+  </si>
+  <si>
+    <t>212.71 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220029</t>
+  </si>
+  <si>
+    <t>VRP203LF</t>
+  </si>
+  <si>
+    <t>Угольник  аксиальный 20X1/2"вн.  (120/10ш)</t>
+  </si>
+  <si>
+    <t>200.81 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220030</t>
+  </si>
+  <si>
+    <t>VRP204LF</t>
+  </si>
+  <si>
+    <t>Угольник  аксиальный 20X3/4"вн.  (90/10ш)</t>
+  </si>
+  <si>
+    <t>252.88 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220031</t>
+  </si>
+  <si>
+    <t>VRP254LF</t>
+  </si>
+  <si>
+    <t>Угольник  аксиальный 25X3/4"вн.  (120/10ш)</t>
+  </si>
+  <si>
+    <t>342.13 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220032</t>
+  </si>
+  <si>
+    <t>VRP255LF</t>
+  </si>
+  <si>
+    <t>Угольник  аксиальный 25X1"вн.  (90/10ш)</t>
+  </si>
+  <si>
+    <t>432.86 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220033</t>
+  </si>
+  <si>
+    <t>VRP325LF</t>
+  </si>
+  <si>
+    <t>Угольник  аксиальный 32X1"вн.  (90/10ш)</t>
+  </si>
+  <si>
+    <t>590.54 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220034</t>
+  </si>
+  <si>
+    <t>VRP163LM</t>
+  </si>
+  <si>
+    <t>Угольник  аксиальный 16X1/2"нар.  (150/10ш)</t>
+  </si>
+  <si>
+    <t>PPA-220035</t>
+  </si>
+  <si>
+    <t>VRP164LM</t>
+  </si>
+  <si>
+    <t>Угольник  аксиальный 16X3/4"нар.  (150/10ш)</t>
+  </si>
+  <si>
+    <t>PPA-220036</t>
+  </si>
+  <si>
+    <t>VRP203LM</t>
+  </si>
+  <si>
+    <t>Угольник  аксиальный 20X1/2"нар.  (120/10ш)</t>
+  </si>
+  <si>
+    <t>PPA-220037</t>
+  </si>
+  <si>
+    <t>VRP204LM</t>
+  </si>
+  <si>
+    <t>Угольник  аксиальный 20X3/4"нар.  (90/10ш)</t>
+  </si>
+  <si>
+    <t>273.70 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220038</t>
+  </si>
+  <si>
+    <t>VRP254LM</t>
+  </si>
+  <si>
+    <t>Угольник  аксиальный 25X3/4"нар.  (120/10ш)</t>
+  </si>
+  <si>
+    <t>364.44 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220039</t>
+  </si>
+  <si>
+    <t>VRP251LM</t>
+  </si>
+  <si>
+    <t>Угольник  аксиальный 25X1"нар.  (90/10ш)</t>
+  </si>
+  <si>
+    <t>PPA-220041</t>
+  </si>
+  <si>
+    <t>VRP1616L</t>
+  </si>
+  <si>
+    <t>Угольник  аксиальный 16X16  (180/10ш)</t>
+  </si>
+  <si>
+    <t>144.29 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220042</t>
+  </si>
+  <si>
+    <t>VRP2020L</t>
+  </si>
+  <si>
+    <t>Угольник  аксиальный 20X20  (120/10ш)</t>
+  </si>
+  <si>
+    <t>239.49 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220043</t>
+  </si>
+  <si>
+    <t>VRP2525L</t>
+  </si>
+  <si>
+    <t>Угольник  аксиальный 25X25  (180/10ш)</t>
+  </si>
+  <si>
+    <t>422.45 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220044</t>
+  </si>
+  <si>
+    <t>VRP3232L</t>
+  </si>
+  <si>
+    <t>Угольник  аксиальный 32X32  (120/10ш)</t>
+  </si>
+  <si>
+    <t>748.21 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220045</t>
+  </si>
+  <si>
+    <t>VRP16316TF</t>
+  </si>
+  <si>
+    <t>Тройник аксиальный 16X1/2"вн.X16  (120/10ш)</t>
+  </si>
+  <si>
+    <t>227.59 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220046</t>
+  </si>
+  <si>
+    <t>VRP20320TF</t>
+  </si>
+  <si>
+    <t>Тройник  аксиальный 20X1/2"вн.X20  (90/10ш)</t>
+  </si>
+  <si>
+    <t>300.48 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220047</t>
+  </si>
+  <si>
+    <t>VRP20420TF</t>
+  </si>
+  <si>
+    <t>Тройник  аксиальный 20X3/4"вн.X20  (60/10ш)</t>
+  </si>
+  <si>
+    <t>351.05 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220048</t>
+  </si>
+  <si>
+    <t>VRP25425TF</t>
+  </si>
+  <si>
+    <t>Тройник  аксиальный 25X3/4"вн.X26  (90/10ш)</t>
+  </si>
+  <si>
+    <t>513.19 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220049</t>
+  </si>
+  <si>
+    <t>VRP25525TF</t>
+  </si>
+  <si>
+    <t>Тройник  аксиальный 25X1"вн.X25 (60/10ш)</t>
+  </si>
+  <si>
+    <t>874.93 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220050</t>
+  </si>
+  <si>
+    <t>VRP32532TF</t>
+  </si>
+  <si>
+    <t>Тройник  аксиальный 32X1"вн.X32 (60/10ш)</t>
+  </si>
+  <si>
+    <t>891.01 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220051</t>
+  </si>
+  <si>
+    <t>VRP16316TM</t>
+  </si>
+  <si>
+    <t>Тройник аксиальный 16X1/2"нар.X16  (120/10ш)</t>
+  </si>
+  <si>
+    <t>254.36 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220052</t>
+  </si>
+  <si>
+    <t>VRP20320TM</t>
+  </si>
+  <si>
+    <t>Тройник  аксиальный 20X1/2"нар.X20  (90/10ш)</t>
+  </si>
+  <si>
+    <t>PPA-220053</t>
+  </si>
+  <si>
+    <t>VRP20420TM</t>
+  </si>
+  <si>
+    <t>Тройник  аксиальный 20X3/4"нар.X20  (60/10ш)</t>
+  </si>
+  <si>
+    <t>415.01 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220054</t>
+  </si>
+  <si>
+    <t>VRP25425TM</t>
+  </si>
+  <si>
+    <t>Тройник  аксиальный 25X3/4"нар.X25  (90/10ш)</t>
+  </si>
+  <si>
+    <t>458.83 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220055</t>
+  </si>
+  <si>
+    <t>VRP25525TM</t>
+  </si>
+  <si>
+    <t>Тройник  аксиальный 25X1"нар.X25 (60/10ш)</t>
+  </si>
+  <si>
+    <t>564.71 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220056</t>
+  </si>
+  <si>
+    <t>VRP32532TM</t>
+  </si>
+  <si>
+    <t>Тройник  аксиальный 32X1"нар.X32 (60/10ш)</t>
+  </si>
+  <si>
+    <t>635.30 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220057</t>
+  </si>
+  <si>
+    <t>VRP161616T</t>
+  </si>
+  <si>
+    <t>Тройник  аксиальный 16X16X16  (150/10ш)</t>
+  </si>
+  <si>
+    <t>206.76 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220058</t>
+  </si>
+  <si>
+    <t>VRP201616T</t>
+  </si>
+  <si>
+    <t>Тройник  аксиальный 20X16X16  (120/10ш)</t>
+  </si>
+  <si>
+    <t>246.93 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220059</t>
+  </si>
+  <si>
+    <t>VRP201620T</t>
+  </si>
+  <si>
+    <t>Тройник  аксиальный 20X16X20  (120/10ш)</t>
+  </si>
+  <si>
+    <t>284.11 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220060</t>
+  </si>
+  <si>
+    <t>VRP202020T</t>
+  </si>
+  <si>
+    <t>Тройник  аксиальный 20X20X20  (90/10ш)</t>
+  </si>
+  <si>
+    <t>327.25 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220061</t>
+  </si>
+  <si>
+    <t>VRP252525T</t>
+  </si>
+  <si>
+    <t>Тройник  аксиальный 25X25X25  (90/10ш)</t>
+  </si>
+  <si>
+    <t>560.79 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220062</t>
+  </si>
+  <si>
+    <t>VRP323232T</t>
+  </si>
+  <si>
+    <t>Тройник  аксиальный 32X32X32  (90/10ш)</t>
+  </si>
+  <si>
+    <t>1 014.48 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220063</t>
+  </si>
+  <si>
+    <t>VRP163C</t>
+  </si>
+  <si>
+    <t>Муфта аксиальная с накидной гайкой 16X1/2"вн.  (180/10ш)</t>
+  </si>
+  <si>
+    <t>138.34 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220064</t>
+  </si>
+  <si>
+    <t>VRP164C</t>
+  </si>
+  <si>
+    <t>Муфта аксиальная с накидной гайкой 16X3/4"вн.  (180/10ш)</t>
+  </si>
+  <si>
+    <t>177.01 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220065</t>
+  </si>
+  <si>
+    <t>VRP203C</t>
+  </si>
+  <si>
+    <t>Муфта аксиальная с накидной гайкой 20X1/2"вн.  (180/10ш)</t>
+  </si>
+  <si>
+    <t>163.63 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220066</t>
+  </si>
+  <si>
+    <t>VRP204C</t>
+  </si>
+  <si>
+    <t>Муфта аксиальная с накидной гайкой 20X3/4"вн.  (180/10ш)</t>
+  </si>
+  <si>
+    <t>PPA-220067</t>
+  </si>
+  <si>
+    <t>VRP254C</t>
+  </si>
+  <si>
+    <t>Муфта аксиальная с накидной гайкой 25X3/4"вн.  (180/10ш)</t>
+  </si>
+  <si>
+    <t>PPA-220068</t>
+  </si>
+  <si>
+    <t>VRP163ZLF</t>
+  </si>
+  <si>
+    <t>Водорозетка угольник аксиальный с креплением 16(2,2)X1/2"вн. (90/10ш)</t>
+  </si>
+  <si>
+    <t>333.20 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220069</t>
+  </si>
+  <si>
+    <t>VRP203ZLF</t>
+  </si>
+  <si>
+    <t>Угольник  аксиальный с креплением 20X1/2"вн.  (90/10ш)</t>
+  </si>
+  <si>
+    <t>386.75 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220070</t>
+  </si>
+  <si>
+    <t>VRP204ZLF</t>
+  </si>
+  <si>
+    <t>Угольник  аксиальный с креплением 20X3/4"вн.  (90/10ш)</t>
+  </si>
+  <si>
+    <t>367.41 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220071</t>
+  </si>
+  <si>
+    <t>VP326</t>
+  </si>
+  <si>
+    <t>Трубка Г-образная аксиальная для радиатора 16x250 (100шт)</t>
+  </si>
+  <si>
+    <t>355.51 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220073</t>
+  </si>
+  <si>
+    <t>VRP1626A</t>
+  </si>
+  <si>
+    <t>Монтажная гильза Ф16.2*2,6  VER-PRO  (200/10шт)</t>
+  </si>
+  <si>
+    <t>PPA-220074</t>
+  </si>
+  <si>
+    <t>VRP253SM</t>
+  </si>
+  <si>
+    <t>Переходник  аксиальный S25X1/2 M  VER-PRO  (120/2шт)</t>
+  </si>
+  <si>
+    <t>229.08 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220075</t>
+  </si>
+  <si>
+    <t>VRP324SM</t>
+  </si>
+  <si>
+    <t>Переходник  аксиальный S32X3/4 M   VER-PRO  (60/2шт)</t>
+  </si>
+  <si>
+    <t>PPA-220076</t>
+  </si>
+  <si>
+    <t>VRP3225S</t>
+  </si>
+  <si>
+    <t>Переходник  аксиальный S32X25   VER-PRO  (34/2шт)</t>
+  </si>
+  <si>
+    <t>PPA-220079</t>
+  </si>
+  <si>
+    <t>VRP201625T</t>
+  </si>
+  <si>
+    <t>Тройник  аксиальный Т20X16X25   VER-PRO  (27/3шт)</t>
+  </si>
+  <si>
+    <t>365.93 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220080</t>
+  </si>
+  <si>
+    <t>VRP251625T</t>
+  </si>
+  <si>
+    <t>Тройник  аксиальный Т25X16X25   VER-PRO  (27/3шт)</t>
+  </si>
+  <si>
+    <t>429.89 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220081</t>
+  </si>
+  <si>
+    <t>VRP252025T</t>
+  </si>
+  <si>
+    <t>Тройник  аксиальный Т25X20X25   VER-PRO  (90/3шт)</t>
+  </si>
+  <si>
+    <t>477.49 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220082</t>
+  </si>
+  <si>
+    <t>VRP322532T</t>
+  </si>
+  <si>
+    <t>Тройник  аксиальный Т32X25X32   VER-PRO  (12/2шт)</t>
+  </si>
+  <si>
+    <t>846.39 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220083</t>
+  </si>
+  <si>
+    <t>VRP322032T</t>
+  </si>
+  <si>
+    <t>Тройник  аксиальный Т32X20X32   VER-PRO  (50/2шт)</t>
+  </si>
+  <si>
+    <t>754.16 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220084</t>
+  </si>
+  <si>
+    <t>VRP255C</t>
+  </si>
+  <si>
+    <t>Переходник  аксиальный с накидной гайкой Ф25X1 F   VER-PRO  (36/2шт)</t>
+  </si>
+  <si>
+    <t>361.46 руб.</t>
+  </si>
+  <si>
+    <t>PPA-220085</t>
+  </si>
+  <si>
+    <t>VRP325C</t>
+  </si>
+  <si>
+    <t>Переходник  аксиальный с накидной гайкой Ф32X1 F   VER-PRO  (27/3шт)</t>
+  </si>
+  <si>
+    <t>PPA-220086</t>
+  </si>
+  <si>
+    <t>VRP254ZLF</t>
+  </si>
+  <si>
+    <t>Уголок  аксиальный с креплением ZL25X3/4 F   VER-PRO  (27/3шт)</t>
+  </si>
+  <si>
+    <t>444.76 руб.</t>
+  </si>
+  <si>
+    <t>VER-000238</t>
+  </si>
+  <si>
+    <t>VRP325LM</t>
+  </si>
+  <si>
+    <t>Уголок  аксиальный L32X1"M  "VER-PRO" (18/2шт)</t>
+  </si>
+  <si>
+    <t>636.65 руб.</t>
+  </si>
+  <si>
+    <t>VER-000282</t>
+  </si>
+  <si>
+    <t>VRP164C-A</t>
+  </si>
+  <si>
+    <t>Соединитель ЕВРОКОНУС с накидной гайкой Ф16 (2.2)X3/4"F  "VER-PRO" (75/5шт)</t>
+  </si>
+  <si>
+    <t>217.18 руб.</t>
+  </si>
+  <si>
+    <t>VER-000283</t>
+  </si>
+  <si>
+    <t>VRP204C-A</t>
+  </si>
+  <si>
+    <t>Соединитель ЕВРОКОНУС  с накидной гайкой Ф20X3/4"F  "VER-PRO" (75/5шт)</t>
+  </si>
+  <si>
+    <t>VER-000316</t>
+  </si>
+  <si>
+    <t>VRP1620L</t>
+  </si>
+  <si>
+    <t>Водорозетка проходная аксиальная 16X2,2 - 1/2 "VER-PRO" (32/1шт)</t>
+  </si>
+  <si>
+    <t>1 081.41 руб.</t>
+  </si>
+  <si>
+    <t>VER-000317</t>
+  </si>
+  <si>
+    <t>VRKP1622ZLF</t>
+  </si>
+  <si>
+    <t>Водорозетка аксиальная УДЛИНЕННАЯ 16X2,2-1/2" с креплением VER-PRO" (36/3шт)</t>
+  </si>
+  <si>
+    <t>443.28 руб.</t>
+  </si>
+  <si>
+    <t>VER-000437</t>
+  </si>
+  <si>
+    <t>VRP1622C</t>
+  </si>
+  <si>
+    <t>Пробка аксиальная Ф16X2,2"VER-PRO" (110/10шт)</t>
+  </si>
+  <si>
     <t>60.99 руб.</t>
   </si>
   <si>
+    <t>VER-000438</t>
+  </si>
+  <si>
+    <t>VRP2028C</t>
+  </si>
+  <si>
+    <t>Пробка аксиальная Ф20X2,8"VER-PRO" (100/10шт)</t>
+  </si>
+  <si>
+    <t>93.71 руб.</t>
+  </si>
+  <si>
+    <t>VER-000439</t>
+  </si>
+  <si>
+    <t>VRP2535C</t>
+  </si>
+  <si>
+    <t>Пробка аксиальная Ф25X3,5"VER-PRO" (80/5шт)</t>
+  </si>
+  <si>
+    <t>VER-000462</t>
+  </si>
+  <si>
+    <t>VRP321632T</t>
+  </si>
+  <si>
+    <t>Тройник  аксиальный Т32X16X32  "VER-PRO" (16/2шт)</t>
+  </si>
+  <si>
+    <t>699.13 руб.</t>
+  </si>
+  <si>
+    <t>VER-000463</t>
+  </si>
+  <si>
+    <t>VRTT201616</t>
+  </si>
+  <si>
+    <t>Аксиальная одноплоскостная крестовина в изоляции 20x16x16 (18/1шт)</t>
+  </si>
+  <si>
+    <t>1 118.60 руб.</t>
+  </si>
+  <si>
+    <t>VER-000464</t>
+  </si>
+  <si>
+    <t>VRTT201620</t>
+  </si>
+  <si>
+    <t>Аксиальная одноплоскостная крестовина в изоляции 20x16x20 (18/1шт)</t>
+  </si>
+  <si>
+    <t>1 230.16 руб.</t>
+  </si>
+  <si>
+    <t>VER-000510</t>
+  </si>
+  <si>
+    <t>VRP202016T</t>
+  </si>
+  <si>
+    <t>Тройник  аксиальный Т20X20X16  "VER-PRO" (42/3шт)</t>
+  </si>
+  <si>
+    <t>297.50 руб.</t>
+  </si>
+  <si>
+    <t>VER-000511</t>
+  </si>
+  <si>
+    <t>VRP252016T</t>
+  </si>
+  <si>
+    <t>Тройник  аксиальный Т25X20X16  "VER-PRO" (27/3шт)</t>
+  </si>
+  <si>
+    <t>382.29 руб.</t>
+  </si>
+  <si>
+    <t>VER-000512</t>
+  </si>
+  <si>
+    <t>VRP252020T</t>
+  </si>
+  <si>
+    <t>Тройник  аксиальный Т25X20X20 "VER-PRO" (27/3шт)</t>
+  </si>
+  <si>
+    <t>413.53 руб.</t>
+  </si>
+  <si>
+    <t>VER-000513</t>
+  </si>
+  <si>
+    <t>VRP252520T</t>
+  </si>
+  <si>
+    <t>Тройник  аксиальный Т25X25X20 "VER-PRO" (27/3шт)</t>
+  </si>
+  <si>
+    <t>496.83 руб.</t>
+  </si>
+  <si>
+    <t>VER-000514</t>
+  </si>
+  <si>
+    <t>VRP322525T</t>
+  </si>
+  <si>
+    <t>Тройник  аксиальный Т32X25X25 "VER-PRO" (16/2шт)</t>
+  </si>
+  <si>
+    <t>731.85 руб.</t>
+  </si>
+  <si>
+    <t>VER-000698</t>
+  </si>
+  <si>
+    <t>VPD163F</t>
+  </si>
+  <si>
+    <t>Уголок аксиальный настенный для гипсокартона 1/2"F*16*2.2 (300/10шт)</t>
+  </si>
+  <si>
+    <t>672.35 руб.</t>
+  </si>
+  <si>
+    <t>VER-001148</t>
+  </si>
+  <si>
+    <t>VP1616-25</t>
+  </si>
+  <si>
+    <t>Т-образная трубка из нержавеющей стали для подключения радиатора 16(2.2)x16(2.2)-25 (60/1шт)</t>
+  </si>
+  <si>
+    <t>516.16 руб.</t>
+  </si>
+  <si>
+    <t>VER-001284</t>
+  </si>
+  <si>
+    <t>VRP161516</t>
+  </si>
+  <si>
+    <t>Аксиальный угольник радиаторный сдвоенный с хромированной латунной трубкой 16x15x16 (20/1шт)</t>
+  </si>
+  <si>
+    <t>1 227.19 руб.</t>
+  </si>
+  <si>
+    <t>VER-001289</t>
+  </si>
+  <si>
+    <t>VP2020-25</t>
+  </si>
+  <si>
+    <t>Т-образная трубка из нержавеющей стали для подключения радиатора 20(2.8)x20(2.8)-25 (60/6шт)</t>
+  </si>
+  <si>
+    <t>633.68 руб.</t>
+  </si>
+  <si>
+    <t>VER-001296</t>
+  </si>
+  <si>
+    <t>VRP163LF-C</t>
+  </si>
+  <si>
+    <t>Уголок  аксиальный с накидной гайкой 16x1/2"F (200/10шт)</t>
+  </si>
+  <si>
+    <t>187.43 руб.</t>
+  </si>
+  <si>
+    <t>VER-001297</t>
+  </si>
+  <si>
+    <t>VRP164LF-C</t>
+  </si>
+  <si>
+    <t>Уголок  аксиальный с накидной гайкой 16x3/4"F (200/10шт)</t>
+  </si>
+  <si>
+    <t>238.00 руб.</t>
+  </si>
+  <si>
+    <t>VER-001298</t>
+  </si>
+  <si>
+    <t>VRP203LF-C</t>
+  </si>
+  <si>
+    <t>Уголок  аксиальный с накидной гайкой 20x1/2" (150/10шт)</t>
+  </si>
+  <si>
+    <t>223.13 руб.</t>
+  </si>
+  <si>
+    <t>VER-001299</t>
+  </si>
+  <si>
+    <t>VRP204LF-C</t>
+  </si>
+  <si>
+    <t>Уголок  аксиальный с накидной гайкой 20x3/4" (150/10шт)</t>
+  </si>
+  <si>
+    <t>243.95 руб.</t>
+  </si>
+  <si>
+    <t>VER-001300</t>
+  </si>
+  <si>
+    <t>VRP254LF-C</t>
+  </si>
+  <si>
+    <t>Уголок  аксиальный с накидной гайкой 25x3/4" (100/5шт)</t>
+  </si>
+  <si>
+    <t>358.49 руб.</t>
+  </si>
+  <si>
+    <t>VER-001343</t>
+  </si>
+  <si>
+    <t>VP329</t>
+  </si>
+  <si>
+    <t>Г-Образная трубка 20*1/2-250 (100/10шт)</t>
+  </si>
+  <si>
+    <t>426.91 руб.</t>
+  </si>
+  <si>
+    <t>VER-001353</t>
+  </si>
+  <si>
+    <t>VRP251616T</t>
+  </si>
+  <si>
+    <t>Тройник аксиальный ТT25x16x16 (27/3шт)</t>
+  </si>
+  <si>
+    <t>357.00 руб.</t>
+  </si>
+  <si>
+    <t>VER-001354</t>
+  </si>
+  <si>
+    <t>VRP251620T</t>
+  </si>
+  <si>
+    <t>Тройник аксиальный ТT25x16x20 (27/3шт)</t>
+  </si>
+  <si>
+    <t>400.14 руб.</t>
+  </si>
+  <si>
+    <t>VER-001355</t>
+  </si>
+  <si>
+    <t>VRP321625T</t>
+  </si>
+  <si>
+    <t>Тройник аксиальный ТT32x16x25 (16/2шт)</t>
+  </si>
+  <si>
+    <t>630.70 руб.</t>
+  </si>
+  <si>
+    <t>VER-001364</t>
+  </si>
+  <si>
+    <t>VRP164C-B</t>
+  </si>
+  <si>
+    <t>Переходник под евроконус с накидной гайкой Ф16(2.0)x3/4"F (75/5шт)</t>
+  </si>
+  <si>
+    <t>VER-001365</t>
+  </si>
+  <si>
+    <t>VRP204C-B</t>
+  </si>
+  <si>
+    <t>Переходник под евроконус с накидной гайкой Ф20(2.0)x3/4"F (72/4шт)</t>
+  </si>
+  <si>
+    <t>215.69 руб.</t>
+  </si>
+  <si>
+    <t>VER-001500</t>
+  </si>
+  <si>
+    <t>VRP253SF</t>
+  </si>
+  <si>
+    <t>Переходник аксиальный S25x1/2"F (55/5шт)</t>
+  </si>
+  <si>
+    <t>373.36 руб.</t>
+  </si>
+  <si>
+    <t>VER-001501</t>
+  </si>
+  <si>
+    <t>VRP324SF</t>
+  </si>
+  <si>
+    <t>Переходник аксиальный S32x3/4"F (33/3шт)</t>
+  </si>
+  <si>
+    <t>440.30 руб.</t>
+  </si>
+  <si>
+    <t>VER-001502</t>
+  </si>
+  <si>
+    <t>VRP16416TF</t>
+  </si>
+  <si>
+    <t>Тройник аксиальный Т16x3/4"Fx16 (39/3шт)</t>
+  </si>
+  <si>
+    <t>334.69 руб.</t>
+  </si>
+  <si>
+    <t>VER-001503</t>
+  </si>
+  <si>
+    <t>VRP16416TM</t>
+  </si>
+  <si>
+    <t>Тройник аксиальный Т16x3/4"Mx16 (39/3шт)</t>
+  </si>
+  <si>
+    <t>VER-001504</t>
+  </si>
+  <si>
+    <t>VRP202516T</t>
+  </si>
+  <si>
+    <t>Тройник аксиальный T20x25x16 (27/3шт)</t>
+  </si>
+  <si>
+    <t>VER-001505</t>
+  </si>
+  <si>
+    <t>VRP252532T</t>
+  </si>
+  <si>
+    <t>Тройник аксиальный T25x25x32 (18/2шт)</t>
+  </si>
+  <si>
+    <t>777.96 руб.</t>
+  </si>
+  <si>
+    <t>VER-001506</t>
+  </si>
+  <si>
+    <t>VRP164ZLF</t>
+  </si>
+  <si>
+    <t>Уголок аксиальный с креплением ZL16x3/4"F (40/4шт)</t>
+  </si>
+  <si>
+    <t>337.66 руб.</t>
+  </si>
+  <si>
+    <t>VER-001734</t>
+  </si>
+  <si>
+    <t>VRP162016T</t>
+  </si>
+  <si>
+    <t>Тройник аксиальный Т16X20X16  "VER-PRO" (170/5шт)</t>
+  </si>
+  <si>
+    <t>248.41 руб.</t>
+  </si>
+  <si>
+    <t>VER-001735</t>
+  </si>
+  <si>
+    <t>VRP252516T</t>
+  </si>
+  <si>
+    <t>Тройник аксиальный Т25X25X16 "VER-PRO" (88/4шт)</t>
+  </si>
+  <si>
+    <t>467.08 руб.</t>
+  </si>
+  <si>
+    <t>VER-001736</t>
+  </si>
+  <si>
+    <t>VRP322025T</t>
+  </si>
+  <si>
+    <t>Тройник аксиальный Т32X20X25  "VER-PRO" (60/2шт)</t>
+  </si>
+  <si>
+    <t>650.04 руб.</t>
+  </si>
+  <si>
+    <t>1 Фитинги аксиальные латунные VALTEC (Италия)</t>
+  </si>
+  <si>
+    <t>VLC-900216</t>
+  </si>
+  <si>
+    <t>VTm.400.BG.001622</t>
+  </si>
+  <si>
+    <t>Гильза ( надвижной фитинг) 16(2,2)</t>
+  </si>
+  <si>
+    <t>102.00 руб.</t>
+  </si>
+  <si>
+    <t>&gt;5000</t>
+  </si>
+  <si>
+    <t>VLC-900217</t>
+  </si>
+  <si>
+    <t>VTm.401.BG.001604</t>
+  </si>
+  <si>
+    <t>Соединитель надвижной с переходом на нар.резьбу 16(2,2)х1/2"</t>
+  </si>
+  <si>
+    <t>234.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-900218</t>
+  </si>
+  <si>
+    <t>VTm.402.BG.001604</t>
+  </si>
+  <si>
+    <t>Соединитель надвижной с переходом на вн.резьбу 16(2,2)х1/2"</t>
+  </si>
+  <si>
+    <t>237.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-900219</t>
+  </si>
+  <si>
+    <t>VTm.403.BG.001616</t>
+  </si>
+  <si>
+    <t>Соединитель надвижной 16(2,2)х16(2,2)</t>
+  </si>
+  <si>
+    <t>168.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-900220</t>
+  </si>
+  <si>
+    <t>VTm.422.BG.001604</t>
+  </si>
+  <si>
+    <t>Соединитель надвижной с накидной гайкой 16(2,2) х 1/2"</t>
+  </si>
+  <si>
+    <t>345.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-900221</t>
+  </si>
+  <si>
+    <t>VTm.422.EBG.001605</t>
+  </si>
+  <si>
+    <t>Соединитель надвижной с накидной гайкой EUROCONUS 16(2,2) х 3/4"EC</t>
+  </si>
+  <si>
+    <t>473.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-900222</t>
+  </si>
+  <si>
+    <t>VTm.431.BG.161616</t>
+  </si>
+  <si>
+    <t>Тройник надвижной 16(2,2)х16(2,2)х16(2,2)</t>
+  </si>
+  <si>
+    <t>427.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-900223</t>
+  </si>
+  <si>
+    <t>VTm.432.BG.160416</t>
+  </si>
+  <si>
+    <t>Тройник надвижной с переходом на вн.р. 16(2,2) х 1/2" х 16(2,2)</t>
+  </si>
+  <si>
+    <t>366.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-900224</t>
+  </si>
+  <si>
+    <t>VTm.451.BG.001616</t>
+  </si>
+  <si>
+    <t>Угольник надвижной 16(2,2)х16(2,2)</t>
+  </si>
+  <si>
+    <t>302.00 руб.</t>
+  </si>
+  <si>
     <t>&gt;1000</t>
-  </si>
-[...1534 lines deleted...]
-    <t>302.00 руб.</t>
   </si>
   <si>
     <t>VLC-900225</t>
   </si>
   <si>
     <t>VTm.452.BG.001604</t>
   </si>
   <si>
     <t>Угольник надвижной с переходом на вн.р. 16(2,2) х 1/2"</t>
   </si>
   <si>
     <t>363.00 руб.</t>
   </si>
   <si>
     <t>VLC-900226</t>
   </si>
   <si>
     <t>VTm.453.BG.001604</t>
   </si>
   <si>
     <t>Угольник надвижной с переходом на нар.р. 16(2,2) х 1/2"</t>
   </si>
   <si>
     <t>325.00 руб.</t>
   </si>
@@ -3623,51 +3623,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="5" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e51_7c9e_11ea_8111_003048fd731b_9650304a_283f_11ed_a30f_00259070b4871.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e53_7c9e_11ea_8111_003048fd731b_9650304b_283f_11ed_a30f_00259070b4872.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e55_7c9e_11ea_8111_003048fd731b_9650304c_283f_11ed_a30f_00259070b4873.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e57_7c9e_11ea_8111_003048fd731b_9650304d_283f_11ed_a30f_00259070b4874.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e59_7c9e_11ea_8111_003048fd731b_9650304e_283f_11ed_a30f_00259070b4875.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e5b_7c9e_11ea_8111_003048fd731b_9650304f_283f_11ed_a30f_00259070b4876.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e5d_7c9e_11ea_8111_003048fd731b_96503050_283f_11ed_a30f_00259070b4877.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e5f_7c9e_11ea_8111_003048fd731b_96503051_283f_11ed_a30f_00259070b4878.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e61_7c9e_11ea_8111_003048fd731b_96503052_283f_11ed_a30f_00259070b4879.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e63_7c9e_11ea_8111_003048fd731b_96503053_283f_11ed_a30f_00259070b48710.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e65_7c9e_11ea_8111_003048fd731b_96503054_283f_11ed_a30f_00259070b48711.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e67_7c9e_11ea_8111_003048fd731b_96503055_283f_11ed_a30f_00259070b48712.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e69_7c9e_11ea_8111_003048fd731b_96503056_283f_11ed_a30f_00259070b48713.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e6b_7c9e_11ea_8111_003048fd731b_96503057_283f_11ed_a30f_00259070b48714.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e6d_7c9e_11ea_8111_003048fd731b_96503058_283f_11ed_a30f_00259070b48715.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e6f_7c9e_11ea_8111_003048fd731b_96503059_283f_11ed_a30f_00259070b48716.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e71_7c9e_11ea_8111_003048fd731b_9650305a_283f_11ed_a30f_00259070b48717.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e73_7c9e_11ea_8111_003048fd731b_9650305b_283f_11ed_a30f_00259070b48718.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e75_7c9e_11ea_8111_003048fd731b_9650305c_283f_11ed_a30f_00259070b48719.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e77_7c9e_11ea_8111_003048fd731b_9650305d_283f_11ed_a30f_00259070b48720.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e79_7c9e_11ea_8111_003048fd731b_9650305e_283f_11ed_a30f_00259070b48721.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e7b_7c9e_11ea_8111_003048fd731b_9650305f_283f_11ed_a30f_00259070b48722.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e7d_7c9e_11ea_8111_003048fd731b_96503060_283f_11ed_a30f_00259070b48723.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e7f_7c9e_11ea_8111_003048fd731b_96503061_283f_11ed_a30f_00259070b48724.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e81_7c9e_11ea_8111_003048fd731b_96503062_283f_11ed_a30f_00259070b48725.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e83_7c9e_11ea_8111_003048fd731b_96503063_283f_11ed_a30f_00259070b48726.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e85_7c9e_11ea_8111_003048fd731b_96503064_283f_11ed_a30f_00259070b48727.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e87_7c9e_11ea_8111_003048fd731b_96503065_283f_11ed_a30f_00259070b48728.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e89_7c9e_11ea_8111_003048fd731b_96503066_283f_11ed_a30f_00259070b48729.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e8b_7c9e_11ea_8111_003048fd731b_2390b723_2840_11ed_a30f_00259070b48730.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e8d_7c9e_11ea_8111_003048fd731b_2390b724_2840_11ed_a30f_00259070b48731.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e8f_7c9e_11ea_8111_003048fd731b_2390b725_2840_11ed_a30f_00259070b48732.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e91_7c9e_11ea_8111_003048fd731b_2390b726_2840_11ed_a30f_00259070b48733.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e93_7c9e_11ea_8111_003048fd731b_2390b727_2840_11ed_a30f_00259070b48734.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e95_7c9e_11ea_8111_003048fd731b_2390b728_2840_11ed_a30f_00259070b48735.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e97_7c9e_11ea_8111_003048fd731b_2390b729_2840_11ed_a30f_00259070b48736.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e99_7c9e_11ea_8111_003048fd731b_2390b72a_2840_11ed_a30f_00259070b48737.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e9b_7c9e_11ea_8111_003048fd731b_2390b72b_2840_11ed_a30f_00259070b48738.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e9d_7c9e_11ea_8111_003048fd731b_2390b72c_2840_11ed_a30f_00259070b48739.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ea1_7c9e_11ea_8111_003048fd731b_2390b72e_2840_11ed_a30f_00259070b48740.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ea3_7c9e_11ea_8111_003048fd731b_2390b72f_2840_11ed_a30f_00259070b48741.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ea5_7c9e_11ea_8111_003048fd731b_2390b730_2840_11ed_a30f_00259070b48742.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ea7_7c9e_11ea_8111_003048fd731b_2390b731_2840_11ed_a30f_00259070b48743.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ea9_7c9e_11ea_8111_003048fd731b_a26f3405_7c1e_11f0_a7a3_047c1617b14344.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52eab_7c9e_11ea_8111_003048fd731b_a26f3406_7c1e_11f0_a7a3_047c1617b14345.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ead_7c9e_11ea_8111_003048fd731b_a26f3407_7c1e_11f0_a7a3_047c1617b14346.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52eaf_7c9e_11ea_8111_003048fd731b_a26f3408_7c1e_11f0_a7a3_047c1617b14347.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52eb1_7c9e_11ea_8111_003048fd731b_a26f3409_7c1e_11f0_a7a3_047c1617b14348.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52eb3_7c9e_11ea_8111_003048fd731b_a26f340a_7c1e_11f0_a7a3_047c1617b14349.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52eb5_7c9e_11ea_8111_003048fd731b_a26f340c_7c1e_11f0_a7a3_047c1617b14350.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52eb7_7c9e_11ea_8111_003048fd731b_a26f340d_7c1e_11f0_a7a3_047c1617b14351.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52eb9_7c9e_11ea_8111_003048fd731b_a26f340e_7c1e_11f0_a7a3_047c1617b14352.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ebb_7c9e_11ea_8111_003048fd731b_a26f340f_7c1e_11f0_a7a3_047c1617b14353.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ebd_7c9e_11ea_8111_003048fd731b_a26f3410_7c1e_11f0_a7a3_047c1617b14354.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ebf_7c9e_11ea_8111_003048fd731b_a26f3411_7c1e_11f0_a7a3_047c1617b14355.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ec1_7c9e_11ea_8111_003048fd731b_a26f3413_7c1e_11f0_a7a3_047c1617b14356.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ec3_7c9e_11ea_8111_003048fd731b_a26f3414_7c1e_11f0_a7a3_047c1617b14357.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ec5_7c9e_11ea_8111_003048fd731b_a26f3415_7c1e_11f0_a7a3_047c1617b14358.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ec7_7c9e_11ea_8111_003048fd731b_a26f3416_7c1e_11f0_a7a3_047c1617b14359.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ec9_7c9e_11ea_8111_003048fd731b_a26f3417_7c1e_11f0_a7a3_047c1617b14360.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ecb_7c9e_11ea_8111_003048fd731b_a26f3418_7c1e_11f0_a7a3_047c1617b14361.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ecd_7c9e_11ea_8111_003048fd731b_2390b744_2840_11ed_a30f_00259070b48762.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ecf_7c9e_11ea_8111_003048fd731b_2390b745_2840_11ed_a30f_00259070b48763.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ed1_7c9e_11ea_8111_003048fd731b_2390b746_2840_11ed_a30f_00259070b48764.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ed3_7c9e_11ea_8111_003048fd731b_2390b747_2840_11ed_a30f_00259070b48765.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ed5_7c9e_11ea_8111_003048fd731b_2390b748_2840_11ed_a30f_00259070b48766.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ed7_7c9e_11ea_8111_003048fd731b_2390b749_2840_11ed_a30f_00259070b48767.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ed9_7c9e_11ea_8111_003048fd731b_2390b74a_2840_11ed_a30f_00259070b48768.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52edb_7c9e_11ea_8111_003048fd731b_2390b74b_2840_11ed_a30f_00259070b48769.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52edd_7c9e_11ea_8111_003048fd731b_2390b74c_2840_11ed_a30f_00259070b48770.jpeg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb31bc_5f91_11eb_822d_003048fd731b_2390b74d_2840_11ed_a30f_00259070b48771.jpeg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb31be_5f91_11eb_822d_003048fd731b_2390b74e_2840_11ed_a30f_00259070b48772.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb31c0_5f91_11eb_822d_003048fd731b_2390b74f_2840_11ed_a30f_00259070b48773.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb31c8_5f91_11eb_822d_003048fd731b_a26f3419_7c1e_11f0_a7a3_047c1617b14374.jpeg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb31ca_5f91_11eb_822d_003048fd731b_a26f341a_7c1e_11f0_a7a3_047c1617b14375.jpeg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb31cc_5f91_11eb_822d_003048fd731b_a26f341b_7c1e_11f0_a7a3_047c1617b14376.jpeg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb31ce_5f91_11eb_822d_003048fd731b_a26f341c_7c1e_11f0_a7a3_047c1617b14377.jpeg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb31d0_5f91_11eb_822d_003048fd731b_a26f341d_7c1e_11f0_a7a3_047c1617b14378.jpeg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb31d2_5f91_11eb_822d_003048fd731b_2390b755_2840_11ed_a30f_00259070b48779.jpeg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb31d4_5f91_11eb_822d_003048fd731b_2390b756_2840_11ed_a30f_00259070b48780.jpeg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb31d6_5f91_11eb_822d_003048fd731b_2390b757_2840_11ed_a30f_00259070b48781.jpeg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e23bb3e0_c446_11ec_a27f_00259070b487_695c4612_11fe_11ef_a5b8_047c1617b14382.jpeg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2cfaad1_c446_11ec_a27f_00259070b487_695c4601_11fe_11ef_a5b8_047c1617b14383.jpeg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2cfaad3_c446_11ec_a27f_00259070b487_695c4606_11fe_11ef_a5b8_047c1617b14384.jpeg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13e8ca64_5853_11ed_a364_047c1617b143_695c45f9_11fe_11ef_a5b8_047c1617b14385.png"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13e8ca66_5853_11ed_a364_047c1617b143_695c45f5_11fe_11ef_a5b8_047c1617b14386.png"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0751e03_0af9_11ee_a45c_047c1617b143_695c45fb_11fe_11ef_a5b8_047c1617b14387.png"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0751e05_0af9_11ee_a45c_047c1617b143_695c4603_11fe_11ef_a5b8_047c1617b14388.png"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0751e07_0af9_11ee_a45c_047c1617b143_695c460d_11fe_11ef_a5b8_047c1617b14389.png"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b80ee93_3234_11ee_a490_047c1617b143_a26f341e_7c1e_11f0_a7a3_047c1617b14390.jpeg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b80ee95_3234_11ee_a490_047c1617b143_695c4613_11fe_11ef_a5b8_047c1617b14391.png"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0fe18a4_3248_11ee_a490_047c1617b143_695c4616_11fe_11ef_a5b8_047c1617b14392.png"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bff2db25_403c_11ee_a4a3_047c1617b143_a26f341f_7c1e_11f0_a7a3_047c1617b14393.jpeg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bff2db27_403c_11ee_a4a3_047c1617b143_a26f3420_7c1e_11f0_a7a3_047c1617b14394.jpeg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bff2db29_403c_11ee_a4a3_047c1617b143_a26f3421_7c1e_11f0_a7a3_047c1617b14395.jpeg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bff2db2b_403c_11ee_a4a3_047c1617b143_a26f3422_7c1e_11f0_a7a3_047c1617b14396.jpeg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bff2db2d_403c_11ee_a4a3_047c1617b143_a26f3423_7c1e_11f0_a7a3_047c1617b14397.jpeg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bc12b6c_b632_11ee_a53c_047c1617b143_4396bee2_0312_11ef_a5a4_047c1617b14398.jpeg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a6d7b1d_847d_11ef_a64e_047c1617b143_a26f3401_7c1e_11f0_a7a3_047c1617b14399.jpeg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e847272_afd7_11ef_a68d_047c1617b143_d92286b9_f1db_11ef_a6e1_047c1617b143100.jpeg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e84727c_afd7_11ef_a68d_047c1617b143_d92286ba_f1db_11ef_a6e1_047c1617b143101.jpeg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e84728a_afd7_11ef_a68d_047c1617b143_d92286bb_f1db_11ef_a6e1_047c1617b143102.jpeg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e84728c_afd7_11ef_a68d_047c1617b143_d92286bc_f1db_11ef_a6e1_047c1617b143103.jpeg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e84728e_afd7_11ef_a68d_047c1617b143_d92286bd_f1db_11ef_a6e1_047c1617b143104.jpeg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e847290_afd7_11ef_a68d_047c1617b143_d92286be_f1db_11ef_a6e1_047c1617b143105.jpeg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e847292_afd7_11ef_a68d_047c1617b143_d92286bf_f1db_11ef_a6e1_047c1617b143106.jpeg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bc2e874_ee99_11ef_a6dd_047c1617b143_21d4f5b9_793a_11f0_a79f_047c1617b143107.jpeg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bc2e888_ee99_11ef_a6dd_047c1617b143_a26f3424_7c1e_11f0_a7a3_047c1617b143108.jpeg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bc2e88a_ee99_11ef_a6dd_047c1617b143_a26f3425_7c1e_11f0_a7a3_047c1617b143109.jpeg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bc2e88c_ee99_11ef_a6dd_047c1617b143_a26f3426_7c1e_11f0_a7a3_047c1617b143110.jpeg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182bdf4_eeb6_11ef_a6dd_047c1617b143_21d4f5ba_793a_11f0_a79f_047c1617b143111.jpeg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182bdf6_eeb6_11ef_a6dd_047c1617b143_21d4f5bb_793a_11f0_a79f_047c1617b143112.jpeg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5586498_f66a_11ef_a6e7_047c1617b143_a26f33ff_7c1e_11f0_a7a3_047c1617b143113.jpeg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e558649a_f66a_11ef_a6e7_047c1617b143_a26f3400_7c1e_11f0_a7a3_047c1617b143114.jpeg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e558649c_f66a_11ef_a6e7_047c1617b143_a26f340b_7c1e_11f0_a7a3_047c1617b143115.png"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e558649e_f66a_11ef_a6e7_047c1617b143_a26f3412_7c1e_11f0_a7a3_047c1617b143116.png"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d547c66_f690_11ef_a6e7_047c1617b143_a26f3427_7c1e_11f0_a7a3_047c1617b143117.jpeg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d547c68_f690_11ef_a6e7_047c1617b143_a26f3428_7c1e_11f0_a7a3_047c1617b143118.jpeg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d547c6a_f690_11ef_a6e7_047c1617b143_a26f3402_7c1e_11f0_a7a3_047c1617b143119.jpeg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2146eb42_ade2_11f0_a7e3_047c1617b143_fafd76e7_b70d_11f0_a7ef_047c1617b143120.jpeg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2146eb44_ade2_11f0_a7e3_047c1617b143_fafd76e8_b70d_11f0_a7ef_047c1617b143121.jpeg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2146eb46_ade2_11f0_a7e3_047c1617b143_fafd76e9_b70d_11f0_a7ef_047c1617b143122.jpeg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b1600_3466_11eb_81f3_003048fd731b_2390b7ac_2840_11ed_a30f_00259070b487123.jpeg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b1602_3466_11eb_81f3_003048fd731b_2390b7b0_2840_11ed_a30f_00259070b487124.jpeg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b1604_3466_11eb_81f3_003048fd731b_2390b7b4_2840_11ed_a30f_00259070b487125.jpeg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b1606_3466_11eb_81f3_003048fd731b_2390b7b8_2840_11ed_a30f_00259070b487126.jpeg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b1608_3466_11eb_81f3_003048fd731b_2390b7bc_2840_11ed_a30f_00259070b487127.jpeg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b160a_3466_11eb_81f3_003048fd731b_2390b7c0_2840_11ed_a30f_00259070b487128.jpeg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b160c_3466_11eb_81f3_003048fd731b_2390b7c4_2840_11ed_a30f_00259070b487129.jpeg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b160e_3466_11eb_81f3_003048fd731b_2390b7c8_2840_11ed_a30f_00259070b487130.jpeg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b1610_3466_11eb_81f3_003048fd731b_2390b7cc_2840_11ed_a30f_00259070b487131.jpeg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d0839b7_3466_11eb_81f3_003048fd731b_2390b7d0_2840_11ed_a30f_00259070b487132.jpeg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d0839b9_3466_11eb_81f3_003048fd731b_2390b7d4_2840_11ed_a30f_00259070b487133.jpeg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d0839bb_3466_11eb_81f3_003048fd731b_2390b7d8_2840_11ed_a30f_00259070b487134.jpeg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a66c38_db0d_11ec_a2a2_00259070b487_695c45c9_11fe_11ef_a5b8_047c1617b143135.jpeg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a66c3a_db0d_11ec_a2a2_00259070b487_695c45d5_11fe_11ef_a5b8_047c1617b143136.jpeg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a66c3c_db0d_11ec_a2a2_00259070b487_695c45d9_11fe_11ef_a5b8_047c1617b143137.jpeg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a66c3e_db0d_11ec_a2a2_00259070b487_695c45cd_11fe_11ef_a5b8_047c1617b143138.jpeg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a66c40_db0d_11ec_a2a2_00259070b487_695c45dd_11fe_11ef_a5b8_047c1617b143139.jpeg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a66c42_db0d_11ec_a2a2_00259070b487_695c45e1_11fe_11ef_a5b8_047c1617b143140.jpeg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a66c44_db0d_11ec_a2a2_00259070b487_695c45e5_11fe_11ef_a5b8_047c1617b143141.jpeg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a66c46_db0d_11ec_a2a2_00259070b487_695c45e9_11fe_11ef_a5b8_047c1617b143142.jpeg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a66c48_db0d_11ec_a2a2_00259070b487_695c45ed_11fe_11ef_a5b8_047c1617b143143.jpeg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a66c4a_db0d_11ec_a2a2_00259070b487_695c4581_11fe_11ef_a5b8_047c1617b143144.jpeg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a66c4c_db0d_11ec_a2a2_00259070b487_695c4585_11fe_11ef_a5b8_047c1617b143145.jpeg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a66c4e_db0d_11ec_a2a2_00259070b487_695c457d_11fe_11ef_a5b8_047c1617b143146.jpeg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991bed_230d_11ed_a307_00259070b487_695c4589_11fe_11ef_a5b8_047c1617b143147.jpeg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991bef_230d_11ed_a307_00259070b487_695c458d_11fe_11ef_a5b8_047c1617b143148.jpeg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991bf1_230d_11ed_a307_00259070b487_695c4591_11fe_11ef_a5b8_047c1617b143149.jpeg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991bf3_230d_11ed_a307_00259070b487_695c4595_11fe_11ef_a5b8_047c1617b143150.jpeg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991bf5_230d_11ed_a307_00259070b487_695c4599_11fe_11ef_a5b8_047c1617b143151.jpeg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991bf7_230d_11ed_a307_00259070b487_695c45a1_11fe_11ef_a5b8_047c1617b143152.jpeg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991bf9_230d_11ed_a307_00259070b487_695c459d_11fe_11ef_a5b8_047c1617b143153.jpeg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991bfb_230d_11ed_a307_00259070b487_695c45a5_11fe_11ef_a5b8_047c1617b143154.jpeg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991bfd_230d_11ed_a307_00259070b487_695c45b5_11fe_11ef_a5b8_047c1617b143155.jpeg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991bff_230d_11ed_a307_00259070b487_695c45a9_11fe_11ef_a5b8_047c1617b143156.jpeg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991c01_230d_11ed_a307_00259070b487_695c45ad_11fe_11ef_a5b8_047c1617b143157.jpeg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991c03_230d_11ed_a307_00259070b487_695c45b1_11fe_11ef_a5b8_047c1617b143158.jpeg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991c05_230d_11ed_a307_00259070b487_695c45b9_11fe_11ef_a5b8_047c1617b143159.jpeg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991c07_230d_11ed_a307_00259070b487_695c45bd_11fe_11ef_a5b8_047c1617b143160.jpeg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991c09_230d_11ed_a307_00259070b487_695c45c1_11fe_11ef_a5b8_047c1617b143161.jpeg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991c0b_230d_11ed_a307_00259070b487_695c45c5_11fe_11ef_a5b8_047c1617b143162.jpeg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75c1f4a3_c7a6_11ed_a3fe_047c1617b143_695c45d1_11fe_11ef_a5b8_047c1617b143163.jpeg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75c1f4a5_c7a6_11ed_a3fe_047c1617b143_695c45f1_11fe_11ef_a5b8_047c1617b143164.jpeg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7571ec5f_f891_11ee_a597_047c1617b143_4b3c1d0c_5a46_11f0_a775_047c1617b143165.jpeg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7571ec61_f891_11ee_a597_047c1617b143_4b3c1d10_5a46_11f0_a775_047c1617b143166.jpeg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7571ec63_f891_11ee_a597_047c1617b143_4b3c1d14_5a46_11f0_a775_047c1617b143167.jpeg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7571ec65_f891_11ee_a597_047c1617b143_4b3c1d18_5a46_11f0_a775_047c1617b143168.jpeg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3dd_0b65_11ec_831e_003048fd731b_2390b7dc_2840_11ed_a30f_00259070b487169.jpeg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3df_0b65_11ec_831e_003048fd731b_2390b7e0_2840_11ed_a30f_00259070b487170.jpeg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3e1_0b65_11ec_831e_003048fd731b_2390b7e4_2840_11ed_a30f_00259070b487171.jpeg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3e3_0b65_11ec_831e_003048fd731b_2390b7e8_2840_11ed_a30f_00259070b487172.jpeg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3e5_0b65_11ec_831e_003048fd731b_2390b7ec_2840_11ed_a30f_00259070b487173.jpeg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3e7_0b65_11ec_831e_003048fd731b_2390b7f0_2840_11ed_a30f_00259070b487174.jpeg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3e9_0b65_11ec_831e_003048fd731b_2390b7f4_2840_11ed_a30f_00259070b487175.jpeg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637cf6_0b65_11ec_831e_003048fd731b_2390b7f8_2840_11ed_a30f_00259070b487176.jpeg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637cf8_0b65_11ec_831e_003048fd731b_2390b7fc_2840_11ed_a30f_00259070b487177.jpeg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637cfa_0b65_11ec_831e_003048fd731b_2390b800_2840_11ed_a30f_00259070b487178.jpeg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637cfc_0b65_11ec_831e_003048fd731b_2390b804_2840_11ed_a30f_00259070b487179.jpeg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637cfe_0b65_11ec_831e_003048fd731b_2390b808_2840_11ed_a30f_00259070b487180.jpeg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d00_0b65_11ec_831e_003048fd731b_2390b80c_2840_11ed_a30f_00259070b487181.jpeg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d02_0b65_11ec_831e_003048fd731b_2390b810_2840_11ed_a30f_00259070b487182.jpeg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d04_0b65_11ec_831e_003048fd731b_2390b814_2840_11ed_a30f_00259070b487183.jpeg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d06_0b65_11ec_831e_003048fd731b_2390b818_2840_11ed_a30f_00259070b487184.jpeg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d08_0b65_11ec_831e_003048fd731b_2390b81c_2840_11ed_a30f_00259070b487185.jpeg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d0a_0b65_11ec_831e_003048fd731b_2390b820_2840_11ed_a30f_00259070b487186.jpeg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d0c_0b65_11ec_831e_003048fd731b_2390b824_2840_11ed_a30f_00259070b487187.jpeg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d0e_0b65_11ec_831e_003048fd731b_2390b828_2840_11ed_a30f_00259070b487188.jpeg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d10_0b65_11ec_831e_003048fd731b_2390b82c_2840_11ed_a30f_00259070b487189.jpeg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d12_0b65_11ec_831e_003048fd731b_2390b830_2840_11ed_a30f_00259070b487190.jpeg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d14_0b65_11ec_831e_003048fd731b_2390b834_2840_11ed_a30f_00259070b487191.jpeg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d16_0b65_11ec_831e_003048fd731b_2390b838_2840_11ed_a30f_00259070b487192.jpeg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d18_0b65_11ec_831e_003048fd731b_2390b83c_2840_11ed_a30f_00259070b487193.jpeg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d1a_0b65_11ec_831e_003048fd731b_2390b840_2840_11ed_a30f_00259070b487194.jpeg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d1c_0b65_11ec_831e_003048fd731b_2390b844_2840_11ed_a30f_00259070b487195.jpeg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d1e_0b65_11ec_831e_003048fd731b_2390b848_2840_11ed_a30f_00259070b487196.jpeg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d20_0b65_11ec_831e_003048fd731b_2390b84c_2840_11ed_a30f_00259070b487197.jpeg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d22_0b65_11ec_831e_003048fd731b_2390b850_2840_11ed_a30f_00259070b487198.jpeg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d24_0b65_11ec_831e_003048fd731b_2390b854_2840_11ed_a30f_00259070b487199.jpeg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d26_0b65_11ec_831e_003048fd731b_2390b858_2840_11ed_a30f_00259070b487200.jpeg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d28_0b65_11ec_831e_003048fd731b_2390b85c_2840_11ed_a30f_00259070b487201.jpeg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d2a_0b65_11ec_831e_003048fd731b_2390b860_2840_11ed_a30f_00259070b487202.jpeg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d2c_0b65_11ec_831e_003048fd731b_2390b864_2840_11ed_a30f_00259070b487203.jpeg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d2e_0b65_11ec_831e_003048fd731b_2390b868_2840_11ed_a30f_00259070b487204.jpeg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d30_0b65_11ec_831e_003048fd731b_2390b86c_2840_11ed_a30f_00259070b487205.jpeg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d32_0b65_11ec_831e_003048fd731b_2390b870_2840_11ed_a30f_00259070b487206.jpeg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d34_0b65_11ec_831e_003048fd731b_2390b874_2840_11ed_a30f_00259070b487207.jpeg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d36_0b65_11ec_831e_003048fd731b_2390b878_2840_11ed_a30f_00259070b487208.jpeg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d38_0b65_11ec_831e_003048fd731b_2390b87c_2840_11ed_a30f_00259070b487209.jpeg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d3a_0b65_11ec_831e_003048fd731b_2390b880_2840_11ed_a30f_00259070b487210.jpeg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d3c_0b65_11ec_831e_003048fd731b_2390b884_2840_11ed_a30f_00259070b487211.jpeg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d3e_0b65_11ec_831e_003048fd731b_2390b888_2840_11ed_a30f_00259070b487212.jpeg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d40_0b65_11ec_831e_003048fd731b_2390b88c_2840_11ed_a30f_00259070b487213.jpeg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d42_0b65_11ec_831e_003048fd731b_2390b890_2840_11ed_a30f_00259070b487214.jpeg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d44_0b65_11ec_831e_003048fd731b_2390b894_2840_11ed_a30f_00259070b487215.jpeg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d46_0b65_11ec_831e_003048fd731b_2390b898_2840_11ed_a30f_00259070b487216.jpeg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b15ea_3466_11eb_81f3_003048fd731b_2390b780_2840_11ed_a30f_00259070b487217.jpeg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b15ec_3466_11eb_81f3_003048fd731b_2390b784_2840_11ed_a30f_00259070b487218.jpeg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b15ee_3466_11eb_81f3_003048fd731b_2390b788_2840_11ed_a30f_00259070b487219.jpeg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b15f0_3466_11eb_81f3_003048fd731b_2390b78c_2840_11ed_a30f_00259070b487220.jpeg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b15f2_3466_11eb_81f3_003048fd731b_2390b790_2840_11ed_a30f_00259070b487221.jpeg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b15f4_3466_11eb_81f3_003048fd731b_2390b794_2840_11ed_a30f_00259070b487222.jpeg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b15f6_3466_11eb_81f3_003048fd731b_2390b798_2840_11ed_a30f_00259070b487223.jpeg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b15f8_3466_11eb_81f3_003048fd731b_2390b79c_2840_11ed_a30f_00259070b487224.jpeg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b15fa_3466_11eb_81f3_003048fd731b_2390b7a0_2840_11ed_a30f_00259070b487225.jpeg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b15fc_3466_11eb_81f3_003048fd731b_2390b7a4_2840_11ed_a30f_00259070b487226.jpeg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b15fe_3466_11eb_81f3_003048fd731b_2390b7a8_2840_11ed_a30f_00259070b487227.jpeg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1daac_3459_11ef_a5e4_047c1617b143_4b3c1d99_5a46_11f0_a775_047c1617b143228.jpeg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1daae_3459_11ef_a5e4_047c1617b143_514f7946_5a46_11f0_a775_047c1617b143229.jpeg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dab0_3459_11ef_a5e4_047c1617b143_514f794a_5a46_11f0_a775_047c1617b143230.jpeg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dab2_3459_11ef_a5e4_047c1617b143_514f794e_5a46_11f0_a775_047c1617b143231.jpeg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dab4_3459_11ef_a5e4_047c1617b143_d37ff3cd_5d4f_11f0_a779_047c1617b143232.jpeg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dab6_3459_11ef_a5e4_047c1617b143_d37ff3d1_5d4f_11f0_a779_047c1617b143233.jpeg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dab8_3459_11ef_a5e4_047c1617b143_d37ff3d5_5d4f_11f0_a779_047c1617b143234.jpeg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1daba_3459_11ef_a5e4_047c1617b143_d37ff3d9_5d4f_11f0_a779_047c1617b143235.jpeg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dabc_3459_11ef_a5e4_047c1617b143_514f7955_5a46_11f0_a775_047c1617b143236.jpeg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dabe_3459_11ef_a5e4_047c1617b143_514f7959_5a46_11f0_a775_047c1617b143237.jpeg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dac0_3459_11ef_a5e4_047c1617b143_514f795d_5a46_11f0_a775_047c1617b143238.jpeg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dac2_3459_11ef_a5e4_047c1617b143_514f7961_5a46_11f0_a775_047c1617b143239.jpeg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dac4_3459_11ef_a5e4_047c1617b143_514f7965_5a46_11f0_a775_047c1617b143240.jpeg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dac6_3459_11ef_a5e4_047c1617b143_514f7969_5a46_11f0_a775_047c1617b143241.jpeg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dac8_3459_11ef_a5e4_047c1617b143_514f796d_5a46_11f0_a775_047c1617b143242.jpeg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1daca_3459_11ef_a5e4_047c1617b143_514f7971_5a46_11f0_a775_047c1617b143243.jpeg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dacc_3459_11ef_a5e4_047c1617b143_514f7975_5a46_11f0_a775_047c1617b143244.jpeg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dace_3459_11ef_a5e4_047c1617b143_514f7979_5a46_11f0_a775_047c1617b143245.jpeg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dad0_3459_11ef_a5e4_047c1617b143_514f797d_5a46_11f0_a775_047c1617b143246.jpeg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dad2_3459_11ef_a5e4_047c1617b143_514f7981_5a46_11f0_a775_047c1617b143247.jpeg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c4b_3459_11ef_a5e4_047c1617b143_514f7985_5a46_11f0_a775_047c1617b143248.jpeg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c4d_3459_11ef_a5e4_047c1617b143_514f7989_5a46_11f0_a775_047c1617b143249.jpeg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c4f_3459_11ef_a5e4_047c1617b143_514f798d_5a46_11f0_a775_047c1617b143250.jpeg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c51_3459_11ef_a5e4_047c1617b143_514f7991_5a46_11f0_a775_047c1617b143251.jpeg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c53_3459_11ef_a5e4_047c1617b143_514f7995_5a46_11f0_a775_047c1617b143252.jpeg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c55_3459_11ef_a5e4_047c1617b143_514f7999_5a46_11f0_a775_047c1617b143253.jpeg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c57_3459_11ef_a5e4_047c1617b143_514f799d_5a46_11f0_a775_047c1617b143254.jpeg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c59_3459_11ef_a5e4_047c1617b143_514f79a1_5a46_11f0_a775_047c1617b143255.jpeg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c5b_3459_11ef_a5e4_047c1617b143_514f79a5_5a46_11f0_a775_047c1617b143256.jpeg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c5d_3459_11ef_a5e4_047c1617b143_514f79a9_5a46_11f0_a775_047c1617b143257.jpeg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c5f_3459_11ef_a5e4_047c1617b143_514f79ad_5a46_11f0_a775_047c1617b143258.jpeg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c61_3459_11ef_a5e4_047c1617b143_514f79b1_5a46_11f0_a775_047c1617b143259.jpeg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c63_3459_11ef_a5e4_047c1617b143_514f79b5_5a46_11f0_a775_047c1617b143260.jpeg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c65_3459_11ef_a5e4_047c1617b143_514f79b9_5a46_11f0_a775_047c1617b143261.jpeg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c67_3459_11ef_a5e4_047c1617b143_514f79bd_5a46_11f0_a775_047c1617b143262.jpeg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c69_3459_11ef_a5e4_047c1617b143_514f79c1_5a46_11f0_a775_047c1617b143263.jpeg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c6b_3459_11ef_a5e4_047c1617b143_514f79c5_5a46_11f0_a775_047c1617b143264.jpeg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c6d_3459_11ef_a5e4_047c1617b143_514f79c9_5a46_11f0_a775_047c1617b143265.jpeg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c6f_3459_11ef_a5e4_047c1617b143_514f79cd_5a46_11f0_a775_047c1617b143266.jpeg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c71_3459_11ef_a5e4_047c1617b143_514f79d1_5a46_11f0_a775_047c1617b143267.jpeg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c73_3459_11ef_a5e4_047c1617b143_514f79d5_5a46_11f0_a775_047c1617b143268.jpeg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c75_3459_11ef_a5e4_047c1617b143_514f79d9_5a46_11f0_a775_047c1617b143269.jpeg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c77_3459_11ef_a5e4_047c1617b143_514f79dd_5a46_11f0_a775_047c1617b143270.jpeg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c79_3459_11ef_a5e4_047c1617b143_514f79e1_5a46_11f0_a775_047c1617b143271.jpeg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c7b_3459_11ef_a5e4_047c1617b143_514f79e5_5a46_11f0_a775_047c1617b143272.jpeg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c7d_3459_11ef_a5e4_047c1617b143_514f79e9_5a46_11f0_a775_047c1617b143273.jpeg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c7f_3459_11ef_a5e4_047c1617b143_514f79ed_5a46_11f0_a775_047c1617b143274.jpeg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c81_3459_11ef_a5e4_047c1617b143_514f79f1_5a46_11f0_a775_047c1617b143275.jpeg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c83_3459_11ef_a5e4_047c1617b143_514f79f5_5a46_11f0_a775_047c1617b143276.jpeg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c85_3459_11ef_a5e4_047c1617b143_514f79f9_5a46_11f0_a775_047c1617b143277.jpeg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c87_3459_11ef_a5e4_047c1617b143_514f79fd_5a46_11f0_a775_047c1617b143278.jpeg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c89_3459_11ef_a5e4_047c1617b143_514f7a01_5a46_11f0_a775_047c1617b143279.jpeg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c8b_3459_11ef_a5e4_047c1617b143_514f7a05_5a46_11f0_a775_047c1617b143280.jpeg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c8d_3459_11ef_a5e4_047c1617b143_514f7a09_5a46_11f0_a775_047c1617b143281.jpeg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c8f_3459_11ef_a5e4_047c1617b143_514f7a0d_5a46_11f0_a775_047c1617b143282.jpeg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c91_3459_11ef_a5e4_047c1617b143_514f7a11_5a46_11f0_a775_047c1617b143283.jpeg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c93_3459_11ef_a5e4_047c1617b143_514f7a15_5a46_11f0_a775_047c1617b143284.jpeg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c95_3459_11ef_a5e4_047c1617b143_514f7a19_5a46_11f0_a775_047c1617b143285.jpeg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f27_9e75_11ef_a670_047c1617b143_49c4af49_056a_11f0_a6fc_047c1617b143286.jpeg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f29_9e75_11ef_a670_047c1617b143_49c4af4d_056a_11f0_a6fc_047c1617b143287.jpeg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f2b_9e75_11ef_a670_047c1617b143_49c4af51_056a_11f0_a6fc_047c1617b143288.jpeg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f2d_9e75_11ef_a670_047c1617b143_49c4af55_056a_11f0_a6fc_047c1617b143289.jpeg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f2f_9e75_11ef_a670_047c1617b143_49c4af59_056a_11f0_a6fc_047c1617b143290.jpeg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f31_9e75_11ef_a670_047c1617b143_49c4af5d_056a_11f0_a6fc_047c1617b143291.jpeg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f33_9e75_11ef_a670_047c1617b143_49c4af61_056a_11f0_a6fc_047c1617b143292.jpeg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f35_9e75_11ef_a670_047c1617b143_49c4af65_056a_11f0_a6fc_047c1617b143293.jpeg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f37_9e75_11ef_a670_047c1617b143_49c4af69_056a_11f0_a6fc_047c1617b143294.jpeg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f39_9e75_11ef_a670_047c1617b143_49c4af6d_056a_11f0_a6fc_047c1617b143295.jpeg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f3b_9e75_11ef_a670_047c1617b143_49c4af71_056a_11f0_a6fc_047c1617b143296.jpeg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f3d_9e75_11ef_a670_047c1617b143_49c4af75_056a_11f0_a6fc_047c1617b143297.jpeg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f3f_9e75_11ef_a670_047c1617b143_49c4af79_056a_11f0_a6fc_047c1617b143298.jpeg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f41_9e75_11ef_a670_047c1617b143_49c4af7d_056a_11f0_a6fc_047c1617b143299.jpeg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f43_9e75_11ef_a670_047c1617b143_49c4af81_056a_11f0_a6fc_047c1617b143300.jpeg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f45_9e75_11ef_a670_047c1617b143_49c4af85_056a_11f0_a6fc_047c1617b143301.jpeg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f47_9e75_11ef_a670_047c1617b143_49c4af89_056a_11f0_a6fc_047c1617b143302.jpeg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f49_9e75_11ef_a670_047c1617b143_49c4af8d_056a_11f0_a6fc_047c1617b143303.jpeg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af38586e_ce99_11ef_a6b4_047c1617b143_1b5db4aa_f93d_11ef_a6ea_047c1617b143304.jpeg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145c8960_551c_11f0_a76e_047c1617b143_579e235f_5a46_11f0_a775_047c1617b143305.jpeg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7995f9d_96ee_11f0_a7c5_047c1617b143_fafd76cc_b70d_11f0_a7ef_047c1617b143306.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e51_7c9e_11ea_8111_003048fd731b_9650304a_283f_11ed_a30f_00259070b4871.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e53_7c9e_11ea_8111_003048fd731b_9650304b_283f_11ed_a30f_00259070b4872.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e55_7c9e_11ea_8111_003048fd731b_9650304c_283f_11ed_a30f_00259070b4873.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e57_7c9e_11ea_8111_003048fd731b_9650304d_283f_11ed_a30f_00259070b4874.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e59_7c9e_11ea_8111_003048fd731b_9650304e_283f_11ed_a30f_00259070b4875.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e5b_7c9e_11ea_8111_003048fd731b_9650304f_283f_11ed_a30f_00259070b4876.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e5d_7c9e_11ea_8111_003048fd731b_96503050_283f_11ed_a30f_00259070b4877.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e5f_7c9e_11ea_8111_003048fd731b_96503051_283f_11ed_a30f_00259070b4878.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e61_7c9e_11ea_8111_003048fd731b_96503052_283f_11ed_a30f_00259070b4879.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e63_7c9e_11ea_8111_003048fd731b_96503053_283f_11ed_a30f_00259070b48710.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e65_7c9e_11ea_8111_003048fd731b_96503054_283f_11ed_a30f_00259070b48711.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e67_7c9e_11ea_8111_003048fd731b_96503055_283f_11ed_a30f_00259070b48712.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e69_7c9e_11ea_8111_003048fd731b_96503056_283f_11ed_a30f_00259070b48713.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e6b_7c9e_11ea_8111_003048fd731b_96503057_283f_11ed_a30f_00259070b48714.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e6d_7c9e_11ea_8111_003048fd731b_96503058_283f_11ed_a30f_00259070b48715.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e6f_7c9e_11ea_8111_003048fd731b_96503059_283f_11ed_a30f_00259070b48716.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e71_7c9e_11ea_8111_003048fd731b_9650305a_283f_11ed_a30f_00259070b48717.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e73_7c9e_11ea_8111_003048fd731b_9650305b_283f_11ed_a30f_00259070b48718.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e75_7c9e_11ea_8111_003048fd731b_9650305c_283f_11ed_a30f_00259070b48719.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e77_7c9e_11ea_8111_003048fd731b_9650305d_283f_11ed_a30f_00259070b48720.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e79_7c9e_11ea_8111_003048fd731b_9650305e_283f_11ed_a30f_00259070b48721.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e7b_7c9e_11ea_8111_003048fd731b_9650305f_283f_11ed_a30f_00259070b48722.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e7d_7c9e_11ea_8111_003048fd731b_96503060_283f_11ed_a30f_00259070b48723.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e7f_7c9e_11ea_8111_003048fd731b_96503061_283f_11ed_a30f_00259070b48724.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e81_7c9e_11ea_8111_003048fd731b_96503062_283f_11ed_a30f_00259070b48725.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e83_7c9e_11ea_8111_003048fd731b_96503063_283f_11ed_a30f_00259070b48726.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e85_7c9e_11ea_8111_003048fd731b_96503064_283f_11ed_a30f_00259070b48727.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e87_7c9e_11ea_8111_003048fd731b_96503065_283f_11ed_a30f_00259070b48728.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e89_7c9e_11ea_8111_003048fd731b_96503066_283f_11ed_a30f_00259070b48729.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e8b_7c9e_11ea_8111_003048fd731b_2390b723_2840_11ed_a30f_00259070b48730.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e8d_7c9e_11ea_8111_003048fd731b_2390b724_2840_11ed_a30f_00259070b48731.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e8f_7c9e_11ea_8111_003048fd731b_2390b725_2840_11ed_a30f_00259070b48732.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e91_7c9e_11ea_8111_003048fd731b_2390b726_2840_11ed_a30f_00259070b48733.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e93_7c9e_11ea_8111_003048fd731b_2390b727_2840_11ed_a30f_00259070b48734.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e95_7c9e_11ea_8111_003048fd731b_2390b728_2840_11ed_a30f_00259070b48735.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e97_7c9e_11ea_8111_003048fd731b_2390b729_2840_11ed_a30f_00259070b48736.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e99_7c9e_11ea_8111_003048fd731b_2390b72a_2840_11ed_a30f_00259070b48737.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e9b_7c9e_11ea_8111_003048fd731b_2390b72b_2840_11ed_a30f_00259070b48738.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52e9d_7c9e_11ea_8111_003048fd731b_2390b72c_2840_11ed_a30f_00259070b48739.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ea1_7c9e_11ea_8111_003048fd731b_2390b72e_2840_11ed_a30f_00259070b48740.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ea3_7c9e_11ea_8111_003048fd731b_2390b72f_2840_11ed_a30f_00259070b48741.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ea5_7c9e_11ea_8111_003048fd731b_2390b730_2840_11ed_a30f_00259070b48742.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ea7_7c9e_11ea_8111_003048fd731b_2390b731_2840_11ed_a30f_00259070b48743.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ea9_7c9e_11ea_8111_003048fd731b_a26f3405_7c1e_11f0_a7a3_047c1617b14344.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52eab_7c9e_11ea_8111_003048fd731b_a26f3406_7c1e_11f0_a7a3_047c1617b14345.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ead_7c9e_11ea_8111_003048fd731b_a26f3407_7c1e_11f0_a7a3_047c1617b14346.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52eaf_7c9e_11ea_8111_003048fd731b_a26f3408_7c1e_11f0_a7a3_047c1617b14347.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52eb1_7c9e_11ea_8111_003048fd731b_a26f3409_7c1e_11f0_a7a3_047c1617b14348.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52eb3_7c9e_11ea_8111_003048fd731b_a26f340a_7c1e_11f0_a7a3_047c1617b14349.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52eb5_7c9e_11ea_8111_003048fd731b_a26f340c_7c1e_11f0_a7a3_047c1617b14350.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52eb7_7c9e_11ea_8111_003048fd731b_a26f340d_7c1e_11f0_a7a3_047c1617b14351.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52eb9_7c9e_11ea_8111_003048fd731b_a26f340e_7c1e_11f0_a7a3_047c1617b14352.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ebb_7c9e_11ea_8111_003048fd731b_a26f340f_7c1e_11f0_a7a3_047c1617b14353.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ebd_7c9e_11ea_8111_003048fd731b_a26f3410_7c1e_11f0_a7a3_047c1617b14354.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ebf_7c9e_11ea_8111_003048fd731b_a26f3411_7c1e_11f0_a7a3_047c1617b14355.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ec1_7c9e_11ea_8111_003048fd731b_a26f3413_7c1e_11f0_a7a3_047c1617b14356.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ec3_7c9e_11ea_8111_003048fd731b_a26f3414_7c1e_11f0_a7a3_047c1617b14357.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ec5_7c9e_11ea_8111_003048fd731b_a26f3415_7c1e_11f0_a7a3_047c1617b14358.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ec7_7c9e_11ea_8111_003048fd731b_a26f3416_7c1e_11f0_a7a3_047c1617b14359.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ec9_7c9e_11ea_8111_003048fd731b_a26f3417_7c1e_11f0_a7a3_047c1617b14360.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ecb_7c9e_11ea_8111_003048fd731b_a26f3418_7c1e_11f0_a7a3_047c1617b14361.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ecd_7c9e_11ea_8111_003048fd731b_2390b744_2840_11ed_a30f_00259070b48762.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ecf_7c9e_11ea_8111_003048fd731b_2390b745_2840_11ed_a30f_00259070b48763.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ed1_7c9e_11ea_8111_003048fd731b_2390b746_2840_11ed_a30f_00259070b48764.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ed3_7c9e_11ea_8111_003048fd731b_2390b747_2840_11ed_a30f_00259070b48765.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ed5_7c9e_11ea_8111_003048fd731b_2390b748_2840_11ed_a30f_00259070b48766.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ed7_7c9e_11ea_8111_003048fd731b_2390b749_2840_11ed_a30f_00259070b48767.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52ed9_7c9e_11ea_8111_003048fd731b_2390b74a_2840_11ed_a30f_00259070b48768.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52edb_7c9e_11ea_8111_003048fd731b_2390b74b_2840_11ed_a30f_00259070b48769.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b52edd_7c9e_11ea_8111_003048fd731b_2390b74c_2840_11ed_a30f_00259070b48770.jpeg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb31bc_5f91_11eb_822d_003048fd731b_2390b74d_2840_11ed_a30f_00259070b48771.jpeg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb31be_5f91_11eb_822d_003048fd731b_2390b74e_2840_11ed_a30f_00259070b48772.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb31c0_5f91_11eb_822d_003048fd731b_2390b74f_2840_11ed_a30f_00259070b48773.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb31c2_5f91_11eb_822d_003048fd731b_d92286b8_f1db_11ef_a6e1_047c1617b14374.jpeg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb31c8_5f91_11eb_822d_003048fd731b_a26f3419_7c1e_11f0_a7a3_047c1617b14375.jpeg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb31ca_5f91_11eb_822d_003048fd731b_a26f341a_7c1e_11f0_a7a3_047c1617b14376.jpeg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb31cc_5f91_11eb_822d_003048fd731b_a26f341b_7c1e_11f0_a7a3_047c1617b14377.jpeg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb31ce_5f91_11eb_822d_003048fd731b_a26f341c_7c1e_11f0_a7a3_047c1617b14378.jpeg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb31d0_5f91_11eb_822d_003048fd731b_a26f341d_7c1e_11f0_a7a3_047c1617b14379.jpeg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb31d2_5f91_11eb_822d_003048fd731b_2390b755_2840_11ed_a30f_00259070b48780.jpeg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb31d4_5f91_11eb_822d_003048fd731b_2390b756_2840_11ed_a30f_00259070b48781.jpeg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb31d6_5f91_11eb_822d_003048fd731b_2390b757_2840_11ed_a30f_00259070b48782.jpeg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e23bb3e0_c446_11ec_a27f_00259070b487_695c4612_11fe_11ef_a5b8_047c1617b14383.jpeg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2cfaad1_c446_11ec_a27f_00259070b487_695c4601_11fe_11ef_a5b8_047c1617b14384.jpeg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2cfaad3_c446_11ec_a27f_00259070b487_695c4606_11fe_11ef_a5b8_047c1617b14385.jpeg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13e8ca64_5853_11ed_a364_047c1617b143_695c45f9_11fe_11ef_a5b8_047c1617b14386.png"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13e8ca66_5853_11ed_a364_047c1617b143_695c45f5_11fe_11ef_a5b8_047c1617b14387.png"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0751e03_0af9_11ee_a45c_047c1617b143_695c45fb_11fe_11ef_a5b8_047c1617b14388.png"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0751e05_0af9_11ee_a45c_047c1617b143_695c4603_11fe_11ef_a5b8_047c1617b14389.png"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0751e07_0af9_11ee_a45c_047c1617b143_695c460d_11fe_11ef_a5b8_047c1617b14390.png"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b80ee93_3234_11ee_a490_047c1617b143_a26f341e_7c1e_11f0_a7a3_047c1617b14391.jpeg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b80ee95_3234_11ee_a490_047c1617b143_695c4613_11fe_11ef_a5b8_047c1617b14392.png"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0fe18a4_3248_11ee_a490_047c1617b143_695c4616_11fe_11ef_a5b8_047c1617b14393.png"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bff2db25_403c_11ee_a4a3_047c1617b143_a26f341f_7c1e_11f0_a7a3_047c1617b14394.jpeg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bff2db27_403c_11ee_a4a3_047c1617b143_a26f3420_7c1e_11f0_a7a3_047c1617b14395.jpeg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bff2db29_403c_11ee_a4a3_047c1617b143_a26f3421_7c1e_11f0_a7a3_047c1617b14396.jpeg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bff2db2b_403c_11ee_a4a3_047c1617b143_a26f3422_7c1e_11f0_a7a3_047c1617b14397.jpeg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bff2db2d_403c_11ee_a4a3_047c1617b143_a26f3423_7c1e_11f0_a7a3_047c1617b14398.jpeg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bc12b6c_b632_11ee_a53c_047c1617b143_4396bee2_0312_11ef_a5a4_047c1617b14399.jpeg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a6d7b1d_847d_11ef_a64e_047c1617b143_a26f3401_7c1e_11f0_a7a3_047c1617b143100.jpeg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e847272_afd7_11ef_a68d_047c1617b143_d92286b9_f1db_11ef_a6e1_047c1617b143101.jpeg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e84727c_afd7_11ef_a68d_047c1617b143_d92286ba_f1db_11ef_a6e1_047c1617b143102.jpeg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e84728a_afd7_11ef_a68d_047c1617b143_d92286bb_f1db_11ef_a6e1_047c1617b143103.jpeg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e84728c_afd7_11ef_a68d_047c1617b143_d92286bc_f1db_11ef_a6e1_047c1617b143104.jpeg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e84728e_afd7_11ef_a68d_047c1617b143_d92286bd_f1db_11ef_a6e1_047c1617b143105.jpeg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e847290_afd7_11ef_a68d_047c1617b143_d92286be_f1db_11ef_a6e1_047c1617b143106.jpeg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e847292_afd7_11ef_a68d_047c1617b143_d92286bf_f1db_11ef_a6e1_047c1617b143107.jpeg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bc2e874_ee99_11ef_a6dd_047c1617b143_21d4f5b9_793a_11f0_a79f_047c1617b143108.jpeg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bc2e888_ee99_11ef_a6dd_047c1617b143_a26f3424_7c1e_11f0_a7a3_047c1617b143109.jpeg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bc2e88a_ee99_11ef_a6dd_047c1617b143_a26f3425_7c1e_11f0_a7a3_047c1617b143110.jpeg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bc2e88c_ee99_11ef_a6dd_047c1617b143_a26f3426_7c1e_11f0_a7a3_047c1617b143111.jpeg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182bdf4_eeb6_11ef_a6dd_047c1617b143_21d4f5ba_793a_11f0_a79f_047c1617b143112.jpeg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182bdf6_eeb6_11ef_a6dd_047c1617b143_21d4f5bb_793a_11f0_a79f_047c1617b143113.jpeg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5586498_f66a_11ef_a6e7_047c1617b143_a26f33ff_7c1e_11f0_a7a3_047c1617b143114.jpeg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e558649a_f66a_11ef_a6e7_047c1617b143_a26f3400_7c1e_11f0_a7a3_047c1617b143115.jpeg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e558649c_f66a_11ef_a6e7_047c1617b143_a26f340b_7c1e_11f0_a7a3_047c1617b143116.png"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e558649e_f66a_11ef_a6e7_047c1617b143_a26f3412_7c1e_11f0_a7a3_047c1617b143117.png"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d547c66_f690_11ef_a6e7_047c1617b143_a26f3427_7c1e_11f0_a7a3_047c1617b143118.jpeg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d547c68_f690_11ef_a6e7_047c1617b143_a26f3428_7c1e_11f0_a7a3_047c1617b143119.jpeg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d547c6a_f690_11ef_a6e7_047c1617b143_a26f3402_7c1e_11f0_a7a3_047c1617b143120.jpeg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2146eb42_ade2_11f0_a7e3_047c1617b143_fafd76e7_b70d_11f0_a7ef_047c1617b143121.jpeg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2146eb44_ade2_11f0_a7e3_047c1617b143_fafd76e8_b70d_11f0_a7ef_047c1617b143122.jpeg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2146eb46_ade2_11f0_a7e3_047c1617b143_fafd76e9_b70d_11f0_a7ef_047c1617b143123.jpeg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b1600_3466_11eb_81f3_003048fd731b_2390b7ac_2840_11ed_a30f_00259070b487124.jpeg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b1602_3466_11eb_81f3_003048fd731b_2390b7b0_2840_11ed_a30f_00259070b487125.jpeg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b1604_3466_11eb_81f3_003048fd731b_2390b7b4_2840_11ed_a30f_00259070b487126.jpeg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b1606_3466_11eb_81f3_003048fd731b_2390b7b8_2840_11ed_a30f_00259070b487127.jpeg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b1608_3466_11eb_81f3_003048fd731b_2390b7bc_2840_11ed_a30f_00259070b487128.jpeg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b160a_3466_11eb_81f3_003048fd731b_2390b7c0_2840_11ed_a30f_00259070b487129.jpeg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b160c_3466_11eb_81f3_003048fd731b_2390b7c4_2840_11ed_a30f_00259070b487130.jpeg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b160e_3466_11eb_81f3_003048fd731b_2390b7c8_2840_11ed_a30f_00259070b487131.jpeg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b1610_3466_11eb_81f3_003048fd731b_2390b7cc_2840_11ed_a30f_00259070b487132.jpeg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d0839b7_3466_11eb_81f3_003048fd731b_2390b7d0_2840_11ed_a30f_00259070b487133.jpeg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d0839b9_3466_11eb_81f3_003048fd731b_2390b7d4_2840_11ed_a30f_00259070b487134.jpeg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d0839bb_3466_11eb_81f3_003048fd731b_2390b7d8_2840_11ed_a30f_00259070b487135.jpeg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a66c38_db0d_11ec_a2a2_00259070b487_695c45c9_11fe_11ef_a5b8_047c1617b143136.jpeg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a66c3a_db0d_11ec_a2a2_00259070b487_695c45d5_11fe_11ef_a5b8_047c1617b143137.jpeg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a66c3c_db0d_11ec_a2a2_00259070b487_695c45d9_11fe_11ef_a5b8_047c1617b143138.jpeg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a66c3e_db0d_11ec_a2a2_00259070b487_695c45cd_11fe_11ef_a5b8_047c1617b143139.jpeg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a66c40_db0d_11ec_a2a2_00259070b487_695c45dd_11fe_11ef_a5b8_047c1617b143140.jpeg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a66c42_db0d_11ec_a2a2_00259070b487_695c45e1_11fe_11ef_a5b8_047c1617b143141.jpeg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a66c44_db0d_11ec_a2a2_00259070b487_695c45e5_11fe_11ef_a5b8_047c1617b143142.jpeg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a66c46_db0d_11ec_a2a2_00259070b487_695c45e9_11fe_11ef_a5b8_047c1617b143143.jpeg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a66c48_db0d_11ec_a2a2_00259070b487_695c45ed_11fe_11ef_a5b8_047c1617b143144.jpeg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a66c4a_db0d_11ec_a2a2_00259070b487_695c4581_11fe_11ef_a5b8_047c1617b143145.jpeg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a66c4c_db0d_11ec_a2a2_00259070b487_695c4585_11fe_11ef_a5b8_047c1617b143146.jpeg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02a66c4e_db0d_11ec_a2a2_00259070b487_695c457d_11fe_11ef_a5b8_047c1617b143147.jpeg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991bed_230d_11ed_a307_00259070b487_695c4589_11fe_11ef_a5b8_047c1617b143148.jpeg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991bef_230d_11ed_a307_00259070b487_695c458d_11fe_11ef_a5b8_047c1617b143149.jpeg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991bf1_230d_11ed_a307_00259070b487_695c4591_11fe_11ef_a5b8_047c1617b143150.jpeg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991bf3_230d_11ed_a307_00259070b487_695c4595_11fe_11ef_a5b8_047c1617b143151.jpeg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991bf5_230d_11ed_a307_00259070b487_695c4599_11fe_11ef_a5b8_047c1617b143152.jpeg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991bf7_230d_11ed_a307_00259070b487_695c45a1_11fe_11ef_a5b8_047c1617b143153.jpeg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991bf9_230d_11ed_a307_00259070b487_695c459d_11fe_11ef_a5b8_047c1617b143154.jpeg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991bfb_230d_11ed_a307_00259070b487_695c45a5_11fe_11ef_a5b8_047c1617b143155.jpeg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991bfd_230d_11ed_a307_00259070b487_695c45b5_11fe_11ef_a5b8_047c1617b143156.jpeg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991bff_230d_11ed_a307_00259070b487_695c45a9_11fe_11ef_a5b8_047c1617b143157.jpeg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991c01_230d_11ed_a307_00259070b487_695c45ad_11fe_11ef_a5b8_047c1617b143158.jpeg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991c03_230d_11ed_a307_00259070b487_695c45b1_11fe_11ef_a5b8_047c1617b143159.jpeg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991c05_230d_11ed_a307_00259070b487_695c45b9_11fe_11ef_a5b8_047c1617b143160.jpeg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991c07_230d_11ed_a307_00259070b487_695c45bd_11fe_11ef_a5b8_047c1617b143161.jpeg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991c09_230d_11ed_a307_00259070b487_695c45c1_11fe_11ef_a5b8_047c1617b143162.jpeg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991c0b_230d_11ed_a307_00259070b487_695c45c5_11fe_11ef_a5b8_047c1617b143163.jpeg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75c1f4a3_c7a6_11ed_a3fe_047c1617b143_695c45d1_11fe_11ef_a5b8_047c1617b143164.jpeg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75c1f4a5_c7a6_11ed_a3fe_047c1617b143_695c45f1_11fe_11ef_a5b8_047c1617b143165.jpeg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7571ec5f_f891_11ee_a597_047c1617b143_4b3c1d0c_5a46_11f0_a775_047c1617b143166.jpeg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7571ec61_f891_11ee_a597_047c1617b143_4b3c1d10_5a46_11f0_a775_047c1617b143167.jpeg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7571ec63_f891_11ee_a597_047c1617b143_4b3c1d14_5a46_11f0_a775_047c1617b143168.jpeg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7571ec65_f891_11ee_a597_047c1617b143_4b3c1d18_5a46_11f0_a775_047c1617b143169.jpeg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3dd_0b65_11ec_831e_003048fd731b_2390b7dc_2840_11ed_a30f_00259070b487170.jpeg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3df_0b65_11ec_831e_003048fd731b_2390b7e0_2840_11ed_a30f_00259070b487171.jpeg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3e1_0b65_11ec_831e_003048fd731b_2390b7e4_2840_11ed_a30f_00259070b487172.jpeg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3e3_0b65_11ec_831e_003048fd731b_2390b7e8_2840_11ed_a30f_00259070b487173.jpeg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3e5_0b65_11ec_831e_003048fd731b_2390b7ec_2840_11ed_a30f_00259070b487174.jpeg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3e7_0b65_11ec_831e_003048fd731b_2390b7f0_2840_11ed_a30f_00259070b487175.jpeg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3e9_0b65_11ec_831e_003048fd731b_2390b7f4_2840_11ed_a30f_00259070b487176.jpeg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637cf6_0b65_11ec_831e_003048fd731b_2390b7f8_2840_11ed_a30f_00259070b487177.jpeg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637cf8_0b65_11ec_831e_003048fd731b_2390b7fc_2840_11ed_a30f_00259070b487178.jpeg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637cfa_0b65_11ec_831e_003048fd731b_2390b800_2840_11ed_a30f_00259070b487179.jpeg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637cfc_0b65_11ec_831e_003048fd731b_2390b804_2840_11ed_a30f_00259070b487180.jpeg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637cfe_0b65_11ec_831e_003048fd731b_2390b808_2840_11ed_a30f_00259070b487181.jpeg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d00_0b65_11ec_831e_003048fd731b_2390b80c_2840_11ed_a30f_00259070b487182.jpeg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d02_0b65_11ec_831e_003048fd731b_2390b810_2840_11ed_a30f_00259070b487183.jpeg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d04_0b65_11ec_831e_003048fd731b_2390b814_2840_11ed_a30f_00259070b487184.jpeg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d06_0b65_11ec_831e_003048fd731b_2390b818_2840_11ed_a30f_00259070b487185.jpeg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d08_0b65_11ec_831e_003048fd731b_2390b81c_2840_11ed_a30f_00259070b487186.jpeg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d0a_0b65_11ec_831e_003048fd731b_2390b820_2840_11ed_a30f_00259070b487187.jpeg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d0c_0b65_11ec_831e_003048fd731b_2390b824_2840_11ed_a30f_00259070b487188.jpeg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d0e_0b65_11ec_831e_003048fd731b_2390b828_2840_11ed_a30f_00259070b487189.jpeg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d10_0b65_11ec_831e_003048fd731b_2390b82c_2840_11ed_a30f_00259070b487190.jpeg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d12_0b65_11ec_831e_003048fd731b_2390b830_2840_11ed_a30f_00259070b487191.jpeg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d14_0b65_11ec_831e_003048fd731b_2390b834_2840_11ed_a30f_00259070b487192.jpeg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d16_0b65_11ec_831e_003048fd731b_2390b838_2840_11ed_a30f_00259070b487193.jpeg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d18_0b65_11ec_831e_003048fd731b_2390b83c_2840_11ed_a30f_00259070b487194.jpeg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d1a_0b65_11ec_831e_003048fd731b_2390b840_2840_11ed_a30f_00259070b487195.jpeg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d1c_0b65_11ec_831e_003048fd731b_2390b844_2840_11ed_a30f_00259070b487196.jpeg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d1e_0b65_11ec_831e_003048fd731b_2390b848_2840_11ed_a30f_00259070b487197.jpeg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d20_0b65_11ec_831e_003048fd731b_2390b84c_2840_11ed_a30f_00259070b487198.jpeg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d22_0b65_11ec_831e_003048fd731b_2390b850_2840_11ed_a30f_00259070b487199.jpeg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d24_0b65_11ec_831e_003048fd731b_2390b854_2840_11ed_a30f_00259070b487200.jpeg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d26_0b65_11ec_831e_003048fd731b_2390b858_2840_11ed_a30f_00259070b487201.jpeg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d28_0b65_11ec_831e_003048fd731b_2390b85c_2840_11ed_a30f_00259070b487202.jpeg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d2a_0b65_11ec_831e_003048fd731b_2390b860_2840_11ed_a30f_00259070b487203.jpeg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d2c_0b65_11ec_831e_003048fd731b_2390b864_2840_11ed_a30f_00259070b487204.jpeg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d2e_0b65_11ec_831e_003048fd731b_2390b868_2840_11ed_a30f_00259070b487205.jpeg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d30_0b65_11ec_831e_003048fd731b_2390b86c_2840_11ed_a30f_00259070b487206.jpeg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d32_0b65_11ec_831e_003048fd731b_2390b870_2840_11ed_a30f_00259070b487207.jpeg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d34_0b65_11ec_831e_003048fd731b_2390b874_2840_11ed_a30f_00259070b487208.jpeg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d36_0b65_11ec_831e_003048fd731b_2390b878_2840_11ed_a30f_00259070b487209.jpeg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d38_0b65_11ec_831e_003048fd731b_2390b87c_2840_11ed_a30f_00259070b487210.jpeg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d3a_0b65_11ec_831e_003048fd731b_2390b880_2840_11ed_a30f_00259070b487211.jpeg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d3c_0b65_11ec_831e_003048fd731b_2390b884_2840_11ed_a30f_00259070b487212.jpeg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d3e_0b65_11ec_831e_003048fd731b_2390b888_2840_11ed_a30f_00259070b487213.jpeg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d40_0b65_11ec_831e_003048fd731b_2390b88c_2840_11ed_a30f_00259070b487214.jpeg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d42_0b65_11ec_831e_003048fd731b_2390b890_2840_11ed_a30f_00259070b487215.jpeg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d44_0b65_11ec_831e_003048fd731b_2390b894_2840_11ed_a30f_00259070b487216.jpeg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65637d46_0b65_11ec_831e_003048fd731b_2390b898_2840_11ed_a30f_00259070b487217.jpeg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b15ea_3466_11eb_81f3_003048fd731b_2390b780_2840_11ed_a30f_00259070b487218.jpeg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b15ec_3466_11eb_81f3_003048fd731b_2390b784_2840_11ed_a30f_00259070b487219.jpeg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b15ee_3466_11eb_81f3_003048fd731b_2390b788_2840_11ed_a30f_00259070b487220.jpeg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b15f0_3466_11eb_81f3_003048fd731b_2390b78c_2840_11ed_a30f_00259070b487221.jpeg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b15f2_3466_11eb_81f3_003048fd731b_2390b790_2840_11ed_a30f_00259070b487222.jpeg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b15f4_3466_11eb_81f3_003048fd731b_2390b794_2840_11ed_a30f_00259070b487223.jpeg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b15f6_3466_11eb_81f3_003048fd731b_2390b798_2840_11ed_a30f_00259070b487224.jpeg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b15f8_3466_11eb_81f3_003048fd731b_2390b79c_2840_11ed_a30f_00259070b487225.jpeg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b15fa_3466_11eb_81f3_003048fd731b_2390b7a0_2840_11ed_a30f_00259070b487226.jpeg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b15fc_3466_11eb_81f3_003048fd731b_2390b7a4_2840_11ed_a30f_00259070b487227.jpeg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662b15fe_3466_11eb_81f3_003048fd731b_2390b7a8_2840_11ed_a30f_00259070b487228.jpeg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1daac_3459_11ef_a5e4_047c1617b143_4b3c1d99_5a46_11f0_a775_047c1617b143229.jpeg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1daae_3459_11ef_a5e4_047c1617b143_514f7946_5a46_11f0_a775_047c1617b143230.jpeg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dab0_3459_11ef_a5e4_047c1617b143_514f794a_5a46_11f0_a775_047c1617b143231.jpeg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dab2_3459_11ef_a5e4_047c1617b143_514f794e_5a46_11f0_a775_047c1617b143232.jpeg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dab4_3459_11ef_a5e4_047c1617b143_d37ff3cd_5d4f_11f0_a779_047c1617b143233.jpeg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dab6_3459_11ef_a5e4_047c1617b143_d37ff3d1_5d4f_11f0_a779_047c1617b143234.jpeg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dab8_3459_11ef_a5e4_047c1617b143_d37ff3d5_5d4f_11f0_a779_047c1617b143235.jpeg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1daba_3459_11ef_a5e4_047c1617b143_d37ff3d9_5d4f_11f0_a779_047c1617b143236.jpeg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dabc_3459_11ef_a5e4_047c1617b143_514f7955_5a46_11f0_a775_047c1617b143237.jpeg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dabe_3459_11ef_a5e4_047c1617b143_514f7959_5a46_11f0_a775_047c1617b143238.jpeg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dac0_3459_11ef_a5e4_047c1617b143_514f795d_5a46_11f0_a775_047c1617b143239.jpeg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dac2_3459_11ef_a5e4_047c1617b143_514f7961_5a46_11f0_a775_047c1617b143240.jpeg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dac4_3459_11ef_a5e4_047c1617b143_514f7965_5a46_11f0_a775_047c1617b143241.jpeg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dac6_3459_11ef_a5e4_047c1617b143_514f7969_5a46_11f0_a775_047c1617b143242.jpeg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dac8_3459_11ef_a5e4_047c1617b143_514f796d_5a46_11f0_a775_047c1617b143243.jpeg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1daca_3459_11ef_a5e4_047c1617b143_514f7971_5a46_11f0_a775_047c1617b143244.jpeg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dacc_3459_11ef_a5e4_047c1617b143_514f7975_5a46_11f0_a775_047c1617b143245.jpeg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dace_3459_11ef_a5e4_047c1617b143_514f7979_5a46_11f0_a775_047c1617b143246.jpeg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dad0_3459_11ef_a5e4_047c1617b143_514f797d_5a46_11f0_a775_047c1617b143247.jpeg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e1dad2_3459_11ef_a5e4_047c1617b143_514f7981_5a46_11f0_a775_047c1617b143248.jpeg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c4b_3459_11ef_a5e4_047c1617b143_514f7985_5a46_11f0_a775_047c1617b143249.jpeg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c4d_3459_11ef_a5e4_047c1617b143_514f7989_5a46_11f0_a775_047c1617b143250.jpeg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c4f_3459_11ef_a5e4_047c1617b143_514f798d_5a46_11f0_a775_047c1617b143251.jpeg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c51_3459_11ef_a5e4_047c1617b143_514f7991_5a46_11f0_a775_047c1617b143252.jpeg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c53_3459_11ef_a5e4_047c1617b143_514f7995_5a46_11f0_a775_047c1617b143253.jpeg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c55_3459_11ef_a5e4_047c1617b143_514f7999_5a46_11f0_a775_047c1617b143254.jpeg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c57_3459_11ef_a5e4_047c1617b143_514f799d_5a46_11f0_a775_047c1617b143255.jpeg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c59_3459_11ef_a5e4_047c1617b143_514f79a1_5a46_11f0_a775_047c1617b143256.jpeg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c5b_3459_11ef_a5e4_047c1617b143_514f79a5_5a46_11f0_a775_047c1617b143257.jpeg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c5d_3459_11ef_a5e4_047c1617b143_514f79a9_5a46_11f0_a775_047c1617b143258.jpeg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c5f_3459_11ef_a5e4_047c1617b143_514f79ad_5a46_11f0_a775_047c1617b143259.jpeg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c61_3459_11ef_a5e4_047c1617b143_514f79b1_5a46_11f0_a775_047c1617b143260.jpeg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c63_3459_11ef_a5e4_047c1617b143_514f79b5_5a46_11f0_a775_047c1617b143261.jpeg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c65_3459_11ef_a5e4_047c1617b143_514f79b9_5a46_11f0_a775_047c1617b143262.jpeg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c67_3459_11ef_a5e4_047c1617b143_514f79bd_5a46_11f0_a775_047c1617b143263.jpeg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c69_3459_11ef_a5e4_047c1617b143_514f79c1_5a46_11f0_a775_047c1617b143264.jpeg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c6b_3459_11ef_a5e4_047c1617b143_514f79c5_5a46_11f0_a775_047c1617b143265.jpeg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c6d_3459_11ef_a5e4_047c1617b143_514f79c9_5a46_11f0_a775_047c1617b143266.jpeg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c6f_3459_11ef_a5e4_047c1617b143_514f79cd_5a46_11f0_a775_047c1617b143267.jpeg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c71_3459_11ef_a5e4_047c1617b143_514f79d1_5a46_11f0_a775_047c1617b143268.jpeg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c73_3459_11ef_a5e4_047c1617b143_514f79d5_5a46_11f0_a775_047c1617b143269.jpeg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c75_3459_11ef_a5e4_047c1617b143_514f79d9_5a46_11f0_a775_047c1617b143270.jpeg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c77_3459_11ef_a5e4_047c1617b143_514f79dd_5a46_11f0_a775_047c1617b143271.jpeg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c79_3459_11ef_a5e4_047c1617b143_514f79e1_5a46_11f0_a775_047c1617b143272.jpeg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c7b_3459_11ef_a5e4_047c1617b143_514f79e5_5a46_11f0_a775_047c1617b143273.jpeg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c7d_3459_11ef_a5e4_047c1617b143_514f79e9_5a46_11f0_a775_047c1617b143274.jpeg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c7f_3459_11ef_a5e4_047c1617b143_514f79ed_5a46_11f0_a775_047c1617b143275.jpeg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c81_3459_11ef_a5e4_047c1617b143_514f79f1_5a46_11f0_a775_047c1617b143276.jpeg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c83_3459_11ef_a5e4_047c1617b143_514f79f5_5a46_11f0_a775_047c1617b143277.jpeg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c85_3459_11ef_a5e4_047c1617b143_514f79f9_5a46_11f0_a775_047c1617b143278.jpeg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c87_3459_11ef_a5e4_047c1617b143_514f79fd_5a46_11f0_a775_047c1617b143279.jpeg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c89_3459_11ef_a5e4_047c1617b143_514f7a01_5a46_11f0_a775_047c1617b143280.jpeg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c8b_3459_11ef_a5e4_047c1617b143_514f7a05_5a46_11f0_a775_047c1617b143281.jpeg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c8d_3459_11ef_a5e4_047c1617b143_514f7a09_5a46_11f0_a775_047c1617b143282.jpeg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c8f_3459_11ef_a5e4_047c1617b143_514f7a0d_5a46_11f0_a775_047c1617b143283.jpeg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c91_3459_11ef_a5e4_047c1617b143_514f7a11_5a46_11f0_a775_047c1617b143284.jpeg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c93_3459_11ef_a5e4_047c1617b143_514f7a15_5a46_11f0_a775_047c1617b143285.jpeg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a07c95_3459_11ef_a5e4_047c1617b143_514f7a19_5a46_11f0_a775_047c1617b143286.jpeg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f27_9e75_11ef_a670_047c1617b143_49c4af49_056a_11f0_a6fc_047c1617b143287.jpeg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f29_9e75_11ef_a670_047c1617b143_49c4af4d_056a_11f0_a6fc_047c1617b143288.jpeg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f2b_9e75_11ef_a670_047c1617b143_49c4af51_056a_11f0_a6fc_047c1617b143289.jpeg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f2d_9e75_11ef_a670_047c1617b143_49c4af55_056a_11f0_a6fc_047c1617b143290.jpeg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f2f_9e75_11ef_a670_047c1617b143_49c4af59_056a_11f0_a6fc_047c1617b143291.jpeg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f31_9e75_11ef_a670_047c1617b143_49c4af5d_056a_11f0_a6fc_047c1617b143292.jpeg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f33_9e75_11ef_a670_047c1617b143_49c4af61_056a_11f0_a6fc_047c1617b143293.jpeg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f35_9e75_11ef_a670_047c1617b143_49c4af65_056a_11f0_a6fc_047c1617b143294.jpeg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f37_9e75_11ef_a670_047c1617b143_49c4af69_056a_11f0_a6fc_047c1617b143295.jpeg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f39_9e75_11ef_a670_047c1617b143_49c4af6d_056a_11f0_a6fc_047c1617b143296.jpeg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f3b_9e75_11ef_a670_047c1617b143_49c4af71_056a_11f0_a6fc_047c1617b143297.jpeg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f3d_9e75_11ef_a670_047c1617b143_49c4af75_056a_11f0_a6fc_047c1617b143298.jpeg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f3f_9e75_11ef_a670_047c1617b143_49c4af79_056a_11f0_a6fc_047c1617b143299.jpeg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f41_9e75_11ef_a670_047c1617b143_49c4af7d_056a_11f0_a6fc_047c1617b143300.jpeg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f43_9e75_11ef_a670_047c1617b143_49c4af81_056a_11f0_a6fc_047c1617b143301.jpeg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f45_9e75_11ef_a670_047c1617b143_49c4af85_056a_11f0_a6fc_047c1617b143302.jpeg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f47_9e75_11ef_a670_047c1617b143_49c4af89_056a_11f0_a6fc_047c1617b143303.jpeg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ef53f49_9e75_11ef_a670_047c1617b143_49c4af8d_056a_11f0_a6fc_047c1617b143304.jpeg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af38586e_ce99_11ef_a6b4_047c1617b143_1b5db4aa_f93d_11ef_a6ea_047c1617b143305.jpeg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145c8960_551c_11f0_a76e_047c1617b143_579e235f_5a46_11f0_a775_047c1617b143306.jpeg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7995f9d_96ee_11f0_a7c5_047c1617b143_fafd76cc_b70d_11f0_a7ef_047c1617b143307.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image_5" descr="Image_5"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -7292,57 +7292,57 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="122" name="Image_126" descr="Image_126"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>127</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="123" name="Image_128" descr="Image_128"/>
+      <xdr:row>126</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="123" name="Image_127" descr="Image_127"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>128</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
@@ -10112,57 +10112,57 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="216" name="Image_221" descr="Image_221"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId216"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>222</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="217" name="Image_223" descr="Image_223"/>
+      <xdr:row>221</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="217" name="Image_222" descr="Image_222"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId217"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>223</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
@@ -12795,50 +12795,80 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>311</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="306" name="Image_312" descr="Image_312"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId306"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>312</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="307" name="Image_313" descr="Image_313"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId307"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -13105,51 +13135,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="0" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L312"/>
+  <dimension ref="A1:L313"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="4" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="60" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
     <col min="10" max="10" width="11" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -13157,51 +13187,51 @@
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="4">
-        <f>SUM(J2:J312)</f>
+        <f>SUM(J2:J313)</f>
         <v>0</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="5"/>
     </row>
     <row r="2" spans="1:12">
       <c r="A2" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
       <c r="L2" s="5"/>
     </row>
     <row r="3" spans="1:12" outlineLevel="1">
       <c r="A3" s="7" t="s">
@@ -13243,10771 +13273,10804 @@
       <c r="C5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="str">
-        <f>J5*60.99</f>
+        <f>J5*69.91</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>826677</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="str">
-        <f>J6*68.43</f>
+        <f>J6*77.35</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>826678</v>
       </c>
       <c r="C7" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="D7" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="D7" s="1" t="s">
+      <c r="E7" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="F7" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="F7" s="2" t="s">
+      <c r="G7" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="G7" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
-      <c r="I7" s="1" t="s">
-        <v>29</v>
+      <c r="I7" s="1">
+        <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="str">
-        <f>J7*107.10</f>
+        <f>J7*123.46</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>826679</v>
       </c>
       <c r="C8" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E8" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="D8" s="1" t="s">
+      <c r="F8" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="E8" s="2" t="s">
+      <c r="G8" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="F8" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="str">
-        <f>J8*211.23</f>
+        <f>J8*242.46</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>826680</v>
       </c>
       <c r="C9" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D9" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="D9" s="1" t="s">
+      <c r="E9" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="F9" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="F9" s="2" t="s">
+      <c r="G9" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="G9" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="str">
-        <f>J9*126.44</f>
+        <f>J9*141.31</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>826681</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="str">
-        <f>J10*172.55</f>
+        <f>J10*194.86</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>826682</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="G11" s="2">
-        <v>3</v>
+      <c r="G11" s="2" t="s">
+        <v>46</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="str">
-        <f>J11*150.24</f>
+        <f>J11*168.09</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>826683</v>
       </c>
       <c r="C12" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E12" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F12" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="G12" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="D12" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="str">
-        <f>J12*196.35</f>
+        <f>J12*221.64</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>826684</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>53</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="G13" s="2">
-        <v>0</v>
+      <c r="G13" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="str">
-        <f>J13*248.41</f>
+        <f>J13*279.65</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>826685</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="str">
-        <f>J14*319.81</f>
+        <f>J14*359.98</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>826686</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>60</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="str">
-        <f>J15*412.04</f>
+        <f>J15*464.10</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>826687</v>
       </c>
       <c r="C16" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D16" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="D16" s="1" t="s">
+      <c r="E16" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="E16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="F16" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G16" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="str">
-        <f>J16*120.49</f>
+        <f>J16*136.85</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>826688</v>
       </c>
       <c r="C17" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D17" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="D17" s="1" t="s">
+      <c r="E17" s="2" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="str">
-        <f>J17*150.24</f>
+        <f>J17*168.09</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>826689</v>
       </c>
       <c r="C18" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D18" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="D18" s="1" t="s">
+      <c r="E18" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="E18" s="2" t="s">
+      <c r="F18" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="F18" s="2" t="s">
-[...3 lines deleted...]
-        <v>3</v>
+      <c r="G18" s="2" t="s">
+        <v>32</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
-      <c r="I18" s="1" t="s">
-        <v>63</v>
+      <c r="I18" s="1">
+        <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="str">
-        <f>J18*144.29</f>
+        <f>J18*162.14</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>826690</v>
       </c>
       <c r="C19" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="D19" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="D19" s="1" t="s">
+      <c r="E19" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="E19" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="2" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>41</v>
+      </c>
+      <c r="G19" s="2">
+        <v>2</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="str">
-        <f>J19*174.04</f>
+        <f>J19*194.86</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>826691</v>
       </c>
       <c r="C20" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="E20" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="D20" s="1" t="s">
+      <c r="F20" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="E20" s="2" t="s">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="G20" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="str">
-        <f>J20*229.08</f>
+        <f>J20*257.34</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>826692</v>
       </c>
       <c r="C21" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E21" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="D21" s="1" t="s">
+      <c r="F21" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="E21" s="2" t="s">
-[...6 lines deleted...]
-        <v>63</v>
+      <c r="G21" s="2">
+        <v>4</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="str">
-        <f>J21*310.89</f>
+        <f>J21*349.56</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>826693</v>
       </c>
       <c r="C22" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="E22" s="2" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>89</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="str">
-        <f>J22*412.04</f>
+        <f>J22*464.10</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>826694</v>
       </c>
       <c r="C23" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E23" s="2" t="s">
         <v>90</v>
       </c>
-      <c r="D23" s="1" t="s">
+      <c r="F23" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="E23" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G23" s="2" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="str">
-        <f>J23*87.76</f>
+        <f>J23*99.66</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>826695</v>
       </c>
       <c r="C24" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="E24" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="D24" s="1" t="s">
+      <c r="F24" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="E24" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G24" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="str">
-        <f>J24*114.54</f>
+        <f>J24*127.93</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>826696</v>
       </c>
       <c r="C25" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="E25" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="D25" s="1" t="s">
+      <c r="F25" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="E25" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G25" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="str">
-        <f>J25*168.09</f>
+        <f>J25*190.40</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>826697</v>
       </c>
       <c r="C26" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E26" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="D26" s="1" t="s">
+      <c r="F26" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="E26" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G26" s="2" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="str">
-        <f>J26*185.94</f>
+        <f>J26*209.74</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>826698</v>
       </c>
       <c r="C27" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E27" s="2" t="s">
         <v>106</v>
       </c>
-      <c r="D27" s="1" t="s">
+      <c r="F27" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="E27" s="2" t="s">
-[...6 lines deleted...]
-        <v>63</v>
+      <c r="G27" s="2">
+        <v>10</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="str">
-        <f>J27*342.13</f>
+        <f>J27*385.26</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>826699</v>
       </c>
       <c r="C28" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="E28" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="D28" s="1" t="s">
+      <c r="F28" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="E28" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G28" s="2" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="H28" s="2">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="str">
-        <f>J28*133.88</f>
+        <f>J28*150.24</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>826700</v>
       </c>
       <c r="C29" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="E29" s="2" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>116</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>54</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="str">
-        <f>J29*248.41</f>
+        <f>J29*279.65</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>826701</v>
       </c>
       <c r="C30" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E30" s="2" t="s">
         <v>117</v>
       </c>
-      <c r="D30" s="1" t="s">
+      <c r="F30" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="E30" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G30" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="str">
         <f>J30*607.44</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>826702</v>
       </c>
       <c r="C31" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="E31" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="D31" s="1" t="s">
+      <c r="F31" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="E31" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G31" s="2" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="H31" s="2">
         <v>0</v>
       </c>
-      <c r="I31" s="1" t="s">
-        <v>50</v>
+      <c r="I31" s="1">
+        <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="str">
-        <f>J31*141.31</f>
+        <f>J31*159.16</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>826703</v>
       </c>
       <c r="C32" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="E32" s="2" t="s">
         <v>125</v>
       </c>
-      <c r="D32" s="1" t="s">
+      <c r="F32" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="E32" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G32" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H32" s="2">
         <v>0</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="str">
-        <f>J32*188.91</f>
+        <f>J32*212.71</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>826704</v>
       </c>
       <c r="C33" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="E33" s="2" t="s">
         <v>129</v>
       </c>
-      <c r="D33" s="1" t="s">
+      <c r="F33" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="E33" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G33" s="2" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="H33" s="2">
         <v>0</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="str">
-        <f>J33*178.50</f>
+        <f>J33*200.81</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>826705</v>
       </c>
       <c r="C34" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="E34" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="D34" s="1" t="s">
+      <c r="F34" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="E34" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G34" s="2" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="str">
-        <f>J34*224.61</f>
+        <f>J34*252.88</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>826706</v>
       </c>
       <c r="C35" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="E35" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="D35" s="1" t="s">
+      <c r="F35" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="E35" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G35" s="2" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="str">
-        <f>J35*303.45</f>
+        <f>J35*342.13</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>826707</v>
       </c>
       <c r="C36" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E36" s="2" t="s">
         <v>141</v>
       </c>
-      <c r="D36" s="1" t="s">
+      <c r="F36" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="E36" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G36" s="2" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="str">
-        <f>J36*383.78</f>
+        <f>J36*432.86</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>826708</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E37" s="2" t="s">
         <v>145</v>
       </c>
-      <c r="D37" s="1" t="s">
+      <c r="F37" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="E37" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G37" s="2" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="str">
-        <f>J37*525.09</f>
+        <f>J37*590.54</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>826709</v>
       </c>
       <c r="C38" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="E38" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="D38" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F38" s="2" t="s">
-        <v>152</v>
+        <v>45</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
-      <c r="I38" s="1" t="s">
-        <v>50</v>
+      <c r="I38" s="1">
+        <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="str">
-        <f>J38*148.75</f>
+        <f>J38*168.09</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>826710</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="str">
-        <f>J39*196.35</f>
+        <f>J39*221.64</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>826711</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>126</v>
+      </c>
+      <c r="G40" s="2" t="s">
+        <v>46</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="str">
-        <f>J40*188.91</f>
+        <f>J40*212.71</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>826712</v>
       </c>
       <c r="C41" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E41" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="F41" s="2" t="s">
         <v>159</v>
       </c>
-      <c r="D41" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G41" s="2" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="str">
-        <f>J41*242.46</f>
+        <f>J41*273.70</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>826713</v>
       </c>
       <c r="C42" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="E42" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="F42" s="2" t="s">
         <v>163</v>
       </c>
-      <c r="D42" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G42" s="2" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="str">
-        <f>J42*322.79</f>
+        <f>J42*364.44</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>826714</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="G43" s="2">
         <v>0</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="str">
         <f>J43*364.44</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>826716</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="str">
-        <f>J44*127.93</f>
+        <f>J44*144.29</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>826717</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="E45" s="2" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
       <c r="I45" s="1">
         <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="str">
-        <f>J45*214.20</f>
+        <f>J45*239.49</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>826718</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>178</v>
+      </c>
+      <c r="G46" s="2" t="s">
+        <v>46</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="str">
-        <f>J46*373.36</f>
+        <f>J46*422.45</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>826719</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>182</v>
+      </c>
+      <c r="G47" s="2" t="s">
+        <v>46</v>
       </c>
       <c r="H47" s="2">
         <v>0</v>
       </c>
-      <c r="I47" s="1" t="s">
-        <v>50</v>
+      <c r="I47" s="1">
+        <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="str">
-        <f>J47*664.91</f>
+        <f>J47*748.21</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>826720</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="str">
-        <f>J48*202.30</f>
+        <f>J48*227.59</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>826721</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="str">
-        <f>J49*266.26</f>
+        <f>J49*300.48</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>826722</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>86</v>
+        <v>194</v>
       </c>
       <c r="G50" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H50" s="2">
         <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="str">
-        <f>J50*310.89</f>
+        <f>J50*351.05</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
         <v>826723</v>
       </c>
       <c r="C51" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="E51" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="F51" s="2" t="s">
         <v>198</v>
       </c>
-      <c r="D51" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G51" s="2" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="H51" s="2">
         <v>0</v>
       </c>
       <c r="I51" s="1">
         <v>0</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="str">
-        <f>J51*455.18</f>
+        <f>J51*513.19</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>826724</v>
       </c>
       <c r="C52" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="E52" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="F52" s="2" t="s">
         <v>202</v>
       </c>
-      <c r="D52" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G52" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="H52" s="2">
         <v>0</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="str">
         <f>J52*874.93</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
         <v>826725</v>
       </c>
       <c r="C53" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="E53" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="F53" s="2" t="s">
         <v>206</v>
       </c>
-      <c r="D53" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G53" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H53" s="2">
         <v>0</v>
       </c>
       <c r="I53" s="1">
         <v>0</v>
       </c>
       <c r="J53" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="str">
-        <f>J53*789.86</f>
+        <f>J53*891.01</f>
         <v>0</v>
       </c>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
         <v>826726</v>
       </c>
       <c r="C54" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="E54" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="F54" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="D54" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G54" s="2" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="H54" s="2">
         <v>0</v>
       </c>
       <c r="I54" s="1">
         <v>0</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="str">
-        <f>J54*249.90</f>
+        <f>J54*254.36</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
         <v>826727</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>217</v>
+        <v>58</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H55" s="2">
         <v>0</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="str">
-        <f>J55*327.25</f>
+        <f>J55*359.98</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A56" s="1"/>
       <c r="B56" s="1">
         <v>826728</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H56" s="2">
         <v>0</v>
       </c>
       <c r="I56" s="1">
         <v>0</v>
       </c>
       <c r="J56" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="str">
-        <f>J56*377.83</f>
+        <f>J56*415.01</f>
         <v>0</v>
       </c>
       <c r="L56" s="5"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
         <v>826729</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="G57" s="2">
         <v>0</v>
       </c>
       <c r="H57" s="2">
         <v>0</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="str">
         <f>J57*458.83</f>
         <v>0</v>
       </c>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A58" s="1"/>
       <c r="B58" s="1">
         <v>826730</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="G58" s="2">
         <v>0</v>
       </c>
       <c r="H58" s="2">
         <v>0</v>
       </c>
       <c r="I58" s="1">
         <v>0</v>
       </c>
       <c r="J58" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="str">
         <f>J58*564.71</f>
         <v>0</v>
       </c>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
         <v>826731</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="G59" s="2">
         <v>0</v>
       </c>
       <c r="H59" s="2">
         <v>0</v>
       </c>
       <c r="I59" s="1">
         <v>0</v>
       </c>
       <c r="J59" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="str">
         <f>J59*635.30</f>
         <v>0</v>
       </c>
       <c r="L59" s="5"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A60" s="1"/>
       <c r="B60" s="1">
         <v>826732</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="H60" s="2">
         <v>0</v>
       </c>
       <c r="I60" s="1">
         <v>0</v>
       </c>
       <c r="J60" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="str">
-        <f>J60*184.45</f>
+        <f>J60*206.76</f>
         <v>0</v>
       </c>
       <c r="L60" s="5"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A61" s="1"/>
       <c r="B61" s="1">
         <v>826733</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="H61" s="2">
         <v>0</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="str">
-        <f>J61*218.66</f>
+        <f>J61*246.93</f>
         <v>0</v>
       </c>
       <c r="L61" s="5"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A62" s="1"/>
       <c r="B62" s="1">
         <v>826734</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>241</v>
+      </c>
+      <c r="G62" s="2" t="s">
+        <v>46</v>
       </c>
       <c r="H62" s="2">
         <v>0</v>
       </c>
-      <c r="I62" s="1" t="s">
-        <v>50</v>
+      <c r="I62" s="1">
+        <v>0</v>
       </c>
       <c r="J62" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="str">
-        <f>J62*252.88</f>
+        <f>J62*284.11</f>
         <v>0</v>
       </c>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A63" s="1"/>
       <c r="B63" s="1">
         <v>826735</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="H63" s="2">
         <v>0</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="str">
-        <f>J63*290.06</f>
+        <f>J63*327.25</f>
         <v>0</v>
       </c>
       <c r="L63" s="5"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A64" s="1"/>
       <c r="B64" s="1">
         <v>826736</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H64" s="2">
         <v>0</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="str">
-        <f>J64*496.83</f>
+        <f>J64*560.79</f>
         <v>0</v>
       </c>
       <c r="L64" s="5"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A65" s="1"/>
       <c r="B65" s="1">
         <v>826737</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="H65" s="2">
         <v>0</v>
       </c>
       <c r="I65" s="1">
         <v>0</v>
       </c>
       <c r="J65" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="str">
-        <f>J65*899.94</f>
+        <f>J65*1014.48</f>
         <v>0</v>
       </c>
       <c r="L65" s="5"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
         <v>826738</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="G66" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H66" s="2">
         <v>0</v>
       </c>
       <c r="I66" s="1">
         <v>0</v>
       </c>
       <c r="J66" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="str">
-        <f>J66*123.46</f>
+        <f>J66*138.34</f>
         <v>0</v>
       </c>
       <c r="L66" s="5"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A67" s="1"/>
       <c r="B67" s="1">
         <v>826739</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="H67" s="2">
         <v>0</v>
       </c>
       <c r="I67" s="1">
         <v>0</v>
       </c>
       <c r="J67" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="str">
-        <f>J67*157.68</f>
+        <f>J67*177.01</f>
         <v>0</v>
       </c>
       <c r="L67" s="5"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A68" s="1"/>
       <c r="B68" s="1">
         <v>826740</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="G68" s="2">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="H68" s="2">
         <v>0</v>
       </c>
-      <c r="I68" s="1" t="s">
-        <v>63</v>
+      <c r="I68" s="1">
+        <v>0</v>
       </c>
       <c r="J68" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="str">
-        <f>J68*145.78</f>
+        <f>J68*163.63</f>
         <v>0</v>
       </c>
       <c r="L68" s="5"/>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A69" s="1"/>
       <c r="B69" s="1">
         <v>826741</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>78</v>
+        <v>41</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="H69" s="2">
         <v>0</v>
       </c>
       <c r="I69" s="1">
         <v>0</v>
       </c>
       <c r="J69" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="str">
-        <f>J69*174.04</f>
+        <f>J69*194.86</f>
         <v>0</v>
       </c>
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A70" s="1"/>
       <c r="B70" s="1">
         <v>826742</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>276</v>
+        <v>134</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="H70" s="2">
         <v>0</v>
       </c>
       <c r="I70" s="1">
         <v>0</v>
       </c>
       <c r="J70" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="str">
-        <f>J70*226.10</f>
+        <f>J70*252.88</f>
         <v>0</v>
       </c>
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A71" s="1"/>
       <c r="B71" s="1">
         <v>826743</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="E71" s="2" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="H71" s="2">
         <v>0</v>
       </c>
       <c r="I71" s="1">
         <v>0</v>
       </c>
       <c r="J71" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="str">
-        <f>J71*238.00</f>
+        <f>J71*333.20</f>
         <v>0</v>
       </c>
       <c r="L71" s="5"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A72" s="1"/>
       <c r="B72" s="1">
         <v>826744</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>279</v>
+      </c>
+      <c r="G72" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H72" s="2">
         <v>0</v>
       </c>
       <c r="I72" s="1">
         <v>0</v>
       </c>
       <c r="J72" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="str">
-        <f>J72*275.19</f>
+        <f>J72*386.75</f>
         <v>0</v>
       </c>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A73" s="1"/>
       <c r="B73" s="1">
         <v>826745</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>283</v>
+      </c>
+      <c r="G73" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H73" s="2">
         <v>0</v>
       </c>
       <c r="I73" s="1">
         <v>0</v>
       </c>
       <c r="J73" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="str">
-        <f>J73*327.25</f>
+        <f>J73*367.41</f>
         <v>0</v>
       </c>
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A74" s="1"/>
       <c r="B74" s="1">
         <v>826746</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="H74" s="2">
         <v>0</v>
       </c>
       <c r="I74" s="1">
         <v>0</v>
       </c>
       <c r="J74" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="str">
-        <f>J74*409.06</f>
+        <f>J74*355.51</f>
         <v>0</v>
       </c>
       <c r="L74" s="5"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A75" s="1"/>
       <c r="B75" s="1">
         <v>836381</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>295</v>
+        <v>16</v>
       </c>
       <c r="G75" s="2">
         <v>0</v>
       </c>
       <c r="H75" s="2">
         <v>0</v>
       </c>
       <c r="I75" s="1">
         <v>0</v>
       </c>
       <c r="J75" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="str">
-        <f>J75*62.48</f>
+        <f>J75*69.91</f>
         <v>0</v>
       </c>
       <c r="L75" s="5"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A76" s="1"/>
       <c r="B76" s="1">
         <v>836382</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H76" s="2">
         <v>0</v>
       </c>
       <c r="I76" s="1">
         <v>0</v>
       </c>
       <c r="J76" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="str">
-        <f>J76*203.79</f>
+        <f>J76*229.08</f>
         <v>0</v>
       </c>
       <c r="L76" s="5"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A77" s="1"/>
       <c r="B77" s="1">
         <v>836383</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H77" s="2">
         <v>0</v>
       </c>
       <c r="I77" s="1">
         <v>0</v>
       </c>
       <c r="J77" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="str">
-        <f>J77*342.13</f>
+        <f>J77*385.26</f>
         <v>0</v>
       </c>
       <c r="L77" s="5"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A78" s="1"/>
       <c r="B78" s="1">
-        <v>836387</v>
+        <v>836384</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>305</v>
-[...3 lines deleted...]
-      </c>
+        <v>300</v>
+      </c>
+      <c r="F78" s="2"/>
       <c r="G78" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H78" s="2">
         <v>0</v>
       </c>
       <c r="I78" s="1">
         <v>0</v>
       </c>
       <c r="J78" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="str">
-        <f>J78*324.28</f>
+        <f>J78*0</f>
         <v>0</v>
       </c>
       <c r="L78" s="5"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A79" s="1"/>
       <c r="B79" s="1">
-        <v>836388</v>
+        <v>836387</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
       <c r="G79" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H79" s="2">
         <v>0</v>
       </c>
       <c r="I79" s="1">
         <v>0</v>
       </c>
       <c r="J79" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="str">
-        <f>J79*382.29</f>
+        <f>J79*365.93</f>
         <v>0</v>
       </c>
       <c r="L79" s="5"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A80" s="1"/>
       <c r="B80" s="1">
-        <v>836389</v>
+        <v>836388</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="G80" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H80" s="2">
         <v>0</v>
       </c>
       <c r="I80" s="1">
         <v>0</v>
       </c>
       <c r="J80" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="str">
-        <f>J80*423.94</f>
+        <f>J80*429.89</f>
         <v>0</v>
       </c>
       <c r="L80" s="5"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A81" s="1"/>
       <c r="B81" s="1">
-        <v>836390</v>
+        <v>836389</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>316</v>
+        <v>310</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>312</v>
+      </c>
+      <c r="G81" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H81" s="2">
         <v>0</v>
       </c>
       <c r="I81" s="1">
         <v>0</v>
       </c>
       <c r="J81" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="str">
-        <f>J81*749.70</f>
+        <f>J81*477.49</f>
         <v>0</v>
       </c>
       <c r="L81" s="5"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A82" s="1"/>
       <c r="B82" s="1">
-        <v>836391</v>
+        <v>836390</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="G82" s="2">
         <v>4</v>
       </c>
       <c r="H82" s="2">
         <v>0</v>
       </c>
       <c r="I82" s="1">
         <v>0</v>
       </c>
       <c r="J82" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="str">
-        <f>J82*669.38</f>
+        <f>J82*846.39</f>
         <v>0</v>
       </c>
       <c r="L82" s="5"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A83" s="1"/>
       <c r="B83" s="1">
-        <v>836392</v>
+        <v>836391</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>323</v>
+        <v>317</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="G83" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H83" s="2">
         <v>0</v>
       </c>
       <c r="I83" s="1">
         <v>0</v>
       </c>
       <c r="J83" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="str">
-        <f>J83*321.30</f>
+        <f>J83*754.16</f>
         <v>0</v>
       </c>
       <c r="L83" s="5"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A84" s="1"/>
       <c r="B84" s="1">
-        <v>836393</v>
+        <v>836392</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>62</v>
+        <v>324</v>
       </c>
       <c r="G84" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H84" s="2">
         <v>0</v>
       </c>
       <c r="I84" s="1">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="J84" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="str">
-        <f>J84*412.04</f>
+        <f>J84*361.46</f>
         <v>0</v>
       </c>
       <c r="L84" s="5"/>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A85" s="1"/>
       <c r="B85" s="1">
-        <v>836394</v>
+        <v>836393</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>332</v>
+        <v>327</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>333</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>62</v>
+      </c>
+      <c r="G85" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H85" s="2">
         <v>0</v>
       </c>
       <c r="I85" s="1">
         <v>0</v>
       </c>
       <c r="J85" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="str">
-        <f>J85*394.19</f>
+        <f>J85*464.10</f>
         <v>0</v>
       </c>
       <c r="L85" s="5"/>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A86" s="1"/>
       <c r="B86" s="1">
-        <v>868487</v>
+        <v>836394</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>331</v>
+      </c>
+      <c r="G86" s="2">
+        <v>10</v>
       </c>
       <c r="H86" s="2">
         <v>0</v>
       </c>
       <c r="I86" s="1">
         <v>0</v>
       </c>
       <c r="J86" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="str">
-        <f>J86*565.25</f>
+        <f>J86*444.76</f>
         <v>0</v>
       </c>
       <c r="L86" s="5"/>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A87" s="1"/>
       <c r="B87" s="1">
-        <v>868497</v>
+        <v>868487</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="E87" s="2" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>335</v>
+      </c>
+      <c r="G87" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H87" s="2">
         <v>0</v>
       </c>
       <c r="I87" s="1">
         <v>0</v>
       </c>
       <c r="J87" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="str">
-        <f>J87*194.86</f>
+        <f>J87*636.65</f>
         <v>0</v>
       </c>
       <c r="L87" s="5"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A88" s="1"/>
       <c r="B88" s="1">
-        <v>868498</v>
+        <v>868497</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>339</v>
+      </c>
+      <c r="G88" s="2">
+        <v>10</v>
       </c>
       <c r="H88" s="2">
         <v>0</v>
       </c>
       <c r="I88" s="1">
         <v>0</v>
       </c>
       <c r="J88" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="str">
-        <f>J88*226.10</f>
+        <f>J88*217.18</f>
         <v>0</v>
       </c>
       <c r="L88" s="5"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A89" s="1"/>
       <c r="B89" s="1">
-        <v>871410</v>
+        <v>868498</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>346</v>
+        <v>341</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>347</v>
+        <v>342</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>348</v>
+        <v>134</v>
       </c>
       <c r="G89" s="2" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="H89" s="2">
         <v>0</v>
       </c>
       <c r="I89" s="1">
         <v>0</v>
       </c>
       <c r="J89" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="str">
-        <f>J89*984.73</f>
+        <f>J89*252.88</f>
         <v>0</v>
       </c>
       <c r="L89" s="5"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A90" s="1"/>
       <c r="B90" s="1">
-        <v>871411</v>
+        <v>871410</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>350</v>
+        <v>344</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>351</v>
+        <v>345</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="G90" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H90" s="2">
         <v>0</v>
       </c>
       <c r="I90" s="1">
         <v>0</v>
       </c>
       <c r="J90" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="str">
-        <f>J90*401.63</f>
+        <f>J90*1081.41</f>
         <v>0</v>
       </c>
       <c r="L90" s="5"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A91" s="1"/>
       <c r="B91" s="1">
-        <v>878118</v>
+        <v>871411</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>356</v>
+        <v>350</v>
       </c>
       <c r="G91" s="2" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="H91" s="2">
         <v>0</v>
       </c>
       <c r="I91" s="1">
         <v>0</v>
       </c>
       <c r="J91" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="str">
-        <f>J91*55.04</f>
+        <f>J91*443.28</f>
         <v>0</v>
       </c>
       <c r="L91" s="5"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A92" s="1"/>
       <c r="B92" s="1">
-        <v>878119</v>
+        <v>878118</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>357</v>
+        <v>351</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>358</v>
+        <v>352</v>
       </c>
       <c r="E92" s="2" t="s">
-        <v>359</v>
+        <v>353</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>360</v>
+        <v>354</v>
       </c>
       <c r="G92" s="2" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="H92" s="2">
         <v>0</v>
       </c>
       <c r="I92" s="1">
         <v>0</v>
       </c>
       <c r="J92" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="str">
-        <f>J92*83.30</f>
+        <f>J92*60.99</f>
         <v>0</v>
       </c>
       <c r="L92" s="5"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A93" s="1"/>
       <c r="B93" s="1">
-        <v>878120</v>
+        <v>878119</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>361</v>
+        <v>355</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>363</v>
+        <v>357</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>364</v>
+        <v>358</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="H93" s="2">
         <v>0</v>
       </c>
       <c r="I93" s="1">
         <v>0</v>
       </c>
       <c r="J93" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="str">
-        <f>J93*142.80</f>
+        <f>J93*93.71</f>
         <v>0</v>
       </c>
       <c r="L93" s="5"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A94" s="1"/>
       <c r="B94" s="1">
-        <v>879201</v>
+        <v>878120</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="E94" s="2" t="s">
-        <v>367</v>
+        <v>361</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>122</v>
+      </c>
+      <c r="G94" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H94" s="2">
         <v>0</v>
       </c>
       <c r="I94" s="1">
         <v>0</v>
       </c>
       <c r="J94" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="str">
-        <f>J94*618.80</f>
+        <f>J94*159.16</f>
         <v>0</v>
       </c>
       <c r="L94" s="5"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A95" s="1"/>
       <c r="B95" s="1">
-        <v>879311</v>
+        <v>879201</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>369</v>
+        <v>362</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>370</v>
+        <v>363</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>372</v>
+        <v>365</v>
       </c>
       <c r="G95" s="2">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="H95" s="2">
         <v>0</v>
       </c>
       <c r="I95" s="1">
         <v>0</v>
       </c>
       <c r="J95" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="str">
-        <f>J95*1015.96</f>
+        <f>J95*699.13</f>
         <v>0</v>
       </c>
       <c r="L95" s="5"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A96" s="1"/>
       <c r="B96" s="1">
-        <v>879312</v>
+        <v>879311</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
       <c r="E96" s="2" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="G96" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H96" s="2">
         <v>0</v>
       </c>
       <c r="I96" s="1">
         <v>0</v>
       </c>
       <c r="J96" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K96" s="2" t="str">
-        <f>J96*1115.63</f>
+        <f>J96*1118.60</f>
         <v>0</v>
       </c>
       <c r="L96" s="5"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A97" s="1"/>
       <c r="B97" s="1">
-        <v>879364</v>
+        <v>879312</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>377</v>
+        <v>370</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
       <c r="E97" s="2" t="s">
-        <v>379</v>
+        <v>372</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>380</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>373</v>
+      </c>
+      <c r="G97" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H97" s="2">
         <v>0</v>
       </c>
       <c r="I97" s="1">
         <v>0</v>
       </c>
       <c r="J97" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K97" s="2" t="str">
-        <f>J97*263.29</f>
+        <f>J97*1230.16</f>
         <v>0</v>
       </c>
       <c r="L97" s="5"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A98" s="1"/>
       <c r="B98" s="1">
-        <v>879365</v>
+        <v>879364</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>381</v>
+        <v>374</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>382</v>
+        <v>375</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>383</v>
+        <v>376</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>384</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>377</v>
+      </c>
+      <c r="G98" s="2">
+        <v>10</v>
       </c>
       <c r="H98" s="2">
         <v>0</v>
       </c>
       <c r="I98" s="1">
         <v>0</v>
       </c>
       <c r="J98" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K98" s="2" t="str">
-        <f>J98*340.64</f>
+        <f>J98*297.50</f>
         <v>0</v>
       </c>
       <c r="L98" s="5"/>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A99" s="1"/>
       <c r="B99" s="1">
-        <v>879366</v>
+        <v>879365</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>385</v>
+        <v>378</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>386</v>
+        <v>379</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>387</v>
+        <v>380</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>388</v>
+        <v>381</v>
       </c>
       <c r="G99" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H99" s="2">
         <v>0</v>
       </c>
       <c r="I99" s="1">
         <v>0</v>
       </c>
       <c r="J99" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="str">
-        <f>J99*367.41</f>
+        <f>J99*382.29</f>
         <v>0</v>
       </c>
       <c r="L99" s="5"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A100" s="1"/>
       <c r="B100" s="1">
-        <v>879367</v>
+        <v>879366</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>389</v>
+        <v>382</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>390</v>
+        <v>383</v>
       </c>
       <c r="E100" s="2" t="s">
-        <v>391</v>
+        <v>384</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>392</v>
+        <v>385</v>
       </c>
       <c r="G100" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H100" s="2">
         <v>0</v>
       </c>
       <c r="I100" s="1">
         <v>0</v>
       </c>
       <c r="J100" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="str">
-        <f>J100*440.30</f>
+        <f>J100*413.53</f>
         <v>0</v>
       </c>
       <c r="L100" s="5"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A101" s="1"/>
       <c r="B101" s="1">
-        <v>879368</v>
+        <v>879367</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>394</v>
+        <v>387</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>395</v>
+        <v>388</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>396</v>
+        <v>389</v>
       </c>
       <c r="G101" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H101" s="2">
         <v>0</v>
       </c>
       <c r="I101" s="1">
         <v>0</v>
       </c>
       <c r="J101" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K101" s="2" t="str">
-        <f>J101*650.04</f>
+        <f>J101*496.83</f>
         <v>0</v>
       </c>
       <c r="L101" s="5"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A102" s="1"/>
       <c r="B102" s="1">
-        <v>883578</v>
+        <v>879368</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>397</v>
+        <v>390</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>398</v>
+        <v>391</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>399</v>
+        <v>392</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="G102" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H102" s="2">
         <v>0</v>
       </c>
       <c r="I102" s="1">
         <v>0</v>
       </c>
       <c r="J102" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K102" s="2" t="str">
-        <f>J102*600.95</f>
+        <f>J102*731.85</f>
         <v>0</v>
       </c>
       <c r="L102" s="5"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A103" s="1"/>
       <c r="B103" s="1">
-        <v>884720</v>
+        <v>883578</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>402</v>
+        <v>395</v>
       </c>
       <c r="E103" s="2" t="s">
-        <v>403</v>
+        <v>396</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>404</v>
+        <v>397</v>
       </c>
       <c r="G103" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H103" s="2">
         <v>0</v>
       </c>
       <c r="I103" s="1">
         <v>0</v>
       </c>
       <c r="J103" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K103" s="2" t="str">
-        <f>J103*505.75</f>
+        <f>J103*672.35</f>
         <v>0</v>
       </c>
       <c r="L103" s="5"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A104" s="1"/>
       <c r="B104" s="1">
-        <v>885073</v>
+        <v>884720</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>405</v>
+        <v>398</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>406</v>
+        <v>399</v>
       </c>
       <c r="E104" s="2" t="s">
-        <v>407</v>
+        <v>400</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>408</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>401</v>
+      </c>
+      <c r="G104" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H104" s="2">
         <v>0</v>
       </c>
       <c r="I104" s="1">
         <v>0</v>
       </c>
       <c r="J104" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K104" s="2" t="str">
-        <f>J104*1169.18</f>
+        <f>J104*516.16</f>
         <v>0</v>
       </c>
       <c r="L104" s="5"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A105" s="1"/>
       <c r="B105" s="1">
-        <v>885078</v>
+        <v>885073</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>409</v>
+        <v>402</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>410</v>
+        <v>403</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>411</v>
+        <v>404</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>412</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>405</v>
+      </c>
+      <c r="G105" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H105" s="2">
         <v>0</v>
       </c>
       <c r="I105" s="1">
         <v>0</v>
       </c>
       <c r="J105" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="str">
-        <f>J105*592.03</f>
+        <f>J105*1227.19</f>
         <v>0</v>
       </c>
       <c r="L105" s="5"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A106" s="1"/>
       <c r="B106" s="1">
-        <v>885084</v>
+        <v>885078</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>413</v>
+        <v>406</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>414</v>
+        <v>407</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>415</v>
+        <v>408</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>416</v>
+        <v>409</v>
       </c>
       <c r="G106" s="2">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="H106" s="2">
         <v>0</v>
       </c>
       <c r="I106" s="1">
         <v>0</v>
       </c>
       <c r="J106" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="2" t="str">
-        <f>J106*171.06</f>
+        <f>J106*633.68</f>
         <v>0</v>
       </c>
       <c r="L106" s="5"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A107" s="1"/>
       <c r="B107" s="1">
-        <v>885085</v>
+        <v>885084</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>417</v>
+        <v>410</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>418</v>
+        <v>411</v>
       </c>
       <c r="E107" s="2" t="s">
-        <v>419</v>
+        <v>412</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>413</v>
+      </c>
+      <c r="G107" s="2">
+        <v>0</v>
       </c>
       <c r="H107" s="2">
         <v>0</v>
       </c>
       <c r="I107" s="1">
         <v>0</v>
       </c>
       <c r="J107" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K107" s="2" t="str">
-        <f>J107*215.69</f>
+        <f>J107*187.43</f>
         <v>0</v>
       </c>
       <c r="L107" s="5"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A108" s="1"/>
       <c r="B108" s="1">
-        <v>885086</v>
+        <v>885085</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>421</v>
+        <v>414</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>422</v>
+        <v>415</v>
       </c>
       <c r="E108" s="2" t="s">
-        <v>423</v>
+        <v>416</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>190</v>
+        <v>417</v>
       </c>
       <c r="G108" s="2" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="H108" s="2">
         <v>0</v>
       </c>
       <c r="I108" s="1">
         <v>0</v>
       </c>
       <c r="J108" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K108" s="2" t="str">
-        <f>J108*202.30</f>
+        <f>J108*238.00</f>
         <v>0</v>
       </c>
       <c r="L108" s="5"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A109" s="1"/>
       <c r="B109" s="1">
-        <v>885087</v>
+        <v>885086</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>424</v>
+        <v>418</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>425</v>
+        <v>419</v>
       </c>
       <c r="E109" s="2" t="s">
-        <v>426</v>
+        <v>420</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="G109" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H109" s="2">
         <v>0</v>
       </c>
       <c r="I109" s="1">
         <v>0</v>
       </c>
       <c r="J109" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K109" s="2" t="str">
-        <f>J109*221.64</f>
+        <f>J109*223.13</f>
         <v>0</v>
       </c>
       <c r="L109" s="5"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A110" s="1"/>
       <c r="B110" s="1">
-        <v>885088</v>
+        <v>885087</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>428</v>
+        <v>422</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>429</v>
+        <v>423</v>
       </c>
       <c r="E110" s="2" t="s">
-        <v>430</v>
+        <v>424</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>425</v>
+      </c>
+      <c r="G110" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H110" s="2">
         <v>0</v>
       </c>
       <c r="I110" s="1">
         <v>0</v>
       </c>
       <c r="J110" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K110" s="2" t="str">
-        <f>J110*324.28</f>
+        <f>J110*243.95</f>
         <v>0</v>
       </c>
       <c r="L110" s="5"/>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A111" s="1"/>
       <c r="B111" s="1">
-        <v>885976</v>
+        <v>885088</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="E111" s="2" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>429</v>
+      </c>
+      <c r="G111" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H111" s="2">
         <v>0</v>
       </c>
       <c r="I111" s="1">
         <v>0</v>
       </c>
       <c r="J111" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K111" s="2" t="str">
-        <f>J111*468.56</f>
+        <f>J111*358.49</f>
         <v>0</v>
       </c>
       <c r="L111" s="5"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A112" s="1"/>
       <c r="B112" s="1">
-        <v>885983</v>
+        <v>885976</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="E112" s="2" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>306</v>
+        <v>433</v>
       </c>
       <c r="G112" s="2" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="H112" s="2">
         <v>0</v>
       </c>
       <c r="I112" s="1">
         <v>0</v>
       </c>
       <c r="J112" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K112" s="2" t="str">
-        <f>J112*324.28</f>
+        <f>J112*426.91</f>
         <v>0</v>
       </c>
       <c r="L112" s="5"/>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A113" s="1"/>
       <c r="B113" s="1">
-        <v>885984</v>
+        <v>885983</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="E113" s="2" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="G113" s="2" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="H113" s="2">
         <v>0</v>
       </c>
       <c r="I113" s="1">
         <v>0</v>
       </c>
       <c r="J113" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K113" s="2" t="str">
-        <f>J113*362.95</f>
+        <f>J113*357.00</f>
         <v>0</v>
       </c>
       <c r="L113" s="5"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A114" s="1"/>
       <c r="B114" s="1">
-        <v>885985</v>
+        <v>885984</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="E114" s="2" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>445</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>441</v>
+      </c>
+      <c r="G114" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H114" s="2">
         <v>0</v>
       </c>
       <c r="I114" s="1">
         <v>0</v>
       </c>
       <c r="J114" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K114" s="2" t="str">
-        <f>J114*587.56</f>
+        <f>J114*400.14</f>
         <v>0</v>
       </c>
       <c r="L114" s="5"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A115" s="1"/>
       <c r="B115" s="1">
-        <v>885987</v>
+        <v>885985</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="E115" s="2" t="s">
-        <v>448</v>
+        <v>444</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>449</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>445</v>
+      </c>
+      <c r="G115" s="2">
+        <v>10</v>
       </c>
       <c r="H115" s="2">
         <v>0</v>
       </c>
       <c r="I115" s="1">
         <v>0</v>
       </c>
       <c r="J115" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K115" s="2" t="str">
-        <f>J115*199.33</f>
+        <f>J115*630.70</f>
         <v>0</v>
       </c>
       <c r="L115" s="5"/>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A116" s="1"/>
       <c r="B116" s="1">
-        <v>885988</v>
+        <v>885987</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="E116" s="2" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="G116" s="2" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="H116" s="2">
         <v>0</v>
       </c>
       <c r="I116" s="1">
         <v>0</v>
       </c>
       <c r="J116" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K116" s="2" t="str">
-        <f>J116*194.86</f>
+        <f>J116*217.18</f>
         <v>0</v>
       </c>
       <c r="L116" s="5"/>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A117" s="1"/>
       <c r="B117" s="1">
-        <v>886078</v>
+        <v>885988</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="E117" s="2" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="G117" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H117" s="2">
         <v>0</v>
       </c>
       <c r="I117" s="1">
         <v>0</v>
       </c>
       <c r="J117" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K117" s="2" t="str">
-        <f>J117*230.56</f>
+        <f>J117*215.69</f>
         <v>0</v>
       </c>
       <c r="L117" s="5"/>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A118" s="1"/>
       <c r="B118" s="1">
-        <v>886079</v>
+        <v>886078</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="E118" s="2" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
       <c r="G118" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H118" s="2">
         <v>0</v>
       </c>
       <c r="I118" s="1">
         <v>0</v>
       </c>
       <c r="J118" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K118" s="2" t="str">
-        <f>J118*400.14</f>
+        <f>J118*373.36</f>
         <v>0</v>
       </c>
       <c r="L118" s="5"/>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A119" s="1"/>
       <c r="B119" s="1">
-        <v>886080</v>
+        <v>886079</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>464</v>
+        <v>460</v>
       </c>
       <c r="G119" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H119" s="2">
         <v>0</v>
       </c>
       <c r="I119" s="1">
         <v>0</v>
       </c>
       <c r="J119" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K119" s="2" t="str">
-        <f>J119*304.94</f>
+        <f>J119*440.30</f>
         <v>0</v>
       </c>
       <c r="L119" s="5"/>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A120" s="1"/>
       <c r="B120" s="1">
-        <v>886081</v>
+        <v>886080</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
       <c r="E120" s="2" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="G120" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H120" s="2">
         <v>0</v>
       </c>
       <c r="I120" s="1">
         <v>0</v>
       </c>
       <c r="J120" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K120" s="2" t="str">
-        <f>J120*301.96</f>
+        <f>J120*334.69</f>
         <v>0</v>
       </c>
       <c r="L120" s="5"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A121" s="1"/>
       <c r="B121" s="1">
-        <v>886082</v>
+        <v>886081</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
       <c r="E121" s="2" t="s">
-        <v>471</v>
+        <v>467</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>472</v>
+        <v>275</v>
       </c>
       <c r="G121" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H121" s="2">
         <v>0</v>
       </c>
       <c r="I121" s="1">
         <v>0</v>
       </c>
       <c r="J121" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K121" s="2" t="str">
-        <f>J121*358.49</f>
+        <f>J121*333.20</f>
         <v>0</v>
       </c>
       <c r="L121" s="5"/>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A122" s="1"/>
       <c r="B122" s="1">
-        <v>886083</v>
+        <v>886082</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
       <c r="E122" s="2" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>476</v>
+        <v>381</v>
       </c>
       <c r="G122" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H122" s="2">
         <v>0</v>
       </c>
       <c r="I122" s="1">
         <v>0</v>
       </c>
       <c r="J122" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K122" s="2" t="str">
-        <f>J122*706.56</f>
+        <f>J122*382.29</f>
         <v>0</v>
       </c>
       <c r="L122" s="5"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A123" s="1"/>
       <c r="B123" s="1">
-        <v>886084</v>
+        <v>886083</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>478</v>
+        <v>472</v>
       </c>
       <c r="E123" s="2" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
       <c r="G123" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H123" s="2">
         <v>0</v>
       </c>
       <c r="I123" s="1">
         <v>0</v>
       </c>
       <c r="J123" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K123" s="2" t="str">
-        <f>J123*306.43</f>
+        <f>J123*777.96</f>
         <v>0</v>
       </c>
       <c r="L123" s="5"/>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A124" s="1"/>
       <c r="B124" s="1">
-        <v>954097</v>
+        <v>886084</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>481</v>
+        <v>475</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>483</v>
+        <v>477</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>478</v>
+      </c>
+      <c r="G124" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H124" s="2">
         <v>0</v>
       </c>
       <c r="I124" s="1">
         <v>0</v>
       </c>
       <c r="J124" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K124" s="2" t="str">
-        <f>J124*229.08</f>
+        <f>J124*337.66</f>
         <v>0</v>
       </c>
       <c r="L124" s="5"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A125" s="1"/>
       <c r="B125" s="1">
-        <v>954098</v>
+        <v>954097</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
       <c r="E125" s="2" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>487</v>
+        <v>482</v>
       </c>
       <c r="G125" s="2">
         <v>0</v>
       </c>
       <c r="H125" s="2">
         <v>0</v>
       </c>
       <c r="I125" s="1">
         <v>0</v>
       </c>
       <c r="J125" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K125" s="2" t="str">
-        <f>J125*429.89</f>
+        <f>J125*248.41</f>
         <v>0</v>
       </c>
       <c r="L125" s="5"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A126" s="1"/>
       <c r="B126" s="1">
+        <v>954098</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="E126" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="F126" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="G126" s="2">
+        <v>0</v>
+      </c>
+      <c r="H126" s="2">
+        <v>0</v>
+      </c>
+      <c r="I126" s="1">
+        <v>0</v>
+      </c>
+      <c r="J126" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K126" s="2" t="str">
+        <f>J126*467.08</f>
+        <v>0</v>
+      </c>
+      <c r="L126" s="5"/>
+    </row>
+    <row r="127" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A127" s="1"/>
+      <c r="B127" s="1">
         <v>954099</v>
       </c>
-      <c r="C126" s="1" t="s">
+      <c r="C127" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D127" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="D126" s="1" t="s">
+      <c r="E127" s="2" t="s">
         <v>489</v>
       </c>
-      <c r="E126" s="2" t="s">
+      <c r="F127" s="2" t="s">
         <v>490</v>
       </c>
-      <c r="F126" s="2" t="s">
+      <c r="G127" s="2">
+        <v>0</v>
+      </c>
+      <c r="H127" s="2">
+        <v>0</v>
+      </c>
+      <c r="I127" s="1">
+        <v>0</v>
+      </c>
+      <c r="J127" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K127" s="2" t="str">
+        <f>J127*650.04</f>
+        <v>0</v>
+      </c>
+      <c r="L127" s="5"/>
+    </row>
+    <row r="128" spans="1:12" outlineLevel="2">
+      <c r="A128" s="8" t="s">
         <v>491</v>
       </c>
-      <c r="G126" s="2">
-[...65 lines deleted...]
-      </c>
+      <c r="B128" s="8"/>
+      <c r="C128" s="8"/>
+      <c r="D128" s="8"/>
+      <c r="E128" s="8"/>
+      <c r="F128" s="8"/>
+      <c r="G128" s="8"/>
+      <c r="H128" s="8"/>
+      <c r="I128" s="8"/>
+      <c r="J128" s="8"/>
+      <c r="K128" s="8"/>
       <c r="L128" s="5"/>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A129" s="1"/>
       <c r="B129" s="1">
-        <v>836263</v>
+        <v>836262</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
       <c r="E129" s="2" t="s">
-        <v>500</v>
+        <v>494</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>501</v>
+        <v>495</v>
       </c>
       <c r="G129" s="2">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H129" s="2" t="s">
-        <v>23</v>
+        <v>496</v>
       </c>
       <c r="I129" s="1">
         <v>0</v>
       </c>
       <c r="J129" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K129" s="2" t="str">
-        <f>J129*234.00</f>
+        <f>J129*102.00</f>
         <v>0</v>
       </c>
       <c r="L129" s="5"/>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A130" s="1"/>
       <c r="B130" s="1">
-        <v>836264</v>
+        <v>836263</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>502</v>
+        <v>497</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="E130" s="2" t="s">
-        <v>504</v>
+        <v>499</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>500</v>
+      </c>
+      <c r="G130" s="2">
+        <v>0</v>
       </c>
       <c r="H130" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I130" s="1">
         <v>0</v>
       </c>
       <c r="J130" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K130" s="2" t="str">
-        <f>J130*237.00</f>
+        <f>J130*234.00</f>
         <v>0</v>
       </c>
       <c r="L130" s="5"/>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A131" s="1"/>
       <c r="B131" s="1">
-        <v>836265</v>
+        <v>836264</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>506</v>
+        <v>501</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>507</v>
+        <v>502</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>508</v>
+        <v>503</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>504</v>
+      </c>
+      <c r="G131" s="2" t="s">
+        <v>32</v>
       </c>
       <c r="H131" s="2" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="I131" s="1">
         <v>0</v>
       </c>
       <c r="J131" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K131" s="2" t="str">
-        <f>J131*168.00</f>
+        <f>J131*237.00</f>
         <v>0</v>
       </c>
       <c r="L131" s="5"/>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A132" s="1"/>
       <c r="B132" s="1">
-        <v>836266</v>
+        <v>836265</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>511</v>
+        <v>506</v>
       </c>
       <c r="E132" s="2" t="s">
-        <v>512</v>
+        <v>507</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>513</v>
+        <v>508</v>
       </c>
       <c r="G132" s="2">
         <v>0</v>
       </c>
       <c r="H132" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I132" s="1">
         <v>0</v>
       </c>
       <c r="J132" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K132" s="2" t="str">
-        <f>J132*345.00</f>
+        <f>J132*168.00</f>
         <v>0</v>
       </c>
       <c r="L132" s="5"/>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A133" s="1"/>
       <c r="B133" s="1">
-        <v>836267</v>
+        <v>836266</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>514</v>
+        <v>509</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>515</v>
+        <v>510</v>
       </c>
       <c r="E133" s="2" t="s">
-        <v>516</v>
+        <v>511</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="G133" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H133" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I133" s="1">
         <v>0</v>
       </c>
       <c r="J133" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K133" s="2" t="str">
-        <f>J133*473.00</f>
+        <f>J133*345.00</f>
         <v>0</v>
       </c>
       <c r="L133" s="5"/>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A134" s="1"/>
       <c r="B134" s="1">
-        <v>836268</v>
+        <v>836267</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="E134" s="2" t="s">
-        <v>520</v>
+        <v>515</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>521</v>
+        <v>516</v>
       </c>
       <c r="G134" s="2">
         <v>0</v>
       </c>
       <c r="H134" s="2" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="I134" s="1">
         <v>0</v>
       </c>
       <c r="J134" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K134" s="2" t="str">
-        <f>J134*427.00</f>
+        <f>J134*473.00</f>
         <v>0</v>
       </c>
       <c r="L134" s="5"/>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A135" s="1"/>
       <c r="B135" s="1">
-        <v>836269</v>
+        <v>836268</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="E135" s="2" t="s">
-        <v>524</v>
+        <v>519</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>525</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>520</v>
+      </c>
+      <c r="G135" s="2">
+        <v>0</v>
       </c>
       <c r="H135" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I135" s="1">
         <v>0</v>
       </c>
       <c r="J135" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K135" s="2" t="str">
-        <f>J135*366.00</f>
+        <f>J135*427.00</f>
         <v>0</v>
       </c>
       <c r="L135" s="5"/>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A136" s="1"/>
       <c r="B136" s="1">
-        <v>836270</v>
+        <v>836269</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>526</v>
+        <v>521</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>527</v>
+        <v>522</v>
       </c>
       <c r="E136" s="2" t="s">
-        <v>528</v>
+        <v>523</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>529</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>524</v>
+      </c>
+      <c r="G136" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H136" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I136" s="1">
         <v>0</v>
       </c>
       <c r="J136" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K136" s="2" t="str">
-        <f>J136*302.00</f>
+        <f>J136*366.00</f>
         <v>0</v>
       </c>
       <c r="L136" s="5"/>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A137" s="1"/>
       <c r="B137" s="1">
-        <v>836271</v>
+        <v>836270</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>530</v>
+        <v>525</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>531</v>
+        <v>526</v>
       </c>
       <c r="E137" s="2" t="s">
-        <v>532</v>
+        <v>527</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="G137" s="2">
-        <v>-5</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>2</v>
+      </c>
+      <c r="H137" s="2" t="s">
+        <v>529</v>
       </c>
       <c r="I137" s="1">
         <v>0</v>
       </c>
       <c r="J137" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K137" s="2" t="str">
-        <f>J137*363.00</f>
+        <f>J137*302.00</f>
         <v>0</v>
       </c>
       <c r="L137" s="5"/>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A138" s="1"/>
       <c r="B138" s="1">
-        <v>836272</v>
+        <v>836271</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>535</v>
+        <v>531</v>
       </c>
       <c r="E138" s="2" t="s">
-        <v>536</v>
+        <v>532</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="G138" s="2">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>3</v>
+      </c>
+      <c r="H138" s="2" t="s">
+        <v>37</v>
       </c>
       <c r="I138" s="1">
         <v>0</v>
       </c>
       <c r="J138" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K138" s="2" t="str">
-        <f>J138*325.00</f>
+        <f>J138*363.00</f>
         <v>0</v>
       </c>
       <c r="L138" s="5"/>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A139" s="1"/>
       <c r="B139" s="1">
-        <v>836273</v>
+        <v>836272</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
       <c r="E139" s="2" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="G139" s="2">
         <v>0</v>
       </c>
       <c r="H139" s="2" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="I139" s="1">
         <v>0</v>
       </c>
       <c r="J139" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K139" s="2" t="str">
-        <f>J139*406.00</f>
+        <f>J139*325.00</f>
         <v>0</v>
       </c>
       <c r="L139" s="5"/>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A140" s="1"/>
       <c r="B140" s="1">
-        <v>868512</v>
+        <v>836273</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>542</v>
+        <v>538</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>543</v>
+        <v>539</v>
       </c>
       <c r="E140" s="2" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="G140" s="2">
         <v>0</v>
       </c>
       <c r="H140" s="2" t="s">
-        <v>17</v>
+        <v>529</v>
       </c>
       <c r="I140" s="1">
         <v>0</v>
       </c>
       <c r="J140" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K140" s="2" t="str">
-        <f>J140*692.00</f>
+        <f>J140*406.00</f>
         <v>0</v>
       </c>
       <c r="L140" s="5"/>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A141" s="1"/>
       <c r="B141" s="1">
-        <v>868513</v>
+        <v>868512</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>547</v>
+        <v>543</v>
       </c>
       <c r="E141" s="2" t="s">
-        <v>548</v>
+        <v>544</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
       <c r="G141" s="2">
         <v>0</v>
       </c>
       <c r="H141" s="2" t="s">
-        <v>29</v>
+        <v>529</v>
       </c>
       <c r="I141" s="1">
         <v>0</v>
       </c>
       <c r="J141" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K141" s="2" t="str">
-        <f>J141*1572.00</f>
+        <f>J141*692.00</f>
         <v>0</v>
       </c>
       <c r="L141" s="5"/>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A142" s="1"/>
       <c r="B142" s="1">
-        <v>868514</v>
+        <v>868513</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>551</v>
+        <v>547</v>
       </c>
       <c r="E142" s="2" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
       <c r="G142" s="2">
         <v>0</v>
       </c>
       <c r="H142" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I142" s="1">
         <v>0</v>
       </c>
       <c r="J142" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K142" s="2" t="str">
-        <f>J142*789.00</f>
+        <f>J142*1572.00</f>
         <v>0</v>
       </c>
       <c r="L142" s="5"/>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A143" s="1"/>
       <c r="B143" s="1">
-        <v>868515</v>
+        <v>868514</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>554</v>
+        <v>550</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>555</v>
+        <v>551</v>
       </c>
       <c r="E143" s="2" t="s">
-        <v>556</v>
+        <v>552</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>557</v>
+        <v>553</v>
       </c>
       <c r="G143" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="H143" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I143" s="1">
         <v>0</v>
       </c>
       <c r="J143" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K143" s="2" t="str">
-        <f>J143*744.00</f>
+        <f>J143*789.00</f>
         <v>0</v>
       </c>
       <c r="L143" s="5"/>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A144" s="1"/>
       <c r="B144" s="1">
-        <v>868516</v>
+        <v>868515</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>558</v>
+        <v>554</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>559</v>
+        <v>555</v>
       </c>
       <c r="E144" s="2" t="s">
-        <v>560</v>
+        <v>556</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>561</v>
+        <v>557</v>
       </c>
       <c r="G144" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H144" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I144" s="1">
         <v>0</v>
       </c>
       <c r="J144" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K144" s="2" t="str">
-        <f>J144*809.00</f>
+        <f>J144*744.00</f>
         <v>0</v>
       </c>
       <c r="L144" s="5"/>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A145" s="1"/>
       <c r="B145" s="1">
-        <v>868517</v>
+        <v>868516</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>562</v>
+        <v>558</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>563</v>
+        <v>559</v>
       </c>
       <c r="E145" s="2" t="s">
-        <v>564</v>
+        <v>560</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
       <c r="G145" s="2">
         <v>0</v>
       </c>
       <c r="H145" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="I145" s="1">
         <v>0</v>
       </c>
       <c r="J145" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K145" s="2" t="str">
-        <f>J145*865.00</f>
+        <f>J145*809.00</f>
         <v>0</v>
       </c>
       <c r="L145" s="5"/>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A146" s="1"/>
       <c r="B146" s="1">
-        <v>868518</v>
+        <v>868517</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>567</v>
+        <v>563</v>
       </c>
       <c r="E146" s="2" t="s">
-        <v>568</v>
+        <v>564</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="G146" s="2">
         <v>0</v>
       </c>
       <c r="H146" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I146" s="1">
         <v>0</v>
       </c>
       <c r="J146" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K146" s="2" t="str">
-        <f>J146*978.00</f>
+        <f>J146*865.00</f>
         <v>0</v>
       </c>
       <c r="L146" s="5"/>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A147" s="1"/>
       <c r="B147" s="1">
-        <v>868519</v>
+        <v>868518</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>570</v>
+        <v>566</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>571</v>
+        <v>567</v>
       </c>
       <c r="E147" s="2" t="s">
-        <v>572</v>
+        <v>568</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>573</v>
+        <v>569</v>
       </c>
       <c r="G147" s="2">
         <v>0</v>
       </c>
       <c r="H147" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I147" s="1">
         <v>0</v>
       </c>
       <c r="J147" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K147" s="2" t="str">
-        <f>J147*895.00</f>
+        <f>J147*978.00</f>
         <v>0</v>
       </c>
       <c r="L147" s="5"/>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A148" s="1"/>
       <c r="B148" s="1">
-        <v>868520</v>
+        <v>868519</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>574</v>
+        <v>570</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>575</v>
+        <v>571</v>
       </c>
       <c r="E148" s="2" t="s">
-        <v>576</v>
+        <v>572</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>577</v>
+        <v>573</v>
       </c>
       <c r="G148" s="2">
         <v>0</v>
       </c>
       <c r="H148" s="2" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="I148" s="1">
         <v>0</v>
       </c>
       <c r="J148" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K148" s="2" t="str">
-        <f>J148*1026.00</f>
+        <f>J148*895.00</f>
         <v>0</v>
       </c>
       <c r="L148" s="5"/>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A149" s="1"/>
       <c r="B149" s="1">
-        <v>868521</v>
+        <v>868520</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>578</v>
+        <v>574</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>579</v>
+        <v>575</v>
       </c>
       <c r="E149" s="2" t="s">
-        <v>580</v>
+        <v>576</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="G149" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H149" s="2" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="I149" s="1">
         <v>0</v>
       </c>
       <c r="J149" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K149" s="2" t="str">
-        <f>J149*103.00</f>
+        <f>J149*1026.00</f>
         <v>0</v>
       </c>
       <c r="L149" s="5"/>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A150" s="1"/>
       <c r="B150" s="1">
-        <v>868522</v>
+        <v>868521</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>582</v>
+        <v>578</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="E150" s="2" t="s">
-        <v>584</v>
+        <v>580</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>585</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>581</v>
+      </c>
+      <c r="G150" s="2">
+        <v>8</v>
       </c>
       <c r="H150" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I150" s="1">
         <v>0</v>
       </c>
       <c r="J150" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K150" s="2" t="str">
-        <f>J150*120.00</f>
+        <f>J150*103.00</f>
         <v>0</v>
       </c>
       <c r="L150" s="5"/>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A151" s="1"/>
       <c r="B151" s="1">
-        <v>868880</v>
+        <v>868522</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>586</v>
+        <v>582</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>587</v>
+        <v>583</v>
       </c>
       <c r="E151" s="2" t="s">
-        <v>588</v>
+        <v>584</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>589</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>585</v>
+      </c>
+      <c r="G151" s="2" t="s">
+        <v>32</v>
       </c>
       <c r="H151" s="2" t="s">
-        <v>28</v>
+        <v>529</v>
       </c>
       <c r="I151" s="1">
         <v>0</v>
       </c>
       <c r="J151" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K151" s="2" t="str">
-        <f>J151*88.00</f>
+        <f>J151*120.00</f>
         <v>0</v>
       </c>
       <c r="L151" s="5"/>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A152" s="1"/>
       <c r="B152" s="1">
-        <v>869348</v>
+        <v>868880</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
       <c r="E152" s="2" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>593</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>589</v>
+      </c>
+      <c r="G152" s="2">
+        <v>0</v>
       </c>
       <c r="H152" s="2" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="I152" s="1">
         <v>0</v>
       </c>
       <c r="J152" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K152" s="2" t="str">
-        <f>J152*332.00</f>
+        <f>J152*88.00</f>
         <v>0</v>
       </c>
       <c r="L152" s="5"/>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A153" s="1"/>
       <c r="B153" s="1">
-        <v>869349</v>
+        <v>869348</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>594</v>
+        <v>590</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="E153" s="2" t="s">
-        <v>596</v>
+        <v>592</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="G153" s="2" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="H153" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I153" s="1">
         <v>0</v>
       </c>
       <c r="J153" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K153" s="2" t="str">
-        <f>J153*433.00</f>
+        <f>J153*332.00</f>
         <v>0</v>
       </c>
       <c r="L153" s="5"/>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A154" s="1"/>
       <c r="B154" s="1">
-        <v>869350</v>
+        <v>869349</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>598</v>
+        <v>594</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>599</v>
+        <v>595</v>
       </c>
       <c r="E154" s="2" t="s">
-        <v>600</v>
+        <v>596</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>601</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>597</v>
+      </c>
+      <c r="G154" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H154" s="2" t="s">
+        <v>37</v>
       </c>
       <c r="I154" s="1">
         <v>0</v>
       </c>
       <c r="J154" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K154" s="2" t="str">
-        <f>J154*554.00</f>
+        <f>J154*433.00</f>
         <v>0</v>
       </c>
       <c r="L154" s="5"/>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A155" s="1"/>
       <c r="B155" s="1">
-        <v>869351</v>
+        <v>869350</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>602</v>
+        <v>598</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>603</v>
+        <v>599</v>
       </c>
       <c r="E155" s="2" t="s">
-        <v>604</v>
+        <v>600</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>605</v>
+        <v>601</v>
       </c>
       <c r="G155" s="2">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>0</v>
+      </c>
+      <c r="H155" s="2">
+        <v>0</v>
       </c>
       <c r="I155" s="1">
         <v>0</v>
       </c>
       <c r="J155" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K155" s="2" t="str">
-        <f>J155*503.00</f>
+        <f>J155*554.00</f>
         <v>0</v>
       </c>
       <c r="L155" s="5"/>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A156" s="1"/>
       <c r="B156" s="1">
-        <v>869352</v>
+        <v>869351</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>606</v>
+        <v>602</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>607</v>
+        <v>603</v>
       </c>
       <c r="E156" s="2" t="s">
-        <v>608</v>
+        <v>604</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>609</v>
+        <v>605</v>
       </c>
       <c r="G156" s="2">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>0</v>
+      </c>
+      <c r="H156" s="2" t="s">
+        <v>37</v>
       </c>
       <c r="I156" s="1">
         <v>0</v>
       </c>
       <c r="J156" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K156" s="2" t="str">
-        <f>J156*599.00</f>
+        <f>J156*503.00</f>
         <v>0</v>
       </c>
       <c r="L156" s="5"/>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A157" s="1"/>
       <c r="B157" s="1">
-        <v>869353</v>
+        <v>869352</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>610</v>
+        <v>606</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>611</v>
+        <v>607</v>
       </c>
       <c r="E157" s="2" t="s">
-        <v>612</v>
+        <v>608</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>613</v>
+        <v>609</v>
       </c>
       <c r="G157" s="2">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="H157" s="2">
         <v>0</v>
       </c>
       <c r="I157" s="1">
         <v>0</v>
       </c>
       <c r="J157" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K157" s="2" t="str">
-        <f>J157*573.00</f>
+        <f>J157*599.00</f>
         <v>0</v>
       </c>
       <c r="L157" s="5"/>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A158" s="1"/>
       <c r="B158" s="1">
-        <v>869354</v>
+        <v>869353</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>614</v>
+        <v>610</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>615</v>
+        <v>611</v>
       </c>
       <c r="E158" s="2" t="s">
-        <v>616</v>
+        <v>612</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>597</v>
+        <v>613</v>
       </c>
       <c r="G158" s="2">
         <v>0</v>
       </c>
       <c r="H158" s="2">
         <v>0</v>
       </c>
       <c r="I158" s="1">
         <v>0</v>
       </c>
       <c r="J158" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K158" s="2" t="str">
-        <f>J158*433.00</f>
+        <f>J158*573.00</f>
         <v>0</v>
       </c>
       <c r="L158" s="5"/>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A159" s="1"/>
       <c r="B159" s="1">
-        <v>869355</v>
+        <v>869354</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="E159" s="2" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>620</v>
+        <v>597</v>
       </c>
       <c r="G159" s="2">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="H159" s="2">
         <v>0</v>
       </c>
       <c r="I159" s="1">
         <v>0</v>
       </c>
       <c r="J159" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K159" s="2" t="str">
-        <f>J159*563.00</f>
+        <f>J159*433.00</f>
         <v>0</v>
       </c>
       <c r="L159" s="5"/>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A160" s="1"/>
       <c r="B160" s="1">
-        <v>869356</v>
+        <v>869355</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>621</v>
+        <v>617</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>622</v>
+        <v>618</v>
       </c>
       <c r="E160" s="2" t="s">
-        <v>623</v>
+        <v>619</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>624</v>
+        <v>620</v>
       </c>
       <c r="G160" s="2">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>2</v>
+      </c>
+      <c r="H160" s="2">
+        <v>0</v>
       </c>
       <c r="I160" s="1">
         <v>0</v>
       </c>
       <c r="J160" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K160" s="2" t="str">
-        <f>J160*1278.00</f>
+        <f>J160*563.00</f>
         <v>0</v>
       </c>
       <c r="L160" s="5"/>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A161" s="1"/>
       <c r="B161" s="1">
-        <v>869357</v>
+        <v>869356</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>625</v>
+        <v>621</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>626</v>
+        <v>622</v>
       </c>
       <c r="E161" s="2" t="s">
-        <v>627</v>
+        <v>623</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>628</v>
+        <v>624</v>
       </c>
       <c r="G161" s="2">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>9</v>
+      </c>
+      <c r="H161" s="2" t="s">
+        <v>46</v>
       </c>
       <c r="I161" s="1">
         <v>0</v>
       </c>
       <c r="J161" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K161" s="2" t="str">
-        <f>J161*996.00</f>
+        <f>J161*1278.00</f>
         <v>0</v>
       </c>
       <c r="L161" s="5"/>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A162" s="1"/>
       <c r="B162" s="1">
-        <v>869358</v>
+        <v>869357</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>629</v>
+        <v>625</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>630</v>
+        <v>626</v>
       </c>
       <c r="E162" s="2" t="s">
-        <v>631</v>
+        <v>627</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="G162" s="2">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>1</v>
+      </c>
+      <c r="H162" s="2">
+        <v>0</v>
       </c>
       <c r="I162" s="1">
         <v>0</v>
       </c>
       <c r="J162" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K162" s="2" t="str">
-        <f>J162*958.00</f>
+        <f>J162*996.00</f>
         <v>0</v>
       </c>
       <c r="L162" s="5"/>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A163" s="1"/>
       <c r="B163" s="1">
-        <v>869359</v>
+        <v>869358</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>633</v>
+        <v>629</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>634</v>
+        <v>630</v>
       </c>
       <c r="E163" s="2" t="s">
-        <v>635</v>
+        <v>631</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>636</v>
-[...5 lines deleted...]
-        <v>29</v>
+        <v>632</v>
+      </c>
+      <c r="G163" s="2">
+        <v>5</v>
+      </c>
+      <c r="H163" s="2">
+        <v>10</v>
       </c>
       <c r="I163" s="1">
         <v>0</v>
       </c>
       <c r="J163" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K163" s="2" t="str">
-        <f>J163*998.00</f>
+        <f>J163*958.00</f>
         <v>0</v>
       </c>
       <c r="L163" s="5"/>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A164" s="1"/>
       <c r="B164" s="1">
-        <v>869360</v>
+        <v>869359</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>637</v>
+        <v>633</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>638</v>
+        <v>634</v>
       </c>
       <c r="E164" s="2" t="s">
-        <v>639</v>
+        <v>635</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>640</v>
+        <v>636</v>
       </c>
       <c r="G164" s="2">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H164" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I164" s="1">
         <v>0</v>
       </c>
       <c r="J164" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K164" s="2" t="str">
-        <f>J164*1345.00</f>
+        <f>J164*998.00</f>
         <v>0</v>
       </c>
       <c r="L164" s="5"/>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A165" s="1"/>
       <c r="B165" s="1">
-        <v>869361</v>
+        <v>869360</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>641</v>
+        <v>637</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>642</v>
+        <v>638</v>
       </c>
       <c r="E165" s="2" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="G165" s="2">
         <v>5</v>
       </c>
-      <c r="H165" s="2">
-        <v>0</v>
+      <c r="H165" s="2" t="s">
+        <v>37</v>
       </c>
       <c r="I165" s="1">
         <v>0</v>
       </c>
       <c r="J165" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K165" s="2" t="str">
-        <f>J165*998.00</f>
+        <f>J165*1345.00</f>
         <v>0</v>
       </c>
       <c r="L165" s="5"/>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A166" s="1"/>
       <c r="B166" s="1">
-        <v>869362</v>
+        <v>869361</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="E166" s="2" t="s">
-        <v>646</v>
+        <v>643</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>647</v>
+        <v>636</v>
       </c>
       <c r="G166" s="2">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>5</v>
+      </c>
+      <c r="H166" s="2">
+        <v>0</v>
       </c>
       <c r="I166" s="1">
         <v>0</v>
       </c>
       <c r="J166" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K166" s="2" t="str">
-        <f>J166*859.00</f>
+        <f>J166*998.00</f>
         <v>0</v>
       </c>
       <c r="L166" s="5"/>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A167" s="1"/>
       <c r="B167" s="1">
-        <v>869363</v>
+        <v>869362</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>648</v>
+        <v>644</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>649</v>
+        <v>645</v>
       </c>
       <c r="E167" s="2" t="s">
-        <v>650</v>
+        <v>646</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>647</v>
+      </c>
+      <c r="G167" s="2">
+        <v>2</v>
       </c>
       <c r="H167" s="2" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="I167" s="1">
         <v>0</v>
       </c>
       <c r="J167" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K167" s="2" t="str">
-        <f>J167*772.00</f>
+        <f>J167*859.00</f>
         <v>0</v>
       </c>
       <c r="L167" s="5"/>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A168" s="1"/>
       <c r="B168" s="1">
-        <v>877706</v>
+        <v>869363</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>652</v>
+        <v>648</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>653</v>
+        <v>649</v>
       </c>
       <c r="E168" s="2" t="s">
-        <v>654</v>
+        <v>650</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>655</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>651</v>
+      </c>
+      <c r="G168" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H168" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="I168" s="1">
         <v>0</v>
       </c>
       <c r="J168" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K168" s="2" t="str">
-        <f>J168*2011.00</f>
+        <f>J168*772.00</f>
         <v>0</v>
       </c>
       <c r="L168" s="5"/>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A169" s="1"/>
       <c r="B169" s="1">
-        <v>877707</v>
+        <v>877706</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>656</v>
+        <v>652</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>657</v>
+        <v>653</v>
       </c>
       <c r="E169" s="2" t="s">
-        <v>658</v>
+        <v>654</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>659</v>
+        <v>655</v>
       </c>
       <c r="G169" s="2">
         <v>0</v>
       </c>
       <c r="H169" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="I169" s="1">
         <v>0</v>
       </c>
       <c r="J169" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K169" s="2" t="str">
-        <f>J169*2231.00</f>
+        <f>J169*2011.00</f>
         <v>0</v>
       </c>
       <c r="L169" s="5"/>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A170" s="1"/>
       <c r="B170" s="1">
-        <v>885506</v>
+        <v>877707</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>660</v>
+        <v>656</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="E170" s="2" t="s">
-        <v>662</v>
+        <v>658</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>663</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>659</v>
+      </c>
+      <c r="G170" s="2">
+        <v>0</v>
+      </c>
+      <c r="H170" s="2" t="s">
+        <v>37</v>
       </c>
       <c r="I170" s="1">
         <v>0</v>
       </c>
       <c r="J170" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K170" s="2" t="str">
-        <f>J170*254.00</f>
+        <f>J170*2231.00</f>
         <v>0</v>
       </c>
       <c r="L170" s="5"/>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A171" s="1"/>
       <c r="B171" s="1">
-        <v>885507</v>
+        <v>885506</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>664</v>
+        <v>660</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>665</v>
+        <v>661</v>
       </c>
       <c r="E171" s="2" t="s">
-        <v>666</v>
+        <v>662</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>667</v>
-[...5 lines deleted...]
-        <v>29</v>
+        <v>663</v>
+      </c>
+      <c r="G171" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H171" s="2">
+        <v>0</v>
       </c>
       <c r="I171" s="1">
         <v>0</v>
       </c>
       <c r="J171" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K171" s="2" t="str">
-        <f>J171*470.00</f>
+        <f>J171*254.00</f>
         <v>0</v>
       </c>
       <c r="L171" s="5"/>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A172" s="1"/>
       <c r="B172" s="1">
-        <v>885508</v>
+        <v>885507</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>668</v>
+        <v>664</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>669</v>
+        <v>665</v>
       </c>
       <c r="E172" s="2" t="s">
-        <v>670</v>
+        <v>666</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>671</v>
+        <v>667</v>
       </c>
       <c r="G172" s="2">
         <v>10</v>
       </c>
       <c r="H172" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I172" s="1">
         <v>0</v>
       </c>
       <c r="J172" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K172" s="2" t="str">
-        <f>J172*768.00</f>
+        <f>J172*470.00</f>
         <v>0</v>
       </c>
       <c r="L172" s="5"/>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A173" s="1"/>
       <c r="B173" s="1">
-        <v>885509</v>
+        <v>885508</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>672</v>
+        <v>668</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="E173" s="2" t="s">
-        <v>674</v>
+        <v>670</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>675</v>
+        <v>671</v>
       </c>
       <c r="G173" s="2">
         <v>10</v>
       </c>
       <c r="H173" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I173" s="1">
         <v>0</v>
       </c>
       <c r="J173" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K173" s="2" t="str">
-        <f>J173*801.00</f>
+        <f>J173*768.00</f>
         <v>0</v>
       </c>
       <c r="L173" s="5"/>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A174" s="1"/>
       <c r="B174" s="1">
-        <v>837061</v>
+        <v>885509</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="E174" s="2" t="s">
-        <v>678</v>
+        <v>674</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
       <c r="G174" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H174" s="2" t="s">
-        <v>497</v>
+        <v>37</v>
       </c>
       <c r="I174" s="1">
         <v>0</v>
       </c>
       <c r="J174" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K174" s="2" t="str">
-        <f>J174*111.00</f>
+        <f>J174*801.00</f>
         <v>0</v>
       </c>
       <c r="L174" s="5"/>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A175" s="1"/>
       <c r="B175" s="1">
-        <v>837062</v>
+        <v>837061</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>680</v>
+        <v>676</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>681</v>
+        <v>677</v>
       </c>
       <c r="E175" s="2" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="G175" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H175" s="2" t="s">
-        <v>17</v>
+        <v>529</v>
       </c>
       <c r="I175" s="1">
         <v>0</v>
       </c>
       <c r="J175" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K175" s="2" t="str">
-        <f>J175*162.00</f>
+        <f>J175*111.00</f>
         <v>0</v>
       </c>
       <c r="L175" s="5"/>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A176" s="1"/>
       <c r="B176" s="1">
-        <v>837063</v>
+        <v>837062</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>684</v>
+        <v>680</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>685</v>
+        <v>681</v>
       </c>
       <c r="E176" s="2" t="s">
-        <v>686</v>
+        <v>682</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>687</v>
+        <v>683</v>
       </c>
       <c r="G176" s="2">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="H176" s="2" t="s">
-        <v>29</v>
+        <v>529</v>
       </c>
       <c r="I176" s="1">
         <v>0</v>
       </c>
       <c r="J176" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K176" s="2" t="str">
-        <f>J176*297.00</f>
+        <f>J176*162.00</f>
         <v>0</v>
       </c>
       <c r="L176" s="5"/>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A177" s="1"/>
       <c r="B177" s="1">
-        <v>837064</v>
+        <v>837063</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>688</v>
+        <v>684</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>689</v>
+        <v>685</v>
       </c>
       <c r="E177" s="2" t="s">
-        <v>690</v>
+        <v>686</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>691</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>687</v>
+      </c>
+      <c r="G177" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H177" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I177" s="1">
         <v>0</v>
       </c>
       <c r="J177" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K177" s="2" t="str">
-        <f>J177*272.00</f>
+        <f>J177*297.00</f>
         <v>0</v>
       </c>
       <c r="L177" s="5"/>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A178" s="1"/>
       <c r="B178" s="1">
-        <v>837065</v>
+        <v>837064</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>692</v>
+        <v>688</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>693</v>
+        <v>689</v>
       </c>
       <c r="E178" s="2" t="s">
-        <v>694</v>
+        <v>690</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>695</v>
+        <v>691</v>
       </c>
       <c r="G178" s="2">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="H178" s="2" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="I178" s="1">
         <v>0</v>
       </c>
       <c r="J178" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K178" s="2" t="str">
-        <f>J178*435.00</f>
+        <f>J178*272.00</f>
         <v>0</v>
       </c>
       <c r="L178" s="5"/>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A179" s="1"/>
       <c r="B179" s="1">
-        <v>837066</v>
+        <v>837065</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>696</v>
+        <v>692</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>697</v>
+        <v>693</v>
       </c>
       <c r="E179" s="2" t="s">
-        <v>698</v>
+        <v>694</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>699</v>
+        <v>695</v>
       </c>
       <c r="G179" s="2">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>9</v>
+      </c>
+      <c r="H179" s="2" t="s">
+        <v>37</v>
       </c>
       <c r="I179" s="1">
         <v>0</v>
       </c>
       <c r="J179" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K179" s="2" t="str">
-        <f>J179*466.00</f>
+        <f>J179*435.00</f>
         <v>0</v>
       </c>
       <c r="L179" s="5"/>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A180" s="1"/>
       <c r="B180" s="1">
-        <v>837067</v>
+        <v>837066</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>700</v>
+        <v>696</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>701</v>
+        <v>697</v>
       </c>
       <c r="E180" s="2" t="s">
-        <v>702</v>
+        <v>698</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>703</v>
+        <v>699</v>
       </c>
       <c r="G180" s="2">
         <v>0</v>
       </c>
       <c r="H180" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I180" s="1">
         <v>0</v>
       </c>
       <c r="J180" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K180" s="2" t="str">
-        <f>J180*579.00</f>
+        <f>J180*466.00</f>
         <v>0</v>
       </c>
       <c r="L180" s="5"/>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A181" s="1"/>
       <c r="B181" s="1">
-        <v>837068</v>
+        <v>837067</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>704</v>
+        <v>700</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="E181" s="2" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>707</v>
+        <v>703</v>
       </c>
       <c r="G181" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H181" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I181" s="1">
         <v>0</v>
       </c>
       <c r="J181" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K181" s="2" t="str">
-        <f>J181*291.00</f>
+        <f>J181*579.00</f>
         <v>0</v>
       </c>
       <c r="L181" s="5"/>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A182" s="1"/>
       <c r="B182" s="1">
-        <v>837069</v>
+        <v>837068</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="E182" s="2" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>711</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>707</v>
+      </c>
+      <c r="G182" s="2">
+        <v>8</v>
       </c>
       <c r="H182" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I182" s="1">
         <v>0</v>
       </c>
       <c r="J182" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K182" s="2" t="str">
-        <f>J182*275.00</f>
+        <f>J182*291.00</f>
         <v>0</v>
       </c>
       <c r="L182" s="5"/>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A183" s="1"/>
       <c r="B183" s="1">
-        <v>837070</v>
+        <v>837069</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
       <c r="E183" s="2" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>715</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>711</v>
+      </c>
+      <c r="G183" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H183" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I183" s="1">
         <v>0</v>
       </c>
       <c r="J183" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K183" s="2" t="str">
-        <f>J183*460.00</f>
+        <f>J183*275.00</f>
         <v>0</v>
       </c>
       <c r="L183" s="5"/>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A184" s="1"/>
       <c r="B184" s="1">
-        <v>837071</v>
+        <v>837070</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>716</v>
+        <v>712</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="E184" s="2" t="s">
-        <v>718</v>
+        <v>714</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>703</v>
+        <v>715</v>
       </c>
       <c r="G184" s="2">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>0</v>
+      </c>
+      <c r="H184" s="2" t="s">
+        <v>37</v>
       </c>
       <c r="I184" s="1">
         <v>0</v>
       </c>
       <c r="J184" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K184" s="2" t="str">
-        <f>J184*579.00</f>
+        <f>J184*460.00</f>
         <v>0</v>
       </c>
       <c r="L184" s="5"/>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A185" s="1"/>
       <c r="B185" s="1">
-        <v>837072</v>
+        <v>837071</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
       <c r="E185" s="2" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>722</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>703</v>
+      </c>
+      <c r="G185" s="2">
+        <v>6</v>
       </c>
       <c r="H185" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I185" s="1">
         <v>0</v>
       </c>
       <c r="J185" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K185" s="2" t="str">
-        <f>J185*271.00</f>
+        <f>J185*579.00</f>
         <v>0</v>
       </c>
       <c r="L185" s="5"/>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A186" s="1"/>
       <c r="B186" s="1">
-        <v>837073</v>
+        <v>837072</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>723</v>
+        <v>719</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="E186" s="2" t="s">
-        <v>725</v>
+        <v>721</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>722</v>
+      </c>
+      <c r="G186" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H186" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I186" s="1">
         <v>0</v>
       </c>
       <c r="J186" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K186" s="2" t="str">
-        <f>J186*245.00</f>
+        <f>J186*271.00</f>
         <v>0</v>
       </c>
       <c r="L186" s="5"/>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A187" s="1"/>
       <c r="B187" s="1">
-        <v>837074</v>
+        <v>837073</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>728</v>
+        <v>724</v>
       </c>
       <c r="E187" s="2" t="s">
-        <v>729</v>
+        <v>725</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>730</v>
+        <v>726</v>
       </c>
       <c r="G187" s="2">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="H187" s="2" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="I187" s="1">
         <v>0</v>
       </c>
       <c r="J187" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K187" s="2" t="str">
-        <f>J187*622.00</f>
+        <f>J187*245.00</f>
         <v>0</v>
       </c>
       <c r="L187" s="5"/>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A188" s="1"/>
       <c r="B188" s="1">
-        <v>837075</v>
+        <v>837074</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>731</v>
+        <v>727</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>732</v>
+        <v>728</v>
       </c>
       <c r="E188" s="2" t="s">
-        <v>733</v>
+        <v>729</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>734</v>
+        <v>730</v>
       </c>
       <c r="G188" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H188" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="I188" s="1">
         <v>0</v>
       </c>
       <c r="J188" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K188" s="2" t="str">
-        <f>J188*356.00</f>
+        <f>J188*622.00</f>
         <v>0</v>
       </c>
       <c r="L188" s="5"/>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A189" s="1"/>
       <c r="B189" s="1">
-        <v>837076</v>
+        <v>837075</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>735</v>
+        <v>731</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>736</v>
+        <v>732</v>
       </c>
       <c r="E189" s="2" t="s">
-        <v>737</v>
+        <v>733</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>738</v>
+        <v>734</v>
       </c>
       <c r="G189" s="2">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="H189" s="2" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="I189" s="1">
         <v>0</v>
       </c>
       <c r="J189" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K189" s="2" t="str">
-        <f>J189*381.00</f>
+        <f>J189*356.00</f>
         <v>0</v>
       </c>
       <c r="L189" s="5"/>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A190" s="1"/>
       <c r="B190" s="1">
-        <v>837077</v>
+        <v>837076</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>739</v>
+        <v>735</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>740</v>
+        <v>736</v>
       </c>
       <c r="E190" s="2" t="s">
-        <v>741</v>
+        <v>737</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>742</v>
+        <v>738</v>
       </c>
       <c r="G190" s="2">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="H190" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I190" s="1">
         <v>0</v>
       </c>
       <c r="J190" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K190" s="2" t="str">
-        <f>J190*447.00</f>
+        <f>J190*381.00</f>
         <v>0</v>
       </c>
       <c r="L190" s="5"/>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A191" s="1"/>
       <c r="B191" s="1">
-        <v>837078</v>
+        <v>837077</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>743</v>
+        <v>739</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>744</v>
+        <v>740</v>
       </c>
       <c r="E191" s="2" t="s">
-        <v>745</v>
+        <v>741</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>746</v>
+        <v>742</v>
       </c>
       <c r="G191" s="2">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="H191" s="2" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="I191" s="1">
         <v>0</v>
       </c>
       <c r="J191" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K191" s="2" t="str">
-        <f>J191*465.00</f>
+        <f>J191*447.00</f>
         <v>0</v>
       </c>
       <c r="L191" s="5"/>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A192" s="1"/>
       <c r="B192" s="1">
-        <v>837079</v>
+        <v>837078</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>747</v>
+        <v>743</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>748</v>
+        <v>744</v>
       </c>
       <c r="E192" s="2" t="s">
-        <v>749</v>
+        <v>745</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="G192" s="2">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>0</v>
+      </c>
+      <c r="H192" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="I192" s="1">
         <v>0</v>
       </c>
       <c r="J192" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K192" s="2" t="str">
-        <f>J192*525.00</f>
+        <f>J192*465.00</f>
         <v>0</v>
       </c>
       <c r="L192" s="5"/>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A193" s="1"/>
       <c r="B193" s="1">
-        <v>837080</v>
+        <v>837079</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>751</v>
+        <v>747</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="E193" s="2" t="s">
-        <v>753</v>
+        <v>749</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>754</v>
+        <v>750</v>
       </c>
       <c r="G193" s="2">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="H193" s="2" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="I193" s="1">
         <v>0</v>
       </c>
       <c r="J193" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K193" s="2" t="str">
-        <f>J193*574.00</f>
+        <f>J193*525.00</f>
         <v>0</v>
       </c>
       <c r="L193" s="5"/>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A194" s="1"/>
       <c r="B194" s="1">
-        <v>837081</v>
+        <v>837080</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>755</v>
+        <v>751</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>756</v>
+        <v>752</v>
       </c>
       <c r="E194" s="2" t="s">
-        <v>757</v>
+        <v>753</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>758</v>
+        <v>754</v>
       </c>
       <c r="G194" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="H194" s="2" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="I194" s="1">
         <v>0</v>
       </c>
       <c r="J194" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K194" s="2" t="str">
-        <f>J194*565.00</f>
+        <f>J194*574.00</f>
         <v>0</v>
       </c>
       <c r="L194" s="5"/>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A195" s="1"/>
       <c r="B195" s="1">
-        <v>837082</v>
+        <v>837081</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>759</v>
+        <v>755</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>760</v>
+        <v>756</v>
       </c>
       <c r="E195" s="2" t="s">
-        <v>761</v>
+        <v>757</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>762</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>758</v>
+      </c>
+      <c r="G195" s="2">
+        <v>5</v>
       </c>
       <c r="H195" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="I195" s="1">
         <v>0</v>
       </c>
       <c r="J195" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K195" s="2" t="str">
-        <f>J195*566.00</f>
+        <f>J195*565.00</f>
         <v>0</v>
       </c>
       <c r="L195" s="5"/>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A196" s="1"/>
       <c r="B196" s="1">
-        <v>837083</v>
+        <v>837082</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>763</v>
+        <v>759</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>764</v>
+        <v>760</v>
       </c>
       <c r="E196" s="2" t="s">
-        <v>765</v>
+        <v>761</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>762</v>
+      </c>
+      <c r="G196" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H196" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I196" s="1">
         <v>0</v>
       </c>
       <c r="J196" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K196" s="2" t="str">
-        <f>J196*644.00</f>
+        <f>J196*566.00</f>
         <v>0</v>
       </c>
       <c r="L196" s="5"/>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A197" s="1"/>
       <c r="B197" s="1">
-        <v>837084</v>
+        <v>837083</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>767</v>
+        <v>763</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>768</v>
+        <v>764</v>
       </c>
       <c r="E197" s="2" t="s">
-        <v>769</v>
+        <v>765</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>770</v>
+        <v>766</v>
       </c>
       <c r="G197" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H197" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I197" s="1">
         <v>0</v>
       </c>
       <c r="J197" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K197" s="2" t="str">
-        <f>J197*590.00</f>
+        <f>J197*644.00</f>
         <v>0</v>
       </c>
       <c r="L197" s="5"/>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A198" s="1"/>
       <c r="B198" s="1">
-        <v>837085</v>
+        <v>837084</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>771</v>
+        <v>767</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>772</v>
+        <v>768</v>
       </c>
       <c r="E198" s="2" t="s">
-        <v>773</v>
+        <v>769</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>774</v>
+        <v>770</v>
       </c>
       <c r="G198" s="2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H198" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I198" s="1">
         <v>0</v>
       </c>
       <c r="J198" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K198" s="2" t="str">
-        <f>J198*589.00</f>
+        <f>J198*590.00</f>
         <v>0</v>
       </c>
       <c r="L198" s="5"/>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A199" s="1"/>
       <c r="B199" s="1">
-        <v>837086</v>
+        <v>837085</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>775</v>
+        <v>771</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
       <c r="E199" s="2" t="s">
-        <v>777</v>
+        <v>773</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>778</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>774</v>
+      </c>
+      <c r="G199" s="2">
+        <v>0</v>
       </c>
       <c r="H199" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I199" s="1">
         <v>0</v>
       </c>
       <c r="J199" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K199" s="2" t="str">
-        <f>J199*616.00</f>
+        <f>J199*589.00</f>
         <v>0</v>
       </c>
       <c r="L199" s="5"/>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A200" s="1"/>
       <c r="B200" s="1">
-        <v>837087</v>
+        <v>837086</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>779</v>
+        <v>775</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>780</v>
+        <v>776</v>
       </c>
       <c r="E200" s="2" t="s">
-        <v>781</v>
+        <v>777</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>782</v>
+        <v>778</v>
       </c>
       <c r="G200" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H200" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="I200" s="1">
         <v>0</v>
       </c>
       <c r="J200" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K200" s="2" t="str">
-        <f>J200*800.00</f>
+        <f>J200*616.00</f>
         <v>0</v>
       </c>
       <c r="L200" s="5"/>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A201" s="1"/>
       <c r="B201" s="1">
-        <v>837088</v>
+        <v>837087</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>783</v>
+        <v>779</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>784</v>
+        <v>780</v>
       </c>
       <c r="E201" s="2" t="s">
-        <v>785</v>
+        <v>781</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>786</v>
+        <v>782</v>
       </c>
       <c r="G201" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H201" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I201" s="1">
         <v>0</v>
       </c>
       <c r="J201" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K201" s="2" t="str">
-        <f>J201*888.00</f>
+        <f>J201*800.00</f>
         <v>0</v>
       </c>
       <c r="L201" s="5"/>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A202" s="1"/>
       <c r="B202" s="1">
-        <v>837089</v>
+        <v>837088</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>787</v>
+        <v>783</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>788</v>
+        <v>784</v>
       </c>
       <c r="E202" s="2" t="s">
-        <v>789</v>
+        <v>785</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>790</v>
+        <v>786</v>
       </c>
       <c r="G202" s="2">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="H202" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I202" s="1">
         <v>0</v>
       </c>
       <c r="J202" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K202" s="2" t="str">
-        <f>J202*550.00</f>
+        <f>J202*888.00</f>
         <v>0</v>
       </c>
       <c r="L202" s="5"/>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A203" s="1"/>
       <c r="B203" s="1">
-        <v>837090</v>
+        <v>837089</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>791</v>
+        <v>787</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>792</v>
+        <v>788</v>
       </c>
       <c r="E203" s="2" t="s">
-        <v>793</v>
+        <v>789</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>794</v>
+        <v>790</v>
       </c>
       <c r="G203" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="H203" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I203" s="1">
         <v>0</v>
       </c>
       <c r="J203" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K203" s="2" t="str">
-        <f>J203*769.00</f>
+        <f>J203*550.00</f>
         <v>0</v>
       </c>
       <c r="L203" s="5"/>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A204" s="1"/>
       <c r="B204" s="1">
-        <v>837091</v>
+        <v>837090</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>795</v>
+        <v>791</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>796</v>
+        <v>792</v>
       </c>
       <c r="E204" s="2" t="s">
-        <v>797</v>
+        <v>793</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>798</v>
+        <v>794</v>
       </c>
       <c r="G204" s="2">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="H204" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I204" s="1">
         <v>0</v>
       </c>
       <c r="J204" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K204" s="2" t="str">
-        <f>J204*781.00</f>
+        <f>J204*769.00</f>
         <v>0</v>
       </c>
       <c r="L204" s="5"/>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A205" s="1"/>
       <c r="B205" s="1">
-        <v>837092</v>
+        <v>837091</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>800</v>
+        <v>796</v>
       </c>
       <c r="E205" s="2" t="s">
-        <v>801</v>
+        <v>797</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>802</v>
+        <v>798</v>
       </c>
       <c r="G205" s="2">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="H205" s="2" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="I205" s="1">
         <v>0</v>
       </c>
       <c r="J205" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K205" s="2" t="str">
-        <f>J205*731.00</f>
+        <f>J205*781.00</f>
         <v>0</v>
       </c>
       <c r="L205" s="5"/>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A206" s="1"/>
       <c r="B206" s="1">
-        <v>837093</v>
+        <v>837092</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>803</v>
+        <v>799</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>804</v>
+        <v>800</v>
       </c>
       <c r="E206" s="2" t="s">
-        <v>805</v>
+        <v>801</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>806</v>
+        <v>802</v>
       </c>
       <c r="G206" s="2">
         <v>8</v>
       </c>
       <c r="H206" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="I206" s="1">
         <v>0</v>
       </c>
       <c r="J206" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K206" s="2" t="str">
-        <f>J206*698.00</f>
+        <f>J206*731.00</f>
         <v>0</v>
       </c>
       <c r="L206" s="5"/>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A207" s="1"/>
       <c r="B207" s="1">
-        <v>837094</v>
+        <v>837093</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>807</v>
+        <v>803</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>808</v>
+        <v>804</v>
       </c>
       <c r="E207" s="2" t="s">
-        <v>809</v>
+        <v>805</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>810</v>
+        <v>806</v>
       </c>
       <c r="G207" s="2">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="H207" s="2" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="I207" s="1">
         <v>0</v>
       </c>
       <c r="J207" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K207" s="2" t="str">
-        <f>J207*861.00</f>
+        <f>J207*698.00</f>
         <v>0</v>
       </c>
       <c r="L207" s="5"/>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A208" s="1"/>
       <c r="B208" s="1">
-        <v>837095</v>
+        <v>837094</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>811</v>
+        <v>807</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>812</v>
+        <v>808</v>
       </c>
       <c r="E208" s="2" t="s">
-        <v>813</v>
+        <v>809</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="G208" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H208" s="2" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="I208" s="1">
         <v>0</v>
       </c>
       <c r="J208" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K208" s="2" t="str">
-        <f>J208*712.00</f>
+        <f>J208*861.00</f>
         <v>0</v>
       </c>
       <c r="L208" s="5"/>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A209" s="1"/>
       <c r="B209" s="1">
-        <v>837096</v>
+        <v>837095</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>815</v>
+        <v>811</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>816</v>
+        <v>812</v>
       </c>
       <c r="E209" s="2" t="s">
-        <v>817</v>
+        <v>813</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>818</v>
+        <v>814</v>
       </c>
       <c r="G209" s="2">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="H209" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="I209" s="1">
         <v>0</v>
       </c>
       <c r="J209" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K209" s="2" t="str">
-        <f>J209*889.00</f>
+        <f>J209*712.00</f>
         <v>0</v>
       </c>
       <c r="L209" s="5"/>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A210" s="1"/>
       <c r="B210" s="1">
-        <v>837097</v>
+        <v>837096</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>819</v>
+        <v>815</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>820</v>
+        <v>816</v>
       </c>
       <c r="E210" s="2" t="s">
-        <v>821</v>
+        <v>817</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>822</v>
+        <v>818</v>
       </c>
       <c r="G210" s="2">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="H210" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I210" s="1">
         <v>0</v>
       </c>
       <c r="J210" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K210" s="2" t="str">
-        <f>J210*531.00</f>
+        <f>J210*889.00</f>
         <v>0</v>
       </c>
       <c r="L210" s="5"/>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A211" s="1"/>
       <c r="B211" s="1">
-        <v>837098</v>
+        <v>837097</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>823</v>
+        <v>819</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>824</v>
+        <v>820</v>
       </c>
       <c r="E211" s="2" t="s">
-        <v>825</v>
+        <v>821</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>778</v>
+        <v>822</v>
       </c>
       <c r="G211" s="2">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="H211" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="I211" s="1">
         <v>0</v>
       </c>
       <c r="J211" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K211" s="2" t="str">
-        <f>J211*616.00</f>
+        <f>J211*531.00</f>
         <v>0</v>
       </c>
       <c r="L211" s="5"/>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A212" s="1"/>
       <c r="B212" s="1">
-        <v>837099</v>
+        <v>837098</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>826</v>
+        <v>823</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
       <c r="E212" s="2" t="s">
-        <v>828</v>
+        <v>825</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>829</v>
+        <v>778</v>
       </c>
       <c r="G212" s="2">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="H212" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I212" s="1">
         <v>0</v>
       </c>
       <c r="J212" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K212" s="2" t="str">
-        <f>J212*763.00</f>
+        <f>J212*616.00</f>
         <v>0</v>
       </c>
       <c r="L212" s="5"/>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A213" s="1"/>
       <c r="B213" s="1">
-        <v>837100</v>
+        <v>837099</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>830</v>
+        <v>826</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>831</v>
+        <v>827</v>
       </c>
       <c r="E213" s="2" t="s">
-        <v>832</v>
+        <v>828</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>833</v>
+        <v>829</v>
       </c>
       <c r="G213" s="2">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="H213" s="2" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="I213" s="1">
         <v>0</v>
       </c>
       <c r="J213" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K213" s="2" t="str">
-        <f>J213*495.00</f>
+        <f>J213*763.00</f>
         <v>0</v>
       </c>
       <c r="L213" s="5"/>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A214" s="1"/>
       <c r="B214" s="1">
-        <v>837101</v>
+        <v>837100</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>834</v>
+        <v>830</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>835</v>
+        <v>831</v>
       </c>
       <c r="E214" s="2" t="s">
-        <v>836</v>
+        <v>832</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>837</v>
+        <v>833</v>
       </c>
       <c r="G214" s="2">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H214" s="2" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="I214" s="1">
         <v>0</v>
       </c>
       <c r="J214" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K214" s="2" t="str">
-        <f>J214*715.00</f>
+        <f>J214*495.00</f>
         <v>0</v>
       </c>
       <c r="L214" s="5"/>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A215" s="1"/>
       <c r="B215" s="1">
-        <v>837102</v>
+        <v>837101</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>838</v>
+        <v>834</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>839</v>
+        <v>835</v>
       </c>
       <c r="E215" s="2" t="s">
-        <v>840</v>
+        <v>836</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>738</v>
+        <v>837</v>
       </c>
       <c r="G215" s="2">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="H215" s="2" t="s">
-        <v>50</v>
+        <v>529</v>
       </c>
       <c r="I215" s="1">
         <v>0</v>
       </c>
       <c r="J215" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K215" s="2" t="str">
-        <f>J215*381.00</f>
+        <f>J215*715.00</f>
         <v>0</v>
       </c>
       <c r="L215" s="5"/>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A216" s="1"/>
       <c r="B216" s="1">
-        <v>837103</v>
+        <v>837102</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>841</v>
+        <v>838</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
       <c r="E216" s="2" t="s">
-        <v>843</v>
+        <v>840</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>844</v>
+        <v>738</v>
       </c>
       <c r="G216" s="2">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="H216" s="2" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="I216" s="1">
         <v>0</v>
       </c>
       <c r="J216" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K216" s="2" t="str">
-        <f>J216*458.00</f>
+        <f>J216*381.00</f>
         <v>0</v>
       </c>
       <c r="L216" s="5"/>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A217" s="1"/>
       <c r="B217" s="1">
-        <v>837104</v>
+        <v>837103</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>845</v>
+        <v>841</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>846</v>
+        <v>842</v>
       </c>
       <c r="E217" s="2" t="s">
-        <v>847</v>
+        <v>843</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>848</v>
+        <v>844</v>
       </c>
       <c r="G217" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H217" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I217" s="1">
         <v>0</v>
       </c>
       <c r="J217" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K217" s="2" t="str">
-        <f>J217*682.00</f>
+        <f>J217*458.00</f>
         <v>0</v>
       </c>
       <c r="L217" s="5"/>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A218" s="1"/>
       <c r="B218" s="1">
-        <v>837105</v>
+        <v>837104</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>849</v>
+        <v>845</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>850</v>
+        <v>846</v>
       </c>
       <c r="E218" s="2" t="s">
-        <v>851</v>
+        <v>847</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>742</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>848</v>
+      </c>
+      <c r="G218" s="2">
+        <v>4</v>
       </c>
       <c r="H218" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I218" s="1">
         <v>0</v>
       </c>
       <c r="J218" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K218" s="2" t="str">
-        <f>J218*447.00</f>
+        <f>J218*682.00</f>
         <v>0</v>
       </c>
       <c r="L218" s="5"/>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A219" s="1"/>
       <c r="B219" s="1">
-        <v>837106</v>
+        <v>837105</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="E219" s="2" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>855</v>
+        <v>742</v>
       </c>
       <c r="G219" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H219" s="2" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="I219" s="1">
         <v>0</v>
       </c>
       <c r="J219" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K219" s="2" t="str">
-        <f>J219*591.00</f>
+        <f>J219*447.00</f>
         <v>0</v>
       </c>
       <c r="L219" s="5"/>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A220" s="1"/>
       <c r="B220" s="1">
-        <v>837107</v>
+        <v>837106</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>856</v>
+        <v>852</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>857</v>
+        <v>853</v>
       </c>
       <c r="E220" s="2" t="s">
-        <v>858</v>
+        <v>854</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>859</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>855</v>
+      </c>
+      <c r="G220" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H220" s="2" t="s">
-        <v>29</v>
+        <v>529</v>
       </c>
       <c r="I220" s="1">
         <v>0</v>
       </c>
       <c r="J220" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K220" s="2" t="str">
-        <f>J220*656.00</f>
+        <f>J220*591.00</f>
         <v>0</v>
       </c>
       <c r="L220" s="5"/>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A221" s="1"/>
       <c r="B221" s="1">
+        <v>837107</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="E221" s="2" t="s">
+        <v>858</v>
+      </c>
+      <c r="F221" s="2" t="s">
+        <v>859</v>
+      </c>
+      <c r="G221" s="2">
+        <v>8</v>
+      </c>
+      <c r="H221" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="I221" s="1">
+        <v>0</v>
+      </c>
+      <c r="J221" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K221" s="2" t="str">
+        <f>J221*656.00</f>
+        <v>0</v>
+      </c>
+      <c r="L221" s="5"/>
+    </row>
+    <row r="222" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A222" s="1"/>
+      <c r="B222" s="1">
         <v>837108</v>
       </c>
-      <c r="C221" s="1" t="s">
+      <c r="C222" s="1" t="s">
         <v>860</v>
       </c>
-      <c r="D221" s="1" t="s">
+      <c r="D222" s="1" t="s">
         <v>861</v>
       </c>
-      <c r="E221" s="2" t="s">
+      <c r="E222" s="2" t="s">
         <v>862</v>
       </c>
-      <c r="F221" s="2" t="s">
+      <c r="F222" s="2" t="s">
         <v>863</v>
       </c>
-      <c r="G221" s="2">
-[...18 lines deleted...]
-      <c r="A222" s="8" t="s">
+      <c r="G222" s="2">
+        <v>0</v>
+      </c>
+      <c r="H222" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="I222" s="1">
+        <v>0</v>
+      </c>
+      <c r="J222" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K222" s="2" t="str">
+        <f>J222*527.00</f>
+        <v>0</v>
+      </c>
+      <c r="L222" s="5"/>
+    </row>
+    <row r="223" spans="1:12" outlineLevel="2">
+      <c r="A223" s="8" t="s">
         <v>864</v>
       </c>
-      <c r="B222" s="8"/>
-[...43 lines deleted...]
-      </c>
+      <c r="B223" s="8"/>
+      <c r="C223" s="8"/>
+      <c r="D223" s="8"/>
+      <c r="E223" s="8"/>
+      <c r="F223" s="8"/>
+      <c r="G223" s="8"/>
+      <c r="H223" s="8"/>
+      <c r="I223" s="8"/>
+      <c r="J223" s="8"/>
+      <c r="K223" s="8"/>
       <c r="L223" s="5"/>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A224" s="1"/>
       <c r="B224" s="1">
-        <v>836252</v>
+        <v>836251</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>869</v>
+        <v>865</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>870</v>
+        <v>866</v>
       </c>
       <c r="E224" s="2" t="s">
-        <v>871</v>
+        <v>867</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>872</v>
+        <v>868</v>
       </c>
       <c r="G224" s="2" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="H224" s="2" t="s">
-        <v>17</v>
+        <v>496</v>
       </c>
       <c r="I224" s="1">
         <v>0</v>
       </c>
       <c r="J224" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K224" s="2" t="str">
-        <f>J224*149.00</f>
+        <f>J224*80.00</f>
         <v>0</v>
       </c>
       <c r="L224" s="5"/>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A225" s="1"/>
       <c r="B225" s="1">
-        <v>836253</v>
+        <v>836252</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>873</v>
+        <v>869</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>874</v>
+        <v>870</v>
       </c>
       <c r="E225" s="2" t="s">
-        <v>875</v>
+        <v>871</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>876</v>
+        <v>872</v>
       </c>
       <c r="G225" s="2" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="H225" s="2" t="s">
-        <v>23</v>
+        <v>529</v>
       </c>
       <c r="I225" s="1">
         <v>0</v>
       </c>
       <c r="J225" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K225" s="2" t="str">
-        <f>J225*164.00</f>
+        <f>J225*149.00</f>
         <v>0</v>
       </c>
       <c r="L225" s="5"/>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A226" s="1"/>
       <c r="B226" s="1">
-        <v>836254</v>
+        <v>836253</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>877</v>
+        <v>873</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>878</v>
+        <v>874</v>
       </c>
       <c r="E226" s="2" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>880</v>
+        <v>876</v>
       </c>
       <c r="G226" s="2" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="H226" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I226" s="1">
         <v>0</v>
       </c>
       <c r="J226" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K226" s="2" t="str">
-        <f>J226*118.00</f>
+        <f>J226*164.00</f>
         <v>0</v>
       </c>
       <c r="L226" s="5"/>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A227" s="1"/>
       <c r="B227" s="1">
-        <v>836255</v>
+        <v>836254</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>881</v>
+        <v>877</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>882</v>
+        <v>878</v>
       </c>
       <c r="E227" s="2" t="s">
-        <v>512</v>
+        <v>879</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>883</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>880</v>
+      </c>
+      <c r="G227" s="2" t="s">
+        <v>46</v>
       </c>
       <c r="H227" s="2" t="s">
-        <v>23</v>
+        <v>529</v>
       </c>
       <c r="I227" s="1">
         <v>0</v>
       </c>
       <c r="J227" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K227" s="2" t="str">
-        <f>J227*179.00</f>
+        <f>J227*118.00</f>
         <v>0</v>
       </c>
       <c r="L227" s="5"/>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A228" s="1"/>
       <c r="B228" s="1">
-        <v>836256</v>
+        <v>836255</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
       <c r="E228" s="2" t="s">
-        <v>886</v>
+        <v>511</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>887</v>
+        <v>883</v>
       </c>
       <c r="G228" s="2" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="H228" s="2" t="s">
-        <v>17</v>
+        <v>529</v>
       </c>
       <c r="I228" s="1">
         <v>0</v>
       </c>
       <c r="J228" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K228" s="2" t="str">
-        <f>J228*265.00</f>
+        <f>J228*179.00</f>
         <v>0</v>
       </c>
       <c r="L228" s="5"/>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A229" s="1"/>
       <c r="B229" s="1">
-        <v>836257</v>
+        <v>836256</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>888</v>
+        <v>884</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>889</v>
+        <v>885</v>
       </c>
       <c r="E229" s="2" t="s">
-        <v>524</v>
+        <v>886</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>890</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>887</v>
+      </c>
+      <c r="G229" s="2" t="s">
+        <v>46</v>
       </c>
       <c r="H229" s="2" t="s">
-        <v>17</v>
+        <v>529</v>
       </c>
       <c r="I229" s="1">
         <v>0</v>
       </c>
       <c r="J229" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K229" s="2" t="str">
-        <f>J229*335.00</f>
+        <f>J229*265.00</f>
         <v>0</v>
       </c>
       <c r="L229" s="5"/>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A230" s="1"/>
       <c r="B230" s="1">
-        <v>836258</v>
+        <v>836257</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
       <c r="E230" s="2" t="s">
-        <v>893</v>
+        <v>523</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>894</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>890</v>
+      </c>
+      <c r="G230" s="2">
+        <v>10</v>
       </c>
       <c r="H230" s="2" t="s">
-        <v>17</v>
+        <v>529</v>
       </c>
       <c r="I230" s="1">
         <v>0</v>
       </c>
       <c r="J230" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K230" s="2" t="str">
-        <f>J230*195.00</f>
+        <f>J230*335.00</f>
         <v>0</v>
       </c>
       <c r="L230" s="5"/>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A231" s="1"/>
       <c r="B231" s="1">
-        <v>836259</v>
+        <v>836258</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>895</v>
+        <v>891</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>896</v>
+        <v>892</v>
       </c>
       <c r="E231" s="2" t="s">
-        <v>532</v>
+        <v>893</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>501</v>
+        <v>894</v>
       </c>
       <c r="G231" s="2" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="H231" s="2" t="s">
-        <v>29</v>
+        <v>529</v>
       </c>
       <c r="I231" s="1">
         <v>0</v>
       </c>
       <c r="J231" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K231" s="2" t="str">
-        <f>J231*234.00</f>
+        <f>J231*195.00</f>
         <v>0</v>
       </c>
       <c r="L231" s="5"/>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A232" s="1"/>
       <c r="B232" s="1">
-        <v>836260</v>
+        <v>836259</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>898</v>
+        <v>896</v>
       </c>
       <c r="E232" s="2" t="s">
-        <v>536</v>
+        <v>532</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>899</v>
+        <v>500</v>
       </c>
       <c r="G232" s="2" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="H232" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I232" s="1">
         <v>0</v>
       </c>
       <c r="J232" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K232" s="2" t="str">
-        <f>J232*225.00</f>
+        <f>J232*234.00</f>
         <v>0</v>
       </c>
       <c r="L232" s="5"/>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A233" s="1"/>
       <c r="B233" s="1">
-        <v>836261</v>
+        <v>836260</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>901</v>
+        <v>898</v>
       </c>
       <c r="E233" s="2" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>902</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>899</v>
+      </c>
+      <c r="G233" s="2">
+        <v>8</v>
       </c>
       <c r="H233" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I233" s="1">
         <v>0</v>
       </c>
       <c r="J233" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K233" s="2" t="str">
-        <f>J233*279.00</f>
+        <f>J233*225.00</f>
         <v>0</v>
       </c>
       <c r="L233" s="5"/>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A234" s="1"/>
       <c r="B234" s="1">
-        <v>889114</v>
+        <v>836261</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>903</v>
+        <v>900</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>904</v>
+        <v>901</v>
       </c>
       <c r="E234" s="2" t="s">
-        <v>905</v>
+        <v>540</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>906</v>
+        <v>902</v>
       </c>
       <c r="G234" s="2" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="H234" s="2" t="s">
-        <v>497</v>
+        <v>529</v>
       </c>
       <c r="I234" s="1">
         <v>0</v>
       </c>
       <c r="J234" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K234" s="2" t="str">
-        <f>J234*98.00</f>
+        <f>J234*279.00</f>
         <v>0</v>
       </c>
       <c r="L234" s="5"/>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A235" s="1"/>
       <c r="B235" s="1">
-        <v>889115</v>
+        <v>889114</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>907</v>
+        <v>903</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>908</v>
+        <v>904</v>
       </c>
       <c r="E235" s="2" t="s">
-        <v>909</v>
+        <v>905</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>910</v>
+        <v>906</v>
       </c>
       <c r="G235" s="2" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="H235" s="2" t="s">
-        <v>17</v>
+        <v>496</v>
       </c>
       <c r="I235" s="1">
         <v>0</v>
       </c>
       <c r="J235" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K235" s="2" t="str">
-        <f>J235*134.00</f>
+        <f>J235*98.00</f>
         <v>0</v>
       </c>
       <c r="L235" s="5"/>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A236" s="1"/>
       <c r="B236" s="1">
-        <v>889116</v>
+        <v>889115</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>911</v>
+        <v>907</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>912</v>
+        <v>908</v>
       </c>
       <c r="E236" s="2" t="s">
-        <v>913</v>
+        <v>909</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>914</v>
+        <v>910</v>
       </c>
       <c r="G236" s="2" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="H236" s="2" t="s">
-        <v>29</v>
+        <v>496</v>
       </c>
       <c r="I236" s="1">
         <v>0</v>
       </c>
       <c r="J236" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K236" s="2" t="str">
-        <f>J236*201.00</f>
+        <f>J236*134.00</f>
         <v>0</v>
       </c>
       <c r="L236" s="5"/>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A237" s="1"/>
       <c r="B237" s="1">
-        <v>889117</v>
+        <v>889116</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>915</v>
+        <v>911</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>916</v>
+        <v>912</v>
       </c>
       <c r="E237" s="2" t="s">
-        <v>686</v>
+        <v>913</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>917</v>
+        <v>914</v>
       </c>
       <c r="G237" s="2" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="H237" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I237" s="1">
         <v>0</v>
       </c>
       <c r="J237" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K237" s="2" t="str">
-        <f>J237*172.00</f>
+        <f>J237*201.00</f>
         <v>0</v>
       </c>
       <c r="L237" s="5"/>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A238" s="1"/>
       <c r="B238" s="1">
-        <v>889118</v>
+        <v>889117</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>918</v>
+        <v>915</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>919</v>
+        <v>916</v>
       </c>
       <c r="E238" s="2" t="s">
-        <v>690</v>
+        <v>686</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>920</v>
+        <v>917</v>
       </c>
       <c r="G238" s="2" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="H238" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I238" s="1">
         <v>0</v>
       </c>
       <c r="J238" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K238" s="2" t="str">
-        <f>J238*236.00</f>
+        <f>J238*172.00</f>
         <v>0</v>
       </c>
       <c r="L238" s="5"/>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A239" s="1"/>
       <c r="B239" s="1">
-        <v>889119</v>
+        <v>889118</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>922</v>
+        <v>919</v>
       </c>
       <c r="E239" s="2" t="s">
-        <v>694</v>
+        <v>690</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>923</v>
+        <v>920</v>
       </c>
       <c r="G239" s="2" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="H239" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I239" s="1">
         <v>0</v>
       </c>
       <c r="J239" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K239" s="2" t="str">
-        <f>J239*249.00</f>
+        <f>J239*236.00</f>
         <v>0</v>
       </c>
       <c r="L239" s="5"/>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A240" s="1"/>
       <c r="B240" s="1">
-        <v>889120</v>
+        <v>889119</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>924</v>
+        <v>921</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>925</v>
+        <v>922</v>
       </c>
       <c r="E240" s="2" t="s">
-        <v>698</v>
+        <v>694</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>926</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>923</v>
+      </c>
+      <c r="G240" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H240" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I240" s="1">
         <v>0</v>
       </c>
       <c r="J240" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K240" s="2" t="str">
-        <f>J240*313.00</f>
+        <f>J240*249.00</f>
         <v>0</v>
       </c>
       <c r="L240" s="5"/>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A241" s="1"/>
       <c r="B241" s="1">
-        <v>889121</v>
+        <v>889120</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="E241" s="2" t="s">
-        <v>702</v>
+        <v>698</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
       <c r="G241" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H241" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I241" s="1">
         <v>0</v>
       </c>
       <c r="J241" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K241" s="2" t="str">
-        <f>J241*402.00</f>
+        <f>J241*313.00</f>
         <v>0</v>
       </c>
       <c r="L241" s="5"/>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A242" s="1"/>
       <c r="B242" s="1">
-        <v>889122</v>
+        <v>889121</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>931</v>
+        <v>928</v>
       </c>
       <c r="E242" s="2" t="s">
-        <v>932</v>
+        <v>702</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>933</v>
+        <v>929</v>
       </c>
       <c r="G242" s="2" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="H242" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I242" s="1">
         <v>0</v>
       </c>
       <c r="J242" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K242" s="2" t="str">
-        <f>J242*239.00</f>
+        <f>J242*402.00</f>
         <v>0</v>
       </c>
       <c r="L242" s="5"/>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A243" s="1"/>
       <c r="B243" s="1">
-        <v>889123</v>
+        <v>889122</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>934</v>
+        <v>930</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>935</v>
+        <v>931</v>
       </c>
       <c r="E243" s="2" t="s">
-        <v>706</v>
+        <v>932</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="G243" s="2" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="H243" s="2" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="I243" s="1">
         <v>0</v>
       </c>
       <c r="J243" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K243" s="2" t="str">
-        <f>J243*206.00</f>
+        <f>J243*239.00</f>
         <v>0</v>
       </c>
       <c r="L243" s="5"/>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A244" s="1"/>
       <c r="B244" s="1">
-        <v>889124</v>
+        <v>889123</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>938</v>
+        <v>935</v>
       </c>
       <c r="E244" s="2" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>939</v>
+        <v>936</v>
       </c>
       <c r="G244" s="2" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="H244" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I244" s="1">
         <v>0</v>
       </c>
       <c r="J244" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K244" s="2" t="str">
-        <f>J244*294.00</f>
+        <f>J244*206.00</f>
         <v>0</v>
       </c>
       <c r="L244" s="5"/>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A245" s="1"/>
       <c r="B245" s="1">
-        <v>889125</v>
+        <v>889124</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
       <c r="E245" s="2" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>942</v>
+        <v>939</v>
       </c>
       <c r="G245" s="2" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="H245" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I245" s="1">
         <v>0</v>
       </c>
       <c r="J245" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K245" s="2" t="str">
-        <f>J245*326.00</f>
+        <f>J245*294.00</f>
         <v>0</v>
       </c>
       <c r="L245" s="5"/>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A246" s="1"/>
       <c r="B246" s="1">
-        <v>889126</v>
+        <v>889125</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>943</v>
+        <v>940</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>944</v>
+        <v>941</v>
       </c>
       <c r="E246" s="2" t="s">
-        <v>718</v>
+        <v>714</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>945</v>
+        <v>942</v>
       </c>
       <c r="G246" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H246" s="2" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="I246" s="1">
         <v>0</v>
       </c>
       <c r="J246" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K246" s="2" t="str">
-        <f>J246*471.00</f>
+        <f>J246*326.00</f>
         <v>0</v>
       </c>
       <c r="L246" s="5"/>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A247" s="1"/>
       <c r="B247" s="1">
-        <v>889127</v>
+        <v>889126</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>946</v>
+        <v>943</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="E247" s="2" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>948</v>
+        <v>945</v>
       </c>
       <c r="G247" s="2" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="H247" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I247" s="1">
         <v>0</v>
       </c>
       <c r="J247" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K247" s="2" t="str">
-        <f>J247*177.00</f>
+        <f>J247*471.00</f>
         <v>0</v>
       </c>
       <c r="L247" s="5"/>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A248" s="1"/>
       <c r="B248" s="1">
-        <v>889128</v>
+        <v>889127</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>949</v>
+        <v>946</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>950</v>
+        <v>947</v>
       </c>
       <c r="E248" s="2" t="s">
-        <v>725</v>
+        <v>721</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>951</v>
+        <v>948</v>
       </c>
       <c r="G248" s="2" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="H248" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I248" s="1">
         <v>0</v>
       </c>
       <c r="J248" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K248" s="2" t="str">
-        <f>J248*148.00</f>
+        <f>J248*177.00</f>
         <v>0</v>
       </c>
       <c r="L248" s="5"/>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A249" s="1"/>
       <c r="B249" s="1">
-        <v>889129</v>
+        <v>889128</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>952</v>
+        <v>949</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>953</v>
+        <v>950</v>
       </c>
       <c r="E249" s="2" t="s">
-        <v>729</v>
+        <v>725</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>954</v>
+        <v>951</v>
       </c>
       <c r="G249" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H249" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I249" s="1">
         <v>0</v>
       </c>
       <c r="J249" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K249" s="2" t="str">
-        <f>J249*301.00</f>
+        <f>J249*148.00</f>
         <v>0</v>
       </c>
       <c r="L249" s="5"/>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A250" s="1"/>
       <c r="B250" s="1">
-        <v>889130</v>
+        <v>889129</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>955</v>
+        <v>952</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>956</v>
+        <v>953</v>
       </c>
       <c r="E250" s="2" t="s">
-        <v>733</v>
+        <v>729</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>957</v>
+        <v>954</v>
       </c>
       <c r="G250" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H250" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I250" s="1">
         <v>0</v>
       </c>
       <c r="J250" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K250" s="2" t="str">
-        <f>J250*211.00</f>
+        <f>J250*301.00</f>
         <v>0</v>
       </c>
       <c r="L250" s="5"/>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A251" s="1"/>
       <c r="B251" s="1">
-        <v>889131</v>
+        <v>889130</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>958</v>
+        <v>955</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>959</v>
+        <v>956</v>
       </c>
       <c r="E251" s="2" t="s">
-        <v>737</v>
+        <v>733</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>960</v>
+        <v>957</v>
       </c>
       <c r="G251" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H251" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I251" s="1">
         <v>0</v>
       </c>
       <c r="J251" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K251" s="2" t="str">
-        <f>J251*243.00</f>
+        <f>J251*211.00</f>
         <v>0</v>
       </c>
       <c r="L251" s="5"/>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A252" s="1"/>
       <c r="B252" s="1">
-        <v>889132</v>
+        <v>889131</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>961</v>
+        <v>958</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>962</v>
+        <v>959</v>
       </c>
       <c r="E252" s="2" t="s">
-        <v>963</v>
+        <v>737</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>964</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>960</v>
+      </c>
+      <c r="G252" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H252" s="2" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="I252" s="1">
         <v>0</v>
       </c>
       <c r="J252" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K252" s="2" t="str">
-        <f>J252*411.00</f>
+        <f>J252*243.00</f>
         <v>0</v>
       </c>
       <c r="L252" s="5"/>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A253" s="1"/>
       <c r="B253" s="1">
-        <v>889133</v>
+        <v>889132</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>965</v>
+        <v>961</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>966</v>
+        <v>962</v>
       </c>
       <c r="E253" s="2" t="s">
-        <v>967</v>
+        <v>963</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>968</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>964</v>
+      </c>
+      <c r="G253" s="2">
+        <v>10</v>
       </c>
       <c r="H253" s="2" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="I253" s="1">
         <v>0</v>
       </c>
       <c r="J253" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K253" s="2" t="str">
-        <f>J253*214.00</f>
+        <f>J253*411.00</f>
         <v>0</v>
       </c>
       <c r="L253" s="5"/>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A254" s="1"/>
       <c r="B254" s="1">
-        <v>889987</v>
+        <v>889133</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>969</v>
+        <v>965</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>970</v>
+        <v>966</v>
       </c>
       <c r="E254" s="2" t="s">
-        <v>971</v>
+        <v>967</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>972</v>
+        <v>968</v>
       </c>
       <c r="G254" s="2" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="H254" s="2" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="I254" s="1">
         <v>0</v>
       </c>
       <c r="J254" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K254" s="2" t="str">
-        <f>J254*232.00</f>
+        <f>J254*214.00</f>
         <v>0</v>
       </c>
       <c r="L254" s="5"/>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A255" s="1"/>
       <c r="B255" s="1">
-        <v>889134</v>
+        <v>889987</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>973</v>
+        <v>969</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>974</v>
+        <v>970</v>
       </c>
       <c r="E255" s="2" t="s">
-        <v>741</v>
+        <v>971</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>975</v>
+        <v>972</v>
       </c>
       <c r="G255" s="2" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="H255" s="2" t="s">
-        <v>23</v>
+        <v>529</v>
       </c>
       <c r="I255" s="1">
         <v>0</v>
       </c>
       <c r="J255" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K255" s="2" t="str">
-        <f>J255*220.00</f>
+        <f>J255*232.00</f>
         <v>0</v>
       </c>
       <c r="L255" s="5"/>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A256" s="1"/>
       <c r="B256" s="1">
-        <v>889135</v>
+        <v>889134</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>976</v>
+        <v>973</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>977</v>
+        <v>974</v>
       </c>
       <c r="E256" s="2" t="s">
-        <v>745</v>
+        <v>741</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>978</v>
+        <v>975</v>
       </c>
       <c r="G256" s="2" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="H256" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I256" s="1">
         <v>0</v>
       </c>
       <c r="J256" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K256" s="2" t="str">
-        <f>J256*276.00</f>
+        <f>J256*220.00</f>
         <v>0</v>
       </c>
       <c r="L256" s="5"/>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A257" s="1"/>
       <c r="B257" s="1">
-        <v>889988</v>
+        <v>889135</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>979</v>
+        <v>976</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>980</v>
+        <v>977</v>
       </c>
       <c r="E257" s="2" t="s">
-        <v>981</v>
+        <v>745</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>982</v>
+        <v>978</v>
       </c>
       <c r="G257" s="2" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="H257" s="2" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="I257" s="1">
         <v>0</v>
       </c>
       <c r="J257" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K257" s="2" t="str">
-        <f>J257*308.00</f>
+        <f>J257*276.00</f>
         <v>0</v>
       </c>
       <c r="L257" s="5"/>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A258" s="1"/>
       <c r="B258" s="1">
-        <v>889136</v>
+        <v>889988</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>983</v>
+        <v>979</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>984</v>
+        <v>980</v>
       </c>
       <c r="E258" s="2" t="s">
-        <v>761</v>
+        <v>981</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>985</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>982</v>
+      </c>
+      <c r="G258" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H258" s="2" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="I258" s="1">
         <v>0</v>
       </c>
       <c r="J258" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K258" s="2" t="str">
-        <f>J258*337.00</f>
+        <f>J258*308.00</f>
         <v>0</v>
       </c>
       <c r="L258" s="5"/>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A259" s="1"/>
       <c r="B259" s="1">
-        <v>889137</v>
+        <v>889136</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>986</v>
+        <v>983</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>987</v>
+        <v>984</v>
       </c>
       <c r="E259" s="2" t="s">
-        <v>765</v>
+        <v>761</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>988</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>985</v>
+      </c>
+      <c r="G259" s="2">
+        <v>10</v>
       </c>
       <c r="H259" s="2" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="I259" s="1">
         <v>0</v>
       </c>
       <c r="J259" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K259" s="2" t="str">
-        <f>J259*419.00</f>
+        <f>J259*337.00</f>
         <v>0</v>
       </c>
       <c r="L259" s="5"/>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A260" s="1"/>
       <c r="B260" s="1">
-        <v>889138</v>
+        <v>889137</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>989</v>
+        <v>986</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>990</v>
+        <v>987</v>
       </c>
       <c r="E260" s="2" t="s">
-        <v>769</v>
+        <v>765</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>991</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>988</v>
+      </c>
+      <c r="G260" s="2" t="s">
+        <v>46</v>
       </c>
       <c r="H260" s="2" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="I260" s="1">
         <v>0</v>
       </c>
       <c r="J260" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K260" s="2" t="str">
-        <f>J260*333.00</f>
+        <f>J260*419.00</f>
         <v>0</v>
       </c>
       <c r="L260" s="5"/>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A261" s="1"/>
       <c r="B261" s="1">
-        <v>889139</v>
+        <v>889138</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>992</v>
+        <v>989</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>993</v>
+        <v>990</v>
       </c>
       <c r="E261" s="2" t="s">
-        <v>777</v>
+        <v>769</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>738</v>
+        <v>991</v>
       </c>
       <c r="G261" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H261" s="2" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="I261" s="1">
         <v>0</v>
       </c>
       <c r="J261" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K261" s="2" t="str">
-        <f>J261*381.00</f>
+        <f>J261*333.00</f>
         <v>0</v>
       </c>
       <c r="L261" s="5"/>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A262" s="1"/>
       <c r="B262" s="1">
-        <v>889140</v>
+        <v>889139</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>994</v>
+        <v>992</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>995</v>
+        <v>993</v>
       </c>
       <c r="E262" s="2" t="s">
-        <v>781</v>
+        <v>777</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>996</v>
+        <v>738</v>
       </c>
       <c r="G262" s="2">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="H262" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I262" s="1">
         <v>0</v>
       </c>
       <c r="J262" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K262" s="2" t="str">
-        <f>J262*530.00</f>
+        <f>J262*381.00</f>
         <v>0</v>
       </c>
       <c r="L262" s="5"/>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A263" s="1"/>
       <c r="B263" s="1">
-        <v>889141</v>
+        <v>889140</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>997</v>
+        <v>994</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="E263" s="2" t="s">
-        <v>785</v>
+        <v>781</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>999</v>
+        <v>996</v>
       </c>
       <c r="G263" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H263" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I263" s="1">
         <v>0</v>
       </c>
       <c r="J263" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K263" s="2" t="str">
-        <f>J263*674.00</f>
+        <f>J263*530.00</f>
         <v>0</v>
       </c>
       <c r="L263" s="5"/>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A264" s="1"/>
       <c r="B264" s="1">
-        <v>889142</v>
+        <v>889141</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>1000</v>
+        <v>997</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>1001</v>
+        <v>998</v>
       </c>
       <c r="E264" s="2" t="s">
-        <v>789</v>
+        <v>785</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>1002</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>999</v>
+      </c>
+      <c r="G264" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H264" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I264" s="1">
         <v>0</v>
       </c>
       <c r="J264" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K264" s="2" t="str">
-        <f>J264*448.00</f>
+        <f>J264*674.00</f>
         <v>0</v>
       </c>
       <c r="L264" s="5"/>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A265" s="1"/>
       <c r="B265" s="1">
-        <v>889143</v>
+        <v>889142</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>1003</v>
+        <v>1000</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>1004</v>
+        <v>1001</v>
       </c>
       <c r="E265" s="2" t="s">
-        <v>793</v>
+        <v>789</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>1005</v>
+        <v>1002</v>
       </c>
       <c r="G265" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H265" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I265" s="1">
         <v>0</v>
       </c>
       <c r="J265" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K265" s="2" t="str">
-        <f>J265*480.00</f>
+        <f>J265*448.00</f>
         <v>0</v>
       </c>
       <c r="L265" s="5"/>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A266" s="1"/>
       <c r="B266" s="1">
-        <v>889144</v>
+        <v>889143</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>1006</v>
+        <v>1003</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>1007</v>
+        <v>1004</v>
       </c>
       <c r="E266" s="2" t="s">
-        <v>797</v>
+        <v>793</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>1008</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>1005</v>
+      </c>
+      <c r="G266" s="2">
+        <v>10</v>
       </c>
       <c r="H266" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I266" s="1">
         <v>0</v>
       </c>
       <c r="J266" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K266" s="2" t="str">
-        <f>J266*533.00</f>
+        <f>J266*480.00</f>
         <v>0</v>
       </c>
       <c r="L266" s="5"/>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A267" s="1"/>
       <c r="B267" s="1">
-        <v>889145</v>
+        <v>889144</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>1009</v>
+        <v>1006</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
       <c r="E267" s="2" t="s">
-        <v>801</v>
+        <v>797</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>1011</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>1008</v>
+      </c>
+      <c r="G267" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H267" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="I267" s="1">
         <v>0</v>
       </c>
       <c r="J267" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K267" s="2" t="str">
-        <f>J267*494.00</f>
+        <f>J267*533.00</f>
         <v>0</v>
       </c>
       <c r="L267" s="5"/>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A268" s="1"/>
       <c r="B268" s="1">
-        <v>889146</v>
+        <v>889145</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>1012</v>
+        <v>1009</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>1013</v>
+        <v>1010</v>
       </c>
       <c r="E268" s="2" t="s">
-        <v>805</v>
+        <v>801</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>1014</v>
+        <v>1011</v>
       </c>
       <c r="G268" s="2">
         <v>10</v>
       </c>
       <c r="H268" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I268" s="1">
         <v>0</v>
       </c>
       <c r="J268" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K268" s="2" t="str">
-        <f>J268*529.00</f>
+        <f>J268*494.00</f>
         <v>0</v>
       </c>
       <c r="L268" s="5"/>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A269" s="1"/>
       <c r="B269" s="1">
-        <v>889147</v>
+        <v>889146</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>1015</v>
+        <v>1012</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>1016</v>
+        <v>1013</v>
       </c>
       <c r="E269" s="2" t="s">
-        <v>809</v>
+        <v>805</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>1017</v>
+        <v>1014</v>
       </c>
       <c r="G269" s="2">
         <v>10</v>
       </c>
       <c r="H269" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I269" s="1">
         <v>0</v>
       </c>
       <c r="J269" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K269" s="2" t="str">
-        <f>J269*593.00</f>
+        <f>J269*529.00</f>
         <v>0</v>
       </c>
       <c r="L269" s="5"/>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A270" s="1"/>
       <c r="B270" s="1">
-        <v>889148</v>
+        <v>889147</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>1018</v>
+        <v>1015</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>1019</v>
+        <v>1016</v>
       </c>
       <c r="E270" s="2" t="s">
-        <v>813</v>
+        <v>809</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>613</v>
+        <v>1017</v>
       </c>
       <c r="G270" s="2">
         <v>10</v>
       </c>
       <c r="H270" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I270" s="1">
         <v>0</v>
       </c>
       <c r="J270" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K270" s="2" t="str">
-        <f>J270*573.00</f>
+        <f>J270*593.00</f>
         <v>0</v>
       </c>
       <c r="L270" s="5"/>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A271" s="1"/>
       <c r="B271" s="1">
-        <v>889149</v>
+        <v>889148</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>1020</v>
+        <v>1018</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>1021</v>
+        <v>1019</v>
       </c>
       <c r="E271" s="2" t="s">
-        <v>817</v>
+        <v>813</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>1022</v>
+        <v>613</v>
       </c>
       <c r="G271" s="2">
         <v>10</v>
       </c>
       <c r="H271" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I271" s="1">
         <v>0</v>
       </c>
       <c r="J271" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K271" s="2" t="str">
-        <f>J271*608.00</f>
+        <f>J271*573.00</f>
         <v>0</v>
       </c>
       <c r="L271" s="5"/>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A272" s="1"/>
       <c r="B272" s="1">
-        <v>889150</v>
+        <v>889149</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>1023</v>
+        <v>1020</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>1024</v>
+        <v>1021</v>
       </c>
       <c r="E272" s="2" t="s">
-        <v>821</v>
+        <v>817</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>1025</v>
+        <v>1022</v>
       </c>
       <c r="G272" s="2">
         <v>10</v>
       </c>
       <c r="H272" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I272" s="1">
         <v>0</v>
       </c>
       <c r="J272" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K272" s="2" t="str">
-        <f>J272*428.00</f>
+        <f>J272*608.00</f>
         <v>0</v>
       </c>
       <c r="L272" s="5"/>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A273" s="1"/>
       <c r="B273" s="1">
-        <v>889151</v>
+        <v>889150</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>1026</v>
+        <v>1023</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>1027</v>
+        <v>1024</v>
       </c>
       <c r="E273" s="2" t="s">
-        <v>825</v>
+        <v>821</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>1028</v>
+        <v>1025</v>
       </c>
       <c r="G273" s="2">
         <v>10</v>
       </c>
       <c r="H273" s="2" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="I273" s="1">
         <v>0</v>
       </c>
       <c r="J273" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K273" s="2" t="str">
-        <f>J273*508.00</f>
+        <f>J273*428.00</f>
         <v>0</v>
       </c>
       <c r="L273" s="5"/>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A274" s="1"/>
       <c r="B274" s="1">
-        <v>889152</v>
+        <v>889151</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>1029</v>
+        <v>1026</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>1030</v>
+        <v>1027</v>
       </c>
       <c r="E274" s="2" t="s">
-        <v>828</v>
+        <v>825</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>1031</v>
+        <v>1028</v>
       </c>
       <c r="G274" s="2">
         <v>10</v>
       </c>
       <c r="H274" s="2" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="I274" s="1">
         <v>0</v>
       </c>
       <c r="J274" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K274" s="2" t="str">
-        <f>J274*695.00</f>
+        <f>J274*508.00</f>
         <v>0</v>
       </c>
       <c r="L274" s="5"/>
     </row>
     <row r="275" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A275" s="1"/>
       <c r="B275" s="1">
-        <v>889153</v>
+        <v>889152</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>1032</v>
+        <v>1029</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>1033</v>
+        <v>1030</v>
       </c>
       <c r="E275" s="2" t="s">
-        <v>1034</v>
+        <v>828</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>982</v>
+        <v>1031</v>
       </c>
       <c r="G275" s="2">
         <v>10</v>
       </c>
       <c r="H275" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="I275" s="1">
         <v>0</v>
       </c>
       <c r="J275" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K275" s="2" t="str">
-        <f>J275*308.00</f>
+        <f>J275*695.00</f>
         <v>0</v>
       </c>
       <c r="L275" s="5"/>
     </row>
     <row r="276" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A276" s="1"/>
       <c r="B276" s="1">
-        <v>889154</v>
+        <v>889153</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>1035</v>
+        <v>1032</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>1036</v>
+        <v>1033</v>
       </c>
       <c r="E276" s="2" t="s">
-        <v>1037</v>
+        <v>1034</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>1038</v>
+        <v>982</v>
       </c>
       <c r="G276" s="2">
         <v>10</v>
       </c>
       <c r="H276" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I276" s="1">
         <v>0</v>
       </c>
       <c r="J276" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K276" s="2" t="str">
-        <f>J276*445.00</f>
+        <f>J276*308.00</f>
         <v>0</v>
       </c>
       <c r="L276" s="5"/>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A277" s="1"/>
       <c r="B277" s="1">
-        <v>889155</v>
+        <v>889154</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>1039</v>
+        <v>1035</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>1040</v>
+        <v>1036</v>
       </c>
       <c r="E277" s="2" t="s">
-        <v>1041</v>
+        <v>1037</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>1042</v>
+        <v>1038</v>
       </c>
       <c r="G277" s="2">
         <v>10</v>
       </c>
       <c r="H277" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I277" s="1">
         <v>0</v>
       </c>
       <c r="J277" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K277" s="2" t="str">
-        <f>J277*520.00</f>
+        <f>J277*445.00</f>
         <v>0</v>
       </c>
       <c r="L277" s="5"/>
     </row>
     <row r="278" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A278" s="1"/>
       <c r="B278" s="1">
-        <v>889156</v>
+        <v>889155</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>1044</v>
+        <v>1040</v>
       </c>
       <c r="E278" s="2" t="s">
-        <v>1045</v>
+        <v>1041</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>1046</v>
+        <v>1042</v>
       </c>
       <c r="G278" s="2">
         <v>10</v>
       </c>
       <c r="H278" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I278" s="1">
         <v>0</v>
       </c>
       <c r="J278" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K278" s="2" t="str">
-        <f>J278*689.00</f>
+        <f>J278*520.00</f>
         <v>0</v>
       </c>
       <c r="L278" s="5"/>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A279" s="1"/>
       <c r="B279" s="1">
-        <v>889157</v>
+        <v>889156</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>1047</v>
+        <v>1043</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>1048</v>
+        <v>1044</v>
       </c>
       <c r="E279" s="2" t="s">
-        <v>832</v>
+        <v>1045</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>1049</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>1046</v>
+      </c>
+      <c r="G279" s="2">
+        <v>10</v>
       </c>
       <c r="H279" s="2" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="I279" s="1">
         <v>0</v>
       </c>
       <c r="J279" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K279" s="2" t="str">
-        <f>J279*299.00</f>
+        <f>J279*689.00</f>
         <v>0</v>
       </c>
       <c r="L279" s="5"/>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A280" s="1"/>
       <c r="B280" s="1">
-        <v>889158</v>
+        <v>889157</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>1050</v>
+        <v>1047</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>1051</v>
+        <v>1048</v>
       </c>
       <c r="E280" s="2" t="s">
-        <v>836</v>
+        <v>832</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>1005</v>
+        <v>1049</v>
       </c>
       <c r="G280" s="2" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="H280" s="2" t="s">
-        <v>17</v>
+        <v>529</v>
       </c>
       <c r="I280" s="1">
         <v>0</v>
       </c>
       <c r="J280" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K280" s="2" t="str">
-        <f>J280*480.00</f>
+        <f>J280*299.00</f>
         <v>0</v>
       </c>
       <c r="L280" s="5"/>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A281" s="1"/>
       <c r="B281" s="1">
-        <v>889159</v>
+        <v>889158</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>1052</v>
+        <v>1050</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>1053</v>
+        <v>1051</v>
       </c>
       <c r="E281" s="2" t="s">
-        <v>1054</v>
+        <v>836</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>1055</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>1005</v>
+      </c>
+      <c r="G281" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H281" s="2" t="s">
-        <v>29</v>
+        <v>529</v>
       </c>
       <c r="I281" s="1">
         <v>0</v>
       </c>
       <c r="J281" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K281" s="2" t="str">
-        <f>J281*317.00</f>
+        <f>J281*480.00</f>
         <v>0</v>
       </c>
       <c r="L281" s="5"/>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A282" s="1"/>
       <c r="B282" s="1">
-        <v>889160</v>
+        <v>889159</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>1057</v>
+        <v>1053</v>
       </c>
       <c r="E282" s="2" t="s">
-        <v>840</v>
+        <v>1054</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>1058</v>
+        <v>1055</v>
       </c>
       <c r="G282" s="2">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H282" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I282" s="1">
         <v>0</v>
       </c>
       <c r="J282" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K282" s="2" t="str">
-        <f>J282*306.00</f>
+        <f>J282*317.00</f>
         <v>0</v>
       </c>
       <c r="L282" s="5"/>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A283" s="1"/>
       <c r="B283" s="1">
-        <v>889161</v>
+        <v>889160</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>1059</v>
+        <v>1056</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>1060</v>
+        <v>1057</v>
       </c>
       <c r="E283" s="2" t="s">
-        <v>843</v>
+        <v>840</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>1061</v>
+        <v>1058</v>
       </c>
       <c r="G283" s="2">
         <v>10</v>
       </c>
       <c r="H283" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I283" s="1">
         <v>0</v>
       </c>
       <c r="J283" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K283" s="2" t="str">
-        <f>J283*378.00</f>
+        <f>J283*306.00</f>
         <v>0</v>
       </c>
       <c r="L283" s="5"/>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A284" s="1"/>
       <c r="B284" s="1">
-        <v>889162</v>
+        <v>889161</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>1062</v>
+        <v>1059</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>1063</v>
+        <v>1060</v>
       </c>
       <c r="E284" s="2" t="s">
-        <v>847</v>
+        <v>843</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>1064</v>
+        <v>1061</v>
       </c>
       <c r="G284" s="2">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="H284" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I284" s="1">
         <v>0</v>
       </c>
       <c r="J284" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K284" s="2" t="str">
-        <f>J284*487.00</f>
+        <f>J284*378.00</f>
         <v>0</v>
       </c>
       <c r="L284" s="5"/>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A285" s="1"/>
       <c r="B285" s="1">
-        <v>889163</v>
+        <v>889162</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>1066</v>
+        <v>1063</v>
       </c>
       <c r="E285" s="2" t="s">
-        <v>1067</v>
+        <v>847</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>1068</v>
+        <v>1064</v>
       </c>
       <c r="G285" s="2">
         <v>9</v>
       </c>
       <c r="H285" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I285" s="1">
         <v>0</v>
       </c>
       <c r="J285" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K285" s="2" t="str">
-        <f>J285*612.00</f>
+        <f>J285*487.00</f>
         <v>0</v>
       </c>
       <c r="L285" s="5"/>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A286" s="1"/>
       <c r="B286" s="1">
-        <v>889164</v>
+        <v>889163</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1069</v>
+        <v>1065</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>1070</v>
+        <v>1066</v>
       </c>
       <c r="E286" s="2" t="s">
-        <v>1071</v>
+        <v>1067</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>991</v>
+        <v>1068</v>
       </c>
       <c r="G286" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="H286" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="I286" s="1">
         <v>0</v>
       </c>
       <c r="J286" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K286" s="2" t="str">
-        <f>J286*333.00</f>
+        <f>J286*612.00</f>
         <v>0</v>
       </c>
       <c r="L286" s="5"/>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A287" s="1"/>
       <c r="B287" s="1">
-        <v>889165</v>
+        <v>889164</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>1072</v>
+        <v>1069</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>1073</v>
+        <v>1070</v>
       </c>
       <c r="E287" s="2" t="s">
-        <v>851</v>
+        <v>1071</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>954</v>
+        <v>991</v>
       </c>
       <c r="G287" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H287" s="2" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="I287" s="1">
         <v>0</v>
       </c>
       <c r="J287" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K287" s="2" t="str">
-        <f>J287*301.00</f>
+        <f>J287*333.00</f>
         <v>0</v>
       </c>
       <c r="L287" s="5"/>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A288" s="1"/>
       <c r="B288" s="1">
-        <v>889166</v>
+        <v>889165</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1074</v>
+        <v>1072</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>1075</v>
+        <v>1073</v>
       </c>
       <c r="E288" s="2" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>1061</v>
+        <v>954</v>
       </c>
       <c r="G288" s="2">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="H288" s="2" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="I288" s="1">
         <v>0</v>
       </c>
       <c r="J288" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K288" s="2" t="str">
-        <f>J288*378.00</f>
+        <f>J288*301.00</f>
         <v>0</v>
       </c>
       <c r="L288" s="5"/>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A289" s="1"/>
       <c r="B289" s="1">
-        <v>889167</v>
+        <v>889166</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1076</v>
+        <v>1074</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>1077</v>
+        <v>1075</v>
       </c>
       <c r="E289" s="2" t="s">
-        <v>858</v>
+        <v>854</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>1078</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>1061</v>
+      </c>
+      <c r="G289" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H289" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I289" s="1">
         <v>0</v>
       </c>
       <c r="J289" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K289" s="2" t="str">
-        <f>J289*482.00</f>
+        <f>J289*378.00</f>
         <v>0</v>
       </c>
       <c r="L289" s="5"/>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A290" s="1"/>
       <c r="B290" s="1">
-        <v>889168</v>
+        <v>889167</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>1079</v>
+        <v>1076</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>1080</v>
+        <v>1077</v>
       </c>
       <c r="E290" s="2" t="s">
-        <v>1081</v>
+        <v>858</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>1068</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>1078</v>
+      </c>
+      <c r="G290" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H290" s="2" t="s">
+        <v>37</v>
       </c>
       <c r="I290" s="1">
         <v>0</v>
       </c>
       <c r="J290" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K290" s="2" t="str">
-        <f>J290*612.00</f>
+        <f>J290*482.00</f>
         <v>0</v>
       </c>
       <c r="L290" s="5"/>
     </row>
     <row r="291" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A291" s="1"/>
       <c r="B291" s="1">
-        <v>889169</v>
+        <v>889168</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>1082</v>
+        <v>1079</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>1083</v>
+        <v>1080</v>
       </c>
       <c r="E291" s="2" t="s">
-        <v>862</v>
+        <v>1081</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>1084</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>1068</v>
+      </c>
+      <c r="G291" s="2">
+        <v>9</v>
       </c>
       <c r="H291" s="2" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="I291" s="1">
         <v>0</v>
       </c>
       <c r="J291" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K291" s="2" t="str">
-        <f>J291*353.00</f>
+        <f>J291*612.00</f>
         <v>0</v>
       </c>
       <c r="L291" s="5"/>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A292" s="1"/>
       <c r="B292" s="1">
-        <v>889170</v>
+        <v>889169</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1085</v>
+        <v>1082</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>1086</v>
+        <v>1083</v>
       </c>
       <c r="E292" s="2" t="s">
-        <v>1087</v>
+        <v>862</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="G292" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="H292" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I292" s="1">
         <v>0</v>
       </c>
       <c r="J292" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K292" s="2" t="str">
-        <f>J292*269.00</f>
+        <f>J292*353.00</f>
         <v>0</v>
       </c>
       <c r="L292" s="5"/>
     </row>
     <row r="293" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A293" s="1"/>
       <c r="B293" s="1">
-        <v>889171</v>
+        <v>889170</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>1089</v>
+        <v>1085</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>1090</v>
+        <v>1086</v>
       </c>
       <c r="E293" s="2" t="s">
-        <v>1091</v>
+        <v>1087</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>1088</v>
+      </c>
+      <c r="G293" s="2" t="s">
+        <v>46</v>
       </c>
       <c r="H293" s="2" t="s">
-        <v>28</v>
+        <v>529</v>
       </c>
       <c r="I293" s="1">
         <v>0</v>
       </c>
       <c r="J293" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K293" s="2" t="str">
-        <f>J293*393.00</f>
+        <f>J293*269.00</f>
         <v>0</v>
       </c>
       <c r="L293" s="5"/>
     </row>
     <row r="294" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A294" s="1"/>
       <c r="B294" s="1">
-        <v>889172</v>
+        <v>889171</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>1093</v>
+        <v>1089</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>1094</v>
+        <v>1090</v>
       </c>
       <c r="E294" s="2" t="s">
-        <v>1095</v>
+        <v>1091</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>833</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>1092</v>
+      </c>
+      <c r="G294" s="2">
+        <v>10</v>
       </c>
       <c r="H294" s="2" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="I294" s="1">
         <v>0</v>
       </c>
       <c r="J294" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K294" s="2" t="str">
-        <f>J294*495.00</f>
+        <f>J294*393.00</f>
         <v>0</v>
       </c>
       <c r="L294" s="5"/>
     </row>
     <row r="295" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A295" s="1"/>
       <c r="B295" s="1">
-        <v>889173</v>
+        <v>889172</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>1096</v>
+        <v>1093</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>1097</v>
+        <v>1094</v>
       </c>
       <c r="E295" s="2" t="s">
-        <v>1098</v>
+        <v>1095</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>1099</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>833</v>
+      </c>
+      <c r="G295" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H295" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I295" s="1">
         <v>0</v>
       </c>
       <c r="J295" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K295" s="2" t="str">
-        <f>J295*416.00</f>
+        <f>J295*495.00</f>
         <v>0</v>
       </c>
       <c r="L295" s="5"/>
     </row>
     <row r="296" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A296" s="1"/>
       <c r="B296" s="1">
-        <v>889174</v>
+        <v>889173</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1100</v>
+        <v>1096</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>1101</v>
+        <v>1097</v>
       </c>
       <c r="E296" s="2" t="s">
-        <v>1102</v>
+        <v>1098</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>1103</v>
+        <v>1099</v>
       </c>
       <c r="G296" s="2">
         <v>10</v>
       </c>
       <c r="H296" s="2" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="I296" s="1">
         <v>0</v>
       </c>
       <c r="J296" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K296" s="2" t="str">
-        <f>J296*552.00</f>
+        <f>J296*416.00</f>
         <v>0</v>
       </c>
       <c r="L296" s="5"/>
     </row>
     <row r="297" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A297" s="1"/>
       <c r="B297" s="1">
-        <v>889175</v>
+        <v>889174</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>1104</v>
+        <v>1100</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>1105</v>
+        <v>1101</v>
       </c>
       <c r="E297" s="2" t="s">
-        <v>612</v>
+        <v>1102</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>1106</v>
+        <v>1103</v>
       </c>
       <c r="G297" s="2">
         <v>10</v>
       </c>
       <c r="H297" s="2" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="I297" s="1">
         <v>0</v>
       </c>
       <c r="J297" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K297" s="2" t="str">
-        <f>J297*522.00</f>
+        <f>J297*552.00</f>
         <v>0</v>
       </c>
       <c r="L297" s="5"/>
     </row>
     <row r="298" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A298" s="1"/>
       <c r="B298" s="1">
-        <v>889176</v>
+        <v>889175</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>1107</v>
+        <v>1104</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>1108</v>
+        <v>1105</v>
       </c>
       <c r="E298" s="2" t="s">
-        <v>1109</v>
+        <v>612</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>1110</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>1106</v>
+      </c>
+      <c r="G298" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H298" s="2" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="I298" s="1">
         <v>0</v>
       </c>
       <c r="J298" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K298" s="2" t="str">
-        <f>J298*344.00</f>
+        <f>J298*522.00</f>
         <v>0</v>
       </c>
       <c r="L298" s="5"/>
     </row>
     <row r="299" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A299" s="1"/>
       <c r="B299" s="1">
-        <v>889177</v>
+        <v>889176</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>1111</v>
+        <v>1107</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>1112</v>
+        <v>1108</v>
       </c>
       <c r="E299" s="2" t="s">
-        <v>753</v>
+        <v>1109</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>890</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>1110</v>
+      </c>
+      <c r="G299" s="2">
+        <v>10</v>
       </c>
       <c r="H299" s="2" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="I299" s="1">
         <v>0</v>
       </c>
       <c r="J299" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K299" s="2" t="str">
-        <f>J299*335.00</f>
+        <f>J299*344.00</f>
         <v>0</v>
       </c>
       <c r="L299" s="5"/>
     </row>
     <row r="300" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A300" s="1"/>
       <c r="B300" s="1">
-        <v>889178</v>
+        <v>889177</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>1113</v>
+        <v>1111</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>1114</v>
+        <v>1112</v>
       </c>
       <c r="E300" s="2" t="s">
-        <v>757</v>
+        <v>753</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>1002</v>
+        <v>890</v>
       </c>
       <c r="G300" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H300" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="I300" s="1">
         <v>0</v>
       </c>
       <c r="J300" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K300" s="2" t="str">
-        <f>J300*448.00</f>
+        <f>J300*335.00</f>
         <v>0</v>
       </c>
       <c r="L300" s="5"/>
     </row>
     <row r="301" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A301" s="1"/>
       <c r="B301" s="1">
-        <v>889179</v>
+        <v>889178</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>1115</v>
+        <v>1113</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>1116</v>
+        <v>1114</v>
       </c>
       <c r="E301" s="2" t="s">
-        <v>619</v>
+        <v>757</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>1117</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>1002</v>
+      </c>
+      <c r="G301" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H301" s="2" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="I301" s="1">
         <v>0</v>
       </c>
       <c r="J301" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K301" s="2" t="str">
-        <f>J301*557.00</f>
+        <f>J301*448.00</f>
         <v>0</v>
       </c>
       <c r="L301" s="5"/>
     </row>
     <row r="302" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A302" s="1"/>
       <c r="B302" s="1">
-        <v>889180</v>
+        <v>889179</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>1118</v>
+        <v>1115</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="E302" s="2" t="s">
-        <v>1120</v>
+        <v>619</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>1121</v>
+        <v>1117</v>
       </c>
       <c r="G302" s="2">
         <v>10</v>
       </c>
       <c r="H302" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I302" s="1">
         <v>0</v>
       </c>
       <c r="J302" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K302" s="2" t="str">
-        <f>J302*1074.00</f>
+        <f>J302*557.00</f>
         <v>0</v>
       </c>
       <c r="L302" s="5"/>
     </row>
     <row r="303" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A303" s="1"/>
       <c r="B303" s="1">
-        <v>889181</v>
+        <v>889180</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>1122</v>
+        <v>1118</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>1123</v>
+        <v>1119</v>
       </c>
       <c r="E303" s="2" t="s">
-        <v>1124</v>
+        <v>1120</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>1125</v>
+        <v>1121</v>
       </c>
       <c r="G303" s="2">
         <v>10</v>
       </c>
       <c r="H303" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I303" s="1">
         <v>0</v>
       </c>
       <c r="J303" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K303" s="2" t="str">
-        <f>J303*773.00</f>
+        <f>J303*1074.00</f>
         <v>0</v>
       </c>
       <c r="L303" s="5"/>
     </row>
     <row r="304" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A304" s="1"/>
       <c r="B304" s="1">
-        <v>889182</v>
+        <v>889181</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>1126</v>
+        <v>1122</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>1127</v>
+        <v>1123</v>
       </c>
       <c r="E304" s="2" t="s">
-        <v>1128</v>
+        <v>1124</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>561</v>
+        <v>1125</v>
       </c>
       <c r="G304" s="2">
         <v>10</v>
       </c>
       <c r="H304" s="2" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="I304" s="1">
         <v>0</v>
       </c>
       <c r="J304" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K304" s="2" t="str">
-        <f>J304*809.00</f>
+        <f>J304*773.00</f>
         <v>0</v>
       </c>
       <c r="L304" s="5"/>
     </row>
     <row r="305" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A305" s="1"/>
       <c r="B305" s="1">
-        <v>889183</v>
+        <v>889182</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>1129</v>
+        <v>1126</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>1130</v>
+        <v>1127</v>
       </c>
       <c r="E305" s="2" t="s">
-        <v>1131</v>
+        <v>1128</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>1132</v>
+        <v>561</v>
       </c>
       <c r="G305" s="2">
         <v>10</v>
       </c>
       <c r="H305" s="2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I305" s="1">
         <v>0</v>
       </c>
       <c r="J305" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K305" s="2" t="str">
-        <f>J305*923.00</f>
+        <f>J305*809.00</f>
         <v>0</v>
       </c>
       <c r="L305" s="5"/>
     </row>
     <row r="306" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A306" s="1"/>
       <c r="B306" s="1">
-        <v>889184</v>
+        <v>889183</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>1133</v>
+        <v>1129</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>1134</v>
+        <v>1130</v>
       </c>
       <c r="E306" s="2" t="s">
-        <v>643</v>
+        <v>1131</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>651</v>
+        <v>1132</v>
       </c>
       <c r="G306" s="2">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="H306" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I306" s="1">
         <v>0</v>
       </c>
       <c r="J306" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K306" s="2" t="str">
-        <f>J306*772.00</f>
+        <f>J306*923.00</f>
         <v>0</v>
       </c>
       <c r="L306" s="5"/>
     </row>
     <row r="307" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A307" s="1"/>
       <c r="B307" s="1">
-        <v>889185</v>
+        <v>889184</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>1135</v>
+        <v>1133</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>1136</v>
+        <v>1134</v>
       </c>
       <c r="E307" s="2" t="s">
-        <v>1137</v>
+        <v>643</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>1138</v>
+        <v>651</v>
       </c>
       <c r="G307" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H307" s="2" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="I307" s="1">
         <v>0</v>
       </c>
       <c r="J307" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K307" s="2" t="str">
-        <f>J307*368.00</f>
+        <f>J307*772.00</f>
         <v>0</v>
       </c>
       <c r="L307" s="5"/>
     </row>
     <row r="308" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A308" s="1"/>
       <c r="B308" s="1">
-        <v>889186</v>
+        <v>889185</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>1139</v>
+        <v>1135</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>1140</v>
+        <v>1136</v>
       </c>
       <c r="E308" s="2" t="s">
-        <v>1141</v>
+        <v>1137</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>964</v>
+        <v>1138</v>
       </c>
       <c r="G308" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H308" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="I308" s="1">
         <v>0</v>
       </c>
       <c r="J308" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K308" s="2" t="str">
-        <f>J308*411.00</f>
+        <f>J308*368.00</f>
         <v>0</v>
       </c>
       <c r="L308" s="5"/>
     </row>
     <row r="309" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A309" s="1"/>
       <c r="B309" s="1">
-        <v>889187</v>
+        <v>889186</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>1142</v>
+        <v>1139</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>1143</v>
+        <v>1140</v>
       </c>
       <c r="E309" s="2" t="s">
-        <v>1144</v>
+        <v>1141</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>1145</v>
+        <v>964</v>
       </c>
       <c r="G309" s="2" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="H309" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="I309" s="1">
         <v>0</v>
       </c>
       <c r="J309" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K309" s="2" t="str">
-        <f>J309*284.00</f>
+        <f>J309*411.00</f>
         <v>0</v>
       </c>
       <c r="L309" s="5"/>
     </row>
     <row r="310" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A310" s="1"/>
       <c r="B310" s="1">
-        <v>889188</v>
+        <v>889187</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>1146</v>
+        <v>1142</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>1147</v>
+        <v>1143</v>
       </c>
       <c r="E310" s="2" t="s">
-        <v>1148</v>
+        <v>1144</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>1149</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>1145</v>
+      </c>
+      <c r="G310" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H310" s="2" t="s">
+        <v>37</v>
       </c>
       <c r="I310" s="1">
         <v>0</v>
       </c>
       <c r="J310" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K310" s="2" t="str">
-        <f>J310*367.00</f>
+        <f>J310*284.00</f>
         <v>0</v>
       </c>
       <c r="L310" s="5"/>
     </row>
     <row r="311" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A311" s="1"/>
       <c r="B311" s="1">
-        <v>889189</v>
+        <v>889188</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1150</v>
+        <v>1146</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>1151</v>
+        <v>1147</v>
       </c>
       <c r="E311" s="2" t="s">
-        <v>1152</v>
+        <v>1148</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>1153</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>1149</v>
+      </c>
+      <c r="G311" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H311" s="2" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="I311" s="1">
         <v>0</v>
       </c>
       <c r="J311" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K311" s="2" t="str">
-        <f>J311*1122.00</f>
+        <f>J311*367.00</f>
         <v>0</v>
       </c>
       <c r="L311" s="5"/>
     </row>
     <row r="312" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A312" s="1"/>
       <c r="B312" s="1">
-        <v>890200</v>
+        <v>889189</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>1154</v>
+        <v>1150</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>1155</v>
+        <v>1151</v>
       </c>
       <c r="E312" s="2" t="s">
-        <v>1156</v>
+        <v>1152</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>647</v>
+        <v>1153</v>
       </c>
       <c r="G312" s="2">
         <v>10</v>
       </c>
       <c r="H312" s="2" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="I312" s="1">
         <v>0</v>
       </c>
       <c r="J312" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K312" s="2" t="str">
-        <f>J312*859.00</f>
+        <f>J312*1122.00</f>
         <v>0</v>
       </c>
       <c r="L312" s="5"/>
+    </row>
+    <row r="313" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A313" s="1"/>
+      <c r="B313" s="1">
+        <v>890200</v>
+      </c>
+      <c r="C313" s="1" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D313" s="1" t="s">
+        <v>1155</v>
+      </c>
+      <c r="E313" s="2" t="s">
+        <v>1156</v>
+      </c>
+      <c r="F313" s="2" t="s">
+        <v>647</v>
+      </c>
+      <c r="G313" s="2">
+        <v>9</v>
+      </c>
+      <c r="H313" s="2">
+        <v>0</v>
+      </c>
+      <c r="I313" s="1">
+        <v>0</v>
+      </c>
+      <c r="J313" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K313" s="2" t="str">
+        <f>J313*859.00</f>
+        <v>0</v>
+      </c>
+      <c r="L313" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
-    <mergeCell ref="A127:K127"/>
-    <mergeCell ref="A222:K222"/>
+    <mergeCell ref="A128:K128"/>
+    <mergeCell ref="A223:K223"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>