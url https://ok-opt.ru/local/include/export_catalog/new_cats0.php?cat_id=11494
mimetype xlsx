--- v0 (2025-10-19)
+++ v1 (2026-01-29)
@@ -88,68 +88,68 @@
   <si>
     <t>ПНД труба 20х2,0 ТЕBО ПЭ-100 SDR-11, 16 атм. (100 м) ГОСТ питьевая напорная</t>
   </si>
   <si>
     <t>42.12 руб.</t>
   </si>
   <si>
     <t>&gt;1000</t>
   </si>
   <si>
     <t>пог</t>
   </si>
   <si>
     <t>PND-110003</t>
   </si>
   <si>
     <t>017010202-01</t>
   </si>
   <si>
     <t>ПНД труба 25х2,3 ТЕBО ПЭ-100 SDR-11, 16 атм. (100 м) ГОСТ питьевая напорная</t>
   </si>
   <si>
     <t>58.45 руб.</t>
   </si>
   <si>
+    <t>&gt;100</t>
+  </si>
+  <si>
+    <t>PND-110005</t>
+  </si>
+  <si>
+    <t>017010203-01</t>
+  </si>
+  <si>
+    <t>ПНД труба 32х3,0 ТЕБО ПЭ-100 SDR-11, 16 атм. (100 м) ГОСТ питьевая напорная</t>
+  </si>
+  <si>
+    <t>97.97 руб.</t>
+  </si>
+  <si>
     <t>&gt;500</t>
   </si>
   <si>
-    <t>&gt;100</t>
-[...13 lines deleted...]
-  <si>
     <t>PND-111001</t>
   </si>
   <si>
     <t>ПНД труба 20х2,0 ACR  ПЭ-100 SDR-11, 16 атм. (200 м) черная с синей полосой</t>
   </si>
   <si>
     <t>39.10 руб.</t>
   </si>
   <si>
     <t>PND-111005</t>
   </si>
   <si>
     <t>ПНД труба 32х3,0 ACR ПЭ-100 SDR-11, 16 атм. (200 м) черная с синей полосой</t>
   </si>
   <si>
     <t>72.20 руб.</t>
   </si>
   <si>
     <t>PND-111501</t>
   </si>
   <si>
     <t>ПНД труба 32х3,0 ACR ПЭ-100 SDR-11, 16 атм. (бухта 100 м) черная с синей полосой</t>
   </si>
   <si>
     <t>PND-111502</t>
@@ -265,635 +265,635 @@
   <si>
     <t>44.20 руб.</t>
   </si>
   <si>
     <t>PND-111004</t>
   </si>
   <si>
     <t>ПНД труба 32х2,4 ACR ПЭ-100 SDR-13,6, 12,5 атм.(200 м) черная с синей полосой</t>
   </si>
   <si>
     <t>62.90 руб.</t>
   </si>
   <si>
     <t>PND-120001</t>
   </si>
   <si>
     <t>017010302-01</t>
   </si>
   <si>
     <t>ПНД труба 25х2,0 ТЕВО ПЭ-100 SDR-13,6, 12,5 атм.(100 м) ГОСТ питьевая напорная</t>
   </si>
   <si>
     <t>54.94 руб.</t>
   </si>
   <si>
+    <t>PND-120003</t>
+  </si>
+  <si>
+    <t>017010303-01</t>
+  </si>
+  <si>
+    <t>ПНД труба 32х2,4 ТЕВО ПЭ-100 SDR-13,6, 12,5 атм.(100 м) ГОСТ питьевая напорная</t>
+  </si>
+  <si>
+    <t>81.97 руб.</t>
+  </si>
+  <si>
+    <t>PND-141201</t>
+  </si>
+  <si>
+    <t>МП13.6 25-2.0-100</t>
+  </si>
+  <si>
+    <t>ПНД труба 25х2,0 МЕГАПАЙП ПЭ-100 SDR-13,6, 12,5 атм.(100 м) ГОСТ</t>
+  </si>
+  <si>
+    <t>43.42 руб.</t>
+  </si>
+  <si>
+    <t>PND-141204</t>
+  </si>
+  <si>
+    <t>МП13.6 32-2.4-100</t>
+  </si>
+  <si>
+    <t>ПНД труба 32х2,4 МЕГАПАЙП ПЭ-100 SDR-13,6, 12,5 атм. (100 м) ГОСТ</t>
+  </si>
+  <si>
+    <t>67.19 руб.</t>
+  </si>
+  <si>
+    <t>PND-141207</t>
+  </si>
+  <si>
+    <t>МП13.6 40-3,0-100</t>
+  </si>
+  <si>
+    <t>ПНД труба 40х3,0 МЕГАПАЙП ПЭ-100 SDR-13,6, 12,5 атм. (100 м) ГОСТ</t>
+  </si>
+  <si>
+    <t>103.57 руб.</t>
+  </si>
+  <si>
+    <t>PND-141210</t>
+  </si>
+  <si>
+    <t>МП13.6 50-3,7-100</t>
+  </si>
+  <si>
+    <t>ПНД труба 50х3,7 МЕГАПАЙП ПЭ-100 SDR-13,6, 12,5 атм. (100 м) ГОСТ</t>
+  </si>
+  <si>
+    <t>159.91 руб.</t>
+  </si>
+  <si>
+    <t>PND-141213</t>
+  </si>
+  <si>
+    <t>МП13.6 63-4,7-100</t>
+  </si>
+  <si>
+    <t>ПНД труба 63х4,7 МЕГАПАЙП ПЭ-100 SDR-13,6, 12,5 атм. (100 м) ГОСТ</t>
+  </si>
+  <si>
+    <t>254.97 руб.</t>
+  </si>
+  <si>
+    <t>PND-211501</t>
+  </si>
+  <si>
+    <t>ПНД труба 25х2,0 PREMIUM ПЭ-100 SDR-13,6, 12,5 атм. (100 м) ГОСТ питьевая СИНЯЯ напорная</t>
+  </si>
+  <si>
+    <t>62.08 руб.</t>
+  </si>
+  <si>
+    <t>Труба ПНД SDR 17 (10 атм. )</t>
+  </si>
+  <si>
+    <t>PND-111003</t>
+  </si>
+  <si>
+    <t>ПНД труба 32х2,0 ACR ПЭ-100 SDR-17, 10 атм.(200 м) черная с синей полосой</t>
+  </si>
+  <si>
+    <t>53.98 руб.</t>
+  </si>
+  <si>
+    <t>PND-111503</t>
+  </si>
+  <si>
+    <t>ПНД труба 32х2,0 ACR ПЭ-100 SDR-17, 10 атм.(100 м) черная с синей полосой</t>
+  </si>
+  <si>
+    <t>PND-130001</t>
+  </si>
+  <si>
+    <t>017010403-01</t>
+  </si>
+  <si>
+    <t>ПНД труба 32х2,0 ТЕВО ПЭ-100 SDR-17, 10 атм.(100 м) ГОСТ питьевая напорная</t>
+  </si>
+  <si>
+    <t>67.93 руб.</t>
+  </si>
+  <si>
+    <t>PND-141301</t>
+  </si>
+  <si>
+    <t>МП17 32-2,0-100</t>
+  </si>
+  <si>
+    <t>ПНД труба 32х2,0 МЕГАПАЙП ПЭ-100 SDR-17, 10 атм. (100 м) ГОСТ</t>
+  </si>
+  <si>
+    <t>56.63 руб.</t>
+  </si>
+  <si>
+    <t>PND-141304</t>
+  </si>
+  <si>
+    <t>МП17 40-2,4-100</t>
+  </si>
+  <si>
+    <t>ПНД труба 40х2,4 МЕГАПАЙП ПЭ-100 SDR-17, 10 атм. (100 м) ГОСТ</t>
+  </si>
+  <si>
+    <t>85.68 руб.</t>
+  </si>
+  <si>
+    <t>PND-141307</t>
+  </si>
+  <si>
+    <t>МП17 50-3,0-100</t>
+  </si>
+  <si>
+    <t>ПНД труба 50х3,0 МЕГАПАЙП ПЭ-100 SDR-17, 10 атм. (100 м) ГОСТ</t>
+  </si>
+  <si>
+    <t>131.74 руб.</t>
+  </si>
+  <si>
+    <t>PND-141310</t>
+  </si>
+  <si>
+    <t>МП17 63-3,8-100</t>
+  </si>
+  <si>
+    <t>ПНД труба 63х3,8 МЕГАПАЙП ПЭ-100 SDR-17, 10 атм. (100 м) ГОСТ</t>
+  </si>
+  <si>
+    <t>209.79 руб.</t>
+  </si>
+  <si>
+    <t>ПНД - Фитинги пластиковые для полиэтиленовых труб</t>
+  </si>
+  <si>
+    <t>ПНД Фитинги обжимные (компрессионные)</t>
+  </si>
+  <si>
+    <t>PND-211001</t>
+  </si>
+  <si>
+    <t>T-ПНД.З.0.20.CN</t>
+  </si>
+  <si>
+    <t>ПНД Заглушка 20 (30/390шт)</t>
+  </si>
+  <si>
+    <t>29.92 руб.</t>
+  </si>
+  <si>
+    <t>&gt;25</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>PND-211002</t>
+  </si>
+  <si>
+    <t>T-ПНД.З.0.25.CN</t>
+  </si>
+  <si>
+    <t>ПНД Заглушка 25 (20/240шт)</t>
+  </si>
+  <si>
+    <t>44.21 руб.</t>
+  </si>
+  <si>
+    <t>PND-211003</t>
+  </si>
+  <si>
+    <t>T-ПНД.З.0.32.CN</t>
+  </si>
+  <si>
+    <t>ПНД Заглушка 32 (12/168шт)</t>
+  </si>
+  <si>
+    <t>64.31 руб.</t>
+  </si>
+  <si>
+    <t>PND-211004</t>
+  </si>
+  <si>
+    <t>017033005</t>
+  </si>
+  <si>
+    <t>ПНД Заглушка 40</t>
+  </si>
+  <si>
+    <t>101.83 руб.</t>
+  </si>
+  <si>
+    <t>PND-211005</t>
+  </si>
+  <si>
+    <t>017033006</t>
+  </si>
+  <si>
+    <t>ПНД Заглушка 50</t>
+  </si>
+  <si>
+    <t>175.63 руб.</t>
+  </si>
+  <si>
+    <t>PND-211006</t>
+  </si>
+  <si>
+    <t>017033007</t>
+  </si>
+  <si>
+    <t>ПНД Заглушка 63</t>
+  </si>
+  <si>
+    <t>274.73 руб.</t>
+  </si>
+  <si>
+    <t>PND-211007</t>
+  </si>
+  <si>
+    <t>ПНД Заглушка  75</t>
+  </si>
+  <si>
+    <t>402.71 руб.</t>
+  </si>
+  <si>
+    <t>PND-211008</t>
+  </si>
+  <si>
+    <t>017033009</t>
+  </si>
+  <si>
+    <t>ПНД Заглушка  90</t>
+  </si>
+  <si>
+    <t>622.64 руб.</t>
+  </si>
+  <si>
+    <t>PND-211009</t>
+  </si>
+  <si>
+    <t>017033010</t>
+  </si>
+  <si>
+    <t>ПНД Заглушка  110</t>
+  </si>
+  <si>
+    <t>1 139.78 руб.</t>
+  </si>
+  <si>
+    <t>PND-211010</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 25x20</t>
+  </si>
+  <si>
+    <t>66.99 руб.</t>
+  </si>
+  <si>
+    <t>PND-211011</t>
+  </si>
+  <si>
+    <t>T-ПНД.М.0.32-20.CN</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 32x20 (8/112шт)</t>
+  </si>
+  <si>
+    <t>108.53 руб.</t>
+  </si>
+  <si>
+    <t>PND-211012</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 32x25 (8/112шт)</t>
+  </si>
+  <si>
+    <t>119.24 руб.</t>
+  </si>
+  <si>
+    <t>PND-211013</t>
+  </si>
+  <si>
+    <t>017030215</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 40x20</t>
+  </si>
+  <si>
+    <t>130.53 руб.</t>
+  </si>
+  <si>
+    <t>PND-211014</t>
+  </si>
+  <si>
+    <t>017030204</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 40x25</t>
+  </si>
+  <si>
+    <t>96.86 руб.</t>
+  </si>
+  <si>
+    <t>PND-211015</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 40x32</t>
+  </si>
+  <si>
+    <t>102.47 руб.</t>
+  </si>
+  <si>
+    <t>PND-211016</t>
+  </si>
+  <si>
+    <t>87050020000X000</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 50х20</t>
+  </si>
+  <si>
+    <t>219.23 руб.</t>
+  </si>
+  <si>
+    <t>PND-211017</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 50x25</t>
+  </si>
+  <si>
+    <t>218.29 руб.</t>
+  </si>
+  <si>
+    <t>PND-211018</t>
+  </si>
+  <si>
+    <t>017030206</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 50x32</t>
+  </si>
+  <si>
+    <t>158.36 руб.</t>
+  </si>
+  <si>
+    <t>PND-211019</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 50x40</t>
+  </si>
+  <si>
+    <t>231.41 руб.</t>
+  </si>
+  <si>
+    <t>PND-211020</t>
+  </si>
+  <si>
+    <t>87063020000X000</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 63х20</t>
+  </si>
+  <si>
+    <t>329.35 руб.</t>
+  </si>
+  <si>
+    <t>PND-211021</t>
+  </si>
+  <si>
+    <t>017030217</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 63x25</t>
+  </si>
+  <si>
+    <t>321.34 руб.</t>
+  </si>
+  <si>
+    <t>PND-211022</t>
+  </si>
+  <si>
+    <t>017030218</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 63x32</t>
+  </si>
+  <si>
+    <t>220.16 руб.</t>
+  </si>
+  <si>
+    <t>PND-211023</t>
+  </si>
+  <si>
+    <t>017030208</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 63x40</t>
+  </si>
+  <si>
+    <t>250.13 руб.</t>
+  </si>
+  <si>
+    <t>PND-211024</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 63x50</t>
+  </si>
+  <si>
+    <t>294.41 руб.</t>
+  </si>
+  <si>
+    <t>PND-211025</t>
+  </si>
+  <si>
+    <t>017030210</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 75x50</t>
+  </si>
+  <si>
+    <t>522.72 руб.</t>
+  </si>
+  <si>
+    <t>PND-211026</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 75x63</t>
+  </si>
+  <si>
+    <t>769.05 руб.</t>
+  </si>
+  <si>
+    <t>PND-211027</t>
+  </si>
+  <si>
+    <t>017030212</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 90x63</t>
+  </si>
+  <si>
+    <t>899.69 руб.</t>
+  </si>
+  <si>
+    <t>PND-211028</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 90x75</t>
+  </si>
+  <si>
+    <t>1 227.50 руб.</t>
+  </si>
+  <si>
+    <t>PND-211029</t>
+  </si>
+  <si>
+    <t>017030219</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 110x63</t>
+  </si>
+  <si>
+    <t>1 476.51 руб.</t>
+  </si>
+  <si>
+    <t>PND-211030</t>
+  </si>
+  <si>
+    <t>017030220</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 110x75</t>
+  </si>
+  <si>
+    <t>1 540.23 руб.</t>
+  </si>
+  <si>
+    <t>PND-211031</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 110x90</t>
+  </si>
+  <si>
+    <t>1 461.11 руб.</t>
+  </si>
+  <si>
+    <t>PND-211032</t>
+  </si>
+  <si>
+    <t>017030302</t>
+  </si>
+  <si>
+    <t>ПНД Муфта с внутренней резьбой 20x1/2 (32/320шт)</t>
+  </si>
+  <si>
+    <t>34.35 руб.</t>
+  </si>
+  <si>
+    <t>PND-211033</t>
+  </si>
+  <si>
+    <t>T-ПНД.М.4.20-34.CN</t>
+  </si>
+  <si>
+    <t>ПНД Муфта с внутренней резьбой 20x3/4 (32/320шт)</t>
+  </si>
+  <si>
+    <t>PND-211034</t>
+  </si>
+  <si>
+    <t>72020000000F100</t>
+  </si>
+  <si>
+    <t>ПНД Муфта с внутренней резьбой 20x1</t>
+  </si>
+  <si>
+    <t>40.44 руб.</t>
+  </si>
+  <si>
+    <t>PND-211035</t>
+  </si>
+  <si>
+    <t>T-ПНД.М.4.25-1.CN</t>
+  </si>
+  <si>
+    <t>ПНД Муфта с внутренней резьбой 25x1 (18/216шт)</t>
+  </si>
+  <si>
+    <t>50.92 руб.</t>
+  </si>
+  <si>
+    <t>&gt;10</t>
+  </si>
+  <si>
+    <t>PND-211036</t>
+  </si>
+  <si>
+    <t>T-ПНД.М.4.25-12.CN</t>
+  </si>
+  <si>
+    <t>ПНД Муфта с внутренней резьбой 25x1/2 (18/216шт)</t>
+  </si>
+  <si>
+    <t>PND-211037</t>
+  </si>
+  <si>
+    <t>T-ПНД.М.4.25-34.CN</t>
+  </si>
+  <si>
+    <t>ПНД Муфта с внутренней резьбой 25x3/4 (18/216шт)</t>
+  </si>
+  <si>
+    <t>45.55 руб.</t>
+  </si>
+  <si>
     <t>&gt;50</t>
   </si>
   <si>
-    <t>PND-120003</t>
-[...580 lines deleted...]
-  <si>
     <t>PND-211038</t>
   </si>
   <si>
     <t>T-ПНД.М.4.32-1.CN</t>
   </si>
   <si>
     <t>ПНД Муфта с внутренней резьбой 32x1 (12/144шт)</t>
   </si>
   <si>
     <t>77.71 руб.</t>
   </si>
   <si>
     <t>PND-211039</t>
   </si>
   <si>
     <t>72032000000F114</t>
   </si>
   <si>
     <t>ПНД Муфта с внутренней резьбой 32x1 1/4</t>
   </si>
   <si>
     <t>57.12 руб.</t>
   </si>
   <si>
     <t>PND-211040</t>
@@ -2710,51 +2710,51 @@
   <si>
     <t>PND-211204</t>
   </si>
   <si>
     <t>78025000025F100</t>
   </si>
   <si>
     <t>ПНД Тройник с внутренней резьбой 25x1x25 (10/120шт)</t>
   </si>
   <si>
     <t>PND-211205</t>
   </si>
   <si>
     <t>017031204</t>
   </si>
   <si>
     <t>ПНД Тройник с внутренней резьбой 25x3/4x25 (10/120шт)</t>
   </si>
   <si>
     <t>100.48 руб.</t>
   </si>
   <si>
     <t>PND-211206</t>
   </si>
   <si>
-    <t>017031214</t>
+    <t>T-ПНД.Тр.4.32-12.CN</t>
   </si>
   <si>
     <t>ПНД Тройник с внутренней резьбой 32x1/2x32 (7/70шт)</t>
   </si>
   <si>
     <t>151.40 руб.</t>
   </si>
   <si>
     <t>PND-211207</t>
   </si>
   <si>
     <t>017031206</t>
   </si>
   <si>
     <t>ПНД Тройник с внутренней резьбой 32x1x32 (6/60шт)</t>
   </si>
   <si>
     <t>PND-211208</t>
   </si>
   <si>
     <t>T-ПНД.Тр.4.32-34.CN</t>
   </si>
   <si>
     <t>ПНД Тройник с внутренней резьбой 32x3/4x32 (6/72шт)</t>
   </si>
@@ -4684,267 +4684,267 @@
   <si>
     <t>493.58 руб.</t>
   </si>
   <si>
     <t>PND-260005</t>
   </si>
   <si>
     <t>ПНД эл/св тройник 90* 32мм ПЭ100 SDR11</t>
   </si>
   <si>
     <t>1 834.56 руб.</t>
   </si>
   <si>
     <t>ПНД - Фитинги латунные для полиэтиленовых труб</t>
   </si>
   <si>
     <t>ALT-122029</t>
   </si>
   <si>
     <t>T-КДН.А.1.CN</t>
   </si>
   <si>
     <t>Адаптер скважинный TEBO 1" (2/16шт)</t>
   </si>
   <si>
-    <t>3 474.65 руб.</t>
+    <t>3 361.81 руб.</t>
   </si>
   <si>
     <t>NAS-410013</t>
   </si>
   <si>
     <t>VER361</t>
   </si>
   <si>
     <t>Скважный адаптер 1" VIEIR (1/12шт)</t>
   </si>
   <si>
-    <t>2 645.79 руб.</t>
+    <t>2 824.76 руб.</t>
   </si>
   <si>
     <t>PND-251001</t>
   </si>
   <si>
     <t>VER362</t>
   </si>
   <si>
     <t>ПНД ЛАТУННАЯ муфта с наружней резьбой 32х1 (5/50шт)</t>
   </si>
   <si>
-    <t>471.72 руб.</t>
+    <t>525.09 руб.</t>
   </si>
   <si>
     <t>PND-251002</t>
   </si>
   <si>
     <t>VER363</t>
   </si>
   <si>
     <t>ПНД ЛАТУННАЯ муфта с наружней резьбой 32х1 1/4 (5/40шт)</t>
   </si>
   <si>
-    <t>531.24 руб.</t>
+    <t>516.16 руб.</t>
   </si>
   <si>
     <t>PND-251003</t>
   </si>
   <si>
     <t>VER364</t>
   </si>
   <si>
     <t>ПНД ЛАТУННАЯ муфта с наружней резьбой 40х1 (5/40шт)</t>
   </si>
   <si>
-    <t>659.21 руб.</t>
+    <t>672.35 руб.</t>
   </si>
   <si>
     <t>PND-251004</t>
   </si>
   <si>
     <t>VER365</t>
   </si>
   <si>
     <t>ПНД ЛАТУННАЯ муфта с наружней резьбой 40х1 1/4 (4/36шт)</t>
   </si>
   <si>
-    <t>624.99 руб.</t>
+    <t>636.65 руб.</t>
   </si>
   <si>
     <t>VER-000373</t>
   </si>
   <si>
     <t>VER370</t>
   </si>
   <si>
     <t>ПНД ЛАТУННАЯ муфта с наружней  резьбой 25х3/4 (10/100шт)</t>
   </si>
   <si>
-    <t>272.32 руб.</t>
+    <t>297.50 руб.</t>
   </si>
   <si>
     <t>VER-000374</t>
   </si>
   <si>
     <t>VER371</t>
   </si>
   <si>
     <t>ПНД ЛАТУННАЯ муфта с внутр.  резьбой 25х3/4 (10/100шт)</t>
   </si>
   <si>
-    <t>312.49 руб.</t>
+    <t>334.69 руб.</t>
   </si>
   <si>
     <t>VER-000375</t>
   </si>
   <si>
     <t>VER372</t>
   </si>
   <si>
     <t>ПНД ЛАТУННАЯ муфта с внутр.  резьбой 32х1 (5/50шт)</t>
   </si>
   <si>
-    <t>452.37 руб.</t>
+    <t>522.11 руб.</t>
   </si>
   <si>
     <t>VER-000376</t>
   </si>
   <si>
     <t>VER373</t>
   </si>
   <si>
     <t>ПНД ЛАТУННАЯ муфта 32х32 (5/40шт)</t>
   </si>
   <si>
-    <t>613.08 руб.</t>
+    <t>761.60 руб.</t>
   </si>
   <si>
     <t>VER-000377</t>
   </si>
   <si>
     <t>VER374</t>
   </si>
   <si>
     <t>ПНД ЛАТУННЫЙ угольник 25Х25 (5/40шт)</t>
   </si>
   <si>
-    <t>675.58 руб.</t>
+    <t>724.41 руб.</t>
   </si>
   <si>
     <t>VER-000378</t>
   </si>
   <si>
     <t>VER375</t>
   </si>
   <si>
     <t>ПНД ЛАТУННЫЙ угольник 32Х32 (2/25шт)</t>
   </si>
   <si>
-    <t>970.22 руб.</t>
+    <t>1 062.08 руб.</t>
   </si>
   <si>
     <t>VER-000379</t>
   </si>
   <si>
     <t>VER376</t>
   </si>
   <si>
     <t>ПНД ЛАТУННЫЙ тройник 32Х32Х32 (2/16шт)</t>
   </si>
   <si>
-    <t>1 272.30 руб.</t>
+    <t>1 297.10 руб.</t>
   </si>
   <si>
     <t>VER-001007</t>
   </si>
   <si>
     <t>VER390</t>
   </si>
   <si>
     <t>Cкваженный адаптер с встроенным сливным клапаном 1" (20/1шт)</t>
   </si>
   <si>
-    <t>3 008.88 руб.</t>
+    <t>3 068.71 руб.</t>
   </si>
   <si>
     <t>VER-001277</t>
   </si>
   <si>
     <t>VER377</t>
   </si>
   <si>
     <t>ПНД ЛАТУННЫЙ угольник 25х3/4 внутр.  резьба (5/60шт)</t>
   </si>
   <si>
-    <t>465.77 руб.</t>
+    <t>534.01 руб.</t>
   </si>
   <si>
     <t>VER-001278</t>
   </si>
   <si>
     <t>VER378</t>
   </si>
   <si>
     <t>ПНД ЛАТУННЫЙ угольник 32х1 внутр.  резьба (5/35шт)</t>
   </si>
   <si>
-    <t>727.67 руб.</t>
+    <t>800.28 руб.</t>
   </si>
   <si>
     <t>VER-001279</t>
   </si>
   <si>
     <t>VER379</t>
   </si>
   <si>
     <t>ПНД ЛАТУННЫЙ угольник 32х1 нар.  резьба (5/40шт)</t>
   </si>
   <si>
-    <t>726.18 руб.</t>
+    <t>792.84 руб.</t>
   </si>
   <si>
     <t>VER-001346</t>
   </si>
   <si>
     <t>VER382</t>
   </si>
   <si>
     <t>Угольник для трубы ПНД 32 x 1"F (40/2шт)</t>
   </si>
   <si>
-    <t>702.37 руб.</t>
+    <t>782.43 руб.</t>
   </si>
   <si>
     <t>VER-001567</t>
   </si>
   <si>
     <t>VER381</t>
   </si>
   <si>
     <t>Угольник для трубы ПНД L32x1''M (40/2шт)</t>
   </si>
   <si>
-    <t>694.93 руб.</t>
+    <t>774.99 руб.</t>
   </si>
   <si>
     <t>Комплектующие</t>
   </si>
   <si>
     <t>PND-110150</t>
   </si>
   <si>
     <t>ПНД Ключ для фитингов 32-63</t>
   </si>
   <si>
     <t>194.34 руб.</t>
   </si>
   <si>
     <t>PND-110151</t>
   </si>
   <si>
     <t>ПНД Ключ для фитингов 63-110</t>
   </si>
   <si>
     <t>509.38 руб.</t>
   </si>
 </sst>
 </file>
 
@@ -18535,127 +18535,127 @@
       <c r="G4" s="8"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>822264</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2">
-        <v>-700</v>
+        <v>-600</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="str">
         <f>J5*42.12</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>822266</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
-      <c r="I6" s="1" t="s">
-        <v>24</v>
+      <c r="I6" s="1">
+        <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="str">
         <f>J6*58.45</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>822268</v>
       </c>
       <c r="C7" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D7" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="D7" s="1" t="s">
+      <c r="E7" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="F7" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="F7" s="2" t="s">
+      <c r="G7" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="G7" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
-      <c r="I7" s="1" t="s">
-        <v>17</v>
+      <c r="I7" s="1">
+        <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="str">
         <f>J7*97.97</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>877726</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="1"/>
       <c r="E8" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>31</v>
       </c>
@@ -18704,84 +18704,84 @@
       <c r="J9" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="str">
         <f>J9*72.20</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" outlineLevel="4">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>890460</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D10" s="1"/>
       <c r="E10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="str">
         <f>J10*72.20</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" outlineLevel="4">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>890461</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="1"/>
       <c r="E11" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="str">
         <f>J11*72.20</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>885565</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="1" t="s">
@@ -18807,86 +18807,86 @@
       </c>
       <c r="K12" s="2" t="str">
         <f>J12*34.04</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>885566</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="str">
         <f>J13*49.59</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>885567</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>48</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="str">
         <f>J14*81.27</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>885568</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D15" s="1" t="s">
@@ -18980,117 +18980,117 @@
       <c r="J17" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="str">
         <f>J17*308.07</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>882926</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D18" s="1"/>
       <c r="E18" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="str">
         <f>J18*46.03</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>882928</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D19" s="1"/>
       <c r="E19" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="G19" s="2">
-        <v>0</v>
+      <c r="G19" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
-      <c r="I19" s="1" t="s">
-        <v>24</v>
+      <c r="I19" s="1">
+        <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="str">
         <f>J19*104.53</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>882929</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D20" s="1"/>
       <c r="E20" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="str">
         <f>J20*104.53</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" outlineLevel="2">
       <c r="A21" s="8" t="s">
         <v>71</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="8"/>
       <c r="D21" s="8"/>
       <c r="E21" s="8"/>
       <c r="F21" s="8"/>
@@ -19162,14806 +19162,14806 @@
         <v>18</v>
       </c>
       <c r="K23" s="2" t="str">
         <f>J23*62.90</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>822269</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>78</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>79</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="G24" s="2" t="s">
-        <v>82</v>
+      <c r="G24" s="2">
+        <v>-600</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="str">
         <f>J24*54.94</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>822271</v>
       </c>
       <c r="C25" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D25" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="D25" s="1" t="s">
+      <c r="E25" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="E25" s="2" t="s">
+      <c r="F25" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="F25" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G25" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="str">
         <f>J25*81.97</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>885571</v>
       </c>
       <c r="C26" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D26" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="D26" s="1" t="s">
+      <c r="E26" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="E26" s="2" t="s">
+      <c r="F26" s="2" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="str">
         <f>J26*43.42</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>885572</v>
       </c>
       <c r="C27" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D27" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="D27" s="1" t="s">
+      <c r="E27" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="E27" s="2" t="s">
+      <c r="F27" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="F27" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G27" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="str">
         <f>J27*67.19</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>885573</v>
       </c>
       <c r="C28" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D28" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="D28" s="1" t="s">
+      <c r="E28" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="E28" s="2" t="s">
+      <c r="F28" s="2" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="G28" s="2">
         <v>0</v>
       </c>
       <c r="H28" s="2">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="str">
         <f>J28*103.57</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>885574</v>
       </c>
       <c r="C29" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="D29" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="D29" s="1" t="s">
+      <c r="E29" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="E29" s="2" t="s">
+      <c r="F29" s="2" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="G29" s="2">
         <v>0</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="str">
         <f>J29*159.91</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>885575</v>
       </c>
       <c r="C30" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D30" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="D30" s="1" t="s">
+      <c r="E30" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="E30" s="2" t="s">
+      <c r="F30" s="2" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="G30" s="2">
         <v>0</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="str">
         <f>J30*254.97</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>882927</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="D31" s="1"/>
       <c r="E31" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="F31" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G31" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="H31" s="2">
         <v>0</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="str">
         <f>J31*62.08</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" outlineLevel="2">
       <c r="A32" s="8" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B32" s="8"/>
       <c r="C32" s="8"/>
       <c r="D32" s="8"/>
       <c r="E32" s="8"/>
       <c r="F32" s="8"/>
       <c r="G32" s="8"/>
       <c r="H32" s="8"/>
       <c r="I32" s="8"/>
       <c r="J32" s="8"/>
       <c r="K32" s="8"/>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>877731</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D33" s="1"/>
       <c r="E33" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="F33" s="2" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H33" s="2">
         <v>0</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="str">
         <f>J33*53.98</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" outlineLevel="4">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>890462</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="D34" s="1"/>
       <c r="E34" s="2" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="str">
         <f>J34*53.98</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>822273</v>
       </c>
       <c r="C35" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D35" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="D35" s="1" t="s">
+      <c r="E35" s="2" t="s">
         <v>117</v>
       </c>
-      <c r="E35" s="2" t="s">
+      <c r="F35" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="F35" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G35" s="2" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="str">
         <f>J35*67.93</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>885576</v>
       </c>
       <c r="C36" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="D36" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="D36" s="1" t="s">
+      <c r="E36" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="E36" s="2" t="s">
+      <c r="F36" s="2" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="str">
         <f>J36*56.63</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>885577</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D37" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="D37" s="1" t="s">
+      <c r="E37" s="2" t="s">
         <v>125</v>
       </c>
-      <c r="E37" s="2" t="s">
+      <c r="F37" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="F37" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G37" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="str">
         <f>J37*85.68</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>885578</v>
       </c>
       <c r="C38" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D38" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="D38" s="1" t="s">
+      <c r="E38" s="2" t="s">
         <v>129</v>
       </c>
-      <c r="E38" s="2" t="s">
+      <c r="F38" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="F38" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G38" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="str">
         <f>J38*131.74</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>885579</v>
       </c>
       <c r="C39" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D39" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="D39" s="1" t="s">
+      <c r="E39" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="E39" s="2" t="s">
+      <c r="F39" s="2" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="G39" s="2">
         <v>0</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="str">
         <f>J39*209.79</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" outlineLevel="1">
       <c r="A40" s="7" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B40" s="7"/>
       <c r="C40" s="7"/>
       <c r="D40" s="7"/>
       <c r="E40" s="7"/>
       <c r="F40" s="7"/>
       <c r="G40" s="7"/>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" outlineLevel="2">
       <c r="A41" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B41" s="8"/>
       <c r="C41" s="8"/>
       <c r="D41" s="8"/>
       <c r="E41" s="8"/>
       <c r="F41" s="8"/>
       <c r="G41" s="8"/>
       <c r="H41" s="8"/>
       <c r="I41" s="8"/>
       <c r="J41" s="8"/>
       <c r="K41" s="8"/>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>827415</v>
       </c>
       <c r="C42" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D42" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="D42" s="1" t="s">
+      <c r="E42" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="E42" s="2" t="s">
+      <c r="F42" s="2" t="s">
         <v>140</v>
       </c>
-      <c r="F42" s="2" t="s">
+      <c r="G42" s="2" t="s">
         <v>141</v>
       </c>
-      <c r="G42" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K42" s="2" t="str">
         <f>J42*29.92</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>827416</v>
       </c>
       <c r="C43" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D43" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="D43" s="1" t="s">
+      <c r="E43" s="2" t="s">
         <v>145</v>
       </c>
-      <c r="E43" s="2" t="s">
+      <c r="F43" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="F43" s="2" t="s">
-[...3 lines deleted...]
-        <v>148</v>
+      <c r="G43" s="2">
+        <v>7</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K43" s="2" t="str">
         <f>J43*44.21</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>827417</v>
       </c>
       <c r="C44" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="E44" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="D44" s="1" t="s">
+      <c r="F44" s="2" t="s">
         <v>150</v>
       </c>
-      <c r="E44" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G44" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K44" s="2" t="str">
         <f>J44*64.31</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>827418</v>
       </c>
       <c r="C45" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="E45" s="2" t="s">
         <v>153</v>
       </c>
-      <c r="D45" s="1" t="s">
+      <c r="F45" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="E45" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G45" s="2">
         <v>0</v>
       </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
       <c r="I45" s="1">
         <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K45" s="2" t="str">
         <f>J45*101.83</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>827419</v>
       </c>
       <c r="C46" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="E46" s="2" t="s">
         <v>157</v>
       </c>
-      <c r="D46" s="1" t="s">
+      <c r="F46" s="2" t="s">
         <v>158</v>
       </c>
-      <c r="E46" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G46" s="2">
         <v>0</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K46" s="2" t="str">
         <f>J46*175.63</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>827420</v>
       </c>
       <c r="C47" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E47" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="D47" s="1" t="s">
+      <c r="F47" s="2" t="s">
         <v>162</v>
       </c>
-      <c r="E47" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G47" s="2">
         <v>0</v>
       </c>
       <c r="H47" s="2">
         <v>0</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K47" s="2" t="str">
         <f>J47*274.73</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>827421</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="D48" s="1">
         <v>9375</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="G48" s="2">
         <v>0</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K48" s="2" t="str">
         <f>J48*402.71</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>827422</v>
       </c>
       <c r="C49" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="E49" s="2" t="s">
         <v>168</v>
       </c>
-      <c r="D49" s="1" t="s">
+      <c r="F49" s="2" t="s">
         <v>169</v>
       </c>
-      <c r="E49" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G49" s="2">
         <v>0</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K49" s="2" t="str">
         <f>J49*622.64</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>827423</v>
       </c>
       <c r="C50" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="E50" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="D50" s="1" t="s">
+      <c r="F50" s="2" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
       <c r="G50" s="2">
         <v>6</v>
       </c>
       <c r="H50" s="2">
         <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K50" s="2" t="str">
         <f>J50*1139.78</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
         <v>827424</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="D51" s="1">
         <v>8320</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H51" s="2">
         <v>0</v>
       </c>
       <c r="I51" s="1">
         <v>0</v>
       </c>
       <c r="J51" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K51" s="2" t="str">
         <f>J51*66.99</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>827425</v>
       </c>
       <c r="C52" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="E52" s="2" t="s">
         <v>179</v>
       </c>
-      <c r="D52" s="1" t="s">
+      <c r="F52" s="2" t="s">
         <v>180</v>
       </c>
-      <c r="E52" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G52" s="2" t="s">
-        <v>82</v>
+        <v>141</v>
       </c>
       <c r="H52" s="2">
         <v>0</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K52" s="2" t="str">
         <f>J52*108.53</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
         <v>827426</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="D53" s="1">
         <v>8325</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H53" s="2">
         <v>0</v>
       </c>
       <c r="I53" s="1">
         <v>0</v>
       </c>
       <c r="J53" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K53" s="2" t="str">
         <f>J53*119.24</f>
         <v>0</v>
       </c>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
         <v>827427</v>
       </c>
       <c r="C54" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="E54" s="2" t="s">
         <v>186</v>
       </c>
-      <c r="D54" s="1" t="s">
+      <c r="F54" s="2" t="s">
         <v>187</v>
       </c>
-      <c r="E54" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G54" s="2">
         <v>0</v>
       </c>
       <c r="H54" s="2">
         <v>0</v>
       </c>
       <c r="I54" s="1">
         <v>0</v>
       </c>
       <c r="J54" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K54" s="2" t="str">
         <f>J54*130.53</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
         <v>827428</v>
       </c>
       <c r="C55" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="E55" s="2" t="s">
         <v>190</v>
       </c>
-      <c r="D55" s="1" t="s">
+      <c r="F55" s="2" t="s">
         <v>191</v>
       </c>
-      <c r="E55" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G55" s="2">
         <v>0</v>
       </c>
       <c r="H55" s="2">
         <v>0</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K55" s="2" t="str">
         <f>J55*96.86</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A56" s="1"/>
       <c r="B56" s="1">
         <v>827429</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="D56" s="1">
         <v>8332</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="G56" s="2">
         <v>0</v>
       </c>
       <c r="H56" s="2">
         <v>0</v>
       </c>
       <c r="I56" s="1">
         <v>0</v>
       </c>
       <c r="J56" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K56" s="2" t="str">
         <f>J56*102.47</f>
         <v>0</v>
       </c>
       <c r="L56" s="5"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
         <v>827430</v>
       </c>
       <c r="C57" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="E57" s="2" t="s">
         <v>197</v>
       </c>
-      <c r="D57" s="1" t="s">
+      <c r="F57" s="2" t="s">
         <v>198</v>
       </c>
-      <c r="E57" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G57" s="2">
         <v>0</v>
       </c>
       <c r="H57" s="2">
         <v>0</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K57" s="2" t="str">
         <f>J57*219.23</f>
         <v>0</v>
       </c>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A58" s="1"/>
       <c r="B58" s="1">
         <v>827431</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="D58" s="1">
         <v>9150</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="G58" s="2">
         <v>0</v>
       </c>
       <c r="H58" s="2">
         <v>0</v>
       </c>
       <c r="I58" s="1">
         <v>0</v>
       </c>
       <c r="J58" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K58" s="2" t="str">
         <f>J58*218.29</f>
         <v>0</v>
       </c>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
         <v>827432</v>
       </c>
       <c r="C59" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="E59" s="2" t="s">
         <v>204</v>
       </c>
-      <c r="D59" s="1" t="s">
+      <c r="F59" s="2" t="s">
         <v>205</v>
       </c>
-      <c r="E59" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G59" s="2">
         <v>0</v>
       </c>
       <c r="H59" s="2">
         <v>0</v>
       </c>
       <c r="I59" s="1">
         <v>0</v>
       </c>
       <c r="J59" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K59" s="2" t="str">
         <f>J59*158.36</f>
         <v>0</v>
       </c>
       <c r="L59" s="5"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A60" s="1"/>
       <c r="B60" s="1">
         <v>827433</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="D60" s="1">
         <v>8340</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="G60" s="2">
         <v>0</v>
       </c>
       <c r="H60" s="2">
         <v>0</v>
       </c>
       <c r="I60" s="1">
         <v>0</v>
       </c>
       <c r="J60" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K60" s="2" t="str">
         <f>J60*231.41</f>
         <v>0</v>
       </c>
       <c r="L60" s="5"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A61" s="1"/>
       <c r="B61" s="1">
         <v>827434</v>
       </c>
       <c r="C61" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="E61" s="2" t="s">
         <v>211</v>
       </c>
-      <c r="D61" s="1" t="s">
+      <c r="F61" s="2" t="s">
         <v>212</v>
       </c>
-      <c r="E61" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G61" s="2">
         <v>0</v>
       </c>
       <c r="H61" s="2">
         <v>0</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K61" s="2" t="str">
         <f>J61*329.35</f>
         <v>0</v>
       </c>
       <c r="L61" s="5"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A62" s="1"/>
       <c r="B62" s="1">
         <v>827435</v>
       </c>
       <c r="C62" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="E62" s="2" t="s">
         <v>215</v>
       </c>
-      <c r="D62" s="1" t="s">
+      <c r="F62" s="2" t="s">
         <v>216</v>
       </c>
-      <c r="E62" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G62" s="2">
         <v>0</v>
       </c>
       <c r="H62" s="2">
         <v>0</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K62" s="2" t="str">
         <f>J62*321.34</f>
         <v>0</v>
       </c>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A63" s="1"/>
       <c r="B63" s="1">
         <v>827436</v>
       </c>
       <c r="C63" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="E63" s="2" t="s">
         <v>219</v>
       </c>
-      <c r="D63" s="1" t="s">
+      <c r="F63" s="2" t="s">
         <v>220</v>
       </c>
-      <c r="E63" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G63" s="2">
         <v>0</v>
       </c>
       <c r="H63" s="2">
         <v>0</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K63" s="2" t="str">
         <f>J63*220.16</f>
         <v>0</v>
       </c>
       <c r="L63" s="5"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A64" s="1"/>
       <c r="B64" s="1">
         <v>827437</v>
       </c>
       <c r="C64" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="E64" s="2" t="s">
         <v>223</v>
       </c>
-      <c r="D64" s="1" t="s">
+      <c r="F64" s="2" t="s">
         <v>224</v>
       </c>
-      <c r="E64" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G64" s="2">
         <v>0</v>
       </c>
       <c r="H64" s="2">
         <v>0</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K64" s="2" t="str">
         <f>J64*250.13</f>
         <v>0</v>
       </c>
       <c r="L64" s="5"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A65" s="1"/>
       <c r="B65" s="1">
         <v>827438</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="D65" s="1">
         <v>8350</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="G65" s="2">
         <v>0</v>
       </c>
       <c r="H65" s="2">
         <v>0</v>
       </c>
       <c r="I65" s="1">
         <v>0</v>
       </c>
       <c r="J65" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K65" s="2" t="str">
         <f>J65*294.41</f>
         <v>0</v>
       </c>
       <c r="L65" s="5"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
         <v>827439</v>
       </c>
       <c r="C66" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="E66" s="2" t="s">
         <v>230</v>
       </c>
-      <c r="D66" s="1" t="s">
+      <c r="F66" s="2" t="s">
         <v>231</v>
       </c>
-      <c r="E66" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G66" s="2">
         <v>0</v>
       </c>
       <c r="H66" s="2">
         <v>0</v>
       </c>
       <c r="I66" s="1">
         <v>0</v>
       </c>
       <c r="J66" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K66" s="2" t="str">
         <f>J66*522.72</f>
         <v>0</v>
       </c>
       <c r="L66" s="5"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A67" s="1"/>
       <c r="B67" s="1">
         <v>827440</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="D67" s="1">
         <v>8363</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="G67" s="2">
         <v>0</v>
       </c>
       <c r="H67" s="2">
         <v>0</v>
       </c>
       <c r="I67" s="1">
         <v>0</v>
       </c>
       <c r="J67" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K67" s="2" t="str">
         <f>J67*769.05</f>
         <v>0</v>
       </c>
       <c r="L67" s="5"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A68" s="1"/>
       <c r="B68" s="1">
         <v>827441</v>
       </c>
       <c r="C68" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="E68" s="2" t="s">
         <v>237</v>
       </c>
-      <c r="D68" s="1" t="s">
+      <c r="F68" s="2" t="s">
         <v>238</v>
-      </c>
-[...4 lines deleted...]
-        <v>240</v>
       </c>
       <c r="G68" s="2">
         <v>3</v>
       </c>
       <c r="H68" s="2">
         <v>0</v>
       </c>
       <c r="I68" s="1">
         <v>0</v>
       </c>
       <c r="J68" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K68" s="2" t="str">
         <f>J68*899.69</f>
         <v>0</v>
       </c>
       <c r="L68" s="5"/>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A69" s="1"/>
       <c r="B69" s="1">
         <v>827442</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="D69" s="1">
         <v>8375</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="G69" s="2">
         <v>0</v>
       </c>
       <c r="H69" s="2">
         <v>0</v>
       </c>
       <c r="I69" s="1">
         <v>0</v>
       </c>
       <c r="J69" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K69" s="2" t="str">
         <f>J69*1227.50</f>
         <v>0</v>
       </c>
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A70" s="1"/>
       <c r="B70" s="1">
         <v>827443</v>
       </c>
       <c r="C70" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="E70" s="2" t="s">
         <v>244</v>
       </c>
-      <c r="D70" s="1" t="s">
+      <c r="F70" s="2" t="s">
         <v>245</v>
       </c>
-      <c r="E70" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G70" s="2">
         <v>0</v>
       </c>
       <c r="H70" s="2">
         <v>0</v>
       </c>
       <c r="I70" s="1">
         <v>0</v>
       </c>
       <c r="J70" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K70" s="2" t="str">
         <f>J70*1476.51</f>
         <v>0</v>
       </c>
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A71" s="1"/>
       <c r="B71" s="1">
         <v>827444</v>
       </c>
       <c r="C71" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="E71" s="2" t="s">
         <v>248</v>
       </c>
-      <c r="D71" s="1" t="s">
+      <c r="F71" s="2" t="s">
         <v>249</v>
       </c>
-      <c r="E71" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G71" s="2">
         <v>0</v>
       </c>
       <c r="H71" s="2">
         <v>0</v>
       </c>
       <c r="I71" s="1">
         <v>0</v>
       </c>
       <c r="J71" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K71" s="2" t="str">
         <f>J71*1540.23</f>
         <v>0</v>
       </c>
       <c r="L71" s="5"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A72" s="1"/>
       <c r="B72" s="1">
         <v>827445</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="D72" s="1">
         <v>8390</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="G72" s="2">
         <v>0</v>
       </c>
       <c r="H72" s="2">
         <v>0</v>
       </c>
       <c r="I72" s="1">
         <v>0</v>
       </c>
       <c r="J72" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K72" s="2" t="str">
         <f>J72*1461.11</f>
         <v>0</v>
       </c>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A73" s="1"/>
       <c r="B73" s="1">
         <v>827446</v>
       </c>
       <c r="C73" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="E73" s="2" t="s">
         <v>255</v>
       </c>
-      <c r="D73" s="1" t="s">
+      <c r="F73" s="2" t="s">
         <v>256</v>
       </c>
-      <c r="E73" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G73" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H73" s="2">
         <v>0</v>
       </c>
       <c r="I73" s="1">
         <v>0</v>
       </c>
       <c r="J73" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K73" s="2" t="str">
         <f>J73*34.35</f>
         <v>0</v>
       </c>
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A74" s="1"/>
       <c r="B74" s="1">
         <v>827447</v>
       </c>
       <c r="C74" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="E74" s="2" t="s">
         <v>259</v>
       </c>
-      <c r="D74" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F74" s="2" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H74" s="2">
         <v>0</v>
       </c>
       <c r="I74" s="1">
         <v>0</v>
       </c>
       <c r="J74" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K74" s="2" t="str">
         <f>J74*34.35</f>
         <v>0</v>
       </c>
       <c r="L74" s="5"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A75" s="1"/>
       <c r="B75" s="1">
         <v>827448</v>
       </c>
       <c r="C75" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="E75" s="2" t="s">
         <v>262</v>
       </c>
-      <c r="D75" s="1" t="s">
+      <c r="F75" s="2" t="s">
         <v>263</v>
       </c>
-      <c r="E75" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G75" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H75" s="2">
         <v>0</v>
       </c>
       <c r="I75" s="1">
         <v>0</v>
       </c>
       <c r="J75" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K75" s="2" t="str">
         <f>J75*40.44</f>
         <v>0</v>
       </c>
       <c r="L75" s="5"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A76" s="1"/>
       <c r="B76" s="1">
         <v>827449</v>
       </c>
       <c r="C76" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="E76" s="2" t="s">
         <v>266</v>
       </c>
-      <c r="D76" s="1" t="s">
+      <c r="F76" s="2" t="s">
         <v>267</v>
       </c>
-      <c r="E76" s="2" t="s">
+      <c r="G76" s="2" t="s">
         <v>268</v>
       </c>
-      <c r="F76" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H76" s="2">
         <v>0</v>
       </c>
       <c r="I76" s="1">
         <v>0</v>
       </c>
       <c r="J76" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K76" s="2" t="str">
         <f>J76*50.92</f>
         <v>0</v>
       </c>
       <c r="L76" s="5"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A77" s="1"/>
       <c r="B77" s="1">
         <v>827450</v>
       </c>
       <c r="C77" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="D77" s="1" t="s">
         <v>270</v>
       </c>
-      <c r="D77" s="1" t="s">
+      <c r="E77" s="2" t="s">
         <v>271</v>
       </c>
-      <c r="E77" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F77" s="2" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>142</v>
+        <v>268</v>
       </c>
       <c r="H77" s="2">
         <v>0</v>
       </c>
       <c r="I77" s="1">
         <v>0</v>
       </c>
       <c r="J77" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K77" s="2" t="str">
         <f>J77*44.21</f>
         <v>0</v>
       </c>
       <c r="L77" s="5"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A78" s="1"/>
       <c r="B78" s="1">
         <v>827451</v>
       </c>
       <c r="C78" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="D78" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="D78" s="1" t="s">
+      <c r="E78" s="2" t="s">
         <v>274</v>
       </c>
-      <c r="E78" s="2" t="s">
+      <c r="F78" s="2" t="s">
         <v>275</v>
       </c>
-      <c r="F78" s="2" t="s">
+      <c r="G78" s="2" t="s">
         <v>276</v>
       </c>
-      <c r="G78" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H78" s="2">
         <v>0</v>
       </c>
       <c r="I78" s="1">
         <v>0</v>
       </c>
       <c r="J78" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K78" s="2" t="str">
         <f>J78*45.55</f>
         <v>0</v>
       </c>
       <c r="L78" s="5"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A79" s="1"/>
       <c r="B79" s="1">
         <v>827452</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>277</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>278</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>279</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>280</v>
       </c>
       <c r="G79" s="2" t="s">
-        <v>24</v>
+        <v>276</v>
       </c>
       <c r="H79" s="2">
         <v>0</v>
       </c>
       <c r="I79" s="1">
         <v>0</v>
       </c>
       <c r="J79" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K79" s="2" t="str">
         <f>J79*77.71</f>
         <v>0</v>
       </c>
       <c r="L79" s="5"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A80" s="1"/>
       <c r="B80" s="1">
         <v>827453</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>281</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>282</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>283</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>284</v>
       </c>
       <c r="G80" s="2">
         <v>0</v>
       </c>
       <c r="H80" s="2">
         <v>0</v>
       </c>
       <c r="I80" s="1">
         <v>0</v>
       </c>
       <c r="J80" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K80" s="2" t="str">
         <f>J80*57.12</f>
         <v>0</v>
       </c>
       <c r="L80" s="5"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A81" s="1"/>
       <c r="B81" s="1">
         <v>827454</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>285</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>286</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>287</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>288</v>
       </c>
       <c r="G81" s="2">
         <v>0</v>
       </c>
       <c r="H81" s="2">
         <v>0</v>
       </c>
       <c r="I81" s="1">
         <v>0</v>
       </c>
       <c r="J81" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K81" s="2" t="str">
         <f>J81*52.89</f>
         <v>0</v>
       </c>
       <c r="L81" s="5"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A82" s="1"/>
       <c r="B82" s="1">
         <v>827455</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>289</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>290</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>291</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>292</v>
       </c>
       <c r="G82" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H82" s="2">
         <v>0</v>
       </c>
       <c r="I82" s="1">
         <v>0</v>
       </c>
       <c r="J82" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K82" s="2" t="str">
         <f>J82*75.03</f>
         <v>0</v>
       </c>
       <c r="L82" s="5"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A83" s="1"/>
       <c r="B83" s="1">
         <v>827456</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>293</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>294</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>295</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>296</v>
       </c>
       <c r="G83" s="2">
         <v>0</v>
       </c>
       <c r="H83" s="2">
         <v>0</v>
       </c>
       <c r="I83" s="1">
         <v>0</v>
       </c>
       <c r="J83" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K83" s="2" t="str">
         <f>J83*68.04</f>
         <v>0</v>
       </c>
       <c r="L83" s="5"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A84" s="1"/>
       <c r="B84" s="1">
         <v>827457</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>297</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>298</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>299</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>300</v>
       </c>
       <c r="G84" s="2">
         <v>0</v>
       </c>
       <c r="H84" s="2">
         <v>0</v>
       </c>
       <c r="I84" s="1">
         <v>0</v>
       </c>
       <c r="J84" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K84" s="2" t="str">
         <f>J84*106.76</f>
         <v>0</v>
       </c>
       <c r="L84" s="5"/>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A85" s="1"/>
       <c r="B85" s="1">
         <v>827458</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>301</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>302</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>303</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>304</v>
       </c>
       <c r="G85" s="2">
         <v>0</v>
       </c>
       <c r="H85" s="2">
         <v>0</v>
       </c>
       <c r="I85" s="1">
         <v>0</v>
       </c>
       <c r="J85" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K85" s="2" t="str">
         <f>J85*93.92</f>
         <v>0</v>
       </c>
       <c r="L85" s="5"/>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A86" s="1"/>
       <c r="B86" s="1">
         <v>827459</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>305</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>306</v>
       </c>
       <c r="E86" s="2" t="s">
         <v>307</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>308</v>
       </c>
       <c r="G86" s="2">
         <v>0</v>
       </c>
       <c r="H86" s="2">
         <v>0</v>
       </c>
       <c r="I86" s="1">
         <v>0</v>
       </c>
       <c r="J86" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K86" s="2" t="str">
         <f>J86*186.26</f>
         <v>0</v>
       </c>
       <c r="L86" s="5"/>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A87" s="1"/>
       <c r="B87" s="1">
         <v>827460</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>309</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>310</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>311</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>312</v>
       </c>
       <c r="G87" s="2">
         <v>0</v>
       </c>
       <c r="H87" s="2">
         <v>0</v>
       </c>
       <c r="I87" s="1">
         <v>0</v>
       </c>
       <c r="J87" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K87" s="2" t="str">
         <f>J87*125.77</f>
         <v>0</v>
       </c>
       <c r="L87" s="5"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A88" s="1"/>
       <c r="B88" s="1">
         <v>827461</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>313</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>315</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>316</v>
       </c>
       <c r="G88" s="2">
         <v>0</v>
       </c>
       <c r="H88" s="2">
         <v>0</v>
       </c>
       <c r="I88" s="1">
         <v>0</v>
       </c>
       <c r="J88" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K88" s="2" t="str">
         <f>J88*119.48</f>
         <v>0</v>
       </c>
       <c r="L88" s="5"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A89" s="1"/>
       <c r="B89" s="1">
         <v>827462</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>317</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>318</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>319</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>320</v>
       </c>
       <c r="G89" s="2">
         <v>0</v>
       </c>
       <c r="H89" s="2">
         <v>0</v>
       </c>
       <c r="I89" s="1">
         <v>0</v>
       </c>
       <c r="J89" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K89" s="2" t="str">
         <f>J89*124.03</f>
         <v>0</v>
       </c>
       <c r="L89" s="5"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A90" s="1"/>
       <c r="B90" s="1">
         <v>827463</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>321</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>322</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>323</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>324</v>
       </c>
       <c r="G90" s="2">
         <v>0</v>
       </c>
       <c r="H90" s="2">
         <v>0</v>
       </c>
       <c r="I90" s="1">
         <v>0</v>
       </c>
       <c r="J90" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K90" s="2" t="str">
         <f>J90*310.99</f>
         <v>0</v>
       </c>
       <c r="L90" s="5"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A91" s="1"/>
       <c r="B91" s="1">
         <v>827464</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>325</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>326</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>327</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>328</v>
       </c>
       <c r="G91" s="2">
         <v>0</v>
       </c>
       <c r="H91" s="2">
         <v>0</v>
       </c>
       <c r="I91" s="1">
         <v>0</v>
       </c>
       <c r="J91" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K91" s="2" t="str">
         <f>J91*186.71</f>
         <v>0</v>
       </c>
       <c r="L91" s="5"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A92" s="1"/>
       <c r="B92" s="1">
         <v>827465</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>329</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>330</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>331</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>332</v>
       </c>
       <c r="G92" s="2">
         <v>0</v>
       </c>
       <c r="H92" s="2">
         <v>0</v>
       </c>
       <c r="I92" s="1">
         <v>0</v>
       </c>
       <c r="J92" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K92" s="2" t="str">
         <f>J92*302.78</f>
         <v>0</v>
       </c>
       <c r="L92" s="5"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A93" s="1"/>
       <c r="B93" s="1">
         <v>827466</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>333</v>
       </c>
       <c r="D93" s="1">
         <v>10008167</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>334</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G93" s="2">
         <v>0</v>
       </c>
       <c r="H93" s="2">
         <v>0</v>
       </c>
       <c r="I93" s="1">
         <v>0</v>
       </c>
       <c r="J93" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K93" s="2" t="str">
         <f>J93*0.00</f>
         <v>0</v>
       </c>
       <c r="L93" s="5"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A94" s="1"/>
       <c r="B94" s="1">
         <v>827467</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>336</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>337</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>338</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>339</v>
       </c>
       <c r="G94" s="2">
         <v>0</v>
       </c>
       <c r="H94" s="2">
         <v>0</v>
       </c>
       <c r="I94" s="1">
         <v>0</v>
       </c>
       <c r="J94" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K94" s="2" t="str">
         <f>J94*550.26</f>
         <v>0</v>
       </c>
       <c r="L94" s="5"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A95" s="1"/>
       <c r="B95" s="1">
         <v>827468</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>340</v>
       </c>
       <c r="D95" s="1">
         <v>6175</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>341</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>342</v>
       </c>
       <c r="G95" s="2">
         <v>0</v>
       </c>
       <c r="H95" s="2">
         <v>0</v>
       </c>
       <c r="I95" s="1">
         <v>0</v>
       </c>
       <c r="J95" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K95" s="2" t="str">
         <f>J95*426.67</f>
         <v>0</v>
       </c>
       <c r="L95" s="5"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A96" s="1"/>
       <c r="B96" s="1">
         <v>827469</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>343</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>344</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>345</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>346</v>
       </c>
       <c r="G96" s="2">
         <v>0</v>
       </c>
       <c r="H96" s="2">
         <v>0</v>
       </c>
       <c r="I96" s="1">
         <v>0</v>
       </c>
       <c r="J96" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K96" s="2" t="str">
         <f>J96*718.68</f>
         <v>0</v>
       </c>
       <c r="L96" s="5"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A97" s="1"/>
       <c r="B97" s="1">
         <v>827470</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>347</v>
       </c>
       <c r="D97" s="1">
         <v>6190</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>348</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>349</v>
       </c>
       <c r="G97" s="2">
         <v>0</v>
       </c>
       <c r="H97" s="2">
         <v>0</v>
       </c>
       <c r="I97" s="1">
         <v>0</v>
       </c>
       <c r="J97" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K97" s="2" t="str">
         <f>J97*743.29</f>
         <v>0</v>
       </c>
       <c r="L97" s="5"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A98" s="1"/>
       <c r="B98" s="1">
         <v>827471</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>350</v>
       </c>
       <c r="D98" s="1">
         <v>10008186</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>351</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G98" s="2">
         <v>0</v>
       </c>
       <c r="H98" s="2">
         <v>0</v>
       </c>
       <c r="I98" s="1">
         <v>0</v>
       </c>
       <c r="J98" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K98" s="2" t="str">
         <f>J98*0.00</f>
         <v>0</v>
       </c>
       <c r="L98" s="5"/>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A99" s="1"/>
       <c r="B99" s="1">
         <v>827472</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>352</v>
       </c>
       <c r="D99" s="1">
         <v>6191</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>353</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>354</v>
       </c>
       <c r="G99" s="2">
         <v>0</v>
       </c>
       <c r="H99" s="2">
         <v>0</v>
       </c>
       <c r="I99" s="1">
         <v>0</v>
       </c>
       <c r="J99" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K99" s="2" t="str">
         <f>J99*750.45</f>
         <v>0</v>
       </c>
       <c r="L99" s="5"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A100" s="1"/>
       <c r="B100" s="1">
         <v>827473</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>355</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>356</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>357</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>358</v>
       </c>
       <c r="G100" s="2">
         <v>0</v>
       </c>
       <c r="H100" s="2">
         <v>0</v>
       </c>
       <c r="I100" s="1">
         <v>0</v>
       </c>
       <c r="J100" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K100" s="2" t="str">
         <f>J100*1053.31</f>
         <v>0</v>
       </c>
       <c r="L100" s="5"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A101" s="1"/>
       <c r="B101" s="1">
         <v>827474</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>359</v>
       </c>
       <c r="D101" s="1">
         <v>10008195</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>360</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G101" s="2">
         <v>0</v>
       </c>
       <c r="H101" s="2">
         <v>0</v>
       </c>
       <c r="I101" s="1">
         <v>0</v>
       </c>
       <c r="J101" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K101" s="2" t="str">
         <f>J101*0.00</f>
         <v>0</v>
       </c>
       <c r="L101" s="5"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A102" s="1"/>
       <c r="B102" s="1">
         <v>827475</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>361</v>
       </c>
       <c r="D102" s="1">
         <v>10008196</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>362</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G102" s="2">
         <v>0</v>
       </c>
       <c r="H102" s="2">
         <v>0</v>
       </c>
       <c r="I102" s="1">
         <v>0</v>
       </c>
       <c r="J102" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K102" s="2" t="str">
         <f>J102*0.00</f>
         <v>0</v>
       </c>
       <c r="L102" s="5"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A103" s="1"/>
       <c r="B103" s="1">
         <v>827476</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>363</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>364</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>365</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>366</v>
       </c>
       <c r="G103" s="2">
         <v>0</v>
       </c>
       <c r="H103" s="2">
         <v>0</v>
       </c>
       <c r="I103" s="1">
         <v>0</v>
       </c>
       <c r="J103" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K103" s="2" t="str">
         <f>J103*1145.06</f>
         <v>0</v>
       </c>
       <c r="L103" s="5"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A104" s="1"/>
       <c r="B104" s="1">
         <v>827477</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>367</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>368</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>369</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>370</v>
       </c>
       <c r="G104" s="2">
         <v>0</v>
       </c>
       <c r="H104" s="2">
         <v>0</v>
       </c>
       <c r="I104" s="1">
         <v>0</v>
       </c>
       <c r="J104" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K104" s="2" t="str">
         <f>J104*1066.03</f>
         <v>0</v>
       </c>
       <c r="L104" s="5"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A105" s="1"/>
       <c r="B105" s="1">
         <v>827478</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>371</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>373</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>374</v>
       </c>
       <c r="G105" s="2">
         <v>0</v>
       </c>
       <c r="H105" s="2">
         <v>0</v>
       </c>
       <c r="I105" s="1">
         <v>0</v>
       </c>
       <c r="J105" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K105" s="2" t="str">
         <f>J105*26.15</f>
         <v>0</v>
       </c>
       <c r="L105" s="5"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A106" s="1"/>
       <c r="B106" s="1">
         <v>827479</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>375</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>376</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>377</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>378</v>
       </c>
       <c r="G106" s="2" t="s">
-        <v>82</v>
+        <v>141</v>
       </c>
       <c r="H106" s="2">
         <v>0</v>
       </c>
       <c r="I106" s="1">
         <v>0</v>
       </c>
       <c r="J106" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K106" s="2" t="str">
         <f>J106*27.15</f>
         <v>0</v>
       </c>
       <c r="L106" s="5"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A107" s="1"/>
       <c r="B107" s="1">
         <v>827480</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>379</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>380</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>381</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>382</v>
       </c>
       <c r="G107" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H107" s="2">
         <v>0</v>
       </c>
       <c r="I107" s="1">
         <v>0</v>
       </c>
       <c r="J107" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K107" s="2" t="str">
         <f>J107*28.81</f>
         <v>0</v>
       </c>
       <c r="L107" s="5"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A108" s="1"/>
       <c r="B108" s="1">
         <v>827481</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>383</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>384</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>385</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>386</v>
       </c>
       <c r="G108" s="2" t="s">
-        <v>142</v>
+        <v>268</v>
       </c>
       <c r="H108" s="2">
         <v>0</v>
       </c>
       <c r="I108" s="1">
         <v>0</v>
       </c>
       <c r="J108" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K108" s="2" t="str">
         <f>J108*45.43</f>
         <v>0</v>
       </c>
       <c r="L108" s="5"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A109" s="1"/>
       <c r="B109" s="1">
         <v>827482</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>388</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>389</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>390</v>
       </c>
       <c r="G109" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H109" s="2">
         <v>0</v>
       </c>
       <c r="I109" s="1">
         <v>0</v>
       </c>
       <c r="J109" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K109" s="2" t="str">
         <f>J109*42.87</f>
         <v>0</v>
       </c>
       <c r="L109" s="5"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A110" s="1"/>
       <c r="B110" s="1">
         <v>827483</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>391</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>392</v>
       </c>
       <c r="E110" s="2" t="s">
         <v>393</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="G110" s="2" t="s">
-        <v>82</v>
+        <v>141</v>
       </c>
       <c r="H110" s="2">
         <v>0</v>
       </c>
       <c r="I110" s="1">
         <v>0</v>
       </c>
       <c r="J110" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K110" s="2" t="str">
         <f>J110*44.21</f>
         <v>0</v>
       </c>
       <c r="L110" s="5"/>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A111" s="1"/>
       <c r="B111" s="1">
         <v>827484</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>394</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>395</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G111" s="2">
         <v>0</v>
       </c>
       <c r="H111" s="2">
         <v>0</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>82</v>
+        <v>276</v>
       </c>
       <c r="J111" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K111" s="2" t="str">
         <f>J111*70.92</f>
         <v>0</v>
       </c>
       <c r="L111" s="5"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A112" s="1"/>
       <c r="B112" s="1">
         <v>827485</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>398</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>399</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>400</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>401</v>
       </c>
       <c r="G112" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H112" s="2">
         <v>0</v>
       </c>
       <c r="I112" s="1">
         <v>0</v>
       </c>
       <c r="J112" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K112" s="2" t="str">
         <f>J112*72.03</f>
         <v>0</v>
       </c>
       <c r="L112" s="5"/>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A113" s="1"/>
       <c r="B113" s="1">
         <v>827486</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>402</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>403</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>404</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>405</v>
       </c>
       <c r="G113" s="2" t="s">
-        <v>82</v>
+        <v>276</v>
       </c>
       <c r="H113" s="2">
         <v>0</v>
       </c>
       <c r="I113" s="1">
         <v>0</v>
       </c>
       <c r="J113" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K113" s="2" t="str">
         <f>J113*69.81</f>
         <v>0</v>
       </c>
       <c r="L113" s="5"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A114" s="1"/>
       <c r="B114" s="1">
         <v>827487</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>406</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>407</v>
       </c>
       <c r="E114" s="2" t="s">
         <v>408</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G114" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H114" s="2">
         <v>0</v>
       </c>
       <c r="I114" s="1">
         <v>0</v>
       </c>
       <c r="J114" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K114" s="2" t="str">
         <f>J114*70.92</f>
         <v>0</v>
       </c>
       <c r="L114" s="5"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A115" s="1"/>
       <c r="B115" s="1">
         <v>827488</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>409</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>410</v>
       </c>
       <c r="E115" s="2" t="s">
         <v>411</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>412</v>
       </c>
       <c r="G115" s="2">
         <v>0</v>
       </c>
       <c r="H115" s="2">
         <v>0</v>
       </c>
       <c r="I115" s="1">
         <v>0</v>
       </c>
       <c r="J115" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K115" s="2" t="str">
         <f>J115*69.12</f>
         <v>0</v>
       </c>
       <c r="L115" s="5"/>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A116" s="1"/>
       <c r="B116" s="1">
         <v>827489</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>413</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>414</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>415</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G116" s="2">
         <v>0</v>
       </c>
       <c r="H116" s="2">
         <v>0</v>
       </c>
       <c r="I116" s="1">
         <v>0</v>
       </c>
       <c r="J116" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K116" s="2" t="str">
         <f>J116*128.65</f>
         <v>0</v>
       </c>
       <c r="L116" s="5"/>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A117" s="1"/>
       <c r="B117" s="1">
         <v>827490</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>417</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>418</v>
       </c>
       <c r="E117" s="2" t="s">
         <v>419</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>420</v>
       </c>
       <c r="G117" s="2">
         <v>0</v>
       </c>
       <c r="H117" s="2">
         <v>0</v>
       </c>
       <c r="I117" s="1">
         <v>0</v>
       </c>
       <c r="J117" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K117" s="2" t="str">
         <f>J117*72.94</f>
         <v>0</v>
       </c>
       <c r="L117" s="5"/>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A118" s="1"/>
       <c r="B118" s="1">
         <v>827491</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>421</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>422</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>423</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>424</v>
       </c>
       <c r="G118" s="2">
         <v>0</v>
       </c>
       <c r="H118" s="2">
         <v>0</v>
       </c>
       <c r="I118" s="1">
         <v>0</v>
       </c>
       <c r="J118" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K118" s="2" t="str">
         <f>J118*106.12</f>
         <v>0</v>
       </c>
       <c r="L118" s="5"/>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A119" s="1"/>
       <c r="B119" s="1">
         <v>827492</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>425</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>426</v>
       </c>
       <c r="E119" s="2" t="s">
         <v>427</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>428</v>
       </c>
       <c r="G119" s="2">
         <v>0</v>
       </c>
       <c r="H119" s="2">
         <v>0</v>
       </c>
       <c r="I119" s="1">
         <v>0</v>
       </c>
       <c r="J119" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K119" s="2" t="str">
         <f>J119*176.38</f>
         <v>0</v>
       </c>
       <c r="L119" s="5"/>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A120" s="1"/>
       <c r="B120" s="1">
         <v>827493</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>429</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>430</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>431</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>432</v>
       </c>
       <c r="G120" s="2">
         <v>0</v>
       </c>
       <c r="H120" s="2">
         <v>0</v>
       </c>
       <c r="I120" s="1">
         <v>0</v>
       </c>
       <c r="J120" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K120" s="2" t="str">
         <f>J120*123.12</f>
         <v>0</v>
       </c>
       <c r="L120" s="5"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A121" s="1"/>
       <c r="B121" s="1">
         <v>827494</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>433</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>434</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>435</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>436</v>
       </c>
       <c r="G121" s="2">
         <v>0</v>
       </c>
       <c r="H121" s="2">
         <v>0</v>
       </c>
       <c r="I121" s="1">
         <v>0</v>
       </c>
       <c r="J121" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K121" s="2" t="str">
         <f>J121*112.81</f>
         <v>0</v>
       </c>
       <c r="L121" s="5"/>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A122" s="1"/>
       <c r="B122" s="1">
         <v>827495</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>437</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>438</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>439</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>440</v>
       </c>
       <c r="G122" s="2">
         <v>0</v>
       </c>
       <c r="H122" s="2">
         <v>0</v>
       </c>
       <c r="I122" s="1">
         <v>0</v>
       </c>
       <c r="J122" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K122" s="2" t="str">
         <f>J122*185.78</f>
         <v>0</v>
       </c>
       <c r="L122" s="5"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A123" s="1"/>
       <c r="B123" s="1">
         <v>827496</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>441</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>442</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>443</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>444</v>
       </c>
       <c r="G123" s="2">
         <v>0</v>
       </c>
       <c r="H123" s="2">
         <v>0</v>
       </c>
       <c r="I123" s="1">
         <v>0</v>
       </c>
       <c r="J123" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K123" s="2" t="str">
         <f>J123*243.26</f>
         <v>0</v>
       </c>
       <c r="L123" s="5"/>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A124" s="1"/>
       <c r="B124" s="1">
         <v>827497</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>445</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>446</v>
       </c>
       <c r="E124" s="2" t="s">
         <v>447</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>448</v>
       </c>
       <c r="G124" s="2">
         <v>0</v>
       </c>
       <c r="H124" s="2">
         <v>0</v>
       </c>
       <c r="I124" s="1">
         <v>0</v>
       </c>
       <c r="J124" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K124" s="2" t="str">
         <f>J124*202.61</f>
         <v>0</v>
       </c>
       <c r="L124" s="5"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A125" s="1"/>
       <c r="B125" s="1">
         <v>827498</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>449</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>450</v>
       </c>
       <c r="E125" s="2" t="s">
         <v>451</v>
       </c>
       <c r="F125" s="2" t="s">
         <v>452</v>
       </c>
       <c r="G125" s="2">
         <v>0</v>
       </c>
       <c r="H125" s="2">
         <v>0</v>
       </c>
       <c r="I125" s="1">
         <v>0</v>
       </c>
       <c r="J125" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K125" s="2" t="str">
         <f>J125*195.26</f>
         <v>0</v>
       </c>
       <c r="L125" s="5"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A126" s="1"/>
       <c r="B126" s="1">
         <v>827499</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>453</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>454</v>
       </c>
       <c r="E126" s="2" t="s">
         <v>455</v>
       </c>
       <c r="F126" s="2" t="s">
         <v>456</v>
       </c>
       <c r="G126" s="2">
         <v>0</v>
       </c>
       <c r="H126" s="2">
         <v>0</v>
       </c>
       <c r="I126" s="1">
         <v>0</v>
       </c>
       <c r="J126" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K126" s="2" t="str">
         <f>J126*270.99</f>
         <v>0</v>
       </c>
       <c r="L126" s="5"/>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A127" s="1"/>
       <c r="B127" s="1">
         <v>827500</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>457</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>458</v>
       </c>
       <c r="E127" s="2" t="s">
         <v>459</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>460</v>
       </c>
       <c r="G127" s="2">
         <v>0</v>
       </c>
       <c r="H127" s="2">
         <v>0</v>
       </c>
       <c r="I127" s="1">
         <v>0</v>
       </c>
       <c r="J127" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K127" s="2" t="str">
         <f>J127*487.88</f>
         <v>0</v>
       </c>
       <c r="L127" s="5"/>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A128" s="1"/>
       <c r="B128" s="1">
         <v>827501</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>461</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>462</v>
       </c>
       <c r="E128" s="2" t="s">
         <v>463</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>464</v>
       </c>
       <c r="G128" s="2">
         <v>0</v>
       </c>
       <c r="H128" s="2">
         <v>0</v>
       </c>
       <c r="I128" s="1">
         <v>0</v>
       </c>
       <c r="J128" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K128" s="2" t="str">
         <f>J128*490.74</f>
         <v>0</v>
       </c>
       <c r="L128" s="5"/>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A129" s="1"/>
       <c r="B129" s="1">
         <v>827502</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>465</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>466</v>
       </c>
       <c r="E129" s="2" t="s">
         <v>467</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>468</v>
       </c>
       <c r="G129" s="2">
         <v>0</v>
       </c>
       <c r="H129" s="2">
         <v>0</v>
       </c>
       <c r="I129" s="1">
         <v>0</v>
       </c>
       <c r="J129" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K129" s="2" t="str">
         <f>J129*497.90</f>
         <v>0</v>
       </c>
       <c r="L129" s="5"/>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A130" s="1"/>
       <c r="B130" s="1">
         <v>827503</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>469</v>
       </c>
       <c r="D130" s="1">
         <v>10001086</v>
       </c>
       <c r="E130" s="2" t="s">
         <v>470</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G130" s="2">
         <v>0</v>
       </c>
       <c r="H130" s="2">
         <v>0</v>
       </c>
       <c r="I130" s="1">
         <v>0</v>
       </c>
       <c r="J130" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K130" s="2" t="str">
         <f>J130*0.00</f>
         <v>0</v>
       </c>
       <c r="L130" s="5"/>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A131" s="1"/>
       <c r="B131" s="1">
         <v>827504</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>471</v>
       </c>
       <c r="D131" s="1">
         <v>6091</v>
       </c>
       <c r="E131" s="2" t="s">
         <v>472</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>473</v>
       </c>
       <c r="G131" s="2">
         <v>0</v>
       </c>
       <c r="H131" s="2">
         <v>0</v>
       </c>
       <c r="I131" s="1">
         <v>0</v>
       </c>
       <c r="J131" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K131" s="2" t="str">
         <f>J131*733.68</f>
         <v>0</v>
       </c>
       <c r="L131" s="5"/>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A132" s="1"/>
       <c r="B132" s="1">
         <v>827505</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>474</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>475</v>
       </c>
       <c r="E132" s="2" t="s">
         <v>476</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>477</v>
       </c>
       <c r="G132" s="2">
         <v>0</v>
       </c>
       <c r="H132" s="2">
         <v>0</v>
       </c>
       <c r="I132" s="1">
         <v>0</v>
       </c>
       <c r="J132" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K132" s="2" t="str">
         <f>J132*759.06</f>
         <v>0</v>
       </c>
       <c r="L132" s="5"/>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A133" s="1"/>
       <c r="B133" s="1">
         <v>827506</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>478</v>
       </c>
       <c r="D133" s="1">
         <v>10001089</v>
       </c>
       <c r="E133" s="2" t="s">
         <v>479</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G133" s="2">
         <v>0</v>
       </c>
       <c r="H133" s="2">
         <v>0</v>
       </c>
       <c r="I133" s="1">
         <v>0</v>
       </c>
       <c r="J133" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K133" s="2" t="str">
         <f>J133*0.00</f>
         <v>0</v>
       </c>
       <c r="L133" s="5"/>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A134" s="1"/>
       <c r="B134" s="1">
         <v>827507</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>480</v>
       </c>
       <c r="D134" s="1">
         <v>10001095</v>
       </c>
       <c r="E134" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G134" s="2">
         <v>0</v>
       </c>
       <c r="H134" s="2">
         <v>0</v>
       </c>
       <c r="I134" s="1">
         <v>0</v>
       </c>
       <c r="J134" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K134" s="2" t="str">
         <f>J134*0.00</f>
         <v>0</v>
       </c>
       <c r="L134" s="5"/>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A135" s="1"/>
       <c r="B135" s="1">
         <v>827508</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>482</v>
       </c>
       <c r="D135" s="1">
         <v>10001096</v>
       </c>
       <c r="E135" s="2" t="s">
         <v>483</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G135" s="2">
         <v>0</v>
       </c>
       <c r="H135" s="2">
         <v>0</v>
       </c>
       <c r="I135" s="1">
         <v>0</v>
       </c>
       <c r="J135" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K135" s="2" t="str">
         <f>J135*0.00</f>
         <v>0</v>
       </c>
       <c r="L135" s="5"/>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A136" s="1"/>
       <c r="B136" s="1">
         <v>827509</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>484</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>485</v>
       </c>
       <c r="E136" s="2" t="s">
         <v>486</v>
       </c>
       <c r="F136" s="2" t="s">
         <v>487</v>
       </c>
       <c r="G136" s="2">
         <v>0</v>
       </c>
       <c r="H136" s="2">
         <v>0</v>
       </c>
       <c r="I136" s="1">
         <v>0</v>
       </c>
       <c r="J136" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K136" s="2" t="str">
         <f>J136*1495.09</f>
         <v>0</v>
       </c>
       <c r="L136" s="5"/>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A137" s="1"/>
       <c r="B137" s="1">
         <v>827510</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>488</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>489</v>
       </c>
       <c r="E137" s="2" t="s">
         <v>490</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>491</v>
       </c>
       <c r="G137" s="2">
         <v>0</v>
       </c>
       <c r="H137" s="2">
         <v>0</v>
       </c>
       <c r="I137" s="1">
         <v>0</v>
       </c>
       <c r="J137" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K137" s="2" t="str">
         <f>J137*1199.59</f>
         <v>0</v>
       </c>
       <c r="L137" s="5"/>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A138" s="1"/>
       <c r="B138" s="1">
         <v>827511</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>492</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>493</v>
       </c>
       <c r="E138" s="2" t="s">
         <v>494</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>495</v>
       </c>
       <c r="G138" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H138" s="2">
         <v>0</v>
       </c>
       <c r="I138" s="1">
         <v>0</v>
       </c>
       <c r="J138" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K138" s="2" t="str">
         <f>J138*49.58</f>
         <v>0</v>
       </c>
       <c r="L138" s="5"/>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A139" s="1"/>
       <c r="B139" s="1">
         <v>827512</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>496</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>497</v>
       </c>
       <c r="E139" s="2" t="s">
         <v>498</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>280</v>
       </c>
       <c r="G139" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="H139" s="2">
+        <v>0</v>
+      </c>
+      <c r="I139" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="H139" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="J139" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K139" s="2" t="str">
         <f>J139*77.71</f>
         <v>0</v>
       </c>
       <c r="L139" s="5"/>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A140" s="1"/>
       <c r="B140" s="1">
         <v>827513</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>499</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>500</v>
       </c>
       <c r="E140" s="2" t="s">
         <v>501</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="G140" s="2">
-        <v>4</v>
+        <v>-10</v>
       </c>
       <c r="H140" s="2">
         <v>0</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="J140" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K140" s="2" t="str">
         <f>J140*119.24</f>
         <v>0</v>
       </c>
       <c r="L140" s="5"/>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A141" s="1"/>
       <c r="B141" s="1">
         <v>827514</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>502</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>503</v>
       </c>
       <c r="E141" s="2" t="s">
         <v>504</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>505</v>
       </c>
       <c r="G141" s="2">
         <v>0</v>
       </c>
       <c r="H141" s="2">
         <v>0</v>
       </c>
       <c r="I141" s="1">
         <v>0</v>
       </c>
       <c r="J141" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K141" s="2" t="str">
         <f>J141*121.61</f>
         <v>0</v>
       </c>
       <c r="L141" s="5"/>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A142" s="1"/>
       <c r="B142" s="1">
         <v>827515</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>506</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>507</v>
       </c>
       <c r="E142" s="2" t="s">
         <v>508</v>
       </c>
       <c r="F142" s="2" t="s">
         <v>509</v>
       </c>
       <c r="G142" s="2">
         <v>0</v>
       </c>
       <c r="H142" s="2">
         <v>0</v>
       </c>
       <c r="I142" s="1">
         <v>0</v>
       </c>
       <c r="J142" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K142" s="2" t="str">
         <f>J142*213.84</f>
         <v>0</v>
       </c>
       <c r="L142" s="5"/>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A143" s="1"/>
       <c r="B143" s="1">
         <v>827516</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>510</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>511</v>
       </c>
       <c r="E143" s="2" t="s">
         <v>512</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>513</v>
       </c>
       <c r="G143" s="2">
         <v>0</v>
       </c>
       <c r="H143" s="2">
         <v>0</v>
       </c>
       <c r="I143" s="1">
         <v>0</v>
       </c>
       <c r="J143" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K143" s="2" t="str">
         <f>J143*353.16</f>
         <v>0</v>
       </c>
       <c r="L143" s="5"/>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A144" s="1"/>
       <c r="B144" s="1">
         <v>827517</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>514</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>515</v>
       </c>
       <c r="E144" s="2" t="s">
         <v>516</v>
       </c>
       <c r="F144" s="2" t="s">
         <v>517</v>
       </c>
       <c r="G144" s="2">
         <v>0</v>
       </c>
       <c r="H144" s="2">
         <v>0</v>
       </c>
       <c r="I144" s="1">
         <v>0</v>
       </c>
       <c r="J144" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K144" s="2" t="str">
         <f>J144*874.77</f>
         <v>0</v>
       </c>
       <c r="L144" s="5"/>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A145" s="1"/>
       <c r="B145" s="1">
         <v>827518</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>518</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>519</v>
       </c>
       <c r="E145" s="2" t="s">
         <v>520</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>521</v>
       </c>
       <c r="G145" s="2">
         <v>0</v>
       </c>
       <c r="H145" s="2">
         <v>0</v>
       </c>
       <c r="I145" s="1">
         <v>0</v>
       </c>
       <c r="J145" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K145" s="2" t="str">
         <f>J145*1400.04</f>
         <v>0</v>
       </c>
       <c r="L145" s="5"/>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A146" s="1"/>
       <c r="B146" s="1">
         <v>827519</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>522</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>523</v>
       </c>
       <c r="E146" s="2" t="s">
         <v>524</v>
       </c>
       <c r="F146" s="2" t="s">
         <v>525</v>
       </c>
       <c r="G146" s="2">
         <v>0</v>
       </c>
       <c r="H146" s="2">
         <v>0</v>
       </c>
       <c r="I146" s="1">
         <v>0</v>
       </c>
       <c r="J146" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K146" s="2" t="str">
         <f>J146*2238.77</f>
         <v>0</v>
       </c>
       <c r="L146" s="5"/>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A147" s="1"/>
       <c r="B147" s="1">
         <v>827520</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>526</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>527</v>
       </c>
       <c r="E147" s="2" t="s">
         <v>528</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>495</v>
       </c>
       <c r="G147" s="2" t="s">
-        <v>82</v>
+        <v>276</v>
       </c>
       <c r="H147" s="2">
         <v>0</v>
       </c>
       <c r="I147" s="1">
         <v>0</v>
       </c>
       <c r="J147" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K147" s="2" t="str">
         <f>J147*49.58</f>
         <v>0</v>
       </c>
       <c r="L147" s="5"/>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A148" s="1"/>
       <c r="B148" s="1">
         <v>827521</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>529</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>530</v>
       </c>
       <c r="E148" s="2" t="s">
         <v>531</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>532</v>
       </c>
       <c r="G148" s="2" t="s">
-        <v>82</v>
+        <v>141</v>
       </c>
       <c r="H148" s="2">
         <v>0</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>82</v>
+        <v>276</v>
       </c>
       <c r="J148" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K148" s="2" t="str">
         <f>J148*76.37</f>
         <v>0</v>
       </c>
       <c r="L148" s="5"/>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A149" s="1"/>
       <c r="B149" s="1">
         <v>827522</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>533</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>534</v>
       </c>
       <c r="E149" s="2" t="s">
         <v>535</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>536</v>
       </c>
-      <c r="G149" s="2">
-        <v>0</v>
+      <c r="G149" s="2" t="s">
+        <v>268</v>
       </c>
       <c r="H149" s="2">
         <v>0</v>
       </c>
-      <c r="I149" s="1" t="s">
-        <v>82</v>
+      <c r="I149" s="1">
+        <v>0</v>
       </c>
       <c r="J149" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K149" s="2" t="str">
         <f>J149*126.32</f>
         <v>0</v>
       </c>
       <c r="L149" s="5"/>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A150" s="1"/>
       <c r="B150" s="1">
         <v>827523</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>537</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>538</v>
       </c>
       <c r="E150" s="2" t="s">
         <v>539</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>540</v>
       </c>
       <c r="G150" s="2">
         <v>0</v>
       </c>
       <c r="H150" s="2">
         <v>0</v>
       </c>
       <c r="I150" s="1">
         <v>0</v>
       </c>
       <c r="J150" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K150" s="2" t="str">
         <f>J150*134.78</f>
         <v>0</v>
       </c>
       <c r="L150" s="5"/>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A151" s="1"/>
       <c r="B151" s="1">
         <v>827524</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>541</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>542</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>543</v>
       </c>
       <c r="F151" s="2" t="s">
         <v>544</v>
       </c>
       <c r="G151" s="2">
         <v>0</v>
       </c>
       <c r="H151" s="2">
         <v>0</v>
       </c>
       <c r="I151" s="1">
         <v>0</v>
       </c>
       <c r="J151" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K151" s="2" t="str">
         <f>J151*243.00</f>
         <v>0</v>
       </c>
       <c r="L151" s="5"/>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A152" s="1"/>
       <c r="B152" s="1">
         <v>827525</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>545</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>546</v>
       </c>
       <c r="E152" s="2" t="s">
         <v>547</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>548</v>
       </c>
       <c r="G152" s="2">
         <v>0</v>
       </c>
       <c r="H152" s="2">
         <v>0</v>
       </c>
       <c r="I152" s="1">
         <v>0</v>
       </c>
       <c r="J152" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K152" s="2" t="str">
         <f>J152*360.47</f>
         <v>0</v>
       </c>
       <c r="L152" s="5"/>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A153" s="1"/>
       <c r="B153" s="1">
         <v>827526</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>549</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>550</v>
       </c>
       <c r="E153" s="2" t="s">
         <v>551</v>
       </c>
       <c r="F153" s="2" t="s">
         <v>552</v>
       </c>
       <c r="G153" s="2">
         <v>0</v>
       </c>
       <c r="H153" s="2">
         <v>0</v>
       </c>
       <c r="I153" s="1">
         <v>0</v>
       </c>
       <c r="J153" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K153" s="2" t="str">
         <f>J153*945.31</f>
         <v>0</v>
       </c>
       <c r="L153" s="5"/>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A154" s="1"/>
       <c r="B154" s="1">
         <v>827527</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>553</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>554</v>
       </c>
       <c r="E154" s="2" t="s">
         <v>555</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>556</v>
       </c>
       <c r="G154" s="2">
         <v>0</v>
       </c>
       <c r="H154" s="2">
         <v>0</v>
       </c>
       <c r="I154" s="1">
         <v>0</v>
       </c>
       <c r="J154" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K154" s="2" t="str">
         <f>J154*1519.04</f>
         <v>0</v>
       </c>
       <c r="L154" s="5"/>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A155" s="1"/>
       <c r="B155" s="1">
         <v>827528</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>557</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>558</v>
       </c>
       <c r="E155" s="2" t="s">
         <v>559</v>
       </c>
       <c r="F155" s="2" t="s">
         <v>560</v>
       </c>
       <c r="G155" s="2">
         <v>6</v>
       </c>
       <c r="H155" s="2">
         <v>0</v>
       </c>
       <c r="I155" s="1">
         <v>0</v>
       </c>
       <c r="J155" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K155" s="2" t="str">
         <f>J155*2348.98</f>
         <v>0</v>
       </c>
       <c r="L155" s="5"/>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A156" s="1"/>
       <c r="B156" s="1">
         <v>827529</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>561</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>562</v>
       </c>
       <c r="E156" s="2" t="s">
         <v>563</v>
       </c>
       <c r="F156" s="2" t="s">
         <v>564</v>
       </c>
       <c r="G156" s="2">
         <v>0</v>
       </c>
       <c r="H156" s="2">
         <v>0</v>
       </c>
       <c r="I156" s="1">
         <v>0</v>
       </c>
       <c r="J156" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K156" s="2" t="str">
         <f>J156*40.19</f>
         <v>0</v>
       </c>
       <c r="L156" s="5"/>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A157" s="1"/>
       <c r="B157" s="1">
         <v>827530</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>565</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>566</v>
       </c>
       <c r="E157" s="2" t="s">
         <v>567</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>568</v>
       </c>
       <c r="G157" s="2">
         <v>0</v>
       </c>
       <c r="H157" s="2">
         <v>0</v>
       </c>
       <c r="I157" s="1">
         <v>0</v>
       </c>
       <c r="J157" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K157" s="2" t="str">
         <f>J157*46.89</f>
         <v>0</v>
       </c>
       <c r="L157" s="5"/>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A158" s="1"/>
       <c r="B158" s="1">
         <v>827531</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>569</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>570</v>
       </c>
       <c r="E158" s="2" t="s">
         <v>571</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>572</v>
       </c>
       <c r="G158" s="2">
         <v>0</v>
       </c>
       <c r="H158" s="2">
         <v>0</v>
       </c>
       <c r="I158" s="1">
         <v>0</v>
       </c>
       <c r="J158" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K158" s="2" t="str">
         <f>J158*51.80</f>
         <v>0</v>
       </c>
       <c r="L158" s="5"/>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A159" s="1"/>
       <c r="B159" s="1">
         <v>827532</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>573</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>574</v>
       </c>
       <c r="E159" s="2" t="s">
         <v>575</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="G159" s="2" t="s">
-        <v>82</v>
+        <v>276</v>
       </c>
       <c r="H159" s="2">
         <v>0</v>
       </c>
       <c r="I159" s="1">
         <v>0</v>
       </c>
       <c r="J159" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K159" s="2" t="str">
         <f>J159*66.99</f>
         <v>0</v>
       </c>
       <c r="L159" s="5"/>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A160" s="1"/>
       <c r="B160" s="1">
         <v>827533</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>576</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>577</v>
       </c>
       <c r="E160" s="2" t="s">
         <v>578</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>579</v>
       </c>
       <c r="G160" s="2" t="s">
-        <v>82</v>
+        <v>276</v>
       </c>
       <c r="H160" s="2">
         <v>0</v>
       </c>
       <c r="I160" s="1">
         <v>0</v>
       </c>
       <c r="J160" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K160" s="2" t="str">
         <f>J160*53.59</f>
         <v>0</v>
       </c>
       <c r="L160" s="5"/>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A161" s="1"/>
       <c r="B161" s="1">
         <v>827534</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>580</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>581</v>
       </c>
       <c r="E161" s="2" t="s">
         <v>582</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>579</v>
       </c>
       <c r="G161" s="2">
-        <v>-20</v>
+        <v>0</v>
       </c>
       <c r="H161" s="2">
         <v>0</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="J161" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K161" s="2" t="str">
         <f>J161*53.59</f>
         <v>0</v>
       </c>
       <c r="L161" s="5"/>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A162" s="1"/>
       <c r="B162" s="1">
         <v>827535</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>583</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>584</v>
       </c>
       <c r="E162" s="2" t="s">
         <v>585</v>
       </c>
       <c r="F162" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G162" s="2">
         <v>0</v>
       </c>
       <c r="H162" s="2">
         <v>0</v>
       </c>
       <c r="I162" s="1">
         <v>0</v>
       </c>
       <c r="J162" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K162" s="2" t="str">
         <f>J162*0.00</f>
         <v>0</v>
       </c>
       <c r="L162" s="5"/>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A163" s="1"/>
       <c r="B163" s="1">
         <v>827536</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>586</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>587</v>
       </c>
       <c r="E163" s="2" t="s">
         <v>588</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>589</v>
       </c>
       <c r="G163" s="2">
-        <v>9</v>
+        <v>-17</v>
       </c>
       <c r="H163" s="2">
         <v>0</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="J163" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K163" s="2" t="str">
         <f>J163*94.01</f>
         <v>0</v>
       </c>
       <c r="L163" s="5"/>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A164" s="1"/>
       <c r="B164" s="1">
         <v>827537</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>590</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>591</v>
       </c>
       <c r="E164" s="2" t="s">
         <v>592</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>593</v>
       </c>
       <c r="G164" s="2" t="s">
-        <v>148</v>
+        <v>268</v>
       </c>
       <c r="H164" s="2">
         <v>0</v>
       </c>
       <c r="I164" s="1">
         <v>0</v>
       </c>
       <c r="J164" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K164" s="2" t="str">
         <f>J164*91.29</f>
         <v>0</v>
       </c>
       <c r="L164" s="5"/>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A165" s="1"/>
       <c r="B165" s="1">
         <v>827538</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>594</v>
       </c>
       <c r="D165" s="1">
         <v>10008534</v>
       </c>
       <c r="E165" s="2" t="s">
         <v>595</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G165" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H165" s="2">
         <v>0</v>
       </c>
       <c r="I165" s="1">
         <v>0</v>
       </c>
       <c r="J165" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K165" s="2" t="str">
         <f>J165*0.00</f>
         <v>0</v>
       </c>
       <c r="L165" s="5"/>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A166" s="1"/>
       <c r="B166" s="1">
         <v>827539</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>596</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>597</v>
       </c>
       <c r="E166" s="2" t="s">
         <v>598</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>599</v>
       </c>
       <c r="G166" s="2">
         <v>0</v>
       </c>
       <c r="H166" s="2">
         <v>0</v>
       </c>
       <c r="I166" s="1">
         <v>0</v>
       </c>
       <c r="J166" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K166" s="2" t="str">
         <f>J166*110.18</f>
         <v>0</v>
       </c>
       <c r="L166" s="5"/>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A167" s="1"/>
       <c r="B167" s="1">
         <v>827540</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>600</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>601</v>
       </c>
       <c r="E167" s="2" t="s">
         <v>602</v>
       </c>
       <c r="F167" s="2" t="s">
         <v>603</v>
       </c>
       <c r="G167" s="2">
         <v>0</v>
       </c>
       <c r="H167" s="2">
         <v>0</v>
       </c>
       <c r="I167" s="1">
         <v>0</v>
       </c>
       <c r="J167" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K167" s="2" t="str">
         <f>J167*97.20</f>
         <v>0</v>
       </c>
       <c r="L167" s="5"/>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A168" s="1"/>
       <c r="B168" s="1">
         <v>827541</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>604</v>
       </c>
       <c r="D168" s="1">
         <v>10008545</v>
       </c>
       <c r="E168" s="2" t="s">
         <v>605</v>
       </c>
       <c r="F168" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G168" s="2">
         <v>0</v>
       </c>
       <c r="H168" s="2">
         <v>0</v>
       </c>
       <c r="I168" s="1">
         <v>0</v>
       </c>
       <c r="J168" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K168" s="2" t="str">
         <f>J168*0.00</f>
         <v>0</v>
       </c>
       <c r="L168" s="5"/>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A169" s="1"/>
       <c r="B169" s="1">
         <v>827542</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>606</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>607</v>
       </c>
       <c r="E169" s="2" t="s">
         <v>608</v>
       </c>
       <c r="F169" s="2" t="s">
         <v>609</v>
       </c>
       <c r="G169" s="2">
         <v>0</v>
       </c>
       <c r="H169" s="2">
         <v>0</v>
       </c>
       <c r="I169" s="1">
         <v>0</v>
       </c>
       <c r="J169" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K169" s="2" t="str">
         <f>J169*240.70</f>
         <v>0</v>
       </c>
       <c r="L169" s="5"/>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A170" s="1"/>
       <c r="B170" s="1">
         <v>827543</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>610</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>611</v>
       </c>
       <c r="E170" s="2" t="s">
         <v>612</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>613</v>
       </c>
       <c r="G170" s="2">
         <v>0</v>
       </c>
       <c r="H170" s="2">
         <v>0</v>
       </c>
       <c r="I170" s="1">
         <v>0</v>
       </c>
       <c r="J170" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K170" s="2" t="str">
         <f>J170*158.17</f>
         <v>0</v>
       </c>
       <c r="L170" s="5"/>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A171" s="1"/>
       <c r="B171" s="1">
         <v>827544</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>614</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>615</v>
       </c>
       <c r="E171" s="2" t="s">
         <v>616</v>
       </c>
       <c r="F171" s="2" t="s">
         <v>617</v>
       </c>
       <c r="G171" s="2">
         <v>0</v>
       </c>
       <c r="H171" s="2">
         <v>0</v>
       </c>
       <c r="I171" s="1">
         <v>0</v>
       </c>
       <c r="J171" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K171" s="2" t="str">
         <f>J171*222.43</f>
         <v>0</v>
       </c>
       <c r="L171" s="5"/>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A172" s="1"/>
       <c r="B172" s="1">
         <v>827545</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>618</v>
       </c>
       <c r="D172" s="1">
         <v>8251</v>
       </c>
       <c r="E172" s="2" t="s">
         <v>619</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>620</v>
       </c>
       <c r="G172" s="2">
         <v>0</v>
       </c>
       <c r="H172" s="2">
         <v>0</v>
       </c>
       <c r="I172" s="1">
         <v>0</v>
       </c>
       <c r="J172" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K172" s="2" t="str">
         <f>J172*343.50</f>
         <v>0</v>
       </c>
       <c r="L172" s="5"/>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A173" s="1"/>
       <c r="B173" s="1">
         <v>827546</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>621</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>622</v>
       </c>
       <c r="E173" s="2" t="s">
         <v>623</v>
       </c>
       <c r="F173" s="2" t="s">
         <v>624</v>
       </c>
       <c r="G173" s="2">
         <v>0</v>
       </c>
       <c r="H173" s="2">
         <v>0</v>
       </c>
       <c r="I173" s="1">
         <v>0</v>
       </c>
       <c r="J173" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K173" s="2" t="str">
         <f>J173*370.67</f>
         <v>0</v>
       </c>
       <c r="L173" s="5"/>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A174" s="1"/>
       <c r="B174" s="1">
         <v>827547</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>625</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>626</v>
       </c>
       <c r="E174" s="2" t="s">
         <v>627</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>628</v>
       </c>
       <c r="G174" s="2">
         <v>0</v>
       </c>
       <c r="H174" s="2">
         <v>0</v>
       </c>
       <c r="I174" s="1">
         <v>0</v>
       </c>
       <c r="J174" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K174" s="2" t="str">
         <f>J174*409.99</f>
         <v>0</v>
       </c>
       <c r="L174" s="5"/>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A175" s="1"/>
       <c r="B175" s="1">
         <v>827548</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>629</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>630</v>
       </c>
       <c r="E175" s="2" t="s">
         <v>631</v>
       </c>
       <c r="F175" s="2" t="s">
         <v>632</v>
       </c>
       <c r="G175" s="2">
         <v>0</v>
       </c>
       <c r="H175" s="2">
         <v>0</v>
       </c>
       <c r="I175" s="1">
         <v>0</v>
       </c>
       <c r="J175" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K175" s="2" t="str">
         <f>J175*262.96</f>
         <v>0</v>
       </c>
       <c r="L175" s="5"/>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A176" s="1"/>
       <c r="B176" s="1">
         <v>827549</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>633</v>
       </c>
       <c r="D176" s="1">
         <v>10008567</v>
       </c>
       <c r="E176" s="2" t="s">
         <v>634</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G176" s="2">
         <v>0</v>
       </c>
       <c r="H176" s="2">
         <v>0</v>
       </c>
       <c r="I176" s="1">
         <v>0</v>
       </c>
       <c r="J176" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K176" s="2" t="str">
         <f>J176*0.00</f>
         <v>0</v>
       </c>
       <c r="L176" s="5"/>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A177" s="1"/>
       <c r="B177" s="1">
         <v>827550</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>635</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>636</v>
       </c>
       <c r="E177" s="2" t="s">
         <v>637</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>638</v>
       </c>
       <c r="G177" s="2">
         <v>0</v>
       </c>
       <c r="H177" s="2">
         <v>0</v>
       </c>
       <c r="I177" s="1">
         <v>0</v>
       </c>
       <c r="J177" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K177" s="2" t="str">
         <f>J177*921.53</f>
         <v>0</v>
       </c>
       <c r="L177" s="5"/>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A178" s="1"/>
       <c r="B178" s="1">
         <v>827551</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>639</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>640</v>
       </c>
       <c r="E178" s="2" t="s">
         <v>641</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>642</v>
       </c>
       <c r="G178" s="2">
         <v>0</v>
       </c>
       <c r="H178" s="2">
         <v>0</v>
       </c>
       <c r="I178" s="1">
         <v>0</v>
       </c>
       <c r="J178" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K178" s="2" t="str">
         <f>J178*671.54</f>
         <v>0</v>
       </c>
       <c r="L178" s="5"/>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A179" s="1"/>
       <c r="B179" s="1">
         <v>827552</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>643</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>644</v>
       </c>
       <c r="E179" s="2" t="s">
         <v>645</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>646</v>
       </c>
       <c r="G179" s="2">
         <v>0</v>
       </c>
       <c r="H179" s="2">
         <v>0</v>
       </c>
       <c r="I179" s="1">
         <v>0</v>
       </c>
       <c r="J179" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K179" s="2" t="str">
         <f>J179*701.66</f>
         <v>0</v>
       </c>
       <c r="L179" s="5"/>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A180" s="1"/>
       <c r="B180" s="1">
         <v>827553</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>647</v>
       </c>
       <c r="D180" s="1">
         <v>8277</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>648</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>649</v>
       </c>
       <c r="G180" s="2">
         <v>0</v>
       </c>
       <c r="H180" s="2">
         <v>0</v>
       </c>
       <c r="I180" s="1">
         <v>0</v>
       </c>
       <c r="J180" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K180" s="2" t="str">
         <f>J180*1100.51</f>
         <v>0</v>
       </c>
       <c r="L180" s="5"/>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A181" s="1"/>
       <c r="B181" s="1">
         <v>827554</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>650</v>
       </c>
       <c r="D181" s="1">
         <v>8290</v>
       </c>
       <c r="E181" s="2" t="s">
         <v>651</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>652</v>
       </c>
       <c r="G181" s="2">
         <v>0</v>
       </c>
       <c r="H181" s="2">
         <v>0</v>
       </c>
       <c r="I181" s="1">
         <v>0</v>
       </c>
       <c r="J181" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K181" s="2" t="str">
         <f>J181*1171.06</f>
         <v>0</v>
       </c>
       <c r="L181" s="5"/>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A182" s="1"/>
       <c r="B182" s="1">
         <v>827555</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>653</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>654</v>
       </c>
       <c r="E182" s="2" t="s">
         <v>655</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>656</v>
       </c>
       <c r="G182" s="2">
         <v>0</v>
       </c>
       <c r="H182" s="2">
         <v>0</v>
       </c>
       <c r="I182" s="1">
         <v>0</v>
       </c>
       <c r="J182" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K182" s="2" t="str">
         <f>J182*1178.12</f>
         <v>0</v>
       </c>
       <c r="L182" s="5"/>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A183" s="1"/>
       <c r="B183" s="1">
         <v>827556</v>
       </c>
       <c r="C183" s="1" t="s">
         <v>657</v>
       </c>
       <c r="D183" s="1">
         <v>10008597</v>
       </c>
       <c r="E183" s="2" t="s">
         <v>658</v>
       </c>
       <c r="F183" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G183" s="2">
         <v>0</v>
       </c>
       <c r="H183" s="2">
         <v>0</v>
       </c>
       <c r="I183" s="1">
         <v>0</v>
       </c>
       <c r="J183" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K183" s="2" t="str">
         <f>J183*0.00</f>
         <v>0</v>
       </c>
       <c r="L183" s="5"/>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A184" s="1"/>
       <c r="B184" s="1">
         <v>827557</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>659</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>660</v>
       </c>
       <c r="E184" s="2" t="s">
         <v>661</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>662</v>
       </c>
       <c r="G184" s="2">
         <v>0</v>
       </c>
       <c r="H184" s="2">
         <v>0</v>
       </c>
       <c r="I184" s="1">
         <v>0</v>
       </c>
       <c r="J184" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K184" s="2" t="str">
         <f>J184*1791.87</f>
         <v>0</v>
       </c>
       <c r="L184" s="5"/>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A185" s="1"/>
       <c r="B185" s="1">
         <v>827558</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>663</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>664</v>
       </c>
       <c r="E185" s="2" t="s">
         <v>665</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>666</v>
       </c>
       <c r="G185" s="2" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="H185" s="2">
         <v>0</v>
       </c>
       <c r="I185" s="1">
         <v>0</v>
       </c>
       <c r="J185" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K185" s="2" t="str">
         <f>J185*36.18</f>
         <v>0</v>
       </c>
       <c r="L185" s="5"/>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A186" s="1"/>
       <c r="B186" s="1">
         <v>827559</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>667</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>668</v>
       </c>
       <c r="E186" s="2" t="s">
         <v>669</v>
       </c>
       <c r="F186" s="2" t="s">
         <v>670</v>
       </c>
       <c r="G186" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H186" s="2">
         <v>0</v>
       </c>
       <c r="I186" s="1">
         <v>0</v>
       </c>
       <c r="J186" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K186" s="2" t="str">
         <f>J186*41.53</f>
         <v>0</v>
       </c>
       <c r="L186" s="5"/>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A187" s="1"/>
       <c r="B187" s="1">
         <v>827560</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>671</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>672</v>
       </c>
       <c r="E187" s="2" t="s">
         <v>673</v>
       </c>
       <c r="F187" s="2" t="s">
         <v>674</v>
       </c>
       <c r="G187" s="2">
         <v>0</v>
       </c>
       <c r="H187" s="2">
         <v>0</v>
       </c>
       <c r="I187" s="1">
         <v>0</v>
       </c>
       <c r="J187" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K187" s="2" t="str">
         <f>J187*42.01</f>
         <v>0</v>
       </c>
       <c r="L187" s="5"/>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A188" s="1"/>
       <c r="B188" s="1">
         <v>827561</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>675</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>676</v>
       </c>
       <c r="E188" s="2" t="s">
         <v>677</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>678</v>
       </c>
       <c r="G188" s="2" t="s">
-        <v>82</v>
+        <v>141</v>
       </c>
       <c r="H188" s="2">
         <v>0</v>
       </c>
       <c r="I188" s="1">
         <v>0</v>
       </c>
       <c r="J188" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K188" s="2" t="str">
         <f>J188*58.95</f>
         <v>0</v>
       </c>
       <c r="L188" s="5"/>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A189" s="1"/>
       <c r="B189" s="1">
         <v>827562</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>679</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>680</v>
       </c>
       <c r="E189" s="2" t="s">
         <v>681</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>682</v>
       </c>
       <c r="G189" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H189" s="2">
         <v>0</v>
       </c>
       <c r="I189" s="1">
         <v>0</v>
       </c>
       <c r="J189" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K189" s="2" t="str">
         <f>J189*56.27</f>
         <v>0</v>
       </c>
       <c r="L189" s="5"/>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A190" s="1"/>
       <c r="B190" s="1">
         <v>827563</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>683</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>684</v>
       </c>
       <c r="E190" s="2" t="s">
         <v>685</v>
       </c>
       <c r="F190" s="2" t="s">
         <v>686</v>
       </c>
       <c r="G190" s="2" t="s">
-        <v>82</v>
+        <v>276</v>
       </c>
       <c r="H190" s="2">
         <v>0</v>
       </c>
       <c r="I190" s="1">
         <v>0</v>
       </c>
       <c r="J190" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K190" s="2" t="str">
         <f>J190*54.93</f>
         <v>0</v>
       </c>
       <c r="L190" s="5"/>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A191" s="1"/>
       <c r="B191" s="1">
         <v>827564</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>687</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>688</v>
       </c>
       <c r="E191" s="2" t="s">
         <v>689</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G191" s="2">
         <v>1</v>
       </c>
       <c r="H191" s="2">
         <v>0</v>
       </c>
       <c r="I191" s="1">
         <v>0</v>
       </c>
       <c r="J191" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K191" s="2" t="str">
         <f>J191*0.00</f>
         <v>0</v>
       </c>
       <c r="L191" s="5"/>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A192" s="1"/>
       <c r="B192" s="1">
         <v>827565</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>690</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>691</v>
       </c>
       <c r="E192" s="2" t="s">
         <v>692</v>
       </c>
       <c r="F192" s="2" t="s">
         <v>693</v>
       </c>
       <c r="G192" s="2" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="H192" s="2">
         <v>0</v>
       </c>
       <c r="I192" s="1">
         <v>0</v>
       </c>
       <c r="J192" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K192" s="2" t="str">
         <f>J192*87.54</f>
         <v>0</v>
       </c>
       <c r="L192" s="5"/>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A193" s="1"/>
       <c r="B193" s="1">
         <v>827566</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>694</v>
       </c>
       <c r="D193" s="1">
         <v>8134</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>695</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>696</v>
       </c>
       <c r="G193" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H193" s="2">
         <v>0</v>
       </c>
       <c r="I193" s="1">
         <v>0</v>
       </c>
       <c r="J193" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K193" s="2" t="str">
         <f>J193*92.66</f>
         <v>0</v>
       </c>
       <c r="L193" s="5"/>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A194" s="1"/>
       <c r="B194" s="1">
         <v>827567</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>697</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>698</v>
       </c>
       <c r="E194" s="2" t="s">
         <v>699</v>
       </c>
       <c r="F194" s="2" t="s">
         <v>700</v>
       </c>
       <c r="G194" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H194" s="2">
         <v>0</v>
       </c>
       <c r="I194" s="1">
         <v>0</v>
       </c>
       <c r="J194" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K194" s="2" t="str">
         <f>J194*85.32</f>
         <v>0</v>
       </c>
       <c r="L194" s="5"/>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A195" s="1"/>
       <c r="B195" s="1">
         <v>827568</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>701</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>702</v>
       </c>
       <c r="E195" s="2" t="s">
         <v>703</v>
       </c>
       <c r="F195" s="2" t="s">
         <v>704</v>
       </c>
       <c r="G195" s="2">
         <v>0</v>
       </c>
       <c r="H195" s="2">
         <v>0</v>
       </c>
       <c r="I195" s="1">
         <v>0</v>
       </c>
       <c r="J195" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K195" s="2" t="str">
         <f>J195*138.61</f>
         <v>0</v>
       </c>
       <c r="L195" s="5"/>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A196" s="1"/>
       <c r="B196" s="1">
         <v>827569</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>705</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>706</v>
       </c>
       <c r="E196" s="2" t="s">
         <v>707</v>
       </c>
       <c r="F196" s="2" t="s">
         <v>708</v>
       </c>
       <c r="G196" s="2">
         <v>0</v>
       </c>
       <c r="H196" s="2">
         <v>0</v>
       </c>
       <c r="I196" s="1">
         <v>0</v>
       </c>
       <c r="J196" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K196" s="2" t="str">
         <f>J196*117.64</f>
         <v>0</v>
       </c>
       <c r="L196" s="5"/>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A197" s="1"/>
       <c r="B197" s="1">
         <v>827570</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>709</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>710</v>
       </c>
       <c r="E197" s="2" t="s">
         <v>711</v>
       </c>
       <c r="F197" s="2" t="s">
         <v>712</v>
       </c>
       <c r="G197" s="2">
         <v>0</v>
       </c>
       <c r="H197" s="2">
         <v>0</v>
       </c>
       <c r="I197" s="1">
         <v>0</v>
       </c>
       <c r="J197" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K197" s="2" t="str">
         <f>J197*102.44</f>
         <v>0</v>
       </c>
       <c r="L197" s="5"/>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A198" s="1"/>
       <c r="B198" s="1">
         <v>827571</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>713</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>714</v>
       </c>
       <c r="E198" s="2" t="s">
         <v>715</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>716</v>
       </c>
       <c r="G198" s="2">
         <v>0</v>
       </c>
       <c r="H198" s="2">
         <v>0</v>
       </c>
       <c r="I198" s="1">
         <v>0</v>
       </c>
       <c r="J198" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K198" s="2" t="str">
         <f>J198*138.01</f>
         <v>0</v>
       </c>
       <c r="L198" s="5"/>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A199" s="1"/>
       <c r="B199" s="1">
         <v>827572</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>717</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>718</v>
       </c>
       <c r="E199" s="2" t="s">
         <v>719</v>
       </c>
       <c r="F199" s="2" t="s">
         <v>720</v>
       </c>
       <c r="G199" s="2">
         <v>0</v>
       </c>
       <c r="H199" s="2">
         <v>0</v>
       </c>
       <c r="I199" s="1">
         <v>0</v>
       </c>
       <c r="J199" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K199" s="2" t="str">
         <f>J199*226.61</f>
         <v>0</v>
       </c>
       <c r="L199" s="5"/>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A200" s="1"/>
       <c r="B200" s="1">
         <v>827573</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>721</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>722</v>
       </c>
       <c r="E200" s="2" t="s">
         <v>723</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>724</v>
       </c>
       <c r="G200" s="2">
         <v>0</v>
       </c>
       <c r="H200" s="2">
         <v>0</v>
       </c>
       <c r="I200" s="1">
         <v>0</v>
       </c>
       <c r="J200" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K200" s="2" t="str">
         <f>J200*203.15</f>
         <v>0</v>
       </c>
       <c r="L200" s="5"/>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A201" s="1"/>
       <c r="B201" s="1">
         <v>827574</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>725</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>726</v>
       </c>
       <c r="E201" s="2" t="s">
         <v>727</v>
       </c>
       <c r="F201" s="2" t="s">
         <v>728</v>
       </c>
       <c r="G201" s="2">
         <v>0</v>
       </c>
       <c r="H201" s="2">
         <v>0</v>
       </c>
       <c r="I201" s="1">
         <v>0</v>
       </c>
       <c r="J201" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K201" s="2" t="str">
         <f>J201*387.78</f>
         <v>0</v>
       </c>
       <c r="L201" s="5"/>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A202" s="1"/>
       <c r="B202" s="1">
         <v>827575</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>729</v>
       </c>
       <c r="D202" s="1">
         <v>8152</v>
       </c>
       <c r="E202" s="2" t="s">
         <v>730</v>
       </c>
       <c r="F202" s="2" t="s">
         <v>731</v>
       </c>
       <c r="G202" s="2">
         <v>0</v>
       </c>
       <c r="H202" s="2">
         <v>0</v>
       </c>
       <c r="I202" s="1">
         <v>0</v>
       </c>
       <c r="J202" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K202" s="2" t="str">
         <f>J202*303.55</f>
         <v>0</v>
       </c>
       <c r="L202" s="5"/>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A203" s="1"/>
       <c r="B203" s="1">
         <v>827576</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>732</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>733</v>
       </c>
       <c r="E203" s="2" t="s">
         <v>734</v>
       </c>
       <c r="F203" s="2" t="s">
         <v>735</v>
       </c>
       <c r="G203" s="2">
         <v>0</v>
       </c>
       <c r="H203" s="2">
         <v>0</v>
       </c>
       <c r="I203" s="1">
         <v>0</v>
       </c>
       <c r="J203" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K203" s="2" t="str">
         <f>J203*255.53</f>
         <v>0</v>
       </c>
       <c r="L203" s="5"/>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A204" s="1"/>
       <c r="B204" s="1">
         <v>827577</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>736</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>737</v>
       </c>
       <c r="E204" s="2" t="s">
         <v>738</v>
       </c>
       <c r="F204" s="2" t="s">
         <v>739</v>
       </c>
       <c r="G204" s="2">
         <v>0</v>
       </c>
       <c r="H204" s="2">
         <v>0</v>
       </c>
       <c r="I204" s="1">
         <v>0</v>
       </c>
       <c r="J204" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K204" s="2" t="str">
         <f>J204*539.56</f>
         <v>0</v>
       </c>
       <c r="L204" s="5"/>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A205" s="1"/>
       <c r="B205" s="1">
         <v>827578</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>740</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>741</v>
       </c>
       <c r="E205" s="2" t="s">
         <v>742</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>743</v>
       </c>
       <c r="G205" s="2">
         <v>0</v>
       </c>
       <c r="H205" s="2">
         <v>0</v>
       </c>
       <c r="I205" s="1">
         <v>0</v>
       </c>
       <c r="J205" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K205" s="2" t="str">
         <f>J205*588.31</f>
         <v>0</v>
       </c>
       <c r="L205" s="5"/>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A206" s="1"/>
       <c r="B206" s="1">
         <v>827579</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>744</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>745</v>
       </c>
       <c r="E206" s="2" t="s">
         <v>746</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>747</v>
       </c>
       <c r="G206" s="2">
         <v>0</v>
       </c>
       <c r="H206" s="2">
         <v>0</v>
       </c>
       <c r="I206" s="1">
         <v>0</v>
       </c>
       <c r="J206" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K206" s="2" t="str">
         <f>J206*616.09</f>
         <v>0</v>
       </c>
       <c r="L206" s="5"/>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A207" s="1"/>
       <c r="B207" s="1">
         <v>827580</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>748</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>749</v>
       </c>
       <c r="E207" s="2" t="s">
         <v>750</v>
       </c>
       <c r="F207" s="2" t="s">
         <v>751</v>
       </c>
       <c r="G207" s="2">
         <v>0</v>
       </c>
       <c r="H207" s="2">
         <v>0</v>
       </c>
       <c r="I207" s="1">
         <v>0</v>
       </c>
       <c r="J207" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K207" s="2" t="str">
         <f>J207*620.80</f>
         <v>0</v>
       </c>
       <c r="L207" s="5"/>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A208" s="1"/>
       <c r="B208" s="1">
         <v>827581</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>752</v>
       </c>
       <c r="D208" s="1">
         <v>8177</v>
       </c>
       <c r="E208" s="2" t="s">
         <v>753</v>
       </c>
       <c r="F208" s="2" t="s">
         <v>649</v>
       </c>
       <c r="G208" s="2">
         <v>0</v>
       </c>
       <c r="H208" s="2">
         <v>0</v>
       </c>
       <c r="I208" s="1">
         <v>0</v>
       </c>
       <c r="J208" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K208" s="2" t="str">
         <f>J208*1100.51</f>
         <v>0</v>
       </c>
       <c r="L208" s="5"/>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A209" s="1"/>
       <c r="B209" s="1">
         <v>827582</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>754</v>
       </c>
       <c r="D209" s="1">
         <v>8190</v>
       </c>
       <c r="E209" s="2" t="s">
         <v>755</v>
       </c>
       <c r="F209" s="2" t="s">
         <v>649</v>
       </c>
       <c r="G209" s="2">
         <v>0</v>
       </c>
       <c r="H209" s="2">
         <v>0</v>
       </c>
       <c r="I209" s="1">
         <v>0</v>
       </c>
       <c r="J209" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K209" s="2" t="str">
         <f>J209*1100.51</f>
         <v>0</v>
       </c>
       <c r="L209" s="5"/>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A210" s="1"/>
       <c r="B210" s="1">
         <v>827583</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>756</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>757</v>
       </c>
       <c r="E210" s="2" t="s">
         <v>758</v>
       </c>
       <c r="F210" s="2" t="s">
         <v>759</v>
       </c>
       <c r="G210" s="2">
         <v>0</v>
       </c>
       <c r="H210" s="2">
         <v>0</v>
       </c>
       <c r="I210" s="1">
         <v>0</v>
       </c>
       <c r="J210" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K210" s="2" t="str">
         <f>J210*1107.57</f>
         <v>0</v>
       </c>
       <c r="L210" s="5"/>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A211" s="1"/>
       <c r="B211" s="1">
         <v>827584</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>760</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>761</v>
       </c>
       <c r="E211" s="2" t="s">
         <v>762</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>763</v>
       </c>
       <c r="G211" s="2">
         <v>0</v>
       </c>
       <c r="H211" s="2">
         <v>0</v>
       </c>
       <c r="I211" s="1">
         <v>0</v>
       </c>
       <c r="J211" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K211" s="2" t="str">
         <f>J211*2012.81</f>
         <v>0</v>
       </c>
       <c r="L211" s="5"/>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A212" s="1"/>
       <c r="B212" s="1">
         <v>827585</v>
       </c>
       <c r="C212" s="1" t="s">
         <v>764</v>
       </c>
       <c r="D212" s="1">
         <v>8193</v>
       </c>
       <c r="E212" s="2" t="s">
         <v>765</v>
       </c>
       <c r="F212" s="2" t="s">
         <v>766</v>
       </c>
       <c r="G212" s="2">
         <v>0</v>
       </c>
       <c r="H212" s="2">
         <v>0</v>
       </c>
       <c r="I212" s="1">
         <v>0</v>
       </c>
       <c r="J212" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K212" s="2" t="str">
         <f>J212*1749.54</f>
         <v>0</v>
       </c>
       <c r="L212" s="5"/>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A213" s="1"/>
       <c r="B213" s="1">
         <v>827586</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>767</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>768</v>
       </c>
       <c r="E213" s="2" t="s">
         <v>769</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>770</v>
       </c>
       <c r="G213" s="2" t="s">
-        <v>82</v>
+        <v>276</v>
       </c>
       <c r="H213" s="2">
         <v>0</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="J213" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K213" s="2" t="str">
         <f>J213*80.39</f>
         <v>0</v>
       </c>
       <c r="L213" s="5"/>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A214" s="1"/>
       <c r="B214" s="1">
         <v>827587</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>771</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>772</v>
       </c>
       <c r="E214" s="2" t="s">
         <v>773</v>
       </c>
       <c r="F214" s="2" t="s">
         <v>774</v>
       </c>
-      <c r="G214" s="2">
-        <v>2</v>
+      <c r="G214" s="2" t="s">
+        <v>268</v>
       </c>
       <c r="H214" s="2">
         <v>0</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="J214" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K214" s="2" t="str">
         <f>J214*117.46</f>
         <v>0</v>
       </c>
       <c r="L214" s="5"/>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A215" s="1"/>
       <c r="B215" s="1">
         <v>827588</v>
       </c>
       <c r="C215" s="1" t="s">
         <v>775</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>776</v>
       </c>
       <c r="E215" s="2" t="s">
         <v>777</v>
       </c>
       <c r="F215" s="2" t="s">
         <v>778</v>
       </c>
       <c r="G215" s="2" t="s">
-        <v>82</v>
+        <v>276</v>
       </c>
       <c r="H215" s="2">
         <v>0</v>
       </c>
       <c r="I215" s="1">
         <v>0</v>
       </c>
       <c r="J215" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K215" s="2" t="str">
         <f>J215*204.98</f>
         <v>0</v>
       </c>
       <c r="L215" s="5"/>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A216" s="1"/>
       <c r="B216" s="1">
         <v>827589</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>779</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>780</v>
       </c>
       <c r="E216" s="2" t="s">
         <v>781</v>
       </c>
       <c r="F216" s="2" t="s">
         <v>782</v>
       </c>
       <c r="G216" s="2">
         <v>0</v>
       </c>
       <c r="H216" s="2">
         <v>0</v>
       </c>
       <c r="I216" s="1">
         <v>0</v>
       </c>
       <c r="J216" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K216" s="2" t="str">
         <f>J216*199.76</f>
         <v>0</v>
       </c>
       <c r="L216" s="5"/>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A217" s="1"/>
       <c r="B217" s="1">
         <v>827590</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>783</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>784</v>
       </c>
       <c r="E217" s="2" t="s">
         <v>785</v>
       </c>
       <c r="F217" s="2" t="s">
         <v>786</v>
       </c>
       <c r="G217" s="2">
         <v>0</v>
       </c>
       <c r="H217" s="2">
         <v>0</v>
       </c>
       <c r="I217" s="1">
         <v>0</v>
       </c>
       <c r="J217" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K217" s="2" t="str">
         <f>J217*342.79</f>
         <v>0</v>
       </c>
       <c r="L217" s="5"/>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A218" s="1"/>
       <c r="B218" s="1">
         <v>827591</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>787</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>788</v>
       </c>
       <c r="E218" s="2" t="s">
         <v>789</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>790</v>
       </c>
       <c r="G218" s="2">
         <v>0</v>
       </c>
       <c r="H218" s="2">
         <v>0</v>
       </c>
       <c r="I218" s="1">
         <v>0</v>
       </c>
       <c r="J218" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K218" s="2" t="str">
         <f>J218*529.94</f>
         <v>0</v>
       </c>
       <c r="L218" s="5"/>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A219" s="1"/>
       <c r="B219" s="1">
         <v>827592</v>
       </c>
       <c r="C219" s="1" t="s">
         <v>791</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>792</v>
       </c>
       <c r="E219" s="2" t="s">
         <v>793</v>
       </c>
       <c r="F219" s="2" t="s">
         <v>794</v>
       </c>
       <c r="G219" s="2">
         <v>0</v>
       </c>
       <c r="H219" s="2">
         <v>0</v>
       </c>
       <c r="I219" s="1">
         <v>0</v>
       </c>
       <c r="J219" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K219" s="2" t="str">
         <f>J219*1208.45</f>
         <v>0</v>
       </c>
       <c r="L219" s="5"/>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A220" s="1"/>
       <c r="B220" s="1">
         <v>827593</v>
       </c>
       <c r="C220" s="1" t="s">
         <v>795</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>796</v>
       </c>
       <c r="E220" s="2" t="s">
         <v>797</v>
       </c>
       <c r="F220" s="2" t="s">
         <v>798</v>
       </c>
       <c r="G220" s="2">
         <v>0</v>
       </c>
       <c r="H220" s="2">
         <v>0</v>
       </c>
       <c r="I220" s="1">
         <v>0</v>
       </c>
       <c r="J220" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K220" s="2" t="str">
         <f>J220*1689.01</f>
         <v>0</v>
       </c>
       <c r="L220" s="5"/>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A221" s="1"/>
       <c r="B221" s="1">
         <v>827594</v>
       </c>
       <c r="C221" s="1" t="s">
         <v>799</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>800</v>
       </c>
       <c r="E221" s="2" t="s">
         <v>801</v>
       </c>
       <c r="F221" s="2" t="s">
         <v>802</v>
       </c>
       <c r="G221" s="2">
         <v>0</v>
       </c>
       <c r="H221" s="2">
         <v>0</v>
       </c>
       <c r="I221" s="1">
         <v>0</v>
       </c>
       <c r="J221" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K221" s="2" t="str">
         <f>J221*3012.03</f>
         <v>0</v>
       </c>
       <c r="L221" s="5"/>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A222" s="1"/>
       <c r="B222" s="1">
         <v>827595</v>
       </c>
       <c r="C222" s="1" t="s">
         <v>803</v>
       </c>
       <c r="D222" s="1" t="s">
         <v>804</v>
       </c>
       <c r="E222" s="2" t="s">
         <v>805</v>
       </c>
       <c r="F222" s="2" t="s">
         <v>806</v>
       </c>
       <c r="G222" s="2" t="s">
-        <v>148</v>
+        <v>268</v>
       </c>
       <c r="H222" s="2">
         <v>0</v>
       </c>
       <c r="I222" s="1">
         <v>0</v>
       </c>
       <c r="J222" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K222" s="2" t="str">
         <f>J222*120.58</f>
         <v>0</v>
       </c>
       <c r="L222" s="5"/>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A223" s="1"/>
       <c r="B223" s="1">
         <v>827596</v>
       </c>
       <c r="C223" s="1" t="s">
         <v>807</v>
       </c>
       <c r="D223" s="1" t="s">
         <v>808</v>
       </c>
       <c r="E223" s="2" t="s">
         <v>809</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>810</v>
       </c>
-      <c r="G223" s="2">
-        <v>7</v>
+      <c r="G223" s="2" t="s">
+        <v>141</v>
       </c>
       <c r="H223" s="2">
         <v>0</v>
       </c>
       <c r="I223" s="1">
         <v>0</v>
       </c>
       <c r="J223" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K223" s="2" t="str">
         <f>J223*164.79</f>
         <v>0</v>
       </c>
       <c r="L223" s="5"/>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A224" s="1"/>
       <c r="B224" s="1">
         <v>827597</v>
       </c>
       <c r="C224" s="1" t="s">
         <v>811</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>812</v>
       </c>
       <c r="E224" s="2" t="s">
         <v>813</v>
       </c>
       <c r="F224" s="2" t="s">
         <v>814</v>
       </c>
       <c r="G224" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H224" s="2">
         <v>0</v>
       </c>
       <c r="I224" s="1">
         <v>0</v>
       </c>
       <c r="J224" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K224" s="2" t="str">
         <f>J224*174.17</f>
         <v>0</v>
       </c>
       <c r="L224" s="5"/>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A225" s="1"/>
       <c r="B225" s="1">
         <v>827598</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>815</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>816</v>
       </c>
       <c r="E225" s="2" t="s">
         <v>817</v>
       </c>
       <c r="F225" s="2" t="s">
         <v>818</v>
       </c>
       <c r="G225" s="2">
         <v>0</v>
       </c>
       <c r="H225" s="2">
         <v>0</v>
       </c>
       <c r="I225" s="1">
         <v>0</v>
       </c>
       <c r="J225" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K225" s="2" t="str">
         <f>J225*270.92</f>
         <v>0</v>
       </c>
       <c r="L225" s="5"/>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A226" s="1"/>
       <c r="B226" s="1">
         <v>827599</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>819</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>820</v>
       </c>
       <c r="E226" s="2" t="s">
         <v>821</v>
       </c>
       <c r="F226" s="2" t="s">
         <v>822</v>
       </c>
       <c r="G226" s="2">
         <v>0</v>
       </c>
       <c r="H226" s="2">
         <v>0</v>
       </c>
       <c r="I226" s="1">
         <v>0</v>
       </c>
       <c r="J226" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K226" s="2" t="str">
         <f>J226*170.64</f>
         <v>0</v>
       </c>
       <c r="L226" s="5"/>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A227" s="1"/>
       <c r="B227" s="1">
         <v>827600</v>
       </c>
       <c r="C227" s="1" t="s">
         <v>823</v>
       </c>
       <c r="D227" s="1">
         <v>9041</v>
       </c>
       <c r="E227" s="2" t="s">
         <v>824</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>825</v>
       </c>
       <c r="G227" s="2">
         <v>0</v>
       </c>
       <c r="H227" s="2">
         <v>0</v>
       </c>
       <c r="I227" s="1">
         <v>0</v>
       </c>
       <c r="J227" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K227" s="2" t="str">
         <f>J227*170.51</f>
         <v>0</v>
       </c>
       <c r="L227" s="5"/>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A228" s="1"/>
       <c r="B228" s="1">
         <v>827601</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>826</v>
       </c>
       <c r="D228" s="1" t="s">
         <v>827</v>
       </c>
       <c r="E228" s="2" t="s">
         <v>828</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>829</v>
       </c>
       <c r="G228" s="2">
         <v>0</v>
       </c>
       <c r="H228" s="2">
         <v>0</v>
       </c>
       <c r="I228" s="1">
         <v>0</v>
       </c>
       <c r="J228" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K228" s="2" t="str">
         <f>J228*418.51</f>
         <v>0</v>
       </c>
       <c r="L228" s="5"/>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A229" s="1"/>
       <c r="B229" s="1">
         <v>827602</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>830</v>
       </c>
       <c r="D229" s="1" t="s">
         <v>831</v>
       </c>
       <c r="E229" s="2" t="s">
         <v>832</v>
       </c>
       <c r="F229" s="2" t="s">
         <v>833</v>
       </c>
       <c r="G229" s="2">
         <v>0</v>
       </c>
       <c r="H229" s="2">
         <v>0</v>
       </c>
       <c r="I229" s="1">
         <v>0</v>
       </c>
       <c r="J229" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K229" s="2" t="str">
         <f>J229*396.58</f>
         <v>0</v>
       </c>
       <c r="L229" s="5"/>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A230" s="1"/>
       <c r="B230" s="1">
         <v>827603</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>834</v>
       </c>
       <c r="D230" s="1" t="s">
         <v>835</v>
       </c>
       <c r="E230" s="2" t="s">
         <v>836</v>
       </c>
       <c r="F230" s="2" t="s">
         <v>837</v>
       </c>
       <c r="G230" s="2">
         <v>0</v>
       </c>
       <c r="H230" s="2">
         <v>0</v>
       </c>
       <c r="I230" s="1">
         <v>0</v>
       </c>
       <c r="J230" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K230" s="2" t="str">
         <f>J230*314.87</f>
         <v>0</v>
       </c>
       <c r="L230" s="5"/>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A231" s="1"/>
       <c r="B231" s="1">
         <v>827604</v>
       </c>
       <c r="C231" s="1" t="s">
         <v>838</v>
       </c>
       <c r="D231" s="1">
         <v>9062</v>
       </c>
       <c r="E231" s="2" t="s">
         <v>839</v>
       </c>
       <c r="F231" s="2" t="s">
         <v>840</v>
       </c>
       <c r="G231" s="2">
         <v>0</v>
       </c>
       <c r="H231" s="2">
         <v>0</v>
       </c>
       <c r="I231" s="1">
         <v>0</v>
       </c>
       <c r="J231" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K231" s="2" t="str">
         <f>J231*631.61</f>
         <v>0</v>
       </c>
       <c r="L231" s="5"/>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A232" s="1"/>
       <c r="B232" s="1">
         <v>827605</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>841</v>
       </c>
       <c r="D232" s="1">
         <v>9063</v>
       </c>
       <c r="E232" s="2" t="s">
         <v>842</v>
       </c>
       <c r="F232" s="2" t="s">
         <v>843</v>
       </c>
       <c r="G232" s="2">
         <v>0</v>
       </c>
       <c r="H232" s="2">
         <v>0</v>
       </c>
       <c r="I232" s="1">
         <v>0</v>
       </c>
       <c r="J232" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K232" s="2" t="str">
         <f>J232*425.27</f>
         <v>0</v>
       </c>
       <c r="L232" s="5"/>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A233" s="1"/>
       <c r="B233" s="1">
         <v>827606</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>844</v>
       </c>
       <c r="D233" s="1" t="s">
         <v>845</v>
       </c>
       <c r="E233" s="2" t="s">
         <v>846</v>
       </c>
       <c r="F233" s="2" t="s">
         <v>847</v>
       </c>
       <c r="G233" s="2">
         <v>0</v>
       </c>
       <c r="H233" s="2">
         <v>0</v>
       </c>
       <c r="I233" s="1">
         <v>0</v>
       </c>
       <c r="J233" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K233" s="2" t="str">
         <f>J233*771.28</f>
         <v>0</v>
       </c>
       <c r="L233" s="5"/>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A234" s="1"/>
       <c r="B234" s="1">
         <v>827607</v>
       </c>
       <c r="C234" s="1" t="s">
         <v>848</v>
       </c>
       <c r="D234" s="1" t="s">
         <v>849</v>
       </c>
       <c r="E234" s="2" t="s">
         <v>850</v>
       </c>
       <c r="F234" s="2" t="s">
         <v>851</v>
       </c>
       <c r="G234" s="2">
         <v>0</v>
       </c>
       <c r="H234" s="2">
         <v>0</v>
       </c>
       <c r="I234" s="1">
         <v>0</v>
       </c>
       <c r="J234" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K234" s="2" t="str">
         <f>J234*547.63</f>
         <v>0</v>
       </c>
       <c r="L234" s="5"/>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A235" s="1"/>
       <c r="B235" s="1">
         <v>827608</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>852</v>
       </c>
       <c r="D235" s="1" t="s">
         <v>853</v>
       </c>
       <c r="E235" s="2" t="s">
         <v>854</v>
       </c>
       <c r="F235" s="2" t="s">
         <v>855</v>
       </c>
       <c r="G235" s="2">
         <v>0</v>
       </c>
       <c r="H235" s="2">
         <v>0</v>
       </c>
       <c r="I235" s="1">
         <v>0</v>
       </c>
       <c r="J235" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K235" s="2" t="str">
         <f>J235*1255.72</f>
         <v>0</v>
       </c>
       <c r="L235" s="5"/>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A236" s="1"/>
       <c r="B236" s="1">
         <v>827609</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>856</v>
       </c>
       <c r="D236" s="1" t="s">
         <v>857</v>
       </c>
       <c r="E236" s="2" t="s">
         <v>858</v>
       </c>
       <c r="F236" s="2" t="s">
         <v>859</v>
       </c>
       <c r="G236" s="2">
         <v>0</v>
       </c>
       <c r="H236" s="2">
         <v>0</v>
       </c>
       <c r="I236" s="1">
         <v>0</v>
       </c>
       <c r="J236" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K236" s="2" t="str">
         <f>J236*1345.71</f>
         <v>0</v>
       </c>
       <c r="L236" s="5"/>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A237" s="1"/>
       <c r="B237" s="1">
         <v>827610</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>860</v>
       </c>
       <c r="D237" s="1" t="s">
         <v>861</v>
       </c>
       <c r="E237" s="2" t="s">
         <v>862</v>
       </c>
       <c r="F237" s="2" t="s">
         <v>863</v>
       </c>
       <c r="G237" s="2">
         <v>0</v>
       </c>
       <c r="H237" s="2">
         <v>0</v>
       </c>
       <c r="I237" s="1">
         <v>0</v>
       </c>
       <c r="J237" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K237" s="2" t="str">
         <f>J237*2072.39</f>
         <v>0</v>
       </c>
       <c r="L237" s="5"/>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A238" s="1"/>
       <c r="B238" s="1">
         <v>827611</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>864</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>865</v>
       </c>
       <c r="E238" s="2" t="s">
         <v>866</v>
       </c>
       <c r="F238" s="2" t="s">
         <v>867</v>
       </c>
       <c r="G238" s="2">
         <v>0</v>
       </c>
       <c r="H238" s="2">
         <v>0</v>
       </c>
       <c r="I238" s="1">
         <v>0</v>
       </c>
       <c r="J238" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K238" s="2" t="str">
         <f>J238*2384.46</f>
         <v>0</v>
       </c>
       <c r="L238" s="5"/>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A239" s="1"/>
       <c r="B239" s="1">
         <v>827612</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>868</v>
       </c>
       <c r="D239" s="1">
         <v>9092</v>
       </c>
       <c r="E239" s="2" t="s">
         <v>869</v>
       </c>
       <c r="F239" s="2" t="s">
         <v>870</v>
       </c>
       <c r="G239" s="2">
         <v>0</v>
       </c>
       <c r="H239" s="2">
         <v>0</v>
       </c>
       <c r="I239" s="1">
         <v>0</v>
       </c>
       <c r="J239" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K239" s="2" t="str">
         <f>J239*3213.43</f>
         <v>0</v>
       </c>
       <c r="L239" s="5"/>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A240" s="1"/>
       <c r="B240" s="1">
         <v>827613</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>871</v>
       </c>
       <c r="D240" s="1" t="s">
         <v>872</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>873</v>
       </c>
       <c r="F240" s="2" t="s">
         <v>874</v>
       </c>
       <c r="G240" s="2">
         <v>0</v>
       </c>
       <c r="H240" s="2">
         <v>0</v>
       </c>
       <c r="I240" s="1">
         <v>0</v>
       </c>
       <c r="J240" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K240" s="2" t="str">
         <f>J240*3372.10</f>
         <v>0</v>
       </c>
       <c r="L240" s="5"/>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A241" s="1"/>
       <c r="B241" s="1">
         <v>827614</v>
       </c>
       <c r="C241" s="1" t="s">
         <v>875</v>
       </c>
       <c r="D241" s="1" t="s">
         <v>876</v>
       </c>
       <c r="E241" s="2" t="s">
         <v>877</v>
       </c>
       <c r="F241" s="2" t="s">
         <v>770</v>
       </c>
       <c r="G241" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H241" s="2">
         <v>0</v>
       </c>
       <c r="I241" s="1">
         <v>0</v>
       </c>
       <c r="J241" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K241" s="2" t="str">
         <f>J241*80.39</f>
         <v>0</v>
       </c>
       <c r="L241" s="5"/>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A242" s="1"/>
       <c r="B242" s="1">
         <v>827615</v>
       </c>
       <c r="C242" s="1" t="s">
         <v>878</v>
       </c>
       <c r="D242" s="1" t="s">
         <v>879</v>
       </c>
       <c r="E242" s="2" t="s">
         <v>880</v>
       </c>
       <c r="F242" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G242" s="2" t="s">
-        <v>148</v>
+        <v>268</v>
       </c>
       <c r="H242" s="2">
         <v>0</v>
       </c>
       <c r="I242" s="1">
         <v>0</v>
       </c>
       <c r="J242" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K242" s="2" t="str">
         <f>J242*0.00</f>
         <v>0</v>
       </c>
       <c r="L242" s="5"/>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A243" s="1"/>
       <c r="B243" s="1">
         <v>827616</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>881</v>
       </c>
       <c r="D243" s="1" t="s">
         <v>882</v>
       </c>
       <c r="E243" s="2" t="s">
         <v>883</v>
       </c>
       <c r="F243" s="2" t="s">
         <v>884</v>
       </c>
       <c r="G243" s="2">
         <v>0</v>
       </c>
       <c r="H243" s="2">
         <v>0</v>
       </c>
       <c r="I243" s="1">
         <v>0</v>
       </c>
       <c r="J243" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K243" s="2" t="str">
         <f>J243*74.59</f>
         <v>0</v>
       </c>
       <c r="L243" s="5"/>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A244" s="1"/>
       <c r="B244" s="1">
         <v>827617</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>885</v>
       </c>
       <c r="D244" s="1" t="s">
         <v>886</v>
       </c>
       <c r="E244" s="2" t="s">
         <v>887</v>
       </c>
       <c r="F244" s="2" t="s">
         <v>888</v>
       </c>
-      <c r="G244" s="2" t="s">
-        <v>148</v>
+      <c r="G244" s="2">
+        <v>0</v>
       </c>
       <c r="H244" s="2">
         <v>0</v>
       </c>
       <c r="I244" s="1">
         <v>0</v>
       </c>
       <c r="J244" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K244" s="2" t="str">
         <f>J244*97.80</f>
         <v>0</v>
       </c>
       <c r="L244" s="5"/>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A245" s="1"/>
       <c r="B245" s="1">
         <v>827618</v>
       </c>
       <c r="C245" s="1" t="s">
         <v>889</v>
       </c>
       <c r="D245" s="1" t="s">
         <v>890</v>
       </c>
       <c r="E245" s="2" t="s">
         <v>891</v>
       </c>
       <c r="F245" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G245" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H245" s="2">
         <v>0</v>
       </c>
       <c r="I245" s="1">
         <v>0</v>
       </c>
       <c r="J245" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K245" s="2" t="str">
         <f>J245*0.00</f>
         <v>0</v>
       </c>
       <c r="L245" s="5"/>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A246" s="1"/>
       <c r="B246" s="1">
         <v>827619</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>892</v>
       </c>
       <c r="D246" s="1" t="s">
         <v>893</v>
       </c>
       <c r="E246" s="2" t="s">
         <v>894</v>
       </c>
       <c r="F246" s="2" t="s">
         <v>895</v>
       </c>
       <c r="G246" s="2" t="s">
-        <v>142</v>
+        <v>268</v>
       </c>
       <c r="H246" s="2">
         <v>0</v>
       </c>
       <c r="I246" s="1">
         <v>0</v>
       </c>
       <c r="J246" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K246" s="2" t="str">
         <f>J246*100.48</f>
         <v>0</v>
       </c>
       <c r="L246" s="5"/>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A247" s="1"/>
       <c r="B247" s="1">
         <v>827620</v>
       </c>
       <c r="C247" s="1" t="s">
         <v>896</v>
       </c>
       <c r="D247" s="1" t="s">
         <v>897</v>
       </c>
       <c r="E247" s="2" t="s">
         <v>898</v>
       </c>
       <c r="F247" s="2" t="s">
         <v>899</v>
       </c>
       <c r="G247" s="2" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="H247" s="2">
         <v>0</v>
       </c>
       <c r="I247" s="1">
         <v>0</v>
       </c>
       <c r="J247" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K247" s="2" t="str">
         <f>J247*151.40</f>
         <v>0</v>
       </c>
       <c r="L247" s="5"/>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A248" s="1"/>
       <c r="B248" s="1">
         <v>827621</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>900</v>
       </c>
       <c r="D248" s="1" t="s">
         <v>901</v>
       </c>
       <c r="E248" s="2" t="s">
         <v>902</v>
       </c>
       <c r="F248" s="2" t="s">
         <v>899</v>
       </c>
       <c r="G248" s="2" t="s">
-        <v>142</v>
+        <v>268</v>
       </c>
       <c r="H248" s="2">
         <v>0</v>
       </c>
       <c r="I248" s="1">
         <v>0</v>
       </c>
       <c r="J248" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K248" s="2" t="str">
         <f>J248*151.40</f>
         <v>0</v>
       </c>
       <c r="L248" s="5"/>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A249" s="1"/>
       <c r="B249" s="1">
         <v>827622</v>
       </c>
       <c r="C249" s="1" t="s">
         <v>903</v>
       </c>
       <c r="D249" s="1" t="s">
         <v>904</v>
       </c>
       <c r="E249" s="2" t="s">
         <v>905</v>
       </c>
       <c r="F249" s="2" t="s">
         <v>899</v>
       </c>
       <c r="G249" s="2" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="H249" s="2">
         <v>0</v>
       </c>
       <c r="I249" s="1">
         <v>0</v>
       </c>
       <c r="J249" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K249" s="2" t="str">
         <f>J249*151.40</f>
         <v>0</v>
       </c>
       <c r="L249" s="5"/>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A250" s="1"/>
       <c r="B250" s="1">
         <v>827623</v>
       </c>
       <c r="C250" s="1" t="s">
         <v>906</v>
       </c>
       <c r="D250" s="1">
         <v>10008334</v>
       </c>
       <c r="E250" s="2" t="s">
         <v>907</v>
       </c>
       <c r="F250" s="2" t="s">
         <v>908</v>
       </c>
       <c r="G250" s="2" t="s">
-        <v>148</v>
+        <v>268</v>
       </c>
       <c r="H250" s="2">
         <v>0</v>
       </c>
       <c r="I250" s="1">
         <v>0</v>
       </c>
       <c r="J250" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K250" s="2" t="str">
         <f>J250*99.25</f>
         <v>0</v>
       </c>
       <c r="L250" s="5"/>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A251" s="1"/>
       <c r="B251" s="1">
         <v>827624</v>
       </c>
       <c r="C251" s="1" t="s">
         <v>909</v>
       </c>
       <c r="D251" s="1" t="s">
         <v>910</v>
       </c>
       <c r="E251" s="2" t="s">
         <v>911</v>
       </c>
       <c r="F251" s="2" t="s">
         <v>912</v>
       </c>
       <c r="G251" s="2">
         <v>0</v>
       </c>
       <c r="H251" s="2">
         <v>0</v>
       </c>
       <c r="I251" s="1">
         <v>0</v>
       </c>
       <c r="J251" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K251" s="2" t="str">
         <f>J251*258.75</f>
         <v>0</v>
       </c>
       <c r="L251" s="5"/>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A252" s="1"/>
       <c r="B252" s="1">
         <v>827625</v>
       </c>
       <c r="C252" s="1" t="s">
         <v>913</v>
       </c>
       <c r="D252" s="1" t="s">
         <v>914</v>
       </c>
       <c r="E252" s="2" t="s">
         <v>915</v>
       </c>
       <c r="F252" s="2" t="s">
         <v>916</v>
       </c>
       <c r="G252" s="2">
         <v>0</v>
       </c>
       <c r="H252" s="2">
         <v>0</v>
       </c>
       <c r="I252" s="1">
         <v>0</v>
       </c>
       <c r="J252" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K252" s="2" t="str">
         <f>J252*150.98</f>
         <v>0</v>
       </c>
       <c r="L252" s="5"/>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A253" s="1"/>
       <c r="B253" s="1">
         <v>827626</v>
       </c>
       <c r="C253" s="1" t="s">
         <v>917</v>
       </c>
       <c r="D253" s="1" t="s">
         <v>918</v>
       </c>
       <c r="E253" s="2" t="s">
         <v>919</v>
       </c>
       <c r="F253" s="2" t="s">
         <v>920</v>
       </c>
       <c r="G253" s="2">
         <v>0</v>
       </c>
       <c r="H253" s="2">
         <v>0</v>
       </c>
       <c r="I253" s="1">
         <v>0</v>
       </c>
       <c r="J253" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K253" s="2" t="str">
         <f>J253*161.78</f>
         <v>0</v>
       </c>
       <c r="L253" s="5"/>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A254" s="1"/>
       <c r="B254" s="1">
         <v>827627</v>
       </c>
       <c r="C254" s="1" t="s">
         <v>921</v>
       </c>
       <c r="D254" s="1">
         <v>7140</v>
       </c>
       <c r="E254" s="2" t="s">
         <v>922</v>
       </c>
       <c r="F254" s="2" t="s">
         <v>923</v>
       </c>
       <c r="G254" s="2">
         <v>0</v>
       </c>
       <c r="H254" s="2">
         <v>0</v>
       </c>
       <c r="I254" s="1">
         <v>0</v>
       </c>
       <c r="J254" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K254" s="2" t="str">
         <f>J254*285.29</f>
         <v>0</v>
       </c>
       <c r="L254" s="5"/>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A255" s="1"/>
       <c r="B255" s="1">
         <v>827628</v>
       </c>
       <c r="C255" s="1" t="s">
         <v>924</v>
       </c>
       <c r="D255" s="1">
         <v>7151</v>
       </c>
       <c r="E255" s="2" t="s">
         <v>925</v>
       </c>
       <c r="F255" s="2" t="s">
         <v>926</v>
       </c>
       <c r="G255" s="2">
         <v>0</v>
       </c>
       <c r="H255" s="2">
         <v>0</v>
       </c>
       <c r="I255" s="1">
         <v>0</v>
       </c>
       <c r="J255" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K255" s="2" t="str">
         <f>J255*390.25</f>
         <v>0</v>
       </c>
       <c r="L255" s="5"/>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A256" s="1"/>
       <c r="B256" s="1">
         <v>827629</v>
       </c>
       <c r="C256" s="1" t="s">
         <v>927</v>
       </c>
       <c r="D256" s="1">
         <v>7163</v>
       </c>
       <c r="E256" s="2" t="s">
         <v>928</v>
       </c>
       <c r="F256" s="2" t="s">
         <v>929</v>
       </c>
       <c r="G256" s="2">
         <v>0</v>
       </c>
       <c r="H256" s="2">
         <v>0</v>
       </c>
       <c r="I256" s="1">
         <v>0</v>
       </c>
       <c r="J256" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K256" s="2" t="str">
         <f>J256*257.18</f>
         <v>0</v>
       </c>
       <c r="L256" s="5"/>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A257" s="1"/>
       <c r="B257" s="1">
         <v>827630</v>
       </c>
       <c r="C257" s="1" t="s">
         <v>930</v>
       </c>
       <c r="D257" s="1" t="s">
         <v>931</v>
       </c>
       <c r="E257" s="2" t="s">
         <v>932</v>
       </c>
       <c r="F257" s="2" t="s">
         <v>933</v>
       </c>
       <c r="G257" s="2">
         <v>0</v>
       </c>
       <c r="H257" s="2">
         <v>0</v>
       </c>
       <c r="I257" s="1">
         <v>0</v>
       </c>
       <c r="J257" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K257" s="2" t="str">
         <f>J257*282.02</f>
         <v>0</v>
       </c>
       <c r="L257" s="5"/>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A258" s="1"/>
       <c r="B258" s="1">
         <v>827631</v>
       </c>
       <c r="C258" s="1" t="s">
         <v>934</v>
       </c>
       <c r="D258" s="1" t="s">
         <v>935</v>
       </c>
       <c r="E258" s="2" t="s">
         <v>936</v>
       </c>
       <c r="F258" s="2" t="s">
         <v>937</v>
       </c>
       <c r="G258" s="2">
         <v>0</v>
       </c>
       <c r="H258" s="2">
         <v>0</v>
       </c>
       <c r="I258" s="1">
         <v>0</v>
       </c>
       <c r="J258" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K258" s="2" t="str">
         <f>J258*270.22</f>
         <v>0</v>
       </c>
       <c r="L258" s="5"/>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A259" s="1"/>
       <c r="B259" s="1">
         <v>827632</v>
       </c>
       <c r="C259" s="1" t="s">
         <v>938</v>
       </c>
       <c r="D259" s="1" t="s">
         <v>939</v>
       </c>
       <c r="E259" s="2" t="s">
         <v>940</v>
       </c>
       <c r="F259" s="2" t="s">
         <v>941</v>
       </c>
       <c r="G259" s="2">
         <v>0</v>
       </c>
       <c r="H259" s="2">
         <v>0</v>
       </c>
       <c r="I259" s="1">
         <v>0</v>
       </c>
       <c r="J259" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K259" s="2" t="str">
         <f>J259*440.59</f>
         <v>0</v>
       </c>
       <c r="L259" s="5"/>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A260" s="1"/>
       <c r="B260" s="1">
         <v>827633</v>
       </c>
       <c r="C260" s="1" t="s">
         <v>942</v>
       </c>
       <c r="D260" s="1">
         <v>10008356</v>
       </c>
       <c r="E260" s="2" t="s">
         <v>943</v>
       </c>
       <c r="F260" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G260" s="2">
         <v>0</v>
       </c>
       <c r="H260" s="2">
         <v>0</v>
       </c>
       <c r="I260" s="1">
         <v>0</v>
       </c>
       <c r="J260" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K260" s="2" t="str">
         <f>J260*0.00</f>
         <v>0</v>
       </c>
       <c r="L260" s="5"/>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A261" s="1"/>
       <c r="B261" s="1">
         <v>827634</v>
       </c>
       <c r="C261" s="1" t="s">
         <v>944</v>
       </c>
       <c r="D261" s="1">
         <v>7165</v>
       </c>
       <c r="E261" s="2" t="s">
         <v>945</v>
       </c>
       <c r="F261" s="2" t="s">
         <v>946</v>
       </c>
       <c r="G261" s="2">
         <v>0</v>
       </c>
       <c r="H261" s="2">
         <v>0</v>
       </c>
       <c r="I261" s="1">
         <v>0</v>
       </c>
       <c r="J261" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K261" s="2" t="str">
         <f>J261*524.83</f>
         <v>0</v>
       </c>
       <c r="L261" s="5"/>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A262" s="1"/>
       <c r="B262" s="1">
         <v>827635</v>
       </c>
       <c r="C262" s="1" t="s">
         <v>947</v>
       </c>
       <c r="D262" s="1">
         <v>7166</v>
       </c>
       <c r="E262" s="2" t="s">
         <v>948</v>
       </c>
       <c r="F262" s="2" t="s">
         <v>949</v>
       </c>
       <c r="G262" s="2">
         <v>0</v>
       </c>
       <c r="H262" s="2">
         <v>0</v>
       </c>
       <c r="I262" s="1">
         <v>0</v>
       </c>
       <c r="J262" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K262" s="2" t="str">
         <f>J262*578.65</f>
         <v>0</v>
       </c>
       <c r="L262" s="5"/>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A263" s="1"/>
       <c r="B263" s="1">
         <v>827636</v>
       </c>
       <c r="C263" s="1" t="s">
         <v>950</v>
       </c>
       <c r="D263" s="1">
         <v>7175</v>
       </c>
       <c r="E263" s="2" t="s">
         <v>951</v>
       </c>
       <c r="F263" s="2" t="s">
         <v>952</v>
       </c>
       <c r="G263" s="2">
         <v>0</v>
       </c>
       <c r="H263" s="2">
         <v>0</v>
       </c>
       <c r="I263" s="1">
         <v>0</v>
       </c>
       <c r="J263" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K263" s="2" t="str">
         <f>J263*457.63</f>
         <v>0</v>
       </c>
       <c r="L263" s="5"/>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A264" s="1"/>
       <c r="B264" s="1">
         <v>827637</v>
       </c>
       <c r="C264" s="1" t="s">
         <v>953</v>
       </c>
       <c r="D264" s="1" t="s">
         <v>954</v>
       </c>
       <c r="E264" s="2" t="s">
         <v>955</v>
       </c>
       <c r="F264" s="2" t="s">
         <v>956</v>
       </c>
       <c r="G264" s="2">
         <v>0</v>
       </c>
       <c r="H264" s="2">
         <v>0</v>
       </c>
       <c r="I264" s="1">
         <v>0</v>
       </c>
       <c r="J264" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K264" s="2" t="str">
         <f>J264*623.85</f>
         <v>0</v>
       </c>
       <c r="L264" s="5"/>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A265" s="1"/>
       <c r="B265" s="1">
         <v>827638</v>
       </c>
       <c r="C265" s="1" t="s">
         <v>957</v>
       </c>
       <c r="D265" s="1">
         <v>10008367</v>
       </c>
       <c r="E265" s="2" t="s">
         <v>958</v>
       </c>
       <c r="F265" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G265" s="2">
         <v>0</v>
       </c>
       <c r="H265" s="2">
         <v>0</v>
       </c>
       <c r="I265" s="1">
         <v>0</v>
       </c>
       <c r="J265" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K265" s="2" t="str">
         <f>J265*0.00</f>
         <v>0</v>
       </c>
       <c r="L265" s="5"/>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A266" s="1"/>
       <c r="B266" s="1">
         <v>827639</v>
       </c>
       <c r="C266" s="1" t="s">
         <v>959</v>
       </c>
       <c r="D266" s="1" t="s">
         <v>960</v>
       </c>
       <c r="E266" s="2" t="s">
         <v>961</v>
       </c>
       <c r="F266" s="2" t="s">
         <v>962</v>
       </c>
       <c r="G266" s="2">
         <v>0</v>
       </c>
       <c r="H266" s="2">
         <v>0</v>
       </c>
       <c r="I266" s="1">
         <v>0</v>
       </c>
       <c r="J266" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K266" s="2" t="str">
         <f>J266*1229.97</f>
         <v>0</v>
       </c>
       <c r="L266" s="5"/>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A267" s="1"/>
       <c r="B267" s="1">
         <v>827640</v>
       </c>
       <c r="C267" s="1" t="s">
         <v>963</v>
       </c>
       <c r="D267" s="1" t="s">
         <v>964</v>
       </c>
       <c r="E267" s="2" t="s">
         <v>965</v>
       </c>
       <c r="F267" s="2" t="s">
         <v>962</v>
       </c>
       <c r="G267" s="2">
         <v>0</v>
       </c>
       <c r="H267" s="2">
         <v>0</v>
       </c>
       <c r="I267" s="1">
         <v>0</v>
       </c>
       <c r="J267" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K267" s="2" t="str">
         <f>J267*1229.97</f>
         <v>0</v>
       </c>
       <c r="L267" s="5"/>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A268" s="1"/>
       <c r="B268" s="1">
         <v>827641</v>
       </c>
       <c r="C268" s="1" t="s">
         <v>966</v>
       </c>
       <c r="D268" s="1">
         <v>10008376</v>
       </c>
       <c r="E268" s="2" t="s">
         <v>967</v>
       </c>
       <c r="F268" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G268" s="2">
         <v>0</v>
       </c>
       <c r="H268" s="2">
         <v>0</v>
       </c>
       <c r="I268" s="1">
         <v>0</v>
       </c>
       <c r="J268" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K268" s="2" t="str">
         <f>J268*0.00</f>
         <v>0</v>
       </c>
       <c r="L268" s="5"/>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A269" s="1"/>
       <c r="B269" s="1">
         <v>827642</v>
       </c>
       <c r="C269" s="1" t="s">
         <v>968</v>
       </c>
       <c r="D269" s="1">
         <v>10008378</v>
       </c>
       <c r="E269" s="2" t="s">
         <v>969</v>
       </c>
       <c r="F269" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G269" s="2">
         <v>0</v>
       </c>
       <c r="H269" s="2">
         <v>0</v>
       </c>
       <c r="I269" s="1">
         <v>0</v>
       </c>
       <c r="J269" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K269" s="2" t="str">
         <f>J269*0.00</f>
         <v>0</v>
       </c>
       <c r="L269" s="5"/>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A270" s="1"/>
       <c r="B270" s="1">
         <v>827643</v>
       </c>
       <c r="C270" s="1" t="s">
         <v>970</v>
       </c>
       <c r="D270" s="1" t="s">
         <v>971</v>
       </c>
       <c r="E270" s="2" t="s">
         <v>972</v>
       </c>
       <c r="F270" s="2" t="s">
         <v>973</v>
       </c>
       <c r="G270" s="2">
         <v>0</v>
       </c>
       <c r="H270" s="2">
         <v>0</v>
       </c>
       <c r="I270" s="1">
         <v>0</v>
       </c>
       <c r="J270" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K270" s="2" t="str">
         <f>J270*1706.44</f>
         <v>0</v>
       </c>
       <c r="L270" s="5"/>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A271" s="1"/>
       <c r="B271" s="1">
         <v>827644</v>
       </c>
       <c r="C271" s="1" t="s">
         <v>974</v>
       </c>
       <c r="D271" s="1" t="s">
         <v>975</v>
       </c>
       <c r="E271" s="2" t="s">
         <v>976</v>
       </c>
       <c r="F271" s="2" t="s">
         <v>766</v>
       </c>
       <c r="G271" s="2">
         <v>0</v>
       </c>
       <c r="H271" s="2">
         <v>0</v>
       </c>
       <c r="I271" s="1">
         <v>0</v>
       </c>
       <c r="J271" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K271" s="2" t="str">
         <f>J271*1749.54</f>
         <v>0</v>
       </c>
       <c r="L271" s="5"/>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A272" s="1"/>
       <c r="B272" s="1">
         <v>827645</v>
       </c>
       <c r="C272" s="1" t="s">
         <v>977</v>
       </c>
       <c r="D272" s="1">
         <v>10008389</v>
       </c>
       <c r="E272" s="2" t="s">
         <v>978</v>
       </c>
       <c r="F272" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G272" s="2">
         <v>0</v>
       </c>
       <c r="H272" s="2">
         <v>0</v>
       </c>
       <c r="I272" s="1">
         <v>0</v>
       </c>
       <c r="J272" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K272" s="2" t="str">
         <f>J272*0.00</f>
         <v>0</v>
       </c>
       <c r="L272" s="5"/>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A273" s="1"/>
       <c r="B273" s="1">
         <v>827646</v>
       </c>
       <c r="C273" s="1" t="s">
         <v>979</v>
       </c>
       <c r="D273" s="1">
         <v>10008396</v>
       </c>
       <c r="E273" s="2" t="s">
         <v>980</v>
       </c>
       <c r="F273" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G273" s="2">
         <v>0</v>
       </c>
       <c r="H273" s="2">
         <v>0</v>
       </c>
       <c r="I273" s="1">
         <v>0</v>
       </c>
       <c r="J273" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K273" s="2" t="str">
         <f>J273*0.00</f>
         <v>0</v>
       </c>
       <c r="L273" s="5"/>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A274" s="1"/>
       <c r="B274" s="1">
         <v>827647</v>
       </c>
       <c r="C274" s="1" t="s">
         <v>981</v>
       </c>
       <c r="D274" s="1" t="s">
         <v>982</v>
       </c>
       <c r="E274" s="2" t="s">
         <v>983</v>
       </c>
       <c r="F274" s="2" t="s">
         <v>984</v>
       </c>
       <c r="G274" s="2">
         <v>0</v>
       </c>
       <c r="H274" s="2">
         <v>0</v>
       </c>
       <c r="I274" s="1">
         <v>0</v>
       </c>
       <c r="J274" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K274" s="2" t="str">
         <f>J274*2504.26</f>
         <v>0</v>
       </c>
       <c r="L274" s="5"/>
     </row>
     <row r="275" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A275" s="1"/>
       <c r="B275" s="1">
         <v>827648</v>
       </c>
       <c r="C275" s="1" t="s">
         <v>985</v>
       </c>
       <c r="D275" s="1">
         <v>7198</v>
       </c>
       <c r="E275" s="2" t="s">
         <v>986</v>
       </c>
       <c r="F275" s="2" t="s">
         <v>987</v>
       </c>
       <c r="G275" s="2">
         <v>0</v>
       </c>
       <c r="H275" s="2">
         <v>0</v>
       </c>
       <c r="I275" s="1">
         <v>0</v>
       </c>
       <c r="J275" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K275" s="2" t="str">
         <f>J275*2537.50</f>
         <v>0</v>
       </c>
       <c r="L275" s="5"/>
     </row>
     <row r="276" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A276" s="1"/>
       <c r="B276" s="1">
         <v>827649</v>
       </c>
       <c r="C276" s="1" t="s">
         <v>988</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>989</v>
       </c>
       <c r="E276" s="2" t="s">
         <v>990</v>
       </c>
       <c r="F276" s="2" t="s">
         <v>991</v>
       </c>
       <c r="G276" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H276" s="2">
         <v>0</v>
       </c>
       <c r="I276" s="1">
         <v>0</v>
       </c>
       <c r="J276" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K276" s="2" t="str">
         <f>J276*301.07</f>
         <v>0</v>
       </c>
       <c r="L276" s="5"/>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A277" s="1"/>
       <c r="B277" s="1">
         <v>827650</v>
       </c>
       <c r="C277" s="1" t="s">
         <v>992</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>993</v>
       </c>
       <c r="E277" s="2" t="s">
         <v>994</v>
       </c>
       <c r="F277" s="2" t="s">
         <v>995</v>
       </c>
       <c r="G277" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H277" s="2">
         <v>0</v>
       </c>
       <c r="I277" s="1">
         <v>0</v>
       </c>
       <c r="J277" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K277" s="2" t="str">
         <f>J277*503.48</f>
         <v>0</v>
       </c>
       <c r="L277" s="5"/>
     </row>
     <row r="278" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A278" s="1"/>
       <c r="B278" s="1">
         <v>827651</v>
       </c>
       <c r="C278" s="1" t="s">
         <v>996</v>
       </c>
       <c r="D278" s="1" t="s">
         <v>997</v>
       </c>
       <c r="E278" s="2" t="s">
         <v>998</v>
       </c>
       <c r="F278" s="2" t="s">
         <v>999</v>
       </c>
       <c r="G278" s="2">
         <v>0</v>
       </c>
       <c r="H278" s="2">
         <v>0</v>
       </c>
       <c r="I278" s="1">
         <v>0</v>
       </c>
       <c r="J278" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K278" s="2" t="str">
         <f>J278*70.74</f>
         <v>0</v>
       </c>
       <c r="L278" s="5"/>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A279" s="1"/>
       <c r="B279" s="1">
         <v>827652</v>
       </c>
       <c r="C279" s="1" t="s">
         <v>1000</v>
       </c>
       <c r="D279" s="1" t="s">
         <v>1001</v>
       </c>
       <c r="E279" s="2" t="s">
         <v>1002</v>
       </c>
       <c r="F279" s="2" t="s">
         <v>1003</v>
       </c>
       <c r="G279" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H279" s="2">
         <v>0</v>
       </c>
       <c r="I279" s="1">
         <v>0</v>
       </c>
       <c r="J279" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K279" s="2" t="str">
         <f>J279*89.77</f>
         <v>0</v>
       </c>
       <c r="L279" s="5"/>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A280" s="1"/>
       <c r="B280" s="1">
         <v>827653</v>
       </c>
       <c r="C280" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="D280" s="1" t="s">
         <v>1005</v>
       </c>
       <c r="E280" s="2" t="s">
         <v>1006</v>
       </c>
       <c r="F280" s="2" t="s">
         <v>1007</v>
       </c>
       <c r="G280" s="2" t="s">
-        <v>148</v>
+        <v>268</v>
       </c>
       <c r="H280" s="2">
         <v>0</v>
       </c>
       <c r="I280" s="1">
         <v>0</v>
       </c>
       <c r="J280" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K280" s="2" t="str">
         <f>J280*93.79</f>
         <v>0</v>
       </c>
       <c r="L280" s="5"/>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A281" s="1"/>
       <c r="B281" s="1">
         <v>827654</v>
       </c>
       <c r="C281" s="1" t="s">
         <v>1008</v>
       </c>
       <c r="D281" s="1" t="s">
         <v>1009</v>
       </c>
       <c r="E281" s="2" t="s">
         <v>1010</v>
       </c>
       <c r="F281" s="2" t="s">
         <v>1003</v>
       </c>
       <c r="G281" s="2" t="s">
-        <v>148</v>
+        <v>268</v>
       </c>
       <c r="H281" s="2">
         <v>0</v>
       </c>
       <c r="I281" s="1">
         <v>0</v>
       </c>
       <c r="J281" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K281" s="2" t="str">
         <f>J281*89.77</f>
         <v>0</v>
       </c>
       <c r="L281" s="5"/>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A282" s="1"/>
       <c r="B282" s="1">
         <v>827655</v>
       </c>
       <c r="C282" s="1" t="s">
         <v>1011</v>
       </c>
       <c r="D282" s="1" t="s">
         <v>1012</v>
       </c>
       <c r="E282" s="2" t="s">
         <v>1013</v>
       </c>
       <c r="F282" s="2" t="s">
         <v>1014</v>
       </c>
       <c r="G282" s="2">
         <v>0</v>
       </c>
       <c r="H282" s="2">
         <v>0</v>
       </c>
       <c r="I282" s="1">
         <v>0</v>
       </c>
       <c r="J282" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K282" s="2" t="str">
         <f>J282*174.87</f>
         <v>0</v>
       </c>
       <c r="L282" s="5"/>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A283" s="1"/>
       <c r="B283" s="1">
         <v>827656</v>
       </c>
       <c r="C283" s="1" t="s">
         <v>1015</v>
       </c>
       <c r="D283" s="1" t="s">
         <v>1016</v>
       </c>
       <c r="E283" s="2" t="s">
         <v>1017</v>
       </c>
       <c r="F283" s="2" t="s">
         <v>1018</v>
       </c>
       <c r="G283" s="2">
         <v>0</v>
       </c>
       <c r="H283" s="2">
         <v>0</v>
       </c>
       <c r="I283" s="1">
         <v>0</v>
       </c>
       <c r="J283" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K283" s="2" t="str">
         <f>J283*97.26</f>
         <v>0</v>
       </c>
       <c r="L283" s="5"/>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A284" s="1"/>
       <c r="B284" s="1">
         <v>827657</v>
       </c>
       <c r="C284" s="1" t="s">
         <v>1019</v>
       </c>
       <c r="D284" s="1" t="s">
         <v>1020</v>
       </c>
       <c r="E284" s="2" t="s">
         <v>1021</v>
       </c>
       <c r="F284" s="2" t="s">
         <v>1022</v>
       </c>
       <c r="G284" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H284" s="2">
         <v>0</v>
       </c>
       <c r="I284" s="1">
         <v>0</v>
       </c>
       <c r="J284" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K284" s="2" t="str">
         <f>J284*155.42</f>
         <v>0</v>
       </c>
       <c r="L284" s="5"/>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A285" s="1"/>
       <c r="B285" s="1">
         <v>827658</v>
       </c>
       <c r="C285" s="1" t="s">
         <v>1023</v>
       </c>
       <c r="D285" s="1" t="s">
         <v>1024</v>
       </c>
       <c r="E285" s="2" t="s">
         <v>1025</v>
       </c>
       <c r="F285" s="2" t="s">
         <v>1026</v>
       </c>
       <c r="G285" s="2" t="s">
-        <v>148</v>
+        <v>268</v>
       </c>
       <c r="H285" s="2">
         <v>0</v>
       </c>
       <c r="I285" s="1">
         <v>0</v>
       </c>
       <c r="J285" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K285" s="2" t="str">
         <f>J285*151.24</f>
         <v>0</v>
       </c>
       <c r="L285" s="5"/>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A286" s="1"/>
       <c r="B286" s="1">
         <v>827659</v>
       </c>
       <c r="C286" s="1" t="s">
         <v>1027</v>
       </c>
       <c r="D286" s="1" t="s">
         <v>1028</v>
       </c>
       <c r="E286" s="2" t="s">
         <v>1029</v>
       </c>
       <c r="F286" s="2" t="s">
         <v>1030</v>
       </c>
       <c r="G286" s="2">
         <v>0</v>
       </c>
       <c r="H286" s="2">
         <v>0</v>
       </c>
       <c r="I286" s="1">
         <v>0</v>
       </c>
       <c r="J286" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K286" s="2" t="str">
         <f>J286*232.81</f>
         <v>0</v>
       </c>
       <c r="L286" s="5"/>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A287" s="1"/>
       <c r="B287" s="1">
         <v>827660</v>
       </c>
       <c r="C287" s="1" t="s">
         <v>1031</v>
       </c>
       <c r="D287" s="1" t="s">
         <v>1032</v>
       </c>
       <c r="E287" s="2" t="s">
         <v>1033</v>
       </c>
       <c r="F287" s="2" t="s">
         <v>1034</v>
       </c>
       <c r="G287" s="2">
         <v>0</v>
       </c>
       <c r="H287" s="2">
         <v>0</v>
       </c>
       <c r="I287" s="1">
         <v>0</v>
       </c>
       <c r="J287" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K287" s="2" t="str">
         <f>J287*142.56</f>
         <v>0</v>
       </c>
       <c r="L287" s="5"/>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A288" s="1"/>
       <c r="B288" s="1">
         <v>827661</v>
       </c>
       <c r="C288" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="D288" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="E288" s="2" t="s">
         <v>1037</v>
       </c>
       <c r="F288" s="2" t="s">
         <v>1038</v>
       </c>
       <c r="G288" s="2">
         <v>0</v>
       </c>
       <c r="H288" s="2">
         <v>0</v>
       </c>
       <c r="I288" s="1">
         <v>0</v>
       </c>
       <c r="J288" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K288" s="2" t="str">
         <f>J288*140.76</f>
         <v>0</v>
       </c>
       <c r="L288" s="5"/>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A289" s="1"/>
       <c r="B289" s="1">
         <v>827662</v>
       </c>
       <c r="C289" s="1" t="s">
         <v>1039</v>
       </c>
       <c r="D289" s="1">
         <v>7050</v>
       </c>
       <c r="E289" s="2" t="s">
         <v>1040</v>
       </c>
       <c r="F289" s="2" t="s">
         <v>1041</v>
       </c>
       <c r="G289" s="2">
         <v>0</v>
       </c>
       <c r="H289" s="2">
         <v>0</v>
       </c>
       <c r="I289" s="1">
         <v>0</v>
       </c>
       <c r="J289" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K289" s="2" t="str">
         <f>J289*260.50</f>
         <v>0</v>
       </c>
       <c r="L289" s="5"/>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A290" s="1"/>
       <c r="B290" s="1">
         <v>827663</v>
       </c>
       <c r="C290" s="1" t="s">
         <v>1042</v>
       </c>
       <c r="D290" s="1" t="s">
         <v>1043</v>
       </c>
       <c r="E290" s="2" t="s">
         <v>1044</v>
       </c>
       <c r="F290" s="2" t="s">
         <v>1045</v>
       </c>
       <c r="G290" s="2">
         <v>0</v>
       </c>
       <c r="H290" s="2">
         <v>0</v>
       </c>
       <c r="I290" s="1">
         <v>0</v>
       </c>
       <c r="J290" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K290" s="2" t="str">
         <f>J290*249.48</f>
         <v>0</v>
       </c>
       <c r="L290" s="5"/>
     </row>
     <row r="291" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A291" s="1"/>
       <c r="B291" s="1">
         <v>827664</v>
       </c>
       <c r="C291" s="1" t="s">
         <v>1046</v>
       </c>
       <c r="D291" s="1" t="s">
         <v>1047</v>
       </c>
       <c r="E291" s="2" t="s">
         <v>1048</v>
       </c>
       <c r="F291" s="2" t="s">
         <v>1049</v>
       </c>
       <c r="G291" s="2">
         <v>0</v>
       </c>
       <c r="H291" s="2">
         <v>0</v>
       </c>
       <c r="I291" s="1">
         <v>0</v>
       </c>
       <c r="J291" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K291" s="2" t="str">
         <f>J291*269.60</f>
         <v>0</v>
       </c>
       <c r="L291" s="5"/>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A292" s="1"/>
       <c r="B292" s="1">
         <v>827665</v>
       </c>
       <c r="C292" s="1" t="s">
         <v>1050</v>
       </c>
       <c r="D292" s="1" t="s">
         <v>1051</v>
       </c>
       <c r="E292" s="2" t="s">
         <v>1052</v>
       </c>
       <c r="F292" s="2" t="s">
         <v>1053</v>
       </c>
       <c r="G292" s="2">
         <v>0</v>
       </c>
       <c r="H292" s="2">
         <v>0</v>
       </c>
       <c r="I292" s="1">
         <v>0</v>
       </c>
       <c r="J292" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K292" s="2" t="str">
         <f>J292*262.44</f>
         <v>0</v>
       </c>
       <c r="L292" s="5"/>
     </row>
     <row r="293" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A293" s="1"/>
       <c r="B293" s="1">
         <v>827666</v>
       </c>
       <c r="C293" s="1" t="s">
         <v>1054</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>1055</v>
       </c>
       <c r="E293" s="2" t="s">
         <v>1056</v>
       </c>
       <c r="F293" s="2" t="s">
         <v>1057</v>
       </c>
       <c r="G293" s="2">
         <v>0</v>
       </c>
       <c r="H293" s="2">
         <v>0</v>
       </c>
       <c r="I293" s="1">
         <v>0</v>
       </c>
       <c r="J293" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K293" s="2" t="str">
         <f>J293*668.58</f>
         <v>0</v>
       </c>
       <c r="L293" s="5"/>
     </row>
     <row r="294" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A294" s="1"/>
       <c r="B294" s="1">
         <v>827667</v>
       </c>
       <c r="C294" s="1" t="s">
         <v>1058</v>
       </c>
       <c r="D294" s="1">
         <v>7064</v>
       </c>
       <c r="E294" s="2" t="s">
         <v>1059</v>
       </c>
       <c r="F294" s="2" t="s">
         <v>1060</v>
       </c>
       <c r="G294" s="2">
         <v>0</v>
       </c>
       <c r="H294" s="2">
         <v>0</v>
       </c>
       <c r="I294" s="1">
         <v>0</v>
       </c>
       <c r="J294" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K294" s="2" t="str">
         <f>J294*426.06</f>
         <v>0</v>
       </c>
       <c r="L294" s="5"/>
     </row>
     <row r="295" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A295" s="1"/>
       <c r="B295" s="1">
         <v>827668</v>
       </c>
       <c r="C295" s="1" t="s">
         <v>1061</v>
       </c>
       <c r="D295" s="1" t="s">
         <v>1062</v>
       </c>
       <c r="E295" s="2" t="s">
         <v>1063</v>
       </c>
       <c r="F295" s="2" t="s">
         <v>1064</v>
       </c>
       <c r="G295" s="2">
         <v>0</v>
       </c>
       <c r="H295" s="2">
         <v>0</v>
       </c>
       <c r="I295" s="1">
         <v>0</v>
       </c>
       <c r="J295" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K295" s="2" t="str">
         <f>J295*467.12</f>
         <v>0</v>
       </c>
       <c r="L295" s="5"/>
     </row>
     <row r="296" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A296" s="1"/>
       <c r="B296" s="1">
         <v>827669</v>
       </c>
       <c r="C296" s="1" t="s">
         <v>1065</v>
       </c>
       <c r="D296" s="1" t="s">
         <v>1066</v>
       </c>
       <c r="E296" s="2" t="s">
         <v>1067</v>
       </c>
       <c r="F296" s="2" t="s">
         <v>1068</v>
       </c>
       <c r="G296" s="2">
         <v>0</v>
       </c>
       <c r="H296" s="2">
         <v>0</v>
       </c>
       <c r="I296" s="1">
         <v>0</v>
       </c>
       <c r="J296" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K296" s="2" t="str">
         <f>J296*647.88</f>
         <v>0</v>
       </c>
       <c r="L296" s="5"/>
     </row>
     <row r="297" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A297" s="1"/>
       <c r="B297" s="1">
         <v>827670</v>
       </c>
       <c r="C297" s="1" t="s">
         <v>1069</v>
       </c>
       <c r="D297" s="1" t="s">
         <v>1070</v>
       </c>
       <c r="E297" s="2" t="s">
         <v>1071</v>
       </c>
       <c r="F297" s="2" t="s">
         <v>1072</v>
       </c>
       <c r="G297" s="2">
         <v>0</v>
       </c>
       <c r="H297" s="2">
         <v>0</v>
       </c>
       <c r="I297" s="1">
         <v>0</v>
       </c>
       <c r="J297" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K297" s="2" t="str">
         <f>J297*1072.30</f>
         <v>0</v>
       </c>
       <c r="L297" s="5"/>
     </row>
     <row r="298" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A298" s="1"/>
       <c r="B298" s="1">
         <v>827671</v>
       </c>
       <c r="C298" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="D298" s="1" t="s">
         <v>1074</v>
       </c>
       <c r="E298" s="2" t="s">
         <v>1075</v>
       </c>
       <c r="F298" s="2" t="s">
         <v>1076</v>
       </c>
       <c r="G298" s="2">
         <v>0</v>
       </c>
       <c r="H298" s="2">
         <v>0</v>
       </c>
       <c r="I298" s="1">
         <v>0</v>
       </c>
       <c r="J298" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K298" s="2" t="str">
         <f>J298*1185.17</f>
         <v>0</v>
       </c>
       <c r="L298" s="5"/>
     </row>
     <row r="299" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A299" s="1"/>
       <c r="B299" s="1">
         <v>827672</v>
       </c>
       <c r="C299" s="1" t="s">
         <v>1077</v>
       </c>
       <c r="D299" s="1" t="s">
         <v>1078</v>
       </c>
       <c r="E299" s="2" t="s">
         <v>1079</v>
       </c>
       <c r="F299" s="2" t="s">
         <v>652</v>
       </c>
       <c r="G299" s="2">
         <v>0</v>
       </c>
       <c r="H299" s="2">
         <v>0</v>
       </c>
       <c r="I299" s="1">
         <v>0</v>
       </c>
       <c r="J299" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K299" s="2" t="str">
         <f>J299*1171.06</f>
         <v>0</v>
       </c>
       <c r="L299" s="5"/>
     </row>
     <row r="300" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A300" s="1"/>
       <c r="B300" s="1">
         <v>827673</v>
       </c>
       <c r="C300" s="1" t="s">
         <v>1080</v>
       </c>
       <c r="D300" s="1">
         <v>7090</v>
       </c>
       <c r="E300" s="2" t="s">
         <v>1081</v>
       </c>
       <c r="F300" s="2" t="s">
         <v>1082</v>
       </c>
       <c r="G300" s="2">
         <v>0</v>
       </c>
       <c r="H300" s="2">
         <v>0</v>
       </c>
       <c r="I300" s="1">
         <v>0</v>
       </c>
       <c r="J300" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K300" s="2" t="str">
         <f>J300*1777.76</f>
         <v>0</v>
       </c>
       <c r="L300" s="5"/>
     </row>
     <row r="301" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A301" s="1"/>
       <c r="B301" s="1">
         <v>827674</v>
       </c>
       <c r="C301" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="D301" s="1">
         <v>7091</v>
       </c>
       <c r="E301" s="2" t="s">
         <v>1084</v>
       </c>
       <c r="F301" s="2" t="s">
         <v>1082</v>
       </c>
       <c r="G301" s="2">
         <v>0</v>
       </c>
       <c r="H301" s="2">
         <v>0</v>
       </c>
       <c r="I301" s="1">
         <v>0</v>
       </c>
       <c r="J301" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K301" s="2" t="str">
         <f>J301*1777.76</f>
         <v>0</v>
       </c>
       <c r="L301" s="5"/>
     </row>
     <row r="302" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A302" s="1"/>
       <c r="B302" s="1">
         <v>827675</v>
       </c>
       <c r="C302" s="1" t="s">
         <v>1085</v>
       </c>
       <c r="D302" s="1" t="s">
         <v>1086</v>
       </c>
       <c r="E302" s="2" t="s">
         <v>1087</v>
       </c>
       <c r="F302" s="2" t="s">
         <v>1088</v>
       </c>
       <c r="G302" s="2">
         <v>0</v>
       </c>
       <c r="H302" s="2">
         <v>0</v>
       </c>
       <c r="I302" s="1">
         <v>0</v>
       </c>
       <c r="J302" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K302" s="2" t="str">
         <f>J302*1876.52</f>
         <v>0</v>
       </c>
       <c r="L302" s="5"/>
     </row>
     <row r="303" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A303" s="1"/>
       <c r="B303" s="1">
         <v>827676</v>
       </c>
       <c r="C303" s="1" t="s">
         <v>1089</v>
       </c>
       <c r="D303" s="1">
         <v>10003096</v>
       </c>
       <c r="E303" s="2" t="s">
         <v>1090</v>
       </c>
       <c r="F303" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G303" s="2">
         <v>0</v>
       </c>
       <c r="H303" s="2">
         <v>0</v>
       </c>
       <c r="I303" s="1">
         <v>0</v>
       </c>
       <c r="J303" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K303" s="2" t="str">
         <f>J303*0.00</f>
         <v>0</v>
       </c>
       <c r="L303" s="5"/>
     </row>
     <row r="304" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A304" s="1"/>
       <c r="B304" s="1">
         <v>827677</v>
       </c>
       <c r="C304" s="1" t="s">
         <v>1091</v>
       </c>
       <c r="D304" s="1" t="s">
         <v>1092</v>
       </c>
       <c r="E304" s="2" t="s">
         <v>1093</v>
       </c>
       <c r="F304" s="2" t="s">
         <v>1094</v>
       </c>
       <c r="G304" s="2">
         <v>0</v>
       </c>
       <c r="H304" s="2">
         <v>0</v>
       </c>
       <c r="I304" s="1">
         <v>0</v>
       </c>
       <c r="J304" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K304" s="2" t="str">
         <f>J304*2962.93</f>
         <v>0</v>
       </c>
       <c r="L304" s="5"/>
     </row>
     <row r="305" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A305" s="1"/>
       <c r="B305" s="1">
         <v>827678</v>
       </c>
       <c r="C305" s="1" t="s">
         <v>1095</v>
       </c>
       <c r="D305" s="1">
         <v>7095</v>
       </c>
       <c r="E305" s="2" t="s">
         <v>1096</v>
       </c>
       <c r="F305" s="2" t="s">
         <v>1094</v>
       </c>
       <c r="G305" s="2">
         <v>0</v>
       </c>
       <c r="H305" s="2">
         <v>0</v>
       </c>
       <c r="I305" s="1">
         <v>0</v>
       </c>
       <c r="J305" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K305" s="2" t="str">
         <f>J305*2962.93</f>
         <v>0</v>
       </c>
       <c r="L305" s="5"/>
     </row>
     <row r="306" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A306" s="1"/>
       <c r="B306" s="1">
         <v>827679</v>
       </c>
       <c r="C306" s="1" t="s">
         <v>1097</v>
       </c>
       <c r="D306" s="1" t="s">
         <v>1098</v>
       </c>
       <c r="E306" s="2" t="s">
         <v>1099</v>
       </c>
       <c r="F306" s="2" t="s">
         <v>1100</v>
       </c>
       <c r="G306" s="2">
         <v>0</v>
       </c>
       <c r="H306" s="2">
         <v>0</v>
       </c>
       <c r="I306" s="1">
         <v>0</v>
       </c>
       <c r="J306" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K306" s="2" t="str">
         <f>J306*127.22</f>
         <v>0</v>
       </c>
       <c r="L306" s="5"/>
     </row>
     <row r="307" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A307" s="1"/>
       <c r="B307" s="1">
         <v>827680</v>
       </c>
       <c r="C307" s="1" t="s">
         <v>1101</v>
       </c>
       <c r="D307" s="1" t="s">
         <v>1102</v>
       </c>
       <c r="E307" s="2" t="s">
         <v>1103</v>
       </c>
       <c r="F307" s="2" t="s">
         <v>1104</v>
       </c>
       <c r="G307" s="2">
         <v>0</v>
       </c>
       <c r="H307" s="2">
         <v>0</v>
       </c>
       <c r="I307" s="1">
         <v>0</v>
       </c>
       <c r="J307" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K307" s="2" t="str">
         <f>J307*182.30</f>
         <v>0</v>
       </c>
       <c r="L307" s="5"/>
     </row>
     <row r="308" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A308" s="1"/>
       <c r="B308" s="1">
         <v>827681</v>
       </c>
       <c r="C308" s="1" t="s">
         <v>1105</v>
       </c>
       <c r="D308" s="1">
         <v>99332</v>
       </c>
       <c r="E308" s="2" t="s">
         <v>1106</v>
       </c>
       <c r="F308" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G308" s="2">
         <v>0</v>
       </c>
       <c r="H308" s="2">
         <v>0</v>
       </c>
       <c r="I308" s="1">
         <v>0</v>
       </c>
       <c r="J308" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K308" s="2" t="str">
         <f>J308*0.00</f>
         <v>0</v>
       </c>
       <c r="L308" s="5"/>
     </row>
     <row r="309" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A309" s="1"/>
       <c r="B309" s="1">
         <v>827682</v>
       </c>
       <c r="C309" s="1" t="s">
         <v>1107</v>
       </c>
       <c r="D309" s="1" t="s">
         <v>1108</v>
       </c>
       <c r="E309" s="2" t="s">
         <v>1109</v>
       </c>
       <c r="F309" s="2" t="s">
         <v>1110</v>
       </c>
       <c r="G309" s="2">
         <v>0</v>
       </c>
       <c r="H309" s="2">
         <v>0</v>
       </c>
       <c r="I309" s="1">
         <v>0</v>
       </c>
       <c r="J309" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K309" s="2" t="str">
         <f>J309*241.16</f>
         <v>0</v>
       </c>
       <c r="L309" s="5"/>
     </row>
     <row r="310" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A310" s="1"/>
       <c r="B310" s="1">
         <v>827683</v>
       </c>
       <c r="C310" s="1" t="s">
         <v>1111</v>
       </c>
       <c r="D310" s="1">
         <v>99343</v>
       </c>
       <c r="E310" s="2" t="s">
         <v>1112</v>
       </c>
       <c r="F310" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G310" s="2">
         <v>0</v>
       </c>
       <c r="H310" s="2">
         <v>0</v>
       </c>
       <c r="I310" s="1">
         <v>0</v>
       </c>
       <c r="J310" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K310" s="2" t="str">
         <f>J310*0.00</f>
         <v>0</v>
       </c>
       <c r="L310" s="5"/>
     </row>
     <row r="311" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A311" s="1"/>
       <c r="B311" s="1">
         <v>827684</v>
       </c>
       <c r="C311" s="1" t="s">
         <v>1113</v>
       </c>
       <c r="D311" s="1" t="s">
         <v>1114</v>
       </c>
       <c r="E311" s="2" t="s">
         <v>1115</v>
       </c>
       <c r="F311" s="2" t="s">
         <v>1116</v>
       </c>
       <c r="G311" s="2">
         <v>0</v>
       </c>
       <c r="H311" s="2">
         <v>0</v>
       </c>
       <c r="I311" s="1">
         <v>0</v>
       </c>
       <c r="J311" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K311" s="2" t="str">
         <f>J311*571.53</f>
         <v>0</v>
       </c>
       <c r="L311" s="5"/>
     </row>
     <row r="312" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A312" s="1"/>
       <c r="B312" s="1">
         <v>827685</v>
       </c>
       <c r="C312" s="1" t="s">
         <v>1117</v>
       </c>
       <c r="D312" s="1" t="s">
         <v>1118</v>
       </c>
       <c r="E312" s="2" t="s">
         <v>1119</v>
       </c>
       <c r="F312" s="2" t="s">
         <v>1120</v>
       </c>
       <c r="G312" s="2">
         <v>0</v>
       </c>
       <c r="H312" s="2">
         <v>0</v>
       </c>
       <c r="I312" s="1">
         <v>0</v>
       </c>
       <c r="J312" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K312" s="2" t="str">
         <f>J312*523.60</f>
         <v>0</v>
       </c>
       <c r="L312" s="5"/>
     </row>
     <row r="313" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A313" s="1"/>
       <c r="B313" s="1">
         <v>827686</v>
       </c>
       <c r="C313" s="1" t="s">
         <v>1121</v>
       </c>
       <c r="D313" s="1">
         <v>99354</v>
       </c>
       <c r="E313" s="2" t="s">
         <v>1122</v>
       </c>
       <c r="F313" s="2" t="s">
         <v>1123</v>
       </c>
       <c r="G313" s="2">
         <v>0</v>
       </c>
       <c r="H313" s="2">
         <v>0</v>
       </c>
       <c r="I313" s="1">
         <v>0</v>
       </c>
       <c r="J313" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K313" s="2" t="str">
         <f>J313*580.21</f>
         <v>0</v>
       </c>
       <c r="L313" s="5"/>
     </row>
     <row r="314" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A314" s="1"/>
       <c r="B314" s="1">
         <v>827687</v>
       </c>
       <c r="C314" s="1" t="s">
         <v>1124</v>
       </c>
       <c r="D314" s="1" t="s">
         <v>1125</v>
       </c>
       <c r="E314" s="2" t="s">
         <v>1126</v>
       </c>
       <c r="F314" s="2" t="s">
         <v>1127</v>
       </c>
       <c r="G314" s="2">
         <v>0</v>
       </c>
       <c r="H314" s="2">
         <v>0</v>
       </c>
       <c r="I314" s="1">
         <v>0</v>
       </c>
       <c r="J314" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K314" s="2" t="str">
         <f>J314*825.00</f>
         <v>0</v>
       </c>
       <c r="L314" s="5"/>
     </row>
     <row r="315" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A315" s="1"/>
       <c r="B315" s="1">
         <v>827688</v>
       </c>
       <c r="C315" s="1" t="s">
         <v>1128</v>
       </c>
       <c r="D315" s="1">
         <v>99365</v>
       </c>
       <c r="E315" s="2" t="s">
         <v>1129</v>
       </c>
       <c r="F315" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G315" s="2">
         <v>0</v>
       </c>
       <c r="H315" s="2">
         <v>0</v>
       </c>
       <c r="I315" s="1">
         <v>0</v>
       </c>
       <c r="J315" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K315" s="2" t="str">
         <f>J315*0.00</f>
         <v>0</v>
       </c>
       <c r="L315" s="5"/>
     </row>
     <row r="316" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A316" s="1"/>
       <c r="B316" s="1">
         <v>827689</v>
       </c>
       <c r="C316" s="1" t="s">
         <v>1130</v>
       </c>
       <c r="D316" s="1" t="s">
         <v>1131</v>
       </c>
       <c r="E316" s="2" t="s">
         <v>1132</v>
       </c>
       <c r="F316" s="2" t="s">
         <v>1133</v>
       </c>
       <c r="G316" s="2" t="s">
-        <v>82</v>
+        <v>141</v>
       </c>
       <c r="H316" s="2">
         <v>0</v>
       </c>
       <c r="I316" s="1">
         <v>0</v>
       </c>
       <c r="J316" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K316" s="2" t="str">
         <f>J316*145.80</f>
         <v>0</v>
       </c>
       <c r="L316" s="5"/>
     </row>
     <row r="317" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A317" s="1"/>
       <c r="B317" s="1">
         <v>827690</v>
       </c>
       <c r="C317" s="1" t="s">
         <v>1134</v>
       </c>
       <c r="D317" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="E317" s="2" t="s">
         <v>1136</v>
       </c>
       <c r="F317" s="2" t="s">
         <v>1137</v>
       </c>
-      <c r="G317" s="2" t="s">
-        <v>82</v>
+      <c r="G317" s="2">
+        <v>7</v>
       </c>
       <c r="H317" s="2">
         <v>0</v>
       </c>
       <c r="I317" s="1">
         <v>0</v>
       </c>
       <c r="J317" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K317" s="2" t="str">
         <f>J317*189.54</f>
         <v>0</v>
       </c>
       <c r="L317" s="5"/>
     </row>
     <row r="318" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A318" s="1"/>
       <c r="B318" s="1">
         <v>827691</v>
       </c>
       <c r="C318" s="1" t="s">
         <v>1138</v>
       </c>
       <c r="D318" s="1" t="s">
         <v>1139</v>
       </c>
       <c r="E318" s="2" t="s">
         <v>1140</v>
       </c>
       <c r="F318" s="2" t="s">
         <v>1141</v>
       </c>
       <c r="G318" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H318" s="2">
         <v>0</v>
       </c>
       <c r="I318" s="1">
         <v>0</v>
       </c>
       <c r="J318" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K318" s="2" t="str">
         <f>J318*305.86</f>
         <v>0</v>
       </c>
       <c r="L318" s="5"/>
     </row>
     <row r="319" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A319" s="1"/>
       <c r="B319" s="1">
         <v>827692</v>
       </c>
       <c r="C319" s="1" t="s">
         <v>1142</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>1143</v>
       </c>
       <c r="E319" s="2" t="s">
         <v>1144</v>
       </c>
       <c r="F319" s="2" t="s">
         <v>1145</v>
       </c>
       <c r="G319" s="2">
         <v>0</v>
       </c>
       <c r="H319" s="2">
         <v>0</v>
       </c>
       <c r="I319" s="1">
         <v>0</v>
       </c>
       <c r="J319" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K319" s="2" t="str">
         <f>J319*645.24</f>
         <v>0</v>
       </c>
       <c r="L319" s="5"/>
     </row>
     <row r="320" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A320" s="1"/>
       <c r="B320" s="1">
         <v>827693</v>
       </c>
       <c r="C320" s="1" t="s">
         <v>1146</v>
       </c>
       <c r="D320" s="1" t="s">
         <v>1147</v>
       </c>
       <c r="E320" s="2" t="s">
         <v>1148</v>
       </c>
       <c r="F320" s="2" t="s">
         <v>1149</v>
       </c>
       <c r="G320" s="2">
         <v>0</v>
       </c>
       <c r="H320" s="2">
         <v>0</v>
       </c>
       <c r="I320" s="1">
         <v>0</v>
       </c>
       <c r="J320" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K320" s="2" t="str">
         <f>J320*1046.73</f>
         <v>0</v>
       </c>
       <c r="L320" s="5"/>
     </row>
     <row r="321" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A321" s="1"/>
       <c r="B321" s="1">
         <v>827694</v>
       </c>
       <c r="C321" s="1" t="s">
         <v>1150</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>1151</v>
       </c>
       <c r="E321" s="2" t="s">
         <v>1152</v>
       </c>
       <c r="F321" s="2" t="s">
         <v>1153</v>
       </c>
       <c r="G321" s="2">
         <v>0</v>
       </c>
       <c r="H321" s="2">
         <v>0</v>
       </c>
       <c r="I321" s="1">
         <v>0</v>
       </c>
       <c r="J321" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K321" s="2" t="str">
         <f>J321*1544.26</f>
         <v>0</v>
       </c>
       <c r="L321" s="5"/>
     </row>
     <row r="322" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A322" s="1"/>
       <c r="B322" s="1">
         <v>827695</v>
       </c>
       <c r="C322" s="1" t="s">
         <v>1154</v>
       </c>
       <c r="D322" s="1" t="s">
         <v>1155</v>
       </c>
       <c r="E322" s="2" t="s">
         <v>1156</v>
       </c>
       <c r="F322" s="2" t="s">
         <v>1157</v>
       </c>
       <c r="G322" s="2">
-        <v>-33</v>
+        <v>-16</v>
       </c>
       <c r="H322" s="2">
         <v>0</v>
       </c>
       <c r="I322" s="1" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="J322" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K322" s="2" t="str">
         <f>J322*183.04</f>
         <v>0</v>
       </c>
       <c r="L322" s="5"/>
     </row>
     <row r="323" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A323" s="1"/>
       <c r="B323" s="1">
         <v>827696</v>
       </c>
       <c r="C323" s="1" t="s">
         <v>1158</v>
       </c>
       <c r="D323" s="1" t="s">
         <v>1159</v>
       </c>
       <c r="E323" s="2" t="s">
         <v>1160</v>
       </c>
       <c r="F323" s="2" t="s">
         <v>1161</v>
       </c>
       <c r="G323" s="2">
-        <v>-22</v>
+        <v>-34</v>
       </c>
       <c r="H323" s="2">
         <v>0</v>
       </c>
       <c r="I323" s="1" t="s">
-        <v>142</v>
+        <v>276</v>
       </c>
       <c r="J323" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K323" s="2" t="str">
         <f>J323*263.98</f>
         <v>0</v>
       </c>
       <c r="L323" s="5"/>
     </row>
     <row r="324" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A324" s="1"/>
       <c r="B324" s="1">
         <v>827697</v>
       </c>
       <c r="C324" s="1" t="s">
         <v>1162</v>
       </c>
       <c r="D324" s="1" t="s">
         <v>1163</v>
       </c>
       <c r="E324" s="2" t="s">
         <v>1164</v>
       </c>
       <c r="F324" s="2" t="s">
         <v>1165</v>
       </c>
       <c r="G324" s="2">
-        <v>-50</v>
+        <v>-35</v>
       </c>
       <c r="H324" s="2">
         <v>0</v>
       </c>
       <c r="I324" s="1" t="s">
-        <v>82</v>
+        <v>141</v>
       </c>
       <c r="J324" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K324" s="2" t="str">
         <f>J324*410.40</f>
         <v>0</v>
       </c>
       <c r="L324" s="5"/>
     </row>
     <row r="325" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A325" s="1"/>
       <c r="B325" s="1">
         <v>827698</v>
       </c>
       <c r="C325" s="1" t="s">
         <v>1166</v>
       </c>
       <c r="D325" s="1" t="s">
         <v>1167</v>
       </c>
       <c r="E325" s="2" t="s">
         <v>1168</v>
       </c>
       <c r="F325" s="2" t="s">
         <v>1169</v>
       </c>
       <c r="G325" s="2">
         <v>0</v>
       </c>
       <c r="H325" s="2">
         <v>0</v>
       </c>
       <c r="I325" s="1">
         <v>0</v>
       </c>
       <c r="J325" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K325" s="2" t="str">
         <f>J325*537.42</f>
         <v>0</v>
       </c>
       <c r="L325" s="5"/>
     </row>
     <row r="326" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A326" s="1"/>
       <c r="B326" s="1">
         <v>827699</v>
       </c>
       <c r="C326" s="1" t="s">
         <v>1170</v>
       </c>
       <c r="D326" s="1" t="s">
         <v>1171</v>
       </c>
       <c r="E326" s="2" t="s">
         <v>1172</v>
       </c>
       <c r="F326" s="2" t="s">
         <v>1173</v>
       </c>
       <c r="G326" s="2">
         <v>0</v>
       </c>
       <c r="H326" s="2">
         <v>0</v>
       </c>
       <c r="I326" s="1">
         <v>0</v>
       </c>
       <c r="J326" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K326" s="2" t="str">
         <f>J326*858.51</f>
         <v>0</v>
       </c>
       <c r="L326" s="5"/>
     </row>
     <row r="327" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A327" s="1"/>
       <c r="B327" s="1">
         <v>827700</v>
       </c>
       <c r="C327" s="1" t="s">
         <v>1174</v>
       </c>
       <c r="D327" s="1" t="s">
         <v>1175</v>
       </c>
       <c r="E327" s="2" t="s">
         <v>1176</v>
       </c>
       <c r="F327" s="2" t="s">
         <v>1177</v>
       </c>
       <c r="G327" s="2">
         <v>5</v>
       </c>
       <c r="H327" s="2">
         <v>0</v>
       </c>
       <c r="I327" s="1">
         <v>0</v>
       </c>
       <c r="J327" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K327" s="2" t="str">
         <f>J327*1418.40</f>
         <v>0</v>
       </c>
       <c r="L327" s="5"/>
     </row>
     <row r="328" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A328" s="1"/>
       <c r="B328" s="1">
         <v>827701</v>
       </c>
       <c r="C328" s="1" t="s">
         <v>1178</v>
       </c>
       <c r="D328" s="1" t="s">
         <v>1179</v>
       </c>
       <c r="E328" s="2" t="s">
         <v>1180</v>
       </c>
       <c r="F328" s="2" t="s">
         <v>1181</v>
       </c>
-      <c r="G328" s="2">
-        <v>8</v>
+      <c r="G328" s="2" t="s">
+        <v>141</v>
       </c>
       <c r="H328" s="2">
         <v>0</v>
       </c>
       <c r="I328" s="1">
         <v>0</v>
       </c>
       <c r="J328" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K328" s="2" t="str">
         <f>J328*126.36</f>
         <v>0</v>
       </c>
       <c r="L328" s="5"/>
     </row>
     <row r="329" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A329" s="1"/>
       <c r="B329" s="1">
         <v>827702</v>
       </c>
       <c r="C329" s="1" t="s">
         <v>1182</v>
       </c>
       <c r="D329" s="1" t="s">
         <v>1183</v>
       </c>
       <c r="E329" s="2" t="s">
         <v>1184</v>
       </c>
       <c r="F329" s="2" t="s">
         <v>1185</v>
       </c>
       <c r="G329" s="2" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="H329" s="2">
         <v>0</v>
       </c>
       <c r="I329" s="1">
         <v>0</v>
       </c>
       <c r="J329" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K329" s="2" t="str">
         <f>J329*196.99</f>
         <v>0</v>
       </c>
       <c r="L329" s="5"/>
     </row>
     <row r="330" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A330" s="1"/>
       <c r="B330" s="1">
         <v>827703</v>
       </c>
       <c r="C330" s="1" t="s">
         <v>1186</v>
       </c>
       <c r="D330" s="1" t="s">
         <v>1187</v>
       </c>
       <c r="E330" s="2" t="s">
         <v>1188</v>
       </c>
       <c r="F330" s="2" t="s">
         <v>1189</v>
       </c>
       <c r="G330" s="2" t="s">
-        <v>148</v>
+        <v>268</v>
       </c>
       <c r="H330" s="2">
         <v>0</v>
       </c>
       <c r="I330" s="1">
         <v>0</v>
       </c>
       <c r="J330" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K330" s="2" t="str">
         <f>J330*267.30</f>
         <v>0</v>
       </c>
       <c r="L330" s="5"/>
     </row>
     <row r="331" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A331" s="1"/>
       <c r="B331" s="1">
         <v>827704</v>
       </c>
       <c r="C331" s="1" t="s">
         <v>1190</v>
       </c>
       <c r="D331" s="1" t="s">
         <v>1191</v>
       </c>
       <c r="E331" s="2" t="s">
         <v>1192</v>
       </c>
       <c r="F331" s="2" t="s">
         <v>1193</v>
       </c>
       <c r="G331" s="2">
         <v>0</v>
       </c>
       <c r="H331" s="2">
         <v>0</v>
       </c>
       <c r="I331" s="1">
         <v>0</v>
       </c>
       <c r="J331" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K331" s="2" t="str">
         <f>J331*693.10</f>
         <v>0</v>
       </c>
       <c r="L331" s="5"/>
     </row>
     <row r="332" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A332" s="1"/>
       <c r="B332" s="1">
         <v>827705</v>
       </c>
       <c r="C332" s="1" t="s">
         <v>1194</v>
       </c>
       <c r="D332" s="1" t="s">
         <v>1195</v>
       </c>
       <c r="E332" s="2" t="s">
         <v>1196</v>
       </c>
       <c r="F332" s="2" t="s">
         <v>1197</v>
       </c>
       <c r="G332" s="2">
         <v>0</v>
       </c>
       <c r="H332" s="2">
         <v>0</v>
       </c>
       <c r="I332" s="1">
         <v>0</v>
       </c>
       <c r="J332" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K332" s="2" t="str">
         <f>J332*1022.01</f>
         <v>0</v>
       </c>
       <c r="L332" s="5"/>
     </row>
     <row r="333" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A333" s="1"/>
       <c r="B333" s="1">
         <v>827706</v>
       </c>
       <c r="C333" s="1" t="s">
         <v>1198</v>
       </c>
       <c r="D333" s="1" t="s">
         <v>1199</v>
       </c>
       <c r="E333" s="2" t="s">
         <v>1200</v>
       </c>
       <c r="F333" s="2" t="s">
         <v>1201</v>
       </c>
       <c r="G333" s="2">
         <v>0</v>
       </c>
       <c r="H333" s="2">
         <v>0</v>
       </c>
       <c r="I333" s="1">
         <v>0</v>
       </c>
       <c r="J333" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K333" s="2" t="str">
         <f>J333*1409.00</f>
         <v>0</v>
       </c>
       <c r="L333" s="5"/>
     </row>
     <row r="334" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A334" s="1"/>
       <c r="B334" s="1">
         <v>827707</v>
       </c>
       <c r="C334" s="1" t="s">
         <v>1202</v>
       </c>
       <c r="D334" s="1" t="s">
         <v>1203</v>
       </c>
       <c r="E334" s="2" t="s">
         <v>1204</v>
       </c>
       <c r="F334" s="2" t="s">
         <v>1205</v>
       </c>
       <c r="G334" s="2">
         <v>0</v>
       </c>
       <c r="H334" s="2">
         <v>0</v>
       </c>
       <c r="I334" s="1">
         <v>0</v>
       </c>
       <c r="J334" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K334" s="2" t="str">
         <f>J334*161.21</f>
         <v>0</v>
       </c>
       <c r="L334" s="5"/>
     </row>
     <row r="335" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A335" s="1"/>
       <c r="B335" s="1">
         <v>827708</v>
       </c>
       <c r="C335" s="1" t="s">
         <v>1206</v>
       </c>
       <c r="D335" s="1" t="s">
         <v>1207</v>
       </c>
       <c r="E335" s="2" t="s">
         <v>1208</v>
       </c>
       <c r="F335" s="2" t="s">
         <v>1209</v>
       </c>
       <c r="G335" s="2">
         <v>0</v>
       </c>
       <c r="H335" s="2">
         <v>0</v>
       </c>
       <c r="I335" s="1">
         <v>0</v>
       </c>
       <c r="J335" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K335" s="2" t="str">
         <f>J335*270.76</f>
         <v>0</v>
       </c>
       <c r="L335" s="5"/>
     </row>
     <row r="336" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A336" s="1"/>
       <c r="B336" s="1">
         <v>827709</v>
       </c>
       <c r="C336" s="1" t="s">
         <v>1210</v>
       </c>
       <c r="D336" s="1" t="s">
         <v>1211</v>
       </c>
       <c r="E336" s="2" t="s">
         <v>1212</v>
       </c>
       <c r="F336" s="2" t="s">
         <v>1213</v>
       </c>
       <c r="G336" s="2">
         <v>0</v>
       </c>
       <c r="H336" s="2">
         <v>0</v>
       </c>
       <c r="I336" s="1">
         <v>0</v>
       </c>
       <c r="J336" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K336" s="2" t="str">
         <f>J336*257.38</f>
         <v>0</v>
       </c>
       <c r="L336" s="5"/>
     </row>
     <row r="337" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A337" s="1"/>
       <c r="B337" s="1">
         <v>827710</v>
       </c>
       <c r="C337" s="1" t="s">
         <v>1214</v>
       </c>
       <c r="D337" s="1" t="s">
         <v>1215</v>
       </c>
       <c r="E337" s="2" t="s">
         <v>1216</v>
       </c>
       <c r="F337" s="2" t="s">
         <v>1217</v>
       </c>
       <c r="G337" s="2">
         <v>0</v>
       </c>
       <c r="H337" s="2">
         <v>0</v>
       </c>
       <c r="I337" s="1">
         <v>0</v>
       </c>
       <c r="J337" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K337" s="2" t="str">
         <f>J337*600.94</f>
         <v>0</v>
       </c>
       <c r="L337" s="5"/>
     </row>
     <row r="338" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A338" s="1"/>
       <c r="B338" s="1">
         <v>827711</v>
       </c>
       <c r="C338" s="1" t="s">
         <v>1218</v>
       </c>
       <c r="D338" s="1" t="s">
         <v>1219</v>
       </c>
       <c r="E338" s="2" t="s">
         <v>1220</v>
       </c>
       <c r="F338" s="2" t="s">
         <v>1221</v>
       </c>
       <c r="G338" s="2">
         <v>0</v>
       </c>
       <c r="H338" s="2">
         <v>0</v>
       </c>
       <c r="I338" s="1">
         <v>0</v>
       </c>
       <c r="J338" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K338" s="2" t="str">
         <f>J338*795.97</f>
         <v>0</v>
       </c>
       <c r="L338" s="5"/>
     </row>
     <row r="339" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A339" s="1"/>
       <c r="B339" s="1">
         <v>827712</v>
       </c>
       <c r="C339" s="1" t="s">
         <v>1222</v>
       </c>
       <c r="D339" s="1" t="s">
         <v>1223</v>
       </c>
       <c r="E339" s="2" t="s">
         <v>1224</v>
       </c>
       <c r="F339" s="2" t="s">
         <v>1225</v>
       </c>
       <c r="G339" s="2">
         <v>0</v>
       </c>
       <c r="H339" s="2">
         <v>0</v>
       </c>
       <c r="I339" s="1">
         <v>0</v>
       </c>
       <c r="J339" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K339" s="2" t="str">
         <f>J339*1156.20</f>
         <v>0</v>
       </c>
       <c r="L339" s="5"/>
     </row>
     <row r="340" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A340" s="1"/>
       <c r="B340" s="1">
         <v>827713</v>
       </c>
       <c r="C340" s="1" t="s">
         <v>1226</v>
       </c>
       <c r="D340" s="1" t="s">
         <v>1227</v>
       </c>
       <c r="E340" s="2" t="s">
         <v>1228</v>
       </c>
       <c r="F340" s="2" t="s">
         <v>806</v>
       </c>
       <c r="G340" s="2">
         <v>0</v>
       </c>
       <c r="H340" s="2">
         <v>0</v>
       </c>
       <c r="I340" s="1">
         <v>0</v>
       </c>
       <c r="J340" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K340" s="2" t="str">
         <f>J340*120.58</f>
         <v>0</v>
       </c>
       <c r="L340" s="5"/>
     </row>
     <row r="341" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A341" s="1"/>
       <c r="B341" s="1">
         <v>827714</v>
       </c>
       <c r="C341" s="1" t="s">
         <v>1229</v>
       </c>
       <c r="D341" s="1" t="s">
         <v>1230</v>
       </c>
       <c r="E341" s="2" t="s">
         <v>1231</v>
       </c>
       <c r="F341" s="2" t="s">
         <v>1232</v>
       </c>
       <c r="G341" s="2">
         <v>0</v>
       </c>
       <c r="H341" s="2">
         <v>0</v>
       </c>
       <c r="I341" s="1">
         <v>0</v>
       </c>
       <c r="J341" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K341" s="2" t="str">
         <f>J341*197.45</f>
         <v>0</v>
       </c>
       <c r="L341" s="5"/>
     </row>
     <row r="342" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A342" s="1"/>
       <c r="B342" s="1">
         <v>827715</v>
       </c>
       <c r="C342" s="1" t="s">
         <v>1233</v>
       </c>
       <c r="D342" s="1" t="s">
         <v>1234</v>
       </c>
       <c r="E342" s="2" t="s">
         <v>1235</v>
       </c>
       <c r="F342" s="2" t="s">
         <v>1236</v>
       </c>
       <c r="G342" s="2">
         <v>0</v>
       </c>
       <c r="H342" s="2">
         <v>0</v>
       </c>
       <c r="I342" s="1">
         <v>0</v>
       </c>
       <c r="J342" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K342" s="2" t="str">
         <f>J342*232.70</f>
         <v>0</v>
       </c>
       <c r="L342" s="5"/>
     </row>
     <row r="343" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A343" s="1"/>
       <c r="B343" s="1">
         <v>827716</v>
       </c>
       <c r="C343" s="1" t="s">
         <v>1237</v>
       </c>
       <c r="D343" s="1" t="s">
         <v>1238</v>
       </c>
       <c r="E343" s="2" t="s">
         <v>1239</v>
       </c>
       <c r="F343" s="2" t="s">
         <v>1240</v>
       </c>
       <c r="G343" s="2">
         <v>0</v>
       </c>
       <c r="H343" s="2">
         <v>0</v>
       </c>
       <c r="I343" s="1">
         <v>0</v>
       </c>
       <c r="J343" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K343" s="2" t="str">
         <f>J343*583.22</f>
         <v>0</v>
       </c>
       <c r="L343" s="5"/>
     </row>
     <row r="344" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A344" s="1"/>
       <c r="B344" s="1">
         <v>827717</v>
       </c>
       <c r="C344" s="1" t="s">
         <v>1241</v>
       </c>
       <c r="D344" s="1" t="s">
         <v>1242</v>
       </c>
       <c r="E344" s="2" t="s">
         <v>1243</v>
       </c>
       <c r="F344" s="2" t="s">
         <v>1244</v>
       </c>
       <c r="G344" s="2">
         <v>0</v>
       </c>
       <c r="H344" s="2">
         <v>0</v>
       </c>
       <c r="I344" s="1">
         <v>0</v>
       </c>
       <c r="J344" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K344" s="2" t="str">
         <f>J344*784.24</f>
         <v>0</v>
       </c>
       <c r="L344" s="5"/>
     </row>
     <row r="345" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A345" s="1"/>
       <c r="B345" s="1">
         <v>827718</v>
       </c>
       <c r="C345" s="1" t="s">
         <v>1245</v>
       </c>
       <c r="D345" s="1" t="s">
         <v>1246</v>
       </c>
       <c r="E345" s="2" t="s">
         <v>1247</v>
       </c>
       <c r="F345" s="2" t="s">
         <v>1248</v>
       </c>
       <c r="G345" s="2">
         <v>0</v>
       </c>
       <c r="H345" s="2">
         <v>0</v>
       </c>
       <c r="I345" s="1">
         <v>0</v>
       </c>
       <c r="J345" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K345" s="2" t="str">
         <f>J345*1026.80</f>
         <v>0</v>
       </c>
       <c r="L345" s="5"/>
     </row>
     <row r="346" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A346" s="1"/>
       <c r="B346" s="1">
         <v>827725</v>
       </c>
       <c r="C346" s="1" t="s">
         <v>1249</v>
       </c>
       <c r="D346" s="1" t="s">
         <v>1250</v>
       </c>
       <c r="E346" s="2" t="s">
         <v>1251</v>
       </c>
       <c r="F346" s="2" t="s">
         <v>1252</v>
       </c>
       <c r="G346" s="2">
         <v>0</v>
       </c>
       <c r="H346" s="2">
         <v>0</v>
       </c>
       <c r="I346" s="1">
         <v>0</v>
       </c>
       <c r="J346" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K346" s="2" t="str">
         <f>J346*74.18</f>
         <v>0</v>
       </c>
       <c r="L346" s="5"/>
     </row>
     <row r="347" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A347" s="1"/>
       <c r="B347" s="1">
         <v>827726</v>
       </c>
       <c r="C347" s="1" t="s">
         <v>1253</v>
       </c>
       <c r="D347" s="1" t="s">
         <v>1254</v>
       </c>
       <c r="E347" s="2" t="s">
         <v>1255</v>
       </c>
       <c r="F347" s="2" t="s">
         <v>1256</v>
       </c>
       <c r="G347" s="2">
         <v>0</v>
       </c>
       <c r="H347" s="2">
         <v>0</v>
       </c>
       <c r="I347" s="1">
         <v>0</v>
       </c>
       <c r="J347" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K347" s="2" t="str">
         <f>J347*79.07</f>
         <v>0</v>
       </c>
       <c r="L347" s="5"/>
     </row>
     <row r="348" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A348" s="1"/>
       <c r="B348" s="1">
         <v>827727</v>
       </c>
       <c r="C348" s="1" t="s">
         <v>1257</v>
       </c>
       <c r="D348" s="1" t="s">
         <v>1258</v>
       </c>
       <c r="E348" s="2" t="s">
         <v>1259</v>
       </c>
       <c r="F348" s="2" t="s">
         <v>1260</v>
       </c>
       <c r="G348" s="2">
         <v>0</v>
       </c>
       <c r="H348" s="2">
         <v>0</v>
       </c>
       <c r="I348" s="1">
         <v>0</v>
       </c>
       <c r="J348" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K348" s="2" t="str">
         <f>J348*80.66</f>
         <v>0</v>
       </c>
       <c r="L348" s="5"/>
     </row>
     <row r="349" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A349" s="1"/>
       <c r="B349" s="1">
         <v>827728</v>
       </c>
       <c r="C349" s="1" t="s">
         <v>1261</v>
       </c>
       <c r="D349" s="1" t="s">
         <v>1262</v>
       </c>
       <c r="E349" s="2" t="s">
         <v>1263</v>
       </c>
       <c r="F349" s="2" t="s">
         <v>1264</v>
       </c>
       <c r="G349" s="2">
         <v>0</v>
       </c>
       <c r="H349" s="2">
         <v>0</v>
       </c>
       <c r="I349" s="1">
         <v>0</v>
       </c>
       <c r="J349" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K349" s="2" t="str">
         <f>J349*100.02</f>
         <v>0</v>
       </c>
       <c r="L349" s="5"/>
     </row>
     <row r="350" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A350" s="1"/>
       <c r="B350" s="1">
         <v>827729</v>
       </c>
       <c r="C350" s="1" t="s">
         <v>1265</v>
       </c>
       <c r="D350" s="1" t="s">
         <v>1266</v>
       </c>
       <c r="E350" s="2" t="s">
         <v>1267</v>
       </c>
       <c r="F350" s="2" t="s">
         <v>1268</v>
       </c>
       <c r="G350" s="2">
         <v>0</v>
       </c>
       <c r="H350" s="2">
         <v>0</v>
       </c>
       <c r="I350" s="1">
         <v>0</v>
       </c>
       <c r="J350" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K350" s="2" t="str">
         <f>J350*101.01</f>
         <v>0</v>
       </c>
       <c r="L350" s="5"/>
     </row>
     <row r="351" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A351" s="1"/>
       <c r="B351" s="1">
         <v>827730</v>
       </c>
       <c r="C351" s="1" t="s">
         <v>1269</v>
       </c>
       <c r="D351" s="1" t="s">
         <v>1270</v>
       </c>
       <c r="E351" s="2" t="s">
         <v>1271</v>
       </c>
       <c r="F351" s="2" t="s">
         <v>1272</v>
       </c>
       <c r="G351" s="2">
         <v>0</v>
       </c>
       <c r="H351" s="2">
         <v>0</v>
       </c>
       <c r="I351" s="1">
         <v>0</v>
       </c>
       <c r="J351" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K351" s="2" t="str">
         <f>J351*106.49</f>
         <v>0</v>
       </c>
       <c r="L351" s="5"/>
     </row>
     <row r="352" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A352" s="1"/>
       <c r="B352" s="1">
         <v>827731</v>
       </c>
       <c r="C352" s="1" t="s">
         <v>1273</v>
       </c>
       <c r="D352" s="1" t="s">
         <v>1274</v>
       </c>
       <c r="E352" s="2" t="s">
         <v>1275</v>
       </c>
       <c r="F352" s="2" t="s">
         <v>1276</v>
       </c>
       <c r="G352" s="2">
         <v>0</v>
       </c>
       <c r="H352" s="2">
         <v>0</v>
       </c>
       <c r="I352" s="1">
         <v>0</v>
       </c>
       <c r="J352" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K352" s="2" t="str">
         <f>J352*158.90</f>
         <v>0</v>
       </c>
       <c r="L352" s="5"/>
     </row>
     <row r="353" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A353" s="1"/>
       <c r="B353" s="1">
         <v>827732</v>
       </c>
       <c r="C353" s="1" t="s">
         <v>1277</v>
       </c>
       <c r="D353" s="1" t="s">
         <v>1278</v>
       </c>
       <c r="E353" s="2" t="s">
         <v>1279</v>
       </c>
       <c r="F353" s="2" t="s">
         <v>1280</v>
       </c>
       <c r="G353" s="2">
         <v>0</v>
       </c>
       <c r="H353" s="2">
         <v>0</v>
       </c>
       <c r="I353" s="1">
         <v>0</v>
       </c>
       <c r="J353" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K353" s="2" t="str">
         <f>J353*160.47</f>
         <v>0</v>
       </c>
       <c r="L353" s="5"/>
     </row>
     <row r="354" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A354" s="1"/>
       <c r="B354" s="1">
         <v>827733</v>
       </c>
       <c r="C354" s="1" t="s">
         <v>1281</v>
       </c>
       <c r="D354" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="E354" s="2" t="s">
         <v>1283</v>
       </c>
       <c r="F354" s="2" t="s">
         <v>1284</v>
       </c>
       <c r="G354" s="2">
         <v>0</v>
       </c>
       <c r="H354" s="2">
         <v>0</v>
       </c>
       <c r="I354" s="1">
         <v>0</v>
       </c>
       <c r="J354" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K354" s="2" t="str">
         <f>J354*173.41</f>
         <v>0</v>
       </c>
       <c r="L354" s="5"/>
     </row>
     <row r="355" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A355" s="1"/>
       <c r="B355" s="1">
         <v>827734</v>
       </c>
       <c r="C355" s="1" t="s">
         <v>1285</v>
       </c>
       <c r="D355" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="E355" s="2" t="s">
         <v>1287</v>
       </c>
       <c r="F355" s="2" t="s">
         <v>1288</v>
       </c>
       <c r="G355" s="2">
         <v>0</v>
       </c>
       <c r="H355" s="2">
         <v>0</v>
       </c>
       <c r="I355" s="1">
         <v>0</v>
       </c>
       <c r="J355" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K355" s="2" t="str">
         <f>J355*177.43</f>
         <v>0</v>
       </c>
       <c r="L355" s="5"/>
     </row>
     <row r="356" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A356" s="1"/>
       <c r="B356" s="1">
         <v>827735</v>
       </c>
       <c r="C356" s="1" t="s">
         <v>1289</v>
       </c>
       <c r="D356" s="1" t="s">
         <v>1290</v>
       </c>
       <c r="E356" s="2" t="s">
         <v>1291</v>
       </c>
       <c r="F356" s="2" t="s">
         <v>1292</v>
       </c>
       <c r="G356" s="2">
         <v>0</v>
       </c>
       <c r="H356" s="2">
         <v>0</v>
       </c>
       <c r="I356" s="1">
         <v>0</v>
       </c>
       <c r="J356" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K356" s="2" t="str">
         <f>J356*116.95</f>
         <v>0</v>
       </c>
       <c r="L356" s="5"/>
     </row>
     <row r="357" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A357" s="1"/>
       <c r="B357" s="1">
         <v>827736</v>
       </c>
       <c r="C357" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="D357" s="1" t="s">
         <v>1294</v>
       </c>
       <c r="E357" s="2" t="s">
         <v>1295</v>
       </c>
       <c r="F357" s="2" t="s">
         <v>1296</v>
       </c>
       <c r="G357" s="2">
         <v>0</v>
       </c>
       <c r="H357" s="2">
         <v>0</v>
       </c>
       <c r="I357" s="1">
         <v>0</v>
       </c>
       <c r="J357" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K357" s="2" t="str">
         <f>J357*136.30</f>
         <v>0</v>
       </c>
       <c r="L357" s="5"/>
     </row>
     <row r="358" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A358" s="1"/>
       <c r="B358" s="1">
         <v>827737</v>
       </c>
       <c r="C358" s="1" t="s">
         <v>1297</v>
       </c>
       <c r="D358" s="1" t="s">
         <v>1298</v>
       </c>
       <c r="E358" s="2" t="s">
         <v>1299</v>
       </c>
       <c r="F358" s="2" t="s">
         <v>1300</v>
       </c>
       <c r="G358" s="2">
         <v>0</v>
       </c>
       <c r="H358" s="2">
         <v>0</v>
       </c>
       <c r="I358" s="1">
         <v>0</v>
       </c>
       <c r="J358" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K358" s="2" t="str">
         <f>J358*138.20</f>
         <v>0</v>
       </c>
       <c r="L358" s="5"/>
     </row>
     <row r="359" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A359" s="1"/>
       <c r="B359" s="1">
         <v>827738</v>
       </c>
       <c r="C359" s="1" t="s">
         <v>1301</v>
       </c>
       <c r="D359" s="1" t="s">
         <v>1302</v>
       </c>
       <c r="E359" s="2" t="s">
         <v>1303</v>
       </c>
       <c r="F359" s="2" t="s">
         <v>1304</v>
       </c>
       <c r="G359" s="2">
         <v>0</v>
       </c>
       <c r="H359" s="2">
         <v>0</v>
       </c>
       <c r="I359" s="1">
         <v>0</v>
       </c>
       <c r="J359" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K359" s="2" t="str">
         <f>J359*153.23</f>
         <v>0</v>
       </c>
       <c r="L359" s="5"/>
     </row>
     <row r="360" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A360" s="1"/>
       <c r="B360" s="1">
         <v>827739</v>
       </c>
       <c r="C360" s="1" t="s">
         <v>1305</v>
       </c>
       <c r="D360" s="1" t="s">
         <v>1306</v>
       </c>
       <c r="E360" s="2" t="s">
         <v>1307</v>
       </c>
       <c r="F360" s="2" t="s">
         <v>1308</v>
       </c>
       <c r="G360" s="2">
         <v>0</v>
       </c>
       <c r="H360" s="2">
         <v>0</v>
       </c>
       <c r="I360" s="1">
         <v>0</v>
       </c>
       <c r="J360" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K360" s="2" t="str">
         <f>J360*183.88</f>
         <v>0</v>
       </c>
       <c r="L360" s="5"/>
     </row>
     <row r="361" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A361" s="1"/>
       <c r="B361" s="1">
         <v>827740</v>
       </c>
       <c r="C361" s="1" t="s">
         <v>1309</v>
       </c>
       <c r="D361" s="1" t="s">
         <v>1310</v>
       </c>
       <c r="E361" s="2" t="s">
         <v>1311</v>
       </c>
       <c r="F361" s="2" t="s">
         <v>1312</v>
       </c>
       <c r="G361" s="2">
         <v>0</v>
       </c>
       <c r="H361" s="2">
         <v>0</v>
       </c>
       <c r="I361" s="1">
         <v>0</v>
       </c>
       <c r="J361" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K361" s="2" t="str">
         <f>J361*180.67</f>
         <v>0</v>
       </c>
       <c r="L361" s="5"/>
     </row>
     <row r="362" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A362" s="1"/>
       <c r="B362" s="1">
         <v>827741</v>
       </c>
       <c r="C362" s="1" t="s">
         <v>1313</v>
       </c>
       <c r="D362" s="1" t="s">
         <v>1314</v>
       </c>
       <c r="E362" s="2" t="s">
         <v>1315</v>
       </c>
       <c r="F362" s="2" t="s">
         <v>1316</v>
       </c>
       <c r="G362" s="2">
         <v>0</v>
       </c>
       <c r="H362" s="2">
         <v>0</v>
       </c>
       <c r="I362" s="1">
         <v>0</v>
       </c>
       <c r="J362" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K362" s="2" t="str">
         <f>J362*212.92</f>
         <v>0</v>
       </c>
       <c r="L362" s="5"/>
     </row>
     <row r="363" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A363" s="1"/>
       <c r="B363" s="1">
         <v>827742</v>
       </c>
       <c r="C363" s="1" t="s">
         <v>1317</v>
       </c>
       <c r="D363" s="1" t="s">
         <v>1318</v>
       </c>
       <c r="E363" s="2" t="s">
         <v>1319</v>
       </c>
       <c r="F363" s="2" t="s">
         <v>1320</v>
       </c>
       <c r="G363" s="2">
         <v>0</v>
       </c>
       <c r="H363" s="2">
         <v>0</v>
       </c>
       <c r="I363" s="1">
         <v>0</v>
       </c>
       <c r="J363" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K363" s="2" t="str">
         <f>J363*233.88</f>
         <v>0</v>
       </c>
       <c r="L363" s="5"/>
     </row>
     <row r="364" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A364" s="1"/>
       <c r="B364" s="1">
         <v>827743</v>
       </c>
       <c r="C364" s="1" t="s">
         <v>1321</v>
       </c>
       <c r="D364" s="1" t="s">
         <v>1322</v>
       </c>
       <c r="E364" s="2" t="s">
         <v>1323</v>
       </c>
       <c r="F364" s="2" t="s">
         <v>1324</v>
       </c>
       <c r="G364" s="2">
         <v>0</v>
       </c>
       <c r="H364" s="2">
         <v>0</v>
       </c>
       <c r="I364" s="1">
         <v>0</v>
       </c>
       <c r="J364" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K364" s="2" t="str">
         <f>J364*274.22</f>
         <v>0</v>
       </c>
       <c r="L364" s="5"/>
     </row>
     <row r="365" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A365" s="1"/>
       <c r="B365" s="1">
         <v>827744</v>
       </c>
       <c r="C365" s="1" t="s">
         <v>1325</v>
       </c>
       <c r="D365" s="1" t="s">
         <v>1326</v>
       </c>
       <c r="E365" s="2" t="s">
         <v>1327</v>
       </c>
       <c r="F365" s="2" t="s">
         <v>1328</v>
       </c>
       <c r="G365" s="2">
         <v>0</v>
       </c>
       <c r="H365" s="2">
         <v>0</v>
       </c>
       <c r="I365" s="1">
         <v>0</v>
       </c>
       <c r="J365" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K365" s="2" t="str">
         <f>J365*219.50</f>
         <v>0</v>
       </c>
       <c r="L365" s="5"/>
     </row>
     <row r="366" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A366" s="1"/>
       <c r="B366" s="1">
         <v>827745</v>
       </c>
       <c r="C366" s="1" t="s">
         <v>1329</v>
       </c>
       <c r="D366" s="1" t="s">
         <v>1330</v>
       </c>
       <c r="E366" s="2" t="s">
         <v>1331</v>
       </c>
       <c r="F366" s="2" t="s">
         <v>1332</v>
       </c>
       <c r="G366" s="2">
         <v>0</v>
       </c>
       <c r="H366" s="2">
         <v>0</v>
       </c>
       <c r="I366" s="1">
         <v>0</v>
       </c>
       <c r="J366" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K366" s="2" t="str">
         <f>J366*237.21</f>
         <v>0</v>
       </c>
       <c r="L366" s="5"/>
     </row>
     <row r="367" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A367" s="1"/>
       <c r="B367" s="1">
         <v>827746</v>
       </c>
       <c r="C367" s="1" t="s">
         <v>1333</v>
       </c>
       <c r="D367" s="1" t="s">
         <v>1334</v>
       </c>
       <c r="E367" s="2" t="s">
         <v>1335</v>
       </c>
       <c r="F367" s="2" t="s">
         <v>1336</v>
       </c>
       <c r="G367" s="2">
         <v>0</v>
       </c>
       <c r="H367" s="2">
         <v>0</v>
       </c>
       <c r="I367" s="1">
         <v>0</v>
       </c>
       <c r="J367" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K367" s="2" t="str">
         <f>J367*255.20</f>
         <v>0</v>
       </c>
       <c r="L367" s="5"/>
     </row>
     <row r="368" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A368" s="1"/>
       <c r="B368" s="1">
         <v>827747</v>
       </c>
       <c r="C368" s="1" t="s">
         <v>1337</v>
       </c>
       <c r="D368" s="1" t="s">
         <v>1338</v>
       </c>
       <c r="E368" s="2" t="s">
         <v>1339</v>
       </c>
       <c r="F368" s="2" t="s">
         <v>1340</v>
       </c>
       <c r="G368" s="2">
         <v>0</v>
       </c>
       <c r="H368" s="2">
         <v>0</v>
       </c>
       <c r="I368" s="1">
         <v>0</v>
       </c>
       <c r="J368" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K368" s="2" t="str">
         <f>J368*313.28</f>
         <v>0</v>
       </c>
       <c r="L368" s="5"/>
     </row>
     <row r="369" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A369" s="1"/>
       <c r="B369" s="1">
         <v>827748</v>
       </c>
       <c r="C369" s="1" t="s">
         <v>1341</v>
       </c>
       <c r="D369" s="1" t="s">
         <v>1342</v>
       </c>
       <c r="E369" s="2" t="s">
         <v>1343</v>
       </c>
       <c r="F369" s="2" t="s">
         <v>1344</v>
       </c>
       <c r="G369" s="2">
         <v>0</v>
       </c>
       <c r="H369" s="2">
         <v>0</v>
       </c>
       <c r="I369" s="1">
         <v>0</v>
       </c>
       <c r="J369" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K369" s="2" t="str">
         <f>J369*399.16</f>
         <v>0</v>
       </c>
       <c r="L369" s="5"/>
     </row>
     <row r="370" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A370" s="1"/>
       <c r="B370" s="1">
         <v>827749</v>
       </c>
       <c r="C370" s="1" t="s">
         <v>1345</v>
       </c>
       <c r="D370" s="1" t="s">
         <v>1346</v>
       </c>
       <c r="E370" s="2" t="s">
         <v>1347</v>
       </c>
       <c r="F370" s="2" t="s">
         <v>1348</v>
       </c>
       <c r="G370" s="2">
         <v>0</v>
       </c>
       <c r="H370" s="2">
         <v>0</v>
       </c>
       <c r="I370" s="1">
         <v>0</v>
       </c>
       <c r="J370" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K370" s="2" t="str">
         <f>J370*65.39</f>
         <v>0</v>
       </c>
       <c r="L370" s="5"/>
     </row>
     <row r="371" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A371" s="1"/>
       <c r="B371" s="1">
         <v>827750</v>
       </c>
       <c r="C371" s="1" t="s">
         <v>1349</v>
       </c>
       <c r="D371" s="1" t="s">
         <v>1350</v>
       </c>
       <c r="E371" s="2" t="s">
         <v>1351</v>
       </c>
       <c r="F371" s="2" t="s">
         <v>1352</v>
       </c>
       <c r="G371" s="2">
         <v>0</v>
       </c>
       <c r="H371" s="2">
         <v>0</v>
       </c>
       <c r="I371" s="1">
         <v>0</v>
       </c>
       <c r="J371" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K371" s="2" t="str">
         <f>J371*94.39</f>
         <v>0</v>
       </c>
       <c r="L371" s="5"/>
     </row>
     <row r="372" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A372" s="1"/>
       <c r="B372" s="1">
         <v>827751</v>
       </c>
       <c r="C372" s="1" t="s">
         <v>1353</v>
       </c>
       <c r="D372" s="1" t="s">
         <v>1354</v>
       </c>
       <c r="E372" s="2" t="s">
         <v>1355</v>
       </c>
       <c r="F372" s="2" t="s">
         <v>1356</v>
       </c>
       <c r="G372" s="2">
         <v>0</v>
       </c>
       <c r="H372" s="2">
         <v>0</v>
       </c>
       <c r="I372" s="1">
         <v>0</v>
       </c>
       <c r="J372" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K372" s="2" t="str">
         <f>J372*117.20</f>
         <v>0</v>
       </c>
       <c r="L372" s="5"/>
     </row>
     <row r="373" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A373" s="1"/>
       <c r="B373" s="1">
         <v>827752</v>
       </c>
       <c r="C373" s="1" t="s">
         <v>1357</v>
       </c>
       <c r="D373" s="1" t="s">
         <v>1358</v>
       </c>
       <c r="E373" s="2" t="s">
         <v>1359</v>
       </c>
       <c r="F373" s="2" t="s">
         <v>1360</v>
       </c>
       <c r="G373" s="2">
         <v>0</v>
       </c>
       <c r="H373" s="2">
         <v>0</v>
       </c>
       <c r="I373" s="1">
         <v>0</v>
       </c>
       <c r="J373" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K373" s="2" t="str">
         <f>J373*74.68</f>
         <v>0</v>
       </c>
       <c r="L373" s="5"/>
     </row>
     <row r="374" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A374" s="1"/>
       <c r="B374" s="1">
         <v>827753</v>
       </c>
       <c r="C374" s="1" t="s">
         <v>1361</v>
       </c>
       <c r="D374" s="1" t="s">
         <v>1362</v>
       </c>
       <c r="E374" s="2" t="s">
         <v>1363</v>
       </c>
       <c r="F374" s="2" t="s">
         <v>1364</v>
       </c>
       <c r="G374" s="2">
         <v>0</v>
       </c>
       <c r="H374" s="2">
         <v>0</v>
       </c>
       <c r="I374" s="1">
         <v>0</v>
       </c>
       <c r="J374" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K374" s="2" t="str">
         <f>J374*85.99</f>
         <v>0</v>
       </c>
       <c r="L374" s="5"/>
     </row>
     <row r="375" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A375" s="1"/>
       <c r="B375" s="1">
         <v>827754</v>
       </c>
       <c r="C375" s="1" t="s">
         <v>1365</v>
       </c>
       <c r="D375" s="1" t="s">
         <v>1366</v>
       </c>
       <c r="E375" s="2" t="s">
         <v>1367</v>
       </c>
       <c r="F375" s="2" t="s">
         <v>1368</v>
       </c>
       <c r="G375" s="2">
         <v>0</v>
       </c>
       <c r="H375" s="2">
         <v>0</v>
       </c>
       <c r="I375" s="1">
         <v>0</v>
       </c>
       <c r="J375" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K375" s="2" t="str">
         <f>J375*87.37</f>
         <v>0</v>
       </c>
       <c r="L375" s="5"/>
     </row>
     <row r="376" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A376" s="1"/>
       <c r="B376" s="1">
         <v>827755</v>
       </c>
       <c r="C376" s="1" t="s">
         <v>1369</v>
       </c>
       <c r="D376" s="1" t="s">
         <v>1370</v>
       </c>
       <c r="E376" s="2" t="s">
         <v>1371</v>
       </c>
       <c r="F376" s="2" t="s">
         <v>1372</v>
       </c>
       <c r="G376" s="2">
         <v>0</v>
       </c>
       <c r="H376" s="2">
         <v>0</v>
       </c>
       <c r="I376" s="1">
         <v>0</v>
       </c>
       <c r="J376" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K376" s="2" t="str">
         <f>J376*149.46</f>
         <v>0</v>
       </c>
       <c r="L376" s="5"/>
     </row>
     <row r="377" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A377" s="1"/>
       <c r="B377" s="1">
         <v>827756</v>
       </c>
       <c r="C377" s="1" t="s">
         <v>1373</v>
       </c>
       <c r="D377" s="1" t="s">
         <v>1374</v>
       </c>
       <c r="E377" s="2" t="s">
         <v>1375</v>
       </c>
       <c r="F377" s="2" t="s">
         <v>1376</v>
       </c>
       <c r="G377" s="2">
         <v>0</v>
       </c>
       <c r="H377" s="2">
         <v>0</v>
       </c>
       <c r="I377" s="1">
         <v>0</v>
       </c>
       <c r="J377" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K377" s="2" t="str">
         <f>J377*153.46</f>
         <v>0</v>
       </c>
       <c r="L377" s="5"/>
     </row>
     <row r="378" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A378" s="1"/>
       <c r="B378" s="1">
         <v>827757</v>
       </c>
       <c r="C378" s="1" t="s">
         <v>1377</v>
       </c>
       <c r="D378" s="1" t="s">
         <v>1378</v>
       </c>
       <c r="E378" s="2" t="s">
         <v>1379</v>
       </c>
       <c r="F378" s="2" t="s">
         <v>1380</v>
       </c>
       <c r="G378" s="2">
         <v>0</v>
       </c>
       <c r="H378" s="2">
         <v>0</v>
       </c>
       <c r="I378" s="1">
         <v>0</v>
       </c>
       <c r="J378" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K378" s="2" t="str">
         <f>J378*162.48</f>
         <v>0</v>
       </c>
       <c r="L378" s="5"/>
     </row>
     <row r="379" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A379" s="1"/>
       <c r="B379" s="1">
         <v>827758</v>
       </c>
       <c r="C379" s="1" t="s">
         <v>1381</v>
       </c>
       <c r="D379" s="1" t="s">
         <v>1382</v>
       </c>
       <c r="E379" s="2" t="s">
         <v>1383</v>
       </c>
       <c r="F379" s="2" t="s">
         <v>1384</v>
       </c>
       <c r="G379" s="2">
         <v>0</v>
       </c>
       <c r="H379" s="2">
         <v>0</v>
       </c>
       <c r="I379" s="1">
         <v>0</v>
       </c>
       <c r="J379" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K379" s="2" t="str">
         <f>J379*248.85</f>
         <v>0</v>
       </c>
       <c r="L379" s="5"/>
     </row>
     <row r="380" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A380" s="1"/>
       <c r="B380" s="1">
         <v>827759</v>
       </c>
       <c r="C380" s="1" t="s">
         <v>1385</v>
       </c>
       <c r="D380" s="1" t="s">
         <v>1386</v>
       </c>
       <c r="E380" s="2" t="s">
         <v>1387</v>
       </c>
       <c r="F380" s="2" t="s">
         <v>1384</v>
       </c>
       <c r="G380" s="2">
         <v>0</v>
       </c>
       <c r="H380" s="2">
         <v>0</v>
       </c>
       <c r="I380" s="1">
         <v>0</v>
       </c>
       <c r="J380" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K380" s="2" t="str">
         <f>J380*248.85</f>
         <v>0</v>
       </c>
       <c r="L380" s="5"/>
     </row>
     <row r="381" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A381" s="1"/>
       <c r="B381" s="1">
         <v>827760</v>
       </c>
       <c r="C381" s="1" t="s">
         <v>1388</v>
       </c>
       <c r="D381" s="1" t="s">
         <v>1389</v>
       </c>
       <c r="E381" s="2" t="s">
         <v>1390</v>
       </c>
       <c r="F381" s="2" t="s">
         <v>1384</v>
       </c>
       <c r="G381" s="2">
         <v>0</v>
       </c>
       <c r="H381" s="2">
         <v>0</v>
       </c>
       <c r="I381" s="1">
         <v>0</v>
       </c>
       <c r="J381" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K381" s="2" t="str">
         <f>J381*248.85</f>
         <v>0</v>
       </c>
       <c r="L381" s="5"/>
     </row>
     <row r="382" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A382" s="1"/>
       <c r="B382" s="1">
         <v>827761</v>
       </c>
       <c r="C382" s="1" t="s">
         <v>1391</v>
       </c>
       <c r="D382" s="1" t="s">
         <v>1392</v>
       </c>
       <c r="E382" s="2" t="s">
         <v>1393</v>
       </c>
       <c r="F382" s="2" t="s">
         <v>1394</v>
       </c>
       <c r="G382" s="2">
         <v>0</v>
       </c>
       <c r="H382" s="2">
         <v>0</v>
       </c>
       <c r="I382" s="1">
         <v>0</v>
       </c>
       <c r="J382" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K382" s="2" t="str">
         <f>J382*165.69</f>
         <v>0</v>
       </c>
       <c r="L382" s="5"/>
     </row>
     <row r="383" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A383" s="1"/>
       <c r="B383" s="1">
         <v>827762</v>
       </c>
       <c r="C383" s="1" t="s">
         <v>1395</v>
       </c>
       <c r="D383" s="1" t="s">
         <v>1396</v>
       </c>
       <c r="E383" s="2" t="s">
         <v>1397</v>
       </c>
       <c r="F383" s="2" t="s">
         <v>1398</v>
       </c>
       <c r="G383" s="2">
         <v>0</v>
       </c>
       <c r="H383" s="2">
         <v>0</v>
       </c>
       <c r="I383" s="1">
         <v>0</v>
       </c>
       <c r="J383" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K383" s="2" t="str">
         <f>J383*168.35</f>
         <v>0</v>
       </c>
       <c r="L383" s="5"/>
     </row>
     <row r="384" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A384" s="1"/>
       <c r="B384" s="1">
         <v>827763</v>
       </c>
       <c r="C384" s="1" t="s">
         <v>1399</v>
       </c>
       <c r="D384" s="1" t="s">
         <v>1400</v>
       </c>
       <c r="E384" s="2" t="s">
         <v>1401</v>
       </c>
       <c r="F384" s="2" t="s">
         <v>1402</v>
       </c>
       <c r="G384" s="2">
         <v>0</v>
       </c>
       <c r="H384" s="2">
         <v>0</v>
       </c>
       <c r="I384" s="1">
         <v>0</v>
       </c>
       <c r="J384" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K384" s="2" t="str">
         <f>J384*167.89</f>
         <v>0</v>
       </c>
       <c r="L384" s="5"/>
     </row>
     <row r="385" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A385" s="1"/>
       <c r="B385" s="1">
         <v>827764</v>
       </c>
       <c r="C385" s="1" t="s">
         <v>1403</v>
       </c>
       <c r="D385" s="1" t="s">
         <v>1404</v>
       </c>
       <c r="E385" s="2" t="s">
         <v>1405</v>
       </c>
       <c r="F385" s="2" t="s">
         <v>1406</v>
       </c>
       <c r="G385" s="2">
         <v>0</v>
       </c>
       <c r="H385" s="2">
         <v>0</v>
       </c>
       <c r="I385" s="1">
         <v>0</v>
       </c>
       <c r="J385" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K385" s="2" t="str">
         <f>J385*193.37</f>
         <v>0</v>
       </c>
       <c r="L385" s="5"/>
     </row>
     <row r="386" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A386" s="1"/>
       <c r="B386" s="1">
         <v>827765</v>
       </c>
       <c r="C386" s="1" t="s">
         <v>1407</v>
       </c>
       <c r="D386" s="1" t="s">
         <v>1408</v>
       </c>
       <c r="E386" s="2" t="s">
         <v>1409</v>
       </c>
       <c r="F386" s="2" t="s">
         <v>1410</v>
       </c>
       <c r="G386" s="2">
         <v>0</v>
       </c>
       <c r="H386" s="2">
         <v>0</v>
       </c>
       <c r="I386" s="1">
         <v>0</v>
       </c>
       <c r="J386" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K386" s="2" t="str">
         <f>J386*293.18</f>
         <v>0</v>
       </c>
       <c r="L386" s="5"/>
     </row>
     <row r="387" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A387" s="1"/>
       <c r="B387" s="1">
         <v>827766</v>
       </c>
       <c r="C387" s="1" t="s">
         <v>1411</v>
       </c>
       <c r="D387" s="1" t="s">
         <v>1412</v>
       </c>
       <c r="E387" s="2" t="s">
         <v>1413</v>
       </c>
       <c r="F387" s="2" t="s">
         <v>1414</v>
       </c>
       <c r="G387" s="2">
         <v>0</v>
       </c>
       <c r="H387" s="2">
         <v>0</v>
       </c>
       <c r="I387" s="1">
         <v>0</v>
       </c>
       <c r="J387" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K387" s="2" t="str">
         <f>J387*296.53</f>
         <v>0</v>
       </c>
       <c r="L387" s="5"/>
     </row>
     <row r="388" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A388" s="1"/>
       <c r="B388" s="1">
         <v>827767</v>
       </c>
       <c r="C388" s="1" t="s">
         <v>1415</v>
       </c>
       <c r="D388" s="1" t="s">
         <v>1416</v>
       </c>
       <c r="E388" s="2" t="s">
         <v>1417</v>
       </c>
       <c r="F388" s="2" t="s">
         <v>1418</v>
       </c>
       <c r="G388" s="2">
         <v>0</v>
       </c>
       <c r="H388" s="2">
         <v>0</v>
       </c>
       <c r="I388" s="1">
         <v>0</v>
       </c>
       <c r="J388" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K388" s="2" t="str">
         <f>J388*235.96</f>
         <v>0</v>
       </c>
       <c r="L388" s="5"/>
     </row>
     <row r="389" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A389" s="1"/>
       <c r="B389" s="1">
         <v>827768</v>
       </c>
       <c r="C389" s="1" t="s">
         <v>1419</v>
       </c>
       <c r="D389" s="1" t="s">
         <v>1420</v>
       </c>
       <c r="E389" s="2" t="s">
         <v>1421</v>
       </c>
       <c r="F389" s="2" t="s">
         <v>1422</v>
       </c>
       <c r="G389" s="2" t="s">
-        <v>148</v>
+        <v>268</v>
       </c>
       <c r="H389" s="2">
         <v>0</v>
       </c>
       <c r="I389" s="1">
         <v>0</v>
       </c>
       <c r="J389" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K389" s="2" t="str">
         <f>J389*171.99</f>
         <v>0</v>
       </c>
       <c r="L389" s="5"/>
     </row>
     <row r="390" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A390" s="1"/>
       <c r="B390" s="1">
         <v>827769</v>
       </c>
       <c r="C390" s="1" t="s">
         <v>1423</v>
       </c>
       <c r="D390" s="1" t="s">
         <v>1424</v>
       </c>
       <c r="E390" s="2" t="s">
         <v>1425</v>
       </c>
       <c r="F390" s="2" t="s">
         <v>1426</v>
       </c>
       <c r="G390" s="2">
         <v>0</v>
       </c>
       <c r="H390" s="2">
         <v>0</v>
       </c>
       <c r="I390" s="1">
         <v>0</v>
       </c>
       <c r="J390" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K390" s="2" t="str">
         <f>J390*334.56</f>
         <v>0</v>
       </c>
       <c r="L390" s="5"/>
     </row>
     <row r="391" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A391" s="1"/>
       <c r="B391" s="1">
         <v>827770</v>
       </c>
       <c r="C391" s="1" t="s">
         <v>1427</v>
       </c>
       <c r="D391" s="1" t="s">
         <v>1428</v>
       </c>
       <c r="E391" s="2" t="s">
         <v>1429</v>
       </c>
       <c r="F391" s="2" t="s">
         <v>1430</v>
       </c>
       <c r="G391" s="2">
         <v>0</v>
       </c>
       <c r="H391" s="2">
         <v>0</v>
       </c>
       <c r="I391" s="1">
         <v>0</v>
       </c>
       <c r="J391" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K391" s="2" t="str">
         <f>J391*362.09</f>
         <v>0</v>
       </c>
       <c r="L391" s="5"/>
     </row>
     <row r="392" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A392" s="1"/>
       <c r="B392" s="1">
         <v>827771</v>
       </c>
       <c r="C392" s="1" t="s">
         <v>1431</v>
       </c>
       <c r="D392" s="1" t="s">
         <v>1432</v>
       </c>
       <c r="E392" s="2" t="s">
         <v>1433</v>
       </c>
       <c r="F392" s="2" t="s">
         <v>1434</v>
       </c>
       <c r="G392" s="2">
         <v>0</v>
       </c>
       <c r="H392" s="2">
         <v>0</v>
       </c>
       <c r="I392" s="1">
         <v>0</v>
       </c>
       <c r="J392" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K392" s="2" t="str">
         <f>J392*399.21</f>
         <v>0</v>
       </c>
       <c r="L392" s="5"/>
     </row>
     <row r="393" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A393" s="1"/>
       <c r="B393" s="1">
         <v>827772</v>
       </c>
       <c r="C393" s="1" t="s">
         <v>1435</v>
       </c>
       <c r="D393" s="1" t="s">
         <v>1436</v>
       </c>
       <c r="E393" s="2" t="s">
         <v>1437</v>
       </c>
       <c r="F393" s="2" t="s">
         <v>1438</v>
       </c>
       <c r="G393" s="2">
         <v>0</v>
       </c>
       <c r="H393" s="2">
         <v>0</v>
       </c>
       <c r="I393" s="1">
         <v>0</v>
       </c>
       <c r="J393" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K393" s="2" t="str">
         <f>J393*365.89</f>
         <v>0</v>
       </c>
       <c r="L393" s="5"/>
     </row>
     <row r="394" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A394" s="1"/>
       <c r="B394" s="1">
         <v>827773</v>
       </c>
       <c r="C394" s="1" t="s">
         <v>1439</v>
       </c>
       <c r="D394" s="1">
         <v>9911013090002</v>
       </c>
       <c r="E394" s="2" t="s">
         <v>1440</v>
       </c>
       <c r="F394" s="2" t="s">
         <v>1434</v>
       </c>
       <c r="G394" s="2">
         <v>0</v>
       </c>
       <c r="H394" s="2">
         <v>0</v>
       </c>
       <c r="I394" s="1">
         <v>0</v>
       </c>
       <c r="J394" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K394" s="2" t="str">
         <f>J394*399.21</f>
         <v>0</v>
       </c>
       <c r="L394" s="5"/>
     </row>
     <row r="395" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A395" s="1"/>
       <c r="B395" s="1">
         <v>827774</v>
       </c>
       <c r="C395" s="1" t="s">
         <v>1441</v>
       </c>
       <c r="D395" s="1" t="s">
         <v>1442</v>
       </c>
       <c r="E395" s="2" t="s">
         <v>1443</v>
       </c>
       <c r="F395" s="2" t="s">
         <v>1434</v>
       </c>
       <c r="G395" s="2">
         <v>0</v>
       </c>
       <c r="H395" s="2">
         <v>0</v>
       </c>
       <c r="I395" s="1">
         <v>0</v>
       </c>
       <c r="J395" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K395" s="2" t="str">
         <f>J395*399.21</f>
         <v>0</v>
       </c>
       <c r="L395" s="5"/>
     </row>
     <row r="396" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A396" s="1"/>
       <c r="B396" s="1">
         <v>827775</v>
       </c>
       <c r="C396" s="1" t="s">
         <v>1444</v>
       </c>
       <c r="D396" s="1" t="s">
         <v>1445</v>
       </c>
       <c r="E396" s="2" t="s">
         <v>1446</v>
       </c>
       <c r="F396" s="2" t="s">
         <v>1447</v>
       </c>
       <c r="G396" s="2">
         <v>0</v>
       </c>
       <c r="H396" s="2">
         <v>0</v>
       </c>
       <c r="I396" s="1">
         <v>0</v>
       </c>
       <c r="J396" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K396" s="2" t="str">
         <f>J396*314.30</f>
         <v>0</v>
       </c>
       <c r="L396" s="5"/>
     </row>
     <row r="397" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A397" s="1"/>
       <c r="B397" s="1">
         <v>827776</v>
       </c>
       <c r="C397" s="1" t="s">
         <v>1448</v>
       </c>
       <c r="D397" s="1" t="s">
         <v>1449</v>
       </c>
       <c r="E397" s="2" t="s">
         <v>1450</v>
       </c>
       <c r="F397" s="2" t="s">
         <v>1451</v>
       </c>
       <c r="G397" s="2">
         <v>0</v>
       </c>
       <c r="H397" s="2">
         <v>0</v>
       </c>
       <c r="I397" s="1">
         <v>0</v>
       </c>
       <c r="J397" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K397" s="2" t="str">
         <f>J397*507.38</f>
         <v>0</v>
       </c>
       <c r="L397" s="5"/>
     </row>
     <row r="398" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A398" s="1"/>
       <c r="B398" s="1">
         <v>827777</v>
       </c>
       <c r="C398" s="1" t="s">
         <v>1452</v>
       </c>
       <c r="D398" s="1" t="s">
         <v>1453</v>
       </c>
       <c r="E398" s="2" t="s">
         <v>1454</v>
       </c>
       <c r="F398" s="2" t="s">
         <v>1451</v>
       </c>
       <c r="G398" s="2">
         <v>0</v>
       </c>
       <c r="H398" s="2">
         <v>0</v>
       </c>
       <c r="I398" s="1">
         <v>0</v>
       </c>
       <c r="J398" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K398" s="2" t="str">
         <f>J398*507.38</f>
         <v>0</v>
       </c>
       <c r="L398" s="5"/>
     </row>
     <row r="399" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A399" s="1"/>
       <c r="B399" s="1">
         <v>827778</v>
       </c>
       <c r="C399" s="1" t="s">
         <v>1455</v>
       </c>
       <c r="D399" s="1" t="s">
         <v>1456</v>
       </c>
       <c r="E399" s="2" t="s">
         <v>1457</v>
       </c>
       <c r="F399" s="2" t="s">
         <v>1451</v>
       </c>
       <c r="G399" s="2">
         <v>0</v>
       </c>
       <c r="H399" s="2">
         <v>0</v>
       </c>
       <c r="I399" s="1">
         <v>0</v>
       </c>
       <c r="J399" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K399" s="2" t="str">
         <f>J399*507.38</f>
         <v>0</v>
       </c>
       <c r="L399" s="5"/>
     </row>
     <row r="400" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A400" s="1"/>
       <c r="B400" s="1">
         <v>827779</v>
       </c>
       <c r="C400" s="1" t="s">
         <v>1458</v>
       </c>
       <c r="D400" s="1" t="s">
         <v>1459</v>
       </c>
       <c r="E400" s="2" t="s">
         <v>1460</v>
       </c>
       <c r="F400" s="2" t="s">
         <v>1461</v>
       </c>
       <c r="G400" s="2">
         <v>0</v>
       </c>
       <c r="H400" s="2">
         <v>0</v>
       </c>
       <c r="I400" s="1">
         <v>0</v>
       </c>
       <c r="J400" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K400" s="2" t="str">
         <f>J400*485.58</f>
         <v>0</v>
       </c>
       <c r="L400" s="5"/>
     </row>
     <row r="401" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A401" s="1"/>
       <c r="B401" s="1">
         <v>827780</v>
       </c>
       <c r="C401" s="1" t="s">
         <v>1462</v>
       </c>
       <c r="D401" s="1" t="s">
         <v>1463</v>
       </c>
       <c r="E401" s="2" t="s">
         <v>1464</v>
       </c>
       <c r="F401" s="2" t="s">
         <v>1465</v>
       </c>
       <c r="G401" s="2">
         <v>0</v>
       </c>
       <c r="H401" s="2">
         <v>0</v>
       </c>
       <c r="I401" s="1">
         <v>0</v>
       </c>
       <c r="J401" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K401" s="2" t="str">
         <f>J401*568.10</f>
         <v>0</v>
       </c>
       <c r="L401" s="5"/>
     </row>
     <row r="402" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A402" s="1"/>
       <c r="B402" s="1">
         <v>827781</v>
       </c>
       <c r="C402" s="1" t="s">
         <v>1466</v>
       </c>
       <c r="D402" s="1" t="s">
         <v>1467</v>
       </c>
       <c r="E402" s="2" t="s">
         <v>1468</v>
       </c>
       <c r="F402" s="2" t="s">
         <v>1465</v>
       </c>
       <c r="G402" s="2">
         <v>0</v>
       </c>
       <c r="H402" s="2">
         <v>0</v>
       </c>
       <c r="I402" s="1">
         <v>0</v>
       </c>
       <c r="J402" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K402" s="2" t="str">
         <f>J402*568.10</f>
         <v>0</v>
       </c>
       <c r="L402" s="5"/>
     </row>
     <row r="403" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A403" s="1"/>
       <c r="B403" s="1">
         <v>827782</v>
       </c>
       <c r="C403" s="1" t="s">
         <v>1469</v>
       </c>
       <c r="D403" s="1" t="s">
         <v>1470</v>
       </c>
       <c r="E403" s="2" t="s">
         <v>1471</v>
       </c>
       <c r="F403" s="2" t="s">
         <v>1465</v>
       </c>
       <c r="G403" s="2">
         <v>0</v>
       </c>
       <c r="H403" s="2">
         <v>0</v>
       </c>
       <c r="I403" s="1">
         <v>0</v>
       </c>
       <c r="J403" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K403" s="2" t="str">
         <f>J403*568.10</f>
         <v>0</v>
       </c>
       <c r="L403" s="5"/>
     </row>
     <row r="404" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A404" s="1"/>
       <c r="B404" s="1">
         <v>827783</v>
       </c>
       <c r="C404" s="1" t="s">
         <v>1472</v>
       </c>
       <c r="D404" s="1" t="s">
         <v>1473</v>
       </c>
       <c r="E404" s="2" t="s">
         <v>1474</v>
       </c>
       <c r="F404" s="2" t="s">
         <v>1461</v>
       </c>
       <c r="G404" s="2">
         <v>0</v>
       </c>
       <c r="H404" s="2">
         <v>0</v>
       </c>
       <c r="I404" s="1">
         <v>0</v>
       </c>
       <c r="J404" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K404" s="2" t="str">
         <f>J404*485.58</f>
         <v>0</v>
       </c>
       <c r="L404" s="5"/>
     </row>
     <row r="405" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A405" s="1"/>
       <c r="B405" s="1">
         <v>827784</v>
       </c>
       <c r="C405" s="1" t="s">
         <v>1475</v>
       </c>
       <c r="D405" s="1" t="s">
         <v>1476</v>
       </c>
       <c r="E405" s="2" t="s">
         <v>1477</v>
       </c>
       <c r="F405" s="2" t="s">
         <v>1461</v>
       </c>
       <c r="G405" s="2">
         <v>0</v>
       </c>
       <c r="H405" s="2">
         <v>0</v>
       </c>
       <c r="I405" s="1">
         <v>0</v>
       </c>
       <c r="J405" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K405" s="2" t="str">
         <f>J405*485.58</f>
         <v>0</v>
       </c>
       <c r="L405" s="5"/>
     </row>
     <row r="406" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A406" s="1"/>
       <c r="B406" s="1">
         <v>827785</v>
       </c>
       <c r="C406" s="1" t="s">
         <v>1478</v>
       </c>
       <c r="D406" s="1" t="s">
         <v>1479</v>
       </c>
       <c r="E406" s="2" t="s">
         <v>1480</v>
       </c>
       <c r="F406" s="2" t="s">
         <v>1481</v>
       </c>
       <c r="G406" s="2">
         <v>0</v>
       </c>
       <c r="H406" s="2">
         <v>0</v>
       </c>
       <c r="I406" s="1">
         <v>0</v>
       </c>
       <c r="J406" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K406" s="2" t="str">
         <f>J406*540.01</f>
         <v>0</v>
       </c>
       <c r="L406" s="5"/>
     </row>
     <row r="407" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A407" s="1"/>
       <c r="B407" s="1">
         <v>827786</v>
       </c>
       <c r="C407" s="1" t="s">
         <v>1482</v>
       </c>
       <c r="D407" s="1" t="s">
         <v>1483</v>
       </c>
       <c r="E407" s="2" t="s">
         <v>1484</v>
       </c>
       <c r="F407" s="2" t="s">
         <v>1485</v>
       </c>
       <c r="G407" s="2">
         <v>0</v>
       </c>
       <c r="H407" s="2">
         <v>0</v>
       </c>
       <c r="I407" s="1">
         <v>0</v>
       </c>
       <c r="J407" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K407" s="2" t="str">
         <f>J407*723.19</f>
         <v>0</v>
       </c>
       <c r="L407" s="5"/>
     </row>
     <row r="408" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A408" s="1"/>
       <c r="B408" s="1">
         <v>827787</v>
       </c>
       <c r="C408" s="1" t="s">
         <v>1486</v>
       </c>
       <c r="D408" s="1" t="s">
         <v>1487</v>
       </c>
       <c r="E408" s="2" t="s">
         <v>1488</v>
       </c>
       <c r="F408" s="2" t="s">
         <v>1489</v>
       </c>
       <c r="G408" s="2">
         <v>0</v>
       </c>
       <c r="H408" s="2">
         <v>0</v>
       </c>
       <c r="I408" s="1">
         <v>0</v>
       </c>
       <c r="J408" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K408" s="2" t="str">
         <f>J408*559.87</f>
         <v>0</v>
       </c>
       <c r="L408" s="5"/>
     </row>
     <row r="409" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A409" s="1"/>
       <c r="B409" s="1">
         <v>827788</v>
       </c>
       <c r="C409" s="1" t="s">
         <v>1490</v>
       </c>
       <c r="D409" s="1" t="s">
         <v>1491</v>
       </c>
       <c r="E409" s="2" t="s">
         <v>1492</v>
       </c>
       <c r="F409" s="2" t="s">
         <v>1493</v>
       </c>
       <c r="G409" s="2">
         <v>0</v>
       </c>
       <c r="H409" s="2">
         <v>0</v>
       </c>
       <c r="I409" s="1">
         <v>0</v>
       </c>
       <c r="J409" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K409" s="2" t="str">
         <f>J409*554.32</f>
         <v>0</v>
       </c>
       <c r="L409" s="5"/>
     </row>
     <row r="410" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A410" s="1"/>
       <c r="B410" s="1">
         <v>827789</v>
       </c>
       <c r="C410" s="1" t="s">
         <v>1494</v>
       </c>
       <c r="D410" s="1" t="s">
         <v>1495</v>
       </c>
       <c r="E410" s="2" t="s">
         <v>1496</v>
       </c>
       <c r="F410" s="2" t="s">
         <v>1485</v>
       </c>
       <c r="G410" s="2">
         <v>0</v>
       </c>
       <c r="H410" s="2">
         <v>0</v>
       </c>
       <c r="I410" s="1">
         <v>0</v>
       </c>
       <c r="J410" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K410" s="2" t="str">
         <f>J410*723.19</f>
         <v>0</v>
       </c>
       <c r="L410" s="5"/>
     </row>
     <row r="411" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A411" s="1"/>
       <c r="B411" s="1">
         <v>827790</v>
       </c>
       <c r="C411" s="1" t="s">
         <v>1497</v>
       </c>
       <c r="D411" s="1" t="s">
         <v>1498</v>
       </c>
       <c r="E411" s="2" t="s">
         <v>1499</v>
       </c>
       <c r="F411" s="2" t="s">
         <v>1500</v>
       </c>
       <c r="G411" s="2">
         <v>0</v>
       </c>
       <c r="H411" s="2">
         <v>0</v>
       </c>
       <c r="I411" s="1">
         <v>0</v>
       </c>
       <c r="J411" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K411" s="2" t="str">
         <f>J411*1011.16</f>
         <v>0</v>
       </c>
       <c r="L411" s="5"/>
     </row>
     <row r="412" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A412" s="1"/>
       <c r="B412" s="1">
         <v>827791</v>
       </c>
       <c r="C412" s="1" t="s">
         <v>1501</v>
       </c>
       <c r="D412" s="1" t="s">
         <v>1502</v>
       </c>
       <c r="E412" s="2" t="s">
         <v>1503</v>
       </c>
       <c r="F412" s="2" t="s">
         <v>1504</v>
       </c>
       <c r="G412" s="2">
         <v>0</v>
       </c>
       <c r="H412" s="2">
         <v>0</v>
       </c>
       <c r="I412" s="1">
         <v>0</v>
       </c>
       <c r="J412" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K412" s="2" t="str">
         <f>J412*1314.50</f>
         <v>0</v>
       </c>
       <c r="L412" s="5"/>
     </row>
     <row r="413" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A413" s="1"/>
       <c r="B413" s="1">
         <v>827792</v>
       </c>
       <c r="C413" s="1" t="s">
         <v>1505</v>
       </c>
       <c r="D413" s="1" t="s">
         <v>1506</v>
       </c>
       <c r="E413" s="2" t="s">
         <v>1507</v>
       </c>
       <c r="F413" s="2" t="s">
         <v>1504</v>
       </c>
       <c r="G413" s="2">
         <v>0</v>
       </c>
       <c r="H413" s="2">
         <v>0</v>
       </c>
       <c r="I413" s="1">
         <v>0</v>
       </c>
       <c r="J413" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K413" s="2" t="str">
         <f>J413*1314.50</f>
         <v>0</v>
       </c>
       <c r="L413" s="5"/>
     </row>
     <row r="414" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A414" s="1"/>
       <c r="B414" s="1">
         <v>871418</v>
       </c>
       <c r="C414" s="1" t="s">
         <v>1508</v>
       </c>
       <c r="D414" s="1">
         <v>9026</v>
       </c>
       <c r="E414" s="2" t="s">
         <v>1509</v>
       </c>
       <c r="F414" s="2" t="s">
         <v>1510</v>
       </c>
       <c r="G414" s="2">
         <v>0</v>
       </c>
       <c r="H414" s="2">
         <v>0</v>
       </c>
       <c r="I414" s="1">
         <v>0</v>
       </c>
       <c r="J414" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K414" s="2" t="str">
         <f>J414*176.18</f>
         <v>0</v>
       </c>
       <c r="L414" s="5"/>
     </row>
     <row r="415" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A415" s="1"/>
       <c r="B415" s="1">
         <v>871419</v>
       </c>
       <c r="C415" s="1" t="s">
         <v>1511</v>
       </c>
       <c r="D415" s="1" t="s">
         <v>1512</v>
       </c>
       <c r="E415" s="2" t="s">
         <v>1513</v>
       </c>
       <c r="F415" s="2" t="s">
         <v>1514</v>
       </c>
       <c r="G415" s="2">
         <v>0</v>
       </c>
       <c r="H415" s="2">
         <v>0</v>
       </c>
       <c r="I415" s="1">
         <v>0</v>
       </c>
       <c r="J415" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K415" s="2" t="str">
         <f>J415*3245.11</f>
         <v>0</v>
       </c>
       <c r="L415" s="5"/>
     </row>
     <row r="416" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A416" s="1"/>
       <c r="B416" s="1">
         <v>871420</v>
       </c>
       <c r="C416" s="1" t="s">
         <v>1515</v>
       </c>
       <c r="D416" s="1" t="s">
         <v>1516</v>
       </c>
       <c r="E416" s="2" t="s">
         <v>1517</v>
       </c>
       <c r="F416" s="2" t="s">
         <v>1518</v>
       </c>
       <c r="G416" s="2">
         <v>0</v>
       </c>
       <c r="H416" s="2">
         <v>0</v>
       </c>
       <c r="I416" s="1">
         <v>0</v>
       </c>
       <c r="J416" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K416" s="2" t="str">
         <f>J416*874.52</f>
         <v>0</v>
       </c>
       <c r="L416" s="5"/>
     </row>
     <row r="417" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A417" s="1"/>
       <c r="B417" s="1">
         <v>871421</v>
       </c>
       <c r="C417" s="1" t="s">
         <v>1519</v>
       </c>
       <c r="D417" s="1" t="s">
         <v>1520</v>
       </c>
       <c r="E417" s="2" t="s">
         <v>1521</v>
       </c>
       <c r="F417" s="2" t="s">
         <v>1522</v>
       </c>
       <c r="G417" s="2">
         <v>0</v>
       </c>
       <c r="H417" s="2">
         <v>0</v>
       </c>
       <c r="I417" s="1">
         <v>0</v>
       </c>
       <c r="J417" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K417" s="2" t="str">
         <f>J417*1064.77</f>
         <v>0</v>
       </c>
       <c r="L417" s="5"/>
     </row>
     <row r="418" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A418" s="1"/>
       <c r="B418" s="1">
         <v>871422</v>
       </c>
       <c r="C418" s="1" t="s">
         <v>1523</v>
       </c>
       <c r="D418" s="1" t="s">
         <v>1524</v>
       </c>
       <c r="E418" s="2" t="s">
         <v>1525</v>
       </c>
       <c r="F418" s="2" t="s">
         <v>1526</v>
       </c>
       <c r="G418" s="2">
         <v>0</v>
       </c>
       <c r="H418" s="2">
         <v>0</v>
       </c>
       <c r="I418" s="1">
         <v>0</v>
       </c>
       <c r="J418" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K418" s="2" t="str">
         <f>J418*1480.28</f>
         <v>0</v>
       </c>
       <c r="L418" s="5"/>
     </row>
     <row r="419" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A419" s="1"/>
       <c r="B419" s="1">
         <v>871423</v>
       </c>
       <c r="C419" s="1" t="s">
         <v>1527</v>
       </c>
       <c r="D419" s="1" t="s">
         <v>1528</v>
       </c>
       <c r="E419" s="2" t="s">
         <v>1529</v>
       </c>
       <c r="F419" s="2" t="s">
         <v>1530</v>
       </c>
       <c r="G419" s="2">
         <v>0</v>
       </c>
       <c r="H419" s="2">
         <v>0</v>
       </c>
       <c r="I419" s="1">
         <v>0</v>
       </c>
       <c r="J419" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K419" s="2" t="str">
         <f>J419*2063.40</f>
         <v>0</v>
       </c>
       <c r="L419" s="5"/>
     </row>
     <row r="420" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A420" s="1"/>
       <c r="B420" s="1">
         <v>871424</v>
       </c>
       <c r="C420" s="1" t="s">
         <v>1531</v>
       </c>
       <c r="D420" s="1" t="s">
         <v>1532</v>
       </c>
       <c r="E420" s="2" t="s">
         <v>1533</v>
       </c>
       <c r="F420" s="2" t="s">
         <v>1534</v>
       </c>
       <c r="G420" s="2">
         <v>0</v>
       </c>
       <c r="H420" s="2">
         <v>0</v>
       </c>
       <c r="I420" s="1">
         <v>0</v>
       </c>
       <c r="J420" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K420" s="2" t="str">
         <f>J420*2934.36</f>
         <v>0</v>
       </c>
       <c r="L420" s="5"/>
     </row>
     <row r="421" spans="1:12" outlineLevel="2">
       <c r="A421" s="8" t="s">
         <v>1535</v>
       </c>
       <c r="B421" s="8"/>
       <c r="C421" s="8"/>
       <c r="D421" s="8"/>
       <c r="E421" s="8"/>
       <c r="F421" s="8"/>
       <c r="G421" s="8"/>
       <c r="H421" s="8"/>
       <c r="I421" s="8"/>
       <c r="J421" s="8"/>
       <c r="K421" s="8"/>
       <c r="L421" s="5"/>
     </row>
     <row r="422" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A422" s="1"/>
       <c r="B422" s="1">
         <v>882921</v>
       </c>
       <c r="C422" s="1" t="s">
         <v>1536</v>
       </c>
       <c r="D422" s="1"/>
       <c r="E422" s="2" t="s">
         <v>1537</v>
       </c>
       <c r="F422" s="2" t="s">
         <v>1538</v>
       </c>
       <c r="G422" s="2">
-        <v>-19</v>
+        <v>-35</v>
       </c>
       <c r="H422" s="2">
         <v>0</v>
       </c>
       <c r="I422" s="1">
         <v>0</v>
       </c>
       <c r="J422" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K422" s="2" t="str">
         <f>J422*528.08</f>
         <v>0</v>
       </c>
       <c r="L422" s="5"/>
     </row>
     <row r="423" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A423" s="1"/>
       <c r="B423" s="1">
         <v>882924</v>
       </c>
       <c r="C423" s="1" t="s">
         <v>1539</v>
       </c>
       <c r="D423" s="1"/>
       <c r="E423" s="2" t="s">
         <v>1540</v>
       </c>
       <c r="F423" s="2" t="s">
         <v>1541</v>
       </c>
       <c r="G423" s="2">
-        <v>-8</v>
+        <v>-11</v>
       </c>
       <c r="H423" s="2">
         <v>0</v>
       </c>
       <c r="I423" s="1">
         <v>0</v>
       </c>
       <c r="J423" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K423" s="2" t="str">
         <f>J423*1761.94</f>
         <v>0</v>
       </c>
       <c r="L423" s="5"/>
     </row>
     <row r="424" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A424" s="1"/>
       <c r="B424" s="1">
         <v>882925</v>
       </c>
       <c r="C424" s="1" t="s">
         <v>1542</v>
       </c>
       <c r="D424" s="1"/>
       <c r="E424" s="2" t="s">
         <v>1543</v>
       </c>
       <c r="F424" s="2" t="s">
         <v>1544</v>
       </c>
       <c r="G424" s="2">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="H424" s="2">
         <v>0</v>
       </c>
       <c r="I424" s="1">
         <v>0</v>
       </c>
       <c r="J424" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K424" s="2" t="str">
         <f>J424*2619.00</f>
         <v>0</v>
       </c>
       <c r="L424" s="5"/>
     </row>
     <row r="425" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A425" s="1"/>
       <c r="B425" s="1">
         <v>882922</v>
       </c>
       <c r="C425" s="1" t="s">
         <v>1545</v>
       </c>
       <c r="D425" s="1"/>
       <c r="E425" s="2" t="s">
         <v>1546</v>
       </c>
       <c r="F425" s="2" t="s">
         <v>1547</v>
       </c>
       <c r="G425" s="2">
-        <v>-4</v>
+        <v>-10</v>
       </c>
       <c r="H425" s="2">
         <v>0</v>
       </c>
       <c r="I425" s="1">
         <v>0</v>
       </c>
       <c r="J425" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K425" s="2" t="str">
         <f>J425*493.58</f>
         <v>0</v>
       </c>
       <c r="L425" s="5"/>
     </row>
     <row r="426" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A426" s="1"/>
       <c r="B426" s="1">
         <v>882923</v>
       </c>
       <c r="C426" s="1" t="s">
         <v>1548</v>
       </c>
       <c r="D426" s="1"/>
       <c r="E426" s="2" t="s">
         <v>1549</v>
       </c>
       <c r="F426" s="2" t="s">
         <v>1550</v>
       </c>
       <c r="G426" s="2">
         <v>0</v>
       </c>
       <c r="H426" s="2">
         <v>0</v>
       </c>
       <c r="I426" s="1">
         <v>0</v>
       </c>
       <c r="J426" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K426" s="2" t="str">
         <f>J426*1834.56</f>
         <v>0</v>
       </c>
       <c r="L426" s="5"/>
     </row>
     <row r="427" spans="1:12" outlineLevel="1">
       <c r="A427" s="7" t="s">
         <v>1551</v>
       </c>
       <c r="B427" s="7"/>
       <c r="C427" s="7"/>
       <c r="D427" s="7"/>
       <c r="E427" s="7"/>
       <c r="F427" s="7"/>
       <c r="G427" s="7"/>
       <c r="H427" s="7"/>
       <c r="I427" s="7"/>
       <c r="J427" s="7"/>
       <c r="K427" s="7"/>
       <c r="L427" s="5"/>
     </row>
     <row r="428" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A428" s="1"/>
       <c r="B428" s="1">
         <v>888638</v>
       </c>
       <c r="C428" s="1" t="s">
         <v>1552</v>
       </c>
       <c r="D428" s="1" t="s">
         <v>1553</v>
       </c>
       <c r="E428" s="2" t="s">
         <v>1554</v>
       </c>
       <c r="F428" s="2" t="s">
         <v>1555</v>
       </c>
       <c r="G428" s="2" t="s">
-        <v>148</v>
+        <v>268</v>
       </c>
       <c r="H428" s="2">
         <v>0</v>
       </c>
       <c r="I428" s="1">
         <v>0</v>
       </c>
       <c r="J428" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K428" s="2" t="str">
-        <f>J428*3474.65</f>
+        <f>J428*3361.81</f>
         <v>0</v>
       </c>
       <c r="L428" s="5"/>
     </row>
     <row r="429" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A429" s="1"/>
       <c r="B429" s="1">
         <v>829336</v>
       </c>
       <c r="C429" s="1" t="s">
         <v>1556</v>
       </c>
       <c r="D429" s="1" t="s">
         <v>1557</v>
       </c>
       <c r="E429" s="2" t="s">
         <v>1558</v>
       </c>
       <c r="F429" s="2" t="s">
         <v>1559</v>
       </c>
       <c r="G429" s="2">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H429" s="2">
         <v>0</v>
       </c>
       <c r="I429" s="1">
         <v>0</v>
       </c>
       <c r="J429" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K429" s="2" t="str">
-        <f>J429*2645.79</f>
+        <f>J429*2824.76</f>
         <v>0</v>
       </c>
       <c r="L429" s="5"/>
     </row>
     <row r="430" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A430" s="1"/>
       <c r="B430" s="1">
         <v>829337</v>
       </c>
       <c r="C430" s="1" t="s">
         <v>1560</v>
       </c>
       <c r="D430" s="1" t="s">
         <v>1561</v>
       </c>
       <c r="E430" s="2" t="s">
         <v>1562</v>
       </c>
       <c r="F430" s="2" t="s">
         <v>1563</v>
       </c>
       <c r="G430" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H430" s="2">
         <v>0</v>
       </c>
       <c r="I430" s="1">
         <v>0</v>
       </c>
       <c r="J430" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K430" s="2" t="str">
-        <f>J430*471.72</f>
+        <f>J430*525.09</f>
         <v>0</v>
       </c>
       <c r="L430" s="5"/>
     </row>
     <row r="431" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A431" s="1"/>
       <c r="B431" s="1">
         <v>829338</v>
       </c>
       <c r="C431" s="1" t="s">
         <v>1564</v>
       </c>
       <c r="D431" s="1" t="s">
         <v>1565</v>
       </c>
       <c r="E431" s="2" t="s">
         <v>1566</v>
       </c>
       <c r="F431" s="2" t="s">
         <v>1567</v>
       </c>
       <c r="G431" s="2">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="H431" s="2">
         <v>0</v>
       </c>
       <c r="I431" s="1">
         <v>0</v>
       </c>
       <c r="J431" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K431" s="2" t="str">
-        <f>J431*531.24</f>
+        <f>J431*516.16</f>
         <v>0</v>
       </c>
       <c r="L431" s="5"/>
     </row>
     <row r="432" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A432" s="1"/>
       <c r="B432" s="1">
         <v>829339</v>
       </c>
       <c r="C432" s="1" t="s">
         <v>1568</v>
       </c>
       <c r="D432" s="1" t="s">
         <v>1569</v>
       </c>
       <c r="E432" s="2" t="s">
         <v>1570</v>
       </c>
       <c r="F432" s="2" t="s">
         <v>1571</v>
       </c>
-      <c r="G432" s="2" t="s">
-        <v>148</v>
+      <c r="G432" s="2">
+        <v>5</v>
       </c>
       <c r="H432" s="2">
         <v>0</v>
       </c>
       <c r="I432" s="1">
         <v>0</v>
       </c>
       <c r="J432" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K432" s="2" t="str">
-        <f>J432*659.21</f>
+        <f>J432*672.35</f>
         <v>0</v>
       </c>
       <c r="L432" s="5"/>
     </row>
     <row r="433" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A433" s="1"/>
       <c r="B433" s="1">
         <v>829340</v>
       </c>
       <c r="C433" s="1" t="s">
         <v>1572</v>
       </c>
       <c r="D433" s="1" t="s">
         <v>1573</v>
       </c>
       <c r="E433" s="2" t="s">
         <v>1574</v>
       </c>
       <c r="F433" s="2" t="s">
         <v>1575</v>
       </c>
       <c r="G433" s="2">
-        <v>5</v>
+        <v>-2</v>
       </c>
       <c r="H433" s="2">
         <v>0</v>
       </c>
       <c r="I433" s="1">
         <v>0</v>
       </c>
       <c r="J433" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K433" s="2" t="str">
-        <f>J433*624.99</f>
+        <f>J433*636.65</f>
         <v>0</v>
       </c>
       <c r="L433" s="5"/>
     </row>
     <row r="434" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A434" s="1"/>
       <c r="B434" s="1">
         <v>878105</v>
       </c>
       <c r="C434" s="1" t="s">
         <v>1576</v>
       </c>
       <c r="D434" s="1" t="s">
         <v>1577</v>
       </c>
       <c r="E434" s="2" t="s">
         <v>1578</v>
       </c>
       <c r="F434" s="2" t="s">
         <v>1579</v>
       </c>
       <c r="G434" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H434" s="2">
         <v>0</v>
       </c>
       <c r="I434" s="1">
         <v>0</v>
       </c>
       <c r="J434" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K434" s="2" t="str">
-        <f>J434*272.32</f>
+        <f>J434*297.50</f>
         <v>0</v>
       </c>
       <c r="L434" s="5"/>
     </row>
     <row r="435" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A435" s="1"/>
       <c r="B435" s="1">
         <v>878106</v>
       </c>
       <c r="C435" s="1" t="s">
         <v>1580</v>
       </c>
       <c r="D435" s="1" t="s">
         <v>1581</v>
       </c>
       <c r="E435" s="2" t="s">
         <v>1582</v>
       </c>
       <c r="F435" s="2" t="s">
         <v>1583</v>
       </c>
       <c r="G435" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H435" s="2">
         <v>0</v>
       </c>
       <c r="I435" s="1">
         <v>0</v>
       </c>
       <c r="J435" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K435" s="2" t="str">
-        <f>J435*312.49</f>
+        <f>J435*334.69</f>
         <v>0</v>
       </c>
       <c r="L435" s="5"/>
     </row>
     <row r="436" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A436" s="1"/>
       <c r="B436" s="1">
         <v>878107</v>
       </c>
       <c r="C436" s="1" t="s">
         <v>1584</v>
       </c>
       <c r="D436" s="1" t="s">
         <v>1585</v>
       </c>
       <c r="E436" s="2" t="s">
         <v>1586</v>
       </c>
       <c r="F436" s="2" t="s">
         <v>1587</v>
       </c>
       <c r="G436" s="2" t="s">
-        <v>142</v>
+        <v>276</v>
       </c>
       <c r="H436" s="2">
         <v>0</v>
       </c>
       <c r="I436" s="1">
         <v>0</v>
       </c>
       <c r="J436" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K436" s="2" t="str">
-        <f>J436*452.37</f>
+        <f>J436*522.11</f>
         <v>0</v>
       </c>
       <c r="L436" s="5"/>
     </row>
     <row r="437" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A437" s="1"/>
       <c r="B437" s="1">
         <v>878108</v>
       </c>
       <c r="C437" s="1" t="s">
         <v>1588</v>
       </c>
       <c r="D437" s="1" t="s">
         <v>1589</v>
       </c>
       <c r="E437" s="2" t="s">
         <v>1590</v>
       </c>
       <c r="F437" s="2" t="s">
         <v>1591</v>
       </c>
-      <c r="G437" s="2" t="s">
-        <v>142</v>
+      <c r="G437" s="2">
+        <v>0</v>
       </c>
       <c r="H437" s="2">
         <v>0</v>
       </c>
       <c r="I437" s="1">
         <v>0</v>
       </c>
       <c r="J437" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K437" s="2" t="str">
-        <f>J437*613.08</f>
+        <f>J437*761.60</f>
         <v>0</v>
       </c>
       <c r="L437" s="5"/>
     </row>
     <row r="438" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A438" s="1"/>
       <c r="B438" s="1">
         <v>878109</v>
       </c>
       <c r="C438" s="1" t="s">
         <v>1592</v>
       </c>
       <c r="D438" s="1" t="s">
         <v>1593</v>
       </c>
       <c r="E438" s="2" t="s">
         <v>1594</v>
       </c>
       <c r="F438" s="2" t="s">
         <v>1595</v>
       </c>
       <c r="G438" s="2" t="s">
-        <v>142</v>
+        <v>276</v>
       </c>
       <c r="H438" s="2">
         <v>0</v>
       </c>
       <c r="I438" s="1">
         <v>0</v>
       </c>
       <c r="J438" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K438" s="2" t="str">
-        <f>J438*675.58</f>
+        <f>J438*724.41</f>
         <v>0</v>
       </c>
       <c r="L438" s="5"/>
     </row>
     <row r="439" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A439" s="1"/>
       <c r="B439" s="1">
         <v>878110</v>
       </c>
       <c r="C439" s="1" t="s">
         <v>1596</v>
       </c>
       <c r="D439" s="1" t="s">
         <v>1597</v>
       </c>
       <c r="E439" s="2" t="s">
         <v>1598</v>
       </c>
       <c r="F439" s="2" t="s">
         <v>1599</v>
       </c>
-      <c r="G439" s="2" t="s">
-        <v>142</v>
+      <c r="G439" s="2">
+        <v>0</v>
       </c>
       <c r="H439" s="2">
         <v>0</v>
       </c>
       <c r="I439" s="1">
         <v>0</v>
       </c>
       <c r="J439" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K439" s="2" t="str">
-        <f>J439*970.22</f>
+        <f>J439*1062.08</f>
         <v>0</v>
       </c>
       <c r="L439" s="5"/>
     </row>
     <row r="440" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A440" s="1"/>
       <c r="B440" s="1">
         <v>878111</v>
       </c>
       <c r="C440" s="1" t="s">
         <v>1600</v>
       </c>
       <c r="D440" s="1" t="s">
         <v>1601</v>
       </c>
       <c r="E440" s="2" t="s">
         <v>1602</v>
       </c>
       <c r="F440" s="2" t="s">
         <v>1603</v>
       </c>
-      <c r="G440" s="2" t="s">
-        <v>148</v>
+      <c r="G440" s="2">
+        <v>5</v>
       </c>
       <c r="H440" s="2">
         <v>0</v>
       </c>
       <c r="I440" s="1">
         <v>0</v>
       </c>
       <c r="J440" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K440" s="2" t="str">
-        <f>J440*1272.30</f>
+        <f>J440*1297.10</f>
         <v>0</v>
       </c>
       <c r="L440" s="5"/>
     </row>
     <row r="441" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A441" s="1"/>
       <c r="B441" s="1">
         <v>883906</v>
       </c>
       <c r="C441" s="1" t="s">
         <v>1604</v>
       </c>
       <c r="D441" s="1" t="s">
         <v>1605</v>
       </c>
       <c r="E441" s="2" t="s">
         <v>1606</v>
       </c>
       <c r="F441" s="2" t="s">
         <v>1607</v>
       </c>
       <c r="G441" s="2" t="s">
-        <v>148</v>
+        <v>268</v>
       </c>
       <c r="H441" s="2">
         <v>0</v>
       </c>
       <c r="I441" s="1">
         <v>0</v>
       </c>
       <c r="J441" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K441" s="2" t="str">
-        <f>J441*3008.88</f>
+        <f>J441*3068.71</f>
         <v>0</v>
       </c>
       <c r="L441" s="5"/>
     </row>
     <row r="442" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A442" s="1"/>
       <c r="B442" s="1">
         <v>885066</v>
       </c>
       <c r="C442" s="1" t="s">
         <v>1608</v>
       </c>
       <c r="D442" s="1" t="s">
         <v>1609</v>
       </c>
       <c r="E442" s="2" t="s">
         <v>1610</v>
       </c>
       <c r="F442" s="2" t="s">
         <v>1611</v>
       </c>
       <c r="G442" s="2" t="s">
-        <v>82</v>
+        <v>141</v>
       </c>
       <c r="H442" s="2">
         <v>0</v>
       </c>
       <c r="I442" s="1">
         <v>0</v>
       </c>
       <c r="J442" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K442" s="2" t="str">
-        <f>J442*465.77</f>
+        <f>J442*534.01</f>
         <v>0</v>
       </c>
       <c r="L442" s="5"/>
     </row>
     <row r="443" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A443" s="1"/>
       <c r="B443" s="1">
         <v>885067</v>
       </c>
       <c r="C443" s="1" t="s">
         <v>1612</v>
       </c>
       <c r="D443" s="1" t="s">
         <v>1613</v>
       </c>
       <c r="E443" s="2" t="s">
         <v>1614</v>
       </c>
       <c r="F443" s="2" t="s">
         <v>1615</v>
       </c>
       <c r="G443" s="2" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="H443" s="2">
         <v>0</v>
       </c>
       <c r="I443" s="1">
         <v>0</v>
       </c>
       <c r="J443" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K443" s="2" t="str">
-        <f>J443*727.67</f>
+        <f>J443*800.28</f>
         <v>0</v>
       </c>
       <c r="L443" s="5"/>
     </row>
     <row r="444" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A444" s="1"/>
       <c r="B444" s="1">
         <v>885068</v>
       </c>
       <c r="C444" s="1" t="s">
         <v>1616</v>
       </c>
       <c r="D444" s="1" t="s">
         <v>1617</v>
       </c>
       <c r="E444" s="2" t="s">
         <v>1618</v>
       </c>
       <c r="F444" s="2" t="s">
         <v>1619</v>
       </c>
       <c r="G444" s="2" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="H444" s="2">
         <v>0</v>
       </c>
       <c r="I444" s="1">
         <v>0</v>
       </c>
       <c r="J444" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K444" s="2" t="str">
-        <f>J444*726.18</f>
+        <f>J444*792.84</f>
         <v>0</v>
       </c>
       <c r="L444" s="5"/>
     </row>
     <row r="445" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A445" s="1"/>
       <c r="B445" s="1">
         <v>885977</v>
       </c>
       <c r="C445" s="1" t="s">
         <v>1620</v>
       </c>
       <c r="D445" s="1" t="s">
         <v>1621</v>
       </c>
       <c r="E445" s="2" t="s">
         <v>1622</v>
       </c>
       <c r="F445" s="2" t="s">
         <v>1623</v>
       </c>
       <c r="G445" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H445" s="2">
         <v>0</v>
       </c>
       <c r="I445" s="1">
         <v>0</v>
       </c>
       <c r="J445" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K445" s="2" t="str">
-        <f>J445*702.37</f>
+        <f>J445*782.43</f>
         <v>0</v>
       </c>
       <c r="L445" s="5"/>
     </row>
     <row r="446" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A446" s="1"/>
       <c r="B446" s="1">
         <v>885859</v>
       </c>
       <c r="C446" s="1" t="s">
         <v>1624</v>
       </c>
       <c r="D446" s="1" t="s">
         <v>1625</v>
       </c>
       <c r="E446" s="2" t="s">
         <v>1626</v>
       </c>
       <c r="F446" s="2" t="s">
         <v>1627</v>
       </c>
       <c r="G446" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H446" s="2">
         <v>0</v>
       </c>
       <c r="I446" s="1">
         <v>0</v>
       </c>
       <c r="J446" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K446" s="2" t="str">
-        <f>J446*694.93</f>
+        <f>J446*774.99</f>
         <v>0</v>
       </c>
       <c r="L446" s="5"/>
     </row>
     <row r="447" spans="1:12" outlineLevel="1">
       <c r="A447" s="7" t="s">
         <v>1628</v>
       </c>
       <c r="B447" s="7"/>
       <c r="C447" s="7"/>
       <c r="D447" s="7"/>
       <c r="E447" s="7"/>
       <c r="F447" s="7"/>
       <c r="G447" s="7"/>
       <c r="H447" s="7"/>
       <c r="I447" s="7"/>
       <c r="J447" s="7"/>
       <c r="K447" s="7"/>
       <c r="L447" s="5"/>
     </row>
     <row r="448" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A448" s="1"/>
       <c r="B448" s="1">
         <v>871416</v>
       </c>
       <c r="C448" s="1" t="s">
         <v>1629</v>
       </c>
       <c r="D448" s="1">
         <v>4011</v>
       </c>
       <c r="E448" s="2" t="s">
         <v>1630</v>
       </c>
       <c r="F448" s="2" t="s">
         <v>1631</v>
       </c>
       <c r="G448" s="2">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H448" s="2">
         <v>0</v>
       </c>
       <c r="I448" s="1">
         <v>0</v>
       </c>
       <c r="J448" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K448" s="2" t="str">
         <f>J448*194.34</f>
         <v>0</v>
       </c>
       <c r="L448" s="5"/>
     </row>
     <row r="449" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A449" s="1"/>
       <c r="B449" s="1">
         <v>871417</v>
       </c>
       <c r="C449" s="1" t="s">
         <v>1632</v>
       </c>
       <c r="D449" s="1">
         <v>4022</v>
       </c>
       <c r="E449" s="2" t="s">
         <v>1633</v>
       </c>
       <c r="F449" s="2" t="s">
         <v>1634</v>
       </c>
       <c r="G449" s="2">
         <v>0</v>
       </c>
       <c r="H449" s="2">
         <v>0</v>
       </c>
       <c r="I449" s="1">
         <v>0</v>
       </c>
       <c r="J449" s="3" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K449" s="2" t="str">
         <f>J449*509.38</f>
         <v>0</v>
       </c>
       <c r="L449" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A40:K40"/>
     <mergeCell ref="A427:K427"/>
     <mergeCell ref="A447:K447"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A21:K21"/>
     <mergeCell ref="A32:K32"/>
     <mergeCell ref="A41:K41"/>
     <mergeCell ref="A421:K421"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>