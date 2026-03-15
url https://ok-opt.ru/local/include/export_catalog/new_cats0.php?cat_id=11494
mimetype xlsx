--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1635">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1638">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
@@ -70,152 +70,164 @@
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>ПНД - Полиэтиленовые трубы и фитинги</t>
   </si>
   <si>
     <t>ПНД - Полиэтиленовые трубы</t>
   </si>
   <si>
     <t>Труба ПНД SDR 11 (16 атм.)</t>
   </si>
   <si>
     <t>PND-110001</t>
   </si>
   <si>
     <t>017010201-01</t>
   </si>
   <si>
     <t>ПНД труба 20х2,0 ТЕBО ПЭ-100 SDR-11, 16 атм. (100 м) ГОСТ питьевая напорная</t>
   </si>
   <si>
     <t>42.12 руб.</t>
   </si>
   <si>
+    <t>пог</t>
+  </si>
+  <si>
+    <t>PND-110003</t>
+  </si>
+  <si>
+    <t>017010202-01</t>
+  </si>
+  <si>
+    <t>ПНД труба 25х2,3 ТЕBО ПЭ-100 SDR-11, 16 атм. (100 м) ГОСТ питьевая напорная</t>
+  </si>
+  <si>
+    <t>58.45 руб.</t>
+  </si>
+  <si>
+    <t>PND-110005</t>
+  </si>
+  <si>
+    <t>017010203-01</t>
+  </si>
+  <si>
+    <t>ПНД труба 32х3,0 ТЕБО ПЭ-100 SDR-11, 16 атм. (100 м) ГОСТ питьевая напорная</t>
+  </si>
+  <si>
+    <t>97.97 руб.</t>
+  </si>
+  <si>
+    <t>PND-110008</t>
+  </si>
+  <si>
+    <t>017010203-04</t>
+  </si>
+  <si>
+    <t>ПНД труба 32х3,0 ТЕБО ПЭ-100 SDR-11, 16 атм. (50 м) ГОСТ питьевая напорная</t>
+  </si>
+  <si>
+    <t>&gt;100</t>
+  </si>
+  <si>
+    <t>PND-111001</t>
+  </si>
+  <si>
+    <t>ПНД труба 20х2,0 ACR  ПЭ-100 SDR-11, 16 атм. (200 м) черная с синей полосой</t>
+  </si>
+  <si>
+    <t>39.10 руб.</t>
+  </si>
+  <si>
+    <t>PND-111005</t>
+  </si>
+  <si>
+    <t>ПНД труба 32х3,0 ACR ПЭ-100 SDR-11, 16 атм. (200 м) черная с синей полосой</t>
+  </si>
+  <si>
+    <t>72.20 руб.</t>
+  </si>
+  <si>
     <t>&gt;1000</t>
   </si>
   <si>
-    <t>пог</t>
-[...26 lines deleted...]
-    <t>97.97 руб.</t>
+    <t>PND-111501</t>
+  </si>
+  <si>
+    <t>ПНД труба 32х3,0 ACR ПЭ-100 SDR-11, 16 атм. (бухта 100 м) черная с синей полосой</t>
+  </si>
+  <si>
+    <t>PND-111502</t>
+  </si>
+  <si>
+    <t>ПНД труба 32х3,0 ACR ПЭ-100 SDR-11, 16 атм. (бухта 50 м) черная с синей полосой</t>
+  </si>
+  <si>
+    <t>PND-141101</t>
+  </si>
+  <si>
+    <t>МП11 20-2.0-100</t>
+  </si>
+  <si>
+    <t>ПНД труба 20х2,0 МЕГАПАЙП ПЭ-100 SDR-11, 16 атм. (100 м) ГОСТ</t>
+  </si>
+  <si>
+    <t>34.04 руб.</t>
+  </si>
+  <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
+    <t>PND-141104</t>
+  </si>
+  <si>
+    <t>МП11 25-2.3-100</t>
+  </si>
+  <si>
+    <t>ПНД труба 25х2,3 МЕГАПАЙП ПЭ-100 SDR-11, 16 атм. (100 м) ГОСТ</t>
+  </si>
+  <si>
+    <t>49.59 руб.</t>
+  </si>
+  <si>
+    <t>PND-141107</t>
+  </si>
+  <si>
+    <t>МП11 32-3.0-100</t>
+  </si>
+  <si>
+    <t>ПНД труба 32х3,0 МЕГАПАЙП ПЭ-100 SDR-11, 16 атм. (100 м) ГОСТ</t>
+  </si>
+  <si>
+    <t>81.27 руб.</t>
   </si>
   <si>
     <t>&gt;500</t>
   </si>
   <si>
-    <t>PND-111001</t>
-[...64 lines deleted...]
-  <si>
     <t>PND-141110</t>
   </si>
   <si>
     <t>МП11 40-3.7-100</t>
   </si>
   <si>
     <t>ПНД труба 40х3,7 МЕГАПАЙП ПЭ-100 SDR-11, 16 атм. (100 м) ГОСТ</t>
   </si>
   <si>
     <t>125.28 руб.</t>
   </si>
   <si>
     <t>PND-141113</t>
   </si>
   <si>
     <t>МП11 50-4.6-100</t>
   </si>
   <si>
     <t>ПНД труба 50х4,6 МЕГАПАЙП ПЭ-100 SDR-11, 16 атм. (100 м) ГОСТ</t>
   </si>
   <si>
     <t>194.53 руб.</t>
   </si>
   <si>
     <t>PND-141116</t>
@@ -799,101 +811,98 @@
   <si>
     <t>1 461.11 руб.</t>
   </si>
   <si>
     <t>PND-211032</t>
   </si>
   <si>
     <t>017030302</t>
   </si>
   <si>
     <t>ПНД Муфта с внутренней резьбой 20x1/2 (32/320шт)</t>
   </si>
   <si>
     <t>34.35 руб.</t>
   </si>
   <si>
     <t>PND-211033</t>
   </si>
   <si>
     <t>T-ПНД.М.4.20-34.CN</t>
   </si>
   <si>
     <t>ПНД Муфта с внутренней резьбой 20x3/4 (32/320шт)</t>
   </si>
   <si>
+    <t>&gt;10</t>
+  </si>
+  <si>
     <t>PND-211034</t>
   </si>
   <si>
     <t>72020000000F100</t>
   </si>
   <si>
     <t>ПНД Муфта с внутренней резьбой 20x1</t>
   </si>
   <si>
     <t>40.44 руб.</t>
   </si>
   <si>
     <t>PND-211035</t>
   </si>
   <si>
     <t>T-ПНД.М.4.25-1.CN</t>
   </si>
   <si>
     <t>ПНД Муфта с внутренней резьбой 25x1 (18/216шт)</t>
   </si>
   <si>
     <t>50.92 руб.</t>
   </si>
   <si>
-    <t>&gt;10</t>
-[...1 lines deleted...]
-  <si>
     <t>PND-211036</t>
   </si>
   <si>
     <t>T-ПНД.М.4.25-12.CN</t>
   </si>
   <si>
     <t>ПНД Муфта с внутренней резьбой 25x1/2 (18/216шт)</t>
   </si>
   <si>
     <t>PND-211037</t>
   </si>
   <si>
     <t>T-ПНД.М.4.25-34.CN</t>
   </si>
   <si>
     <t>ПНД Муфта с внутренней резьбой 25x3/4 (18/216шт)</t>
   </si>
   <si>
     <t>45.55 руб.</t>
   </si>
   <si>
-    <t>&gt;50</t>
-[...1 lines deleted...]
-  <si>
     <t>PND-211038</t>
   </si>
   <si>
     <t>T-ПНД.М.4.32-1.CN</t>
   </si>
   <si>
     <t>ПНД Муфта с внутренней резьбой 32x1 (12/144шт)</t>
   </si>
   <si>
     <t>77.71 руб.</t>
   </si>
   <si>
     <t>PND-211039</t>
   </si>
   <si>
     <t>72032000000F114</t>
   </si>
   <si>
     <t>ПНД Муфта с внутренней резьбой 32x1 1/4</t>
   </si>
   <si>
     <t>57.12 руб.</t>
   </si>
   <si>
     <t>PND-211040</t>
@@ -3034,51 +3043,51 @@
   <si>
     <t>77020000020M100</t>
   </si>
   <si>
     <t>ПНД Тройник с наружной резьбой 20x1x20</t>
   </si>
   <si>
     <t>70.74 руб.</t>
   </si>
   <si>
     <t>PND-211238</t>
   </si>
   <si>
     <t>T-ПНД.Тр.5.25-12.CN</t>
   </si>
   <si>
     <t>ПНД Тройник с наружной резьбой 25x1/2x25 (10/120шт)</t>
   </si>
   <si>
     <t>89.77 руб.</t>
   </si>
   <si>
     <t>PND-211239</t>
   </si>
   <si>
-    <t>017031306</t>
+    <t>T-ПНД.Тр.5.25-1.CN</t>
   </si>
   <si>
     <t>ПНД Тройник с наружной резьбой 25x1x25 (10/100шт)</t>
   </si>
   <si>
     <t>93.79 руб.</t>
   </si>
   <si>
     <t>PND-211240</t>
   </si>
   <si>
     <t>T-ПНД.Тр.5.25-34.CN</t>
   </si>
   <si>
     <t>ПНД Тройник с наружной резьбой 25x3/4x25 (10/120шт)</t>
   </si>
   <si>
     <t>PND-211241</t>
   </si>
   <si>
     <t>77032000032M114</t>
   </si>
   <si>
     <t>ПНД Тройник с наружной резьбой 32x1 1/4x32</t>
   </si>
@@ -4684,51 +4693,51 @@
   <si>
     <t>493.58 руб.</t>
   </si>
   <si>
     <t>PND-260005</t>
   </si>
   <si>
     <t>ПНД эл/св тройник 90* 32мм ПЭ100 SDR11</t>
   </si>
   <si>
     <t>1 834.56 руб.</t>
   </si>
   <si>
     <t>ПНД - Фитинги латунные для полиэтиленовых труб</t>
   </si>
   <si>
     <t>ALT-122029</t>
   </si>
   <si>
     <t>T-КДН.А.1.CN</t>
   </si>
   <si>
     <t>Адаптер скважинный TEBO 1" (2/16шт)</t>
   </si>
   <si>
-    <t>3 361.81 руб.</t>
+    <t>5 563.80 руб.</t>
   </si>
   <si>
     <t>NAS-410013</t>
   </si>
   <si>
     <t>VER361</t>
   </si>
   <si>
     <t>Скважный адаптер 1" VIEIR (1/12шт)</t>
   </si>
   <si>
     <t>2 824.76 руб.</t>
   </si>
   <si>
     <t>PND-251001</t>
   </si>
   <si>
     <t>VER362</t>
   </si>
   <si>
     <t>ПНД ЛАТУННАЯ муфта с наружней резьбой 32х1 (5/50шт)</t>
   </si>
   <si>
     <t>525.09 руб.</t>
   </si>
@@ -5156,12987 +5165,12987 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Image_7" descr="Image_7"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>7</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="4" name="Image_8" descr="Image_8"/>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Image_9" descr="Image_9"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>8</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="5" name="Image_9" descr="Image_9"/>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Image_10" descr="Image_10"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>11</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="6" name="Image_12" descr="Image_12"/>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="Image_13" descr="Image_13"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>12</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="7" name="Image_13" descr="Image_13"/>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="Image_14" descr="Image_14"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>13</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="8" name="Image_14" descr="Image_14"/>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="Image_15" descr="Image_15"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>14</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="9" name="Image_15" descr="Image_15"/>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="Image_16" descr="Image_16"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>15</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="10" name="Image_16" descr="Image_16"/>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="Image_17" descr="Image_17"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>16</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="11" name="Image_17" descr="Image_17"/>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="Image_18" descr="Image_18"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>17</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="12" name="Image_18" descr="Image_18"/>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="Image_19" descr="Image_19"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>18</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="13" name="Image_19" descr="Image_19"/>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="Image_20" descr="Image_20"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>19</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="14" name="Image_20" descr="Image_20"/>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="Image_21" descr="Image_21"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>21</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="15" name="Image_22" descr="Image_22"/>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="Image_23" descr="Image_23"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>22</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="16" name="Image_23" descr="Image_23"/>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="Image_24" descr="Image_24"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>23</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="17" name="Image_24" descr="Image_24"/>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="Image_25" descr="Image_25"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>24</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="18" name="Image_25" descr="Image_25"/>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="Image_26" descr="Image_26"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>25</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="19" name="Image_26" descr="Image_26"/>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="Image_27" descr="Image_27"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>26</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="20" name="Image_27" descr="Image_27"/>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="Image_28" descr="Image_28"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>27</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="21" name="Image_28" descr="Image_28"/>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="Image_29" descr="Image_29"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>28</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="22" name="Image_29" descr="Image_29"/>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="Image_30" descr="Image_30"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>29</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="23" name="Image_30" descr="Image_30"/>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="Image_31" descr="Image_31"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>30</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="24" name="Image_31" descr="Image_31"/>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="Image_32" descr="Image_32"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>32</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="25" name="Image_33" descr="Image_33"/>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="Image_34" descr="Image_34"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>34</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="26" name="Image_35" descr="Image_35"/>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="Image_36" descr="Image_36"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>35</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="27" name="Image_36" descr="Image_36"/>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="Image_37" descr="Image_37"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>36</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="28" name="Image_37" descr="Image_37"/>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="Image_38" descr="Image_38"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>37</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="29" name="Image_38" descr="Image_38"/>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="Image_39" descr="Image_39"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>38</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="30" name="Image_39" descr="Image_39"/>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="Image_40" descr="Image_40"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>41</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="31" name="Image_42" descr="Image_42"/>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="Image_43" descr="Image_43"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>42</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="32" name="Image_43" descr="Image_43"/>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="Image_44" descr="Image_44"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>43</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="33" name="Image_44" descr="Image_44"/>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="Image_45" descr="Image_45"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>44</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="34" name="Image_45" descr="Image_45"/>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="Image_46" descr="Image_46"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>45</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="35" name="Image_46" descr="Image_46"/>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="Image_47" descr="Image_47"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>46</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="36" name="Image_47" descr="Image_47"/>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="Image_48" descr="Image_48"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>47</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="37" name="Image_48" descr="Image_48"/>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="Image_49" descr="Image_49"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>48</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="38" name="Image_49" descr="Image_49"/>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="Image_50" descr="Image_50"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>49</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="39" name="Image_50" descr="Image_50"/>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="Image_51" descr="Image_51"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>50</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="40" name="Image_51" descr="Image_51"/>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="Image_52" descr="Image_52"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>51</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="41" name="Image_52" descr="Image_52"/>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="Image_53" descr="Image_53"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>52</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="42" name="Image_53" descr="Image_53"/>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="Image_54" descr="Image_54"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>53</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="43" name="Image_54" descr="Image_54"/>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="Image_55" descr="Image_55"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>54</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="44" name="Image_55" descr="Image_55"/>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="Image_56" descr="Image_56"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>55</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="45" name="Image_56" descr="Image_56"/>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="Image_57" descr="Image_57"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>56</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="46" name="Image_57" descr="Image_57"/>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="Image_58" descr="Image_58"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>57</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="47" name="Image_58" descr="Image_58"/>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="Image_59" descr="Image_59"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>58</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="48" name="Image_59" descr="Image_59"/>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="Image_60" descr="Image_60"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>59</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="49" name="Image_60" descr="Image_60"/>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="Image_61" descr="Image_61"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>60</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="50" name="Image_61" descr="Image_61"/>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="Image_62" descr="Image_62"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>61</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="51" name="Image_62" descr="Image_62"/>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="Image_63" descr="Image_63"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>62</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="52" name="Image_63" descr="Image_63"/>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="Image_64" descr="Image_64"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>63</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="53" name="Image_64" descr="Image_64"/>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="Image_65" descr="Image_65"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>64</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="54" name="Image_65" descr="Image_65"/>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="Image_66" descr="Image_66"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>65</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="55" name="Image_66" descr="Image_66"/>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="Image_67" descr="Image_67"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>66</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="56" name="Image_67" descr="Image_67"/>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="Image_68" descr="Image_68"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>67</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="57" name="Image_68" descr="Image_68"/>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="Image_69" descr="Image_69"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>68</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="58" name="Image_69" descr="Image_69"/>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="58" name="Image_70" descr="Image_70"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>69</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="59" name="Image_70" descr="Image_70"/>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="Image_71" descr="Image_71"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>70</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="60" name="Image_71" descr="Image_71"/>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="Image_72" descr="Image_72"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>71</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="61" name="Image_72" descr="Image_72"/>
+      <xdr:row>72</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="Image_73" descr="Image_73"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>72</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="62" name="Image_73" descr="Image_73"/>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="Image_74" descr="Image_74"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>73</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="63" name="Image_74" descr="Image_74"/>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="63" name="Image_75" descr="Image_75"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>74</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="64" name="Image_75" descr="Image_75"/>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="Image_76" descr="Image_76"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>75</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="65" name="Image_76" descr="Image_76"/>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="65" name="Image_77" descr="Image_77"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>76</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="66" name="Image_77" descr="Image_77"/>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="66" name="Image_78" descr="Image_78"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>77</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="67" name="Image_78" descr="Image_78"/>
+      <xdr:row>78</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="67" name="Image_79" descr="Image_79"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>78</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="68" name="Image_79" descr="Image_79"/>
+      <xdr:row>79</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="Image_80" descr="Image_80"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>79</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="69" name="Image_80" descr="Image_80"/>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="69" name="Image_81" descr="Image_81"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>80</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="70" name="Image_81" descr="Image_81"/>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="70" name="Image_82" descr="Image_82"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>81</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="71" name="Image_82" descr="Image_82"/>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="Image_83" descr="Image_83"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>82</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="72" name="Image_83" descr="Image_83"/>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="Image_84" descr="Image_84"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>83</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="73" name="Image_84" descr="Image_84"/>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="Image_85" descr="Image_85"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>84</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="74" name="Image_85" descr="Image_85"/>
+      <xdr:row>85</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="Image_86" descr="Image_86"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>85</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="75" name="Image_86" descr="Image_86"/>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="75" name="Image_87" descr="Image_87"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>86</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="76" name="Image_87" descr="Image_87"/>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="76" name="Image_88" descr="Image_88"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>87</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="77" name="Image_88" descr="Image_88"/>
+      <xdr:row>88</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="77" name="Image_89" descr="Image_89"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>88</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="78" name="Image_89" descr="Image_89"/>
+      <xdr:row>89</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="78" name="Image_90" descr="Image_90"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>89</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="79" name="Image_90" descr="Image_90"/>
+      <xdr:row>90</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="79" name="Image_91" descr="Image_91"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>90</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="80" name="Image_91" descr="Image_91"/>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="80" name="Image_92" descr="Image_92"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>91</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="81" name="Image_92" descr="Image_92"/>
+      <xdr:row>92</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="Image_93" descr="Image_93"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>92</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="82" name="Image_93" descr="Image_93"/>
+      <xdr:row>93</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="82" name="Image_94" descr="Image_94"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>93</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="83" name="Image_94" descr="Image_94"/>
+      <xdr:row>94</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="83" name="Image_95" descr="Image_95"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>94</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="84" name="Image_95" descr="Image_95"/>
+      <xdr:row>95</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="84" name="Image_96" descr="Image_96"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>95</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="85" name="Image_96" descr="Image_96"/>
+      <xdr:row>96</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="85" name="Image_97" descr="Image_97"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>96</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="86" name="Image_97" descr="Image_97"/>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="86" name="Image_98" descr="Image_98"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>97</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="87" name="Image_98" descr="Image_98"/>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="87" name="Image_99" descr="Image_99"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>98</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="88" name="Image_99" descr="Image_99"/>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="Image_100" descr="Image_100"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>99</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="89" name="Image_100" descr="Image_100"/>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="89" name="Image_101" descr="Image_101"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>100</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="90" name="Image_101" descr="Image_101"/>
+      <xdr:row>101</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="90" name="Image_102" descr="Image_102"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>101</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="91" name="Image_102" descr="Image_102"/>
+      <xdr:row>102</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="91" name="Image_103" descr="Image_103"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>102</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="92" name="Image_103" descr="Image_103"/>
+      <xdr:row>103</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="92" name="Image_104" descr="Image_104"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>103</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="93" name="Image_104" descr="Image_104"/>
+      <xdr:row>104</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="93" name="Image_105" descr="Image_105"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>104</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="94" name="Image_105" descr="Image_105"/>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="94" name="Image_106" descr="Image_106"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>105</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="95" name="Image_106" descr="Image_106"/>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="95" name="Image_107" descr="Image_107"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>106</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="96" name="Image_107" descr="Image_107"/>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="96" name="Image_108" descr="Image_108"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>107</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="97" name="Image_108" descr="Image_108"/>
+      <xdr:row>108</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="97" name="Image_109" descr="Image_109"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>108</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="98" name="Image_109" descr="Image_109"/>
+      <xdr:row>109</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="98" name="Image_110" descr="Image_110"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>109</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="99" name="Image_110" descr="Image_110"/>
+      <xdr:row>110</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="99" name="Image_111" descr="Image_111"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>110</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="100" name="Image_111" descr="Image_111"/>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="100" name="Image_112" descr="Image_112"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>111</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="101" name="Image_112" descr="Image_112"/>
+      <xdr:row>112</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="101" name="Image_113" descr="Image_113"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>112</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="102" name="Image_113" descr="Image_113"/>
+      <xdr:row>113</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="102" name="Image_114" descr="Image_114"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>113</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="103" name="Image_114" descr="Image_114"/>
+      <xdr:row>114</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="103" name="Image_115" descr="Image_115"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>114</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="104" name="Image_115" descr="Image_115"/>
+      <xdr:row>115</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="104" name="Image_116" descr="Image_116"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>115</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="105" name="Image_116" descr="Image_116"/>
+      <xdr:row>116</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="105" name="Image_117" descr="Image_117"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>116</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="106" name="Image_117" descr="Image_117"/>
+      <xdr:row>117</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="106" name="Image_118" descr="Image_118"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>117</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="107" name="Image_118" descr="Image_118"/>
+      <xdr:row>118</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="107" name="Image_119" descr="Image_119"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>118</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="108" name="Image_119" descr="Image_119"/>
+      <xdr:row>119</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="108" name="Image_120" descr="Image_120"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>119</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="109" name="Image_120" descr="Image_120"/>
+      <xdr:row>120</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="109" name="Image_121" descr="Image_121"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>120</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="110" name="Image_121" descr="Image_121"/>
+      <xdr:row>121</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="110" name="Image_122" descr="Image_122"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>121</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="111" name="Image_122" descr="Image_122"/>
+      <xdr:row>122</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="111" name="Image_123" descr="Image_123"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>122</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="112" name="Image_123" descr="Image_123"/>
+      <xdr:row>123</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="112" name="Image_124" descr="Image_124"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>123</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="113" name="Image_124" descr="Image_124"/>
+      <xdr:row>124</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="113" name="Image_125" descr="Image_125"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>124</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="114" name="Image_125" descr="Image_125"/>
+      <xdr:row>125</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="114" name="Image_126" descr="Image_126"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>125</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="115" name="Image_126" descr="Image_126"/>
+      <xdr:row>126</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="115" name="Image_127" descr="Image_127"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>126</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="116" name="Image_127" descr="Image_127"/>
+      <xdr:row>127</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="116" name="Image_128" descr="Image_128"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>127</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="117" name="Image_128" descr="Image_128"/>
+      <xdr:row>128</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="117" name="Image_129" descr="Image_129"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>128</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="118" name="Image_129" descr="Image_129"/>
+      <xdr:row>129</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="118" name="Image_130" descr="Image_130"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>129</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="119" name="Image_130" descr="Image_130"/>
+      <xdr:row>130</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="119" name="Image_131" descr="Image_131"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>130</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="120" name="Image_131" descr="Image_131"/>
+      <xdr:row>131</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="120" name="Image_132" descr="Image_132"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>131</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="121" name="Image_132" descr="Image_132"/>
+      <xdr:row>132</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="121" name="Image_133" descr="Image_133"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>132</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="122" name="Image_133" descr="Image_133"/>
+      <xdr:row>133</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="122" name="Image_134" descr="Image_134"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>133</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="123" name="Image_134" descr="Image_134"/>
+      <xdr:row>134</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="123" name="Image_135" descr="Image_135"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>134</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="124" name="Image_135" descr="Image_135"/>
+      <xdr:row>135</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="124" name="Image_136" descr="Image_136"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>135</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="125" name="Image_136" descr="Image_136"/>
+      <xdr:row>136</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="125" name="Image_137" descr="Image_137"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>136</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="126" name="Image_137" descr="Image_137"/>
+      <xdr:row>137</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="126" name="Image_138" descr="Image_138"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>137</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="127" name="Image_138" descr="Image_138"/>
+      <xdr:row>138</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="127" name="Image_139" descr="Image_139"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>138</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="128" name="Image_139" descr="Image_139"/>
+      <xdr:row>139</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="128" name="Image_140" descr="Image_140"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>139</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="129" name="Image_140" descr="Image_140"/>
+      <xdr:row>140</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="129" name="Image_141" descr="Image_141"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>140</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="130" name="Image_141" descr="Image_141"/>
+      <xdr:row>141</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="130" name="Image_142" descr="Image_142"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>141</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="131" name="Image_142" descr="Image_142"/>
+      <xdr:row>142</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="131" name="Image_143" descr="Image_143"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>142</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="132" name="Image_143" descr="Image_143"/>
+      <xdr:row>143</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="132" name="Image_144" descr="Image_144"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>143</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="133" name="Image_144" descr="Image_144"/>
+      <xdr:row>144</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="133" name="Image_145" descr="Image_145"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>144</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="134" name="Image_145" descr="Image_145"/>
+      <xdr:row>145</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="134" name="Image_146" descr="Image_146"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>145</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="135" name="Image_146" descr="Image_146"/>
+      <xdr:row>146</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="135" name="Image_147" descr="Image_147"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>146</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="136" name="Image_147" descr="Image_147"/>
+      <xdr:row>147</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="136" name="Image_148" descr="Image_148"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>147</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="137" name="Image_148" descr="Image_148"/>
+      <xdr:row>148</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="137" name="Image_149" descr="Image_149"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>148</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="138" name="Image_149" descr="Image_149"/>
+      <xdr:row>149</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="138" name="Image_150" descr="Image_150"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>149</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="139" name="Image_150" descr="Image_150"/>
+      <xdr:row>150</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="139" name="Image_151" descr="Image_151"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>150</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="140" name="Image_151" descr="Image_151"/>
+      <xdr:row>151</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="140" name="Image_152" descr="Image_152"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>151</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="141" name="Image_152" descr="Image_152"/>
+      <xdr:row>152</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="141" name="Image_153" descr="Image_153"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>152</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="142" name="Image_153" descr="Image_153"/>
+      <xdr:row>153</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="142" name="Image_154" descr="Image_154"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId142"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>153</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="143" name="Image_154" descr="Image_154"/>
+      <xdr:row>154</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="143" name="Image_155" descr="Image_155"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId143"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>154</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="144" name="Image_155" descr="Image_155"/>
+      <xdr:row>155</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="144" name="Image_156" descr="Image_156"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId144"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>155</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="145" name="Image_156" descr="Image_156"/>
+      <xdr:row>156</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="145" name="Image_157" descr="Image_157"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId145"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>156</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="146" name="Image_157" descr="Image_157"/>
+      <xdr:row>157</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="146" name="Image_158" descr="Image_158"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId146"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>157</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="147" name="Image_158" descr="Image_158"/>
+      <xdr:row>158</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="147" name="Image_159" descr="Image_159"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId147"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>158</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="148" name="Image_159" descr="Image_159"/>
+      <xdr:row>159</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="148" name="Image_160" descr="Image_160"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId148"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>159</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="149" name="Image_160" descr="Image_160"/>
+      <xdr:row>160</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="149" name="Image_161" descr="Image_161"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>160</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="150" name="Image_161" descr="Image_161"/>
+      <xdr:row>161</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="150" name="Image_162" descr="Image_162"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>161</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="151" name="Image_162" descr="Image_162"/>
+      <xdr:row>162</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="151" name="Image_163" descr="Image_163"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>162</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="152" name="Image_163" descr="Image_163"/>
+      <xdr:row>163</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="152" name="Image_164" descr="Image_164"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>163</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="153" name="Image_164" descr="Image_164"/>
+      <xdr:row>164</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="153" name="Image_165" descr="Image_165"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>164</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="154" name="Image_165" descr="Image_165"/>
+      <xdr:row>165</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="154" name="Image_166" descr="Image_166"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>165</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="155" name="Image_166" descr="Image_166"/>
+      <xdr:row>166</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="155" name="Image_167" descr="Image_167"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>166</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="156" name="Image_167" descr="Image_167"/>
+      <xdr:row>167</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="156" name="Image_168" descr="Image_168"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>167</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="157" name="Image_168" descr="Image_168"/>
+      <xdr:row>168</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="157" name="Image_169" descr="Image_169"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>168</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="158" name="Image_169" descr="Image_169"/>
+      <xdr:row>169</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="158" name="Image_170" descr="Image_170"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>169</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="159" name="Image_170" descr="Image_170"/>
+      <xdr:row>170</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="159" name="Image_171" descr="Image_171"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>170</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="160" name="Image_171" descr="Image_171"/>
+      <xdr:row>171</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="160" name="Image_172" descr="Image_172"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>171</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="161" name="Image_172" descr="Image_172"/>
+      <xdr:row>172</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="161" name="Image_173" descr="Image_173"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>172</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="162" name="Image_173" descr="Image_173"/>
+      <xdr:row>173</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="162" name="Image_174" descr="Image_174"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>173</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="163" name="Image_174" descr="Image_174"/>
+      <xdr:row>174</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="163" name="Image_175" descr="Image_175"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId163"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>174</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="164" name="Image_175" descr="Image_175"/>
+      <xdr:row>175</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="164" name="Image_176" descr="Image_176"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>175</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="165" name="Image_176" descr="Image_176"/>
+      <xdr:row>176</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="165" name="Image_177" descr="Image_177"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>176</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="166" name="Image_177" descr="Image_177"/>
+      <xdr:row>177</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="166" name="Image_178" descr="Image_178"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>177</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="167" name="Image_178" descr="Image_178"/>
+      <xdr:row>178</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="167" name="Image_179" descr="Image_179"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId167"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>178</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="168" name="Image_179" descr="Image_179"/>
+      <xdr:row>179</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="168" name="Image_180" descr="Image_180"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>179</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="169" name="Image_180" descr="Image_180"/>
+      <xdr:row>180</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="169" name="Image_181" descr="Image_181"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>180</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="170" name="Image_181" descr="Image_181"/>
+      <xdr:row>181</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="170" name="Image_182" descr="Image_182"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>181</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="171" name="Image_182" descr="Image_182"/>
+      <xdr:row>182</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="171" name="Image_183" descr="Image_183"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>182</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="172" name="Image_183" descr="Image_183"/>
+      <xdr:row>183</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="172" name="Image_184" descr="Image_184"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>183</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="173" name="Image_184" descr="Image_184"/>
+      <xdr:row>184</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="173" name="Image_185" descr="Image_185"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId173"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>184</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="174" name="Image_185" descr="Image_185"/>
+      <xdr:row>185</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="174" name="Image_186" descr="Image_186"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId174"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>185</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="175" name="Image_186" descr="Image_186"/>
+      <xdr:row>186</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="175" name="Image_187" descr="Image_187"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId175"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>186</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="176" name="Image_187" descr="Image_187"/>
+      <xdr:row>187</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="176" name="Image_188" descr="Image_188"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId176"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>187</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="177" name="Image_188" descr="Image_188"/>
+      <xdr:row>188</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="177" name="Image_189" descr="Image_189"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>188</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="178" name="Image_189" descr="Image_189"/>
+      <xdr:row>189</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="178" name="Image_190" descr="Image_190"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId178"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>189</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="179" name="Image_190" descr="Image_190"/>
+      <xdr:row>190</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="179" name="Image_191" descr="Image_191"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId179"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>190</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="180" name="Image_191" descr="Image_191"/>
+      <xdr:row>191</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="180" name="Image_192" descr="Image_192"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId180"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>191</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="181" name="Image_192" descr="Image_192"/>
+      <xdr:row>192</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="181" name="Image_193" descr="Image_193"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId181"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>192</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="182" name="Image_193" descr="Image_193"/>
+      <xdr:row>193</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="182" name="Image_194" descr="Image_194"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId182"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>193</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="183" name="Image_194" descr="Image_194"/>
+      <xdr:row>194</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="183" name="Image_195" descr="Image_195"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId183"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>194</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="184" name="Image_195" descr="Image_195"/>
+      <xdr:row>195</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="184" name="Image_196" descr="Image_196"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId184"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>195</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="185" name="Image_196" descr="Image_196"/>
+      <xdr:row>196</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="185" name="Image_197" descr="Image_197"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId185"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>196</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="186" name="Image_197" descr="Image_197"/>
+      <xdr:row>197</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="186" name="Image_198" descr="Image_198"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId186"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>197</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="187" name="Image_198" descr="Image_198"/>
+      <xdr:row>198</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="187" name="Image_199" descr="Image_199"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId187"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>198</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="188" name="Image_199" descr="Image_199"/>
+      <xdr:row>199</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="188" name="Image_200" descr="Image_200"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId188"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>199</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="189" name="Image_200" descr="Image_200"/>
+      <xdr:row>200</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="189" name="Image_201" descr="Image_201"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId189"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>200</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="190" name="Image_201" descr="Image_201"/>
+      <xdr:row>201</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="190" name="Image_202" descr="Image_202"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId190"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>201</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="191" name="Image_202" descr="Image_202"/>
+      <xdr:row>202</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="191" name="Image_203" descr="Image_203"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId191"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>202</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="192" name="Image_203" descr="Image_203"/>
+      <xdr:row>203</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="192" name="Image_204" descr="Image_204"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId192"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>203</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="193" name="Image_204" descr="Image_204"/>
+      <xdr:row>204</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="193" name="Image_205" descr="Image_205"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId193"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>204</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="194" name="Image_205" descr="Image_205"/>
+      <xdr:row>205</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="194" name="Image_206" descr="Image_206"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId194"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>205</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="195" name="Image_206" descr="Image_206"/>
+      <xdr:row>206</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="195" name="Image_207" descr="Image_207"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId195"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>206</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="196" name="Image_207" descr="Image_207"/>
+      <xdr:row>207</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="196" name="Image_208" descr="Image_208"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId196"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>207</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="197" name="Image_208" descr="Image_208"/>
+      <xdr:row>208</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="197" name="Image_209" descr="Image_209"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId197"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>208</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="198" name="Image_209" descr="Image_209"/>
+      <xdr:row>209</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="198" name="Image_210" descr="Image_210"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId198"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>209</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="199" name="Image_210" descr="Image_210"/>
+      <xdr:row>210</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="199" name="Image_211" descr="Image_211"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId199"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>210</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="200" name="Image_211" descr="Image_211"/>
+      <xdr:row>211</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="200" name="Image_212" descr="Image_212"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId200"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>211</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="201" name="Image_212" descr="Image_212"/>
+      <xdr:row>212</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="201" name="Image_213" descr="Image_213"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId201"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>212</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="202" name="Image_213" descr="Image_213"/>
+      <xdr:row>213</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="202" name="Image_214" descr="Image_214"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId202"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>213</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="203" name="Image_214" descr="Image_214"/>
+      <xdr:row>214</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="203" name="Image_215" descr="Image_215"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId203"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>214</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="204" name="Image_215" descr="Image_215"/>
+      <xdr:row>215</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="204" name="Image_216" descr="Image_216"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId204"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>215</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="205" name="Image_216" descr="Image_216"/>
+      <xdr:row>216</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="205" name="Image_217" descr="Image_217"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId205"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>216</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="206" name="Image_217" descr="Image_217"/>
+      <xdr:row>217</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="206" name="Image_218" descr="Image_218"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId206"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>217</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="207" name="Image_218" descr="Image_218"/>
+      <xdr:row>218</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="207" name="Image_219" descr="Image_219"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId207"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>218</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="208" name="Image_219" descr="Image_219"/>
+      <xdr:row>219</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="208" name="Image_220" descr="Image_220"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId208"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>219</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="209" name="Image_220" descr="Image_220"/>
+      <xdr:row>220</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="209" name="Image_221" descr="Image_221"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId209"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>220</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="210" name="Image_221" descr="Image_221"/>
+      <xdr:row>221</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="210" name="Image_222" descr="Image_222"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId210"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>221</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="211" name="Image_222" descr="Image_222"/>
+      <xdr:row>222</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="211" name="Image_223" descr="Image_223"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId211"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>222</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="212" name="Image_223" descr="Image_223"/>
+      <xdr:row>223</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="212" name="Image_224" descr="Image_224"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId212"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>223</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="213" name="Image_224" descr="Image_224"/>
+      <xdr:row>224</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="213" name="Image_225" descr="Image_225"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId213"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>224</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="214" name="Image_225" descr="Image_225"/>
+      <xdr:row>225</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="214" name="Image_226" descr="Image_226"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId214"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>225</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="215" name="Image_226" descr="Image_226"/>
+      <xdr:row>226</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="215" name="Image_227" descr="Image_227"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId215"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>226</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="216" name="Image_227" descr="Image_227"/>
+      <xdr:row>227</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="216" name="Image_228" descr="Image_228"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId216"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>227</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="217" name="Image_228" descr="Image_228"/>
+      <xdr:row>228</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="217" name="Image_229" descr="Image_229"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId217"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>228</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="218" name="Image_229" descr="Image_229"/>
+      <xdr:row>229</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="218" name="Image_230" descr="Image_230"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId218"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>229</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="219" name="Image_230" descr="Image_230"/>
+      <xdr:row>230</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="219" name="Image_231" descr="Image_231"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId219"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>230</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="220" name="Image_231" descr="Image_231"/>
+      <xdr:row>231</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="220" name="Image_232" descr="Image_232"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId220"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>231</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="221" name="Image_232" descr="Image_232"/>
+      <xdr:row>232</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="221" name="Image_233" descr="Image_233"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId221"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>232</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="222" name="Image_233" descr="Image_233"/>
+      <xdr:row>233</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="222" name="Image_234" descr="Image_234"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId222"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>233</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="223" name="Image_234" descr="Image_234"/>
+      <xdr:row>234</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="223" name="Image_235" descr="Image_235"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId223"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>234</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="224" name="Image_235" descr="Image_235"/>
+      <xdr:row>235</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="224" name="Image_236" descr="Image_236"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId224"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>235</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="225" name="Image_236" descr="Image_236"/>
+      <xdr:row>236</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="225" name="Image_237" descr="Image_237"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId225"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>236</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="226" name="Image_237" descr="Image_237"/>
+      <xdr:row>237</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="226" name="Image_238" descr="Image_238"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId226"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>237</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="227" name="Image_238" descr="Image_238"/>
+      <xdr:row>238</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="227" name="Image_239" descr="Image_239"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId227"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>238</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="228" name="Image_239" descr="Image_239"/>
+      <xdr:row>239</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="228" name="Image_240" descr="Image_240"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId228"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>239</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="229" name="Image_240" descr="Image_240"/>
+      <xdr:row>240</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="229" name="Image_241" descr="Image_241"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId229"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>240</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="230" name="Image_241" descr="Image_241"/>
+      <xdr:row>241</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="230" name="Image_242" descr="Image_242"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId230"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>241</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="231" name="Image_242" descr="Image_242"/>
+      <xdr:row>242</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="231" name="Image_243" descr="Image_243"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId231"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>242</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="232" name="Image_243" descr="Image_243"/>
+      <xdr:row>243</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="232" name="Image_244" descr="Image_244"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId232"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>243</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="233" name="Image_244" descr="Image_244"/>
+      <xdr:row>244</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="233" name="Image_245" descr="Image_245"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId233"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>244</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="234" name="Image_245" descr="Image_245"/>
+      <xdr:row>245</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="234" name="Image_246" descr="Image_246"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId234"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>245</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="235" name="Image_246" descr="Image_246"/>
+      <xdr:row>246</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="235" name="Image_247" descr="Image_247"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId235"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>246</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="236" name="Image_247" descr="Image_247"/>
+      <xdr:row>247</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="236" name="Image_248" descr="Image_248"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId236"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>247</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="237" name="Image_248" descr="Image_248"/>
+      <xdr:row>248</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="237" name="Image_249" descr="Image_249"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId237"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>248</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="238" name="Image_249" descr="Image_249"/>
+      <xdr:row>249</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="238" name="Image_250" descr="Image_250"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId238"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>249</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="239" name="Image_250" descr="Image_250"/>
+      <xdr:row>250</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="239" name="Image_251" descr="Image_251"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId239"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>250</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="240" name="Image_251" descr="Image_251"/>
+      <xdr:row>251</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="240" name="Image_252" descr="Image_252"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId240"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>251</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="241" name="Image_252" descr="Image_252"/>
+      <xdr:row>252</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="241" name="Image_253" descr="Image_253"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId241"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>252</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="242" name="Image_253" descr="Image_253"/>
+      <xdr:row>253</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="242" name="Image_254" descr="Image_254"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId242"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>253</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="243" name="Image_254" descr="Image_254"/>
+      <xdr:row>254</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="243" name="Image_255" descr="Image_255"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId243"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>254</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="244" name="Image_255" descr="Image_255"/>
+      <xdr:row>255</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="244" name="Image_256" descr="Image_256"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId244"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>255</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="245" name="Image_256" descr="Image_256"/>
+      <xdr:row>256</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="245" name="Image_257" descr="Image_257"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId245"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>256</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="246" name="Image_257" descr="Image_257"/>
+      <xdr:row>257</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="246" name="Image_258" descr="Image_258"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId246"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>257</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="247" name="Image_258" descr="Image_258"/>
+      <xdr:row>258</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="247" name="Image_259" descr="Image_259"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId247"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>258</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="248" name="Image_259" descr="Image_259"/>
+      <xdr:row>259</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="248" name="Image_260" descr="Image_260"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId248"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>259</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="249" name="Image_260" descr="Image_260"/>
+      <xdr:row>260</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="249" name="Image_261" descr="Image_261"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId249"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>260</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="250" name="Image_261" descr="Image_261"/>
+      <xdr:row>261</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="250" name="Image_262" descr="Image_262"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId250"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>261</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="251" name="Image_262" descr="Image_262"/>
+      <xdr:row>262</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="251" name="Image_263" descr="Image_263"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId251"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>262</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="252" name="Image_263" descr="Image_263"/>
+      <xdr:row>263</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="252" name="Image_264" descr="Image_264"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId252"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>263</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="253" name="Image_264" descr="Image_264"/>
+      <xdr:row>264</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="253" name="Image_265" descr="Image_265"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId253"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>264</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="254" name="Image_265" descr="Image_265"/>
+      <xdr:row>265</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="254" name="Image_266" descr="Image_266"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId254"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>265</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="255" name="Image_266" descr="Image_266"/>
+      <xdr:row>266</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="255" name="Image_267" descr="Image_267"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId255"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>266</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="256" name="Image_267" descr="Image_267"/>
+      <xdr:row>267</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="256" name="Image_268" descr="Image_268"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId256"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>267</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="257" name="Image_268" descr="Image_268"/>
+      <xdr:row>268</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="257" name="Image_269" descr="Image_269"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId257"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>268</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="258" name="Image_269" descr="Image_269"/>
+      <xdr:row>269</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="258" name="Image_270" descr="Image_270"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId258"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>269</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="259" name="Image_270" descr="Image_270"/>
+      <xdr:row>270</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="259" name="Image_271" descr="Image_271"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId259"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>270</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="260" name="Image_271" descr="Image_271"/>
+      <xdr:row>271</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="260" name="Image_272" descr="Image_272"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId260"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>271</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="261" name="Image_272" descr="Image_272"/>
+      <xdr:row>272</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="261" name="Image_273" descr="Image_273"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId261"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>272</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="262" name="Image_273" descr="Image_273"/>
+      <xdr:row>273</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="262" name="Image_274" descr="Image_274"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId262"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>273</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="263" name="Image_274" descr="Image_274"/>
+      <xdr:row>274</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="263" name="Image_275" descr="Image_275"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId263"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>274</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="264" name="Image_275" descr="Image_275"/>
+      <xdr:row>275</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="264" name="Image_276" descr="Image_276"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId264"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>275</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="265" name="Image_276" descr="Image_276"/>
+      <xdr:row>276</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="265" name="Image_277" descr="Image_277"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId265"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>276</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="266" name="Image_277" descr="Image_277"/>
+      <xdr:row>277</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="266" name="Image_278" descr="Image_278"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId266"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>277</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="267" name="Image_278" descr="Image_278"/>
+      <xdr:row>278</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="267" name="Image_279" descr="Image_279"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId267"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>278</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="268" name="Image_279" descr="Image_279"/>
+      <xdr:row>279</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="268" name="Image_280" descr="Image_280"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId268"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>279</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="269" name="Image_280" descr="Image_280"/>
+      <xdr:row>280</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="269" name="Image_281" descr="Image_281"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId269"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>280</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="270" name="Image_281" descr="Image_281"/>
+      <xdr:row>281</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="270" name="Image_282" descr="Image_282"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId270"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>281</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="271" name="Image_282" descr="Image_282"/>
+      <xdr:row>282</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="271" name="Image_283" descr="Image_283"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId271"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>282</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="272" name="Image_283" descr="Image_283"/>
+      <xdr:row>283</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="272" name="Image_284" descr="Image_284"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId272"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>283</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="273" name="Image_284" descr="Image_284"/>
+      <xdr:row>284</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="273" name="Image_285" descr="Image_285"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId273"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>284</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="274" name="Image_285" descr="Image_285"/>
+      <xdr:row>285</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="274" name="Image_286" descr="Image_286"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId274"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>285</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="275" name="Image_286" descr="Image_286"/>
+      <xdr:row>286</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="275" name="Image_287" descr="Image_287"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId275"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>286</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="276" name="Image_287" descr="Image_287"/>
+      <xdr:row>287</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="276" name="Image_288" descr="Image_288"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId276"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>287</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="277" name="Image_288" descr="Image_288"/>
+      <xdr:row>288</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="277" name="Image_289" descr="Image_289"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId277"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>288</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="278" name="Image_289" descr="Image_289"/>
+      <xdr:row>289</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="278" name="Image_290" descr="Image_290"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId278"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>289</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="279" name="Image_290" descr="Image_290"/>
+      <xdr:row>290</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="279" name="Image_291" descr="Image_291"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId279"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>290</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="280" name="Image_291" descr="Image_291"/>
+      <xdr:row>291</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="280" name="Image_292" descr="Image_292"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId280"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>291</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="281" name="Image_292" descr="Image_292"/>
+      <xdr:row>292</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="281" name="Image_293" descr="Image_293"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId281"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>292</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="282" name="Image_293" descr="Image_293"/>
+      <xdr:row>293</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="282" name="Image_294" descr="Image_294"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId282"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>293</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="283" name="Image_294" descr="Image_294"/>
+      <xdr:row>294</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="283" name="Image_295" descr="Image_295"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId283"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>294</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="284" name="Image_295" descr="Image_295"/>
+      <xdr:row>295</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="284" name="Image_296" descr="Image_296"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId284"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>295</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="285" name="Image_296" descr="Image_296"/>
+      <xdr:row>296</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="285" name="Image_297" descr="Image_297"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId285"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>296</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="286" name="Image_297" descr="Image_297"/>
+      <xdr:row>297</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="286" name="Image_298" descr="Image_298"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId286"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>297</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="287" name="Image_298" descr="Image_298"/>
+      <xdr:row>298</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="287" name="Image_299" descr="Image_299"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId287"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>298</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="288" name="Image_299" descr="Image_299"/>
+      <xdr:row>299</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="288" name="Image_300" descr="Image_300"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId288"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>299</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="289" name="Image_300" descr="Image_300"/>
+      <xdr:row>300</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="289" name="Image_301" descr="Image_301"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId289"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>300</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="290" name="Image_301" descr="Image_301"/>
+      <xdr:row>301</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="290" name="Image_302" descr="Image_302"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId290"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>301</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="291" name="Image_302" descr="Image_302"/>
+      <xdr:row>302</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="291" name="Image_303" descr="Image_303"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId291"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>302</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="292" name="Image_303" descr="Image_303"/>
+      <xdr:row>303</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="292" name="Image_304" descr="Image_304"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId292"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>303</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="293" name="Image_304" descr="Image_304"/>
+      <xdr:row>304</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="293" name="Image_305" descr="Image_305"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId293"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>304</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="294" name="Image_305" descr="Image_305"/>
+      <xdr:row>305</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="294" name="Image_306" descr="Image_306"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId294"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>305</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="295" name="Image_306" descr="Image_306"/>
+      <xdr:row>306</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="295" name="Image_307" descr="Image_307"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId295"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>306</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="296" name="Image_307" descr="Image_307"/>
+      <xdr:row>307</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="296" name="Image_308" descr="Image_308"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId296"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>307</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="297" name="Image_308" descr="Image_308"/>
+      <xdr:row>308</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="297" name="Image_309" descr="Image_309"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId297"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>308</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="298" name="Image_309" descr="Image_309"/>
+      <xdr:row>309</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="298" name="Image_310" descr="Image_310"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId298"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>309</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="299" name="Image_310" descr="Image_310"/>
+      <xdr:row>310</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="299" name="Image_311" descr="Image_311"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId299"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>310</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="300" name="Image_311" descr="Image_311"/>
+      <xdr:row>311</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="300" name="Image_312" descr="Image_312"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId300"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>311</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="301" name="Image_312" descr="Image_312"/>
+      <xdr:row>312</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="301" name="Image_313" descr="Image_313"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId301"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>312</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="302" name="Image_313" descr="Image_313"/>
+      <xdr:row>313</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="302" name="Image_314" descr="Image_314"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId302"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>313</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="303" name="Image_314" descr="Image_314"/>
+      <xdr:row>314</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="303" name="Image_315" descr="Image_315"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId303"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>314</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="304" name="Image_315" descr="Image_315"/>
+      <xdr:row>315</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="304" name="Image_316" descr="Image_316"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId304"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>315</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="305" name="Image_316" descr="Image_316"/>
+      <xdr:row>316</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="305" name="Image_317" descr="Image_317"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId305"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>316</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="306" name="Image_317" descr="Image_317"/>
+      <xdr:row>317</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="306" name="Image_318" descr="Image_318"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId306"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>317</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="307" name="Image_318" descr="Image_318"/>
+      <xdr:row>318</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="307" name="Image_319" descr="Image_319"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId307"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>318</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="308" name="Image_319" descr="Image_319"/>
+      <xdr:row>319</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="308" name="Image_320" descr="Image_320"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId308"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>319</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="309" name="Image_320" descr="Image_320"/>
+      <xdr:row>320</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="309" name="Image_321" descr="Image_321"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId309"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>320</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="310" name="Image_321" descr="Image_321"/>
+      <xdr:row>321</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="310" name="Image_322" descr="Image_322"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId310"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>321</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="311" name="Image_322" descr="Image_322"/>
+      <xdr:row>322</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="311" name="Image_323" descr="Image_323"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId311"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>322</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="312" name="Image_323" descr="Image_323"/>
+      <xdr:row>323</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="312" name="Image_324" descr="Image_324"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId312"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>323</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="313" name="Image_324" descr="Image_324"/>
+      <xdr:row>324</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="313" name="Image_325" descr="Image_325"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId313"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>324</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="314" name="Image_325" descr="Image_325"/>
+      <xdr:row>325</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="314" name="Image_326" descr="Image_326"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId314"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>325</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="315" name="Image_326" descr="Image_326"/>
+      <xdr:row>326</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="315" name="Image_327" descr="Image_327"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId315"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>326</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="316" name="Image_327" descr="Image_327"/>
+      <xdr:row>327</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="316" name="Image_328" descr="Image_328"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId316"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>327</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="317" name="Image_328" descr="Image_328"/>
+      <xdr:row>328</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="317" name="Image_329" descr="Image_329"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId317"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>328</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="318" name="Image_329" descr="Image_329"/>
+      <xdr:row>329</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="318" name="Image_330" descr="Image_330"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId318"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>329</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="319" name="Image_330" descr="Image_330"/>
+      <xdr:row>330</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="319" name="Image_331" descr="Image_331"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId319"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>330</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="320" name="Image_331" descr="Image_331"/>
+      <xdr:row>331</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="320" name="Image_332" descr="Image_332"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId320"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>331</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="321" name="Image_332" descr="Image_332"/>
+      <xdr:row>332</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="321" name="Image_333" descr="Image_333"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId321"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>332</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="322" name="Image_333" descr="Image_333"/>
+      <xdr:row>333</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="322" name="Image_334" descr="Image_334"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId322"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>333</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="323" name="Image_334" descr="Image_334"/>
+      <xdr:row>334</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="323" name="Image_335" descr="Image_335"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId323"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>334</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="324" name="Image_335" descr="Image_335"/>
+      <xdr:row>335</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="324" name="Image_336" descr="Image_336"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId324"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>335</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="325" name="Image_336" descr="Image_336"/>
+      <xdr:row>336</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="325" name="Image_337" descr="Image_337"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId325"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>336</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="326" name="Image_337" descr="Image_337"/>
+      <xdr:row>337</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="326" name="Image_338" descr="Image_338"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId326"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>337</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="327" name="Image_338" descr="Image_338"/>
+      <xdr:row>338</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="327" name="Image_339" descr="Image_339"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>338</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="328" name="Image_339" descr="Image_339"/>
+      <xdr:row>339</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="328" name="Image_340" descr="Image_340"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId328"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>339</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="329" name="Image_340" descr="Image_340"/>
+      <xdr:row>340</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="329" name="Image_341" descr="Image_341"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId329"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>340</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="330" name="Image_341" descr="Image_341"/>
+      <xdr:row>341</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="330" name="Image_342" descr="Image_342"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId330"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>341</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="331" name="Image_342" descr="Image_342"/>
+      <xdr:row>342</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="331" name="Image_343" descr="Image_343"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId331"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>342</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="332" name="Image_343" descr="Image_343"/>
+      <xdr:row>343</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="332" name="Image_344" descr="Image_344"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId332"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>343</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="333" name="Image_344" descr="Image_344"/>
+      <xdr:row>344</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="333" name="Image_345" descr="Image_345"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId333"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>344</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="334" name="Image_345" descr="Image_345"/>
+      <xdr:row>345</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="334" name="Image_346" descr="Image_346"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId334"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>345</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="335" name="Image_346" descr="Image_346"/>
+      <xdr:row>346</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="335" name="Image_347" descr="Image_347"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId335"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>346</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="336" name="Image_347" descr="Image_347"/>
+      <xdr:row>347</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="336" name="Image_348" descr="Image_348"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId336"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>347</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="337" name="Image_348" descr="Image_348"/>
+      <xdr:row>348</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="337" name="Image_349" descr="Image_349"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId337"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>348</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="338" name="Image_349" descr="Image_349"/>
+      <xdr:row>349</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="338" name="Image_350" descr="Image_350"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId338"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>349</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="339" name="Image_350" descr="Image_350"/>
+      <xdr:row>350</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="339" name="Image_351" descr="Image_351"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId339"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>350</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="340" name="Image_351" descr="Image_351"/>
+      <xdr:row>351</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="340" name="Image_352" descr="Image_352"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId340"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>351</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="341" name="Image_352" descr="Image_352"/>
+      <xdr:row>352</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="341" name="Image_353" descr="Image_353"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId341"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>352</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="342" name="Image_353" descr="Image_353"/>
+      <xdr:row>353</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="342" name="Image_354" descr="Image_354"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId342"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>353</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="343" name="Image_354" descr="Image_354"/>
+      <xdr:row>354</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="343" name="Image_355" descr="Image_355"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId343"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>354</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="344" name="Image_355" descr="Image_355"/>
+      <xdr:row>355</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="344" name="Image_356" descr="Image_356"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>355</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="345" name="Image_356" descr="Image_356"/>
+      <xdr:row>356</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="345" name="Image_357" descr="Image_357"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId345"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>356</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="346" name="Image_357" descr="Image_357"/>
+      <xdr:row>357</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="346" name="Image_358" descr="Image_358"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>357</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="347" name="Image_358" descr="Image_358"/>
+      <xdr:row>358</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="347" name="Image_359" descr="Image_359"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId347"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>358</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="348" name="Image_359" descr="Image_359"/>
+      <xdr:row>359</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="348" name="Image_360" descr="Image_360"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId348"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>359</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="349" name="Image_360" descr="Image_360"/>
+      <xdr:row>360</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="349" name="Image_361" descr="Image_361"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId349"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>360</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="350" name="Image_361" descr="Image_361"/>
+      <xdr:row>361</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="350" name="Image_362" descr="Image_362"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId350"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>361</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="351" name="Image_362" descr="Image_362"/>
+      <xdr:row>362</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="351" name="Image_363" descr="Image_363"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId351"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>362</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="352" name="Image_363" descr="Image_363"/>
+      <xdr:row>363</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="352" name="Image_364" descr="Image_364"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId352"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>363</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="353" name="Image_364" descr="Image_364"/>
+      <xdr:row>364</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="353" name="Image_365" descr="Image_365"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId353"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>364</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="354" name="Image_365" descr="Image_365"/>
+      <xdr:row>365</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="354" name="Image_366" descr="Image_366"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId354"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>365</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="355" name="Image_366" descr="Image_366"/>
+      <xdr:row>366</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="355" name="Image_367" descr="Image_367"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId355"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>366</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="356" name="Image_367" descr="Image_367"/>
+      <xdr:row>367</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="356" name="Image_368" descr="Image_368"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId356"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>367</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="357" name="Image_368" descr="Image_368"/>
+      <xdr:row>368</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="357" name="Image_369" descr="Image_369"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId357"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>368</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="358" name="Image_369" descr="Image_369"/>
+      <xdr:row>369</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="358" name="Image_370" descr="Image_370"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId358"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>369</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="359" name="Image_370" descr="Image_370"/>
+      <xdr:row>370</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="359" name="Image_371" descr="Image_371"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId359"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>370</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="360" name="Image_371" descr="Image_371"/>
+      <xdr:row>371</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="360" name="Image_372" descr="Image_372"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId360"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>371</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="361" name="Image_372" descr="Image_372"/>
+      <xdr:row>372</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="361" name="Image_373" descr="Image_373"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId361"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>372</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="362" name="Image_373" descr="Image_373"/>
+      <xdr:row>373</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="362" name="Image_374" descr="Image_374"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId362"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>373</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="363" name="Image_374" descr="Image_374"/>
+      <xdr:row>374</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="363" name="Image_375" descr="Image_375"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId363"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>374</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="364" name="Image_375" descr="Image_375"/>
+      <xdr:row>375</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="364" name="Image_376" descr="Image_376"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId364"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>375</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="365" name="Image_376" descr="Image_376"/>
+      <xdr:row>376</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="365" name="Image_377" descr="Image_377"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId365"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>376</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="366" name="Image_377" descr="Image_377"/>
+      <xdr:row>377</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="366" name="Image_378" descr="Image_378"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId366"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>377</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="367" name="Image_378" descr="Image_378"/>
+      <xdr:row>378</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="367" name="Image_379" descr="Image_379"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId367"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>378</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="368" name="Image_379" descr="Image_379"/>
+      <xdr:row>379</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="368" name="Image_380" descr="Image_380"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId368"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>379</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="369" name="Image_380" descr="Image_380"/>
+      <xdr:row>380</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="369" name="Image_381" descr="Image_381"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId369"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>380</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="370" name="Image_381" descr="Image_381"/>
+      <xdr:row>381</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="370" name="Image_382" descr="Image_382"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId370"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>381</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="371" name="Image_382" descr="Image_382"/>
+      <xdr:row>382</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="371" name="Image_383" descr="Image_383"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId371"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>382</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="372" name="Image_383" descr="Image_383"/>
+      <xdr:row>383</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="372" name="Image_384" descr="Image_384"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId372"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>383</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="373" name="Image_384" descr="Image_384"/>
+      <xdr:row>384</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="373" name="Image_385" descr="Image_385"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId373"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>384</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="374" name="Image_385" descr="Image_385"/>
+      <xdr:row>385</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="374" name="Image_386" descr="Image_386"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId374"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>385</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="375" name="Image_386" descr="Image_386"/>
+      <xdr:row>386</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="375" name="Image_387" descr="Image_387"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId375"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>386</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="376" name="Image_387" descr="Image_387"/>
+      <xdr:row>387</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="376" name="Image_388" descr="Image_388"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId376"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>387</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="377" name="Image_388" descr="Image_388"/>
+      <xdr:row>388</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="377" name="Image_389" descr="Image_389"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId377"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>388</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="378" name="Image_389" descr="Image_389"/>
+      <xdr:row>389</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="378" name="Image_390" descr="Image_390"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId378"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>389</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="379" name="Image_390" descr="Image_390"/>
+      <xdr:row>390</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="379" name="Image_391" descr="Image_391"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId379"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>390</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="380" name="Image_391" descr="Image_391"/>
+      <xdr:row>391</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="380" name="Image_392" descr="Image_392"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId380"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>391</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="381" name="Image_392" descr="Image_392"/>
+      <xdr:row>392</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="381" name="Image_393" descr="Image_393"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId381"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>392</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="382" name="Image_393" descr="Image_393"/>
+      <xdr:row>393</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="382" name="Image_394" descr="Image_394"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId382"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>393</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="383" name="Image_394" descr="Image_394"/>
+      <xdr:row>394</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="383" name="Image_395" descr="Image_395"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId383"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>394</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="384" name="Image_395" descr="Image_395"/>
+      <xdr:row>395</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="384" name="Image_396" descr="Image_396"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId384"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>395</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="385" name="Image_396" descr="Image_396"/>
+      <xdr:row>396</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="385" name="Image_397" descr="Image_397"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId385"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>396</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="386" name="Image_397" descr="Image_397"/>
+      <xdr:row>397</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="386" name="Image_398" descr="Image_398"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId386"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>397</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="387" name="Image_398" descr="Image_398"/>
+      <xdr:row>398</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="387" name="Image_399" descr="Image_399"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId387"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>398</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="388" name="Image_399" descr="Image_399"/>
+      <xdr:row>399</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="388" name="Image_400" descr="Image_400"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId388"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>399</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="389" name="Image_400" descr="Image_400"/>
+      <xdr:row>400</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="389" name="Image_401" descr="Image_401"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId389"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>400</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="390" name="Image_401" descr="Image_401"/>
+      <xdr:row>401</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="390" name="Image_402" descr="Image_402"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId390"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>401</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="391" name="Image_402" descr="Image_402"/>
+      <xdr:row>402</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="391" name="Image_403" descr="Image_403"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId391"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>402</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="392" name="Image_403" descr="Image_403"/>
+      <xdr:row>403</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="392" name="Image_404" descr="Image_404"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId392"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>403</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="393" name="Image_404" descr="Image_404"/>
+      <xdr:row>404</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="393" name="Image_405" descr="Image_405"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId393"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>404</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="394" name="Image_405" descr="Image_405"/>
+      <xdr:row>405</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="394" name="Image_406" descr="Image_406"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId394"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>405</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="395" name="Image_406" descr="Image_406"/>
+      <xdr:row>406</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="395" name="Image_407" descr="Image_407"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId395"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>406</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="396" name="Image_407" descr="Image_407"/>
+      <xdr:row>407</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="396" name="Image_408" descr="Image_408"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId396"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>407</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="397" name="Image_408" descr="Image_408"/>
+      <xdr:row>408</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="397" name="Image_409" descr="Image_409"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId397"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>408</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="398" name="Image_409" descr="Image_409"/>
+      <xdr:row>409</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="398" name="Image_410" descr="Image_410"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId398"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>409</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="399" name="Image_410" descr="Image_410"/>
+      <xdr:row>410</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="399" name="Image_411" descr="Image_411"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId399"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>410</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="400" name="Image_411" descr="Image_411"/>
+      <xdr:row>411</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="400" name="Image_412" descr="Image_412"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId400"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>411</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="401" name="Image_412" descr="Image_412"/>
+      <xdr:row>412</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="401" name="Image_413" descr="Image_413"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId401"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>412</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="402" name="Image_413" descr="Image_413"/>
+      <xdr:row>413</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="402" name="Image_414" descr="Image_414"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId402"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>413</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="403" name="Image_414" descr="Image_414"/>
+      <xdr:row>414</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="403" name="Image_415" descr="Image_415"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId403"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>414</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="404" name="Image_415" descr="Image_415"/>
+      <xdr:row>415</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="404" name="Image_416" descr="Image_416"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId404"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>415</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="405" name="Image_416" descr="Image_416"/>
+      <xdr:row>416</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="405" name="Image_417" descr="Image_417"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId405"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>416</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="406" name="Image_417" descr="Image_417"/>
+      <xdr:row>417</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="406" name="Image_418" descr="Image_418"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId406"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>417</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="407" name="Image_418" descr="Image_418"/>
+      <xdr:row>418</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="407" name="Image_419" descr="Image_419"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId407"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>418</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="408" name="Image_419" descr="Image_419"/>
+      <xdr:row>419</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="408" name="Image_420" descr="Image_420"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId408"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>419</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="409" name="Image_420" descr="Image_420"/>
+      <xdr:row>420</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="409" name="Image_421" descr="Image_421"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId409"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>421</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="410" name="Image_422" descr="Image_422"/>
+      <xdr:row>422</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="410" name="Image_423" descr="Image_423"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId410"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>422</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="411" name="Image_423" descr="Image_423"/>
+      <xdr:row>423</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="411" name="Image_424" descr="Image_424"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId411"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>423</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="412" name="Image_424" descr="Image_424"/>
+      <xdr:row>424</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="412" name="Image_425" descr="Image_425"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId412"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>424</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="413" name="Image_425" descr="Image_425"/>
+      <xdr:row>425</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="413" name="Image_426" descr="Image_426"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId413"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>425</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="414" name="Image_426" descr="Image_426"/>
+      <xdr:row>426</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="414" name="Image_427" descr="Image_427"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId414"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>427</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="415" name="Image_428" descr="Image_428"/>
+      <xdr:row>428</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="415" name="Image_429" descr="Image_429"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId415"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>428</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="416" name="Image_429" descr="Image_429"/>
+      <xdr:row>429</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="416" name="Image_430" descr="Image_430"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId416"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>429</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="417" name="Image_430" descr="Image_430"/>
+      <xdr:row>430</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="417" name="Image_431" descr="Image_431"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId417"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>430</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="418" name="Image_431" descr="Image_431"/>
+      <xdr:row>431</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="418" name="Image_432" descr="Image_432"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId418"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>431</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="419" name="Image_432" descr="Image_432"/>
+      <xdr:row>432</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="419" name="Image_433" descr="Image_433"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId419"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>432</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="420" name="Image_433" descr="Image_433"/>
+      <xdr:row>433</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="420" name="Image_434" descr="Image_434"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId420"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>433</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="421" name="Image_434" descr="Image_434"/>
+      <xdr:row>434</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="421" name="Image_435" descr="Image_435"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId421"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>434</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="422" name="Image_435" descr="Image_435"/>
+      <xdr:row>435</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="422" name="Image_436" descr="Image_436"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId422"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>435</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="423" name="Image_436" descr="Image_436"/>
+      <xdr:row>436</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="423" name="Image_437" descr="Image_437"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId423"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>436</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="424" name="Image_437" descr="Image_437"/>
+      <xdr:row>437</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="424" name="Image_438" descr="Image_438"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId424"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>437</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="425" name="Image_438" descr="Image_438"/>
+      <xdr:row>438</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="425" name="Image_439" descr="Image_439"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId425"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>438</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="426" name="Image_439" descr="Image_439"/>
+      <xdr:row>439</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="426" name="Image_440" descr="Image_440"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId426"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>439</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="427" name="Image_440" descr="Image_440"/>
+      <xdr:row>440</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="427" name="Image_441" descr="Image_441"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId427"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>440</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="428" name="Image_441" descr="Image_441"/>
+      <xdr:row>441</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="428" name="Image_442" descr="Image_442"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId428"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>441</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="429" name="Image_442" descr="Image_442"/>
+      <xdr:row>442</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="429" name="Image_443" descr="Image_443"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId429"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>442</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="430" name="Image_443" descr="Image_443"/>
+      <xdr:row>443</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="430" name="Image_444" descr="Image_444"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId430"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>443</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="431" name="Image_444" descr="Image_444"/>
+      <xdr:row>444</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="431" name="Image_445" descr="Image_445"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId431"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>444</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="432" name="Image_445" descr="Image_445"/>
+      <xdr:row>445</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="432" name="Image_446" descr="Image_446"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId432"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>445</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="433" name="Image_446" descr="Image_446"/>
+      <xdr:row>446</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="433" name="Image_447" descr="Image_447"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId433"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>447</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="434" name="Image_448" descr="Image_448"/>
+      <xdr:row>448</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="434" name="Image_449" descr="Image_449"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId434"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>448</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="435" name="Image_449" descr="Image_449"/>
+      <xdr:row>449</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="435" name="Image_450" descr="Image_450"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId435"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -18409,51 +18418,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="0" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L449"/>
+  <dimension ref="A1:L450"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="4" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="60" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
     <col min="10" max="10" width="11" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -18461,51 +18470,51 @@
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="4">
-        <f>SUM(J2:J449)</f>
+        <f>SUM(J2:J450)</f>
         <v>0</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="5"/>
     </row>
     <row r="2" spans="1:12">
       <c r="A2" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
       <c r="L2" s="5"/>
     </row>
     <row r="3" spans="1:12" outlineLevel="1">
       <c r="A3" s="7" t="s">
@@ -18535,15454 +18544,15487 @@
       <c r="G4" s="8"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>822264</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2">
-        <v>-600</v>
+        <v>0</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
-      <c r="I5" s="1" t="s">
+      <c r="I5" s="1">
+        <v>0</v>
+      </c>
+      <c r="J5" s="3" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="K5" s="2" t="str">
         <f>J5*42.12</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>822266</v>
       </c>
       <c r="C6" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="D6" s="1" t="s">
+      <c r="E6" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="F6" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="F6" s="2" t="s">
-[...3 lines deleted...]
-        <v>23</v>
+      <c r="G6" s="2">
+        <v>0</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K6" s="2" t="str">
         <f>J6*58.45</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>822268</v>
       </c>
       <c r="C7" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E7" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="D7" s="1" t="s">
+      <c r="F7" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="E7" s="2" t="s">
-[...6 lines deleted...]
-        <v>28</v>
+      <c r="G7" s="2">
+        <v>0</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K7" s="2" t="str">
         <f>J7*97.97</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
-    <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="8" spans="1:12" outlineLevel="4">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
-        <v>877726</v>
+        <v>883963</v>
       </c>
       <c r="C8" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E8" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F8" s="2"/>
+      <c r="G8" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D8" s="1"/>
-[...8 lines deleted...]
-      </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K8" s="2" t="str">
-        <f>J8*39.10</f>
+        <f>J8*0</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
-        <v>873571</v>
+        <v>877726</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D9" s="1"/>
       <c r="E9" s="2" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G9" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="G9" s="2">
+        <v>0</v>
+      </c>
+      <c r="H9" s="2">
+        <v>0</v>
+      </c>
+      <c r="I9" s="1">
+        <v>0</v>
+      </c>
+      <c r="J9" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="H9" s="2">
-[...7 lines deleted...]
-      </c>
       <c r="K9" s="2" t="str">
-        <f>J9*72.20</f>
+        <f>J9*39.10</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
-    <row r="10" spans="1:12" outlineLevel="4">
+    <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
-        <v>890460</v>
+        <v>873571</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D10" s="1"/>
       <c r="E10" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G10" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="F10" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G10" s="2" t="s">
+      <c r="H10" s="2">
+        <v>0</v>
+      </c>
+      <c r="I10" s="1">
+        <v>0</v>
+      </c>
+      <c r="J10" s="3" t="s">
         <v>17</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
       <c r="K10" s="2" t="str">
         <f>J10*72.20</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" outlineLevel="4">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
-        <v>890461</v>
+        <v>890460</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="1"/>
       <c r="E11" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K11" s="2" t="str">
         <f>J11*72.20</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
-    <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="12" spans="1:12" outlineLevel="4">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
-        <v>885565</v>
+        <v>890461</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="D12" s="1" t="s">
+      <c r="D12" s="1"/>
+      <c r="E12" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="E12" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K12" s="2" t="str">
-        <f>J12*34.04</f>
+        <f>J12*72.20</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
-        <v>885566</v>
+        <v>885565</v>
       </c>
       <c r="C13" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E13" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="D13" s="1" t="s">
+      <c r="F13" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="G13" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="F13" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K13" s="2" t="str">
-        <f>J13*49.59</f>
+        <f>J13*34.04</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
-        <v>885567</v>
+        <v>885566</v>
       </c>
       <c r="C14" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="E14" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="F14" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G14" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K14" s="2" t="str">
-        <f>J14*81.27</f>
+        <f>J14*49.59</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
-        <v>885568</v>
+        <v>885567</v>
       </c>
       <c r="C15" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D15" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="D15" s="1" t="s">
+      <c r="E15" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="E15" s="2" t="s">
+      <c r="F15" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="F15" s="2" t="s">
+      <c r="G15" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="G15" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K15" s="2" t="str">
-        <f>J15*125.28</f>
+        <f>J15*81.27</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
-        <v>885569</v>
+        <v>885568</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G16" s="2">
         <v>0</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K16" s="2" t="str">
-        <f>J16*194.53</f>
+        <f>J16*125.28</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
-        <v>885570</v>
+        <v>885569</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>60</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G17" s="2">
         <v>0</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K17" s="2" t="str">
-        <f>J17*308.07</f>
+        <f>J17*194.53</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
-        <v>882926</v>
+        <v>885570</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="D18" s="1"/>
+      <c r="D18" s="1" t="s">
+        <v>64</v>
+      </c>
       <c r="E18" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>66</v>
+      </c>
+      <c r="G18" s="2">
+        <v>0</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K18" s="2" t="str">
-        <f>J18*46.03</f>
+        <f>J18*308.07</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
-        <v>882928</v>
+        <v>882926</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D19" s="1"/>
       <c r="E19" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K19" s="2" t="str">
-        <f>J19*104.53</f>
+        <f>J19*46.03</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
-        <v>882929</v>
+        <v>882928</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D20" s="1"/>
       <c r="E20" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K20" s="2" t="str">
         <f>J20*104.53</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
-    <row r="21" spans="1:12" outlineLevel="2">
-[...12 lines deleted...]
-      <c r="K21" s="8"/>
+    <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A21" s="1"/>
+      <c r="B21" s="1">
+        <v>882929</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D21" s="1"/>
+      <c r="E21" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="F21" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="G21" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="H21" s="2">
+        <v>0</v>
+      </c>
+      <c r="I21" s="1">
+        <v>0</v>
+      </c>
+      <c r="J21" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K21" s="2" t="str">
+        <f>J21*104.53</f>
+        <v>0</v>
+      </c>
       <c r="L21" s="5"/>
     </row>
-    <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...29 lines deleted...]
-      </c>
+    <row r="22" spans="1:12" outlineLevel="2">
+      <c r="A22" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B22" s="8"/>
+      <c r="C22" s="8"/>
+      <c r="D22" s="8"/>
+      <c r="E22" s="8"/>
+      <c r="F22" s="8"/>
+      <c r="G22" s="8"/>
+      <c r="H22" s="8"/>
+      <c r="I22" s="8"/>
+      <c r="J22" s="8"/>
+      <c r="K22" s="8"/>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
-        <v>877732</v>
+        <v>877727</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D23" s="1"/>
       <c r="E23" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G23" s="2">
         <v>0</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K23" s="2" t="str">
-        <f>J23*62.90</f>
+        <f>J23*44.20</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
-        <v>822269</v>
+        <v>877732</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="D24" s="1" t="s">
         <v>79</v>
       </c>
+      <c r="D24" s="1"/>
       <c r="E24" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G24" s="2">
-        <v>-600</v>
+        <v>0</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
-      <c r="I24" s="1" t="s">
+      <c r="I24" s="1">
+        <v>0</v>
+      </c>
+      <c r="J24" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="J24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K24" s="2" t="str">
-        <f>J24*54.94</f>
+        <f>J24*62.90</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
-        <v>822271</v>
+        <v>822269</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>83</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>84</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>85</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K25" s="2" t="str">
-        <f>J25*81.97</f>
+        <f>J25*54.94</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
-        <v>885571</v>
+        <v>822271</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>86</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>87</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>89</v>
       </c>
       <c r="G26" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="H26" s="2">
+        <v>0</v>
+      </c>
+      <c r="I26" s="1">
+        <v>0</v>
+      </c>
+      <c r="J26" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="H26" s="2">
-[...7 lines deleted...]
-      </c>
       <c r="K26" s="2" t="str">
-        <f>J26*43.42</f>
+        <f>J26*81.97</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
-        <v>885572</v>
+        <v>885571</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>90</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>91</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K27" s="2" t="str">
-        <f>J27*67.19</f>
+        <f>J27*43.42</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
-        <v>885573</v>
+        <v>885572</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>95</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>96</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>97</v>
       </c>
       <c r="G28" s="2">
         <v>0</v>
       </c>
       <c r="H28" s="2">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K28" s="2" t="str">
-        <f>J28*103.57</f>
+        <f>J28*67.19</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
-        <v>885574</v>
+        <v>885573</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>98</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>99</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>100</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>101</v>
       </c>
       <c r="G29" s="2">
-        <v>0</v>
+        <v>-300</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K29" s="2" t="str">
-        <f>J29*159.91</f>
+        <f>J29*103.57</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
-        <v>885575</v>
+        <v>885574</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>102</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>103</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>104</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G30" s="2">
         <v>0</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K30" s="2" t="str">
-        <f>J30*254.97</f>
+        <f>J30*159.91</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
-        <v>882927</v>
+        <v>885575</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="D31" s="1"/>
+      <c r="D31" s="1" t="s">
+        <v>107</v>
+      </c>
       <c r="E31" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>109</v>
+      </c>
+      <c r="G31" s="2">
+        <v>0</v>
       </c>
       <c r="H31" s="2">
         <v>0</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K31" s="2" t="str">
-        <f>J31*62.08</f>
+        <f>J31*254.97</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
-    <row r="32" spans="1:12" outlineLevel="2">
-[...12 lines deleted...]
-      <c r="K32" s="8"/>
+    <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A32" s="1"/>
+      <c r="B32" s="1">
+        <v>882927</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="D32" s="1"/>
+      <c r="E32" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="F32" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="G32" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="H32" s="2">
+        <v>0</v>
+      </c>
+      <c r="I32" s="1">
+        <v>0</v>
+      </c>
+      <c r="J32" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K32" s="2" t="str">
+        <f>J32*62.08</f>
+        <v>0</v>
+      </c>
       <c r="L32" s="5"/>
     </row>
-    <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...29 lines deleted...]
-      </c>
+    <row r="33" spans="1:12" outlineLevel="2">
+      <c r="A33" s="8" t="s">
+        <v>113</v>
+      </c>
+      <c r="B33" s="8"/>
+      <c r="C33" s="8"/>
+      <c r="D33" s="8"/>
+      <c r="E33" s="8"/>
+      <c r="F33" s="8"/>
+      <c r="G33" s="8"/>
+      <c r="H33" s="8"/>
+      <c r="I33" s="8"/>
+      <c r="J33" s="8"/>
+      <c r="K33" s="8"/>
       <c r="L33" s="5"/>
     </row>
-    <row r="34" spans="1:12" outlineLevel="4">
+    <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
-        <v>890462</v>
+        <v>877731</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D34" s="1"/>
       <c r="E34" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="G34" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="H34" s="2">
+        <v>0</v>
+      </c>
+      <c r="I34" s="1">
+        <v>0</v>
+      </c>
+      <c r="J34" s="3" t="s">
         <v>17</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
       <c r="K34" s="2" t="str">
         <f>J34*53.98</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
-    <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="35" spans="1:12" outlineLevel="4">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
-        <v>822273</v>
+        <v>890462</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="D35" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D35" s="1"/>
+      <c r="E35" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="F35" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="E35" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G35" s="2" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K35" s="2" t="str">
-        <f>J35*67.93</f>
+        <f>J35*53.98</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
-        <v>885576</v>
+        <v>822273</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>119</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>120</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>121</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>122</v>
       </c>
       <c r="G36" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="H36" s="2">
+        <v>0</v>
+      </c>
+      <c r="I36" s="1">
+        <v>0</v>
+      </c>
+      <c r="J36" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="H36" s="2">
-[...7 lines deleted...]
-      </c>
       <c r="K36" s="2" t="str">
-        <f>J36*56.63</f>
+        <f>J36*67.93</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
-        <v>885577</v>
+        <v>885576</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>123</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>124</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>125</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>126</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K37" s="2" t="str">
-        <f>J37*85.68</f>
+        <f>J37*56.63</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
-        <v>885578</v>
+        <v>885577</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>127</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>128</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>129</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>130</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K38" s="2" t="str">
-        <f>J38*131.74</f>
+        <f>J38*85.68</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
-        <v>885579</v>
+        <v>885578</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>131</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>132</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>133</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="G39" s="2">
-        <v>0</v>
+      <c r="G39" s="2" t="s">
+        <v>29</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K39" s="2" t="str">
-        <f>J39*209.79</f>
+        <f>J39*131.74</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
-    <row r="40" spans="1:12" outlineLevel="1">
-      <c r="A40" s="7" t="s">
+    <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A40" s="1"/>
+      <c r="B40" s="1">
+        <v>885579</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="B40" s="7"/>
-[...8 lines deleted...]
-      <c r="K40" s="7"/>
+      <c r="D40" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="E40" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="F40" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="G40" s="2">
+        <v>0</v>
+      </c>
+      <c r="H40" s="2">
+        <v>0</v>
+      </c>
+      <c r="I40" s="1">
+        <v>0</v>
+      </c>
+      <c r="J40" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K40" s="2" t="str">
+        <f>J40*209.79</f>
+        <v>0</v>
+      </c>
       <c r="L40" s="5"/>
     </row>
-    <row r="41" spans="1:12" outlineLevel="2">
-[...12 lines deleted...]
-      <c r="K41" s="8"/>
+    <row r="41" spans="1:12" outlineLevel="1">
+      <c r="A41" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="B41" s="7"/>
+      <c r="C41" s="7"/>
+      <c r="D41" s="7"/>
+      <c r="E41" s="7"/>
+      <c r="F41" s="7"/>
+      <c r="G41" s="7"/>
+      <c r="H41" s="7"/>
+      <c r="I41" s="7"/>
+      <c r="J41" s="7"/>
+      <c r="K41" s="7"/>
       <c r="L41" s="5"/>
     </row>
-    <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...13 lines deleted...]
-      <c r="F42" s="2" t="s">
+    <row r="42" spans="1:12" outlineLevel="2">
+      <c r="A42" s="8" t="s">
         <v>140</v>
       </c>
-      <c r="G42" s="2" t="s">
-[...14 lines deleted...]
-      </c>
+      <c r="B42" s="8"/>
+      <c r="C42" s="8"/>
+      <c r="D42" s="8"/>
+      <c r="E42" s="8"/>
+      <c r="F42" s="8"/>
+      <c r="G42" s="8"/>
+      <c r="H42" s="8"/>
+      <c r="I42" s="8"/>
+      <c r="J42" s="8"/>
+      <c r="K42" s="8"/>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
-        <v>827416</v>
+        <v>827415</v>
       </c>
       <c r="C43" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="E43" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="D43" s="1" t="s">
+      <c r="F43" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="E43" s="2" t="s">
+      <c r="G43" s="2" t="s">
         <v>145</v>
       </c>
-      <c r="F43" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K43" s="2" t="str">
-        <f>J43*44.21</f>
+        <f>J43*29.92</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
-        <v>827417</v>
+        <v>827416</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>147</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>148</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>149</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>150</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K44" s="2" t="str">
-        <f>J44*64.31</f>
+        <f>J44*44.21</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
-        <v>827418</v>
+        <v>827417</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>152</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>153</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>154</v>
       </c>
       <c r="G45" s="2">
         <v>0</v>
       </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
       <c r="I45" s="1">
         <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K45" s="2" t="str">
-        <f>J45*101.83</f>
+        <f>J45*64.31</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
-        <v>827419</v>
+        <v>827418</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>155</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>156</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>157</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>158</v>
       </c>
       <c r="G46" s="2">
         <v>0</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K46" s="2" t="str">
-        <f>J46*175.63</f>
+        <f>J46*101.83</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
-        <v>827420</v>
+        <v>827419</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>159</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>160</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>161</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>162</v>
       </c>
       <c r="G47" s="2">
         <v>0</v>
       </c>
       <c r="H47" s="2">
         <v>0</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K47" s="2" t="str">
-        <f>J47*274.73</f>
+        <f>J47*175.63</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
-        <v>827421</v>
+        <v>827420</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="D48" s="1">
-        <v>9375</v>
+      <c r="D48" s="1" t="s">
+        <v>164</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="G48" s="2">
         <v>0</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K48" s="2" t="str">
-        <f>J48*402.71</f>
+        <f>J48*274.73</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
-        <v>827422</v>
+        <v>827421</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="D49" s="1" t="s">
         <v>167</v>
+      </c>
+      <c r="D49" s="1">
+        <v>9375</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>168</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>169</v>
       </c>
       <c r="G49" s="2">
         <v>0</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K49" s="2" t="str">
-        <f>J49*622.64</f>
+        <f>J49*402.71</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
-        <v>827423</v>
+        <v>827422</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>170</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>171</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>172</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>173</v>
       </c>
       <c r="G50" s="2">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="H50" s="2">
         <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K50" s="2" t="str">
-        <f>J50*1139.78</f>
+        <f>J50*622.64</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
-        <v>827424</v>
+        <v>827423</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="D51" s="1">
-        <v>8320</v>
+      <c r="D51" s="1" t="s">
+        <v>175</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>141</v>
+        <v>177</v>
+      </c>
+      <c r="G51" s="2">
+        <v>6</v>
       </c>
       <c r="H51" s="2">
         <v>0</v>
       </c>
       <c r="I51" s="1">
         <v>0</v>
       </c>
       <c r="J51" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K51" s="2" t="str">
-        <f>J51*66.99</f>
+        <f>J51*1139.78</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
-        <v>827425</v>
+        <v>827424</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="D52" s="1" t="s">
         <v>178</v>
+      </c>
+      <c r="D52" s="1">
+        <v>8320</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>179</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>180</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="H52" s="2">
         <v>0</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K52" s="2" t="str">
-        <f>J52*108.53</f>
+        <f>J52*66.99</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
-        <v>827426</v>
+        <v>827425</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="D53" s="1">
-        <v>8325</v>
+      <c r="D53" s="1" t="s">
+        <v>182</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="H53" s="2">
         <v>0</v>
       </c>
       <c r="I53" s="1">
         <v>0</v>
       </c>
       <c r="J53" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K53" s="2" t="str">
-        <f>J53*119.24</f>
+        <f>J53*108.53</f>
         <v>0</v>
       </c>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
-        <v>827427</v>
+        <v>827426</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>184</v>
-[...1 lines deleted...]
-      <c r="D54" s="1" t="s">
         <v>185</v>
+      </c>
+      <c r="D54" s="1">
+        <v>8325</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>186</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>187</v>
       </c>
-      <c r="G54" s="2">
-        <v>0</v>
+      <c r="G54" s="2" t="s">
+        <v>145</v>
       </c>
       <c r="H54" s="2">
         <v>0</v>
       </c>
       <c r="I54" s="1">
         <v>0</v>
       </c>
       <c r="J54" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K54" s="2" t="str">
-        <f>J54*130.53</f>
+        <f>J54*119.24</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
-        <v>827428</v>
+        <v>827427</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>188</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>189</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>190</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>191</v>
       </c>
       <c r="G55" s="2">
         <v>0</v>
       </c>
       <c r="H55" s="2">
         <v>0</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K55" s="2" t="str">
-        <f>J55*96.86</f>
+        <f>J55*130.53</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A56" s="1"/>
       <c r="B56" s="1">
-        <v>827429</v>
+        <v>827428</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="D56" s="1">
-        <v>8332</v>
+      <c r="D56" s="1" t="s">
+        <v>193</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="G56" s="2">
         <v>0</v>
       </c>
       <c r="H56" s="2">
         <v>0</v>
       </c>
       <c r="I56" s="1">
         <v>0</v>
       </c>
       <c r="J56" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K56" s="2" t="str">
-        <f>J56*102.47</f>
+        <f>J56*96.86</f>
         <v>0</v>
       </c>
       <c r="L56" s="5"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
-        <v>827430</v>
+        <v>827429</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="D57" s="1" t="s">
         <v>196</v>
+      </c>
+      <c r="D57" s="1">
+        <v>8332</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>197</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>198</v>
       </c>
       <c r="G57" s="2">
         <v>0</v>
       </c>
       <c r="H57" s="2">
         <v>0</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K57" s="2" t="str">
-        <f>J57*219.23</f>
+        <f>J57*102.47</f>
         <v>0</v>
       </c>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A58" s="1"/>
       <c r="B58" s="1">
-        <v>827431</v>
+        <v>827430</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="D58" s="1">
-        <v>9150</v>
+      <c r="D58" s="1" t="s">
+        <v>200</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="G58" s="2">
         <v>0</v>
       </c>
       <c r="H58" s="2">
         <v>0</v>
       </c>
       <c r="I58" s="1">
         <v>0</v>
       </c>
       <c r="J58" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K58" s="2" t="str">
-        <f>J58*218.29</f>
+        <f>J58*219.23</f>
         <v>0</v>
       </c>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
-        <v>827432</v>
+        <v>827431</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="D59" s="1" t="s">
         <v>203</v>
+      </c>
+      <c r="D59" s="1">
+        <v>9150</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>204</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>205</v>
       </c>
       <c r="G59" s="2">
         <v>0</v>
       </c>
       <c r="H59" s="2">
         <v>0</v>
       </c>
       <c r="I59" s="1">
         <v>0</v>
       </c>
       <c r="J59" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K59" s="2" t="str">
-        <f>J59*158.36</f>
+        <f>J59*218.29</f>
         <v>0</v>
       </c>
       <c r="L59" s="5"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A60" s="1"/>
       <c r="B60" s="1">
-        <v>827433</v>
+        <v>827432</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="D60" s="1">
-        <v>8340</v>
+      <c r="D60" s="1" t="s">
+        <v>207</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="G60" s="2">
         <v>0</v>
       </c>
       <c r="H60" s="2">
         <v>0</v>
       </c>
       <c r="I60" s="1">
         <v>0</v>
       </c>
       <c r="J60" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K60" s="2" t="str">
-        <f>J60*231.41</f>
+        <f>J60*158.36</f>
         <v>0</v>
       </c>
       <c r="L60" s="5"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A61" s="1"/>
       <c r="B61" s="1">
-        <v>827434</v>
+        <v>827433</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="D61" s="1" t="s">
         <v>210</v>
+      </c>
+      <c r="D61" s="1">
+        <v>8340</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>211</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>212</v>
       </c>
       <c r="G61" s="2">
         <v>0</v>
       </c>
       <c r="H61" s="2">
         <v>0</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K61" s="2" t="str">
-        <f>J61*329.35</f>
+        <f>J61*231.41</f>
         <v>0</v>
       </c>
       <c r="L61" s="5"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A62" s="1"/>
       <c r="B62" s="1">
-        <v>827435</v>
+        <v>827434</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>213</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>214</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>215</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>216</v>
       </c>
       <c r="G62" s="2">
         <v>0</v>
       </c>
       <c r="H62" s="2">
         <v>0</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K62" s="2" t="str">
-        <f>J62*321.34</f>
+        <f>J62*329.35</f>
         <v>0</v>
       </c>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A63" s="1"/>
       <c r="B63" s="1">
-        <v>827436</v>
+        <v>827435</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>217</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>218</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>219</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>220</v>
       </c>
       <c r="G63" s="2">
         <v>0</v>
       </c>
       <c r="H63" s="2">
         <v>0</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K63" s="2" t="str">
-        <f>J63*220.16</f>
+        <f>J63*321.34</f>
         <v>0</v>
       </c>
       <c r="L63" s="5"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A64" s="1"/>
       <c r="B64" s="1">
-        <v>827437</v>
+        <v>827436</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>221</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>222</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>223</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G64" s="2">
         <v>0</v>
       </c>
       <c r="H64" s="2">
         <v>0</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K64" s="2" t="str">
-        <f>J64*250.13</f>
+        <f>J64*220.16</f>
         <v>0</v>
       </c>
       <c r="L64" s="5"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A65" s="1"/>
       <c r="B65" s="1">
-        <v>827438</v>
+        <v>827437</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>225</v>
       </c>
-      <c r="D65" s="1">
-        <v>8350</v>
+      <c r="D65" s="1" t="s">
+        <v>226</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="G65" s="2">
         <v>0</v>
       </c>
       <c r="H65" s="2">
         <v>0</v>
       </c>
       <c r="I65" s="1">
         <v>0</v>
       </c>
       <c r="J65" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K65" s="2" t="str">
-        <f>J65*294.41</f>
+        <f>J65*250.13</f>
         <v>0</v>
       </c>
       <c r="L65" s="5"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
-        <v>827439</v>
+        <v>827438</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>228</v>
-[...1 lines deleted...]
-      <c r="D66" s="1" t="s">
         <v>229</v>
+      </c>
+      <c r="D66" s="1">
+        <v>8350</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>230</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>231</v>
       </c>
       <c r="G66" s="2">
         <v>0</v>
       </c>
       <c r="H66" s="2">
         <v>0</v>
       </c>
       <c r="I66" s="1">
         <v>0</v>
       </c>
       <c r="J66" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K66" s="2" t="str">
-        <f>J66*522.72</f>
+        <f>J66*294.41</f>
         <v>0</v>
       </c>
       <c r="L66" s="5"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A67" s="1"/>
       <c r="B67" s="1">
-        <v>827440</v>
+        <v>827439</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="D67" s="1">
-        <v>8363</v>
+      <c r="D67" s="1" t="s">
+        <v>233</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="G67" s="2">
         <v>0</v>
       </c>
       <c r="H67" s="2">
         <v>0</v>
       </c>
       <c r="I67" s="1">
         <v>0</v>
       </c>
       <c r="J67" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K67" s="2" t="str">
-        <f>J67*769.05</f>
+        <f>J67*522.72</f>
         <v>0</v>
       </c>
       <c r="L67" s="5"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A68" s="1"/>
       <c r="B68" s="1">
-        <v>827441</v>
+        <v>827440</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>235</v>
-[...1 lines deleted...]
-      <c r="D68" s="1" t="s">
         <v>236</v>
+      </c>
+      <c r="D68" s="1">
+        <v>8363</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>237</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>238</v>
       </c>
       <c r="G68" s="2">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="H68" s="2">
         <v>0</v>
       </c>
       <c r="I68" s="1">
         <v>0</v>
       </c>
       <c r="J68" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K68" s="2" t="str">
-        <f>J68*899.69</f>
+        <f>J68*769.05</f>
         <v>0</v>
       </c>
       <c r="L68" s="5"/>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A69" s="1"/>
       <c r="B69" s="1">
-        <v>827442</v>
+        <v>827441</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="D69" s="1">
-        <v>8375</v>
+      <c r="D69" s="1" t="s">
+        <v>240</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G69" s="2">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H69" s="2">
         <v>0</v>
       </c>
       <c r="I69" s="1">
         <v>0</v>
       </c>
       <c r="J69" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K69" s="2" t="str">
-        <f>J69*1227.50</f>
+        <f>J69*899.69</f>
         <v>0</v>
       </c>
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A70" s="1"/>
       <c r="B70" s="1">
-        <v>827443</v>
+        <v>827442</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>242</v>
-[...1 lines deleted...]
-      <c r="D70" s="1" t="s">
         <v>243</v>
+      </c>
+      <c r="D70" s="1">
+        <v>8375</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>244</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>245</v>
       </c>
       <c r="G70" s="2">
         <v>0</v>
       </c>
       <c r="H70" s="2">
         <v>0</v>
       </c>
       <c r="I70" s="1">
         <v>0</v>
       </c>
       <c r="J70" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K70" s="2" t="str">
-        <f>J70*1476.51</f>
+        <f>J70*1227.50</f>
         <v>0</v>
       </c>
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A71" s="1"/>
       <c r="B71" s="1">
-        <v>827444</v>
+        <v>827443</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>246</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>247</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>248</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>249</v>
       </c>
       <c r="G71" s="2">
         <v>0</v>
       </c>
       <c r="H71" s="2">
         <v>0</v>
       </c>
       <c r="I71" s="1">
         <v>0</v>
       </c>
       <c r="J71" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K71" s="2" t="str">
-        <f>J71*1540.23</f>
+        <f>J71*1476.51</f>
         <v>0</v>
       </c>
       <c r="L71" s="5"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A72" s="1"/>
       <c r="B72" s="1">
-        <v>827445</v>
+        <v>827444</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="D72" s="1">
-        <v>8390</v>
+      <c r="D72" s="1" t="s">
+        <v>251</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="G72" s="2">
         <v>0</v>
       </c>
       <c r="H72" s="2">
         <v>0</v>
       </c>
       <c r="I72" s="1">
         <v>0</v>
       </c>
       <c r="J72" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K72" s="2" t="str">
-        <f>J72*1461.11</f>
+        <f>J72*1540.23</f>
         <v>0</v>
       </c>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A73" s="1"/>
       <c r="B73" s="1">
-        <v>827446</v>
+        <v>827445</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>253</v>
-[...1 lines deleted...]
-      <c r="D73" s="1" t="s">
         <v>254</v>
+      </c>
+      <c r="D73" s="1">
+        <v>8390</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>255</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>256</v>
       </c>
-      <c r="G73" s="2" t="s">
-        <v>23</v>
+      <c r="G73" s="2">
+        <v>0</v>
       </c>
       <c r="H73" s="2">
         <v>0</v>
       </c>
       <c r="I73" s="1">
         <v>0</v>
       </c>
       <c r="J73" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K73" s="2" t="str">
-        <f>J73*34.35</f>
+        <f>J73*1461.11</f>
         <v>0</v>
       </c>
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A74" s="1"/>
       <c r="B74" s="1">
-        <v>827447</v>
+        <v>827446</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>257</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>258</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>259</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>141</v>
+        <v>29</v>
       </c>
       <c r="H74" s="2">
         <v>0</v>
       </c>
       <c r="I74" s="1">
         <v>0</v>
       </c>
       <c r="J74" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K74" s="2" t="str">
         <f>J74*34.35</f>
         <v>0</v>
       </c>
       <c r="L74" s="5"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A75" s="1"/>
       <c r="B75" s="1">
-        <v>827448</v>
+        <v>827447</v>
       </c>
       <c r="C75" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="E75" s="2" t="s">
+        <v>263</v>
+      </c>
+      <c r="F75" s="2" t="s">
         <v>260</v>
       </c>
-      <c r="D75" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G75" s="2" t="s">
-        <v>141</v>
+        <v>264</v>
       </c>
       <c r="H75" s="2">
         <v>0</v>
       </c>
       <c r="I75" s="1">
         <v>0</v>
       </c>
       <c r="J75" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K75" s="2" t="str">
-        <f>J75*40.44</f>
+        <f>J75*34.35</f>
         <v>0</v>
       </c>
       <c r="L75" s="5"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A76" s="1"/>
       <c r="B76" s="1">
-        <v>827449</v>
+        <v>827448</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>268</v>
+        <v>145</v>
       </c>
       <c r="H76" s="2">
         <v>0</v>
       </c>
       <c r="I76" s="1">
         <v>0</v>
       </c>
       <c r="J76" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K76" s="2" t="str">
-        <f>J76*50.92</f>
+        <f>J76*40.44</f>
         <v>0</v>
       </c>
       <c r="L76" s="5"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A77" s="1"/>
       <c r="B77" s="1">
-        <v>827450</v>
+        <v>827449</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>269</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>270</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>271</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-        <v>268</v>
+        <v>272</v>
+      </c>
+      <c r="G77" s="2">
+        <v>4</v>
       </c>
       <c r="H77" s="2">
         <v>0</v>
       </c>
       <c r="I77" s="1">
         <v>0</v>
       </c>
       <c r="J77" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K77" s="2" t="str">
-        <f>J77*44.21</f>
+        <f>J77*50.92</f>
         <v>0</v>
       </c>
       <c r="L77" s="5"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A78" s="1"/>
       <c r="B78" s="1">
-        <v>827451</v>
+        <v>827450</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>275</v>
+        <v>150</v>
       </c>
       <c r="G78" s="2" t="s">
-        <v>276</v>
+        <v>145</v>
       </c>
       <c r="H78" s="2">
         <v>0</v>
       </c>
       <c r="I78" s="1">
         <v>0</v>
       </c>
       <c r="J78" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K78" s="2" t="str">
-        <f>J78*45.55</f>
+        <f>J78*44.21</f>
         <v>0</v>
       </c>
       <c r="L78" s="5"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A79" s="1"/>
       <c r="B79" s="1">
-        <v>827452</v>
+        <v>827451</v>
       </c>
       <c r="C79" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D79" s="1" t="s">
         <v>277</v>
       </c>
-      <c r="D79" s="1" t="s">
+      <c r="E79" s="2" t="s">
         <v>278</v>
       </c>
-      <c r="E79" s="2" t="s">
+      <c r="F79" s="2" t="s">
         <v>279</v>
       </c>
-      <c r="F79" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G79" s="2" t="s">
-        <v>276</v>
+        <v>145</v>
       </c>
       <c r="H79" s="2">
         <v>0</v>
       </c>
       <c r="I79" s="1">
         <v>0</v>
       </c>
       <c r="J79" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K79" s="2" t="str">
-        <f>J79*77.71</f>
+        <f>J79*45.55</f>
         <v>0</v>
       </c>
       <c r="L79" s="5"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A80" s="1"/>
       <c r="B80" s="1">
-        <v>827453</v>
+        <v>827452</v>
       </c>
       <c r="C80" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="D80" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="D80" s="1" t="s">
+      <c r="E80" s="2" t="s">
         <v>282</v>
       </c>
-      <c r="E80" s="2" t="s">
+      <c r="F80" s="2" t="s">
         <v>283</v>
       </c>
-      <c r="F80" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G80" s="2" t="s">
+        <v>145</v>
       </c>
       <c r="H80" s="2">
         <v>0</v>
       </c>
       <c r="I80" s="1">
         <v>0</v>
       </c>
       <c r="J80" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K80" s="2" t="str">
-        <f>J80*57.12</f>
+        <f>J80*77.71</f>
         <v>0</v>
       </c>
       <c r="L80" s="5"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A81" s="1"/>
       <c r="B81" s="1">
-        <v>827454</v>
+        <v>827453</v>
       </c>
       <c r="C81" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D81" s="1" t="s">
         <v>285</v>
       </c>
-      <c r="D81" s="1" t="s">
+      <c r="E81" s="2" t="s">
         <v>286</v>
       </c>
-      <c r="E81" s="2" t="s">
+      <c r="F81" s="2" t="s">
         <v>287</v>
       </c>
-      <c r="F81" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G81" s="2">
         <v>0</v>
       </c>
       <c r="H81" s="2">
         <v>0</v>
       </c>
       <c r="I81" s="1">
         <v>0</v>
       </c>
       <c r="J81" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K81" s="2" t="str">
-        <f>J81*52.89</f>
+        <f>J81*57.12</f>
         <v>0</v>
       </c>
       <c r="L81" s="5"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A82" s="1"/>
       <c r="B82" s="1">
-        <v>827455</v>
+        <v>827454</v>
       </c>
       <c r="C82" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="D82" s="1" t="s">
         <v>289</v>
       </c>
-      <c r="D82" s="1" t="s">
+      <c r="E82" s="2" t="s">
         <v>290</v>
       </c>
-      <c r="E82" s="2" t="s">
+      <c r="F82" s="2" t="s">
         <v>291</v>
       </c>
-      <c r="F82" s="2" t="s">
-[...3 lines deleted...]
-        <v>141</v>
+      <c r="G82" s="2">
+        <v>0</v>
       </c>
       <c r="H82" s="2">
         <v>0</v>
       </c>
       <c r="I82" s="1">
         <v>0</v>
       </c>
       <c r="J82" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K82" s="2" t="str">
-        <f>J82*75.03</f>
+        <f>J82*52.89</f>
         <v>0</v>
       </c>
       <c r="L82" s="5"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A83" s="1"/>
       <c r="B83" s="1">
-        <v>827456</v>
+        <v>827455</v>
       </c>
       <c r="C83" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="D83" s="1" t="s">
         <v>293</v>
       </c>
-      <c r="D83" s="1" t="s">
+      <c r="E83" s="2" t="s">
         <v>294</v>
       </c>
-      <c r="E83" s="2" t="s">
+      <c r="F83" s="2" t="s">
         <v>295</v>
       </c>
-      <c r="F83" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G83" s="2" t="s">
+        <v>264</v>
       </c>
       <c r="H83" s="2">
         <v>0</v>
       </c>
       <c r="I83" s="1">
         <v>0</v>
       </c>
       <c r="J83" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K83" s="2" t="str">
-        <f>J83*68.04</f>
+        <f>J83*75.03</f>
         <v>0</v>
       </c>
       <c r="L83" s="5"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A84" s="1"/>
       <c r="B84" s="1">
-        <v>827457</v>
+        <v>827456</v>
       </c>
       <c r="C84" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="D84" s="1" t="s">
         <v>297</v>
       </c>
-      <c r="D84" s="1" t="s">
+      <c r="E84" s="2" t="s">
         <v>298</v>
       </c>
-      <c r="E84" s="2" t="s">
+      <c r="F84" s="2" t="s">
         <v>299</v>
       </c>
-      <c r="F84" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G84" s="2">
         <v>0</v>
       </c>
       <c r="H84" s="2">
         <v>0</v>
       </c>
       <c r="I84" s="1">
         <v>0</v>
       </c>
       <c r="J84" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K84" s="2" t="str">
-        <f>J84*106.76</f>
+        <f>J84*68.04</f>
         <v>0</v>
       </c>
       <c r="L84" s="5"/>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A85" s="1"/>
       <c r="B85" s="1">
-        <v>827458</v>
+        <v>827457</v>
       </c>
       <c r="C85" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D85" s="1" t="s">
         <v>301</v>
       </c>
-      <c r="D85" s="1" t="s">
+      <c r="E85" s="2" t="s">
         <v>302</v>
       </c>
-      <c r="E85" s="2" t="s">
+      <c r="F85" s="2" t="s">
         <v>303</v>
       </c>
-      <c r="F85" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G85" s="2">
         <v>0</v>
       </c>
       <c r="H85" s="2">
         <v>0</v>
       </c>
       <c r="I85" s="1">
         <v>0</v>
       </c>
       <c r="J85" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K85" s="2" t="str">
-        <f>J85*93.92</f>
+        <f>J85*106.76</f>
         <v>0</v>
       </c>
       <c r="L85" s="5"/>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A86" s="1"/>
       <c r="B86" s="1">
-        <v>827459</v>
+        <v>827458</v>
       </c>
       <c r="C86" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="D86" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="D86" s="1" t="s">
+      <c r="E86" s="2" t="s">
         <v>306</v>
       </c>
-      <c r="E86" s="2" t="s">
+      <c r="F86" s="2" t="s">
         <v>307</v>
       </c>
-      <c r="F86" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G86" s="2">
         <v>0</v>
       </c>
       <c r="H86" s="2">
         <v>0</v>
       </c>
       <c r="I86" s="1">
         <v>0</v>
       </c>
       <c r="J86" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K86" s="2" t="str">
-        <f>J86*186.26</f>
+        <f>J86*93.92</f>
         <v>0</v>
       </c>
       <c r="L86" s="5"/>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A87" s="1"/>
       <c r="B87" s="1">
-        <v>827460</v>
+        <v>827459</v>
       </c>
       <c r="C87" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D87" s="1" t="s">
         <v>309</v>
       </c>
-      <c r="D87" s="1" t="s">
+      <c r="E87" s="2" t="s">
         <v>310</v>
       </c>
-      <c r="E87" s="2" t="s">
+      <c r="F87" s="2" t="s">
         <v>311</v>
       </c>
-      <c r="F87" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G87" s="2">
         <v>0</v>
       </c>
       <c r="H87" s="2">
         <v>0</v>
       </c>
       <c r="I87" s="1">
         <v>0</v>
       </c>
       <c r="J87" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K87" s="2" t="str">
-        <f>J87*125.77</f>
+        <f>J87*186.26</f>
         <v>0</v>
       </c>
       <c r="L87" s="5"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A88" s="1"/>
       <c r="B88" s="1">
-        <v>827461</v>
+        <v>827460</v>
       </c>
       <c r="C88" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="D88" s="1" t="s">
         <v>313</v>
       </c>
-      <c r="D88" s="1" t="s">
+      <c r="E88" s="2" t="s">
         <v>314</v>
       </c>
-      <c r="E88" s="2" t="s">
+      <c r="F88" s="2" t="s">
         <v>315</v>
       </c>
-      <c r="F88" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G88" s="2">
         <v>0</v>
       </c>
       <c r="H88" s="2">
         <v>0</v>
       </c>
       <c r="I88" s="1">
         <v>0</v>
       </c>
       <c r="J88" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K88" s="2" t="str">
-        <f>J88*119.48</f>
+        <f>J88*125.77</f>
         <v>0</v>
       </c>
       <c r="L88" s="5"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A89" s="1"/>
       <c r="B89" s="1">
-        <v>827462</v>
+        <v>827461</v>
       </c>
       <c r="C89" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="D89" s="1" t="s">
         <v>317</v>
       </c>
-      <c r="D89" s="1" t="s">
+      <c r="E89" s="2" t="s">
         <v>318</v>
       </c>
-      <c r="E89" s="2" t="s">
+      <c r="F89" s="2" t="s">
         <v>319</v>
       </c>
-      <c r="F89" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G89" s="2">
         <v>0</v>
       </c>
       <c r="H89" s="2">
         <v>0</v>
       </c>
       <c r="I89" s="1">
         <v>0</v>
       </c>
       <c r="J89" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K89" s="2" t="str">
-        <f>J89*124.03</f>
+        <f>J89*119.48</f>
         <v>0</v>
       </c>
       <c r="L89" s="5"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A90" s="1"/>
       <c r="B90" s="1">
-        <v>827463</v>
+        <v>827462</v>
       </c>
       <c r="C90" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="D90" s="1" t="s">
         <v>321</v>
       </c>
-      <c r="D90" s="1" t="s">
+      <c r="E90" s="2" t="s">
         <v>322</v>
       </c>
-      <c r="E90" s="2" t="s">
+      <c r="F90" s="2" t="s">
         <v>323</v>
       </c>
-      <c r="F90" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G90" s="2">
         <v>0</v>
       </c>
       <c r="H90" s="2">
         <v>0</v>
       </c>
       <c r="I90" s="1">
         <v>0</v>
       </c>
       <c r="J90" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K90" s="2" t="str">
-        <f>J90*310.99</f>
+        <f>J90*124.03</f>
         <v>0</v>
       </c>
       <c r="L90" s="5"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A91" s="1"/>
       <c r="B91" s="1">
-        <v>827464</v>
+        <v>827463</v>
       </c>
       <c r="C91" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="D91" s="1" t="s">
         <v>325</v>
       </c>
-      <c r="D91" s="1" t="s">
+      <c r="E91" s="2" t="s">
         <v>326</v>
       </c>
-      <c r="E91" s="2" t="s">
+      <c r="F91" s="2" t="s">
         <v>327</v>
       </c>
-      <c r="F91" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G91" s="2">
         <v>0</v>
       </c>
       <c r="H91" s="2">
         <v>0</v>
       </c>
       <c r="I91" s="1">
         <v>0</v>
       </c>
       <c r="J91" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K91" s="2" t="str">
-        <f>J91*186.71</f>
+        <f>J91*310.99</f>
         <v>0</v>
       </c>
       <c r="L91" s="5"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A92" s="1"/>
       <c r="B92" s="1">
-        <v>827465</v>
+        <v>827464</v>
       </c>
       <c r="C92" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="D92" s="1" t="s">
         <v>329</v>
       </c>
-      <c r="D92" s="1" t="s">
+      <c r="E92" s="2" t="s">
         <v>330</v>
       </c>
-      <c r="E92" s="2" t="s">
+      <c r="F92" s="2" t="s">
         <v>331</v>
       </c>
-      <c r="F92" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G92" s="2">
         <v>0</v>
       </c>
       <c r="H92" s="2">
         <v>0</v>
       </c>
       <c r="I92" s="1">
         <v>0</v>
       </c>
       <c r="J92" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K92" s="2" t="str">
-        <f>J92*302.78</f>
+        <f>J92*186.71</f>
         <v>0</v>
       </c>
       <c r="L92" s="5"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A93" s="1"/>
       <c r="B93" s="1">
-        <v>827466</v>
+        <v>827465</v>
       </c>
       <c r="C93" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D93" s="1" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>10008167</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>334</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G93" s="2">
         <v>0</v>
       </c>
       <c r="H93" s="2">
         <v>0</v>
       </c>
       <c r="I93" s="1">
         <v>0</v>
       </c>
       <c r="J93" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K93" s="2" t="str">
-        <f>J93*0.00</f>
+        <f>J93*302.78</f>
         <v>0</v>
       </c>
       <c r="L93" s="5"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A94" s="1"/>
       <c r="B94" s="1">
-        <v>827467</v>
+        <v>827466</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>336</v>
       </c>
-      <c r="D94" s="1" t="s">
+      <c r="D94" s="1">
+        <v>10008167</v>
+      </c>
+      <c r="E94" s="2" t="s">
         <v>337</v>
       </c>
-      <c r="E94" s="2" t="s">
+      <c r="F94" s="2" t="s">
         <v>338</v>
       </c>
-      <c r="F94" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G94" s="2">
         <v>0</v>
       </c>
       <c r="H94" s="2">
         <v>0</v>
       </c>
       <c r="I94" s="1">
         <v>0</v>
       </c>
       <c r="J94" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K94" s="2" t="str">
-        <f>J94*550.26</f>
+        <f>J94*0.00</f>
         <v>0</v>
       </c>
       <c r="L94" s="5"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A95" s="1"/>
       <c r="B95" s="1">
-        <v>827468</v>
+        <v>827467</v>
       </c>
       <c r="C95" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="D95" s="1" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>6175</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>341</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>342</v>
       </c>
       <c r="G95" s="2">
         <v>0</v>
       </c>
       <c r="H95" s="2">
         <v>0</v>
       </c>
       <c r="I95" s="1">
         <v>0</v>
       </c>
       <c r="J95" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K95" s="2" t="str">
-        <f>J95*426.67</f>
+        <f>J95*550.26</f>
         <v>0</v>
       </c>
       <c r="L95" s="5"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A96" s="1"/>
       <c r="B96" s="1">
-        <v>827469</v>
+        <v>827468</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>343</v>
       </c>
-      <c r="D96" s="1" t="s">
+      <c r="D96" s="1">
+        <v>6175</v>
+      </c>
+      <c r="E96" s="2" t="s">
         <v>344</v>
       </c>
-      <c r="E96" s="2" t="s">
+      <c r="F96" s="2" t="s">
         <v>345</v>
       </c>
-      <c r="F96" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G96" s="2">
         <v>0</v>
       </c>
       <c r="H96" s="2">
         <v>0</v>
       </c>
       <c r="I96" s="1">
         <v>0</v>
       </c>
       <c r="J96" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K96" s="2" t="str">
-        <f>J96*718.68</f>
+        <f>J96*426.67</f>
         <v>0</v>
       </c>
       <c r="L96" s="5"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A97" s="1"/>
       <c r="B97" s="1">
-        <v>827470</v>
+        <v>827469</v>
       </c>
       <c r="C97" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="D97" s="1" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>6190</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>348</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>349</v>
       </c>
       <c r="G97" s="2">
         <v>0</v>
       </c>
       <c r="H97" s="2">
         <v>0</v>
       </c>
       <c r="I97" s="1">
         <v>0</v>
       </c>
       <c r="J97" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K97" s="2" t="str">
-        <f>J97*743.29</f>
+        <f>J97*718.68</f>
         <v>0</v>
       </c>
       <c r="L97" s="5"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A98" s="1"/>
       <c r="B98" s="1">
-        <v>827471</v>
+        <v>827470</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>350</v>
       </c>
       <c r="D98" s="1">
-        <v>10008186</v>
+        <v>6190</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>351</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>335</v>
+        <v>352</v>
       </c>
       <c r="G98" s="2">
         <v>0</v>
       </c>
       <c r="H98" s="2">
         <v>0</v>
       </c>
       <c r="I98" s="1">
         <v>0</v>
       </c>
       <c r="J98" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K98" s="2" t="str">
-        <f>J98*0.00</f>
+        <f>J98*743.29</f>
         <v>0</v>
       </c>
       <c r="L98" s="5"/>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A99" s="1"/>
       <c r="B99" s="1">
-        <v>827472</v>
+        <v>827471</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D99" s="1">
-        <v>6191</v>
+        <v>10008186</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>354</v>
+        <v>338</v>
       </c>
       <c r="G99" s="2">
         <v>0</v>
       </c>
       <c r="H99" s="2">
         <v>0</v>
       </c>
       <c r="I99" s="1">
         <v>0</v>
       </c>
       <c r="J99" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K99" s="2" t="str">
-        <f>J99*750.45</f>
+        <f>J99*0.00</f>
         <v>0</v>
       </c>
       <c r="L99" s="5"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A100" s="1"/>
       <c r="B100" s="1">
-        <v>827473</v>
+        <v>827472</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>355</v>
       </c>
-      <c r="D100" s="1" t="s">
+      <c r="D100" s="1">
+        <v>6191</v>
+      </c>
+      <c r="E100" s="2" t="s">
         <v>356</v>
       </c>
-      <c r="E100" s="2" t="s">
+      <c r="F100" s="2" t="s">
         <v>357</v>
       </c>
-      <c r="F100" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G100" s="2">
         <v>0</v>
       </c>
       <c r="H100" s="2">
         <v>0</v>
       </c>
       <c r="I100" s="1">
         <v>0</v>
       </c>
       <c r="J100" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K100" s="2" t="str">
-        <f>J100*1053.31</f>
+        <f>J100*750.45</f>
         <v>0</v>
       </c>
       <c r="L100" s="5"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A101" s="1"/>
       <c r="B101" s="1">
-        <v>827474</v>
+        <v>827473</v>
       </c>
       <c r="C101" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="D101" s="1" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>10008195</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>360</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>335</v>
+        <v>361</v>
       </c>
       <c r="G101" s="2">
         <v>0</v>
       </c>
       <c r="H101" s="2">
         <v>0</v>
       </c>
       <c r="I101" s="1">
         <v>0</v>
       </c>
       <c r="J101" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K101" s="2" t="str">
-        <f>J101*0.00</f>
+        <f>J101*1053.31</f>
         <v>0</v>
       </c>
       <c r="L101" s="5"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A102" s="1"/>
       <c r="B102" s="1">
-        <v>827475</v>
+        <v>827474</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D102" s="1">
-        <v>10008196</v>
+        <v>10008195</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="G102" s="2">
         <v>0</v>
       </c>
       <c r="H102" s="2">
         <v>0</v>
       </c>
       <c r="I102" s="1">
         <v>0</v>
       </c>
       <c r="J102" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K102" s="2" t="str">
         <f>J102*0.00</f>
         <v>0</v>
       </c>
       <c r="L102" s="5"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A103" s="1"/>
       <c r="B103" s="1">
-        <v>827476</v>
+        <v>827475</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>363</v>
-[...1 lines deleted...]
-      <c r="D103" s="1" t="s">
         <v>364</v>
+      </c>
+      <c r="D103" s="1">
+        <v>10008196</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>365</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>366</v>
+        <v>338</v>
       </c>
       <c r="G103" s="2">
         <v>0</v>
       </c>
       <c r="H103" s="2">
         <v>0</v>
       </c>
       <c r="I103" s="1">
         <v>0</v>
       </c>
       <c r="J103" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K103" s="2" t="str">
-        <f>J103*1145.06</f>
+        <f>J103*0.00</f>
         <v>0</v>
       </c>
       <c r="L103" s="5"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A104" s="1"/>
       <c r="B104" s="1">
-        <v>827477</v>
+        <v>827476</v>
       </c>
       <c r="C104" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="D104" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="D104" s="1" t="s">
+      <c r="E104" s="2" t="s">
         <v>368</v>
       </c>
-      <c r="E104" s="2" t="s">
+      <c r="F104" s="2" t="s">
         <v>369</v>
       </c>
-      <c r="F104" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G104" s="2">
         <v>0</v>
       </c>
       <c r="H104" s="2">
         <v>0</v>
       </c>
       <c r="I104" s="1">
         <v>0</v>
       </c>
       <c r="J104" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K104" s="2" t="str">
-        <f>J104*1066.03</f>
+        <f>J104*1145.06</f>
         <v>0</v>
       </c>
       <c r="L104" s="5"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A105" s="1"/>
       <c r="B105" s="1">
-        <v>827478</v>
+        <v>827477</v>
       </c>
       <c r="C105" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="D105" s="1" t="s">
         <v>371</v>
       </c>
-      <c r="D105" s="1" t="s">
+      <c r="E105" s="2" t="s">
         <v>372</v>
       </c>
-      <c r="E105" s="2" t="s">
+      <c r="F105" s="2" t="s">
         <v>373</v>
       </c>
-      <c r="F105" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G105" s="2">
         <v>0</v>
       </c>
       <c r="H105" s="2">
         <v>0</v>
       </c>
       <c r="I105" s="1">
         <v>0</v>
       </c>
       <c r="J105" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K105" s="2" t="str">
-        <f>J105*26.15</f>
+        <f>J105*1066.03</f>
         <v>0</v>
       </c>
       <c r="L105" s="5"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A106" s="1"/>
       <c r="B106" s="1">
-        <v>827479</v>
+        <v>827478</v>
       </c>
       <c r="C106" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="D106" s="1" t="s">
         <v>375</v>
       </c>
-      <c r="D106" s="1" t="s">
+      <c r="E106" s="2" t="s">
         <v>376</v>
       </c>
-      <c r="E106" s="2" t="s">
+      <c r="F106" s="2" t="s">
         <v>377</v>
       </c>
-      <c r="F106" s="2" t="s">
-[...3 lines deleted...]
-        <v>141</v>
+      <c r="G106" s="2">
+        <v>0</v>
       </c>
       <c r="H106" s="2">
         <v>0</v>
       </c>
       <c r="I106" s="1">
         <v>0</v>
       </c>
       <c r="J106" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K106" s="2" t="str">
-        <f>J106*27.15</f>
+        <f>J106*26.15</f>
         <v>0</v>
       </c>
       <c r="L106" s="5"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A107" s="1"/>
       <c r="B107" s="1">
-        <v>827480</v>
+        <v>827479</v>
       </c>
       <c r="C107" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="D107" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="D107" s="1" t="s">
+      <c r="E107" s="2" t="s">
         <v>380</v>
       </c>
-      <c r="E107" s="2" t="s">
+      <c r="F107" s="2" t="s">
         <v>381</v>
       </c>
-      <c r="F107" s="2" t="s">
-[...3 lines deleted...]
-        <v>141</v>
+      <c r="G107" s="2">
+        <v>0</v>
       </c>
       <c r="H107" s="2">
         <v>0</v>
       </c>
       <c r="I107" s="1">
         <v>0</v>
       </c>
       <c r="J107" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K107" s="2" t="str">
-        <f>J107*28.81</f>
+        <f>J107*27.15</f>
         <v>0</v>
       </c>
       <c r="L107" s="5"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A108" s="1"/>
       <c r="B108" s="1">
-        <v>827481</v>
+        <v>827480</v>
       </c>
       <c r="C108" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="D108" s="1" t="s">
         <v>383</v>
       </c>
-      <c r="D108" s="1" t="s">
+      <c r="E108" s="2" t="s">
         <v>384</v>
       </c>
-      <c r="E108" s="2" t="s">
+      <c r="F108" s="2" t="s">
         <v>385</v>
       </c>
-      <c r="F108" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G108" s="2" t="s">
-        <v>268</v>
+        <v>145</v>
       </c>
       <c r="H108" s="2">
         <v>0</v>
       </c>
       <c r="I108" s="1">
         <v>0</v>
       </c>
       <c r="J108" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K108" s="2" t="str">
-        <f>J108*45.43</f>
+        <f>J108*28.81</f>
         <v>0</v>
       </c>
       <c r="L108" s="5"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A109" s="1"/>
       <c r="B109" s="1">
-        <v>827482</v>
+        <v>827481</v>
       </c>
       <c r="C109" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="D109" s="1" t="s">
         <v>387</v>
       </c>
-      <c r="D109" s="1" t="s">
+      <c r="E109" s="2" t="s">
         <v>388</v>
       </c>
-      <c r="E109" s="2" t="s">
+      <c r="F109" s="2" t="s">
         <v>389</v>
       </c>
-      <c r="F109" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G109" s="2" t="s">
-        <v>141</v>
+        <v>264</v>
       </c>
       <c r="H109" s="2">
         <v>0</v>
       </c>
       <c r="I109" s="1">
         <v>0</v>
       </c>
       <c r="J109" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K109" s="2" t="str">
-        <f>J109*42.87</f>
+        <f>J109*45.43</f>
         <v>0</v>
       </c>
       <c r="L109" s="5"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A110" s="1"/>
       <c r="B110" s="1">
-        <v>827483</v>
+        <v>827482</v>
       </c>
       <c r="C110" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="D110" s="1" t="s">
         <v>391</v>
       </c>
-      <c r="D110" s="1" t="s">
+      <c r="E110" s="2" t="s">
         <v>392</v>
       </c>
-      <c r="E110" s="2" t="s">
+      <c r="F110" s="2" t="s">
         <v>393</v>
       </c>
-      <c r="F110" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G110" s="2" t="s">
-        <v>141</v>
+        <v>264</v>
       </c>
       <c r="H110" s="2">
         <v>0</v>
       </c>
       <c r="I110" s="1">
         <v>0</v>
       </c>
       <c r="J110" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K110" s="2" t="str">
-        <f>J110*44.21</f>
+        <f>J110*42.87</f>
         <v>0</v>
       </c>
       <c r="L110" s="5"/>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A111" s="1"/>
       <c r="B111" s="1">
-        <v>827484</v>
+        <v>827483</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>394</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>395</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>397</v>
+        <v>150</v>
       </c>
       <c r="G111" s="2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H111" s="2">
         <v>0</v>
       </c>
-      <c r="I111" s="1" t="s">
-        <v>276</v>
+      <c r="I111" s="1">
+        <v>0</v>
       </c>
       <c r="J111" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K111" s="2" t="str">
-        <f>J111*70.92</f>
+        <f>J111*44.21</f>
         <v>0</v>
       </c>
       <c r="L111" s="5"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A112" s="1"/>
       <c r="B112" s="1">
-        <v>827485</v>
+        <v>827484</v>
       </c>
       <c r="C112" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="D112" s="1" t="s">
         <v>398</v>
       </c>
-      <c r="D112" s="1" t="s">
+      <c r="E112" s="2" t="s">
         <v>399</v>
       </c>
-      <c r="E112" s="2" t="s">
+      <c r="F112" s="2" t="s">
         <v>400</v>
       </c>
-      <c r="F112" s="2" t="s">
-[...3 lines deleted...]
-        <v>141</v>
+      <c r="G112" s="2">
+        <v>0</v>
       </c>
       <c r="H112" s="2">
         <v>0</v>
       </c>
       <c r="I112" s="1">
         <v>0</v>
       </c>
       <c r="J112" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K112" s="2" t="str">
-        <f>J112*72.03</f>
+        <f>J112*70.92</f>
         <v>0</v>
       </c>
       <c r="L112" s="5"/>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A113" s="1"/>
       <c r="B113" s="1">
-        <v>827486</v>
+        <v>827485</v>
       </c>
       <c r="C113" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="D113" s="1" t="s">
         <v>402</v>
       </c>
-      <c r="D113" s="1" t="s">
+      <c r="E113" s="2" t="s">
         <v>403</v>
       </c>
-      <c r="E113" s="2" t="s">
+      <c r="F113" s="2" t="s">
         <v>404</v>
       </c>
-      <c r="F113" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G113" s="2" t="s">
-        <v>276</v>
+        <v>145</v>
       </c>
       <c r="H113" s="2">
         <v>0</v>
       </c>
       <c r="I113" s="1">
         <v>0</v>
       </c>
       <c r="J113" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K113" s="2" t="str">
-        <f>J113*69.81</f>
+        <f>J113*72.03</f>
         <v>0</v>
       </c>
       <c r="L113" s="5"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A114" s="1"/>
       <c r="B114" s="1">
-        <v>827487</v>
+        <v>827486</v>
       </c>
       <c r="C114" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="D114" s="1" t="s">
         <v>406</v>
       </c>
-      <c r="D114" s="1" t="s">
+      <c r="E114" s="2" t="s">
         <v>407</v>
       </c>
-      <c r="E114" s="2" t="s">
+      <c r="F114" s="2" t="s">
         <v>408</v>
       </c>
-      <c r="F114" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G114" s="2" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="H114" s="2">
         <v>0</v>
       </c>
       <c r="I114" s="1">
         <v>0</v>
       </c>
       <c r="J114" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K114" s="2" t="str">
-        <f>J114*70.92</f>
+        <f>J114*69.81</f>
         <v>0</v>
       </c>
       <c r="L114" s="5"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A115" s="1"/>
       <c r="B115" s="1">
-        <v>827488</v>
+        <v>827487</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>409</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>410</v>
       </c>
       <c r="E115" s="2" t="s">
         <v>411</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>412</v>
+        <v>400</v>
       </c>
       <c r="G115" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H115" s="2">
         <v>0</v>
       </c>
       <c r="I115" s="1">
         <v>0</v>
       </c>
       <c r="J115" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K115" s="2" t="str">
-        <f>J115*69.12</f>
+        <f>J115*70.92</f>
         <v>0</v>
       </c>
       <c r="L115" s="5"/>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A116" s="1"/>
       <c r="B116" s="1">
-        <v>827489</v>
+        <v>827488</v>
       </c>
       <c r="C116" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="D116" s="1" t="s">
         <v>413</v>
       </c>
-      <c r="D116" s="1" t="s">
+      <c r="E116" s="2" t="s">
         <v>414</v>
       </c>
-      <c r="E116" s="2" t="s">
+      <c r="F116" s="2" t="s">
         <v>415</v>
       </c>
-      <c r="F116" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G116" s="2">
         <v>0</v>
       </c>
       <c r="H116" s="2">
         <v>0</v>
       </c>
       <c r="I116" s="1">
         <v>0</v>
       </c>
       <c r="J116" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K116" s="2" t="str">
-        <f>J116*128.65</f>
+        <f>J116*69.12</f>
         <v>0</v>
       </c>
       <c r="L116" s="5"/>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A117" s="1"/>
       <c r="B117" s="1">
-        <v>827490</v>
+        <v>827489</v>
       </c>
       <c r="C117" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D117" s="1" t="s">
         <v>417</v>
       </c>
-      <c r="D117" s="1" t="s">
+      <c r="E117" s="2" t="s">
         <v>418</v>
       </c>
-      <c r="E117" s="2" t="s">
+      <c r="F117" s="2" t="s">
         <v>419</v>
       </c>
-      <c r="F117" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G117" s="2">
         <v>0</v>
       </c>
       <c r="H117" s="2">
         <v>0</v>
       </c>
       <c r="I117" s="1">
         <v>0</v>
       </c>
       <c r="J117" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K117" s="2" t="str">
-        <f>J117*72.94</f>
+        <f>J117*128.65</f>
         <v>0</v>
       </c>
       <c r="L117" s="5"/>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A118" s="1"/>
       <c r="B118" s="1">
-        <v>827491</v>
+        <v>827490</v>
       </c>
       <c r="C118" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="D118" s="1" t="s">
         <v>421</v>
       </c>
-      <c r="D118" s="1" t="s">
+      <c r="E118" s="2" t="s">
         <v>422</v>
       </c>
-      <c r="E118" s="2" t="s">
+      <c r="F118" s="2" t="s">
         <v>423</v>
       </c>
-      <c r="F118" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G118" s="2">
         <v>0</v>
       </c>
       <c r="H118" s="2">
         <v>0</v>
       </c>
       <c r="I118" s="1">
         <v>0</v>
       </c>
       <c r="J118" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K118" s="2" t="str">
-        <f>J118*106.12</f>
+        <f>J118*72.94</f>
         <v>0</v>
       </c>
       <c r="L118" s="5"/>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A119" s="1"/>
       <c r="B119" s="1">
-        <v>827492</v>
+        <v>827491</v>
       </c>
       <c r="C119" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="D119" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="D119" s="1" t="s">
+      <c r="E119" s="2" t="s">
         <v>426</v>
       </c>
-      <c r="E119" s="2" t="s">
+      <c r="F119" s="2" t="s">
         <v>427</v>
       </c>
-      <c r="F119" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G119" s="2">
         <v>0</v>
       </c>
       <c r="H119" s="2">
         <v>0</v>
       </c>
       <c r="I119" s="1">
         <v>0</v>
       </c>
       <c r="J119" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K119" s="2" t="str">
-        <f>J119*176.38</f>
+        <f>J119*106.12</f>
         <v>0</v>
       </c>
       <c r="L119" s="5"/>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A120" s="1"/>
       <c r="B120" s="1">
-        <v>827493</v>
+        <v>827492</v>
       </c>
       <c r="C120" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="D120" s="1" t="s">
         <v>429</v>
       </c>
-      <c r="D120" s="1" t="s">
+      <c r="E120" s="2" t="s">
         <v>430</v>
       </c>
-      <c r="E120" s="2" t="s">
+      <c r="F120" s="2" t="s">
         <v>431</v>
       </c>
-      <c r="F120" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G120" s="2">
         <v>0</v>
       </c>
       <c r="H120" s="2">
         <v>0</v>
       </c>
       <c r="I120" s="1">
         <v>0</v>
       </c>
       <c r="J120" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K120" s="2" t="str">
-        <f>J120*123.12</f>
+        <f>J120*176.38</f>
         <v>0</v>
       </c>
       <c r="L120" s="5"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A121" s="1"/>
       <c r="B121" s="1">
-        <v>827494</v>
+        <v>827493</v>
       </c>
       <c r="C121" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="D121" s="1" t="s">
         <v>433</v>
       </c>
-      <c r="D121" s="1" t="s">
+      <c r="E121" s="2" t="s">
         <v>434</v>
       </c>
-      <c r="E121" s="2" t="s">
+      <c r="F121" s="2" t="s">
         <v>435</v>
       </c>
-      <c r="F121" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G121" s="2">
         <v>0</v>
       </c>
       <c r="H121" s="2">
         <v>0</v>
       </c>
       <c r="I121" s="1">
         <v>0</v>
       </c>
       <c r="J121" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K121" s="2" t="str">
-        <f>J121*112.81</f>
+        <f>J121*123.12</f>
         <v>0</v>
       </c>
       <c r="L121" s="5"/>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A122" s="1"/>
       <c r="B122" s="1">
-        <v>827495</v>
+        <v>827494</v>
       </c>
       <c r="C122" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="D122" s="1" t="s">
         <v>437</v>
       </c>
-      <c r="D122" s="1" t="s">
+      <c r="E122" s="2" t="s">
         <v>438</v>
       </c>
-      <c r="E122" s="2" t="s">
+      <c r="F122" s="2" t="s">
         <v>439</v>
       </c>
-      <c r="F122" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G122" s="2">
         <v>0</v>
       </c>
       <c r="H122" s="2">
         <v>0</v>
       </c>
       <c r="I122" s="1">
         <v>0</v>
       </c>
       <c r="J122" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K122" s="2" t="str">
-        <f>J122*185.78</f>
+        <f>J122*112.81</f>
         <v>0</v>
       </c>
       <c r="L122" s="5"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A123" s="1"/>
       <c r="B123" s="1">
-        <v>827496</v>
+        <v>827495</v>
       </c>
       <c r="C123" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="D123" s="1" t="s">
         <v>441</v>
       </c>
-      <c r="D123" s="1" t="s">
+      <c r="E123" s="2" t="s">
         <v>442</v>
       </c>
-      <c r="E123" s="2" t="s">
+      <c r="F123" s="2" t="s">
         <v>443</v>
       </c>
-      <c r="F123" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G123" s="2">
         <v>0</v>
       </c>
       <c r="H123" s="2">
         <v>0</v>
       </c>
       <c r="I123" s="1">
         <v>0</v>
       </c>
       <c r="J123" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K123" s="2" t="str">
-        <f>J123*243.26</f>
+        <f>J123*185.78</f>
         <v>0</v>
       </c>
       <c r="L123" s="5"/>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A124" s="1"/>
       <c r="B124" s="1">
-        <v>827497</v>
+        <v>827496</v>
       </c>
       <c r="C124" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="D124" s="1" t="s">
         <v>445</v>
       </c>
-      <c r="D124" s="1" t="s">
+      <c r="E124" s="2" t="s">
         <v>446</v>
       </c>
-      <c r="E124" s="2" t="s">
+      <c r="F124" s="2" t="s">
         <v>447</v>
       </c>
-      <c r="F124" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G124" s="2">
         <v>0</v>
       </c>
       <c r="H124" s="2">
         <v>0</v>
       </c>
       <c r="I124" s="1">
         <v>0</v>
       </c>
       <c r="J124" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K124" s="2" t="str">
-        <f>J124*202.61</f>
+        <f>J124*243.26</f>
         <v>0</v>
       </c>
       <c r="L124" s="5"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A125" s="1"/>
       <c r="B125" s="1">
-        <v>827498</v>
+        <v>827497</v>
       </c>
       <c r="C125" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="D125" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="D125" s="1" t="s">
+      <c r="E125" s="2" t="s">
         <v>450</v>
       </c>
-      <c r="E125" s="2" t="s">
+      <c r="F125" s="2" t="s">
         <v>451</v>
       </c>
-      <c r="F125" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G125" s="2">
         <v>0</v>
       </c>
       <c r="H125" s="2">
         <v>0</v>
       </c>
       <c r="I125" s="1">
         <v>0</v>
       </c>
       <c r="J125" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K125" s="2" t="str">
-        <f>J125*195.26</f>
+        <f>J125*202.61</f>
         <v>0</v>
       </c>
       <c r="L125" s="5"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A126" s="1"/>
       <c r="B126" s="1">
-        <v>827499</v>
+        <v>827498</v>
       </c>
       <c r="C126" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="D126" s="1" t="s">
         <v>453</v>
       </c>
-      <c r="D126" s="1" t="s">
+      <c r="E126" s="2" t="s">
         <v>454</v>
       </c>
-      <c r="E126" s="2" t="s">
+      <c r="F126" s="2" t="s">
         <v>455</v>
       </c>
-      <c r="F126" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G126" s="2">
         <v>0</v>
       </c>
       <c r="H126" s="2">
         <v>0</v>
       </c>
       <c r="I126" s="1">
         <v>0</v>
       </c>
       <c r="J126" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K126" s="2" t="str">
-        <f>J126*270.99</f>
+        <f>J126*195.26</f>
         <v>0</v>
       </c>
       <c r="L126" s="5"/>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A127" s="1"/>
       <c r="B127" s="1">
-        <v>827500</v>
+        <v>827499</v>
       </c>
       <c r="C127" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="D127" s="1" t="s">
         <v>457</v>
       </c>
-      <c r="D127" s="1" t="s">
+      <c r="E127" s="2" t="s">
         <v>458</v>
       </c>
-      <c r="E127" s="2" t="s">
+      <c r="F127" s="2" t="s">
         <v>459</v>
       </c>
-      <c r="F127" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G127" s="2">
         <v>0</v>
       </c>
       <c r="H127" s="2">
         <v>0</v>
       </c>
       <c r="I127" s="1">
         <v>0</v>
       </c>
       <c r="J127" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K127" s="2" t="str">
-        <f>J127*487.88</f>
+        <f>J127*270.99</f>
         <v>0</v>
       </c>
       <c r="L127" s="5"/>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A128" s="1"/>
       <c r="B128" s="1">
-        <v>827501</v>
+        <v>827500</v>
       </c>
       <c r="C128" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="D128" s="1" t="s">
         <v>461</v>
       </c>
-      <c r="D128" s="1" t="s">
+      <c r="E128" s="2" t="s">
         <v>462</v>
       </c>
-      <c r="E128" s="2" t="s">
+      <c r="F128" s="2" t="s">
         <v>463</v>
       </c>
-      <c r="F128" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G128" s="2">
         <v>0</v>
       </c>
       <c r="H128" s="2">
         <v>0</v>
       </c>
       <c r="I128" s="1">
         <v>0</v>
       </c>
       <c r="J128" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K128" s="2" t="str">
-        <f>J128*490.74</f>
+        <f>J128*487.88</f>
         <v>0</v>
       </c>
       <c r="L128" s="5"/>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A129" s="1"/>
       <c r="B129" s="1">
-        <v>827502</v>
+        <v>827501</v>
       </c>
       <c r="C129" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="D129" s="1" t="s">
         <v>465</v>
       </c>
-      <c r="D129" s="1" t="s">
+      <c r="E129" s="2" t="s">
         <v>466</v>
       </c>
-      <c r="E129" s="2" t="s">
+      <c r="F129" s="2" t="s">
         <v>467</v>
       </c>
-      <c r="F129" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G129" s="2">
         <v>0</v>
       </c>
       <c r="H129" s="2">
         <v>0</v>
       </c>
       <c r="I129" s="1">
         <v>0</v>
       </c>
       <c r="J129" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K129" s="2" t="str">
-        <f>J129*497.90</f>
+        <f>J129*490.74</f>
         <v>0</v>
       </c>
       <c r="L129" s="5"/>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A130" s="1"/>
       <c r="B130" s="1">
-        <v>827503</v>
+        <v>827502</v>
       </c>
       <c r="C130" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="D130" s="1" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>10001086</v>
       </c>
       <c r="E130" s="2" t="s">
         <v>470</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>335</v>
+        <v>471</v>
       </c>
       <c r="G130" s="2">
         <v>0</v>
       </c>
       <c r="H130" s="2">
         <v>0</v>
       </c>
       <c r="I130" s="1">
         <v>0</v>
       </c>
       <c r="J130" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K130" s="2" t="str">
-        <f>J130*0.00</f>
+        <f>J130*497.90</f>
         <v>0</v>
       </c>
       <c r="L130" s="5"/>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A131" s="1"/>
       <c r="B131" s="1">
-        <v>827504</v>
+        <v>827503</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D131" s="1">
-        <v>6091</v>
+        <v>10001086</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>473</v>
+        <v>338</v>
       </c>
       <c r="G131" s="2">
         <v>0</v>
       </c>
       <c r="H131" s="2">
         <v>0</v>
       </c>
       <c r="I131" s="1">
         <v>0</v>
       </c>
       <c r="J131" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K131" s="2" t="str">
-        <f>J131*733.68</f>
+        <f>J131*0.00</f>
         <v>0</v>
       </c>
       <c r="L131" s="5"/>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A132" s="1"/>
       <c r="B132" s="1">
-        <v>827505</v>
+        <v>827504</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>474</v>
       </c>
-      <c r="D132" s="1" t="s">
+      <c r="D132" s="1">
+        <v>6091</v>
+      </c>
+      <c r="E132" s="2" t="s">
         <v>475</v>
       </c>
-      <c r="E132" s="2" t="s">
+      <c r="F132" s="2" t="s">
         <v>476</v>
       </c>
-      <c r="F132" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G132" s="2">
         <v>0</v>
       </c>
       <c r="H132" s="2">
         <v>0</v>
       </c>
       <c r="I132" s="1">
         <v>0</v>
       </c>
       <c r="J132" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K132" s="2" t="str">
-        <f>J132*759.06</f>
+        <f>J132*733.68</f>
         <v>0</v>
       </c>
       <c r="L132" s="5"/>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A133" s="1"/>
       <c r="B133" s="1">
-        <v>827506</v>
+        <v>827505</v>
       </c>
       <c r="C133" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="D133" s="1" t="s">
         <v>478</v>
-      </c>
-[...1 lines deleted...]
-        <v>10001089</v>
       </c>
       <c r="E133" s="2" t="s">
         <v>479</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>335</v>
+        <v>480</v>
       </c>
       <c r="G133" s="2">
         <v>0</v>
       </c>
       <c r="H133" s="2">
         <v>0</v>
       </c>
       <c r="I133" s="1">
         <v>0</v>
       </c>
       <c r="J133" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K133" s="2" t="str">
-        <f>J133*0.00</f>
+        <f>J133*759.06</f>
         <v>0</v>
       </c>
       <c r="L133" s="5"/>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A134" s="1"/>
       <c r="B134" s="1">
-        <v>827507</v>
+        <v>827506</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="D134" s="1">
-        <v>10001095</v>
+        <v>10001089</v>
       </c>
       <c r="E134" s="2" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="G134" s="2">
         <v>0</v>
       </c>
       <c r="H134" s="2">
         <v>0</v>
       </c>
       <c r="I134" s="1">
         <v>0</v>
       </c>
       <c r="J134" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K134" s="2" t="str">
         <f>J134*0.00</f>
         <v>0</v>
       </c>
       <c r="L134" s="5"/>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A135" s="1"/>
       <c r="B135" s="1">
-        <v>827508</v>
+        <v>827507</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D135" s="1">
-        <v>10001096</v>
+        <v>10001095</v>
       </c>
       <c r="E135" s="2" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="G135" s="2">
         <v>0</v>
       </c>
       <c r="H135" s="2">
         <v>0</v>
       </c>
       <c r="I135" s="1">
         <v>0</v>
       </c>
       <c r="J135" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K135" s="2" t="str">
         <f>J135*0.00</f>
         <v>0</v>
       </c>
       <c r="L135" s="5"/>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A136" s="1"/>
       <c r="B136" s="1">
-        <v>827509</v>
+        <v>827508</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>484</v>
-[...1 lines deleted...]
-      <c r="D136" s="1" t="s">
         <v>485</v>
+      </c>
+      <c r="D136" s="1">
+        <v>10001096</v>
       </c>
       <c r="E136" s="2" t="s">
         <v>486</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>487</v>
+        <v>338</v>
       </c>
       <c r="G136" s="2">
         <v>0</v>
       </c>
       <c r="H136" s="2">
         <v>0</v>
       </c>
       <c r="I136" s="1">
         <v>0</v>
       </c>
       <c r="J136" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K136" s="2" t="str">
-        <f>J136*1495.09</f>
+        <f>J136*0.00</f>
         <v>0</v>
       </c>
       <c r="L136" s="5"/>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A137" s="1"/>
       <c r="B137" s="1">
-        <v>827510</v>
+        <v>827509</v>
       </c>
       <c r="C137" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D137" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="D137" s="1" t="s">
+      <c r="E137" s="2" t="s">
         <v>489</v>
       </c>
-      <c r="E137" s="2" t="s">
+      <c r="F137" s="2" t="s">
         <v>490</v>
       </c>
-      <c r="F137" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G137" s="2">
         <v>0</v>
       </c>
       <c r="H137" s="2">
         <v>0</v>
       </c>
       <c r="I137" s="1">
         <v>0</v>
       </c>
       <c r="J137" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K137" s="2" t="str">
-        <f>J137*1199.59</f>
+        <f>J137*1495.09</f>
         <v>0</v>
       </c>
       <c r="L137" s="5"/>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A138" s="1"/>
       <c r="B138" s="1">
-        <v>827511</v>
+        <v>827510</v>
       </c>
       <c r="C138" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="D138" s="1" t="s">
         <v>492</v>
       </c>
-      <c r="D138" s="1" t="s">
+      <c r="E138" s="2" t="s">
         <v>493</v>
       </c>
-      <c r="E138" s="2" t="s">
+      <c r="F138" s="2" t="s">
         <v>494</v>
       </c>
-      <c r="F138" s="2" t="s">
-[...3 lines deleted...]
-        <v>23</v>
+      <c r="G138" s="2">
+        <v>0</v>
       </c>
       <c r="H138" s="2">
         <v>0</v>
       </c>
       <c r="I138" s="1">
         <v>0</v>
       </c>
       <c r="J138" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K138" s="2" t="str">
-        <f>J138*49.58</f>
+        <f>J138*1199.59</f>
         <v>0</v>
       </c>
       <c r="L138" s="5"/>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A139" s="1"/>
       <c r="B139" s="1">
-        <v>827512</v>
+        <v>827511</v>
       </c>
       <c r="C139" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="D139" s="1" t="s">
         <v>496</v>
       </c>
-      <c r="D139" s="1" t="s">
+      <c r="E139" s="2" t="s">
         <v>497</v>
       </c>
-      <c r="E139" s="2" t="s">
+      <c r="F139" s="2" t="s">
         <v>498</v>
       </c>
-      <c r="F139" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G139" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H139" s="2">
         <v>0</v>
       </c>
-      <c r="I139" s="1" t="s">
-        <v>23</v>
+      <c r="I139" s="1">
+        <v>0</v>
       </c>
       <c r="J139" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K139" s="2" t="str">
-        <f>J139*77.71</f>
+        <f>J139*49.58</f>
         <v>0</v>
       </c>
       <c r="L139" s="5"/>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A140" s="1"/>
       <c r="B140" s="1">
-        <v>827513</v>
+        <v>827512</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>499</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>500</v>
       </c>
       <c r="E140" s="2" t="s">
         <v>501</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>-10</v>
+        <v>283</v>
+      </c>
+      <c r="G140" s="2" t="s">
+        <v>54</v>
       </c>
       <c r="H140" s="2">
         <v>0</v>
       </c>
-      <c r="I140" s="1" t="s">
-        <v>141</v>
+      <c r="I140" s="1">
+        <v>0</v>
       </c>
       <c r="J140" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K140" s="2" t="str">
-        <f>J140*119.24</f>
+        <f>J140*77.71</f>
         <v>0</v>
       </c>
       <c r="L140" s="5"/>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A141" s="1"/>
       <c r="B141" s="1">
-        <v>827514</v>
+        <v>827513</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>502</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>503</v>
       </c>
       <c r="E141" s="2" t="s">
         <v>504</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>505</v>
+        <v>187</v>
       </c>
       <c r="G141" s="2">
         <v>0</v>
       </c>
       <c r="H141" s="2">
         <v>0</v>
       </c>
       <c r="I141" s="1">
         <v>0</v>
       </c>
       <c r="J141" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K141" s="2" t="str">
-        <f>J141*121.61</f>
+        <f>J141*119.24</f>
         <v>0</v>
       </c>
       <c r="L141" s="5"/>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A142" s="1"/>
       <c r="B142" s="1">
-        <v>827515</v>
+        <v>827514</v>
       </c>
       <c r="C142" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="D142" s="1" t="s">
         <v>506</v>
       </c>
-      <c r="D142" s="1" t="s">
+      <c r="E142" s="2" t="s">
         <v>507</v>
       </c>
-      <c r="E142" s="2" t="s">
+      <c r="F142" s="2" t="s">
         <v>508</v>
       </c>
-      <c r="F142" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G142" s="2">
         <v>0</v>
       </c>
       <c r="H142" s="2">
         <v>0</v>
       </c>
       <c r="I142" s="1">
         <v>0</v>
       </c>
       <c r="J142" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K142" s="2" t="str">
-        <f>J142*213.84</f>
+        <f>J142*121.61</f>
         <v>0</v>
       </c>
       <c r="L142" s="5"/>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A143" s="1"/>
       <c r="B143" s="1">
-        <v>827516</v>
+        <v>827515</v>
       </c>
       <c r="C143" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="D143" s="1" t="s">
         <v>510</v>
       </c>
-      <c r="D143" s="1" t="s">
+      <c r="E143" s="2" t="s">
         <v>511</v>
       </c>
-      <c r="E143" s="2" t="s">
+      <c r="F143" s="2" t="s">
         <v>512</v>
       </c>
-      <c r="F143" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G143" s="2">
         <v>0</v>
       </c>
       <c r="H143" s="2">
         <v>0</v>
       </c>
       <c r="I143" s="1">
         <v>0</v>
       </c>
       <c r="J143" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K143" s="2" t="str">
-        <f>J143*353.16</f>
+        <f>J143*213.84</f>
         <v>0</v>
       </c>
       <c r="L143" s="5"/>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A144" s="1"/>
       <c r="B144" s="1">
-        <v>827517</v>
+        <v>827516</v>
       </c>
       <c r="C144" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="D144" s="1" t="s">
         <v>514</v>
       </c>
-      <c r="D144" s="1" t="s">
+      <c r="E144" s="2" t="s">
         <v>515</v>
       </c>
-      <c r="E144" s="2" t="s">
+      <c r="F144" s="2" t="s">
         <v>516</v>
       </c>
-      <c r="F144" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G144" s="2">
         <v>0</v>
       </c>
       <c r="H144" s="2">
         <v>0</v>
       </c>
       <c r="I144" s="1">
         <v>0</v>
       </c>
       <c r="J144" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K144" s="2" t="str">
-        <f>J144*874.77</f>
+        <f>J144*353.16</f>
         <v>0</v>
       </c>
       <c r="L144" s="5"/>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A145" s="1"/>
       <c r="B145" s="1">
-        <v>827518</v>
+        <v>827517</v>
       </c>
       <c r="C145" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="D145" s="1" t="s">
         <v>518</v>
       </c>
-      <c r="D145" s="1" t="s">
+      <c r="E145" s="2" t="s">
         <v>519</v>
       </c>
-      <c r="E145" s="2" t="s">
+      <c r="F145" s="2" t="s">
         <v>520</v>
       </c>
-      <c r="F145" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G145" s="2">
         <v>0</v>
       </c>
       <c r="H145" s="2">
         <v>0</v>
       </c>
       <c r="I145" s="1">
         <v>0</v>
       </c>
       <c r="J145" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K145" s="2" t="str">
-        <f>J145*1400.04</f>
+        <f>J145*874.77</f>
         <v>0</v>
       </c>
       <c r="L145" s="5"/>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A146" s="1"/>
       <c r="B146" s="1">
-        <v>827519</v>
+        <v>827518</v>
       </c>
       <c r="C146" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="D146" s="1" t="s">
         <v>522</v>
       </c>
-      <c r="D146" s="1" t="s">
+      <c r="E146" s="2" t="s">
         <v>523</v>
       </c>
-      <c r="E146" s="2" t="s">
+      <c r="F146" s="2" t="s">
         <v>524</v>
       </c>
-      <c r="F146" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G146" s="2">
         <v>0</v>
       </c>
       <c r="H146" s="2">
         <v>0</v>
       </c>
       <c r="I146" s="1">
         <v>0</v>
       </c>
       <c r="J146" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K146" s="2" t="str">
-        <f>J146*2238.77</f>
+        <f>J146*1400.04</f>
         <v>0</v>
       </c>
       <c r="L146" s="5"/>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A147" s="1"/>
       <c r="B147" s="1">
-        <v>827520</v>
+        <v>827519</v>
       </c>
       <c r="C147" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="D147" s="1" t="s">
         <v>526</v>
       </c>
-      <c r="D147" s="1" t="s">
+      <c r="E147" s="2" t="s">
         <v>527</v>
       </c>
-      <c r="E147" s="2" t="s">
+      <c r="F147" s="2" t="s">
         <v>528</v>
       </c>
-      <c r="F147" s="2" t="s">
-[...3 lines deleted...]
-        <v>276</v>
+      <c r="G147" s="2">
+        <v>0</v>
       </c>
       <c r="H147" s="2">
         <v>0</v>
       </c>
       <c r="I147" s="1">
         <v>0</v>
       </c>
       <c r="J147" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K147" s="2" t="str">
-        <f>J147*49.58</f>
+        <f>J147*2238.77</f>
         <v>0</v>
       </c>
       <c r="L147" s="5"/>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A148" s="1"/>
       <c r="B148" s="1">
-        <v>827521</v>
+        <v>827520</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>529</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>530</v>
       </c>
       <c r="E148" s="2" t="s">
         <v>531</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>532</v>
+        <v>498</v>
       </c>
       <c r="G148" s="2" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="H148" s="2">
         <v>0</v>
       </c>
-      <c r="I148" s="1" t="s">
-        <v>276</v>
+      <c r="I148" s="1">
+        <v>0</v>
       </c>
       <c r="J148" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K148" s="2" t="str">
-        <f>J148*76.37</f>
+        <f>J148*49.58</f>
         <v>0</v>
       </c>
       <c r="L148" s="5"/>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A149" s="1"/>
       <c r="B149" s="1">
-        <v>827522</v>
+        <v>827521</v>
       </c>
       <c r="C149" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="D149" s="1" t="s">
         <v>533</v>
       </c>
-      <c r="D149" s="1" t="s">
+      <c r="E149" s="2" t="s">
         <v>534</v>
       </c>
-      <c r="E149" s="2" t="s">
+      <c r="F149" s="2" t="s">
         <v>535</v>
       </c>
-      <c r="F149" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G149" s="2" t="s">
-        <v>268</v>
+        <v>145</v>
       </c>
       <c r="H149" s="2">
         <v>0</v>
       </c>
       <c r="I149" s="1">
         <v>0</v>
       </c>
       <c r="J149" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K149" s="2" t="str">
-        <f>J149*126.32</f>
+        <f>J149*76.37</f>
         <v>0</v>
       </c>
       <c r="L149" s="5"/>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A150" s="1"/>
       <c r="B150" s="1">
-        <v>827523</v>
+        <v>827522</v>
       </c>
       <c r="C150" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="D150" s="1" t="s">
         <v>537</v>
       </c>
-      <c r="D150" s="1" t="s">
+      <c r="E150" s="2" t="s">
         <v>538</v>
       </c>
-      <c r="E150" s="2" t="s">
+      <c r="F150" s="2" t="s">
         <v>539</v>
       </c>
-      <c r="F150" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G150" s="2" t="s">
+        <v>45</v>
       </c>
       <c r="H150" s="2">
         <v>0</v>
       </c>
       <c r="I150" s="1">
         <v>0</v>
       </c>
       <c r="J150" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K150" s="2" t="str">
-        <f>J150*134.78</f>
+        <f>J150*126.32</f>
         <v>0</v>
       </c>
       <c r="L150" s="5"/>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A151" s="1"/>
       <c r="B151" s="1">
-        <v>827524</v>
+        <v>827523</v>
       </c>
       <c r="C151" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="D151" s="1" t="s">
         <v>541</v>
       </c>
-      <c r="D151" s="1" t="s">
+      <c r="E151" s="2" t="s">
         <v>542</v>
       </c>
-      <c r="E151" s="2" t="s">
+      <c r="F151" s="2" t="s">
         <v>543</v>
       </c>
-      <c r="F151" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G151" s="2">
         <v>0</v>
       </c>
       <c r="H151" s="2">
         <v>0</v>
       </c>
       <c r="I151" s="1">
         <v>0</v>
       </c>
       <c r="J151" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K151" s="2" t="str">
-        <f>J151*243.00</f>
+        <f>J151*134.78</f>
         <v>0</v>
       </c>
       <c r="L151" s="5"/>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A152" s="1"/>
       <c r="B152" s="1">
-        <v>827525</v>
+        <v>827524</v>
       </c>
       <c r="C152" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="D152" s="1" t="s">
         <v>545</v>
       </c>
-      <c r="D152" s="1" t="s">
+      <c r="E152" s="2" t="s">
         <v>546</v>
       </c>
-      <c r="E152" s="2" t="s">
+      <c r="F152" s="2" t="s">
         <v>547</v>
       </c>
-      <c r="F152" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G152" s="2">
         <v>0</v>
       </c>
       <c r="H152" s="2">
         <v>0</v>
       </c>
       <c r="I152" s="1">
         <v>0</v>
       </c>
       <c r="J152" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K152" s="2" t="str">
-        <f>J152*360.47</f>
+        <f>J152*243.00</f>
         <v>0</v>
       </c>
       <c r="L152" s="5"/>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A153" s="1"/>
       <c r="B153" s="1">
-        <v>827526</v>
+        <v>827525</v>
       </c>
       <c r="C153" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="D153" s="1" t="s">
         <v>549</v>
       </c>
-      <c r="D153" s="1" t="s">
+      <c r="E153" s="2" t="s">
         <v>550</v>
       </c>
-      <c r="E153" s="2" t="s">
+      <c r="F153" s="2" t="s">
         <v>551</v>
       </c>
-      <c r="F153" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G153" s="2">
         <v>0</v>
       </c>
       <c r="H153" s="2">
         <v>0</v>
       </c>
       <c r="I153" s="1">
         <v>0</v>
       </c>
       <c r="J153" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K153" s="2" t="str">
-        <f>J153*945.31</f>
+        <f>J153*360.47</f>
         <v>0</v>
       </c>
       <c r="L153" s="5"/>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A154" s="1"/>
       <c r="B154" s="1">
-        <v>827527</v>
+        <v>827526</v>
       </c>
       <c r="C154" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="D154" s="1" t="s">
         <v>553</v>
       </c>
-      <c r="D154" s="1" t="s">
+      <c r="E154" s="2" t="s">
         <v>554</v>
       </c>
-      <c r="E154" s="2" t="s">
+      <c r="F154" s="2" t="s">
         <v>555</v>
       </c>
-      <c r="F154" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G154" s="2">
         <v>0</v>
       </c>
       <c r="H154" s="2">
         <v>0</v>
       </c>
       <c r="I154" s="1">
         <v>0</v>
       </c>
       <c r="J154" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K154" s="2" t="str">
-        <f>J154*1519.04</f>
+        <f>J154*945.31</f>
         <v>0</v>
       </c>
       <c r="L154" s="5"/>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A155" s="1"/>
       <c r="B155" s="1">
-        <v>827528</v>
+        <v>827527</v>
       </c>
       <c r="C155" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="D155" s="1" t="s">
         <v>557</v>
       </c>
-      <c r="D155" s="1" t="s">
+      <c r="E155" s="2" t="s">
         <v>558</v>
       </c>
-      <c r="E155" s="2" t="s">
+      <c r="F155" s="2" t="s">
         <v>559</v>
       </c>
-      <c r="F155" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G155" s="2">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="H155" s="2">
         <v>0</v>
       </c>
       <c r="I155" s="1">
         <v>0</v>
       </c>
       <c r="J155" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K155" s="2" t="str">
-        <f>J155*2348.98</f>
+        <f>J155*1519.04</f>
         <v>0</v>
       </c>
       <c r="L155" s="5"/>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A156" s="1"/>
       <c r="B156" s="1">
-        <v>827529</v>
+        <v>827528</v>
       </c>
       <c r="C156" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="D156" s="1" t="s">
         <v>561</v>
       </c>
-      <c r="D156" s="1" t="s">
+      <c r="E156" s="2" t="s">
         <v>562</v>
       </c>
-      <c r="E156" s="2" t="s">
+      <c r="F156" s="2" t="s">
         <v>563</v>
       </c>
-      <c r="F156" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G156" s="2">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="H156" s="2">
         <v>0</v>
       </c>
       <c r="I156" s="1">
         <v>0</v>
       </c>
       <c r="J156" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K156" s="2" t="str">
-        <f>J156*40.19</f>
+        <f>J156*2348.98</f>
         <v>0</v>
       </c>
       <c r="L156" s="5"/>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A157" s="1"/>
       <c r="B157" s="1">
-        <v>827530</v>
+        <v>827529</v>
       </c>
       <c r="C157" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="D157" s="1" t="s">
         <v>565</v>
       </c>
-      <c r="D157" s="1" t="s">
+      <c r="E157" s="2" t="s">
         <v>566</v>
       </c>
-      <c r="E157" s="2" t="s">
+      <c r="F157" s="2" t="s">
         <v>567</v>
       </c>
-      <c r="F157" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G157" s="2">
         <v>0</v>
       </c>
       <c r="H157" s="2">
         <v>0</v>
       </c>
       <c r="I157" s="1">
         <v>0</v>
       </c>
       <c r="J157" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K157" s="2" t="str">
-        <f>J157*46.89</f>
+        <f>J157*40.19</f>
         <v>0</v>
       </c>
       <c r="L157" s="5"/>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A158" s="1"/>
       <c r="B158" s="1">
-        <v>827531</v>
+        <v>827530</v>
       </c>
       <c r="C158" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="D158" s="1" t="s">
         <v>569</v>
       </c>
-      <c r="D158" s="1" t="s">
+      <c r="E158" s="2" t="s">
         <v>570</v>
       </c>
-      <c r="E158" s="2" t="s">
+      <c r="F158" s="2" t="s">
         <v>571</v>
       </c>
-      <c r="F158" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G158" s="2">
         <v>0</v>
       </c>
       <c r="H158" s="2">
         <v>0</v>
       </c>
       <c r="I158" s="1">
         <v>0</v>
       </c>
       <c r="J158" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K158" s="2" t="str">
-        <f>J158*51.80</f>
+        <f>J158*46.89</f>
         <v>0</v>
       </c>
       <c r="L158" s="5"/>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A159" s="1"/>
       <c r="B159" s="1">
-        <v>827532</v>
+        <v>827531</v>
       </c>
       <c r="C159" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="D159" s="1" t="s">
         <v>573</v>
       </c>
-      <c r="D159" s="1" t="s">
+      <c r="E159" s="2" t="s">
         <v>574</v>
       </c>
-      <c r="E159" s="2" t="s">
+      <c r="F159" s="2" t="s">
         <v>575</v>
       </c>
-      <c r="F159" s="2" t="s">
-[...3 lines deleted...]
-        <v>276</v>
+      <c r="G159" s="2">
+        <v>0</v>
       </c>
       <c r="H159" s="2">
         <v>0</v>
       </c>
       <c r="I159" s="1">
         <v>0</v>
       </c>
       <c r="J159" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K159" s="2" t="str">
-        <f>J159*66.99</f>
+        <f>J159*51.80</f>
         <v>0</v>
       </c>
       <c r="L159" s="5"/>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A160" s="1"/>
       <c r="B160" s="1">
-        <v>827533</v>
+        <v>827532</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>576</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>577</v>
       </c>
       <c r="E160" s="2" t="s">
         <v>578</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>579</v>
+        <v>180</v>
       </c>
       <c r="G160" s="2" t="s">
-        <v>276</v>
+        <v>145</v>
       </c>
       <c r="H160" s="2">
         <v>0</v>
       </c>
       <c r="I160" s="1">
         <v>0</v>
       </c>
       <c r="J160" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K160" s="2" t="str">
-        <f>J160*53.59</f>
+        <f>J160*66.99</f>
         <v>0</v>
       </c>
       <c r="L160" s="5"/>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A161" s="1"/>
       <c r="B161" s="1">
-        <v>827534</v>
+        <v>827533</v>
       </c>
       <c r="C161" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="D161" s="1" t="s">
         <v>580</v>
       </c>
-      <c r="D161" s="1" t="s">
+      <c r="E161" s="2" t="s">
         <v>581</v>
       </c>
-      <c r="E161" s="2" t="s">
+      <c r="F161" s="2" t="s">
         <v>582</v>
       </c>
-      <c r="F161" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G161" s="2" t="s">
+        <v>45</v>
       </c>
       <c r="H161" s="2">
         <v>0</v>
       </c>
-      <c r="I161" s="1" t="s">
-        <v>141</v>
+      <c r="I161" s="1">
+        <v>0</v>
       </c>
       <c r="J161" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K161" s="2" t="str">
         <f>J161*53.59</f>
         <v>0</v>
       </c>
       <c r="L161" s="5"/>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A162" s="1"/>
       <c r="B162" s="1">
-        <v>827535</v>
+        <v>827534</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>583</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>584</v>
       </c>
       <c r="E162" s="2" t="s">
         <v>585</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>582</v>
+      </c>
+      <c r="G162" s="2" t="s">
+        <v>145</v>
       </c>
       <c r="H162" s="2">
         <v>0</v>
       </c>
       <c r="I162" s="1">
         <v>0</v>
       </c>
       <c r="J162" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K162" s="2" t="str">
-        <f>J162*0.00</f>
+        <f>J162*53.59</f>
         <v>0</v>
       </c>
       <c r="L162" s="5"/>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A163" s="1"/>
       <c r="B163" s="1">
-        <v>827536</v>
+        <v>827535</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>586</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>587</v>
       </c>
       <c r="E163" s="2" t="s">
         <v>588</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>589</v>
+        <v>338</v>
       </c>
       <c r="G163" s="2">
-        <v>-17</v>
+        <v>0</v>
       </c>
       <c r="H163" s="2">
         <v>0</v>
       </c>
-      <c r="I163" s="1" t="s">
-        <v>141</v>
+      <c r="I163" s="1">
+        <v>0</v>
       </c>
       <c r="J163" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K163" s="2" t="str">
-        <f>J163*94.01</f>
+        <f>J163*0.00</f>
         <v>0</v>
       </c>
       <c r="L163" s="5"/>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A164" s="1"/>
       <c r="B164" s="1">
-        <v>827537</v>
+        <v>827536</v>
       </c>
       <c r="C164" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D164" s="1" t="s">
         <v>590</v>
       </c>
-      <c r="D164" s="1" t="s">
+      <c r="E164" s="2" t="s">
         <v>591</v>
       </c>
-      <c r="E164" s="2" t="s">
+      <c r="F164" s="2" t="s">
         <v>592</v>
       </c>
-      <c r="F164" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G164" s="2" t="s">
-        <v>268</v>
+        <v>145</v>
       </c>
       <c r="H164" s="2">
         <v>0</v>
       </c>
       <c r="I164" s="1">
         <v>0</v>
       </c>
       <c r="J164" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K164" s="2" t="str">
-        <f>J164*91.29</f>
+        <f>J164*94.01</f>
         <v>0</v>
       </c>
       <c r="L164" s="5"/>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A165" s="1"/>
       <c r="B165" s="1">
-        <v>827538</v>
+        <v>827537</v>
       </c>
       <c r="C165" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="D165" s="1" t="s">
         <v>594</v>
-      </c>
-[...1 lines deleted...]
-        <v>10008534</v>
       </c>
       <c r="E165" s="2" t="s">
         <v>595</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>335</v>
+        <v>596</v>
       </c>
       <c r="G165" s="2" t="s">
-        <v>141</v>
+        <v>264</v>
       </c>
       <c r="H165" s="2">
         <v>0</v>
       </c>
       <c r="I165" s="1">
         <v>0</v>
       </c>
       <c r="J165" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K165" s="2" t="str">
-        <f>J165*0.00</f>
+        <f>J165*91.29</f>
         <v>0</v>
       </c>
       <c r="L165" s="5"/>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A166" s="1"/>
       <c r="B166" s="1">
-        <v>827539</v>
+        <v>827538</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>596</v>
-[...1 lines deleted...]
-      <c r="D166" s="1" t="s">
         <v>597</v>
+      </c>
+      <c r="D166" s="1">
+        <v>10008534</v>
       </c>
       <c r="E166" s="2" t="s">
         <v>598</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>599</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>338</v>
+      </c>
+      <c r="G166" s="2" t="s">
+        <v>145</v>
       </c>
       <c r="H166" s="2">
         <v>0</v>
       </c>
       <c r="I166" s="1">
         <v>0</v>
       </c>
       <c r="J166" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K166" s="2" t="str">
-        <f>J166*110.18</f>
+        <f>J166*0.00</f>
         <v>0</v>
       </c>
       <c r="L166" s="5"/>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A167" s="1"/>
       <c r="B167" s="1">
-        <v>827540</v>
+        <v>827539</v>
       </c>
       <c r="C167" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="D167" s="1" t="s">
         <v>600</v>
       </c>
-      <c r="D167" s="1" t="s">
+      <c r="E167" s="2" t="s">
         <v>601</v>
       </c>
-      <c r="E167" s="2" t="s">
+      <c r="F167" s="2" t="s">
         <v>602</v>
       </c>
-      <c r="F167" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G167" s="2">
         <v>0</v>
       </c>
       <c r="H167" s="2">
         <v>0</v>
       </c>
       <c r="I167" s="1">
         <v>0</v>
       </c>
       <c r="J167" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K167" s="2" t="str">
-        <f>J167*97.20</f>
+        <f>J167*110.18</f>
         <v>0</v>
       </c>
       <c r="L167" s="5"/>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A168" s="1"/>
       <c r="B168" s="1">
-        <v>827541</v>
+        <v>827540</v>
       </c>
       <c r="C168" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="D168" s="1" t="s">
         <v>604</v>
-      </c>
-[...1 lines deleted...]
-        <v>10008545</v>
       </c>
       <c r="E168" s="2" t="s">
         <v>605</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>335</v>
+        <v>606</v>
       </c>
       <c r="G168" s="2">
         <v>0</v>
       </c>
       <c r="H168" s="2">
         <v>0</v>
       </c>
       <c r="I168" s="1">
         <v>0</v>
       </c>
       <c r="J168" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K168" s="2" t="str">
-        <f>J168*0.00</f>
+        <f>J168*97.20</f>
         <v>0</v>
       </c>
       <c r="L168" s="5"/>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A169" s="1"/>
       <c r="B169" s="1">
-        <v>827542</v>
+        <v>827541</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>606</v>
-[...1 lines deleted...]
-      <c r="D169" s="1" t="s">
         <v>607</v>
+      </c>
+      <c r="D169" s="1">
+        <v>10008545</v>
       </c>
       <c r="E169" s="2" t="s">
         <v>608</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>609</v>
+        <v>338</v>
       </c>
       <c r="G169" s="2">
         <v>0</v>
       </c>
       <c r="H169" s="2">
         <v>0</v>
       </c>
       <c r="I169" s="1">
         <v>0</v>
       </c>
       <c r="J169" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K169" s="2" t="str">
-        <f>J169*240.70</f>
+        <f>J169*0.00</f>
         <v>0</v>
       </c>
       <c r="L169" s="5"/>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A170" s="1"/>
       <c r="B170" s="1">
-        <v>827543</v>
+        <v>827542</v>
       </c>
       <c r="C170" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="D170" s="1" t="s">
         <v>610</v>
       </c>
-      <c r="D170" s="1" t="s">
+      <c r="E170" s="2" t="s">
         <v>611</v>
       </c>
-      <c r="E170" s="2" t="s">
+      <c r="F170" s="2" t="s">
         <v>612</v>
       </c>
-      <c r="F170" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G170" s="2">
         <v>0</v>
       </c>
       <c r="H170" s="2">
         <v>0</v>
       </c>
       <c r="I170" s="1">
         <v>0</v>
       </c>
       <c r="J170" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K170" s="2" t="str">
-        <f>J170*158.17</f>
+        <f>J170*240.70</f>
         <v>0</v>
       </c>
       <c r="L170" s="5"/>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A171" s="1"/>
       <c r="B171" s="1">
-        <v>827544</v>
+        <v>827543</v>
       </c>
       <c r="C171" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="D171" s="1" t="s">
         <v>614</v>
       </c>
-      <c r="D171" s="1" t="s">
+      <c r="E171" s="2" t="s">
         <v>615</v>
       </c>
-      <c r="E171" s="2" t="s">
+      <c r="F171" s="2" t="s">
         <v>616</v>
       </c>
-      <c r="F171" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G171" s="2">
         <v>0</v>
       </c>
       <c r="H171" s="2">
         <v>0</v>
       </c>
       <c r="I171" s="1">
         <v>0</v>
       </c>
       <c r="J171" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K171" s="2" t="str">
-        <f>J171*222.43</f>
+        <f>J171*158.17</f>
         <v>0</v>
       </c>
       <c r="L171" s="5"/>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A172" s="1"/>
       <c r="B172" s="1">
-        <v>827545</v>
+        <v>827544</v>
       </c>
       <c r="C172" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="D172" s="1" t="s">
         <v>618</v>
-      </c>
-[...1 lines deleted...]
-        <v>8251</v>
       </c>
       <c r="E172" s="2" t="s">
         <v>619</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>620</v>
       </c>
       <c r="G172" s="2">
         <v>0</v>
       </c>
       <c r="H172" s="2">
         <v>0</v>
       </c>
       <c r="I172" s="1">
         <v>0</v>
       </c>
       <c r="J172" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K172" s="2" t="str">
-        <f>J172*343.50</f>
+        <f>J172*222.43</f>
         <v>0</v>
       </c>
       <c r="L172" s="5"/>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A173" s="1"/>
       <c r="B173" s="1">
-        <v>827546</v>
+        <v>827545</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>621</v>
       </c>
-      <c r="D173" s="1" t="s">
+      <c r="D173" s="1">
+        <v>8251</v>
+      </c>
+      <c r="E173" s="2" t="s">
         <v>622</v>
       </c>
-      <c r="E173" s="2" t="s">
+      <c r="F173" s="2" t="s">
         <v>623</v>
       </c>
-      <c r="F173" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G173" s="2">
         <v>0</v>
       </c>
       <c r="H173" s="2">
         <v>0</v>
       </c>
       <c r="I173" s="1">
         <v>0</v>
       </c>
       <c r="J173" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K173" s="2" t="str">
-        <f>J173*370.67</f>
+        <f>J173*343.50</f>
         <v>0</v>
       </c>
       <c r="L173" s="5"/>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A174" s="1"/>
       <c r="B174" s="1">
-        <v>827547</v>
+        <v>827546</v>
       </c>
       <c r="C174" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="D174" s="1" t="s">
         <v>625</v>
       </c>
-      <c r="D174" s="1" t="s">
+      <c r="E174" s="2" t="s">
         <v>626</v>
       </c>
-      <c r="E174" s="2" t="s">
+      <c r="F174" s="2" t="s">
         <v>627</v>
       </c>
-      <c r="F174" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G174" s="2">
         <v>0</v>
       </c>
       <c r="H174" s="2">
         <v>0</v>
       </c>
       <c r="I174" s="1">
         <v>0</v>
       </c>
       <c r="J174" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K174" s="2" t="str">
-        <f>J174*409.99</f>
+        <f>J174*370.67</f>
         <v>0</v>
       </c>
       <c r="L174" s="5"/>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A175" s="1"/>
       <c r="B175" s="1">
-        <v>827548</v>
+        <v>827547</v>
       </c>
       <c r="C175" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="D175" s="1" t="s">
         <v>629</v>
       </c>
-      <c r="D175" s="1" t="s">
+      <c r="E175" s="2" t="s">
         <v>630</v>
       </c>
-      <c r="E175" s="2" t="s">
+      <c r="F175" s="2" t="s">
         <v>631</v>
       </c>
-      <c r="F175" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G175" s="2">
         <v>0</v>
       </c>
       <c r="H175" s="2">
         <v>0</v>
       </c>
       <c r="I175" s="1">
         <v>0</v>
       </c>
       <c r="J175" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K175" s="2" t="str">
-        <f>J175*262.96</f>
+        <f>J175*409.99</f>
         <v>0</v>
       </c>
       <c r="L175" s="5"/>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A176" s="1"/>
       <c r="B176" s="1">
-        <v>827549</v>
+        <v>827548</v>
       </c>
       <c r="C176" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="D176" s="1" t="s">
         <v>633</v>
-      </c>
-[...1 lines deleted...]
-        <v>10008567</v>
       </c>
       <c r="E176" s="2" t="s">
         <v>634</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>335</v>
+        <v>635</v>
       </c>
       <c r="G176" s="2">
         <v>0</v>
       </c>
       <c r="H176" s="2">
         <v>0</v>
       </c>
       <c r="I176" s="1">
         <v>0</v>
       </c>
       <c r="J176" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K176" s="2" t="str">
-        <f>J176*0.00</f>
+        <f>J176*262.96</f>
         <v>0</v>
       </c>
       <c r="L176" s="5"/>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A177" s="1"/>
       <c r="B177" s="1">
-        <v>827550</v>
+        <v>827549</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>635</v>
-[...1 lines deleted...]
-      <c r="D177" s="1" t="s">
         <v>636</v>
+      </c>
+      <c r="D177" s="1">
+        <v>10008567</v>
       </c>
       <c r="E177" s="2" t="s">
         <v>637</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>638</v>
+        <v>338</v>
       </c>
       <c r="G177" s="2">
         <v>0</v>
       </c>
       <c r="H177" s="2">
         <v>0</v>
       </c>
       <c r="I177" s="1">
         <v>0</v>
       </c>
       <c r="J177" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K177" s="2" t="str">
-        <f>J177*921.53</f>
+        <f>J177*0.00</f>
         <v>0</v>
       </c>
       <c r="L177" s="5"/>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A178" s="1"/>
       <c r="B178" s="1">
-        <v>827551</v>
+        <v>827550</v>
       </c>
       <c r="C178" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="D178" s="1" t="s">
         <v>639</v>
       </c>
-      <c r="D178" s="1" t="s">
+      <c r="E178" s="2" t="s">
         <v>640</v>
       </c>
-      <c r="E178" s="2" t="s">
+      <c r="F178" s="2" t="s">
         <v>641</v>
       </c>
-      <c r="F178" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G178" s="2">
         <v>0</v>
       </c>
       <c r="H178" s="2">
         <v>0</v>
       </c>
       <c r="I178" s="1">
         <v>0</v>
       </c>
       <c r="J178" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K178" s="2" t="str">
-        <f>J178*671.54</f>
+        <f>J178*921.53</f>
         <v>0</v>
       </c>
       <c r="L178" s="5"/>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A179" s="1"/>
       <c r="B179" s="1">
-        <v>827552</v>
+        <v>827551</v>
       </c>
       <c r="C179" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="D179" s="1" t="s">
         <v>643</v>
       </c>
-      <c r="D179" s="1" t="s">
+      <c r="E179" s="2" t="s">
         <v>644</v>
       </c>
-      <c r="E179" s="2" t="s">
+      <c r="F179" s="2" t="s">
         <v>645</v>
       </c>
-      <c r="F179" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G179" s="2">
         <v>0</v>
       </c>
       <c r="H179" s="2">
         <v>0</v>
       </c>
       <c r="I179" s="1">
         <v>0</v>
       </c>
       <c r="J179" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K179" s="2" t="str">
-        <f>J179*701.66</f>
+        <f>J179*671.54</f>
         <v>0</v>
       </c>
       <c r="L179" s="5"/>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A180" s="1"/>
       <c r="B180" s="1">
-        <v>827553</v>
+        <v>827552</v>
       </c>
       <c r="C180" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="D180" s="1" t="s">
         <v>647</v>
-      </c>
-[...1 lines deleted...]
-        <v>8277</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>648</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>649</v>
       </c>
       <c r="G180" s="2">
         <v>0</v>
       </c>
       <c r="H180" s="2">
         <v>0</v>
       </c>
       <c r="I180" s="1">
         <v>0</v>
       </c>
       <c r="J180" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K180" s="2" t="str">
-        <f>J180*1100.51</f>
+        <f>J180*701.66</f>
         <v>0</v>
       </c>
       <c r="L180" s="5"/>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A181" s="1"/>
       <c r="B181" s="1">
-        <v>827554</v>
+        <v>827553</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>650</v>
       </c>
       <c r="D181" s="1">
-        <v>8290</v>
+        <v>8277</v>
       </c>
       <c r="E181" s="2" t="s">
         <v>651</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>652</v>
       </c>
       <c r="G181" s="2">
         <v>0</v>
       </c>
       <c r="H181" s="2">
         <v>0</v>
       </c>
       <c r="I181" s="1">
         <v>0</v>
       </c>
       <c r="J181" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K181" s="2" t="str">
-        <f>J181*1171.06</f>
+        <f>J181*1100.51</f>
         <v>0</v>
       </c>
       <c r="L181" s="5"/>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A182" s="1"/>
       <c r="B182" s="1">
-        <v>827555</v>
+        <v>827554</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>653</v>
       </c>
-      <c r="D182" s="1" t="s">
+      <c r="D182" s="1">
+        <v>8290</v>
+      </c>
+      <c r="E182" s="2" t="s">
         <v>654</v>
       </c>
-      <c r="E182" s="2" t="s">
+      <c r="F182" s="2" t="s">
         <v>655</v>
       </c>
-      <c r="F182" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G182" s="2">
         <v>0</v>
       </c>
       <c r="H182" s="2">
         <v>0</v>
       </c>
       <c r="I182" s="1">
         <v>0</v>
       </c>
       <c r="J182" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K182" s="2" t="str">
-        <f>J182*1178.12</f>
+        <f>J182*1171.06</f>
         <v>0</v>
       </c>
       <c r="L182" s="5"/>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A183" s="1"/>
       <c r="B183" s="1">
-        <v>827556</v>
+        <v>827555</v>
       </c>
       <c r="C183" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="D183" s="1" t="s">
         <v>657</v>
-      </c>
-[...1 lines deleted...]
-        <v>10008597</v>
       </c>
       <c r="E183" s="2" t="s">
         <v>658</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>335</v>
+        <v>659</v>
       </c>
       <c r="G183" s="2">
         <v>0</v>
       </c>
       <c r="H183" s="2">
         <v>0</v>
       </c>
       <c r="I183" s="1">
         <v>0</v>
       </c>
       <c r="J183" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K183" s="2" t="str">
-        <f>J183*0.00</f>
+        <f>J183*1178.12</f>
         <v>0</v>
       </c>
       <c r="L183" s="5"/>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A184" s="1"/>
       <c r="B184" s="1">
-        <v>827557</v>
+        <v>827556</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>659</v>
-[...1 lines deleted...]
-      <c r="D184" s="1" t="s">
         <v>660</v>
+      </c>
+      <c r="D184" s="1">
+        <v>10008597</v>
       </c>
       <c r="E184" s="2" t="s">
         <v>661</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>662</v>
+        <v>338</v>
       </c>
       <c r="G184" s="2">
         <v>0</v>
       </c>
       <c r="H184" s="2">
         <v>0</v>
       </c>
       <c r="I184" s="1">
         <v>0</v>
       </c>
       <c r="J184" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K184" s="2" t="str">
-        <f>J184*1791.87</f>
+        <f>J184*0.00</f>
         <v>0</v>
       </c>
       <c r="L184" s="5"/>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A185" s="1"/>
       <c r="B185" s="1">
-        <v>827558</v>
+        <v>827557</v>
       </c>
       <c r="C185" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="D185" s="1" t="s">
         <v>663</v>
       </c>
-      <c r="D185" s="1" t="s">
+      <c r="E185" s="2" t="s">
         <v>664</v>
       </c>
-      <c r="E185" s="2" t="s">
+      <c r="F185" s="2" t="s">
         <v>665</v>
       </c>
-      <c r="F185" s="2" t="s">
-[...3 lines deleted...]
-        <v>141</v>
+      <c r="G185" s="2">
+        <v>0</v>
       </c>
       <c r="H185" s="2">
         <v>0</v>
       </c>
       <c r="I185" s="1">
         <v>0</v>
       </c>
       <c r="J185" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K185" s="2" t="str">
-        <f>J185*36.18</f>
+        <f>J185*1791.87</f>
         <v>0</v>
       </c>
       <c r="L185" s="5"/>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A186" s="1"/>
       <c r="B186" s="1">
-        <v>827559</v>
+        <v>827558</v>
       </c>
       <c r="C186" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="D186" s="1" t="s">
         <v>667</v>
       </c>
-      <c r="D186" s="1" t="s">
+      <c r="E186" s="2" t="s">
         <v>668</v>
       </c>
-      <c r="E186" s="2" t="s">
+      <c r="F186" s="2" t="s">
         <v>669</v>
       </c>
-      <c r="F186" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G186" s="2" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="H186" s="2">
         <v>0</v>
       </c>
       <c r="I186" s="1">
         <v>0</v>
       </c>
       <c r="J186" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K186" s="2" t="str">
-        <f>J186*41.53</f>
+        <f>J186*36.18</f>
         <v>0</v>
       </c>
       <c r="L186" s="5"/>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A187" s="1"/>
       <c r="B187" s="1">
-        <v>827560</v>
+        <v>827559</v>
       </c>
       <c r="C187" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="D187" s="1" t="s">
         <v>671</v>
       </c>
-      <c r="D187" s="1" t="s">
+      <c r="E187" s="2" t="s">
         <v>672</v>
       </c>
-      <c r="E187" s="2" t="s">
+      <c r="F187" s="2" t="s">
         <v>673</v>
       </c>
-      <c r="F187" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G187" s="2">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="H187" s="2">
         <v>0</v>
       </c>
       <c r="I187" s="1">
         <v>0</v>
       </c>
       <c r="J187" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K187" s="2" t="str">
-        <f>J187*42.01</f>
+        <f>J187*41.53</f>
         <v>0</v>
       </c>
       <c r="L187" s="5"/>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A188" s="1"/>
       <c r="B188" s="1">
-        <v>827561</v>
+        <v>827560</v>
       </c>
       <c r="C188" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="D188" s="1" t="s">
         <v>675</v>
       </c>
-      <c r="D188" s="1" t="s">
+      <c r="E188" s="2" t="s">
         <v>676</v>
       </c>
-      <c r="E188" s="2" t="s">
+      <c r="F188" s="2" t="s">
         <v>677</v>
       </c>
-      <c r="F188" s="2" t="s">
-[...3 lines deleted...]
-        <v>141</v>
+      <c r="G188" s="2">
+        <v>0</v>
       </c>
       <c r="H188" s="2">
         <v>0</v>
       </c>
       <c r="I188" s="1">
         <v>0</v>
       </c>
       <c r="J188" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K188" s="2" t="str">
-        <f>J188*58.95</f>
+        <f>J188*42.01</f>
         <v>0</v>
       </c>
       <c r="L188" s="5"/>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A189" s="1"/>
       <c r="B189" s="1">
-        <v>827562</v>
+        <v>827561</v>
       </c>
       <c r="C189" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="D189" s="1" t="s">
         <v>679</v>
       </c>
-      <c r="D189" s="1" t="s">
+      <c r="E189" s="2" t="s">
         <v>680</v>
       </c>
-      <c r="E189" s="2" t="s">
+      <c r="F189" s="2" t="s">
         <v>681</v>
       </c>
-      <c r="F189" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G189" s="2" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="H189" s="2">
         <v>0</v>
       </c>
       <c r="I189" s="1">
         <v>0</v>
       </c>
       <c r="J189" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K189" s="2" t="str">
-        <f>J189*56.27</f>
+        <f>J189*58.95</f>
         <v>0</v>
       </c>
       <c r="L189" s="5"/>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A190" s="1"/>
       <c r="B190" s="1">
-        <v>827563</v>
+        <v>827562</v>
       </c>
       <c r="C190" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="D190" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="D190" s="1" t="s">
+      <c r="E190" s="2" t="s">
         <v>684</v>
       </c>
-      <c r="E190" s="2" t="s">
+      <c r="F190" s="2" t="s">
         <v>685</v>
       </c>
-      <c r="F190" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G190" s="2" t="s">
-        <v>276</v>
+        <v>145</v>
       </c>
       <c r="H190" s="2">
         <v>0</v>
       </c>
       <c r="I190" s="1">
         <v>0</v>
       </c>
       <c r="J190" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K190" s="2" t="str">
-        <f>J190*54.93</f>
+        <f>J190*56.27</f>
         <v>0</v>
       </c>
       <c r="L190" s="5"/>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A191" s="1"/>
       <c r="B191" s="1">
-        <v>827564</v>
+        <v>827563</v>
       </c>
       <c r="C191" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="D191" s="1" t="s">
         <v>687</v>
       </c>
-      <c r="D191" s="1" t="s">
+      <c r="E191" s="2" t="s">
         <v>688</v>
       </c>
-      <c r="E191" s="2" t="s">
+      <c r="F191" s="2" t="s">
         <v>689</v>
       </c>
-      <c r="F191" s="2" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="G191" s="2" t="s">
+        <v>45</v>
       </c>
       <c r="H191" s="2">
         <v>0</v>
       </c>
       <c r="I191" s="1">
         <v>0</v>
       </c>
       <c r="J191" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K191" s="2" t="str">
-        <f>J191*0.00</f>
+        <f>J191*54.93</f>
         <v>0</v>
       </c>
       <c r="L191" s="5"/>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A192" s="1"/>
       <c r="B192" s="1">
-        <v>827565</v>
+        <v>827564</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>690</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>691</v>
       </c>
       <c r="E192" s="2" t="s">
         <v>692</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>693</v>
-[...2 lines deleted...]
-        <v>141</v>
+        <v>338</v>
+      </c>
+      <c r="G192" s="2">
+        <v>1</v>
       </c>
       <c r="H192" s="2">
         <v>0</v>
       </c>
       <c r="I192" s="1">
         <v>0</v>
       </c>
       <c r="J192" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K192" s="2" t="str">
-        <f>J192*87.54</f>
+        <f>J192*0.00</f>
         <v>0</v>
       </c>
       <c r="L192" s="5"/>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A193" s="1"/>
       <c r="B193" s="1">
-        <v>827566</v>
+        <v>827565</v>
       </c>
       <c r="C193" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="D193" s="1" t="s">
         <v>694</v>
-      </c>
-[...1 lines deleted...]
-        <v>8134</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>695</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>696</v>
       </c>
       <c r="G193" s="2" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="H193" s="2">
         <v>0</v>
       </c>
       <c r="I193" s="1">
         <v>0</v>
       </c>
       <c r="J193" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K193" s="2" t="str">
-        <f>J193*92.66</f>
+        <f>J193*87.54</f>
         <v>0</v>
       </c>
       <c r="L193" s="5"/>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A194" s="1"/>
       <c r="B194" s="1">
-        <v>827567</v>
+        <v>827566</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>697</v>
       </c>
-      <c r="D194" s="1" t="s">
+      <c r="D194" s="1">
+        <v>8134</v>
+      </c>
+      <c r="E194" s="2" t="s">
         <v>698</v>
       </c>
-      <c r="E194" s="2" t="s">
+      <c r="F194" s="2" t="s">
         <v>699</v>
       </c>
-      <c r="F194" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G194" s="2" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="H194" s="2">
         <v>0</v>
       </c>
       <c r="I194" s="1">
         <v>0</v>
       </c>
       <c r="J194" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K194" s="2" t="str">
-        <f>J194*85.32</f>
+        <f>J194*92.66</f>
         <v>0</v>
       </c>
       <c r="L194" s="5"/>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A195" s="1"/>
       <c r="B195" s="1">
-        <v>827568</v>
+        <v>827567</v>
       </c>
       <c r="C195" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="D195" s="1" t="s">
         <v>701</v>
       </c>
-      <c r="D195" s="1" t="s">
+      <c r="E195" s="2" t="s">
         <v>702</v>
       </c>
-      <c r="E195" s="2" t="s">
+      <c r="F195" s="2" t="s">
         <v>703</v>
       </c>
-      <c r="F195" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G195" s="2" t="s">
+        <v>264</v>
       </c>
       <c r="H195" s="2">
         <v>0</v>
       </c>
       <c r="I195" s="1">
         <v>0</v>
       </c>
       <c r="J195" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K195" s="2" t="str">
-        <f>J195*138.61</f>
+        <f>J195*85.32</f>
         <v>0</v>
       </c>
       <c r="L195" s="5"/>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A196" s="1"/>
       <c r="B196" s="1">
-        <v>827569</v>
+        <v>827568</v>
       </c>
       <c r="C196" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="D196" s="1" t="s">
         <v>705</v>
       </c>
-      <c r="D196" s="1" t="s">
+      <c r="E196" s="2" t="s">
         <v>706</v>
       </c>
-      <c r="E196" s="2" t="s">
+      <c r="F196" s="2" t="s">
         <v>707</v>
       </c>
-      <c r="F196" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G196" s="2">
         <v>0</v>
       </c>
       <c r="H196" s="2">
         <v>0</v>
       </c>
       <c r="I196" s="1">
         <v>0</v>
       </c>
       <c r="J196" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K196" s="2" t="str">
-        <f>J196*117.64</f>
+        <f>J196*138.61</f>
         <v>0</v>
       </c>
       <c r="L196" s="5"/>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A197" s="1"/>
       <c r="B197" s="1">
-        <v>827570</v>
+        <v>827569</v>
       </c>
       <c r="C197" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="D197" s="1" t="s">
         <v>709</v>
       </c>
-      <c r="D197" s="1" t="s">
+      <c r="E197" s="2" t="s">
         <v>710</v>
       </c>
-      <c r="E197" s="2" t="s">
+      <c r="F197" s="2" t="s">
         <v>711</v>
       </c>
-      <c r="F197" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G197" s="2">
         <v>0</v>
       </c>
       <c r="H197" s="2">
         <v>0</v>
       </c>
       <c r="I197" s="1">
         <v>0</v>
       </c>
       <c r="J197" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K197" s="2" t="str">
-        <f>J197*102.44</f>
+        <f>J197*117.64</f>
         <v>0</v>
       </c>
       <c r="L197" s="5"/>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A198" s="1"/>
       <c r="B198" s="1">
-        <v>827571</v>
+        <v>827570</v>
       </c>
       <c r="C198" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="D198" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="D198" s="1" t="s">
+      <c r="E198" s="2" t="s">
         <v>714</v>
       </c>
-      <c r="E198" s="2" t="s">
+      <c r="F198" s="2" t="s">
         <v>715</v>
       </c>
-      <c r="F198" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G198" s="2">
         <v>0</v>
       </c>
       <c r="H198" s="2">
         <v>0</v>
       </c>
       <c r="I198" s="1">
         <v>0</v>
       </c>
       <c r="J198" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K198" s="2" t="str">
-        <f>J198*138.01</f>
+        <f>J198*102.44</f>
         <v>0</v>
       </c>
       <c r="L198" s="5"/>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A199" s="1"/>
       <c r="B199" s="1">
-        <v>827572</v>
+        <v>827571</v>
       </c>
       <c r="C199" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="D199" s="1" t="s">
         <v>717</v>
       </c>
-      <c r="D199" s="1" t="s">
+      <c r="E199" s="2" t="s">
         <v>718</v>
       </c>
-      <c r="E199" s="2" t="s">
+      <c r="F199" s="2" t="s">
         <v>719</v>
       </c>
-      <c r="F199" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G199" s="2">
         <v>0</v>
       </c>
       <c r="H199" s="2">
         <v>0</v>
       </c>
       <c r="I199" s="1">
         <v>0</v>
       </c>
       <c r="J199" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K199" s="2" t="str">
-        <f>J199*226.61</f>
+        <f>J199*138.01</f>
         <v>0</v>
       </c>
       <c r="L199" s="5"/>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A200" s="1"/>
       <c r="B200" s="1">
-        <v>827573</v>
+        <v>827572</v>
       </c>
       <c r="C200" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="D200" s="1" t="s">
         <v>721</v>
       </c>
-      <c r="D200" s="1" t="s">
+      <c r="E200" s="2" t="s">
         <v>722</v>
       </c>
-      <c r="E200" s="2" t="s">
+      <c r="F200" s="2" t="s">
         <v>723</v>
       </c>
-      <c r="F200" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G200" s="2">
         <v>0</v>
       </c>
       <c r="H200" s="2">
         <v>0</v>
       </c>
       <c r="I200" s="1">
         <v>0</v>
       </c>
       <c r="J200" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K200" s="2" t="str">
-        <f>J200*203.15</f>
+        <f>J200*226.61</f>
         <v>0</v>
       </c>
       <c r="L200" s="5"/>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A201" s="1"/>
       <c r="B201" s="1">
-        <v>827574</v>
+        <v>827573</v>
       </c>
       <c r="C201" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="D201" s="1" t="s">
         <v>725</v>
       </c>
-      <c r="D201" s="1" t="s">
+      <c r="E201" s="2" t="s">
         <v>726</v>
       </c>
-      <c r="E201" s="2" t="s">
+      <c r="F201" s="2" t="s">
         <v>727</v>
       </c>
-      <c r="F201" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G201" s="2">
         <v>0</v>
       </c>
       <c r="H201" s="2">
         <v>0</v>
       </c>
       <c r="I201" s="1">
         <v>0</v>
       </c>
       <c r="J201" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K201" s="2" t="str">
-        <f>J201*387.78</f>
+        <f>J201*203.15</f>
         <v>0</v>
       </c>
       <c r="L201" s="5"/>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A202" s="1"/>
       <c r="B202" s="1">
-        <v>827575</v>
+        <v>827574</v>
       </c>
       <c r="C202" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="D202" s="1" t="s">
         <v>729</v>
-      </c>
-[...1 lines deleted...]
-        <v>8152</v>
       </c>
       <c r="E202" s="2" t="s">
         <v>730</v>
       </c>
       <c r="F202" s="2" t="s">
         <v>731</v>
       </c>
       <c r="G202" s="2">
         <v>0</v>
       </c>
       <c r="H202" s="2">
         <v>0</v>
       </c>
       <c r="I202" s="1">
         <v>0</v>
       </c>
       <c r="J202" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K202" s="2" t="str">
-        <f>J202*303.55</f>
+        <f>J202*387.78</f>
         <v>0</v>
       </c>
       <c r="L202" s="5"/>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A203" s="1"/>
       <c r="B203" s="1">
-        <v>827576</v>
+        <v>827575</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>732</v>
       </c>
-      <c r="D203" s="1" t="s">
+      <c r="D203" s="1">
+        <v>8152</v>
+      </c>
+      <c r="E203" s="2" t="s">
         <v>733</v>
       </c>
-      <c r="E203" s="2" t="s">
+      <c r="F203" s="2" t="s">
         <v>734</v>
       </c>
-      <c r="F203" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G203" s="2">
         <v>0</v>
       </c>
       <c r="H203" s="2">
         <v>0</v>
       </c>
       <c r="I203" s="1">
         <v>0</v>
       </c>
       <c r="J203" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K203" s="2" t="str">
-        <f>J203*255.53</f>
+        <f>J203*303.55</f>
         <v>0</v>
       </c>
       <c r="L203" s="5"/>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A204" s="1"/>
       <c r="B204" s="1">
-        <v>827577</v>
+        <v>827576</v>
       </c>
       <c r="C204" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="D204" s="1" t="s">
         <v>736</v>
       </c>
-      <c r="D204" s="1" t="s">
+      <c r="E204" s="2" t="s">
         <v>737</v>
       </c>
-      <c r="E204" s="2" t="s">
+      <c r="F204" s="2" t="s">
         <v>738</v>
       </c>
-      <c r="F204" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G204" s="2">
         <v>0</v>
       </c>
       <c r="H204" s="2">
         <v>0</v>
       </c>
       <c r="I204" s="1">
         <v>0</v>
       </c>
       <c r="J204" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K204" s="2" t="str">
-        <f>J204*539.56</f>
+        <f>J204*255.53</f>
         <v>0</v>
       </c>
       <c r="L204" s="5"/>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A205" s="1"/>
       <c r="B205" s="1">
-        <v>827578</v>
+        <v>827577</v>
       </c>
       <c r="C205" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="D205" s="1" t="s">
         <v>740</v>
       </c>
-      <c r="D205" s="1" t="s">
+      <c r="E205" s="2" t="s">
         <v>741</v>
       </c>
-      <c r="E205" s="2" t="s">
+      <c r="F205" s="2" t="s">
         <v>742</v>
       </c>
-      <c r="F205" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G205" s="2">
         <v>0</v>
       </c>
       <c r="H205" s="2">
         <v>0</v>
       </c>
       <c r="I205" s="1">
         <v>0</v>
       </c>
       <c r="J205" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K205" s="2" t="str">
-        <f>J205*588.31</f>
+        <f>J205*539.56</f>
         <v>0</v>
       </c>
       <c r="L205" s="5"/>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A206" s="1"/>
       <c r="B206" s="1">
-        <v>827579</v>
+        <v>827578</v>
       </c>
       <c r="C206" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="D206" s="1" t="s">
         <v>744</v>
       </c>
-      <c r="D206" s="1" t="s">
+      <c r="E206" s="2" t="s">
         <v>745</v>
       </c>
-      <c r="E206" s="2" t="s">
+      <c r="F206" s="2" t="s">
         <v>746</v>
       </c>
-      <c r="F206" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G206" s="2">
         <v>0</v>
       </c>
       <c r="H206" s="2">
         <v>0</v>
       </c>
       <c r="I206" s="1">
         <v>0</v>
       </c>
       <c r="J206" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K206" s="2" t="str">
-        <f>J206*616.09</f>
+        <f>J206*588.31</f>
         <v>0</v>
       </c>
       <c r="L206" s="5"/>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A207" s="1"/>
       <c r="B207" s="1">
-        <v>827580</v>
+        <v>827579</v>
       </c>
       <c r="C207" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="D207" s="1" t="s">
         <v>748</v>
       </c>
-      <c r="D207" s="1" t="s">
+      <c r="E207" s="2" t="s">
         <v>749</v>
       </c>
-      <c r="E207" s="2" t="s">
+      <c r="F207" s="2" t="s">
         <v>750</v>
       </c>
-      <c r="F207" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G207" s="2">
         <v>0</v>
       </c>
       <c r="H207" s="2">
         <v>0</v>
       </c>
       <c r="I207" s="1">
         <v>0</v>
       </c>
       <c r="J207" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K207" s="2" t="str">
-        <f>J207*620.80</f>
+        <f>J207*616.09</f>
         <v>0</v>
       </c>
       <c r="L207" s="5"/>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A208" s="1"/>
       <c r="B208" s="1">
-        <v>827581</v>
+        <v>827580</v>
       </c>
       <c r="C208" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="D208" s="1" t="s">
         <v>752</v>
-      </c>
-[...1 lines deleted...]
-        <v>8177</v>
       </c>
       <c r="E208" s="2" t="s">
         <v>753</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>649</v>
+        <v>754</v>
       </c>
       <c r="G208" s="2">
         <v>0</v>
       </c>
       <c r="H208" s="2">
         <v>0</v>
       </c>
       <c r="I208" s="1">
         <v>0</v>
       </c>
       <c r="J208" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K208" s="2" t="str">
-        <f>J208*1100.51</f>
+        <f>J208*620.80</f>
         <v>0</v>
       </c>
       <c r="L208" s="5"/>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A209" s="1"/>
       <c r="B209" s="1">
-        <v>827582</v>
+        <v>827581</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="D209" s="1">
-        <v>8190</v>
+        <v>8177</v>
       </c>
       <c r="E209" s="2" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="G209" s="2">
         <v>0</v>
       </c>
       <c r="H209" s="2">
         <v>0</v>
       </c>
       <c r="I209" s="1">
         <v>0</v>
       </c>
       <c r="J209" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K209" s="2" t="str">
         <f>J209*1100.51</f>
         <v>0</v>
       </c>
       <c r="L209" s="5"/>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A210" s="1"/>
       <c r="B210" s="1">
-        <v>827583</v>
+        <v>827582</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>756</v>
-[...1 lines deleted...]
-      <c r="D210" s="1" t="s">
         <v>757</v>
+      </c>
+      <c r="D210" s="1">
+        <v>8190</v>
       </c>
       <c r="E210" s="2" t="s">
         <v>758</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>759</v>
+        <v>652</v>
       </c>
       <c r="G210" s="2">
         <v>0</v>
       </c>
       <c r="H210" s="2">
         <v>0</v>
       </c>
       <c r="I210" s="1">
         <v>0</v>
       </c>
       <c r="J210" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K210" s="2" t="str">
-        <f>J210*1107.57</f>
+        <f>J210*1100.51</f>
         <v>0</v>
       </c>
       <c r="L210" s="5"/>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A211" s="1"/>
       <c r="B211" s="1">
-        <v>827584</v>
+        <v>827583</v>
       </c>
       <c r="C211" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="D211" s="1" t="s">
         <v>760</v>
       </c>
-      <c r="D211" s="1" t="s">
+      <c r="E211" s="2" t="s">
         <v>761</v>
       </c>
-      <c r="E211" s="2" t="s">
+      <c r="F211" s="2" t="s">
         <v>762</v>
       </c>
-      <c r="F211" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G211" s="2">
         <v>0</v>
       </c>
       <c r="H211" s="2">
         <v>0</v>
       </c>
       <c r="I211" s="1">
         <v>0</v>
       </c>
       <c r="J211" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K211" s="2" t="str">
-        <f>J211*2012.81</f>
+        <f>J211*1107.57</f>
         <v>0</v>
       </c>
       <c r="L211" s="5"/>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A212" s="1"/>
       <c r="B212" s="1">
-        <v>827585</v>
+        <v>827584</v>
       </c>
       <c r="C212" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="D212" s="1" t="s">
         <v>764</v>
-      </c>
-[...1 lines deleted...]
-        <v>8193</v>
       </c>
       <c r="E212" s="2" t="s">
         <v>765</v>
       </c>
       <c r="F212" s="2" t="s">
         <v>766</v>
       </c>
       <c r="G212" s="2">
         <v>0</v>
       </c>
       <c r="H212" s="2">
         <v>0</v>
       </c>
       <c r="I212" s="1">
         <v>0</v>
       </c>
       <c r="J212" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K212" s="2" t="str">
-        <f>J212*1749.54</f>
+        <f>J212*2012.81</f>
         <v>0</v>
       </c>
       <c r="L212" s="5"/>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A213" s="1"/>
       <c r="B213" s="1">
-        <v>827586</v>
+        <v>827585</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>767</v>
       </c>
-      <c r="D213" s="1" t="s">
+      <c r="D213" s="1">
+        <v>8193</v>
+      </c>
+      <c r="E213" s="2" t="s">
         <v>768</v>
       </c>
-      <c r="E213" s="2" t="s">
+      <c r="F213" s="2" t="s">
         <v>769</v>
       </c>
-      <c r="F213" s="2" t="s">
-[...3 lines deleted...]
-        <v>276</v>
+      <c r="G213" s="2">
+        <v>0</v>
       </c>
       <c r="H213" s="2">
         <v>0</v>
       </c>
-      <c r="I213" s="1" t="s">
-        <v>141</v>
+      <c r="I213" s="1">
+        <v>0</v>
       </c>
       <c r="J213" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K213" s="2" t="str">
-        <f>J213*80.39</f>
+        <f>J213*1749.54</f>
         <v>0</v>
       </c>
       <c r="L213" s="5"/>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A214" s="1"/>
       <c r="B214" s="1">
-        <v>827587</v>
+        <v>827586</v>
       </c>
       <c r="C214" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="D214" s="1" t="s">
         <v>771</v>
       </c>
-      <c r="D214" s="1" t="s">
+      <c r="E214" s="2" t="s">
         <v>772</v>
       </c>
-      <c r="E214" s="2" t="s">
+      <c r="F214" s="2" t="s">
         <v>773</v>
       </c>
-      <c r="F214" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G214" s="2" t="s">
-        <v>268</v>
+        <v>45</v>
       </c>
       <c r="H214" s="2">
         <v>0</v>
       </c>
-      <c r="I214" s="1" t="s">
-        <v>141</v>
+      <c r="I214" s="1">
+        <v>0</v>
       </c>
       <c r="J214" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K214" s="2" t="str">
-        <f>J214*117.46</f>
+        <f>J214*80.39</f>
         <v>0</v>
       </c>
       <c r="L214" s="5"/>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A215" s="1"/>
       <c r="B215" s="1">
-        <v>827588</v>
+        <v>827587</v>
       </c>
       <c r="C215" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="D215" s="1" t="s">
         <v>775</v>
       </c>
-      <c r="D215" s="1" t="s">
+      <c r="E215" s="2" t="s">
         <v>776</v>
       </c>
-      <c r="E215" s="2" t="s">
+      <c r="F215" s="2" t="s">
         <v>777</v>
       </c>
-      <c r="F215" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G215" s="2" t="s">
-        <v>276</v>
+        <v>145</v>
       </c>
       <c r="H215" s="2">
         <v>0</v>
       </c>
       <c r="I215" s="1">
         <v>0</v>
       </c>
       <c r="J215" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K215" s="2" t="str">
-        <f>J215*204.98</f>
+        <f>J215*117.46</f>
         <v>0</v>
       </c>
       <c r="L215" s="5"/>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A216" s="1"/>
       <c r="B216" s="1">
-        <v>827589</v>
+        <v>827588</v>
       </c>
       <c r="C216" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="D216" s="1" t="s">
         <v>779</v>
       </c>
-      <c r="D216" s="1" t="s">
+      <c r="E216" s="2" t="s">
         <v>780</v>
       </c>
-      <c r="E216" s="2" t="s">
+      <c r="F216" s="2" t="s">
         <v>781</v>
       </c>
-      <c r="F216" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G216" s="2" t="s">
+        <v>45</v>
       </c>
       <c r="H216" s="2">
         <v>0</v>
       </c>
       <c r="I216" s="1">
         <v>0</v>
       </c>
       <c r="J216" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K216" s="2" t="str">
-        <f>J216*199.76</f>
+        <f>J216*204.98</f>
         <v>0</v>
       </c>
       <c r="L216" s="5"/>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A217" s="1"/>
       <c r="B217" s="1">
-        <v>827590</v>
+        <v>827589</v>
       </c>
       <c r="C217" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="D217" s="1" t="s">
         <v>783</v>
       </c>
-      <c r="D217" s="1" t="s">
+      <c r="E217" s="2" t="s">
         <v>784</v>
       </c>
-      <c r="E217" s="2" t="s">
+      <c r="F217" s="2" t="s">
         <v>785</v>
       </c>
-      <c r="F217" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G217" s="2">
         <v>0</v>
       </c>
       <c r="H217" s="2">
         <v>0</v>
       </c>
       <c r="I217" s="1">
         <v>0</v>
       </c>
       <c r="J217" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K217" s="2" t="str">
-        <f>J217*342.79</f>
+        <f>J217*199.76</f>
         <v>0</v>
       </c>
       <c r="L217" s="5"/>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A218" s="1"/>
       <c r="B218" s="1">
-        <v>827591</v>
+        <v>827590</v>
       </c>
       <c r="C218" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="D218" s="1" t="s">
         <v>787</v>
       </c>
-      <c r="D218" s="1" t="s">
+      <c r="E218" s="2" t="s">
         <v>788</v>
       </c>
-      <c r="E218" s="2" t="s">
+      <c r="F218" s="2" t="s">
         <v>789</v>
       </c>
-      <c r="F218" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G218" s="2">
         <v>0</v>
       </c>
       <c r="H218" s="2">
         <v>0</v>
       </c>
       <c r="I218" s="1">
         <v>0</v>
       </c>
       <c r="J218" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K218" s="2" t="str">
-        <f>J218*529.94</f>
+        <f>J218*342.79</f>
         <v>0</v>
       </c>
       <c r="L218" s="5"/>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A219" s="1"/>
       <c r="B219" s="1">
-        <v>827592</v>
+        <v>827591</v>
       </c>
       <c r="C219" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="D219" s="1" t="s">
         <v>791</v>
       </c>
-      <c r="D219" s="1" t="s">
+      <c r="E219" s="2" t="s">
         <v>792</v>
       </c>
-      <c r="E219" s="2" t="s">
+      <c r="F219" s="2" t="s">
         <v>793</v>
       </c>
-      <c r="F219" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G219" s="2">
         <v>0</v>
       </c>
       <c r="H219" s="2">
         <v>0</v>
       </c>
       <c r="I219" s="1">
         <v>0</v>
       </c>
       <c r="J219" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K219" s="2" t="str">
-        <f>J219*1208.45</f>
+        <f>J219*529.94</f>
         <v>0</v>
       </c>
       <c r="L219" s="5"/>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A220" s="1"/>
       <c r="B220" s="1">
-        <v>827593</v>
+        <v>827592</v>
       </c>
       <c r="C220" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="D220" s="1" t="s">
         <v>795</v>
       </c>
-      <c r="D220" s="1" t="s">
+      <c r="E220" s="2" t="s">
         <v>796</v>
       </c>
-      <c r="E220" s="2" t="s">
+      <c r="F220" s="2" t="s">
         <v>797</v>
       </c>
-      <c r="F220" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G220" s="2">
         <v>0</v>
       </c>
       <c r="H220" s="2">
         <v>0</v>
       </c>
       <c r="I220" s="1">
         <v>0</v>
       </c>
       <c r="J220" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K220" s="2" t="str">
-        <f>J220*1689.01</f>
+        <f>J220*1208.45</f>
         <v>0</v>
       </c>
       <c r="L220" s="5"/>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A221" s="1"/>
       <c r="B221" s="1">
-        <v>827594</v>
+        <v>827593</v>
       </c>
       <c r="C221" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="D221" s="1" t="s">
         <v>799</v>
       </c>
-      <c r="D221" s="1" t="s">
+      <c r="E221" s="2" t="s">
         <v>800</v>
       </c>
-      <c r="E221" s="2" t="s">
+      <c r="F221" s="2" t="s">
         <v>801</v>
       </c>
-      <c r="F221" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G221" s="2">
         <v>0</v>
       </c>
       <c r="H221" s="2">
         <v>0</v>
       </c>
       <c r="I221" s="1">
         <v>0</v>
       </c>
       <c r="J221" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K221" s="2" t="str">
-        <f>J221*3012.03</f>
+        <f>J221*1689.01</f>
         <v>0</v>
       </c>
       <c r="L221" s="5"/>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A222" s="1"/>
       <c r="B222" s="1">
-        <v>827595</v>
+        <v>827594</v>
       </c>
       <c r="C222" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="D222" s="1" t="s">
         <v>803</v>
       </c>
-      <c r="D222" s="1" t="s">
+      <c r="E222" s="2" t="s">
         <v>804</v>
       </c>
-      <c r="E222" s="2" t="s">
+      <c r="F222" s="2" t="s">
         <v>805</v>
       </c>
-      <c r="F222" s="2" t="s">
-[...3 lines deleted...]
-        <v>268</v>
+      <c r="G222" s="2">
+        <v>0</v>
       </c>
       <c r="H222" s="2">
         <v>0</v>
       </c>
       <c r="I222" s="1">
         <v>0</v>
       </c>
       <c r="J222" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K222" s="2" t="str">
-        <f>J222*120.58</f>
+        <f>J222*3012.03</f>
         <v>0</v>
       </c>
       <c r="L222" s="5"/>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A223" s="1"/>
       <c r="B223" s="1">
-        <v>827596</v>
+        <v>827595</v>
       </c>
       <c r="C223" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="D223" s="1" t="s">
         <v>807</v>
       </c>
-      <c r="D223" s="1" t="s">
+      <c r="E223" s="2" t="s">
         <v>808</v>
       </c>
-      <c r="E223" s="2" t="s">
+      <c r="F223" s="2" t="s">
         <v>809</v>
       </c>
-      <c r="F223" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G223" s="2" t="s">
-        <v>141</v>
+        <v>264</v>
       </c>
       <c r="H223" s="2">
         <v>0</v>
       </c>
       <c r="I223" s="1">
         <v>0</v>
       </c>
       <c r="J223" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K223" s="2" t="str">
-        <f>J223*164.79</f>
+        <f>J223*120.58</f>
         <v>0</v>
       </c>
       <c r="L223" s="5"/>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A224" s="1"/>
       <c r="B224" s="1">
-        <v>827597</v>
+        <v>827596</v>
       </c>
       <c r="C224" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="D224" s="1" t="s">
         <v>811</v>
       </c>
-      <c r="D224" s="1" t="s">
+      <c r="E224" s="2" t="s">
         <v>812</v>
       </c>
-      <c r="E224" s="2" t="s">
+      <c r="F224" s="2" t="s">
         <v>813</v>
       </c>
-      <c r="F224" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G224" s="2" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="H224" s="2">
         <v>0</v>
       </c>
       <c r="I224" s="1">
         <v>0</v>
       </c>
       <c r="J224" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K224" s="2" t="str">
-        <f>J224*174.17</f>
+        <f>J224*164.79</f>
         <v>0</v>
       </c>
       <c r="L224" s="5"/>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A225" s="1"/>
       <c r="B225" s="1">
-        <v>827598</v>
+        <v>827597</v>
       </c>
       <c r="C225" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="D225" s="1" t="s">
         <v>815</v>
       </c>
-      <c r="D225" s="1" t="s">
+      <c r="E225" s="2" t="s">
         <v>816</v>
       </c>
-      <c r="E225" s="2" t="s">
+      <c r="F225" s="2" t="s">
         <v>817</v>
       </c>
-      <c r="F225" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G225" s="2" t="s">
+        <v>145</v>
       </c>
       <c r="H225" s="2">
         <v>0</v>
       </c>
       <c r="I225" s="1">
         <v>0</v>
       </c>
       <c r="J225" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K225" s="2" t="str">
-        <f>J225*270.92</f>
+        <f>J225*174.17</f>
         <v>0</v>
       </c>
       <c r="L225" s="5"/>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A226" s="1"/>
       <c r="B226" s="1">
-        <v>827599</v>
+        <v>827598</v>
       </c>
       <c r="C226" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="D226" s="1" t="s">
         <v>819</v>
       </c>
-      <c r="D226" s="1" t="s">
+      <c r="E226" s="2" t="s">
         <v>820</v>
       </c>
-      <c r="E226" s="2" t="s">
+      <c r="F226" s="2" t="s">
         <v>821</v>
       </c>
-      <c r="F226" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G226" s="2">
         <v>0</v>
       </c>
       <c r="H226" s="2">
         <v>0</v>
       </c>
       <c r="I226" s="1">
         <v>0</v>
       </c>
       <c r="J226" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K226" s="2" t="str">
-        <f>J226*170.64</f>
+        <f>J226*270.92</f>
         <v>0</v>
       </c>
       <c r="L226" s="5"/>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A227" s="1"/>
       <c r="B227" s="1">
-        <v>827600</v>
+        <v>827599</v>
       </c>
       <c r="C227" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="D227" s="1" t="s">
         <v>823</v>
-      </c>
-[...1 lines deleted...]
-        <v>9041</v>
       </c>
       <c r="E227" s="2" t="s">
         <v>824</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>825</v>
       </c>
       <c r="G227" s="2">
         <v>0</v>
       </c>
       <c r="H227" s="2">
         <v>0</v>
       </c>
       <c r="I227" s="1">
         <v>0</v>
       </c>
       <c r="J227" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K227" s="2" t="str">
-        <f>J227*170.51</f>
+        <f>J227*170.64</f>
         <v>0</v>
       </c>
       <c r="L227" s="5"/>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A228" s="1"/>
       <c r="B228" s="1">
-        <v>827601</v>
+        <v>827600</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>826</v>
       </c>
-      <c r="D228" s="1" t="s">
+      <c r="D228" s="1">
+        <v>9041</v>
+      </c>
+      <c r="E228" s="2" t="s">
         <v>827</v>
       </c>
-      <c r="E228" s="2" t="s">
+      <c r="F228" s="2" t="s">
         <v>828</v>
       </c>
-      <c r="F228" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G228" s="2">
         <v>0</v>
       </c>
       <c r="H228" s="2">
         <v>0</v>
       </c>
       <c r="I228" s="1">
         <v>0</v>
       </c>
       <c r="J228" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K228" s="2" t="str">
-        <f>J228*418.51</f>
+        <f>J228*170.51</f>
         <v>0</v>
       </c>
       <c r="L228" s="5"/>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A229" s="1"/>
       <c r="B229" s="1">
-        <v>827602</v>
+        <v>827601</v>
       </c>
       <c r="C229" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="D229" s="1" t="s">
         <v>830</v>
       </c>
-      <c r="D229" s="1" t="s">
+      <c r="E229" s="2" t="s">
         <v>831</v>
       </c>
-      <c r="E229" s="2" t="s">
+      <c r="F229" s="2" t="s">
         <v>832</v>
       </c>
-      <c r="F229" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G229" s="2">
         <v>0</v>
       </c>
       <c r="H229" s="2">
         <v>0</v>
       </c>
       <c r="I229" s="1">
         <v>0</v>
       </c>
       <c r="J229" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K229" s="2" t="str">
-        <f>J229*396.58</f>
+        <f>J229*418.51</f>
         <v>0</v>
       </c>
       <c r="L229" s="5"/>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A230" s="1"/>
       <c r="B230" s="1">
-        <v>827603</v>
+        <v>827602</v>
       </c>
       <c r="C230" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="D230" s="1" t="s">
         <v>834</v>
       </c>
-      <c r="D230" s="1" t="s">
+      <c r="E230" s="2" t="s">
         <v>835</v>
       </c>
-      <c r="E230" s="2" t="s">
+      <c r="F230" s="2" t="s">
         <v>836</v>
       </c>
-      <c r="F230" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G230" s="2">
         <v>0</v>
       </c>
       <c r="H230" s="2">
         <v>0</v>
       </c>
       <c r="I230" s="1">
         <v>0</v>
       </c>
       <c r="J230" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K230" s="2" t="str">
-        <f>J230*314.87</f>
+        <f>J230*396.58</f>
         <v>0</v>
       </c>
       <c r="L230" s="5"/>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A231" s="1"/>
       <c r="B231" s="1">
-        <v>827604</v>
+        <v>827603</v>
       </c>
       <c r="C231" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="D231" s="1" t="s">
         <v>838</v>
-      </c>
-[...1 lines deleted...]
-        <v>9062</v>
       </c>
       <c r="E231" s="2" t="s">
         <v>839</v>
       </c>
       <c r="F231" s="2" t="s">
         <v>840</v>
       </c>
       <c r="G231" s="2">
         <v>0</v>
       </c>
       <c r="H231" s="2">
         <v>0</v>
       </c>
       <c r="I231" s="1">
         <v>0</v>
       </c>
       <c r="J231" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K231" s="2" t="str">
-        <f>J231*631.61</f>
+        <f>J231*314.87</f>
         <v>0</v>
       </c>
       <c r="L231" s="5"/>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A232" s="1"/>
       <c r="B232" s="1">
-        <v>827605</v>
+        <v>827604</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>841</v>
       </c>
       <c r="D232" s="1">
-        <v>9063</v>
+        <v>9062</v>
       </c>
       <c r="E232" s="2" t="s">
         <v>842</v>
       </c>
       <c r="F232" s="2" t="s">
         <v>843</v>
       </c>
       <c r="G232" s="2">
         <v>0</v>
       </c>
       <c r="H232" s="2">
         <v>0</v>
       </c>
       <c r="I232" s="1">
         <v>0</v>
       </c>
       <c r="J232" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K232" s="2" t="str">
-        <f>J232*425.27</f>
+        <f>J232*631.61</f>
         <v>0</v>
       </c>
       <c r="L232" s="5"/>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A233" s="1"/>
       <c r="B233" s="1">
-        <v>827606</v>
+        <v>827605</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>844</v>
       </c>
-      <c r="D233" s="1" t="s">
+      <c r="D233" s="1">
+        <v>9063</v>
+      </c>
+      <c r="E233" s="2" t="s">
         <v>845</v>
       </c>
-      <c r="E233" s="2" t="s">
+      <c r="F233" s="2" t="s">
         <v>846</v>
       </c>
-      <c r="F233" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G233" s="2">
         <v>0</v>
       </c>
       <c r="H233" s="2">
         <v>0</v>
       </c>
       <c r="I233" s="1">
         <v>0</v>
       </c>
       <c r="J233" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K233" s="2" t="str">
-        <f>J233*771.28</f>
+        <f>J233*425.27</f>
         <v>0</v>
       </c>
       <c r="L233" s="5"/>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A234" s="1"/>
       <c r="B234" s="1">
-        <v>827607</v>
+        <v>827606</v>
       </c>
       <c r="C234" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="D234" s="1" t="s">
         <v>848</v>
       </c>
-      <c r="D234" s="1" t="s">
+      <c r="E234" s="2" t="s">
         <v>849</v>
       </c>
-      <c r="E234" s="2" t="s">
+      <c r="F234" s="2" t="s">
         <v>850</v>
       </c>
-      <c r="F234" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G234" s="2">
         <v>0</v>
       </c>
       <c r="H234" s="2">
         <v>0</v>
       </c>
       <c r="I234" s="1">
         <v>0</v>
       </c>
       <c r="J234" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K234" s="2" t="str">
-        <f>J234*547.63</f>
+        <f>J234*771.28</f>
         <v>0</v>
       </c>
       <c r="L234" s="5"/>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A235" s="1"/>
       <c r="B235" s="1">
-        <v>827608</v>
+        <v>827607</v>
       </c>
       <c r="C235" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="D235" s="1" t="s">
         <v>852</v>
       </c>
-      <c r="D235" s="1" t="s">
+      <c r="E235" s="2" t="s">
         <v>853</v>
       </c>
-      <c r="E235" s="2" t="s">
+      <c r="F235" s="2" t="s">
         <v>854</v>
       </c>
-      <c r="F235" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G235" s="2">
         <v>0</v>
       </c>
       <c r="H235" s="2">
         <v>0</v>
       </c>
       <c r="I235" s="1">
         <v>0</v>
       </c>
       <c r="J235" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K235" s="2" t="str">
-        <f>J235*1255.72</f>
+        <f>J235*547.63</f>
         <v>0</v>
       </c>
       <c r="L235" s="5"/>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A236" s="1"/>
       <c r="B236" s="1">
-        <v>827609</v>
+        <v>827608</v>
       </c>
       <c r="C236" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="D236" s="1" t="s">
         <v>856</v>
       </c>
-      <c r="D236" s="1" t="s">
+      <c r="E236" s="2" t="s">
         <v>857</v>
       </c>
-      <c r="E236" s="2" t="s">
+      <c r="F236" s="2" t="s">
         <v>858</v>
       </c>
-      <c r="F236" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G236" s="2">
         <v>0</v>
       </c>
       <c r="H236" s="2">
         <v>0</v>
       </c>
       <c r="I236" s="1">
         <v>0</v>
       </c>
       <c r="J236" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K236" s="2" t="str">
-        <f>J236*1345.71</f>
+        <f>J236*1255.72</f>
         <v>0</v>
       </c>
       <c r="L236" s="5"/>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A237" s="1"/>
       <c r="B237" s="1">
-        <v>827610</v>
+        <v>827609</v>
       </c>
       <c r="C237" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="D237" s="1" t="s">
         <v>860</v>
       </c>
-      <c r="D237" s="1" t="s">
+      <c r="E237" s="2" t="s">
         <v>861</v>
       </c>
-      <c r="E237" s="2" t="s">
+      <c r="F237" s="2" t="s">
         <v>862</v>
       </c>
-      <c r="F237" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G237" s="2">
         <v>0</v>
       </c>
       <c r="H237" s="2">
         <v>0</v>
       </c>
       <c r="I237" s="1">
         <v>0</v>
       </c>
       <c r="J237" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K237" s="2" t="str">
-        <f>J237*2072.39</f>
+        <f>J237*1345.71</f>
         <v>0</v>
       </c>
       <c r="L237" s="5"/>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A238" s="1"/>
       <c r="B238" s="1">
-        <v>827611</v>
+        <v>827610</v>
       </c>
       <c r="C238" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="D238" s="1" t="s">
         <v>864</v>
       </c>
-      <c r="D238" s="1" t="s">
+      <c r="E238" s="2" t="s">
         <v>865</v>
       </c>
-      <c r="E238" s="2" t="s">
+      <c r="F238" s="2" t="s">
         <v>866</v>
       </c>
-      <c r="F238" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G238" s="2">
         <v>0</v>
       </c>
       <c r="H238" s="2">
         <v>0</v>
       </c>
       <c r="I238" s="1">
         <v>0</v>
       </c>
       <c r="J238" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K238" s="2" t="str">
-        <f>J238*2384.46</f>
+        <f>J238*2072.39</f>
         <v>0</v>
       </c>
       <c r="L238" s="5"/>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A239" s="1"/>
       <c r="B239" s="1">
-        <v>827612</v>
+        <v>827611</v>
       </c>
       <c r="C239" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="D239" s="1" t="s">
         <v>868</v>
-      </c>
-[...1 lines deleted...]
-        <v>9092</v>
       </c>
       <c r="E239" s="2" t="s">
         <v>869</v>
       </c>
       <c r="F239" s="2" t="s">
         <v>870</v>
       </c>
       <c r="G239" s="2">
         <v>0</v>
       </c>
       <c r="H239" s="2">
         <v>0</v>
       </c>
       <c r="I239" s="1">
         <v>0</v>
       </c>
       <c r="J239" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K239" s="2" t="str">
-        <f>J239*3213.43</f>
+        <f>J239*2384.46</f>
         <v>0</v>
       </c>
       <c r="L239" s="5"/>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A240" s="1"/>
       <c r="B240" s="1">
-        <v>827613</v>
+        <v>827612</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>871</v>
       </c>
-      <c r="D240" s="1" t="s">
+      <c r="D240" s="1">
+        <v>9092</v>
+      </c>
+      <c r="E240" s="2" t="s">
         <v>872</v>
       </c>
-      <c r="E240" s="2" t="s">
+      <c r="F240" s="2" t="s">
         <v>873</v>
       </c>
-      <c r="F240" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G240" s="2">
         <v>0</v>
       </c>
       <c r="H240" s="2">
         <v>0</v>
       </c>
       <c r="I240" s="1">
         <v>0</v>
       </c>
       <c r="J240" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K240" s="2" t="str">
-        <f>J240*3372.10</f>
+        <f>J240*3213.43</f>
         <v>0</v>
       </c>
       <c r="L240" s="5"/>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A241" s="1"/>
       <c r="B241" s="1">
-        <v>827614</v>
+        <v>827613</v>
       </c>
       <c r="C241" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="D241" s="1" t="s">
         <v>875</v>
       </c>
-      <c r="D241" s="1" t="s">
+      <c r="E241" s="2" t="s">
         <v>876</v>
       </c>
-      <c r="E241" s="2" t="s">
+      <c r="F241" s="2" t="s">
         <v>877</v>
       </c>
-      <c r="F241" s="2" t="s">
-[...3 lines deleted...]
-        <v>141</v>
+      <c r="G241" s="2">
+        <v>0</v>
       </c>
       <c r="H241" s="2">
         <v>0</v>
       </c>
       <c r="I241" s="1">
         <v>0</v>
       </c>
       <c r="J241" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K241" s="2" t="str">
-        <f>J241*80.39</f>
+        <f>J241*3372.10</f>
         <v>0</v>
       </c>
       <c r="L241" s="5"/>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A242" s="1"/>
       <c r="B242" s="1">
-        <v>827615</v>
+        <v>827614</v>
       </c>
       <c r="C242" s="1" t="s">
         <v>878</v>
       </c>
       <c r="D242" s="1" t="s">
         <v>879</v>
       </c>
       <c r="E242" s="2" t="s">
         <v>880</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>335</v>
+        <v>773</v>
       </c>
       <c r="G242" s="2" t="s">
-        <v>268</v>
+        <v>145</v>
       </c>
       <c r="H242" s="2">
         <v>0</v>
       </c>
       <c r="I242" s="1">
         <v>0</v>
       </c>
       <c r="J242" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K242" s="2" t="str">
-        <f>J242*0.00</f>
+        <f>J242*80.39</f>
         <v>0</v>
       </c>
       <c r="L242" s="5"/>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A243" s="1"/>
       <c r="B243" s="1">
-        <v>827616</v>
+        <v>827615</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>881</v>
       </c>
       <c r="D243" s="1" t="s">
         <v>882</v>
       </c>
       <c r="E243" s="2" t="s">
         <v>883</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>884</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>338</v>
+      </c>
+      <c r="G243" s="2" t="s">
+        <v>264</v>
       </c>
       <c r="H243" s="2">
         <v>0</v>
       </c>
       <c r="I243" s="1">
         <v>0</v>
       </c>
       <c r="J243" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K243" s="2" t="str">
-        <f>J243*74.59</f>
+        <f>J243*0.00</f>
         <v>0</v>
       </c>
       <c r="L243" s="5"/>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A244" s="1"/>
       <c r="B244" s="1">
-        <v>827617</v>
+        <v>827616</v>
       </c>
       <c r="C244" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="D244" s="1" t="s">
         <v>885</v>
       </c>
-      <c r="D244" s="1" t="s">
+      <c r="E244" s="2" t="s">
         <v>886</v>
       </c>
-      <c r="E244" s="2" t="s">
+      <c r="F244" s="2" t="s">
         <v>887</v>
       </c>
-      <c r="F244" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G244" s="2">
         <v>0</v>
       </c>
       <c r="H244" s="2">
         <v>0</v>
       </c>
       <c r="I244" s="1">
         <v>0</v>
       </c>
       <c r="J244" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K244" s="2" t="str">
-        <f>J244*97.80</f>
+        <f>J244*74.59</f>
         <v>0</v>
       </c>
       <c r="L244" s="5"/>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A245" s="1"/>
       <c r="B245" s="1">
-        <v>827618</v>
+        <v>827617</v>
       </c>
       <c r="C245" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="D245" s="1" t="s">
         <v>889</v>
       </c>
-      <c r="D245" s="1" t="s">
+      <c r="E245" s="2" t="s">
         <v>890</v>
       </c>
-      <c r="E245" s="2" t="s">
+      <c r="F245" s="2" t="s">
         <v>891</v>
       </c>
-      <c r="F245" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G245" s="2" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="H245" s="2">
         <v>0</v>
       </c>
       <c r="I245" s="1">
         <v>0</v>
       </c>
       <c r="J245" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K245" s="2" t="str">
-        <f>J245*0.00</f>
+        <f>J245*97.80</f>
         <v>0</v>
       </c>
       <c r="L245" s="5"/>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A246" s="1"/>
       <c r="B246" s="1">
-        <v>827619</v>
+        <v>827618</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>892</v>
       </c>
       <c r="D246" s="1" t="s">
         <v>893</v>
       </c>
       <c r="E246" s="2" t="s">
         <v>894</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>895</v>
+        <v>338</v>
       </c>
       <c r="G246" s="2" t="s">
-        <v>268</v>
+        <v>145</v>
       </c>
       <c r="H246" s="2">
         <v>0</v>
       </c>
       <c r="I246" s="1">
         <v>0</v>
       </c>
       <c r="J246" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K246" s="2" t="str">
-        <f>J246*100.48</f>
+        <f>J246*0.00</f>
         <v>0</v>
       </c>
       <c r="L246" s="5"/>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A247" s="1"/>
       <c r="B247" s="1">
-        <v>827620</v>
+        <v>827619</v>
       </c>
       <c r="C247" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="D247" s="1" t="s">
         <v>896</v>
       </c>
-      <c r="D247" s="1" t="s">
+      <c r="E247" s="2" t="s">
         <v>897</v>
       </c>
-      <c r="E247" s="2" t="s">
+      <c r="F247" s="2" t="s">
         <v>898</v>
       </c>
-      <c r="F247" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G247" s="2" t="s">
-        <v>141</v>
+        <v>264</v>
       </c>
       <c r="H247" s="2">
         <v>0</v>
       </c>
       <c r="I247" s="1">
         <v>0</v>
       </c>
       <c r="J247" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K247" s="2" t="str">
-        <f>J247*151.40</f>
+        <f>J247*100.48</f>
         <v>0</v>
       </c>
       <c r="L247" s="5"/>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A248" s="1"/>
       <c r="B248" s="1">
-        <v>827621</v>
+        <v>827620</v>
       </c>
       <c r="C248" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="D248" s="1" t="s">
         <v>900</v>
       </c>
-      <c r="D248" s="1" t="s">
+      <c r="E248" s="2" t="s">
         <v>901</v>
       </c>
-      <c r="E248" s="2" t="s">
+      <c r="F248" s="2" t="s">
         <v>902</v>
       </c>
-      <c r="F248" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G248" s="2" t="s">
-        <v>268</v>
+        <v>145</v>
       </c>
       <c r="H248" s="2">
         <v>0</v>
       </c>
       <c r="I248" s="1">
         <v>0</v>
       </c>
       <c r="J248" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K248" s="2" t="str">
         <f>J248*151.40</f>
         <v>0</v>
       </c>
       <c r="L248" s="5"/>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A249" s="1"/>
       <c r="B249" s="1">
-        <v>827622</v>
+        <v>827621</v>
       </c>
       <c r="C249" s="1" t="s">
         <v>903</v>
       </c>
       <c r="D249" s="1" t="s">
         <v>904</v>
       </c>
       <c r="E249" s="2" t="s">
         <v>905</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="G249" s="2" t="s">
-        <v>141</v>
+        <v>264</v>
       </c>
       <c r="H249" s="2">
         <v>0</v>
       </c>
       <c r="I249" s="1">
         <v>0</v>
       </c>
       <c r="J249" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K249" s="2" t="str">
         <f>J249*151.40</f>
         <v>0</v>
       </c>
       <c r="L249" s="5"/>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A250" s="1"/>
       <c r="B250" s="1">
-        <v>827623</v>
+        <v>827622</v>
       </c>
       <c r="C250" s="1" t="s">
         <v>906</v>
       </c>
-      <c r="D250" s="1">
-        <v>10008334</v>
+      <c r="D250" s="1" t="s">
+        <v>907</v>
       </c>
       <c r="E250" s="2" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>908</v>
+        <v>902</v>
       </c>
       <c r="G250" s="2" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="H250" s="2">
         <v>0</v>
       </c>
       <c r="I250" s="1">
         <v>0</v>
       </c>
       <c r="J250" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K250" s="2" t="str">
-        <f>J250*99.25</f>
+        <f>J250*151.40</f>
         <v>0</v>
       </c>
       <c r="L250" s="5"/>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A251" s="1"/>
       <c r="B251" s="1">
-        <v>827624</v>
+        <v>827623</v>
       </c>
       <c r="C251" s="1" t="s">
         <v>909</v>
       </c>
-      <c r="D251" s="1" t="s">
+      <c r="D251" s="1">
+        <v>10008334</v>
+      </c>
+      <c r="E251" s="2" t="s">
         <v>910</v>
       </c>
-      <c r="E251" s="2" t="s">
+      <c r="F251" s="2" t="s">
         <v>911</v>
       </c>
-      <c r="F251" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G251" s="2" t="s">
+        <v>264</v>
       </c>
       <c r="H251" s="2">
         <v>0</v>
       </c>
       <c r="I251" s="1">
         <v>0</v>
       </c>
       <c r="J251" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K251" s="2" t="str">
-        <f>J251*258.75</f>
+        <f>J251*99.25</f>
         <v>0</v>
       </c>
       <c r="L251" s="5"/>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A252" s="1"/>
       <c r="B252" s="1">
-        <v>827625</v>
+        <v>827624</v>
       </c>
       <c r="C252" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="D252" s="1" t="s">
         <v>913</v>
       </c>
-      <c r="D252" s="1" t="s">
+      <c r="E252" s="2" t="s">
         <v>914</v>
       </c>
-      <c r="E252" s="2" t="s">
+      <c r="F252" s="2" t="s">
         <v>915</v>
       </c>
-      <c r="F252" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G252" s="2">
         <v>0</v>
       </c>
       <c r="H252" s="2">
         <v>0</v>
       </c>
       <c r="I252" s="1">
         <v>0</v>
       </c>
       <c r="J252" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K252" s="2" t="str">
-        <f>J252*150.98</f>
+        <f>J252*258.75</f>
         <v>0</v>
       </c>
       <c r="L252" s="5"/>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A253" s="1"/>
       <c r="B253" s="1">
-        <v>827626</v>
+        <v>827625</v>
       </c>
       <c r="C253" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="D253" s="1" t="s">
         <v>917</v>
       </c>
-      <c r="D253" s="1" t="s">
+      <c r="E253" s="2" t="s">
         <v>918</v>
       </c>
-      <c r="E253" s="2" t="s">
+      <c r="F253" s="2" t="s">
         <v>919</v>
       </c>
-      <c r="F253" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G253" s="2">
         <v>0</v>
       </c>
       <c r="H253" s="2">
         <v>0</v>
       </c>
       <c r="I253" s="1">
         <v>0</v>
       </c>
       <c r="J253" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K253" s="2" t="str">
-        <f>J253*161.78</f>
+        <f>J253*150.98</f>
         <v>0</v>
       </c>
       <c r="L253" s="5"/>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A254" s="1"/>
       <c r="B254" s="1">
-        <v>827627</v>
+        <v>827626</v>
       </c>
       <c r="C254" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="D254" s="1" t="s">
         <v>921</v>
-      </c>
-[...1 lines deleted...]
-        <v>7140</v>
       </c>
       <c r="E254" s="2" t="s">
         <v>922</v>
       </c>
       <c r="F254" s="2" t="s">
         <v>923</v>
       </c>
       <c r="G254" s="2">
         <v>0</v>
       </c>
       <c r="H254" s="2">
         <v>0</v>
       </c>
       <c r="I254" s="1">
         <v>0</v>
       </c>
       <c r="J254" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K254" s="2" t="str">
-        <f>J254*285.29</f>
+        <f>J254*161.78</f>
         <v>0</v>
       </c>
       <c r="L254" s="5"/>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A255" s="1"/>
       <c r="B255" s="1">
-        <v>827628</v>
+        <v>827627</v>
       </c>
       <c r="C255" s="1" t="s">
         <v>924</v>
       </c>
       <c r="D255" s="1">
-        <v>7151</v>
+        <v>7140</v>
       </c>
       <c r="E255" s="2" t="s">
         <v>925</v>
       </c>
       <c r="F255" s="2" t="s">
         <v>926</v>
       </c>
       <c r="G255" s="2">
         <v>0</v>
       </c>
       <c r="H255" s="2">
         <v>0</v>
       </c>
       <c r="I255" s="1">
         <v>0</v>
       </c>
       <c r="J255" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K255" s="2" t="str">
-        <f>J255*390.25</f>
+        <f>J255*285.29</f>
         <v>0</v>
       </c>
       <c r="L255" s="5"/>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A256" s="1"/>
       <c r="B256" s="1">
-        <v>827629</v>
+        <v>827628</v>
       </c>
       <c r="C256" s="1" t="s">
         <v>927</v>
       </c>
       <c r="D256" s="1">
-        <v>7163</v>
+        <v>7151</v>
       </c>
       <c r="E256" s="2" t="s">
         <v>928</v>
       </c>
       <c r="F256" s="2" t="s">
         <v>929</v>
       </c>
       <c r="G256" s="2">
         <v>0</v>
       </c>
       <c r="H256" s="2">
         <v>0</v>
       </c>
       <c r="I256" s="1">
         <v>0</v>
       </c>
       <c r="J256" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K256" s="2" t="str">
-        <f>J256*257.18</f>
+        <f>J256*390.25</f>
         <v>0</v>
       </c>
       <c r="L256" s="5"/>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A257" s="1"/>
       <c r="B257" s="1">
-        <v>827630</v>
+        <v>827629</v>
       </c>
       <c r="C257" s="1" t="s">
         <v>930</v>
       </c>
-      <c r="D257" s="1" t="s">
+      <c r="D257" s="1">
+        <v>7163</v>
+      </c>
+      <c r="E257" s="2" t="s">
         <v>931</v>
       </c>
-      <c r="E257" s="2" t="s">
+      <c r="F257" s="2" t="s">
         <v>932</v>
       </c>
-      <c r="F257" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G257" s="2">
         <v>0</v>
       </c>
       <c r="H257" s="2">
         <v>0</v>
       </c>
       <c r="I257" s="1">
         <v>0</v>
       </c>
       <c r="J257" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K257" s="2" t="str">
-        <f>J257*282.02</f>
+        <f>J257*257.18</f>
         <v>0</v>
       </c>
       <c r="L257" s="5"/>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A258" s="1"/>
       <c r="B258" s="1">
-        <v>827631</v>
+        <v>827630</v>
       </c>
       <c r="C258" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="D258" s="1" t="s">
         <v>934</v>
       </c>
-      <c r="D258" s="1" t="s">
+      <c r="E258" s="2" t="s">
         <v>935</v>
       </c>
-      <c r="E258" s="2" t="s">
+      <c r="F258" s="2" t="s">
         <v>936</v>
       </c>
-      <c r="F258" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G258" s="2">
         <v>0</v>
       </c>
       <c r="H258" s="2">
         <v>0</v>
       </c>
       <c r="I258" s="1">
         <v>0</v>
       </c>
       <c r="J258" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K258" s="2" t="str">
-        <f>J258*270.22</f>
+        <f>J258*282.02</f>
         <v>0</v>
       </c>
       <c r="L258" s="5"/>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A259" s="1"/>
       <c r="B259" s="1">
-        <v>827632</v>
+        <v>827631</v>
       </c>
       <c r="C259" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="D259" s="1" t="s">
         <v>938</v>
       </c>
-      <c r="D259" s="1" t="s">
+      <c r="E259" s="2" t="s">
         <v>939</v>
       </c>
-      <c r="E259" s="2" t="s">
+      <c r="F259" s="2" t="s">
         <v>940</v>
       </c>
-      <c r="F259" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G259" s="2">
         <v>0</v>
       </c>
       <c r="H259" s="2">
         <v>0</v>
       </c>
       <c r="I259" s="1">
         <v>0</v>
       </c>
       <c r="J259" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K259" s="2" t="str">
-        <f>J259*440.59</f>
+        <f>J259*270.22</f>
         <v>0</v>
       </c>
       <c r="L259" s="5"/>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A260" s="1"/>
       <c r="B260" s="1">
-        <v>827633</v>
+        <v>827632</v>
       </c>
       <c r="C260" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="D260" s="1" t="s">
         <v>942</v>
-      </c>
-[...1 lines deleted...]
-        <v>10008356</v>
       </c>
       <c r="E260" s="2" t="s">
         <v>943</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>335</v>
+        <v>944</v>
       </c>
       <c r="G260" s="2">
         <v>0</v>
       </c>
       <c r="H260" s="2">
         <v>0</v>
       </c>
       <c r="I260" s="1">
         <v>0</v>
       </c>
       <c r="J260" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K260" s="2" t="str">
-        <f>J260*0.00</f>
+        <f>J260*440.59</f>
         <v>0</v>
       </c>
       <c r="L260" s="5"/>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A261" s="1"/>
       <c r="B261" s="1">
-        <v>827634</v>
+        <v>827633</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="D261" s="1">
-        <v>7165</v>
+        <v>10008356</v>
       </c>
       <c r="E261" s="2" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>946</v>
+        <v>338</v>
       </c>
       <c r="G261" s="2">
         <v>0</v>
       </c>
       <c r="H261" s="2">
         <v>0</v>
       </c>
       <c r="I261" s="1">
         <v>0</v>
       </c>
       <c r="J261" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K261" s="2" t="str">
-        <f>J261*524.83</f>
+        <f>J261*0.00</f>
         <v>0</v>
       </c>
       <c r="L261" s="5"/>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A262" s="1"/>
       <c r="B262" s="1">
-        <v>827635</v>
+        <v>827634</v>
       </c>
       <c r="C262" s="1" t="s">
         <v>947</v>
       </c>
       <c r="D262" s="1">
-        <v>7166</v>
+        <v>7165</v>
       </c>
       <c r="E262" s="2" t="s">
         <v>948</v>
       </c>
       <c r="F262" s="2" t="s">
         <v>949</v>
       </c>
       <c r="G262" s="2">
         <v>0</v>
       </c>
       <c r="H262" s="2">
         <v>0</v>
       </c>
       <c r="I262" s="1">
         <v>0</v>
       </c>
       <c r="J262" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K262" s="2" t="str">
-        <f>J262*578.65</f>
+        <f>J262*524.83</f>
         <v>0</v>
       </c>
       <c r="L262" s="5"/>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A263" s="1"/>
       <c r="B263" s="1">
-        <v>827636</v>
+        <v>827635</v>
       </c>
       <c r="C263" s="1" t="s">
         <v>950</v>
       </c>
       <c r="D263" s="1">
-        <v>7175</v>
+        <v>7166</v>
       </c>
       <c r="E263" s="2" t="s">
         <v>951</v>
       </c>
       <c r="F263" s="2" t="s">
         <v>952</v>
       </c>
       <c r="G263" s="2">
         <v>0</v>
       </c>
       <c r="H263" s="2">
         <v>0</v>
       </c>
       <c r="I263" s="1">
         <v>0</v>
       </c>
       <c r="J263" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K263" s="2" t="str">
-        <f>J263*457.63</f>
+        <f>J263*578.65</f>
         <v>0</v>
       </c>
       <c r="L263" s="5"/>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A264" s="1"/>
       <c r="B264" s="1">
-        <v>827637</v>
+        <v>827636</v>
       </c>
       <c r="C264" s="1" t="s">
         <v>953</v>
       </c>
-      <c r="D264" s="1" t="s">
+      <c r="D264" s="1">
+        <v>7175</v>
+      </c>
+      <c r="E264" s="2" t="s">
         <v>954</v>
       </c>
-      <c r="E264" s="2" t="s">
+      <c r="F264" s="2" t="s">
         <v>955</v>
       </c>
-      <c r="F264" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G264" s="2">
         <v>0</v>
       </c>
       <c r="H264" s="2">
         <v>0</v>
       </c>
       <c r="I264" s="1">
         <v>0</v>
       </c>
       <c r="J264" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K264" s="2" t="str">
-        <f>J264*623.85</f>
+        <f>J264*457.63</f>
         <v>0</v>
       </c>
       <c r="L264" s="5"/>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A265" s="1"/>
       <c r="B265" s="1">
-        <v>827638</v>
+        <v>827637</v>
       </c>
       <c r="C265" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="D265" s="1" t="s">
         <v>957</v>
-      </c>
-[...1 lines deleted...]
-        <v>10008367</v>
       </c>
       <c r="E265" s="2" t="s">
         <v>958</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>335</v>
+        <v>959</v>
       </c>
       <c r="G265" s="2">
         <v>0</v>
       </c>
       <c r="H265" s="2">
         <v>0</v>
       </c>
       <c r="I265" s="1">
         <v>0</v>
       </c>
       <c r="J265" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K265" s="2" t="str">
-        <f>J265*0.00</f>
+        <f>J265*623.85</f>
         <v>0</v>
       </c>
       <c r="L265" s="5"/>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A266" s="1"/>
       <c r="B266" s="1">
-        <v>827639</v>
+        <v>827638</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>959</v>
-[...1 lines deleted...]
-      <c r="D266" s="1" t="s">
         <v>960</v>
+      </c>
+      <c r="D266" s="1">
+        <v>10008367</v>
       </c>
       <c r="E266" s="2" t="s">
         <v>961</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>962</v>
+        <v>338</v>
       </c>
       <c r="G266" s="2">
         <v>0</v>
       </c>
       <c r="H266" s="2">
         <v>0</v>
       </c>
       <c r="I266" s="1">
         <v>0</v>
       </c>
       <c r="J266" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K266" s="2" t="str">
-        <f>J266*1229.97</f>
+        <f>J266*0.00</f>
         <v>0</v>
       </c>
       <c r="L266" s="5"/>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A267" s="1"/>
       <c r="B267" s="1">
-        <v>827640</v>
+        <v>827639</v>
       </c>
       <c r="C267" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="D267" s="1" t="s">
         <v>963</v>
       </c>
-      <c r="D267" s="1" t="s">
+      <c r="E267" s="2" t="s">
         <v>964</v>
       </c>
-      <c r="E267" s="2" t="s">
+      <c r="F267" s="2" t="s">
         <v>965</v>
       </c>
-      <c r="F267" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G267" s="2">
         <v>0</v>
       </c>
       <c r="H267" s="2">
         <v>0</v>
       </c>
       <c r="I267" s="1">
         <v>0</v>
       </c>
       <c r="J267" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K267" s="2" t="str">
         <f>J267*1229.97</f>
         <v>0</v>
       </c>
       <c r="L267" s="5"/>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A268" s="1"/>
       <c r="B268" s="1">
-        <v>827641</v>
+        <v>827640</v>
       </c>
       <c r="C268" s="1" t="s">
         <v>966</v>
       </c>
-      <c r="D268" s="1">
-        <v>10008376</v>
+      <c r="D268" s="1" t="s">
+        <v>967</v>
       </c>
       <c r="E268" s="2" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>335</v>
+        <v>965</v>
       </c>
       <c r="G268" s="2">
         <v>0</v>
       </c>
       <c r="H268" s="2">
         <v>0</v>
       </c>
       <c r="I268" s="1">
         <v>0</v>
       </c>
       <c r="J268" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K268" s="2" t="str">
-        <f>J268*0.00</f>
+        <f>J268*1229.97</f>
         <v>0</v>
       </c>
       <c r="L268" s="5"/>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A269" s="1"/>
       <c r="B269" s="1">
-        <v>827642</v>
+        <v>827641</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="D269" s="1">
-        <v>10008378</v>
+        <v>10008376</v>
       </c>
       <c r="E269" s="2" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="G269" s="2">
         <v>0</v>
       </c>
       <c r="H269" s="2">
         <v>0</v>
       </c>
       <c r="I269" s="1">
         <v>0</v>
       </c>
       <c r="J269" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K269" s="2" t="str">
         <f>J269*0.00</f>
         <v>0</v>
       </c>
       <c r="L269" s="5"/>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A270" s="1"/>
       <c r="B270" s="1">
-        <v>827643</v>
+        <v>827642</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>970</v>
-[...1 lines deleted...]
-      <c r="D270" s="1" t="s">
         <v>971</v>
+      </c>
+      <c r="D270" s="1">
+        <v>10008378</v>
       </c>
       <c r="E270" s="2" t="s">
         <v>972</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>973</v>
+        <v>338</v>
       </c>
       <c r="G270" s="2">
         <v>0</v>
       </c>
       <c r="H270" s="2">
         <v>0</v>
       </c>
       <c r="I270" s="1">
         <v>0</v>
       </c>
       <c r="J270" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K270" s="2" t="str">
-        <f>J270*1706.44</f>
+        <f>J270*0.00</f>
         <v>0</v>
       </c>
       <c r="L270" s="5"/>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A271" s="1"/>
       <c r="B271" s="1">
-        <v>827644</v>
+        <v>827643</v>
       </c>
       <c r="C271" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="D271" s="1" t="s">
         <v>974</v>
       </c>
-      <c r="D271" s="1" t="s">
+      <c r="E271" s="2" t="s">
         <v>975</v>
       </c>
-      <c r="E271" s="2" t="s">
+      <c r="F271" s="2" t="s">
         <v>976</v>
       </c>
-      <c r="F271" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G271" s="2">
         <v>0</v>
       </c>
       <c r="H271" s="2">
         <v>0</v>
       </c>
       <c r="I271" s="1">
         <v>0</v>
       </c>
       <c r="J271" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K271" s="2" t="str">
-        <f>J271*1749.54</f>
+        <f>J271*1706.44</f>
         <v>0</v>
       </c>
       <c r="L271" s="5"/>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A272" s="1"/>
       <c r="B272" s="1">
-        <v>827645</v>
+        <v>827644</v>
       </c>
       <c r="C272" s="1" t="s">
         <v>977</v>
       </c>
-      <c r="D272" s="1">
-        <v>10008389</v>
+      <c r="D272" s="1" t="s">
+        <v>978</v>
       </c>
       <c r="E272" s="2" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>335</v>
+        <v>769</v>
       </c>
       <c r="G272" s="2">
         <v>0</v>
       </c>
       <c r="H272" s="2">
         <v>0</v>
       </c>
       <c r="I272" s="1">
         <v>0</v>
       </c>
       <c r="J272" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K272" s="2" t="str">
-        <f>J272*0.00</f>
+        <f>J272*1749.54</f>
         <v>0</v>
       </c>
       <c r="L272" s="5"/>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A273" s="1"/>
       <c r="B273" s="1">
-        <v>827646</v>
+        <v>827645</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="D273" s="1">
-        <v>10008396</v>
+        <v>10008389</v>
       </c>
       <c r="E273" s="2" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="G273" s="2">
         <v>0</v>
       </c>
       <c r="H273" s="2">
         <v>0</v>
       </c>
       <c r="I273" s="1">
         <v>0</v>
       </c>
       <c r="J273" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K273" s="2" t="str">
         <f>J273*0.00</f>
         <v>0</v>
       </c>
       <c r="L273" s="5"/>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A274" s="1"/>
       <c r="B274" s="1">
-        <v>827647</v>
+        <v>827646</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>981</v>
-[...1 lines deleted...]
-      <c r="D274" s="1" t="s">
         <v>982</v>
+      </c>
+      <c r="D274" s="1">
+        <v>10008396</v>
       </c>
       <c r="E274" s="2" t="s">
         <v>983</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>984</v>
+        <v>338</v>
       </c>
       <c r="G274" s="2">
         <v>0</v>
       </c>
       <c r="H274" s="2">
         <v>0</v>
       </c>
       <c r="I274" s="1">
         <v>0</v>
       </c>
       <c r="J274" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K274" s="2" t="str">
-        <f>J274*2504.26</f>
+        <f>J274*0.00</f>
         <v>0</v>
       </c>
       <c r="L274" s="5"/>
     </row>
     <row r="275" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A275" s="1"/>
       <c r="B275" s="1">
-        <v>827648</v>
+        <v>827647</v>
       </c>
       <c r="C275" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="D275" s="1" t="s">
         <v>985</v>
-      </c>
-[...1 lines deleted...]
-        <v>7198</v>
       </c>
       <c r="E275" s="2" t="s">
         <v>986</v>
       </c>
       <c r="F275" s="2" t="s">
         <v>987</v>
       </c>
       <c r="G275" s="2">
         <v>0</v>
       </c>
       <c r="H275" s="2">
         <v>0</v>
       </c>
       <c r="I275" s="1">
         <v>0</v>
       </c>
       <c r="J275" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K275" s="2" t="str">
-        <f>J275*2537.50</f>
+        <f>J275*2504.26</f>
         <v>0</v>
       </c>
       <c r="L275" s="5"/>
     </row>
     <row r="276" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A276" s="1"/>
       <c r="B276" s="1">
-        <v>827649</v>
+        <v>827648</v>
       </c>
       <c r="C276" s="1" t="s">
         <v>988</v>
       </c>
-      <c r="D276" s="1" t="s">
+      <c r="D276" s="1">
+        <v>7198</v>
+      </c>
+      <c r="E276" s="2" t="s">
         <v>989</v>
       </c>
-      <c r="E276" s="2" t="s">
+      <c r="F276" s="2" t="s">
         <v>990</v>
       </c>
-      <c r="F276" s="2" t="s">
-[...3 lines deleted...]
-        <v>141</v>
+      <c r="G276" s="2">
+        <v>0</v>
       </c>
       <c r="H276" s="2">
         <v>0</v>
       </c>
       <c r="I276" s="1">
         <v>0</v>
       </c>
       <c r="J276" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K276" s="2" t="str">
-        <f>J276*301.07</f>
+        <f>J276*2537.50</f>
         <v>0</v>
       </c>
       <c r="L276" s="5"/>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A277" s="1"/>
       <c r="B277" s="1">
-        <v>827650</v>
+        <v>827649</v>
       </c>
       <c r="C277" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="D277" s="1" t="s">
         <v>992</v>
       </c>
-      <c r="D277" s="1" t="s">
+      <c r="E277" s="2" t="s">
         <v>993</v>
       </c>
-      <c r="E277" s="2" t="s">
+      <c r="F277" s="2" t="s">
         <v>994</v>
       </c>
-      <c r="F277" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G277" s="2" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="H277" s="2">
         <v>0</v>
       </c>
       <c r="I277" s="1">
         <v>0</v>
       </c>
       <c r="J277" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K277" s="2" t="str">
-        <f>J277*503.48</f>
+        <f>J277*301.07</f>
         <v>0</v>
       </c>
       <c r="L277" s="5"/>
     </row>
     <row r="278" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A278" s="1"/>
       <c r="B278" s="1">
-        <v>827651</v>
+        <v>827650</v>
       </c>
       <c r="C278" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="D278" s="1" t="s">
         <v>996</v>
       </c>
-      <c r="D278" s="1" t="s">
+      <c r="E278" s="2" t="s">
         <v>997</v>
       </c>
-      <c r="E278" s="2" t="s">
+      <c r="F278" s="2" t="s">
         <v>998</v>
       </c>
-      <c r="F278" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G278" s="2" t="s">
+        <v>145</v>
       </c>
       <c r="H278" s="2">
         <v>0</v>
       </c>
       <c r="I278" s="1">
         <v>0</v>
       </c>
       <c r="J278" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K278" s="2" t="str">
-        <f>J278*70.74</f>
+        <f>J278*503.48</f>
         <v>0</v>
       </c>
       <c r="L278" s="5"/>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A279" s="1"/>
       <c r="B279" s="1">
-        <v>827652</v>
+        <v>827651</v>
       </c>
       <c r="C279" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="D279" s="1" t="s">
         <v>1000</v>
       </c>
-      <c r="D279" s="1" t="s">
+      <c r="E279" s="2" t="s">
         <v>1001</v>
       </c>
-      <c r="E279" s="2" t="s">
+      <c r="F279" s="2" t="s">
         <v>1002</v>
       </c>
-      <c r="F279" s="2" t="s">
-[...3 lines deleted...]
-        <v>141</v>
+      <c r="G279" s="2">
+        <v>0</v>
       </c>
       <c r="H279" s="2">
         <v>0</v>
       </c>
       <c r="I279" s="1">
         <v>0</v>
       </c>
       <c r="J279" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K279" s="2" t="str">
-        <f>J279*89.77</f>
+        <f>J279*70.74</f>
         <v>0</v>
       </c>
       <c r="L279" s="5"/>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A280" s="1"/>
       <c r="B280" s="1">
-        <v>827653</v>
+        <v>827652</v>
       </c>
       <c r="C280" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D280" s="1" t="s">
         <v>1004</v>
       </c>
-      <c r="D280" s="1" t="s">
+      <c r="E280" s="2" t="s">
         <v>1005</v>
       </c>
-      <c r="E280" s="2" t="s">
+      <c r="F280" s="2" t="s">
         <v>1006</v>
       </c>
-      <c r="F280" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G280" s="2" t="s">
-        <v>268</v>
+        <v>145</v>
       </c>
       <c r="H280" s="2">
         <v>0</v>
       </c>
       <c r="I280" s="1">
         <v>0</v>
       </c>
       <c r="J280" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K280" s="2" t="str">
-        <f>J280*93.79</f>
+        <f>J280*89.77</f>
         <v>0</v>
       </c>
       <c r="L280" s="5"/>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A281" s="1"/>
       <c r="B281" s="1">
-        <v>827654</v>
+        <v>827653</v>
       </c>
       <c r="C281" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D281" s="1" t="s">
         <v>1008</v>
       </c>
-      <c r="D281" s="1" t="s">
+      <c r="E281" s="2" t="s">
         <v>1009</v>
       </c>
-      <c r="E281" s="2" t="s">
+      <c r="F281" s="2" t="s">
         <v>1010</v>
       </c>
-      <c r="F281" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G281" s="2" t="s">
-        <v>268</v>
+        <v>145</v>
       </c>
       <c r="H281" s="2">
         <v>0</v>
       </c>
       <c r="I281" s="1">
         <v>0</v>
       </c>
       <c r="J281" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K281" s="2" t="str">
-        <f>J281*89.77</f>
+        <f>J281*93.79</f>
         <v>0</v>
       </c>
       <c r="L281" s="5"/>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A282" s="1"/>
       <c r="B282" s="1">
-        <v>827655</v>
+        <v>827654</v>
       </c>
       <c r="C282" s="1" t="s">
         <v>1011</v>
       </c>
       <c r="D282" s="1" t="s">
         <v>1012</v>
       </c>
       <c r="E282" s="2" t="s">
         <v>1013</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>1014</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1006</v>
+      </c>
+      <c r="G282" s="2" t="s">
+        <v>264</v>
       </c>
       <c r="H282" s="2">
         <v>0</v>
       </c>
       <c r="I282" s="1">
         <v>0</v>
       </c>
       <c r="J282" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K282" s="2" t="str">
-        <f>J282*174.87</f>
+        <f>J282*89.77</f>
         <v>0</v>
       </c>
       <c r="L282" s="5"/>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A283" s="1"/>
       <c r="B283" s="1">
-        <v>827656</v>
+        <v>827655</v>
       </c>
       <c r="C283" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D283" s="1" t="s">
         <v>1015</v>
       </c>
-      <c r="D283" s="1" t="s">
+      <c r="E283" s="2" t="s">
         <v>1016</v>
       </c>
-      <c r="E283" s="2" t="s">
+      <c r="F283" s="2" t="s">
         <v>1017</v>
       </c>
-      <c r="F283" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G283" s="2">
         <v>0</v>
       </c>
       <c r="H283" s="2">
         <v>0</v>
       </c>
       <c r="I283" s="1">
         <v>0</v>
       </c>
       <c r="J283" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K283" s="2" t="str">
-        <f>J283*97.26</f>
+        <f>J283*174.87</f>
         <v>0</v>
       </c>
       <c r="L283" s="5"/>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A284" s="1"/>
       <c r="B284" s="1">
-        <v>827657</v>
+        <v>827656</v>
       </c>
       <c r="C284" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D284" s="1" t="s">
         <v>1019</v>
       </c>
-      <c r="D284" s="1" t="s">
+      <c r="E284" s="2" t="s">
         <v>1020</v>
       </c>
-      <c r="E284" s="2" t="s">
+      <c r="F284" s="2" t="s">
         <v>1021</v>
       </c>
-      <c r="F284" s="2" t="s">
-[...3 lines deleted...]
-        <v>141</v>
+      <c r="G284" s="2">
+        <v>0</v>
       </c>
       <c r="H284" s="2">
         <v>0</v>
       </c>
       <c r="I284" s="1">
         <v>0</v>
       </c>
       <c r="J284" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K284" s="2" t="str">
-        <f>J284*155.42</f>
+        <f>J284*97.26</f>
         <v>0</v>
       </c>
       <c r="L284" s="5"/>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A285" s="1"/>
       <c r="B285" s="1">
-        <v>827658</v>
+        <v>827657</v>
       </c>
       <c r="C285" s="1" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D285" s="1" t="s">
         <v>1023</v>
       </c>
-      <c r="D285" s="1" t="s">
+      <c r="E285" s="2" t="s">
         <v>1024</v>
       </c>
-      <c r="E285" s="2" t="s">
+      <c r="F285" s="2" t="s">
         <v>1025</v>
       </c>
-      <c r="F285" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G285" s="2" t="s">
-        <v>268</v>
+        <v>145</v>
       </c>
       <c r="H285" s="2">
         <v>0</v>
       </c>
       <c r="I285" s="1">
         <v>0</v>
       </c>
       <c r="J285" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K285" s="2" t="str">
-        <f>J285*151.24</f>
+        <f>J285*155.42</f>
         <v>0</v>
       </c>
       <c r="L285" s="5"/>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A286" s="1"/>
       <c r="B286" s="1">
-        <v>827659</v>
+        <v>827658</v>
       </c>
       <c r="C286" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D286" s="1" t="s">
         <v>1027</v>
       </c>
-      <c r="D286" s="1" t="s">
+      <c r="E286" s="2" t="s">
         <v>1028</v>
       </c>
-      <c r="E286" s="2" t="s">
+      <c r="F286" s="2" t="s">
         <v>1029</v>
       </c>
-      <c r="F286" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G286" s="2" t="s">
+        <v>264</v>
       </c>
       <c r="H286" s="2">
         <v>0</v>
       </c>
       <c r="I286" s="1">
         <v>0</v>
       </c>
       <c r="J286" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K286" s="2" t="str">
-        <f>J286*232.81</f>
+        <f>J286*151.24</f>
         <v>0</v>
       </c>
       <c r="L286" s="5"/>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A287" s="1"/>
       <c r="B287" s="1">
-        <v>827660</v>
+        <v>827659</v>
       </c>
       <c r="C287" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D287" s="1" t="s">
         <v>1031</v>
       </c>
-      <c r="D287" s="1" t="s">
+      <c r="E287" s="2" t="s">
         <v>1032</v>
       </c>
-      <c r="E287" s="2" t="s">
+      <c r="F287" s="2" t="s">
         <v>1033</v>
       </c>
-      <c r="F287" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G287" s="2">
         <v>0</v>
       </c>
       <c r="H287" s="2">
         <v>0</v>
       </c>
       <c r="I287" s="1">
         <v>0</v>
       </c>
       <c r="J287" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K287" s="2" t="str">
-        <f>J287*142.56</f>
+        <f>J287*232.81</f>
         <v>0</v>
       </c>
       <c r="L287" s="5"/>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A288" s="1"/>
       <c r="B288" s="1">
-        <v>827661</v>
+        <v>827660</v>
       </c>
       <c r="C288" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D288" s="1" t="s">
         <v>1035</v>
       </c>
-      <c r="D288" s="1" t="s">
+      <c r="E288" s="2" t="s">
         <v>1036</v>
       </c>
-      <c r="E288" s="2" t="s">
+      <c r="F288" s="2" t="s">
         <v>1037</v>
       </c>
-      <c r="F288" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G288" s="2">
         <v>0</v>
       </c>
       <c r="H288" s="2">
         <v>0</v>
       </c>
       <c r="I288" s="1">
         <v>0</v>
       </c>
       <c r="J288" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K288" s="2" t="str">
-        <f>J288*140.76</f>
+        <f>J288*142.56</f>
         <v>0</v>
       </c>
       <c r="L288" s="5"/>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A289" s="1"/>
       <c r="B289" s="1">
-        <v>827662</v>
+        <v>827661</v>
       </c>
       <c r="C289" s="1" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D289" s="1" t="s">
         <v>1039</v>
-      </c>
-[...1 lines deleted...]
-        <v>7050</v>
       </c>
       <c r="E289" s="2" t="s">
         <v>1040</v>
       </c>
       <c r="F289" s="2" t="s">
         <v>1041</v>
       </c>
       <c r="G289" s="2">
         <v>0</v>
       </c>
       <c r="H289" s="2">
         <v>0</v>
       </c>
       <c r="I289" s="1">
         <v>0</v>
       </c>
       <c r="J289" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K289" s="2" t="str">
-        <f>J289*260.50</f>
+        <f>J289*140.76</f>
         <v>0</v>
       </c>
       <c r="L289" s="5"/>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A290" s="1"/>
       <c r="B290" s="1">
-        <v>827663</v>
+        <v>827662</v>
       </c>
       <c r="C290" s="1" t="s">
         <v>1042</v>
       </c>
-      <c r="D290" s="1" t="s">
+      <c r="D290" s="1">
+        <v>7050</v>
+      </c>
+      <c r="E290" s="2" t="s">
         <v>1043</v>
       </c>
-      <c r="E290" s="2" t="s">
+      <c r="F290" s="2" t="s">
         <v>1044</v>
       </c>
-      <c r="F290" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G290" s="2">
         <v>0</v>
       </c>
       <c r="H290" s="2">
         <v>0</v>
       </c>
       <c r="I290" s="1">
         <v>0</v>
       </c>
       <c r="J290" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K290" s="2" t="str">
-        <f>J290*249.48</f>
+        <f>J290*260.50</f>
         <v>0</v>
       </c>
       <c r="L290" s="5"/>
     </row>
     <row r="291" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A291" s="1"/>
       <c r="B291" s="1">
-        <v>827664</v>
+        <v>827663</v>
       </c>
       <c r="C291" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D291" s="1" t="s">
         <v>1046</v>
       </c>
-      <c r="D291" s="1" t="s">
+      <c r="E291" s="2" t="s">
         <v>1047</v>
       </c>
-      <c r="E291" s="2" t="s">
+      <c r="F291" s="2" t="s">
         <v>1048</v>
       </c>
-      <c r="F291" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G291" s="2">
         <v>0</v>
       </c>
       <c r="H291" s="2">
         <v>0</v>
       </c>
       <c r="I291" s="1">
         <v>0</v>
       </c>
       <c r="J291" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K291" s="2" t="str">
-        <f>J291*269.60</f>
+        <f>J291*249.48</f>
         <v>0</v>
       </c>
       <c r="L291" s="5"/>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A292" s="1"/>
       <c r="B292" s="1">
-        <v>827665</v>
+        <v>827664</v>
       </c>
       <c r="C292" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D292" s="1" t="s">
         <v>1050</v>
       </c>
-      <c r="D292" s="1" t="s">
+      <c r="E292" s="2" t="s">
         <v>1051</v>
       </c>
-      <c r="E292" s="2" t="s">
+      <c r="F292" s="2" t="s">
         <v>1052</v>
       </c>
-      <c r="F292" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G292" s="2">
         <v>0</v>
       </c>
       <c r="H292" s="2">
         <v>0</v>
       </c>
       <c r="I292" s="1">
         <v>0</v>
       </c>
       <c r="J292" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K292" s="2" t="str">
-        <f>J292*262.44</f>
+        <f>J292*269.60</f>
         <v>0</v>
       </c>
       <c r="L292" s="5"/>
     </row>
     <row r="293" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A293" s="1"/>
       <c r="B293" s="1">
-        <v>827666</v>
+        <v>827665</v>
       </c>
       <c r="C293" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D293" s="1" t="s">
         <v>1054</v>
       </c>
-      <c r="D293" s="1" t="s">
+      <c r="E293" s="2" t="s">
         <v>1055</v>
       </c>
-      <c r="E293" s="2" t="s">
+      <c r="F293" s="2" t="s">
         <v>1056</v>
       </c>
-      <c r="F293" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G293" s="2">
         <v>0</v>
       </c>
       <c r="H293" s="2">
         <v>0</v>
       </c>
       <c r="I293" s="1">
         <v>0</v>
       </c>
       <c r="J293" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K293" s="2" t="str">
-        <f>J293*668.58</f>
+        <f>J293*262.44</f>
         <v>0</v>
       </c>
       <c r="L293" s="5"/>
     </row>
     <row r="294" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A294" s="1"/>
       <c r="B294" s="1">
-        <v>827667</v>
+        <v>827666</v>
       </c>
       <c r="C294" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D294" s="1" t="s">
         <v>1058</v>
-      </c>
-[...1 lines deleted...]
-        <v>7064</v>
       </c>
       <c r="E294" s="2" t="s">
         <v>1059</v>
       </c>
       <c r="F294" s="2" t="s">
         <v>1060</v>
       </c>
       <c r="G294" s="2">
         <v>0</v>
       </c>
       <c r="H294" s="2">
         <v>0</v>
       </c>
       <c r="I294" s="1">
         <v>0</v>
       </c>
       <c r="J294" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K294" s="2" t="str">
-        <f>J294*426.06</f>
+        <f>J294*668.58</f>
         <v>0</v>
       </c>
       <c r="L294" s="5"/>
     </row>
     <row r="295" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A295" s="1"/>
       <c r="B295" s="1">
-        <v>827668</v>
+        <v>827667</v>
       </c>
       <c r="C295" s="1" t="s">
         <v>1061</v>
       </c>
-      <c r="D295" s="1" t="s">
+      <c r="D295" s="1">
+        <v>7064</v>
+      </c>
+      <c r="E295" s="2" t="s">
         <v>1062</v>
       </c>
-      <c r="E295" s="2" t="s">
+      <c r="F295" s="2" t="s">
         <v>1063</v>
       </c>
-      <c r="F295" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G295" s="2">
         <v>0</v>
       </c>
       <c r="H295" s="2">
         <v>0</v>
       </c>
       <c r="I295" s="1">
         <v>0</v>
       </c>
       <c r="J295" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K295" s="2" t="str">
-        <f>J295*467.12</f>
+        <f>J295*426.06</f>
         <v>0</v>
       </c>
       <c r="L295" s="5"/>
     </row>
     <row r="296" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A296" s="1"/>
       <c r="B296" s="1">
-        <v>827669</v>
+        <v>827668</v>
       </c>
       <c r="C296" s="1" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D296" s="1" t="s">
         <v>1065</v>
       </c>
-      <c r="D296" s="1" t="s">
+      <c r="E296" s="2" t="s">
         <v>1066</v>
       </c>
-      <c r="E296" s="2" t="s">
+      <c r="F296" s="2" t="s">
         <v>1067</v>
       </c>
-      <c r="F296" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G296" s="2">
         <v>0</v>
       </c>
       <c r="H296" s="2">
         <v>0</v>
       </c>
       <c r="I296" s="1">
         <v>0</v>
       </c>
       <c r="J296" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K296" s="2" t="str">
-        <f>J296*647.88</f>
+        <f>J296*467.12</f>
         <v>0</v>
       </c>
       <c r="L296" s="5"/>
     </row>
     <row r="297" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A297" s="1"/>
       <c r="B297" s="1">
-        <v>827670</v>
+        <v>827669</v>
       </c>
       <c r="C297" s="1" t="s">
+        <v>1068</v>
+      </c>
+      <c r="D297" s="1" t="s">
         <v>1069</v>
       </c>
-      <c r="D297" s="1" t="s">
+      <c r="E297" s="2" t="s">
         <v>1070</v>
       </c>
-      <c r="E297" s="2" t="s">
+      <c r="F297" s="2" t="s">
         <v>1071</v>
       </c>
-      <c r="F297" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G297" s="2">
         <v>0</v>
       </c>
       <c r="H297" s="2">
         <v>0</v>
       </c>
       <c r="I297" s="1">
         <v>0</v>
       </c>
       <c r="J297" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K297" s="2" t="str">
-        <f>J297*1072.30</f>
+        <f>J297*647.88</f>
         <v>0</v>
       </c>
       <c r="L297" s="5"/>
     </row>
     <row r="298" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A298" s="1"/>
       <c r="B298" s="1">
-        <v>827671</v>
+        <v>827670</v>
       </c>
       <c r="C298" s="1" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D298" s="1" t="s">
         <v>1073</v>
       </c>
-      <c r="D298" s="1" t="s">
+      <c r="E298" s="2" t="s">
         <v>1074</v>
       </c>
-      <c r="E298" s="2" t="s">
+      <c r="F298" s="2" t="s">
         <v>1075</v>
       </c>
-      <c r="F298" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G298" s="2">
         <v>0</v>
       </c>
       <c r="H298" s="2">
         <v>0</v>
       </c>
       <c r="I298" s="1">
         <v>0</v>
       </c>
       <c r="J298" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K298" s="2" t="str">
-        <f>J298*1185.17</f>
+        <f>J298*1072.30</f>
         <v>0</v>
       </c>
       <c r="L298" s="5"/>
     </row>
     <row r="299" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A299" s="1"/>
       <c r="B299" s="1">
-        <v>827672</v>
+        <v>827671</v>
       </c>
       <c r="C299" s="1" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D299" s="1" t="s">
         <v>1077</v>
       </c>
-      <c r="D299" s="1" t="s">
+      <c r="E299" s="2" t="s">
         <v>1078</v>
       </c>
-      <c r="E299" s="2" t="s">
+      <c r="F299" s="2" t="s">
         <v>1079</v>
       </c>
-      <c r="F299" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G299" s="2">
         <v>0</v>
       </c>
       <c r="H299" s="2">
         <v>0</v>
       </c>
       <c r="I299" s="1">
         <v>0</v>
       </c>
       <c r="J299" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K299" s="2" t="str">
-        <f>J299*1171.06</f>
+        <f>J299*1185.17</f>
         <v>0</v>
       </c>
       <c r="L299" s="5"/>
     </row>
     <row r="300" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A300" s="1"/>
       <c r="B300" s="1">
-        <v>827673</v>
+        <v>827672</v>
       </c>
       <c r="C300" s="1" t="s">
         <v>1080</v>
       </c>
-      <c r="D300" s="1">
-        <v>7090</v>
+      <c r="D300" s="1" t="s">
+        <v>1081</v>
       </c>
       <c r="E300" s="2" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>1082</v>
+        <v>655</v>
       </c>
       <c r="G300" s="2">
         <v>0</v>
       </c>
       <c r="H300" s="2">
         <v>0</v>
       </c>
       <c r="I300" s="1">
         <v>0</v>
       </c>
       <c r="J300" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K300" s="2" t="str">
-        <f>J300*1777.76</f>
+        <f>J300*1171.06</f>
         <v>0</v>
       </c>
       <c r="L300" s="5"/>
     </row>
     <row r="301" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A301" s="1"/>
       <c r="B301" s="1">
-        <v>827674</v>
+        <v>827673</v>
       </c>
       <c r="C301" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="D301" s="1">
-        <v>7091</v>
+        <v>7090</v>
       </c>
       <c r="E301" s="2" t="s">
         <v>1084</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>1082</v>
+        <v>1085</v>
       </c>
       <c r="G301" s="2">
         <v>0</v>
       </c>
       <c r="H301" s="2">
         <v>0</v>
       </c>
       <c r="I301" s="1">
         <v>0</v>
       </c>
       <c r="J301" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K301" s="2" t="str">
         <f>J301*1777.76</f>
         <v>0</v>
       </c>
       <c r="L301" s="5"/>
     </row>
     <row r="302" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A302" s="1"/>
       <c r="B302" s="1">
-        <v>827675</v>
+        <v>827674</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>1085</v>
-[...1 lines deleted...]
-      <c r="D302" s="1" t="s">
         <v>1086</v>
+      </c>
+      <c r="D302" s="1">
+        <v>7091</v>
       </c>
       <c r="E302" s="2" t="s">
         <v>1087</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>1088</v>
+        <v>1085</v>
       </c>
       <c r="G302" s="2">
         <v>0</v>
       </c>
       <c r="H302" s="2">
         <v>0</v>
       </c>
       <c r="I302" s="1">
         <v>0</v>
       </c>
       <c r="J302" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K302" s="2" t="str">
-        <f>J302*1876.52</f>
+        <f>J302*1777.76</f>
         <v>0</v>
       </c>
       <c r="L302" s="5"/>
     </row>
     <row r="303" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A303" s="1"/>
       <c r="B303" s="1">
-        <v>827676</v>
+        <v>827675</v>
       </c>
       <c r="C303" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D303" s="1" t="s">
         <v>1089</v>
-      </c>
-[...1 lines deleted...]
-        <v>10003096</v>
       </c>
       <c r="E303" s="2" t="s">
         <v>1090</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>335</v>
+        <v>1091</v>
       </c>
       <c r="G303" s="2">
         <v>0</v>
       </c>
       <c r="H303" s="2">
         <v>0</v>
       </c>
       <c r="I303" s="1">
         <v>0</v>
       </c>
       <c r="J303" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K303" s="2" t="str">
-        <f>J303*0.00</f>
+        <f>J303*1876.52</f>
         <v>0</v>
       </c>
       <c r="L303" s="5"/>
     </row>
     <row r="304" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A304" s="1"/>
       <c r="B304" s="1">
-        <v>827677</v>
+        <v>827676</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>1091</v>
-[...1 lines deleted...]
-      <c r="D304" s="1" t="s">
         <v>1092</v>
+      </c>
+      <c r="D304" s="1">
+        <v>10003096</v>
       </c>
       <c r="E304" s="2" t="s">
         <v>1093</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>1094</v>
+        <v>338</v>
       </c>
       <c r="G304" s="2">
         <v>0</v>
       </c>
       <c r="H304" s="2">
         <v>0</v>
       </c>
       <c r="I304" s="1">
         <v>0</v>
       </c>
       <c r="J304" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K304" s="2" t="str">
-        <f>J304*2962.93</f>
+        <f>J304*0.00</f>
         <v>0</v>
       </c>
       <c r="L304" s="5"/>
     </row>
     <row r="305" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A305" s="1"/>
       <c r="B305" s="1">
-        <v>827678</v>
+        <v>827677</v>
       </c>
       <c r="C305" s="1" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D305" s="1" t="s">
         <v>1095</v>
-      </c>
-[...1 lines deleted...]
-        <v>7095</v>
       </c>
       <c r="E305" s="2" t="s">
         <v>1096</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="G305" s="2">
         <v>0</v>
       </c>
       <c r="H305" s="2">
         <v>0</v>
       </c>
       <c r="I305" s="1">
         <v>0</v>
       </c>
       <c r="J305" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K305" s="2" t="str">
         <f>J305*2962.93</f>
         <v>0</v>
       </c>
       <c r="L305" s="5"/>
     </row>
     <row r="306" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A306" s="1"/>
       <c r="B306" s="1">
-        <v>827679</v>
+        <v>827678</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>1097</v>
-[...1 lines deleted...]
-      <c r="D306" s="1" t="s">
         <v>1098</v>
+      </c>
+      <c r="D306" s="1">
+        <v>7095</v>
       </c>
       <c r="E306" s="2" t="s">
         <v>1099</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>1100</v>
+        <v>1097</v>
       </c>
       <c r="G306" s="2">
         <v>0</v>
       </c>
       <c r="H306" s="2">
         <v>0</v>
       </c>
       <c r="I306" s="1">
         <v>0</v>
       </c>
       <c r="J306" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K306" s="2" t="str">
-        <f>J306*127.22</f>
+        <f>J306*2962.93</f>
         <v>0</v>
       </c>
       <c r="L306" s="5"/>
     </row>
     <row r="307" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A307" s="1"/>
       <c r="B307" s="1">
-        <v>827680</v>
+        <v>827679</v>
       </c>
       <c r="C307" s="1" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D307" s="1" t="s">
         <v>1101</v>
       </c>
-      <c r="D307" s="1" t="s">
+      <c r="E307" s="2" t="s">
         <v>1102</v>
       </c>
-      <c r="E307" s="2" t="s">
+      <c r="F307" s="2" t="s">
         <v>1103</v>
       </c>
-      <c r="F307" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G307" s="2">
         <v>0</v>
       </c>
       <c r="H307" s="2">
         <v>0</v>
       </c>
       <c r="I307" s="1">
         <v>0</v>
       </c>
       <c r="J307" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K307" s="2" t="str">
-        <f>J307*182.30</f>
+        <f>J307*127.22</f>
         <v>0</v>
       </c>
       <c r="L307" s="5"/>
     </row>
     <row r="308" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A308" s="1"/>
       <c r="B308" s="1">
-        <v>827681</v>
+        <v>827680</v>
       </c>
       <c r="C308" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D308" s="1" t="s">
         <v>1105</v>
-      </c>
-[...1 lines deleted...]
-        <v>99332</v>
       </c>
       <c r="E308" s="2" t="s">
         <v>1106</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>335</v>
+        <v>1107</v>
       </c>
       <c r="G308" s="2">
         <v>0</v>
       </c>
       <c r="H308" s="2">
         <v>0</v>
       </c>
       <c r="I308" s="1">
         <v>0</v>
       </c>
       <c r="J308" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K308" s="2" t="str">
-        <f>J308*0.00</f>
+        <f>J308*182.30</f>
         <v>0</v>
       </c>
       <c r="L308" s="5"/>
     </row>
     <row r="309" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A309" s="1"/>
       <c r="B309" s="1">
-        <v>827682</v>
+        <v>827681</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>1107</v>
-[...1 lines deleted...]
-      <c r="D309" s="1" t="s">
         <v>1108</v>
+      </c>
+      <c r="D309" s="1">
+        <v>99332</v>
       </c>
       <c r="E309" s="2" t="s">
         <v>1109</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>1110</v>
+        <v>338</v>
       </c>
       <c r="G309" s="2">
         <v>0</v>
       </c>
       <c r="H309" s="2">
         <v>0</v>
       </c>
       <c r="I309" s="1">
         <v>0</v>
       </c>
       <c r="J309" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K309" s="2" t="str">
-        <f>J309*241.16</f>
+        <f>J309*0.00</f>
         <v>0</v>
       </c>
       <c r="L309" s="5"/>
     </row>
     <row r="310" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A310" s="1"/>
       <c r="B310" s="1">
-        <v>827683</v>
+        <v>827682</v>
       </c>
       <c r="C310" s="1" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D310" s="1" t="s">
         <v>1111</v>
-      </c>
-[...1 lines deleted...]
-        <v>99343</v>
       </c>
       <c r="E310" s="2" t="s">
         <v>1112</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>335</v>
+        <v>1113</v>
       </c>
       <c r="G310" s="2">
         <v>0</v>
       </c>
       <c r="H310" s="2">
         <v>0</v>
       </c>
       <c r="I310" s="1">
         <v>0</v>
       </c>
       <c r="J310" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K310" s="2" t="str">
-        <f>J310*0.00</f>
+        <f>J310*241.16</f>
         <v>0</v>
       </c>
       <c r="L310" s="5"/>
     </row>
     <row r="311" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A311" s="1"/>
       <c r="B311" s="1">
-        <v>827684</v>
+        <v>827683</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1113</v>
-[...1 lines deleted...]
-      <c r="D311" s="1" t="s">
         <v>1114</v>
+      </c>
+      <c r="D311" s="1">
+        <v>99343</v>
       </c>
       <c r="E311" s="2" t="s">
         <v>1115</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>1116</v>
+        <v>338</v>
       </c>
       <c r="G311" s="2">
         <v>0</v>
       </c>
       <c r="H311" s="2">
         <v>0</v>
       </c>
       <c r="I311" s="1">
         <v>0</v>
       </c>
       <c r="J311" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K311" s="2" t="str">
-        <f>J311*571.53</f>
+        <f>J311*0.00</f>
         <v>0</v>
       </c>
       <c r="L311" s="5"/>
     </row>
     <row r="312" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A312" s="1"/>
       <c r="B312" s="1">
-        <v>827685</v>
+        <v>827684</v>
       </c>
       <c r="C312" s="1" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D312" s="1" t="s">
         <v>1117</v>
       </c>
-      <c r="D312" s="1" t="s">
+      <c r="E312" s="2" t="s">
         <v>1118</v>
       </c>
-      <c r="E312" s="2" t="s">
+      <c r="F312" s="2" t="s">
         <v>1119</v>
       </c>
-      <c r="F312" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G312" s="2">
         <v>0</v>
       </c>
       <c r="H312" s="2">
         <v>0</v>
       </c>
       <c r="I312" s="1">
         <v>0</v>
       </c>
       <c r="J312" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K312" s="2" t="str">
-        <f>J312*523.60</f>
+        <f>J312*571.53</f>
         <v>0</v>
       </c>
       <c r="L312" s="5"/>
     </row>
     <row r="313" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A313" s="1"/>
       <c r="B313" s="1">
-        <v>827686</v>
+        <v>827685</v>
       </c>
       <c r="C313" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D313" s="1" t="s">
         <v>1121</v>
-      </c>
-[...1 lines deleted...]
-        <v>99354</v>
       </c>
       <c r="E313" s="2" t="s">
         <v>1122</v>
       </c>
       <c r="F313" s="2" t="s">
         <v>1123</v>
       </c>
       <c r="G313" s="2">
         <v>0</v>
       </c>
       <c r="H313" s="2">
         <v>0</v>
       </c>
       <c r="I313" s="1">
         <v>0</v>
       </c>
       <c r="J313" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K313" s="2" t="str">
-        <f>J313*580.21</f>
+        <f>J313*523.60</f>
         <v>0</v>
       </c>
       <c r="L313" s="5"/>
     </row>
     <row r="314" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A314" s="1"/>
       <c r="B314" s="1">
-        <v>827687</v>
+        <v>827686</v>
       </c>
       <c r="C314" s="1" t="s">
         <v>1124</v>
       </c>
-      <c r="D314" s="1" t="s">
+      <c r="D314" s="1">
+        <v>99354</v>
+      </c>
+      <c r="E314" s="2" t="s">
         <v>1125</v>
       </c>
-      <c r="E314" s="2" t="s">
+      <c r="F314" s="2" t="s">
         <v>1126</v>
       </c>
-      <c r="F314" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G314" s="2">
         <v>0</v>
       </c>
       <c r="H314" s="2">
         <v>0</v>
       </c>
       <c r="I314" s="1">
         <v>0</v>
       </c>
       <c r="J314" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K314" s="2" t="str">
-        <f>J314*825.00</f>
+        <f>J314*580.21</f>
         <v>0</v>
       </c>
       <c r="L314" s="5"/>
     </row>
     <row r="315" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A315" s="1"/>
       <c r="B315" s="1">
-        <v>827688</v>
+        <v>827687</v>
       </c>
       <c r="C315" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D315" s="1" t="s">
         <v>1128</v>
-      </c>
-[...1 lines deleted...]
-        <v>99365</v>
       </c>
       <c r="E315" s="2" t="s">
         <v>1129</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>335</v>
+        <v>1130</v>
       </c>
       <c r="G315" s="2">
         <v>0</v>
       </c>
       <c r="H315" s="2">
         <v>0</v>
       </c>
       <c r="I315" s="1">
         <v>0</v>
       </c>
       <c r="J315" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K315" s="2" t="str">
-        <f>J315*0.00</f>
+        <f>J315*825.00</f>
         <v>0</v>
       </c>
       <c r="L315" s="5"/>
     </row>
     <row r="316" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A316" s="1"/>
       <c r="B316" s="1">
-        <v>827689</v>
+        <v>827688</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1130</v>
-[...1 lines deleted...]
-      <c r="D316" s="1" t="s">
         <v>1131</v>
+      </c>
+      <c r="D316" s="1">
+        <v>99365</v>
       </c>
       <c r="E316" s="2" t="s">
         <v>1132</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>1133</v>
-[...2 lines deleted...]
-        <v>141</v>
+        <v>338</v>
+      </c>
+      <c r="G316" s="2">
+        <v>0</v>
       </c>
       <c r="H316" s="2">
         <v>0</v>
       </c>
       <c r="I316" s="1">
         <v>0</v>
       </c>
       <c r="J316" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K316" s="2" t="str">
-        <f>J316*145.80</f>
+        <f>J316*0.00</f>
         <v>0</v>
       </c>
       <c r="L316" s="5"/>
     </row>
     <row r="317" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A317" s="1"/>
       <c r="B317" s="1">
-        <v>827690</v>
+        <v>827689</v>
       </c>
       <c r="C317" s="1" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D317" s="1" t="s">
         <v>1134</v>
       </c>
-      <c r="D317" s="1" t="s">
+      <c r="E317" s="2" t="s">
         <v>1135</v>
       </c>
-      <c r="E317" s="2" t="s">
+      <c r="F317" s="2" t="s">
         <v>1136</v>
       </c>
-      <c r="F317" s="2" t="s">
-[...3 lines deleted...]
-        <v>7</v>
+      <c r="G317" s="2" t="s">
+        <v>145</v>
       </c>
       <c r="H317" s="2">
         <v>0</v>
       </c>
       <c r="I317" s="1">
         <v>0</v>
       </c>
       <c r="J317" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K317" s="2" t="str">
-        <f>J317*189.54</f>
+        <f>J317*145.80</f>
         <v>0</v>
       </c>
       <c r="L317" s="5"/>
     </row>
     <row r="318" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A318" s="1"/>
       <c r="B318" s="1">
-        <v>827691</v>
+        <v>827690</v>
       </c>
       <c r="C318" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D318" s="1" t="s">
         <v>1138</v>
       </c>
-      <c r="D318" s="1" t="s">
+      <c r="E318" s="2" t="s">
         <v>1139</v>
       </c>
-      <c r="E318" s="2" t="s">
+      <c r="F318" s="2" t="s">
         <v>1140</v>
       </c>
-      <c r="F318" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G318" s="2" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="H318" s="2">
         <v>0</v>
       </c>
       <c r="I318" s="1">
         <v>0</v>
       </c>
       <c r="J318" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K318" s="2" t="str">
-        <f>J318*305.86</f>
+        <f>J318*189.54</f>
         <v>0</v>
       </c>
       <c r="L318" s="5"/>
     </row>
     <row r="319" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A319" s="1"/>
       <c r="B319" s="1">
-        <v>827692</v>
+        <v>827691</v>
       </c>
       <c r="C319" s="1" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D319" s="1" t="s">
         <v>1142</v>
       </c>
-      <c r="D319" s="1" t="s">
+      <c r="E319" s="2" t="s">
         <v>1143</v>
       </c>
-      <c r="E319" s="2" t="s">
+      <c r="F319" s="2" t="s">
         <v>1144</v>
       </c>
-      <c r="F319" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G319" s="2" t="s">
+        <v>145</v>
       </c>
       <c r="H319" s="2">
         <v>0</v>
       </c>
       <c r="I319" s="1">
         <v>0</v>
       </c>
       <c r="J319" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K319" s="2" t="str">
-        <f>J319*645.24</f>
+        <f>J319*305.86</f>
         <v>0</v>
       </c>
       <c r="L319" s="5"/>
     </row>
     <row r="320" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A320" s="1"/>
       <c r="B320" s="1">
-        <v>827693</v>
+        <v>827692</v>
       </c>
       <c r="C320" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D320" s="1" t="s">
         <v>1146</v>
       </c>
-      <c r="D320" s="1" t="s">
+      <c r="E320" s="2" t="s">
         <v>1147</v>
       </c>
-      <c r="E320" s="2" t="s">
+      <c r="F320" s="2" t="s">
         <v>1148</v>
       </c>
-      <c r="F320" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G320" s="2">
         <v>0</v>
       </c>
       <c r="H320" s="2">
         <v>0</v>
       </c>
       <c r="I320" s="1">
         <v>0</v>
       </c>
       <c r="J320" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K320" s="2" t="str">
-        <f>J320*1046.73</f>
+        <f>J320*645.24</f>
         <v>0</v>
       </c>
       <c r="L320" s="5"/>
     </row>
     <row r="321" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A321" s="1"/>
       <c r="B321" s="1">
-        <v>827694</v>
+        <v>827693</v>
       </c>
       <c r="C321" s="1" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D321" s="1" t="s">
         <v>1150</v>
       </c>
-      <c r="D321" s="1" t="s">
+      <c r="E321" s="2" t="s">
         <v>1151</v>
       </c>
-      <c r="E321" s="2" t="s">
+      <c r="F321" s="2" t="s">
         <v>1152</v>
       </c>
-      <c r="F321" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G321" s="2">
         <v>0</v>
       </c>
       <c r="H321" s="2">
         <v>0</v>
       </c>
       <c r="I321" s="1">
         <v>0</v>
       </c>
       <c r="J321" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K321" s="2" t="str">
-        <f>J321*1544.26</f>
+        <f>J321*1046.73</f>
         <v>0</v>
       </c>
       <c r="L321" s="5"/>
     </row>
     <row r="322" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A322" s="1"/>
       <c r="B322" s="1">
-        <v>827695</v>
+        <v>827694</v>
       </c>
       <c r="C322" s="1" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D322" s="1" t="s">
         <v>1154</v>
       </c>
-      <c r="D322" s="1" t="s">
+      <c r="E322" s="2" t="s">
         <v>1155</v>
       </c>
-      <c r="E322" s="2" t="s">
+      <c r="F322" s="2" t="s">
         <v>1156</v>
       </c>
-      <c r="F322" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G322" s="2">
-        <v>-16</v>
+        <v>0</v>
       </c>
       <c r="H322" s="2">
         <v>0</v>
       </c>
-      <c r="I322" s="1" t="s">
-        <v>141</v>
+      <c r="I322" s="1">
+        <v>0</v>
       </c>
       <c r="J322" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K322" s="2" t="str">
-        <f>J322*183.04</f>
+        <f>J322*1544.26</f>
         <v>0</v>
       </c>
       <c r="L322" s="5"/>
     </row>
     <row r="323" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A323" s="1"/>
       <c r="B323" s="1">
-        <v>827696</v>
+        <v>827695</v>
       </c>
       <c r="C323" s="1" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D323" s="1" t="s">
         <v>1158</v>
       </c>
-      <c r="D323" s="1" t="s">
+      <c r="E323" s="2" t="s">
         <v>1159</v>
       </c>
-      <c r="E323" s="2" t="s">
+      <c r="F323" s="2" t="s">
         <v>1160</v>
       </c>
-      <c r="F323" s="2" t="s">
-[...3 lines deleted...]
-        <v>-34</v>
+      <c r="G323" s="2" t="s">
+        <v>145</v>
       </c>
       <c r="H323" s="2">
         <v>0</v>
       </c>
-      <c r="I323" s="1" t="s">
-        <v>276</v>
+      <c r="I323" s="1">
+        <v>0</v>
       </c>
       <c r="J323" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K323" s="2" t="str">
-        <f>J323*263.98</f>
+        <f>J323*183.04</f>
         <v>0</v>
       </c>
       <c r="L323" s="5"/>
     </row>
     <row r="324" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A324" s="1"/>
       <c r="B324" s="1">
-        <v>827697</v>
+        <v>827696</v>
       </c>
       <c r="C324" s="1" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D324" s="1" t="s">
         <v>1162</v>
       </c>
-      <c r="D324" s="1" t="s">
+      <c r="E324" s="2" t="s">
         <v>1163</v>
       </c>
-      <c r="E324" s="2" t="s">
+      <c r="F324" s="2" t="s">
         <v>1164</v>
       </c>
-      <c r="F324" s="2" t="s">
-[...3 lines deleted...]
-        <v>-35</v>
+      <c r="G324" s="2" t="s">
+        <v>145</v>
       </c>
       <c r="H324" s="2">
         <v>0</v>
       </c>
-      <c r="I324" s="1" t="s">
-        <v>141</v>
+      <c r="I324" s="1">
+        <v>0</v>
       </c>
       <c r="J324" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K324" s="2" t="str">
-        <f>J324*410.40</f>
+        <f>J324*263.98</f>
         <v>0</v>
       </c>
       <c r="L324" s="5"/>
     </row>
     <row r="325" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A325" s="1"/>
       <c r="B325" s="1">
-        <v>827698</v>
+        <v>827697</v>
       </c>
       <c r="C325" s="1" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D325" s="1" t="s">
         <v>1166</v>
       </c>
-      <c r="D325" s="1" t="s">
+      <c r="E325" s="2" t="s">
         <v>1167</v>
       </c>
-      <c r="E325" s="2" t="s">
+      <c r="F325" s="2" t="s">
         <v>1168</v>
       </c>
-      <c r="F325" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G325" s="2" t="s">
+        <v>264</v>
       </c>
       <c r="H325" s="2">
         <v>0</v>
       </c>
       <c r="I325" s="1">
         <v>0</v>
       </c>
       <c r="J325" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K325" s="2" t="str">
-        <f>J325*537.42</f>
+        <f>J325*410.40</f>
         <v>0</v>
       </c>
       <c r="L325" s="5"/>
     </row>
     <row r="326" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A326" s="1"/>
       <c r="B326" s="1">
-        <v>827699</v>
+        <v>827698</v>
       </c>
       <c r="C326" s="1" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D326" s="1" t="s">
         <v>1170</v>
       </c>
-      <c r="D326" s="1" t="s">
+      <c r="E326" s="2" t="s">
         <v>1171</v>
       </c>
-      <c r="E326" s="2" t="s">
+      <c r="F326" s="2" t="s">
         <v>1172</v>
       </c>
-      <c r="F326" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G326" s="2">
         <v>0</v>
       </c>
       <c r="H326" s="2">
         <v>0</v>
       </c>
       <c r="I326" s="1">
         <v>0</v>
       </c>
       <c r="J326" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K326" s="2" t="str">
-        <f>J326*858.51</f>
+        <f>J326*537.42</f>
         <v>0</v>
       </c>
       <c r="L326" s="5"/>
     </row>
     <row r="327" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A327" s="1"/>
       <c r="B327" s="1">
-        <v>827700</v>
+        <v>827699</v>
       </c>
       <c r="C327" s="1" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D327" s="1" t="s">
         <v>1174</v>
       </c>
-      <c r="D327" s="1" t="s">
+      <c r="E327" s="2" t="s">
         <v>1175</v>
       </c>
-      <c r="E327" s="2" t="s">
+      <c r="F327" s="2" t="s">
         <v>1176</v>
       </c>
-      <c r="F327" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G327" s="2">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="H327" s="2">
         <v>0</v>
       </c>
       <c r="I327" s="1">
         <v>0</v>
       </c>
       <c r="J327" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K327" s="2" t="str">
-        <f>J327*1418.40</f>
+        <f>J327*858.51</f>
         <v>0</v>
       </c>
       <c r="L327" s="5"/>
     </row>
     <row r="328" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A328" s="1"/>
       <c r="B328" s="1">
-        <v>827701</v>
+        <v>827700</v>
       </c>
       <c r="C328" s="1" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D328" s="1" t="s">
         <v>1178</v>
       </c>
-      <c r="D328" s="1" t="s">
+      <c r="E328" s="2" t="s">
         <v>1179</v>
       </c>
-      <c r="E328" s="2" t="s">
+      <c r="F328" s="2" t="s">
         <v>1180</v>
       </c>
-      <c r="F328" s="2" t="s">
-[...3 lines deleted...]
-        <v>141</v>
+      <c r="G328" s="2">
+        <v>5</v>
       </c>
       <c r="H328" s="2">
         <v>0</v>
       </c>
       <c r="I328" s="1">
         <v>0</v>
       </c>
       <c r="J328" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K328" s="2" t="str">
-        <f>J328*126.36</f>
+        <f>J328*1418.40</f>
         <v>0</v>
       </c>
       <c r="L328" s="5"/>
     </row>
     <row r="329" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A329" s="1"/>
       <c r="B329" s="1">
-        <v>827702</v>
+        <v>827701</v>
       </c>
       <c r="C329" s="1" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D329" s="1" t="s">
         <v>1182</v>
       </c>
-      <c r="D329" s="1" t="s">
+      <c r="E329" s="2" t="s">
         <v>1183</v>
       </c>
-      <c r="E329" s="2" t="s">
+      <c r="F329" s="2" t="s">
         <v>1184</v>
       </c>
-      <c r="F329" s="2" t="s">
-[...3 lines deleted...]
-        <v>141</v>
+      <c r="G329" s="2">
+        <v>6</v>
       </c>
       <c r="H329" s="2">
         <v>0</v>
       </c>
       <c r="I329" s="1">
         <v>0</v>
       </c>
       <c r="J329" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K329" s="2" t="str">
-        <f>J329*196.99</f>
+        <f>J329*126.36</f>
         <v>0</v>
       </c>
       <c r="L329" s="5"/>
     </row>
     <row r="330" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A330" s="1"/>
       <c r="B330" s="1">
-        <v>827703</v>
+        <v>827702</v>
       </c>
       <c r="C330" s="1" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D330" s="1" t="s">
         <v>1186</v>
       </c>
-      <c r="D330" s="1" t="s">
+      <c r="E330" s="2" t="s">
         <v>1187</v>
       </c>
-      <c r="E330" s="2" t="s">
+      <c r="F330" s="2" t="s">
         <v>1188</v>
       </c>
-      <c r="F330" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G330" s="2" t="s">
-        <v>268</v>
+        <v>145</v>
       </c>
       <c r="H330" s="2">
         <v>0</v>
       </c>
       <c r="I330" s="1">
         <v>0</v>
       </c>
       <c r="J330" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K330" s="2" t="str">
-        <f>J330*267.30</f>
+        <f>J330*196.99</f>
         <v>0</v>
       </c>
       <c r="L330" s="5"/>
     </row>
     <row r="331" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A331" s="1"/>
       <c r="B331" s="1">
-        <v>827704</v>
+        <v>827703</v>
       </c>
       <c r="C331" s="1" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D331" s="1" t="s">
         <v>1190</v>
       </c>
-      <c r="D331" s="1" t="s">
+      <c r="E331" s="2" t="s">
         <v>1191</v>
       </c>
-      <c r="E331" s="2" t="s">
+      <c r="F331" s="2" t="s">
         <v>1192</v>
       </c>
-      <c r="F331" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G331" s="2" t="s">
+        <v>264</v>
       </c>
       <c r="H331" s="2">
         <v>0</v>
       </c>
       <c r="I331" s="1">
         <v>0</v>
       </c>
       <c r="J331" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K331" s="2" t="str">
-        <f>J331*693.10</f>
+        <f>J331*267.30</f>
         <v>0</v>
       </c>
       <c r="L331" s="5"/>
     </row>
     <row r="332" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A332" s="1"/>
       <c r="B332" s="1">
-        <v>827705</v>
+        <v>827704</v>
       </c>
       <c r="C332" s="1" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D332" s="1" t="s">
         <v>1194</v>
       </c>
-      <c r="D332" s="1" t="s">
+      <c r="E332" s="2" t="s">
         <v>1195</v>
       </c>
-      <c r="E332" s="2" t="s">
+      <c r="F332" s="2" t="s">
         <v>1196</v>
       </c>
-      <c r="F332" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G332" s="2">
         <v>0</v>
       </c>
       <c r="H332" s="2">
         <v>0</v>
       </c>
       <c r="I332" s="1">
         <v>0</v>
       </c>
       <c r="J332" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K332" s="2" t="str">
-        <f>J332*1022.01</f>
+        <f>J332*693.10</f>
         <v>0</v>
       </c>
       <c r="L332" s="5"/>
     </row>
     <row r="333" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A333" s="1"/>
       <c r="B333" s="1">
-        <v>827706</v>
+        <v>827705</v>
       </c>
       <c r="C333" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D333" s="1" t="s">
         <v>1198</v>
       </c>
-      <c r="D333" s="1" t="s">
+      <c r="E333" s="2" t="s">
         <v>1199</v>
       </c>
-      <c r="E333" s="2" t="s">
+      <c r="F333" s="2" t="s">
         <v>1200</v>
       </c>
-      <c r="F333" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G333" s="2">
         <v>0</v>
       </c>
       <c r="H333" s="2">
         <v>0</v>
       </c>
       <c r="I333" s="1">
         <v>0</v>
       </c>
       <c r="J333" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K333" s="2" t="str">
-        <f>J333*1409.00</f>
+        <f>J333*1022.01</f>
         <v>0</v>
       </c>
       <c r="L333" s="5"/>
     </row>
     <row r="334" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A334" s="1"/>
       <c r="B334" s="1">
-        <v>827707</v>
+        <v>827706</v>
       </c>
       <c r="C334" s="1" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D334" s="1" t="s">
         <v>1202</v>
       </c>
-      <c r="D334" s="1" t="s">
+      <c r="E334" s="2" t="s">
         <v>1203</v>
       </c>
-      <c r="E334" s="2" t="s">
+      <c r="F334" s="2" t="s">
         <v>1204</v>
       </c>
-      <c r="F334" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G334" s="2">
         <v>0</v>
       </c>
       <c r="H334" s="2">
         <v>0</v>
       </c>
       <c r="I334" s="1">
         <v>0</v>
       </c>
       <c r="J334" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K334" s="2" t="str">
-        <f>J334*161.21</f>
+        <f>J334*1409.00</f>
         <v>0</v>
       </c>
       <c r="L334" s="5"/>
     </row>
     <row r="335" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A335" s="1"/>
       <c r="B335" s="1">
-        <v>827708</v>
+        <v>827707</v>
       </c>
       <c r="C335" s="1" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D335" s="1" t="s">
         <v>1206</v>
       </c>
-      <c r="D335" s="1" t="s">
+      <c r="E335" s="2" t="s">
         <v>1207</v>
       </c>
-      <c r="E335" s="2" t="s">
+      <c r="F335" s="2" t="s">
         <v>1208</v>
       </c>
-      <c r="F335" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G335" s="2">
         <v>0</v>
       </c>
       <c r="H335" s="2">
         <v>0</v>
       </c>
       <c r="I335" s="1">
         <v>0</v>
       </c>
       <c r="J335" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K335" s="2" t="str">
-        <f>J335*270.76</f>
+        <f>J335*161.21</f>
         <v>0</v>
       </c>
       <c r="L335" s="5"/>
     </row>
     <row r="336" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A336" s="1"/>
       <c r="B336" s="1">
-        <v>827709</v>
+        <v>827708</v>
       </c>
       <c r="C336" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D336" s="1" t="s">
         <v>1210</v>
       </c>
-      <c r="D336" s="1" t="s">
+      <c r="E336" s="2" t="s">
         <v>1211</v>
       </c>
-      <c r="E336" s="2" t="s">
+      <c r="F336" s="2" t="s">
         <v>1212</v>
       </c>
-      <c r="F336" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G336" s="2">
         <v>0</v>
       </c>
       <c r="H336" s="2">
         <v>0</v>
       </c>
       <c r="I336" s="1">
         <v>0</v>
       </c>
       <c r="J336" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K336" s="2" t="str">
-        <f>J336*257.38</f>
+        <f>J336*270.76</f>
         <v>0</v>
       </c>
       <c r="L336" s="5"/>
     </row>
     <row r="337" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A337" s="1"/>
       <c r="B337" s="1">
-        <v>827710</v>
+        <v>827709</v>
       </c>
       <c r="C337" s="1" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D337" s="1" t="s">
         <v>1214</v>
       </c>
-      <c r="D337" s="1" t="s">
+      <c r="E337" s="2" t="s">
         <v>1215</v>
       </c>
-      <c r="E337" s="2" t="s">
+      <c r="F337" s="2" t="s">
         <v>1216</v>
       </c>
-      <c r="F337" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G337" s="2">
         <v>0</v>
       </c>
       <c r="H337" s="2">
         <v>0</v>
       </c>
       <c r="I337" s="1">
         <v>0</v>
       </c>
       <c r="J337" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K337" s="2" t="str">
-        <f>J337*600.94</f>
+        <f>J337*257.38</f>
         <v>0</v>
       </c>
       <c r="L337" s="5"/>
     </row>
     <row r="338" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A338" s="1"/>
       <c r="B338" s="1">
-        <v>827711</v>
+        <v>827710</v>
       </c>
       <c r="C338" s="1" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D338" s="1" t="s">
         <v>1218</v>
       </c>
-      <c r="D338" s="1" t="s">
+      <c r="E338" s="2" t="s">
         <v>1219</v>
       </c>
-      <c r="E338" s="2" t="s">
+      <c r="F338" s="2" t="s">
         <v>1220</v>
       </c>
-      <c r="F338" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G338" s="2">
         <v>0</v>
       </c>
       <c r="H338" s="2">
         <v>0</v>
       </c>
       <c r="I338" s="1">
         <v>0</v>
       </c>
       <c r="J338" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K338" s="2" t="str">
-        <f>J338*795.97</f>
+        <f>J338*600.94</f>
         <v>0</v>
       </c>
       <c r="L338" s="5"/>
     </row>
     <row r="339" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A339" s="1"/>
       <c r="B339" s="1">
-        <v>827712</v>
+        <v>827711</v>
       </c>
       <c r="C339" s="1" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D339" s="1" t="s">
         <v>1222</v>
       </c>
-      <c r="D339" s="1" t="s">
+      <c r="E339" s="2" t="s">
         <v>1223</v>
       </c>
-      <c r="E339" s="2" t="s">
+      <c r="F339" s="2" t="s">
         <v>1224</v>
       </c>
-      <c r="F339" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G339" s="2">
         <v>0</v>
       </c>
       <c r="H339" s="2">
         <v>0</v>
       </c>
       <c r="I339" s="1">
         <v>0</v>
       </c>
       <c r="J339" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K339" s="2" t="str">
-        <f>J339*1156.20</f>
+        <f>J339*795.97</f>
         <v>0</v>
       </c>
       <c r="L339" s="5"/>
     </row>
     <row r="340" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A340" s="1"/>
       <c r="B340" s="1">
-        <v>827713</v>
+        <v>827712</v>
       </c>
       <c r="C340" s="1" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D340" s="1" t="s">
         <v>1226</v>
       </c>
-      <c r="D340" s="1" t="s">
+      <c r="E340" s="2" t="s">
         <v>1227</v>
       </c>
-      <c r="E340" s="2" t="s">
+      <c r="F340" s="2" t="s">
         <v>1228</v>
       </c>
-      <c r="F340" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G340" s="2">
         <v>0</v>
       </c>
       <c r="H340" s="2">
         <v>0</v>
       </c>
       <c r="I340" s="1">
         <v>0</v>
       </c>
       <c r="J340" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K340" s="2" t="str">
-        <f>J340*120.58</f>
+        <f>J340*1156.20</f>
         <v>0</v>
       </c>
       <c r="L340" s="5"/>
     </row>
     <row r="341" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A341" s="1"/>
       <c r="B341" s="1">
-        <v>827714</v>
+        <v>827713</v>
       </c>
       <c r="C341" s="1" t="s">
         <v>1229</v>
       </c>
       <c r="D341" s="1" t="s">
         <v>1230</v>
       </c>
       <c r="E341" s="2" t="s">
         <v>1231</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>1232</v>
+        <v>809</v>
       </c>
       <c r="G341" s="2">
         <v>0</v>
       </c>
       <c r="H341" s="2">
         <v>0</v>
       </c>
       <c r="I341" s="1">
         <v>0</v>
       </c>
       <c r="J341" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K341" s="2" t="str">
-        <f>J341*197.45</f>
+        <f>J341*120.58</f>
         <v>0</v>
       </c>
       <c r="L341" s="5"/>
     </row>
     <row r="342" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A342" s="1"/>
       <c r="B342" s="1">
-        <v>827715</v>
+        <v>827714</v>
       </c>
       <c r="C342" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D342" s="1" t="s">
         <v>1233</v>
       </c>
-      <c r="D342" s="1" t="s">
+      <c r="E342" s="2" t="s">
         <v>1234</v>
       </c>
-      <c r="E342" s="2" t="s">
+      <c r="F342" s="2" t="s">
         <v>1235</v>
       </c>
-      <c r="F342" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G342" s="2">
         <v>0</v>
       </c>
       <c r="H342" s="2">
         <v>0</v>
       </c>
       <c r="I342" s="1">
         <v>0</v>
       </c>
       <c r="J342" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K342" s="2" t="str">
-        <f>J342*232.70</f>
+        <f>J342*197.45</f>
         <v>0</v>
       </c>
       <c r="L342" s="5"/>
     </row>
     <row r="343" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A343" s="1"/>
       <c r="B343" s="1">
-        <v>827716</v>
+        <v>827715</v>
       </c>
       <c r="C343" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D343" s="1" t="s">
         <v>1237</v>
       </c>
-      <c r="D343" s="1" t="s">
+      <c r="E343" s="2" t="s">
         <v>1238</v>
       </c>
-      <c r="E343" s="2" t="s">
+      <c r="F343" s="2" t="s">
         <v>1239</v>
       </c>
-      <c r="F343" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G343" s="2">
         <v>0</v>
       </c>
       <c r="H343" s="2">
         <v>0</v>
       </c>
       <c r="I343" s="1">
         <v>0</v>
       </c>
       <c r="J343" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K343" s="2" t="str">
-        <f>J343*583.22</f>
+        <f>J343*232.70</f>
         <v>0</v>
       </c>
       <c r="L343" s="5"/>
     </row>
     <row r="344" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A344" s="1"/>
       <c r="B344" s="1">
-        <v>827717</v>
+        <v>827716</v>
       </c>
       <c r="C344" s="1" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D344" s="1" t="s">
         <v>1241</v>
       </c>
-      <c r="D344" s="1" t="s">
+      <c r="E344" s="2" t="s">
         <v>1242</v>
       </c>
-      <c r="E344" s="2" t="s">
+      <c r="F344" s="2" t="s">
         <v>1243</v>
       </c>
-      <c r="F344" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G344" s="2">
         <v>0</v>
       </c>
       <c r="H344" s="2">
         <v>0</v>
       </c>
       <c r="I344" s="1">
         <v>0</v>
       </c>
       <c r="J344" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K344" s="2" t="str">
-        <f>J344*784.24</f>
+        <f>J344*583.22</f>
         <v>0</v>
       </c>
       <c r="L344" s="5"/>
     </row>
     <row r="345" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A345" s="1"/>
       <c r="B345" s="1">
-        <v>827718</v>
+        <v>827717</v>
       </c>
       <c r="C345" s="1" t="s">
+        <v>1244</v>
+      </c>
+      <c r="D345" s="1" t="s">
         <v>1245</v>
       </c>
-      <c r="D345" s="1" t="s">
+      <c r="E345" s="2" t="s">
         <v>1246</v>
       </c>
-      <c r="E345" s="2" t="s">
+      <c r="F345" s="2" t="s">
         <v>1247</v>
       </c>
-      <c r="F345" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G345" s="2">
         <v>0</v>
       </c>
       <c r="H345" s="2">
         <v>0</v>
       </c>
       <c r="I345" s="1">
         <v>0</v>
       </c>
       <c r="J345" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K345" s="2" t="str">
-        <f>J345*1026.80</f>
+        <f>J345*784.24</f>
         <v>0</v>
       </c>
       <c r="L345" s="5"/>
     </row>
     <row r="346" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A346" s="1"/>
       <c r="B346" s="1">
-        <v>827725</v>
+        <v>827718</v>
       </c>
       <c r="C346" s="1" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D346" s="1" t="s">
         <v>1249</v>
       </c>
-      <c r="D346" s="1" t="s">
+      <c r="E346" s="2" t="s">
         <v>1250</v>
       </c>
-      <c r="E346" s="2" t="s">
+      <c r="F346" s="2" t="s">
         <v>1251</v>
       </c>
-      <c r="F346" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G346" s="2">
         <v>0</v>
       </c>
       <c r="H346" s="2">
         <v>0</v>
       </c>
       <c r="I346" s="1">
         <v>0</v>
       </c>
       <c r="J346" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K346" s="2" t="str">
-        <f>J346*74.18</f>
+        <f>J346*1026.80</f>
         <v>0</v>
       </c>
       <c r="L346" s="5"/>
     </row>
     <row r="347" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A347" s="1"/>
       <c r="B347" s="1">
-        <v>827726</v>
+        <v>827725</v>
       </c>
       <c r="C347" s="1" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D347" s="1" t="s">
         <v>1253</v>
       </c>
-      <c r="D347" s="1" t="s">
+      <c r="E347" s="2" t="s">
         <v>1254</v>
       </c>
-      <c r="E347" s="2" t="s">
+      <c r="F347" s="2" t="s">
         <v>1255</v>
       </c>
-      <c r="F347" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G347" s="2">
         <v>0</v>
       </c>
       <c r="H347" s="2">
         <v>0</v>
       </c>
       <c r="I347" s="1">
         <v>0</v>
       </c>
       <c r="J347" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K347" s="2" t="str">
-        <f>J347*79.07</f>
+        <f>J347*74.18</f>
         <v>0</v>
       </c>
       <c r="L347" s="5"/>
     </row>
     <row r="348" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A348" s="1"/>
       <c r="B348" s="1">
-        <v>827727</v>
+        <v>827726</v>
       </c>
       <c r="C348" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D348" s="1" t="s">
         <v>1257</v>
       </c>
-      <c r="D348" s="1" t="s">
+      <c r="E348" s="2" t="s">
         <v>1258</v>
       </c>
-      <c r="E348" s="2" t="s">
+      <c r="F348" s="2" t="s">
         <v>1259</v>
       </c>
-      <c r="F348" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G348" s="2">
         <v>0</v>
       </c>
       <c r="H348" s="2">
         <v>0</v>
       </c>
       <c r="I348" s="1">
         <v>0</v>
       </c>
       <c r="J348" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K348" s="2" t="str">
-        <f>J348*80.66</f>
+        <f>J348*79.07</f>
         <v>0</v>
       </c>
       <c r="L348" s="5"/>
     </row>
     <row r="349" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A349" s="1"/>
       <c r="B349" s="1">
-        <v>827728</v>
+        <v>827727</v>
       </c>
       <c r="C349" s="1" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D349" s="1" t="s">
         <v>1261</v>
       </c>
-      <c r="D349" s="1" t="s">
+      <c r="E349" s="2" t="s">
         <v>1262</v>
       </c>
-      <c r="E349" s="2" t="s">
+      <c r="F349" s="2" t="s">
         <v>1263</v>
       </c>
-      <c r="F349" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G349" s="2">
         <v>0</v>
       </c>
       <c r="H349" s="2">
         <v>0</v>
       </c>
       <c r="I349" s="1">
         <v>0</v>
       </c>
       <c r="J349" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K349" s="2" t="str">
-        <f>J349*100.02</f>
+        <f>J349*80.66</f>
         <v>0</v>
       </c>
       <c r="L349" s="5"/>
     </row>
     <row r="350" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A350" s="1"/>
       <c r="B350" s="1">
-        <v>827729</v>
+        <v>827728</v>
       </c>
       <c r="C350" s="1" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D350" s="1" t="s">
         <v>1265</v>
       </c>
-      <c r="D350" s="1" t="s">
+      <c r="E350" s="2" t="s">
         <v>1266</v>
       </c>
-      <c r="E350" s="2" t="s">
+      <c r="F350" s="2" t="s">
         <v>1267</v>
       </c>
-      <c r="F350" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G350" s="2">
         <v>0</v>
       </c>
       <c r="H350" s="2">
         <v>0</v>
       </c>
       <c r="I350" s="1">
         <v>0</v>
       </c>
       <c r="J350" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K350" s="2" t="str">
-        <f>J350*101.01</f>
+        <f>J350*100.02</f>
         <v>0</v>
       </c>
       <c r="L350" s="5"/>
     </row>
     <row r="351" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A351" s="1"/>
       <c r="B351" s="1">
-        <v>827730</v>
+        <v>827729</v>
       </c>
       <c r="C351" s="1" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D351" s="1" t="s">
         <v>1269</v>
       </c>
-      <c r="D351" s="1" t="s">
+      <c r="E351" s="2" t="s">
         <v>1270</v>
       </c>
-      <c r="E351" s="2" t="s">
+      <c r="F351" s="2" t="s">
         <v>1271</v>
       </c>
-      <c r="F351" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G351" s="2">
         <v>0</v>
       </c>
       <c r="H351" s="2">
         <v>0</v>
       </c>
       <c r="I351" s="1">
         <v>0</v>
       </c>
       <c r="J351" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K351" s="2" t="str">
-        <f>J351*106.49</f>
+        <f>J351*101.01</f>
         <v>0</v>
       </c>
       <c r="L351" s="5"/>
     </row>
     <row r="352" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A352" s="1"/>
       <c r="B352" s="1">
-        <v>827731</v>
+        <v>827730</v>
       </c>
       <c r="C352" s="1" t="s">
+        <v>1272</v>
+      </c>
+      <c r="D352" s="1" t="s">
         <v>1273</v>
       </c>
-      <c r="D352" s="1" t="s">
+      <c r="E352" s="2" t="s">
         <v>1274</v>
       </c>
-      <c r="E352" s="2" t="s">
+      <c r="F352" s="2" t="s">
         <v>1275</v>
       </c>
-      <c r="F352" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G352" s="2">
         <v>0</v>
       </c>
       <c r="H352" s="2">
         <v>0</v>
       </c>
       <c r="I352" s="1">
         <v>0</v>
       </c>
       <c r="J352" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K352" s="2" t="str">
-        <f>J352*158.90</f>
+        <f>J352*106.49</f>
         <v>0</v>
       </c>
       <c r="L352" s="5"/>
     </row>
     <row r="353" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A353" s="1"/>
       <c r="B353" s="1">
-        <v>827732</v>
+        <v>827731</v>
       </c>
       <c r="C353" s="1" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D353" s="1" t="s">
         <v>1277</v>
       </c>
-      <c r="D353" s="1" t="s">
+      <c r="E353" s="2" t="s">
         <v>1278</v>
       </c>
-      <c r="E353" s="2" t="s">
+      <c r="F353" s="2" t="s">
         <v>1279</v>
       </c>
-      <c r="F353" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G353" s="2">
         <v>0</v>
       </c>
       <c r="H353" s="2">
         <v>0</v>
       </c>
       <c r="I353" s="1">
         <v>0</v>
       </c>
       <c r="J353" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K353" s="2" t="str">
-        <f>J353*160.47</f>
+        <f>J353*158.90</f>
         <v>0</v>
       </c>
       <c r="L353" s="5"/>
     </row>
     <row r="354" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A354" s="1"/>
       <c r="B354" s="1">
-        <v>827733</v>
+        <v>827732</v>
       </c>
       <c r="C354" s="1" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D354" s="1" t="s">
         <v>1281</v>
       </c>
-      <c r="D354" s="1" t="s">
+      <c r="E354" s="2" t="s">
         <v>1282</v>
       </c>
-      <c r="E354" s="2" t="s">
+      <c r="F354" s="2" t="s">
         <v>1283</v>
       </c>
-      <c r="F354" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G354" s="2">
         <v>0</v>
       </c>
       <c r="H354" s="2">
         <v>0</v>
       </c>
       <c r="I354" s="1">
         <v>0</v>
       </c>
       <c r="J354" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K354" s="2" t="str">
-        <f>J354*173.41</f>
+        <f>J354*160.47</f>
         <v>0</v>
       </c>
       <c r="L354" s="5"/>
     </row>
     <row r="355" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A355" s="1"/>
       <c r="B355" s="1">
-        <v>827734</v>
+        <v>827733</v>
       </c>
       <c r="C355" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D355" s="1" t="s">
         <v>1285</v>
       </c>
-      <c r="D355" s="1" t="s">
+      <c r="E355" s="2" t="s">
         <v>1286</v>
       </c>
-      <c r="E355" s="2" t="s">
+      <c r="F355" s="2" t="s">
         <v>1287</v>
       </c>
-      <c r="F355" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G355" s="2">
         <v>0</v>
       </c>
       <c r="H355" s="2">
         <v>0</v>
       </c>
       <c r="I355" s="1">
         <v>0</v>
       </c>
       <c r="J355" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K355" s="2" t="str">
-        <f>J355*177.43</f>
+        <f>J355*173.41</f>
         <v>0</v>
       </c>
       <c r="L355" s="5"/>
     </row>
     <row r="356" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A356" s="1"/>
       <c r="B356" s="1">
-        <v>827735</v>
+        <v>827734</v>
       </c>
       <c r="C356" s="1" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D356" s="1" t="s">
         <v>1289</v>
       </c>
-      <c r="D356" s="1" t="s">
+      <c r="E356" s="2" t="s">
         <v>1290</v>
       </c>
-      <c r="E356" s="2" t="s">
+      <c r="F356" s="2" t="s">
         <v>1291</v>
       </c>
-      <c r="F356" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G356" s="2">
         <v>0</v>
       </c>
       <c r="H356" s="2">
         <v>0</v>
       </c>
       <c r="I356" s="1">
         <v>0</v>
       </c>
       <c r="J356" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K356" s="2" t="str">
-        <f>J356*116.95</f>
+        <f>J356*177.43</f>
         <v>0</v>
       </c>
       <c r="L356" s="5"/>
     </row>
     <row r="357" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A357" s="1"/>
       <c r="B357" s="1">
-        <v>827736</v>
+        <v>827735</v>
       </c>
       <c r="C357" s="1" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D357" s="1" t="s">
         <v>1293</v>
       </c>
-      <c r="D357" s="1" t="s">
+      <c r="E357" s="2" t="s">
         <v>1294</v>
       </c>
-      <c r="E357" s="2" t="s">
+      <c r="F357" s="2" t="s">
         <v>1295</v>
       </c>
-      <c r="F357" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G357" s="2">
         <v>0</v>
       </c>
       <c r="H357" s="2">
         <v>0</v>
       </c>
       <c r="I357" s="1">
         <v>0</v>
       </c>
       <c r="J357" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K357" s="2" t="str">
-        <f>J357*136.30</f>
+        <f>J357*116.95</f>
         <v>0</v>
       </c>
       <c r="L357" s="5"/>
     </row>
     <row r="358" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A358" s="1"/>
       <c r="B358" s="1">
-        <v>827737</v>
+        <v>827736</v>
       </c>
       <c r="C358" s="1" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D358" s="1" t="s">
         <v>1297</v>
       </c>
-      <c r="D358" s="1" t="s">
+      <c r="E358" s="2" t="s">
         <v>1298</v>
       </c>
-      <c r="E358" s="2" t="s">
+      <c r="F358" s="2" t="s">
         <v>1299</v>
       </c>
-      <c r="F358" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G358" s="2">
         <v>0</v>
       </c>
       <c r="H358" s="2">
         <v>0</v>
       </c>
       <c r="I358" s="1">
         <v>0</v>
       </c>
       <c r="J358" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K358" s="2" t="str">
-        <f>J358*138.20</f>
+        <f>J358*136.30</f>
         <v>0</v>
       </c>
       <c r="L358" s="5"/>
     </row>
     <row r="359" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A359" s="1"/>
       <c r="B359" s="1">
-        <v>827738</v>
+        <v>827737</v>
       </c>
       <c r="C359" s="1" t="s">
+        <v>1300</v>
+      </c>
+      <c r="D359" s="1" t="s">
         <v>1301</v>
       </c>
-      <c r="D359" s="1" t="s">
+      <c r="E359" s="2" t="s">
         <v>1302</v>
       </c>
-      <c r="E359" s="2" t="s">
+      <c r="F359" s="2" t="s">
         <v>1303</v>
       </c>
-      <c r="F359" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G359" s="2">
         <v>0</v>
       </c>
       <c r="H359" s="2">
         <v>0</v>
       </c>
       <c r="I359" s="1">
         <v>0</v>
       </c>
       <c r="J359" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K359" s="2" t="str">
-        <f>J359*153.23</f>
+        <f>J359*138.20</f>
         <v>0</v>
       </c>
       <c r="L359" s="5"/>
     </row>
     <row r="360" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A360" s="1"/>
       <c r="B360" s="1">
-        <v>827739</v>
+        <v>827738</v>
       </c>
       <c r="C360" s="1" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D360" s="1" t="s">
         <v>1305</v>
       </c>
-      <c r="D360" s="1" t="s">
+      <c r="E360" s="2" t="s">
         <v>1306</v>
       </c>
-      <c r="E360" s="2" t="s">
+      <c r="F360" s="2" t="s">
         <v>1307</v>
       </c>
-      <c r="F360" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G360" s="2">
         <v>0</v>
       </c>
       <c r="H360" s="2">
         <v>0</v>
       </c>
       <c r="I360" s="1">
         <v>0</v>
       </c>
       <c r="J360" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K360" s="2" t="str">
-        <f>J360*183.88</f>
+        <f>J360*153.23</f>
         <v>0</v>
       </c>
       <c r="L360" s="5"/>
     </row>
     <row r="361" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A361" s="1"/>
       <c r="B361" s="1">
-        <v>827740</v>
+        <v>827739</v>
       </c>
       <c r="C361" s="1" t="s">
+        <v>1308</v>
+      </c>
+      <c r="D361" s="1" t="s">
         <v>1309</v>
       </c>
-      <c r="D361" s="1" t="s">
+      <c r="E361" s="2" t="s">
         <v>1310</v>
       </c>
-      <c r="E361" s="2" t="s">
+      <c r="F361" s="2" t="s">
         <v>1311</v>
       </c>
-      <c r="F361" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G361" s="2">
         <v>0</v>
       </c>
       <c r="H361" s="2">
         <v>0</v>
       </c>
       <c r="I361" s="1">
         <v>0</v>
       </c>
       <c r="J361" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K361" s="2" t="str">
-        <f>J361*180.67</f>
+        <f>J361*183.88</f>
         <v>0</v>
       </c>
       <c r="L361" s="5"/>
     </row>
     <row r="362" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A362" s="1"/>
       <c r="B362" s="1">
-        <v>827741</v>
+        <v>827740</v>
       </c>
       <c r="C362" s="1" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D362" s="1" t="s">
         <v>1313</v>
       </c>
-      <c r="D362" s="1" t="s">
+      <c r="E362" s="2" t="s">
         <v>1314</v>
       </c>
-      <c r="E362" s="2" t="s">
+      <c r="F362" s="2" t="s">
         <v>1315</v>
       </c>
-      <c r="F362" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G362" s="2">
         <v>0</v>
       </c>
       <c r="H362" s="2">
         <v>0</v>
       </c>
       <c r="I362" s="1">
         <v>0</v>
       </c>
       <c r="J362" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K362" s="2" t="str">
-        <f>J362*212.92</f>
+        <f>J362*180.67</f>
         <v>0</v>
       </c>
       <c r="L362" s="5"/>
     </row>
     <row r="363" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A363" s="1"/>
       <c r="B363" s="1">
-        <v>827742</v>
+        <v>827741</v>
       </c>
       <c r="C363" s="1" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D363" s="1" t="s">
         <v>1317</v>
       </c>
-      <c r="D363" s="1" t="s">
+      <c r="E363" s="2" t="s">
         <v>1318</v>
       </c>
-      <c r="E363" s="2" t="s">
+      <c r="F363" s="2" t="s">
         <v>1319</v>
       </c>
-      <c r="F363" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G363" s="2">
         <v>0</v>
       </c>
       <c r="H363" s="2">
         <v>0</v>
       </c>
       <c r="I363" s="1">
         <v>0</v>
       </c>
       <c r="J363" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K363" s="2" t="str">
-        <f>J363*233.88</f>
+        <f>J363*212.92</f>
         <v>0</v>
       </c>
       <c r="L363" s="5"/>
     </row>
     <row r="364" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A364" s="1"/>
       <c r="B364" s="1">
-        <v>827743</v>
+        <v>827742</v>
       </c>
       <c r="C364" s="1" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D364" s="1" t="s">
         <v>1321</v>
       </c>
-      <c r="D364" s="1" t="s">
+      <c r="E364" s="2" t="s">
         <v>1322</v>
       </c>
-      <c r="E364" s="2" t="s">
+      <c r="F364" s="2" t="s">
         <v>1323</v>
       </c>
-      <c r="F364" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G364" s="2">
         <v>0</v>
       </c>
       <c r="H364" s="2">
         <v>0</v>
       </c>
       <c r="I364" s="1">
         <v>0</v>
       </c>
       <c r="J364" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K364" s="2" t="str">
-        <f>J364*274.22</f>
+        <f>J364*233.88</f>
         <v>0</v>
       </c>
       <c r="L364" s="5"/>
     </row>
     <row r="365" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A365" s="1"/>
       <c r="B365" s="1">
-        <v>827744</v>
+        <v>827743</v>
       </c>
       <c r="C365" s="1" t="s">
+        <v>1324</v>
+      </c>
+      <c r="D365" s="1" t="s">
         <v>1325</v>
       </c>
-      <c r="D365" s="1" t="s">
+      <c r="E365" s="2" t="s">
         <v>1326</v>
       </c>
-      <c r="E365" s="2" t="s">
+      <c r="F365" s="2" t="s">
         <v>1327</v>
       </c>
-      <c r="F365" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G365" s="2">
         <v>0</v>
       </c>
       <c r="H365" s="2">
         <v>0</v>
       </c>
       <c r="I365" s="1">
         <v>0</v>
       </c>
       <c r="J365" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K365" s="2" t="str">
-        <f>J365*219.50</f>
+        <f>J365*274.22</f>
         <v>0</v>
       </c>
       <c r="L365" s="5"/>
     </row>
     <row r="366" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A366" s="1"/>
       <c r="B366" s="1">
-        <v>827745</v>
+        <v>827744</v>
       </c>
       <c r="C366" s="1" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D366" s="1" t="s">
         <v>1329</v>
       </c>
-      <c r="D366" s="1" t="s">
+      <c r="E366" s="2" t="s">
         <v>1330</v>
       </c>
-      <c r="E366" s="2" t="s">
+      <c r="F366" s="2" t="s">
         <v>1331</v>
       </c>
-      <c r="F366" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G366" s="2">
         <v>0</v>
       </c>
       <c r="H366" s="2">
         <v>0</v>
       </c>
       <c r="I366" s="1">
         <v>0</v>
       </c>
       <c r="J366" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K366" s="2" t="str">
-        <f>J366*237.21</f>
+        <f>J366*219.50</f>
         <v>0</v>
       </c>
       <c r="L366" s="5"/>
     </row>
     <row r="367" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A367" s="1"/>
       <c r="B367" s="1">
-        <v>827746</v>
+        <v>827745</v>
       </c>
       <c r="C367" s="1" t="s">
+        <v>1332</v>
+      </c>
+      <c r="D367" s="1" t="s">
         <v>1333</v>
       </c>
-      <c r="D367" s="1" t="s">
+      <c r="E367" s="2" t="s">
         <v>1334</v>
       </c>
-      <c r="E367" s="2" t="s">
+      <c r="F367" s="2" t="s">
         <v>1335</v>
       </c>
-      <c r="F367" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G367" s="2">
         <v>0</v>
       </c>
       <c r="H367" s="2">
         <v>0</v>
       </c>
       <c r="I367" s="1">
         <v>0</v>
       </c>
       <c r="J367" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K367" s="2" t="str">
-        <f>J367*255.20</f>
+        <f>J367*237.21</f>
         <v>0</v>
       </c>
       <c r="L367" s="5"/>
     </row>
     <row r="368" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A368" s="1"/>
       <c r="B368" s="1">
-        <v>827747</v>
+        <v>827746</v>
       </c>
       <c r="C368" s="1" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D368" s="1" t="s">
         <v>1337</v>
       </c>
-      <c r="D368" s="1" t="s">
+      <c r="E368" s="2" t="s">
         <v>1338</v>
       </c>
-      <c r="E368" s="2" t="s">
+      <c r="F368" s="2" t="s">
         <v>1339</v>
       </c>
-      <c r="F368" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G368" s="2">
         <v>0</v>
       </c>
       <c r="H368" s="2">
         <v>0</v>
       </c>
       <c r="I368" s="1">
         <v>0</v>
       </c>
       <c r="J368" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K368" s="2" t="str">
-        <f>J368*313.28</f>
+        <f>J368*255.20</f>
         <v>0</v>
       </c>
       <c r="L368" s="5"/>
     </row>
     <row r="369" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A369" s="1"/>
       <c r="B369" s="1">
-        <v>827748</v>
+        <v>827747</v>
       </c>
       <c r="C369" s="1" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D369" s="1" t="s">
         <v>1341</v>
       </c>
-      <c r="D369" s="1" t="s">
+      <c r="E369" s="2" t="s">
         <v>1342</v>
       </c>
-      <c r="E369" s="2" t="s">
+      <c r="F369" s="2" t="s">
         <v>1343</v>
       </c>
-      <c r="F369" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G369" s="2">
         <v>0</v>
       </c>
       <c r="H369" s="2">
         <v>0</v>
       </c>
       <c r="I369" s="1">
         <v>0</v>
       </c>
       <c r="J369" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K369" s="2" t="str">
-        <f>J369*399.16</f>
+        <f>J369*313.28</f>
         <v>0</v>
       </c>
       <c r="L369" s="5"/>
     </row>
     <row r="370" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A370" s="1"/>
       <c r="B370" s="1">
-        <v>827749</v>
+        <v>827748</v>
       </c>
       <c r="C370" s="1" t="s">
+        <v>1344</v>
+      </c>
+      <c r="D370" s="1" t="s">
         <v>1345</v>
       </c>
-      <c r="D370" s="1" t="s">
+      <c r="E370" s="2" t="s">
         <v>1346</v>
       </c>
-      <c r="E370" s="2" t="s">
+      <c r="F370" s="2" t="s">
         <v>1347</v>
       </c>
-      <c r="F370" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G370" s="2">
         <v>0</v>
       </c>
       <c r="H370" s="2">
         <v>0</v>
       </c>
       <c r="I370" s="1">
         <v>0</v>
       </c>
       <c r="J370" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K370" s="2" t="str">
-        <f>J370*65.39</f>
+        <f>J370*399.16</f>
         <v>0</v>
       </c>
       <c r="L370" s="5"/>
     </row>
     <row r="371" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A371" s="1"/>
       <c r="B371" s="1">
-        <v>827750</v>
+        <v>827749</v>
       </c>
       <c r="C371" s="1" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D371" s="1" t="s">
         <v>1349</v>
       </c>
-      <c r="D371" s="1" t="s">
+      <c r="E371" s="2" t="s">
         <v>1350</v>
       </c>
-      <c r="E371" s="2" t="s">
+      <c r="F371" s="2" t="s">
         <v>1351</v>
       </c>
-      <c r="F371" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G371" s="2">
         <v>0</v>
       </c>
       <c r="H371" s="2">
         <v>0</v>
       </c>
       <c r="I371" s="1">
         <v>0</v>
       </c>
       <c r="J371" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K371" s="2" t="str">
-        <f>J371*94.39</f>
+        <f>J371*65.39</f>
         <v>0</v>
       </c>
       <c r="L371" s="5"/>
     </row>
     <row r="372" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A372" s="1"/>
       <c r="B372" s="1">
-        <v>827751</v>
+        <v>827750</v>
       </c>
       <c r="C372" s="1" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D372" s="1" t="s">
         <v>1353</v>
       </c>
-      <c r="D372" s="1" t="s">
+      <c r="E372" s="2" t="s">
         <v>1354</v>
       </c>
-      <c r="E372" s="2" t="s">
+      <c r="F372" s="2" t="s">
         <v>1355</v>
       </c>
-      <c r="F372" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G372" s="2">
         <v>0</v>
       </c>
       <c r="H372" s="2">
         <v>0</v>
       </c>
       <c r="I372" s="1">
         <v>0</v>
       </c>
       <c r="J372" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K372" s="2" t="str">
-        <f>J372*117.20</f>
+        <f>J372*94.39</f>
         <v>0</v>
       </c>
       <c r="L372" s="5"/>
     </row>
     <row r="373" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A373" s="1"/>
       <c r="B373" s="1">
-        <v>827752</v>
+        <v>827751</v>
       </c>
       <c r="C373" s="1" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D373" s="1" t="s">
         <v>1357</v>
       </c>
-      <c r="D373" s="1" t="s">
+      <c r="E373" s="2" t="s">
         <v>1358</v>
       </c>
-      <c r="E373" s="2" t="s">
+      <c r="F373" s="2" t="s">
         <v>1359</v>
       </c>
-      <c r="F373" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G373" s="2">
         <v>0</v>
       </c>
       <c r="H373" s="2">
         <v>0</v>
       </c>
       <c r="I373" s="1">
         <v>0</v>
       </c>
       <c r="J373" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K373" s="2" t="str">
-        <f>J373*74.68</f>
+        <f>J373*117.20</f>
         <v>0</v>
       </c>
       <c r="L373" s="5"/>
     </row>
     <row r="374" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A374" s="1"/>
       <c r="B374" s="1">
-        <v>827753</v>
+        <v>827752</v>
       </c>
       <c r="C374" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D374" s="1" t="s">
         <v>1361</v>
       </c>
-      <c r="D374" s="1" t="s">
+      <c r="E374" s="2" t="s">
         <v>1362</v>
       </c>
-      <c r="E374" s="2" t="s">
+      <c r="F374" s="2" t="s">
         <v>1363</v>
       </c>
-      <c r="F374" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G374" s="2">
         <v>0</v>
       </c>
       <c r="H374" s="2">
         <v>0</v>
       </c>
       <c r="I374" s="1">
         <v>0</v>
       </c>
       <c r="J374" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K374" s="2" t="str">
-        <f>J374*85.99</f>
+        <f>J374*74.68</f>
         <v>0</v>
       </c>
       <c r="L374" s="5"/>
     </row>
     <row r="375" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A375" s="1"/>
       <c r="B375" s="1">
-        <v>827754</v>
+        <v>827753</v>
       </c>
       <c r="C375" s="1" t="s">
+        <v>1364</v>
+      </c>
+      <c r="D375" s="1" t="s">
         <v>1365</v>
       </c>
-      <c r="D375" s="1" t="s">
+      <c r="E375" s="2" t="s">
         <v>1366</v>
       </c>
-      <c r="E375" s="2" t="s">
+      <c r="F375" s="2" t="s">
         <v>1367</v>
       </c>
-      <c r="F375" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G375" s="2">
         <v>0</v>
       </c>
       <c r="H375" s="2">
         <v>0</v>
       </c>
       <c r="I375" s="1">
         <v>0</v>
       </c>
       <c r="J375" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K375" s="2" t="str">
-        <f>J375*87.37</f>
+        <f>J375*85.99</f>
         <v>0</v>
       </c>
       <c r="L375" s="5"/>
     </row>
     <row r="376" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A376" s="1"/>
       <c r="B376" s="1">
-        <v>827755</v>
+        <v>827754</v>
       </c>
       <c r="C376" s="1" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D376" s="1" t="s">
         <v>1369</v>
       </c>
-      <c r="D376" s="1" t="s">
+      <c r="E376" s="2" t="s">
         <v>1370</v>
       </c>
-      <c r="E376" s="2" t="s">
+      <c r="F376" s="2" t="s">
         <v>1371</v>
       </c>
-      <c r="F376" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G376" s="2">
         <v>0</v>
       </c>
       <c r="H376" s="2">
         <v>0</v>
       </c>
       <c r="I376" s="1">
         <v>0</v>
       </c>
       <c r="J376" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K376" s="2" t="str">
-        <f>J376*149.46</f>
+        <f>J376*87.37</f>
         <v>0</v>
       </c>
       <c r="L376" s="5"/>
     </row>
     <row r="377" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A377" s="1"/>
       <c r="B377" s="1">
-        <v>827756</v>
+        <v>827755</v>
       </c>
       <c r="C377" s="1" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D377" s="1" t="s">
         <v>1373</v>
       </c>
-      <c r="D377" s="1" t="s">
+      <c r="E377" s="2" t="s">
         <v>1374</v>
       </c>
-      <c r="E377" s="2" t="s">
+      <c r="F377" s="2" t="s">
         <v>1375</v>
       </c>
-      <c r="F377" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G377" s="2">
         <v>0</v>
       </c>
       <c r="H377" s="2">
         <v>0</v>
       </c>
       <c r="I377" s="1">
         <v>0</v>
       </c>
       <c r="J377" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K377" s="2" t="str">
-        <f>J377*153.46</f>
+        <f>J377*149.46</f>
         <v>0</v>
       </c>
       <c r="L377" s="5"/>
     </row>
     <row r="378" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A378" s="1"/>
       <c r="B378" s="1">
-        <v>827757</v>
+        <v>827756</v>
       </c>
       <c r="C378" s="1" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D378" s="1" t="s">
         <v>1377</v>
       </c>
-      <c r="D378" s="1" t="s">
+      <c r="E378" s="2" t="s">
         <v>1378</v>
       </c>
-      <c r="E378" s="2" t="s">
+      <c r="F378" s="2" t="s">
         <v>1379</v>
       </c>
-      <c r="F378" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G378" s="2">
         <v>0</v>
       </c>
       <c r="H378" s="2">
         <v>0</v>
       </c>
       <c r="I378" s="1">
         <v>0</v>
       </c>
       <c r="J378" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K378" s="2" t="str">
-        <f>J378*162.48</f>
+        <f>J378*153.46</f>
         <v>0</v>
       </c>
       <c r="L378" s="5"/>
     </row>
     <row r="379" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A379" s="1"/>
       <c r="B379" s="1">
-        <v>827758</v>
+        <v>827757</v>
       </c>
       <c r="C379" s="1" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D379" s="1" t="s">
         <v>1381</v>
       </c>
-      <c r="D379" s="1" t="s">
+      <c r="E379" s="2" t="s">
         <v>1382</v>
       </c>
-      <c r="E379" s="2" t="s">
+      <c r="F379" s="2" t="s">
         <v>1383</v>
       </c>
-      <c r="F379" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G379" s="2">
         <v>0</v>
       </c>
       <c r="H379" s="2">
         <v>0</v>
       </c>
       <c r="I379" s="1">
         <v>0</v>
       </c>
       <c r="J379" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K379" s="2" t="str">
-        <f>J379*248.85</f>
+        <f>J379*162.48</f>
         <v>0</v>
       </c>
       <c r="L379" s="5"/>
     </row>
     <row r="380" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A380" s="1"/>
       <c r="B380" s="1">
-        <v>827759</v>
+        <v>827758</v>
       </c>
       <c r="C380" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D380" s="1" t="s">
         <v>1385</v>
       </c>
-      <c r="D380" s="1" t="s">
+      <c r="E380" s="2" t="s">
         <v>1386</v>
       </c>
-      <c r="E380" s="2" t="s">
+      <c r="F380" s="2" t="s">
         <v>1387</v>
       </c>
-      <c r="F380" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G380" s="2">
         <v>0</v>
       </c>
       <c r="H380" s="2">
         <v>0</v>
       </c>
       <c r="I380" s="1">
         <v>0</v>
       </c>
       <c r="J380" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K380" s="2" t="str">
         <f>J380*248.85</f>
         <v>0</v>
       </c>
       <c r="L380" s="5"/>
     </row>
     <row r="381" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A381" s="1"/>
       <c r="B381" s="1">
-        <v>827760</v>
+        <v>827759</v>
       </c>
       <c r="C381" s="1" t="s">
         <v>1388</v>
       </c>
       <c r="D381" s="1" t="s">
         <v>1389</v>
       </c>
       <c r="E381" s="2" t="s">
         <v>1390</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>1384</v>
+        <v>1387</v>
       </c>
       <c r="G381" s="2">
         <v>0</v>
       </c>
       <c r="H381" s="2">
         <v>0</v>
       </c>
       <c r="I381" s="1">
         <v>0</v>
       </c>
       <c r="J381" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K381" s="2" t="str">
         <f>J381*248.85</f>
         <v>0</v>
       </c>
       <c r="L381" s="5"/>
     </row>
     <row r="382" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A382" s="1"/>
       <c r="B382" s="1">
-        <v>827761</v>
+        <v>827760</v>
       </c>
       <c r="C382" s="1" t="s">
         <v>1391</v>
       </c>
       <c r="D382" s="1" t="s">
         <v>1392</v>
       </c>
       <c r="E382" s="2" t="s">
         <v>1393</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>1394</v>
+        <v>1387</v>
       </c>
       <c r="G382" s="2">
         <v>0</v>
       </c>
       <c r="H382" s="2">
         <v>0</v>
       </c>
       <c r="I382" s="1">
         <v>0</v>
       </c>
       <c r="J382" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K382" s="2" t="str">
-        <f>J382*165.69</f>
+        <f>J382*248.85</f>
         <v>0</v>
       </c>
       <c r="L382" s="5"/>
     </row>
     <row r="383" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A383" s="1"/>
       <c r="B383" s="1">
-        <v>827762</v>
+        <v>827761</v>
       </c>
       <c r="C383" s="1" t="s">
+        <v>1394</v>
+      </c>
+      <c r="D383" s="1" t="s">
         <v>1395</v>
       </c>
-      <c r="D383" s="1" t="s">
+      <c r="E383" s="2" t="s">
         <v>1396</v>
       </c>
-      <c r="E383" s="2" t="s">
+      <c r="F383" s="2" t="s">
         <v>1397</v>
       </c>
-      <c r="F383" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G383" s="2">
         <v>0</v>
       </c>
       <c r="H383" s="2">
         <v>0</v>
       </c>
       <c r="I383" s="1">
         <v>0</v>
       </c>
       <c r="J383" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K383" s="2" t="str">
-        <f>J383*168.35</f>
+        <f>J383*165.69</f>
         <v>0</v>
       </c>
       <c r="L383" s="5"/>
     </row>
     <row r="384" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A384" s="1"/>
       <c r="B384" s="1">
-        <v>827763</v>
+        <v>827762</v>
       </c>
       <c r="C384" s="1" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D384" s="1" t="s">
         <v>1399</v>
       </c>
-      <c r="D384" s="1" t="s">
+      <c r="E384" s="2" t="s">
         <v>1400</v>
       </c>
-      <c r="E384" s="2" t="s">
+      <c r="F384" s="2" t="s">
         <v>1401</v>
       </c>
-      <c r="F384" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G384" s="2">
         <v>0</v>
       </c>
       <c r="H384" s="2">
         <v>0</v>
       </c>
       <c r="I384" s="1">
         <v>0</v>
       </c>
       <c r="J384" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K384" s="2" t="str">
-        <f>J384*167.89</f>
+        <f>J384*168.35</f>
         <v>0</v>
       </c>
       <c r="L384" s="5"/>
     </row>
     <row r="385" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A385" s="1"/>
       <c r="B385" s="1">
-        <v>827764</v>
+        <v>827763</v>
       </c>
       <c r="C385" s="1" t="s">
+        <v>1402</v>
+      </c>
+      <c r="D385" s="1" t="s">
         <v>1403</v>
       </c>
-      <c r="D385" s="1" t="s">
+      <c r="E385" s="2" t="s">
         <v>1404</v>
       </c>
-      <c r="E385" s="2" t="s">
+      <c r="F385" s="2" t="s">
         <v>1405</v>
       </c>
-      <c r="F385" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G385" s="2">
         <v>0</v>
       </c>
       <c r="H385" s="2">
         <v>0</v>
       </c>
       <c r="I385" s="1">
         <v>0</v>
       </c>
       <c r="J385" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K385" s="2" t="str">
-        <f>J385*193.37</f>
+        <f>J385*167.89</f>
         <v>0</v>
       </c>
       <c r="L385" s="5"/>
     </row>
     <row r="386" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A386" s="1"/>
       <c r="B386" s="1">
-        <v>827765</v>
+        <v>827764</v>
       </c>
       <c r="C386" s="1" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D386" s="1" t="s">
         <v>1407</v>
       </c>
-      <c r="D386" s="1" t="s">
+      <c r="E386" s="2" t="s">
         <v>1408</v>
       </c>
-      <c r="E386" s="2" t="s">
+      <c r="F386" s="2" t="s">
         <v>1409</v>
       </c>
-      <c r="F386" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G386" s="2">
         <v>0</v>
       </c>
       <c r="H386" s="2">
         <v>0</v>
       </c>
       <c r="I386" s="1">
         <v>0</v>
       </c>
       <c r="J386" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K386" s="2" t="str">
-        <f>J386*293.18</f>
+        <f>J386*193.37</f>
         <v>0</v>
       </c>
       <c r="L386" s="5"/>
     </row>
     <row r="387" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A387" s="1"/>
       <c r="B387" s="1">
-        <v>827766</v>
+        <v>827765</v>
       </c>
       <c r="C387" s="1" t="s">
+        <v>1410</v>
+      </c>
+      <c r="D387" s="1" t="s">
         <v>1411</v>
       </c>
-      <c r="D387" s="1" t="s">
+      <c r="E387" s="2" t="s">
         <v>1412</v>
       </c>
-      <c r="E387" s="2" t="s">
+      <c r="F387" s="2" t="s">
         <v>1413</v>
       </c>
-      <c r="F387" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G387" s="2">
         <v>0</v>
       </c>
       <c r="H387" s="2">
         <v>0</v>
       </c>
       <c r="I387" s="1">
         <v>0</v>
       </c>
       <c r="J387" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K387" s="2" t="str">
-        <f>J387*296.53</f>
+        <f>J387*293.18</f>
         <v>0</v>
       </c>
       <c r="L387" s="5"/>
     </row>
     <row r="388" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A388" s="1"/>
       <c r="B388" s="1">
-        <v>827767</v>
+        <v>827766</v>
       </c>
       <c r="C388" s="1" t="s">
+        <v>1414</v>
+      </c>
+      <c r="D388" s="1" t="s">
         <v>1415</v>
       </c>
-      <c r="D388" s="1" t="s">
+      <c r="E388" s="2" t="s">
         <v>1416</v>
       </c>
-      <c r="E388" s="2" t="s">
+      <c r="F388" s="2" t="s">
         <v>1417</v>
       </c>
-      <c r="F388" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G388" s="2">
         <v>0</v>
       </c>
       <c r="H388" s="2">
         <v>0</v>
       </c>
       <c r="I388" s="1">
         <v>0</v>
       </c>
       <c r="J388" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K388" s="2" t="str">
-        <f>J388*235.96</f>
+        <f>J388*296.53</f>
         <v>0</v>
       </c>
       <c r="L388" s="5"/>
     </row>
     <row r="389" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A389" s="1"/>
       <c r="B389" s="1">
-        <v>827768</v>
+        <v>827767</v>
       </c>
       <c r="C389" s="1" t="s">
+        <v>1418</v>
+      </c>
+      <c r="D389" s="1" t="s">
         <v>1419</v>
       </c>
-      <c r="D389" s="1" t="s">
+      <c r="E389" s="2" t="s">
         <v>1420</v>
       </c>
-      <c r="E389" s="2" t="s">
+      <c r="F389" s="2" t="s">
         <v>1421</v>
       </c>
-      <c r="F389" s="2" t="s">
-[...3 lines deleted...]
-        <v>268</v>
+      <c r="G389" s="2">
+        <v>0</v>
       </c>
       <c r="H389" s="2">
         <v>0</v>
       </c>
       <c r="I389" s="1">
         <v>0</v>
       </c>
       <c r="J389" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K389" s="2" t="str">
-        <f>J389*171.99</f>
+        <f>J389*235.96</f>
         <v>0</v>
       </c>
       <c r="L389" s="5"/>
     </row>
     <row r="390" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A390" s="1"/>
       <c r="B390" s="1">
-        <v>827769</v>
+        <v>827768</v>
       </c>
       <c r="C390" s="1" t="s">
+        <v>1422</v>
+      </c>
+      <c r="D390" s="1" t="s">
         <v>1423</v>
       </c>
-      <c r="D390" s="1" t="s">
+      <c r="E390" s="2" t="s">
         <v>1424</v>
       </c>
-      <c r="E390" s="2" t="s">
+      <c r="F390" s="2" t="s">
         <v>1425</v>
       </c>
-      <c r="F390" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G390" s="2" t="s">
+        <v>264</v>
       </c>
       <c r="H390" s="2">
         <v>0</v>
       </c>
       <c r="I390" s="1">
         <v>0</v>
       </c>
       <c r="J390" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K390" s="2" t="str">
-        <f>J390*334.56</f>
+        <f>J390*171.99</f>
         <v>0</v>
       </c>
       <c r="L390" s="5"/>
     </row>
     <row r="391" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A391" s="1"/>
       <c r="B391" s="1">
-        <v>827770</v>
+        <v>827769</v>
       </c>
       <c r="C391" s="1" t="s">
+        <v>1426</v>
+      </c>
+      <c r="D391" s="1" t="s">
         <v>1427</v>
       </c>
-      <c r="D391" s="1" t="s">
+      <c r="E391" s="2" t="s">
         <v>1428</v>
       </c>
-      <c r="E391" s="2" t="s">
+      <c r="F391" s="2" t="s">
         <v>1429</v>
       </c>
-      <c r="F391" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G391" s="2">
         <v>0</v>
       </c>
       <c r="H391" s="2">
         <v>0</v>
       </c>
       <c r="I391" s="1">
         <v>0</v>
       </c>
       <c r="J391" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K391" s="2" t="str">
-        <f>J391*362.09</f>
+        <f>J391*334.56</f>
         <v>0</v>
       </c>
       <c r="L391" s="5"/>
     </row>
     <row r="392" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A392" s="1"/>
       <c r="B392" s="1">
-        <v>827771</v>
+        <v>827770</v>
       </c>
       <c r="C392" s="1" t="s">
+        <v>1430</v>
+      </c>
+      <c r="D392" s="1" t="s">
         <v>1431</v>
       </c>
-      <c r="D392" s="1" t="s">
+      <c r="E392" s="2" t="s">
         <v>1432</v>
       </c>
-      <c r="E392" s="2" t="s">
+      <c r="F392" s="2" t="s">
         <v>1433</v>
       </c>
-      <c r="F392" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G392" s="2">
         <v>0</v>
       </c>
       <c r="H392" s="2">
         <v>0</v>
       </c>
       <c r="I392" s="1">
         <v>0</v>
       </c>
       <c r="J392" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K392" s="2" t="str">
-        <f>J392*399.21</f>
+        <f>J392*362.09</f>
         <v>0</v>
       </c>
       <c r="L392" s="5"/>
     </row>
     <row r="393" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A393" s="1"/>
       <c r="B393" s="1">
-        <v>827772</v>
+        <v>827771</v>
       </c>
       <c r="C393" s="1" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D393" s="1" t="s">
         <v>1435</v>
       </c>
-      <c r="D393" s="1" t="s">
+      <c r="E393" s="2" t="s">
         <v>1436</v>
       </c>
-      <c r="E393" s="2" t="s">
+      <c r="F393" s="2" t="s">
         <v>1437</v>
       </c>
-      <c r="F393" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G393" s="2">
         <v>0</v>
       </c>
       <c r="H393" s="2">
         <v>0</v>
       </c>
       <c r="I393" s="1">
         <v>0</v>
       </c>
       <c r="J393" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K393" s="2" t="str">
-        <f>J393*365.89</f>
+        <f>J393*399.21</f>
         <v>0</v>
       </c>
       <c r="L393" s="5"/>
     </row>
     <row r="394" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A394" s="1"/>
       <c r="B394" s="1">
-        <v>827773</v>
+        <v>827772</v>
       </c>
       <c r="C394" s="1" t="s">
+        <v>1438</v>
+      </c>
+      <c r="D394" s="1" t="s">
         <v>1439</v>
-      </c>
-[...1 lines deleted...]
-        <v>9911013090002</v>
       </c>
       <c r="E394" s="2" t="s">
         <v>1440</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>1434</v>
+        <v>1441</v>
       </c>
       <c r="G394" s="2">
         <v>0</v>
       </c>
       <c r="H394" s="2">
         <v>0</v>
       </c>
       <c r="I394" s="1">
         <v>0</v>
       </c>
       <c r="J394" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K394" s="2" t="str">
-        <f>J394*399.21</f>
+        <f>J394*365.89</f>
         <v>0</v>
       </c>
       <c r="L394" s="5"/>
     </row>
     <row r="395" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A395" s="1"/>
       <c r="B395" s="1">
-        <v>827774</v>
+        <v>827773</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1441</v>
-[...1 lines deleted...]
-      <c r="D395" s="1" t="s">
         <v>1442</v>
+      </c>
+      <c r="D395" s="1">
+        <v>9911013090002</v>
       </c>
       <c r="E395" s="2" t="s">
         <v>1443</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>1434</v>
+        <v>1437</v>
       </c>
       <c r="G395" s="2">
         <v>0</v>
       </c>
       <c r="H395" s="2">
         <v>0</v>
       </c>
       <c r="I395" s="1">
         <v>0</v>
       </c>
       <c r="J395" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K395" s="2" t="str">
         <f>J395*399.21</f>
         <v>0</v>
       </c>
       <c r="L395" s="5"/>
     </row>
     <row r="396" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A396" s="1"/>
       <c r="B396" s="1">
-        <v>827775</v>
+        <v>827774</v>
       </c>
       <c r="C396" s="1" t="s">
         <v>1444</v>
       </c>
       <c r="D396" s="1" t="s">
         <v>1445</v>
       </c>
       <c r="E396" s="2" t="s">
         <v>1446</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>1447</v>
+        <v>1437</v>
       </c>
       <c r="G396" s="2">
         <v>0</v>
       </c>
       <c r="H396" s="2">
         <v>0</v>
       </c>
       <c r="I396" s="1">
         <v>0</v>
       </c>
       <c r="J396" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K396" s="2" t="str">
-        <f>J396*314.30</f>
+        <f>J396*399.21</f>
         <v>0</v>
       </c>
       <c r="L396" s="5"/>
     </row>
     <row r="397" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A397" s="1"/>
       <c r="B397" s="1">
-        <v>827776</v>
+        <v>827775</v>
       </c>
       <c r="C397" s="1" t="s">
+        <v>1447</v>
+      </c>
+      <c r="D397" s="1" t="s">
         <v>1448</v>
       </c>
-      <c r="D397" s="1" t="s">
+      <c r="E397" s="2" t="s">
         <v>1449</v>
       </c>
-      <c r="E397" s="2" t="s">
+      <c r="F397" s="2" t="s">
         <v>1450</v>
       </c>
-      <c r="F397" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G397" s="2">
         <v>0</v>
       </c>
       <c r="H397" s="2">
         <v>0</v>
       </c>
       <c r="I397" s="1">
         <v>0</v>
       </c>
       <c r="J397" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K397" s="2" t="str">
-        <f>J397*507.38</f>
+        <f>J397*314.30</f>
         <v>0</v>
       </c>
       <c r="L397" s="5"/>
     </row>
     <row r="398" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A398" s="1"/>
       <c r="B398" s="1">
-        <v>827777</v>
+        <v>827776</v>
       </c>
       <c r="C398" s="1" t="s">
+        <v>1451</v>
+      </c>
+      <c r="D398" s="1" t="s">
         <v>1452</v>
       </c>
-      <c r="D398" s="1" t="s">
+      <c r="E398" s="2" t="s">
         <v>1453</v>
       </c>
-      <c r="E398" s="2" t="s">
+      <c r="F398" s="2" t="s">
         <v>1454</v>
       </c>
-      <c r="F398" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G398" s="2">
         <v>0</v>
       </c>
       <c r="H398" s="2">
         <v>0</v>
       </c>
       <c r="I398" s="1">
         <v>0</v>
       </c>
       <c r="J398" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K398" s="2" t="str">
         <f>J398*507.38</f>
         <v>0</v>
       </c>
       <c r="L398" s="5"/>
     </row>
     <row r="399" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A399" s="1"/>
       <c r="B399" s="1">
-        <v>827778</v>
+        <v>827777</v>
       </c>
       <c r="C399" s="1" t="s">
         <v>1455</v>
       </c>
       <c r="D399" s="1" t="s">
         <v>1456</v>
       </c>
       <c r="E399" s="2" t="s">
         <v>1457</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>1451</v>
+        <v>1454</v>
       </c>
       <c r="G399" s="2">
         <v>0</v>
       </c>
       <c r="H399" s="2">
         <v>0</v>
       </c>
       <c r="I399" s="1">
         <v>0</v>
       </c>
       <c r="J399" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K399" s="2" t="str">
         <f>J399*507.38</f>
         <v>0</v>
       </c>
       <c r="L399" s="5"/>
     </row>
     <row r="400" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A400" s="1"/>
       <c r="B400" s="1">
-        <v>827779</v>
+        <v>827778</v>
       </c>
       <c r="C400" s="1" t="s">
         <v>1458</v>
       </c>
       <c r="D400" s="1" t="s">
         <v>1459</v>
       </c>
       <c r="E400" s="2" t="s">
         <v>1460</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>1461</v>
+        <v>1454</v>
       </c>
       <c r="G400" s="2">
         <v>0</v>
       </c>
       <c r="H400" s="2">
         <v>0</v>
       </c>
       <c r="I400" s="1">
         <v>0</v>
       </c>
       <c r="J400" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K400" s="2" t="str">
-        <f>J400*485.58</f>
+        <f>J400*507.38</f>
         <v>0</v>
       </c>
       <c r="L400" s="5"/>
     </row>
     <row r="401" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A401" s="1"/>
       <c r="B401" s="1">
-        <v>827780</v>
+        <v>827779</v>
       </c>
       <c r="C401" s="1" t="s">
+        <v>1461</v>
+      </c>
+      <c r="D401" s="1" t="s">
         <v>1462</v>
       </c>
-      <c r="D401" s="1" t="s">
+      <c r="E401" s="2" t="s">
         <v>1463</v>
       </c>
-      <c r="E401" s="2" t="s">
+      <c r="F401" s="2" t="s">
         <v>1464</v>
       </c>
-      <c r="F401" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G401" s="2">
         <v>0</v>
       </c>
       <c r="H401" s="2">
         <v>0</v>
       </c>
       <c r="I401" s="1">
         <v>0</v>
       </c>
       <c r="J401" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K401" s="2" t="str">
-        <f>J401*568.10</f>
+        <f>J401*485.58</f>
         <v>0</v>
       </c>
       <c r="L401" s="5"/>
     </row>
     <row r="402" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A402" s="1"/>
       <c r="B402" s="1">
-        <v>827781</v>
+        <v>827780</v>
       </c>
       <c r="C402" s="1" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D402" s="1" t="s">
         <v>1466</v>
       </c>
-      <c r="D402" s="1" t="s">
+      <c r="E402" s="2" t="s">
         <v>1467</v>
       </c>
-      <c r="E402" s="2" t="s">
+      <c r="F402" s="2" t="s">
         <v>1468</v>
       </c>
-      <c r="F402" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G402" s="2">
         <v>0</v>
       </c>
       <c r="H402" s="2">
         <v>0</v>
       </c>
       <c r="I402" s="1">
         <v>0</v>
       </c>
       <c r="J402" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K402" s="2" t="str">
         <f>J402*568.10</f>
         <v>0</v>
       </c>
       <c r="L402" s="5"/>
     </row>
     <row r="403" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A403" s="1"/>
       <c r="B403" s="1">
-        <v>827782</v>
+        <v>827781</v>
       </c>
       <c r="C403" s="1" t="s">
         <v>1469</v>
       </c>
       <c r="D403" s="1" t="s">
         <v>1470</v>
       </c>
       <c r="E403" s="2" t="s">
         <v>1471</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>1465</v>
+        <v>1468</v>
       </c>
       <c r="G403" s="2">
         <v>0</v>
       </c>
       <c r="H403" s="2">
         <v>0</v>
       </c>
       <c r="I403" s="1">
         <v>0</v>
       </c>
       <c r="J403" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K403" s="2" t="str">
         <f>J403*568.10</f>
         <v>0</v>
       </c>
       <c r="L403" s="5"/>
     </row>
     <row r="404" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A404" s="1"/>
       <c r="B404" s="1">
-        <v>827783</v>
+        <v>827782</v>
       </c>
       <c r="C404" s="1" t="s">
         <v>1472</v>
       </c>
       <c r="D404" s="1" t="s">
         <v>1473</v>
       </c>
       <c r="E404" s="2" t="s">
         <v>1474</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>1461</v>
+        <v>1468</v>
       </c>
       <c r="G404" s="2">
         <v>0</v>
       </c>
       <c r="H404" s="2">
         <v>0</v>
       </c>
       <c r="I404" s="1">
         <v>0</v>
       </c>
       <c r="J404" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K404" s="2" t="str">
-        <f>J404*485.58</f>
+        <f>J404*568.10</f>
         <v>0</v>
       </c>
       <c r="L404" s="5"/>
     </row>
     <row r="405" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A405" s="1"/>
       <c r="B405" s="1">
-        <v>827784</v>
+        <v>827783</v>
       </c>
       <c r="C405" s="1" t="s">
         <v>1475</v>
       </c>
       <c r="D405" s="1" t="s">
         <v>1476</v>
       </c>
       <c r="E405" s="2" t="s">
         <v>1477</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>1461</v>
+        <v>1464</v>
       </c>
       <c r="G405" s="2">
         <v>0</v>
       </c>
       <c r="H405" s="2">
         <v>0</v>
       </c>
       <c r="I405" s="1">
         <v>0</v>
       </c>
       <c r="J405" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K405" s="2" t="str">
         <f>J405*485.58</f>
         <v>0</v>
       </c>
       <c r="L405" s="5"/>
     </row>
     <row r="406" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A406" s="1"/>
       <c r="B406" s="1">
-        <v>827785</v>
+        <v>827784</v>
       </c>
       <c r="C406" s="1" t="s">
         <v>1478</v>
       </c>
       <c r="D406" s="1" t="s">
         <v>1479</v>
       </c>
       <c r="E406" s="2" t="s">
         <v>1480</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>1481</v>
+        <v>1464</v>
       </c>
       <c r="G406" s="2">
         <v>0</v>
       </c>
       <c r="H406" s="2">
         <v>0</v>
       </c>
       <c r="I406" s="1">
         <v>0</v>
       </c>
       <c r="J406" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K406" s="2" t="str">
-        <f>J406*540.01</f>
+        <f>J406*485.58</f>
         <v>0</v>
       </c>
       <c r="L406" s="5"/>
     </row>
     <row r="407" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A407" s="1"/>
       <c r="B407" s="1">
-        <v>827786</v>
+        <v>827785</v>
       </c>
       <c r="C407" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="D407" s="1" t="s">
         <v>1482</v>
       </c>
-      <c r="D407" s="1" t="s">
+      <c r="E407" s="2" t="s">
         <v>1483</v>
       </c>
-      <c r="E407" s="2" t="s">
+      <c r="F407" s="2" t="s">
         <v>1484</v>
       </c>
-      <c r="F407" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G407" s="2">
         <v>0</v>
       </c>
       <c r="H407" s="2">
         <v>0</v>
       </c>
       <c r="I407" s="1">
         <v>0</v>
       </c>
       <c r="J407" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K407" s="2" t="str">
-        <f>J407*723.19</f>
+        <f>J407*540.01</f>
         <v>0</v>
       </c>
       <c r="L407" s="5"/>
     </row>
     <row r="408" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A408" s="1"/>
       <c r="B408" s="1">
-        <v>827787</v>
+        <v>827786</v>
       </c>
       <c r="C408" s="1" t="s">
+        <v>1485</v>
+      </c>
+      <c r="D408" s="1" t="s">
         <v>1486</v>
       </c>
-      <c r="D408" s="1" t="s">
+      <c r="E408" s="2" t="s">
         <v>1487</v>
       </c>
-      <c r="E408" s="2" t="s">
+      <c r="F408" s="2" t="s">
         <v>1488</v>
       </c>
-      <c r="F408" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G408" s="2">
         <v>0</v>
       </c>
       <c r="H408" s="2">
         <v>0</v>
       </c>
       <c r="I408" s="1">
         <v>0</v>
       </c>
       <c r="J408" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K408" s="2" t="str">
-        <f>J408*559.87</f>
+        <f>J408*723.19</f>
         <v>0</v>
       </c>
       <c r="L408" s="5"/>
     </row>
     <row r="409" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A409" s="1"/>
       <c r="B409" s="1">
-        <v>827788</v>
+        <v>827787</v>
       </c>
       <c r="C409" s="1" t="s">
+        <v>1489</v>
+      </c>
+      <c r="D409" s="1" t="s">
         <v>1490</v>
       </c>
-      <c r="D409" s="1" t="s">
+      <c r="E409" s="2" t="s">
         <v>1491</v>
       </c>
-      <c r="E409" s="2" t="s">
+      <c r="F409" s="2" t="s">
         <v>1492</v>
       </c>
-      <c r="F409" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G409" s="2">
         <v>0</v>
       </c>
       <c r="H409" s="2">
         <v>0</v>
       </c>
       <c r="I409" s="1">
         <v>0</v>
       </c>
       <c r="J409" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K409" s="2" t="str">
-        <f>J409*554.32</f>
+        <f>J409*559.87</f>
         <v>0</v>
       </c>
       <c r="L409" s="5"/>
     </row>
     <row r="410" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A410" s="1"/>
       <c r="B410" s="1">
-        <v>827789</v>
+        <v>827788</v>
       </c>
       <c r="C410" s="1" t="s">
+        <v>1493</v>
+      </c>
+      <c r="D410" s="1" t="s">
         <v>1494</v>
       </c>
-      <c r="D410" s="1" t="s">
+      <c r="E410" s="2" t="s">
         <v>1495</v>
       </c>
-      <c r="E410" s="2" t="s">
+      <c r="F410" s="2" t="s">
         <v>1496</v>
       </c>
-      <c r="F410" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G410" s="2">
         <v>0</v>
       </c>
       <c r="H410" s="2">
         <v>0</v>
       </c>
       <c r="I410" s="1">
         <v>0</v>
       </c>
       <c r="J410" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K410" s="2" t="str">
-        <f>J410*723.19</f>
+        <f>J410*554.32</f>
         <v>0</v>
       </c>
       <c r="L410" s="5"/>
     </row>
     <row r="411" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A411" s="1"/>
       <c r="B411" s="1">
-        <v>827790</v>
+        <v>827789</v>
       </c>
       <c r="C411" s="1" t="s">
         <v>1497</v>
       </c>
       <c r="D411" s="1" t="s">
         <v>1498</v>
       </c>
       <c r="E411" s="2" t="s">
         <v>1499</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>1500</v>
+        <v>1488</v>
       </c>
       <c r="G411" s="2">
         <v>0</v>
       </c>
       <c r="H411" s="2">
         <v>0</v>
       </c>
       <c r="I411" s="1">
         <v>0</v>
       </c>
       <c r="J411" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K411" s="2" t="str">
-        <f>J411*1011.16</f>
+        <f>J411*723.19</f>
         <v>0</v>
       </c>
       <c r="L411" s="5"/>
     </row>
     <row r="412" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A412" s="1"/>
       <c r="B412" s="1">
-        <v>827791</v>
+        <v>827790</v>
       </c>
       <c r="C412" s="1" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D412" s="1" t="s">
         <v>1501</v>
       </c>
-      <c r="D412" s="1" t="s">
+      <c r="E412" s="2" t="s">
         <v>1502</v>
       </c>
-      <c r="E412" s="2" t="s">
+      <c r="F412" s="2" t="s">
         <v>1503</v>
       </c>
-      <c r="F412" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G412" s="2">
         <v>0</v>
       </c>
       <c r="H412" s="2">
         <v>0</v>
       </c>
       <c r="I412" s="1">
         <v>0</v>
       </c>
       <c r="J412" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K412" s="2" t="str">
-        <f>J412*1314.50</f>
+        <f>J412*1011.16</f>
         <v>0</v>
       </c>
       <c r="L412" s="5"/>
     </row>
     <row r="413" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A413" s="1"/>
       <c r="B413" s="1">
-        <v>827792</v>
+        <v>827791</v>
       </c>
       <c r="C413" s="1" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D413" s="1" t="s">
         <v>1505</v>
       </c>
-      <c r="D413" s="1" t="s">
+      <c r="E413" s="2" t="s">
         <v>1506</v>
       </c>
-      <c r="E413" s="2" t="s">
+      <c r="F413" s="2" t="s">
         <v>1507</v>
       </c>
-      <c r="F413" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G413" s="2">
         <v>0</v>
       </c>
       <c r="H413" s="2">
         <v>0</v>
       </c>
       <c r="I413" s="1">
         <v>0</v>
       </c>
       <c r="J413" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K413" s="2" t="str">
         <f>J413*1314.50</f>
         <v>0</v>
       </c>
       <c r="L413" s="5"/>
     </row>
     <row r="414" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A414" s="1"/>
       <c r="B414" s="1">
-        <v>871418</v>
+        <v>827792</v>
       </c>
       <c r="C414" s="1" t="s">
         <v>1508</v>
       </c>
-      <c r="D414" s="1">
-        <v>9026</v>
+      <c r="D414" s="1" t="s">
+        <v>1509</v>
       </c>
       <c r="E414" s="2" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>1510</v>
+        <v>1507</v>
       </c>
       <c r="G414" s="2">
         <v>0</v>
       </c>
       <c r="H414" s="2">
         <v>0</v>
       </c>
       <c r="I414" s="1">
         <v>0</v>
       </c>
       <c r="J414" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K414" s="2" t="str">
-        <f>J414*176.18</f>
+        <f>J414*1314.50</f>
         <v>0</v>
       </c>
       <c r="L414" s="5"/>
     </row>
     <row r="415" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A415" s="1"/>
       <c r="B415" s="1">
-        <v>871419</v>
+        <v>871418</v>
       </c>
       <c r="C415" s="1" t="s">
         <v>1511</v>
       </c>
-      <c r="D415" s="1" t="s">
+      <c r="D415" s="1">
+        <v>9026</v>
+      </c>
+      <c r="E415" s="2" t="s">
         <v>1512</v>
       </c>
-      <c r="E415" s="2" t="s">
+      <c r="F415" s="2" t="s">
         <v>1513</v>
       </c>
-      <c r="F415" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G415" s="2">
         <v>0</v>
       </c>
       <c r="H415" s="2">
         <v>0</v>
       </c>
       <c r="I415" s="1">
         <v>0</v>
       </c>
       <c r="J415" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K415" s="2" t="str">
-        <f>J415*3245.11</f>
+        <f>J415*176.18</f>
         <v>0</v>
       </c>
       <c r="L415" s="5"/>
     </row>
     <row r="416" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A416" s="1"/>
       <c r="B416" s="1">
-        <v>871420</v>
+        <v>871419</v>
       </c>
       <c r="C416" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="D416" s="1" t="s">
         <v>1515</v>
       </c>
-      <c r="D416" s="1" t="s">
+      <c r="E416" s="2" t="s">
         <v>1516</v>
       </c>
-      <c r="E416" s="2" t="s">
+      <c r="F416" s="2" t="s">
         <v>1517</v>
       </c>
-      <c r="F416" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G416" s="2">
         <v>0</v>
       </c>
       <c r="H416" s="2">
         <v>0</v>
       </c>
       <c r="I416" s="1">
         <v>0</v>
       </c>
       <c r="J416" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K416" s="2" t="str">
-        <f>J416*874.52</f>
+        <f>J416*3245.11</f>
         <v>0</v>
       </c>
       <c r="L416" s="5"/>
     </row>
     <row r="417" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A417" s="1"/>
       <c r="B417" s="1">
-        <v>871421</v>
+        <v>871420</v>
       </c>
       <c r="C417" s="1" t="s">
+        <v>1518</v>
+      </c>
+      <c r="D417" s="1" t="s">
         <v>1519</v>
       </c>
-      <c r="D417" s="1" t="s">
+      <c r="E417" s="2" t="s">
         <v>1520</v>
       </c>
-      <c r="E417" s="2" t="s">
+      <c r="F417" s="2" t="s">
         <v>1521</v>
       </c>
-      <c r="F417" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G417" s="2">
         <v>0</v>
       </c>
       <c r="H417" s="2">
         <v>0</v>
       </c>
       <c r="I417" s="1">
         <v>0</v>
       </c>
       <c r="J417" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K417" s="2" t="str">
-        <f>J417*1064.77</f>
+        <f>J417*874.52</f>
         <v>0</v>
       </c>
       <c r="L417" s="5"/>
     </row>
     <row r="418" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A418" s="1"/>
       <c r="B418" s="1">
-        <v>871422</v>
+        <v>871421</v>
       </c>
       <c r="C418" s="1" t="s">
+        <v>1522</v>
+      </c>
+      <c r="D418" s="1" t="s">
         <v>1523</v>
       </c>
-      <c r="D418" s="1" t="s">
+      <c r="E418" s="2" t="s">
         <v>1524</v>
       </c>
-      <c r="E418" s="2" t="s">
+      <c r="F418" s="2" t="s">
         <v>1525</v>
       </c>
-      <c r="F418" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G418" s="2">
         <v>0</v>
       </c>
       <c r="H418" s="2">
         <v>0</v>
       </c>
       <c r="I418" s="1">
         <v>0</v>
       </c>
       <c r="J418" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K418" s="2" t="str">
-        <f>J418*1480.28</f>
+        <f>J418*1064.77</f>
         <v>0</v>
       </c>
       <c r="L418" s="5"/>
     </row>
     <row r="419" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A419" s="1"/>
       <c r="B419" s="1">
-        <v>871423</v>
+        <v>871422</v>
       </c>
       <c r="C419" s="1" t="s">
+        <v>1526</v>
+      </c>
+      <c r="D419" s="1" t="s">
         <v>1527</v>
       </c>
-      <c r="D419" s="1" t="s">
+      <c r="E419" s="2" t="s">
         <v>1528</v>
       </c>
-      <c r="E419" s="2" t="s">
+      <c r="F419" s="2" t="s">
         <v>1529</v>
       </c>
-      <c r="F419" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G419" s="2">
         <v>0</v>
       </c>
       <c r="H419" s="2">
         <v>0</v>
       </c>
       <c r="I419" s="1">
         <v>0</v>
       </c>
       <c r="J419" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K419" s="2" t="str">
-        <f>J419*2063.40</f>
+        <f>J419*1480.28</f>
         <v>0</v>
       </c>
       <c r="L419" s="5"/>
     </row>
     <row r="420" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A420" s="1"/>
       <c r="B420" s="1">
+        <v>871423</v>
+      </c>
+      <c r="C420" s="1" t="s">
+        <v>1530</v>
+      </c>
+      <c r="D420" s="1" t="s">
+        <v>1531</v>
+      </c>
+      <c r="E420" s="2" t="s">
+        <v>1532</v>
+      </c>
+      <c r="F420" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="G420" s="2">
+        <v>0</v>
+      </c>
+      <c r="H420" s="2">
+        <v>0</v>
+      </c>
+      <c r="I420" s="1">
+        <v>0</v>
+      </c>
+      <c r="J420" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="K420" s="2" t="str">
+        <f>J420*2063.40</f>
+        <v>0</v>
+      </c>
+      <c r="L420" s="5"/>
+    </row>
+    <row r="421" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A421" s="1"/>
+      <c r="B421" s="1">
         <v>871424</v>
       </c>
-      <c r="C420" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F420" s="2" t="s">
+      <c r="C421" s="1" t="s">
         <v>1534</v>
       </c>
-      <c r="G420" s="2">
-[...18 lines deleted...]
-      <c r="A421" s="8" t="s">
+      <c r="D421" s="1" t="s">
         <v>1535</v>
       </c>
-      <c r="B421" s="8"/>
-[...8 lines deleted...]
-      <c r="K421" s="8"/>
+      <c r="E421" s="2" t="s">
+        <v>1536</v>
+      </c>
+      <c r="F421" s="2" t="s">
+        <v>1537</v>
+      </c>
+      <c r="G421" s="2">
+        <v>0</v>
+      </c>
+      <c r="H421" s="2">
+        <v>0</v>
+      </c>
+      <c r="I421" s="1">
+        <v>0</v>
+      </c>
+      <c r="J421" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="K421" s="2" t="str">
+        <f>J421*2934.36</f>
+        <v>0</v>
+      </c>
       <c r="L421" s="5"/>
     </row>
-    <row r="422" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...11 lines deleted...]
-      <c r="F422" s="2" t="s">
+    <row r="422" spans="1:12" outlineLevel="2">
+      <c r="A422" s="8" t="s">
         <v>1538</v>
       </c>
-      <c r="G422" s="2">
-[...14 lines deleted...]
-      </c>
+      <c r="B422" s="8"/>
+      <c r="C422" s="8"/>
+      <c r="D422" s="8"/>
+      <c r="E422" s="8"/>
+      <c r="F422" s="8"/>
+      <c r="G422" s="8"/>
+      <c r="H422" s="8"/>
+      <c r="I422" s="8"/>
+      <c r="J422" s="8"/>
+      <c r="K422" s="8"/>
       <c r="L422" s="5"/>
     </row>
     <row r="423" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A423" s="1"/>
       <c r="B423" s="1">
-        <v>882924</v>
+        <v>882921</v>
       </c>
       <c r="C423" s="1" t="s">
         <v>1539</v>
       </c>
       <c r="D423" s="1"/>
       <c r="E423" s="2" t="s">
         <v>1540</v>
       </c>
       <c r="F423" s="2" t="s">
         <v>1541</v>
       </c>
       <c r="G423" s="2">
-        <v>-11</v>
+        <v>-35</v>
       </c>
       <c r="H423" s="2">
         <v>0</v>
       </c>
       <c r="I423" s="1">
         <v>0</v>
       </c>
       <c r="J423" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K423" s="2" t="str">
-        <f>J423*1761.94</f>
+        <f>J423*528.08</f>
         <v>0</v>
       </c>
       <c r="L423" s="5"/>
     </row>
     <row r="424" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A424" s="1"/>
       <c r="B424" s="1">
-        <v>882925</v>
+        <v>882924</v>
       </c>
       <c r="C424" s="1" t="s">
         <v>1542</v>
       </c>
       <c r="D424" s="1"/>
       <c r="E424" s="2" t="s">
         <v>1543</v>
       </c>
       <c r="F424" s="2" t="s">
         <v>1544</v>
       </c>
       <c r="G424" s="2">
-        <v>6</v>
+        <v>-11</v>
       </c>
       <c r="H424" s="2">
         <v>0</v>
       </c>
       <c r="I424" s="1">
         <v>0</v>
       </c>
       <c r="J424" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K424" s="2" t="str">
-        <f>J424*2619.00</f>
+        <f>J424*1761.94</f>
         <v>0</v>
       </c>
       <c r="L424" s="5"/>
     </row>
     <row r="425" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A425" s="1"/>
       <c r="B425" s="1">
-        <v>882922</v>
+        <v>882925</v>
       </c>
       <c r="C425" s="1" t="s">
         <v>1545</v>
       </c>
       <c r="D425" s="1"/>
       <c r="E425" s="2" t="s">
         <v>1546</v>
       </c>
       <c r="F425" s="2" t="s">
         <v>1547</v>
       </c>
       <c r="G425" s="2">
-        <v>-10</v>
+        <v>6</v>
       </c>
       <c r="H425" s="2">
         <v>0</v>
       </c>
       <c r="I425" s="1">
         <v>0</v>
       </c>
       <c r="J425" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K425" s="2" t="str">
-        <f>J425*493.58</f>
+        <f>J425*2619.00</f>
         <v>0</v>
       </c>
       <c r="L425" s="5"/>
     </row>
     <row r="426" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A426" s="1"/>
       <c r="B426" s="1">
-        <v>882923</v>
+        <v>882922</v>
       </c>
       <c r="C426" s="1" t="s">
         <v>1548</v>
       </c>
       <c r="D426" s="1"/>
       <c r="E426" s="2" t="s">
         <v>1549</v>
       </c>
       <c r="F426" s="2" t="s">
         <v>1550</v>
       </c>
       <c r="G426" s="2">
-        <v>0</v>
+        <v>-10</v>
       </c>
       <c r="H426" s="2">
         <v>0</v>
       </c>
       <c r="I426" s="1">
         <v>0</v>
       </c>
       <c r="J426" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K426" s="2" t="str">
-        <f>J426*1834.56</f>
+        <f>J426*493.58</f>
         <v>0</v>
       </c>
       <c r="L426" s="5"/>
     </row>
-    <row r="427" spans="1:12" outlineLevel="1">
-      <c r="A427" s="7" t="s">
+    <row r="427" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A427" s="1"/>
+      <c r="B427" s="1">
+        <v>882923</v>
+      </c>
+      <c r="C427" s="1" t="s">
         <v>1551</v>
       </c>
-      <c r="B427" s="7"/>
-[...8 lines deleted...]
-      <c r="K427" s="7"/>
+      <c r="D427" s="1"/>
+      <c r="E427" s="2" t="s">
+        <v>1552</v>
+      </c>
+      <c r="F427" s="2" t="s">
+        <v>1553</v>
+      </c>
+      <c r="G427" s="2">
+        <v>0</v>
+      </c>
+      <c r="H427" s="2">
+        <v>0</v>
+      </c>
+      <c r="I427" s="1">
+        <v>0</v>
+      </c>
+      <c r="J427" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="K427" s="2" t="str">
+        <f>J427*1834.56</f>
+        <v>0</v>
+      </c>
       <c r="L427" s="5"/>
     </row>
-    <row r="428" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
-[...10 lines deleted...]
-      <c r="E428" s="2" t="s">
+    <row r="428" spans="1:12" outlineLevel="1">
+      <c r="A428" s="7" t="s">
         <v>1554</v>
       </c>
-      <c r="F428" s="2" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="B428" s="7"/>
+      <c r="C428" s="7"/>
+      <c r="D428" s="7"/>
+      <c r="E428" s="7"/>
+      <c r="F428" s="7"/>
+      <c r="G428" s="7"/>
+      <c r="H428" s="7"/>
+      <c r="I428" s="7"/>
+      <c r="J428" s="7"/>
+      <c r="K428" s="7"/>
       <c r="L428" s="5"/>
     </row>
     <row r="429" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A429" s="1"/>
       <c r="B429" s="1">
-        <v>829336</v>
+        <v>888638</v>
       </c>
       <c r="C429" s="1" t="s">
+        <v>1555</v>
+      </c>
+      <c r="D429" s="1" t="s">
         <v>1556</v>
       </c>
-      <c r="D429" s="1" t="s">
+      <c r="E429" s="2" t="s">
         <v>1557</v>
       </c>
-      <c r="E429" s="2" t="s">
+      <c r="F429" s="2" t="s">
         <v>1558</v>
       </c>
-      <c r="F429" s="2" t="s">
-[...3 lines deleted...]
-        <v>10</v>
+      <c r="G429" s="2" t="s">
+        <v>264</v>
       </c>
       <c r="H429" s="2">
         <v>0</v>
       </c>
       <c r="I429" s="1">
         <v>0</v>
       </c>
       <c r="J429" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K429" s="2" t="str">
-        <f>J429*2824.76</f>
+        <f>J429*5563.80</f>
         <v>0</v>
       </c>
       <c r="L429" s="5"/>
     </row>
     <row r="430" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A430" s="1"/>
       <c r="B430" s="1">
-        <v>829337</v>
+        <v>829336</v>
       </c>
       <c r="C430" s="1" t="s">
+        <v>1559</v>
+      </c>
+      <c r="D430" s="1" t="s">
         <v>1560</v>
       </c>
-      <c r="D430" s="1" t="s">
+      <c r="E430" s="2" t="s">
         <v>1561</v>
       </c>
-      <c r="E430" s="2" t="s">
+      <c r="F430" s="2" t="s">
         <v>1562</v>
       </c>
-      <c r="F430" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G430" s="2" t="s">
-        <v>23</v>
+        <v>264</v>
       </c>
       <c r="H430" s="2">
         <v>0</v>
       </c>
       <c r="I430" s="1">
         <v>0</v>
       </c>
       <c r="J430" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K430" s="2" t="str">
-        <f>J430*525.09</f>
+        <f>J430*2824.76</f>
         <v>0</v>
       </c>
       <c r="L430" s="5"/>
     </row>
     <row r="431" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A431" s="1"/>
       <c r="B431" s="1">
-        <v>829338</v>
+        <v>829337</v>
       </c>
       <c r="C431" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="D431" s="1" t="s">
         <v>1564</v>
       </c>
-      <c r="D431" s="1" t="s">
+      <c r="E431" s="2" t="s">
         <v>1565</v>
       </c>
-      <c r="E431" s="2" t="s">
+      <c r="F431" s="2" t="s">
         <v>1566</v>
       </c>
-      <c r="F431" s="2" t="s">
-[...3 lines deleted...]
-        <v>9</v>
+      <c r="G431" s="2" t="s">
+        <v>54</v>
       </c>
       <c r="H431" s="2">
         <v>0</v>
       </c>
       <c r="I431" s="1">
         <v>0</v>
       </c>
       <c r="J431" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K431" s="2" t="str">
-        <f>J431*516.16</f>
+        <f>J431*525.09</f>
         <v>0</v>
       </c>
       <c r="L431" s="5"/>
     </row>
     <row r="432" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A432" s="1"/>
       <c r="B432" s="1">
-        <v>829339</v>
+        <v>829338</v>
       </c>
       <c r="C432" s="1" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D432" s="1" t="s">
         <v>1568</v>
       </c>
-      <c r="D432" s="1" t="s">
+      <c r="E432" s="2" t="s">
         <v>1569</v>
       </c>
-      <c r="E432" s="2" t="s">
+      <c r="F432" s="2" t="s">
         <v>1570</v>
       </c>
-      <c r="F432" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G432" s="2">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="H432" s="2">
         <v>0</v>
       </c>
       <c r="I432" s="1">
         <v>0</v>
       </c>
       <c r="J432" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K432" s="2" t="str">
-        <f>J432*672.35</f>
+        <f>J432*516.16</f>
         <v>0</v>
       </c>
       <c r="L432" s="5"/>
     </row>
     <row r="433" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A433" s="1"/>
       <c r="B433" s="1">
-        <v>829340</v>
+        <v>829339</v>
       </c>
       <c r="C433" s="1" t="s">
+        <v>1571</v>
+      </c>
+      <c r="D433" s="1" t="s">
         <v>1572</v>
       </c>
-      <c r="D433" s="1" t="s">
+      <c r="E433" s="2" t="s">
         <v>1573</v>
       </c>
-      <c r="E433" s="2" t="s">
+      <c r="F433" s="2" t="s">
         <v>1574</v>
       </c>
-      <c r="F433" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G433" s="2">
-        <v>-2</v>
+        <v>5</v>
       </c>
       <c r="H433" s="2">
         <v>0</v>
       </c>
       <c r="I433" s="1">
         <v>0</v>
       </c>
       <c r="J433" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K433" s="2" t="str">
-        <f>J433*636.65</f>
+        <f>J433*672.35</f>
         <v>0</v>
       </c>
       <c r="L433" s="5"/>
     </row>
     <row r="434" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A434" s="1"/>
       <c r="B434" s="1">
-        <v>878105</v>
+        <v>829340</v>
       </c>
       <c r="C434" s="1" t="s">
+        <v>1575</v>
+      </c>
+      <c r="D434" s="1" t="s">
         <v>1576</v>
       </c>
-      <c r="D434" s="1" t="s">
+      <c r="E434" s="2" t="s">
         <v>1577</v>
       </c>
-      <c r="E434" s="2" t="s">
+      <c r="F434" s="2" t="s">
         <v>1578</v>
       </c>
-      <c r="F434" s="2" t="s">
-[...3 lines deleted...]
-        <v>23</v>
+      <c r="G434" s="2">
+        <v>4</v>
       </c>
       <c r="H434" s="2">
         <v>0</v>
       </c>
       <c r="I434" s="1">
         <v>0</v>
       </c>
       <c r="J434" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K434" s="2" t="str">
-        <f>J434*297.50</f>
+        <f>J434*636.65</f>
         <v>0</v>
       </c>
       <c r="L434" s="5"/>
     </row>
     <row r="435" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A435" s="1"/>
       <c r="B435" s="1">
-        <v>878106</v>
+        <v>878105</v>
       </c>
       <c r="C435" s="1" t="s">
+        <v>1579</v>
+      </c>
+      <c r="D435" s="1" t="s">
         <v>1580</v>
       </c>
-      <c r="D435" s="1" t="s">
+      <c r="E435" s="2" t="s">
         <v>1581</v>
       </c>
-      <c r="E435" s="2" t="s">
+      <c r="F435" s="2" t="s">
         <v>1582</v>
       </c>
-      <c r="F435" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G435" s="2" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="H435" s="2">
         <v>0</v>
       </c>
       <c r="I435" s="1">
         <v>0</v>
       </c>
       <c r="J435" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K435" s="2" t="str">
-        <f>J435*334.69</f>
+        <f>J435*297.50</f>
         <v>0</v>
       </c>
       <c r="L435" s="5"/>
     </row>
     <row r="436" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A436" s="1"/>
       <c r="B436" s="1">
-        <v>878107</v>
+        <v>878106</v>
       </c>
       <c r="C436" s="1" t="s">
+        <v>1583</v>
+      </c>
+      <c r="D436" s="1" t="s">
         <v>1584</v>
       </c>
-      <c r="D436" s="1" t="s">
+      <c r="E436" s="2" t="s">
         <v>1585</v>
       </c>
-      <c r="E436" s="2" t="s">
+      <c r="F436" s="2" t="s">
         <v>1586</v>
       </c>
-      <c r="F436" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G436" s="2" t="s">
-        <v>276</v>
+        <v>29</v>
       </c>
       <c r="H436" s="2">
         <v>0</v>
       </c>
       <c r="I436" s="1">
         <v>0</v>
       </c>
       <c r="J436" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K436" s="2" t="str">
-        <f>J436*522.11</f>
+        <f>J436*334.69</f>
         <v>0</v>
       </c>
       <c r="L436" s="5"/>
     </row>
     <row r="437" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A437" s="1"/>
       <c r="B437" s="1">
-        <v>878108</v>
+        <v>878107</v>
       </c>
       <c r="C437" s="1" t="s">
+        <v>1587</v>
+      </c>
+      <c r="D437" s="1" t="s">
         <v>1588</v>
       </c>
-      <c r="D437" s="1" t="s">
+      <c r="E437" s="2" t="s">
         <v>1589</v>
       </c>
-      <c r="E437" s="2" t="s">
+      <c r="F437" s="2" t="s">
         <v>1590</v>
       </c>
-      <c r="F437" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G437" s="2" t="s">
+        <v>29</v>
       </c>
       <c r="H437" s="2">
         <v>0</v>
       </c>
       <c r="I437" s="1">
         <v>0</v>
       </c>
       <c r="J437" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K437" s="2" t="str">
-        <f>J437*761.60</f>
+        <f>J437*522.11</f>
         <v>0</v>
       </c>
       <c r="L437" s="5"/>
     </row>
     <row r="438" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A438" s="1"/>
       <c r="B438" s="1">
-        <v>878109</v>
+        <v>878108</v>
       </c>
       <c r="C438" s="1" t="s">
+        <v>1591</v>
+      </c>
+      <c r="D438" s="1" t="s">
         <v>1592</v>
       </c>
-      <c r="D438" s="1" t="s">
+      <c r="E438" s="2" t="s">
         <v>1593</v>
       </c>
-      <c r="E438" s="2" t="s">
+      <c r="F438" s="2" t="s">
         <v>1594</v>
       </c>
-      <c r="F438" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G438" s="2" t="s">
-        <v>276</v>
+        <v>264</v>
       </c>
       <c r="H438" s="2">
         <v>0</v>
       </c>
       <c r="I438" s="1">
         <v>0</v>
       </c>
       <c r="J438" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K438" s="2" t="str">
-        <f>J438*724.41</f>
+        <f>J438*761.60</f>
         <v>0</v>
       </c>
       <c r="L438" s="5"/>
     </row>
     <row r="439" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A439" s="1"/>
       <c r="B439" s="1">
-        <v>878110</v>
+        <v>878109</v>
       </c>
       <c r="C439" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D439" s="1" t="s">
         <v>1596</v>
       </c>
-      <c r="D439" s="1" t="s">
+      <c r="E439" s="2" t="s">
         <v>1597</v>
       </c>
-      <c r="E439" s="2" t="s">
+      <c r="F439" s="2" t="s">
         <v>1598</v>
       </c>
-      <c r="F439" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G439" s="2" t="s">
+        <v>145</v>
       </c>
       <c r="H439" s="2">
         <v>0</v>
       </c>
       <c r="I439" s="1">
         <v>0</v>
       </c>
       <c r="J439" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K439" s="2" t="str">
-        <f>J439*1062.08</f>
+        <f>J439*724.41</f>
         <v>0</v>
       </c>
       <c r="L439" s="5"/>
     </row>
     <row r="440" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A440" s="1"/>
       <c r="B440" s="1">
-        <v>878111</v>
+        <v>878110</v>
       </c>
       <c r="C440" s="1" t="s">
+        <v>1599</v>
+      </c>
+      <c r="D440" s="1" t="s">
         <v>1600</v>
       </c>
-      <c r="D440" s="1" t="s">
+      <c r="E440" s="2" t="s">
         <v>1601</v>
       </c>
-      <c r="E440" s="2" t="s">
+      <c r="F440" s="2" t="s">
         <v>1602</v>
       </c>
-      <c r="F440" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G440" s="2">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="H440" s="2">
         <v>0</v>
       </c>
       <c r="I440" s="1">
         <v>0</v>
       </c>
       <c r="J440" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K440" s="2" t="str">
-        <f>J440*1297.10</f>
+        <f>J440*1062.08</f>
         <v>0</v>
       </c>
       <c r="L440" s="5"/>
     </row>
     <row r="441" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A441" s="1"/>
       <c r="B441" s="1">
-        <v>883906</v>
+        <v>878111</v>
       </c>
       <c r="C441" s="1" t="s">
+        <v>1603</v>
+      </c>
+      <c r="D441" s="1" t="s">
         <v>1604</v>
       </c>
-      <c r="D441" s="1" t="s">
+      <c r="E441" s="2" t="s">
         <v>1605</v>
       </c>
-      <c r="E441" s="2" t="s">
+      <c r="F441" s="2" t="s">
         <v>1606</v>
       </c>
-      <c r="F441" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G441" s="2" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="H441" s="2">
         <v>0</v>
       </c>
       <c r="I441" s="1">
         <v>0</v>
       </c>
       <c r="J441" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K441" s="2" t="str">
-        <f>J441*3068.71</f>
+        <f>J441*1297.10</f>
         <v>0</v>
       </c>
       <c r="L441" s="5"/>
     </row>
     <row r="442" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A442" s="1"/>
       <c r="B442" s="1">
-        <v>885066</v>
+        <v>883906</v>
       </c>
       <c r="C442" s="1" t="s">
+        <v>1607</v>
+      </c>
+      <c r="D442" s="1" t="s">
         <v>1608</v>
       </c>
-      <c r="D442" s="1" t="s">
+      <c r="E442" s="2" t="s">
         <v>1609</v>
       </c>
-      <c r="E442" s="2" t="s">
+      <c r="F442" s="2" t="s">
         <v>1610</v>
       </c>
-      <c r="F442" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G442" s="2" t="s">
-        <v>141</v>
+        <v>264</v>
       </c>
       <c r="H442" s="2">
         <v>0</v>
       </c>
       <c r="I442" s="1">
         <v>0</v>
       </c>
       <c r="J442" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K442" s="2" t="str">
-        <f>J442*534.01</f>
+        <f>J442*3068.71</f>
         <v>0</v>
       </c>
       <c r="L442" s="5"/>
     </row>
     <row r="443" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A443" s="1"/>
       <c r="B443" s="1">
-        <v>885067</v>
+        <v>885066</v>
       </c>
       <c r="C443" s="1" t="s">
+        <v>1611</v>
+      </c>
+      <c r="D443" s="1" t="s">
         <v>1612</v>
       </c>
-      <c r="D443" s="1" t="s">
+      <c r="E443" s="2" t="s">
         <v>1613</v>
       </c>
-      <c r="E443" s="2" t="s">
+      <c r="F443" s="2" t="s">
         <v>1614</v>
       </c>
-      <c r="F443" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G443" s="2" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="H443" s="2">
         <v>0</v>
       </c>
       <c r="I443" s="1">
         <v>0</v>
       </c>
       <c r="J443" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K443" s="2" t="str">
-        <f>J443*800.28</f>
+        <f>J443*534.01</f>
         <v>0</v>
       </c>
       <c r="L443" s="5"/>
     </row>
     <row r="444" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A444" s="1"/>
       <c r="B444" s="1">
-        <v>885068</v>
+        <v>885067</v>
       </c>
       <c r="C444" s="1" t="s">
+        <v>1615</v>
+      </c>
+      <c r="D444" s="1" t="s">
         <v>1616</v>
       </c>
-      <c r="D444" s="1" t="s">
+      <c r="E444" s="2" t="s">
         <v>1617</v>
       </c>
-      <c r="E444" s="2" t="s">
+      <c r="F444" s="2" t="s">
         <v>1618</v>
       </c>
-      <c r="F444" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G444" s="2" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="H444" s="2">
         <v>0</v>
       </c>
       <c r="I444" s="1">
         <v>0</v>
       </c>
       <c r="J444" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K444" s="2" t="str">
-        <f>J444*792.84</f>
+        <f>J444*800.28</f>
         <v>0</v>
       </c>
       <c r="L444" s="5"/>
     </row>
     <row r="445" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A445" s="1"/>
       <c r="B445" s="1">
-        <v>885977</v>
+        <v>885068</v>
       </c>
       <c r="C445" s="1" t="s">
+        <v>1619</v>
+      </c>
+      <c r="D445" s="1" t="s">
         <v>1620</v>
       </c>
-      <c r="D445" s="1" t="s">
+      <c r="E445" s="2" t="s">
         <v>1621</v>
       </c>
-      <c r="E445" s="2" t="s">
+      <c r="F445" s="2" t="s">
         <v>1622</v>
       </c>
-      <c r="F445" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G445" s="2" t="s">
-        <v>141</v>
+        <v>264</v>
       </c>
       <c r="H445" s="2">
         <v>0</v>
       </c>
       <c r="I445" s="1">
         <v>0</v>
       </c>
       <c r="J445" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K445" s="2" t="str">
-        <f>J445*782.43</f>
+        <f>J445*792.84</f>
         <v>0</v>
       </c>
       <c r="L445" s="5"/>
     </row>
     <row r="446" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A446" s="1"/>
       <c r="B446" s="1">
+        <v>885977</v>
+      </c>
+      <c r="C446" s="1" t="s">
+        <v>1623</v>
+      </c>
+      <c r="D446" s="1" t="s">
+        <v>1624</v>
+      </c>
+      <c r="E446" s="2" t="s">
+        <v>1625</v>
+      </c>
+      <c r="F446" s="2" t="s">
+        <v>1626</v>
+      </c>
+      <c r="G446" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="H446" s="2">
+        <v>0</v>
+      </c>
+      <c r="I446" s="1">
+        <v>0</v>
+      </c>
+      <c r="J446" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="K446" s="2" t="str">
+        <f>J446*782.43</f>
+        <v>0</v>
+      </c>
+      <c r="L446" s="5"/>
+    </row>
+    <row r="447" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A447" s="1"/>
+      <c r="B447" s="1">
         <v>885859</v>
       </c>
-      <c r="C446" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F446" s="2" t="s">
+      <c r="C447" s="1" t="s">
         <v>1627</v>
       </c>
-      <c r="G446" s="2" t="s">
-[...18 lines deleted...]
-      <c r="A447" s="7" t="s">
+      <c r="D447" s="1" t="s">
         <v>1628</v>
       </c>
-      <c r="B447" s="7"/>
-[...8 lines deleted...]
-      <c r="K447" s="7"/>
+      <c r="E447" s="2" t="s">
+        <v>1629</v>
+      </c>
+      <c r="F447" s="2" t="s">
+        <v>1630</v>
+      </c>
+      <c r="G447" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="H447" s="2">
+        <v>0</v>
+      </c>
+      <c r="I447" s="1">
+        <v>0</v>
+      </c>
+      <c r="J447" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="K447" s="2" t="str">
+        <f>J447*774.99</f>
+        <v>0</v>
+      </c>
       <c r="L447" s="5"/>
     </row>
-    <row r="448" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
-[...13 lines deleted...]
-      <c r="F448" s="2" t="s">
+    <row r="448" spans="1:12" outlineLevel="1">
+      <c r="A448" s="7" t="s">
         <v>1631</v>
       </c>
-      <c r="G448" s="2">
-[...14 lines deleted...]
-      </c>
+      <c r="B448" s="7"/>
+      <c r="C448" s="7"/>
+      <c r="D448" s="7"/>
+      <c r="E448" s="7"/>
+      <c r="F448" s="7"/>
+      <c r="G448" s="7"/>
+      <c r="H448" s="7"/>
+      <c r="I448" s="7"/>
+      <c r="J448" s="7"/>
+      <c r="K448" s="7"/>
       <c r="L448" s="5"/>
     </row>
     <row r="449" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A449" s="1"/>
       <c r="B449" s="1">
-        <v>871417</v>
+        <v>871416</v>
       </c>
       <c r="C449" s="1" t="s">
         <v>1632</v>
       </c>
       <c r="D449" s="1">
-        <v>4022</v>
+        <v>4011</v>
       </c>
       <c r="E449" s="2" t="s">
         <v>1633</v>
       </c>
       <c r="F449" s="2" t="s">
         <v>1634</v>
       </c>
-      <c r="G449" s="2">
-        <v>0</v>
+      <c r="G449" s="2" t="s">
+        <v>264</v>
       </c>
       <c r="H449" s="2">
         <v>0</v>
       </c>
       <c r="I449" s="1">
         <v>0</v>
       </c>
       <c r="J449" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K449" s="2" t="str">
-        <f>J449*509.38</f>
+        <f>J449*194.34</f>
         <v>0</v>
       </c>
       <c r="L449" s="5"/>
+    </row>
+    <row r="450" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A450" s="1"/>
+      <c r="B450" s="1">
+        <v>871417</v>
+      </c>
+      <c r="C450" s="1" t="s">
+        <v>1635</v>
+      </c>
+      <c r="D450" s="1">
+        <v>4022</v>
+      </c>
+      <c r="E450" s="2" t="s">
+        <v>1636</v>
+      </c>
+      <c r="F450" s="2" t="s">
+        <v>1637</v>
+      </c>
+      <c r="G450" s="2">
+        <v>0</v>
+      </c>
+      <c r="H450" s="2">
+        <v>0</v>
+      </c>
+      <c r="I450" s="1">
+        <v>0</v>
+      </c>
+      <c r="J450" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="K450" s="2" t="str">
+        <f>J450*509.38</f>
+        <v>0</v>
+      </c>
+      <c r="L450" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
-    <mergeCell ref="A40:K40"/>
-[...1 lines deleted...]
-    <mergeCell ref="A447:K447"/>
+    <mergeCell ref="A41:K41"/>
+    <mergeCell ref="A428:K428"/>
+    <mergeCell ref="A448:K448"/>
     <mergeCell ref="A4:K4"/>
-    <mergeCell ref="A21:K21"/>
-[...2 lines deleted...]
-    <mergeCell ref="A421:K421"/>
+    <mergeCell ref="A22:K22"/>
+    <mergeCell ref="A33:K33"/>
+    <mergeCell ref="A42:K42"/>
+    <mergeCell ref="A422:K422"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>