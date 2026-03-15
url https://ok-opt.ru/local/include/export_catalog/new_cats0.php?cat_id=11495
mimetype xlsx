--- v0 (2025-12-07)
+++ v1 (2026-03-15)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
@@ -69,164 +69,164 @@
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>ПНД - Полиэтиленовые трубы и фитинги</t>
   </si>
   <si>
     <t>ПНД - Полиэтиленовые трубы</t>
   </si>
   <si>
     <t>Труба ПНД SDR 11 (16 атм.)</t>
   </si>
   <si>
     <t>PND-110001</t>
   </si>
   <si>
     <t>017010201-01</t>
   </si>
   <si>
     <t>ПНД труба 20х2,0 ТЕBО ПЭ-100 SDR-11, 16 атм. (100 м) ГОСТ питьевая напорная</t>
   </si>
   <si>
     <t>42.12 руб.</t>
   </si>
   <si>
+    <t>пог</t>
+  </si>
+  <si>
+    <t>PND-110003</t>
+  </si>
+  <si>
+    <t>017010202-01</t>
+  </si>
+  <si>
+    <t>ПНД труба 25х2,3 ТЕBО ПЭ-100 SDR-11, 16 атм. (100 м) ГОСТ питьевая напорная</t>
+  </si>
+  <si>
+    <t>58.45 руб.</t>
+  </si>
+  <si>
+    <t>PND-110005</t>
+  </si>
+  <si>
+    <t>017010203-01</t>
+  </si>
+  <si>
+    <t>ПНД труба 32х3,0 ТЕБО ПЭ-100 SDR-11, 16 атм. (100 м) ГОСТ питьевая напорная</t>
+  </si>
+  <si>
+    <t>97.97 руб.</t>
+  </si>
+  <si>
+    <t>PND-110008</t>
+  </si>
+  <si>
+    <t>017010203-04</t>
+  </si>
+  <si>
+    <t>ПНД труба 32х3,0 ТЕБО ПЭ-100 SDR-11, 16 атм. (50 м) ГОСТ питьевая напорная</t>
+  </si>
+  <si>
+    <t>&gt;100</t>
+  </si>
+  <si>
+    <t>PND-111001</t>
+  </si>
+  <si>
+    <t>ПНД труба 20х2,0 ACR  ПЭ-100 SDR-11, 16 атм. (200 м) черная с синей полосой</t>
+  </si>
+  <si>
+    <t>39.10 руб.</t>
+  </si>
+  <si>
+    <t>PND-111005</t>
+  </si>
+  <si>
+    <t>ПНД труба 32х3,0 ACR ПЭ-100 SDR-11, 16 атм. (200 м) черная с синей полосой</t>
+  </si>
+  <si>
+    <t>72.20 руб.</t>
+  </si>
+  <si>
     <t>&gt;1000</t>
   </si>
   <si>
-    <t>пог</t>
-[...11 lines deleted...]
-    <t>58.45 руб.</t>
+    <t>PND-111501</t>
+  </si>
+  <si>
+    <t>ПНД труба 32х3,0 ACR ПЭ-100 SDR-11, 16 атм. (бухта 100 м) черная с синей полосой</t>
+  </si>
+  <si>
+    <t>PND-111502</t>
+  </si>
+  <si>
+    <t>ПНД труба 32х3,0 ACR ПЭ-100 SDR-11, 16 атм. (бухта 50 м) черная с синей полосой</t>
+  </si>
+  <si>
+    <t>PND-141101</t>
+  </si>
+  <si>
+    <t>МП11 20-2.0-100</t>
+  </si>
+  <si>
+    <t>ПНД труба 20х2,0 МЕГАПАЙП ПЭ-100 SDR-11, 16 атм. (100 м) ГОСТ</t>
+  </si>
+  <si>
+    <t>34.04 руб.</t>
+  </si>
+  <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
+    <t>PND-141104</t>
+  </si>
+  <si>
+    <t>МП11 25-2.3-100</t>
+  </si>
+  <si>
+    <t>ПНД труба 25х2,3 МЕГАПАЙП ПЭ-100 SDR-11, 16 атм. (100 м) ГОСТ</t>
+  </si>
+  <si>
+    <t>49.59 руб.</t>
+  </si>
+  <si>
+    <t>PND-141107</t>
+  </si>
+  <si>
+    <t>МП11 32-3.0-100</t>
+  </si>
+  <si>
+    <t>ПНД труба 32х3,0 МЕГАПАЙП ПЭ-100 SDR-11, 16 атм. (100 м) ГОСТ</t>
+  </si>
+  <si>
+    <t>81.27 руб.</t>
   </si>
   <si>
     <t>&gt;500</t>
   </si>
   <si>
-    <t>PND-110005</t>
-[...91 lines deleted...]
-  <si>
     <t>PND-141110</t>
   </si>
   <si>
     <t>МП11 40-3.7-100</t>
   </si>
   <si>
     <t>ПНД труба 40х3,7 МЕГАПАЙП ПЭ-100 SDR-11, 16 атм. (100 м) ГОСТ</t>
   </si>
   <si>
     <t>125.28 руб.</t>
   </si>
   <si>
     <t>PND-141113</t>
   </si>
   <si>
     <t>МП11 50-4.6-100</t>
   </si>
   <si>
     <t>ПНД труба 50х4,6 МЕГАПАЙП ПЭ-100 SDR-11, 16 атм. (100 м) ГОСТ</t>
   </si>
   <si>
     <t>194.53 руб.</t>
   </si>
   <si>
     <t>PND-141116</t>
@@ -241,59 +241,50 @@
     <t>308.07 руб.</t>
   </si>
   <si>
     <t>PND-211500</t>
   </si>
   <si>
     <t>ПНД труба 20х2,0 PREMIUM ПЭ-100 SDR-11, 16 атм. (100 м) ГОСТ питьевая СИНЯЯ напорная</t>
   </si>
   <si>
     <t>46.03 руб.</t>
   </si>
   <si>
     <t>PND-211502</t>
   </si>
   <si>
     <t>ПНД труба 32х3,0 PREMIUM ПЭ-100 SDR-11, 16 атм. (50 м) ГОСТ питьевая СИНЯЯ напорная</t>
   </si>
   <si>
     <t>104.53 руб.</t>
   </si>
   <si>
     <t>PND-211503</t>
   </si>
   <si>
     <t>ПНД труба 32х3,0 PREMIUM ПЭ-100 SDR-11, 16 атм. (100 м) ГОСТ питьевая СИНЯЯ напорная</t>
-  </si>
-[...7 lines deleted...]
-    <t>ПНД труба ТЕВО 32х3,0 ПЭ-100 SDR-11, 16 атм.(200 м) ГОСТ питьевая напорная</t>
   </si>
   <si>
     <t>Труба ПНД SDR 13,6 (12,5 атм. )</t>
   </si>
   <si>
     <t>PND-111002</t>
   </si>
   <si>
     <t>ПНД труба 25х2,0 ACR ПЭ-100 SDR-13,6, 12,5 атм.(200 м) черная с синей полосой</t>
   </si>
   <si>
     <t>44.20 руб.</t>
   </si>
   <si>
     <t>PND-111004</t>
   </si>
   <si>
     <t>ПНД труба 32х2,4 ACR ПЭ-100 SDR-13,6, 12,5 атм.(200 м) черная с синей полосой</t>
   </si>
   <si>
     <t>62.90 руб.</t>
   </si>
   <si>
     <t>PND-120001</t>
   </si>
@@ -1006,507 +997,507 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="Image_21" descr="Image_21"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="Image_24" descr="Image_24"/>
+        <xdr:cNvPr id="15" name="Image_23" descr="Image_23"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>24</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="Image_25" descr="Image_25"/>
+        <xdr:cNvPr id="16" name="Image_24" descr="Image_24"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>25</xdr:row>
+      <xdr:row>24</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="Image_26" descr="Image_26"/>
+        <xdr:cNvPr id="17" name="Image_25" descr="Image_25"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="Image_27" descr="Image_27"/>
+        <xdr:cNvPr id="18" name="Image_26" descr="Image_26"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="Image_28" descr="Image_28"/>
+        <xdr:cNvPr id="19" name="Image_27" descr="Image_27"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>28</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="Image_29" descr="Image_29"/>
+        <xdr:cNvPr id="20" name="Image_28" descr="Image_28"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>29</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="Image_30" descr="Image_30"/>
+        <xdr:cNvPr id="21" name="Image_29" descr="Image_29"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>30</xdr:row>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="Image_31" descr="Image_31"/>
+        <xdr:cNvPr id="22" name="Image_30" descr="Image_30"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="Image_32" descr="Image_32"/>
+        <xdr:cNvPr id="23" name="Image_31" descr="Image_31"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="Image_33" descr="Image_33"/>
+        <xdr:cNvPr id="24" name="Image_32" descr="Image_32"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>34</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="Image_35" descr="Image_35"/>
+        <xdr:cNvPr id="25" name="Image_34" descr="Image_34"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>36</xdr:row>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="Image_37" descr="Image_37"/>
+        <xdr:cNvPr id="26" name="Image_36" descr="Image_36"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>37</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="Image_38" descr="Image_38"/>
+        <xdr:cNvPr id="27" name="Image_37" descr="Image_37"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>38</xdr:row>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="Image_39" descr="Image_39"/>
+        <xdr:cNvPr id="28" name="Image_38" descr="Image_38"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="Image_40" descr="Image_40"/>
+        <xdr:cNvPr id="29" name="Image_39" descr="Image_39"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>40</xdr:row>
+      <xdr:row>39</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="Image_41" descr="Image_41"/>
+        <xdr:cNvPr id="30" name="Image_40" descr="Image_40"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -1779,51 +1770,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="0" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L41"/>
+  <dimension ref="A1:L40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="4" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="60" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
     <col min="10" max="10" width="11" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -1831,51 +1822,51 @@
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="4">
-        <f>SUM(J2:J41)</f>
+        <f>SUM(J2:J40)</f>
         <v>0</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="5"/>
     </row>
     <row r="2" spans="1:12">
       <c r="A2" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
       <c r="L2" s="5"/>
     </row>
     <row r="3" spans="1:12" outlineLevel="1">
       <c r="A3" s="7" t="s">
@@ -1905,1270 +1896,1237 @@
       <c r="G4" s="8"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>822264</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2">
-        <v>-500</v>
+        <v>0</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
-      <c r="I5" s="1" t="s">
-        <v>17</v>
+      <c r="I5" s="1">
+        <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K5" s="2" t="str">
         <f>J5*42.12</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>822266</v>
       </c>
       <c r="C6" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="D6" s="1" t="s">
+      <c r="E6" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="F6" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="F6" s="2" t="s">
-[...3 lines deleted...]
-        <v>23</v>
+      <c r="G6" s="2">
+        <v>0</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K6" s="2" t="str">
         <f>J6*58.45</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>822268</v>
       </c>
       <c r="C7" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E7" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="D7" s="1" t="s">
+      <c r="F7" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="E7" s="2" t="s">
-[...6 lines deleted...]
-        <v>28</v>
+      <c r="G7" s="2">
+        <v>0</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K7" s="2" t="str">
         <f>J7*97.97</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" outlineLevel="4">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>883963</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="F8" s="2"/>
       <c r="G8" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
-      <c r="I8" s="1" t="s">
-        <v>32</v>
+      <c r="I8" s="1">
+        <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*0</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>877726</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D9" s="1"/>
       <c r="E9" s="2" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="G9" s="2">
         <v>0</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K9" s="2" t="str">
         <f>J9*39.10</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>873571</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D10" s="1"/>
       <c r="E10" s="2" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K10" s="2" t="str">
         <f>J10*72.20</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" outlineLevel="4">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>890460</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D11" s="1"/>
       <c r="E11" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K11" s="2" t="str">
         <f>J11*72.20</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" outlineLevel="4">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>890461</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D12" s="1"/>
       <c r="E12" s="2" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K12" s="2" t="str">
         <f>J12*72.20</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>885565</v>
       </c>
       <c r="C13" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E13" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="D13" s="1" t="s">
+      <c r="F13" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="G13" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="F13" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K13" s="2" t="str">
         <f>J13*34.04</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>885566</v>
       </c>
       <c r="C14" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="E14" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="F14" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G14" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K14" s="2" t="str">
         <f>J14*49.59</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>885567</v>
       </c>
       <c r="C15" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D15" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="D15" s="1" t="s">
+      <c r="E15" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="E15" s="2" t="s">
+      <c r="F15" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="F15" s="2" t="s">
+      <c r="G15" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="G15" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K15" s="2" t="str">
         <f>J15*81.27</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>885568</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G16" s="2">
         <v>0</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K16" s="2" t="str">
         <f>J16*125.28</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>885569</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>60</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G17" s="2">
         <v>0</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K17" s="2" t="str">
         <f>J17*194.53</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>885570</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G18" s="2">
         <v>0</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K18" s="2" t="str">
         <f>J18*308.07</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>882926</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D19" s="1"/>
       <c r="E19" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K19" s="2" t="str">
         <f>J19*46.03</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>882928</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D20" s="1"/>
       <c r="E20" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K20" s="2" t="str">
         <f>J20*104.53</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>882929</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D21" s="1"/>
       <c r="E21" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K21" s="2" t="str">
         <f>J21*104.53</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
-    <row r="22" spans="1:12" outlineLevel="4">
-[...4 lines deleted...]
-      <c r="C22" s="1" t="s">
+    <row r="22" spans="1:12" outlineLevel="2">
+      <c r="A22" s="8" t="s">
         <v>75</v>
       </c>
-      <c r="D22" s="1" t="s">
+      <c r="B22" s="8"/>
+      <c r="C22" s="8"/>
+      <c r="D22" s="8"/>
+      <c r="E22" s="8"/>
+      <c r="F22" s="8"/>
+      <c r="G22" s="8"/>
+      <c r="H22" s="8"/>
+      <c r="I22" s="8"/>
+      <c r="J22" s="8"/>
+      <c r="K22" s="8"/>
+      <c r="L22" s="5"/>
+    </row>
+    <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A23" s="1"/>
+      <c r="B23" s="1">
+        <v>877727</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="E22" s="2" t="s">
+      <c r="D23" s="1"/>
+      <c r="E23" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="F22" s="2"/>
-[...19 lines deleted...]
-      <c r="A23" s="8" t="s">
+      <c r="F23" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="B23" s="8"/>
-[...8 lines deleted...]
-      <c r="K23" s="8"/>
+      <c r="G23" s="2">
+        <v>0</v>
+      </c>
+      <c r="H23" s="2">
+        <v>0</v>
+      </c>
+      <c r="I23" s="1">
+        <v>0</v>
+      </c>
+      <c r="J23" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K23" s="2" t="str">
+        <f>J23*44.20</f>
+        <v>0</v>
+      </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
-        <v>877727</v>
+        <v>877732</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>79</v>
       </c>
       <c r="D24" s="1"/>
       <c r="E24" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G24" s="2">
         <v>0</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K24" s="2" t="str">
-        <f>J24*44.20</f>
+        <f>J24*62.90</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
-        <v>877732</v>
+        <v>822269</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="D25" s="1"/>
+      <c r="D25" s="1" t="s">
+        <v>83</v>
+      </c>
       <c r="E25" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>85</v>
+      </c>
+      <c r="G25" s="2" t="s">
+        <v>29</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K25" s="2" t="str">
-        <f>J25*62.90</f>
+        <f>J25*54.94</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
-        <v>822269</v>
+        <v>822271</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>-300</v>
+        <v>89</v>
+      </c>
+      <c r="G26" s="2" t="s">
+        <v>54</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
-      <c r="I26" s="1" t="s">
-        <v>17</v>
+      <c r="I26" s="1">
+        <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K26" s="2" t="str">
-        <f>J26*54.94</f>
+        <f>J26*81.97</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
-        <v>822271</v>
+        <v>885571</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K27" s="2" t="str">
-        <f>J27*81.97</f>
+        <f>J27*43.42</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
-        <v>885571</v>
+        <v>885572</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>97</v>
+      </c>
+      <c r="G28" s="2">
+        <v>0</v>
       </c>
       <c r="H28" s="2">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K28" s="2" t="str">
-        <f>J28*43.42</f>
+        <f>J28*67.19</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
-        <v>885572</v>
+        <v>885573</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>101</v>
+      </c>
+      <c r="G29" s="2">
+        <v>-300</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K29" s="2" t="str">
-        <f>J29*67.19</f>
+        <f>J29*103.57</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
-        <v>885573</v>
+        <v>885574</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="G30" s="2">
         <v>0</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K30" s="2" t="str">
-        <f>J30*103.57</f>
+        <f>J30*159.91</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
-        <v>885574</v>
+        <v>885575</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G31" s="2">
         <v>0</v>
       </c>
       <c r="H31" s="2">
         <v>0</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K31" s="2" t="str">
-        <f>J31*159.91</f>
+        <f>J31*254.97</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
-        <v>885575</v>
+        <v>882927</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="D32" s="1" t="s">
         <v>110</v>
       </c>
+      <c r="D32" s="1"/>
       <c r="E32" s="2" t="s">
         <v>111</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>112</v>
       </c>
-      <c r="G32" s="2">
-        <v>0</v>
+      <c r="G32" s="2" t="s">
+        <v>54</v>
       </c>
       <c r="H32" s="2">
         <v>0</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K32" s="2" t="str">
-        <f>J32*254.97</f>
+        <f>J32*62.08</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
-    <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...4 lines deleted...]
-      <c r="C33" s="1" t="s">
+    <row r="33" spans="1:12" outlineLevel="2">
+      <c r="A33" s="8" t="s">
         <v>113</v>
       </c>
-      <c r="D33" s="1"/>
-      <c r="E33" s="2" t="s">
+      <c r="B33" s="8"/>
+      <c r="C33" s="8"/>
+      <c r="D33" s="8"/>
+      <c r="E33" s="8"/>
+      <c r="F33" s="8"/>
+      <c r="G33" s="8"/>
+      <c r="H33" s="8"/>
+      <c r="I33" s="8"/>
+      <c r="J33" s="8"/>
+      <c r="K33" s="8"/>
+      <c r="L33" s="5"/>
+    </row>
+    <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A34" s="1"/>
+      <c r="B34" s="1">
+        <v>877731</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="F33" s="2" t="s">
+      <c r="D34" s="1"/>
+      <c r="E34" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="G33" s="2" t="s">
-[...18 lines deleted...]
-      <c r="A34" s="8" t="s">
+      <c r="F34" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="B34" s="8"/>
-[...8 lines deleted...]
-      <c r="K34" s="8"/>
+      <c r="G34" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="H34" s="2">
+        <v>0</v>
+      </c>
+      <c r="I34" s="1">
+        <v>0</v>
+      </c>
+      <c r="J34" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K34" s="2" t="str">
+        <f>J34*53.98</f>
+        <v>0</v>
+      </c>
       <c r="L34" s="5"/>
     </row>
-    <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="35" spans="1:12" outlineLevel="4">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
-        <v>877731</v>
+        <v>890462</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>117</v>
       </c>
       <c r="D35" s="1"/>
       <c r="E35" s="2" t="s">
         <v>118</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K35" s="2" t="str">
         <f>J35*53.98</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
-    <row r="36" spans="1:12" outlineLevel="4">
+    <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
-        <v>890462</v>
+        <v>822273</v>
       </c>
       <c r="C36" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="D36" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="D36" s="1"/>
       <c r="E36" s="2" t="s">
         <v>121</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K36" s="2" t="str">
-        <f>J36*53.98</f>
+        <f>J36*67.93</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
-        <v>822273</v>
+        <v>885576</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K37" s="2" t="str">
-        <f>J37*67.93</f>
+        <f>J37*56.63</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
-        <v>885576</v>
+        <v>885577</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K38" s="2" t="str">
-        <f>J38*56.63</f>
+        <f>J38*85.68</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
-        <v>885577</v>
+        <v>885578</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K39" s="2" t="str">
-        <f>J39*85.68</f>
+        <f>J39*131.74</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
-        <v>885578</v>
+        <v>885579</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>138</v>
+      </c>
+      <c r="G40" s="2">
+        <v>0</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K40" s="2" t="str">
-        <f>J40*131.74</f>
+        <f>J40*209.79</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
-    </row>
-[...33 lines deleted...]
-      <c r="L41" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
-    <mergeCell ref="A23:K23"/>
-    <mergeCell ref="A34:K34"/>
+    <mergeCell ref="A22:K22"/>
+    <mergeCell ref="A33:K33"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>