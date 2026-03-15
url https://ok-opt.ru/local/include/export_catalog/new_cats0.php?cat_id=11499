--- v0 (2025-12-07)
+++ v1 (2026-03-15)
@@ -88,398 +88,398 @@
   <si>
     <t>ПНД Заглушка 20 (30/390шт)</t>
   </si>
   <si>
     <t>29.92 руб.</t>
   </si>
   <si>
     <t>&gt;25</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>PND-211002</t>
   </si>
   <si>
     <t>T-ПНД.З.0.25.CN</t>
   </si>
   <si>
     <t>ПНД Заглушка 25 (20/240шт)</t>
   </si>
   <si>
     <t>44.21 руб.</t>
   </si>
   <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
+    <t>PND-211003</t>
+  </si>
+  <si>
+    <t>T-ПНД.З.0.32.CN</t>
+  </si>
+  <si>
+    <t>ПНД Заглушка 32 (12/168шт)</t>
+  </si>
+  <si>
+    <t>64.31 руб.</t>
+  </si>
+  <si>
+    <t>PND-211004</t>
+  </si>
+  <si>
+    <t>017033005</t>
+  </si>
+  <si>
+    <t>ПНД Заглушка 40</t>
+  </si>
+  <si>
+    <t>101.83 руб.</t>
+  </si>
+  <si>
+    <t>PND-211005</t>
+  </si>
+  <si>
+    <t>017033006</t>
+  </si>
+  <si>
+    <t>ПНД Заглушка 50</t>
+  </si>
+  <si>
+    <t>175.63 руб.</t>
+  </si>
+  <si>
+    <t>PND-211006</t>
+  </si>
+  <si>
+    <t>017033007</t>
+  </si>
+  <si>
+    <t>ПНД Заглушка 63</t>
+  </si>
+  <si>
+    <t>274.73 руб.</t>
+  </si>
+  <si>
+    <t>PND-211007</t>
+  </si>
+  <si>
+    <t>ПНД Заглушка  75</t>
+  </si>
+  <si>
+    <t>402.71 руб.</t>
+  </si>
+  <si>
+    <t>PND-211008</t>
+  </si>
+  <si>
+    <t>017033009</t>
+  </si>
+  <si>
+    <t>ПНД Заглушка  90</t>
+  </si>
+  <si>
+    <t>622.64 руб.</t>
+  </si>
+  <si>
+    <t>PND-211009</t>
+  </si>
+  <si>
+    <t>017033010</t>
+  </si>
+  <si>
+    <t>ПНД Заглушка  110</t>
+  </si>
+  <si>
+    <t>1 139.78 руб.</t>
+  </si>
+  <si>
+    <t>PND-211010</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 25x20</t>
+  </si>
+  <si>
+    <t>66.99 руб.</t>
+  </si>
+  <si>
+    <t>PND-211011</t>
+  </si>
+  <si>
+    <t>T-ПНД.М.0.32-20.CN</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 32x20 (8/112шт)</t>
+  </si>
+  <si>
+    <t>108.53 руб.</t>
+  </si>
+  <si>
+    <t>PND-211012</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 32x25 (8/112шт)</t>
+  </si>
+  <si>
+    <t>119.24 руб.</t>
+  </si>
+  <si>
+    <t>PND-211013</t>
+  </si>
+  <si>
+    <t>017030215</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 40x20</t>
+  </si>
+  <si>
+    <t>130.53 руб.</t>
+  </si>
+  <si>
+    <t>PND-211014</t>
+  </si>
+  <si>
+    <t>017030204</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 40x25</t>
+  </si>
+  <si>
+    <t>96.86 руб.</t>
+  </si>
+  <si>
+    <t>PND-211015</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 40x32</t>
+  </si>
+  <si>
+    <t>102.47 руб.</t>
+  </si>
+  <si>
+    <t>PND-211016</t>
+  </si>
+  <si>
+    <t>87050020000X000</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 50х20</t>
+  </si>
+  <si>
+    <t>219.23 руб.</t>
+  </si>
+  <si>
+    <t>PND-211017</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 50x25</t>
+  </si>
+  <si>
+    <t>218.29 руб.</t>
+  </si>
+  <si>
+    <t>PND-211018</t>
+  </si>
+  <si>
+    <t>017030206</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 50x32</t>
+  </si>
+  <si>
+    <t>158.36 руб.</t>
+  </si>
+  <si>
+    <t>PND-211019</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 50x40</t>
+  </si>
+  <si>
+    <t>231.41 руб.</t>
+  </si>
+  <si>
+    <t>PND-211020</t>
+  </si>
+  <si>
+    <t>87063020000X000</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 63х20</t>
+  </si>
+  <si>
+    <t>329.35 руб.</t>
+  </si>
+  <si>
+    <t>PND-211021</t>
+  </si>
+  <si>
+    <t>017030217</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 63x25</t>
+  </si>
+  <si>
+    <t>321.34 руб.</t>
+  </si>
+  <si>
+    <t>PND-211022</t>
+  </si>
+  <si>
+    <t>017030218</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 63x32</t>
+  </si>
+  <si>
+    <t>220.16 руб.</t>
+  </si>
+  <si>
+    <t>PND-211023</t>
+  </si>
+  <si>
+    <t>017030208</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 63x40</t>
+  </si>
+  <si>
+    <t>250.13 руб.</t>
+  </si>
+  <si>
+    <t>PND-211024</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 63x50</t>
+  </si>
+  <si>
+    <t>294.41 руб.</t>
+  </si>
+  <si>
+    <t>PND-211025</t>
+  </si>
+  <si>
+    <t>017030210</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 75x50</t>
+  </si>
+  <si>
+    <t>522.72 руб.</t>
+  </si>
+  <si>
+    <t>PND-211026</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 75x63</t>
+  </si>
+  <si>
+    <t>769.05 руб.</t>
+  </si>
+  <si>
+    <t>PND-211027</t>
+  </si>
+  <si>
+    <t>017030212</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 90x63</t>
+  </si>
+  <si>
+    <t>899.69 руб.</t>
+  </si>
+  <si>
+    <t>PND-211028</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 90x75</t>
+  </si>
+  <si>
+    <t>1 227.50 руб.</t>
+  </si>
+  <si>
+    <t>PND-211029</t>
+  </si>
+  <si>
+    <t>017030219</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 110x63</t>
+  </si>
+  <si>
+    <t>1 476.51 руб.</t>
+  </si>
+  <si>
+    <t>PND-211030</t>
+  </si>
+  <si>
+    <t>017030220</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 110x75</t>
+  </si>
+  <si>
+    <t>1 540.23 руб.</t>
+  </si>
+  <si>
+    <t>PND-211031</t>
+  </si>
+  <si>
+    <t>ПНД Муфта переходная 110x90</t>
+  </si>
+  <si>
+    <t>1 461.11 руб.</t>
+  </si>
+  <si>
+    <t>PND-211032</t>
+  </si>
+  <si>
+    <t>017030302</t>
+  </si>
+  <si>
+    <t>ПНД Муфта с внутренней резьбой 20x1/2 (32/320шт)</t>
+  </si>
+  <si>
+    <t>34.35 руб.</t>
+  </si>
+  <si>
+    <t>&gt;100</t>
+  </si>
+  <si>
+    <t>PND-211033</t>
+  </si>
+  <si>
+    <t>T-ПНД.М.4.20-34.CN</t>
+  </si>
+  <si>
+    <t>ПНД Муфта с внутренней резьбой 20x3/4 (32/320шт)</t>
+  </si>
+  <si>
     <t>&gt;10</t>
   </si>
   <si>
-    <t>PND-211003</t>
-[...343 lines deleted...]
-  <si>
     <t>PND-211034</t>
   </si>
   <si>
     <t>72020000000F100</t>
   </si>
   <si>
     <t>ПНД Муфта с внутренней резьбой 20x1</t>
   </si>
   <si>
     <t>40.44 руб.</t>
   </si>
   <si>
     <t>PND-211035</t>
   </si>
   <si>
     <t>T-ПНД.М.4.25-1.CN</t>
   </si>
   <si>
     <t>ПНД Муфта с внутренней резьбой 25x1 (18/216шт)</t>
   </si>
   <si>
     <t>50.92 руб.</t>
   </si>
   <si>
     <t>PND-211036</t>
@@ -2344,51 +2344,51 @@
   <si>
     <t>PND-211204</t>
   </si>
   <si>
     <t>78025000025F100</t>
   </si>
   <si>
     <t>ПНД Тройник с внутренней резьбой 25x1x25 (10/120шт)</t>
   </si>
   <si>
     <t>PND-211205</t>
   </si>
   <si>
     <t>017031204</t>
   </si>
   <si>
     <t>ПНД Тройник с внутренней резьбой 25x3/4x25 (10/120шт)</t>
   </si>
   <si>
     <t>100.48 руб.</t>
   </si>
   <si>
     <t>PND-211206</t>
   </si>
   <si>
-    <t>017031214</t>
+    <t>T-ПНД.Тр.4.32-12.CN</t>
   </si>
   <si>
     <t>ПНД Тройник с внутренней резьбой 32x1/2x32 (7/70шт)</t>
   </si>
   <si>
     <t>151.40 руб.</t>
   </si>
   <si>
     <t>PND-211207</t>
   </si>
   <si>
     <t>017031206</t>
   </si>
   <si>
     <t>ПНД Тройник с внутренней резьбой 32x1x32 (6/60шт)</t>
   </si>
   <si>
     <t>PND-211208</t>
   </si>
   <si>
     <t>T-ПНД.Тр.4.32-34.CN</t>
   </si>
   <si>
     <t>ПНД Тройник с внутренней резьбой 32x3/4x32 (6/72шт)</t>
   </si>
@@ -2668,51 +2668,51 @@
   <si>
     <t>77020000020M100</t>
   </si>
   <si>
     <t>ПНД Тройник с наружной резьбой 20x1x20</t>
   </si>
   <si>
     <t>70.74 руб.</t>
   </si>
   <si>
     <t>PND-211238</t>
   </si>
   <si>
     <t>T-ПНД.Тр.5.25-12.CN</t>
   </si>
   <si>
     <t>ПНД Тройник с наружной резьбой 25x1/2x25 (10/120шт)</t>
   </si>
   <si>
     <t>89.77 руб.</t>
   </si>
   <si>
     <t>PND-211239</t>
   </si>
   <si>
-    <t>017031306</t>
+    <t>T-ПНД.Тр.5.25-1.CN</t>
   </si>
   <si>
     <t>ПНД Тройник с наружной резьбой 25x1x25 (10/100шт)</t>
   </si>
   <si>
     <t>93.79 руб.</t>
   </si>
   <si>
     <t>PND-211240</t>
   </si>
   <si>
     <t>T-ПНД.Тр.5.25-34.CN</t>
   </si>
   <si>
     <t>ПНД Тройник с наружной резьбой 25x3/4x25 (10/120шт)</t>
   </si>
   <si>
     <t>PND-211241</t>
   </si>
   <si>
     <t>77032000032M114</t>
   </si>
   <si>
     <t>ПНД Тройник с наружной резьбой 32x1 1/4x32</t>
   </si>
@@ -16737,821 +16737,821 @@
       </c>
       <c r="K14" s="2" t="str">
         <f>J14*66.99</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>827425</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>54</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>55</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="str">
         <f>J15*108.53</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>827426</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="D16" s="1">
         <v>8325</v>
       </c>
       <c r="E16" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="F16" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G16" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="str">
         <f>J16*119.24</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>827427</v>
       </c>
       <c r="C17" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D17" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="D17" s="1" t="s">
+      <c r="E17" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="E17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="G17" s="2">
         <v>0</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="str">
         <f>J17*130.53</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>827428</v>
       </c>
       <c r="C18" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D18" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="D18" s="1" t="s">
+      <c r="E18" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="E18" s="2" t="s">
+      <c r="F18" s="2" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="G18" s="2">
         <v>0</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="str">
         <f>J18*96.86</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>827429</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D19" s="1">
         <v>8332</v>
       </c>
       <c r="E19" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="G19" s="2">
         <v>0</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="str">
         <f>J19*102.47</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>827430</v>
       </c>
       <c r="C20" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D20" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="D20" s="1" t="s">
+      <c r="E20" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="E20" s="2" t="s">
+      <c r="F20" s="2" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="G20" s="2">
         <v>0</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="str">
         <f>J20*219.23</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>827431</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D21" s="1">
         <v>9150</v>
       </c>
       <c r="E21" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="G21" s="2">
         <v>0</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="str">
         <f>J21*218.29</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>827432</v>
       </c>
       <c r="C22" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D22" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="D22" s="1" t="s">
+      <c r="E22" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="E22" s="2" t="s">
+      <c r="F22" s="2" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="G22" s="2">
         <v>0</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="str">
         <f>J22*158.36</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>827433</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="D23" s="1">
         <v>8340</v>
       </c>
       <c r="E23" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="F23" s="2" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="G23" s="2">
         <v>0</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="str">
         <f>J23*231.41</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>827434</v>
       </c>
       <c r="C24" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D24" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="D24" s="1" t="s">
+      <c r="E24" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="E24" s="2" t="s">
+      <c r="F24" s="2" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="G24" s="2">
         <v>0</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="str">
         <f>J24*329.35</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>827435</v>
       </c>
       <c r="C25" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D25" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="D25" s="1" t="s">
+      <c r="E25" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="E25" s="2" t="s">
+      <c r="F25" s="2" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="G25" s="2">
         <v>0</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="str">
         <f>J25*321.34</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>827436</v>
       </c>
       <c r="C26" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D26" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="D26" s="1" t="s">
+      <c r="E26" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="E26" s="2" t="s">
+      <c r="F26" s="2" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="G26" s="2">
         <v>0</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="str">
         <f>J26*220.16</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>827437</v>
       </c>
       <c r="C27" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="D27" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="D27" s="1" t="s">
+      <c r="E27" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="E27" s="2" t="s">
+      <c r="F27" s="2" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="G27" s="2">
         <v>0</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="str">
         <f>J27*250.13</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>827438</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="D28" s="1">
         <v>8350</v>
       </c>
       <c r="E28" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F28" s="2" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="G28" s="2">
         <v>0</v>
       </c>
       <c r="H28" s="2">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="str">
         <f>J28*294.41</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>827439</v>
       </c>
       <c r="C29" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D29" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="D29" s="1" t="s">
+      <c r="E29" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="E29" s="2" t="s">
+      <c r="F29" s="2" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="G29" s="2">
         <v>0</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="str">
         <f>J29*522.72</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>827440</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="D30" s="1">
         <v>8363</v>
       </c>
       <c r="E30" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="G30" s="2">
         <v>0</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="str">
         <f>J30*769.05</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>827441</v>
       </c>
       <c r="C31" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D31" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="D31" s="1" t="s">
+      <c r="E31" s="2" t="s">
         <v>114</v>
       </c>
-      <c r="E31" s="2" t="s">
+      <c r="F31" s="2" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="G31" s="2">
         <v>3</v>
       </c>
       <c r="H31" s="2">
         <v>0</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="str">
         <f>J31*899.69</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>827442</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="D32" s="1">
         <v>8375</v>
       </c>
       <c r="E32" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="G32" s="2">
         <v>0</v>
       </c>
       <c r="H32" s="2">
         <v>0</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="str">
         <f>J32*1227.50</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>827443</v>
       </c>
       <c r="C33" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="D33" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="D33" s="1" t="s">
+      <c r="E33" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="E33" s="2" t="s">
+      <c r="F33" s="2" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="G33" s="2">
         <v>0</v>
       </c>
       <c r="H33" s="2">
         <v>0</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="str">
         <f>J33*1476.51</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>827444</v>
       </c>
       <c r="C34" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D34" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="D34" s="1" t="s">
+      <c r="E34" s="2" t="s">
         <v>125</v>
       </c>
-      <c r="E34" s="2" t="s">
+      <c r="F34" s="2" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="G34" s="2">
         <v>0</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="str">
         <f>J34*1540.23</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>827445</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="D35" s="1">
         <v>8390</v>
       </c>
       <c r="E35" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="F35" s="2" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="G35" s="2">
         <v>0</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="str">
         <f>J35*1461.11</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>827446</v>
       </c>
       <c r="C36" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D36" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="D36" s="1" t="s">
+      <c r="E36" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="E36" s="2" t="s">
+      <c r="F36" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="F36" s="2" t="s">
+      <c r="G36" s="2" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="str">
         <f>J36*34.35</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>827447</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D37" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="D37" s="1" t="s">
+      <c r="E37" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="E37" s="2" t="s">
+      <c r="F37" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="G37" s="2" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="str">
         <f>J37*34.35</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>827448</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>139</v>
       </c>
       <c r="D38" s="1" t="s">
@@ -17576,52 +17576,52 @@
         <v>18</v>
       </c>
       <c r="K38" s="2" t="str">
         <f>J38*40.44</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>827449</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>143</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>144</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>145</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="G39" s="2" t="s">
-        <v>17</v>
+      <c r="G39" s="2">
+        <v>4</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="str">
         <f>J39*50.92</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>827450</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>147</v>
       </c>
       <c r="D40" s="1" t="s">
@@ -17647,86 +17647,86 @@
       </c>
       <c r="K40" s="2" t="str">
         <f>J40*44.21</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>827451</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>150</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>151</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>152</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>153</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="str">
         <f>J41*45.55</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>827452</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>154</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>155</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>156</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>157</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="str">
         <f>J42*77.71</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>827453</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>158</v>
       </c>
       <c r="D43" s="1" t="s">
@@ -17787,51 +17787,51 @@
       </c>
       <c r="K44" s="2" t="str">
         <f>J44*52.89</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>827455</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>166</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>167</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>168</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>169</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>17</v>
+        <v>138</v>
       </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
       <c r="I45" s="1">
         <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="str">
         <f>J45*75.03</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>827456</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>170</v>
       </c>
       <c r="D46" s="1" t="s">
@@ -18626,52 +18626,52 @@
         <v>18</v>
       </c>
       <c r="K68" s="2" t="str">
         <f>J68*26.15</f>
         <v>0</v>
       </c>
       <c r="L68" s="5"/>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A69" s="1"/>
       <c r="B69" s="1">
         <v>827479</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>252</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>253</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>254</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>255</v>
       </c>
-      <c r="G69" s="2" t="s">
-        <v>17</v>
+      <c r="G69" s="2">
+        <v>0</v>
       </c>
       <c r="H69" s="2">
         <v>0</v>
       </c>
       <c r="I69" s="1">
         <v>0</v>
       </c>
       <c r="J69" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="str">
         <f>J69*27.15</f>
         <v>0</v>
       </c>
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A70" s="1"/>
       <c r="B70" s="1">
         <v>827480</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>256</v>
       </c>
       <c r="D70" s="1" t="s">
@@ -18697,162 +18697,162 @@
       </c>
       <c r="K70" s="2" t="str">
         <f>J70*28.81</f>
         <v>0</v>
       </c>
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A71" s="1"/>
       <c r="B71" s="1">
         <v>827481</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>260</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>261</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>262</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>263</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>17</v>
+        <v>138</v>
       </c>
       <c r="H71" s="2">
         <v>0</v>
       </c>
       <c r="I71" s="1">
         <v>0</v>
       </c>
       <c r="J71" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="str">
         <f>J71*45.43</f>
         <v>0</v>
       </c>
       <c r="L71" s="5"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A72" s="1"/>
       <c r="B72" s="1">
         <v>827482</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>264</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>265</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>266</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>267</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>17</v>
+        <v>138</v>
       </c>
       <c r="H72" s="2">
         <v>0</v>
       </c>
       <c r="I72" s="1">
         <v>0</v>
       </c>
       <c r="J72" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="str">
         <f>J72*42.87</f>
         <v>0</v>
       </c>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A73" s="1"/>
       <c r="B73" s="1">
         <v>827483</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>268</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>269</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>270</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="G73" s="2" t="s">
-        <v>17</v>
+      <c r="G73" s="2">
+        <v>5</v>
       </c>
       <c r="H73" s="2">
         <v>0</v>
       </c>
       <c r="I73" s="1">
         <v>0</v>
       </c>
       <c r="J73" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="str">
         <f>J73*44.21</f>
         <v>0</v>
       </c>
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A74" s="1"/>
       <c r="B74" s="1">
         <v>827484</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>271</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>272</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>273</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>274</v>
       </c>
       <c r="G74" s="2">
-        <v>-40</v>
+        <v>0</v>
       </c>
       <c r="H74" s="2">
         <v>0</v>
       </c>
-      <c r="I74" s="1" t="s">
-        <v>58</v>
+      <c r="I74" s="1">
+        <v>0</v>
       </c>
       <c r="J74" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="str">
         <f>J74*70.92</f>
         <v>0</v>
       </c>
       <c r="L74" s="5"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A75" s="1"/>
       <c r="B75" s="1">
         <v>827485</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>275</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>276</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>277</v>
       </c>
       <c r="F75" s="2" t="s">
@@ -18872,86 +18872,86 @@
       </c>
       <c r="K75" s="2" t="str">
         <f>J75*72.03</f>
         <v>0</v>
       </c>
       <c r="L75" s="5"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A76" s="1"/>
       <c r="B76" s="1">
         <v>827486</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>279</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>280</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>281</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>282</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H76" s="2">
         <v>0</v>
       </c>
       <c r="I76" s="1">
         <v>0</v>
       </c>
       <c r="J76" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="str">
         <f>J76*69.81</f>
         <v>0</v>
       </c>
       <c r="L76" s="5"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A77" s="1"/>
       <c r="B77" s="1">
         <v>827487</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>283</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>284</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>285</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>274</v>
       </c>
-      <c r="G77" s="2" t="s">
-        <v>17</v>
+      <c r="G77" s="2">
+        <v>1</v>
       </c>
       <c r="H77" s="2">
         <v>0</v>
       </c>
       <c r="I77" s="1">
         <v>0</v>
       </c>
       <c r="J77" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="str">
         <f>J77*70.92</f>
         <v>0</v>
       </c>
       <c r="L77" s="5"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A78" s="1"/>
       <c r="B78" s="1">
         <v>827488</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>286</v>
       </c>
       <c r="D78" s="1" t="s">
@@ -19747,127 +19747,127 @@
       </c>
       <c r="K100" s="2" t="str">
         <f>J100*1199.59</f>
         <v>0</v>
       </c>
       <c r="L100" s="5"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A101" s="1"/>
       <c r="B101" s="1">
         <v>827511</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>369</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>370</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>371</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>372</v>
       </c>
       <c r="G101" s="2" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="H101" s="2">
         <v>0</v>
       </c>
       <c r="I101" s="1">
         <v>0</v>
       </c>
       <c r="J101" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K101" s="2" t="str">
         <f>J101*49.58</f>
         <v>0</v>
       </c>
       <c r="L101" s="5"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A102" s="1"/>
       <c r="B102" s="1">
         <v>827512</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>373</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>374</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>375</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>157</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>376</v>
       </c>
       <c r="H102" s="2">
         <v>0</v>
       </c>
-      <c r="I102" s="1" t="s">
-        <v>135</v>
+      <c r="I102" s="1">
+        <v>0</v>
       </c>
       <c r="J102" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K102" s="2" t="str">
         <f>J102*77.71</f>
         <v>0</v>
       </c>
       <c r="L102" s="5"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A103" s="1"/>
       <c r="B103" s="1">
         <v>827513</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>377</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>378</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>379</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G103" s="2">
-        <v>-21</v>
+        <v>0</v>
       </c>
       <c r="H103" s="2">
         <v>0</v>
       </c>
-      <c r="I103" s="1" t="s">
-        <v>17</v>
+      <c r="I103" s="1">
+        <v>0</v>
       </c>
       <c r="J103" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K103" s="2" t="str">
         <f>J103*119.24</f>
         <v>0</v>
       </c>
       <c r="L103" s="5"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A104" s="1"/>
       <c r="B104" s="1">
         <v>827514</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>380</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>381</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>382</v>
       </c>
       <c r="F104" s="2" t="s">
@@ -20062,121 +20062,121 @@
       </c>
       <c r="K109" s="2" t="str">
         <f>J109*2238.77</f>
         <v>0</v>
       </c>
       <c r="L109" s="5"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A110" s="1"/>
       <c r="B110" s="1">
         <v>827520</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>404</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>405</v>
       </c>
       <c r="E110" s="2" t="s">
         <v>406</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>372</v>
       </c>
       <c r="G110" s="2" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H110" s="2">
         <v>0</v>
       </c>
       <c r="I110" s="1">
         <v>0</v>
       </c>
       <c r="J110" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K110" s="2" t="str">
         <f>J110*49.58</f>
         <v>0</v>
       </c>
       <c r="L110" s="5"/>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A111" s="1"/>
       <c r="B111" s="1">
         <v>827521</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>407</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>408</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>409</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>410</v>
       </c>
       <c r="G111" s="2" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H111" s="2">
         <v>0</v>
       </c>
-      <c r="I111" s="1" t="s">
-        <v>58</v>
+      <c r="I111" s="1">
+        <v>0</v>
       </c>
       <c r="J111" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K111" s="2" t="str">
         <f>J111*76.37</f>
         <v>0</v>
       </c>
       <c r="L111" s="5"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A112" s="1"/>
       <c r="B112" s="1">
         <v>827522</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>411</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>412</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>413</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>414</v>
       </c>
-      <c r="G112" s="2">
-        <v>0</v>
+      <c r="G112" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H112" s="2">
         <v>0</v>
       </c>
       <c r="I112" s="1">
         <v>0</v>
       </c>
       <c r="J112" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K112" s="2" t="str">
         <f>J112*126.32</f>
         <v>0</v>
       </c>
       <c r="L112" s="5"/>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A113" s="1"/>
       <c r="B113" s="1">
         <v>827523</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>415</v>
       </c>
       <c r="D113" s="1" t="s">
@@ -20482,127 +20482,127 @@
       </c>
       <c r="K121" s="2" t="str">
         <f>J121*51.80</f>
         <v>0</v>
       </c>
       <c r="L121" s="5"/>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A122" s="1"/>
       <c r="B122" s="1">
         <v>827532</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>451</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>452</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>453</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G122" s="2" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H122" s="2">
         <v>0</v>
       </c>
       <c r="I122" s="1">
         <v>0</v>
       </c>
       <c r="J122" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K122" s="2" t="str">
         <f>J122*66.99</f>
         <v>0</v>
       </c>
       <c r="L122" s="5"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A123" s="1"/>
       <c r="B123" s="1">
         <v>827533</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>454</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>455</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>456</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>457</v>
       </c>
       <c r="G123" s="2" t="s">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="H123" s="2">
         <v>0</v>
       </c>
       <c r="I123" s="1">
         <v>0</v>
       </c>
       <c r="J123" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K123" s="2" t="str">
         <f>J123*53.59</f>
         <v>0</v>
       </c>
       <c r="L123" s="5"/>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A124" s="1"/>
       <c r="B124" s="1">
         <v>827534</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>458</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>459</v>
       </c>
       <c r="E124" s="2" t="s">
         <v>460</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>457</v>
       </c>
-      <c r="G124" s="2">
-        <v>-45</v>
+      <c r="G124" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H124" s="2">
         <v>0</v>
       </c>
-      <c r="I124" s="1" t="s">
-        <v>17</v>
+      <c r="I124" s="1">
+        <v>0</v>
       </c>
       <c r="J124" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K124" s="2" t="str">
         <f>J124*53.59</f>
         <v>0</v>
       </c>
       <c r="L124" s="5"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A125" s="1"/>
       <c r="B125" s="1">
         <v>827535</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>461</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>462</v>
       </c>
       <c r="E125" s="2" t="s">
         <v>463</v>
       </c>
       <c r="F125" s="2" t="s">
@@ -20621,87 +20621,87 @@
         <v>18</v>
       </c>
       <c r="K125" s="2" t="str">
         <f>J125*0.00</f>
         <v>0</v>
       </c>
       <c r="L125" s="5"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A126" s="1"/>
       <c r="B126" s="1">
         <v>827536</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>464</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>465</v>
       </c>
       <c r="E126" s="2" t="s">
         <v>466</v>
       </c>
       <c r="F126" s="2" t="s">
         <v>467</v>
       </c>
-      <c r="G126" s="2">
-        <v>-3</v>
+      <c r="G126" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H126" s="2">
         <v>0</v>
       </c>
-      <c r="I126" s="1" t="s">
-        <v>17</v>
+      <c r="I126" s="1">
+        <v>0</v>
       </c>
       <c r="J126" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K126" s="2" t="str">
         <f>J126*94.01</f>
         <v>0</v>
       </c>
       <c r="L126" s="5"/>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A127" s="1"/>
       <c r="B127" s="1">
         <v>827537</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>468</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>469</v>
       </c>
       <c r="E127" s="2" t="s">
         <v>470</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>471</v>
       </c>
       <c r="G127" s="2" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="H127" s="2">
         <v>0</v>
       </c>
       <c r="I127" s="1">
         <v>0</v>
       </c>
       <c r="J127" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K127" s="2" t="str">
         <f>J127*91.29</f>
         <v>0</v>
       </c>
       <c r="L127" s="5"/>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A128" s="1"/>
       <c r="B128" s="1">
         <v>827538</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>472</v>
       </c>
       <c r="D128" s="1">
@@ -21392,86 +21392,86 @@
       </c>
       <c r="K147" s="2" t="str">
         <f>J147*1791.87</f>
         <v>0</v>
       </c>
       <c r="L147" s="5"/>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A148" s="1"/>
       <c r="B148" s="1">
         <v>827558</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>541</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>542</v>
       </c>
       <c r="E148" s="2" t="s">
         <v>543</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>544</v>
       </c>
       <c r="G148" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="H148" s="2">
         <v>0</v>
       </c>
       <c r="I148" s="1">
         <v>0</v>
       </c>
       <c r="J148" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K148" s="2" t="str">
         <f>J148*36.18</f>
         <v>0</v>
       </c>
       <c r="L148" s="5"/>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A149" s="1"/>
       <c r="B149" s="1">
         <v>827559</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>545</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>546</v>
       </c>
       <c r="E149" s="2" t="s">
         <v>547</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>548</v>
       </c>
-      <c r="G149" s="2" t="s">
-        <v>17</v>
+      <c r="G149" s="2">
+        <v>7</v>
       </c>
       <c r="H149" s="2">
         <v>0</v>
       </c>
       <c r="I149" s="1">
         <v>0</v>
       </c>
       <c r="J149" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K149" s="2" t="str">
         <f>J149*41.53</f>
         <v>0</v>
       </c>
       <c r="L149" s="5"/>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A150" s="1"/>
       <c r="B150" s="1">
         <v>827560</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>549</v>
       </c>
       <c r="D150" s="1" t="s">
@@ -21497,51 +21497,51 @@
       </c>
       <c r="K150" s="2" t="str">
         <f>J150*42.01</f>
         <v>0</v>
       </c>
       <c r="L150" s="5"/>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A151" s="1"/>
       <c r="B151" s="1">
         <v>827561</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>553</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>554</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>555</v>
       </c>
       <c r="F151" s="2" t="s">
         <v>556</v>
       </c>
       <c r="G151" s="2" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H151" s="2">
         <v>0</v>
       </c>
       <c r="I151" s="1">
         <v>0</v>
       </c>
       <c r="J151" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K151" s="2" t="str">
         <f>J151*58.95</f>
         <v>0</v>
       </c>
       <c r="L151" s="5"/>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A152" s="1"/>
       <c r="B152" s="1">
         <v>827562</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>557</v>
       </c>
       <c r="D152" s="1" t="s">
@@ -21567,51 +21567,51 @@
       </c>
       <c r="K152" s="2" t="str">
         <f>J152*56.27</f>
         <v>0</v>
       </c>
       <c r="L152" s="5"/>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A153" s="1"/>
       <c r="B153" s="1">
         <v>827563</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>561</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>562</v>
       </c>
       <c r="E153" s="2" t="s">
         <v>563</v>
       </c>
       <c r="F153" s="2" t="s">
         <v>564</v>
       </c>
       <c r="G153" s="2" t="s">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="H153" s="2">
         <v>0</v>
       </c>
       <c r="I153" s="1">
         <v>0</v>
       </c>
       <c r="J153" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K153" s="2" t="str">
         <f>J153*54.93</f>
         <v>0</v>
       </c>
       <c r="L153" s="5"/>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A154" s="1"/>
       <c r="B154" s="1">
         <v>827564</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>565</v>
       </c>
       <c r="D154" s="1" t="s">
@@ -21707,51 +21707,51 @@
       </c>
       <c r="K156" s="2" t="str">
         <f>J156*92.66</f>
         <v>0</v>
       </c>
       <c r="L156" s="5"/>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A157" s="1"/>
       <c r="B157" s="1">
         <v>827567</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>575</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>576</v>
       </c>
       <c r="E157" s="2" t="s">
         <v>577</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>578</v>
       </c>
       <c r="G157" s="2" t="s">
-        <v>17</v>
+        <v>138</v>
       </c>
       <c r="H157" s="2">
         <v>0</v>
       </c>
       <c r="I157" s="1">
         <v>0</v>
       </c>
       <c r="J157" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K157" s="2" t="str">
         <f>J157*85.32</f>
         <v>0</v>
       </c>
       <c r="L157" s="5"/>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A158" s="1"/>
       <c r="B158" s="1">
         <v>827568</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>579</v>
       </c>
       <c r="D158" s="1" t="s">
@@ -22372,121 +22372,121 @@
       </c>
       <c r="K175" s="2" t="str">
         <f>J175*1749.54</f>
         <v>0</v>
       </c>
       <c r="L175" s="5"/>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A176" s="1"/>
       <c r="B176" s="1">
         <v>827586</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>645</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>646</v>
       </c>
       <c r="E176" s="2" t="s">
         <v>647</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>648</v>
       </c>
       <c r="G176" s="2" t="s">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="H176" s="2">
         <v>0</v>
       </c>
-      <c r="I176" s="1" t="s">
-        <v>17</v>
+      <c r="I176" s="1">
+        <v>0</v>
       </c>
       <c r="J176" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K176" s="2" t="str">
         <f>J176*80.39</f>
         <v>0</v>
       </c>
       <c r="L176" s="5"/>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A177" s="1"/>
       <c r="B177" s="1">
         <v>827587</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>649</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>650</v>
       </c>
       <c r="E177" s="2" t="s">
         <v>651</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>652</v>
       </c>
-      <c r="G177" s="2">
-        <v>-27</v>
+      <c r="G177" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H177" s="2">
         <v>0</v>
       </c>
-      <c r="I177" s="1" t="s">
-        <v>17</v>
+      <c r="I177" s="1">
+        <v>0</v>
       </c>
       <c r="J177" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K177" s="2" t="str">
         <f>J177*117.46</f>
         <v>0</v>
       </c>
       <c r="L177" s="5"/>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A178" s="1"/>
       <c r="B178" s="1">
         <v>827588</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>653</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>654</v>
       </c>
       <c r="E178" s="2" t="s">
         <v>655</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>656</v>
       </c>
       <c r="G178" s="2" t="s">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="H178" s="2">
         <v>0</v>
       </c>
       <c r="I178" s="1">
         <v>0</v>
       </c>
       <c r="J178" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K178" s="2" t="str">
         <f>J178*204.98</f>
         <v>0</v>
       </c>
       <c r="L178" s="5"/>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A179" s="1"/>
       <c r="B179" s="1">
         <v>827589</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>657</v>
       </c>
       <c r="D179" s="1" t="s">
@@ -22687,51 +22687,51 @@
       </c>
       <c r="K184" s="2" t="str">
         <f>J184*3012.03</f>
         <v>0</v>
       </c>
       <c r="L184" s="5"/>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A185" s="1"/>
       <c r="B185" s="1">
         <v>827595</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>681</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>682</v>
       </c>
       <c r="E185" s="2" t="s">
         <v>683</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>684</v>
       </c>
       <c r="G185" s="2" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="H185" s="2">
         <v>0</v>
       </c>
       <c r="I185" s="1">
         <v>0</v>
       </c>
       <c r="J185" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K185" s="2" t="str">
         <f>J185*120.58</f>
         <v>0</v>
       </c>
       <c r="L185" s="5"/>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A186" s="1"/>
       <c r="B186" s="1">
         <v>827596</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>685</v>
       </c>
       <c r="D186" s="1" t="s">
@@ -23387,51 +23387,51 @@
       </c>
       <c r="K204" s="2" t="str">
         <f>J204*80.39</f>
         <v>0</v>
       </c>
       <c r="L204" s="5"/>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A205" s="1"/>
       <c r="B205" s="1">
         <v>827615</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>756</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>757</v>
       </c>
       <c r="E205" s="2" t="s">
         <v>758</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>212</v>
       </c>
       <c r="G205" s="2" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="H205" s="2">
         <v>0</v>
       </c>
       <c r="I205" s="1">
         <v>0</v>
       </c>
       <c r="J205" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K205" s="2" t="str">
         <f>J205*0.00</f>
         <v>0</v>
       </c>
       <c r="L205" s="5"/>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A206" s="1"/>
       <c r="B206" s="1">
         <v>827616</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>759</v>
       </c>
       <c r="D206" s="1" t="s">
@@ -23457,51 +23457,51 @@
       </c>
       <c r="K206" s="2" t="str">
         <f>J206*74.59</f>
         <v>0</v>
       </c>
       <c r="L206" s="5"/>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A207" s="1"/>
       <c r="B207" s="1">
         <v>827617</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>763</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>764</v>
       </c>
       <c r="E207" s="2" t="s">
         <v>765</v>
       </c>
       <c r="F207" s="2" t="s">
         <v>766</v>
       </c>
       <c r="G207" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="H207" s="2">
         <v>0</v>
       </c>
       <c r="I207" s="1">
         <v>0</v>
       </c>
       <c r="J207" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K207" s="2" t="str">
         <f>J207*97.80</f>
         <v>0</v>
       </c>
       <c r="L207" s="5"/>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A208" s="1"/>
       <c r="B208" s="1">
         <v>827618</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>767</v>
       </c>
       <c r="D208" s="1" t="s">
@@ -23527,191 +23527,191 @@
       </c>
       <c r="K208" s="2" t="str">
         <f>J208*0.00</f>
         <v>0</v>
       </c>
       <c r="L208" s="5"/>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A209" s="1"/>
       <c r="B209" s="1">
         <v>827619</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>770</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>771</v>
       </c>
       <c r="E209" s="2" t="s">
         <v>772</v>
       </c>
       <c r="F209" s="2" t="s">
         <v>773</v>
       </c>
       <c r="G209" s="2" t="s">
-        <v>17</v>
+        <v>138</v>
       </c>
       <c r="H209" s="2">
         <v>0</v>
       </c>
       <c r="I209" s="1">
         <v>0</v>
       </c>
       <c r="J209" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K209" s="2" t="str">
         <f>J209*100.48</f>
         <v>0</v>
       </c>
       <c r="L209" s="5"/>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A210" s="1"/>
       <c r="B210" s="1">
         <v>827620</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>774</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>775</v>
       </c>
       <c r="E210" s="2" t="s">
         <v>776</v>
       </c>
       <c r="F210" s="2" t="s">
         <v>777</v>
       </c>
       <c r="G210" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="H210" s="2">
         <v>0</v>
       </c>
       <c r="I210" s="1">
         <v>0</v>
       </c>
       <c r="J210" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K210" s="2" t="str">
         <f>J210*151.40</f>
         <v>0</v>
       </c>
       <c r="L210" s="5"/>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A211" s="1"/>
       <c r="B211" s="1">
         <v>827621</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>778</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>779</v>
       </c>
       <c r="E211" s="2" t="s">
         <v>780</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>777</v>
       </c>
       <c r="G211" s="2" t="s">
-        <v>17</v>
+        <v>138</v>
       </c>
       <c r="H211" s="2">
         <v>0</v>
       </c>
       <c r="I211" s="1">
         <v>0</v>
       </c>
       <c r="J211" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K211" s="2" t="str">
         <f>J211*151.40</f>
         <v>0</v>
       </c>
       <c r="L211" s="5"/>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A212" s="1"/>
       <c r="B212" s="1">
         <v>827622</v>
       </c>
       <c r="C212" s="1" t="s">
         <v>781</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>782</v>
       </c>
       <c r="E212" s="2" t="s">
         <v>783</v>
       </c>
       <c r="F212" s="2" t="s">
         <v>777</v>
       </c>
-      <c r="G212" s="2">
-        <v>8</v>
+      <c r="G212" s="2" t="s">
+        <v>138</v>
       </c>
       <c r="H212" s="2">
         <v>0</v>
       </c>
       <c r="I212" s="1">
         <v>0</v>
       </c>
       <c r="J212" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K212" s="2" t="str">
         <f>J212*151.40</f>
         <v>0</v>
       </c>
       <c r="L212" s="5"/>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A213" s="1"/>
       <c r="B213" s="1">
         <v>827623</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>784</v>
       </c>
       <c r="D213" s="1">
         <v>10008334</v>
       </c>
       <c r="E213" s="2" t="s">
         <v>785</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>786</v>
       </c>
       <c r="G213" s="2" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="H213" s="2">
         <v>0</v>
       </c>
       <c r="I213" s="1">
         <v>0</v>
       </c>
       <c r="J213" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K213" s="2" t="str">
         <f>J213*99.25</f>
         <v>0</v>
       </c>
       <c r="L213" s="5"/>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A214" s="1"/>
       <c r="B214" s="1">
         <v>827624</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>787</v>
       </c>
       <c r="D214" s="1" t="s">
@@ -24717,86 +24717,86 @@
       </c>
       <c r="K242" s="2" t="str">
         <f>J242*89.77</f>
         <v>0</v>
       </c>
       <c r="L242" s="5"/>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A243" s="1"/>
       <c r="B243" s="1">
         <v>827653</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>882</v>
       </c>
       <c r="D243" s="1" t="s">
         <v>883</v>
       </c>
       <c r="E243" s="2" t="s">
         <v>884</v>
       </c>
       <c r="F243" s="2" t="s">
         <v>885</v>
       </c>
       <c r="G243" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="H243" s="2">
         <v>0</v>
       </c>
       <c r="I243" s="1">
         <v>0</v>
       </c>
       <c r="J243" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K243" s="2" t="str">
         <f>J243*93.79</f>
         <v>0</v>
       </c>
       <c r="L243" s="5"/>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A244" s="1"/>
       <c r="B244" s="1">
         <v>827654</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>886</v>
       </c>
       <c r="D244" s="1" t="s">
         <v>887</v>
       </c>
       <c r="E244" s="2" t="s">
         <v>888</v>
       </c>
       <c r="F244" s="2" t="s">
         <v>881</v>
       </c>
       <c r="G244" s="2" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="H244" s="2">
         <v>0</v>
       </c>
       <c r="I244" s="1">
         <v>0</v>
       </c>
       <c r="J244" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K244" s="2" t="str">
         <f>J244*89.77</f>
         <v>0</v>
       </c>
       <c r="L244" s="5"/>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A245" s="1"/>
       <c r="B245" s="1">
         <v>827655</v>
       </c>
       <c r="C245" s="1" t="s">
         <v>889</v>
       </c>
       <c r="D245" s="1" t="s">
@@ -24892,51 +24892,51 @@
       </c>
       <c r="K247" s="2" t="str">
         <f>J247*155.42</f>
         <v>0</v>
       </c>
       <c r="L247" s="5"/>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A248" s="1"/>
       <c r="B248" s="1">
         <v>827658</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>901</v>
       </c>
       <c r="D248" s="1" t="s">
         <v>902</v>
       </c>
       <c r="E248" s="2" t="s">
         <v>903</v>
       </c>
       <c r="F248" s="2" t="s">
         <v>904</v>
       </c>
       <c r="G248" s="2" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="H248" s="2">
         <v>0</v>
       </c>
       <c r="I248" s="1">
         <v>0</v>
       </c>
       <c r="J248" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K248" s="2" t="str">
         <f>J248*151.24</f>
         <v>0</v>
       </c>
       <c r="L248" s="5"/>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A249" s="1"/>
       <c r="B249" s="1">
         <v>827659</v>
       </c>
       <c r="C249" s="1" t="s">
         <v>905</v>
       </c>
       <c r="D249" s="1" t="s">
@@ -25977,86 +25977,86 @@
       </c>
       <c r="K278" s="2" t="str">
         <f>J278*0.00</f>
         <v>0</v>
       </c>
       <c r="L278" s="5"/>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A279" s="1"/>
       <c r="B279" s="1">
         <v>827689</v>
       </c>
       <c r="C279" s="1" t="s">
         <v>1008</v>
       </c>
       <c r="D279" s="1" t="s">
         <v>1009</v>
       </c>
       <c r="E279" s="2" t="s">
         <v>1010</v>
       </c>
       <c r="F279" s="2" t="s">
         <v>1011</v>
       </c>
       <c r="G279" s="2" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H279" s="2">
         <v>0</v>
       </c>
       <c r="I279" s="1">
         <v>0</v>
       </c>
       <c r="J279" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K279" s="2" t="str">
         <f>J279*145.80</f>
         <v>0</v>
       </c>
       <c r="L279" s="5"/>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A280" s="1"/>
       <c r="B280" s="1">
         <v>827690</v>
       </c>
       <c r="C280" s="1" t="s">
         <v>1012</v>
       </c>
       <c r="D280" s="1" t="s">
         <v>1013</v>
       </c>
       <c r="E280" s="2" t="s">
         <v>1014</v>
       </c>
       <c r="F280" s="2" t="s">
         <v>1015</v>
       </c>
       <c r="G280" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="H280" s="2">
         <v>0</v>
       </c>
       <c r="I280" s="1">
         <v>0</v>
       </c>
       <c r="J280" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K280" s="2" t="str">
         <f>J280*189.54</f>
         <v>0</v>
       </c>
       <c r="L280" s="5"/>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A281" s="1"/>
       <c r="B281" s="1">
         <v>827691</v>
       </c>
       <c r="C281" s="1" t="s">
         <v>1016</v>
       </c>
       <c r="D281" s="1" t="s">
@@ -26186,128 +26186,128 @@
         <v>18</v>
       </c>
       <c r="K284" s="2" t="str">
         <f>J284*1544.26</f>
         <v>0</v>
       </c>
       <c r="L284" s="5"/>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A285" s="1"/>
       <c r="B285" s="1">
         <v>827695</v>
       </c>
       <c r="C285" s="1" t="s">
         <v>1032</v>
       </c>
       <c r="D285" s="1" t="s">
         <v>1033</v>
       </c>
       <c r="E285" s="2" t="s">
         <v>1034</v>
       </c>
       <c r="F285" s="2" t="s">
         <v>1035</v>
       </c>
-      <c r="G285" s="2">
-        <v>-10</v>
+      <c r="G285" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H285" s="2">
         <v>0</v>
       </c>
-      <c r="I285" s="1" t="s">
-        <v>17</v>
+      <c r="I285" s="1">
+        <v>0</v>
       </c>
       <c r="J285" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K285" s="2" t="str">
         <f>J285*183.04</f>
         <v>0</v>
       </c>
       <c r="L285" s="5"/>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A286" s="1"/>
       <c r="B286" s="1">
         <v>827696</v>
       </c>
       <c r="C286" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="D286" s="1" t="s">
         <v>1037</v>
       </c>
       <c r="E286" s="2" t="s">
         <v>1038</v>
       </c>
       <c r="F286" s="2" t="s">
         <v>1039</v>
       </c>
-      <c r="G286" s="2">
-        <v>-54</v>
+      <c r="G286" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="H286" s="2">
         <v>0</v>
       </c>
-      <c r="I286" s="1" t="s">
-        <v>58</v>
+      <c r="I286" s="1">
+        <v>0</v>
       </c>
       <c r="J286" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K286" s="2" t="str">
         <f>J286*263.98</f>
         <v>0</v>
       </c>
       <c r="L286" s="5"/>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A287" s="1"/>
       <c r="B287" s="1">
         <v>827697</v>
       </c>
       <c r="C287" s="1" t="s">
         <v>1040</v>
       </c>
       <c r="D287" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="E287" s="2" t="s">
         <v>1042</v>
       </c>
       <c r="F287" s="2" t="s">
         <v>1043</v>
       </c>
-      <c r="G287" s="2">
-        <v>-27</v>
+      <c r="G287" s="2" t="s">
+        <v>138</v>
       </c>
       <c r="H287" s="2">
         <v>0</v>
       </c>
-      <c r="I287" s="1" t="s">
-        <v>17</v>
+      <c r="I287" s="1">
+        <v>0</v>
       </c>
       <c r="J287" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K287" s="2" t="str">
         <f>J287*410.40</f>
         <v>0</v>
       </c>
       <c r="L287" s="5"/>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A288" s="1"/>
       <c r="B288" s="1">
         <v>827698</v>
       </c>
       <c r="C288" s="1" t="s">
         <v>1044</v>
       </c>
       <c r="D288" s="1" t="s">
         <v>1045</v>
       </c>
       <c r="E288" s="2" t="s">
         <v>1046</v>
       </c>
       <c r="F288" s="2" t="s">
@@ -26396,122 +26396,122 @@
         <v>18</v>
       </c>
       <c r="K290" s="2" t="str">
         <f>J290*1418.40</f>
         <v>0</v>
       </c>
       <c r="L290" s="5"/>
     </row>
     <row r="291" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A291" s="1"/>
       <c r="B291" s="1">
         <v>827701</v>
       </c>
       <c r="C291" s="1" t="s">
         <v>1056</v>
       </c>
       <c r="D291" s="1" t="s">
         <v>1057</v>
       </c>
       <c r="E291" s="2" t="s">
         <v>1058</v>
       </c>
       <c r="F291" s="2" t="s">
         <v>1059</v>
       </c>
-      <c r="G291" s="2" t="s">
-        <v>17</v>
+      <c r="G291" s="2">
+        <v>6</v>
       </c>
       <c r="H291" s="2">
         <v>0</v>
       </c>
       <c r="I291" s="1">
         <v>0</v>
       </c>
       <c r="J291" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K291" s="2" t="str">
         <f>J291*126.36</f>
         <v>0</v>
       </c>
       <c r="L291" s="5"/>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A292" s="1"/>
       <c r="B292" s="1">
         <v>827702</v>
       </c>
       <c r="C292" s="1" t="s">
         <v>1060</v>
       </c>
       <c r="D292" s="1" t="s">
         <v>1061</v>
       </c>
       <c r="E292" s="2" t="s">
         <v>1062</v>
       </c>
       <c r="F292" s="2" t="s">
         <v>1063</v>
       </c>
       <c r="G292" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="H292" s="2">
         <v>0</v>
       </c>
       <c r="I292" s="1">
         <v>0</v>
       </c>
       <c r="J292" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K292" s="2" t="str">
         <f>J292*196.99</f>
         <v>0</v>
       </c>
       <c r="L292" s="5"/>
     </row>
     <row r="293" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A293" s="1"/>
       <c r="B293" s="1">
         <v>827703</v>
       </c>
       <c r="C293" s="1" t="s">
         <v>1064</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>1065</v>
       </c>
       <c r="E293" s="2" t="s">
         <v>1066</v>
       </c>
       <c r="F293" s="2" t="s">
         <v>1067</v>
       </c>
       <c r="G293" s="2" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="H293" s="2">
         <v>0</v>
       </c>
       <c r="I293" s="1">
         <v>0</v>
       </c>
       <c r="J293" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K293" s="2" t="str">
         <f>J293*267.30</f>
         <v>0</v>
       </c>
       <c r="L293" s="5"/>
     </row>
     <row r="294" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A294" s="1"/>
       <c r="B294" s="1">
         <v>827704</v>
       </c>
       <c r="C294" s="1" t="s">
         <v>1068</v>
       </c>
       <c r="D294" s="1" t="s">
@@ -28532,51 +28532,51 @@
       </c>
       <c r="K351" s="2" t="str">
         <f>J351*235.96</f>
         <v>0</v>
       </c>
       <c r="L351" s="5"/>
     </row>
     <row r="352" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A352" s="1"/>
       <c r="B352" s="1">
         <v>827768</v>
       </c>
       <c r="C352" s="1" t="s">
         <v>1297</v>
       </c>
       <c r="D352" s="1" t="s">
         <v>1298</v>
       </c>
       <c r="E352" s="2" t="s">
         <v>1299</v>
       </c>
       <c r="F352" s="2" t="s">
         <v>1300</v>
       </c>
       <c r="G352" s="2" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="H352" s="2">
         <v>0</v>
       </c>
       <c r="I352" s="1">
         <v>0</v>
       </c>
       <c r="J352" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K352" s="2" t="str">
         <f>J352*171.99</f>
         <v>0</v>
       </c>
       <c r="L352" s="5"/>
     </row>
     <row r="353" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A353" s="1"/>
       <c r="B353" s="1">
         <v>827769</v>
       </c>
       <c r="C353" s="1" t="s">
         <v>1301</v>
       </c>
       <c r="D353" s="1" t="s">