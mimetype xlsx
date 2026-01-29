--- v0 (2025-10-19)
+++ v1 (2026-01-29)
@@ -17,1157 +17,1160 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="726">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="727">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>Радиаторы отопления и комплектующие</t>
   </si>
   <si>
     <t>Биметаллические радиаторы отопления</t>
   </si>
   <si>
     <t>Радиаторы биметаллические EVOLUTION</t>
   </si>
   <si>
     <t>ROK-120001</t>
   </si>
   <si>
     <t>Радиатор биметаллический Evolution 500/80 4 сек (136 Вт/сек)</t>
   </si>
   <si>
-    <t>2 725.23 руб.</t>
+    <t>2 636.72 руб.</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>ROK-120003</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический Evolution 500/80 6 сек (136 Вт/сек)</t>
+  </si>
+  <si>
+    <t>3 955.18 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120005</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический Evolution 500/80 8 сек (136 Вт/сек)</t>
+  </si>
+  <si>
+    <t>5 273.63 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120007</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический Evolution 500/80 10 сек (136 Вт/сек)</t>
+  </si>
+  <si>
+    <t>6 591.90 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120008</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический Evolution 500/80 12 сек (136 Вт/сек)</t>
+  </si>
+  <si>
+    <t>7 910.35 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120009</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический Evolution 350/80 6 сек (106 Вт/сек)</t>
+  </si>
+  <si>
+    <t>3 635.93 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120010</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический Evolution 350/80 8 сек (106 Вт/сек)</t>
+  </si>
+  <si>
+    <t>4 847.90 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120011</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический Evolution 350/80 10 сек (106 Вт/сек)</t>
+  </si>
+  <si>
+    <t>6 059.88 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120012</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический Evolution 350/80 12 сек (106 Вт/сек)</t>
+  </si>
+  <si>
+    <t>7 271.85 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120013</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический Evolution 350/80 4 сек (106 Вт/сек)</t>
+  </si>
+  <si>
+    <t>2 423.95 руб.</t>
+  </si>
+  <si>
+    <t>Радиаторы биметаллические RADENA</t>
+  </si>
+  <si>
+    <t>ROK-120101</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA 150/120 6 сек (88 Вт/сек)</t>
+  </si>
+  <si>
+    <t>5 380.11 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120102</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA 150/120 8 сек (88 Вт/сек)</t>
+  </si>
+  <si>
+    <t>7 173.36 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120103</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA 150/120 10 сек (88 Вт/сек)</t>
+  </si>
+  <si>
+    <t>8 966.60 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120104</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA 150/120 12 сек (88 Вт/сек)</t>
+  </si>
+  <si>
+    <t>10 760.04 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120105</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA 150/120 14 сек (88 Вт/сек)</t>
+  </si>
+  <si>
+    <t>12 553.28 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120106</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA 150/120 16 сек (88 Вт/сек)</t>
+  </si>
+  <si>
+    <t>14 346.72 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120107</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA 200/120 6 сек (95 Вт/сек)</t>
+  </si>
+  <si>
+    <t>5 308.43 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120108</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA 200/120 8 сек (95 Вт/сек)</t>
+  </si>
+  <si>
+    <t>7 078.10 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120109</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA 200/120 10 сек (95 Вт/сек)</t>
+  </si>
+  <si>
+    <t>8 847.57 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120110</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA 200/120 12 сек (95 Вт/сек)</t>
+  </si>
+  <si>
+    <t>10 617.05 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120111</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA 200/120 14 сек (95 Вт/сек)</t>
+  </si>
+  <si>
+    <t>12 386.53 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120112</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA 350/85 4 сек (139 Вт/сек)</t>
+  </si>
+  <si>
+    <t>3 746.59 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120114</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA 350/85 6 сек (139 Вт/сек)</t>
+  </si>
+  <si>
+    <t>5 619.88 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120116</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA 350/85 8 сек (139 Вт/сек)</t>
+  </si>
+  <si>
+    <t>7 493.18 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120118</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA 350/85 10 сек (139 Вт/сек)</t>
+  </si>
+  <si>
+    <t>9 366.47 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120120</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA 350/85 12 сек (139 Вт/сек)</t>
+  </si>
+  <si>
+    <t>11 239.77 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120130</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA 500/100 4 сек (194 Вт/сек)</t>
+  </si>
+  <si>
+    <t>4 080.10 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120132</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA 500/100 6 сек (194 Вт/сек)</t>
+  </si>
+  <si>
+    <t>6 120.15 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120134</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA 500/100 8 сек (194 Вт/сек)</t>
+  </si>
+  <si>
+    <t>8 160.20 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120136</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA 500/100 10 сек (194 Вт/сек)</t>
+  </si>
+  <si>
+    <t>10 200.25 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120138</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA 500/100 12 сек (194 Вт/сек)</t>
+  </si>
+  <si>
+    <t>12 240.30 руб.</t>
+  </si>
+  <si>
+    <t>Радиаторы биметаллические RADENA нижнее подключение</t>
+  </si>
+  <si>
+    <t>ROK-120139</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA VC 350/85 4 сек нижнее подключение (140 Вт/сек)</t>
+  </si>
+  <si>
+    <t>4 912.17 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120140</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA VC 350/85 6 сек нижнее подключение (140 Вт/сек)</t>
+  </si>
+  <si>
+    <t>6 785.46 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120141</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA VC 350/85 8 сек нижнее подключение (140 Вт/сек)</t>
+  </si>
+  <si>
+    <t>8 658.76 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120142</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA VC 350/85 10 сек нижнее подключение (140 Вт/сек)</t>
+  </si>
+  <si>
+    <t>10 532.05 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120143</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA VC 350/85 12 сек нижнее подключение (140 Вт/сек)</t>
+  </si>
+  <si>
+    <t>12 405.35 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120144</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA VC 500/85 4 сек нижнее подключение (178 Вт/сек)</t>
+  </si>
+  <si>
+    <t>5 720.28 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120145</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA VC 500/85 5 сек нижнее подключение (178 Вт/сек)</t>
+  </si>
+  <si>
+    <t>6 707.13 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120146</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA VC 500/85 6 сек нижнее подключение (178 Вт/сек)</t>
+  </si>
+  <si>
+    <t>7 693.97 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120147</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA VC 500/85 7 сек нижнее подключение (178 Вт/сек)</t>
+  </si>
+  <si>
+    <t>8 680.82 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120148</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA VC 500/85 8 сек нижнее подключение (178 Вт/сек)</t>
+  </si>
+  <si>
+    <t>9 667.66 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120149</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA VC 500/85 9 сек нижнее подключение (178 Вт/сек)</t>
+  </si>
+  <si>
+    <t>10 654.51 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120150</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA VC 500/85 10 сек нижнее подключение (178 Вт/сек)</t>
+  </si>
+  <si>
+    <t>11 641.35 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120151</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA VC 500/85 11 сек нижнее подключение (178 Вт/сек)</t>
+  </si>
+  <si>
+    <t>12 628.20 руб.</t>
+  </si>
+  <si>
+    <t>ROK-120152</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический RADENA VC 500/85 12 сек нижнее подключение (178 Вт/сек)</t>
+  </si>
+  <si>
+    <t>13 615.04 руб.</t>
+  </si>
+  <si>
+    <t>Алюминиевые радиаторы отопления</t>
+  </si>
+  <si>
+    <t>Радиаторы алюминиевые EVOLUTION</t>
+  </si>
+  <si>
+    <t>ROK-240001</t>
+  </si>
+  <si>
+    <t>Радиатор алюминиевый Evolution 500/80 4 сек (146 Вт/сек)</t>
+  </si>
+  <si>
+    <t>2 452.85 руб.</t>
+  </si>
+  <si>
+    <t>ROK-240002</t>
+  </si>
+  <si>
+    <t>Радиатор алюминиевый Evolution 500/80 6 сек (146 Вт/сек)</t>
+  </si>
+  <si>
+    <t>3 679.28 руб.</t>
+  </si>
+  <si>
+    <t>ROK-240003</t>
+  </si>
+  <si>
+    <t>Радиатор алюминиевый Evolution 500/80 8 сек (146 Вт/сек)</t>
+  </si>
+  <si>
+    <t>4 905.71 руб.</t>
+  </si>
+  <si>
+    <t>ROK-240004</t>
+  </si>
+  <si>
+    <t>Радиатор алюминиевый Evolution 500/80 10 сек (146 Вт/сек)</t>
+  </si>
+  <si>
+    <t>6 132.13 руб.</t>
+  </si>
+  <si>
+    <t>ROK-240005</t>
+  </si>
+  <si>
+    <t>Радиатор алюминиевый Evolution 500/80 12 сек (146 Вт/сек)</t>
+  </si>
+  <si>
+    <t>7 358.37 руб.</t>
+  </si>
+  <si>
+    <t>ROK-240006</t>
+  </si>
+  <si>
+    <t>Радиатор алюминиевый Evolution 350/80 4 сек (111 Вт/сек)</t>
+  </si>
+  <si>
+    <t>2 207.57 руб.</t>
+  </si>
+  <si>
+    <t>ROK-240007</t>
+  </si>
+  <si>
+    <t>Радиатор алюминиевый Evolution 350/80 6 сек (111 Вт/сек)</t>
+  </si>
+  <si>
+    <t>3 311.35 руб.</t>
+  </si>
+  <si>
+    <t>ROK-240008</t>
+  </si>
+  <si>
+    <t>Радиатор алюминиевый Evolution 350/80 8 сек (111 Вт/сек)</t>
+  </si>
+  <si>
+    <t>4 415.13 руб.</t>
+  </si>
+  <si>
+    <t>ROK-240009</t>
+  </si>
+  <si>
+    <t>Радиатор алюминиевый Evolution 350/80 10 сек (111 Вт/сек)</t>
+  </si>
+  <si>
+    <t>5 518.92 руб.</t>
+  </si>
+  <si>
+    <t>ROK-240010</t>
+  </si>
+  <si>
+    <t>Радиатор алюминиевый Evolution 350/80 12 сек (111 Вт/сек)</t>
+  </si>
+  <si>
+    <t>6 622.70 руб.</t>
+  </si>
+  <si>
+    <t>ROK-240011</t>
+  </si>
+  <si>
+    <t>Радиатор алюминиевый Evolution 200/100 6 сек (94 Вт/сек)</t>
+  </si>
+  <si>
+    <t>3 360.03 руб.</t>
+  </si>
+  <si>
+    <t>ROK-240012</t>
+  </si>
+  <si>
+    <t>Радиатор алюминиевый Evolution 200/100 8 сек (94 Вт/сек)</t>
+  </si>
+  <si>
+    <t>4 479.97 руб.</t>
+  </si>
+  <si>
+    <t>ROK-240013</t>
+  </si>
+  <si>
+    <t>Радиатор алюминиевый Evolution 200/100 10 сек (94 Вт/сек)</t>
+  </si>
+  <si>
+    <t>5 599.92 руб.</t>
+  </si>
+  <si>
+    <t>ROK-240014</t>
+  </si>
+  <si>
+    <t>Радиатор алюминиевый Evolution 200/100 12 сек (94 Вт/сек)</t>
+  </si>
+  <si>
+    <t>6 720.06 руб.</t>
+  </si>
+  <si>
+    <t>ROK-240015</t>
+  </si>
+  <si>
+    <t>Радиатор алюминиевый Evolution 200/100 14 сек (94 Вт/сек)</t>
+  </si>
+  <si>
+    <t>7 840.00 руб.</t>
+  </si>
+  <si>
+    <t>Комплектующие к радиаторам</t>
+  </si>
+  <si>
+    <t>Комплекты для подключения радиаторов</t>
+  </si>
+  <si>
+    <t>ROK-310001</t>
+  </si>
+  <si>
+    <t>VR7A</t>
+  </si>
+  <si>
+    <t>Комплект для монтажа радиатора 1/2" (без кронштейнов) VIEIR (1/50шт)</t>
+  </si>
+  <si>
+    <t>203.79 руб.</t>
+  </si>
+  <si>
+    <t>ROK-310002</t>
+  </si>
+  <si>
+    <t>VR7B</t>
+  </si>
+  <si>
+    <t>Комплект для монтажа радиатора 3/4" (без кронштейнов) VIEIR (1/50шт)</t>
+  </si>
+  <si>
+    <t>221.64 руб.</t>
+  </si>
+  <si>
+    <t>ROK-310003</t>
+  </si>
+  <si>
+    <t>VR11A</t>
+  </si>
+  <si>
+    <t>Комплект для монтажа радиатора 1/2" (2 кронштейна) VIEIR (1/40шт)</t>
+  </si>
+  <si>
+    <t>254.36 руб.</t>
+  </si>
+  <si>
+    <t>ROK-310004</t>
+  </si>
+  <si>
+    <t>VR11B</t>
+  </si>
+  <si>
+    <t>Комплект для монтажа радиатора 3/4" (2 кронштейна) VIEIR (1/40шт)</t>
+  </si>
+  <si>
+    <t>269.24 руб.</t>
+  </si>
+  <si>
+    <t>ROK-310005</t>
+  </si>
+  <si>
+    <t>VR13A</t>
+  </si>
+  <si>
+    <t>Комплект для монтажа радиатора 1/2" (3 кронштейна) VIEIR (1/40шт)</t>
+  </si>
+  <si>
+    <t>279.65 руб.</t>
+  </si>
+  <si>
+    <t>&gt;100</t>
+  </si>
+  <si>
+    <t>ROK-310006</t>
+  </si>
+  <si>
+    <t>VR13B</t>
+  </si>
+  <si>
+    <t>Комплект для монтажа радиатора 3/4" (3 кронштейна) VIEIR (1/40шт)</t>
+  </si>
+  <si>
+    <t>294.53 руб.</t>
+  </si>
+  <si>
+    <t>ROK-310015</t>
+  </si>
+  <si>
+    <t>TENRAD.В42B1</t>
+  </si>
+  <si>
+    <t>Комплект TENRAD д/монтажа рад. 1/2 (без кронштейнов)</t>
+  </si>
+  <si>
+    <t>518.00 руб.</t>
+  </si>
+  <si>
+    <t>ROK-310018</t>
+  </si>
+  <si>
+    <t>TENRAD.100A3</t>
+  </si>
+  <si>
+    <t>Комплект TENRAD д/монтажа рад. 3/4 (2 кронштейна)</t>
+  </si>
+  <si>
+    <t>605.00 руб.</t>
+  </si>
+  <si>
+    <t>ROK-310020</t>
+  </si>
+  <si>
+    <t>Комплект для монтажа радиатора 1/2"  (без кронштейнов)</t>
+  </si>
+  <si>
+    <t>215.46 руб.</t>
+  </si>
+  <si>
+    <t>ROK-310021</t>
+  </si>
+  <si>
+    <t>Комплект для монтажа радиатора 3/4" (без кронштейнов)</t>
+  </si>
+  <si>
+    <t>232.56 руб.</t>
+  </si>
+  <si>
+    <t>ROK-310022</t>
+  </si>
+  <si>
+    <t>Комплект для монтажа радиатора 1/2" (3 кронштейна)</t>
+  </si>
+  <si>
+    <t>280.44 руб.</t>
+  </si>
+  <si>
+    <t>ROK-310023</t>
+  </si>
+  <si>
+    <t>Комплект для монтажа радиатора 3/4" (3 кронштейна)</t>
+  </si>
+  <si>
+    <t>299.25 руб.</t>
+  </si>
+  <si>
+    <t>ROK-310024</t>
+  </si>
+  <si>
+    <t>Комплект для монтажа радиатора 1/2" (2 кронштейна)</t>
+  </si>
+  <si>
+    <t>263.34 руб.</t>
+  </si>
+  <si>
+    <t>ROK-310025</t>
+  </si>
+  <si>
+    <t>Комплект для монтажа радиатора 3/4" (2 кронштейна)</t>
+  </si>
+  <si>
+    <t>ROK-310026</t>
+  </si>
+  <si>
+    <t>VR11C</t>
+  </si>
+  <si>
+    <t>Набор для радиаторов （11）-½, c 2 прорезиненными кронштейнами  ViEiR  (40/1шт)</t>
+  </si>
+  <si>
+    <t>ROK-310027</t>
+  </si>
+  <si>
+    <t>VR11D</t>
+  </si>
+  <si>
+    <t>Набор для радиаторов （11）-¾, с 2 прорезиненными кронштейнами  ViEiR  (40/1шт)</t>
+  </si>
+  <si>
+    <t>291.55 руб.</t>
+  </si>
+  <si>
+    <t>Воздухоотводчики для радиаторов</t>
+  </si>
+  <si>
+    <t>ROK-330001</t>
+  </si>
+  <si>
+    <t>VRD17</t>
+  </si>
+  <si>
+    <t>Воздухоотводчик ручной 1/2'' (кран Маевского)  (25шт)</t>
+  </si>
+  <si>
+    <t>43.14 руб.</t>
+  </si>
+  <si>
+    <t>ROK-330002</t>
+  </si>
+  <si>
+    <t>VRD18</t>
+  </si>
+  <si>
+    <t>Воздухоотводчик ручной 3/4'' (кран Маевского)  (50шт)</t>
+  </si>
+  <si>
+    <t>60.99 руб.</t>
+  </si>
+  <si>
+    <t>ROK-330003</t>
+  </si>
+  <si>
+    <t>VRD19</t>
+  </si>
+  <si>
+    <t>Воздухоотводчик ручной 1/2'' (кран Маевского) ручка (сброс без ключа) (50шт)</t>
+  </si>
+  <si>
+    <t>72.89 руб.</t>
+  </si>
+  <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
+    <t>ROK-330004</t>
+  </si>
+  <si>
+    <t>VT.501.S. 06</t>
+  </si>
+  <si>
+    <t>Воздухоотводчик д/рад. автомат. лев. 1"   (10шт)</t>
+  </si>
+  <si>
+    <t>722.00 руб.</t>
+  </si>
+  <si>
+    <t>ROK-330005</t>
+  </si>
+  <si>
+    <t>VT.501.D. 06</t>
+  </si>
+  <si>
+    <t>Воздухоотводчик д/рад. автомат. прав. 1"  (10шт)</t>
+  </si>
+  <si>
+    <t>Кронштейны для радиаторов</t>
+  </si>
+  <si>
+    <t>ROK-320001</t>
+  </si>
+  <si>
+    <t>K-4008</t>
+  </si>
+  <si>
+    <t>Кронштейн для рад. универсальный угловой белый (1/100шт)</t>
+  </si>
+  <si>
+    <t>31.18 руб.</t>
+  </si>
+  <si>
+    <t>&gt;1000</t>
+  </si>
+  <si>
+    <t>ROK-320002</t>
+  </si>
+  <si>
+    <t>K7-180</t>
+  </si>
+  <si>
+    <t>Кронштейн для рад. с дюбелем белый 7х180 мм плоский (1/100шт)</t>
+  </si>
+  <si>
+    <t>25.90 руб.</t>
+  </si>
+  <si>
+    <t>ROK-320007</t>
+  </si>
+  <si>
+    <t>Кронштейн на полосе для ЧУГУН радиатора (К.4.8.1)</t>
+  </si>
+  <si>
+    <t>204.85 руб.</t>
+  </si>
+  <si>
+    <t>ROK-320008</t>
+  </si>
+  <si>
+    <t>Кронштейн с дюбелем для ЧУГУН радиатора (К.6.3.2)</t>
+  </si>
+  <si>
+    <t>42.33 руб.</t>
+  </si>
+  <si>
+    <t>ROK-320009</t>
+  </si>
+  <si>
+    <t>VR9-250</t>
+  </si>
+  <si>
+    <t>Кронштейн для рад. толщина 9-250мм (50пар)</t>
+  </si>
+  <si>
+    <t>89.25 руб.</t>
   </si>
   <si>
     <t>&gt;10</t>
   </si>
   <si>
-    <t>шт</t>
-[...713 lines deleted...]
-    <t>275.29 руб.</t>
+    <t>пар</t>
+  </si>
+  <si>
+    <t>ROK-320010</t>
+  </si>
+  <si>
+    <t>VRD20</t>
+  </si>
+  <si>
+    <t>Напольный кронштейн для радиатора с цепочкой (1/25шт)</t>
+  </si>
+  <si>
+    <t>428.40 руб.</t>
+  </si>
+  <si>
+    <t>ROK-320011</t>
+  </si>
+  <si>
+    <t>K-4009</t>
+  </si>
+  <si>
+    <t>Кронштейн для рад. универсальный угловой белый усиленный (1/100шт)</t>
+  </si>
+  <si>
+    <t>56.00 руб.</t>
+  </si>
+  <si>
+    <t>&gt;500</t>
+  </si>
+  <si>
+    <t>ROK-320012</t>
+  </si>
+  <si>
+    <t>K7-220</t>
+  </si>
+  <si>
+    <t>Кронштейн для рад. с дюбелем белый 7х220 мм плоский (1/100шт)</t>
+  </si>
+  <si>
+    <t>36.30 руб.</t>
+  </si>
+  <si>
+    <t>ROK-320013</t>
+  </si>
+  <si>
+    <t>K7-250</t>
+  </si>
+  <si>
+    <t>Кронштейн для рад. с дюбелем белый 7*250 мм плоский (1/100шт)</t>
+  </si>
+  <si>
+    <t>39.74 руб.</t>
+  </si>
+  <si>
+    <t>ROK-320014</t>
+  </si>
+  <si>
+    <t>K7-300</t>
+  </si>
+  <si>
+    <t>Кронштейн для рад. с дюбелем белый 7*300 мм плоский (1/50шт)</t>
+  </si>
+  <si>
+    <t>43.00 руб.</t>
+  </si>
+  <si>
+    <t>ROK-320015</t>
+  </si>
+  <si>
+    <t>K9-220</t>
+  </si>
+  <si>
+    <t>Кронштейн для рад. с дюбелем белый 9х220 мм (1/50шт)</t>
+  </si>
+  <si>
+    <t>42.84 руб.</t>
+  </si>
+  <si>
+    <t>ROK-320016</t>
+  </si>
+  <si>
+    <t>K9-260</t>
+  </si>
+  <si>
+    <t>Кронштейн для рад. с дюбелем белый 9*260 мм (1/50шт)</t>
+  </si>
+  <si>
+    <t>66.24 руб.</t>
+  </si>
+  <si>
+    <t>ROK-320017</t>
+  </si>
+  <si>
+    <t>K9-300</t>
+  </si>
+  <si>
+    <t>Кронштейн для рад. с дюбелем белый 9*300 мм (1/50шт)</t>
+  </si>
+  <si>
+    <t>70.00 руб.</t>
+  </si>
+  <si>
+    <t>ROK-320018</t>
+  </si>
+  <si>
+    <t>K200-500</t>
+  </si>
+  <si>
+    <t>Напольный кронштейн регулируемый для радиатора 200 - 500 мм  (1/15шт.)</t>
+  </si>
+  <si>
+    <t>391.00 руб.</t>
+  </si>
+  <si>
+    <t>ROK-320025</t>
+  </si>
+  <si>
+    <t>VR9-170A</t>
+  </si>
+  <si>
+    <t>ПАРА  кронштейнов для рад. с дюбелем ПРОРЕЗИНЕННЫХ белых (9*170 мм)</t>
+  </si>
+  <si>
+    <t>71.40 руб.</t>
+  </si>
+  <si>
+    <t>VVR-000024</t>
+  </si>
+  <si>
+    <t>VR9-170</t>
+  </si>
+  <si>
+    <t>ПАРА Кронштейнов толщина (9) 170мм (100/2пар)  ViEiR</t>
+  </si>
+  <si>
+    <t>56.53 руб.</t>
+  </si>
+  <si>
+    <t>Комплектующие для радиаторов</t>
+  </si>
+  <si>
+    <t>ROK-350005</t>
+  </si>
+  <si>
+    <t>Переходник для радиатора 1''х1/2'' лев. с силик. прокл.</t>
+  </si>
+  <si>
+    <t>58.07 руб.</t>
+  </si>
+  <si>
+    <t>ROK-350006</t>
+  </si>
+  <si>
+    <t>Переходник для радиатора 1''х1/2'' прав. с силик. прокл.</t>
+  </si>
+  <si>
+    <t>87.21 руб.</t>
+  </si>
+  <si>
+    <t>ROK-350007</t>
+  </si>
+  <si>
+    <t>Переходник для радиатора 1''х3/4'' лев. с силик. прокл.</t>
+  </si>
+  <si>
+    <t>73.64 руб.</t>
+  </si>
+  <si>
+    <t>ROK-350008</t>
+  </si>
+  <si>
+    <t>Переходник для радиатора 1''х3/4'' прав. с силик. прокл.</t>
+  </si>
+  <si>
+    <t>ROK-350009</t>
+  </si>
+  <si>
+    <t>Заглушка на переходник для радиатора 1/2"</t>
+  </si>
+  <si>
+    <t>25.29 руб.</t>
+  </si>
+  <si>
+    <t>ROK-350010</t>
+  </si>
+  <si>
+    <t>Заглушка на переходник для радиатора 3/4"</t>
+  </si>
+  <si>
+    <t>34.21 руб.</t>
+  </si>
+  <si>
+    <t>ROK-350011</t>
+  </si>
+  <si>
+    <t>Заглушка для радиатора левая с силиконовой прокладкой 1"</t>
+  </si>
+  <si>
+    <t>64.60 руб.</t>
+  </si>
+  <si>
+    <t>ROK-350012</t>
+  </si>
+  <si>
+    <t>Заглушка для радиатора правая с силиконовой прокладкой 1"</t>
+  </si>
+  <si>
+    <t>50.83 руб.</t>
   </si>
   <si>
     <t>&gt;25</t>
-  </si>
-[...334 lines deleted...]
-    <t>50.83 руб.</t>
   </si>
   <si>
     <t>ROK-350013</t>
   </si>
   <si>
     <t>Ниппель межсекционный для радиатора 1''</t>
   </si>
   <si>
     <t>102.68 руб.</t>
   </si>
   <si>
     <t>ROK-350015</t>
   </si>
   <si>
     <t>TENRAD.S42-1</t>
   </si>
   <si>
     <t>-Прокладка силиконовая круглая TENRAD, к ниппелю для радиатора</t>
   </si>
   <si>
     <t>25.00 руб.</t>
   </si>
   <si>
     <t>ROK-350016</t>
   </si>
@@ -9175,7565 +9178,7565 @@
       <c r="D4" s="8"/>
       <c r="E4" s="8"/>
       <c r="F4" s="8"/>
       <c r="G4" s="8"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>819081</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="1"/>
       <c r="E5" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="G5" s="2" t="s">
-        <v>16</v>
+      <c r="G5" s="2">
+        <v>8</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K5" s="2" t="str">
-        <f>J5*2725.23</f>
+        <f>J5*2636.72</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>819083</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D6" s="1"/>
       <c r="E6" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="F6" s="2" t="s">
-[...3 lines deleted...]
-        <v>16</v>
+      <c r="G6" s="2">
+        <v>5</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>8</v>
       </c>
       <c r="J6" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K6" s="2" t="str">
-        <f>J6*4087.94</f>
+        <f>J6*3955.18</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>819085</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D7" s="1"/>
       <c r="E7" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="F7" s="2" t="s">
-[...3 lines deleted...]
-        <v>16</v>
+      <c r="G7" s="2">
+        <v>7</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="1">
         <v>10</v>
       </c>
       <c r="J7" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K7" s="2" t="str">
-        <f>J7*5450.65</f>
+        <f>J7*5273.63</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>819087</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D8" s="1"/>
       <c r="E8" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="F8" s="2" t="s">
-[...3 lines deleted...]
-        <v>16</v>
+      <c r="G8" s="2">
+        <v>1</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>10</v>
       </c>
       <c r="J8" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K8" s="2" t="str">
-        <f>J8*6813.17</f>
+        <f>J8*6591.90</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>819088</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D9" s="1"/>
       <c r="E9" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="F9" s="2" t="s">
-[...3 lines deleted...]
-        <v>16</v>
+      <c r="G9" s="2">
+        <v>-1</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>10</v>
       </c>
       <c r="J9" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K9" s="2" t="str">
-        <f>J9*8175.88</f>
+        <f>J9*7910.35</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>819089</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D10" s="1"/>
       <c r="E10" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="F10" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G10" s="2">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K10" s="2" t="str">
-        <f>J10*3757.97</f>
+        <f>J10*3635.93</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>819090</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D11" s="1"/>
       <c r="E11" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="F11" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G11" s="2">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K11" s="2" t="str">
-        <f>J11*5010.63</f>
+        <f>J11*4847.90</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>819091</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D12" s="1"/>
       <c r="E12" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="G12" s="2">
         <v>4</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K12" s="2" t="str">
-        <f>J12*6263.29</f>
+        <f>J12*6059.88</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>819092</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D13" s="1"/>
       <c r="E13" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="F13" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G13" s="2">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K13" s="2" t="str">
-        <f>J13*7515.95</f>
+        <f>J13*7271.85</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>869908</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D14" s="1"/>
       <c r="E14" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="G14" s="2">
         <v>9</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K14" s="2" t="str">
-        <f>J14*2505.32</f>
+        <f>J14*2423.95</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" outlineLevel="2">
       <c r="A15" s="8" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B15" s="8"/>
       <c r="C15" s="8"/>
       <c r="D15" s="8"/>
       <c r="E15" s="8"/>
       <c r="F15" s="8"/>
       <c r="G15" s="8"/>
       <c r="H15" s="8"/>
       <c r="I15" s="8"/>
       <c r="J15" s="8"/>
       <c r="K15" s="8"/>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>869955</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D16" s="1"/>
       <c r="E16" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="G16" s="2">
         <v>1</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K16" s="2" t="str">
-        <f>J16*5560.71</f>
+        <f>J16*5380.11</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>869956</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="D17" s="1"/>
       <c r="E17" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="F17" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G17" s="2">
         <v>0</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K17" s="2" t="str">
-        <f>J17*7414.15</f>
+        <f>J17*7173.36</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>869957</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="D18" s="1"/>
       <c r="E18" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="F18" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G18" s="2">
         <v>0</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K18" s="2" t="str">
-        <f>J18*9267.58</f>
+        <f>J18*8966.60</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>869958</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="D19" s="1"/>
       <c r="E19" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="F19" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G19" s="2">
         <v>0</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K19" s="2" t="str">
-        <f>J19*11121.22</f>
+        <f>J19*10760.04</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>869959</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="D20" s="1"/>
       <c r="E20" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="F20" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G20" s="2">
         <v>0</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K20" s="2" t="str">
-        <f>J20*12974.66</f>
+        <f>J20*12553.28</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>869960</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="D21" s="1"/>
       <c r="E21" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="F21" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G21" s="2">
         <v>0</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K21" s="2" t="str">
-        <f>J21*14828.29</f>
+        <f>J21*14346.72</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>869961</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D22" s="1"/>
       <c r="E22" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="G22" s="2">
         <v>1</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K22" s="2" t="str">
-        <f>J22*5486.62</f>
+        <f>J22*5308.43</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>869962</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="D23" s="1"/>
       <c r="E23" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="F23" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="F23" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G23" s="2">
         <v>0</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K23" s="2" t="str">
-        <f>J23*7315.69</f>
+        <f>J23*7078.10</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>869963</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D24" s="1"/>
       <c r="E24" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="F24" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="F24" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G24" s="2">
         <v>0</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K24" s="2" t="str">
-        <f>J24*9144.56</f>
+        <f>J24*8847.57</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>869964</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D25" s="1"/>
       <c r="E25" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="F25" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="F25" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G25" s="2">
         <v>0</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K25" s="2" t="str">
-        <f>J25*10973.43</f>
+        <f>J25*10617.05</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>869965</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="D26" s="1"/>
       <c r="E26" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="F26" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="F26" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G26" s="2">
         <v>0</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K26" s="2" t="str">
-        <f>J26*12802.30</f>
+        <f>J26*12386.53</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>869966</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="D27" s="1"/>
       <c r="E27" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="F27" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="F27" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G27" s="2">
         <v>0</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K27" s="2" t="str">
-        <f>J27*3872.35</f>
+        <f>J27*3746.59</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>869968</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D28" s="1"/>
       <c r="E28" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="F28" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="F28" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G28" s="2">
         <v>0</v>
       </c>
       <c r="H28" s="2">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K28" s="2" t="str">
-        <f>J28*5808.53</f>
+        <f>J28*5619.88</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>869970</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D29" s="1"/>
       <c r="E29" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F29" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="F29" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G29" s="2">
         <v>0</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K29" s="2" t="str">
-        <f>J29*7744.70</f>
+        <f>J29*7493.18</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>869972</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="D30" s="1"/>
       <c r="E30" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="G30" s="2">
         <v>2</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K30" s="2" t="str">
-        <f>J30*9680.88</f>
+        <f>J30*9366.47</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>869974</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="D31" s="1"/>
       <c r="E31" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="F31" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G31" s="2">
         <v>0</v>
       </c>
       <c r="H31" s="2">
         <v>0</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K31" s="2" t="str">
-        <f>J31*11617.05</f>
+        <f>J31*11239.77</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>869984</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="D32" s="1"/>
       <c r="E32" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="G32" s="2">
         <v>3</v>
       </c>
       <c r="H32" s="2">
         <v>0</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K32" s="2" t="str">
-        <f>J32*4217.06</f>
+        <f>J32*4080.10</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>869986</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="D33" s="1"/>
       <c r="E33" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="F33" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="F33" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G33" s="2">
         <v>0</v>
       </c>
       <c r="H33" s="2">
         <v>0</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K33" s="2" t="str">
-        <f>J33*6325.59</f>
+        <f>J33*6120.15</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>869988</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="D34" s="1"/>
       <c r="E34" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="F34" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="F34" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G34" s="2">
         <v>0</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K34" s="2" t="str">
-        <f>J34*8434.12</f>
+        <f>J34*8160.20</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>869990</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="D35" s="1"/>
       <c r="E35" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F35" s="2" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="G35" s="2">
         <v>3</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K35" s="2" t="str">
-        <f>J35*10542.64</f>
+        <f>J35*10200.25</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>869992</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="D36" s="1"/>
       <c r="E36" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="F36" s="2" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="G36" s="2">
         <v>5</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K36" s="2" t="str">
-        <f>J36*12651.17</f>
+        <f>J36*12240.30</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" outlineLevel="2">
       <c r="A37" s="8" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B37" s="8"/>
       <c r="C37" s="8"/>
       <c r="D37" s="8"/>
       <c r="E37" s="8"/>
       <c r="F37" s="8"/>
       <c r="G37" s="8"/>
       <c r="H37" s="8"/>
       <c r="I37" s="8"/>
       <c r="J37" s="8"/>
       <c r="K37" s="8"/>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>869993</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="D38" s="1"/>
       <c r="E38" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="F38" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="F38" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G38" s="2">
         <v>0</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K38" s="2" t="str">
-        <f>J38*5077.06</f>
+        <f>J38*4912.17</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>869994</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="D39" s="1"/>
       <c r="E39" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="F39" s="2" t="s">
         <v>114</v>
       </c>
-      <c r="F39" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G39" s="2">
         <v>0</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K39" s="2" t="str">
-        <f>J39*7013.23</f>
+        <f>J39*6785.46</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>869995</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D40" s="1"/>
       <c r="E40" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="F40" s="2" t="s">
         <v>117</v>
       </c>
-      <c r="F40" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G40" s="2">
         <v>0</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K40" s="2" t="str">
-        <f>J40*8949.41</f>
+        <f>J40*8658.76</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>869996</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="D41" s="1"/>
       <c r="E41" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="F41" s="2" t="s">
         <v>120</v>
       </c>
-      <c r="F41" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G41" s="2">
         <v>0</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K41" s="2" t="str">
-        <f>J41*10885.58</f>
+        <f>J41*10532.05</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>869997</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D42" s="1"/>
       <c r="E42" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="F42" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="F42" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G42" s="2">
         <v>0</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K42" s="2" t="str">
-        <f>J42*12821.76</f>
+        <f>J42*12405.35</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>869998</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D43" s="1"/>
       <c r="E43" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="F43" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G43" s="2">
         <v>0</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K43" s="2" t="str">
-        <f>J43*5912.29</f>
+        <f>J43*5720.28</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>869999</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="D44" s="1"/>
       <c r="E44" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="F44" s="2" t="s">
         <v>129</v>
       </c>
-      <c r="F44" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G44" s="2">
         <v>0</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K44" s="2" t="str">
-        <f>J44*6932.26</f>
+        <f>J44*6707.13</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>870000</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D45" s="1"/>
       <c r="E45" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="F45" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="F45" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G45" s="2">
         <v>0</v>
       </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
       <c r="I45" s="1">
         <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K45" s="2" t="str">
-        <f>J45*7952.23</f>
+        <f>J45*7693.97</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>870001</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="D46" s="1"/>
       <c r="E46" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="F46" s="2" t="s">
         <v>135</v>
       </c>
-      <c r="F46" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G46" s="2">
         <v>0</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K46" s="2" t="str">
-        <f>J46*8972.20</f>
+        <f>J46*8680.82</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>870002</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D47" s="1"/>
       <c r="E47" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="F47" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="F47" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G47" s="2">
         <v>0</v>
       </c>
       <c r="H47" s="2">
         <v>0</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K47" s="2" t="str">
-        <f>J47*9992.17</f>
+        <f>J47*9667.66</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>870003</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="D48" s="1"/>
       <c r="E48" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="F48" s="2" t="s">
         <v>141</v>
       </c>
-      <c r="F48" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G48" s="2">
         <v>0</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K48" s="2" t="str">
-        <f>J48*11012.15</f>
+        <f>J48*10654.51</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>870004</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D49" s="1"/>
       <c r="E49" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="F49" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="F49" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G49" s="2">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K49" s="2" t="str">
-        <f>J49*12032.12</f>
+        <f>J49*11641.35</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>870005</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="D50" s="1"/>
       <c r="E50" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="F50" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="F50" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G50" s="2">
         <v>0</v>
       </c>
       <c r="H50" s="2">
         <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K50" s="2" t="str">
-        <f>J50*13052.09</f>
+        <f>J50*12628.20</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
         <v>870006</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="D51" s="1"/>
       <c r="E51" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="F51" s="2" t="s">
         <v>150</v>
       </c>
-      <c r="F51" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G51" s="2">
         <v>0</v>
       </c>
       <c r="H51" s="2">
         <v>0</v>
       </c>
       <c r="I51" s="1">
         <v>0</v>
       </c>
       <c r="J51" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K51" s="2" t="str">
-        <f>J51*14072.06</f>
+        <f>J51*13615.04</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" outlineLevel="1">
       <c r="A52" s="7" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B52" s="7"/>
       <c r="C52" s="7"/>
       <c r="D52" s="7"/>
       <c r="E52" s="7"/>
       <c r="F52" s="7"/>
       <c r="G52" s="7"/>
       <c r="H52" s="7"/>
       <c r="I52" s="7"/>
       <c r="J52" s="7"/>
       <c r="K52" s="7"/>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" outlineLevel="2">
       <c r="A53" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B53" s="8"/>
       <c r="C53" s="8"/>
       <c r="D53" s="8"/>
       <c r="E53" s="8"/>
       <c r="F53" s="8"/>
       <c r="G53" s="8"/>
       <c r="H53" s="8"/>
       <c r="I53" s="8"/>
       <c r="J53" s="8"/>
       <c r="K53" s="8"/>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
         <v>823998</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D54" s="1"/>
       <c r="E54" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="F54" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="F54" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G54" s="2">
         <v>0</v>
       </c>
       <c r="H54" s="2">
         <v>0</v>
       </c>
       <c r="I54" s="1">
         <v>0</v>
       </c>
       <c r="J54" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K54" s="2" t="str">
-        <f>J54*2535.19</f>
+        <f>J54*2452.85</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
         <v>823999</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="D55" s="1"/>
       <c r="E55" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="F55" s="2" t="s">
         <v>158</v>
       </c>
-      <c r="F55" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G55" s="2">
         <v>0</v>
       </c>
       <c r="H55" s="2">
         <v>0</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K55" s="2" t="str">
-        <f>J55*3802.78</f>
+        <f>J55*3679.28</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A56" s="1"/>
       <c r="B56" s="1">
         <v>824000</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="D56" s="1"/>
       <c r="E56" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="F56" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="F56" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G56" s="2">
         <v>0</v>
       </c>
       <c r="H56" s="2">
         <v>0</v>
       </c>
       <c r="I56" s="1">
         <v>0</v>
       </c>
       <c r="J56" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K56" s="2" t="str">
-        <f>J56*5070.37</f>
+        <f>J56*4905.71</f>
         <v>0</v>
       </c>
       <c r="L56" s="5"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
         <v>824001</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D57" s="1"/>
       <c r="E57" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="F57" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="F57" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G57" s="2">
         <v>0</v>
       </c>
       <c r="H57" s="2">
         <v>0</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K57" s="2" t="str">
-        <f>J57*6337.97</f>
+        <f>J57*6132.13</f>
         <v>0</v>
       </c>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A58" s="1"/>
       <c r="B58" s="1">
         <v>824002</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="D58" s="1"/>
       <c r="E58" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="F58" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="F58" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G58" s="2">
         <v>0</v>
       </c>
       <c r="H58" s="2">
         <v>0</v>
       </c>
       <c r="I58" s="1">
         <v>0</v>
       </c>
       <c r="J58" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K58" s="2" t="str">
-        <f>J58*7605.36</f>
+        <f>J58*7358.37</f>
         <v>0</v>
       </c>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
         <v>869909</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="D59" s="1"/>
       <c r="E59" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="F59" s="2" t="s">
         <v>170</v>
       </c>
-      <c r="F59" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G59" s="2">
         <v>0</v>
       </c>
       <c r="H59" s="2">
         <v>0</v>
       </c>
       <c r="I59" s="1">
         <v>0</v>
       </c>
       <c r="J59" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K59" s="2" t="str">
-        <f>J59*2281.67</f>
+        <f>J59*2207.57</f>
         <v>0</v>
       </c>
       <c r="L59" s="5"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A60" s="1"/>
       <c r="B60" s="1">
         <v>869910</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="D60" s="1"/>
       <c r="E60" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="F60" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="F60" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G60" s="2">
         <v>0</v>
       </c>
       <c r="H60" s="2">
         <v>0</v>
       </c>
       <c r="I60" s="1">
         <v>0</v>
       </c>
       <c r="J60" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K60" s="2" t="str">
-        <f>J60*3422.50</f>
+        <f>J60*3311.35</f>
         <v>0</v>
       </c>
       <c r="L60" s="5"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A61" s="1"/>
       <c r="B61" s="1">
         <v>869911</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="D61" s="1"/>
       <c r="E61" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="F61" s="2" t="s">
         <v>176</v>
       </c>
-      <c r="F61" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G61" s="2">
         <v>0</v>
       </c>
       <c r="H61" s="2">
         <v>0</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K61" s="2" t="str">
-        <f>J61*4563.34</f>
+        <f>J61*4415.13</f>
         <v>0</v>
       </c>
       <c r="L61" s="5"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A62" s="1"/>
       <c r="B62" s="1">
         <v>869912</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="D62" s="1"/>
       <c r="E62" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="F62" s="2" t="s">
         <v>179</v>
       </c>
-      <c r="F62" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G62" s="2">
         <v>0</v>
       </c>
       <c r="H62" s="2">
         <v>0</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K62" s="2" t="str">
-        <f>J62*5704.17</f>
+        <f>J62*5518.92</f>
         <v>0</v>
       </c>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A63" s="1"/>
       <c r="B63" s="1">
         <v>869913</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="D63" s="1"/>
       <c r="E63" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="F63" s="2" t="s">
         <v>182</v>
       </c>
-      <c r="F63" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G63" s="2">
         <v>0</v>
       </c>
       <c r="H63" s="2">
         <v>0</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K63" s="2" t="str">
-        <f>J63*6845.01</f>
+        <f>J63*6622.70</f>
         <v>0</v>
       </c>
       <c r="L63" s="5"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A64" s="1"/>
       <c r="B64" s="1">
         <v>869914</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="D64" s="1"/>
       <c r="E64" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="F64" s="2" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="G64" s="2">
         <v>6</v>
       </c>
       <c r="H64" s="2">
         <v>0</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K64" s="2" t="str">
-        <f>J64*3472.81</f>
+        <f>J64*3360.03</f>
         <v>0</v>
       </c>
       <c r="L64" s="5"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A65" s="1"/>
       <c r="B65" s="1">
         <v>869915</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="D65" s="1"/>
       <c r="E65" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="F65" s="2" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="G65" s="2">
         <v>5</v>
       </c>
       <c r="H65" s="2">
         <v>0</v>
       </c>
       <c r="I65" s="1">
         <v>0</v>
       </c>
       <c r="J65" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K65" s="2" t="str">
-        <f>J65*4630.35</f>
+        <f>J65*4479.97</f>
         <v>0</v>
       </c>
       <c r="L65" s="5"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
         <v>869916</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D66" s="1"/>
       <c r="E66" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="F66" s="2" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="G66" s="2">
         <v>5</v>
       </c>
       <c r="H66" s="2">
         <v>0</v>
       </c>
       <c r="I66" s="1">
         <v>0</v>
       </c>
       <c r="J66" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K66" s="2" t="str">
-        <f>J66*5787.89</f>
+        <f>J66*5599.92</f>
         <v>0</v>
       </c>
       <c r="L66" s="5"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A67" s="1"/>
       <c r="B67" s="1">
         <v>869917</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="D67" s="1"/>
       <c r="E67" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="F67" s="2" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="G67" s="2">
         <v>6</v>
       </c>
       <c r="H67" s="2">
         <v>0</v>
       </c>
       <c r="I67" s="1">
         <v>0</v>
       </c>
       <c r="J67" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K67" s="2" t="str">
-        <f>J67*6945.63</f>
+        <f>J67*6720.06</f>
         <v>0</v>
       </c>
       <c r="L67" s="5"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A68" s="1"/>
       <c r="B68" s="1">
         <v>869918</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="D68" s="1"/>
       <c r="E68" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="F68" s="2" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="G68" s="2">
         <v>5</v>
       </c>
       <c r="H68" s="2">
         <v>0</v>
       </c>
       <c r="I68" s="1">
         <v>0</v>
       </c>
       <c r="J68" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K68" s="2" t="str">
-        <f>J68*8103.17</f>
+        <f>J68*7840.00</f>
         <v>0</v>
       </c>
       <c r="L68" s="5"/>
     </row>
     <row r="69" spans="1:12" outlineLevel="1">
       <c r="A69" s="7" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B69" s="7"/>
       <c r="C69" s="7"/>
       <c r="D69" s="7"/>
       <c r="E69" s="7"/>
       <c r="F69" s="7"/>
       <c r="G69" s="7"/>
       <c r="H69" s="7"/>
       <c r="I69" s="7"/>
       <c r="J69" s="7"/>
       <c r="K69" s="7"/>
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="1:12" outlineLevel="2">
       <c r="A70" s="8" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B70" s="8"/>
       <c r="C70" s="8"/>
       <c r="D70" s="8"/>
       <c r="E70" s="8"/>
       <c r="F70" s="8"/>
       <c r="G70" s="8"/>
       <c r="H70" s="8"/>
       <c r="I70" s="8"/>
       <c r="J70" s="8"/>
       <c r="K70" s="8"/>
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A71" s="1"/>
       <c r="B71" s="1">
         <v>819194</v>
       </c>
       <c r="C71" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="D71" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="D71" s="1" t="s">
+      <c r="E71" s="2" t="s">
         <v>202</v>
       </c>
-      <c r="E71" s="2" t="s">
+      <c r="F71" s="2" t="s">
         <v>203</v>
       </c>
-      <c r="F71" s="2" t="s">
-[...3 lines deleted...]
-        <v>16</v>
+      <c r="G71" s="2">
+        <v>0</v>
       </c>
       <c r="H71" s="2">
         <v>0</v>
       </c>
       <c r="I71" s="1">
         <v>0</v>
       </c>
       <c r="J71" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K71" s="2" t="str">
-        <f>J71*203.87</f>
+        <f>J71*203.79</f>
         <v>0</v>
       </c>
       <c r="L71" s="5"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A72" s="1"/>
       <c r="B72" s="1">
         <v>819195</v>
       </c>
       <c r="C72" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="D72" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="D72" s="1" t="s">
+      <c r="E72" s="2" t="s">
         <v>206</v>
       </c>
-      <c r="E72" s="2" t="s">
+      <c r="F72" s="2" t="s">
         <v>207</v>
       </c>
-      <c r="F72" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G72" s="2">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="H72" s="2">
         <v>0</v>
       </c>
       <c r="I72" s="1">
         <v>0</v>
       </c>
       <c r="J72" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K72" s="2" t="str">
-        <f>J72*221.72</f>
+        <f>J72*221.64</f>
         <v>0</v>
       </c>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A73" s="1"/>
       <c r="B73" s="1">
         <v>819196</v>
       </c>
       <c r="C73" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D73" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="D73" s="1" t="s">
+      <c r="E73" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="E73" s="2" t="s">
+      <c r="F73" s="2" t="s">
         <v>211</v>
       </c>
-      <c r="F73" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G73" s="2">
         <v>0</v>
       </c>
       <c r="H73" s="2">
         <v>0</v>
       </c>
       <c r="I73" s="1">
         <v>0</v>
       </c>
       <c r="J73" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K73" s="2" t="str">
-        <f>J73*254.46</f>
+        <f>J73*254.36</f>
         <v>0</v>
       </c>
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A74" s="1"/>
       <c r="B74" s="1">
         <v>819197</v>
       </c>
       <c r="C74" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="D74" s="1" t="s">
         <v>213</v>
       </c>
-      <c r="D74" s="1" t="s">
+      <c r="E74" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="E74" s="2" t="s">
+      <c r="F74" s="2" t="s">
         <v>215</v>
       </c>
-      <c r="F74" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G74" s="2">
         <v>0</v>
       </c>
       <c r="H74" s="2">
         <v>0</v>
       </c>
       <c r="I74" s="1">
         <v>0</v>
       </c>
       <c r="J74" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K74" s="2" t="str">
-        <f>J74*269.34</f>
+        <f>J74*269.24</f>
         <v>0</v>
       </c>
       <c r="L74" s="5"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A75" s="1"/>
       <c r="B75" s="1">
         <v>819198</v>
       </c>
       <c r="C75" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="D75" s="1" t="s">
         <v>217</v>
       </c>
-      <c r="D75" s="1" t="s">
+      <c r="E75" s="2" t="s">
         <v>218</v>
       </c>
-      <c r="E75" s="2" t="s">
+      <c r="F75" s="2" t="s">
         <v>219</v>
       </c>
-      <c r="F75" s="2" t="s">
+      <c r="G75" s="2" t="s">
         <v>220</v>
       </c>
-      <c r="G75" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H75" s="2">
         <v>0</v>
       </c>
       <c r="I75" s="1">
         <v>0</v>
       </c>
       <c r="J75" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K75" s="2" t="str">
-        <f>J75*279.76</f>
+        <f>J75*279.65</f>
         <v>0</v>
       </c>
       <c r="L75" s="5"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A76" s="1"/>
       <c r="B76" s="1">
         <v>819199</v>
       </c>
       <c r="C76" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="D76" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="D76" s="1" t="s">
+      <c r="E76" s="2" t="s">
         <v>223</v>
       </c>
-      <c r="E76" s="2" t="s">
+      <c r="F76" s="2" t="s">
         <v>224</v>
       </c>
-      <c r="F76" s="2" t="s">
-[...3 lines deleted...]
-        <v>-2</v>
+      <c r="G76" s="2" t="s">
+        <v>220</v>
       </c>
       <c r="H76" s="2">
         <v>0</v>
       </c>
       <c r="I76" s="1">
         <v>0</v>
       </c>
       <c r="J76" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K76" s="2" t="str">
-        <f>J76*294.64</f>
+        <f>J76*294.53</f>
         <v>0</v>
       </c>
       <c r="L76" s="5"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A77" s="1"/>
       <c r="B77" s="1">
         <v>819208</v>
       </c>
       <c r="C77" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D77" s="1" t="s">
         <v>226</v>
       </c>
-      <c r="D77" s="1" t="s">
+      <c r="E77" s="2" t="s">
         <v>227</v>
       </c>
-      <c r="E77" s="2" t="s">
+      <c r="F77" s="2" t="s">
         <v>228</v>
       </c>
-      <c r="F77" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G77" s="2">
         <v>0</v>
       </c>
       <c r="H77" s="2" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="I77" s="1">
         <v>0</v>
       </c>
       <c r="J77" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K77" s="2" t="str">
         <f>J77*518.00</f>
         <v>0</v>
       </c>
       <c r="L77" s="5"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A78" s="1"/>
       <c r="B78" s="1">
         <v>819211</v>
       </c>
       <c r="C78" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="E78" s="2" t="s">
         <v>231</v>
       </c>
-      <c r="D78" s="1" t="s">
+      <c r="F78" s="2" t="s">
         <v>232</v>
       </c>
-      <c r="E78" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G78" s="2">
         <v>0</v>
       </c>
       <c r="H78" s="2">
         <v>0</v>
       </c>
       <c r="I78" s="1">
         <v>0</v>
       </c>
       <c r="J78" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K78" s="2" t="str">
         <f>J78*605.00</f>
         <v>0</v>
       </c>
       <c r="L78" s="5"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A79" s="1"/>
       <c r="B79" s="1">
         <v>825236</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="D79" s="1"/>
       <c r="E79" s="2" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-        <v>221</v>
+        <v>235</v>
+      </c>
+      <c r="G79" s="2">
+        <v>0</v>
       </c>
       <c r="H79" s="2">
         <v>0</v>
       </c>
       <c r="I79" s="1">
         <v>0</v>
       </c>
       <c r="J79" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K79" s="2" t="str">
         <f>J79*215.46</f>
         <v>0</v>
       </c>
       <c r="L79" s="5"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A80" s="1"/>
       <c r="B80" s="1">
         <v>825237</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="D80" s="1"/>
       <c r="E80" s="2" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="G80" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="H80" s="2">
         <v>0</v>
       </c>
       <c r="I80" s="1">
         <v>0</v>
       </c>
       <c r="J80" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K80" s="2" t="str">
         <f>J80*232.56</f>
         <v>0</v>
       </c>
       <c r="L80" s="5"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A81" s="1"/>
       <c r="B81" s="1">
         <v>825238</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="D81" s="1"/>
       <c r="E81" s="2" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>241</v>
+      </c>
+      <c r="G81" s="2">
+        <v>0</v>
       </c>
       <c r="H81" s="2">
         <v>0</v>
       </c>
       <c r="I81" s="1">
         <v>0</v>
       </c>
       <c r="J81" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K81" s="2" t="str">
         <f>J81*280.44</f>
         <v>0</v>
       </c>
       <c r="L81" s="5"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A82" s="1"/>
       <c r="B82" s="1">
         <v>825239</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="D82" s="1"/>
       <c r="E82" s="2" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="G82" s="2">
         <v>0</v>
       </c>
       <c r="H82" s="2">
         <v>0</v>
       </c>
       <c r="I82" s="1">
         <v>0</v>
       </c>
       <c r="J82" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K82" s="2" t="str">
         <f>J82*299.25</f>
         <v>0</v>
       </c>
       <c r="L82" s="5"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A83" s="1"/>
       <c r="B83" s="1">
         <v>828475</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="D83" s="1"/>
       <c r="E83" s="2" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="G83" s="2">
         <v>0</v>
       </c>
       <c r="H83" s="2">
         <v>0</v>
       </c>
       <c r="I83" s="1">
         <v>0</v>
       </c>
       <c r="J83" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K83" s="2" t="str">
         <f>J83*263.34</f>
         <v>0</v>
       </c>
       <c r="L83" s="5"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A84" s="1"/>
       <c r="B84" s="1">
         <v>828476</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="D84" s="1"/>
       <c r="E84" s="2" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="G84" s="2">
         <v>0</v>
       </c>
       <c r="H84" s="2">
         <v>0</v>
       </c>
       <c r="I84" s="1">
         <v>0</v>
       </c>
       <c r="J84" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K84" s="2" t="str">
         <f>J84*280.44</f>
         <v>0</v>
       </c>
       <c r="L84" s="5"/>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A85" s="1"/>
       <c r="B85" s="1">
         <v>834439</v>
       </c>
       <c r="C85" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="E85" s="2" t="s">
         <v>252</v>
       </c>
-      <c r="D85" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F85" s="2" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-        <v>256</v>
+        <v>219</v>
+      </c>
+      <c r="G85" s="2">
+        <v>3</v>
       </c>
       <c r="H85" s="2">
         <v>0</v>
       </c>
       <c r="I85" s="1">
         <v>0</v>
       </c>
       <c r="J85" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K85" s="2" t="str">
-        <f>J85*275.29</f>
+        <f>J85*279.65</f>
         <v>0</v>
       </c>
       <c r="L85" s="5"/>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A86" s="1"/>
       <c r="B86" s="1">
         <v>834440</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>260</v>
-[...1 lines deleted...]
-      <c r="G86" s="2" t="s">
         <v>256</v>
       </c>
+      <c r="G86" s="2">
+        <v>0</v>
+      </c>
       <c r="H86" s="2">
         <v>0</v>
       </c>
       <c r="I86" s="1">
         <v>0</v>
       </c>
       <c r="J86" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K86" s="2" t="str">
-        <f>J86*291.66</f>
+        <f>J86*291.55</f>
         <v>0</v>
       </c>
       <c r="L86" s="5"/>
     </row>
     <row r="87" spans="1:12" outlineLevel="2">
       <c r="A87" s="8" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="B87" s="8"/>
       <c r="C87" s="8"/>
       <c r="D87" s="8"/>
       <c r="E87" s="8"/>
       <c r="F87" s="8"/>
       <c r="G87" s="8"/>
       <c r="H87" s="8"/>
       <c r="I87" s="8"/>
       <c r="J87" s="8"/>
       <c r="K87" s="8"/>
       <c r="L87" s="5"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A88" s="1"/>
       <c r="B88" s="1">
         <v>819220</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="G88" s="2" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="H88" s="2">
         <v>0</v>
       </c>
       <c r="I88" s="1">
         <v>0</v>
       </c>
       <c r="J88" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K88" s="2" t="str">
-        <f>J88*43.15</f>
+        <f>J88*43.14</f>
         <v>0</v>
       </c>
       <c r="L88" s="5"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A89" s="1"/>
       <c r="B89" s="1">
         <v>819221</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>265</v>
+      </c>
+      <c r="G89" s="2" t="s">
+        <v>220</v>
       </c>
       <c r="H89" s="2">
         <v>0</v>
       </c>
       <c r="I89" s="1">
         <v>0</v>
       </c>
       <c r="J89" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K89" s="2" t="str">
-        <f>J89*56.55</f>
+        <f>J89*60.99</f>
         <v>0</v>
       </c>
       <c r="L89" s="5"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A90" s="1"/>
       <c r="B90" s="1">
         <v>819222</v>
       </c>
       <c r="C90" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="E90" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="F90" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="G90" s="2" t="s">
         <v>270</v>
       </c>
-      <c r="D90" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H90" s="2">
         <v>0</v>
       </c>
       <c r="I90" s="1">
         <v>0</v>
       </c>
       <c r="J90" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K90" s="2" t="str">
-        <f>J90*69.94</f>
+        <f>J90*72.89</f>
         <v>0</v>
       </c>
       <c r="L90" s="5"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A91" s="1"/>
       <c r="B91" s="1">
         <v>819223</v>
       </c>
       <c r="C91" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="E91" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="F91" s="2" t="s">
         <v>274</v>
       </c>
-      <c r="D91" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G91" s="2">
         <v>0</v>
       </c>
       <c r="H91" s="2">
         <v>0</v>
       </c>
       <c r="I91" s="1">
         <v>0</v>
       </c>
       <c r="J91" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K91" s="2" t="str">
         <f>J91*722.00</f>
         <v>0</v>
       </c>
       <c r="L91" s="5"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A92" s="1"/>
       <c r="B92" s="1">
         <v>819224</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="E92" s="2" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="G92" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H92" s="2" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="I92" s="1">
         <v>0</v>
       </c>
       <c r="J92" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K92" s="2" t="str">
         <f>J92*722.00</f>
         <v>0</v>
       </c>
       <c r="L92" s="5"/>
     </row>
     <row r="93" spans="1:12" outlineLevel="2">
       <c r="A93" s="8" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="B93" s="8"/>
       <c r="C93" s="8"/>
       <c r="D93" s="8"/>
       <c r="E93" s="8"/>
       <c r="F93" s="8"/>
       <c r="G93" s="8"/>
       <c r="H93" s="8"/>
       <c r="I93" s="8"/>
       <c r="J93" s="8"/>
       <c r="K93" s="8"/>
       <c r="L93" s="5"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A94" s="1"/>
       <c r="B94" s="1">
         <v>819212</v>
       </c>
       <c r="C94" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="E94" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="F94" s="2" t="s">
         <v>282</v>
       </c>
-      <c r="D94" s="1" t="s">
+      <c r="G94" s="2" t="s">
         <v>283</v>
       </c>
-      <c r="E94" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H94" s="2">
         <v>0</v>
       </c>
       <c r="I94" s="1">
         <v>0</v>
       </c>
       <c r="J94" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K94" s="2" t="str">
         <f>J94*31.18</f>
         <v>0</v>
       </c>
       <c r="L94" s="5"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A95" s="1"/>
       <c r="B95" s="1">
         <v>819213</v>
       </c>
       <c r="C95" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="E95" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="F95" s="2" t="s">
         <v>287</v>
       </c>
-      <c r="D95" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G95" s="2" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="H95" s="2">
         <v>0</v>
       </c>
       <c r="I95" s="1">
         <v>0</v>
       </c>
       <c r="J95" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K95" s="2" t="str">
         <f>J95*25.90</f>
         <v>0</v>
       </c>
       <c r="L95" s="5"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A96" s="1"/>
       <c r="B96" s="1">
         <v>819218</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="D96" s="1"/>
       <c r="E96" s="2" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="G96" s="2">
         <v>0</v>
       </c>
       <c r="H96" s="2">
         <v>0</v>
       </c>
       <c r="I96" s="1">
         <v>0</v>
       </c>
       <c r="J96" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K96" s="2" t="str">
         <f>J96*204.85</f>
         <v>0</v>
       </c>
       <c r="L96" s="5"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A97" s="1"/>
       <c r="B97" s="1">
         <v>819219</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="D97" s="1"/>
       <c r="E97" s="2" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="G97" s="2">
         <v>0</v>
       </c>
       <c r="H97" s="2">
         <v>0</v>
       </c>
       <c r="I97" s="1">
         <v>0</v>
       </c>
       <c r="J97" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K97" s="2" t="str">
         <f>J97*42.33</f>
         <v>0</v>
       </c>
       <c r="L97" s="5"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A98" s="1"/>
       <c r="B98" s="1">
         <v>823967</v>
       </c>
       <c r="C98" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="E98" s="2" t="s">
+        <v>296</v>
+      </c>
+      <c r="F98" s="2" t="s">
         <v>297</v>
       </c>
-      <c r="D98" s="1" t="s">
+      <c r="G98" s="2" t="s">
         <v>298</v>
       </c>
-      <c r="E98" s="2" t="s">
+      <c r="H98" s="2">
+        <v>0</v>
+      </c>
+      <c r="I98" s="1">
+        <v>0</v>
+      </c>
+      <c r="J98" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="F98" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K98" s="2" t="str">
-        <f>J98*87.80</f>
+        <f>J98*89.25</f>
         <v>0</v>
       </c>
       <c r="L98" s="5"/>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A99" s="1"/>
       <c r="B99" s="1">
         <v>824558</v>
       </c>
       <c r="C99" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="E99" s="2" t="s">
         <v>302</v>
       </c>
-      <c r="D99" s="1" t="s">
+      <c r="F99" s="2" t="s">
         <v>303</v>
       </c>
-      <c r="E99" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G99" s="2">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="H99" s="2">
         <v>0</v>
       </c>
       <c r="I99" s="1">
         <v>0</v>
       </c>
       <c r="J99" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K99" s="2" t="str">
-        <f>J99*458.33</f>
+        <f>J99*428.40</f>
         <v>0</v>
       </c>
       <c r="L99" s="5"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A100" s="1"/>
       <c r="B100" s="1">
         <v>825240</v>
       </c>
       <c r="C100" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="E100" s="2" t="s">
         <v>306</v>
       </c>
-      <c r="D100" s="1" t="s">
+      <c r="F100" s="2" t="s">
         <v>307</v>
       </c>
-      <c r="E100" s="2" t="s">
+      <c r="G100" s="2" t="s">
         <v>308</v>
       </c>
-      <c r="F100" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H100" s="2">
         <v>0</v>
       </c>
       <c r="I100" s="1">
         <v>0</v>
       </c>
       <c r="J100" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K100" s="2" t="str">
         <f>J100*56.00</f>
         <v>0</v>
       </c>
       <c r="L100" s="5"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A101" s="1"/>
       <c r="B101" s="1">
         <v>825241</v>
       </c>
       <c r="C101" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="E101" s="2" t="s">
         <v>311</v>
       </c>
-      <c r="D101" s="1" t="s">
+      <c r="F101" s="2" t="s">
         <v>312</v>
       </c>
-      <c r="E101" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G101" s="2" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="H101" s="2">
         <v>0</v>
       </c>
       <c r="I101" s="1">
         <v>0</v>
       </c>
       <c r="J101" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K101" s="2" t="str">
         <f>J101*36.30</f>
         <v>0</v>
       </c>
       <c r="L101" s="5"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A102" s="1"/>
       <c r="B102" s="1">
         <v>825242</v>
       </c>
       <c r="C102" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="E102" s="2" t="s">
         <v>315</v>
       </c>
-      <c r="D102" s="1" t="s">
+      <c r="F102" s="2" t="s">
         <v>316</v>
       </c>
-      <c r="E102" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G102" s="2" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="H102" s="2">
         <v>0</v>
       </c>
       <c r="I102" s="1">
         <v>0</v>
       </c>
       <c r="J102" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K102" s="2" t="str">
         <f>J102*39.74</f>
         <v>0</v>
       </c>
       <c r="L102" s="5"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A103" s="1"/>
       <c r="B103" s="1">
         <v>825243</v>
       </c>
       <c r="C103" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="E103" s="2" t="s">
         <v>319</v>
       </c>
-      <c r="D103" s="1" t="s">
+      <c r="F103" s="2" t="s">
         <v>320</v>
       </c>
-      <c r="E103" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G103" s="2" t="s">
-        <v>310</v>
+        <v>220</v>
       </c>
       <c r="H103" s="2">
         <v>0</v>
       </c>
       <c r="I103" s="1">
         <v>0</v>
       </c>
       <c r="J103" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K103" s="2" t="str">
         <f>J103*43.00</f>
         <v>0</v>
       </c>
       <c r="L103" s="5"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A104" s="1"/>
       <c r="B104" s="1">
         <v>825244</v>
       </c>
       <c r="C104" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="E104" s="2" t="s">
         <v>323</v>
       </c>
-      <c r="D104" s="1" t="s">
+      <c r="F104" s="2" t="s">
         <v>324</v>
       </c>
-      <c r="E104" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G104" s="2" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="H104" s="2">
         <v>0</v>
       </c>
       <c r="I104" s="1">
         <v>0</v>
       </c>
       <c r="J104" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K104" s="2" t="str">
         <f>J104*42.84</f>
         <v>0</v>
       </c>
       <c r="L104" s="5"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A105" s="1"/>
       <c r="B105" s="1">
         <v>825245</v>
       </c>
       <c r="C105" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="E105" s="2" t="s">
         <v>327</v>
       </c>
-      <c r="D105" s="1" t="s">
+      <c r="F105" s="2" t="s">
         <v>328</v>
       </c>
-      <c r="E105" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G105" s="2">
         <v>0</v>
       </c>
       <c r="H105" s="2">
         <v>0</v>
       </c>
       <c r="I105" s="1">
         <v>0</v>
       </c>
       <c r="J105" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K105" s="2" t="str">
         <f>J105*66.24</f>
         <v>0</v>
       </c>
       <c r="L105" s="5"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A106" s="1"/>
       <c r="B106" s="1">
         <v>825246</v>
       </c>
       <c r="C106" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="E106" s="2" t="s">
         <v>331</v>
       </c>
-      <c r="D106" s="1" t="s">
+      <c r="F106" s="2" t="s">
         <v>332</v>
       </c>
-      <c r="E106" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G106" s="2" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="H106" s="2">
         <v>0</v>
       </c>
       <c r="I106" s="1">
         <v>0</v>
       </c>
       <c r="J106" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K106" s="2" t="str">
         <f>J106*70.00</f>
         <v>0</v>
       </c>
       <c r="L106" s="5"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A107" s="1"/>
       <c r="B107" s="1">
         <v>825247</v>
       </c>
       <c r="C107" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="E107" s="2" t="s">
         <v>335</v>
       </c>
-      <c r="D107" s="1" t="s">
+      <c r="F107" s="2" t="s">
         <v>336</v>
       </c>
-      <c r="E107" s="2" t="s">
-[...6 lines deleted...]
-        <v>256</v>
+      <c r="G107" s="2">
+        <v>0</v>
       </c>
       <c r="H107" s="2">
         <v>0</v>
       </c>
       <c r="I107" s="1">
         <v>0</v>
       </c>
       <c r="J107" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K107" s="2" t="str">
         <f>J107*391.00</f>
         <v>0</v>
       </c>
       <c r="L107" s="5"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A108" s="1"/>
       <c r="B108" s="1">
         <v>826589</v>
       </c>
       <c r="C108" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="E108" s="2" t="s">
         <v>339</v>
       </c>
-      <c r="D108" s="1" t="s">
+      <c r="F108" s="2" t="s">
         <v>340</v>
       </c>
-      <c r="E108" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G108" s="2" t="s">
-        <v>221</v>
+        <v>270</v>
       </c>
       <c r="H108" s="2">
         <v>0</v>
       </c>
       <c r="I108" s="1">
         <v>0</v>
       </c>
       <c r="J108" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K108" s="2" t="str">
-        <f>J108*69.94</f>
+        <f>J108*71.40</f>
         <v>0</v>
       </c>
       <c r="L108" s="5"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A109" s="1"/>
       <c r="B109" s="1">
         <v>884587</v>
       </c>
       <c r="C109" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="D109" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="D109" s="1" t="s">
+      <c r="E109" s="2" t="s">
         <v>343</v>
       </c>
-      <c r="E109" s="2" t="s">
+      <c r="F109" s="2" t="s">
         <v>344</v>
       </c>
-      <c r="F109" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G109" s="2" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="H109" s="2">
         <v>0</v>
       </c>
       <c r="I109" s="1">
         <v>0</v>
       </c>
       <c r="J109" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K109" s="2" t="str">
-        <f>J109*56.55</f>
+        <f>J109*56.53</f>
         <v>0</v>
       </c>
       <c r="L109" s="5"/>
     </row>
     <row r="110" spans="1:12" outlineLevel="2">
       <c r="A110" s="8" t="s">
         <v>345</v>
       </c>
       <c r="B110" s="8"/>
       <c r="C110" s="8"/>
       <c r="D110" s="8"/>
       <c r="E110" s="8"/>
       <c r="F110" s="8"/>
       <c r="G110" s="8"/>
       <c r="H110" s="8"/>
       <c r="I110" s="8"/>
       <c r="J110" s="8"/>
       <c r="K110" s="8"/>
       <c r="L110" s="5"/>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A111" s="1"/>
       <c r="B111" s="1">
         <v>819234</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>346</v>
       </c>
       <c r="D111" s="1">
         <v>4587</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>347</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>348</v>
       </c>
       <c r="G111" s="2">
         <v>0</v>
       </c>
       <c r="H111" s="2">
         <v>0</v>
       </c>
       <c r="I111" s="1">
         <v>0</v>
       </c>
       <c r="J111" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K111" s="2" t="str">
         <f>J111*58.07</f>
         <v>0</v>
       </c>
       <c r="L111" s="5"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A112" s="1"/>
       <c r="B112" s="1">
         <v>819235</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>349</v>
       </c>
       <c r="D112" s="1">
         <v>4588</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>350</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>351</v>
       </c>
       <c r="G112" s="2">
         <v>0</v>
       </c>
       <c r="H112" s="2">
         <v>0</v>
       </c>
       <c r="I112" s="1">
         <v>0</v>
       </c>
       <c r="J112" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K112" s="2" t="str">
         <f>J112*87.21</f>
         <v>0</v>
       </c>
       <c r="L112" s="5"/>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A113" s="1"/>
       <c r="B113" s="1">
         <v>819236</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>352</v>
       </c>
       <c r="D113" s="1">
         <v>4589</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>353</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>354</v>
       </c>
       <c r="G113" s="2">
         <v>0</v>
       </c>
       <c r="H113" s="2">
         <v>0</v>
       </c>
       <c r="I113" s="1">
         <v>0</v>
       </c>
       <c r="J113" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K113" s="2" t="str">
         <f>J113*73.64</f>
         <v>0</v>
       </c>
       <c r="L113" s="5"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A114" s="1"/>
       <c r="B114" s="1">
         <v>819237</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>355</v>
       </c>
       <c r="D114" s="1">
         <v>4590</v>
       </c>
       <c r="E114" s="2" t="s">
         <v>356</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>351</v>
       </c>
       <c r="G114" s="2">
         <v>0</v>
       </c>
       <c r="H114" s="2">
         <v>0</v>
       </c>
       <c r="I114" s="1">
         <v>0</v>
       </c>
       <c r="J114" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K114" s="2" t="str">
         <f>J114*87.21</f>
         <v>0</v>
       </c>
       <c r="L114" s="5"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A115" s="1"/>
       <c r="B115" s="1">
         <v>819238</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>357</v>
       </c>
       <c r="D115" s="1">
         <v>4585</v>
       </c>
       <c r="E115" s="2" t="s">
         <v>358</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>359</v>
       </c>
       <c r="G115" s="2">
         <v>0</v>
       </c>
       <c r="H115" s="2">
         <v>0</v>
       </c>
       <c r="I115" s="1">
         <v>0</v>
       </c>
       <c r="J115" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K115" s="2" t="str">
-        <f>J115*25.30</f>
+        <f>J115*25.29</f>
         <v>0</v>
       </c>
       <c r="L115" s="5"/>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A116" s="1"/>
       <c r="B116" s="1">
         <v>819239</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>360</v>
       </c>
       <c r="D116" s="1">
         <v>4586</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>361</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>362</v>
       </c>
       <c r="G116" s="2">
         <v>0</v>
       </c>
       <c r="H116" s="2">
         <v>0</v>
       </c>
       <c r="I116" s="1">
         <v>0</v>
       </c>
       <c r="J116" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K116" s="2" t="str">
-        <f>J116*34.23</f>
+        <f>J116*34.21</f>
         <v>0</v>
       </c>
       <c r="L116" s="5"/>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A117" s="1"/>
       <c r="B117" s="1">
         <v>819240</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>363</v>
       </c>
       <c r="D117" s="1">
         <v>4744</v>
       </c>
       <c r="E117" s="2" t="s">
         <v>364</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>365</v>
       </c>
       <c r="G117" s="2" t="s">
-        <v>221</v>
+        <v>270</v>
       </c>
       <c r="H117" s="2">
         <v>0</v>
       </c>
       <c r="I117" s="1">
         <v>0</v>
       </c>
       <c r="J117" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K117" s="2" t="str">
         <f>J117*64.60</f>
         <v>0</v>
       </c>
       <c r="L117" s="5"/>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A118" s="1"/>
       <c r="B118" s="1">
         <v>819241</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>366</v>
       </c>
       <c r="D118" s="1">
         <v>4743</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>367</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>368</v>
       </c>
       <c r="G118" s="2" t="s">
-        <v>256</v>
+        <v>369</v>
       </c>
       <c r="H118" s="2">
         <v>0</v>
       </c>
       <c r="I118" s="1">
         <v>0</v>
       </c>
       <c r="J118" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K118" s="2" t="str">
         <f>J118*50.83</f>
         <v>0</v>
       </c>
       <c r="L118" s="5"/>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A119" s="1"/>
       <c r="B119" s="1">
         <v>819242</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D119" s="1">
         <v>4591</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-        <v>256</v>
+        <v>372</v>
+      </c>
+      <c r="G119" s="2">
+        <v>0</v>
       </c>
       <c r="H119" s="2">
         <v>0</v>
       </c>
       <c r="I119" s="1">
         <v>0</v>
       </c>
       <c r="J119" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K119" s="2" t="str">
         <f>J119*102.68</f>
         <v>0</v>
       </c>
       <c r="L119" s="5"/>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A120" s="1"/>
       <c r="B120" s="1">
         <v>819244</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="E120" s="2" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="G120" s="2">
-        <v>0</v>
+        <v>-10</v>
       </c>
       <c r="H120" s="2">
         <v>0</v>
       </c>
       <c r="I120" s="1">
         <v>0</v>
       </c>
       <c r="J120" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K120" s="2" t="str">
         <f>J120*25.00</f>
         <v>0</v>
       </c>
       <c r="L120" s="5"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A121" s="1"/>
       <c r="B121" s="1">
         <v>819245</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="E121" s="2" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="G121" s="2">
         <v>0</v>
       </c>
       <c r="H121" s="2">
         <v>0</v>
       </c>
       <c r="I121" s="1">
         <v>0</v>
       </c>
       <c r="J121" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K121" s="2" t="str">
         <f>J121*14.00</f>
         <v>0</v>
       </c>
       <c r="L121" s="5"/>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A122" s="1"/>
       <c r="B122" s="1">
         <v>819246</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D122" s="1"/>
       <c r="E122" s="2" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="G122" s="2" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="H122" s="2">
         <v>0</v>
       </c>
       <c r="I122" s="1">
         <v>0</v>
       </c>
       <c r="J122" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K122" s="2" t="str">
         <f>J122*3.57</f>
         <v>0</v>
       </c>
       <c r="L122" s="5"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A123" s="1"/>
       <c r="B123" s="1">
         <v>819247</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D123" s="1"/>
       <c r="E123" s="2" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="G123" s="2">
         <v>0</v>
       </c>
       <c r="H123" s="2">
         <v>0</v>
       </c>
       <c r="I123" s="1">
         <v>0</v>
       </c>
       <c r="J123" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K123" s="2" t="str">
         <f>J123*0.00</f>
         <v>0</v>
       </c>
       <c r="L123" s="5"/>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A124" s="1"/>
       <c r="B124" s="1">
         <v>819248</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D124" s="1"/>
       <c r="E124" s="2" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="G124" s="2">
         <v>0</v>
       </c>
       <c r="H124" s="2">
         <v>0</v>
       </c>
       <c r="I124" s="1">
         <v>0</v>
       </c>
       <c r="J124" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K124" s="2" t="str">
         <f>J124*34.17</f>
         <v>0</v>
       </c>
       <c r="L124" s="5"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A125" s="1"/>
       <c r="B125" s="1">
         <v>819249</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D125" s="1"/>
       <c r="E125" s="2" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="G125" s="2">
         <v>0</v>
       </c>
       <c r="H125" s="2">
         <v>0</v>
       </c>
       <c r="I125" s="1">
         <v>0</v>
       </c>
       <c r="J125" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K125" s="2" t="str">
         <f>J125*54.74</f>
         <v>0</v>
       </c>
       <c r="L125" s="5"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A126" s="1"/>
       <c r="B126" s="1">
         <v>819250</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D126" s="1"/>
       <c r="E126" s="2" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="G126" s="2">
         <v>0</v>
       </c>
       <c r="H126" s="2">
         <v>0</v>
       </c>
       <c r="I126" s="1">
         <v>0</v>
       </c>
       <c r="J126" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K126" s="2" t="str">
         <f>J126*67.49</f>
         <v>0</v>
       </c>
       <c r="L126" s="5"/>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A127" s="1"/>
       <c r="B127" s="1">
         <v>819251</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D127" s="1"/>
       <c r="E127" s="2" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="G127" s="2">
         <v>0</v>
       </c>
       <c r="H127" s="2">
         <v>0</v>
       </c>
       <c r="I127" s="1">
         <v>0</v>
       </c>
       <c r="J127" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K127" s="2" t="str">
         <f>J127*69.53</f>
         <v>0</v>
       </c>
       <c r="L127" s="5"/>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A128" s="1"/>
       <c r="B128" s="1">
         <v>819252</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D128" s="1"/>
       <c r="E128" s="2" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="G128" s="2">
         <v>0</v>
       </c>
       <c r="H128" s="2">
         <v>0</v>
       </c>
       <c r="I128" s="1">
         <v>0</v>
       </c>
       <c r="J128" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K128" s="2" t="str">
         <f>J128*70.04</f>
         <v>0</v>
       </c>
       <c r="L128" s="5"/>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A129" s="1"/>
       <c r="B129" s="1">
         <v>819253</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="D129" s="1"/>
       <c r="E129" s="2" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="G129" s="2">
         <v>0</v>
       </c>
       <c r="H129" s="2">
         <v>0</v>
       </c>
       <c r="I129" s="1">
         <v>0</v>
       </c>
       <c r="J129" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K129" s="2" t="str">
         <f>J129*67.49</f>
         <v>0</v>
       </c>
       <c r="L129" s="5"/>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A130" s="1"/>
       <c r="B130" s="1">
         <v>819254</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D130" s="1"/>
       <c r="E130" s="2" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="G130" s="2">
         <v>9</v>
       </c>
       <c r="H130" s="2">
         <v>0</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>256</v>
+        <v>369</v>
       </c>
       <c r="J130" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K130" s="2" t="str">
         <f>J130*66.98</f>
         <v>0</v>
       </c>
       <c r="L130" s="5"/>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A131" s="1"/>
       <c r="B131" s="1">
         <v>819255</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D131" s="1"/>
       <c r="E131" s="2" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G131" s="2">
         <v>0</v>
       </c>
       <c r="H131" s="2">
         <v>0</v>
       </c>
       <c r="I131" s="1">
         <v>0</v>
       </c>
       <c r="J131" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K131" s="2" t="str">
         <f>J131*67.15</f>
         <v>0</v>
       </c>
       <c r="L131" s="5"/>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A132" s="1"/>
       <c r="B132" s="1">
         <v>819256</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D132" s="1"/>
       <c r="E132" s="2" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="G132" s="2" t="s">
-        <v>221</v>
+        <v>369</v>
       </c>
       <c r="H132" s="2">
         <v>0</v>
       </c>
       <c r="I132" s="1">
         <v>0</v>
       </c>
       <c r="J132" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K132" s="2" t="str">
         <f>J132*6.46</f>
         <v>0</v>
       </c>
       <c r="L132" s="5"/>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A133" s="1"/>
       <c r="B133" s="1">
         <v>819257</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D133" s="1"/>
       <c r="E133" s="2" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="G133" s="2">
         <v>0</v>
       </c>
       <c r="H133" s="2">
         <v>0</v>
       </c>
       <c r="I133" s="1">
         <v>0</v>
       </c>
       <c r="J133" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K133" s="2" t="str">
         <f>J133*5.44</f>
         <v>0</v>
       </c>
       <c r="L133" s="5"/>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A134" s="1"/>
       <c r="B134" s="1">
         <v>819258</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="E134" s="2" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>419</v>
+      </c>
+      <c r="G134" s="2">
+        <v>10</v>
       </c>
       <c r="H134" s="2" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="I134" s="1">
         <v>0</v>
       </c>
       <c r="J134" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K134" s="2" t="str">
         <f>J134*627.00</f>
         <v>0</v>
       </c>
       <c r="L134" s="5"/>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A135" s="1"/>
       <c r="B135" s="1">
         <v>819259</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="E135" s="2" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="G135" s="2" t="s">
-        <v>16</v>
+        <v>298</v>
       </c>
       <c r="H135" s="2" t="s">
-        <v>230</v>
+        <v>270</v>
       </c>
       <c r="I135" s="1">
         <v>0</v>
       </c>
       <c r="J135" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K135" s="2" t="str">
         <f>J135*550.00</f>
         <v>0</v>
       </c>
       <c r="L135" s="5"/>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A136" s="1"/>
       <c r="B136" s="1">
         <v>819260</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="E136" s="2" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>427</v>
+      </c>
+      <c r="G136" s="2">
+        <v>9</v>
       </c>
       <c r="H136" s="2" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="I136" s="1">
         <v>0</v>
       </c>
       <c r="J136" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K136" s="2" t="str">
         <f>J136*562.00</f>
         <v>0</v>
       </c>
       <c r="L136" s="5"/>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A137" s="1"/>
       <c r="B137" s="1">
         <v>819261</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E137" s="2" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>430</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>431</v>
+      </c>
+      <c r="G137" s="2" t="s">
+        <v>298</v>
       </c>
       <c r="H137" s="2" t="s">
-        <v>230</v>
+        <v>270</v>
       </c>
       <c r="I137" s="1">
         <v>0</v>
       </c>
       <c r="J137" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K137" s="2" t="str">
         <f>J137*566.00</f>
         <v>0</v>
       </c>
       <c r="L137" s="5"/>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A138" s="1"/>
       <c r="B138" s="1">
         <v>883005</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="E138" s="2" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="G138" s="2" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="H138" s="2">
         <v>0</v>
       </c>
-      <c r="I138" s="1" t="s">
-        <v>230</v>
+      <c r="I138" s="1">
+        <v>0</v>
       </c>
       <c r="J138" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K138" s="2" t="str">
         <f>J138*9.16</f>
         <v>0</v>
       </c>
       <c r="L138" s="5"/>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A139" s="1"/>
       <c r="B139" s="1">
         <v>883006</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="E139" s="2" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="G139" s="2" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="H139" s="2">
         <v>0</v>
       </c>
       <c r="I139" s="1">
         <v>0</v>
       </c>
       <c r="J139" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K139" s="2" t="str">
         <f>J139*7.97</f>
         <v>0</v>
       </c>
       <c r="L139" s="5"/>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A140" s="1"/>
       <c r="B140" s="1">
         <v>883007</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="E140" s="2" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="G140" s="2" t="s">
-        <v>310</v>
+        <v>220</v>
       </c>
       <c r="H140" s="2">
         <v>0</v>
       </c>
       <c r="I140" s="1">
         <v>0</v>
       </c>
       <c r="J140" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K140" s="2" t="str">
         <f>J140*11.38</f>
         <v>0</v>
       </c>
       <c r="L140" s="5"/>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A141" s="1"/>
       <c r="B141" s="1">
         <v>836284</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="E141" s="2" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="G141" s="2">
         <v>0</v>
       </c>
       <c r="H141" s="2">
         <v>0</v>
       </c>
       <c r="I141" s="1">
         <v>0</v>
       </c>
       <c r="J141" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K141" s="2" t="str">
         <f>J141*54.00</f>
         <v>0</v>
       </c>
       <c r="L141" s="5"/>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A142" s="1"/>
       <c r="B142" s="1">
         <v>869347</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="E142" s="2" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="G142" s="2">
         <v>10</v>
       </c>
       <c r="H142" s="2" t="s">
-        <v>221</v>
+        <v>369</v>
       </c>
       <c r="I142" s="1">
         <v>0</v>
       </c>
       <c r="J142" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K142" s="2" t="str">
         <f>J142*761.00</f>
         <v>0</v>
       </c>
       <c r="L142" s="5"/>
     </row>
     <row r="143" spans="1:12" outlineLevel="2">
       <c r="A143" s="8" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B143" s="8"/>
       <c r="C143" s="8"/>
       <c r="D143" s="8"/>
       <c r="E143" s="8"/>
       <c r="F143" s="8"/>
       <c r="G143" s="8"/>
       <c r="H143" s="8"/>
       <c r="I143" s="8"/>
       <c r="J143" s="8"/>
       <c r="K143" s="8"/>
       <c r="L143" s="5"/>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A144" s="1"/>
       <c r="B144" s="1">
         <v>819230</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="E144" s="2" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="G144" s="2">
         <v>0</v>
       </c>
       <c r="H144" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I144" s="1">
         <v>0</v>
       </c>
       <c r="J144" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K144" s="2" t="str">
         <f>J144*1025.00</f>
         <v>0</v>
       </c>
       <c r="L144" s="5"/>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A145" s="1"/>
       <c r="B145" s="1">
         <v>819232</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D145" s="1"/>
       <c r="E145" s="2" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G145" s="2">
         <v>0</v>
       </c>
       <c r="H145" s="2">
         <v>0</v>
       </c>
       <c r="I145" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="J145" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K145" s="2" t="str">
         <f>J145*5.85</f>
         <v>0</v>
       </c>
       <c r="L145" s="5"/>
     </row>
     <row r="146" spans="1:12" outlineLevel="4">
       <c r="A146" s="1"/>
       <c r="B146" s="1">
         <v>882987</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D146" s="1"/>
       <c r="E146" s="2" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="G146" s="2">
         <v>0</v>
       </c>
       <c r="H146" s="2">
         <v>0</v>
       </c>
       <c r="I146" s="1">
         <v>0</v>
       </c>
       <c r="J146" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K146" s="2" t="str">
         <f>J146*767.81</f>
         <v>0</v>
       </c>
       <c r="L146" s="5"/>
     </row>
     <row r="147" spans="1:12" outlineLevel="4">
       <c r="A147" s="1"/>
       <c r="B147" s="1">
         <v>882988</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D147" s="1"/>
       <c r="E147" s="2" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="G147" s="2">
         <v>0</v>
       </c>
       <c r="H147" s="2">
         <v>0</v>
       </c>
       <c r="I147" s="1">
         <v>0</v>
       </c>
       <c r="J147" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K147" s="2" t="str">
         <f>J147*841.68</f>
         <v>0</v>
       </c>
       <c r="L147" s="5"/>
     </row>
     <row r="148" spans="1:12" outlineLevel="4">
       <c r="A148" s="1"/>
       <c r="B148" s="1">
         <v>883008</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D148" s="1"/>
       <c r="E148" s="2" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="G148" s="2" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="H148" s="2">
         <v>0</v>
       </c>
       <c r="I148" s="1">
         <v>0</v>
       </c>
       <c r="J148" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K148" s="2" t="str">
         <f>J148*10.90</f>
         <v>0</v>
       </c>
       <c r="L148" s="5"/>
     </row>
     <row r="149" spans="1:12" outlineLevel="4">
       <c r="A149" s="1"/>
       <c r="B149" s="1">
         <v>883009</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="D149" s="1"/>
       <c r="E149" s="2" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="G149" s="2" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="H149" s="2">
         <v>0</v>
       </c>
       <c r="I149" s="1">
         <v>0</v>
       </c>
       <c r="J149" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K149" s="2" t="str">
         <f>J149*4.48</f>
         <v>0</v>
       </c>
       <c r="L149" s="5"/>
     </row>
     <row r="150" spans="1:12" outlineLevel="1">
       <c r="A150" s="7" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B150" s="7"/>
       <c r="C150" s="7"/>
       <c r="D150" s="7"/>
       <c r="E150" s="7"/>
       <c r="F150" s="7"/>
       <c r="G150" s="7"/>
       <c r="H150" s="7"/>
       <c r="I150" s="7"/>
       <c r="J150" s="7"/>
       <c r="K150" s="7"/>
       <c r="L150" s="5"/>
     </row>
     <row r="151" spans="1:12" outlineLevel="2">
       <c r="A151" s="8" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="B151" s="8"/>
       <c r="C151" s="8"/>
       <c r="D151" s="8"/>
       <c r="E151" s="8"/>
       <c r="F151" s="8"/>
       <c r="G151" s="8"/>
       <c r="H151" s="8"/>
       <c r="I151" s="8"/>
       <c r="J151" s="8"/>
       <c r="K151" s="8"/>
       <c r="L151" s="5"/>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A152" s="1"/>
       <c r="B152" s="1">
         <v>839165</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D152" s="1"/>
       <c r="E152" s="2" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="G152" s="2">
         <v>0</v>
       </c>
       <c r="H152" s="2">
         <v>0</v>
       </c>
       <c r="I152" s="1">
         <v>0</v>
       </c>
       <c r="J152" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K152" s="2" t="str">
         <f>J152*3247.87</f>
         <v>0</v>
       </c>
       <c r="L152" s="5"/>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A153" s="1"/>
       <c r="B153" s="1">
         <v>839166</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="D153" s="1"/>
       <c r="E153" s="2" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="G153" s="2">
         <v>0</v>
       </c>
       <c r="H153" s="2">
         <v>0</v>
       </c>
       <c r="I153" s="1">
         <v>0</v>
       </c>
       <c r="J153" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K153" s="2" t="str">
         <f>J153*3739.01</f>
         <v>0</v>
       </c>
       <c r="L153" s="5"/>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A154" s="1"/>
       <c r="B154" s="1">
         <v>839167</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="D154" s="1"/>
       <c r="E154" s="2" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="G154" s="2">
         <v>0</v>
       </c>
       <c r="H154" s="2">
         <v>0</v>
       </c>
       <c r="I154" s="1">
         <v>0</v>
       </c>
       <c r="J154" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K154" s="2" t="str">
         <f>J154*4280.74</f>
         <v>0</v>
       </c>
       <c r="L154" s="5"/>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A155" s="1"/>
       <c r="B155" s="1">
         <v>839168</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D155" s="1"/>
       <c r="E155" s="2" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="G155" s="2">
         <v>0</v>
       </c>
       <c r="H155" s="2">
         <v>0</v>
       </c>
       <c r="I155" s="1">
         <v>0</v>
       </c>
       <c r="J155" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K155" s="2" t="str">
         <f>J155*4745.39</f>
         <v>0</v>
       </c>
       <c r="L155" s="5"/>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A156" s="1"/>
       <c r="B156" s="1">
         <v>839169</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="D156" s="1"/>
       <c r="E156" s="2" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="G156" s="2">
         <v>0</v>
       </c>
       <c r="H156" s="2">
         <v>0</v>
       </c>
       <c r="I156" s="1">
         <v>0</v>
       </c>
       <c r="J156" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K156" s="2" t="str">
         <f>J156*5236.59</f>
         <v>0</v>
       </c>
       <c r="L156" s="5"/>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A157" s="1"/>
       <c r="B157" s="1">
         <v>839170</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D157" s="1"/>
       <c r="E157" s="2" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="G157" s="2">
         <v>0</v>
       </c>
       <c r="H157" s="2">
         <v>0</v>
       </c>
       <c r="I157" s="1">
         <v>0</v>
       </c>
       <c r="J157" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K157" s="2" t="str">
         <f>J157*5698.84</f>
         <v>0</v>
       </c>
       <c r="L157" s="5"/>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A158" s="1"/>
       <c r="B158" s="1">
         <v>839171</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D158" s="1"/>
       <c r="E158" s="2" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="G158" s="2">
         <v>0</v>
       </c>
       <c r="H158" s="2">
         <v>0</v>
       </c>
       <c r="I158" s="1">
         <v>0</v>
       </c>
       <c r="J158" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K158" s="2" t="str">
         <f>J158*6240.53</f>
         <v>0</v>
       </c>
       <c r="L158" s="5"/>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A159" s="1"/>
       <c r="B159" s="1">
         <v>839172</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D159" s="1"/>
       <c r="E159" s="2" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="G159" s="2">
         <v>0</v>
       </c>
       <c r="H159" s="2">
         <v>0</v>
       </c>
       <c r="I159" s="1">
         <v>0</v>
       </c>
       <c r="J159" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K159" s="2" t="str">
         <f>J159*6705.24</f>
         <v>0</v>
       </c>
       <c r="L159" s="5"/>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A160" s="1"/>
       <c r="B160" s="1">
         <v>839173</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="D160" s="1"/>
       <c r="E160" s="2" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="G160" s="2">
         <v>0</v>
       </c>
       <c r="H160" s="2">
         <v>0</v>
       </c>
       <c r="I160" s="1">
         <v>0</v>
       </c>
       <c r="J160" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K160" s="2" t="str">
         <f>J160*7167.47</f>
         <v>0</v>
       </c>
       <c r="L160" s="5"/>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A161" s="1"/>
       <c r="B161" s="1">
         <v>839174</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D161" s="1"/>
       <c r="E161" s="2" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="G161" s="2">
         <v>0</v>
       </c>
       <c r="H161" s="2">
         <v>0</v>
       </c>
       <c r="I161" s="1">
         <v>0</v>
       </c>
       <c r="J161" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K161" s="2" t="str">
         <f>J161*8250.89</f>
         <v>0</v>
       </c>
       <c r="L161" s="5"/>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A162" s="1"/>
       <c r="B162" s="1">
         <v>839175</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="D162" s="1"/>
       <c r="E162" s="2" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="G162" s="2">
         <v>0</v>
       </c>
       <c r="H162" s="2">
         <v>0</v>
       </c>
       <c r="I162" s="1">
         <v>0</v>
       </c>
       <c r="J162" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K162" s="2" t="str">
         <f>J162*9411.38</f>
         <v>0</v>
       </c>
       <c r="L162" s="5"/>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A163" s="1"/>
       <c r="B163" s="1">
         <v>839176</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D163" s="1"/>
       <c r="E163" s="2" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="G163" s="2">
         <v>0</v>
       </c>
       <c r="H163" s="2">
         <v>0</v>
       </c>
       <c r="I163" s="1">
         <v>0</v>
       </c>
       <c r="J163" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K163" s="2" t="str">
         <f>J163*10386.47</f>
         <v>0</v>
       </c>
       <c r="L163" s="5"/>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A164" s="1"/>
       <c r="B164" s="1">
         <v>839177</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D164" s="1"/>
       <c r="E164" s="2" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="G164" s="2">
         <v>0</v>
       </c>
       <c r="H164" s="2">
         <v>0</v>
       </c>
       <c r="I164" s="1">
         <v>0</v>
       </c>
       <c r="J164" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K164" s="2" t="str">
         <f>J164*11604.70</f>
         <v>0</v>
       </c>
       <c r="L164" s="5"/>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A165" s="1"/>
       <c r="B165" s="1">
         <v>839178</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D165" s="1"/>
       <c r="E165" s="2" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="G165" s="2">
         <v>0</v>
       </c>
       <c r="H165" s="2">
         <v>0</v>
       </c>
       <c r="I165" s="1">
         <v>0</v>
       </c>
       <c r="J165" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K165" s="2" t="str">
         <f>J165*4509.25</f>
         <v>0</v>
       </c>
       <c r="L165" s="5"/>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A166" s="1"/>
       <c r="B166" s="1">
         <v>839179</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="D166" s="1"/>
       <c r="E166" s="2" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="G166" s="2">
         <v>0</v>
       </c>
       <c r="H166" s="2">
         <v>0</v>
       </c>
       <c r="I166" s="1">
         <v>0</v>
       </c>
       <c r="J166" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K166" s="2" t="str">
         <f>J166*4986.33</f>
         <v>0</v>
       </c>
       <c r="L166" s="5"/>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A167" s="1"/>
       <c r="B167" s="1">
         <v>839180</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D167" s="1"/>
       <c r="E167" s="2" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="G167" s="2">
         <v>0</v>
       </c>
       <c r="H167" s="2">
         <v>0</v>
       </c>
       <c r="I167" s="1">
         <v>0</v>
       </c>
       <c r="J167" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K167" s="2" t="str">
         <f>J167*5510.30</f>
         <v>0</v>
       </c>
       <c r="L167" s="5"/>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A168" s="1"/>
       <c r="B168" s="1">
         <v>839181</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D168" s="1"/>
       <c r="E168" s="2" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="G168" s="2">
         <v>0</v>
       </c>
       <c r="H168" s="2">
         <v>0</v>
       </c>
       <c r="I168" s="1">
         <v>0</v>
       </c>
       <c r="J168" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K168" s="2" t="str">
         <f>J168*5961.66</f>
         <v>0</v>
       </c>
       <c r="L168" s="5"/>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A169" s="1"/>
       <c r="B169" s="1">
         <v>839182</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="D169" s="1"/>
       <c r="E169" s="2" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G169" s="2">
         <v>0</v>
       </c>
       <c r="H169" s="2">
         <v>0</v>
       </c>
       <c r="I169" s="1">
         <v>0</v>
       </c>
       <c r="J169" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K169" s="2" t="str">
         <f>J169*6513.68</f>
         <v>0</v>
       </c>
       <c r="L169" s="5"/>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A170" s="1"/>
       <c r="B170" s="1">
         <v>839183</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D170" s="1"/>
       <c r="E170" s="2" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="G170" s="2">
         <v>0</v>
       </c>
       <c r="H170" s="2">
         <v>0</v>
       </c>
       <c r="I170" s="1">
         <v>0</v>
       </c>
       <c r="J170" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K170" s="2" t="str">
         <f>J170*7014.15</f>
         <v>0</v>
       </c>
       <c r="L170" s="5"/>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A171" s="1"/>
       <c r="B171" s="1">
         <v>839184</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D171" s="1"/>
       <c r="E171" s="2" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="G171" s="2">
         <v>3</v>
       </c>
       <c r="H171" s="2">
         <v>0</v>
       </c>
       <c r="I171" s="1">
         <v>0</v>
       </c>
       <c r="J171" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K171" s="2" t="str">
         <f>J171*7591.84</f>
         <v>0</v>
       </c>
       <c r="L171" s="5"/>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A172" s="1"/>
       <c r="B172" s="1">
         <v>839185</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D172" s="1"/>
       <c r="E172" s="2" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="G172" s="2">
         <v>0</v>
       </c>
       <c r="H172" s="2">
         <v>0</v>
       </c>
       <c r="I172" s="1">
         <v>0</v>
       </c>
       <c r="J172" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K172" s="2" t="str">
         <f>J172*8616.24</f>
         <v>0</v>
       </c>
       <c r="L172" s="5"/>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A173" s="1"/>
       <c r="B173" s="1">
         <v>839186</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D173" s="1"/>
       <c r="E173" s="2" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="G173" s="2">
         <v>0</v>
       </c>
       <c r="H173" s="2">
         <v>0</v>
       </c>
       <c r="I173" s="1">
         <v>0</v>
       </c>
       <c r="J173" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K173" s="2" t="str">
         <f>J173*9745.89</f>
         <v>0</v>
       </c>
       <c r="L173" s="5"/>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A174" s="1"/>
       <c r="B174" s="1">
         <v>839187</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="D174" s="1"/>
       <c r="E174" s="2" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="G174" s="2">
         <v>0</v>
       </c>
       <c r="H174" s="2">
         <v>0</v>
       </c>
       <c r="I174" s="1">
         <v>0</v>
       </c>
       <c r="J174" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K174" s="2" t="str">
         <f>J174*10931.67</f>
         <v>0</v>
       </c>
       <c r="L174" s="5"/>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A175" s="1"/>
       <c r="B175" s="1">
         <v>839188</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="D175" s="1"/>
       <c r="E175" s="2" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G175" s="2">
         <v>0</v>
       </c>
       <c r="H175" s="2">
         <v>0</v>
       </c>
       <c r="I175" s="1">
         <v>0</v>
       </c>
       <c r="J175" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K175" s="2" t="str">
         <f>J175*12105.76</f>
         <v>0</v>
       </c>
       <c r="L175" s="5"/>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A176" s="1"/>
       <c r="B176" s="1">
         <v>839189</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D176" s="1"/>
       <c r="E176" s="2" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="G176" s="2">
         <v>0</v>
       </c>
       <c r="H176" s="2">
         <v>0</v>
       </c>
       <c r="I176" s="1">
         <v>0</v>
       </c>
       <c r="J176" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K176" s="2" t="str">
         <f>J176*13663.37</f>
         <v>0</v>
       </c>
       <c r="L176" s="5"/>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A177" s="1"/>
       <c r="B177" s="1">
         <v>839190</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="D177" s="1"/>
       <c r="E177" s="2" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="G177" s="2">
         <v>0</v>
       </c>
       <c r="H177" s="2">
         <v>0</v>
       </c>
       <c r="I177" s="1">
         <v>0</v>
       </c>
       <c r="J177" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K177" s="2" t="str">
         <f>J177*5207.66</f>
         <v>0</v>
       </c>
       <c r="L177" s="5"/>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A178" s="1"/>
       <c r="B178" s="1">
         <v>839191</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="D178" s="1"/>
       <c r="E178" s="2" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="G178" s="2">
         <v>0</v>
       </c>
       <c r="H178" s="2">
         <v>0</v>
       </c>
       <c r="I178" s="1">
         <v>0</v>
       </c>
       <c r="J178" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K178" s="2" t="str">
         <f>J178*5826.41</f>
         <v>0</v>
       </c>
       <c r="L178" s="5"/>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A179" s="1"/>
       <c r="B179" s="1">
         <v>839192</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D179" s="1"/>
       <c r="E179" s="2" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="G179" s="2">
         <v>0</v>
       </c>
       <c r="H179" s="2">
         <v>0</v>
       </c>
       <c r="I179" s="1">
         <v>0</v>
       </c>
       <c r="J179" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K179" s="2" t="str">
         <f>J179*6498.14</f>
         <v>0</v>
       </c>
       <c r="L179" s="5"/>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A180" s="1"/>
       <c r="B180" s="1">
         <v>839193</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="D180" s="1"/>
       <c r="E180" s="2" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="G180" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H180" s="2">
         <v>0</v>
       </c>
       <c r="I180" s="1">
         <v>0</v>
       </c>
       <c r="J180" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K180" s="2" t="str">
         <f>J180*7143.40</f>
         <v>0</v>
       </c>
       <c r="L180" s="5"/>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A181" s="1"/>
       <c r="B181" s="1">
         <v>839194</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="D181" s="1"/>
       <c r="E181" s="2" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="G181" s="2">
         <v>0</v>
       </c>
       <c r="H181" s="2">
         <v>0</v>
       </c>
       <c r="I181" s="1">
         <v>0</v>
       </c>
       <c r="J181" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K181" s="2" t="str">
         <f>J181*7839.20</f>
         <v>0</v>
       </c>
       <c r="L181" s="5"/>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A182" s="1"/>
       <c r="B182" s="1">
         <v>839195</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D182" s="1"/>
       <c r="E182" s="2" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="G182" s="2">
         <v>0</v>
       </c>
       <c r="H182" s="2">
         <v>0</v>
       </c>
       <c r="I182" s="1">
         <v>0</v>
       </c>
       <c r="J182" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K182" s="2" t="str">
         <f>J182*8404.98</f>
         <v>0</v>
       </c>
       <c r="L182" s="5"/>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A183" s="1"/>
       <c r="B183" s="1">
         <v>839196</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="D183" s="1"/>
       <c r="E183" s="2" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="G183" s="2">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="H183" s="2">
         <v>0</v>
       </c>
       <c r="I183" s="1">
         <v>0</v>
       </c>
       <c r="J183" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K183" s="2" t="str">
         <f>J183*9103.19</f>
         <v>0</v>
       </c>
       <c r="L183" s="5"/>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A184" s="1"/>
       <c r="B184" s="1">
         <v>839197</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="D184" s="1"/>
       <c r="E184" s="2" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="G184" s="2">
         <v>0</v>
       </c>
       <c r="H184" s="2">
         <v>0</v>
       </c>
       <c r="I184" s="1">
         <v>0</v>
       </c>
       <c r="J184" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K184" s="2" t="str">
         <f>J184*9721.94</f>
         <v>0</v>
       </c>
       <c r="L184" s="5"/>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A185" s="1"/>
       <c r="B185" s="1">
         <v>839198</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D185" s="1"/>
       <c r="E185" s="2" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>574</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>575</v>
+      </c>
+      <c r="G185" s="2" t="s">
+        <v>298</v>
       </c>
       <c r="H185" s="2">
         <v>0</v>
       </c>
       <c r="I185" s="1">
         <v>0</v>
       </c>
       <c r="J185" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K185" s="2" t="str">
         <f>J185*10393.69</f>
         <v>0</v>
       </c>
       <c r="L185" s="5"/>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A186" s="1"/>
       <c r="B186" s="1">
         <v>839199</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="D186" s="1"/>
       <c r="E186" s="2" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="G186" s="2">
         <v>0</v>
       </c>
       <c r="H186" s="2">
         <v>0</v>
       </c>
       <c r="I186" s="1">
         <v>0</v>
       </c>
       <c r="J186" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K186" s="2" t="str">
         <f>J186*11758.78</f>
         <v>0</v>
       </c>
       <c r="L186" s="5"/>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A187" s="1"/>
       <c r="B187" s="1">
         <v>839200</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="D187" s="1"/>
       <c r="E187" s="2" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="G187" s="2">
         <v>0</v>
       </c>
       <c r="H187" s="2">
         <v>0</v>
       </c>
       <c r="I187" s="1">
         <v>0</v>
       </c>
       <c r="J187" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K187" s="2" t="str">
         <f>J187*13304.44</f>
         <v>0</v>
       </c>
       <c r="L187" s="5"/>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A188" s="1"/>
       <c r="B188" s="1">
         <v>839201</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D188" s="1"/>
       <c r="E188" s="2" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="G188" s="2">
         <v>0</v>
       </c>
       <c r="H188" s="2">
         <v>0</v>
       </c>
       <c r="I188" s="1">
         <v>0</v>
       </c>
       <c r="J188" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K188" s="2" t="str">
         <f>J188*14722.58</f>
         <v>0</v>
       </c>
       <c r="L188" s="5"/>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A189" s="1"/>
       <c r="B189" s="1">
         <v>839202</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="D189" s="1"/>
       <c r="E189" s="2" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="G189" s="2">
         <v>0</v>
       </c>
       <c r="H189" s="2">
         <v>0</v>
       </c>
       <c r="I189" s="1">
         <v>0</v>
       </c>
       <c r="J189" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K189" s="2" t="str">
         <f>J189*16663.11</f>
         <v>0</v>
       </c>
       <c r="L189" s="5"/>
     </row>
     <row r="190" spans="1:12" outlineLevel="2">
       <c r="A190" s="8" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B190" s="8"/>
       <c r="C190" s="8"/>
       <c r="D190" s="8"/>
       <c r="E190" s="8"/>
       <c r="F190" s="8"/>
       <c r="G190" s="8"/>
       <c r="H190" s="8"/>
       <c r="I190" s="8"/>
       <c r="J190" s="8"/>
       <c r="K190" s="8"/>
       <c r="L190" s="5"/>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A191" s="1"/>
       <c r="B191" s="1">
         <v>839203</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="D191" s="1"/>
       <c r="E191" s="2" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="G191" s="2">
         <v>0</v>
       </c>
       <c r="H191" s="2">
         <v>0</v>
       </c>
       <c r="I191" s="1">
         <v>0</v>
       </c>
       <c r="J191" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K191" s="2" t="str">
         <f>J191*5080.06</f>
         <v>0</v>
       </c>
       <c r="L191" s="5"/>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A192" s="1"/>
       <c r="B192" s="1">
         <v>839204</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D192" s="1"/>
       <c r="E192" s="2" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="G192" s="2">
         <v>0</v>
       </c>
       <c r="H192" s="2">
         <v>0</v>
       </c>
       <c r="I192" s="1">
         <v>0</v>
       </c>
       <c r="J192" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K192" s="2" t="str">
         <f>J192*5597.69</f>
         <v>0</v>
       </c>
       <c r="L192" s="5"/>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A193" s="1"/>
       <c r="B193" s="1">
         <v>839205</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D193" s="1"/>
       <c r="E193" s="2" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="G193" s="2">
         <v>0</v>
       </c>
       <c r="H193" s="2">
         <v>0</v>
       </c>
       <c r="I193" s="1">
         <v>0</v>
       </c>
       <c r="J193" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K193" s="2" t="str">
         <f>J193*6137.01</f>
         <v>0</v>
       </c>
       <c r="L193" s="5"/>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A194" s="1"/>
       <c r="B194" s="1">
         <v>839206</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D194" s="1"/>
       <c r="E194" s="2" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="G194" s="2">
         <v>0</v>
       </c>
       <c r="H194" s="2">
         <v>0</v>
       </c>
       <c r="I194" s="1">
         <v>0</v>
       </c>
       <c r="J194" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K194" s="2" t="str">
         <f>J194*6577.56</f>
         <v>0</v>
       </c>
       <c r="L194" s="5"/>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A195" s="1"/>
       <c r="B195" s="1">
         <v>839207</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="D195" s="1"/>
       <c r="E195" s="2" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="G195" s="2">
         <v>0</v>
       </c>
       <c r="H195" s="2">
         <v>0</v>
       </c>
       <c r="I195" s="1">
         <v>0</v>
       </c>
       <c r="J195" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K195" s="2" t="str">
         <f>J195*7092.80</f>
         <v>0</v>
       </c>
       <c r="L195" s="5"/>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A196" s="1"/>
       <c r="B196" s="1">
         <v>839208</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="D196" s="1"/>
       <c r="E196" s="2" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="G196" s="2">
         <v>0</v>
       </c>
       <c r="H196" s="2">
         <v>0</v>
       </c>
       <c r="I196" s="1">
         <v>0</v>
       </c>
       <c r="J196" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K196" s="2" t="str">
         <f>J196*7557.51</f>
         <v>0</v>
       </c>
       <c r="L196" s="5"/>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A197" s="1"/>
       <c r="B197" s="1">
         <v>839209</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="D197" s="1"/>
       <c r="E197" s="2" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="G197" s="2">
         <v>0</v>
       </c>
       <c r="H197" s="2">
         <v>0</v>
       </c>
       <c r="I197" s="1">
         <v>0</v>
       </c>
       <c r="J197" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K197" s="2" t="str">
         <f>J197*8072.72</f>
         <v>0</v>
       </c>
       <c r="L197" s="5"/>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A198" s="1"/>
       <c r="B198" s="1">
         <v>839210</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D198" s="1"/>
       <c r="E198" s="2" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="G198" s="2">
         <v>0</v>
       </c>
       <c r="H198" s="2">
         <v>0</v>
       </c>
       <c r="I198" s="1">
         <v>0</v>
       </c>
       <c r="J198" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K198" s="2" t="str">
         <f>J198*8999.67</f>
         <v>0</v>
       </c>
       <c r="L198" s="5"/>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A199" s="1"/>
       <c r="B199" s="1">
         <v>839211</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D199" s="1"/>
       <c r="E199" s="2" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="G199" s="2">
         <v>0</v>
       </c>
       <c r="H199" s="2">
         <v>0</v>
       </c>
       <c r="I199" s="1">
         <v>0</v>
       </c>
       <c r="J199" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K199" s="2" t="str">
         <f>J199*10107.21</f>
         <v>0</v>
       </c>
       <c r="L199" s="5"/>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A200" s="1"/>
       <c r="B200" s="1">
         <v>839212</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D200" s="1"/>
       <c r="E200" s="2" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="G200" s="2">
         <v>0</v>
       </c>
       <c r="H200" s="2">
         <v>0</v>
       </c>
       <c r="I200" s="1">
         <v>0</v>
       </c>
       <c r="J200" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K200" s="2" t="str">
         <f>J200*11306.16</f>
         <v>0</v>
       </c>
       <c r="L200" s="5"/>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A201" s="1"/>
       <c r="B201" s="1">
         <v>839213</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="D201" s="1"/>
       <c r="E201" s="2" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="G201" s="2">
         <v>0</v>
       </c>
       <c r="H201" s="2">
         <v>0</v>
       </c>
       <c r="I201" s="1">
         <v>0</v>
       </c>
       <c r="J201" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K201" s="2" t="str">
         <f>J201*12567.74</f>
         <v>0</v>
       </c>
       <c r="L201" s="5"/>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A202" s="1"/>
       <c r="B202" s="1">
         <v>839214</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D202" s="1"/>
       <c r="E202" s="2" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="G202" s="2">
         <v>0</v>
       </c>
       <c r="H202" s="2">
         <v>0</v>
       </c>
       <c r="I202" s="1">
         <v>0</v>
       </c>
       <c r="J202" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K202" s="2" t="str">
         <f>J202*13848.58</f>
         <v>0</v>
       </c>
       <c r="L202" s="5"/>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A203" s="1"/>
       <c r="B203" s="1">
         <v>839215</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="D203" s="1"/>
       <c r="E203" s="2" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="G203" s="2">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="H203" s="2">
         <v>0</v>
       </c>
       <c r="I203" s="1">
         <v>0</v>
       </c>
       <c r="J203" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K203" s="2" t="str">
         <f>J203*7683.68</f>
         <v>0</v>
       </c>
       <c r="L203" s="5"/>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A204" s="1"/>
       <c r="B204" s="1">
         <v>839216</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="D204" s="1"/>
       <c r="E204" s="2" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="G204" s="2">
         <v>0</v>
       </c>
       <c r="H204" s="2">
         <v>0</v>
       </c>
       <c r="I204" s="1">
         <v>0</v>
       </c>
       <c r="J204" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K204" s="2" t="str">
         <f>J204*8704.26</f>
         <v>0</v>
       </c>
       <c r="L204" s="5"/>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A205" s="1"/>
       <c r="B205" s="1">
         <v>839217</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="D205" s="1"/>
       <c r="E205" s="2" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="G205" s="2">
         <v>0</v>
       </c>
       <c r="H205" s="2">
         <v>0</v>
       </c>
       <c r="I205" s="1">
         <v>0</v>
       </c>
       <c r="J205" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K205" s="2" t="str">
         <f>J205*9653.31</f>
         <v>0</v>
       </c>
       <c r="L205" s="5"/>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A206" s="1"/>
       <c r="B206" s="1">
         <v>839218</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D206" s="1"/>
       <c r="E206" s="2" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="G206" s="2">
         <v>0</v>
       </c>
       <c r="H206" s="2">
         <v>0</v>
       </c>
       <c r="I206" s="1">
         <v>0</v>
       </c>
       <c r="J206" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K206" s="2" t="str">
         <f>J206*10699.93</f>
         <v>0</v>
       </c>
       <c r="L206" s="5"/>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A207" s="1"/>
       <c r="B207" s="1">
         <v>839219</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="D207" s="1"/>
       <c r="E207" s="2" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="G207" s="2">
         <v>0</v>
       </c>
       <c r="H207" s="2">
         <v>0</v>
       </c>
       <c r="I207" s="1">
         <v>0</v>
       </c>
       <c r="J207" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K207" s="2" t="str">
         <f>J207*11830.99</f>
         <v>0</v>
       </c>
       <c r="L207" s="5"/>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A208" s="1"/>
       <c r="B208" s="1">
         <v>839220</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="D208" s="1"/>
       <c r="E208" s="2" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="G208" s="2">
         <v>0</v>
       </c>
       <c r="H208" s="2">
         <v>0</v>
       </c>
       <c r="I208" s="1">
         <v>0</v>
       </c>
       <c r="J208" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K208" s="2" t="str">
         <f>J208*13180.98</f>
         <v>0</v>
       </c>
       <c r="L208" s="5"/>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A209" s="1"/>
       <c r="B209" s="1">
         <v>839221</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D209" s="1"/>
       <c r="E209" s="2" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="G209" s="2">
         <v>0</v>
       </c>
       <c r="H209" s="2">
         <v>0</v>
       </c>
       <c r="I209" s="1">
         <v>0</v>
       </c>
       <c r="J209" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K209" s="2" t="str">
         <f>J209*14704.25</f>
         <v>0</v>
       </c>
       <c r="L209" s="5"/>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A210" s="1"/>
       <c r="B210" s="1">
         <v>839222</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D210" s="1"/>
       <c r="E210" s="2" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="G210" s="2">
         <v>0</v>
       </c>
       <c r="H210" s="2">
         <v>0</v>
       </c>
       <c r="I210" s="1">
         <v>0</v>
       </c>
       <c r="J210" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K210" s="2" t="str">
         <f>J210*6289.08</f>
         <v>0</v>
       </c>
       <c r="L210" s="5"/>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A211" s="1"/>
       <c r="B211" s="1">
         <v>839223</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="D211" s="1"/>
       <c r="E211" s="2" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="G211" s="2">
         <v>0</v>
       </c>
       <c r="H211" s="2">
         <v>0</v>
       </c>
       <c r="I211" s="1">
         <v>0</v>
       </c>
       <c r="J211" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K211" s="2" t="str">
         <f>J211*6763.92</f>
         <v>0</v>
       </c>
       <c r="L211" s="5"/>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A212" s="1"/>
       <c r="B212" s="1">
         <v>839224</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="D212" s="1"/>
       <c r="E212" s="2" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="G212" s="2">
         <v>0</v>
       </c>
       <c r="H212" s="2">
         <v>0</v>
       </c>
       <c r="I212" s="1">
         <v>0</v>
       </c>
       <c r="J212" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K212" s="2" t="str">
         <f>J212*7290.14</f>
         <v>0</v>
       </c>
       <c r="L212" s="5"/>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A213" s="1"/>
       <c r="B213" s="1">
         <v>839225</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D213" s="1"/>
       <c r="E213" s="2" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="G213" s="2">
         <v>0</v>
       </c>
       <c r="H213" s="2">
         <v>0</v>
       </c>
       <c r="I213" s="1">
         <v>0</v>
       </c>
       <c r="J213" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K213" s="2" t="str">
         <f>J213*7764.89</f>
         <v>0</v>
       </c>
       <c r="L213" s="5"/>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A214" s="1"/>
       <c r="B214" s="1">
         <v>839226</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D214" s="1"/>
       <c r="E214" s="2" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="G214" s="2">
         <v>0</v>
       </c>
       <c r="H214" s="2">
         <v>0</v>
       </c>
       <c r="I214" s="1">
         <v>0</v>
       </c>
       <c r="J214" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K214" s="2" t="str">
         <f>J214*8293.49</f>
         <v>0</v>
       </c>
       <c r="L214" s="5"/>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A215" s="1"/>
       <c r="B215" s="1">
         <v>839227</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="D215" s="1"/>
       <c r="E215" s="2" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="G215" s="2">
         <v>0</v>
       </c>
       <c r="H215" s="2">
         <v>0</v>
       </c>
       <c r="I215" s="1">
         <v>0</v>
       </c>
       <c r="J215" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K215" s="2" t="str">
         <f>J215*8817.42</f>
         <v>0</v>
       </c>
       <c r="L215" s="5"/>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A216" s="1"/>
       <c r="B216" s="1">
         <v>839228</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="D216" s="1"/>
       <c r="E216" s="2" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="G216" s="2">
         <v>0</v>
       </c>
       <c r="H216" s="2">
         <v>0</v>
       </c>
       <c r="I216" s="1">
         <v>0</v>
       </c>
       <c r="J216" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K216" s="2" t="str">
         <f>J216*9395.06</f>
         <v>0</v>
       </c>
       <c r="L216" s="5"/>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A217" s="1"/>
       <c r="B217" s="1">
         <v>839229</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="D217" s="1"/>
       <c r="E217" s="2" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="G217" s="2">
         <v>1</v>
       </c>
       <c r="H217" s="2">
         <v>0</v>
       </c>
       <c r="I217" s="1">
         <v>0</v>
       </c>
       <c r="J217" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K217" s="2" t="str">
         <f>J217*10419.47</f>
         <v>0</v>
       </c>
       <c r="L217" s="5"/>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A218" s="1"/>
       <c r="B218" s="1">
         <v>839230</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D218" s="1"/>
       <c r="E218" s="2" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="G218" s="2">
         <v>0</v>
       </c>
       <c r="H218" s="2">
         <v>0</v>
       </c>
       <c r="I218" s="1">
         <v>0</v>
       </c>
       <c r="J218" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K218" s="2" t="str">
         <f>J218*11549.16</f>
         <v>0</v>
       </c>
       <c r="L218" s="5"/>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A219" s="1"/>
       <c r="B219" s="1">
         <v>839231</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="D219" s="1"/>
       <c r="E219" s="2" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="G219" s="2">
         <v>0</v>
       </c>
       <c r="H219" s="2">
         <v>0</v>
       </c>
       <c r="I219" s="1">
         <v>0</v>
       </c>
       <c r="J219" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K219" s="2" t="str">
         <f>J219*12769.99</f>
         <v>0</v>
       </c>
       <c r="L219" s="5"/>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A220" s="1"/>
       <c r="B220" s="1">
         <v>839232</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="D220" s="1"/>
       <c r="E220" s="2" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="G220" s="2">
         <v>0</v>
       </c>
       <c r="H220" s="2">
         <v>0</v>
       </c>
       <c r="I220" s="1">
         <v>0</v>
       </c>
       <c r="J220" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K220" s="2" t="str">
         <f>J220*14227.04</f>
         <v>0</v>
       </c>
       <c r="L220" s="5"/>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A221" s="1"/>
       <c r="B221" s="1">
         <v>839233</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="D221" s="1"/>
       <c r="E221" s="2" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="G221" s="2">
         <v>0</v>
       </c>
       <c r="H221" s="2">
         <v>0</v>
       </c>
       <c r="I221" s="1">
         <v>0</v>
       </c>
       <c r="J221" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K221" s="2" t="str">
         <f>J221*15871.27</f>
         <v>0</v>
       </c>
       <c r="L221" s="5"/>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A222" s="1"/>
       <c r="B222" s="1">
         <v>839234</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="D222" s="1"/>
       <c r="E222" s="2" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="G222" s="2">
         <v>0</v>
       </c>
       <c r="H222" s="2">
         <v>0</v>
       </c>
       <c r="I222" s="1">
         <v>0</v>
       </c>
       <c r="J222" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K222" s="2" t="str">
         <f>J222*7039.88</f>
         <v>0</v>
       </c>
       <c r="L222" s="5"/>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A223" s="1"/>
       <c r="B223" s="1">
         <v>839235</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="D223" s="1"/>
       <c r="E223" s="2" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="G223" s="2">
         <v>0</v>
       </c>
       <c r="H223" s="2">
         <v>0</v>
       </c>
       <c r="I223" s="1">
         <v>0</v>
       </c>
       <c r="J223" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K223" s="2" t="str">
         <f>J223*7658.60</f>
         <v>0</v>
       </c>
       <c r="L223" s="5"/>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A224" s="1"/>
       <c r="B224" s="1">
         <v>839236</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="D224" s="1"/>
       <c r="E224" s="2" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="G224" s="2">
         <v>0</v>
       </c>
       <c r="H224" s="2">
         <v>0</v>
       </c>
       <c r="I224" s="1">
         <v>0</v>
       </c>
       <c r="J224" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K224" s="2" t="str">
         <f>J224*8330.35</f>
         <v>0</v>
       </c>
       <c r="L224" s="5"/>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A225" s="1"/>
       <c r="B225" s="1">
         <v>839237</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="D225" s="1"/>
       <c r="E225" s="2" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="G225" s="2">
         <v>0</v>
       </c>
       <c r="H225" s="2">
         <v>0</v>
       </c>
       <c r="I225" s="1">
         <v>0</v>
       </c>
       <c r="J225" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K225" s="2" t="str">
         <f>J225*8973.22</f>
         <v>0</v>
       </c>
       <c r="L225" s="5"/>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A226" s="1"/>
       <c r="B226" s="1">
         <v>839238</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="D226" s="1"/>
       <c r="E226" s="2" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="G226" s="2">
         <v>0</v>
       </c>
       <c r="H226" s="2">
         <v>0</v>
       </c>
       <c r="I226" s="1">
         <v>0</v>
       </c>
       <c r="J226" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K226" s="2" t="str">
         <f>J226*9671.36</f>
         <v>0</v>
       </c>
       <c r="L226" s="5"/>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A227" s="1"/>
       <c r="B227" s="1">
         <v>839239</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="D227" s="1"/>
       <c r="E227" s="2" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="G227" s="2">
         <v>0</v>
       </c>
       <c r="H227" s="2">
         <v>0</v>
       </c>
       <c r="I227" s="1">
         <v>0</v>
       </c>
       <c r="J227" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K227" s="2" t="str">
         <f>J227*10263.67</f>
         <v>0</v>
       </c>
       <c r="L227" s="5"/>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A228" s="1"/>
       <c r="B228" s="1">
         <v>839240</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="D228" s="1"/>
       <c r="E228" s="2" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="G228" s="2">
         <v>0</v>
       </c>
       <c r="H228" s="2">
         <v>0</v>
       </c>
       <c r="I228" s="1">
         <v>0</v>
       </c>
       <c r="J228" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K228" s="2" t="str">
         <f>J228*10932.98</f>
         <v>0</v>
       </c>
       <c r="L228" s="5"/>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A229" s="1"/>
       <c r="B229" s="1">
         <v>839241</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D229" s="1"/>
       <c r="E229" s="2" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="G229" s="2">
         <v>0</v>
       </c>
       <c r="H229" s="2">
         <v>0</v>
       </c>
       <c r="I229" s="1">
         <v>0</v>
       </c>
       <c r="J229" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K229" s="2" t="str">
         <f>J229*11578.23</f>
         <v>0</v>
       </c>
       <c r="L229" s="5"/>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A230" s="1"/>
       <c r="B230" s="1">
         <v>839242</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="D230" s="1"/>
       <c r="E230" s="2" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="G230" s="2">
         <v>0</v>
       </c>
       <c r="H230" s="2">
         <v>0</v>
       </c>
       <c r="I230" s="1">
         <v>0</v>
       </c>
       <c r="J230" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K230" s="2" t="str">
         <f>J230*12223.45</f>
         <v>0</v>
       </c>
       <c r="L230" s="5"/>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A231" s="1"/>
       <c r="B231" s="1">
         <v>839243</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D231" s="1"/>
       <c r="E231" s="2" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="G231" s="2">
         <v>0</v>
       </c>
       <c r="H231" s="2">
         <v>0</v>
       </c>
       <c r="I231" s="1">
         <v>0</v>
       </c>
       <c r="J231" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K231" s="2" t="str">
         <f>J231*13590.97</f>
         <v>0</v>
       </c>
       <c r="L231" s="5"/>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A232" s="1"/>
       <c r="B232" s="1">
         <v>839244</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="D232" s="1"/>
       <c r="E232" s="2" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="G232" s="2">
         <v>0</v>
       </c>
       <c r="H232" s="2">
         <v>0</v>
       </c>
       <c r="I232" s="1">
         <v>0</v>
       </c>
       <c r="J232" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K232" s="2" t="str">
         <f>J232*15170.39</f>
         <v>0</v>
       </c>
       <c r="L232" s="5"/>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A233" s="1"/>
       <c r="B233" s="1">
         <v>839245</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="D233" s="1"/>
       <c r="E233" s="2" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="G233" s="2">
         <v>1</v>
       </c>
       <c r="H233" s="2">
         <v>0</v>
       </c>
       <c r="I233" s="1">
         <v>0</v>
       </c>
       <c r="J233" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K233" s="2" t="str">
         <f>J233*16906.27</f>
         <v>0</v>
       </c>
       <c r="L233" s="5"/>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A234" s="1"/>
       <c r="B234" s="1">
         <v>839246</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="D234" s="1"/>
       <c r="E234" s="2" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="G234" s="2">
         <v>0</v>
       </c>
       <c r="H234" s="2">
         <v>0</v>
       </c>
       <c r="I234" s="1">
         <v>0</v>
       </c>
       <c r="J234" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K234" s="2" t="str">
         <f>J234*18909.38</f>
         <v>0</v>
       </c>
       <c r="L234" s="5"/>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A235" s="1"/>
       <c r="B235" s="1">
         <v>868610</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="D235" s="1">
         <v>155107</v>
       </c>
       <c r="E235" s="2" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="G235" s="2">
         <v>0</v>
       </c>
       <c r="H235" s="2">
         <v>0</v>
       </c>
       <c r="I235" s="1">
         <v>0</v>
       </c>
       <c r="J235" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K235" s="2" t="str">
         <f>J235*1700.00</f>
         <v>0</v>
       </c>
       <c r="L235" s="5"/>
     </row>
     <row r="236" spans="1:12" outlineLevel="4">
       <c r="A236" s="1"/>
       <c r="B236" s="1">
         <v>883791</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="D236" s="1"/>
       <c r="E236" s="2" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="G236" s="2">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="H236" s="2">
         <v>0</v>
       </c>
       <c r="I236" s="1">
         <v>0</v>
       </c>
       <c r="J236" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K236" s="2" t="str">
         <f>J236*1150.00</f>
         <v>0</v>
       </c>
       <c r="L236" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A52:K52"/>
     <mergeCell ref="A69:K69"/>
     <mergeCell ref="A150:K150"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A15:K15"/>
     <mergeCell ref="A37:K37"/>
     <mergeCell ref="A53:K53"/>
     <mergeCell ref="A70:K70"/>
     <mergeCell ref="A87:K87"/>
     <mergeCell ref="A93:K93"/>
     <mergeCell ref="A110:K110"/>
     <mergeCell ref="A143:K143"/>