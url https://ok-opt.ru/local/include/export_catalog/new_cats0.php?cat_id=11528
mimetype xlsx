--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -17,676 +17,685 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="727">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="729">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>Радиаторы отопления и комплектующие</t>
   </si>
   <si>
     <t>Биметаллические радиаторы отопления</t>
   </si>
   <si>
     <t>Радиаторы биметаллические EVOLUTION</t>
   </si>
   <si>
     <t>ROK-120001</t>
   </si>
   <si>
     <t>Радиатор биметаллический Evolution 500/80 4 сек (136 Вт/сек)</t>
   </si>
   <si>
-    <t>2 636.72 руб.</t>
+    <t>2 855.07 руб.</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>ROK-120003</t>
   </si>
   <si>
     <t>Радиатор биметаллический Evolution 500/80 6 сек (136 Вт/сек)</t>
   </si>
   <si>
-    <t>3 955.18 руб.</t>
+    <t>4 282.51 руб.</t>
+  </si>
+  <si>
+    <t>&gt;10</t>
   </si>
   <si>
     <t>ROK-120005</t>
   </si>
   <si>
     <t>Радиатор биметаллический Evolution 500/80 8 сек (136 Вт/сек)</t>
   </si>
   <si>
-    <t>5 273.63 руб.</t>
+    <t>5 709.94 руб.</t>
   </si>
   <si>
     <t>ROK-120007</t>
   </si>
   <si>
     <t>Радиатор биметаллический Evolution 500/80 10 сек (136 Вт/сек)</t>
   </si>
   <si>
-    <t>6 591.90 руб.</t>
+    <t>7 137.58 руб.</t>
   </si>
   <si>
     <t>ROK-120008</t>
   </si>
   <si>
     <t>Радиатор биметаллический Evolution 500/80 12 сек (136 Вт/сек)</t>
   </si>
   <si>
-    <t>7 910.35 руб.</t>
+    <t>8 565.01 руб.</t>
   </si>
   <si>
     <t>ROK-120009</t>
   </si>
   <si>
     <t>Радиатор биметаллический Evolution 350/80 6 сек (106 Вт/сек)</t>
   </si>
   <si>
-    <t>3 635.93 руб.</t>
+    <t>3 936.95 руб.</t>
   </si>
   <si>
     <t>ROK-120010</t>
   </si>
   <si>
     <t>Радиатор биметаллический Evolution 350/80 8 сек (106 Вт/сек)</t>
   </si>
   <si>
-    <t>4 847.90 руб.</t>
+    <t>5 249.13 руб.</t>
   </si>
   <si>
     <t>ROK-120011</t>
   </si>
   <si>
     <t>Радиатор биметаллический Evolution 350/80 10 сек (106 Вт/сек)</t>
   </si>
   <si>
-    <t>6 059.88 руб.</t>
+    <t>6 561.52 руб.</t>
   </si>
   <si>
     <t>ROK-120012</t>
   </si>
   <si>
     <t>Радиатор биметаллический Evolution 350/80 12 сек (106 Вт/сек)</t>
   </si>
   <si>
-    <t>7 271.85 руб.</t>
+    <t>7 873.70 руб.</t>
   </si>
   <si>
     <t>ROK-120013</t>
   </si>
   <si>
     <t>Радиатор биметаллический Evolution 350/80 4 сек (106 Вт/сек)</t>
   </si>
   <si>
-    <t>2 423.95 руб.</t>
+    <t>2 624.57 руб.</t>
   </si>
   <si>
     <t>Радиаторы биметаллические RADENA</t>
   </si>
   <si>
     <t>ROK-120101</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 150/120 6 сек (88 Вт/сек)</t>
   </si>
   <si>
-    <t>5 380.11 руб.</t>
+    <t>7 489.59 руб.</t>
   </si>
   <si>
     <t>ROK-120102</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 150/120 8 сек (88 Вт/сек)</t>
   </si>
   <si>
-    <t>7 173.36 руб.</t>
+    <t>9 986.19 руб.</t>
   </si>
   <si>
     <t>ROK-120103</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 150/120 10 сек (88 Вт/сек)</t>
   </si>
   <si>
-    <t>8 966.60 руб.</t>
+    <t>12 482.79 руб.</t>
   </si>
   <si>
     <t>ROK-120104</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 150/120 12 сек (88 Вт/сек)</t>
   </si>
   <si>
-    <t>10 760.04 руб.</t>
+    <t>14 979.39 руб.</t>
   </si>
   <si>
     <t>ROK-120105</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 150/120 14 сек (88 Вт/сек)</t>
   </si>
   <si>
-    <t>12 553.28 руб.</t>
+    <t>17 475.78 руб.</t>
   </si>
   <si>
     <t>ROK-120106</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 150/120 16 сек (88 Вт/сек)</t>
   </si>
   <si>
-    <t>14 346.72 руб.</t>
+    <t>19 972.38 руб.</t>
   </si>
   <si>
     <t>ROK-120107</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 200/120 6 сек (95 Вт/сек)</t>
   </si>
   <si>
-    <t>5 308.43 руб.</t>
+    <t>7 390.08 руб.</t>
   </si>
   <si>
     <t>ROK-120108</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 200/120 8 сек (95 Вт/сек)</t>
   </si>
   <si>
-    <t>7 078.10 руб.</t>
+    <t>9 853.58 руб.</t>
   </si>
   <si>
     <t>ROK-120109</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 200/120 10 сек (95 Вт/сек)</t>
   </si>
   <si>
-    <t>8 847.57 руб.</t>
+    <t>12 316.87 руб.</t>
   </si>
   <si>
     <t>ROK-120110</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 200/120 12 сек (95 Вт/сек)</t>
   </si>
   <si>
-    <t>10 617.05 руб.</t>
+    <t>14 780.17 руб.</t>
   </si>
   <si>
     <t>ROK-120111</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 200/120 14 сек (95 Вт/сек)</t>
   </si>
   <si>
-    <t>12 386.53 руб.</t>
+    <t>17 243.66 руб.</t>
   </si>
   <si>
     <t>ROK-120112</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 350/85 4 сек (139 Вт/сек)</t>
   </si>
   <si>
-    <t>3 746.59 руб.</t>
+    <t>5 215.63 руб.</t>
   </si>
   <si>
     <t>ROK-120114</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 350/85 6 сек (139 Вт/сек)</t>
   </si>
   <si>
-    <t>5 619.88 руб.</t>
+    <t>7 823.44 руб.</t>
   </si>
   <si>
     <t>ROK-120116</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 350/85 8 сек (139 Вт/сек)</t>
   </si>
   <si>
-    <t>7 493.18 руб.</t>
+    <t>10 431.46 руб.</t>
   </si>
   <si>
     <t>ROK-120118</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 350/85 10 сек (139 Вт/сек)</t>
   </si>
   <si>
-    <t>9 366.47 руб.</t>
+    <t>13 039.27 руб.</t>
   </si>
   <si>
     <t>ROK-120120</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 350/85 12 сек (139 Вт/сек)</t>
   </si>
   <si>
-    <t>11 239.77 руб.</t>
+    <t>15 647.29 руб.</t>
   </si>
   <si>
     <t>ROK-120130</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 500/100 4 сек (194 Вт/сек)</t>
   </si>
   <si>
-    <t>4 080.10 руб.</t>
+    <t>5 679.87 руб.</t>
   </si>
   <si>
     <t>ROK-120132</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 500/100 6 сек (194 Вт/сек)</t>
   </si>
   <si>
-    <t>6 120.15 руб.</t>
+    <t>8 520.00 руб.</t>
   </si>
   <si>
     <t>ROK-120134</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 500/100 8 сек (194 Вт/сек)</t>
   </si>
   <si>
-    <t>8 160.20 руб.</t>
+    <t>11 359.94 руб.</t>
   </si>
   <si>
     <t>ROK-120136</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 500/100 10 сек (194 Вт/сек)</t>
   </si>
   <si>
-    <t>10 200.25 руб.</t>
+    <t>14 200.07 руб.</t>
   </si>
   <si>
     <t>ROK-120138</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 500/100 12 сек (194 Вт/сек)</t>
   </si>
   <si>
-    <t>12 240.30 руб.</t>
+    <t>17 040.00 руб.</t>
   </si>
   <si>
     <t>Радиаторы биметаллические RADENA нижнее подключение</t>
   </si>
   <si>
     <t>ROK-120139</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA VC 350/85 4 сек нижнее подключение (140 Вт/сек)</t>
   </si>
   <si>
-    <t>4 912.17 руб.</t>
+    <t>6 838.25 руб.</t>
   </si>
   <si>
     <t>ROK-120140</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA VC 350/85 6 сек нижнее подключение (140 Вт/сек)</t>
   </si>
   <si>
-    <t>6 785.46 руб.</t>
+    <t>9 446.06 руб.</t>
   </si>
   <si>
     <t>ROK-120141</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA VC 350/85 8 сек нижнее подключение (140 Вт/сек)</t>
   </si>
   <si>
-    <t>8 658.76 руб.</t>
+    <t>12 053.87 руб.</t>
   </si>
   <si>
     <t>ROK-120142</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA VC 350/85 10 сек нижнее подключение (140 Вт/сек)</t>
   </si>
   <si>
-    <t>10 532.05 руб.</t>
+    <t>14 661.89 руб.</t>
   </si>
   <si>
     <t>ROK-120143</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA VC 350/85 12 сек нижнее подключение (140 Вт/сек)</t>
   </si>
   <si>
-    <t>12 405.35 руб.</t>
+    <t>17 269.70 руб.</t>
   </si>
   <si>
     <t>ROK-120144</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA VC 500/85 4 сек нижнее подключение (178 Вт/сек)</t>
   </si>
   <si>
-    <t>5 720.28 руб.</t>
+    <t>7 963.52 руб.</t>
   </si>
   <si>
     <t>ROK-120145</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA VC 500/85 5 сек нижнее подключение (178 Вт/сек)</t>
   </si>
   <si>
-    <t>6 707.13 руб.</t>
+    <t>9 337.27 руб.</t>
   </si>
   <si>
     <t>ROK-120146</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA VC 500/85 6 сек нижнее подключение (178 Вт/сек)</t>
   </si>
   <si>
-    <t>7 693.97 руб.</t>
+    <t>10 711.01 руб.</t>
   </si>
   <si>
     <t>ROK-120147</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA VC 500/85 7 сек нижнее подключение (178 Вт/сек)</t>
   </si>
   <si>
-    <t>8 680.82 руб.</t>
+    <t>12 084.75 руб.</t>
   </si>
   <si>
     <t>ROK-120148</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA VC 500/85 8 сек нижнее подключение (178 Вт/сек)</t>
   </si>
   <si>
-    <t>9 667.66 руб.</t>
+    <t>13 458.50 руб.</t>
   </si>
   <si>
     <t>ROK-120149</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA VC 500/85 9 сек нижнее подключение (178 Вт/сек)</t>
   </si>
   <si>
-    <t>10 654.51 руб.</t>
+    <t>14 832.45 руб.</t>
   </si>
   <si>
     <t>ROK-120150</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA VC 500/85 10 сек нижнее подключение (178 Вт/сек)</t>
   </si>
   <si>
-    <t>11 641.35 руб.</t>
+    <t>16 206.19 руб.</t>
   </si>
   <si>
     <t>ROK-120151</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA VC 500/85 11 сек нижнее подключение (178 Вт/сек)</t>
   </si>
   <si>
-    <t>12 628.20 руб.</t>
+    <t>17 579.94 руб.</t>
   </si>
   <si>
     <t>ROK-120152</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA VC 500/85 12 сек нижнее подключение (178 Вт/сек)</t>
   </si>
   <si>
-    <t>13 615.04 руб.</t>
+    <t>18 953.68 руб.</t>
   </si>
   <si>
     <t>Алюминиевые радиаторы отопления</t>
   </si>
   <si>
     <t>Радиаторы алюминиевые EVOLUTION</t>
   </si>
   <si>
     <t>ROK-240001</t>
   </si>
   <si>
     <t>Радиатор алюминиевый Evolution 500/80 4 сек (146 Вт/сек)</t>
   </si>
   <si>
-    <t>2 452.85 руб.</t>
+    <t>2 655.85 руб.</t>
   </si>
   <si>
     <t>ROK-240002</t>
   </si>
   <si>
     <t>Радиатор алюминиевый Evolution 500/80 6 сек (146 Вт/сек)</t>
   </si>
   <si>
-    <t>3 679.28 руб.</t>
+    <t>3 983.78 руб.</t>
   </si>
   <si>
     <t>ROK-240003</t>
   </si>
   <si>
     <t>Радиатор алюминиевый Evolution 500/80 8 сек (146 Вт/сек)</t>
   </si>
   <si>
-    <t>4 905.71 руб.</t>
+    <t>5 311.71 руб.</t>
   </si>
   <si>
     <t>ROK-240004</t>
   </si>
   <si>
     <t>Радиатор алюминиевый Evolution 500/80 10 сек (146 Вт/сек)</t>
   </si>
   <si>
-    <t>6 132.13 руб.</t>
+    <t>6 639.63 руб.</t>
   </si>
   <si>
     <t>ROK-240005</t>
   </si>
   <si>
     <t>Радиатор алюминиевый Evolution 500/80 12 сек (146 Вт/сек)</t>
   </si>
   <si>
-    <t>7 358.37 руб.</t>
+    <t>7 967.36 руб.</t>
   </si>
   <si>
     <t>ROK-240006</t>
   </si>
   <si>
     <t>Радиатор алюминиевый Evolution 350/80 4 сек (111 Вт/сек)</t>
   </si>
   <si>
-    <t>2 207.57 руб.</t>
+    <t>2 390.23 руб.</t>
   </si>
   <si>
     <t>ROK-240007</t>
   </si>
   <si>
     <t>Радиатор алюминиевый Evolution 350/80 6 сек (111 Вт/сек)</t>
   </si>
   <si>
-    <t>3 311.35 руб.</t>
+    <t>3 585.34 руб.</t>
   </si>
   <si>
     <t>ROK-240008</t>
   </si>
   <si>
     <t>Радиатор алюминиевый Evolution 350/80 8 сек (111 Вт/сек)</t>
   </si>
   <si>
-    <t>4 415.13 руб.</t>
+    <t>4 780.45 руб.</t>
   </si>
   <si>
     <t>ROK-240009</t>
   </si>
   <si>
     <t>Радиатор алюминиевый Evolution 350/80 10 сек (111 Вт/сек)</t>
   </si>
   <si>
-    <t>5 518.92 руб.</t>
+    <t>5 975.57 руб.</t>
   </si>
   <si>
     <t>ROK-240010</t>
   </si>
   <si>
     <t>Радиатор алюминиевый Evolution 350/80 12 сек (111 Вт/сек)</t>
   </si>
   <si>
-    <t>6 622.70 руб.</t>
+    <t>7 170.68 руб.</t>
   </si>
   <si>
     <t>ROK-240011</t>
   </si>
   <si>
     <t>Радиатор алюминиевый Evolution 200/100 6 сек (94 Вт/сек)</t>
   </si>
   <si>
-    <t>3 360.03 руб.</t>
+    <t>3 638.02 руб.</t>
   </si>
   <si>
     <t>ROK-240012</t>
   </si>
   <si>
     <t>Радиатор алюминиевый Evolution 200/100 8 сек (94 Вт/сек)</t>
   </si>
   <si>
-    <t>4 479.97 руб.</t>
+    <t>4 850.70 руб.</t>
   </si>
   <si>
     <t>ROK-240013</t>
   </si>
   <si>
     <t>Радиатор алюминиевый Evolution 200/100 10 сек (94 Вт/сек)</t>
   </si>
   <si>
-    <t>5 599.92 руб.</t>
+    <t>6 063.37 руб.</t>
   </si>
   <si>
     <t>ROK-240014</t>
   </si>
   <si>
     <t>Радиатор алюминиевый Evolution 200/100 12 сек (94 Вт/сек)</t>
   </si>
   <si>
-    <t>6 720.06 руб.</t>
+    <t>7 276.24 руб.</t>
   </si>
   <si>
     <t>ROK-240015</t>
   </si>
   <si>
     <t>Радиатор алюминиевый Evolution 200/100 14 сек (94 Вт/сек)</t>
   </si>
   <si>
-    <t>7 840.00 руб.</t>
+    <t>8 488.92 руб.</t>
   </si>
   <si>
     <t>Комплектующие к радиаторам</t>
   </si>
   <si>
     <t>Комплекты для подключения радиаторов</t>
   </si>
   <si>
     <t>ROK-310001</t>
   </si>
   <si>
     <t>VR7A</t>
   </si>
   <si>
     <t>Комплект для монтажа радиатора 1/2" (без кронштейнов) VIEIR (1/50шт)</t>
   </si>
   <si>
     <t>203.79 руб.</t>
   </si>
   <si>
+    <t>&gt;25</t>
+  </si>
+  <si>
     <t>ROK-310002</t>
   </si>
   <si>
     <t>VR7B</t>
   </si>
   <si>
     <t>Комплект для монтажа радиатора 3/4" (без кронштейнов) VIEIR (1/50шт)</t>
   </si>
   <si>
     <t>221.64 руб.</t>
   </si>
   <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
     <t>ROK-310003</t>
   </si>
   <si>
     <t>VR11A</t>
   </si>
   <si>
     <t>Комплект для монтажа радиатора 1/2" (2 кронштейна) VIEIR (1/40шт)</t>
   </si>
   <si>
     <t>254.36 руб.</t>
   </si>
   <si>
     <t>ROK-310004</t>
   </si>
   <si>
     <t>VR11B</t>
   </si>
   <si>
     <t>Комплект для монтажа радиатора 3/4" (2 кронштейна) VIEIR (1/40шт)</t>
   </si>
   <si>
     <t>269.24 руб.</t>
   </si>
   <si>
     <t>ROK-310005</t>
@@ -829,53 +838,50 @@
   <si>
     <t>ROK-330002</t>
   </si>
   <si>
     <t>VRD18</t>
   </si>
   <si>
     <t>Воздухоотводчик ручной 3/4'' (кран Маевского)  (50шт)</t>
   </si>
   <si>
     <t>60.99 руб.</t>
   </si>
   <si>
     <t>ROK-330003</t>
   </si>
   <si>
     <t>VRD19</t>
   </si>
   <si>
     <t>Воздухоотводчик ручной 1/2'' (кран Маевского) ручка (сброс без ключа) (50шт)</t>
   </si>
   <si>
     <t>72.89 руб.</t>
   </si>
   <si>
-    <t>&gt;50</t>
-[...1 lines deleted...]
-  <si>
     <t>ROK-330004</t>
   </si>
   <si>
     <t>VT.501.S. 06</t>
   </si>
   <si>
     <t>Воздухоотводчик д/рад. автомат. лев. 1"   (10шт)</t>
   </si>
   <si>
     <t>722.00 руб.</t>
   </si>
   <si>
     <t>ROK-330005</t>
   </si>
   <si>
     <t>VT.501.D. 06</t>
   </si>
   <si>
     <t>Воздухоотводчик д/рад. автомат. прав. 1"  (10шт)</t>
   </si>
   <si>
     <t>Кронштейны для радиаторов</t>
   </si>
   <si>
     <t>ROK-320001</t>
@@ -883,113 +889,110 @@
   <si>
     <t>K-4008</t>
   </si>
   <si>
     <t>Кронштейн для рад. универсальный угловой белый (1/100шт)</t>
   </si>
   <si>
     <t>31.18 руб.</t>
   </si>
   <si>
     <t>&gt;1000</t>
   </si>
   <si>
     <t>ROK-320002</t>
   </si>
   <si>
     <t>K7-180</t>
   </si>
   <si>
     <t>Кронштейн для рад. с дюбелем белый 7х180 мм плоский (1/100шт)</t>
   </si>
   <si>
     <t>25.90 руб.</t>
   </si>
   <si>
+    <t>&gt;500</t>
+  </si>
+  <si>
     <t>ROK-320007</t>
   </si>
   <si>
     <t>Кронштейн на полосе для ЧУГУН радиатора (К.4.8.1)</t>
   </si>
   <si>
     <t>204.85 руб.</t>
   </si>
   <si>
     <t>ROK-320008</t>
   </si>
   <si>
     <t>Кронштейн с дюбелем для ЧУГУН радиатора (К.6.3.2)</t>
   </si>
   <si>
     <t>42.33 руб.</t>
   </si>
   <si>
     <t>ROK-320009</t>
   </si>
   <si>
     <t>VR9-250</t>
   </si>
   <si>
     <t>Кронштейн для рад. толщина 9-250мм (50пар)</t>
   </si>
   <si>
     <t>89.25 руб.</t>
   </si>
   <si>
-    <t>&gt;10</t>
-[...1 lines deleted...]
-  <si>
     <t>пар</t>
   </si>
   <si>
     <t>ROK-320010</t>
   </si>
   <si>
     <t>VRD20</t>
   </si>
   <si>
     <t>Напольный кронштейн для радиатора с цепочкой (1/25шт)</t>
   </si>
   <si>
     <t>428.40 руб.</t>
   </si>
   <si>
     <t>ROK-320011</t>
   </si>
   <si>
     <t>K-4009</t>
   </si>
   <si>
     <t>Кронштейн для рад. универсальный угловой белый усиленный (1/100шт)</t>
   </si>
   <si>
     <t>56.00 руб.</t>
   </si>
   <si>
-    <t>&gt;500</t>
-[...1 lines deleted...]
-  <si>
     <t>ROK-320012</t>
   </si>
   <si>
     <t>K7-220</t>
   </si>
   <si>
     <t>Кронштейн для рад. с дюбелем белый 7х220 мм плоский (1/100шт)</t>
   </si>
   <si>
     <t>36.30 руб.</t>
   </si>
   <si>
     <t>ROK-320013</t>
   </si>
   <si>
     <t>K7-250</t>
   </si>
   <si>
     <t>Кронштейн для рад. с дюбелем белый 7*250 мм плоский (1/100шт)</t>
   </si>
   <si>
     <t>39.74 руб.</t>
   </si>
   <si>
     <t>ROK-320014</t>
@@ -1054,50 +1057,56 @@
   <si>
     <t>ROK-320025</t>
   </si>
   <si>
     <t>VR9-170A</t>
   </si>
   <si>
     <t>ПАРА  кронштейнов для рад. с дюбелем ПРОРЕЗИНЕННЫХ белых (9*170 мм)</t>
   </si>
   <si>
     <t>71.40 руб.</t>
   </si>
   <si>
     <t>VVR-000024</t>
   </si>
   <si>
     <t>VR9-170</t>
   </si>
   <si>
     <t>ПАРА Кронштейнов толщина (9) 170мм (100/2пар)  ViEiR</t>
   </si>
   <si>
     <t>56.53 руб.</t>
   </si>
   <si>
+    <t>УТ000001467</t>
+  </si>
+  <si>
+    <t>Напольный внутр. кронштейн регулируемый для сталь рад. 20,22,30,33 типа</t>
+  </si>
+  <si>
     <t>Комплектующие для радиаторов</t>
   </si>
   <si>
     <t>ROK-350005</t>
   </si>
   <si>
     <t>Переходник для радиатора 1''х1/2'' лев. с силик. прокл.</t>
   </si>
   <si>
     <t>58.07 руб.</t>
   </si>
   <si>
     <t>ROK-350006</t>
   </si>
   <si>
     <t>Переходник для радиатора 1''х1/2'' прав. с силик. прокл.</t>
   </si>
   <si>
     <t>87.21 руб.</t>
   </si>
   <si>
     <t>ROK-350007</t>
   </si>
   <si>
     <t>Переходник для радиатора 1''х3/4'' лев. с силик. прокл.</t>
@@ -1124,53 +1133,50 @@
     <t>ROK-350010</t>
   </si>
   <si>
     <t>Заглушка на переходник для радиатора 3/4"</t>
   </si>
   <si>
     <t>34.21 руб.</t>
   </si>
   <si>
     <t>ROK-350011</t>
   </si>
   <si>
     <t>Заглушка для радиатора левая с силиконовой прокладкой 1"</t>
   </si>
   <si>
     <t>64.60 руб.</t>
   </si>
   <si>
     <t>ROK-350012</t>
   </si>
   <si>
     <t>Заглушка для радиатора правая с силиконовой прокладкой 1"</t>
   </si>
   <si>
     <t>50.83 руб.</t>
-  </si>
-[...1 lines deleted...]
-    <t>&gt;25</t>
   </si>
   <si>
     <t>ROK-350013</t>
   </si>
   <si>
     <t>Ниппель межсекционный для радиатора 1''</t>
   </si>
   <si>
     <t>102.68 руб.</t>
   </si>
   <si>
     <t>ROK-350015</t>
   </si>
   <si>
     <t>TENRAD.S42-1</t>
   </si>
   <si>
     <t>-Прокладка силиконовая круглая TENRAD, к ниппелю для радиатора</t>
   </si>
   <si>
     <t>25.00 руб.</t>
   </si>
   <si>
     <t>ROK-350016</t>
   </si>
@@ -2333,51 +2339,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="5" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771b96_86a5_11e9_8101_003048fd731b_d504bc65_518a_11ea_810f_003048fd731b1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771b9a_86a5_11e9_8101_003048fd731b_d504bc67_518a_11ea_810f_003048fd731b2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771b9e_86a5_11e9_8101_003048fd731b_d504bc69_518a_11ea_810f_003048fd731b3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771ba2_86a5_11e9_8101_003048fd731b_d504bc63_518a_11ea_810f_003048fd731b4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771ba4_86a5_11e9_8101_003048fd731b_d504bc64_518a_11ea_810f_003048fd731b5.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771ba6_86a5_11e9_8101_003048fd731b_d504bc62_518a_11ea_810f_003048fd731b6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771ba8_86a5_11e9_8101_003048fd731b_d504bc61_518a_11ea_810f_003048fd731b7.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771baa_86a5_11e9_8101_003048fd731b_d504bc5f_518a_11ea_810f_003048fd731b8.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771bac_86a5_11e9_8101_003048fd731b_d504bc60_518a_11ea_810f_003048fd731b9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f9c9f84_3458_11ed_a325_00259070b484_444b1bb5_5a46_11f0_a775_047c1617b14310.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b498883_3602_11ed_a327_00259070b484_6f54f212_11fe_11ef_a5b8_047c1617b14311.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b498885_3602_11ed_a327_00259070b484_6f54f213_11fe_11ef_a5b8_047c1617b14312.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b498887_3602_11ed_a327_00259070b484_6f54f20e_11fe_11ef_a5b8_047c1617b14313.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b498889_3602_11ed_a327_00259070b484_6f54f20f_11fe_11ef_a5b8_047c1617b14314.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b49888b_3602_11ed_a327_00259070b484_6f54f210_11fe_11ef_a5b8_047c1617b14315.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b49888d_3602_11ed_a327_00259070b484_6f54f211_11fe_11ef_a5b8_047c1617b14316.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b49888f_3602_11ed_a327_00259070b484_6f54f217_11fe_11ef_a5b8_047c1617b14317.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b498891_3602_11ed_a327_00259070b484_6f54f218_11fe_11ef_a5b8_047c1617b14318.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b498893_3602_11ed_a327_00259070b484_6f54f214_11fe_11ef_a5b8_047c1617b14319.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b498895_3602_11ed_a327_00259070b484_6f54f215_11fe_11ef_a5b8_047c1617b14320.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b498897_3602_11ed_a327_00259070b484_6f54f216_11fe_11ef_a5b8_047c1617b14321.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b498899_3602_11ed_a327_00259070b484_6f54f21b_11fe_11ef_a5b8_047c1617b14322.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b49889d_3602_11ed_a327_00259070b484_6f54f21c_11fe_11ef_a5b8_047c1617b14323.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b4988a1_3602_11ed_a327_00259070b484_6f54f21d_11fe_11ef_a5b8_047c1617b14324.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41573447_3602_11ed_a327_00259070b484_6f54f219_11fe_11ef_a5b8_047c1617b14325.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4157344b_3602_11ed_a327_00259070b484_6f54f21a_11fe_11ef_a5b8_047c1617b14326.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4157345f_3602_11ed_a327_00259070b484_6f54f220_11fe_11ef_a5b8_047c1617b14327.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41573463_3602_11ed_a327_00259070b484_6f54f221_11fe_11ef_a5b8_047c1617b14328.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41573467_3602_11ed_a327_00259070b484_6f54f222_11fe_11ef_a5b8_047c1617b14329.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4157346b_3602_11ed_a327_00259070b484_6f54f21e_11fe_11ef_a5b8_047c1617b14330.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4157346f_3602_11ed_a327_00259070b484_6f54f21f_11fe_11ef_a5b8_047c1617b14331.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41573471_3602_11ed_a327_00259070b484_444b1bb8_5a46_11f0_a775_047c1617b14332.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41573473_3602_11ed_a327_00259070b484_444b1bb9_5a46_11f0_a775_047c1617b14333.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41573475_3602_11ed_a327_00259070b484_444b1bba_5a46_11f0_a775_047c1617b14334.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41573477_3602_11ed_a327_00259070b484_444b1bb6_5a46_11f0_a775_047c1617b14335.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41573479_3602_11ed_a327_00259070b484_444b1bb7_5a46_11f0_a775_047c1617b14336.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4157347b_3602_11ed_a327_00259070b484_444b1bbe_5a46_11f0_a775_047c1617b14337.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4157347d_3602_11ed_a327_00259070b484_444b1bbf_5a46_11f0_a775_047c1617b14338.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4157347f_3602_11ed_a327_00259070b484_444b1bc0_5a46_11f0_a775_047c1617b14339.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41573481_3602_11ed_a327_00259070b484_444b1bc1_5a46_11f0_a775_047c1617b14340.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41573483_3602_11ed_a327_00259070b484_444b1bc2_5a46_11f0_a775_047c1617b14341.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41573485_3602_11ed_a327_00259070b484_444b1bc3_5a46_11f0_a775_047c1617b14342.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41573487_3602_11ed_a327_00259070b484_444b1bbb_5a46_11f0_a775_047c1617b14343.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41573489_3602_11ed_a327_00259070b484_444b1bbc_5a46_11f0_a775_047c1617b14344.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4157348b_3602_11ed_a327_00259070b484_444b1bbd_5a46_11f0_a775_047c1617b14345.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e1e357b_f95c_11e9_810b_003048fd731b_d504bce6_518a_11ea_810f_003048fd731b46.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e1e357d_f95c_11e9_810b_003048fd731b_d504bce7_518a_11ea_810f_003048fd731b47.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e1e357f_f95c_11e9_810b_003048fd731b_d504bce8_518a_11ea_810f_003048fd731b48.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e1e3581_f95c_11e9_810b_003048fd731b_d504bce4_518a_11ea_810f_003048fd731b49.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e1e3583_f95c_11e9_810b_003048fd731b_d504bce5_518a_11ea_810f_003048fd731b50.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edc3dd68_3601_11ed_a327_00259070b484_6f54f1d5_11fe_11ef_a5b8_047c1617b14351.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edc3dd6a_3601_11ed_a327_00259070b484_6f54f1d6_11fe_11ef_a5b8_047c1617b14352.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edc3dd6c_3601_11ed_a327_00259070b484_6f54f1d7_11fe_11ef_a5b8_047c1617b14353.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edc3dd6e_3601_11ed_a327_00259070b484_6f54f1d3_11fe_11ef_a5b8_047c1617b14354.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edc3dd70_3601_11ed_a327_00259070b484_6f54f1d4_11fe_11ef_a5b8_047c1617b14355.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edc3dd72_3601_11ed_a327_00259070b484_6f54f1cf_11fe_11ef_a5b8_047c1617b14356.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edc3dd74_3601_11ed_a327_00259070b484_6f54f1d1_11fe_11ef_a5b8_047c1617b14357.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edc3dd76_3601_11ed_a327_00259070b484_6f54f1c9_11fe_11ef_a5b8_047c1617b14358.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edc3dd78_3601_11ed_a327_00259070b484_6f54f1cb_11fe_11ef_a5b8_047c1617b14359.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edc3dd7a_3601_11ed_a327_00259070b484_6f54f1cd_11fe_11ef_a5b8_047c1617b14360.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771c8a_86a5_11e9_8101_003048fd731b_4b22d4c5_a59e_11ee_a526_047c1617b14361.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771c8c_86a5_11e9_8101_003048fd731b_4b22d4c6_a59e_11ee_a526_047c1617b14362.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771c8e_86a5_11e9_8101_003048fd731b_4b22d4bf_a59e_11ee_a526_047c1617b14363.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771c90_86a5_11e9_8101_003048fd731b_4b22d4c0_a59e_11ee_a526_047c1617b14364.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771c92_86a5_11e9_8101_003048fd731b_4b22d4c3_a59e_11ee_a526_047c1617b14365.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771c94_86a5_11e9_8101_003048fd731b_4b22d4c4_a59e_11ee_a526_047c1617b14366.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771ca6_86a5_11e9_8101_003048fd731b_4b22d4bd_a59e_11ee_a526_047c1617b14367.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bd7c_86a5_11e9_8101_003048fd731b_4b22d4ba_a59e_11ee_a526_047c1617b14368.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8d8bd8_68f5_11ea_8111_003048fd731b_4b22d4b0_a59e_11ee_a526_047c1617b14369.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8d8bda_68f5_11ea_8111_003048fd731b_4b22d4b6_a59e_11ee_a526_047c1617b14370.jpeg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8d8bdc_68f5_11ea_8111_003048fd731b_4396be83_0312_11ef_a5a4_047c1617b14371.jpeg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8d8bde_68f5_11ea_8111_003048fd731b_4396be89_0312_11ef_a5a4_047c1617b14372.jpeg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af553f7c_f1a1_11ea_8197_003048fd731b_4396be80_0312_11ef_a5a4_047c1617b14373.jpeg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af553f7e_f1a1_11ea_8197_003048fd731b_4396be86_0312_11ef_a5a4_047c1617b14374.jpeg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30ae_5f91_11eb_822d_003048fd731b_4b22d4c1_a59e_11ee_a526_047c1617b14375.jpeg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30b0_5f91_11eb_822d_003048fd731b_4b22d4c2_a59e_11ee_a526_047c1617b14376.jpeg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bd90_86a5_11e9_8101_003048fd731b_4b22d4ab_a59e_11ee_a526_047c1617b14377.jpeg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bd92_86a5_11e9_8101_003048fd731b_4b22d4ac_a59e_11ee_a526_047c1617b14378.jpeg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bd94_86a5_11e9_8101_003048fd731b_4829b019_0627_11ea_810d_003048fd731b79.jpeg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bd96_86a5_11e9_8101_003048fd731b_ac993d2a_476f_11ea_810f_003048fd731b80.jpeg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bd99_86a5_11e9_8101_003048fd731b_ac993d2b_476f_11ea_810f_003048fd731b81.jpeg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bd7f_86a5_11e9_8101_003048fd731b_ac993d2f_476f_11ea_810f_003048fd731b82.jpeg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bd81_86a5_11e9_8101_003048fd731b_ac993d2e_476f_11ea_810f_003048fd731b83.jpeg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bd8b_86a5_11e9_8101_003048fd731b_ac993d30_476f_11ea_810f_003048fd731b84.jpeg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bd8d_86a5_11e9_8101_003048fd731b_ac993d31_476f_11ea_810f_003048fd731b85.jpeg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc1bcfd5_db6e_11e9_8109_003048fd731b_4bac9845_419b_11ea_810f_003048fd731b86.png"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c290eb0_1723_11ea_810e_003048fd731b_4bac9846_419b_11ea_810f_003048fd731b87.png"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8d8be0_68f5_11ea_8111_003048fd731b_018ae8d5_7ca2_11ea_8111_003048fd731b88.jpeg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8d8be2_68f5_11ea_8111_003048fd731b_018ae8d6_7ca2_11ea_8111_003048fd731b89.jpeg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8d8be4_68f5_11ea_8111_003048fd731b_018ae8d7_7ca2_11ea_8111_003048fd731b90.jpeg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8d8be6_68f5_11ea_8111_003048fd731b_018ae8d8_7ca2_11ea_8111_003048fd731b91.jpeg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8d8be8_68f5_11ea_8111_003048fd731b_018ae8d9_7ca2_11ea_8111_003048fd731b92.jpeg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8d8bea_68f5_11ea_8111_003048fd731b_018ae8da_7ca2_11ea_8111_003048fd731b93.jpeg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8d8bec_68f5_11ea_8111_003048fd731b_018ae8db_7ca2_11ea_8111_003048fd731b94.jpeg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8d8bee_68f5_11ea_8111_003048fd731b_018ae8dc_7ca2_11ea_8111_003048fd731b95.jpeg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c5de_7c9e_11ea_8111_003048fd731b_01eadb5e_fff9_11eb_8310_003048fd731b96.jpeg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30b4_5f91_11eb_822d_003048fd731b_d92286e2_f1db_11ef_a6e1_047c1617b14397.jpeg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdb2_86a5_11e9_8101_003048fd731b_ac993d3f_476f_11ea_810f_003048fd731b98.jpeg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdb6_86a5_11e9_8101_003048fd731b_ac993d40_476f_11ea_810f_003048fd731b99.jpeg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdba_86a5_11e9_8101_003048fd731b_ac993d41_476f_11ea_810f_003048fd731b100.jpeg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdbc_86a5_11e9_8101_003048fd731b_ac993d42_476f_11ea_810f_003048fd731b101.jpeg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdbe_86a5_11e9_8101_003048fd731b_ac993d39_476f_11ea_810f_003048fd731b102.jpeg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdc0_86a5_11e9_8101_003048fd731b_ac993d3a_476f_11ea_810f_003048fd731b103.jpeg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdc2_86a5_11e9_8101_003048fd731b_ac993d37_476f_11ea_810f_003048fd731b104.jpeg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdc4_86a5_11e9_8101_003048fd731b_ac993d38_476f_11ea_810f_003048fd731b105.jpeg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdc6_86a5_11e9_8101_003048fd731b_ac993d3e_476f_11ea_810f_003048fd731b106.jpeg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdca_86a5_11e9_8101_003048fd731b_eb9c2413_f954_11e9_810b_003048fd731b107.jpeg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdcc_86a5_11e9_8101_003048fd731b_eb9c2414_f954_11e9_810b_003048fd731b108.jpeg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdce_86a5_11e9_8101_003048fd731b_ac993d4b_476f_11ea_810f_003048fd731b109.jpeg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdd0_86a5_11e9_8101_003048fd731b_ac993d49_476f_11ea_810f_003048fd731b110.jpeg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdd2_86a5_11e9_8101_003048fd731b_ac993d4a_476f_11ea_810f_003048fd731b111.jpeg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdd4_86a5_11e9_8101_003048fd731b_ac993d3d_476f_11ea_810f_003048fd731b112.jpeg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdd6_86a5_11e9_8101_003048fd731b_ac993d43_476f_11ea_810f_003048fd731b113.jpeg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdd8_86a5_11e9_8101_003048fd731b_ac993d44_476f_11ea_810f_003048fd731b114.jpeg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdda_86a5_11e9_8101_003048fd731b_ac993d45_476f_11ea_810f_003048fd731b115.jpeg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bddc_86a5_11e9_8101_003048fd731b_ac993d46_476f_11ea_810f_003048fd731b116.jpeg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdde_86a5_11e9_8101_003048fd731b_ac993d48_476f_11ea_810f_003048fd731b117.png"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bde0_86a5_11e9_8101_003048fd731b_ac993d47_476f_11ea_810f_003048fd731b118.png"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bde2_86a5_11e9_8101_003048fd731b_93005e7c_48f5_11ea_810f_003048fd731b119.jpeg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bde4_86a5_11e9_8101_003048fd731b_93005e7b_48f5_11ea_810f_003048fd731b120.jpeg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bde6_86a5_11e9_8101_003048fd731b_93005e7f_48f5_11ea_810f_003048fd731b121.jpeg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdea_86a5_11e9_8101_003048fd731b_93005e80_48f5_11ea_810f_003048fd731b122.jpeg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdee_86a5_11e9_8101_003048fd731b_93005e7d_48f5_11ea_810f_003048fd731b123.jpeg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdf2_86a5_11e9_8101_003048fd731b_93005e7e_48f5_11ea_810f_003048fd731b124.jpeg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f0e471_c920_11ee_a554_047c1617b143_444b1bc6_5a46_11f0_a775_047c1617b143125.jpeg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f0e473_c920_11ee_a554_047c1617b143_444b1bc4_5a46_11f0_a775_047c1617b143126.jpeg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f0e475_c920_11ee_a554_047c1617b143_444b1bc5_5a46_11f0_a775_047c1617b143127.jpeg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d083a39_3466_11eb_81f3_003048fd731b_d9a65668_f1e4_11ef_a6e1_047c1617b143128.jpeg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991beb_230d_11ed_a307_00259070b487_d9a65669_f1e4_11ef_a6e1_047c1617b143129.jpeg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bda8_86a5_11e9_8101_003048fd731b_ac993d3c_476f_11ea_810f_003048fd731b130.jpeg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdad_86a5_11e9_8101_003048fd731b_eb9c2410_f954_11e9_810b_003048fd731b131.jpeg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23789444_60da_11eb_822e_003048fd731b_4b22d4c9_a59e_11ee_a526_047c1617b143132.jpeg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23789446_60da_11eb_822e_003048fd731b_4b22d4cc_a59e_11ee_a526_047c1617b143133.jpeg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23789448_60da_11eb_822e_003048fd731b_4b22d4cf_a59e_11ee_a526_047c1617b143134.jpeg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2378944a_60da_11eb_822e_003048fd731b_4b22d4d2_a59e_11ee_a526_047c1617b143135.jpeg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2378944c_60da_11eb_822e_003048fd731b_4b22d4d5_a59e_11ee_a526_047c1617b143136.jpeg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2378944e_60da_11eb_822e_003048fd731b_4b22d4d8_a59e_11ee_a526_047c1617b143137.jpeg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a04_60da_11eb_822e_003048fd731b_4b22d4db_a59e_11ee_a526_047c1617b143138.jpeg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a06_60da_11eb_822e_003048fd731b_4b22d4de_a59e_11ee_a526_047c1617b143139.jpeg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a08_60da_11eb_822e_003048fd731b_4b22d4e1_a59e_11ee_a526_047c1617b143140.jpeg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a0a_60da_11eb_822e_003048fd731b_4b22d4e4_a59e_11ee_a526_047c1617b143141.jpeg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a0c_60da_11eb_822e_003048fd731b_4b22d4e7_a59e_11ee_a526_047c1617b143142.jpeg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a0e_60da_11eb_822e_003048fd731b_4b22d4ea_a59e_11ee_a526_047c1617b143143.jpeg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a10_60da_11eb_822e_003048fd731b_4b22d4ed_a59e_11ee_a526_047c1617b143144.jpeg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a12_60da_11eb_822e_003048fd731b_4b22d4f0_a59e_11ee_a526_047c1617b143145.jpeg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a14_60da_11eb_822e_003048fd731b_4b22d4f3_a59e_11ee_a526_047c1617b143146.jpeg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a16_60da_11eb_822e_003048fd731b_4b22d4f6_a59e_11ee_a526_047c1617b143147.jpeg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a18_60da_11eb_822e_003048fd731b_4b22d4f9_a59e_11ee_a526_047c1617b143148.jpeg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a1a_60da_11eb_822e_003048fd731b_4b22d4fc_a59e_11ee_a526_047c1617b143149.jpeg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a1c_60da_11eb_822e_003048fd731b_4b22d4ff_a59e_11ee_a526_047c1617b143150.jpeg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a1e_60da_11eb_822e_003048fd731b_4b22d502_a59e_11ee_a526_047c1617b143151.jpeg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a20_60da_11eb_822e_003048fd731b_4b22d505_a59e_11ee_a526_047c1617b143152.jpeg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a22_60da_11eb_822e_003048fd731b_4b22d508_a59e_11ee_a526_047c1617b143153.jpeg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a24_60da_11eb_822e_003048fd731b_4b22d50b_a59e_11ee_a526_047c1617b143154.jpeg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a26_60da_11eb_822e_003048fd731b_4b22d50e_a59e_11ee_a526_047c1617b143155.jpeg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a28_60da_11eb_822e_003048fd731b_4b22d511_a59e_11ee_a526_047c1617b143156.jpeg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a2a_60da_11eb_822e_003048fd731b_4b22d514_a59e_11ee_a526_047c1617b143157.jpeg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a2c_60da_11eb_822e_003048fd731b_4b22d517_a59e_11ee_a526_047c1617b143158.jpeg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a2e_60da_11eb_822e_003048fd731b_4b22d51a_a59e_11ee_a526_047c1617b143159.jpeg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a30_60da_11eb_822e_003048fd731b_4b22d51d_a59e_11ee_a526_047c1617b143160.jpeg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a32_60da_11eb_822e_003048fd731b_4b22d520_a59e_11ee_a526_047c1617b143161.jpeg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a34_60da_11eb_822e_003048fd731b_4b22d523_a59e_11ee_a526_047c1617b143162.jpeg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a36_60da_11eb_822e_003048fd731b_4b22d526_a59e_11ee_a526_047c1617b143163.jpeg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a38_60da_11eb_822e_003048fd731b_4b22d529_a59e_11ee_a526_047c1617b143164.jpeg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a3a_60da_11eb_822e_003048fd731b_4b22d52c_a59e_11ee_a526_047c1617b143165.jpeg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a3c_60da_11eb_822e_003048fd731b_4b22d52f_a59e_11ee_a526_047c1617b143166.jpeg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a3e_60da_11eb_822e_003048fd731b_4b22d532_a59e_11ee_a526_047c1617b143167.jpeg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a40_60da_11eb_822e_003048fd731b_4b22d535_a59e_11ee_a526_047c1617b143168.jpeg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a42_60da_11eb_822e_003048fd731b_4b22d538_a59e_11ee_a526_047c1617b143169.jpeg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a44_60da_11eb_822e_003048fd731b_4b22d53b_a59e_11ee_a526_047c1617b143170.jpeg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a46_60da_11eb_822e_003048fd731b_4b22d53e_a59e_11ee_a526_047c1617b143171.jpeg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a48_60da_11eb_822e_003048fd731b_4b22d541_a59e_11ee_a526_047c1617b143172.jpeg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a4a_60da_11eb_822e_003048fd731b_4b22d544_a59e_11ee_a526_047c1617b143173.jpeg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a4c_60da_11eb_822e_003048fd731b_4b22d547_a59e_11ee_a526_047c1617b143174.jpeg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a4e_60da_11eb_822e_003048fd731b_4b22d54a_a59e_11ee_a526_047c1617b143175.jpeg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a50_60da_11eb_822e_003048fd731b_4b22d54d_a59e_11ee_a526_047c1617b143176.jpeg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a52_60da_11eb_822e_003048fd731b_4b22d550_a59e_11ee_a526_047c1617b143177.jpeg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a54_60da_11eb_822e_003048fd731b_4b22d553_a59e_11ee_a526_047c1617b143178.jpeg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a56_60da_11eb_822e_003048fd731b_4b22d556_a59e_11ee_a526_047c1617b143179.jpeg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a58_60da_11eb_822e_003048fd731b_4b22d559_a59e_11ee_a526_047c1617b143180.jpeg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a5a_60da_11eb_822e_003048fd731b_4b22d55c_a59e_11ee_a526_047c1617b143181.jpeg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a5c_60da_11eb_822e_003048fd731b_4b22d55f_a59e_11ee_a526_047c1617b143182.jpeg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a5e_60da_11eb_822e_003048fd731b_4b22d562_a59e_11ee_a526_047c1617b143183.jpeg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a62_60da_11eb_822e_003048fd731b_4b22d565_a59e_11ee_a526_047c1617b143184.jpeg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a64_60da_11eb_822e_003048fd731b_4b22d568_a59e_11ee_a526_047c1617b143185.jpeg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a66_60da_11eb_822e_003048fd731b_4b22d56b_a59e_11ee_a526_047c1617b143186.jpeg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a68_60da_11eb_822e_003048fd731b_4b22d56e_a59e_11ee_a526_047c1617b143187.jpeg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a6a_60da_11eb_822e_003048fd731b_4b22d571_a59e_11ee_a526_047c1617b143188.jpeg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a6c_60da_11eb_822e_003048fd731b_4b22d574_a59e_11ee_a526_047c1617b143189.jpeg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a6e_60da_11eb_822e_003048fd731b_4b22d577_a59e_11ee_a526_047c1617b143190.jpeg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a70_60da_11eb_822e_003048fd731b_4b22d57a_a59e_11ee_a526_047c1617b143191.jpeg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a72_60da_11eb_822e_003048fd731b_4b22d57d_a59e_11ee_a526_047c1617b143192.jpeg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a74_60da_11eb_822e_003048fd731b_4b22d580_a59e_11ee_a526_047c1617b143193.jpeg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a76_60da_11eb_822e_003048fd731b_4b22d583_a59e_11ee_a526_047c1617b143194.jpeg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a78_60da_11eb_822e_003048fd731b_4b22d586_a59e_11ee_a526_047c1617b143195.jpeg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a7a_60da_11eb_822e_003048fd731b_4b22d589_a59e_11ee_a526_047c1617b143196.jpeg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a7c_60da_11eb_822e_003048fd731b_4b22d58c_a59e_11ee_a526_047c1617b143197.jpeg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a7e_60da_11eb_822e_003048fd731b_4b22d58f_a59e_11ee_a526_047c1617b143198.jpeg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a80_60da_11eb_822e_003048fd731b_4b22d592_a59e_11ee_a526_047c1617b143199.jpeg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a82_60da_11eb_822e_003048fd731b_4b22d595_a59e_11ee_a526_047c1617b143200.jpeg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a84_60da_11eb_822e_003048fd731b_4b22d598_a59e_11ee_a526_047c1617b143201.jpeg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a86_60da_11eb_822e_003048fd731b_4b22d59b_a59e_11ee_a526_047c1617b143202.jpeg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a88_60da_11eb_822e_003048fd731b_4b22d59e_a59e_11ee_a526_047c1617b143203.jpeg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a8a_60da_11eb_822e_003048fd731b_4b22d5a1_a59e_11ee_a526_047c1617b143204.jpeg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a8c_60da_11eb_822e_003048fd731b_4b22d5a4_a59e_11ee_a526_047c1617b143205.jpeg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a8e_60da_11eb_822e_003048fd731b_4b22d5a7_a59e_11ee_a526_047c1617b143206.jpeg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a90_60da_11eb_822e_003048fd731b_4b22d5aa_a59e_11ee_a526_047c1617b143207.jpeg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a92_60da_11eb_822e_003048fd731b_4b22d5ad_a59e_11ee_a526_047c1617b143208.jpeg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a94_60da_11eb_822e_003048fd731b_4b22d5b0_a59e_11ee_a526_047c1617b143209.jpeg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a96_60da_11eb_822e_003048fd731b_4b22d5b3_a59e_11ee_a526_047c1617b143210.jpeg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a98_60da_11eb_822e_003048fd731b_4b22d5b6_a59e_11ee_a526_047c1617b143211.jpeg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a9a_60da_11eb_822e_003048fd731b_4b22d5b9_a59e_11ee_a526_047c1617b143212.jpeg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a9c_60da_11eb_822e_003048fd731b_4b22d5bc_a59e_11ee_a526_047c1617b143213.jpeg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc9aaea7_f821_11ec_a2ce_00259070b487_d43ed6d0_f115_11ee_a58b_047c1617b143214.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771b96_86a5_11e9_8101_003048fd731b_d504bc65_518a_11ea_810f_003048fd731b1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771b9a_86a5_11e9_8101_003048fd731b_d504bc67_518a_11ea_810f_003048fd731b2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771b9e_86a5_11e9_8101_003048fd731b_d504bc69_518a_11ea_810f_003048fd731b3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771ba2_86a5_11e9_8101_003048fd731b_d504bc63_518a_11ea_810f_003048fd731b4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771ba4_86a5_11e9_8101_003048fd731b_d504bc64_518a_11ea_810f_003048fd731b5.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771ba6_86a5_11e9_8101_003048fd731b_d504bc62_518a_11ea_810f_003048fd731b6.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771ba8_86a5_11e9_8101_003048fd731b_d504bc61_518a_11ea_810f_003048fd731b7.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771baa_86a5_11e9_8101_003048fd731b_d504bc5f_518a_11ea_810f_003048fd731b8.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771bac_86a5_11e9_8101_003048fd731b_d504bc60_518a_11ea_810f_003048fd731b9.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f9c9f84_3458_11ed_a325_00259070b484_444b1bb5_5a46_11f0_a775_047c1617b14310.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b498883_3602_11ed_a327_00259070b484_6f54f212_11fe_11ef_a5b8_047c1617b14311.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b498885_3602_11ed_a327_00259070b484_6f54f213_11fe_11ef_a5b8_047c1617b14312.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b498887_3602_11ed_a327_00259070b484_6f54f20e_11fe_11ef_a5b8_047c1617b14313.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b498889_3602_11ed_a327_00259070b484_6f54f20f_11fe_11ef_a5b8_047c1617b14314.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b49888b_3602_11ed_a327_00259070b484_6f54f210_11fe_11ef_a5b8_047c1617b14315.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b49888d_3602_11ed_a327_00259070b484_6f54f211_11fe_11ef_a5b8_047c1617b14316.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b49888f_3602_11ed_a327_00259070b484_6f54f217_11fe_11ef_a5b8_047c1617b14317.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b498891_3602_11ed_a327_00259070b484_6f54f218_11fe_11ef_a5b8_047c1617b14318.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b498893_3602_11ed_a327_00259070b484_6f54f214_11fe_11ef_a5b8_047c1617b14319.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b498895_3602_11ed_a327_00259070b484_6f54f215_11fe_11ef_a5b8_047c1617b14320.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b498897_3602_11ed_a327_00259070b484_6f54f216_11fe_11ef_a5b8_047c1617b14321.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b498899_3602_11ed_a327_00259070b484_6f54f21b_11fe_11ef_a5b8_047c1617b14322.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b49889d_3602_11ed_a327_00259070b484_6f54f21c_11fe_11ef_a5b8_047c1617b14323.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b4988a1_3602_11ed_a327_00259070b484_6f54f21d_11fe_11ef_a5b8_047c1617b14324.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41573447_3602_11ed_a327_00259070b484_6f54f219_11fe_11ef_a5b8_047c1617b14325.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4157344b_3602_11ed_a327_00259070b484_6f54f21a_11fe_11ef_a5b8_047c1617b14326.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4157345f_3602_11ed_a327_00259070b484_6f54f220_11fe_11ef_a5b8_047c1617b14327.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41573463_3602_11ed_a327_00259070b484_6f54f221_11fe_11ef_a5b8_047c1617b14328.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41573467_3602_11ed_a327_00259070b484_6f54f222_11fe_11ef_a5b8_047c1617b14329.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4157346b_3602_11ed_a327_00259070b484_6f54f21e_11fe_11ef_a5b8_047c1617b14330.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4157346f_3602_11ed_a327_00259070b484_6f54f21f_11fe_11ef_a5b8_047c1617b14331.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41573471_3602_11ed_a327_00259070b484_444b1bb8_5a46_11f0_a775_047c1617b14332.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41573473_3602_11ed_a327_00259070b484_444b1bb9_5a46_11f0_a775_047c1617b14333.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41573475_3602_11ed_a327_00259070b484_444b1bba_5a46_11f0_a775_047c1617b14334.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41573477_3602_11ed_a327_00259070b484_444b1bb6_5a46_11f0_a775_047c1617b14335.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41573479_3602_11ed_a327_00259070b484_444b1bb7_5a46_11f0_a775_047c1617b14336.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4157347b_3602_11ed_a327_00259070b484_444b1bbe_5a46_11f0_a775_047c1617b14337.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4157347d_3602_11ed_a327_00259070b484_444b1bbf_5a46_11f0_a775_047c1617b14338.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4157347f_3602_11ed_a327_00259070b484_444b1bc0_5a46_11f0_a775_047c1617b14339.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41573481_3602_11ed_a327_00259070b484_444b1bc1_5a46_11f0_a775_047c1617b14340.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41573483_3602_11ed_a327_00259070b484_444b1bc2_5a46_11f0_a775_047c1617b14341.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41573485_3602_11ed_a327_00259070b484_444b1bc3_5a46_11f0_a775_047c1617b14342.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41573487_3602_11ed_a327_00259070b484_444b1bbb_5a46_11f0_a775_047c1617b14343.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41573489_3602_11ed_a327_00259070b484_444b1bbc_5a46_11f0_a775_047c1617b14344.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4157348b_3602_11ed_a327_00259070b484_444b1bbd_5a46_11f0_a775_047c1617b14345.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e1e357b_f95c_11e9_810b_003048fd731b_d504bce6_518a_11ea_810f_003048fd731b46.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e1e357d_f95c_11e9_810b_003048fd731b_d504bce7_518a_11ea_810f_003048fd731b47.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e1e357f_f95c_11e9_810b_003048fd731b_d504bce8_518a_11ea_810f_003048fd731b48.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e1e3581_f95c_11e9_810b_003048fd731b_d504bce4_518a_11ea_810f_003048fd731b49.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e1e3583_f95c_11e9_810b_003048fd731b_d504bce5_518a_11ea_810f_003048fd731b50.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edc3dd68_3601_11ed_a327_00259070b484_6f54f1d5_11fe_11ef_a5b8_047c1617b14351.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edc3dd6a_3601_11ed_a327_00259070b484_6f54f1d6_11fe_11ef_a5b8_047c1617b14352.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edc3dd6c_3601_11ed_a327_00259070b484_6f54f1d7_11fe_11ef_a5b8_047c1617b14353.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edc3dd6e_3601_11ed_a327_00259070b484_6f54f1d3_11fe_11ef_a5b8_047c1617b14354.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edc3dd70_3601_11ed_a327_00259070b484_6f54f1d4_11fe_11ef_a5b8_047c1617b14355.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edc3dd72_3601_11ed_a327_00259070b484_6f54f1cf_11fe_11ef_a5b8_047c1617b14356.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edc3dd74_3601_11ed_a327_00259070b484_6f54f1d1_11fe_11ef_a5b8_047c1617b14357.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edc3dd76_3601_11ed_a327_00259070b484_6f54f1c9_11fe_11ef_a5b8_047c1617b14358.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edc3dd78_3601_11ed_a327_00259070b484_6f54f1cb_11fe_11ef_a5b8_047c1617b14359.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edc3dd7a_3601_11ed_a327_00259070b484_6f54f1cd_11fe_11ef_a5b8_047c1617b14360.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771c8a_86a5_11e9_8101_003048fd731b_4b22d4c5_a59e_11ee_a526_047c1617b14361.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771c8c_86a5_11e9_8101_003048fd731b_4b22d4c6_a59e_11ee_a526_047c1617b14362.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771c8e_86a5_11e9_8101_003048fd731b_4b22d4bf_a59e_11ee_a526_047c1617b14363.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771c90_86a5_11e9_8101_003048fd731b_4b22d4c0_a59e_11ee_a526_047c1617b14364.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771c92_86a5_11e9_8101_003048fd731b_4b22d4c3_a59e_11ee_a526_047c1617b14365.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771c94_86a5_11e9_8101_003048fd731b_4b22d4c4_a59e_11ee_a526_047c1617b14366.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97771ca6_86a5_11e9_8101_003048fd731b_4b22d4bd_a59e_11ee_a526_047c1617b14367.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bd7c_86a5_11e9_8101_003048fd731b_4b22d4ba_a59e_11ee_a526_047c1617b14368.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8d8bd8_68f5_11ea_8111_003048fd731b_4b22d4b0_a59e_11ee_a526_047c1617b14369.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8d8bda_68f5_11ea_8111_003048fd731b_4b22d4b6_a59e_11ee_a526_047c1617b14370.jpeg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8d8bdc_68f5_11ea_8111_003048fd731b_4396be83_0312_11ef_a5a4_047c1617b14371.jpeg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8d8bde_68f5_11ea_8111_003048fd731b_4396be89_0312_11ef_a5a4_047c1617b14372.jpeg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af553f7c_f1a1_11ea_8197_003048fd731b_4396be80_0312_11ef_a5a4_047c1617b14373.jpeg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af553f7e_f1a1_11ea_8197_003048fd731b_4396be86_0312_11ef_a5a4_047c1617b14374.jpeg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30ae_5f91_11eb_822d_003048fd731b_4b22d4c1_a59e_11ee_a526_047c1617b14375.jpeg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30b0_5f91_11eb_822d_003048fd731b_4b22d4c2_a59e_11ee_a526_047c1617b14376.jpeg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bd90_86a5_11e9_8101_003048fd731b_4b22d4ab_a59e_11ee_a526_047c1617b14377.jpeg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bd92_86a5_11e9_8101_003048fd731b_4b22d4ac_a59e_11ee_a526_047c1617b14378.jpeg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bd94_86a5_11e9_8101_003048fd731b_4829b019_0627_11ea_810d_003048fd731b79.jpeg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bd96_86a5_11e9_8101_003048fd731b_ac993d2a_476f_11ea_810f_003048fd731b80.jpeg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bd99_86a5_11e9_8101_003048fd731b_ac993d2b_476f_11ea_810f_003048fd731b81.jpeg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bd7f_86a5_11e9_8101_003048fd731b_ac993d2f_476f_11ea_810f_003048fd731b82.jpeg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bd81_86a5_11e9_8101_003048fd731b_ac993d2e_476f_11ea_810f_003048fd731b83.jpeg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bd8b_86a5_11e9_8101_003048fd731b_ac993d30_476f_11ea_810f_003048fd731b84.jpeg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bd8d_86a5_11e9_8101_003048fd731b_ac993d31_476f_11ea_810f_003048fd731b85.jpeg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc1bcfd5_db6e_11e9_8109_003048fd731b_4bac9845_419b_11ea_810f_003048fd731b86.png"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c290eb0_1723_11ea_810e_003048fd731b_4bac9846_419b_11ea_810f_003048fd731b87.png"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8d8be0_68f5_11ea_8111_003048fd731b_018ae8d5_7ca2_11ea_8111_003048fd731b88.jpeg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8d8be2_68f5_11ea_8111_003048fd731b_018ae8d6_7ca2_11ea_8111_003048fd731b89.jpeg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8d8be4_68f5_11ea_8111_003048fd731b_018ae8d7_7ca2_11ea_8111_003048fd731b90.jpeg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8d8be6_68f5_11ea_8111_003048fd731b_018ae8d8_7ca2_11ea_8111_003048fd731b91.jpeg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8d8be8_68f5_11ea_8111_003048fd731b_018ae8d9_7ca2_11ea_8111_003048fd731b92.jpeg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8d8bea_68f5_11ea_8111_003048fd731b_018ae8da_7ca2_11ea_8111_003048fd731b93.jpeg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8d8bec_68f5_11ea_8111_003048fd731b_018ae8db_7ca2_11ea_8111_003048fd731b94.jpeg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8d8bee_68f5_11ea_8111_003048fd731b_018ae8dc_7ca2_11ea_8111_003048fd731b95.jpeg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb5c5de_7c9e_11ea_8111_003048fd731b_01eadb5e_fff9_11eb_8310_003048fd731b96.jpeg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcb30b4_5f91_11eb_822d_003048fd731b_d92286e2_f1db_11ef_a6e1_047c1617b14397.jpeg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bfaafc3_caab_11ec_a287_00259070b487_4b22d4c7_a59e_11ee_a526_047c1617b14398.jpeg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdb2_86a5_11e9_8101_003048fd731b_ac993d3f_476f_11ea_810f_003048fd731b99.jpeg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdb6_86a5_11e9_8101_003048fd731b_ac993d40_476f_11ea_810f_003048fd731b100.jpeg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdba_86a5_11e9_8101_003048fd731b_ac993d41_476f_11ea_810f_003048fd731b101.jpeg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdbc_86a5_11e9_8101_003048fd731b_ac993d42_476f_11ea_810f_003048fd731b102.jpeg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdbe_86a5_11e9_8101_003048fd731b_ac993d39_476f_11ea_810f_003048fd731b103.jpeg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdc0_86a5_11e9_8101_003048fd731b_ac993d3a_476f_11ea_810f_003048fd731b104.jpeg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdc2_86a5_11e9_8101_003048fd731b_ac993d37_476f_11ea_810f_003048fd731b105.jpeg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdc4_86a5_11e9_8101_003048fd731b_ac993d38_476f_11ea_810f_003048fd731b106.jpeg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdc6_86a5_11e9_8101_003048fd731b_ac993d3e_476f_11ea_810f_003048fd731b107.jpeg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdca_86a5_11e9_8101_003048fd731b_eb9c2413_f954_11e9_810b_003048fd731b108.jpeg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdcc_86a5_11e9_8101_003048fd731b_eb9c2414_f954_11e9_810b_003048fd731b109.jpeg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdce_86a5_11e9_8101_003048fd731b_ac993d4b_476f_11ea_810f_003048fd731b110.jpeg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdd0_86a5_11e9_8101_003048fd731b_ac993d49_476f_11ea_810f_003048fd731b111.jpeg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdd2_86a5_11e9_8101_003048fd731b_ac993d4a_476f_11ea_810f_003048fd731b112.jpeg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdd4_86a5_11e9_8101_003048fd731b_ac993d3d_476f_11ea_810f_003048fd731b113.jpeg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdd6_86a5_11e9_8101_003048fd731b_ac993d43_476f_11ea_810f_003048fd731b114.jpeg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdd8_86a5_11e9_8101_003048fd731b_ac993d44_476f_11ea_810f_003048fd731b115.jpeg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdda_86a5_11e9_8101_003048fd731b_ac993d45_476f_11ea_810f_003048fd731b116.jpeg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bddc_86a5_11e9_8101_003048fd731b_ac993d46_476f_11ea_810f_003048fd731b117.jpeg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdde_86a5_11e9_8101_003048fd731b_ac993d48_476f_11ea_810f_003048fd731b118.png"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bde0_86a5_11e9_8101_003048fd731b_ac993d47_476f_11ea_810f_003048fd731b119.png"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bde2_86a5_11e9_8101_003048fd731b_93005e7c_48f5_11ea_810f_003048fd731b120.jpeg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bde4_86a5_11e9_8101_003048fd731b_93005e7b_48f5_11ea_810f_003048fd731b121.jpeg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bde6_86a5_11e9_8101_003048fd731b_93005e7f_48f5_11ea_810f_003048fd731b122.jpeg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdea_86a5_11e9_8101_003048fd731b_93005e80_48f5_11ea_810f_003048fd731b123.jpeg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdee_86a5_11e9_8101_003048fd731b_93005e7d_48f5_11ea_810f_003048fd731b124.jpeg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdf2_86a5_11e9_8101_003048fd731b_93005e7e_48f5_11ea_810f_003048fd731b125.jpeg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f0e471_c920_11ee_a554_047c1617b143_444b1bc6_5a46_11f0_a775_047c1617b143126.jpeg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f0e473_c920_11ee_a554_047c1617b143_444b1bc4_5a46_11f0_a775_047c1617b143127.jpeg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f0e475_c920_11ee_a554_047c1617b143_444b1bc5_5a46_11f0_a775_047c1617b143128.jpeg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d083a39_3466_11eb_81f3_003048fd731b_d9a65668_f1e4_11ef_a6e1_047c1617b143129.jpeg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61991beb_230d_11ed_a307_00259070b487_d9a65669_f1e4_11ef_a6e1_047c1617b143130.jpeg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bda8_86a5_11e9_8101_003048fd731b_ac993d3c_476f_11ea_810f_003048fd731b131.jpeg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed4bdad_86a5_11e9_8101_003048fd731b_eb9c2410_f954_11e9_810b_003048fd731b132.jpeg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23789444_60da_11eb_822e_003048fd731b_4b22d4c9_a59e_11ee_a526_047c1617b143133.jpeg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23789446_60da_11eb_822e_003048fd731b_4b22d4cc_a59e_11ee_a526_047c1617b143134.jpeg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23789448_60da_11eb_822e_003048fd731b_4b22d4cf_a59e_11ee_a526_047c1617b143135.jpeg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2378944a_60da_11eb_822e_003048fd731b_4b22d4d2_a59e_11ee_a526_047c1617b143136.jpeg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2378944c_60da_11eb_822e_003048fd731b_4b22d4d5_a59e_11ee_a526_047c1617b143137.jpeg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2378944e_60da_11eb_822e_003048fd731b_4b22d4d8_a59e_11ee_a526_047c1617b143138.jpeg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a04_60da_11eb_822e_003048fd731b_4b22d4db_a59e_11ee_a526_047c1617b143139.jpeg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a06_60da_11eb_822e_003048fd731b_4b22d4de_a59e_11ee_a526_047c1617b143140.jpeg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a08_60da_11eb_822e_003048fd731b_4b22d4e1_a59e_11ee_a526_047c1617b143141.jpeg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a0a_60da_11eb_822e_003048fd731b_4b22d4e4_a59e_11ee_a526_047c1617b143142.jpeg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a0c_60da_11eb_822e_003048fd731b_4b22d4e7_a59e_11ee_a526_047c1617b143143.jpeg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a0e_60da_11eb_822e_003048fd731b_4b22d4ea_a59e_11ee_a526_047c1617b143144.jpeg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a10_60da_11eb_822e_003048fd731b_4b22d4ed_a59e_11ee_a526_047c1617b143145.jpeg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a12_60da_11eb_822e_003048fd731b_4b22d4f0_a59e_11ee_a526_047c1617b143146.jpeg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a14_60da_11eb_822e_003048fd731b_4b22d4f3_a59e_11ee_a526_047c1617b143147.jpeg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a16_60da_11eb_822e_003048fd731b_4b22d4f6_a59e_11ee_a526_047c1617b143148.jpeg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a18_60da_11eb_822e_003048fd731b_4b22d4f9_a59e_11ee_a526_047c1617b143149.jpeg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a1a_60da_11eb_822e_003048fd731b_4b22d4fc_a59e_11ee_a526_047c1617b143150.jpeg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a1c_60da_11eb_822e_003048fd731b_4b22d4ff_a59e_11ee_a526_047c1617b143151.jpeg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a1e_60da_11eb_822e_003048fd731b_4b22d502_a59e_11ee_a526_047c1617b143152.jpeg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a20_60da_11eb_822e_003048fd731b_4b22d505_a59e_11ee_a526_047c1617b143153.jpeg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a22_60da_11eb_822e_003048fd731b_4b22d508_a59e_11ee_a526_047c1617b143154.jpeg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a24_60da_11eb_822e_003048fd731b_4b22d50b_a59e_11ee_a526_047c1617b143155.jpeg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a26_60da_11eb_822e_003048fd731b_4b22d50e_a59e_11ee_a526_047c1617b143156.jpeg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a28_60da_11eb_822e_003048fd731b_4b22d511_a59e_11ee_a526_047c1617b143157.jpeg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a2a_60da_11eb_822e_003048fd731b_4b22d514_a59e_11ee_a526_047c1617b143158.jpeg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a2c_60da_11eb_822e_003048fd731b_4b22d517_a59e_11ee_a526_047c1617b143159.jpeg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a2e_60da_11eb_822e_003048fd731b_4b22d51a_a59e_11ee_a526_047c1617b143160.jpeg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a30_60da_11eb_822e_003048fd731b_4b22d51d_a59e_11ee_a526_047c1617b143161.jpeg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a32_60da_11eb_822e_003048fd731b_4b22d520_a59e_11ee_a526_047c1617b143162.jpeg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a34_60da_11eb_822e_003048fd731b_4b22d523_a59e_11ee_a526_047c1617b143163.jpeg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a36_60da_11eb_822e_003048fd731b_4b22d526_a59e_11ee_a526_047c1617b143164.jpeg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a38_60da_11eb_822e_003048fd731b_4b22d529_a59e_11ee_a526_047c1617b143165.jpeg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a3a_60da_11eb_822e_003048fd731b_4b22d52c_a59e_11ee_a526_047c1617b143166.jpeg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a3c_60da_11eb_822e_003048fd731b_4b22d52f_a59e_11ee_a526_047c1617b143167.jpeg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a3e_60da_11eb_822e_003048fd731b_4b22d532_a59e_11ee_a526_047c1617b143168.jpeg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a40_60da_11eb_822e_003048fd731b_4b22d535_a59e_11ee_a526_047c1617b143169.jpeg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a42_60da_11eb_822e_003048fd731b_4b22d538_a59e_11ee_a526_047c1617b143170.jpeg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a44_60da_11eb_822e_003048fd731b_4b22d53b_a59e_11ee_a526_047c1617b143171.jpeg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a46_60da_11eb_822e_003048fd731b_4b22d53e_a59e_11ee_a526_047c1617b143172.jpeg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a48_60da_11eb_822e_003048fd731b_4b22d541_a59e_11ee_a526_047c1617b143173.jpeg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a4a_60da_11eb_822e_003048fd731b_4b22d544_a59e_11ee_a526_047c1617b143174.jpeg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a4c_60da_11eb_822e_003048fd731b_4b22d547_a59e_11ee_a526_047c1617b143175.jpeg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a4e_60da_11eb_822e_003048fd731b_4b22d54a_a59e_11ee_a526_047c1617b143176.jpeg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a50_60da_11eb_822e_003048fd731b_4b22d54d_a59e_11ee_a526_047c1617b143177.jpeg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a52_60da_11eb_822e_003048fd731b_4b22d550_a59e_11ee_a526_047c1617b143178.jpeg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a54_60da_11eb_822e_003048fd731b_4b22d553_a59e_11ee_a526_047c1617b143179.jpeg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a56_60da_11eb_822e_003048fd731b_4b22d556_a59e_11ee_a526_047c1617b143180.jpeg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a58_60da_11eb_822e_003048fd731b_4b22d559_a59e_11ee_a526_047c1617b143181.jpeg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a5a_60da_11eb_822e_003048fd731b_4b22d55c_a59e_11ee_a526_047c1617b143182.jpeg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a5c_60da_11eb_822e_003048fd731b_4b22d55f_a59e_11ee_a526_047c1617b143183.jpeg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a5e_60da_11eb_822e_003048fd731b_4b22d562_a59e_11ee_a526_047c1617b143184.jpeg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a62_60da_11eb_822e_003048fd731b_4b22d565_a59e_11ee_a526_047c1617b143185.jpeg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a64_60da_11eb_822e_003048fd731b_4b22d568_a59e_11ee_a526_047c1617b143186.jpeg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a66_60da_11eb_822e_003048fd731b_4b22d56b_a59e_11ee_a526_047c1617b143187.jpeg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a68_60da_11eb_822e_003048fd731b_4b22d56e_a59e_11ee_a526_047c1617b143188.jpeg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a6a_60da_11eb_822e_003048fd731b_4b22d571_a59e_11ee_a526_047c1617b143189.jpeg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a6c_60da_11eb_822e_003048fd731b_4b22d574_a59e_11ee_a526_047c1617b143190.jpeg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a6e_60da_11eb_822e_003048fd731b_4b22d577_a59e_11ee_a526_047c1617b143191.jpeg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a70_60da_11eb_822e_003048fd731b_4b22d57a_a59e_11ee_a526_047c1617b143192.jpeg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a72_60da_11eb_822e_003048fd731b_4b22d57d_a59e_11ee_a526_047c1617b143193.jpeg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a74_60da_11eb_822e_003048fd731b_4b22d580_a59e_11ee_a526_047c1617b143194.jpeg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a76_60da_11eb_822e_003048fd731b_4b22d583_a59e_11ee_a526_047c1617b143195.jpeg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a78_60da_11eb_822e_003048fd731b_4b22d586_a59e_11ee_a526_047c1617b143196.jpeg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a7a_60da_11eb_822e_003048fd731b_4b22d589_a59e_11ee_a526_047c1617b143197.jpeg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a7c_60da_11eb_822e_003048fd731b_4b22d58c_a59e_11ee_a526_047c1617b143198.jpeg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a7e_60da_11eb_822e_003048fd731b_4b22d58f_a59e_11ee_a526_047c1617b143199.jpeg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a80_60da_11eb_822e_003048fd731b_4b22d592_a59e_11ee_a526_047c1617b143200.jpeg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a82_60da_11eb_822e_003048fd731b_4b22d595_a59e_11ee_a526_047c1617b143201.jpeg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a84_60da_11eb_822e_003048fd731b_4b22d598_a59e_11ee_a526_047c1617b143202.jpeg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a86_60da_11eb_822e_003048fd731b_4b22d59b_a59e_11ee_a526_047c1617b143203.jpeg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a88_60da_11eb_822e_003048fd731b_4b22d59e_a59e_11ee_a526_047c1617b143204.jpeg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a8a_60da_11eb_822e_003048fd731b_4b22d5a1_a59e_11ee_a526_047c1617b143205.jpeg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a8c_60da_11eb_822e_003048fd731b_4b22d5a4_a59e_11ee_a526_047c1617b143206.jpeg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a8e_60da_11eb_822e_003048fd731b_4b22d5a7_a59e_11ee_a526_047c1617b143207.jpeg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a90_60da_11eb_822e_003048fd731b_4b22d5aa_a59e_11ee_a526_047c1617b143208.jpeg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a92_60da_11eb_822e_003048fd731b_4b22d5ad_a59e_11ee_a526_047c1617b143209.jpeg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a94_60da_11eb_822e_003048fd731b_4b22d5b0_a59e_11ee_a526_047c1617b143210.jpeg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a96_60da_11eb_822e_003048fd731b_4b22d5b3_a59e_11ee_a526_047c1617b143211.jpeg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a98_60da_11eb_822e_003048fd731b_4b22d5b6_a59e_11ee_a526_047c1617b143212.jpeg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a9a_60da_11eb_822e_003048fd731b_4b22d5b9_a59e_11ee_a526_047c1617b143213.jpeg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee13a9c_60da_11eb_822e_003048fd731b_4b22d5bc_a59e_11ee_a526_047c1617b143214.jpeg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc9aaea7_f821_11ec_a2ce_00259070b487_d43ed6d0_f115_11ee_a58b_047c1617b143215.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image_5" descr="Image_5"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -5252,57 +5258,57 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="97" name="Image_109" descr="Image_109"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>110</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="98" name="Image_111" descr="Image_111"/>
+      <xdr:row>109</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="98" name="Image_110" descr="Image_110"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>111</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
@@ -6212,57 +6218,57 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="129" name="Image_142" descr="Image_142"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>143</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="130" name="Image_144" descr="Image_144"/>
+      <xdr:row>142</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="130" name="Image_143" descr="Image_143"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>144</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
@@ -6272,57 +6278,57 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="131" name="Image_145" descr="Image_145"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>151</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="132" name="Image_152" descr="Image_152"/>
+      <xdr:row>145</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="132" name="Image_146" descr="Image_146"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>152</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
@@ -7412,57 +7418,57 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="169" name="Image_189" descr="Image_189"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>190</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="170" name="Image_191" descr="Image_191"/>
+      <xdr:row>189</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="170" name="Image_190" descr="Image_190"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>191</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
@@ -8745,50 +8751,80 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>234</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="214" name="Image_235" descr="Image_235"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId214"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>235</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="215" name="Image_236" descr="Image_236"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId215"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -9055,51 +9091,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="0" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L236"/>
+  <dimension ref="A1:L237"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="4" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="60" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
     <col min="10" max="10" width="11" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -9107,51 +9143,51 @@
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="4">
-        <f>SUM(J2:J236)</f>
+        <f>SUM(J2:J237)</f>
         <v>0</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="5"/>
     </row>
     <row r="2" spans="1:12">
       <c r="A2" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
       <c r="L2" s="5"/>
     </row>
     <row r="3" spans="1:12" outlineLevel="1">
       <c r="A3" s="7" t="s">
@@ -9179,7591 +9215,7624 @@
       <c r="E4" s="8"/>
       <c r="F4" s="8"/>
       <c r="G4" s="8"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>819081</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="1"/>
       <c r="E5" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G5" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K5" s="2" t="str">
-        <f>J5*2636.72</f>
+        <f>J5*2855.07</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>819083</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D6" s="1"/>
       <c r="E6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="G6" s="2">
-        <v>5</v>
+      <c r="G6" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K6" s="2" t="str">
-        <f>J6*3955.18</f>
+        <f>J6*4282.51</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>819085</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" s="1"/>
       <c r="E7" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>23</v>
+      </c>
+      <c r="G7" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K7" s="2" t="str">
-        <f>J7*5273.63</f>
+        <f>J7*5709.94</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>819087</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D8" s="1"/>
       <c r="E8" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>26</v>
+      </c>
+      <c r="G8" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K8" s="2" t="str">
-        <f>J8*6591.90</f>
+        <f>J8*7137.58</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>819088</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D9" s="1"/>
       <c r="E9" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>-1</v>
+        <v>29</v>
+      </c>
+      <c r="G9" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K9" s="2" t="str">
-        <f>J9*7910.35</f>
+        <f>J9*8565.01</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>819089</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D10" s="1"/>
       <c r="E10" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G10" s="2">
         <v>10</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K10" s="2" t="str">
-        <f>J10*3635.93</f>
+        <f>J10*3936.95</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>819090</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D11" s="1"/>
       <c r="E11" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G11" s="2">
         <v>8</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K11" s="2" t="str">
-        <f>J11*4847.90</f>
+        <f>J11*5249.13</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>819091</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D12" s="1"/>
       <c r="E12" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G12" s="2">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K12" s="2" t="str">
-        <f>J12*6059.88</f>
+        <f>J12*6561.52</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>819092</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D13" s="1"/>
       <c r="E13" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G13" s="2">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K13" s="2" t="str">
-        <f>J13*7271.85</f>
+        <f>J13*7873.70</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>869908</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D14" s="1"/>
       <c r="E14" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G14" s="2">
         <v>9</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K14" s="2" t="str">
-        <f>J14*2423.95</f>
+        <f>J14*2624.57</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" outlineLevel="2">
       <c r="A15" s="8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B15" s="8"/>
       <c r="C15" s="8"/>
       <c r="D15" s="8"/>
       <c r="E15" s="8"/>
       <c r="F15" s="8"/>
       <c r="G15" s="8"/>
       <c r="H15" s="8"/>
       <c r="I15" s="8"/>
       <c r="J15" s="8"/>
       <c r="K15" s="8"/>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>869955</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D16" s="1"/>
       <c r="E16" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G16" s="2">
         <v>1</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K16" s="2" t="str">
-        <f>J16*5380.11</f>
+        <f>J16*7489.59</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>869956</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D17" s="1"/>
       <c r="E17" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G17" s="2">
         <v>0</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K17" s="2" t="str">
-        <f>J17*7173.36</f>
+        <f>J17*9986.19</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>869957</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D18" s="1"/>
       <c r="E18" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G18" s="2">
         <v>0</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K18" s="2" t="str">
-        <f>J18*8966.60</f>
+        <f>J18*12482.79</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>869958</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D19" s="1"/>
       <c r="E19" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G19" s="2">
         <v>0</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K19" s="2" t="str">
-        <f>J19*10760.04</f>
+        <f>J19*14979.39</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>869959</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D20" s="1"/>
       <c r="E20" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G20" s="2">
         <v>0</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K20" s="2" t="str">
-        <f>J20*12553.28</f>
+        <f>J20*17475.78</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>869960</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D21" s="1"/>
       <c r="E21" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G21" s="2">
         <v>0</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K21" s="2" t="str">
-        <f>J21*14346.72</f>
+        <f>J21*19972.38</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>869961</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D22" s="1"/>
       <c r="E22" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G22" s="2">
         <v>1</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K22" s="2" t="str">
-        <f>J22*5308.43</f>
+        <f>J22*7390.08</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>869962</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D23" s="1"/>
       <c r="E23" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G23" s="2">
         <v>0</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K23" s="2" t="str">
-        <f>J23*7078.10</f>
+        <f>J23*9853.58</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>869963</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D24" s="1"/>
       <c r="E24" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G24" s="2">
         <v>0</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K24" s="2" t="str">
-        <f>J24*8847.57</f>
+        <f>J24*12316.87</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>869964</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D25" s="1"/>
       <c r="E25" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G25" s="2">
         <v>0</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K25" s="2" t="str">
-        <f>J25*10617.05</f>
+        <f>J25*14780.17</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>869965</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D26" s="1"/>
       <c r="E26" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G26" s="2">
         <v>0</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K26" s="2" t="str">
-        <f>J26*12386.53</f>
+        <f>J26*17243.66</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>869966</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D27" s="1"/>
       <c r="E27" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="G27" s="2">
         <v>0</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K27" s="2" t="str">
-        <f>J27*3746.59</f>
+        <f>J27*5215.63</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>869968</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D28" s="1"/>
       <c r="E28" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G28" s="2">
         <v>0</v>
       </c>
       <c r="H28" s="2">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K28" s="2" t="str">
-        <f>J28*5619.88</f>
+        <f>J28*7823.44</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>869970</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D29" s="1"/>
       <c r="E29" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G29" s="2">
         <v>0</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K29" s="2" t="str">
-        <f>J29*7493.18</f>
+        <f>J29*10431.46</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>869972</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D30" s="1"/>
       <c r="E30" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G30" s="2">
         <v>2</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K30" s="2" t="str">
-        <f>J30*9366.47</f>
+        <f>J30*13039.27</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>869974</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D31" s="1"/>
       <c r="E31" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="G31" s="2">
         <v>0</v>
       </c>
       <c r="H31" s="2">
         <v>0</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K31" s="2" t="str">
-        <f>J31*11239.77</f>
+        <f>J31*15647.29</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>869984</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D32" s="1"/>
       <c r="E32" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G32" s="2">
         <v>3</v>
       </c>
       <c r="H32" s="2">
         <v>0</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K32" s="2" t="str">
-        <f>J32*4080.10</f>
+        <f>J32*5679.87</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>869986</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D33" s="1"/>
       <c r="E33" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G33" s="2">
         <v>0</v>
       </c>
       <c r="H33" s="2">
         <v>0</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K33" s="2" t="str">
-        <f>J33*6120.15</f>
+        <f>J33*8520.00</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>869988</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D34" s="1"/>
       <c r="E34" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G34" s="2">
         <v>0</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K34" s="2" t="str">
-        <f>J34*8160.20</f>
+        <f>J34*11359.94</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>869990</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D35" s="1"/>
       <c r="E35" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="G35" s="2">
         <v>3</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K35" s="2" t="str">
-        <f>J35*10200.25</f>
+        <f>J35*14200.07</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>869992</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D36" s="1"/>
       <c r="E36" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G36" s="2">
         <v>5</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K36" s="2" t="str">
-        <f>J36*12240.30</f>
+        <f>J36*17040.00</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" outlineLevel="2">
       <c r="A37" s="8" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B37" s="8"/>
       <c r="C37" s="8"/>
       <c r="D37" s="8"/>
       <c r="E37" s="8"/>
       <c r="F37" s="8"/>
       <c r="G37" s="8"/>
       <c r="H37" s="8"/>
       <c r="I37" s="8"/>
       <c r="J37" s="8"/>
       <c r="K37" s="8"/>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>869993</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D38" s="1"/>
       <c r="E38" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G38" s="2">
         <v>0</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K38" s="2" t="str">
-        <f>J38*4912.17</f>
+        <f>J38*6838.25</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>869994</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D39" s="1"/>
       <c r="E39" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G39" s="2">
         <v>0</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K39" s="2" t="str">
-        <f>J39*6785.46</f>
+        <f>J39*9446.06</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>869995</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D40" s="1"/>
       <c r="E40" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G40" s="2">
         <v>0</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K40" s="2" t="str">
-        <f>J40*8658.76</f>
+        <f>J40*12053.87</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>869996</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D41" s="1"/>
       <c r="E41" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="G41" s="2">
         <v>0</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K41" s="2" t="str">
-        <f>J41*10532.05</f>
+        <f>J41*14661.89</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>869997</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D42" s="1"/>
       <c r="E42" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G42" s="2">
         <v>0</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K42" s="2" t="str">
-        <f>J42*12405.35</f>
+        <f>J42*17269.70</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>869998</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D43" s="1"/>
       <c r="E43" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G43" s="2">
         <v>0</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K43" s="2" t="str">
-        <f>J43*5720.28</f>
+        <f>J43*7963.52</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>869999</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D44" s="1"/>
       <c r="E44" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G44" s="2">
         <v>0</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K44" s="2" t="str">
-        <f>J44*6707.13</f>
+        <f>J44*9337.27</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>870000</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D45" s="1"/>
       <c r="E45" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G45" s="2">
         <v>0</v>
       </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
       <c r="I45" s="1">
         <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K45" s="2" t="str">
-        <f>J45*7693.97</f>
+        <f>J45*10711.01</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>870001</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D46" s="1"/>
       <c r="E46" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G46" s="2">
         <v>0</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K46" s="2" t="str">
-        <f>J46*8680.82</f>
+        <f>J46*12084.75</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>870002</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D47" s="1"/>
       <c r="E47" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="G47" s="2">
         <v>0</v>
       </c>
       <c r="H47" s="2">
         <v>0</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K47" s="2" t="str">
-        <f>J47*9667.66</f>
+        <f>J47*13458.50</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>870003</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D48" s="1"/>
       <c r="E48" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="G48" s="2">
         <v>0</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K48" s="2" t="str">
-        <f>J48*10654.51</f>
+        <f>J48*14832.45</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>870004</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D49" s="1"/>
       <c r="E49" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G49" s="2">
         <v>0</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K49" s="2" t="str">
-        <f>J49*11641.35</f>
+        <f>J49*16206.19</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>870005</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D50" s="1"/>
       <c r="E50" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G50" s="2">
         <v>0</v>
       </c>
       <c r="H50" s="2">
         <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K50" s="2" t="str">
-        <f>J50*12628.20</f>
+        <f>J50*17579.94</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
         <v>870006</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D51" s="1"/>
       <c r="E51" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="G51" s="2">
         <v>0</v>
       </c>
       <c r="H51" s="2">
         <v>0</v>
       </c>
       <c r="I51" s="1">
         <v>0</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K51" s="2" t="str">
-        <f>J51*13615.04</f>
+        <f>J51*18953.68</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" outlineLevel="1">
       <c r="A52" s="7" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B52" s="7"/>
       <c r="C52" s="7"/>
       <c r="D52" s="7"/>
       <c r="E52" s="7"/>
       <c r="F52" s="7"/>
       <c r="G52" s="7"/>
       <c r="H52" s="7"/>
       <c r="I52" s="7"/>
       <c r="J52" s="7"/>
       <c r="K52" s="7"/>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" outlineLevel="2">
       <c r="A53" s="8" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B53" s="8"/>
       <c r="C53" s="8"/>
       <c r="D53" s="8"/>
       <c r="E53" s="8"/>
       <c r="F53" s="8"/>
       <c r="G53" s="8"/>
       <c r="H53" s="8"/>
       <c r="I53" s="8"/>
       <c r="J53" s="8"/>
       <c r="K53" s="8"/>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
         <v>823998</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D54" s="1"/>
       <c r="E54" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="G54" s="2">
         <v>0</v>
       </c>
       <c r="H54" s="2">
         <v>0</v>
       </c>
       <c r="I54" s="1">
         <v>0</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K54" s="2" t="str">
-        <f>J54*2452.85</f>
+        <f>J54*2655.85</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
         <v>823999</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D55" s="1"/>
       <c r="E55" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G55" s="2">
         <v>0</v>
       </c>
       <c r="H55" s="2">
         <v>0</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K55" s="2" t="str">
-        <f>J55*3679.28</f>
+        <f>J55*3983.78</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A56" s="1"/>
       <c r="B56" s="1">
         <v>824000</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D56" s="1"/>
       <c r="E56" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G56" s="2">
         <v>0</v>
       </c>
       <c r="H56" s="2">
         <v>0</v>
       </c>
       <c r="I56" s="1">
         <v>0</v>
       </c>
       <c r="J56" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K56" s="2" t="str">
-        <f>J56*4905.71</f>
+        <f>J56*5311.71</f>
         <v>0</v>
       </c>
       <c r="L56" s="5"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
         <v>824001</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D57" s="1"/>
       <c r="E57" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G57" s="2">
         <v>0</v>
       </c>
       <c r="H57" s="2">
         <v>0</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K57" s="2" t="str">
-        <f>J57*6132.13</f>
+        <f>J57*6639.63</f>
         <v>0</v>
       </c>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A58" s="1"/>
       <c r="B58" s="1">
         <v>824002</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D58" s="1"/>
       <c r="E58" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="G58" s="2">
         <v>0</v>
       </c>
       <c r="H58" s="2">
         <v>0</v>
       </c>
       <c r="I58" s="1">
         <v>0</v>
       </c>
       <c r="J58" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K58" s="2" t="str">
-        <f>J58*7358.37</f>
+        <f>J58*7967.36</f>
         <v>0</v>
       </c>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
         <v>869909</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D59" s="1"/>
       <c r="E59" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="G59" s="2">
         <v>0</v>
       </c>
       <c r="H59" s="2">
         <v>0</v>
       </c>
       <c r="I59" s="1">
         <v>0</v>
       </c>
       <c r="J59" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K59" s="2" t="str">
-        <f>J59*2207.57</f>
+        <f>J59*2390.23</f>
         <v>0</v>
       </c>
       <c r="L59" s="5"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A60" s="1"/>
       <c r="B60" s="1">
         <v>869910</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D60" s="1"/>
       <c r="E60" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G60" s="2">
         <v>0</v>
       </c>
       <c r="H60" s="2">
         <v>0</v>
       </c>
       <c r="I60" s="1">
         <v>0</v>
       </c>
       <c r="J60" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K60" s="2" t="str">
-        <f>J60*3311.35</f>
+        <f>J60*3585.34</f>
         <v>0</v>
       </c>
       <c r="L60" s="5"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A61" s="1"/>
       <c r="B61" s="1">
         <v>869911</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D61" s="1"/>
       <c r="E61" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="G61" s="2">
         <v>0</v>
       </c>
       <c r="H61" s="2">
         <v>0</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K61" s="2" t="str">
-        <f>J61*4415.13</f>
+        <f>J61*4780.45</f>
         <v>0</v>
       </c>
       <c r="L61" s="5"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A62" s="1"/>
       <c r="B62" s="1">
         <v>869912</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D62" s="1"/>
       <c r="E62" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="G62" s="2">
         <v>0</v>
       </c>
       <c r="H62" s="2">
         <v>0</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K62" s="2" t="str">
-        <f>J62*5518.92</f>
+        <f>J62*5975.57</f>
         <v>0</v>
       </c>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A63" s="1"/>
       <c r="B63" s="1">
         <v>869913</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D63" s="1"/>
       <c r="E63" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="G63" s="2">
         <v>0</v>
       </c>
       <c r="H63" s="2">
         <v>0</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K63" s="2" t="str">
-        <f>J63*6622.70</f>
+        <f>J63*7170.68</f>
         <v>0</v>
       </c>
       <c r="L63" s="5"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A64" s="1"/>
       <c r="B64" s="1">
         <v>869914</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D64" s="1"/>
       <c r="E64" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="G64" s="2">
         <v>6</v>
       </c>
       <c r="H64" s="2">
         <v>0</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K64" s="2" t="str">
-        <f>J64*3360.03</f>
+        <f>J64*3638.02</f>
         <v>0</v>
       </c>
       <c r="L64" s="5"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A65" s="1"/>
       <c r="B65" s="1">
         <v>869915</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D65" s="1"/>
       <c r="E65" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="G65" s="2">
         <v>5</v>
       </c>
       <c r="H65" s="2">
         <v>0</v>
       </c>
       <c r="I65" s="1">
         <v>0</v>
       </c>
       <c r="J65" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K65" s="2" t="str">
-        <f>J65*4479.97</f>
+        <f>J65*4850.70</f>
         <v>0</v>
       </c>
       <c r="L65" s="5"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
         <v>869916</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D66" s="1"/>
       <c r="E66" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="G66" s="2">
         <v>5</v>
       </c>
       <c r="H66" s="2">
         <v>0</v>
       </c>
       <c r="I66" s="1">
         <v>0</v>
       </c>
       <c r="J66" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K66" s="2" t="str">
-        <f>J66*5599.92</f>
+        <f>J66*6063.37</f>
         <v>0</v>
       </c>
       <c r="L66" s="5"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A67" s="1"/>
       <c r="B67" s="1">
         <v>869917</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D67" s="1"/>
       <c r="E67" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="G67" s="2">
         <v>6</v>
       </c>
       <c r="H67" s="2">
         <v>0</v>
       </c>
       <c r="I67" s="1">
         <v>0</v>
       </c>
       <c r="J67" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K67" s="2" t="str">
-        <f>J67*6720.06</f>
+        <f>J67*7276.24</f>
         <v>0</v>
       </c>
       <c r="L67" s="5"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A68" s="1"/>
       <c r="B68" s="1">
         <v>869918</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D68" s="1"/>
       <c r="E68" s="2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="G68" s="2">
         <v>5</v>
       </c>
       <c r="H68" s="2">
         <v>0</v>
       </c>
       <c r="I68" s="1">
         <v>0</v>
       </c>
       <c r="J68" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K68" s="2" t="str">
-        <f>J68*7840.00</f>
+        <f>J68*8488.92</f>
         <v>0</v>
       </c>
       <c r="L68" s="5"/>
     </row>
     <row r="69" spans="1:12" outlineLevel="1">
       <c r="A69" s="7" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B69" s="7"/>
       <c r="C69" s="7"/>
       <c r="D69" s="7"/>
       <c r="E69" s="7"/>
       <c r="F69" s="7"/>
       <c r="G69" s="7"/>
       <c r="H69" s="7"/>
       <c r="I69" s="7"/>
       <c r="J69" s="7"/>
       <c r="K69" s="7"/>
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="1:12" outlineLevel="2">
       <c r="A70" s="8" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B70" s="8"/>
       <c r="C70" s="8"/>
       <c r="D70" s="8"/>
       <c r="E70" s="8"/>
       <c r="F70" s="8"/>
       <c r="G70" s="8"/>
       <c r="H70" s="8"/>
       <c r="I70" s="8"/>
       <c r="J70" s="8"/>
       <c r="K70" s="8"/>
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A71" s="1"/>
       <c r="B71" s="1">
         <v>819194</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E71" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>204</v>
+      </c>
+      <c r="G71" s="2" t="s">
+        <v>205</v>
       </c>
       <c r="H71" s="2">
         <v>0</v>
       </c>
       <c r="I71" s="1">
         <v>0</v>
       </c>
       <c r="J71" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K71" s="2" t="str">
         <f>J71*203.79</f>
         <v>0</v>
       </c>
       <c r="L71" s="5"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A72" s="1"/>
       <c r="B72" s="1">
         <v>819195</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>209</v>
+      </c>
+      <c r="G72" s="2" t="s">
+        <v>210</v>
       </c>
       <c r="H72" s="2">
         <v>0</v>
       </c>
       <c r="I72" s="1">
         <v>0</v>
       </c>
       <c r="J72" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K72" s="2" t="str">
         <f>J72*221.64</f>
         <v>0</v>
       </c>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A73" s="1"/>
       <c r="B73" s="1">
         <v>819196</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="G73" s="2">
         <v>0</v>
       </c>
       <c r="H73" s="2">
         <v>0</v>
       </c>
       <c r="I73" s="1">
         <v>0</v>
       </c>
       <c r="J73" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K73" s="2" t="str">
         <f>J73*254.36</f>
         <v>0</v>
       </c>
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A74" s="1"/>
       <c r="B74" s="1">
         <v>819197</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="G74" s="2">
         <v>0</v>
       </c>
       <c r="H74" s="2">
         <v>0</v>
       </c>
       <c r="I74" s="1">
         <v>0</v>
       </c>
       <c r="J74" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K74" s="2" t="str">
         <f>J74*269.24</f>
         <v>0</v>
       </c>
       <c r="L74" s="5"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A75" s="1"/>
       <c r="B75" s="1">
         <v>819198</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="H75" s="2">
         <v>0</v>
       </c>
       <c r="I75" s="1">
         <v>0</v>
       </c>
       <c r="J75" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K75" s="2" t="str">
         <f>J75*279.65</f>
         <v>0</v>
       </c>
       <c r="L75" s="5"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A76" s="1"/>
       <c r="B76" s="1">
         <v>819199</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="H76" s="2">
         <v>0</v>
       </c>
       <c r="I76" s="1">
         <v>0</v>
       </c>
       <c r="J76" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K76" s="2" t="str">
         <f>J76*294.53</f>
         <v>0</v>
       </c>
       <c r="L76" s="5"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A77" s="1"/>
       <c r="B77" s="1">
         <v>819208</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="G77" s="2">
         <v>0</v>
       </c>
       <c r="H77" s="2" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="I77" s="1">
         <v>0</v>
       </c>
       <c r="J77" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K77" s="2" t="str">
         <f>J77*518.00</f>
         <v>0</v>
       </c>
       <c r="L77" s="5"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A78" s="1"/>
       <c r="B78" s="1">
         <v>819211</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="G78" s="2">
         <v>0</v>
       </c>
       <c r="H78" s="2">
         <v>0</v>
       </c>
       <c r="I78" s="1">
         <v>0</v>
       </c>
       <c r="J78" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K78" s="2" t="str">
         <f>J78*605.00</f>
         <v>0</v>
       </c>
       <c r="L78" s="5"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A79" s="1"/>
       <c r="B79" s="1">
         <v>825236</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="D79" s="1"/>
       <c r="E79" s="2" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="G79" s="2">
         <v>0</v>
       </c>
       <c r="H79" s="2">
         <v>0</v>
       </c>
       <c r="I79" s="1">
         <v>0</v>
       </c>
       <c r="J79" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K79" s="2" t="str">
         <f>J79*215.46</f>
         <v>0</v>
       </c>
       <c r="L79" s="5"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A80" s="1"/>
       <c r="B80" s="1">
         <v>825237</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="D80" s="1"/>
       <c r="E80" s="2" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="G80" s="2">
         <v>0</v>
       </c>
       <c r="H80" s="2">
         <v>0</v>
       </c>
       <c r="I80" s="1">
         <v>0</v>
       </c>
       <c r="J80" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K80" s="2" t="str">
         <f>J80*232.56</f>
         <v>0</v>
       </c>
       <c r="L80" s="5"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A81" s="1"/>
       <c r="B81" s="1">
         <v>825238</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="D81" s="1"/>
       <c r="E81" s="2" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="G81" s="2">
         <v>0</v>
       </c>
       <c r="H81" s="2">
         <v>0</v>
       </c>
       <c r="I81" s="1">
         <v>0</v>
       </c>
       <c r="J81" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K81" s="2" t="str">
         <f>J81*280.44</f>
         <v>0</v>
       </c>
       <c r="L81" s="5"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A82" s="1"/>
       <c r="B82" s="1">
         <v>825239</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="D82" s="1"/>
       <c r="E82" s="2" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="G82" s="2">
         <v>0</v>
       </c>
       <c r="H82" s="2">
         <v>0</v>
       </c>
       <c r="I82" s="1">
         <v>0</v>
       </c>
       <c r="J82" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K82" s="2" t="str">
         <f>J82*299.25</f>
         <v>0</v>
       </c>
       <c r="L82" s="5"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A83" s="1"/>
       <c r="B83" s="1">
         <v>828475</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="D83" s="1"/>
       <c r="E83" s="2" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="G83" s="2">
         <v>0</v>
       </c>
       <c r="H83" s="2">
         <v>0</v>
       </c>
       <c r="I83" s="1">
         <v>0</v>
       </c>
       <c r="J83" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K83" s="2" t="str">
         <f>J83*263.34</f>
         <v>0</v>
       </c>
       <c r="L83" s="5"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A84" s="1"/>
       <c r="B84" s="1">
         <v>828476</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="D84" s="1"/>
       <c r="E84" s="2" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="G84" s="2">
         <v>0</v>
       </c>
       <c r="H84" s="2">
         <v>0</v>
       </c>
       <c r="I84" s="1">
         <v>0</v>
       </c>
       <c r="J84" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K84" s="2" t="str">
         <f>J84*280.44</f>
         <v>0</v>
       </c>
       <c r="L84" s="5"/>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A85" s="1"/>
       <c r="B85" s="1">
         <v>834439</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>222</v>
+      </c>
+      <c r="G85" s="2" t="s">
+        <v>210</v>
       </c>
       <c r="H85" s="2">
         <v>0</v>
       </c>
       <c r="I85" s="1">
         <v>0</v>
       </c>
       <c r="J85" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K85" s="2" t="str">
         <f>J85*279.65</f>
         <v>0</v>
       </c>
       <c r="L85" s="5"/>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A86" s="1"/>
       <c r="B86" s="1">
         <v>834440</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>259</v>
+      </c>
+      <c r="G86" s="2" t="s">
+        <v>210</v>
       </c>
       <c r="H86" s="2">
         <v>0</v>
       </c>
       <c r="I86" s="1">
         <v>0</v>
       </c>
       <c r="J86" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K86" s="2" t="str">
         <f>J86*291.55</f>
         <v>0</v>
       </c>
       <c r="L86" s="5"/>
     </row>
     <row r="87" spans="1:12" outlineLevel="2">
       <c r="A87" s="8" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="B87" s="8"/>
       <c r="C87" s="8"/>
       <c r="D87" s="8"/>
       <c r="E87" s="8"/>
       <c r="F87" s="8"/>
       <c r="G87" s="8"/>
       <c r="H87" s="8"/>
       <c r="I87" s="8"/>
       <c r="J87" s="8"/>
       <c r="K87" s="8"/>
       <c r="L87" s="5"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A88" s="1"/>
       <c r="B88" s="1">
         <v>819220</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="G88" s="2" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="H88" s="2">
         <v>0</v>
       </c>
       <c r="I88" s="1">
         <v>0</v>
       </c>
       <c r="J88" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K88" s="2" t="str">
         <f>J88*43.14</f>
         <v>0</v>
       </c>
       <c r="L88" s="5"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A89" s="1"/>
       <c r="B89" s="1">
         <v>819221</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="G89" s="2" t="s">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="H89" s="2">
         <v>0</v>
       </c>
       <c r="I89" s="1">
         <v>0</v>
       </c>
       <c r="J89" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K89" s="2" t="str">
         <f>J89*60.99</f>
         <v>0</v>
       </c>
       <c r="L89" s="5"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A90" s="1"/>
       <c r="B90" s="1">
         <v>819222</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="G90" s="2" t="s">
-        <v>270</v>
+        <v>210</v>
       </c>
       <c r="H90" s="2">
         <v>0</v>
       </c>
       <c r="I90" s="1">
         <v>0</v>
       </c>
       <c r="J90" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K90" s="2" t="str">
         <f>J90*72.89</f>
         <v>0</v>
       </c>
       <c r="L90" s="5"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A91" s="1"/>
       <c r="B91" s="1">
         <v>819223</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="G91" s="2">
         <v>0</v>
       </c>
       <c r="H91" s="2">
         <v>0</v>
       </c>
       <c r="I91" s="1">
         <v>0</v>
       </c>
       <c r="J91" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K91" s="2" t="str">
         <f>J91*722.00</f>
         <v>0</v>
       </c>
       <c r="L91" s="5"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A92" s="1"/>
       <c r="B92" s="1">
         <v>819224</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="D92" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="E92" s="2" t="s">
+        <v>279</v>
+      </c>
+      <c r="F92" s="2" t="s">
         <v>276</v>
-      </c>
-[...4 lines deleted...]
-        <v>274</v>
       </c>
       <c r="G92" s="2">
         <v>8</v>
       </c>
-      <c r="H92" s="2" t="s">
-        <v>220</v>
+      <c r="H92" s="2">
+        <v>0</v>
       </c>
       <c r="I92" s="1">
         <v>0</v>
       </c>
       <c r="J92" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K92" s="2" t="str">
         <f>J92*722.00</f>
         <v>0</v>
       </c>
       <c r="L92" s="5"/>
     </row>
     <row r="93" spans="1:12" outlineLevel="2">
       <c r="A93" s="8" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B93" s="8"/>
       <c r="C93" s="8"/>
       <c r="D93" s="8"/>
       <c r="E93" s="8"/>
       <c r="F93" s="8"/>
       <c r="G93" s="8"/>
       <c r="H93" s="8"/>
       <c r="I93" s="8"/>
       <c r="J93" s="8"/>
       <c r="K93" s="8"/>
       <c r="L93" s="5"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A94" s="1"/>
       <c r="B94" s="1">
         <v>819212</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="E94" s="2" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="H94" s="2">
         <v>0</v>
       </c>
       <c r="I94" s="1">
         <v>0</v>
       </c>
       <c r="J94" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K94" s="2" t="str">
         <f>J94*31.18</f>
         <v>0</v>
       </c>
       <c r="L94" s="5"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A95" s="1"/>
       <c r="B95" s="1">
         <v>819213</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>283</v>
+        <v>290</v>
       </c>
       <c r="H95" s="2">
         <v>0</v>
       </c>
       <c r="I95" s="1">
         <v>0</v>
       </c>
       <c r="J95" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K95" s="2" t="str">
         <f>J95*25.90</f>
         <v>0</v>
       </c>
       <c r="L95" s="5"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A96" s="1"/>
       <c r="B96" s="1">
         <v>819218</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="D96" s="1"/>
       <c r="E96" s="2" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="G96" s="2">
         <v>0</v>
       </c>
       <c r="H96" s="2">
         <v>0</v>
       </c>
       <c r="I96" s="1">
         <v>0</v>
       </c>
       <c r="J96" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K96" s="2" t="str">
         <f>J96*204.85</f>
         <v>0</v>
       </c>
       <c r="L96" s="5"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A97" s="1"/>
       <c r="B97" s="1">
         <v>819219</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="D97" s="1"/>
       <c r="E97" s="2" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="G97" s="2">
         <v>0</v>
       </c>
       <c r="H97" s="2">
         <v>0</v>
       </c>
       <c r="I97" s="1">
         <v>0</v>
       </c>
       <c r="J97" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K97" s="2" t="str">
         <f>J97*42.33</f>
         <v>0</v>
       </c>
       <c r="L97" s="5"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A98" s="1"/>
       <c r="B98" s="1">
         <v>823967</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="G98" s="2" t="s">
-        <v>298</v>
+        <v>20</v>
       </c>
       <c r="H98" s="2">
         <v>0</v>
       </c>
       <c r="I98" s="1">
         <v>0</v>
       </c>
       <c r="J98" s="3" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="K98" s="2" t="str">
         <f>J98*89.25</f>
         <v>0</v>
       </c>
       <c r="L98" s="5"/>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A99" s="1"/>
       <c r="B99" s="1">
         <v>824558</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="G99" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H99" s="2">
         <v>0</v>
       </c>
       <c r="I99" s="1">
         <v>0</v>
       </c>
       <c r="J99" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K99" s="2" t="str">
         <f>J99*428.40</f>
         <v>0</v>
       </c>
       <c r="L99" s="5"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A100" s="1"/>
       <c r="B100" s="1">
         <v>825240</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="E100" s="2" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="G100" s="2" t="s">
-        <v>308</v>
+        <v>290</v>
       </c>
       <c r="H100" s="2">
         <v>0</v>
       </c>
       <c r="I100" s="1">
         <v>0</v>
       </c>
       <c r="J100" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K100" s="2" t="str">
         <f>J100*56.00</f>
         <v>0</v>
       </c>
       <c r="L100" s="5"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A101" s="1"/>
       <c r="B101" s="1">
         <v>825241</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-        <v>220</v>
+        <v>313</v>
+      </c>
+      <c r="G101" s="2">
+        <v>0</v>
       </c>
       <c r="H101" s="2">
         <v>0</v>
       </c>
       <c r="I101" s="1">
         <v>0</v>
       </c>
       <c r="J101" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K101" s="2" t="str">
         <f>J101*36.30</f>
         <v>0</v>
       </c>
       <c r="L101" s="5"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A102" s="1"/>
       <c r="B102" s="1">
         <v>825242</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="G102" s="2" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="H102" s="2">
         <v>0</v>
       </c>
       <c r="I102" s="1">
         <v>0</v>
       </c>
       <c r="J102" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K102" s="2" t="str">
         <f>J102*39.74</f>
         <v>0</v>
       </c>
       <c r="L102" s="5"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A103" s="1"/>
       <c r="B103" s="1">
         <v>825243</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="E103" s="2" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="G103" s="2" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="H103" s="2">
         <v>0</v>
       </c>
       <c r="I103" s="1">
         <v>0</v>
       </c>
       <c r="J103" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K103" s="2" t="str">
         <f>J103*43.00</f>
         <v>0</v>
       </c>
       <c r="L103" s="5"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A104" s="1"/>
       <c r="B104" s="1">
         <v>825244</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E104" s="2" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="G104" s="2" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="H104" s="2">
         <v>0</v>
       </c>
       <c r="I104" s="1">
         <v>0</v>
       </c>
       <c r="J104" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K104" s="2" t="str">
         <f>J104*42.84</f>
         <v>0</v>
       </c>
       <c r="L104" s="5"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A105" s="1"/>
       <c r="B105" s="1">
         <v>825245</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="G105" s="2">
         <v>0</v>
       </c>
       <c r="H105" s="2">
         <v>0</v>
       </c>
       <c r="I105" s="1">
         <v>0</v>
       </c>
       <c r="J105" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K105" s="2" t="str">
         <f>J105*66.24</f>
         <v>0</v>
       </c>
       <c r="L105" s="5"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A106" s="1"/>
       <c r="B106" s="1">
         <v>825246</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="G106" s="2" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="H106" s="2">
         <v>0</v>
       </c>
       <c r="I106" s="1">
         <v>0</v>
       </c>
       <c r="J106" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K106" s="2" t="str">
         <f>J106*70.00</f>
         <v>0</v>
       </c>
       <c r="L106" s="5"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A107" s="1"/>
       <c r="B107" s="1">
         <v>825247</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="E107" s="2" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="G107" s="2">
         <v>0</v>
       </c>
       <c r="H107" s="2">
         <v>0</v>
       </c>
       <c r="I107" s="1">
         <v>0</v>
       </c>
       <c r="J107" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K107" s="2" t="str">
         <f>J107*391.00</f>
         <v>0</v>
       </c>
       <c r="L107" s="5"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A108" s="1"/>
       <c r="B108" s="1">
         <v>826589</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="E108" s="2" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="G108" s="2" t="s">
-        <v>270</v>
+        <v>20</v>
       </c>
       <c r="H108" s="2">
         <v>0</v>
       </c>
       <c r="I108" s="1">
         <v>0</v>
       </c>
       <c r="J108" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K108" s="2" t="str">
         <f>J108*71.40</f>
         <v>0</v>
       </c>
       <c r="L108" s="5"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A109" s="1"/>
       <c r="B109" s="1">
         <v>884587</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="E109" s="2" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="G109" s="2" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="H109" s="2">
         <v>0</v>
       </c>
       <c r="I109" s="1">
         <v>0</v>
       </c>
       <c r="J109" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K109" s="2" t="str">
         <f>J109*56.53</f>
         <v>0</v>
       </c>
       <c r="L109" s="5"/>
     </row>
-    <row r="110" spans="1:12" outlineLevel="2">
-[...12 lines deleted...]
-      <c r="K110" s="8"/>
+    <row r="110" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A110" s="1"/>
+      <c r="B110" s="1">
+        <v>859905</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="D110" s="1">
+        <v>10.333</v>
+      </c>
+      <c r="E110" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="F110" s="2"/>
+      <c r="G110" s="2">
+        <v>-5</v>
+      </c>
+      <c r="H110" s="2">
+        <v>0</v>
+      </c>
+      <c r="I110" s="1">
+        <v>0</v>
+      </c>
+      <c r="J110" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K110" s="2" t="str">
+        <f>J110*0</f>
+        <v>0</v>
+      </c>
       <c r="L110" s="5"/>
     </row>
-    <row r="111" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...13 lines deleted...]
-      <c r="F111" s="2" t="s">
+    <row r="111" spans="1:12" outlineLevel="2">
+      <c r="A111" s="8" t="s">
         <v>348</v>
       </c>
-      <c r="G111" s="2">
-[...14 lines deleted...]
-      </c>
+      <c r="B111" s="8"/>
+      <c r="C111" s="8"/>
+      <c r="D111" s="8"/>
+      <c r="E111" s="8"/>
+      <c r="F111" s="8"/>
+      <c r="G111" s="8"/>
+      <c r="H111" s="8"/>
+      <c r="I111" s="8"/>
+      <c r="J111" s="8"/>
+      <c r="K111" s="8"/>
       <c r="L111" s="5"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A112" s="1"/>
       <c r="B112" s="1">
-        <v>819235</v>
+        <v>819234</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>349</v>
       </c>
       <c r="D112" s="1">
-        <v>4588</v>
+        <v>4587</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>350</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>351</v>
       </c>
       <c r="G112" s="2">
         <v>0</v>
       </c>
       <c r="H112" s="2">
         <v>0</v>
       </c>
       <c r="I112" s="1">
         <v>0</v>
       </c>
       <c r="J112" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K112" s="2" t="str">
-        <f>J112*87.21</f>
+        <f>J112*58.07</f>
         <v>0</v>
       </c>
       <c r="L112" s="5"/>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A113" s="1"/>
       <c r="B113" s="1">
-        <v>819236</v>
+        <v>819235</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>352</v>
       </c>
       <c r="D113" s="1">
-        <v>4589</v>
+        <v>4588</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>353</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>354</v>
       </c>
       <c r="G113" s="2">
         <v>0</v>
       </c>
       <c r="H113" s="2">
         <v>0</v>
       </c>
       <c r="I113" s="1">
         <v>0</v>
       </c>
       <c r="J113" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K113" s="2" t="str">
-        <f>J113*73.64</f>
+        <f>J113*87.21</f>
         <v>0</v>
       </c>
       <c r="L113" s="5"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A114" s="1"/>
       <c r="B114" s="1">
-        <v>819237</v>
+        <v>819236</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>355</v>
       </c>
       <c r="D114" s="1">
-        <v>4590</v>
+        <v>4589</v>
       </c>
       <c r="E114" s="2" t="s">
         <v>356</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>351</v>
+        <v>357</v>
       </c>
       <c r="G114" s="2">
         <v>0</v>
       </c>
       <c r="H114" s="2">
         <v>0</v>
       </c>
       <c r="I114" s="1">
         <v>0</v>
       </c>
       <c r="J114" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K114" s="2" t="str">
-        <f>J114*87.21</f>
+        <f>J114*73.64</f>
         <v>0</v>
       </c>
       <c r="L114" s="5"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A115" s="1"/>
       <c r="B115" s="1">
-        <v>819238</v>
+        <v>819237</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D115" s="1">
-        <v>4585</v>
+        <v>4590</v>
       </c>
       <c r="E115" s="2" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="G115" s="2">
         <v>0</v>
       </c>
       <c r="H115" s="2">
         <v>0</v>
       </c>
       <c r="I115" s="1">
         <v>0</v>
       </c>
       <c r="J115" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K115" s="2" t="str">
-        <f>J115*25.29</f>
+        <f>J115*87.21</f>
         <v>0</v>
       </c>
       <c r="L115" s="5"/>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A116" s="1"/>
       <c r="B116" s="1">
-        <v>819239</v>
+        <v>819238</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>360</v>
       </c>
       <c r="D116" s="1">
-        <v>4586</v>
+        <v>4585</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>361</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>362</v>
       </c>
       <c r="G116" s="2">
         <v>0</v>
       </c>
       <c r="H116" s="2">
         <v>0</v>
       </c>
       <c r="I116" s="1">
         <v>0</v>
       </c>
       <c r="J116" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K116" s="2" t="str">
-        <f>J116*34.21</f>
+        <f>J116*25.29</f>
         <v>0</v>
       </c>
       <c r="L116" s="5"/>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A117" s="1"/>
       <c r="B117" s="1">
-        <v>819240</v>
+        <v>819239</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>363</v>
       </c>
       <c r="D117" s="1">
-        <v>4744</v>
+        <v>4586</v>
       </c>
       <c r="E117" s="2" t="s">
         <v>364</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>365</v>
       </c>
-      <c r="G117" s="2" t="s">
-        <v>270</v>
+      <c r="G117" s="2">
+        <v>0</v>
       </c>
       <c r="H117" s="2">
         <v>0</v>
       </c>
       <c r="I117" s="1">
         <v>0</v>
       </c>
       <c r="J117" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K117" s="2" t="str">
-        <f>J117*64.60</f>
+        <f>J117*34.21</f>
         <v>0</v>
       </c>
       <c r="L117" s="5"/>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A118" s="1"/>
       <c r="B118" s="1">
-        <v>819241</v>
+        <v>819240</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>366</v>
       </c>
       <c r="D118" s="1">
-        <v>4743</v>
+        <v>4744</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>367</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>368</v>
       </c>
       <c r="G118" s="2" t="s">
-        <v>369</v>
+        <v>210</v>
       </c>
       <c r="H118" s="2">
         <v>0</v>
       </c>
       <c r="I118" s="1">
         <v>0</v>
       </c>
       <c r="J118" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K118" s="2" t="str">
-        <f>J118*50.83</f>
+        <f>J118*64.60</f>
         <v>0</v>
       </c>
       <c r="L118" s="5"/>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A119" s="1"/>
       <c r="B119" s="1">
-        <v>819242</v>
+        <v>819241</v>
       </c>
       <c r="C119" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="D119" s="1">
+        <v>4743</v>
+      </c>
+      <c r="E119" s="2" t="s">
         <v>370</v>
       </c>
-      <c r="D119" s="1">
-[...2 lines deleted...]
-      <c r="E119" s="2" t="s">
+      <c r="F119" s="2" t="s">
         <v>371</v>
       </c>
-      <c r="F119" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G119" s="2" t="s">
+        <v>205</v>
       </c>
       <c r="H119" s="2">
         <v>0</v>
       </c>
       <c r="I119" s="1">
         <v>0</v>
       </c>
       <c r="J119" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K119" s="2" t="str">
-        <f>J119*102.68</f>
+        <f>J119*50.83</f>
         <v>0</v>
       </c>
       <c r="L119" s="5"/>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A120" s="1"/>
       <c r="B120" s="1">
-        <v>819244</v>
+        <v>819242</v>
       </c>
       <c r="C120" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="D120" s="1">
+        <v>4591</v>
+      </c>
+      <c r="E120" s="2" t="s">
         <v>373</v>
       </c>
-      <c r="D120" s="1" t="s">
+      <c r="F120" s="2" t="s">
         <v>374</v>
       </c>
-      <c r="E120" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G120" s="2">
-        <v>-10</v>
+        <v>0</v>
       </c>
       <c r="H120" s="2">
         <v>0</v>
       </c>
       <c r="I120" s="1">
         <v>0</v>
       </c>
       <c r="J120" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K120" s="2" t="str">
-        <f>J120*25.00</f>
+        <f>J120*102.68</f>
         <v>0</v>
       </c>
       <c r="L120" s="5"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A121" s="1"/>
       <c r="B121" s="1">
-        <v>819245</v>
+        <v>819244</v>
       </c>
       <c r="C121" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="E121" s="2" t="s">
         <v>377</v>
       </c>
-      <c r="D121" s="1" t="s">
+      <c r="F121" s="2" t="s">
         <v>378</v>
       </c>
-      <c r="E121" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G121" s="2">
-        <v>0</v>
+        <v>-10</v>
       </c>
       <c r="H121" s="2">
         <v>0</v>
       </c>
       <c r="I121" s="1">
         <v>0</v>
       </c>
       <c r="J121" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K121" s="2" t="str">
-        <f>J121*14.00</f>
+        <f>J121*25.00</f>
         <v>0</v>
       </c>
       <c r="L121" s="5"/>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A122" s="1"/>
       <c r="B122" s="1">
-        <v>819246</v>
+        <v>819245</v>
       </c>
       <c r="C122" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="E122" s="2" t="s">
         <v>381</v>
       </c>
-      <c r="D122" s="1"/>
-      <c r="E122" s="2" t="s">
+      <c r="F122" s="2" t="s">
         <v>382</v>
       </c>
-      <c r="F122" s="2" t="s">
-[...3 lines deleted...]
-        <v>220</v>
+      <c r="G122" s="2">
+        <v>0</v>
       </c>
       <c r="H122" s="2">
         <v>0</v>
       </c>
       <c r="I122" s="1">
         <v>0</v>
       </c>
       <c r="J122" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K122" s="2" t="str">
-        <f>J122*3.57</f>
+        <f>J122*14.00</f>
         <v>0</v>
       </c>
       <c r="L122" s="5"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A123" s="1"/>
       <c r="B123" s="1">
-        <v>819247</v>
+        <v>819246</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="D123" s="1"/>
       <c r="E123" s="2" t="s">
+        <v>384</v>
+      </c>
+      <c r="F123" s="2" t="s">
         <v>385</v>
       </c>
-      <c r="F123" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G123" s="2" t="s">
+        <v>223</v>
       </c>
       <c r="H123" s="2">
         <v>0</v>
       </c>
       <c r="I123" s="1">
         <v>0</v>
       </c>
       <c r="J123" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K123" s="2" t="str">
-        <f>J123*0.00</f>
+        <f>J123*3.57</f>
         <v>0</v>
       </c>
       <c r="L123" s="5"/>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A124" s="1"/>
       <c r="B124" s="1">
-        <v>819248</v>
+        <v>819247</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="D124" s="1"/>
       <c r="E124" s="2" t="s">
+        <v>387</v>
+      </c>
+      <c r="F124" s="2" t="s">
         <v>388</v>
       </c>
-      <c r="F124" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G124" s="2">
         <v>0</v>
       </c>
       <c r="H124" s="2">
         <v>0</v>
       </c>
       <c r="I124" s="1">
         <v>0</v>
       </c>
       <c r="J124" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K124" s="2" t="str">
-        <f>J124*34.17</f>
+        <f>J124*0.00</f>
         <v>0</v>
       </c>
       <c r="L124" s="5"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A125" s="1"/>
       <c r="B125" s="1">
-        <v>819249</v>
+        <v>819248</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="D125" s="1"/>
       <c r="E125" s="2" t="s">
+        <v>390</v>
+      </c>
+      <c r="F125" s="2" t="s">
         <v>391</v>
       </c>
-      <c r="F125" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G125" s="2">
         <v>0</v>
       </c>
       <c r="H125" s="2">
         <v>0</v>
       </c>
       <c r="I125" s="1">
         <v>0</v>
       </c>
       <c r="J125" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K125" s="2" t="str">
-        <f>J125*54.74</f>
+        <f>J125*34.17</f>
         <v>0</v>
       </c>
       <c r="L125" s="5"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A126" s="1"/>
       <c r="B126" s="1">
-        <v>819250</v>
+        <v>819249</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="D126" s="1"/>
       <c r="E126" s="2" t="s">
+        <v>393</v>
+      </c>
+      <c r="F126" s="2" t="s">
         <v>394</v>
       </c>
-      <c r="F126" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G126" s="2">
         <v>0</v>
       </c>
       <c r="H126" s="2">
         <v>0</v>
       </c>
       <c r="I126" s="1">
         <v>0</v>
       </c>
       <c r="J126" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K126" s="2" t="str">
-        <f>J126*67.49</f>
+        <f>J126*54.74</f>
         <v>0</v>
       </c>
       <c r="L126" s="5"/>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A127" s="1"/>
       <c r="B127" s="1">
-        <v>819251</v>
+        <v>819250</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="D127" s="1"/>
       <c r="E127" s="2" t="s">
+        <v>396</v>
+      </c>
+      <c r="F127" s="2" t="s">
         <v>397</v>
       </c>
-      <c r="F127" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G127" s="2">
         <v>0</v>
       </c>
       <c r="H127" s="2">
         <v>0</v>
       </c>
       <c r="I127" s="1">
         <v>0</v>
       </c>
       <c r="J127" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K127" s="2" t="str">
-        <f>J127*69.53</f>
+        <f>J127*67.49</f>
         <v>0</v>
       </c>
       <c r="L127" s="5"/>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A128" s="1"/>
       <c r="B128" s="1">
-        <v>819252</v>
+        <v>819251</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="D128" s="1"/>
       <c r="E128" s="2" t="s">
+        <v>399</v>
+      </c>
+      <c r="F128" s="2" t="s">
         <v>400</v>
       </c>
-      <c r="F128" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G128" s="2">
         <v>0</v>
       </c>
       <c r="H128" s="2">
         <v>0</v>
       </c>
       <c r="I128" s="1">
         <v>0</v>
       </c>
       <c r="J128" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K128" s="2" t="str">
-        <f>J128*70.04</f>
+        <f>J128*69.53</f>
         <v>0</v>
       </c>
       <c r="L128" s="5"/>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A129" s="1"/>
       <c r="B129" s="1">
-        <v>819253</v>
+        <v>819252</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="D129" s="1"/>
       <c r="E129" s="2" t="s">
+        <v>402</v>
+      </c>
+      <c r="F129" s="2" t="s">
         <v>403</v>
       </c>
-      <c r="F129" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G129" s="2">
         <v>0</v>
       </c>
       <c r="H129" s="2">
         <v>0</v>
       </c>
       <c r="I129" s="1">
         <v>0</v>
       </c>
       <c r="J129" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K129" s="2" t="str">
-        <f>J129*67.49</f>
+        <f>J129*70.04</f>
         <v>0</v>
       </c>
       <c r="L129" s="5"/>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A130" s="1"/>
       <c r="B130" s="1">
-        <v>819254</v>
+        <v>819253</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>404</v>
       </c>
       <c r="D130" s="1"/>
       <c r="E130" s="2" t="s">
         <v>405</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>406</v>
+        <v>397</v>
       </c>
       <c r="G130" s="2">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="H130" s="2">
         <v>0</v>
       </c>
-      <c r="I130" s="1" t="s">
-        <v>369</v>
+      <c r="I130" s="1">
+        <v>0</v>
       </c>
       <c r="J130" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K130" s="2" t="str">
-        <f>J130*66.98</f>
+        <f>J130*67.49</f>
         <v>0</v>
       </c>
       <c r="L130" s="5"/>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A131" s="1"/>
       <c r="B131" s="1">
-        <v>819255</v>
+        <v>819254</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="D131" s="1"/>
       <c r="E131" s="2" t="s">
+        <v>407</v>
+      </c>
+      <c r="F131" s="2" t="s">
         <v>408</v>
       </c>
-      <c r="F131" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G131" s="2">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="H131" s="2">
         <v>0</v>
       </c>
-      <c r="I131" s="1">
-        <v>0</v>
+      <c r="I131" s="1" t="s">
+        <v>205</v>
       </c>
       <c r="J131" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K131" s="2" t="str">
-        <f>J131*67.15</f>
+        <f>J131*66.98</f>
         <v>0</v>
       </c>
       <c r="L131" s="5"/>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A132" s="1"/>
       <c r="B132" s="1">
-        <v>819256</v>
+        <v>819255</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="D132" s="1"/>
       <c r="E132" s="2" t="s">
+        <v>410</v>
+      </c>
+      <c r="F132" s="2" t="s">
         <v>411</v>
       </c>
-      <c r="F132" s="2" t="s">
-[...3 lines deleted...]
-        <v>369</v>
+      <c r="G132" s="2">
+        <v>0</v>
       </c>
       <c r="H132" s="2">
         <v>0</v>
       </c>
       <c r="I132" s="1">
         <v>0</v>
       </c>
       <c r="J132" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K132" s="2" t="str">
-        <f>J132*6.46</f>
+        <f>J132*67.15</f>
         <v>0</v>
       </c>
       <c r="L132" s="5"/>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A133" s="1"/>
       <c r="B133" s="1">
-        <v>819257</v>
+        <v>819256</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="D133" s="1"/>
       <c r="E133" s="2" t="s">
+        <v>413</v>
+      </c>
+      <c r="F133" s="2" t="s">
         <v>414</v>
       </c>
-      <c r="F133" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G133" s="2">
         <v>0</v>
       </c>
       <c r="H133" s="2">
         <v>0</v>
       </c>
       <c r="I133" s="1">
         <v>0</v>
       </c>
       <c r="J133" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K133" s="2" t="str">
-        <f>J133*5.44</f>
+        <f>J133*6.46</f>
         <v>0</v>
       </c>
       <c r="L133" s="5"/>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A134" s="1"/>
       <c r="B134" s="1">
-        <v>819258</v>
+        <v>819257</v>
       </c>
       <c r="C134" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D134" s="1"/>
+      <c r="E134" s="2" t="s">
         <v>416</v>
       </c>
-      <c r="D134" s="1" t="s">
+      <c r="F134" s="2" t="s">
         <v>417</v>
       </c>
-      <c r="E134" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G134" s="2">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>220</v>
+        <v>0</v>
+      </c>
+      <c r="H134" s="2">
+        <v>0</v>
       </c>
       <c r="I134" s="1">
         <v>0</v>
       </c>
       <c r="J134" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K134" s="2" t="str">
-        <f>J134*627.00</f>
+        <f>J134*5.44</f>
         <v>0</v>
       </c>
       <c r="L134" s="5"/>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A135" s="1"/>
       <c r="B135" s="1">
-        <v>819259</v>
+        <v>819258</v>
       </c>
       <c r="C135" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="E135" s="2" t="s">
         <v>420</v>
       </c>
-      <c r="D135" s="1" t="s">
+      <c r="F135" s="2" t="s">
         <v>421</v>
       </c>
-      <c r="E135" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G135" s="2" t="s">
-        <v>298</v>
+        <v>20</v>
       </c>
       <c r="H135" s="2" t="s">
-        <v>270</v>
+        <v>210</v>
       </c>
       <c r="I135" s="1">
         <v>0</v>
       </c>
       <c r="J135" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K135" s="2" t="str">
-        <f>J135*550.00</f>
+        <f>J135*627.00</f>
         <v>0</v>
       </c>
       <c r="L135" s="5"/>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A136" s="1"/>
       <c r="B136" s="1">
-        <v>819260</v>
+        <v>819259</v>
       </c>
       <c r="C136" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="E136" s="2" t="s">
         <v>424</v>
       </c>
-      <c r="D136" s="1" t="s">
+      <c r="F136" s="2" t="s">
         <v>425</v>
       </c>
-      <c r="E136" s="2" t="s">
-[...6 lines deleted...]
-        <v>9</v>
+      <c r="G136" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="H136" s="2" t="s">
-        <v>220</v>
+        <v>205</v>
       </c>
       <c r="I136" s="1">
         <v>0</v>
       </c>
       <c r="J136" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K136" s="2" t="str">
-        <f>J136*562.00</f>
+        <f>J136*550.00</f>
         <v>0</v>
       </c>
       <c r="L136" s="5"/>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A137" s="1"/>
       <c r="B137" s="1">
-        <v>819261</v>
+        <v>819260</v>
       </c>
       <c r="C137" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="E137" s="2" t="s">
         <v>428</v>
       </c>
-      <c r="D137" s="1" t="s">
+      <c r="F137" s="2" t="s">
         <v>429</v>
       </c>
-      <c r="E137" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G137" s="2" t="s">
-        <v>298</v>
+        <v>20</v>
       </c>
       <c r="H137" s="2" t="s">
-        <v>270</v>
+        <v>223</v>
       </c>
       <c r="I137" s="1">
         <v>0</v>
       </c>
       <c r="J137" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K137" s="2" t="str">
-        <f>J137*566.00</f>
+        <f>J137*562.00</f>
         <v>0</v>
       </c>
       <c r="L137" s="5"/>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A138" s="1"/>
       <c r="B138" s="1">
-        <v>883005</v>
+        <v>819261</v>
       </c>
       <c r="C138" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="E138" s="2" t="s">
         <v>432</v>
       </c>
-      <c r="D138" s="1" t="s">
+      <c r="F138" s="2" t="s">
         <v>433</v>
       </c>
-      <c r="E138" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G138" s="2" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>20</v>
+      </c>
+      <c r="H138" s="2" t="s">
+        <v>210</v>
       </c>
       <c r="I138" s="1">
         <v>0</v>
       </c>
       <c r="J138" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K138" s="2" t="str">
-        <f>J138*9.16</f>
+        <f>J138*566.00</f>
         <v>0</v>
       </c>
       <c r="L138" s="5"/>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A139" s="1"/>
       <c r="B139" s="1">
-        <v>883006</v>
+        <v>883005</v>
       </c>
       <c r="C139" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="E139" s="2" t="s">
         <v>436</v>
       </c>
-      <c r="D139" s="1" t="s">
+      <c r="F139" s="2" t="s">
         <v>437</v>
       </c>
-      <c r="E139" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G139" s="2" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="H139" s="2">
         <v>0</v>
       </c>
-      <c r="I139" s="1">
-        <v>0</v>
+      <c r="I139" s="1" t="s">
+        <v>223</v>
       </c>
       <c r="J139" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K139" s="2" t="str">
-        <f>J139*7.97</f>
+        <f>J139*9.16</f>
         <v>0</v>
       </c>
       <c r="L139" s="5"/>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A140" s="1"/>
       <c r="B140" s="1">
-        <v>883007</v>
+        <v>883006</v>
       </c>
       <c r="C140" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="E140" s="2" t="s">
         <v>440</v>
       </c>
-      <c r="D140" s="1" t="s">
+      <c r="F140" s="2" t="s">
         <v>441</v>
       </c>
-      <c r="E140" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G140" s="2" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="H140" s="2">
         <v>0</v>
       </c>
       <c r="I140" s="1">
         <v>0</v>
       </c>
       <c r="J140" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K140" s="2" t="str">
-        <f>J140*11.38</f>
+        <f>J140*7.97</f>
         <v>0</v>
       </c>
       <c r="L140" s="5"/>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A141" s="1"/>
       <c r="B141" s="1">
-        <v>836284</v>
+        <v>883007</v>
       </c>
       <c r="C141" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="E141" s="2" t="s">
         <v>444</v>
       </c>
-      <c r="D141" s="1" t="s">
+      <c r="F141" s="2" t="s">
         <v>445</v>
       </c>
-      <c r="E141" s="2" t="s">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="G141" s="2" t="s">
+        <v>223</v>
       </c>
       <c r="H141" s="2">
         <v>0</v>
       </c>
       <c r="I141" s="1">
         <v>0</v>
       </c>
       <c r="J141" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K141" s="2" t="str">
-        <f>J141*54.00</f>
+        <f>J141*11.38</f>
         <v>0</v>
       </c>
       <c r="L141" s="5"/>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A142" s="1"/>
       <c r="B142" s="1">
+        <v>836284</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="E142" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="F142" s="2" t="s">
+        <v>449</v>
+      </c>
+      <c r="G142" s="2">
+        <v>0</v>
+      </c>
+      <c r="H142" s="2">
+        <v>0</v>
+      </c>
+      <c r="I142" s="1">
+        <v>0</v>
+      </c>
+      <c r="J142" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K142" s="2" t="str">
+        <f>J142*54.00</f>
+        <v>0</v>
+      </c>
+      <c r="L142" s="5"/>
+    </row>
+    <row r="143" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A143" s="1"/>
+      <c r="B143" s="1">
         <v>869347</v>
       </c>
-      <c r="C142" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E142" s="2" t="s">
+      <c r="C143" s="1" t="s">
         <v>450</v>
       </c>
-      <c r="F142" s="2" t="s">
+      <c r="D143" s="1" t="s">
         <v>451</v>
       </c>
-      <c r="G142" s="2">
+      <c r="E143" s="2" t="s">
+        <v>452</v>
+      </c>
+      <c r="F143" s="2" t="s">
+        <v>453</v>
+      </c>
+      <c r="G143" s="2">
         <v>10</v>
       </c>
-      <c r="H142" s="2" t="s">
-[...27 lines deleted...]
-      <c r="K143" s="8"/>
+      <c r="H143" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="I143" s="1">
+        <v>0</v>
+      </c>
+      <c r="J143" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K143" s="2" t="str">
+        <f>J143*761.00</f>
+        <v>0</v>
+      </c>
       <c r="L143" s="5"/>
     </row>
-    <row r="144" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...7 lines deleted...]
-      <c r="D144" s="1" t="s">
+    <row r="144" spans="1:12" outlineLevel="2">
+      <c r="A144" s="8" t="s">
         <v>454</v>
       </c>
-      <c r="E144" s="2" t="s">
-[...20 lines deleted...]
-      </c>
+      <c r="B144" s="8"/>
+      <c r="C144" s="8"/>
+      <c r="D144" s="8"/>
+      <c r="E144" s="8"/>
+      <c r="F144" s="8"/>
+      <c r="G144" s="8"/>
+      <c r="H144" s="8"/>
+      <c r="I144" s="8"/>
+      <c r="J144" s="8"/>
+      <c r="K144" s="8"/>
       <c r="L144" s="5"/>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A145" s="1"/>
       <c r="B145" s="1">
-        <v>819232</v>
+        <v>819230</v>
       </c>
       <c r="C145" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="E145" s="2" t="s">
         <v>457</v>
       </c>
-      <c r="D145" s="1"/>
-      <c r="E145" s="2" t="s">
+      <c r="F145" s="2" t="s">
         <v>458</v>
       </c>
-      <c r="F145" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G145" s="2">
         <v>0</v>
       </c>
-      <c r="H145" s="2">
-        <v>0</v>
+      <c r="H145" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="I145" s="1">
         <v>0</v>
       </c>
       <c r="J145" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K145" s="2" t="str">
-        <f>J145*5.85</f>
+        <f>J145*1025.00</f>
         <v>0</v>
       </c>
       <c r="L145" s="5"/>
     </row>
-    <row r="146" spans="1:12" outlineLevel="4">
+    <row r="146" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A146" s="1"/>
       <c r="B146" s="1">
-        <v>882987</v>
+        <v>819232</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="D146" s="1"/>
       <c r="E146" s="2" t="s">
+        <v>460</v>
+      </c>
+      <c r="F146" s="2" t="s">
         <v>461</v>
       </c>
-      <c r="F146" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G146" s="2">
         <v>0</v>
       </c>
       <c r="H146" s="2">
         <v>0</v>
       </c>
       <c r="I146" s="1">
         <v>0</v>
       </c>
       <c r="J146" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K146" s="2" t="str">
-        <f>J146*767.81</f>
+        <f>J146*5.85</f>
         <v>0</v>
       </c>
       <c r="L146" s="5"/>
     </row>
     <row r="147" spans="1:12" outlineLevel="4">
       <c r="A147" s="1"/>
       <c r="B147" s="1">
-        <v>882988</v>
+        <v>882987</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="D147" s="1"/>
       <c r="E147" s="2" t="s">
+        <v>463</v>
+      </c>
+      <c r="F147" s="2" t="s">
         <v>464</v>
       </c>
-      <c r="F147" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G147" s="2">
         <v>0</v>
       </c>
       <c r="H147" s="2">
         <v>0</v>
       </c>
       <c r="I147" s="1">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="J147" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K147" s="2" t="str">
-        <f>J147*841.68</f>
+        <f>J147*767.81</f>
         <v>0</v>
       </c>
       <c r="L147" s="5"/>
     </row>
     <row r="148" spans="1:12" outlineLevel="4">
       <c r="A148" s="1"/>
       <c r="B148" s="1">
-        <v>883008</v>
+        <v>882988</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="D148" s="1"/>
       <c r="E148" s="2" t="s">
+        <v>466</v>
+      </c>
+      <c r="F148" s="2" t="s">
         <v>467</v>
       </c>
-      <c r="F148" s="2" t="s">
-[...3 lines deleted...]
-        <v>220</v>
+      <c r="G148" s="2">
+        <v>-2</v>
       </c>
       <c r="H148" s="2">
         <v>0</v>
       </c>
       <c r="I148" s="1">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="J148" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K148" s="2" t="str">
-        <f>J148*10.90</f>
+        <f>J148*841.68</f>
         <v>0</v>
       </c>
       <c r="L148" s="5"/>
     </row>
     <row r="149" spans="1:12" outlineLevel="4">
       <c r="A149" s="1"/>
       <c r="B149" s="1">
-        <v>883009</v>
+        <v>883008</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="D149" s="1"/>
       <c r="E149" s="2" t="s">
+        <v>469</v>
+      </c>
+      <c r="F149" s="2" t="s">
         <v>470</v>
       </c>
-      <c r="F149" s="2" t="s">
+      <c r="G149" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="H149" s="2">
+        <v>0</v>
+      </c>
+      <c r="I149" s="1">
+        <v>0</v>
+      </c>
+      <c r="J149" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K149" s="2" t="str">
+        <f>J149*10.90</f>
+        <v>0</v>
+      </c>
+      <c r="L149" s="5"/>
+    </row>
+    <row r="150" spans="1:12" outlineLevel="4">
+      <c r="A150" s="1"/>
+      <c r="B150" s="1">
+        <v>883009</v>
+      </c>
+      <c r="C150" s="1" t="s">
         <v>471</v>
       </c>
-      <c r="G149" s="2" t="s">
-[...18 lines deleted...]
-      <c r="A150" s="7" t="s">
+      <c r="D150" s="1"/>
+      <c r="E150" s="2" t="s">
         <v>472</v>
       </c>
-      <c r="B150" s="7"/>
-[...8 lines deleted...]
-      <c r="K150" s="7"/>
+      <c r="F150" s="2" t="s">
+        <v>473</v>
+      </c>
+      <c r="G150" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="H150" s="2">
+        <v>0</v>
+      </c>
+      <c r="I150" s="1">
+        <v>0</v>
+      </c>
+      <c r="J150" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K150" s="2" t="str">
+        <f>J150*4.48</f>
+        <v>0</v>
+      </c>
       <c r="L150" s="5"/>
     </row>
-    <row r="151" spans="1:12" outlineLevel="2">
-[...12 lines deleted...]
-      <c r="K151" s="8"/>
+    <row r="151" spans="1:12" outlineLevel="1">
+      <c r="A151" s="7" t="s">
+        <v>474</v>
+      </c>
+      <c r="B151" s="7"/>
+      <c r="C151" s="7"/>
+      <c r="D151" s="7"/>
+      <c r="E151" s="7"/>
+      <c r="F151" s="7"/>
+      <c r="G151" s="7"/>
+      <c r="H151" s="7"/>
+      <c r="I151" s="7"/>
+      <c r="J151" s="7"/>
+      <c r="K151" s="7"/>
       <c r="L151" s="5"/>
     </row>
-    <row r="152" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...8 lines deleted...]
-      <c r="E152" s="2" t="s">
+    <row r="152" spans="1:12" outlineLevel="2">
+      <c r="A152" s="8" t="s">
         <v>475</v>
       </c>
-      <c r="F152" s="2" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="B152" s="8"/>
+      <c r="C152" s="8"/>
+      <c r="D152" s="8"/>
+      <c r="E152" s="8"/>
+      <c r="F152" s="8"/>
+      <c r="G152" s="8"/>
+      <c r="H152" s="8"/>
+      <c r="I152" s="8"/>
+      <c r="J152" s="8"/>
+      <c r="K152" s="8"/>
       <c r="L152" s="5"/>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A153" s="1"/>
       <c r="B153" s="1">
-        <v>839166</v>
+        <v>839165</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="D153" s="1"/>
       <c r="E153" s="2" t="s">
+        <v>477</v>
+      </c>
+      <c r="F153" s="2" t="s">
         <v>478</v>
       </c>
-      <c r="F153" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G153" s="2">
         <v>0</v>
       </c>
       <c r="H153" s="2">
         <v>0</v>
       </c>
       <c r="I153" s="1">
         <v>0</v>
       </c>
       <c r="J153" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K153" s="2" t="str">
-        <f>J153*3739.01</f>
+        <f>J153*3247.87</f>
         <v>0</v>
       </c>
       <c r="L153" s="5"/>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A154" s="1"/>
       <c r="B154" s="1">
-        <v>839167</v>
+        <v>839166</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="D154" s="1"/>
       <c r="E154" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="F154" s="2" t="s">
         <v>481</v>
       </c>
-      <c r="F154" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G154" s="2">
         <v>0</v>
       </c>
       <c r="H154" s="2">
         <v>0</v>
       </c>
       <c r="I154" s="1">
         <v>0</v>
       </c>
       <c r="J154" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K154" s="2" t="str">
-        <f>J154*4280.74</f>
+        <f>J154*3739.01</f>
         <v>0</v>
       </c>
       <c r="L154" s="5"/>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A155" s="1"/>
       <c r="B155" s="1">
-        <v>839168</v>
+        <v>839167</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="D155" s="1"/>
       <c r="E155" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="F155" s="2" t="s">
         <v>484</v>
       </c>
-      <c r="F155" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G155" s="2">
         <v>0</v>
       </c>
       <c r="H155" s="2">
         <v>0</v>
       </c>
       <c r="I155" s="1">
         <v>0</v>
       </c>
       <c r="J155" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K155" s="2" t="str">
-        <f>J155*4745.39</f>
+        <f>J155*4280.74</f>
         <v>0</v>
       </c>
       <c r="L155" s="5"/>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A156" s="1"/>
       <c r="B156" s="1">
-        <v>839169</v>
+        <v>839168</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="D156" s="1"/>
       <c r="E156" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="F156" s="2" t="s">
         <v>487</v>
       </c>
-      <c r="F156" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G156" s="2">
         <v>0</v>
       </c>
       <c r="H156" s="2">
         <v>0</v>
       </c>
       <c r="I156" s="1">
         <v>0</v>
       </c>
       <c r="J156" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K156" s="2" t="str">
-        <f>J156*5236.59</f>
+        <f>J156*4745.39</f>
         <v>0</v>
       </c>
       <c r="L156" s="5"/>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A157" s="1"/>
       <c r="B157" s="1">
-        <v>839170</v>
+        <v>839169</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="D157" s="1"/>
       <c r="E157" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="F157" s="2" t="s">
         <v>490</v>
       </c>
-      <c r="F157" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G157" s="2">
         <v>0</v>
       </c>
       <c r="H157" s="2">
         <v>0</v>
       </c>
       <c r="I157" s="1">
         <v>0</v>
       </c>
       <c r="J157" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K157" s="2" t="str">
-        <f>J157*5698.84</f>
+        <f>J157*5236.59</f>
         <v>0</v>
       </c>
       <c r="L157" s="5"/>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A158" s="1"/>
       <c r="B158" s="1">
-        <v>839171</v>
+        <v>839170</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="D158" s="1"/>
       <c r="E158" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="F158" s="2" t="s">
         <v>493</v>
       </c>
-      <c r="F158" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G158" s="2">
         <v>0</v>
       </c>
       <c r="H158" s="2">
         <v>0</v>
       </c>
       <c r="I158" s="1">
         <v>0</v>
       </c>
       <c r="J158" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K158" s="2" t="str">
-        <f>J158*6240.53</f>
+        <f>J158*5698.84</f>
         <v>0</v>
       </c>
       <c r="L158" s="5"/>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A159" s="1"/>
       <c r="B159" s="1">
-        <v>839172</v>
+        <v>839171</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="D159" s="1"/>
       <c r="E159" s="2" t="s">
+        <v>495</v>
+      </c>
+      <c r="F159" s="2" t="s">
         <v>496</v>
       </c>
-      <c r="F159" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G159" s="2">
         <v>0</v>
       </c>
       <c r="H159" s="2">
         <v>0</v>
       </c>
       <c r="I159" s="1">
         <v>0</v>
       </c>
       <c r="J159" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K159" s="2" t="str">
-        <f>J159*6705.24</f>
+        <f>J159*6240.53</f>
         <v>0</v>
       </c>
       <c r="L159" s="5"/>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A160" s="1"/>
       <c r="B160" s="1">
-        <v>839173</v>
+        <v>839172</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="D160" s="1"/>
       <c r="E160" s="2" t="s">
+        <v>498</v>
+      </c>
+      <c r="F160" s="2" t="s">
         <v>499</v>
       </c>
-      <c r="F160" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G160" s="2">
         <v>0</v>
       </c>
       <c r="H160" s="2">
         <v>0</v>
       </c>
       <c r="I160" s="1">
         <v>0</v>
       </c>
       <c r="J160" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K160" s="2" t="str">
-        <f>J160*7167.47</f>
+        <f>J160*6705.24</f>
         <v>0</v>
       </c>
       <c r="L160" s="5"/>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A161" s="1"/>
       <c r="B161" s="1">
-        <v>839174</v>
+        <v>839173</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="D161" s="1"/>
       <c r="E161" s="2" t="s">
+        <v>501</v>
+      </c>
+      <c r="F161" s="2" t="s">
         <v>502</v>
       </c>
-      <c r="F161" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G161" s="2">
         <v>0</v>
       </c>
       <c r="H161" s="2">
         <v>0</v>
       </c>
       <c r="I161" s="1">
         <v>0</v>
       </c>
       <c r="J161" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K161" s="2" t="str">
-        <f>J161*8250.89</f>
+        <f>J161*7167.47</f>
         <v>0</v>
       </c>
       <c r="L161" s="5"/>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A162" s="1"/>
       <c r="B162" s="1">
-        <v>839175</v>
+        <v>839174</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="D162" s="1"/>
       <c r="E162" s="2" t="s">
+        <v>504</v>
+      </c>
+      <c r="F162" s="2" t="s">
         <v>505</v>
       </c>
-      <c r="F162" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G162" s="2">
         <v>0</v>
       </c>
       <c r="H162" s="2">
         <v>0</v>
       </c>
       <c r="I162" s="1">
         <v>0</v>
       </c>
       <c r="J162" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K162" s="2" t="str">
-        <f>J162*9411.38</f>
+        <f>J162*8250.89</f>
         <v>0</v>
       </c>
       <c r="L162" s="5"/>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A163" s="1"/>
       <c r="B163" s="1">
-        <v>839176</v>
+        <v>839175</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="D163" s="1"/>
       <c r="E163" s="2" t="s">
+        <v>507</v>
+      </c>
+      <c r="F163" s="2" t="s">
         <v>508</v>
       </c>
-      <c r="F163" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G163" s="2">
         <v>0</v>
       </c>
       <c r="H163" s="2">
         <v>0</v>
       </c>
       <c r="I163" s="1">
         <v>0</v>
       </c>
       <c r="J163" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K163" s="2" t="str">
-        <f>J163*10386.47</f>
+        <f>J163*9411.38</f>
         <v>0</v>
       </c>
       <c r="L163" s="5"/>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A164" s="1"/>
       <c r="B164" s="1">
-        <v>839177</v>
+        <v>839176</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="D164" s="1"/>
       <c r="E164" s="2" t="s">
+        <v>510</v>
+      </c>
+      <c r="F164" s="2" t="s">
         <v>511</v>
       </c>
-      <c r="F164" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G164" s="2">
         <v>0</v>
       </c>
       <c r="H164" s="2">
         <v>0</v>
       </c>
       <c r="I164" s="1">
         <v>0</v>
       </c>
       <c r="J164" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K164" s="2" t="str">
-        <f>J164*11604.70</f>
+        <f>J164*10386.47</f>
         <v>0</v>
       </c>
       <c r="L164" s="5"/>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A165" s="1"/>
       <c r="B165" s="1">
-        <v>839178</v>
+        <v>839177</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="D165" s="1"/>
       <c r="E165" s="2" t="s">
+        <v>513</v>
+      </c>
+      <c r="F165" s="2" t="s">
         <v>514</v>
       </c>
-      <c r="F165" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G165" s="2">
         <v>0</v>
       </c>
       <c r="H165" s="2">
         <v>0</v>
       </c>
       <c r="I165" s="1">
         <v>0</v>
       </c>
       <c r="J165" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K165" s="2" t="str">
-        <f>J165*4509.25</f>
+        <f>J165*11604.70</f>
         <v>0</v>
       </c>
       <c r="L165" s="5"/>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A166" s="1"/>
       <c r="B166" s="1">
-        <v>839179</v>
+        <v>839178</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="D166" s="1"/>
       <c r="E166" s="2" t="s">
+        <v>516</v>
+      </c>
+      <c r="F166" s="2" t="s">
         <v>517</v>
       </c>
-      <c r="F166" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G166" s="2">
         <v>0</v>
       </c>
       <c r="H166" s="2">
         <v>0</v>
       </c>
       <c r="I166" s="1">
         <v>0</v>
       </c>
       <c r="J166" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K166" s="2" t="str">
-        <f>J166*4986.33</f>
+        <f>J166*4509.25</f>
         <v>0</v>
       </c>
       <c r="L166" s="5"/>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A167" s="1"/>
       <c r="B167" s="1">
-        <v>839180</v>
+        <v>839179</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="D167" s="1"/>
       <c r="E167" s="2" t="s">
+        <v>519</v>
+      </c>
+      <c r="F167" s="2" t="s">
         <v>520</v>
       </c>
-      <c r="F167" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G167" s="2">
         <v>0</v>
       </c>
       <c r="H167" s="2">
         <v>0</v>
       </c>
       <c r="I167" s="1">
         <v>0</v>
       </c>
       <c r="J167" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K167" s="2" t="str">
-        <f>J167*5510.30</f>
+        <f>J167*4986.33</f>
         <v>0</v>
       </c>
       <c r="L167" s="5"/>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A168" s="1"/>
       <c r="B168" s="1">
-        <v>839181</v>
+        <v>839180</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>522</v>
+        <v>521</v>
       </c>
       <c r="D168" s="1"/>
       <c r="E168" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="F168" s="2" t="s">
         <v>523</v>
       </c>
-      <c r="F168" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G168" s="2">
         <v>0</v>
       </c>
       <c r="H168" s="2">
         <v>0</v>
       </c>
       <c r="I168" s="1">
         <v>0</v>
       </c>
       <c r="J168" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K168" s="2" t="str">
-        <f>J168*5961.66</f>
+        <f>J168*5510.30</f>
         <v>0</v>
       </c>
       <c r="L168" s="5"/>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A169" s="1"/>
       <c r="B169" s="1">
-        <v>839182</v>
+        <v>839181</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="D169" s="1"/>
       <c r="E169" s="2" t="s">
+        <v>525</v>
+      </c>
+      <c r="F169" s="2" t="s">
         <v>526</v>
       </c>
-      <c r="F169" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G169" s="2">
         <v>0</v>
       </c>
       <c r="H169" s="2">
         <v>0</v>
       </c>
       <c r="I169" s="1">
         <v>0</v>
       </c>
       <c r="J169" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K169" s="2" t="str">
-        <f>J169*6513.68</f>
+        <f>J169*5961.66</f>
         <v>0</v>
       </c>
       <c r="L169" s="5"/>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A170" s="1"/>
       <c r="B170" s="1">
-        <v>839183</v>
+        <v>839182</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="D170" s="1"/>
       <c r="E170" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="F170" s="2" t="s">
         <v>529</v>
       </c>
-      <c r="F170" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G170" s="2">
         <v>0</v>
       </c>
       <c r="H170" s="2">
         <v>0</v>
       </c>
       <c r="I170" s="1">
         <v>0</v>
       </c>
       <c r="J170" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K170" s="2" t="str">
-        <f>J170*7014.15</f>
+        <f>J170*6513.68</f>
         <v>0</v>
       </c>
       <c r="L170" s="5"/>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A171" s="1"/>
       <c r="B171" s="1">
-        <v>839184</v>
+        <v>839183</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="D171" s="1"/>
       <c r="E171" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="F171" s="2" t="s">
         <v>532</v>
       </c>
-      <c r="F171" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G171" s="2">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="H171" s="2">
         <v>0</v>
       </c>
       <c r="I171" s="1">
         <v>0</v>
       </c>
       <c r="J171" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K171" s="2" t="str">
-        <f>J171*7591.84</f>
+        <f>J171*7014.15</f>
         <v>0</v>
       </c>
       <c r="L171" s="5"/>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A172" s="1"/>
       <c r="B172" s="1">
-        <v>839185</v>
+        <v>839184</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="D172" s="1"/>
       <c r="E172" s="2" t="s">
+        <v>534</v>
+      </c>
+      <c r="F172" s="2" t="s">
         <v>535</v>
       </c>
-      <c r="F172" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G172" s="2">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H172" s="2">
         <v>0</v>
       </c>
       <c r="I172" s="1">
         <v>0</v>
       </c>
       <c r="J172" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K172" s="2" t="str">
-        <f>J172*8616.24</f>
+        <f>J172*7591.84</f>
         <v>0</v>
       </c>
       <c r="L172" s="5"/>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A173" s="1"/>
       <c r="B173" s="1">
-        <v>839186</v>
+        <v>839185</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="D173" s="1"/>
       <c r="E173" s="2" t="s">
+        <v>537</v>
+      </c>
+      <c r="F173" s="2" t="s">
         <v>538</v>
       </c>
-      <c r="F173" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G173" s="2">
         <v>0</v>
       </c>
       <c r="H173" s="2">
         <v>0</v>
       </c>
       <c r="I173" s="1">
         <v>0</v>
       </c>
       <c r="J173" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K173" s="2" t="str">
-        <f>J173*9745.89</f>
+        <f>J173*8616.24</f>
         <v>0</v>
       </c>
       <c r="L173" s="5"/>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A174" s="1"/>
       <c r="B174" s="1">
-        <v>839187</v>
+        <v>839186</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="D174" s="1"/>
       <c r="E174" s="2" t="s">
+        <v>540</v>
+      </c>
+      <c r="F174" s="2" t="s">
         <v>541</v>
       </c>
-      <c r="F174" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G174" s="2">
         <v>0</v>
       </c>
       <c r="H174" s="2">
         <v>0</v>
       </c>
       <c r="I174" s="1">
         <v>0</v>
       </c>
       <c r="J174" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K174" s="2" t="str">
-        <f>J174*10931.67</f>
+        <f>J174*9745.89</f>
         <v>0</v>
       </c>
       <c r="L174" s="5"/>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A175" s="1"/>
       <c r="B175" s="1">
-        <v>839188</v>
+        <v>839187</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="D175" s="1"/>
       <c r="E175" s="2" t="s">
+        <v>543</v>
+      </c>
+      <c r="F175" s="2" t="s">
         <v>544</v>
       </c>
-      <c r="F175" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G175" s="2">
         <v>0</v>
       </c>
       <c r="H175" s="2">
         <v>0</v>
       </c>
       <c r="I175" s="1">
         <v>0</v>
       </c>
       <c r="J175" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K175" s="2" t="str">
-        <f>J175*12105.76</f>
+        <f>J175*10931.67</f>
         <v>0</v>
       </c>
       <c r="L175" s="5"/>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A176" s="1"/>
       <c r="B176" s="1">
-        <v>839189</v>
+        <v>839188</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="D176" s="1"/>
       <c r="E176" s="2" t="s">
+        <v>546</v>
+      </c>
+      <c r="F176" s="2" t="s">
         <v>547</v>
       </c>
-      <c r="F176" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G176" s="2">
         <v>0</v>
       </c>
       <c r="H176" s="2">
         <v>0</v>
       </c>
       <c r="I176" s="1">
         <v>0</v>
       </c>
       <c r="J176" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K176" s="2" t="str">
-        <f>J176*13663.37</f>
+        <f>J176*12105.76</f>
         <v>0</v>
       </c>
       <c r="L176" s="5"/>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A177" s="1"/>
       <c r="B177" s="1">
-        <v>839190</v>
+        <v>839189</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="D177" s="1"/>
       <c r="E177" s="2" t="s">
+        <v>549</v>
+      </c>
+      <c r="F177" s="2" t="s">
         <v>550</v>
       </c>
-      <c r="F177" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G177" s="2">
         <v>0</v>
       </c>
       <c r="H177" s="2">
         <v>0</v>
       </c>
       <c r="I177" s="1">
         <v>0</v>
       </c>
       <c r="J177" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K177" s="2" t="str">
-        <f>J177*5207.66</f>
+        <f>J177*13663.37</f>
         <v>0</v>
       </c>
       <c r="L177" s="5"/>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A178" s="1"/>
       <c r="B178" s="1">
-        <v>839191</v>
+        <v>839190</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="D178" s="1"/>
       <c r="E178" s="2" t="s">
+        <v>552</v>
+      </c>
+      <c r="F178" s="2" t="s">
         <v>553</v>
       </c>
-      <c r="F178" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G178" s="2">
         <v>0</v>
       </c>
       <c r="H178" s="2">
         <v>0</v>
       </c>
       <c r="I178" s="1">
         <v>0</v>
       </c>
       <c r="J178" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K178" s="2" t="str">
-        <f>J178*5826.41</f>
+        <f>J178*5207.66</f>
         <v>0</v>
       </c>
       <c r="L178" s="5"/>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A179" s="1"/>
       <c r="B179" s="1">
-        <v>839192</v>
+        <v>839191</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="D179" s="1"/>
       <c r="E179" s="2" t="s">
+        <v>555</v>
+      </c>
+      <c r="F179" s="2" t="s">
         <v>556</v>
       </c>
-      <c r="F179" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G179" s="2">
         <v>0</v>
       </c>
       <c r="H179" s="2">
         <v>0</v>
       </c>
       <c r="I179" s="1">
         <v>0</v>
       </c>
       <c r="J179" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K179" s="2" t="str">
-        <f>J179*6498.14</f>
+        <f>J179*5826.41</f>
         <v>0</v>
       </c>
       <c r="L179" s="5"/>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A180" s="1"/>
       <c r="B180" s="1">
-        <v>839193</v>
+        <v>839192</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="D180" s="1"/>
       <c r="E180" s="2" t="s">
+        <v>558</v>
+      </c>
+      <c r="F180" s="2" t="s">
         <v>559</v>
       </c>
-      <c r="F180" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G180" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H180" s="2">
         <v>0</v>
       </c>
       <c r="I180" s="1">
         <v>0</v>
       </c>
       <c r="J180" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K180" s="2" t="str">
-        <f>J180*7143.40</f>
+        <f>J180*6498.14</f>
         <v>0</v>
       </c>
       <c r="L180" s="5"/>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A181" s="1"/>
       <c r="B181" s="1">
-        <v>839194</v>
+        <v>839193</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="D181" s="1"/>
       <c r="E181" s="2" t="s">
+        <v>561</v>
+      </c>
+      <c r="F181" s="2" t="s">
         <v>562</v>
       </c>
-      <c r="F181" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G181" s="2">
         <v>0</v>
       </c>
       <c r="H181" s="2">
         <v>0</v>
       </c>
       <c r="I181" s="1">
         <v>0</v>
       </c>
       <c r="J181" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K181" s="2" t="str">
-        <f>J181*7839.20</f>
+        <f>J181*7143.40</f>
         <v>0</v>
       </c>
       <c r="L181" s="5"/>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A182" s="1"/>
       <c r="B182" s="1">
-        <v>839195</v>
+        <v>839194</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="D182" s="1"/>
       <c r="E182" s="2" t="s">
+        <v>564</v>
+      </c>
+      <c r="F182" s="2" t="s">
         <v>565</v>
       </c>
-      <c r="F182" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G182" s="2">
         <v>0</v>
       </c>
       <c r="H182" s="2">
         <v>0</v>
       </c>
       <c r="I182" s="1">
         <v>0</v>
       </c>
       <c r="J182" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K182" s="2" t="str">
-        <f>J182*8404.98</f>
+        <f>J182*7839.20</f>
         <v>0</v>
       </c>
       <c r="L182" s="5"/>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A183" s="1"/>
       <c r="B183" s="1">
-        <v>839196</v>
+        <v>839195</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="D183" s="1"/>
       <c r="E183" s="2" t="s">
+        <v>567</v>
+      </c>
+      <c r="F183" s="2" t="s">
         <v>568</v>
       </c>
-      <c r="F183" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G183" s="2">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="H183" s="2">
         <v>0</v>
       </c>
       <c r="I183" s="1">
         <v>0</v>
       </c>
       <c r="J183" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K183" s="2" t="str">
-        <f>J183*9103.19</f>
+        <f>J183*8404.98</f>
         <v>0</v>
       </c>
       <c r="L183" s="5"/>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A184" s="1"/>
       <c r="B184" s="1">
-        <v>839197</v>
+        <v>839196</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="D184" s="1"/>
       <c r="E184" s="2" t="s">
+        <v>570</v>
+      </c>
+      <c r="F184" s="2" t="s">
         <v>571</v>
       </c>
-      <c r="F184" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G184" s="2">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="H184" s="2">
         <v>0</v>
       </c>
       <c r="I184" s="1">
         <v>0</v>
       </c>
       <c r="J184" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K184" s="2" t="str">
-        <f>J184*9721.94</f>
+        <f>J184*9103.19</f>
         <v>0</v>
       </c>
       <c r="L184" s="5"/>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A185" s="1"/>
       <c r="B185" s="1">
-        <v>839198</v>
+        <v>839197</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="D185" s="1"/>
       <c r="E185" s="2" t="s">
+        <v>573</v>
+      </c>
+      <c r="F185" s="2" t="s">
         <v>574</v>
       </c>
-      <c r="F185" s="2" t="s">
-[...3 lines deleted...]
-        <v>298</v>
+      <c r="G185" s="2">
+        <v>0</v>
       </c>
       <c r="H185" s="2">
         <v>0</v>
       </c>
       <c r="I185" s="1">
         <v>0</v>
       </c>
       <c r="J185" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K185" s="2" t="str">
-        <f>J185*10393.69</f>
+        <f>J185*9721.94</f>
         <v>0</v>
       </c>
       <c r="L185" s="5"/>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A186" s="1"/>
       <c r="B186" s="1">
-        <v>839199</v>
+        <v>839198</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>576</v>
+        <v>575</v>
       </c>
       <c r="D186" s="1"/>
       <c r="E186" s="2" t="s">
+        <v>576</v>
+      </c>
+      <c r="F186" s="2" t="s">
         <v>577</v>
       </c>
-      <c r="F186" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G186" s="2">
         <v>0</v>
       </c>
       <c r="H186" s="2">
         <v>0</v>
       </c>
       <c r="I186" s="1">
         <v>0</v>
       </c>
       <c r="J186" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K186" s="2" t="str">
-        <f>J186*11758.78</f>
+        <f>J186*10393.69</f>
         <v>0</v>
       </c>
       <c r="L186" s="5"/>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A187" s="1"/>
       <c r="B187" s="1">
-        <v>839200</v>
+        <v>839199</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>579</v>
+        <v>578</v>
       </c>
       <c r="D187" s="1"/>
       <c r="E187" s="2" t="s">
+        <v>579</v>
+      </c>
+      <c r="F187" s="2" t="s">
         <v>580</v>
       </c>
-      <c r="F187" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G187" s="2">
         <v>0</v>
       </c>
       <c r="H187" s="2">
         <v>0</v>
       </c>
       <c r="I187" s="1">
         <v>0</v>
       </c>
       <c r="J187" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K187" s="2" t="str">
-        <f>J187*13304.44</f>
+        <f>J187*11758.78</f>
         <v>0</v>
       </c>
       <c r="L187" s="5"/>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A188" s="1"/>
       <c r="B188" s="1">
-        <v>839201</v>
+        <v>839200</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>582</v>
+        <v>581</v>
       </c>
       <c r="D188" s="1"/>
       <c r="E188" s="2" t="s">
+        <v>582</v>
+      </c>
+      <c r="F188" s="2" t="s">
         <v>583</v>
       </c>
-      <c r="F188" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G188" s="2">
         <v>0</v>
       </c>
       <c r="H188" s="2">
         <v>0</v>
       </c>
       <c r="I188" s="1">
         <v>0</v>
       </c>
       <c r="J188" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K188" s="2" t="str">
-        <f>J188*14722.58</f>
+        <f>J188*13304.44</f>
         <v>0</v>
       </c>
       <c r="L188" s="5"/>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A189" s="1"/>
       <c r="B189" s="1">
-        <v>839202</v>
+        <v>839201</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>585</v>
+        <v>584</v>
       </c>
       <c r="D189" s="1"/>
       <c r="E189" s="2" t="s">
+        <v>585</v>
+      </c>
+      <c r="F189" s="2" t="s">
         <v>586</v>
       </c>
-      <c r="F189" s="2" t="s">
+      <c r="G189" s="2">
+        <v>0</v>
+      </c>
+      <c r="H189" s="2">
+        <v>0</v>
+      </c>
+      <c r="I189" s="1">
+        <v>0</v>
+      </c>
+      <c r="J189" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K189" s="2" t="str">
+        <f>J189*14722.58</f>
+        <v>0</v>
+      </c>
+      <c r="L189" s="5"/>
+    </row>
+    <row r="190" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A190" s="1"/>
+      <c r="B190" s="1">
+        <v>839202</v>
+      </c>
+      <c r="C190" s="1" t="s">
         <v>587</v>
       </c>
-      <c r="G189" s="2">
-[...18 lines deleted...]
-      <c r="A190" s="8" t="s">
+      <c r="D190" s="1"/>
+      <c r="E190" s="2" t="s">
         <v>588</v>
       </c>
-      <c r="B190" s="8"/>
-[...8 lines deleted...]
-      <c r="K190" s="8"/>
+      <c r="F190" s="2" t="s">
+        <v>589</v>
+      </c>
+      <c r="G190" s="2">
+        <v>0</v>
+      </c>
+      <c r="H190" s="2">
+        <v>0</v>
+      </c>
+      <c r="I190" s="1">
+        <v>0</v>
+      </c>
+      <c r="J190" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K190" s="2" t="str">
+        <f>J190*16663.11</f>
+        <v>0</v>
+      </c>
       <c r="L190" s="5"/>
     </row>
-    <row r="191" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...8 lines deleted...]
-      <c r="E191" s="2" t="s">
+    <row r="191" spans="1:12" outlineLevel="2">
+      <c r="A191" s="8" t="s">
         <v>590</v>
       </c>
-      <c r="F191" s="2" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="B191" s="8"/>
+      <c r="C191" s="8"/>
+      <c r="D191" s="8"/>
+      <c r="E191" s="8"/>
+      <c r="F191" s="8"/>
+      <c r="G191" s="8"/>
+      <c r="H191" s="8"/>
+      <c r="I191" s="8"/>
+      <c r="J191" s="8"/>
+      <c r="K191" s="8"/>
       <c r="L191" s="5"/>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A192" s="1"/>
       <c r="B192" s="1">
-        <v>839204</v>
+        <v>839203</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="D192" s="1"/>
       <c r="E192" s="2" t="s">
+        <v>592</v>
+      </c>
+      <c r="F192" s="2" t="s">
         <v>593</v>
       </c>
-      <c r="F192" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G192" s="2">
         <v>0</v>
       </c>
       <c r="H192" s="2">
         <v>0</v>
       </c>
       <c r="I192" s="1">
         <v>0</v>
       </c>
       <c r="J192" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K192" s="2" t="str">
-        <f>J192*5597.69</f>
+        <f>J192*5080.06</f>
         <v>0</v>
       </c>
       <c r="L192" s="5"/>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A193" s="1"/>
       <c r="B193" s="1">
-        <v>839205</v>
+        <v>839204</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="D193" s="1"/>
       <c r="E193" s="2" t="s">
+        <v>595</v>
+      </c>
+      <c r="F193" s="2" t="s">
         <v>596</v>
       </c>
-      <c r="F193" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G193" s="2">
         <v>0</v>
       </c>
       <c r="H193" s="2">
         <v>0</v>
       </c>
       <c r="I193" s="1">
         <v>0</v>
       </c>
       <c r="J193" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K193" s="2" t="str">
-        <f>J193*6137.01</f>
+        <f>J193*5597.69</f>
         <v>0</v>
       </c>
       <c r="L193" s="5"/>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A194" s="1"/>
       <c r="B194" s="1">
-        <v>839206</v>
+        <v>839205</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="D194" s="1"/>
       <c r="E194" s="2" t="s">
+        <v>598</v>
+      </c>
+      <c r="F194" s="2" t="s">
         <v>599</v>
       </c>
-      <c r="F194" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G194" s="2">
         <v>0</v>
       </c>
       <c r="H194" s="2">
         <v>0</v>
       </c>
       <c r="I194" s="1">
         <v>0</v>
       </c>
       <c r="J194" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K194" s="2" t="str">
-        <f>J194*6577.56</f>
+        <f>J194*6137.01</f>
         <v>0</v>
       </c>
       <c r="L194" s="5"/>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A195" s="1"/>
       <c r="B195" s="1">
-        <v>839207</v>
+        <v>839206</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="D195" s="1"/>
       <c r="E195" s="2" t="s">
+        <v>601</v>
+      </c>
+      <c r="F195" s="2" t="s">
         <v>602</v>
       </c>
-      <c r="F195" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G195" s="2">
         <v>0</v>
       </c>
       <c r="H195" s="2">
         <v>0</v>
       </c>
       <c r="I195" s="1">
         <v>0</v>
       </c>
       <c r="J195" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K195" s="2" t="str">
-        <f>J195*7092.80</f>
+        <f>J195*6577.56</f>
         <v>0</v>
       </c>
       <c r="L195" s="5"/>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A196" s="1"/>
       <c r="B196" s="1">
-        <v>839208</v>
+        <v>839207</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>604</v>
+        <v>603</v>
       </c>
       <c r="D196" s="1"/>
       <c r="E196" s="2" t="s">
+        <v>604</v>
+      </c>
+      <c r="F196" s="2" t="s">
         <v>605</v>
       </c>
-      <c r="F196" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G196" s="2">
         <v>0</v>
       </c>
       <c r="H196" s="2">
         <v>0</v>
       </c>
       <c r="I196" s="1">
         <v>0</v>
       </c>
       <c r="J196" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K196" s="2" t="str">
-        <f>J196*7557.51</f>
+        <f>J196*7092.80</f>
         <v>0</v>
       </c>
       <c r="L196" s="5"/>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A197" s="1"/>
       <c r="B197" s="1">
-        <v>839209</v>
+        <v>839208</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="D197" s="1"/>
       <c r="E197" s="2" t="s">
+        <v>607</v>
+      </c>
+      <c r="F197" s="2" t="s">
         <v>608</v>
       </c>
-      <c r="F197" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G197" s="2">
         <v>0</v>
       </c>
       <c r="H197" s="2">
         <v>0</v>
       </c>
       <c r="I197" s="1">
         <v>0</v>
       </c>
       <c r="J197" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K197" s="2" t="str">
-        <f>J197*8072.72</f>
+        <f>J197*7557.51</f>
         <v>0</v>
       </c>
       <c r="L197" s="5"/>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A198" s="1"/>
       <c r="B198" s="1">
-        <v>839210</v>
+        <v>839209</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>610</v>
+        <v>609</v>
       </c>
       <c r="D198" s="1"/>
       <c r="E198" s="2" t="s">
+        <v>610</v>
+      </c>
+      <c r="F198" s="2" t="s">
         <v>611</v>
       </c>
-      <c r="F198" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G198" s="2">
         <v>0</v>
       </c>
       <c r="H198" s="2">
         <v>0</v>
       </c>
       <c r="I198" s="1">
         <v>0</v>
       </c>
       <c r="J198" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K198" s="2" t="str">
-        <f>J198*8999.67</f>
+        <f>J198*8072.72</f>
         <v>0</v>
       </c>
       <c r="L198" s="5"/>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A199" s="1"/>
       <c r="B199" s="1">
-        <v>839211</v>
+        <v>839210</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>613</v>
+        <v>612</v>
       </c>
       <c r="D199" s="1"/>
       <c r="E199" s="2" t="s">
+        <v>613</v>
+      </c>
+      <c r="F199" s="2" t="s">
         <v>614</v>
       </c>
-      <c r="F199" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G199" s="2">
         <v>0</v>
       </c>
       <c r="H199" s="2">
         <v>0</v>
       </c>
       <c r="I199" s="1">
         <v>0</v>
       </c>
       <c r="J199" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K199" s="2" t="str">
-        <f>J199*10107.21</f>
+        <f>J199*8999.67</f>
         <v>0</v>
       </c>
       <c r="L199" s="5"/>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A200" s="1"/>
       <c r="B200" s="1">
-        <v>839212</v>
+        <v>839211</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>616</v>
+        <v>615</v>
       </c>
       <c r="D200" s="1"/>
       <c r="E200" s="2" t="s">
+        <v>616</v>
+      </c>
+      <c r="F200" s="2" t="s">
         <v>617</v>
       </c>
-      <c r="F200" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G200" s="2">
         <v>0</v>
       </c>
       <c r="H200" s="2">
         <v>0</v>
       </c>
       <c r="I200" s="1">
         <v>0</v>
       </c>
       <c r="J200" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K200" s="2" t="str">
-        <f>J200*11306.16</f>
+        <f>J200*10107.21</f>
         <v>0</v>
       </c>
       <c r="L200" s="5"/>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A201" s="1"/>
       <c r="B201" s="1">
-        <v>839213</v>
+        <v>839212</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="D201" s="1"/>
       <c r="E201" s="2" t="s">
+        <v>619</v>
+      </c>
+      <c r="F201" s="2" t="s">
         <v>620</v>
       </c>
-      <c r="F201" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G201" s="2">
         <v>0</v>
       </c>
       <c r="H201" s="2">
         <v>0</v>
       </c>
       <c r="I201" s="1">
         <v>0</v>
       </c>
       <c r="J201" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K201" s="2" t="str">
-        <f>J201*12567.74</f>
+        <f>J201*11306.16</f>
         <v>0</v>
       </c>
       <c r="L201" s="5"/>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A202" s="1"/>
       <c r="B202" s="1">
-        <v>839214</v>
+        <v>839213</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>622</v>
+        <v>621</v>
       </c>
       <c r="D202" s="1"/>
       <c r="E202" s="2" t="s">
+        <v>622</v>
+      </c>
+      <c r="F202" s="2" t="s">
         <v>623</v>
       </c>
-      <c r="F202" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G202" s="2">
         <v>0</v>
       </c>
       <c r="H202" s="2">
         <v>0</v>
       </c>
       <c r="I202" s="1">
         <v>0</v>
       </c>
       <c r="J202" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K202" s="2" t="str">
-        <f>J202*13848.58</f>
+        <f>J202*12567.74</f>
         <v>0</v>
       </c>
       <c r="L202" s="5"/>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A203" s="1"/>
       <c r="B203" s="1">
-        <v>839215</v>
+        <v>839214</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>625</v>
+        <v>624</v>
       </c>
       <c r="D203" s="1"/>
       <c r="E203" s="2" t="s">
+        <v>625</v>
+      </c>
+      <c r="F203" s="2" t="s">
         <v>626</v>
       </c>
-      <c r="F203" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G203" s="2">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="H203" s="2">
         <v>0</v>
       </c>
       <c r="I203" s="1">
         <v>0</v>
       </c>
       <c r="J203" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K203" s="2" t="str">
-        <f>J203*7683.68</f>
+        <f>J203*13848.58</f>
         <v>0</v>
       </c>
       <c r="L203" s="5"/>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A204" s="1"/>
       <c r="B204" s="1">
-        <v>839216</v>
+        <v>839215</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>628</v>
+        <v>627</v>
       </c>
       <c r="D204" s="1"/>
       <c r="E204" s="2" t="s">
+        <v>628</v>
+      </c>
+      <c r="F204" s="2" t="s">
         <v>629</v>
       </c>
-      <c r="F204" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G204" s="2">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="H204" s="2">
         <v>0</v>
       </c>
       <c r="I204" s="1">
         <v>0</v>
       </c>
       <c r="J204" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K204" s="2" t="str">
-        <f>J204*8704.26</f>
+        <f>J204*7683.68</f>
         <v>0</v>
       </c>
       <c r="L204" s="5"/>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A205" s="1"/>
       <c r="B205" s="1">
-        <v>839217</v>
+        <v>839216</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="D205" s="1"/>
       <c r="E205" s="2" t="s">
+        <v>631</v>
+      </c>
+      <c r="F205" s="2" t="s">
         <v>632</v>
       </c>
-      <c r="F205" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G205" s="2">
         <v>0</v>
       </c>
       <c r="H205" s="2">
         <v>0</v>
       </c>
       <c r="I205" s="1">
         <v>0</v>
       </c>
       <c r="J205" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K205" s="2" t="str">
-        <f>J205*9653.31</f>
+        <f>J205*8704.26</f>
         <v>0</v>
       </c>
       <c r="L205" s="5"/>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A206" s="1"/>
       <c r="B206" s="1">
-        <v>839218</v>
+        <v>839217</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="D206" s="1"/>
       <c r="E206" s="2" t="s">
+        <v>634</v>
+      </c>
+      <c r="F206" s="2" t="s">
         <v>635</v>
       </c>
-      <c r="F206" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G206" s="2">
         <v>0</v>
       </c>
       <c r="H206" s="2">
         <v>0</v>
       </c>
       <c r="I206" s="1">
         <v>0</v>
       </c>
       <c r="J206" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K206" s="2" t="str">
-        <f>J206*10699.93</f>
+        <f>J206*9653.31</f>
         <v>0</v>
       </c>
       <c r="L206" s="5"/>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A207" s="1"/>
       <c r="B207" s="1">
-        <v>839219</v>
+        <v>839218</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>637</v>
+        <v>636</v>
       </c>
       <c r="D207" s="1"/>
       <c r="E207" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="F207" s="2" t="s">
         <v>638</v>
       </c>
-      <c r="F207" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G207" s="2">
         <v>0</v>
       </c>
       <c r="H207" s="2">
         <v>0</v>
       </c>
       <c r="I207" s="1">
         <v>0</v>
       </c>
       <c r="J207" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K207" s="2" t="str">
-        <f>J207*11830.99</f>
+        <f>J207*10699.93</f>
         <v>0</v>
       </c>
       <c r="L207" s="5"/>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A208" s="1"/>
       <c r="B208" s="1">
-        <v>839220</v>
+        <v>839219</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>640</v>
+        <v>639</v>
       </c>
       <c r="D208" s="1"/>
       <c r="E208" s="2" t="s">
+        <v>640</v>
+      </c>
+      <c r="F208" s="2" t="s">
         <v>641</v>
       </c>
-      <c r="F208" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G208" s="2">
         <v>0</v>
       </c>
       <c r="H208" s="2">
         <v>0</v>
       </c>
       <c r="I208" s="1">
         <v>0</v>
       </c>
       <c r="J208" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K208" s="2" t="str">
-        <f>J208*13180.98</f>
+        <f>J208*11830.99</f>
         <v>0</v>
       </c>
       <c r="L208" s="5"/>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A209" s="1"/>
       <c r="B209" s="1">
-        <v>839221</v>
+        <v>839220</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="D209" s="1"/>
       <c r="E209" s="2" t="s">
+        <v>643</v>
+      </c>
+      <c r="F209" s="2" t="s">
         <v>644</v>
       </c>
-      <c r="F209" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G209" s="2">
         <v>0</v>
       </c>
       <c r="H209" s="2">
         <v>0</v>
       </c>
       <c r="I209" s="1">
         <v>0</v>
       </c>
       <c r="J209" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K209" s="2" t="str">
-        <f>J209*14704.25</f>
+        <f>J209*13180.98</f>
         <v>0</v>
       </c>
       <c r="L209" s="5"/>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A210" s="1"/>
       <c r="B210" s="1">
-        <v>839222</v>
+        <v>839221</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>646</v>
+        <v>645</v>
       </c>
       <c r="D210" s="1"/>
       <c r="E210" s="2" t="s">
+        <v>646</v>
+      </c>
+      <c r="F210" s="2" t="s">
         <v>647</v>
       </c>
-      <c r="F210" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G210" s="2">
         <v>0</v>
       </c>
       <c r="H210" s="2">
         <v>0</v>
       </c>
       <c r="I210" s="1">
         <v>0</v>
       </c>
       <c r="J210" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K210" s="2" t="str">
-        <f>J210*6289.08</f>
+        <f>J210*14704.25</f>
         <v>0</v>
       </c>
       <c r="L210" s="5"/>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A211" s="1"/>
       <c r="B211" s="1">
-        <v>839223</v>
+        <v>839222</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>649</v>
+        <v>648</v>
       </c>
       <c r="D211" s="1"/>
       <c r="E211" s="2" t="s">
+        <v>649</v>
+      </c>
+      <c r="F211" s="2" t="s">
         <v>650</v>
       </c>
-      <c r="F211" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G211" s="2">
         <v>0</v>
       </c>
       <c r="H211" s="2">
         <v>0</v>
       </c>
       <c r="I211" s="1">
         <v>0</v>
       </c>
       <c r="J211" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K211" s="2" t="str">
-        <f>J211*6763.92</f>
+        <f>J211*6289.08</f>
         <v>0</v>
       </c>
       <c r="L211" s="5"/>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A212" s="1"/>
       <c r="B212" s="1">
-        <v>839224</v>
+        <v>839223</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>652</v>
+        <v>651</v>
       </c>
       <c r="D212" s="1"/>
       <c r="E212" s="2" t="s">
+        <v>652</v>
+      </c>
+      <c r="F212" s="2" t="s">
         <v>653</v>
       </c>
-      <c r="F212" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G212" s="2">
         <v>0</v>
       </c>
       <c r="H212" s="2">
         <v>0</v>
       </c>
       <c r="I212" s="1">
         <v>0</v>
       </c>
       <c r="J212" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K212" s="2" t="str">
-        <f>J212*7290.14</f>
+        <f>J212*6763.92</f>
         <v>0</v>
       </c>
       <c r="L212" s="5"/>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A213" s="1"/>
       <c r="B213" s="1">
-        <v>839225</v>
+        <v>839224</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>655</v>
+        <v>654</v>
       </c>
       <c r="D213" s="1"/>
       <c r="E213" s="2" t="s">
+        <v>655</v>
+      </c>
+      <c r="F213" s="2" t="s">
         <v>656</v>
       </c>
-      <c r="F213" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G213" s="2">
         <v>0</v>
       </c>
       <c r="H213" s="2">
         <v>0</v>
       </c>
       <c r="I213" s="1">
         <v>0</v>
       </c>
       <c r="J213" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K213" s="2" t="str">
-        <f>J213*7764.89</f>
+        <f>J213*7290.14</f>
         <v>0</v>
       </c>
       <c r="L213" s="5"/>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A214" s="1"/>
       <c r="B214" s="1">
-        <v>839226</v>
+        <v>839225</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
       <c r="D214" s="1"/>
       <c r="E214" s="2" t="s">
+        <v>658</v>
+      </c>
+      <c r="F214" s="2" t="s">
         <v>659</v>
       </c>
-      <c r="F214" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G214" s="2">
         <v>0</v>
       </c>
       <c r="H214" s="2">
         <v>0</v>
       </c>
       <c r="I214" s="1">
         <v>0</v>
       </c>
       <c r="J214" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K214" s="2" t="str">
-        <f>J214*8293.49</f>
+        <f>J214*7764.89</f>
         <v>0</v>
       </c>
       <c r="L214" s="5"/>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A215" s="1"/>
       <c r="B215" s="1">
-        <v>839227</v>
+        <v>839226</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
       <c r="D215" s="1"/>
       <c r="E215" s="2" t="s">
+        <v>661</v>
+      </c>
+      <c r="F215" s="2" t="s">
         <v>662</v>
       </c>
-      <c r="F215" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G215" s="2">
         <v>0</v>
       </c>
       <c r="H215" s="2">
         <v>0</v>
       </c>
       <c r="I215" s="1">
         <v>0</v>
       </c>
       <c r="J215" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K215" s="2" t="str">
-        <f>J215*8817.42</f>
+        <f>J215*8293.49</f>
         <v>0</v>
       </c>
       <c r="L215" s="5"/>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A216" s="1"/>
       <c r="B216" s="1">
-        <v>839228</v>
+        <v>839227</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>664</v>
+        <v>663</v>
       </c>
       <c r="D216" s="1"/>
       <c r="E216" s="2" t="s">
+        <v>664</v>
+      </c>
+      <c r="F216" s="2" t="s">
         <v>665</v>
       </c>
-      <c r="F216" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G216" s="2">
         <v>0</v>
       </c>
       <c r="H216" s="2">
         <v>0</v>
       </c>
       <c r="I216" s="1">
         <v>0</v>
       </c>
       <c r="J216" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K216" s="2" t="str">
-        <f>J216*9395.06</f>
+        <f>J216*8817.42</f>
         <v>0</v>
       </c>
       <c r="L216" s="5"/>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A217" s="1"/>
       <c r="B217" s="1">
-        <v>839229</v>
+        <v>839228</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>667</v>
+        <v>666</v>
       </c>
       <c r="D217" s="1"/>
       <c r="E217" s="2" t="s">
+        <v>667</v>
+      </c>
+      <c r="F217" s="2" t="s">
         <v>668</v>
       </c>
-      <c r="F217" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G217" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H217" s="2">
         <v>0</v>
       </c>
       <c r="I217" s="1">
         <v>0</v>
       </c>
       <c r="J217" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K217" s="2" t="str">
-        <f>J217*10419.47</f>
+        <f>J217*9395.06</f>
         <v>0</v>
       </c>
       <c r="L217" s="5"/>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A218" s="1"/>
       <c r="B218" s="1">
-        <v>839230</v>
+        <v>839229</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>670</v>
+        <v>669</v>
       </c>
       <c r="D218" s="1"/>
       <c r="E218" s="2" t="s">
+        <v>670</v>
+      </c>
+      <c r="F218" s="2" t="s">
         <v>671</v>
       </c>
-      <c r="F218" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G218" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H218" s="2">
         <v>0</v>
       </c>
       <c r="I218" s="1">
         <v>0</v>
       </c>
       <c r="J218" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K218" s="2" t="str">
-        <f>J218*11549.16</f>
+        <f>J218*10419.47</f>
         <v>0</v>
       </c>
       <c r="L218" s="5"/>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A219" s="1"/>
       <c r="B219" s="1">
-        <v>839231</v>
+        <v>839230</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>673</v>
+        <v>672</v>
       </c>
       <c r="D219" s="1"/>
       <c r="E219" s="2" t="s">
+        <v>673</v>
+      </c>
+      <c r="F219" s="2" t="s">
         <v>674</v>
       </c>
-      <c r="F219" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G219" s="2">
         <v>0</v>
       </c>
       <c r="H219" s="2">
         <v>0</v>
       </c>
       <c r="I219" s="1">
         <v>0</v>
       </c>
       <c r="J219" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K219" s="2" t="str">
-        <f>J219*12769.99</f>
+        <f>J219*11549.16</f>
         <v>0</v>
       </c>
       <c r="L219" s="5"/>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A220" s="1"/>
       <c r="B220" s="1">
-        <v>839232</v>
+        <v>839231</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="D220" s="1"/>
       <c r="E220" s="2" t="s">
+        <v>676</v>
+      </c>
+      <c r="F220" s="2" t="s">
         <v>677</v>
       </c>
-      <c r="F220" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G220" s="2">
         <v>0</v>
       </c>
       <c r="H220" s="2">
         <v>0</v>
       </c>
       <c r="I220" s="1">
         <v>0</v>
       </c>
       <c r="J220" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K220" s="2" t="str">
-        <f>J220*14227.04</f>
+        <f>J220*12769.99</f>
         <v>0</v>
       </c>
       <c r="L220" s="5"/>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A221" s="1"/>
       <c r="B221" s="1">
-        <v>839233</v>
+        <v>839232</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="D221" s="1"/>
       <c r="E221" s="2" t="s">
+        <v>679</v>
+      </c>
+      <c r="F221" s="2" t="s">
         <v>680</v>
       </c>
-      <c r="F221" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G221" s="2">
         <v>0</v>
       </c>
       <c r="H221" s="2">
         <v>0</v>
       </c>
       <c r="I221" s="1">
         <v>0</v>
       </c>
       <c r="J221" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K221" s="2" t="str">
-        <f>J221*15871.27</f>
+        <f>J221*14227.04</f>
         <v>0</v>
       </c>
       <c r="L221" s="5"/>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A222" s="1"/>
       <c r="B222" s="1">
-        <v>839234</v>
+        <v>839233</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>682</v>
+        <v>681</v>
       </c>
       <c r="D222" s="1"/>
       <c r="E222" s="2" t="s">
+        <v>682</v>
+      </c>
+      <c r="F222" s="2" t="s">
         <v>683</v>
       </c>
-      <c r="F222" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G222" s="2">
-        <v>0</v>
+        <v>-4</v>
       </c>
       <c r="H222" s="2">
         <v>0</v>
       </c>
       <c r="I222" s="1">
         <v>0</v>
       </c>
       <c r="J222" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K222" s="2" t="str">
-        <f>J222*7039.88</f>
+        <f>J222*15871.27</f>
         <v>0</v>
       </c>
       <c r="L222" s="5"/>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A223" s="1"/>
       <c r="B223" s="1">
-        <v>839235</v>
+        <v>839234</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="D223" s="1"/>
       <c r="E223" s="2" t="s">
+        <v>685</v>
+      </c>
+      <c r="F223" s="2" t="s">
         <v>686</v>
       </c>
-      <c r="F223" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G223" s="2">
         <v>0</v>
       </c>
       <c r="H223" s="2">
         <v>0</v>
       </c>
       <c r="I223" s="1">
         <v>0</v>
       </c>
       <c r="J223" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K223" s="2" t="str">
-        <f>J223*7658.60</f>
+        <f>J223*7039.88</f>
         <v>0</v>
       </c>
       <c r="L223" s="5"/>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A224" s="1"/>
       <c r="B224" s="1">
-        <v>839236</v>
+        <v>839235</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>688</v>
+        <v>687</v>
       </c>
       <c r="D224" s="1"/>
       <c r="E224" s="2" t="s">
+        <v>688</v>
+      </c>
+      <c r="F224" s="2" t="s">
         <v>689</v>
       </c>
-      <c r="F224" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G224" s="2">
         <v>0</v>
       </c>
       <c r="H224" s="2">
         <v>0</v>
       </c>
       <c r="I224" s="1">
         <v>0</v>
       </c>
       <c r="J224" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K224" s="2" t="str">
-        <f>J224*8330.35</f>
+        <f>J224*7658.60</f>
         <v>0</v>
       </c>
       <c r="L224" s="5"/>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A225" s="1"/>
       <c r="B225" s="1">
-        <v>839237</v>
+        <v>839236</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="D225" s="1"/>
       <c r="E225" s="2" t="s">
+        <v>691</v>
+      </c>
+      <c r="F225" s="2" t="s">
         <v>692</v>
       </c>
-      <c r="F225" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G225" s="2">
         <v>0</v>
       </c>
       <c r="H225" s="2">
         <v>0</v>
       </c>
       <c r="I225" s="1">
         <v>0</v>
       </c>
       <c r="J225" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K225" s="2" t="str">
-        <f>J225*8973.22</f>
+        <f>J225*8330.35</f>
         <v>0</v>
       </c>
       <c r="L225" s="5"/>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A226" s="1"/>
       <c r="B226" s="1">
-        <v>839238</v>
+        <v>839237</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>694</v>
+        <v>693</v>
       </c>
       <c r="D226" s="1"/>
       <c r="E226" s="2" t="s">
+        <v>694</v>
+      </c>
+      <c r="F226" s="2" t="s">
         <v>695</v>
       </c>
-      <c r="F226" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G226" s="2">
         <v>0</v>
       </c>
       <c r="H226" s="2">
         <v>0</v>
       </c>
       <c r="I226" s="1">
         <v>0</v>
       </c>
       <c r="J226" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K226" s="2" t="str">
-        <f>J226*9671.36</f>
+        <f>J226*8973.22</f>
         <v>0</v>
       </c>
       <c r="L226" s="5"/>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A227" s="1"/>
       <c r="B227" s="1">
-        <v>839239</v>
+        <v>839238</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>697</v>
+        <v>696</v>
       </c>
       <c r="D227" s="1"/>
       <c r="E227" s="2" t="s">
+        <v>697</v>
+      </c>
+      <c r="F227" s="2" t="s">
         <v>698</v>
       </c>
-      <c r="F227" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G227" s="2">
         <v>0</v>
       </c>
       <c r="H227" s="2">
         <v>0</v>
       </c>
       <c r="I227" s="1">
         <v>0</v>
       </c>
       <c r="J227" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K227" s="2" t="str">
-        <f>J227*10263.67</f>
+        <f>J227*9671.36</f>
         <v>0</v>
       </c>
       <c r="L227" s="5"/>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A228" s="1"/>
       <c r="B228" s="1">
-        <v>839240</v>
+        <v>839239</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>700</v>
+        <v>699</v>
       </c>
       <c r="D228" s="1"/>
       <c r="E228" s="2" t="s">
+        <v>700</v>
+      </c>
+      <c r="F228" s="2" t="s">
         <v>701</v>
       </c>
-      <c r="F228" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G228" s="2">
         <v>0</v>
       </c>
       <c r="H228" s="2">
         <v>0</v>
       </c>
       <c r="I228" s="1">
         <v>0</v>
       </c>
       <c r="J228" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K228" s="2" t="str">
-        <f>J228*10932.98</f>
+        <f>J228*10263.67</f>
         <v>0</v>
       </c>
       <c r="L228" s="5"/>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A229" s="1"/>
       <c r="B229" s="1">
-        <v>839241</v>
+        <v>839240</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>703</v>
+        <v>702</v>
       </c>
       <c r="D229" s="1"/>
       <c r="E229" s="2" t="s">
+        <v>703</v>
+      </c>
+      <c r="F229" s="2" t="s">
         <v>704</v>
       </c>
-      <c r="F229" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G229" s="2">
         <v>0</v>
       </c>
       <c r="H229" s="2">
         <v>0</v>
       </c>
       <c r="I229" s="1">
         <v>0</v>
       </c>
       <c r="J229" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K229" s="2" t="str">
-        <f>J229*11578.23</f>
+        <f>J229*10932.98</f>
         <v>0</v>
       </c>
       <c r="L229" s="5"/>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A230" s="1"/>
       <c r="B230" s="1">
-        <v>839242</v>
+        <v>839241</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>706</v>
+        <v>705</v>
       </c>
       <c r="D230" s="1"/>
       <c r="E230" s="2" t="s">
+        <v>706</v>
+      </c>
+      <c r="F230" s="2" t="s">
         <v>707</v>
       </c>
-      <c r="F230" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G230" s="2">
         <v>0</v>
       </c>
       <c r="H230" s="2">
         <v>0</v>
       </c>
       <c r="I230" s="1">
         <v>0</v>
       </c>
       <c r="J230" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K230" s="2" t="str">
-        <f>J230*12223.45</f>
+        <f>J230*11578.23</f>
         <v>0</v>
       </c>
       <c r="L230" s="5"/>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A231" s="1"/>
       <c r="B231" s="1">
-        <v>839243</v>
+        <v>839242</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>709</v>
+        <v>708</v>
       </c>
       <c r="D231" s="1"/>
       <c r="E231" s="2" t="s">
+        <v>709</v>
+      </c>
+      <c r="F231" s="2" t="s">
         <v>710</v>
       </c>
-      <c r="F231" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G231" s="2">
         <v>0</v>
       </c>
       <c r="H231" s="2">
         <v>0</v>
       </c>
       <c r="I231" s="1">
         <v>0</v>
       </c>
       <c r="J231" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K231" s="2" t="str">
-        <f>J231*13590.97</f>
+        <f>J231*12223.45</f>
         <v>0</v>
       </c>
       <c r="L231" s="5"/>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A232" s="1"/>
       <c r="B232" s="1">
-        <v>839244</v>
+        <v>839243</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>712</v>
+        <v>711</v>
       </c>
       <c r="D232" s="1"/>
       <c r="E232" s="2" t="s">
+        <v>712</v>
+      </c>
+      <c r="F232" s="2" t="s">
         <v>713</v>
       </c>
-      <c r="F232" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G232" s="2">
         <v>0</v>
       </c>
       <c r="H232" s="2">
         <v>0</v>
       </c>
       <c r="I232" s="1">
         <v>0</v>
       </c>
       <c r="J232" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K232" s="2" t="str">
-        <f>J232*15170.39</f>
+        <f>J232*13590.97</f>
         <v>0</v>
       </c>
       <c r="L232" s="5"/>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A233" s="1"/>
       <c r="B233" s="1">
-        <v>839245</v>
+        <v>839244</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>715</v>
+        <v>714</v>
       </c>
       <c r="D233" s="1"/>
       <c r="E233" s="2" t="s">
+        <v>715</v>
+      </c>
+      <c r="F233" s="2" t="s">
         <v>716</v>
       </c>
-      <c r="F233" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G233" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H233" s="2">
         <v>0</v>
       </c>
       <c r="I233" s="1">
         <v>0</v>
       </c>
       <c r="J233" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K233" s="2" t="str">
-        <f>J233*16906.27</f>
+        <f>J233*15170.39</f>
         <v>0</v>
       </c>
       <c r="L233" s="5"/>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A234" s="1"/>
       <c r="B234" s="1">
-        <v>839246</v>
+        <v>839245</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>718</v>
+        <v>717</v>
       </c>
       <c r="D234" s="1"/>
       <c r="E234" s="2" t="s">
+        <v>718</v>
+      </c>
+      <c r="F234" s="2" t="s">
         <v>719</v>
       </c>
-      <c r="F234" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G234" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H234" s="2">
         <v>0</v>
       </c>
       <c r="I234" s="1">
         <v>0</v>
       </c>
       <c r="J234" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K234" s="2" t="str">
-        <f>J234*18909.38</f>
+        <f>J234*16906.27</f>
         <v>0</v>
       </c>
       <c r="L234" s="5"/>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A235" s="1"/>
       <c r="B235" s="1">
-        <v>868610</v>
+        <v>839246</v>
       </c>
       <c r="C235" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="D235" s="1"/>
+      <c r="E235" s="2" t="s">
         <v>721</v>
       </c>
-      <c r="D235" s="1">
-[...2 lines deleted...]
-      <c r="E235" s="2" t="s">
+      <c r="F235" s="2" t="s">
         <v>722</v>
       </c>
-      <c r="F235" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G235" s="2">
         <v>0</v>
       </c>
       <c r="H235" s="2">
         <v>0</v>
       </c>
       <c r="I235" s="1">
         <v>0</v>
       </c>
       <c r="J235" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K235" s="2" t="str">
-        <f>J235*1700.00</f>
+        <f>J235*18909.38</f>
         <v>0</v>
       </c>
       <c r="L235" s="5"/>
     </row>
-    <row r="236" spans="1:12" outlineLevel="4">
+    <row r="236" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A236" s="1"/>
       <c r="B236" s="1">
+        <v>868610</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="D236" s="1">
+        <v>155107</v>
+      </c>
+      <c r="E236" s="2" t="s">
+        <v>724</v>
+      </c>
+      <c r="F236" s="2" t="s">
+        <v>725</v>
+      </c>
+      <c r="G236" s="2">
+        <v>0</v>
+      </c>
+      <c r="H236" s="2">
+        <v>0</v>
+      </c>
+      <c r="I236" s="1">
+        <v>0</v>
+      </c>
+      <c r="J236" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K236" s="2" t="str">
+        <f>J236*1700.00</f>
+        <v>0</v>
+      </c>
+      <c r="L236" s="5"/>
+    </row>
+    <row r="237" spans="1:12" outlineLevel="4">
+      <c r="A237" s="1"/>
+      <c r="B237" s="1">
         <v>883791</v>
       </c>
-      <c r="C236" s="1" t="s">
-[...6 lines deleted...]
-      <c r="F236" s="2" t="s">
+      <c r="C237" s="1" t="s">
         <v>726</v>
       </c>
-      <c r="G236" s="2">
+      <c r="D237" s="1"/>
+      <c r="E237" s="2" t="s">
+        <v>727</v>
+      </c>
+      <c r="F237" s="2" t="s">
+        <v>728</v>
+      </c>
+      <c r="G237" s="2">
         <v>4</v>
       </c>
-      <c r="H236" s="2">
-[...12 lines deleted...]
-      <c r="L236" s="5"/>
+      <c r="H237" s="2">
+        <v>0</v>
+      </c>
+      <c r="I237" s="1">
+        <v>0</v>
+      </c>
+      <c r="J237" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K237" s="2" t="str">
+        <f>J237*1150.00</f>
+        <v>0</v>
+      </c>
+      <c r="L237" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A52:K52"/>
     <mergeCell ref="A69:K69"/>
-    <mergeCell ref="A150:K150"/>
+    <mergeCell ref="A151:K151"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A15:K15"/>
     <mergeCell ref="A37:K37"/>
     <mergeCell ref="A53:K53"/>
     <mergeCell ref="A70:K70"/>
     <mergeCell ref="A87:K87"/>
     <mergeCell ref="A93:K93"/>
-    <mergeCell ref="A110:K110"/>
-[...2 lines deleted...]
-    <mergeCell ref="A190:K190"/>
+    <mergeCell ref="A111:K111"/>
+    <mergeCell ref="A144:K144"/>
+    <mergeCell ref="A152:K152"/>
+    <mergeCell ref="A191:K191"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>