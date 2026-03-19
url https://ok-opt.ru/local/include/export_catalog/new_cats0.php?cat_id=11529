--- v0 (2025-12-07)
+++ v1 (2026-03-19)
@@ -63,459 +63,459 @@
   <si>
     <t>Удаленный</t>
   </si>
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>Радиаторы отопления и комплектующие</t>
   </si>
   <si>
     <t>Биметаллические радиаторы отопления</t>
   </si>
   <si>
     <t>Радиаторы биметаллические EVOLUTION</t>
   </si>
   <si>
     <t>ROK-120001</t>
   </si>
   <si>
     <t>Радиатор биметаллический Evolution 500/80 4 сек (136 Вт/сек)</t>
   </si>
   <si>
-    <t>2 631.26 руб.</t>
+    <t>2 878.03 руб.</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>ROK-120003</t>
+  </si>
+  <si>
+    <t>Радиатор биметаллический Evolution 500/80 6 сек (136 Вт/сек)</t>
+  </si>
+  <si>
+    <t>4 316.95 руб.</t>
   </si>
   <si>
     <t>&gt;10</t>
   </si>
   <si>
-    <t>шт</t>
-[...10 lines deleted...]
-  <si>
     <t>ROK-120005</t>
   </si>
   <si>
     <t>Радиатор биметаллический Evolution 500/80 8 сек (136 Вт/сек)</t>
   </si>
   <si>
-    <t>5 262.72 руб.</t>
+    <t>5 755.86 руб.</t>
   </si>
   <si>
     <t>ROK-120007</t>
   </si>
   <si>
     <t>Радиатор биметаллический Evolution 500/80 10 сек (136 Вт/сек)</t>
   </si>
   <si>
-    <t>6 578.25 руб.</t>
+    <t>7 194.98 руб.</t>
   </si>
   <si>
     <t>ROK-120008</t>
   </si>
   <si>
     <t>Радиатор биметаллический Evolution 500/80 12 сек (136 Вт/сек)</t>
   </si>
   <si>
-    <t>7 893.98 руб.</t>
+    <t>8 633.90 руб.</t>
   </si>
   <si>
     <t>ROK-120009</t>
   </si>
   <si>
     <t>Радиатор биметаллический Evolution 350/80 6 сек (106 Вт/сек)</t>
   </si>
   <si>
-    <t>3 628.40 руб.</t>
+    <t>3 968.61 руб.</t>
   </si>
   <si>
     <t>ROK-120010</t>
   </si>
   <si>
     <t>Радиатор биметаллический Evolution 350/80 8 сек (106 Вт/сек)</t>
   </si>
   <si>
-    <t>4 837.87 руб.</t>
+    <t>5 291.35 руб.</t>
   </si>
   <si>
     <t>ROK-120011</t>
   </si>
   <si>
     <t>Радиатор биметаллический Evolution 350/80 10 сек (106 Вт/сек)</t>
   </si>
   <si>
-    <t>6 047.33 руб.</t>
+    <t>6 614.29 руб.</t>
   </si>
   <si>
     <t>ROK-120012</t>
   </si>
   <si>
     <t>Радиатор биметаллический Evolution 350/80 12 сек (106 Вт/сек)</t>
   </si>
   <si>
-    <t>7 256.80 руб.</t>
+    <t>7 937.03 руб.</t>
   </si>
   <si>
     <t>ROK-120013</t>
   </si>
   <si>
     <t>Радиатор биметаллический Evolution 350/80 4 сек (106 Вт/сек)</t>
   </si>
   <si>
-    <t>2 418.93 руб.</t>
+    <t>2 645.68 руб.</t>
   </si>
   <si>
     <t>Радиаторы биметаллические RADENA</t>
   </si>
   <si>
     <t>ROK-120101</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 150/120 6 сек (88 Вт/сек)</t>
   </si>
   <si>
-    <t>5 368.98 руб.</t>
+    <t>7 549.83 руб.</t>
   </si>
   <si>
     <t>ROK-120102</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 150/120 8 сек (88 Вт/сек)</t>
   </si>
   <si>
-    <t>7 158.51 руб.</t>
+    <t>10 066.51 руб.</t>
   </si>
   <si>
     <t>ROK-120103</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 150/120 10 сек (88 Вт/сек)</t>
   </si>
   <si>
-    <t>8 948.04 руб.</t>
+    <t>12 583.18 руб.</t>
   </si>
   <si>
     <t>ROK-120104</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 150/120 12 сек (88 Вт/сек)</t>
   </si>
   <si>
-    <t>10 737.76 руб.</t>
+    <t>15 099.86 руб.</t>
   </si>
   <si>
     <t>ROK-120105</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 150/120 14 сек (88 Вт/сек)</t>
   </si>
   <si>
-    <t>12 527.30 руб.</t>
+    <t>17 616.34 руб.</t>
   </si>
   <si>
     <t>ROK-120106</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 150/120 16 сек (88 Вт/сек)</t>
   </si>
   <si>
-    <t>14 317.02 руб.</t>
+    <t>20 133.01 руб.</t>
   </si>
   <si>
     <t>ROK-120107</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 200/120 6 сек (95 Вт/сек)</t>
   </si>
   <si>
-    <t>5 297.44 руб.</t>
+    <t>7 449.52 руб.</t>
   </si>
   <si>
     <t>ROK-120108</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 200/120 8 сек (95 Вт/сек)</t>
   </si>
   <si>
-    <t>7 063.44 руб.</t>
+    <t>9 932.83 руб.</t>
   </si>
   <si>
     <t>ROK-120109</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 200/120 10 сек (95 Вт/сек)</t>
   </si>
   <si>
-    <t>8 829.26 руб.</t>
+    <t>12 415.93 руб.</t>
   </si>
   <si>
     <t>ROK-120110</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 200/120 12 сек (95 Вт/сек)</t>
   </si>
   <si>
-    <t>10 595.07 руб.</t>
+    <t>14 899.04 руб.</t>
   </si>
   <si>
     <t>ROK-120111</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 200/120 14 сек (95 Вт/сек)</t>
   </si>
   <si>
-    <t>12 360.88 руб.</t>
+    <t>17 382.35 руб.</t>
   </si>
   <si>
     <t>ROK-120112</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 350/85 4 сек (139 Вт/сек)</t>
   </si>
   <si>
-    <t>3 738.83 руб.</t>
+    <t>5 257.58 руб.</t>
   </si>
   <si>
     <t>ROK-120114</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 350/85 6 сек (139 Вт/сек)</t>
   </si>
   <si>
-    <t>5 608.25 руб.</t>
+    <t>7 886.36 руб.</t>
   </si>
   <si>
     <t>ROK-120116</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 350/85 8 сек (139 Вт/сек)</t>
   </si>
   <si>
-    <t>7 477.67 руб.</t>
+    <t>10 515.35 руб.</t>
   </si>
   <si>
     <t>ROK-120118</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 350/85 10 сек (139 Вт/сек)</t>
   </si>
   <si>
-    <t>9 347.09 руб.</t>
+    <t>13 144.14 руб.</t>
   </si>
   <si>
     <t>ROK-120120</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 350/85 12 сек (139 Вт/сек)</t>
   </si>
   <si>
-    <t>11 216.50 руб.</t>
+    <t>15 773.13 руб.</t>
   </si>
   <si>
     <t>ROK-120130</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 500/100 4 сек (194 Вт/сек)</t>
   </si>
   <si>
-    <t>4 071.66 руб.</t>
+    <t>5 725.55 руб.</t>
   </si>
   <si>
     <t>ROK-120132</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 500/100 6 сек (194 Вт/сек)</t>
   </si>
   <si>
-    <t>6 107.48 руб.</t>
+    <t>8 588.53 руб.</t>
   </si>
   <si>
     <t>ROK-120134</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 500/100 8 сек (194 Вт/сек)</t>
   </si>
   <si>
-    <t>8 143.31 руб.</t>
+    <t>11 451.30 руб.</t>
   </si>
   <si>
     <t>ROK-120136</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 500/100 10 сек (194 Вт/сек)</t>
   </si>
   <si>
-    <t>10 179.14 руб.</t>
+    <t>14 314.28 руб.</t>
   </si>
   <si>
     <t>ROK-120138</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA 500/100 12 сек (194 Вт/сек)</t>
   </si>
   <si>
-    <t>12 214.97 руб.</t>
+    <t>17 177.05 руб.</t>
   </si>
   <si>
     <t>Радиаторы биметаллические RADENA нижнее подключение</t>
   </si>
   <si>
     <t>ROK-120139</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA VC 350/85 4 сек нижнее подключение (140 Вт/сек)</t>
   </si>
   <si>
-    <t>4 902.00 руб.</t>
+    <t>6 893.24 руб.</t>
   </si>
   <si>
     <t>ROK-120140</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA VC 350/85 6 сек нижнее подключение (140 Вт/сек)</t>
   </si>
   <si>
-    <t>6 771.42 руб.</t>
+    <t>9 522.03 руб.</t>
   </si>
   <si>
     <t>ROK-120141</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA VC 350/85 8 сек нижнее подключение (140 Вт/сек)</t>
   </si>
   <si>
-    <t>8 640.84 руб.</t>
+    <t>12 150.82 руб.</t>
   </si>
   <si>
     <t>ROK-120142</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA VC 350/85 10 сек нижнее подключение (140 Вт/сек)</t>
   </si>
   <si>
-    <t>10 510.25 руб.</t>
+    <t>14 779.81 руб.</t>
   </si>
   <si>
     <t>ROK-120143</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA VC 350/85 12 сек нижнее подключение (140 Вт/сек)</t>
   </si>
   <si>
-    <t>12 379.67 руб.</t>
+    <t>17 408.60 руб.</t>
   </si>
   <si>
     <t>ROK-120144</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA VC 500/85 4 сек нижнее подключение (178 Вт/сек)</t>
   </si>
   <si>
-    <t>5 708.44 руб.</t>
+    <t>8 027.57 руб.</t>
   </si>
   <si>
     <t>ROK-120145</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA VC 500/85 5 сек нижнее подключение (178 Вт/сек)</t>
   </si>
   <si>
-    <t>6 693.24 руб.</t>
+    <t>9 412.36 руб.</t>
   </si>
   <si>
     <t>ROK-120146</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA VC 500/85 6 сек нижнее подключение (178 Вт/сек)</t>
   </si>
   <si>
-    <t>7 678.04 руб.</t>
+    <t>10 797.16 руб.</t>
   </si>
   <si>
     <t>ROK-120147</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA VC 500/85 7 сек нижнее подключение (178 Вт/сек)</t>
   </si>
   <si>
-    <t>8 662.85 руб.</t>
+    <t>12 181.95 руб.</t>
   </si>
   <si>
     <t>ROK-120148</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA VC 500/85 8 сек нижнее подключение (178 Вт/сек)</t>
   </si>
   <si>
-    <t>9 647.65 руб.</t>
+    <t>13 566.74 руб.</t>
   </si>
   <si>
     <t>ROK-120149</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA VC 500/85 9 сек нижнее подключение (178 Вт/сек)</t>
   </si>
   <si>
-    <t>10 632.45 руб.</t>
+    <t>14 951.74 руб.</t>
   </si>
   <si>
     <t>ROK-120150</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA VC 500/85 10 сек нижнее подключение (178 Вт/сек)</t>
   </si>
   <si>
-    <t>11 617.25 руб.</t>
+    <t>16 336.53 руб.</t>
   </si>
   <si>
     <t>ROK-120151</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA VC 500/85 11 сек нижнее подключение (178 Вт/сек)</t>
   </si>
   <si>
-    <t>12 602.06 руб.</t>
+    <t>17 721.32 руб.</t>
   </si>
   <si>
     <t>ROK-120152</t>
   </si>
   <si>
     <t>Радиатор биметаллический RADENA VC 500/85 12 сек нижнее подключение (178 Вт/сек)</t>
   </si>
   <si>
-    <t>13 586.86 руб.</t>
+    <t>19 106.12 руб.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -2382,1548 +2382,1548 @@
       <c r="D4" s="8"/>
       <c r="E4" s="8"/>
       <c r="F4" s="8"/>
       <c r="G4" s="8"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>819081</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="1"/>
       <c r="E5" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="G5" s="2" t="s">
-        <v>16</v>
+      <c r="G5" s="2">
+        <v>7</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K5" s="2" t="str">
-        <f>J5*2631.26</f>
+        <f>J5*2878.03</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>819083</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D6" s="1"/>
       <c r="E6" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="F6" s="2" t="s">
+      <c r="G6" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="G6" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K6" s="2" t="str">
-        <f>J6*3946.99</f>
+        <f>J6*4316.95</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>819085</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="1"/>
       <c r="E7" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="2">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K7" s="2" t="str">
-        <f>J7*5262.72</f>
+        <f>J7*5755.86</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>819087</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D8" s="1"/>
       <c r="E8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K8" s="2" t="str">
-        <f>J8*6578.25</f>
+        <f>J8*7194.98</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>819088</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="1"/>
       <c r="E9" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G9" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K9" s="2" t="str">
-        <f>J9*7893.98</f>
+        <f>J9*8633.90</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>819089</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="1"/>
       <c r="E10" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G10" s="2">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K10" s="2" t="str">
-        <f>J10*3628.40</f>
+        <f>J10*3968.61</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>819090</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="1"/>
       <c r="E11" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G11" s="2">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K11" s="2" t="str">
-        <f>J11*4837.87</f>
+        <f>J11*5291.35</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>819091</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="1"/>
       <c r="E12" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G12" s="2">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K12" s="2" t="str">
-        <f>J12*6047.33</f>
+        <f>J12*6614.29</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>819092</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="1"/>
       <c r="E13" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G13" s="2">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K13" s="2" t="str">
-        <f>J13*7256.80</f>
+        <f>J13*7937.03</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>869908</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D14" s="1"/>
       <c r="E14" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G14" s="2">
         <v>9</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K14" s="2" t="str">
-        <f>J14*2418.93</f>
+        <f>J14*2645.68</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" outlineLevel="2">
       <c r="A15" s="8" t="s">
         <v>45</v>
       </c>
       <c r="B15" s="8"/>
       <c r="C15" s="8"/>
       <c r="D15" s="8"/>
       <c r="E15" s="8"/>
       <c r="F15" s="8"/>
       <c r="G15" s="8"/>
       <c r="H15" s="8"/>
       <c r="I15" s="8"/>
       <c r="J15" s="8"/>
       <c r="K15" s="8"/>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>869955</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="1"/>
       <c r="E16" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G16" s="2">
         <v>1</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K16" s="2" t="str">
-        <f>J16*5368.98</f>
+        <f>J16*7549.83</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>869956</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D17" s="1"/>
       <c r="E17" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G17" s="2">
         <v>0</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K17" s="2" t="str">
-        <f>J17*7158.51</f>
+        <f>J17*10066.51</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>869957</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D18" s="1"/>
       <c r="E18" s="2" t="s">
         <v>53</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>54</v>
       </c>
       <c r="G18" s="2">
         <v>0</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K18" s="2" t="str">
-        <f>J18*8948.04</f>
+        <f>J18*12583.18</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>869958</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D19" s="1"/>
       <c r="E19" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G19" s="2">
         <v>0</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K19" s="2" t="str">
-        <f>J19*10737.76</f>
+        <f>J19*15099.86</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>869959</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D20" s="1"/>
       <c r="E20" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G20" s="2">
         <v>0</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K20" s="2" t="str">
-        <f>J20*12527.30</f>
+        <f>J20*17616.34</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>869960</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D21" s="1"/>
       <c r="E21" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G21" s="2">
         <v>0</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K21" s="2" t="str">
-        <f>J21*14317.02</f>
+        <f>J21*20133.01</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>869961</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D22" s="1"/>
       <c r="E22" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G22" s="2">
         <v>1</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K22" s="2" t="str">
-        <f>J22*5297.44</f>
+        <f>J22*7449.52</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>869962</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D23" s="1"/>
       <c r="E23" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G23" s="2">
         <v>0</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K23" s="2" t="str">
-        <f>J23*7063.44</f>
+        <f>J23*9932.83</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>869963</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D24" s="1"/>
       <c r="E24" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G24" s="2">
         <v>0</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K24" s="2" t="str">
-        <f>J24*8829.26</f>
+        <f>J24*12415.93</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>869964</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D25" s="1"/>
       <c r="E25" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G25" s="2">
         <v>0</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K25" s="2" t="str">
-        <f>J25*10595.07</f>
+        <f>J25*14899.04</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>869965</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D26" s="1"/>
       <c r="E26" s="2" t="s">
         <v>77</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>78</v>
       </c>
       <c r="G26" s="2">
         <v>0</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K26" s="2" t="str">
-        <f>J26*12360.88</f>
+        <f>J26*17382.35</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>869966</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>79</v>
       </c>
       <c r="D27" s="1"/>
       <c r="E27" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G27" s="2">
         <v>0</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K27" s="2" t="str">
-        <f>J27*3738.83</f>
+        <f>J27*5257.58</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>869968</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D28" s="1"/>
       <c r="E28" s="2" t="s">
         <v>83</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G28" s="2">
         <v>0</v>
       </c>
       <c r="H28" s="2">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K28" s="2" t="str">
-        <f>J28*5608.25</f>
+        <f>J28*7886.36</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>869970</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>85</v>
       </c>
       <c r="D29" s="1"/>
       <c r="E29" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>87</v>
       </c>
       <c r="G29" s="2">
         <v>0</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K29" s="2" t="str">
-        <f>J29*7477.67</f>
+        <f>J29*10515.35</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>869972</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>88</v>
       </c>
       <c r="D30" s="1"/>
       <c r="E30" s="2" t="s">
         <v>89</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>90</v>
       </c>
       <c r="G30" s="2">
         <v>2</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K30" s="2" t="str">
-        <f>J30*9347.09</f>
+        <f>J30*13144.14</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>869974</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>91</v>
       </c>
       <c r="D31" s="1"/>
       <c r="E31" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G31" s="2">
         <v>0</v>
       </c>
       <c r="H31" s="2">
         <v>0</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K31" s="2" t="str">
-        <f>J31*11216.50</f>
+        <f>J31*15773.13</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>869984</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D32" s="1"/>
       <c r="E32" s="2" t="s">
         <v>95</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G32" s="2">
         <v>3</v>
       </c>
       <c r="H32" s="2">
         <v>0</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K32" s="2" t="str">
-        <f>J32*4071.66</f>
+        <f>J32*5725.55</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>869986</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D33" s="1"/>
       <c r="E33" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>99</v>
       </c>
       <c r="G33" s="2">
         <v>0</v>
       </c>
       <c r="H33" s="2">
         <v>0</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K33" s="2" t="str">
-        <f>J33*6107.48</f>
+        <f>J33*8588.53</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>869988</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>100</v>
       </c>
       <c r="D34" s="1"/>
       <c r="E34" s="2" t="s">
         <v>101</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>102</v>
       </c>
       <c r="G34" s="2">
         <v>0</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K34" s="2" t="str">
-        <f>J34*8143.31</f>
+        <f>J34*11451.30</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>869990</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>103</v>
       </c>
       <c r="D35" s="1"/>
       <c r="E35" s="2" t="s">
         <v>104</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G35" s="2">
         <v>3</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K35" s="2" t="str">
-        <f>J35*10179.14</f>
+        <f>J35*14314.28</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>869992</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D36" s="1"/>
       <c r="E36" s="2" t="s">
         <v>107</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>108</v>
       </c>
       <c r="G36" s="2">
         <v>5</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K36" s="2" t="str">
-        <f>J36*12214.97</f>
+        <f>J36*17177.05</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" outlineLevel="2">
       <c r="A37" s="8" t="s">
         <v>109</v>
       </c>
       <c r="B37" s="8"/>
       <c r="C37" s="8"/>
       <c r="D37" s="8"/>
       <c r="E37" s="8"/>
       <c r="F37" s="8"/>
       <c r="G37" s="8"/>
       <c r="H37" s="8"/>
       <c r="I37" s="8"/>
       <c r="J37" s="8"/>
       <c r="K37" s="8"/>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>869993</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D38" s="1"/>
       <c r="E38" s="2" t="s">
         <v>111</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G38" s="2">
         <v>0</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K38" s="2" t="str">
-        <f>J38*4902.00</f>
+        <f>J38*6893.24</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>869994</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D39" s="1"/>
       <c r="E39" s="2" t="s">
         <v>114</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>115</v>
       </c>
       <c r="G39" s="2">
         <v>0</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K39" s="2" t="str">
-        <f>J39*6771.42</f>
+        <f>J39*9522.03</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>869995</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>116</v>
       </c>
       <c r="D40" s="1"/>
       <c r="E40" s="2" t="s">
         <v>117</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G40" s="2">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K40" s="2" t="str">
-        <f>J40*8640.84</f>
+        <f>J40*12150.82</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>869996</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>119</v>
       </c>
       <c r="D41" s="1"/>
       <c r="E41" s="2" t="s">
         <v>120</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>121</v>
       </c>
       <c r="G41" s="2">
         <v>0</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K41" s="2" t="str">
-        <f>J41*10510.25</f>
+        <f>J41*14779.81</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>869997</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>122</v>
       </c>
       <c r="D42" s="1"/>
       <c r="E42" s="2" t="s">
         <v>123</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>124</v>
       </c>
       <c r="G42" s="2">
         <v>0</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K42" s="2" t="str">
-        <f>J42*12379.67</f>
+        <f>J42*17408.60</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>869998</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>125</v>
       </c>
       <c r="D43" s="1"/>
       <c r="E43" s="2" t="s">
         <v>126</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>127</v>
       </c>
       <c r="G43" s="2">
         <v>0</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K43" s="2" t="str">
-        <f>J43*5708.44</f>
+        <f>J43*8027.57</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>869999</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>128</v>
       </c>
       <c r="D44" s="1"/>
       <c r="E44" s="2" t="s">
         <v>129</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>130</v>
       </c>
       <c r="G44" s="2">
         <v>0</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K44" s="2" t="str">
-        <f>J44*6693.24</f>
+        <f>J44*9412.36</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>870000</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>131</v>
       </c>
       <c r="D45" s="1"/>
       <c r="E45" s="2" t="s">
         <v>132</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>133</v>
       </c>
       <c r="G45" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
       <c r="I45" s="1">
         <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K45" s="2" t="str">
-        <f>J45*7678.04</f>
+        <f>J45*10797.16</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>870001</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>134</v>
       </c>
       <c r="D46" s="1"/>
       <c r="E46" s="2" t="s">
         <v>135</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>136</v>
       </c>
       <c r="G46" s="2">
         <v>0</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K46" s="2" t="str">
-        <f>J46*8662.85</f>
+        <f>J46*12181.95</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>870002</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>137</v>
       </c>
       <c r="D47" s="1"/>
       <c r="E47" s="2" t="s">
         <v>138</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>139</v>
       </c>
       <c r="G47" s="2">
-        <v>-3</v>
+        <v>0</v>
       </c>
       <c r="H47" s="2">
         <v>0</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K47" s="2" t="str">
-        <f>J47*9647.65</f>
+        <f>J47*13566.74</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>870003</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>140</v>
       </c>
       <c r="D48" s="1"/>
       <c r="E48" s="2" t="s">
         <v>141</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>142</v>
       </c>
       <c r="G48" s="2">
         <v>0</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K48" s="2" t="str">
-        <f>J48*10632.45</f>
+        <f>J48*14951.74</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>870004</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>143</v>
       </c>
       <c r="D49" s="1"/>
       <c r="E49" s="2" t="s">
         <v>144</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>145</v>
       </c>
       <c r="G49" s="2">
         <v>0</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K49" s="2" t="str">
-        <f>J49*11617.25</f>
+        <f>J49*16336.53</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>870005</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>146</v>
       </c>
       <c r="D50" s="1"/>
       <c r="E50" s="2" t="s">
         <v>147</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>148</v>
       </c>
       <c r="G50" s="2">
         <v>0</v>
       </c>
       <c r="H50" s="2">
         <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K50" s="2" t="str">
-        <f>J50*12602.06</f>
+        <f>J50*17721.32</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
         <v>870006</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>149</v>
       </c>
       <c r="D51" s="1"/>
       <c r="E51" s="2" t="s">
         <v>150</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>151</v>
       </c>
       <c r="G51" s="2">
         <v>0</v>
       </c>
       <c r="H51" s="2">
         <v>0</v>
       </c>
       <c r="I51" s="1">
         <v>0</v>
       </c>
       <c r="J51" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K51" s="2" t="str">
-        <f>J51*13586.86</f>
+        <f>J51*19106.12</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A15:K15"/>
     <mergeCell ref="A37:K37"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>