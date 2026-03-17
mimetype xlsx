--- v0 (2025-12-07)
+++ v1 (2026-03-17)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="905">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="907">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
@@ -70,992 +70,995 @@
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>Смесители</t>
   </si>
   <si>
     <t>Смесители для ванны</t>
   </si>
   <si>
     <t>Смесители для ванны VIEIR</t>
   </si>
   <si>
     <t>Смесители для ванны VIEIR (латунь)</t>
   </si>
   <si>
     <t>SMS-160001</t>
   </si>
   <si>
     <t>V113531</t>
   </si>
   <si>
     <t>Смеситель одноручковый для  ванны с коротким изливом VIEIR (1/10шт)</t>
   </si>
   <si>
-    <t>6 947.76 руб.</t>
+    <t>7 325.01 руб.</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>SMS-160002</t>
   </si>
   <si>
     <t>V093542</t>
   </si>
   <si>
     <t>Смеситель одноручковый для  ванны с длинным поворотным плоским изливом VIEIR (1/10шт)</t>
   </si>
   <si>
-    <t>4 387.62 руб.</t>
+    <t>4 625.86 руб.</t>
   </si>
   <si>
     <t>SMS-160003</t>
   </si>
   <si>
     <t>V103542</t>
   </si>
   <si>
     <t>Смеситель одноручковый для ванны с длинным поворотным плоским изливом VIEIR (1/10шт)</t>
   </si>
   <si>
     <t>4 488.81 руб.</t>
   </si>
   <si>
     <t>SMS-160004</t>
   </si>
   <si>
     <t>V113541</t>
   </si>
   <si>
     <t>Смеситель одноручковый для  ванны с длинным повортным плоским изливом VIEIR (1/10шт)</t>
   </si>
   <si>
-    <t>5 573.31 руб.</t>
+    <t>5 875.93 руб.</t>
   </si>
   <si>
     <t>SMS-160005</t>
   </si>
   <si>
     <t>V174041</t>
   </si>
   <si>
     <t>5 209.52 руб.</t>
   </si>
   <si>
     <t>SMS-160006</t>
   </si>
   <si>
     <t>V184041</t>
   </si>
   <si>
-    <t>5 089.53 руб.</t>
+    <t>5 365.88 руб.</t>
   </si>
   <si>
     <t>SMS-160007</t>
   </si>
   <si>
     <t>V194041</t>
   </si>
   <si>
     <t>5 604.87 руб.</t>
   </si>
   <si>
     <t>SMS-160008</t>
   </si>
   <si>
     <t>V204041</t>
   </si>
   <si>
-    <t>5 008.43 руб.</t>
+    <t>5 280.38 руб.</t>
   </si>
   <si>
     <t>SMS-160009</t>
   </si>
   <si>
     <t>V184012</t>
   </si>
   <si>
     <t>Смеситель одноручковый для умывальника VIEIR (1/10шт)</t>
   </si>
   <si>
-    <t>2 242.75 руб.</t>
+    <t>2 364.52 руб.</t>
   </si>
   <si>
     <t>SMS-160010</t>
   </si>
   <si>
     <t>V103511</t>
   </si>
   <si>
     <t>2 515.85 руб.</t>
   </si>
   <si>
     <t>SMS-160011</t>
   </si>
   <si>
     <t>V093511</t>
   </si>
   <si>
-    <t>2 637.05 руб.</t>
+    <t>2 780.23 руб.</t>
   </si>
   <si>
     <t>SMS-160012</t>
   </si>
   <si>
     <t>V174012</t>
   </si>
   <si>
     <t>2 313.45 руб.</t>
   </si>
   <si>
     <t>SMS-160013</t>
   </si>
   <si>
     <t>V194012</t>
   </si>
   <si>
     <t>2 341.83 руб.</t>
   </si>
   <si>
     <t>SMS-160014</t>
   </si>
   <si>
     <t>V204012</t>
   </si>
   <si>
-    <t>2 420.32 руб.</t>
+    <t>2 551.74 руб.</t>
   </si>
   <si>
     <t>SMS-160015</t>
   </si>
   <si>
     <t>V013541</t>
   </si>
   <si>
-    <t>5 640.43 руб.</t>
+    <t>5 946.69 руб.</t>
   </si>
   <si>
     <t>SMS-160016</t>
   </si>
   <si>
     <t>V023531</t>
   </si>
   <si>
-    <t>5 543.95 руб.</t>
+    <t>5 844.97 руб.</t>
   </si>
   <si>
     <t>SMS-160017</t>
   </si>
   <si>
     <t>V023541</t>
   </si>
   <si>
-    <t>5 408.32 руб.</t>
+    <t>5 701.98 руб.</t>
   </si>
   <si>
     <t>SMS-160018</t>
   </si>
   <si>
     <t>V033531</t>
   </si>
   <si>
-    <t>5 255.92 руб.</t>
+    <t>5 541.30 руб.</t>
   </si>
   <si>
     <t>SMS-160019</t>
   </si>
   <si>
     <t>V053541</t>
   </si>
   <si>
-    <t>5 636.23 руб.</t>
+    <t>5 942.27 руб.</t>
   </si>
   <si>
     <t>SMS-160020</t>
   </si>
   <si>
     <t>V073531</t>
   </si>
   <si>
     <t>5 270.05 руб.</t>
   </si>
   <si>
     <t>SMS-160021</t>
   </si>
   <si>
     <t>V073541</t>
   </si>
   <si>
     <t>5 213.30 руб.</t>
   </si>
   <si>
     <t>SMS-160022</t>
   </si>
   <si>
     <t>V083532</t>
   </si>
   <si>
     <t>9 724.82 руб.</t>
   </si>
   <si>
     <t>SMS-160023</t>
   </si>
   <si>
     <t>V243531</t>
   </si>
   <si>
-    <t>5 385.95 руб.</t>
+    <t>5 678.39 руб.</t>
   </si>
   <si>
     <t>SMS-160024</t>
   </si>
   <si>
     <t>V243541</t>
   </si>
   <si>
     <t>6 652.83 руб.</t>
   </si>
   <si>
     <t>SMS-160025</t>
   </si>
   <si>
     <t>V093531</t>
   </si>
   <si>
     <t>Смеситель одноручковый для ванны с коротким поворотным плоским изливом VIEIR (1/5шт)</t>
   </si>
   <si>
-    <t>5 097.92 руб.</t>
+    <t>5 374.72 руб.</t>
   </si>
   <si>
     <t>SMS-160026</t>
   </si>
   <si>
     <t>V093541</t>
   </si>
   <si>
     <t>Смеситель одноручковый для ванны с длинным поворотным плоским изливом VIEIR (1/5шт)</t>
   </si>
   <si>
-    <t>5 155.24 руб.</t>
+    <t>5 435.16 руб.</t>
   </si>
   <si>
     <t>SMS-160027</t>
   </si>
   <si>
     <t>V130141</t>
   </si>
   <si>
     <t>Смеситель двуручковый для ванны с длинным поворотным круглым изливом VIEIR (1/5шт)</t>
   </si>
   <si>
-    <t>4 482.70 руб.</t>
+    <t>4 726.10 руб.</t>
   </si>
   <si>
     <t>SMS-160028</t>
   </si>
   <si>
     <t>V013531</t>
   </si>
   <si>
-    <t>5 762.07 руб.</t>
+    <t>6 074.94 руб.</t>
   </si>
   <si>
     <t>SMS-160029</t>
   </si>
   <si>
     <t>V033541</t>
   </si>
   <si>
-    <t>5 376.16 руб.</t>
+    <t>5 668.07 руб.</t>
   </si>
   <si>
     <t>SMS-160030</t>
   </si>
   <si>
     <t>V043531</t>
   </si>
   <si>
-    <t>5 700.55 руб.</t>
+    <t>6 010.08 руб.</t>
   </si>
   <si>
     <t>SMS-160031</t>
   </si>
   <si>
     <t>V043541</t>
   </si>
   <si>
-    <t>5 562.13 руб.</t>
+    <t>5 864.14 руб.</t>
   </si>
   <si>
     <t>SMS-160032</t>
   </si>
   <si>
     <t>V063541</t>
   </si>
   <si>
-    <t>4 453.34 руб.</t>
+    <t>4 695.14 руб.</t>
   </si>
   <si>
     <t>SMS-160033</t>
   </si>
   <si>
     <t>V103531</t>
   </si>
   <si>
     <t>Смеситель одноручковый для ванны с коротким поворотным плоским изливом VIEIR (1/10шт)</t>
   </si>
   <si>
     <t>4 708.24 руб.</t>
   </si>
   <si>
     <t>SMS-160034</t>
   </si>
   <si>
     <t>V103541</t>
   </si>
   <si>
     <t>4 780.12 руб.</t>
   </si>
   <si>
     <t>SMS-160035</t>
   </si>
   <si>
     <t>V120131</t>
   </si>
   <si>
     <t>Смеситель двуручковый для ванны с коротким поворотным круглым изливом VIEIR (1/10шт)</t>
   </si>
   <si>
-    <t>4 688.24 руб.</t>
+    <t>4 942.80 руб.</t>
   </si>
   <si>
     <t>SMS-160036</t>
   </si>
   <si>
     <t>V120141</t>
   </si>
   <si>
     <t>Смеситель двуручковый для ванны с длинным поворотным круглым изливом VIEIR (1/10шт)</t>
   </si>
   <si>
-    <t>4 630.91 руб.</t>
+    <t>4 882.36 руб.</t>
   </si>
   <si>
     <t>SMS-160037</t>
   </si>
   <si>
     <t>V120142</t>
   </si>
   <si>
     <t>Смеситель двуручковый для ванны с длинным поворотным плоским изливом VIEIR (1/10шт)</t>
   </si>
   <si>
-    <t>4 661.67 руб.</t>
+    <t>4 914.79 руб.</t>
   </si>
   <si>
     <t>SMS-160038</t>
   </si>
   <si>
     <t>V120162</t>
   </si>
   <si>
     <t>Смеситель двуруч. для ванны с кор. пов. плоским изливом с душ.стойкой "тропический душ"  VIEIR (1/10</t>
   </si>
   <si>
-    <t>11 971.57 руб.</t>
+    <t>12 621.60 руб.</t>
   </si>
   <si>
     <t>SMS-160039</t>
   </si>
   <si>
     <t>V130142</t>
   </si>
   <si>
-    <t>4 526.04 руб.</t>
+    <t>4 771.80 руб.</t>
   </si>
   <si>
     <t>SMS-160040</t>
   </si>
   <si>
     <t>V150131</t>
   </si>
   <si>
     <t>Смеситель двуручковый для  ванны с коротким изливом VIEIR (1/10шт)</t>
   </si>
   <si>
-    <t>5 371.97 руб.</t>
+    <t>5 663.65 руб.</t>
   </si>
   <si>
     <t>SMS-160041</t>
   </si>
   <si>
     <t>V150142</t>
   </si>
   <si>
-    <t>5 223.76 руб.</t>
+    <t>5 507.39 руб.</t>
   </si>
   <si>
     <t>SMS-160042</t>
   </si>
   <si>
     <t>V130131</t>
   </si>
   <si>
     <t>Смеситель двуручковый для  ванны с коротким поворотным изливом VIEIR (1/10шт)</t>
   </si>
   <si>
-    <t>4 684.04 руб.</t>
+    <t>4 938.37 руб.</t>
   </si>
   <si>
     <t>SMS-160043</t>
   </si>
   <si>
     <t>V023552</t>
   </si>
   <si>
     <t>Смеситель одноручковый с гигиеническим душем (метал лейка) VIEIR (1/10шт)</t>
   </si>
   <si>
-    <t>4 658.87 руб.</t>
+    <t>4 911.84 руб.</t>
   </si>
   <si>
     <t>SMS-160044</t>
   </si>
   <si>
     <t>V023561</t>
   </si>
   <si>
     <t>Смеситель одноручковый для душа VIEIR (1/10шт)</t>
   </si>
   <si>
-    <t>4 263.18 руб.</t>
+    <t>4 494.66 руб.</t>
   </si>
   <si>
     <t>SMS-160045</t>
   </si>
   <si>
     <t>V033552</t>
   </si>
   <si>
     <t>Смеситель одноручковый для биде VIEIR (1/10шт)</t>
   </si>
   <si>
-    <t>4 644.89 руб.</t>
+    <t>4 897.10 руб.</t>
   </si>
   <si>
     <t>SMS-160046</t>
   </si>
   <si>
     <t>V073561</t>
   </si>
   <si>
-    <t>4 243.60 руб.</t>
+    <t>4 474.02 руб.</t>
   </si>
   <si>
     <t>SMS-160047</t>
   </si>
   <si>
     <t>V243552</t>
   </si>
   <si>
     <t>Смеситель одноручковый скрытой установки с гигиеническим душем метал лейка VIEIR (1/10шт)</t>
   </si>
   <si>
     <t>6 130.74 руб.</t>
   </si>
   <si>
     <t>SMS-160048</t>
   </si>
   <si>
     <t>V033561</t>
   </si>
   <si>
-    <t>4 050.65 руб.</t>
+    <t>4 270.59 руб.</t>
   </si>
   <si>
     <t>SMS-160049</t>
   </si>
   <si>
     <t>V043532</t>
   </si>
   <si>
     <t>Смеситель одноручковый для душа с плоским поворотным  изливом VIEIR (1/10шт)</t>
   </si>
   <si>
-    <t>8 559.91 руб.</t>
+    <t>9 024.70 руб.</t>
   </si>
   <si>
     <t>SMS-160050</t>
   </si>
   <si>
     <t>V063561</t>
   </si>
   <si>
-    <t>3 448.01 руб.</t>
+    <t>3 635.23 руб.</t>
   </si>
   <si>
     <t>SMS-160051</t>
   </si>
   <si>
     <t>V013511</t>
   </si>
   <si>
-    <t>3 466.19 руб.</t>
+    <t>3 654.40 руб.</t>
   </si>
   <si>
     <t>SMS-160052</t>
   </si>
   <si>
     <t>V033512</t>
   </si>
   <si>
     <t>Смеситель одноручковый для умывальника с плоским поворотным средним изливом VIEIR (1/10шт)</t>
   </si>
   <si>
-    <t>2 416.13 руб.</t>
+    <t>2 547.32 руб.</t>
   </si>
   <si>
     <t>SMS-160053</t>
   </si>
   <si>
     <t>V043511</t>
   </si>
   <si>
-    <t>3 699.69 руб.</t>
+    <t>3 900.58 руб.</t>
   </si>
   <si>
     <t>SMS-160054</t>
   </si>
   <si>
     <t>V053511</t>
   </si>
   <si>
-    <t>3 492.76 руб.</t>
+    <t>3 682.41 руб.</t>
   </si>
   <si>
     <t>SMS-160055</t>
   </si>
   <si>
     <t>V063511</t>
   </si>
   <si>
-    <t>2 442.69 руб.</t>
+    <t>2 575.33 руб.</t>
   </si>
   <si>
     <t>SMS-160056</t>
   </si>
   <si>
     <t>V073511</t>
   </si>
   <si>
     <t>3 136.31 руб.</t>
   </si>
   <si>
     <t>SMS-160057</t>
   </si>
   <si>
     <t>V073512</t>
   </si>
   <si>
     <t>2 627.46 руб.</t>
   </si>
   <si>
     <t>SMS-160058</t>
   </si>
   <si>
     <t>V083511</t>
   </si>
   <si>
     <t>4 068.87 руб.</t>
   </si>
   <si>
     <t>SMS-160059</t>
   </si>
   <si>
     <t>V243522</t>
   </si>
   <si>
     <t>Смеситель одноручковый для умывальника с плоским поворотным длинным изливом VIEIR (1/10шт)</t>
   </si>
   <si>
-    <t>2 309.86 руб.</t>
+    <t>2 435.28 руб.</t>
   </si>
   <si>
     <t>SMS-160060</t>
   </si>
   <si>
     <t>V113512</t>
   </si>
   <si>
-    <t>3 983.53 руб.</t>
+    <t>4 199.83 руб.</t>
   </si>
   <si>
     <t>SMS-160061</t>
   </si>
   <si>
     <t>V023511</t>
   </si>
   <si>
-    <t>3 302.60 руб.</t>
+    <t>3 481.92 руб.</t>
   </si>
   <si>
     <t>SMS-160062</t>
   </si>
   <si>
     <t>V033511</t>
   </si>
   <si>
-    <t>3 322.17 руб.</t>
+    <t>3 502.56 руб.</t>
   </si>
   <si>
     <t>SMS-160063</t>
   </si>
   <si>
     <t>V063512</t>
   </si>
   <si>
-    <t>2 012.04 руб.</t>
+    <t>2 121.29 руб.</t>
   </si>
   <si>
     <t>SMS-160064</t>
   </si>
   <si>
     <t>V113511</t>
   </si>
   <si>
     <t>Смеситель одноручковый для умывальника с плоским поворотным изливом VIEIR (1/10шт)</t>
   </si>
   <si>
-    <t>3 371.11 руб.</t>
+    <t>3 554.16 руб.</t>
   </si>
   <si>
     <t>SMS-160065</t>
   </si>
   <si>
     <t>V113521</t>
   </si>
   <si>
-    <t>3 557.08 руб.</t>
+    <t>3 750.22 руб.</t>
   </si>
   <si>
     <t>SMS-160066</t>
   </si>
   <si>
     <t>V120111</t>
   </si>
   <si>
     <t>Смеситель двуручковый для умывальника VIEIR (1/10шт)</t>
   </si>
   <si>
-    <t>2 895.72 руб.</t>
+    <t>3 052.95 руб.</t>
   </si>
   <si>
     <t>SMS-160067</t>
   </si>
   <si>
     <t>V120112</t>
   </si>
   <si>
     <t>Смеситель двуручковый для умывальника средний поворотный излив VIEIR (1/10шт)</t>
   </si>
   <si>
-    <t>3 050.92 руб.</t>
+    <t>3 216.58 руб.</t>
   </si>
   <si>
     <t>SMS-160068</t>
   </si>
   <si>
     <t>V150111</t>
   </si>
   <si>
-    <t>3 280.23 руб.</t>
+    <t>3 458.34 руб.</t>
   </si>
   <si>
     <t>SMS-160069</t>
   </si>
   <si>
     <t>V243512</t>
   </si>
   <si>
     <t>2 689.88 руб.</t>
   </si>
   <si>
     <t>SMS-160070</t>
   </si>
   <si>
     <t>V130111</t>
   </si>
   <si>
-    <t>2 898.51 руб.</t>
+    <t>3 055.90 руб.</t>
   </si>
   <si>
     <t>SMS-160104</t>
   </si>
   <si>
     <t>V263531C</t>
   </si>
   <si>
     <t>Смеситель для ванны “VIEIR  (10/1шт)  (10/1шт)</t>
   </si>
   <si>
-    <t>5 028.01 руб.</t>
+    <t>5 301.01 руб.</t>
   </si>
   <si>
     <t>SMS-160118</t>
   </si>
   <si>
     <t>V273541</t>
   </si>
   <si>
     <t>Смеситель для ванны “VIEIR  (8/1шт)  (8/1шт)</t>
   </si>
   <si>
-    <t>5 746.69 руб.</t>
+    <t>6 058.72 руб.</t>
   </si>
   <si>
     <t>SMS-160126</t>
   </si>
   <si>
     <t>V150141</t>
   </si>
   <si>
     <t>Смеситель для ванны, длинный с поворотным изливом 320мм   (10/1шт)</t>
   </si>
   <si>
-    <t>5 193.00 руб.</t>
+    <t>5 474.96 руб.</t>
   </si>
   <si>
     <t>SMS-160127</t>
   </si>
   <si>
     <t>V233541</t>
   </si>
   <si>
-    <t>5 222.36 руб.</t>
+    <t>5 505.92 руб.</t>
   </si>
   <si>
     <t>SMS-160130</t>
   </si>
   <si>
     <t>V140142</t>
   </si>
   <si>
     <t>Смеситель для ванны, с плоским длинным поворотным изливом 310мм   (10/1шт)</t>
   </si>
   <si>
     <t>SMS-160131</t>
   </si>
   <si>
     <t>V140143</t>
   </si>
   <si>
     <t>Смеситель для ванны, круглый, длинный с поворотным изливом 310мм   (10/1шт)</t>
   </si>
   <si>
-    <t>5 313.24 руб.</t>
+    <t>5 601.74 руб.</t>
   </si>
   <si>
     <t>SMS-160132</t>
   </si>
   <si>
     <t>V043531C</t>
   </si>
   <si>
     <t>Смеситель для ванны, литой с коротким изливом (10/1шт)</t>
   </si>
   <si>
     <t>SMS-160143</t>
   </si>
   <si>
     <t>V333541</t>
   </si>
   <si>
     <t>Смеситель для ванны“VIEIR  (10/1шт)  (10/1шт)</t>
   </si>
   <si>
-    <t>6 196.92 руб.</t>
+    <t>6 533.40 руб.</t>
   </si>
   <si>
     <t>SMS-160149</t>
   </si>
   <si>
     <t>V263511C</t>
   </si>
   <si>
     <t>Смеситель для раковины “VIEIR  (10/1шт)  (10/1шт)</t>
   </si>
   <si>
-    <t>3 161.38 руб.</t>
+    <t>3 333.03 руб.</t>
   </si>
   <si>
     <t>SMS-160151</t>
   </si>
   <si>
     <t>V273511D</t>
   </si>
   <si>
-    <t>4 693.83 руб.</t>
+    <t>4 948.69 руб.</t>
   </si>
   <si>
     <t>SMS-160161</t>
   </si>
   <si>
     <t>V293511CL</t>
   </si>
   <si>
-    <t>4 225.43 руб.</t>
+    <t>4 454.86 руб.</t>
   </si>
   <si>
     <t>SMS-160162</t>
   </si>
   <si>
     <t>V293511FL</t>
   </si>
   <si>
     <t>SMS-160165</t>
   </si>
   <si>
     <t>V332511C</t>
   </si>
   <si>
-    <t>3 304.00 руб.</t>
+    <t>3 483.40 руб.</t>
   </si>
   <si>
     <t>SMS-160500</t>
   </si>
   <si>
     <t>V313531</t>
   </si>
   <si>
     <t>Смеситель из нержавеющей стали для ванны “VIEIR  (8/1шт)  (8/1шт)</t>
   </si>
   <si>
-    <t>5 139.86 руб.</t>
+    <t>5 418.94 руб.</t>
   </si>
   <si>
     <t>SMS-160501</t>
   </si>
   <si>
     <t>V313541</t>
   </si>
   <si>
-    <t>4 981.86 руб.</t>
+    <t>5 252.37 руб.</t>
   </si>
   <si>
     <t>SMS-260018</t>
   </si>
   <si>
     <t>V243511</t>
   </si>
   <si>
     <t>Смеситель одноручковый для умывальника  VIEIR (1/10шт)</t>
   </si>
   <si>
     <t>4 089.68 руб.</t>
   </si>
   <si>
     <t>SMS-260166</t>
   </si>
   <si>
     <t>V15006G</t>
   </si>
   <si>
     <t>Смеситель для кухни с фильтром,  с гибким изливом (10/1шт)</t>
   </si>
   <si>
-    <t>5 936.85 руб.</t>
+    <t>6 259.21 руб.</t>
   </si>
   <si>
     <t>VER-100083</t>
   </si>
   <si>
     <t>V210143</t>
   </si>
   <si>
     <t>Смеситель для ванны</t>
   </si>
   <si>
     <t>6 287.74 руб.</t>
   </si>
   <si>
     <t>VER-100103</t>
   </si>
   <si>
     <t>V273553D</t>
   </si>
   <si>
     <t>Смеситель для биде “VIEIR" (10/1шт)</t>
   </si>
   <si>
-    <t>7 102.97 руб.</t>
+    <t>7 488.64 руб.</t>
   </si>
   <si>
     <t>VER-100129</t>
   </si>
   <si>
     <t>V333531C</t>
   </si>
   <si>
     <t>Смеситель для ванны“VIEIR" (10/1шт)</t>
   </si>
   <si>
-    <t>4 885.39 руб.</t>
+    <t>5 150.65 руб.</t>
   </si>
   <si>
     <t>VER-100240</t>
   </si>
   <si>
     <t>V013552</t>
   </si>
   <si>
     <t>Смеситель для биде</t>
   </si>
   <si>
-    <t>5 330.02 руб.</t>
+    <t>5 619.43 руб.</t>
   </si>
   <si>
     <t>Смесители для ванны SOLONE</t>
   </si>
   <si>
     <t>Смесители для ванны SOLONE (нерж сталь)</t>
   </si>
   <si>
     <t>SMS-190020</t>
   </si>
   <si>
     <t>EZA1-B090</t>
   </si>
   <si>
     <t>см-ль для умывальника монолитный, ø35, нерж. cталь, EZA1-B090</t>
   </si>
   <si>
     <t>1 949.40 руб.</t>
   </si>
   <si>
+    <t>&gt;10</t>
+  </si>
+  <si>
     <t>SMS-190021</t>
   </si>
   <si>
     <t>EZA1-C090</t>
   </si>
   <si>
     <t>см-ль для раковины-чаши монолитный, ø35, нерж. cталь, EZA1-С090</t>
   </si>
   <si>
     <t>2 409.51 руб.</t>
   </si>
   <si>
     <t>SMS-190023</t>
   </si>
   <si>
     <t>JAT1-A094</t>
   </si>
   <si>
     <t>см-ль для умывальника монолитный, ø35, нерж. cталь, JAT1-A094</t>
   </si>
   <si>
     <t>2 323.24 руб.</t>
   </si>
   <si>
     <t>SMS-190024</t>
@@ -1099,101 +1102,98 @@
   <si>
     <t>EZA5-D090</t>
   </si>
   <si>
     <t>см-ль для душа без излива, ø35, нерж. cталь, EZA5-D090</t>
   </si>
   <si>
     <t>3 437.19 руб.</t>
   </si>
   <si>
     <t>Смесители для ванны SOLONE (цинк)</t>
   </si>
   <si>
     <t>SMS-190001</t>
   </si>
   <si>
     <t>FAB1-A020</t>
   </si>
   <si>
     <t>см-ль для умывальника, кер. картридж ⌀25, крепление на гайке-втулке, хром FAB1-A020</t>
   </si>
   <si>
     <t>1 505.94 руб.</t>
   </si>
   <si>
-    <t>&gt;10</t>
+    <t>&gt;25</t>
   </si>
   <si>
     <t>SMS-190002</t>
   </si>
   <si>
     <t>FAB5-A020</t>
   </si>
   <si>
     <t>см-ль для ванной, кер. картридж ⌀25, хром FAB5-A020</t>
   </si>
   <si>
     <t>SMS-190003</t>
   </si>
   <si>
     <t>FAB6-A020</t>
   </si>
   <si>
     <t>см-ль для ванной, кер. картридж ⌀25, карт. дивертор, излив 350мм, хром FAB6-A020</t>
   </si>
   <si>
     <t>2 577.51 руб.</t>
   </si>
   <si>
     <t>SMS-190004</t>
   </si>
   <si>
     <t>FAB7-A020</t>
   </si>
   <si>
     <t>см-ль для ванной, кер. картридж ⌀25, встр. дивертор, излив 350мм, хром FAB7-A020</t>
   </si>
   <si>
     <t>2 589.62 руб.</t>
   </si>
   <si>
     <t>SMS-190005</t>
   </si>
   <si>
     <t>SIT1-A182</t>
   </si>
   <si>
     <t>см-ль для умывальника, кер. картридж ⌀40, гайка кор., хром SIT1-A182</t>
   </si>
   <si>
     <t>2 176.43 руб.</t>
   </si>
   <si>
-    <t>&gt;25</t>
-[...1 lines deleted...]
-  <si>
     <t>SMS-190007</t>
   </si>
   <si>
     <t>SIT5-A182</t>
   </si>
   <si>
     <t>см-ль для душ-кабины, кер. картридж ⌀40, хром SIT5-A182</t>
   </si>
   <si>
     <t>2 420.11 руб.</t>
   </si>
   <si>
     <t>SMS-190008</t>
   </si>
   <si>
     <t>SIT7-A182</t>
   </si>
   <si>
     <t>см-ль для ванной, кер. картридж ⌀40, карт. пер. в корпусе, излив 350мм, хром SIT7-A182</t>
   </si>
   <si>
     <t>3 909.40 руб.</t>
   </si>
   <si>
     <t>SMS-190009</t>
@@ -2368,57 +2368,63 @@
   <si>
     <t>3 257.08 руб.</t>
   </si>
   <si>
     <t>SMS-180210</t>
   </si>
   <si>
     <t>QMT7-A722</t>
   </si>
   <si>
     <t>смеситель G.Lauf для ванны с круглым пов. изливом, кер. (1/2) 180°, двухпозиц. Карт. перекл. QMT7-A7</t>
   </si>
   <si>
     <t>2 787.89 руб.</t>
   </si>
   <si>
     <t>SMS-180211</t>
   </si>
   <si>
     <t>QMT7-A827</t>
   </si>
   <si>
     <t>смеситель G.Lauf для ванны с круглым пов. изливом, кер. (1/2) 180°, двухпозиц. Карт. перекл. QMT7-A8</t>
   </si>
   <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
     <t>SMS-180212</t>
   </si>
   <si>
     <t>QMT7-B722</t>
   </si>
   <si>
     <t>смеситель G.Lauf для ванны с плоским пов. изливом, кер. (1/2) 180°, двухпозиц. карт. перекл. QMT7-B7</t>
+  </si>
+  <si>
+    <t>&gt;100</t>
   </si>
   <si>
     <t>SMS-180215</t>
   </si>
   <si>
     <t>QFR7-A722</t>
   </si>
   <si>
     <t>смеситель G.Lauf для ванны с круглым пов. изл.,кер. (1/2) 180°, шар. переключение QFR7-A722</t>
   </si>
   <si>
     <t>2 635.02 руб.</t>
   </si>
   <si>
     <t>SMS-180216</t>
   </si>
   <si>
     <t>QFR7-A827</t>
   </si>
   <si>
     <t>смеситель G.Lauf для ванны с круглым пов. изл.,кер. (1/2) 180°, шар. переключение QFR7-A827</t>
   </si>
   <si>
     <t>SMS-180217</t>
   </si>
@@ -10646,86 +10652,86 @@
       <c r="C6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G6" s="2">
         <v>1</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="str">
-        <f>J6*6947.76</f>
+        <f>J6*7325.01</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>825927</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G7" s="2">
         <v>0</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="str">
-        <f>J7*4387.62</f>
+        <f>J7*4625.86</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>825928</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G8" s="2">
         <v>0</v>
       </c>
       <c r="H8" s="2">
@@ -10751,51 +10757,51 @@
       <c r="C9" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G9" s="2">
         <v>0</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="str">
-        <f>J9*5573.31</f>
+        <f>J9*5875.93</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>825930</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G10" s="2">
         <v>0</v>
       </c>
       <c r="H10" s="2">
@@ -10821,51 +10827,51 @@
       <c r="C11" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G11" s="2">
         <v>0</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="str">
-        <f>J11*5089.53</f>
+        <f>J11*5365.88</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>825932</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G12" s="2">
         <v>0</v>
       </c>
       <c r="H12" s="2">
@@ -10891,86 +10897,86 @@
       <c r="C13" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G13" s="2">
         <v>0</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="str">
-        <f>J13*5008.43</f>
+        <f>J13*5280.38</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>825934</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G14" s="2">
         <v>0</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="str">
-        <f>J14*2242.75</f>
+        <f>J14*2364.52</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>825935</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>48</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G15" s="2">
         <v>0</v>
       </c>
       <c r="H15" s="2">
@@ -10996,51 +11002,51 @@
       <c r="C16" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G16" s="2">
         <v>0</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="str">
-        <f>J16*2637.05</f>
+        <f>J16*2780.23</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>825937</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>54</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G17" s="2">
         <v>0</v>
       </c>
       <c r="H17" s="2">
@@ -11101,226 +11107,226 @@
       <c r="C19" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G19" s="2">
         <v>0</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="str">
-        <f>J19*2420.32</f>
+        <f>J19*2551.74</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>825940</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>63</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>64</v>
       </c>
       <c r="G20" s="2">
         <v>0</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="str">
-        <f>J20*5640.43</f>
+        <f>J20*5946.69</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>825941</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>66</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G21" s="2">
         <v>0</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="str">
-        <f>J21*5543.95</f>
+        <f>J21*5844.97</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>825942</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>69</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>70</v>
       </c>
       <c r="G22" s="2">
         <v>0</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="str">
-        <f>J22*5408.32</f>
+        <f>J22*5701.98</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>825943</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>72</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>73</v>
       </c>
       <c r="G23" s="2">
         <v>0</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="str">
-        <f>J23*5255.92</f>
+        <f>J23*5541.30</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>825944</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>75</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>76</v>
       </c>
       <c r="G24" s="2">
         <v>0</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="str">
-        <f>J24*5636.23</f>
+        <f>J24*5942.27</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>825945</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G25" s="2">
         <v>0</v>
       </c>
       <c r="H25" s="2">
@@ -11416,51 +11422,51 @@
       <c r="C28" s="1" t="s">
         <v>86</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>87</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>88</v>
       </c>
       <c r="G28" s="2">
         <v>0</v>
       </c>
       <c r="H28" s="2">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="str">
-        <f>J28*5385.95</f>
+        <f>J28*5678.39</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>825949</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>89</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>90</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>91</v>
       </c>
       <c r="G29" s="2">
         <v>0</v>
       </c>
       <c r="H29" s="2">
@@ -11486,296 +11492,296 @@
       <c r="C30" s="1" t="s">
         <v>92</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>93</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>94</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>95</v>
       </c>
       <c r="G30" s="2">
         <v>0</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="str">
-        <f>J30*5097.92</f>
+        <f>J30*5374.72</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>825951</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>96</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>97</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>99</v>
       </c>
       <c r="G31" s="2">
         <v>0</v>
       </c>
       <c r="H31" s="2">
         <v>0</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="str">
-        <f>J31*5155.24</f>
+        <f>J31*5435.16</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>825952</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>100</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>101</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>102</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G32" s="2">
         <v>0</v>
       </c>
       <c r="H32" s="2">
         <v>0</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="str">
-        <f>J32*4482.70</f>
+        <f>J32*4726.10</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>825953</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>104</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>105</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>106</v>
       </c>
       <c r="G33" s="2">
         <v>2</v>
       </c>
       <c r="H33" s="2">
         <v>0</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="str">
-        <f>J33*5762.07</f>
+        <f>J33*6074.94</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>825954</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>107</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>108</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G34" s="2">
         <v>0</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="str">
-        <f>J34*5376.16</f>
+        <f>J34*5668.07</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>825955</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>111</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G35" s="2">
         <v>2</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="str">
-        <f>J35*5700.55</f>
+        <f>J35*6010.08</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>825956</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>115</v>
       </c>
       <c r="G36" s="2">
         <v>0</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="str">
-        <f>J36*5562.13</f>
+        <f>J36*5864.14</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>825957</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>116</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>117</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G37" s="2">
         <v>0</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="str">
-        <f>J37*4453.34</f>
+        <f>J37*4695.14</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>825958</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>119</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>120</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>121</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>122</v>
       </c>
       <c r="G38" s="2">
         <v>0</v>
       </c>
       <c r="H38" s="2">
@@ -11836,436 +11842,436 @@
       <c r="C40" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>129</v>
       </c>
       <c r="G40" s="2">
         <v>0</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="str">
-        <f>J40*4688.24</f>
+        <f>J40*4942.80</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>825961</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>130</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>131</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>132</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>133</v>
       </c>
       <c r="G41" s="2">
         <v>0</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="str">
-        <f>J41*4630.91</f>
+        <f>J41*4882.36</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>825962</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>134</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>135</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>136</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>137</v>
       </c>
       <c r="G42" s="2">
         <v>0</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="str">
-        <f>J42*4661.67</f>
+        <f>J42*4914.79</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>825963</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>138</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>139</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>140</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>141</v>
       </c>
       <c r="G43" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="str">
-        <f>J43*11971.57</f>
+        <f>J43*12621.60</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>825964</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>142</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>143</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>136</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>144</v>
       </c>
       <c r="G44" s="2">
         <v>0</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="str">
-        <f>J44*4526.04</f>
+        <f>J44*4771.80</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>825965</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>145</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>146</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>147</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>148</v>
       </c>
       <c r="G45" s="2">
         <v>0</v>
       </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
       <c r="I45" s="1">
         <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="str">
-        <f>J45*5371.97</f>
+        <f>J45*5663.65</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>825966</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>149</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>150</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>136</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>151</v>
       </c>
       <c r="G46" s="2">
         <v>0</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="str">
-        <f>J46*5223.76</f>
+        <f>J46*5507.39</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>825967</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>153</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>154</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>155</v>
       </c>
       <c r="G47" s="2">
         <v>0</v>
       </c>
       <c r="H47" s="2">
         <v>0</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="str">
-        <f>J47*4684.04</f>
+        <f>J47*4938.37</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>825968</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>156</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>157</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>158</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>159</v>
       </c>
       <c r="G48" s="2">
         <v>0</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="str">
-        <f>J48*4658.87</f>
+        <f>J48*4911.84</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>825969</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>160</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>161</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>162</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>163</v>
       </c>
       <c r="G49" s="2">
         <v>0</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="str">
-        <f>J49*4263.18</f>
+        <f>J49*4494.66</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>825970</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>164</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>165</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>166</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>167</v>
       </c>
       <c r="G50" s="2">
         <v>0</v>
       </c>
       <c r="H50" s="2">
         <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="str">
-        <f>J50*4644.89</f>
+        <f>J50*4897.10</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
         <v>825971</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>168</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>162</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>170</v>
       </c>
       <c r="G51" s="2">
         <v>0</v>
       </c>
       <c r="H51" s="2">
         <v>0</v>
       </c>
       <c r="I51" s="1">
         <v>0</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="str">
-        <f>J51*4243.60</f>
+        <f>J51*4474.02</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>825972</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>171</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>172</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>173</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G52" s="2">
         <v>0</v>
       </c>
       <c r="H52" s="2">
@@ -12291,296 +12297,296 @@
       <c r="C53" s="1" t="s">
         <v>175</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>176</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>162</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>177</v>
       </c>
       <c r="G53" s="2">
         <v>0</v>
       </c>
       <c r="H53" s="2">
         <v>0</v>
       </c>
       <c r="I53" s="1">
         <v>0</v>
       </c>
       <c r="J53" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="str">
-        <f>J53*4050.65</f>
+        <f>J53*4270.59</f>
         <v>0</v>
       </c>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
         <v>825974</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>178</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>179</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>180</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>181</v>
       </c>
       <c r="G54" s="2">
         <v>0</v>
       </c>
       <c r="H54" s="2">
         <v>0</v>
       </c>
       <c r="I54" s="1">
         <v>0</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="str">
-        <f>J54*8559.91</f>
+        <f>J54*9024.70</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
         <v>825975</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>182</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>183</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>162</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>184</v>
       </c>
       <c r="G55" s="2">
         <v>1</v>
       </c>
       <c r="H55" s="2">
         <v>0</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="str">
-        <f>J55*3448.01</f>
+        <f>J55*3635.23</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A56" s="1"/>
       <c r="B56" s="1">
         <v>825976</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>185</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>186</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>187</v>
       </c>
       <c r="G56" s="2">
         <v>0</v>
       </c>
       <c r="H56" s="2">
         <v>0</v>
       </c>
       <c r="I56" s="1">
         <v>0</v>
       </c>
       <c r="J56" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="str">
-        <f>J56*3466.19</f>
+        <f>J56*3654.40</f>
         <v>0</v>
       </c>
       <c r="L56" s="5"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
         <v>825977</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>188</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>189</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>190</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>191</v>
       </c>
       <c r="G57" s="2">
         <v>0</v>
       </c>
       <c r="H57" s="2">
         <v>0</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="str">
-        <f>J57*2416.13</f>
+        <f>J57*2547.32</f>
         <v>0</v>
       </c>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A58" s="1"/>
       <c r="B58" s="1">
         <v>825978</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>192</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>193</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>194</v>
       </c>
       <c r="G58" s="2">
         <v>0</v>
       </c>
       <c r="H58" s="2">
         <v>0</v>
       </c>
       <c r="I58" s="1">
         <v>0</v>
       </c>
       <c r="J58" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="str">
-        <f>J58*3699.69</f>
+        <f>J58*3900.58</f>
         <v>0</v>
       </c>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
         <v>825979</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>195</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>196</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>197</v>
       </c>
       <c r="G59" s="2">
         <v>0</v>
       </c>
       <c r="H59" s="2">
         <v>0</v>
       </c>
       <c r="I59" s="1">
         <v>0</v>
       </c>
       <c r="J59" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="str">
-        <f>J59*3492.76</f>
+        <f>J59*3682.41</f>
         <v>0</v>
       </c>
       <c r="L59" s="5"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A60" s="1"/>
       <c r="B60" s="1">
         <v>825980</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>198</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>199</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>200</v>
       </c>
       <c r="G60" s="2">
         <v>0</v>
       </c>
       <c r="H60" s="2">
         <v>0</v>
       </c>
       <c r="I60" s="1">
         <v>0</v>
       </c>
       <c r="J60" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="str">
-        <f>J60*2442.69</f>
+        <f>J60*2575.33</f>
         <v>0</v>
       </c>
       <c r="L60" s="5"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A61" s="1"/>
       <c r="B61" s="1">
         <v>825981</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>201</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>202</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>203</v>
       </c>
       <c r="G61" s="2">
         <v>0</v>
       </c>
       <c r="H61" s="2">
@@ -12676,366 +12682,366 @@
       <c r="C64" s="1" t="s">
         <v>210</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>211</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>212</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>213</v>
       </c>
       <c r="G64" s="2">
         <v>0</v>
       </c>
       <c r="H64" s="2">
         <v>0</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="str">
-        <f>J64*2309.86</f>
+        <f>J64*2435.28</f>
         <v>0</v>
       </c>
       <c r="L64" s="5"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A65" s="1"/>
       <c r="B65" s="1">
         <v>825985</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>214</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>215</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>216</v>
       </c>
       <c r="G65" s="2">
         <v>0</v>
       </c>
       <c r="H65" s="2">
         <v>0</v>
       </c>
       <c r="I65" s="1">
         <v>0</v>
       </c>
       <c r="J65" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="str">
-        <f>J65*3983.53</f>
+        <f>J65*4199.83</f>
         <v>0</v>
       </c>
       <c r="L65" s="5"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
         <v>825986</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>217</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>218</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>219</v>
       </c>
       <c r="G66" s="2">
         <v>0</v>
       </c>
       <c r="H66" s="2">
         <v>0</v>
       </c>
       <c r="I66" s="1">
         <v>0</v>
       </c>
       <c r="J66" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="str">
-        <f>J66*3302.60</f>
+        <f>J66*3481.92</f>
         <v>0</v>
       </c>
       <c r="L66" s="5"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A67" s="1"/>
       <c r="B67" s="1">
         <v>825987</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>220</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>221</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>222</v>
       </c>
       <c r="G67" s="2">
         <v>0</v>
       </c>
       <c r="H67" s="2">
         <v>0</v>
       </c>
       <c r="I67" s="1">
         <v>0</v>
       </c>
       <c r="J67" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="str">
-        <f>J67*3322.17</f>
+        <f>J67*3502.56</f>
         <v>0</v>
       </c>
       <c r="L67" s="5"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A68" s="1"/>
       <c r="B68" s="1">
         <v>825988</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>223</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>224</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>190</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>225</v>
       </c>
       <c r="G68" s="2">
         <v>0</v>
       </c>
       <c r="H68" s="2">
         <v>0</v>
       </c>
       <c r="I68" s="1">
         <v>0</v>
       </c>
       <c r="J68" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="str">
-        <f>J68*2012.04</f>
+        <f>J68*2121.29</f>
         <v>0</v>
       </c>
       <c r="L68" s="5"/>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A69" s="1"/>
       <c r="B69" s="1">
         <v>825989</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>226</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>227</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>228</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>229</v>
       </c>
       <c r="G69" s="2">
         <v>0</v>
       </c>
       <c r="H69" s="2">
         <v>0</v>
       </c>
       <c r="I69" s="1">
         <v>0</v>
       </c>
       <c r="J69" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="str">
-        <f>J69*3371.11</f>
+        <f>J69*3554.16</f>
         <v>0</v>
       </c>
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A70" s="1"/>
       <c r="B70" s="1">
         <v>825990</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>230</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>231</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>212</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>232</v>
       </c>
       <c r="G70" s="2">
         <v>0</v>
       </c>
       <c r="H70" s="2">
         <v>0</v>
       </c>
       <c r="I70" s="1">
         <v>0</v>
       </c>
       <c r="J70" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="str">
-        <f>J70*3557.08</f>
+        <f>J70*3750.22</f>
         <v>0</v>
       </c>
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A71" s="1"/>
       <c r="B71" s="1">
         <v>825991</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>233</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>234</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>235</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>236</v>
       </c>
       <c r="G71" s="2">
         <v>0</v>
       </c>
       <c r="H71" s="2">
         <v>0</v>
       </c>
       <c r="I71" s="1">
         <v>0</v>
       </c>
       <c r="J71" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="str">
-        <f>J71*2895.72</f>
+        <f>J71*3052.95</f>
         <v>0</v>
       </c>
       <c r="L71" s="5"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A72" s="1"/>
       <c r="B72" s="1">
         <v>825992</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>237</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>238</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>239</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>240</v>
       </c>
       <c r="G72" s="2">
         <v>0</v>
       </c>
       <c r="H72" s="2">
         <v>0</v>
       </c>
       <c r="I72" s="1">
         <v>0</v>
       </c>
       <c r="J72" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="str">
-        <f>J72*3050.92</f>
+        <f>J72*3216.58</f>
         <v>0</v>
       </c>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A73" s="1"/>
       <c r="B73" s="1">
         <v>825993</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>241</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>242</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>235</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>243</v>
       </c>
       <c r="G73" s="2">
         <v>0</v>
       </c>
       <c r="H73" s="2">
         <v>0</v>
       </c>
       <c r="I73" s="1">
         <v>0</v>
       </c>
       <c r="J73" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="str">
-        <f>J73*3280.23</f>
+        <f>J73*3458.34</f>
         <v>0</v>
       </c>
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A74" s="1"/>
       <c r="B74" s="1">
         <v>825994</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>244</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>245</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>190</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>246</v>
       </c>
       <c r="G74" s="2">
         <v>0</v>
       </c>
       <c r="H74" s="2">
@@ -13061,576 +13067,576 @@
       <c r="C75" s="1" t="s">
         <v>247</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>248</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>235</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>249</v>
       </c>
       <c r="G75" s="2">
         <v>0</v>
       </c>
       <c r="H75" s="2">
         <v>0</v>
       </c>
       <c r="I75" s="1">
         <v>0</v>
       </c>
       <c r="J75" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="str">
-        <f>J75*2898.51</f>
+        <f>J75*3055.90</f>
         <v>0</v>
       </c>
       <c r="L75" s="5"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A76" s="1"/>
       <c r="B76" s="1">
         <v>831337</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>250</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>251</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>252</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>253</v>
       </c>
       <c r="G76" s="2">
         <v>0</v>
       </c>
       <c r="H76" s="2">
         <v>0</v>
       </c>
       <c r="I76" s="1">
         <v>0</v>
       </c>
       <c r="J76" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="str">
-        <f>J76*5028.01</f>
+        <f>J76*5301.01</f>
         <v>0</v>
       </c>
       <c r="L76" s="5"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A77" s="1"/>
       <c r="B77" s="1">
         <v>831351</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>254</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>255</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>256</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>257</v>
       </c>
       <c r="G77" s="2">
         <v>0</v>
       </c>
       <c r="H77" s="2">
         <v>0</v>
       </c>
       <c r="I77" s="1">
         <v>0</v>
       </c>
       <c r="J77" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="str">
-        <f>J77*5746.69</f>
+        <f>J77*6058.72</f>
         <v>0</v>
       </c>
       <c r="L77" s="5"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A78" s="1"/>
       <c r="B78" s="1">
         <v>831359</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>258</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>259</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>260</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>261</v>
       </c>
       <c r="G78" s="2">
         <v>0</v>
       </c>
       <c r="H78" s="2">
         <v>0</v>
       </c>
       <c r="I78" s="1">
         <v>0</v>
       </c>
       <c r="J78" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="str">
-        <f>J78*5193.00</f>
+        <f>J78*5474.96</f>
         <v>0</v>
       </c>
       <c r="L78" s="5"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A79" s="1"/>
       <c r="B79" s="1">
         <v>831360</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>262</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>263</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>260</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>264</v>
       </c>
       <c r="G79" s="2">
         <v>0</v>
       </c>
       <c r="H79" s="2">
         <v>0</v>
       </c>
       <c r="I79" s="1">
         <v>0</v>
       </c>
       <c r="J79" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="str">
-        <f>J79*5222.36</f>
+        <f>J79*5505.92</f>
         <v>0</v>
       </c>
       <c r="L79" s="5"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A80" s="1"/>
       <c r="B80" s="1">
         <v>831363</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>265</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>266</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>267</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>151</v>
       </c>
       <c r="G80" s="2">
         <v>0</v>
       </c>
       <c r="H80" s="2">
         <v>0</v>
       </c>
       <c r="I80" s="1">
         <v>0</v>
       </c>
       <c r="J80" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="str">
-        <f>J80*5223.76</f>
+        <f>J80*5507.39</f>
         <v>0</v>
       </c>
       <c r="L80" s="5"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A81" s="1"/>
       <c r="B81" s="1">
         <v>831364</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>268</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>269</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>270</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>271</v>
       </c>
       <c r="G81" s="2">
         <v>0</v>
       </c>
       <c r="H81" s="2">
         <v>0</v>
       </c>
       <c r="I81" s="1">
         <v>0</v>
       </c>
       <c r="J81" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="str">
-        <f>J81*5313.24</f>
+        <f>J81*5601.74</f>
         <v>0</v>
       </c>
       <c r="L81" s="5"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A82" s="1"/>
       <c r="B82" s="1">
         <v>831365</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>272</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>273</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>274</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>253</v>
       </c>
       <c r="G82" s="2">
         <v>0</v>
       </c>
       <c r="H82" s="2">
         <v>0</v>
       </c>
       <c r="I82" s="1">
         <v>0</v>
       </c>
       <c r="J82" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="str">
-        <f>J82*5028.01</f>
+        <f>J82*5301.01</f>
         <v>0</v>
       </c>
       <c r="L82" s="5"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A83" s="1"/>
       <c r="B83" s="1">
         <v>831376</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>275</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>276</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>277</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>278</v>
       </c>
       <c r="G83" s="2">
         <v>0</v>
       </c>
       <c r="H83" s="2">
         <v>0</v>
       </c>
       <c r="I83" s="1">
         <v>0</v>
       </c>
       <c r="J83" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="str">
-        <f>J83*6196.92</f>
+        <f>J83*6533.40</f>
         <v>0</v>
       </c>
       <c r="L83" s="5"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A84" s="1"/>
       <c r="B84" s="1">
         <v>831449</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>279</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>280</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>281</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>282</v>
       </c>
       <c r="G84" s="2">
         <v>0</v>
       </c>
       <c r="H84" s="2">
         <v>0</v>
       </c>
       <c r="I84" s="1">
         <v>0</v>
       </c>
       <c r="J84" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="str">
-        <f>J84*3161.38</f>
+        <f>J84*3333.03</f>
         <v>0</v>
       </c>
       <c r="L84" s="5"/>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A85" s="1"/>
       <c r="B85" s="1">
         <v>831451</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>283</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>284</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>281</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>285</v>
       </c>
       <c r="G85" s="2">
         <v>0</v>
       </c>
       <c r="H85" s="2">
         <v>0</v>
       </c>
       <c r="I85" s="1">
         <v>0</v>
       </c>
       <c r="J85" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="str">
-        <f>J85*4693.83</f>
+        <f>J85*4948.69</f>
         <v>0</v>
       </c>
       <c r="L85" s="5"/>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A86" s="1"/>
       <c r="B86" s="1">
         <v>831461</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>286</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>287</v>
       </c>
       <c r="E86" s="2" t="s">
         <v>281</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>288</v>
       </c>
       <c r="G86" s="2">
         <v>1</v>
       </c>
       <c r="H86" s="2">
         <v>0</v>
       </c>
       <c r="I86" s="1">
         <v>0</v>
       </c>
       <c r="J86" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="str">
-        <f>J86*4225.43</f>
+        <f>J86*4454.86</f>
         <v>0</v>
       </c>
       <c r="L86" s="5"/>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A87" s="1"/>
       <c r="B87" s="1">
         <v>831462</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>289</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>290</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>281</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>288</v>
       </c>
       <c r="G87" s="2">
         <v>0</v>
       </c>
       <c r="H87" s="2">
         <v>0</v>
       </c>
       <c r="I87" s="1">
         <v>0</v>
       </c>
       <c r="J87" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="str">
-        <f>J87*4225.43</f>
+        <f>J87*4454.86</f>
         <v>0</v>
       </c>
       <c r="L87" s="5"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A88" s="1"/>
       <c r="B88" s="1">
         <v>831465</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>291</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>292</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>281</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>293</v>
       </c>
       <c r="G88" s="2">
         <v>0</v>
       </c>
       <c r="H88" s="2">
         <v>0</v>
       </c>
       <c r="I88" s="1">
         <v>0</v>
       </c>
       <c r="J88" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="str">
-        <f>J88*3304.00</f>
+        <f>J88*3483.40</f>
         <v>0</v>
       </c>
       <c r="L88" s="5"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A89" s="1"/>
       <c r="B89" s="1">
         <v>831501</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>294</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>295</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>296</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>297</v>
       </c>
       <c r="G89" s="2">
         <v>0</v>
       </c>
       <c r="H89" s="2">
         <v>0</v>
       </c>
       <c r="I89" s="1">
         <v>0</v>
       </c>
       <c r="J89" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="str">
-        <f>J89*5139.86</f>
+        <f>J89*5418.94</f>
         <v>0</v>
       </c>
       <c r="L89" s="5"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A90" s="1"/>
       <c r="B90" s="1">
         <v>831502</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>298</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>299</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>296</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>300</v>
       </c>
       <c r="G90" s="2">
         <v>0</v>
       </c>
       <c r="H90" s="2">
         <v>0</v>
       </c>
       <c r="I90" s="1">
         <v>0</v>
       </c>
       <c r="J90" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="str">
-        <f>J90*4981.86</f>
+        <f>J90*5252.37</f>
         <v>0</v>
       </c>
       <c r="L90" s="5"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A91" s="1"/>
       <c r="B91" s="1">
         <v>826034</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>301</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>302</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>303</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>304</v>
       </c>
       <c r="G91" s="2">
         <v>1</v>
       </c>
       <c r="H91" s="2">
@@ -13656,51 +13662,51 @@
       <c r="C92" s="1" t="s">
         <v>305</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>306</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>307</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>308</v>
       </c>
       <c r="G92" s="2">
         <v>0</v>
       </c>
       <c r="H92" s="2">
         <v>0</v>
       </c>
       <c r="I92" s="1">
         <v>0</v>
       </c>
       <c r="J92" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="str">
-        <f>J92*5936.85</f>
+        <f>J92*6259.21</f>
         <v>0</v>
       </c>
       <c r="L92" s="5"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A93" s="1"/>
       <c r="B93" s="1">
         <v>857137</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>309</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>310</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>311</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>312</v>
       </c>
       <c r="G93" s="2">
         <v>0</v>
       </c>
       <c r="H93" s="2">
@@ -13726,121 +13732,121 @@
       <c r="C94" s="1" t="s">
         <v>313</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>315</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>316</v>
       </c>
       <c r="G94" s="2">
         <v>1</v>
       </c>
       <c r="H94" s="2">
         <v>0</v>
       </c>
       <c r="I94" s="1">
         <v>0</v>
       </c>
       <c r="J94" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="str">
-        <f>J94*7102.97</f>
+        <f>J94*7488.64</f>
         <v>0</v>
       </c>
       <c r="L94" s="5"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A95" s="1"/>
       <c r="B95" s="1">
         <v>857183</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>317</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>318</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>319</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>320</v>
       </c>
       <c r="G95" s="2">
         <v>0</v>
       </c>
       <c r="H95" s="2">
         <v>0</v>
       </c>
       <c r="I95" s="1">
         <v>0</v>
       </c>
       <c r="J95" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="str">
-        <f>J95*4885.39</f>
+        <f>J95*5150.65</f>
         <v>0</v>
       </c>
       <c r="L95" s="5"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A96" s="1"/>
       <c r="B96" s="1">
         <v>873355</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>321</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>322</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>323</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>324</v>
       </c>
       <c r="G96" s="2">
         <v>1</v>
       </c>
       <c r="H96" s="2">
         <v>0</v>
       </c>
       <c r="I96" s="1">
         <v>0</v>
       </c>
       <c r="J96" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K96" s="2" t="str">
-        <f>J96*5330.02</f>
+        <f>J96*5619.43</f>
         <v>0</v>
       </c>
       <c r="L96" s="5"/>
     </row>
     <row r="97" spans="1:12" outlineLevel="2">
       <c r="A97" s="8" t="s">
         <v>325</v>
       </c>
       <c r="B97" s="8"/>
       <c r="C97" s="8"/>
       <c r="D97" s="8"/>
       <c r="E97" s="8"/>
       <c r="F97" s="8"/>
       <c r="G97" s="8"/>
       <c r="H97" s="8"/>
       <c r="I97" s="8"/>
       <c r="J97" s="8"/>
       <c r="K97" s="8"/>
       <c r="L97" s="5"/>
     </row>
     <row r="98" spans="1:12" outlineLevel="3">
       <c r="A98" s="9" t="s">
         <v>326</v>
       </c>
       <c r="B98" s="9"/>
@@ -13850,523 +13856,523 @@
       <c r="F98" s="9"/>
       <c r="G98" s="9"/>
       <c r="H98" s="9"/>
       <c r="I98" s="9"/>
       <c r="J98" s="9"/>
       <c r="K98" s="9"/>
       <c r="L98" s="5"/>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A99" s="1"/>
       <c r="B99" s="1">
         <v>827868</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>327</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>328</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>329</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>330</v>
       </c>
-      <c r="G99" s="2">
-        <v>4</v>
+      <c r="G99" s="2" t="s">
+        <v>331</v>
       </c>
       <c r="H99" s="2">
         <v>0</v>
       </c>
       <c r="I99" s="1">
         <v>0</v>
       </c>
       <c r="J99" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="str">
         <f>J99*1949.40</f>
         <v>0</v>
       </c>
       <c r="L99" s="5"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A100" s="1"/>
       <c r="B100" s="1">
         <v>827869</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="E100" s="2" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="G100" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H100" s="2">
         <v>0</v>
       </c>
       <c r="I100" s="1">
         <v>0</v>
       </c>
       <c r="J100" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="str">
         <f>J100*2409.51</f>
         <v>0</v>
       </c>
       <c r="L100" s="5"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A101" s="1"/>
       <c r="B101" s="1">
         <v>827871</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="G101" s="2">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="H101" s="2">
         <v>0</v>
       </c>
       <c r="I101" s="1">
         <v>0</v>
       </c>
       <c r="J101" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K101" s="2" t="str">
         <f>J101*2323.24</f>
         <v>0</v>
       </c>
       <c r="L101" s="5"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A102" s="1"/>
       <c r="B102" s="1">
         <v>827872</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="G102" s="2">
         <v>3</v>
       </c>
       <c r="H102" s="2">
         <v>0</v>
       </c>
       <c r="I102" s="1">
         <v>0</v>
       </c>
       <c r="J102" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K102" s="2" t="str">
         <f>J102*2607.78</f>
         <v>0</v>
       </c>
       <c r="L102" s="5"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A103" s="1"/>
       <c r="B103" s="1">
         <v>827873</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E103" s="2" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="G103" s="2">
         <v>7</v>
       </c>
       <c r="H103" s="2">
         <v>0</v>
       </c>
       <c r="I103" s="1">
         <v>0</v>
       </c>
       <c r="J103" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K103" s="2" t="str">
         <f>J103*4302.91</f>
         <v>0</v>
       </c>
       <c r="L103" s="5"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A104" s="1"/>
       <c r="B104" s="1">
         <v>827874</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E104" s="2" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="G104" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H104" s="2">
         <v>0</v>
       </c>
       <c r="I104" s="1">
         <v>0</v>
       </c>
       <c r="J104" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K104" s="2" t="str">
         <f>J104*5583.35</f>
         <v>0</v>
       </c>
       <c r="L104" s="5"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A105" s="1"/>
       <c r="B105" s="1">
         <v>877765</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G105" s="2">
         <v>0</v>
       </c>
       <c r="H105" s="2">
         <v>0</v>
       </c>
       <c r="I105" s="1">
         <v>0</v>
       </c>
       <c r="J105" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="str">
         <f>J105*3437.19</f>
         <v>0</v>
       </c>
       <c r="L105" s="5"/>
     </row>
     <row r="106" spans="1:12" outlineLevel="3">
       <c r="A106" s="9" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B106" s="9"/>
       <c r="C106" s="9"/>
       <c r="D106" s="9"/>
       <c r="E106" s="9"/>
       <c r="F106" s="9"/>
       <c r="G106" s="9"/>
       <c r="H106" s="9"/>
       <c r="I106" s="9"/>
       <c r="J106" s="9"/>
       <c r="K106" s="9"/>
       <c r="L106" s="5"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A107" s="1"/>
       <c r="B107" s="1">
         <v>827849</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="E107" s="2" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="G107" s="2" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="H107" s="2">
         <v>0</v>
       </c>
       <c r="I107" s="1">
         <v>0</v>
       </c>
       <c r="J107" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K107" s="2" t="str">
         <f>J107*1505.94</f>
         <v>0</v>
       </c>
       <c r="L107" s="5"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A108" s="1"/>
       <c r="B108" s="1">
         <v>827850</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="E108" s="2" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>330</v>
       </c>
       <c r="G108" s="2">
         <v>0</v>
       </c>
       <c r="H108" s="2">
         <v>0</v>
       </c>
       <c r="I108" s="1">
         <v>0</v>
       </c>
       <c r="J108" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K108" s="2" t="str">
         <f>J108*1949.40</f>
         <v>0</v>
       </c>
       <c r="L108" s="5"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A109" s="1"/>
       <c r="B109" s="1">
         <v>827851</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="E109" s="2" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="G109" s="2" t="s">
-        <v>360</v>
+        <v>331</v>
       </c>
       <c r="H109" s="2">
         <v>0</v>
       </c>
       <c r="I109" s="1">
         <v>0</v>
       </c>
       <c r="J109" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K109" s="2" t="str">
         <f>J109*2577.51</f>
         <v>0</v>
       </c>
       <c r="L109" s="5"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A110" s="1"/>
       <c r="B110" s="1">
         <v>827852</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="E110" s="2" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="G110" s="2" t="s">
-        <v>360</v>
+        <v>331</v>
       </c>
       <c r="H110" s="2">
         <v>0</v>
       </c>
       <c r="I110" s="1">
         <v>0</v>
       </c>
       <c r="J110" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K110" s="2" t="str">
         <f>J110*2589.62</f>
         <v>0</v>
       </c>
       <c r="L110" s="5"/>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A111" s="1"/>
       <c r="B111" s="1">
         <v>827853</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="E111" s="2" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="G111" s="2" t="s">
-        <v>376</v>
+        <v>361</v>
       </c>
       <c r="H111" s="2">
         <v>0</v>
       </c>
       <c r="I111" s="1">
         <v>0</v>
       </c>
       <c r="J111" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K111" s="2" t="str">
         <f>J111*2176.43</f>
         <v>0</v>
       </c>
       <c r="L111" s="5"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A112" s="1"/>
       <c r="B112" s="1">
         <v>827855</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>377</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>378</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>379</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>380</v>
       </c>
       <c r="G112" s="2">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="H112" s="2">
         <v>0</v>
       </c>
       <c r="I112" s="1">
         <v>0</v>
       </c>
       <c r="J112" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K112" s="2" t="str">
         <f>J112*2420.11</f>
         <v>0</v>
       </c>
       <c r="L112" s="5"/>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A113" s="1"/>
       <c r="B113" s="1">
         <v>827856</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>381</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>382</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>383</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>384</v>
       </c>
-      <c r="G113" s="2">
-        <v>10</v>
+      <c r="G113" s="2" t="s">
+        <v>361</v>
       </c>
       <c r="H113" s="2">
         <v>0</v>
       </c>
       <c r="I113" s="1">
         <v>0</v>
       </c>
       <c r="J113" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K113" s="2" t="str">
         <f>J113*3909.40</f>
         <v>0</v>
       </c>
       <c r="L113" s="5"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A114" s="1"/>
       <c r="B114" s="1">
         <v>827857</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>385</v>
       </c>
       <c r="D114" s="1" t="s">
@@ -14392,366 +14398,366 @@
       </c>
       <c r="K114" s="2" t="str">
         <f>J114*0.00</f>
         <v>0</v>
       </c>
       <c r="L114" s="5"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A115" s="1"/>
       <c r="B115" s="1">
         <v>827862</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>389</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>390</v>
       </c>
       <c r="E115" s="2" t="s">
         <v>391</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>392</v>
       </c>
       <c r="G115" s="2" t="s">
-        <v>376</v>
+        <v>361</v>
       </c>
       <c r="H115" s="2">
         <v>0</v>
       </c>
       <c r="I115" s="1">
         <v>0</v>
       </c>
       <c r="J115" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K115" s="2" t="str">
         <f>J115*1590.70</f>
         <v>0</v>
       </c>
       <c r="L115" s="5"/>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A116" s="1"/>
       <c r="B116" s="1">
         <v>827863</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>393</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>394</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>395</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>396</v>
       </c>
       <c r="G116" s="2" t="s">
-        <v>360</v>
+        <v>331</v>
       </c>
       <c r="H116" s="2">
         <v>0</v>
       </c>
       <c r="I116" s="1">
         <v>0</v>
       </c>
       <c r="J116" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K116" s="2" t="str">
         <f>J116*2713.73</f>
         <v>0</v>
       </c>
       <c r="L116" s="5"/>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A117" s="1"/>
       <c r="B117" s="1">
         <v>827864</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>397</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>398</v>
       </c>
       <c r="E117" s="2" t="s">
         <v>399</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>400</v>
       </c>
       <c r="G117" s="2" t="s">
-        <v>360</v>
+        <v>331</v>
       </c>
       <c r="H117" s="2">
         <v>0</v>
       </c>
       <c r="I117" s="1">
         <v>0</v>
       </c>
       <c r="J117" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K117" s="2" t="str">
         <f>J117*1896.43</f>
         <v>0</v>
       </c>
       <c r="L117" s="5"/>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A118" s="1"/>
       <c r="B118" s="1">
         <v>827865</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>401</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>402</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>403</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>404</v>
       </c>
       <c r="G118" s="2" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="H118" s="2">
         <v>0</v>
       </c>
       <c r="I118" s="1">
         <v>0</v>
       </c>
       <c r="J118" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K118" s="2" t="str">
         <f>J118*2898.38</f>
         <v>0</v>
       </c>
       <c r="L118" s="5"/>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A119" s="1"/>
       <c r="B119" s="1">
         <v>827866</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>405</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>406</v>
       </c>
       <c r="E119" s="2" t="s">
         <v>407</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>408</v>
       </c>
       <c r="G119" s="2" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="H119" s="2">
         <v>0</v>
       </c>
       <c r="I119" s="1">
         <v>0</v>
       </c>
       <c r="J119" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K119" s="2" t="str">
         <f>J119*3008.86</f>
         <v>0</v>
       </c>
       <c r="L119" s="5"/>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A120" s="1"/>
       <c r="B120" s="1">
         <v>827867</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>409</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>410</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>411</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>412</v>
       </c>
       <c r="G120" s="2">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H120" s="2">
         <v>0</v>
       </c>
       <c r="I120" s="1">
         <v>0</v>
       </c>
       <c r="J120" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K120" s="2" t="str">
         <f>J120*1272.86</f>
         <v>0</v>
       </c>
       <c r="L120" s="5"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A121" s="1"/>
       <c r="B121" s="1">
         <v>827882</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>413</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>414</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>415</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G121" s="2" t="s">
-        <v>360</v>
+        <v>331</v>
       </c>
       <c r="H121" s="2">
         <v>0</v>
       </c>
       <c r="I121" s="1">
         <v>0</v>
       </c>
       <c r="J121" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K121" s="2" t="str">
         <f>J121*1996.32</f>
         <v>0</v>
       </c>
       <c r="L121" s="5"/>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A122" s="1"/>
       <c r="B122" s="1">
         <v>827883</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>417</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>418</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>419</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>420</v>
       </c>
       <c r="G122" s="2" t="s">
-        <v>360</v>
+        <v>331</v>
       </c>
       <c r="H122" s="2">
         <v>0</v>
       </c>
       <c r="I122" s="1">
         <v>0</v>
       </c>
       <c r="J122" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K122" s="2" t="str">
         <f>J122*1589.19</f>
         <v>0</v>
       </c>
       <c r="L122" s="5"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A123" s="1"/>
       <c r="B123" s="1">
         <v>827884</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>421</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>422</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>423</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>424</v>
       </c>
       <c r="G123" s="2" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="H123" s="2">
         <v>0</v>
       </c>
       <c r="I123" s="1">
         <v>0</v>
       </c>
       <c r="J123" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K123" s="2" t="str">
         <f>J123*1879.78</f>
         <v>0</v>
       </c>
       <c r="L123" s="5"/>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A124" s="1"/>
       <c r="B124" s="1">
         <v>834699</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>425</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>426</v>
       </c>
       <c r="E124" s="2" t="s">
         <v>427</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>428</v>
       </c>
       <c r="G124" s="2" t="s">
-        <v>376</v>
+        <v>331</v>
       </c>
       <c r="H124" s="2">
         <v>0</v>
       </c>
       <c r="I124" s="1">
         <v>0</v>
       </c>
       <c r="J124" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K124" s="2" t="str">
         <f>J124*3976.00</f>
         <v>0</v>
       </c>
       <c r="L124" s="5"/>
     </row>
     <row r="125" spans="1:12" outlineLevel="3">
       <c r="A125" s="9" t="s">
         <v>429</v>
       </c>
       <c r="B125" s="9"/>
       <c r="C125" s="9"/>
       <c r="D125" s="9"/>
       <c r="E125" s="9"/>
       <c r="F125" s="9"/>
@@ -14897,122 +14903,122 @@
         <v>18</v>
       </c>
       <c r="K129" s="2" t="str">
         <f>J129*1368.50</f>
         <v>0</v>
       </c>
       <c r="L129" s="5"/>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A130" s="1"/>
       <c r="B130" s="1">
         <v>890504</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>444</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>445</v>
       </c>
       <c r="E130" s="2" t="s">
         <v>446</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>447</v>
       </c>
-      <c r="G130" s="2">
-        <v>0</v>
+      <c r="G130" s="2" t="s">
+        <v>331</v>
       </c>
       <c r="H130" s="2">
         <v>0</v>
       </c>
       <c r="I130" s="1">
         <v>0</v>
       </c>
       <c r="J130" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K130" s="2" t="str">
         <f>J130*880.47</f>
         <v>0</v>
       </c>
       <c r="L130" s="5"/>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A131" s="1"/>
       <c r="B131" s="1">
         <v>890505</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>448</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>449</v>
       </c>
       <c r="E131" s="2" t="s">
         <v>450</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>451</v>
       </c>
-      <c r="G131" s="2">
-        <v>0</v>
+      <c r="G131" s="2" t="s">
+        <v>331</v>
       </c>
       <c r="H131" s="2">
         <v>0</v>
       </c>
       <c r="I131" s="1">
         <v>0</v>
       </c>
       <c r="J131" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K131" s="2" t="str">
         <f>J131*1451.32</f>
         <v>0</v>
       </c>
       <c r="L131" s="5"/>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A132" s="1"/>
       <c r="B132" s="1">
         <v>890507</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>452</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>453</v>
       </c>
       <c r="E132" s="2" t="s">
         <v>454</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>455</v>
       </c>
-      <c r="G132" s="2">
-        <v>0</v>
+      <c r="G132" s="2" t="s">
+        <v>331</v>
       </c>
       <c r="H132" s="2">
         <v>0</v>
       </c>
       <c r="I132" s="1">
         <v>0</v>
       </c>
       <c r="J132" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K132" s="2" t="str">
         <f>J132*1421.93</f>
         <v>0</v>
       </c>
       <c r="L132" s="5"/>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A133" s="1"/>
       <c r="B133" s="1">
         <v>890508</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>456</v>
       </c>
       <c r="D133" s="1" t="s">
@@ -15037,52 +15043,52 @@
         <v>18</v>
       </c>
       <c r="K133" s="2" t="str">
         <f>J133*1451.32</f>
         <v>0</v>
       </c>
       <c r="L133" s="5"/>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A134" s="1"/>
       <c r="B134" s="1">
         <v>890510</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>458</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>459</v>
       </c>
       <c r="E134" s="2" t="s">
         <v>460</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>461</v>
       </c>
-      <c r="G134" s="2">
-        <v>0</v>
+      <c r="G134" s="2" t="s">
+        <v>331</v>
       </c>
       <c r="H134" s="2">
         <v>0</v>
       </c>
       <c r="I134" s="1">
         <v>0</v>
       </c>
       <c r="J134" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K134" s="2" t="str">
         <f>J134*1144.37</f>
         <v>0</v>
       </c>
       <c r="L134" s="5"/>
     </row>
     <row r="135" spans="1:12" outlineLevel="2">
       <c r="A135" s="8" t="s">
         <v>462</v>
       </c>
       <c r="B135" s="8"/>
       <c r="C135" s="8"/>
       <c r="D135" s="8"/>
       <c r="E135" s="8"/>
       <c r="F135" s="8"/>
@@ -15105,226 +15111,226 @@
       <c r="G136" s="9"/>
       <c r="H136" s="9"/>
       <c r="I136" s="9"/>
       <c r="J136" s="9"/>
       <c r="K136" s="9"/>
       <c r="L136" s="5"/>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A137" s="1"/>
       <c r="B137" s="1">
         <v>827205</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>464</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>465</v>
       </c>
       <c r="E137" s="2" t="s">
         <v>466</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>467</v>
       </c>
       <c r="G137" s="2">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="H137" s="2">
         <v>0</v>
       </c>
       <c r="I137" s="1">
         <v>0</v>
       </c>
       <c r="J137" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K137" s="2" t="str">
         <f>J137*5301.83</f>
         <v>0</v>
       </c>
       <c r="L137" s="5"/>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A138" s="1"/>
       <c r="B138" s="1">
         <v>827206</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>468</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>469</v>
       </c>
       <c r="E138" s="2" t="s">
         <v>470</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>471</v>
       </c>
       <c r="G138" s="2">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="H138" s="2">
         <v>0</v>
       </c>
       <c r="I138" s="1">
         <v>0</v>
       </c>
       <c r="J138" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K138" s="2" t="str">
         <f>J138*2656.21</f>
         <v>0</v>
       </c>
       <c r="L138" s="5"/>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A139" s="1"/>
       <c r="B139" s="1">
         <v>827207</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>472</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>473</v>
       </c>
       <c r="E139" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>475</v>
       </c>
       <c r="G139" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H139" s="2">
         <v>0</v>
       </c>
       <c r="I139" s="1">
         <v>0</v>
       </c>
       <c r="J139" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K139" s="2" t="str">
         <f>J139*4675.24</f>
         <v>0</v>
       </c>
       <c r="L139" s="5"/>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A140" s="1"/>
       <c r="B140" s="1">
         <v>827209</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>476</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>477</v>
       </c>
       <c r="E140" s="2" t="s">
         <v>478</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>479</v>
       </c>
       <c r="G140" s="2">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="H140" s="2">
         <v>0</v>
       </c>
       <c r="I140" s="1">
         <v>0</v>
       </c>
       <c r="J140" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K140" s="2" t="str">
         <f>J140*4890.16</f>
         <v>0</v>
       </c>
       <c r="L140" s="5"/>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A141" s="1"/>
       <c r="B141" s="1">
         <v>827336</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>480</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>481</v>
       </c>
       <c r="E141" s="2" t="s">
         <v>482</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>483</v>
       </c>
       <c r="G141" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H141" s="2">
         <v>0</v>
       </c>
       <c r="I141" s="1">
         <v>0</v>
       </c>
       <c r="J141" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K141" s="2" t="str">
         <f>J141*5012.75</f>
         <v>0</v>
       </c>
       <c r="L141" s="5"/>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A142" s="1"/>
       <c r="B142" s="1">
         <v>827344</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>484</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>485</v>
       </c>
       <c r="E142" s="2" t="s">
         <v>486</v>
       </c>
       <c r="F142" s="2" t="s">
         <v>487</v>
       </c>
       <c r="G142" s="2">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="H142" s="2">
         <v>0</v>
       </c>
       <c r="I142" s="1">
         <v>0</v>
       </c>
       <c r="J142" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K142" s="2" t="str">
         <f>J142*4753.94</f>
         <v>0</v>
       </c>
       <c r="L142" s="5"/>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A143" s="1"/>
       <c r="B143" s="1">
         <v>827345</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>488</v>
       </c>
       <c r="D143" s="1" t="s">
@@ -15350,242 +15356,242 @@
       </c>
       <c r="K143" s="2" t="str">
         <f>J143*4629.83</f>
         <v>0</v>
       </c>
       <c r="L143" s="5"/>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A144" s="1"/>
       <c r="B144" s="1">
         <v>883318</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>491</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>492</v>
       </c>
       <c r="E144" s="2" t="s">
         <v>493</v>
       </c>
       <c r="F144" s="2" t="s">
         <v>494</v>
       </c>
       <c r="G144" s="2">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="H144" s="2">
         <v>0</v>
       </c>
       <c r="I144" s="1">
         <v>0</v>
       </c>
       <c r="J144" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K144" s="2" t="str">
         <f>J144*3985.08</f>
         <v>0</v>
       </c>
       <c r="L144" s="5"/>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A145" s="1"/>
       <c r="B145" s="1">
         <v>883320</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>495</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>496</v>
       </c>
       <c r="E145" s="2" t="s">
         <v>497</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>498</v>
       </c>
       <c r="G145" s="2">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="H145" s="2">
         <v>0</v>
       </c>
       <c r="I145" s="1">
         <v>0</v>
       </c>
       <c r="J145" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K145" s="2" t="str">
         <f>J145*6034.37</f>
         <v>0</v>
       </c>
       <c r="L145" s="5"/>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A146" s="1"/>
       <c r="B146" s="1">
         <v>885198</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>499</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>500</v>
       </c>
       <c r="E146" s="2" t="s">
         <v>501</v>
       </c>
       <c r="F146" s="2" t="s">
         <v>498</v>
       </c>
       <c r="G146" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H146" s="2">
         <v>0</v>
       </c>
       <c r="I146" s="1">
         <v>0</v>
       </c>
       <c r="J146" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K146" s="2" t="str">
         <f>J146*6034.37</f>
         <v>0</v>
       </c>
       <c r="L146" s="5"/>
     </row>
     <row r="147" spans="1:12" outlineLevel="3">
       <c r="A147" s="9" t="s">
         <v>502</v>
       </c>
       <c r="B147" s="9"/>
       <c r="C147" s="9"/>
       <c r="D147" s="9"/>
       <c r="E147" s="9"/>
       <c r="F147" s="9"/>
       <c r="G147" s="9"/>
       <c r="H147" s="9"/>
       <c r="I147" s="9"/>
       <c r="J147" s="9"/>
       <c r="K147" s="9"/>
       <c r="L147" s="5"/>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A148" s="1"/>
       <c r="B148" s="1">
         <v>827270</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>503</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>504</v>
       </c>
       <c r="E148" s="2" t="s">
         <v>505</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>506</v>
       </c>
       <c r="G148" s="2">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H148" s="2">
         <v>0</v>
       </c>
       <c r="I148" s="1">
         <v>0</v>
       </c>
       <c r="J148" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K148" s="2" t="str">
         <f>J148*2551.78</f>
         <v>0</v>
       </c>
       <c r="L148" s="5"/>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A149" s="1"/>
       <c r="B149" s="1">
         <v>827271</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>507</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>508</v>
       </c>
       <c r="E149" s="2" t="s">
         <v>509</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>510</v>
       </c>
       <c r="G149" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H149" s="2">
         <v>0</v>
       </c>
       <c r="I149" s="1">
         <v>0</v>
       </c>
       <c r="J149" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K149" s="2" t="str">
         <f>J149*1973.62</f>
         <v>0</v>
       </c>
       <c r="L149" s="5"/>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A150" s="1"/>
       <c r="B150" s="1">
         <v>827274</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>511</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>512</v>
       </c>
       <c r="E150" s="2" t="s">
         <v>513</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>514</v>
       </c>
       <c r="G150" s="2" t="s">
-        <v>360</v>
+        <v>331</v>
       </c>
       <c r="H150" s="2">
         <v>0</v>
       </c>
       <c r="I150" s="1">
         <v>0</v>
       </c>
       <c r="J150" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K150" s="2" t="str">
         <f>J150*5198.91</f>
         <v>0</v>
       </c>
       <c r="L150" s="5"/>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A151" s="1"/>
       <c r="B151" s="1">
         <v>882095</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>515</v>
       </c>
       <c r="D151" s="1" t="s">
@@ -15611,137 +15617,137 @@
       </c>
       <c r="K151" s="2" t="str">
         <f>J151*3167.78</f>
         <v>0</v>
       </c>
       <c r="L151" s="5"/>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A152" s="1"/>
       <c r="B152" s="1">
         <v>834698</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>519</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>520</v>
       </c>
       <c r="E152" s="2" t="s">
         <v>521</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G152" s="2">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="H152" s="2">
         <v>0</v>
       </c>
       <c r="I152" s="1">
         <v>0</v>
       </c>
       <c r="J152" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K152" s="2" t="str">
         <f>J152*5775.56</f>
         <v>0</v>
       </c>
       <c r="L152" s="5"/>
     </row>
     <row r="153" spans="1:12" outlineLevel="3">
       <c r="A153" s="9" t="s">
         <v>523</v>
       </c>
       <c r="B153" s="9"/>
       <c r="C153" s="9"/>
       <c r="D153" s="9"/>
       <c r="E153" s="9"/>
       <c r="F153" s="9"/>
       <c r="G153" s="9"/>
       <c r="H153" s="9"/>
       <c r="I153" s="9"/>
       <c r="J153" s="9"/>
       <c r="K153" s="9"/>
       <c r="L153" s="5"/>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A154" s="1"/>
       <c r="B154" s="1">
         <v>827083</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>524</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>525</v>
       </c>
       <c r="E154" s="2" t="s">
         <v>526</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>527</v>
       </c>
       <c r="G154" s="2" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="H154" s="2">
         <v>0</v>
       </c>
       <c r="I154" s="1">
         <v>0</v>
       </c>
       <c r="J154" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K154" s="2" t="str">
         <f>J154*2570.28</f>
         <v>0</v>
       </c>
       <c r="L154" s="5"/>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A155" s="1"/>
       <c r="B155" s="1">
         <v>827084</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>528</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>529</v>
       </c>
       <c r="E155" s="2" t="s">
         <v>530</v>
       </c>
       <c r="F155" s="2" t="s">
         <v>527</v>
       </c>
-      <c r="G155" s="2">
-        <v>8</v>
+      <c r="G155" s="2" t="s">
+        <v>331</v>
       </c>
       <c r="H155" s="2">
         <v>0</v>
       </c>
       <c r="I155" s="1">
         <v>0</v>
       </c>
       <c r="J155" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K155" s="2" t="str">
         <f>J155*2570.28</f>
         <v>0</v>
       </c>
       <c r="L155" s="5"/>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A156" s="1"/>
       <c r="B156" s="1">
         <v>827085</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>531</v>
       </c>
       <c r="D156" s="1" t="s">
@@ -15802,51 +15808,51 @@
       </c>
       <c r="K157" s="2" t="str">
         <f>J157*0.00</f>
         <v>0</v>
       </c>
       <c r="L157" s="5"/>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A158" s="1"/>
       <c r="B158" s="1">
         <v>827087</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>537</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>538</v>
       </c>
       <c r="E158" s="2" t="s">
         <v>539</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>540</v>
       </c>
       <c r="G158" s="2" t="s">
-        <v>360</v>
+        <v>331</v>
       </c>
       <c r="H158" s="2">
         <v>0</v>
       </c>
       <c r="I158" s="1">
         <v>0</v>
       </c>
       <c r="J158" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K158" s="2" t="str">
         <f>J158*3982.05</f>
         <v>0</v>
       </c>
       <c r="L158" s="5"/>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A159" s="1"/>
       <c r="B159" s="1">
         <v>827088</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>541</v>
       </c>
       <c r="D159" s="1" t="s">
@@ -15871,52 +15877,52 @@
         <v>18</v>
       </c>
       <c r="K159" s="2" t="str">
         <f>J159*0.00</f>
         <v>0</v>
       </c>
       <c r="L159" s="5"/>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A160" s="1"/>
       <c r="B160" s="1">
         <v>827091</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>544</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>545</v>
       </c>
       <c r="E160" s="2" t="s">
         <v>546</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>547</v>
       </c>
-      <c r="G160" s="2">
-        <v>1</v>
+      <c r="G160" s="2" t="s">
+        <v>331</v>
       </c>
       <c r="H160" s="2">
         <v>0</v>
       </c>
       <c r="I160" s="1">
         <v>0</v>
       </c>
       <c r="J160" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K160" s="2" t="str">
         <f>J160*2715.55</f>
         <v>0</v>
       </c>
       <c r="L160" s="5"/>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A161" s="1"/>
       <c r="B161" s="1">
         <v>827092</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>548</v>
       </c>
       <c r="D161" s="1" t="s">
@@ -15941,52 +15947,52 @@
         <v>18</v>
       </c>
       <c r="K161" s="2" t="str">
         <f>J161*0.00</f>
         <v>0</v>
       </c>
       <c r="L161" s="5"/>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A162" s="1"/>
       <c r="B162" s="1">
         <v>827093</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>551</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>552</v>
       </c>
       <c r="E162" s="2" t="s">
         <v>553</v>
       </c>
       <c r="F162" s="2" t="s">
         <v>554</v>
       </c>
-      <c r="G162" s="2">
-        <v>9</v>
+      <c r="G162" s="2" t="s">
+        <v>331</v>
       </c>
       <c r="H162" s="2">
         <v>0</v>
       </c>
       <c r="I162" s="1">
         <v>0</v>
       </c>
       <c r="J162" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K162" s="2" t="str">
         <f>J162*3717.19</f>
         <v>0</v>
       </c>
       <c r="L162" s="5"/>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A163" s="1"/>
       <c r="B163" s="1">
         <v>827094</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>555</v>
       </c>
       <c r="D163" s="1" t="s">
@@ -16012,86 +16018,86 @@
       </c>
       <c r="K163" s="2" t="str">
         <f>J163*3717.19</f>
         <v>0</v>
       </c>
       <c r="L163" s="5"/>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A164" s="1"/>
       <c r="B164" s="1">
         <v>827095</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>558</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>559</v>
       </c>
       <c r="E164" s="2" t="s">
         <v>560</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>561</v>
       </c>
       <c r="G164" s="2" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="H164" s="2">
         <v>0</v>
       </c>
       <c r="I164" s="1">
         <v>0</v>
       </c>
       <c r="J164" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K164" s="2" t="str">
         <f>J164*3711.87</f>
         <v>0</v>
       </c>
       <c r="L164" s="5"/>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A165" s="1"/>
       <c r="B165" s="1">
         <v>827096</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>562</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>563</v>
       </c>
       <c r="E165" s="2" t="s">
         <v>564</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>561</v>
       </c>
-      <c r="G165" s="2">
-        <v>9</v>
+      <c r="G165" s="2" t="s">
+        <v>331</v>
       </c>
       <c r="H165" s="2">
         <v>0</v>
       </c>
       <c r="I165" s="1">
         <v>0</v>
       </c>
       <c r="J165" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K165" s="2" t="str">
         <f>J165*3711.87</f>
         <v>0</v>
       </c>
       <c r="L165" s="5"/>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A166" s="1"/>
       <c r="B166" s="1">
         <v>827097</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>565</v>
       </c>
       <c r="D166" s="1" t="s">
@@ -16292,51 +16298,51 @@
       </c>
       <c r="K171" s="2" t="str">
         <f>J171*6203.54</f>
         <v>0</v>
       </c>
       <c r="L171" s="5"/>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A172" s="1"/>
       <c r="B172" s="1">
         <v>827106</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>586</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>587</v>
       </c>
       <c r="E172" s="2" t="s">
         <v>588</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>589</v>
       </c>
       <c r="G172" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H172" s="2">
         <v>0</v>
       </c>
       <c r="I172" s="1">
         <v>0</v>
       </c>
       <c r="J172" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K172" s="2" t="str">
         <f>J172*2828.33</f>
         <v>0</v>
       </c>
       <c r="L172" s="5"/>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A173" s="1"/>
       <c r="B173" s="1">
         <v>827107</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>590</v>
       </c>
       <c r="D173" s="1" t="s">
@@ -16362,86 +16368,86 @@
       </c>
       <c r="K173" s="2" t="str">
         <f>J173*0.00</f>
         <v>0</v>
       </c>
       <c r="L173" s="5"/>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A174" s="1"/>
       <c r="B174" s="1">
         <v>827109</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>593</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>594</v>
       </c>
       <c r="E174" s="2" t="s">
         <v>595</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>596</v>
       </c>
       <c r="G174" s="2">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H174" s="2">
         <v>0</v>
       </c>
       <c r="I174" s="1">
         <v>0</v>
       </c>
       <c r="J174" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K174" s="2" t="str">
         <f>J174*3769.58</f>
         <v>0</v>
       </c>
       <c r="L174" s="5"/>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A175" s="1"/>
       <c r="B175" s="1">
         <v>827110</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>597</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>598</v>
       </c>
       <c r="E175" s="2" t="s">
         <v>599</v>
       </c>
       <c r="F175" s="2" t="s">
         <v>600</v>
       </c>
       <c r="G175" s="2">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="H175" s="2">
         <v>0</v>
       </c>
       <c r="I175" s="1">
         <v>0</v>
       </c>
       <c r="J175" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K175" s="2" t="str">
         <f>J175*2828.34</f>
         <v>0</v>
       </c>
       <c r="L175" s="5"/>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A176" s="1"/>
       <c r="B176" s="1">
         <v>827111</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>601</v>
       </c>
       <c r="D176" s="1" t="s">
@@ -16467,121 +16473,121 @@
       </c>
       <c r="K176" s="2" t="str">
         <f>J176*0.00</f>
         <v>0</v>
       </c>
       <c r="L176" s="5"/>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A177" s="1"/>
       <c r="B177" s="1">
         <v>827113</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>604</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>605</v>
       </c>
       <c r="E177" s="2" t="s">
         <v>606</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>596</v>
       </c>
       <c r="G177" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H177" s="2">
         <v>0</v>
       </c>
       <c r="I177" s="1">
         <v>0</v>
       </c>
       <c r="J177" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K177" s="2" t="str">
         <f>J177*3769.58</f>
         <v>0</v>
       </c>
       <c r="L177" s="5"/>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A178" s="1"/>
       <c r="B178" s="1">
         <v>827114</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>607</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>608</v>
       </c>
       <c r="E178" s="2" t="s">
         <v>609</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>610</v>
       </c>
-      <c r="G178" s="2">
-        <v>7</v>
+      <c r="G178" s="2" t="s">
+        <v>331</v>
       </c>
       <c r="H178" s="2">
         <v>0</v>
       </c>
       <c r="I178" s="1">
         <v>0</v>
       </c>
       <c r="J178" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K178" s="2" t="str">
         <f>J178*2427.67</f>
         <v>0</v>
       </c>
       <c r="L178" s="5"/>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A179" s="1"/>
       <c r="B179" s="1">
         <v>827126</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>611</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>612</v>
       </c>
       <c r="E179" s="2" t="s">
         <v>613</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>614</v>
       </c>
       <c r="G179" s="2" t="s">
-        <v>360</v>
+        <v>331</v>
       </c>
       <c r="H179" s="2">
         <v>0</v>
       </c>
       <c r="I179" s="1">
         <v>0</v>
       </c>
       <c r="J179" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K179" s="2" t="str">
         <f>J179*3285.83</f>
         <v>0</v>
       </c>
       <c r="L179" s="5"/>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A180" s="1"/>
       <c r="B180" s="1">
         <v>827128</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>615</v>
       </c>
       <c r="D180" s="1" t="s">
@@ -16606,122 +16612,122 @@
         <v>18</v>
       </c>
       <c r="K180" s="2" t="str">
         <f>J180*6166.05</f>
         <v>0</v>
       </c>
       <c r="L180" s="5"/>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A181" s="1"/>
       <c r="B181" s="1">
         <v>827130</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>619</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>620</v>
       </c>
       <c r="E181" s="2" t="s">
         <v>621</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>622</v>
       </c>
-      <c r="G181" s="2">
-        <v>6</v>
+      <c r="G181" s="2" t="s">
+        <v>331</v>
       </c>
       <c r="H181" s="2">
         <v>0</v>
       </c>
       <c r="I181" s="1">
         <v>0</v>
       </c>
       <c r="J181" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K181" s="2" t="str">
         <f>J181*4028.97</f>
         <v>0</v>
       </c>
       <c r="L181" s="5"/>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A182" s="1"/>
       <c r="B182" s="1">
         <v>827131</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>623</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>624</v>
       </c>
       <c r="E182" s="2" t="s">
         <v>625</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>626</v>
       </c>
-      <c r="G182" s="2">
-        <v>3</v>
+      <c r="G182" s="2" t="s">
+        <v>331</v>
       </c>
       <c r="H182" s="2">
         <v>0</v>
       </c>
       <c r="I182" s="1">
         <v>0</v>
       </c>
       <c r="J182" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K182" s="2" t="str">
         <f>J182*5481.94</f>
         <v>0</v>
       </c>
       <c r="L182" s="5"/>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A183" s="1"/>
       <c r="B183" s="1">
         <v>827132</v>
       </c>
       <c r="C183" s="1" t="s">
         <v>627</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>628</v>
       </c>
       <c r="E183" s="2" t="s">
         <v>629</v>
       </c>
       <c r="F183" s="2" t="s">
         <v>626</v>
       </c>
-      <c r="G183" s="2" t="s">
-        <v>360</v>
+      <c r="G183" s="2">
+        <v>9</v>
       </c>
       <c r="H183" s="2">
         <v>0</v>
       </c>
       <c r="I183" s="1">
         <v>0</v>
       </c>
       <c r="J183" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K183" s="2" t="str">
         <f>J183*5481.94</f>
         <v>0</v>
       </c>
       <c r="L183" s="5"/>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A184" s="1"/>
       <c r="B184" s="1">
         <v>827136</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>630</v>
       </c>
       <c r="D184" s="1" t="s">
@@ -16922,51 +16928,51 @@
       </c>
       <c r="K189" s="2" t="str">
         <f>J189*0.00</f>
         <v>0</v>
       </c>
       <c r="L189" s="5"/>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A190" s="1"/>
       <c r="B190" s="1">
         <v>827149</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>648</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>649</v>
       </c>
       <c r="E190" s="2" t="s">
         <v>650</v>
       </c>
       <c r="F190" s="2" t="s">
         <v>651</v>
       </c>
       <c r="G190" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H190" s="2">
         <v>0</v>
       </c>
       <c r="I190" s="1">
         <v>0</v>
       </c>
       <c r="J190" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K190" s="2" t="str">
         <f>J190*2899.89</f>
         <v>0</v>
       </c>
       <c r="L190" s="5"/>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A191" s="1"/>
       <c r="B191" s="1">
         <v>827151</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>652</v>
       </c>
       <c r="D191" s="1" t="s">
@@ -16992,226 +16998,226 @@
       </c>
       <c r="K191" s="2" t="str">
         <f>J191*5917.83</f>
         <v>0</v>
       </c>
       <c r="L191" s="5"/>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A192" s="1"/>
       <c r="B192" s="1">
         <v>827154</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>656</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>657</v>
       </c>
       <c r="E192" s="2" t="s">
         <v>658</v>
       </c>
       <c r="F192" s="2" t="s">
         <v>659</v>
       </c>
       <c r="G192" s="2">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="H192" s="2">
         <v>0</v>
       </c>
       <c r="I192" s="1">
         <v>0</v>
       </c>
       <c r="J192" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K192" s="2" t="str">
         <f>J192*5359.35</f>
         <v>0</v>
       </c>
       <c r="L192" s="5"/>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A193" s="1"/>
       <c r="B193" s="1">
         <v>827164</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>660</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>661</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>662</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>663</v>
       </c>
-      <c r="G193" s="2">
-        <v>10</v>
+      <c r="G193" s="2" t="s">
+        <v>361</v>
       </c>
       <c r="H193" s="2">
         <v>0</v>
       </c>
       <c r="I193" s="1">
         <v>0</v>
       </c>
       <c r="J193" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K193" s="2" t="str">
         <f>J193*2342.92</f>
         <v>0</v>
       </c>
       <c r="L193" s="5"/>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A194" s="1"/>
       <c r="B194" s="1">
         <v>827166</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>664</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>665</v>
       </c>
       <c r="E194" s="2" t="s">
         <v>666</v>
       </c>
       <c r="F194" s="2" t="s">
         <v>667</v>
       </c>
-      <c r="G194" s="2">
-        <v>8</v>
+      <c r="G194" s="2" t="s">
+        <v>331</v>
       </c>
       <c r="H194" s="2">
         <v>0</v>
       </c>
       <c r="I194" s="1">
         <v>0</v>
       </c>
       <c r="J194" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K194" s="2" t="str">
         <f>J194*4006.27</f>
         <v>0</v>
       </c>
       <c r="L194" s="5"/>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A195" s="1"/>
       <c r="B195" s="1">
         <v>827170</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>668</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>669</v>
       </c>
       <c r="E195" s="2" t="s">
         <v>670</v>
       </c>
       <c r="F195" s="2" t="s">
         <v>671</v>
       </c>
       <c r="G195" s="2" t="s">
-        <v>376</v>
+        <v>361</v>
       </c>
       <c r="H195" s="2">
         <v>0</v>
       </c>
       <c r="I195" s="1">
         <v>0</v>
       </c>
       <c r="J195" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K195" s="2" t="str">
         <f>J195*3691.46</f>
         <v>0</v>
       </c>
       <c r="L195" s="5"/>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A196" s="1"/>
       <c r="B196" s="1">
         <v>827172</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>672</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>673</v>
       </c>
       <c r="E196" s="2" t="s">
         <v>674</v>
       </c>
       <c r="F196" s="2" t="s">
         <v>675</v>
       </c>
       <c r="G196" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H196" s="2">
         <v>0</v>
       </c>
       <c r="I196" s="1">
         <v>0</v>
       </c>
       <c r="J196" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K196" s="2" t="str">
         <f>J196*2657.73</f>
         <v>0</v>
       </c>
       <c r="L196" s="5"/>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A197" s="1"/>
       <c r="B197" s="1">
         <v>827174</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>676</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>677</v>
       </c>
       <c r="E197" s="2" t="s">
         <v>678</v>
       </c>
       <c r="F197" s="2" t="s">
         <v>679</v>
       </c>
-      <c r="G197" s="2" t="s">
-        <v>360</v>
+      <c r="G197" s="2">
+        <v>10</v>
       </c>
       <c r="H197" s="2">
         <v>0</v>
       </c>
       <c r="I197" s="1">
         <v>0</v>
       </c>
       <c r="J197" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K197" s="2" t="str">
         <f>J197*5382.05</f>
         <v>0</v>
       </c>
       <c r="L197" s="5"/>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A198" s="1"/>
       <c r="B198" s="1">
         <v>827183</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>680</v>
       </c>
       <c r="D198" s="1" t="s">
@@ -17271,87 +17277,87 @@
         <v>18</v>
       </c>
       <c r="K199" s="2" t="str">
         <f>J199*5224.64</f>
         <v>0</v>
       </c>
       <c r="L199" s="5"/>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A200" s="1"/>
       <c r="B200" s="1">
         <v>827185</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>688</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>689</v>
       </c>
       <c r="E200" s="2" t="s">
         <v>690</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>691</v>
       </c>
-      <c r="G200" s="2" t="s">
-        <v>360</v>
+      <c r="G200" s="2">
+        <v>10</v>
       </c>
       <c r="H200" s="2">
         <v>0</v>
       </c>
       <c r="I200" s="1">
         <v>0</v>
       </c>
       <c r="J200" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K200" s="2" t="str">
         <f>J200*3045.19</f>
         <v>0</v>
       </c>
       <c r="L200" s="5"/>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A201" s="1"/>
       <c r="B201" s="1">
         <v>827187</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>692</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>693</v>
       </c>
       <c r="E201" s="2" t="s">
         <v>694</v>
       </c>
       <c r="F201" s="2" t="s">
         <v>695</v>
       </c>
       <c r="G201" s="2">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="H201" s="2">
         <v>0</v>
       </c>
       <c r="I201" s="1">
         <v>0</v>
       </c>
       <c r="J201" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K201" s="2" t="str">
         <f>J201*5283.67</f>
         <v>0</v>
       </c>
       <c r="L201" s="5"/>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A202" s="1"/>
       <c r="B202" s="1">
         <v>827190</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>696</v>
       </c>
       <c r="D202" s="1" t="s">
@@ -17377,86 +17383,86 @@
       </c>
       <c r="K202" s="2" t="str">
         <f>J202*5173.18</f>
         <v>0</v>
       </c>
       <c r="L202" s="5"/>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A203" s="1"/>
       <c r="B203" s="1">
         <v>827191</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>700</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>701</v>
       </c>
       <c r="E203" s="2" t="s">
         <v>702</v>
       </c>
       <c r="F203" s="2" t="s">
         <v>703</v>
       </c>
       <c r="G203" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H203" s="2">
         <v>0</v>
       </c>
       <c r="I203" s="1">
         <v>0</v>
       </c>
       <c r="J203" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K203" s="2" t="str">
         <f>J203*5861.83</f>
         <v>0</v>
       </c>
       <c r="L203" s="5"/>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A204" s="1"/>
       <c r="B204" s="1">
         <v>827193</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>704</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>705</v>
       </c>
       <c r="E204" s="2" t="s">
         <v>706</v>
       </c>
       <c r="F204" s="2" t="s">
         <v>691</v>
       </c>
-      <c r="G204" s="2" t="s">
-        <v>360</v>
+      <c r="G204" s="2">
+        <v>5</v>
       </c>
       <c r="H204" s="2">
         <v>0</v>
       </c>
       <c r="I204" s="1">
         <v>0</v>
       </c>
       <c r="J204" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K204" s="2" t="str">
         <f>J204*3045.19</f>
         <v>0</v>
       </c>
       <c r="L204" s="5"/>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A205" s="1"/>
       <c r="B205" s="1">
         <v>827194</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>707</v>
       </c>
       <c r="D205" s="1" t="s">
@@ -17482,331 +17488,331 @@
       </c>
       <c r="K205" s="2" t="str">
         <f>J205*4914.37</f>
         <v>0</v>
       </c>
       <c r="L205" s="5"/>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A206" s="1"/>
       <c r="B206" s="1">
         <v>827197</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>711</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>712</v>
       </c>
       <c r="E206" s="2" t="s">
         <v>713</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>714</v>
       </c>
       <c r="G206" s="2">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="H206" s="2">
         <v>0</v>
       </c>
       <c r="I206" s="1">
         <v>0</v>
       </c>
       <c r="J206" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K206" s="2" t="str">
         <f>J206*3462.92</f>
         <v>0</v>
       </c>
       <c r="L206" s="5"/>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A207" s="1"/>
       <c r="B207" s="1">
         <v>827198</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>715</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>716</v>
       </c>
       <c r="E207" s="2" t="s">
         <v>717</v>
       </c>
       <c r="F207" s="2" t="s">
         <v>718</v>
       </c>
       <c r="G207" s="2">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="H207" s="2">
         <v>0</v>
       </c>
       <c r="I207" s="1">
         <v>0</v>
       </c>
       <c r="J207" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K207" s="2" t="str">
         <f>J207*4287.78</f>
         <v>0</v>
       </c>
       <c r="L207" s="5"/>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A208" s="1"/>
       <c r="B208" s="1">
         <v>827199</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>719</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>720</v>
       </c>
       <c r="E208" s="2" t="s">
         <v>721</v>
       </c>
       <c r="F208" s="2" t="s">
         <v>722</v>
       </c>
-      <c r="G208" s="2">
-        <v>2</v>
+      <c r="G208" s="2" t="s">
+        <v>331</v>
       </c>
       <c r="H208" s="2">
         <v>0</v>
       </c>
       <c r="I208" s="1">
         <v>0</v>
       </c>
       <c r="J208" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K208" s="2" t="str">
         <f>J208*4896.21</f>
         <v>0</v>
       </c>
       <c r="L208" s="5"/>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A209" s="1"/>
       <c r="B209" s="1">
         <v>827201</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>723</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>724</v>
       </c>
       <c r="E209" s="2" t="s">
         <v>725</v>
       </c>
       <c r="F209" s="2" t="s">
         <v>726</v>
       </c>
       <c r="G209" s="2" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="H209" s="2">
         <v>0</v>
       </c>
       <c r="I209" s="1">
         <v>0</v>
       </c>
       <c r="J209" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K209" s="2" t="str">
         <f>J209*2457.94</f>
         <v>0</v>
       </c>
       <c r="L209" s="5"/>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A210" s="1"/>
       <c r="B210" s="1">
         <v>827204</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>727</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>728</v>
       </c>
       <c r="E210" s="2" t="s">
         <v>729</v>
       </c>
       <c r="F210" s="2" t="s">
         <v>730</v>
       </c>
-      <c r="G210" s="2">
-        <v>0</v>
+      <c r="G210" s="2" t="s">
+        <v>331</v>
       </c>
       <c r="H210" s="2">
         <v>0</v>
       </c>
       <c r="I210" s="1">
         <v>0</v>
       </c>
       <c r="J210" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K210" s="2" t="str">
         <f>J210*2211.24</f>
         <v>0</v>
       </c>
       <c r="L210" s="5"/>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A211" s="1"/>
       <c r="B211" s="1">
         <v>827211</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>731</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>732</v>
       </c>
       <c r="E211" s="2" t="s">
         <v>733</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>734</v>
       </c>
       <c r="G211" s="2" t="s">
-        <v>360</v>
+        <v>331</v>
       </c>
       <c r="H211" s="2">
         <v>0</v>
       </c>
       <c r="I211" s="1">
         <v>0</v>
       </c>
       <c r="J211" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K211" s="2" t="str">
         <f>J211*2084.11</f>
         <v>0</v>
       </c>
       <c r="L211" s="5"/>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A212" s="1"/>
       <c r="B212" s="1">
         <v>827214</v>
       </c>
       <c r="C212" s="1" t="s">
         <v>735</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>736</v>
       </c>
       <c r="E212" s="2" t="s">
         <v>737</v>
       </c>
       <c r="F212" s="2" t="s">
         <v>738</v>
       </c>
-      <c r="G212" s="2">
-        <v>0</v>
+      <c r="G212" s="2" t="s">
+        <v>331</v>
       </c>
       <c r="H212" s="2">
         <v>0</v>
       </c>
       <c r="I212" s="1">
         <v>0</v>
       </c>
       <c r="J212" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K212" s="2" t="str">
         <f>J212*3721.73</f>
         <v>0</v>
       </c>
       <c r="L212" s="5"/>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A213" s="1"/>
       <c r="B213" s="1">
         <v>827217</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>739</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>740</v>
       </c>
       <c r="E213" s="2" t="s">
         <v>741</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>742</v>
       </c>
-      <c r="G213" s="2">
-        <v>0</v>
+      <c r="G213" s="2" t="s">
+        <v>331</v>
       </c>
       <c r="H213" s="2">
         <v>0</v>
       </c>
       <c r="I213" s="1">
         <v>0</v>
       </c>
       <c r="J213" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K213" s="2" t="str">
         <f>J213*2221.84</f>
         <v>0</v>
       </c>
       <c r="L213" s="5"/>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A214" s="1"/>
       <c r="B214" s="1">
         <v>827219</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>743</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>744</v>
       </c>
       <c r="E214" s="2" t="s">
         <v>745</v>
       </c>
       <c r="F214" s="2" t="s">
         <v>746</v>
       </c>
       <c r="G214" s="2" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="H214" s="2">
         <v>0</v>
       </c>
       <c r="I214" s="1">
         <v>0</v>
       </c>
       <c r="J214" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K214" s="2" t="str">
         <f>J214*2886.27</f>
         <v>0</v>
       </c>
       <c r="L214" s="5"/>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A215" s="1"/>
       <c r="B215" s="1">
         <v>827220</v>
       </c>
       <c r="C215" s="1" t="s">
         <v>747</v>
       </c>
       <c r="D215" s="1" t="s">
@@ -17832,1486 +17838,1486 @@
       </c>
       <c r="K215" s="2" t="str">
         <f>J215*2886.27</f>
         <v>0</v>
       </c>
       <c r="L215" s="5"/>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A216" s="1"/>
       <c r="B216" s="1">
         <v>827222</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>750</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>751</v>
       </c>
       <c r="E216" s="2" t="s">
         <v>752</v>
       </c>
       <c r="F216" s="2" t="s">
         <v>753</v>
       </c>
       <c r="G216" s="2" t="s">
-        <v>376</v>
+        <v>361</v>
       </c>
       <c r="H216" s="2">
         <v>0</v>
       </c>
       <c r="I216" s="1">
         <v>0</v>
       </c>
       <c r="J216" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K216" s="2" t="str">
         <f>J216*3067.89</f>
         <v>0</v>
       </c>
       <c r="L216" s="5"/>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A217" s="1"/>
       <c r="B217" s="1">
         <v>827224</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>754</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>755</v>
       </c>
       <c r="E217" s="2" t="s">
         <v>756</v>
       </c>
       <c r="F217" s="2" t="s">
         <v>757</v>
       </c>
       <c r="G217" s="2" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="H217" s="2">
         <v>0</v>
       </c>
       <c r="I217" s="1">
         <v>0</v>
       </c>
       <c r="J217" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K217" s="2" t="str">
         <f>J217*3497.73</f>
         <v>0</v>
       </c>
       <c r="L217" s="5"/>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A218" s="1"/>
       <c r="B218" s="1">
         <v>827225</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>758</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>759</v>
       </c>
       <c r="E218" s="2" t="s">
         <v>760</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>757</v>
       </c>
       <c r="G218" s="2" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="H218" s="2">
         <v>0</v>
       </c>
       <c r="I218" s="1">
         <v>0</v>
       </c>
       <c r="J218" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K218" s="2" t="str">
         <f>J218*3497.73</f>
         <v>0</v>
       </c>
       <c r="L218" s="5"/>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A219" s="1"/>
       <c r="B219" s="1">
         <v>827226</v>
       </c>
       <c r="C219" s="1" t="s">
         <v>761</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>762</v>
       </c>
       <c r="E219" s="2" t="s">
         <v>763</v>
       </c>
       <c r="F219" s="2" t="s">
         <v>757</v>
       </c>
-      <c r="G219" s="2">
-        <v>8</v>
+      <c r="G219" s="2" t="s">
+        <v>331</v>
       </c>
       <c r="H219" s="2">
         <v>0</v>
       </c>
       <c r="I219" s="1">
         <v>0</v>
       </c>
       <c r="J219" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K219" s="2" t="str">
         <f>J219*3497.73</f>
         <v>0</v>
       </c>
       <c r="L219" s="5"/>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A220" s="1"/>
       <c r="B220" s="1">
         <v>827286</v>
       </c>
       <c r="C220" s="1" t="s">
         <v>764</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>765</v>
       </c>
       <c r="E220" s="2" t="s">
         <v>766</v>
       </c>
       <c r="F220" s="2" t="s">
         <v>767</v>
       </c>
       <c r="G220" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H220" s="2">
         <v>0</v>
       </c>
       <c r="I220" s="1">
         <v>0</v>
       </c>
       <c r="J220" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K220" s="2" t="str">
         <f>J220*4089.51</f>
         <v>0</v>
       </c>
       <c r="L220" s="5"/>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A221" s="1"/>
       <c r="B221" s="1">
         <v>827287</v>
       </c>
       <c r="C221" s="1" t="s">
         <v>768</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>769</v>
       </c>
       <c r="E221" s="2" t="s">
         <v>770</v>
       </c>
       <c r="F221" s="2" t="s">
         <v>771</v>
       </c>
       <c r="G221" s="2" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="H221" s="2">
         <v>0</v>
       </c>
       <c r="I221" s="1">
         <v>0</v>
       </c>
       <c r="J221" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K221" s="2" t="str">
         <f>J221*1999.35</f>
         <v>0</v>
       </c>
       <c r="L221" s="5"/>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A222" s="1"/>
       <c r="B222" s="1">
         <v>827288</v>
       </c>
       <c r="C222" s="1" t="s">
         <v>772</v>
       </c>
       <c r="D222" s="1" t="s">
         <v>773</v>
       </c>
       <c r="E222" s="2" t="s">
         <v>774</v>
       </c>
       <c r="F222" s="2" t="s">
         <v>775</v>
       </c>
       <c r="G222" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H222" s="2">
         <v>0</v>
       </c>
       <c r="I222" s="1">
         <v>0</v>
       </c>
       <c r="J222" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K222" s="2" t="str">
         <f>J222*3257.08</f>
         <v>0</v>
       </c>
       <c r="L222" s="5"/>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A223" s="1"/>
       <c r="B223" s="1">
         <v>827292</v>
       </c>
       <c r="C223" s="1" t="s">
         <v>776</v>
       </c>
       <c r="D223" s="1" t="s">
         <v>777</v>
       </c>
       <c r="E223" s="2" t="s">
         <v>778</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>779</v>
       </c>
       <c r="G223" s="2" t="s">
-        <v>376</v>
+        <v>361</v>
       </c>
       <c r="H223" s="2">
         <v>0</v>
       </c>
       <c r="I223" s="1">
         <v>0</v>
       </c>
       <c r="J223" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K223" s="2" t="str">
         <f>J223*2787.89</f>
         <v>0</v>
       </c>
       <c r="L223" s="5"/>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A224" s="1"/>
       <c r="B224" s="1">
         <v>827293</v>
       </c>
       <c r="C224" s="1" t="s">
         <v>780</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>781</v>
       </c>
       <c r="E224" s="2" t="s">
         <v>782</v>
       </c>
       <c r="F224" s="2" t="s">
         <v>779</v>
       </c>
       <c r="G224" s="2" t="s">
-        <v>376</v>
+        <v>783</v>
       </c>
       <c r="H224" s="2">
         <v>0</v>
       </c>
       <c r="I224" s="1">
         <v>0</v>
       </c>
       <c r="J224" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K224" s="2" t="str">
         <f>J224*2787.89</f>
         <v>0</v>
       </c>
       <c r="L224" s="5"/>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A225" s="1"/>
       <c r="B225" s="1">
         <v>827294</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="E225" s="2" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="F225" s="2" t="s">
         <v>779</v>
       </c>
       <c r="G225" s="2" t="s">
-        <v>360</v>
+        <v>787</v>
       </c>
       <c r="H225" s="2">
         <v>0</v>
       </c>
       <c r="I225" s="1">
         <v>0</v>
       </c>
       <c r="J225" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K225" s="2" t="str">
         <f>J225*2787.89</f>
         <v>0</v>
       </c>
       <c r="L225" s="5"/>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A226" s="1"/>
       <c r="B226" s="1">
         <v>827297</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="E226" s="2" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="G226" s="2" t="s">
-        <v>360</v>
+        <v>331</v>
       </c>
       <c r="H226" s="2">
         <v>0</v>
       </c>
       <c r="I226" s="1">
         <v>0</v>
       </c>
       <c r="J226" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K226" s="2" t="str">
         <f>J226*2635.02</f>
         <v>0</v>
       </c>
       <c r="L226" s="5"/>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A227" s="1"/>
       <c r="B227" s="1">
         <v>827298</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="D227" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="E227" s="2" t="s">
+        <v>794</v>
+      </c>
+      <c r="F227" s="2" t="s">
         <v>791</v>
       </c>
-      <c r="E227" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G227" s="2" t="s">
-        <v>376</v>
+        <v>361</v>
       </c>
       <c r="H227" s="2">
         <v>0</v>
       </c>
       <c r="I227" s="1">
         <v>0</v>
       </c>
       <c r="J227" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K227" s="2" t="str">
         <f>J227*2635.02</f>
         <v>0</v>
       </c>
       <c r="L227" s="5"/>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A228" s="1"/>
       <c r="B228" s="1">
         <v>827299</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="E228" s="2" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="G228" s="2" t="s">
-        <v>360</v>
+        <v>331</v>
       </c>
       <c r="H228" s="2">
         <v>0</v>
       </c>
       <c r="I228" s="1">
         <v>0</v>
       </c>
       <c r="J228" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K228" s="2" t="str">
         <f>J228*2753.08</f>
         <v>0</v>
       </c>
       <c r="L228" s="5"/>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A229" s="1"/>
       <c r="B229" s="1">
         <v>827300</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="D229" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="E229" s="2" t="s">
+        <v>801</v>
+      </c>
+      <c r="F229" s="2" t="s">
         <v>798</v>
-      </c>
-[...4 lines deleted...]
-        <v>796</v>
       </c>
       <c r="G229" s="2">
         <v>0</v>
       </c>
       <c r="H229" s="2">
         <v>0</v>
       </c>
       <c r="I229" s="1">
         <v>0</v>
       </c>
       <c r="J229" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K229" s="2" t="str">
         <f>J229*2753.08</f>
         <v>0</v>
       </c>
       <c r="L229" s="5"/>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A230" s="1"/>
       <c r="B230" s="1">
         <v>827315</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="E230" s="2" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="G230" s="2">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="H230" s="2">
         <v>0</v>
       </c>
       <c r="I230" s="1">
         <v>0</v>
       </c>
       <c r="J230" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K230" s="2" t="str">
         <f>J230*2539.67</f>
         <v>0</v>
       </c>
       <c r="L230" s="5"/>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A231" s="1"/>
       <c r="B231" s="1">
         <v>827316</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="E231" s="2" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="G231" s="2">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H231" s="2">
         <v>0</v>
       </c>
       <c r="I231" s="1">
         <v>0</v>
       </c>
       <c r="J231" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K231" s="2" t="str">
         <f>J231*4024.43</f>
         <v>0</v>
       </c>
       <c r="L231" s="5"/>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A232" s="1"/>
       <c r="B232" s="1">
         <v>827317</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="D232" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="E232" s="2" t="s">
+        <v>812</v>
+      </c>
+      <c r="F232" s="2" t="s">
         <v>809</v>
-      </c>
-[...4 lines deleted...]
-        <v>807</v>
       </c>
       <c r="G232" s="2">
         <v>5</v>
       </c>
       <c r="H232" s="2">
         <v>0</v>
       </c>
       <c r="I232" s="1">
         <v>0</v>
       </c>
       <c r="J232" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K232" s="2" t="str">
         <f>J232*4024.43</f>
         <v>0</v>
       </c>
       <c r="L232" s="5"/>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A233" s="1"/>
       <c r="B233" s="1">
         <v>827318</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="E233" s="2" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>814</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>816</v>
+      </c>
+      <c r="G233" s="2" t="s">
+        <v>331</v>
       </c>
       <c r="H233" s="2">
         <v>0</v>
       </c>
       <c r="I233" s="1">
         <v>0</v>
       </c>
       <c r="J233" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K233" s="2" t="str">
         <f>J233*3417.51</f>
         <v>0</v>
       </c>
       <c r="L233" s="5"/>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A234" s="1"/>
       <c r="B234" s="1">
         <v>827319</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="D234" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="E234" s="2" t="s">
+        <v>819</v>
+      </c>
+      <c r="F234" s="2" t="s">
         <v>816</v>
       </c>
-      <c r="E234" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G234" s="2">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H234" s="2">
         <v>0</v>
       </c>
       <c r="I234" s="1">
         <v>0</v>
       </c>
       <c r="J234" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K234" s="2" t="str">
         <f>J234*3417.51</f>
         <v>0</v>
       </c>
       <c r="L234" s="5"/>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A235" s="1"/>
       <c r="B235" s="1">
         <v>827322</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="E235" s="2" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="G235" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H235" s="2">
         <v>0</v>
       </c>
       <c r="I235" s="1">
         <v>0</v>
       </c>
       <c r="J235" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K235" s="2" t="str">
         <f>J235*3458.37</f>
         <v>0</v>
       </c>
       <c r="L235" s="5"/>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A236" s="1"/>
       <c r="B236" s="1">
         <v>827324</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="E236" s="2" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="G236" s="2">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="H236" s="2">
         <v>0</v>
       </c>
       <c r="I236" s="1">
         <v>0</v>
       </c>
       <c r="J236" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K236" s="2" t="str">
         <f>J236*4124.32</f>
         <v>0</v>
       </c>
       <c r="L236" s="5"/>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A237" s="1"/>
       <c r="B237" s="1">
         <v>827328</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="E237" s="2" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="G237" s="2" t="s">
-        <v>360</v>
+        <v>331</v>
       </c>
       <c r="H237" s="2">
         <v>0</v>
       </c>
       <c r="I237" s="1">
         <v>0</v>
       </c>
       <c r="J237" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K237" s="2" t="str">
         <f>J237*3588.54</f>
         <v>0</v>
       </c>
       <c r="L237" s="5"/>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A238" s="1"/>
       <c r="B238" s="1">
         <v>827332</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="E238" s="2" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="F238" s="2" t="s">
         <v>388</v>
       </c>
       <c r="G238" s="2">
         <v>0</v>
       </c>
       <c r="H238" s="2">
         <v>0</v>
       </c>
       <c r="I238" s="1">
         <v>0</v>
       </c>
       <c r="J238" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K238" s="2" t="str">
         <f>J238*0.00</f>
         <v>0</v>
       </c>
       <c r="L238" s="5"/>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A239" s="1"/>
       <c r="B239" s="1">
         <v>827338</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="E239" s="2" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="G239" s="2" t="s">
-        <v>360</v>
+        <v>783</v>
       </c>
       <c r="H239" s="2">
         <v>0</v>
       </c>
       <c r="I239" s="1">
         <v>0</v>
       </c>
       <c r="J239" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K239" s="2" t="str">
         <f>J239*2400.43</f>
         <v>0</v>
       </c>
       <c r="L239" s="5"/>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A240" s="1"/>
       <c r="B240" s="1">
         <v>827340</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="E240" s="2" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="G240" s="2" t="s">
-        <v>376</v>
+        <v>361</v>
       </c>
       <c r="H240" s="2">
         <v>0</v>
       </c>
       <c r="I240" s="1">
         <v>0</v>
       </c>
       <c r="J240" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K240" s="2" t="str">
         <f>J240*2398.92</f>
         <v>0</v>
       </c>
       <c r="L240" s="5"/>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A241" s="1"/>
       <c r="B241" s="1">
         <v>828485</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="E241" s="2" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="G241" s="2" t="s">
-        <v>360</v>
+        <v>331</v>
       </c>
       <c r="H241" s="2">
         <v>0</v>
       </c>
       <c r="I241" s="1">
         <v>0</v>
       </c>
       <c r="J241" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K241" s="2" t="str">
         <f>J241*2694.05</f>
         <v>0</v>
       </c>
       <c r="L241" s="5"/>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A242" s="1"/>
       <c r="B242" s="1">
         <v>829366</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="E242" s="2" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>848</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>850</v>
+      </c>
+      <c r="G242" s="2" t="s">
+        <v>331</v>
       </c>
       <c r="H242" s="2">
         <v>0</v>
       </c>
       <c r="I242" s="1">
         <v>0</v>
       </c>
       <c r="J242" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K242" s="2" t="str">
         <f>J242*3658.16</f>
         <v>0</v>
       </c>
       <c r="L242" s="5"/>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A243" s="1"/>
       <c r="B243" s="1">
         <v>831662</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="E243" s="2" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="F243" s="2" t="s">
         <v>388</v>
       </c>
       <c r="G243" s="2">
         <v>7</v>
       </c>
       <c r="H243" s="2">
         <v>0</v>
       </c>
       <c r="I243" s="1">
         <v>0</v>
       </c>
       <c r="J243" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K243" s="2" t="str">
         <f>J243*0.00</f>
         <v>0</v>
       </c>
       <c r="L243" s="5"/>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A244" s="1"/>
       <c r="B244" s="1">
         <v>831661</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="E244" s="2" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="G244" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H244" s="2">
         <v>0</v>
       </c>
       <c r="I244" s="1">
         <v>0</v>
       </c>
       <c r="J244" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K244" s="2" t="str">
         <f>J244*4519.35</f>
         <v>0</v>
       </c>
       <c r="L244" s="5"/>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A245" s="1"/>
       <c r="B245" s="1">
         <v>834697</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="E245" s="2" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="G245" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H245" s="2">
         <v>0</v>
       </c>
       <c r="I245" s="1">
         <v>0</v>
       </c>
       <c r="J245" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K245" s="2" t="str">
         <f>J245*4537.51</f>
         <v>0</v>
       </c>
       <c r="L245" s="5"/>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A246" s="1"/>
       <c r="B246" s="1">
         <v>858648</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="E246" s="2" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="G246" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="H246" s="2">
         <v>0</v>
       </c>
       <c r="I246" s="1">
         <v>0</v>
       </c>
       <c r="J246" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K246" s="2" t="str">
         <f>J246*4243.89</f>
         <v>0</v>
       </c>
       <c r="L246" s="5"/>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A247" s="1"/>
       <c r="B247" s="1">
         <v>858649</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="E247" s="2" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="G247" s="2" t="s">
-        <v>360</v>
+        <v>331</v>
       </c>
       <c r="H247" s="2">
         <v>0</v>
       </c>
       <c r="I247" s="1">
         <v>0</v>
       </c>
       <c r="J247" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K247" s="2" t="str">
         <f>J247*4240.86</f>
         <v>0</v>
       </c>
       <c r="L247" s="5"/>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A248" s="1"/>
       <c r="B248" s="1">
         <v>858650</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="E248" s="2" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="F248" s="2" t="s">
         <v>388</v>
       </c>
       <c r="G248" s="2">
         <v>0</v>
       </c>
       <c r="H248" s="2">
         <v>0</v>
       </c>
       <c r="I248" s="1">
         <v>0</v>
       </c>
       <c r="J248" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K248" s="2" t="str">
         <f>J248*0.00</f>
         <v>0</v>
       </c>
       <c r="L248" s="5"/>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A249" s="1"/>
       <c r="B249" s="1">
         <v>859050</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="E249" s="2" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="G249" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H249" s="2">
         <v>0</v>
       </c>
       <c r="I249" s="1">
         <v>0</v>
       </c>
       <c r="J249" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K249" s="2" t="str">
         <f>J249*3405.40</f>
         <v>0</v>
       </c>
       <c r="L249" s="5"/>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A250" s="1"/>
       <c r="B250" s="1">
         <v>859051</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="D250" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="E250" s="2" t="s">
+        <v>879</v>
+      </c>
+      <c r="F250" s="2" t="s">
         <v>876</v>
-      </c>
-[...4 lines deleted...]
-        <v>874</v>
       </c>
       <c r="G250" s="2">
         <v>0</v>
       </c>
       <c r="H250" s="2">
         <v>0</v>
       </c>
       <c r="I250" s="1">
         <v>0</v>
       </c>
       <c r="J250" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K250" s="2" t="str">
         <f>J250*3405.40</f>
         <v>0</v>
       </c>
       <c r="L250" s="5"/>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A251" s="1"/>
       <c r="B251" s="1">
         <v>835559</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="E251" s="2" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>881</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>883</v>
+      </c>
+      <c r="G251" s="2" t="s">
+        <v>331</v>
       </c>
       <c r="H251" s="2">
         <v>0</v>
       </c>
       <c r="I251" s="1">
         <v>0</v>
       </c>
       <c r="J251" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K251" s="2" t="str">
         <f>J251*4189.40</f>
         <v>0</v>
       </c>
       <c r="L251" s="5"/>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A252" s="1"/>
       <c r="B252" s="1">
         <v>871587</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="E252" s="2" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="G252" s="2" t="s">
-        <v>360</v>
+        <v>331</v>
       </c>
       <c r="H252" s="2">
         <v>0</v>
       </c>
       <c r="I252" s="1">
         <v>0</v>
       </c>
       <c r="J252" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K252" s="2" t="str">
         <f>J252*4331.67</f>
         <v>0</v>
       </c>
       <c r="L252" s="5"/>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A253" s="1"/>
       <c r="B253" s="1">
         <v>880091</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="E253" s="2" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="F253" s="2" t="s">
         <v>663</v>
       </c>
       <c r="G253" s="2">
         <v>0</v>
       </c>
       <c r="H253" s="2">
         <v>0</v>
       </c>
       <c r="I253" s="1">
         <v>0</v>
       </c>
       <c r="J253" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K253" s="2" t="str">
         <f>J253*2342.92</f>
         <v>0</v>
       </c>
       <c r="L253" s="5"/>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A254" s="1"/>
       <c r="B254" s="1">
         <v>890494</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="E254" s="2" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>892</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>894</v>
+      </c>
+      <c r="G254" s="2" t="s">
+        <v>331</v>
       </c>
       <c r="H254" s="2">
         <v>0</v>
       </c>
       <c r="I254" s="1">
         <v>0</v>
       </c>
       <c r="J254" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K254" s="2" t="str">
         <f>J254*2680.99</f>
         <v>0</v>
       </c>
       <c r="L254" s="5"/>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A255" s="1"/>
       <c r="B255" s="1">
         <v>890495</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="E255" s="2" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="G255" s="2">
         <v>10</v>
       </c>
       <c r="H255" s="2">
         <v>0</v>
       </c>
       <c r="I255" s="1">
         <v>0</v>
       </c>
       <c r="J255" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K255" s="2" t="str">
         <f>J255*2733.80</f>
         <v>0</v>
       </c>
       <c r="L255" s="5"/>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A256" s="1"/>
       <c r="B256" s="1">
         <v>890496</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="E256" s="2" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="G256" s="2">
         <v>10</v>
       </c>
       <c r="H256" s="2">
         <v>0</v>
       </c>
       <c r="I256" s="1">
         <v>0</v>
       </c>
       <c r="J256" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K256" s="2" t="str">
         <f>J256*3208.65</f>
         <v>0</v>
       </c>
       <c r="L256" s="5"/>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A257" s="1"/>
       <c r="B257" s="1">
         <v>890497</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="E257" s="2" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="G257" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H257" s="2">
         <v>0</v>
       </c>
       <c r="I257" s="1">
         <v>0</v>
       </c>
       <c r="J257" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K257" s="2" t="str">
         <f>J257*4077.53</f>
         <v>0</v>
       </c>
       <c r="L257" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A97:K97"/>
     <mergeCell ref="A135:K135"/>