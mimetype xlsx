--- v0 (2025-12-07)
+++ v1 (2026-03-17)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="917">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="964">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
@@ -82,575 +82,575 @@
   <si>
     <t>FIO-330001</t>
   </si>
   <si>
     <t>Дивертор на кран</t>
   </si>
   <si>
     <t>883.83 руб.</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>SMS-180343</t>
   </si>
   <si>
     <t>UFQ-1202</t>
   </si>
   <si>
     <t>дивертор G.Lauf перекл. ванна/душ картриджный UFQ-1202</t>
   </si>
   <si>
     <t>612.97 руб.</t>
   </si>
   <si>
+    <t>&gt;10</t>
+  </si>
+  <si>
+    <t>SMS-180344</t>
+  </si>
+  <si>
+    <t>UFQ-1204</t>
+  </si>
+  <si>
+    <t>дивертор G.Lauf перекл. ванна/душ  UFQ-1204</t>
+  </si>
+  <si>
+    <t>SMS-180345</t>
+  </si>
+  <si>
+    <t>UFQ-1216</t>
+  </si>
+  <si>
+    <t>дивертор G.Lauf перекл. ванна/душ картриджный UFQ-1216</t>
+  </si>
+  <si>
+    <t>635.68 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180414</t>
+  </si>
+  <si>
+    <t>SFQ-1023</t>
+  </si>
+  <si>
+    <t>дивертор Solone перекл. ванна/душ шаровый SFQ-1023</t>
+  </si>
+  <si>
+    <t>646.27 руб.</t>
+  </si>
+  <si>
+    <t>SMS-311003</t>
+  </si>
+  <si>
+    <t>- Дивертор шаровой</t>
+  </si>
+  <si>
+    <t>185.00 руб.</t>
+  </si>
+  <si>
+    <t>SMS-311006</t>
+  </si>
+  <si>
+    <t>- Дивертор шаровой, цинк</t>
+  </si>
+  <si>
+    <t>192.64 руб.</t>
+  </si>
+  <si>
+    <t>VER-000911</t>
+  </si>
+  <si>
+    <t>VRGM443</t>
+  </si>
+  <si>
+    <t>Дивертор (переключатель для душа) 3/4"x1/2"x1/2" (60/2шт)</t>
+  </si>
+  <si>
+    <t>1 051.66 руб.</t>
+  </si>
+  <si>
+    <t>Изливы</t>
+  </si>
+  <si>
+    <t>SMS-180040</t>
+  </si>
+  <si>
+    <t>UCG-3257BU</t>
+  </si>
+  <si>
+    <t>излив G.Lauf рефлекторный для ZOP4, голубой UCG-3257BU</t>
+  </si>
+  <si>
+    <t>1 008.00 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180041</t>
+  </si>
+  <si>
+    <t>UCG-3257KB</t>
+  </si>
+  <si>
+    <t>излив G.Lauf рефлекторный для ZOP4, черный UCG-3257KB</t>
+  </si>
+  <si>
+    <t>SMS-180042</t>
+  </si>
+  <si>
+    <t>UCG-3257GN</t>
+  </si>
+  <si>
+    <t>излив G.Lauf рефлекторный для ZOP4, зеленый UCG-3257GN</t>
+  </si>
+  <si>
+    <t>SMS-180043</t>
+  </si>
+  <si>
+    <t>UCG-3257GY</t>
+  </si>
+  <si>
+    <t>излив G.Lauf рефлекторный для ZOP4, серый UCG-3257GY</t>
+  </si>
+  <si>
+    <t>SMS-180346</t>
+  </si>
+  <si>
+    <t>UCG-1134</t>
+  </si>
+  <si>
+    <t>излив G.Lauf для кухни, резьба UCG-1134</t>
+  </si>
+  <si>
+    <t>193.73 руб.</t>
+  </si>
+  <si>
     <t>&gt;25</t>
   </si>
   <si>
-    <t>SMS-180344</t>
-[...116 lines deleted...]
-    <t>193.73 руб.</t>
+    <t>SMS-180347</t>
+  </si>
+  <si>
+    <t>UCG-2131</t>
+  </si>
+  <si>
+    <t>излив G.Lauf для кухни, резьба UCG-2131</t>
+  </si>
+  <si>
+    <t>227.03 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180348</t>
+  </si>
+  <si>
+    <t>UCG-2230-35cm</t>
+  </si>
+  <si>
+    <t>излив G.Lauf круглый для ванны 350 мм, нерж. UCG-2230</t>
+  </si>
+  <si>
+    <t>284.54 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180349</t>
+  </si>
+  <si>
+    <t>UCG-2231-25cm</t>
+  </si>
+  <si>
+    <t>излив G.Lauf плоский изогн. для ванны 250 мм нерж. UCG-2231</t>
+  </si>
+  <si>
+    <t>417.73 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180350</t>
+  </si>
+  <si>
+    <t>UCG-2231-35cm</t>
+  </si>
+  <si>
+    <t>излив G.Lauf плоский изогн. для ванны 350 мм нерж. UCG-2231</t>
+  </si>
+  <si>
+    <t>478.27 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180351</t>
+  </si>
+  <si>
+    <t>UCG-2231-37cm</t>
+  </si>
+  <si>
+    <t>излив G.Lauf плоский изогн. для ванны 370 мм нерж. UCG-2231</t>
+  </si>
+  <si>
+    <t>SMS-180352</t>
+  </si>
+  <si>
+    <t>UCG-2231-40cm</t>
+  </si>
+  <si>
+    <t>излив G.Lauf плоский изогн. для ванны 400 мм нерж. UCG-2231</t>
+  </si>
+  <si>
+    <t>529.73 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180353</t>
+  </si>
+  <si>
+    <t>UCG-2232-25cm</t>
+  </si>
+  <si>
+    <t>излив G.Lauf плоский 250 мм нерж. UCG-2232</t>
+  </si>
+  <si>
+    <t>426.81 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180354</t>
+  </si>
+  <si>
+    <t>UCG-2232-35cm</t>
+  </si>
+  <si>
+    <t>излив G.Lauf плоский 350 мм нерж. UCG-2232</t>
+  </si>
+  <si>
+    <t>488.86 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180355</t>
+  </si>
+  <si>
+    <t>UCG-2232-37cm</t>
+  </si>
+  <si>
+    <t>излив G.Lauf плоский 370 мм нерж. UCG-2232</t>
+  </si>
+  <si>
+    <t>508.54 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180356</t>
+  </si>
+  <si>
+    <t>UCG-2232-40cm</t>
+  </si>
+  <si>
+    <t>излив G.Lauf плоский 400 мм нерж. UCG-2232</t>
+  </si>
+  <si>
+    <t>SMS-180357</t>
+  </si>
+  <si>
+    <t>UCG-2232-50cm</t>
+  </si>
+  <si>
+    <t>излив G.Lauf плоский 500 мм нерж. UCG-2232</t>
+  </si>
+  <si>
+    <t>599.35 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180358</t>
+  </si>
+  <si>
+    <t>UCG-3235-35cm</t>
+  </si>
+  <si>
+    <t>излив G.Lauf плоский 350 мм нерж. для смесителя NEB7-B, LEF7 с переходником  UCG-3235</t>
+  </si>
+  <si>
+    <t>814.27 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180359</t>
+  </si>
+  <si>
+    <t>UCG-3249</t>
+  </si>
+  <si>
+    <t>излив G.Lauf  для кухни, нерж. внутренняя резьба UCG-3249</t>
+  </si>
+  <si>
+    <t>413.19 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180360</t>
+  </si>
+  <si>
+    <t>UCG-3249B</t>
+  </si>
+  <si>
+    <t>излив G.Lauf для кухни, нерж. внешняя резьба UCG-3249B</t>
+  </si>
+  <si>
+    <t>522.16 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180361</t>
+  </si>
+  <si>
+    <t>UCG-033B</t>
+  </si>
+  <si>
+    <t>излив G.Lauf для кухни UCG-033B</t>
+  </si>
+  <si>
+    <t>443.46 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180416</t>
+  </si>
+  <si>
+    <t>SCG-501</t>
+  </si>
+  <si>
+    <t>Гофрированный излив Solone SCG-501</t>
+  </si>
+  <si>
+    <t>581.19 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180615</t>
+  </si>
+  <si>
+    <t>UCG-3259GY</t>
+  </si>
+  <si>
+    <t>излив рефлекторный (2 режима) для ZOP4, серый UCG-3259GY</t>
+  </si>
+  <si>
+    <t>738.59 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180616</t>
+  </si>
+  <si>
+    <t>UCG-3259KW</t>
+  </si>
+  <si>
+    <t>излив рефлекторный (2 режима) для ZOP4, белый UCG-3259KW</t>
+  </si>
+  <si>
+    <t>SMS-180617</t>
+  </si>
+  <si>
+    <t>UCG-3259KB</t>
+  </si>
+  <si>
+    <t>излив рефлекторный (2 режима) для ZOP4, черный UCG-3259KB</t>
+  </si>
+  <si>
+    <t>SMS-180700</t>
+  </si>
+  <si>
+    <t>UCG-3257KW</t>
+  </si>
+  <si>
+    <t>излив рефлекторный для ZOP4, белый UCG-3257KW</t>
+  </si>
+  <si>
+    <t>SMS-180701</t>
+  </si>
+  <si>
+    <t>UCG-3259BU</t>
+  </si>
+  <si>
+    <t>излив рефлекторный (2 режима) для ZOP4, голубой UCG-3259BU</t>
+  </si>
+  <si>
+    <t>SMS-180702</t>
+  </si>
+  <si>
+    <t>UCG-3259GN</t>
+  </si>
+  <si>
+    <t>излив рефлекторный (2 режима) для ZOP4, зеленый UCG-3259GN</t>
+  </si>
+  <si>
+    <t>SMS-180727</t>
+  </si>
+  <si>
+    <t>UCG-2130-30cm</t>
+  </si>
+  <si>
+    <t>излив G.Lauf круглый для ванны 300 мм, нерж. UCG-2130-30cm (9/90шт)</t>
+  </si>
+  <si>
+    <t>270.32 руб.</t>
+  </si>
+  <si>
+    <t>SMS-340022</t>
+  </si>
+  <si>
+    <t>Излив для ванны круглый имп. ф18 35см</t>
+  </si>
+  <si>
+    <t>176.85 руб.</t>
+  </si>
+  <si>
+    <t>SMS-340023</t>
+  </si>
+  <si>
+    <t>Излив для ванны круглый имп. ф18 45см</t>
+  </si>
+  <si>
+    <t>205.15 руб.</t>
+  </si>
+  <si>
+    <t>SMS-340024</t>
+  </si>
+  <si>
+    <t>Излив для ванны плоский имп. прямой 35см L35</t>
+  </si>
+  <si>
+    <t>290.02 руб.</t>
+  </si>
+  <si>
+    <t>SMS-340025</t>
+  </si>
+  <si>
+    <t>Излив для ванны плоский имп. прямой 40см L40</t>
+  </si>
+  <si>
+    <t>362.52 руб.</t>
+  </si>
+  <si>
+    <t>SMS-340026</t>
+  </si>
+  <si>
+    <t>Излив для ванны плоский имп. прямой 50см L50</t>
+  </si>
+  <si>
+    <t>367.83 руб.</t>
+  </si>
+  <si>
+    <t>SST-100220</t>
+  </si>
+  <si>
+    <t>Излив для ванны круглый имп. ф18 30см</t>
+  </si>
+  <si>
+    <t>167.22 руб.</t>
+  </si>
+  <si>
+    <t>SST-100221</t>
+  </si>
+  <si>
+    <t>Излив для ванны круглый имп. ф18 40см</t>
+  </si>
+  <si>
+    <t>190.85 руб.</t>
+  </si>
+  <si>
+    <t>SST-100222</t>
+  </si>
+  <si>
+    <t>Гофрированный гнущийся излив аэратор ХРОМ</t>
+  </si>
+  <si>
+    <t>478.02 руб.</t>
+  </si>
+  <si>
+    <t>SST-100223</t>
+  </si>
+  <si>
+    <t>Излив для кухни имп. Ф18</t>
+  </si>
+  <si>
+    <t>110.87 руб.</t>
+  </si>
+  <si>
+    <t>Кран-буксы</t>
+  </si>
+  <si>
+    <t>SMS-180319</t>
+  </si>
+  <si>
+    <t>UFX-2101</t>
+  </si>
+  <si>
+    <t>рез. кр-бук. G.Lauf 360°, 3/8, 24 шлица для крест. ручек UFX-2101</t>
+  </si>
+  <si>
+    <t>122.59 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180320</t>
+  </si>
+  <si>
+    <t>UFX-2233</t>
+  </si>
+  <si>
+    <t>кер. кр-бук. G.Lauf 180°, 1/2, РУССКАЯ  (под квадрат) UFX-2233</t>
+  </si>
+  <si>
+    <t>172.54 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180321</t>
+  </si>
+  <si>
+    <t>UFX-2236</t>
+  </si>
+  <si>
+    <t>рез. кр-бук. G.Lauf 360°, 3/8, рос.стандарт (под квадрат) UFX-2236</t>
+  </si>
+  <si>
+    <t>137.73 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180322</t>
+  </si>
+  <si>
+    <t>UFX-2138</t>
+  </si>
+  <si>
+    <t>кер. кр-бук. G.Lauf 180°, 1/2, 24 шлица для крест. ручек UFX-2138</t>
+  </si>
+  <si>
+    <t>155.89 руб.</t>
+  </si>
+  <si>
+    <t>SMS-180323</t>
+  </si>
+  <si>
+    <t>UFX-2238</t>
+  </si>
+  <si>
+    <t>кер. кр-бук. G.Lauf 180°, 1/2, 24 шлица для крест. ручек, увел. толщ. стенок UFX-2238</t>
+  </si>
+  <si>
+    <t>180.11 руб.</t>
   </si>
   <si>
     <t>&gt;50</t>
   </si>
   <si>
-    <t>SMS-180347</t>
-[...397 lines deleted...]
-  <si>
     <t>SMS-180324</t>
   </si>
   <si>
     <t>UFX-2145</t>
   </si>
   <si>
     <t>рез. кр-бук. G.Lauf 360°, 1/2, 24 шлица для крест. ручек UFX-2145</t>
   </si>
   <si>
     <t>SMS-180325</t>
   </si>
   <si>
     <t>UFX-3217</t>
   </si>
   <si>
     <t>кер. кр-бук. G.Lauf 180°, 1/2, 24 шлица для перекл. ванна/душ UFX-3217</t>
   </si>
   <si>
     <t>296.65 руб.</t>
   </si>
   <si>
     <t>SMS-180400</t>
   </si>
   <si>
     <t>SFX-0001</t>
@@ -694,51 +694,51 @@
   <si>
     <t>393.56 руб.</t>
   </si>
   <si>
     <t>SMS-180404</t>
   </si>
   <si>
     <t>SFX-2153(пара)</t>
   </si>
   <si>
     <t>ПАРА в блистере рез. кр-букс Solone, ⌀1/2, 20 шлицов, 53 мм высота, 67 гр. SFX-2153</t>
   </si>
   <si>
     <t>SMS-180405</t>
   </si>
   <si>
     <t>SFX-2154</t>
   </si>
   <si>
     <t>ПАРА в блистере кер. кр-букс Solone, Размер: G 1/2 под 20-24 шлица Поворот: 90°Вес: 55 гр. SFX-2154</t>
   </si>
   <si>
     <t>0.00 руб.</t>
   </si>
   <si>
-    <t>пар</t>
+    <t>пара</t>
   </si>
   <si>
     <t>SMS-180406</t>
   </si>
   <si>
     <t>SFX-2261</t>
   </si>
   <si>
     <t>кер. кр-букс Solone, ⌀1/2, 20 шлицов, 180°, 49 мм высота, 55 гр. SFX-2261</t>
   </si>
   <si>
     <t>357.92 руб.</t>
   </si>
   <si>
     <t>SMS-180407</t>
   </si>
   <si>
     <t>SFX-2262</t>
   </si>
   <si>
     <t>кер. кр-букс Solone, ⌀1/2, 20-24 шлица, 90°, 51 мм высота, 53 гр. SFX-2262</t>
   </si>
   <si>
     <t>SMS-180413</t>
   </si>
@@ -760,134 +760,134 @@
   <si>
     <t>ПАРА в блистере кер кр-букс SOLONE для смес ⌀1/2, 20 шлицов, 180°, 49 мм высота, 55 гр. SFX-2261</t>
   </si>
   <si>
     <t>308.76 руб.</t>
   </si>
   <si>
     <t>SMS-180609</t>
   </si>
   <si>
     <t>SFX-2262(пара)</t>
   </si>
   <si>
     <t>ПАРА в блистере кер кран-букс SOLONE для смес ⌀1/2, 24 шлица, 90°, 51 мм высота, 53 гр. SFX-2262</t>
   </si>
   <si>
     <t>SMS-350014</t>
   </si>
   <si>
     <t>VRKP-18</t>
   </si>
   <si>
     <t>Кран - букса для смесители M18*1 РУCCКАЯ VR (10/500шт)</t>
   </si>
   <si>
-    <t>121.98 руб.</t>
+    <t>135.36 руб.</t>
   </si>
   <si>
     <t>SMS-350015</t>
   </si>
   <si>
     <t>VRKP20-1</t>
   </si>
   <si>
     <t>Кран - букса универсальная усиленная  20 ШЛИЦОВ - 1 VR в блистере (1/340шт)</t>
   </si>
   <si>
-    <t>188.91 руб.</t>
+    <t>209.74 руб.</t>
+  </si>
+  <si>
+    <t>SMS-350016</t>
+  </si>
+  <si>
+    <t>VRKP20-2</t>
+  </si>
+  <si>
+    <t>Пара универсальных усиленных кран-букс 20 ШЛИЦОВ - 2 VR в блистере (2/170пар)</t>
+  </si>
+  <si>
+    <t>386.75 руб.</t>
+  </si>
+  <si>
+    <t>ком</t>
+  </si>
+  <si>
+    <t>SMS-350017</t>
+  </si>
+  <si>
+    <t>VRKP24-2</t>
+  </si>
+  <si>
+    <t>Пара усиленных кран-букс для смесителя 24 ШЛИЦА - 2 VR в блистере (2/170пар)</t>
+  </si>
+  <si>
+    <t>420.96 руб.</t>
+  </si>
+  <si>
+    <t>SMS-350018</t>
+  </si>
+  <si>
+    <t>VRXP20-2</t>
+  </si>
+  <si>
+    <t>Пара кран-букс для смесители 20 ШЛИЦОВ - 2 VR в блистере (2/170пар)</t>
+  </si>
+  <si>
+    <t>SMS-350019</t>
+  </si>
+  <si>
+    <t>VRXP24-2</t>
+  </si>
+  <si>
+    <t>Пара кран-букс для смесители 24 ШЛИЦА - 2 VR в блистере (2/170пар)</t>
+  </si>
+  <si>
+    <t>379.31 руб.</t>
+  </si>
+  <si>
+    <t>Шланги для душа</t>
+  </si>
+  <si>
+    <t>Шланги для душа GLAUF</t>
+  </si>
+  <si>
+    <t>SMS-180299</t>
+  </si>
+  <si>
+    <t>URG-1103 I*I 150cm</t>
+  </si>
+  <si>
+    <t>Шланг G.Lauf для душа 1/2 (Imp)* 1/2 (Imp) 150 см URG-1103 (50 шт)</t>
+  </si>
+  <si>
+    <t>217.95 руб.</t>
   </si>
   <si>
     <t>&gt;100</t>
   </si>
   <si>
-    <t>SMS-350016</t>
-[...64 lines deleted...]
-  <si>
     <t>SMS-180300</t>
   </si>
   <si>
     <t>URG-1103 I*R 150cm</t>
   </si>
   <si>
     <t>Шланг G.Lauf для душа Rus*Imp 150 см URG-1103</t>
   </si>
   <si>
     <t>SMS-180302</t>
   </si>
   <si>
     <t>URG-1205 I*I 150cm</t>
   </si>
   <si>
     <t>Шланг G.Lauf для душа Imp*Imp 150 см двухслойный URG-1205</t>
   </si>
   <si>
     <t>346.59 руб.</t>
   </si>
   <si>
     <t>SMS-180303</t>
   </si>
   <si>
     <t>URG-1205 I*R 150cm</t>
@@ -1309,86 +1309,89 @@
   <si>
     <t>394.19 руб.</t>
   </si>
   <si>
     <t>SMS-320050</t>
   </si>
   <si>
     <t>VR31150</t>
   </si>
   <si>
     <t>Шланг для душа 150см 4-х слойная трубка ПВХ, 5 хлопковых нитей (50шт)</t>
   </si>
   <si>
     <t>301.96 руб.</t>
   </si>
   <si>
     <t>SMS-320051</t>
   </si>
   <si>
     <t>VR31175</t>
   </si>
   <si>
     <t>Шланг для душа 175см 4-х слойная трубка ПВХ, 5 хлопковых нитей (50шт)</t>
   </si>
   <si>
-    <t>318.33 руб.</t>
+    <t>316.84 руб.</t>
   </si>
   <si>
     <t>SMS-320052</t>
   </si>
   <si>
     <t>VR31200</t>
   </si>
   <si>
     <t>Шланг для душа 200см 4-х слойная трубка ПВХ, 5 хлопковых нитей (50шт)</t>
   </si>
   <si>
     <t>342.13 руб.</t>
   </si>
   <si>
     <t>SMS-320053</t>
   </si>
   <si>
     <t>VR32150</t>
   </si>
   <si>
     <t>Шланг для душа 150см 4-х слойная трубка ПВХ, 8 нитей из полиэстера (50шт)</t>
   </si>
   <si>
     <t>315.35 руб.</t>
   </si>
   <si>
     <t>SMS-320054</t>
   </si>
   <si>
     <t>VR32175</t>
   </si>
   <si>
     <t>Шланг для душа 175см 4-х слойная трубка ПВХ, 8 нитей из полиэстера (50шт)</t>
   </si>
   <si>
+    <t>340.64 руб.</t>
+  </si>
+  <si>
     <t>SMS-320055</t>
   </si>
   <si>
     <t>VR32200</t>
   </si>
   <si>
     <t>Шланг для душа 200см 4-х слойная трубка ПВХ, 8 нитей из полиэстера (50шт)</t>
   </si>
   <si>
     <t>367.41 руб.</t>
   </si>
   <si>
     <t>SMS-320056</t>
   </si>
   <si>
     <t>VR33150</t>
   </si>
   <si>
     <t>Шланг для душа металлический арт.33150 (150см) (50шт)</t>
   </si>
   <si>
     <t>174.04 руб.</t>
   </si>
   <si>
     <t>SMS-320057</t>
@@ -1414,51 +1417,51 @@
   <si>
     <t>203.79 руб.</t>
   </si>
   <si>
     <t>SMS-320059</t>
   </si>
   <si>
     <t>VR34150</t>
   </si>
   <si>
     <t>Шланг для душа металлический растягивающийся + антитвист арт.34150 (150см) (50шт)</t>
   </si>
   <si>
     <t>285.60 руб.</t>
   </si>
   <si>
     <t>SMS-320060</t>
   </si>
   <si>
     <t>VR34175</t>
   </si>
   <si>
     <t>Шланг для душа металлический растягивающийся + антитвист арт.34175 (175см)  (50шт)</t>
   </si>
   <si>
-    <t>306.43 руб.</t>
+    <t>304.94 руб.</t>
   </si>
   <si>
     <t>SMS-320061</t>
   </si>
   <si>
     <t>VR34200</t>
   </si>
   <si>
     <t>Шланг для душа металлический растягивающийся + антитвист арт.34200 (200см) (50шт)</t>
   </si>
   <si>
     <t>324.28 руб.</t>
   </si>
   <si>
     <t>Шланги для душа РАЗНЫЕ</t>
   </si>
   <si>
     <t>OTM-110058</t>
   </si>
   <si>
     <t>Шланг для душа 1/2 металлический имп-имп ЭКОНОМ (150см) (100шт)</t>
   </si>
   <si>
     <t>107.73 руб.</t>
   </si>
@@ -1471,50 +1474,185 @@
   <si>
     <t>278.30 руб.</t>
   </si>
   <si>
     <t>SCH-100143</t>
   </si>
   <si>
     <t>Шланг для душа виниловый 150 см серый (упак.30)</t>
   </si>
   <si>
     <t>SCH-100144</t>
   </si>
   <si>
     <t>Шланг для душа виниловый 150 см черный матовый (упак.30)</t>
   </si>
   <si>
     <t>SMS-320001</t>
   </si>
   <si>
     <t>переходник метрич. 1/2" вн - 22*1,5 имп/рус</t>
   </si>
   <si>
     <t>183.43 руб.</t>
   </si>
   <si>
+    <t>Шланги для душа ELKA</t>
+  </si>
+  <si>
+    <t>ELK-200312</t>
+  </si>
+  <si>
+    <t>Шланг для душа ПВХ 150 см белый ELKA (упак.30)</t>
+  </si>
+  <si>
+    <t>206.42 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200313</t>
+  </si>
+  <si>
+    <t>Шланг для душа ПВХ 150 см серый ELKA (упак.30)</t>
+  </si>
+  <si>
+    <t>ELK-200314</t>
+  </si>
+  <si>
+    <t>Шланг для душа ПВХ 150 см черный матовый ELKA (упак.30)</t>
+  </si>
+  <si>
+    <t>ELK-200315</t>
+  </si>
+  <si>
+    <t>Шланг для душа ПВХ 170 см белый ELKA (упак.25)</t>
+  </si>
+  <si>
+    <t>225.54 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200316</t>
+  </si>
+  <si>
+    <t>Шланг для душа ПВХ 170 см серый ELKA (упак.25)</t>
+  </si>
+  <si>
+    <t>ELK-200317</t>
+  </si>
+  <si>
+    <t>Шланг для душа ПВХ 170 см черный матовый ELKA (упак.25)</t>
+  </si>
+  <si>
+    <t>ELK-200318</t>
+  </si>
+  <si>
+    <t>Шланг для душа ПВХ 200 см белый ELKA (упак.20)</t>
+  </si>
+  <si>
+    <t>248.48 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200319</t>
+  </si>
+  <si>
+    <t>Шланг для душа ПВХ 200 см серый ELKA (упак.20)</t>
+  </si>
+  <si>
+    <t>ELK-200320</t>
+  </si>
+  <si>
+    <t>Шланг для душа ПВХ 200 см черный матовый ELKA (упак.20)</t>
+  </si>
+  <si>
+    <t>ELK-200321</t>
+  </si>
+  <si>
+    <t>Шланг для душа  растяжной 150-200 см, ¢14мм,  внутренний шланг EPDM, двойной замок ELKA (50)</t>
+  </si>
+  <si>
+    <t>198.32 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200322</t>
+  </si>
+  <si>
+    <t>Шланг для душа 140 см, d 13 мм, внутренний шланг PVC, двойной замок ELKA (упак- 100 шт)</t>
+  </si>
+  <si>
+    <t>107.12 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200323</t>
+  </si>
+  <si>
+    <t>Шланг для душа 150 см, d 13 мм, внутренний шланг PVC, двойной замок ELKA (упак- 100 шт)</t>
+  </si>
+  <si>
+    <t>120.15 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200324</t>
+  </si>
+  <si>
+    <t>11103000104-360</t>
+  </si>
+  <si>
+    <t>Шланг для душа растяжной 150-170 см 360 градусов d 14 мм двойной замок, мелкая гофра, гальван. латун</t>
+  </si>
+  <si>
+    <t>309.79 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200325</t>
+  </si>
+  <si>
+    <t>Шланг для душа растяжной 150-170 см, d 13 мм, внутренний шланг EPDM, двойной замок, гофра ELKA (упак</t>
+  </si>
+  <si>
+    <t>292.42 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200326</t>
+  </si>
+  <si>
+    <t>Шланг для душа растяжной 150-170 см, d 14 мм, внутренний шланг EPDM, двойной замок ELKA (упак-50 шт)</t>
+  </si>
+  <si>
+    <t>186.74 руб.</t>
+  </si>
+  <si>
+    <t>ELK-200327</t>
+  </si>
+  <si>
+    <t>11103000106-15-18</t>
+  </si>
+  <si>
+    <t>Шланг для душа растяжной-пружинный, 1,5-1,8 м, EPDM ELKA (упак 50)</t>
+  </si>
+  <si>
+    <t>295.31 руб.</t>
+  </si>
+  <si>
     <t>Лейки и держатели</t>
   </si>
   <si>
     <t>SST-100225</t>
   </si>
   <si>
     <t>Кронштейн для душ лейки поворотный пластиковый ХРОМ</t>
   </si>
   <si>
     <t>Лейки GLAUF</t>
   </si>
   <si>
     <t>SMS-180266</t>
   </si>
   <si>
     <t>UHS-1102</t>
   </si>
   <si>
     <t>Лейка G.Lauf для душа, 1-функциональная, UHS-1102</t>
   </si>
   <si>
     <t>301.19 руб.</t>
   </si>
   <si>
     <t>SMS-180267</t>
@@ -1825,345 +1963,348 @@
   <si>
     <t>SMS-180418</t>
   </si>
   <si>
     <t>SHS-2110</t>
   </si>
   <si>
     <t>Лейка для биде Solone (карт.коробка) 1-функц., SHS-2110</t>
   </si>
   <si>
     <t>351.13 руб.</t>
   </si>
   <si>
     <t>Лейки VIEIR</t>
   </si>
   <si>
     <t>SMS-330046</t>
   </si>
   <si>
     <t>VR1001</t>
   </si>
   <si>
     <t>Лейка душевая  однорежимная VIEIR (1/40шт)</t>
   </si>
   <si>
-    <t>472.60 руб.</t>
+    <t>498.26 руб.</t>
   </si>
   <si>
     <t>SMS-330047</t>
   </si>
   <si>
     <t>VR1002</t>
   </si>
   <si>
-    <t>571.87 руб.</t>
+    <t>602.92 руб.</t>
   </si>
   <si>
     <t>SMS-330048</t>
   </si>
   <si>
     <t>VR1031</t>
   </si>
   <si>
-    <t>531.32 руб.</t>
+    <t>560.17 руб.</t>
   </si>
   <si>
     <t>SMS-330049</t>
   </si>
   <si>
     <t>VR1033</t>
   </si>
   <si>
-    <t>535.52 руб.</t>
+    <t>564.60 руб.</t>
   </si>
   <si>
     <t>SMS-330050</t>
   </si>
   <si>
     <t>VR1044</t>
   </si>
   <si>
-    <t>527.13 руб.</t>
+    <t>555.75 руб.</t>
   </si>
   <si>
     <t>SMS-330051</t>
   </si>
   <si>
     <t>VR3001</t>
   </si>
   <si>
     <t>Лейка душевая  3 функции VIEIR (1/40шт)</t>
   </si>
   <si>
     <t>SMS-330052</t>
   </si>
   <si>
     <t>VR3002</t>
   </si>
   <si>
     <t>Лейка душевая  2 функции (переключение кнопкой) VIEIR (1/40шт)</t>
   </si>
   <si>
     <t>SMS-330053</t>
   </si>
   <si>
     <t>VR3003</t>
   </si>
   <si>
     <t>SMS-330054</t>
   </si>
   <si>
     <t>VR3003F</t>
   </si>
   <si>
     <t>SMS-330055</t>
   </si>
   <si>
     <t>VR3004</t>
   </si>
   <si>
-    <t>578.86 руб.</t>
+    <t>610.29 руб.</t>
   </si>
   <si>
     <t>SMS-330056</t>
   </si>
   <si>
     <t>VR3005</t>
   </si>
   <si>
-    <t>643.18 руб.</t>
+    <t>678.11 руб.</t>
   </si>
   <si>
     <t>SMS-330057</t>
   </si>
   <si>
     <t>VR3006</t>
   </si>
   <si>
-    <t>1 003.92 руб.</t>
+    <t>1 058.43 руб.</t>
   </si>
   <si>
     <t>SMS-330058</t>
   </si>
   <si>
     <t>VR3031</t>
   </si>
   <si>
-    <t>623.61 руб.</t>
+    <t>657.47 руб.</t>
   </si>
   <si>
     <t>SMS-330059</t>
   </si>
   <si>
     <t>VR3033</t>
   </si>
   <si>
     <t>SMS-330060</t>
   </si>
   <si>
     <t>VR3083</t>
   </si>
   <si>
-    <t>852.92 руб.</t>
+    <t>899.23 руб.</t>
   </si>
   <si>
     <t>SMS-330061</t>
   </si>
   <si>
     <t>VR3083C</t>
   </si>
   <si>
     <t>Лейка душевая  3 функции (черная) VIEIR (1/40шт)</t>
   </si>
   <si>
-    <t>845.92 руб.</t>
+    <t>891.86 руб.</t>
   </si>
   <si>
     <t>SMS-330062</t>
   </si>
   <si>
     <t>VR3083F</t>
   </si>
   <si>
     <t>Лейка душевая  3 функции (белая) VIEIR (1/40шт)</t>
   </si>
   <si>
     <t>SMS-330063</t>
   </si>
   <si>
     <t>VR5002</t>
   </si>
   <si>
     <t>Лейка душевая  5 функций VIEIR (1/40шт)</t>
   </si>
   <si>
-    <t>711.69 руб.</t>
+    <t>750.34 руб.</t>
   </si>
   <si>
     <t>SMS-330064</t>
   </si>
   <si>
     <t>VR5003</t>
   </si>
   <si>
-    <t>861.30 руб.</t>
+    <t>908.07 руб.</t>
   </si>
   <si>
     <t>SMS-330065</t>
   </si>
   <si>
     <t>VR5005</t>
   </si>
   <si>
-    <t>862.70 руб.</t>
+    <t>909.55 руб.</t>
   </si>
   <si>
     <t>SMS-330066</t>
   </si>
   <si>
     <t>VR5006</t>
   </si>
   <si>
-    <t>634.79 руб.</t>
+    <t>669.26 руб.</t>
   </si>
   <si>
     <t>SMS-330067</t>
   </si>
   <si>
     <t>VR5011</t>
   </si>
   <si>
-    <t>773.22 руб.</t>
+    <t>815.20 руб.</t>
   </si>
   <si>
     <t>SMS-330068</t>
   </si>
   <si>
     <t>VR5012</t>
   </si>
   <si>
-    <t>956.38 руб.</t>
+    <t>1 008.31 руб.</t>
   </si>
   <si>
     <t>Лейки РАЗНЫЕ</t>
   </si>
   <si>
     <t>OTM-110063</t>
   </si>
   <si>
     <t>Лейка для  душа 1/2 КОБРА хром (160шт)</t>
   </si>
   <si>
     <t>68.40 руб.</t>
   </si>
   <si>
     <t>OTM-110067</t>
   </si>
   <si>
     <t>Держатель настенный для лейки пластик хром</t>
   </si>
   <si>
     <t>18.81 руб.</t>
   </si>
   <si>
     <t>&gt;500</t>
   </si>
   <si>
     <t>VER-100196</t>
   </si>
   <si>
     <t>MG09</t>
   </si>
   <si>
     <t>Душевая лейка 1-режимная хром КОБРА</t>
   </si>
   <si>
-    <t>62.92 руб.</t>
+    <t>66.34 руб.</t>
   </si>
   <si>
     <t>Ремкомлекты</t>
   </si>
   <si>
     <t>SMS-180372</t>
   </si>
   <si>
     <t>XOT-1001</t>
   </si>
   <si>
     <t>ремкоплект G.Lauf для шарового переключения XOT-1001</t>
   </si>
   <si>
     <t>384.43 руб.</t>
   </si>
   <si>
     <t>SMS-180374</t>
   </si>
   <si>
     <t>XOT-1202</t>
   </si>
   <si>
     <t>ремкоплект G.Lauf для излива универсальный</t>
   </si>
   <si>
     <t>134.70 руб.</t>
   </si>
   <si>
     <t>Эксцентрики</t>
   </si>
   <si>
     <t>FRK-110172</t>
   </si>
   <si>
     <t>PV43</t>
   </si>
   <si>
     <t>Эксцентрик для смесителя 3/4х1/2" (1/500шт)</t>
   </si>
   <si>
-    <t>142.80 руб.</t>
+    <t>191.89 руб.</t>
   </si>
   <si>
     <t>FRK-110173</t>
   </si>
   <si>
     <t>PV45</t>
   </si>
   <si>
     <t>Набор коротких усиленных эксцентриков (2шт) в блистере с прокладками (1/48шт)</t>
   </si>
   <si>
+    <t>459.64 руб.</t>
+  </si>
+  <si>
     <t>FRK-110174</t>
   </si>
   <si>
     <t>PV46</t>
   </si>
   <si>
     <t>Набор длинных усиленных эксцентриков (2шт) в блистере с прокладками (1/30шт)</t>
   </si>
   <si>
-    <t>489.39 руб.</t>
+    <t>589.05 руб.</t>
   </si>
   <si>
     <t>FRK-111002</t>
   </si>
   <si>
     <t>Набор эксцентриков с отражателем 2шт, нержавеющая сталь</t>
   </si>
   <si>
     <t>49.00 руб.</t>
   </si>
   <si>
     <t>SMS-180364</t>
   </si>
   <si>
     <t>UWJ-1118</t>
   </si>
   <si>
     <t>Эксцентрик G.Lauf + декор. отражатель UWJ-1118</t>
   </si>
   <si>
     <t>101.41 руб.</t>
   </si>
   <si>
     <t>SMS-180365</t>
   </si>
@@ -2602,117 +2743,117 @@
   <si>
     <t>5 543.24 руб.</t>
   </si>
   <si>
     <t>SMS-180731</t>
   </si>
   <si>
     <t>UST-2010YB</t>
   </si>
   <si>
     <t>Стойка для душа нерж сталь ЧЕРНАЯ (в комп. Лейка , держатель, шланг, рег. мыльница) (5шт)</t>
   </si>
   <si>
     <t>6 096.93 руб.</t>
   </si>
   <si>
     <t>SMS-330069</t>
   </si>
   <si>
     <t>VR020</t>
   </si>
   <si>
     <t>Стойка душевая "VIEIR" (10шт)</t>
   </si>
   <si>
-    <t>1 554.82 руб.</t>
+    <t>1 639.25 руб.</t>
   </si>
   <si>
     <t>SMS-330070</t>
   </si>
   <si>
     <t>VR030</t>
   </si>
   <si>
-    <t>1 726.80 руб.</t>
+    <t>1 820.57 руб.</t>
   </si>
   <si>
     <t>SMS-330071</t>
   </si>
   <si>
     <t>VR040</t>
   </si>
   <si>
-    <t>1 975.69 руб.</t>
+    <t>2 082.96 руб.</t>
   </si>
   <si>
     <t>SMS-330072</t>
   </si>
   <si>
     <t>VR050</t>
   </si>
   <si>
-    <t>1 940.73 руб.</t>
+    <t>2 046.11 руб.</t>
   </si>
   <si>
     <t>SMS-330073</t>
   </si>
   <si>
     <t>VR060</t>
   </si>
   <si>
-    <t>1 729.60 руб.</t>
+    <t>1 823.51 руб.</t>
   </si>
   <si>
     <t>SMS-330074</t>
   </si>
   <si>
     <t>VR011</t>
   </si>
   <si>
-    <t>1 936.54 руб.</t>
+    <t>2 041.69 руб.</t>
   </si>
   <si>
     <t>SMS-330075</t>
   </si>
   <si>
     <t>VR031</t>
   </si>
   <si>
-    <t>2 137.88 руб.</t>
+    <t>2 253.96 руб.</t>
   </si>
   <si>
     <t>VER-100239</t>
   </si>
   <si>
     <t>VR041</t>
   </si>
   <si>
     <t>Душевая стойка держатель с лейкой</t>
   </si>
   <si>
-    <t>2 305.67 руб.</t>
+    <t>2 430.86 руб.</t>
   </si>
   <si>
     <t>Комплектующие</t>
   </si>
   <si>
     <t>SMS-180366</t>
   </si>
   <si>
     <t>USG-1119</t>
   </si>
   <si>
     <t>набор шпильки (2шт) + прокладки USG-1119</t>
   </si>
   <si>
     <t>52.97 руб.</t>
   </si>
   <si>
     <t>SMS-180367</t>
   </si>
   <si>
     <t>USG-1120</t>
   </si>
   <si>
     <t>набор шпилька + прокладки USG-1120</t>
   </si>
@@ -2767,51 +2908,51 @@
   <si>
     <t>Пара штуцеров- удлинителей Solone для подводки (Lt) SJG-001</t>
   </si>
   <si>
     <t>127.14 руб.</t>
   </si>
   <si>
     <t>SST-100226</t>
   </si>
   <si>
     <t>TP14</t>
   </si>
   <si>
     <t>Пара медных удлинителей для гибкой подводки (2шт - 95мм и 115мм)</t>
   </si>
   <si>
     <t>VER-101135</t>
   </si>
   <si>
     <t>VBLX110</t>
   </si>
   <si>
     <t>Пара удлиннителей для гибкой подводки в блистере (1/150шт)</t>
   </si>
   <si>
-    <t>357.94 руб.</t>
+    <t>377.38 руб.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -6545,3567 +6686,3567 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="121" name="Image_135" descr="Image_135"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>138</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="122" name="Image_139" descr="Image_139"/>
+      <xdr:row>155</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="122" name="Image_156" descr="Image_156"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>139</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="123" name="Image_140" descr="Image_140"/>
+      <xdr:row>156</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="123" name="Image_157" descr="Image_157"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>140</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="124" name="Image_141" descr="Image_141"/>
+      <xdr:row>157</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="124" name="Image_158" descr="Image_158"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>141</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="125" name="Image_142" descr="Image_142"/>
+      <xdr:row>158</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="125" name="Image_159" descr="Image_159"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>142</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="126" name="Image_143" descr="Image_143"/>
+      <xdr:row>159</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="126" name="Image_160" descr="Image_160"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>143</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="127" name="Image_144" descr="Image_144"/>
+      <xdr:row>160</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="127" name="Image_161" descr="Image_161"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>144</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="128" name="Image_145" descr="Image_145"/>
+      <xdr:row>161</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="128" name="Image_162" descr="Image_162"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>145</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="129" name="Image_146" descr="Image_146"/>
+      <xdr:row>162</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="129" name="Image_163" descr="Image_163"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>146</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="130" name="Image_147" descr="Image_147"/>
+      <xdr:row>163</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="130" name="Image_164" descr="Image_164"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId130"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>147</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="131" name="Image_148" descr="Image_148"/>
+      <xdr:row>164</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="131" name="Image_165" descr="Image_165"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>148</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="132" name="Image_149" descr="Image_149"/>
+      <xdr:row>165</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="132" name="Image_166" descr="Image_166"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>149</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="133" name="Image_150" descr="Image_150"/>
+      <xdr:row>166</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="133" name="Image_167" descr="Image_167"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>150</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="134" name="Image_151" descr="Image_151"/>
+      <xdr:row>167</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="134" name="Image_168" descr="Image_168"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>151</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="135" name="Image_152" descr="Image_152"/>
+      <xdr:row>168</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="135" name="Image_169" descr="Image_169"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId135"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>152</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="136" name="Image_153" descr="Image_153"/>
+      <xdr:row>169</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="136" name="Image_170" descr="Image_170"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId136"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>153</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="137" name="Image_154" descr="Image_154"/>
+      <xdr:row>170</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="137" name="Image_171" descr="Image_171"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId137"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>154</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="138" name="Image_155" descr="Image_155"/>
+      <xdr:row>171</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="138" name="Image_172" descr="Image_172"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>155</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="139" name="Image_156" descr="Image_156"/>
+      <xdr:row>172</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="139" name="Image_173" descr="Image_173"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>156</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="140" name="Image_157" descr="Image_157"/>
+      <xdr:row>173</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="140" name="Image_174" descr="Image_174"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>157</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="141" name="Image_158" descr="Image_158"/>
+      <xdr:row>174</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="141" name="Image_175" descr="Image_175"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>158</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="142" name="Image_159" descr="Image_159"/>
+      <xdr:row>175</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="142" name="Image_176" descr="Image_176"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId142"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>159</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="143" name="Image_160" descr="Image_160"/>
+      <xdr:row>176</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="143" name="Image_177" descr="Image_177"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId143"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>160</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="144" name="Image_161" descr="Image_161"/>
+      <xdr:row>177</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="144" name="Image_178" descr="Image_178"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId144"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>161</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="145" name="Image_162" descr="Image_162"/>
+      <xdr:row>178</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="145" name="Image_179" descr="Image_179"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId145"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>162</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="146" name="Image_163" descr="Image_163"/>
+      <xdr:row>179</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="146" name="Image_180" descr="Image_180"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId146"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>163</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="147" name="Image_164" descr="Image_164"/>
+      <xdr:row>180</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="147" name="Image_181" descr="Image_181"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId147"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>164</xdr:row>
+      <xdr:row>181</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1704975"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="148" name="Image_165" descr="Image_165"/>
+        <xdr:cNvPr id="148" name="Image_182" descr="Image_182"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId148"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>165</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="149" name="Image_166" descr="Image_166"/>
+      <xdr:row>182</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="149" name="Image_183" descr="Image_183"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId149"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>166</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="150" name="Image_167" descr="Image_167"/>
+      <xdr:row>183</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="150" name="Image_184" descr="Image_184"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId150"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>167</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="151" name="Image_168" descr="Image_168"/>
+      <xdr:row>184</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="151" name="Image_185" descr="Image_185"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId151"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>168</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="152" name="Image_169" descr="Image_169"/>
+      <xdr:row>185</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="152" name="Image_186" descr="Image_186"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId152"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>170</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="153" name="Image_171" descr="Image_171"/>
+      <xdr:row>187</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="153" name="Image_188" descr="Image_188"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>171</xdr:row>
+      <xdr:row>188</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="2352675"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="154" name="Image_172" descr="Image_172"/>
+        <xdr:cNvPr id="154" name="Image_189" descr="Image_189"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>172</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="155" name="Image_173" descr="Image_173"/>
+      <xdr:row>189</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="155" name="Image_190" descr="Image_190"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>173</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="156" name="Image_174" descr="Image_174"/>
+      <xdr:row>190</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="156" name="Image_191" descr="Image_191"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>174</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="157" name="Image_175" descr="Image_175"/>
+      <xdr:row>191</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="157" name="Image_192" descr="Image_192"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>175</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="158" name="Image_176" descr="Image_176"/>
+      <xdr:row>192</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="158" name="Image_193" descr="Image_193"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId158"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>176</xdr:row>
+      <xdr:row>193</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="2038350"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="159" name="Image_177" descr="Image_177"/>
+        <xdr:cNvPr id="159" name="Image_194" descr="Image_194"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId159"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>177</xdr:row>
+      <xdr:row>194</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="2009775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="160" name="Image_178" descr="Image_178"/>
+        <xdr:cNvPr id="160" name="Image_195" descr="Image_195"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId160"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>178</xdr:row>
+      <xdr:row>195</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1657350"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="161" name="Image_179" descr="Image_179"/>
+        <xdr:cNvPr id="161" name="Image_196" descr="Image_196"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId161"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>179</xdr:row>
+      <xdr:row>196</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1952625"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="162" name="Image_180" descr="Image_180"/>
+        <xdr:cNvPr id="162" name="Image_197" descr="Image_197"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId162"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>180</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="163" name="Image_181" descr="Image_181"/>
+      <xdr:row>197</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="163" name="Image_198" descr="Image_198"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId163"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>181</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="164" name="Image_182" descr="Image_182"/>
+      <xdr:row>198</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="164" name="Image_199" descr="Image_199"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId164"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>182</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="165" name="Image_183" descr="Image_183"/>
+      <xdr:row>199</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="165" name="Image_200" descr="Image_200"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId165"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>183</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="166" name="Image_184" descr="Image_184"/>
+      <xdr:row>200</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="166" name="Image_201" descr="Image_201"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId166"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>184</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="167" name="Image_185" descr="Image_185"/>
+      <xdr:row>201</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="167" name="Image_202" descr="Image_202"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId167"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>185</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="168" name="Image_186" descr="Image_186"/>
+      <xdr:row>202</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="168" name="Image_203" descr="Image_203"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId168"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>186</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="169" name="Image_187" descr="Image_187"/>
+      <xdr:row>203</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="169" name="Image_204" descr="Image_204"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId169"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>187</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="170" name="Image_188" descr="Image_188"/>
+      <xdr:row>204</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="170" name="Image_205" descr="Image_205"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId170"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>188</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="171" name="Image_189" descr="Image_189"/>
+      <xdr:row>205</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="171" name="Image_206" descr="Image_206"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId171"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>189</xdr:row>
+      <xdr:row>206</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="2047875"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="172" name="Image_190" descr="Image_190"/>
+        <xdr:cNvPr id="172" name="Image_207" descr="Image_207"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId172"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>190</xdr:row>
+      <xdr:row>207</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="2219325"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="173" name="Image_191" descr="Image_191"/>
+        <xdr:cNvPr id="173" name="Image_208" descr="Image_208"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId173"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>191</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="174" name="Image_192" descr="Image_192"/>
+      <xdr:row>208</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="174" name="Image_209" descr="Image_209"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId174"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>192</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="175" name="Image_193" descr="Image_193"/>
+      <xdr:row>209</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="175" name="Image_210" descr="Image_210"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId175"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>194</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="176" name="Image_195" descr="Image_195"/>
+      <xdr:row>211</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="176" name="Image_212" descr="Image_212"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId176"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>195</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="177" name="Image_196" descr="Image_196"/>
+      <xdr:row>212</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="177" name="Image_213" descr="Image_213"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>196</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="178" name="Image_197" descr="Image_197"/>
+      <xdr:row>213</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="178" name="Image_214" descr="Image_214"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId178"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>198</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="179" name="Image_199" descr="Image_199"/>
+      <xdr:row>215</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="179" name="Image_216" descr="Image_216"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId179"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>199</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="180" name="Image_200" descr="Image_200"/>
+      <xdr:row>216</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="180" name="Image_217" descr="Image_217"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId180"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>201</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="181" name="Image_202" descr="Image_202"/>
+      <xdr:row>218</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="181" name="Image_219" descr="Image_219"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId181"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>202</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="182" name="Image_203" descr="Image_203"/>
+      <xdr:row>219</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="182" name="Image_220" descr="Image_220"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId182"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>203</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="183" name="Image_204" descr="Image_204"/>
+      <xdr:row>220</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="183" name="Image_221" descr="Image_221"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId183"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>204</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="184" name="Image_205" descr="Image_205"/>
+      <xdr:row>221</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="184" name="Image_222" descr="Image_222"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId184"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>205</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="185" name="Image_206" descr="Image_206"/>
+      <xdr:row>222</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="185" name="Image_223" descr="Image_223"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId185"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>206</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="186" name="Image_207" descr="Image_207"/>
+      <xdr:row>223</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="186" name="Image_224" descr="Image_224"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId186"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>208</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="187" name="Image_209" descr="Image_209"/>
+      <xdr:row>225</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="187" name="Image_226" descr="Image_226"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId187"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>209</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="188" name="Image_210" descr="Image_210"/>
+      <xdr:row>226</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="188" name="Image_227" descr="Image_227"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId188"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>210</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="189" name="Image_211" descr="Image_211"/>
+      <xdr:row>227</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="189" name="Image_228" descr="Image_228"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId189"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>211</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="190" name="Image_212" descr="Image_212"/>
+      <xdr:row>228</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="190" name="Image_229" descr="Image_229"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId190"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>212</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="191" name="Image_213" descr="Image_213"/>
+      <xdr:row>229</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="191" name="Image_230" descr="Image_230"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId191"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>213</xdr:row>
+      <xdr:row>230</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1162050"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="192" name="Image_214" descr="Image_214"/>
+        <xdr:cNvPr id="192" name="Image_231" descr="Image_231"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId192"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>214</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="193" name="Image_215" descr="Image_215"/>
+      <xdr:row>231</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="193" name="Image_232" descr="Image_232"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId193"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>217</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="194" name="Image_218" descr="Image_218"/>
+      <xdr:row>234</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="194" name="Image_235" descr="Image_235"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId194"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>218</xdr:row>
+      <xdr:row>235</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1095375"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="195" name="Image_219" descr="Image_219"/>
+        <xdr:cNvPr id="195" name="Image_236" descr="Image_236"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId195"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>219</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="196" name="Image_220" descr="Image_220"/>
+      <xdr:row>236</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="196" name="Image_237" descr="Image_237"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId196"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>220</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="197" name="Image_221" descr="Image_221"/>
+      <xdr:row>237</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="197" name="Image_238" descr="Image_238"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId197"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>222</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="198" name="Image_223" descr="Image_223"/>
+      <xdr:row>239</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="198" name="Image_240" descr="Image_240"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId198"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>223</xdr:row>
+      <xdr:row>240</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1200150"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="199" name="Image_224" descr="Image_224"/>
+        <xdr:cNvPr id="199" name="Image_241" descr="Image_241"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId199"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>224</xdr:row>
+      <xdr:row>241</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1209675"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="200" name="Image_225" descr="Image_225"/>
+        <xdr:cNvPr id="200" name="Image_242" descr="Image_242"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId200"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>225</xdr:row>
+      <xdr:row>242</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1266825"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="201" name="Image_226" descr="Image_226"/>
+        <xdr:cNvPr id="201" name="Image_243" descr="Image_243"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId201"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>226</xdr:row>
+      <xdr:row>243</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1333500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="202" name="Image_227" descr="Image_227"/>
+        <xdr:cNvPr id="202" name="Image_244" descr="Image_244"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId202"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>227</xdr:row>
+      <xdr:row>244</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1209675"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="203" name="Image_228" descr="Image_228"/>
+        <xdr:cNvPr id="203" name="Image_245" descr="Image_245"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId203"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>228</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="204" name="Image_229" descr="Image_229"/>
+      <xdr:row>245</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="204" name="Image_246" descr="Image_246"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId204"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>229</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="205" name="Image_230" descr="Image_230"/>
+      <xdr:row>246</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="205" name="Image_247" descr="Image_247"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId205"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>230</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="206" name="Image_231" descr="Image_231"/>
+      <xdr:row>247</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="206" name="Image_248" descr="Image_248"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId206"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>231</xdr:row>
+      <xdr:row>248</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1162050"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="207" name="Image_232" descr="Image_232"/>
+        <xdr:cNvPr id="207" name="Image_249" descr="Image_249"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId207"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>232</xdr:row>
+      <xdr:row>249</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1362075"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="208" name="Image_233" descr="Image_233"/>
+        <xdr:cNvPr id="208" name="Image_250" descr="Image_250"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId208"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>233</xdr:row>
+      <xdr:row>250</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1276350"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="209" name="Image_234" descr="Image_234"/>
+        <xdr:cNvPr id="209" name="Image_251" descr="Image_251"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId209"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>234</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="210" name="Image_235" descr="Image_235"/>
+      <xdr:row>251</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="210" name="Image_252" descr="Image_252"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId210"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>235</xdr:row>
+      <xdr:row>252</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="866775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="211" name="Image_236" descr="Image_236"/>
+        <xdr:cNvPr id="211" name="Image_253" descr="Image_253"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId211"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>236</xdr:row>
+      <xdr:row>253</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="866775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="212" name="Image_237" descr="Image_237"/>
+        <xdr:cNvPr id="212" name="Image_254" descr="Image_254"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId212"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>237</xdr:row>
+      <xdr:row>254</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="866775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="213" name="Image_238" descr="Image_238"/>
+        <xdr:cNvPr id="213" name="Image_255" descr="Image_255"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId213"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>238</xdr:row>
+      <xdr:row>255</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="866775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="214" name="Image_239" descr="Image_239"/>
+        <xdr:cNvPr id="214" name="Image_256" descr="Image_256"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId214"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>239</xdr:row>
+      <xdr:row>256</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="866775"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="215" name="Image_240" descr="Image_240"/>
+        <xdr:cNvPr id="215" name="Image_257" descr="Image_257"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId215"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>240</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="216" name="Image_241" descr="Image_241"/>
+      <xdr:row>257</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="216" name="Image_258" descr="Image_258"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId216"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>243</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="217" name="Image_244" descr="Image_244"/>
+      <xdr:row>260</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="217" name="Image_261" descr="Image_261"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId217"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>244</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="218" name="Image_245" descr="Image_245"/>
+      <xdr:row>261</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="218" name="Image_262" descr="Image_262"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId218"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>245</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="219" name="Image_246" descr="Image_246"/>
+      <xdr:row>262</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="219" name="Image_263" descr="Image_263"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId219"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>246</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="220" name="Image_247" descr="Image_247"/>
+      <xdr:row>263</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="220" name="Image_264" descr="Image_264"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId220"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>247</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="221" name="Image_248" descr="Image_248"/>
+      <xdr:row>264</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="221" name="Image_265" descr="Image_265"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId221"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>248</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="222" name="Image_249" descr="Image_249"/>
+      <xdr:row>265</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="222" name="Image_266" descr="Image_266"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId222"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>249</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="223" name="Image_250" descr="Image_250"/>
+      <xdr:row>266</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="223" name="Image_267" descr="Image_267"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId223"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>250</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="224" name="Image_251" descr="Image_251"/>
+      <xdr:row>267</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="224" name="Image_268" descr="Image_268"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId224"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>251</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="225" name="Image_252" descr="Image_252"/>
+      <xdr:row>268</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="225" name="Image_269" descr="Image_269"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId225"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>252</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="226" name="Image_253" descr="Image_253"/>
+      <xdr:row>269</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="226" name="Image_270" descr="Image_270"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId226"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>253</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="227" name="Image_254" descr="Image_254"/>
+      <xdr:row>270</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="227" name="Image_271" descr="Image_271"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId227"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>254</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="228" name="Image_255" descr="Image_255"/>
+      <xdr:row>271</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="228" name="Image_272" descr="Image_272"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId228"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>255</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="229" name="Image_256" descr="Image_256"/>
+      <xdr:row>272</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="229" name="Image_273" descr="Image_273"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId229"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>256</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="230" name="Image_257" descr="Image_257"/>
+      <xdr:row>273</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="230" name="Image_274" descr="Image_274"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId230"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>257</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="231" name="Image_258" descr="Image_258"/>
+      <xdr:row>274</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="231" name="Image_275" descr="Image_275"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId231"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>259</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="232" name="Image_260" descr="Image_260"/>
+      <xdr:row>276</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="232" name="Image_277" descr="Image_277"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId232"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>260</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="233" name="Image_261" descr="Image_261"/>
+      <xdr:row>277</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="233" name="Image_278" descr="Image_278"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId233"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>261</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="234" name="Image_262" descr="Image_262"/>
+      <xdr:row>278</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="234" name="Image_279" descr="Image_279"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId234"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>262</xdr:row>
+      <xdr:row>279</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1123950"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="235" name="Image_263" descr="Image_263"/>
+        <xdr:cNvPr id="235" name="Image_280" descr="Image_280"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId235"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>263</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="236" name="Image_264" descr="Image_264"/>
+      <xdr:row>280</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="236" name="Image_281" descr="Image_281"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId236"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>264</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="237" name="Image_265" descr="Image_265"/>
+      <xdr:row>281</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="237" name="Image_282" descr="Image_282"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId237"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>265</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="238" name="Image_266" descr="Image_266"/>
+      <xdr:row>282</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="238" name="Image_283" descr="Image_283"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId238"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>267</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="239" name="Image_268" descr="Image_268"/>
+      <xdr:row>284</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="239" name="Image_285" descr="Image_285"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId239"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -10378,51 +10519,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="0" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L268"/>
+  <dimension ref="A1:L285"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="5" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="60" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
     <col min="10" max="10" width="11" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -10430,51 +10571,51 @@
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="4">
-        <f>SUM(J2:J268)</f>
+        <f>SUM(J2:J285)</f>
         <v>0</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="5"/>
     </row>
     <row r="2" spans="1:12">
       <c r="A2" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
       <c r="L2" s="5"/>
     </row>
     <row r="3" spans="1:12" outlineLevel="1">
       <c r="A3" s="7" t="s">
@@ -10606,1921 +10747,1921 @@
         <v>16</v>
       </c>
       <c r="K7" s="2" t="str">
         <f>J7*612.97</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>827384</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="G8" s="2" t="s">
-        <v>29</v>
+      <c r="G8" s="2">
+        <v>8</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*635.68</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>827950</v>
       </c>
       <c r="C9" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D9" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="D9" s="1" t="s">
+      <c r="E9" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="F9" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="F9" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G9" s="2">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K9" s="2" t="str">
         <f>J9*646.27</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>878973</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D10" s="1">
         <v>565022</v>
       </c>
       <c r="E10" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="G10" s="2">
         <v>-1</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K10" s="2" t="str">
         <f>J10*185.00</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>878975</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D11" s="1">
         <v>565090</v>
       </c>
       <c r="E11" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="G11" s="2">
         <v>0</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K11" s="2" t="str">
         <f>J11*192.64</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>954070</v>
       </c>
       <c r="C12" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="D12" s="1" t="s">
+      <c r="E12" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="E12" s="2" t="s">
+      <c r="F12" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="F12" s="2" t="s">
-[...3 lines deleted...]
-        <v>7</v>
+      <c r="G12" s="2" t="s">
+        <v>21</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K12" s="2" t="str">
-        <f>J12*971.34</f>
+        <f>J12*1051.66</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" outlineLevel="2">
       <c r="A13" s="8" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B13" s="8"/>
       <c r="C13" s="8"/>
       <c r="D13" s="8"/>
       <c r="E13" s="8"/>
       <c r="F13" s="8"/>
       <c r="G13" s="8"/>
       <c r="H13" s="8"/>
       <c r="I13" s="8"/>
       <c r="J13" s="8"/>
       <c r="K13" s="8"/>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>827122</v>
       </c>
       <c r="C14" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="E14" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="F14" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G14" s="2">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K14" s="2" t="str">
         <f>J14*1008.00</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>827123</v>
       </c>
       <c r="C15" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D15" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="D15" s="1" t="s">
+      <c r="E15" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="E15" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="2" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="G15" s="2">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K15" s="2" t="str">
         <f>J15*1008.00</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>827124</v>
       </c>
       <c r="C16" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D16" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="D16" s="1" t="s">
+      <c r="E16" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="E16" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="2" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="G16" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K16" s="2" t="str">
         <f>J16*1008.00</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>827125</v>
       </c>
       <c r="C17" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D17" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="D17" s="1" t="s">
+      <c r="E17" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="E17" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>47</v>
+      </c>
+      <c r="G17" s="2" t="s">
+        <v>21</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K17" s="2" t="str">
         <f>J17*1008.00</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>827385</v>
       </c>
       <c r="C18" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D18" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="D18" s="1" t="s">
+      <c r="E18" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="E18" s="2" t="s">
+      <c r="F18" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="F18" s="2" t="s">
+      <c r="G18" s="2" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K18" s="2" t="str">
         <f>J18*193.73</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>827386</v>
       </c>
       <c r="C19" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D19" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="D19" s="1" t="s">
+      <c r="E19" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="E19" s="2" t="s">
+      <c r="F19" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="F19" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G19" s="2" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K19" s="2" t="str">
         <f>J19*227.03</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>827387</v>
       </c>
       <c r="C20" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D20" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="D20" s="1" t="s">
+      <c r="E20" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="E20" s="2" t="s">
+      <c r="F20" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="F20" s="2" t="s">
-[...3 lines deleted...]
-        <v>21</v>
+      <c r="G20" s="2">
+        <v>0</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K20" s="2" t="str">
         <f>J20*284.54</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>827388</v>
       </c>
       <c r="C21" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D21" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="D21" s="1" t="s">
+      <c r="E21" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="E21" s="2" t="s">
+      <c r="F21" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="F21" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G21" s="2">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K21" s="2" t="str">
         <f>J21*417.73</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>827389</v>
       </c>
       <c r="C22" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="D22" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="D22" s="1" t="s">
+      <c r="E22" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="E22" s="2" t="s">
+      <c r="F22" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="F22" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G22" s="2" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K22" s="2" t="str">
         <f>J22*478.27</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>827390</v>
       </c>
       <c r="C23" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D23" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="D23" s="1" t="s">
+      <c r="E23" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="E23" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F23" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="G23" s="2">
         <v>0</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K23" s="2" t="str">
         <f>J23*478.27</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>827391</v>
       </c>
       <c r="C24" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D24" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="D24" s="1" t="s">
+      <c r="E24" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="E24" s="2" t="s">
+      <c r="F24" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="F24" s="2" t="s">
-[...3 lines deleted...]
-        <v>6</v>
+      <c r="G24" s="2" t="s">
+        <v>21</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K24" s="2" t="str">
         <f>J24*529.73</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>827392</v>
       </c>
       <c r="C25" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D25" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="D25" s="1" t="s">
+      <c r="E25" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="E25" s="2" t="s">
+      <c r="F25" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="F25" s="2" t="s">
-[...3 lines deleted...]
-        <v>6</v>
+      <c r="G25" s="2" t="s">
+        <v>21</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K25" s="2" t="str">
         <f>J25*426.81</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>827393</v>
       </c>
       <c r="C26" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="D26" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="D26" s="1" t="s">
+      <c r="E26" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="E26" s="2" t="s">
+      <c r="F26" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="F26" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G26" s="2" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K26" s="2" t="str">
         <f>J26*488.86</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>827394</v>
       </c>
       <c r="C27" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D27" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="D27" s="1" t="s">
+      <c r="E27" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="E27" s="2" t="s">
+      <c r="F27" s="2" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="G27" s="2">
         <v>0</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K27" s="2" t="str">
         <f>J27*508.54</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>827395</v>
       </c>
       <c r="C28" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D28" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="D28" s="1" t="s">
+      <c r="E28" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="E28" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F28" s="2" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="G28" s="2" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="H28" s="2">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K28" s="2" t="str">
         <f>J28*529.73</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>827396</v>
       </c>
       <c r="C29" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D29" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="D29" s="1" t="s">
+      <c r="E29" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="E29" s="2" t="s">
+      <c r="F29" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="F29" s="2" t="s">
-[...3 lines deleted...]
-        <v>29</v>
+      <c r="G29" s="2">
+        <v>10</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K29" s="2" t="str">
         <f>J29*599.35</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>827397</v>
       </c>
       <c r="C30" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D30" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="D30" s="1" t="s">
+      <c r="E30" s="2" t="s">
         <v>106</v>
       </c>
-      <c r="E30" s="2" t="s">
+      <c r="F30" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="F30" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G30" s="2" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K30" s="2" t="str">
         <f>J30*814.27</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>827398</v>
       </c>
       <c r="C31" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D31" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="D31" s="1" t="s">
+      <c r="E31" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="E31" s="2" t="s">
+      <c r="F31" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="F31" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G31" s="2" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="H31" s="2">
         <v>0</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K31" s="2" t="str">
         <f>J31*413.19</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>827399</v>
       </c>
       <c r="C32" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D32" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="D32" s="1" t="s">
+      <c r="E32" s="2" t="s">
         <v>114</v>
       </c>
-      <c r="E32" s="2" t="s">
+      <c r="F32" s="2" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="G32" s="2">
         <v>7</v>
       </c>
       <c r="H32" s="2">
         <v>0</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K32" s="2" t="str">
         <f>J32*522.16</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>827400</v>
       </c>
       <c r="C33" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D33" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="D33" s="1" t="s">
+      <c r="E33" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="E33" s="2" t="s">
+      <c r="F33" s="2" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="G33" s="2">
         <v>0</v>
       </c>
       <c r="H33" s="2">
         <v>0</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K33" s="2" t="str">
         <f>J33*443.46</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>834144</v>
       </c>
       <c r="C34" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D34" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="D34" s="1" t="s">
+      <c r="E34" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="E34" s="2" t="s">
+      <c r="F34" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="F34" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G34" s="2" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K34" s="2" t="str">
         <f>J34*581.19</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>834694</v>
       </c>
       <c r="C35" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="D35" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="D35" s="1" t="s">
+      <c r="E35" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="E35" s="2" t="s">
+      <c r="F35" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="F35" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G35" s="2">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K35" s="2" t="str">
         <f>J35*738.59</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>834695</v>
       </c>
       <c r="C36" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="D36" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="D36" s="1" t="s">
+      <c r="E36" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="E36" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F36" s="2" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>127</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>21</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K36" s="2" t="str">
         <f>J36*738.59</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>834696</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D37" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="D37" s="1" t="s">
+      <c r="E37" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="E37" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F37" s="2" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="G37" s="2">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K37" s="2" t="str">
         <f>J37*738.59</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>858645</v>
       </c>
       <c r="C38" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D38" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="D38" s="1" t="s">
+      <c r="E38" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="E38" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F38" s="2" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="G38" s="2">
         <v>0</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K38" s="2" t="str">
         <f>J38*1008.00</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>858646</v>
       </c>
       <c r="C39" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D39" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="D39" s="1" t="s">
+      <c r="E39" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="E39" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F39" s="2" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K39" s="2" t="str">
         <f>J39*738.59</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>858647</v>
       </c>
       <c r="C40" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D40" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="D40" s="1" t="s">
+      <c r="E40" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="E40" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F40" s="2" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K40" s="2" t="str">
         <f>J40*738.59</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>883325</v>
       </c>
       <c r="C41" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D41" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="D41" s="1" t="s">
+      <c r="E41" s="2" t="s">
         <v>145</v>
       </c>
-      <c r="E41" s="2" t="s">
+      <c r="F41" s="2" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="G41" s="2">
         <v>0</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K41" s="2" t="str">
         <f>J41*270.32</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>878865</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="D42" s="1"/>
       <c r="E42" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="F42" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="F42" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G42" s="2">
-        <v>-9</v>
+        <v>-10</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K42" s="2" t="str">
         <f>J42*176.85</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>878866</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D43" s="1"/>
       <c r="E43" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>152</v>
       </c>
-      <c r="F43" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G43" s="2">
-        <v>-7</v>
+        <v>4</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
-      <c r="I43" s="1" t="s">
-        <v>29</v>
+      <c r="I43" s="1">
+        <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K43" s="2" t="str">
         <f>J43*205.15</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>878867</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D44" s="1"/>
       <c r="E44" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="F44" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="F44" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G44" s="2">
         <v>0</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
-      <c r="I44" s="1" t="s">
-        <v>29</v>
+      <c r="I44" s="1">
+        <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K44" s="2" t="str">
         <f>J44*290.02</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>878868</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="D45" s="1"/>
       <c r="E45" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="F45" s="2" t="s">
         <v>158</v>
       </c>
-      <c r="F45" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G45" s="2">
-        <v>-2</v>
+        <v>-9</v>
       </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
-      <c r="I45" s="1" t="s">
-        <v>29</v>
+      <c r="I45" s="1">
+        <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K45" s="2" t="str">
         <f>J45*362.52</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>878869</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="D46" s="1"/>
       <c r="E46" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="F46" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="F46" s="2" t="s">
-[...3 lines deleted...]
-        <v>29</v>
+      <c r="G46" s="2">
+        <v>-6</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K46" s="2" t="str">
         <f>J46*367.83</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" outlineLevel="4">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>883012</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D47" s="1"/>
       <c r="E47" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="F47" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="F47" s="2" t="s">
-[...3 lines deleted...]
-        <v>5</v>
+      <c r="G47" s="2" t="s">
+        <v>21</v>
       </c>
       <c r="H47" s="2">
         <v>0</v>
       </c>
-      <c r="I47" s="1" t="s">
-        <v>21</v>
+      <c r="I47" s="1">
+        <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K47" s="2" t="str">
         <f>J47*167.22</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" outlineLevel="4">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>883013</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="D48" s="1"/>
       <c r="E48" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="F48" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="F48" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G48" s="2" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
-      <c r="I48" s="1" t="s">
-        <v>29</v>
+      <c r="I48" s="1">
+        <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K48" s="2" t="str">
         <f>J48*190.85</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" outlineLevel="4">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>883014</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="D49" s="1"/>
       <c r="E49" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="F49" s="2" t="s">
         <v>170</v>
       </c>
-      <c r="F49" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G49" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K49" s="2" t="str">
         <f>J49*478.02</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" outlineLevel="4">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>883015</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="D50" s="1"/>
       <c r="E50" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="F50" s="2" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="G50" s="2">
         <v>7</v>
       </c>
       <c r="H50" s="2">
         <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K50" s="2" t="str">
         <f>J50*110.87</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" outlineLevel="2">
       <c r="A51" s="8" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B51" s="8"/>
       <c r="C51" s="8"/>
       <c r="D51" s="8"/>
       <c r="E51" s="8"/>
       <c r="F51" s="8"/>
       <c r="G51" s="8"/>
       <c r="H51" s="8"/>
       <c r="I51" s="8"/>
       <c r="J51" s="8"/>
       <c r="K51" s="8"/>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>827358</v>
       </c>
       <c r="C52" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="D52" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="D52" s="1" t="s">
+      <c r="E52" s="2" t="s">
         <v>177</v>
       </c>
-      <c r="E52" s="2" t="s">
+      <c r="F52" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="F52" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G52" s="2" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="H52" s="2">
         <v>0</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K52" s="2" t="str">
         <f>J52*122.59</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
         <v>827359</v>
       </c>
       <c r="C53" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="D53" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="D53" s="1" t="s">
+      <c r="E53" s="2" t="s">
         <v>181</v>
       </c>
-      <c r="E53" s="2" t="s">
+      <c r="F53" s="2" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="G53" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H53" s="2">
         <v>0</v>
       </c>
       <c r="I53" s="1">
         <v>0</v>
       </c>
       <c r="J53" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K53" s="2" t="str">
         <f>J53*172.54</f>
         <v>0</v>
       </c>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
         <v>827360</v>
       </c>
       <c r="C54" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D54" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D54" s="1" t="s">
+      <c r="E54" s="2" t="s">
         <v>185</v>
       </c>
-      <c r="E54" s="2" t="s">
+      <c r="F54" s="2" t="s">
         <v>186</v>
       </c>
-      <c r="F54" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G54" s="2" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="H54" s="2">
         <v>0</v>
       </c>
       <c r="I54" s="1">
         <v>0</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K54" s="2" t="str">
         <f>J54*137.73</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
         <v>827361</v>
       </c>
       <c r="C55" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D55" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="D55" s="1" t="s">
+      <c r="E55" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="E55" s="2" t="s">
+      <c r="F55" s="2" t="s">
         <v>190</v>
       </c>
-      <c r="F55" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G55" s="2" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="H55" s="2">
         <v>0</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K55" s="2" t="str">
         <f>J55*155.89</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A56" s="1"/>
       <c r="B56" s="1">
         <v>827362</v>
       </c>
       <c r="C56" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D56" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="D56" s="1" t="s">
+      <c r="E56" s="2" t="s">
         <v>193</v>
       </c>
-      <c r="E56" s="2" t="s">
+      <c r="F56" s="2" t="s">
         <v>194</v>
       </c>
-      <c r="F56" s="2" t="s">
+      <c r="G56" s="2" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="H56" s="2">
         <v>0</v>
       </c>
       <c r="I56" s="1">
         <v>0</v>
       </c>
       <c r="J56" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K56" s="2" t="str">
         <f>J56*180.11</f>
         <v>0</v>
       </c>
       <c r="L56" s="5"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
         <v>827363</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>196</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>197</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>198</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H57" s="2">
         <v>0</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K57" s="2" t="str">
         <f>J57*155.89</f>
         <v>0</v>
       </c>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A58" s="1"/>
       <c r="B58" s="1">
         <v>827364</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>199</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>200</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>201</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>202</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>21</v>
+        <v>195</v>
       </c>
       <c r="H58" s="2">
         <v>0</v>
       </c>
       <c r="I58" s="1">
         <v>0</v>
       </c>
       <c r="J58" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K58" s="2" t="str">
         <f>J58*296.65</f>
         <v>0</v>
       </c>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
         <v>834130</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>203</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>204</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>205</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>206</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>62</v>
+        <v>21</v>
       </c>
       <c r="H59" s="2">
         <v>0</v>
       </c>
       <c r="I59" s="1">
         <v>0</v>
       </c>
       <c r="J59" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K59" s="2" t="str">
         <f>J59*113.51</f>
         <v>0</v>
       </c>
       <c r="L59" s="5"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A60" s="1"/>
       <c r="B60" s="1">
         <v>834131</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>207</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>208</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>209</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>206</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>21</v>
+        <v>195</v>
       </c>
       <c r="H60" s="2">
         <v>0</v>
       </c>
       <c r="I60" s="1">
         <v>0</v>
       </c>
       <c r="J60" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K60" s="2" t="str">
         <f>J60*113.51</f>
         <v>0</v>
       </c>
       <c r="L60" s="5"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A61" s="1"/>
       <c r="B61" s="1">
         <v>834132</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>210</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>211</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>212</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>213</v>
       </c>
-      <c r="G61" s="2">
-        <v>0</v>
+      <c r="G61" s="2" t="s">
+        <v>195</v>
       </c>
       <c r="H61" s="2">
         <v>0</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K61" s="2" t="str">
         <f>J61*393.51</f>
         <v>0</v>
       </c>
       <c r="L61" s="5"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A62" s="1"/>
       <c r="B62" s="1">
         <v>834133</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>214</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>215</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>216</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>217</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="H62" s="2">
         <v>0</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K62" s="2" t="str">
         <f>J62*393.56</f>
         <v>0</v>
       </c>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A63" s="1"/>
       <c r="B63" s="1">
         <v>834134</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>218</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>219</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>220</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>217</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="H63" s="2">
         <v>0</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K63" s="2" t="str">
         <f>J63*393.56</f>
         <v>0</v>
       </c>
       <c r="L63" s="5"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A64" s="1"/>
       <c r="B64" s="1">
         <v>834135</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>221</v>
       </c>
       <c r="D64" s="1" t="s">
@@ -12616,608 +12757,608 @@
       </c>
       <c r="K66" s="2" t="str">
         <f>J66*0.00</f>
         <v>0</v>
       </c>
       <c r="L66" s="5"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A67" s="1"/>
       <c r="B67" s="1">
         <v>834143</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>233</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>234</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>235</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>236</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>62</v>
+        <v>195</v>
       </c>
       <c r="H67" s="2">
         <v>0</v>
       </c>
       <c r="I67" s="1">
         <v>0</v>
       </c>
       <c r="J67" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K67" s="2" t="str">
         <f>J67*151.35</f>
         <v>0</v>
       </c>
       <c r="L67" s="5"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A68" s="1"/>
       <c r="B68" s="1">
         <v>831663</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>237</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>238</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>239</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>240</v>
       </c>
-      <c r="G68" s="2">
-        <v>0</v>
+      <c r="G68" s="2" t="s">
+        <v>195</v>
       </c>
       <c r="H68" s="2">
         <v>0</v>
       </c>
       <c r="I68" s="1">
         <v>0</v>
       </c>
       <c r="J68" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K68" s="2" t="str">
         <f>J68*308.76</f>
         <v>0</v>
       </c>
       <c r="L68" s="5"/>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A69" s="1"/>
       <c r="B69" s="1">
         <v>831664</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>241</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>242</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>243</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>240</v>
       </c>
-      <c r="G69" s="2">
-        <v>5</v>
+      <c r="G69" s="2" t="s">
+        <v>195</v>
       </c>
       <c r="H69" s="2">
         <v>0</v>
       </c>
       <c r="I69" s="1">
         <v>0</v>
       </c>
       <c r="J69" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K69" s="2" t="str">
         <f>J69*308.76</f>
         <v>0</v>
       </c>
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A70" s="1"/>
       <c r="B70" s="1">
         <v>823304</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>244</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>245</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>246</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>247</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>62</v>
+        <v>195</v>
       </c>
       <c r="H70" s="2">
         <v>0</v>
       </c>
       <c r="I70" s="1">
         <v>0</v>
       </c>
       <c r="J70" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K70" s="2" t="str">
-        <f>J70*121.98</f>
+        <f>J70*135.36</f>
         <v>0</v>
       </c>
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A71" s="1"/>
       <c r="B71" s="1">
         <v>823305</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>248</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>249</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>250</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>251</v>
       </c>
-      <c r="G71" s="2" t="s">
-        <v>252</v>
+      <c r="G71" s="2">
+        <v>4</v>
       </c>
       <c r="H71" s="2">
         <v>0</v>
       </c>
-      <c r="I71" s="1" t="s">
-        <v>252</v>
+      <c r="I71" s="1">
+        <v>0</v>
       </c>
       <c r="J71" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K71" s="2" t="str">
-        <f>J71*188.91</f>
+        <f>J71*209.74</f>
         <v>0</v>
       </c>
       <c r="L71" s="5"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A72" s="1"/>
       <c r="B72" s="1">
         <v>823306</v>
       </c>
       <c r="C72" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="D72" s="1" t="s">
         <v>253</v>
       </c>
-      <c r="D72" s="1" t="s">
+      <c r="E72" s="2" t="s">
         <v>254</v>
       </c>
-      <c r="E72" s="2" t="s">
+      <c r="F72" s="2" t="s">
         <v>255</v>
       </c>
-      <c r="F72" s="2" t="s">
+      <c r="G72" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="H72" s="2">
+        <v>0</v>
+      </c>
+      <c r="I72" s="1">
+        <v>0</v>
+      </c>
+      <c r="J72" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="G72" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K72" s="2" t="str">
-        <f>J72*383.78</f>
+        <f>J72*386.75</f>
         <v>0</v>
       </c>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A73" s="1"/>
       <c r="B73" s="1">
         <v>823307</v>
       </c>
       <c r="C73" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="D73" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="D73" s="1" t="s">
+      <c r="E73" s="2" t="s">
         <v>259</v>
       </c>
-      <c r="E73" s="2" t="s">
+      <c r="F73" s="2" t="s">
         <v>260</v>
       </c>
-      <c r="F73" s="2" t="s">
-[...3 lines deleted...]
-        <v>29</v>
+      <c r="G73" s="2">
+        <v>3</v>
       </c>
       <c r="H73" s="2">
         <v>0</v>
       </c>
       <c r="I73" s="1">
         <v>0</v>
       </c>
       <c r="J73" s="3" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="K73" s="2" t="str">
-        <f>J73*385.26</f>
+        <f>J73*420.96</f>
         <v>0</v>
       </c>
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A74" s="1"/>
       <c r="B74" s="1">
         <v>823308</v>
       </c>
       <c r="C74" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="D74" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="D74" s="1" t="s">
+      <c r="E74" s="2" t="s">
         <v>263</v>
       </c>
-      <c r="E74" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F74" s="2" t="s">
-        <v>265</v>
+        <v>255</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="H74" s="2">
         <v>0</v>
       </c>
       <c r="I74" s="1">
         <v>0</v>
       </c>
       <c r="J74" s="3" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="K74" s="2" t="str">
-        <f>J74*361.46</f>
+        <f>J74*386.75</f>
         <v>0</v>
       </c>
       <c r="L74" s="5"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A75" s="1"/>
       <c r="B75" s="1">
         <v>823309</v>
       </c>
       <c r="C75" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="E75" s="2" t="s">
         <v>266</v>
       </c>
-      <c r="D75" s="1" t="s">
+      <c r="F75" s="2" t="s">
         <v>267</v>
       </c>
-      <c r="E75" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G75" s="2">
         <v>0</v>
       </c>
       <c r="H75" s="2">
         <v>0</v>
       </c>
-      <c r="I75" s="1" t="s">
-        <v>21</v>
+      <c r="I75" s="1">
+        <v>0</v>
       </c>
       <c r="J75" s="3" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="K75" s="2" t="str">
-        <f>J75*361.46</f>
+        <f>J75*379.31</f>
         <v>0</v>
       </c>
       <c r="L75" s="5"/>
     </row>
     <row r="76" spans="1:12" outlineLevel="2">
       <c r="A76" s="8" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="B76" s="8"/>
       <c r="C76" s="8"/>
       <c r="D76" s="8"/>
       <c r="E76" s="8"/>
       <c r="F76" s="8"/>
       <c r="G76" s="8"/>
       <c r="H76" s="8"/>
       <c r="I76" s="8"/>
       <c r="J76" s="8"/>
       <c r="K76" s="8"/>
       <c r="L76" s="5"/>
     </row>
     <row r="77" spans="1:12" outlineLevel="3">
       <c r="A77" s="9" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="B77" s="9"/>
       <c r="C77" s="9"/>
       <c r="D77" s="9"/>
       <c r="E77" s="9"/>
       <c r="F77" s="9"/>
       <c r="G77" s="9"/>
       <c r="H77" s="9"/>
       <c r="I77" s="9"/>
       <c r="J77" s="9"/>
       <c r="K77" s="9"/>
       <c r="L77" s="5"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A78" s="1"/>
       <c r="B78" s="1">
         <v>827356</v>
       </c>
       <c r="C78" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="D78" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="D78" s="1" t="s">
+      <c r="E78" s="2" t="s">
         <v>272</v>
       </c>
-      <c r="E78" s="2" t="s">
+      <c r="F78" s="2" t="s">
         <v>273</v>
       </c>
-      <c r="F78" s="2" t="s">
+      <c r="G78" s="2" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="H78" s="2">
         <v>0</v>
       </c>
       <c r="I78" s="1">
         <v>0</v>
       </c>
       <c r="J78" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K78" s="2" t="str">
         <f>J78*217.95</f>
         <v>0</v>
       </c>
       <c r="L78" s="5"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A79" s="1"/>
       <c r="B79" s="1">
         <v>831626</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>275</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>276</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>277</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="G79" s="2" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="H79" s="2">
         <v>0</v>
       </c>
       <c r="I79" s="1">
         <v>0</v>
       </c>
       <c r="J79" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K79" s="2" t="str">
         <f>J79*217.95</f>
         <v>0</v>
       </c>
       <c r="L79" s="5"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A80" s="1"/>
       <c r="B80" s="1">
         <v>831628</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>278</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>279</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>280</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>281</v>
       </c>
       <c r="G80" s="2" t="s">
-        <v>252</v>
+        <v>274</v>
       </c>
       <c r="H80" s="2">
         <v>0</v>
       </c>
       <c r="I80" s="1">
         <v>0</v>
       </c>
       <c r="J80" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K80" s="2" t="str">
         <f>J80*346.59</f>
         <v>0</v>
       </c>
       <c r="L80" s="5"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A81" s="1"/>
       <c r="B81" s="1">
         <v>831629</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>282</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>283</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>284</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>281</v>
       </c>
       <c r="G81" s="2" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="H81" s="2">
         <v>0</v>
       </c>
       <c r="I81" s="1">
         <v>0</v>
       </c>
       <c r="J81" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K81" s="2" t="str">
         <f>J81*346.59</f>
         <v>0</v>
       </c>
       <c r="L81" s="5"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A82" s="1"/>
       <c r="B82" s="1">
         <v>831631</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>285</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>286</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>287</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>281</v>
       </c>
-      <c r="G82" s="2">
-        <v>0</v>
+      <c r="G82" s="2" t="s">
+        <v>274</v>
       </c>
       <c r="H82" s="2">
         <v>0</v>
       </c>
       <c r="I82" s="1">
         <v>0</v>
       </c>
       <c r="J82" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K82" s="2" t="str">
         <f>J82*346.59</f>
         <v>0</v>
       </c>
       <c r="L82" s="5"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A83" s="1"/>
       <c r="B83" s="1">
         <v>831632</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>288</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>289</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>290</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>291</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>21</v>
+        <v>195</v>
       </c>
       <c r="H83" s="2">
         <v>0</v>
       </c>
       <c r="I83" s="1">
         <v>0</v>
       </c>
       <c r="J83" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K83" s="2" t="str">
         <f>J83*366.27</f>
         <v>0</v>
       </c>
       <c r="L83" s="5"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A84" s="1"/>
       <c r="B84" s="1">
         <v>831633</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>292</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>293</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>294</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="G84" s="2" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="H84" s="2">
         <v>0</v>
       </c>
       <c r="I84" s="1">
         <v>0</v>
       </c>
       <c r="J84" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K84" s="2" t="str">
         <f>J84*426.81</f>
         <v>0</v>
       </c>
       <c r="L84" s="5"/>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A85" s="1"/>
       <c r="B85" s="1">
         <v>831634</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>295</v>
       </c>
       <c r="D85" s="1" t="s">
@@ -13347,122 +13488,122 @@
         <v>16</v>
       </c>
       <c r="K88" s="2" t="str">
         <f>J88*611.46</f>
         <v>0</v>
       </c>
       <c r="L88" s="5"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A89" s="1"/>
       <c r="B89" s="1">
         <v>831638</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>311</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>312</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>313</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>314</v>
       </c>
-      <c r="G89" s="2">
-        <v>0</v>
+      <c r="G89" s="2" t="s">
+        <v>61</v>
       </c>
       <c r="H89" s="2">
         <v>0</v>
       </c>
       <c r="I89" s="1">
         <v>0</v>
       </c>
       <c r="J89" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K89" s="2" t="str">
         <f>J89*632.65</f>
         <v>0</v>
       </c>
       <c r="L89" s="5"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A90" s="1"/>
       <c r="B90" s="1">
         <v>831639</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>315</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>316</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>317</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>318</v>
       </c>
       <c r="G90" s="2" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="H90" s="2">
         <v>0</v>
       </c>
       <c r="I90" s="1">
         <v>0</v>
       </c>
       <c r="J90" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K90" s="2" t="str">
         <f>J90*641.73</f>
         <v>0</v>
       </c>
       <c r="L90" s="5"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A91" s="1"/>
       <c r="B91" s="1">
         <v>831640</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>319</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>320</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>321</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>322</v>
       </c>
-      <c r="G91" s="2">
-        <v>2</v>
+      <c r="G91" s="2" t="s">
+        <v>61</v>
       </c>
       <c r="H91" s="2">
         <v>0</v>
       </c>
       <c r="I91" s="1">
         <v>0</v>
       </c>
       <c r="J91" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K91" s="2" t="str">
         <f>J91*682.59</f>
         <v>0</v>
       </c>
       <c r="L91" s="5"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A92" s="1"/>
       <c r="B92" s="1">
         <v>831641</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>323</v>
       </c>
       <c r="D92" s="1" t="s">
@@ -13523,51 +13664,51 @@
       </c>
       <c r="K93" s="2" t="str">
         <f>J93*774.92</f>
         <v>0</v>
       </c>
       <c r="L93" s="5"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A94" s="1"/>
       <c r="B94" s="1">
         <v>831643</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>331</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>332</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>333</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>334</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="H94" s="2">
         <v>0</v>
       </c>
       <c r="I94" s="1">
         <v>0</v>
       </c>
       <c r="J94" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K94" s="2" t="str">
         <f>J94*570.59</f>
         <v>0</v>
       </c>
       <c r="L94" s="5"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A95" s="1"/>
       <c r="B95" s="1">
         <v>827357</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>335</v>
       </c>
       <c r="D95" s="1" t="s">
@@ -13590,54 +13731,54 @@
       </c>
       <c r="J95" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K95" s="2" t="str">
         <f>J95*743.13</f>
         <v>0</v>
       </c>
       <c r="L95" s="5"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A96" s="1"/>
       <c r="B96" s="1">
         <v>831018</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>339</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>340</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>341</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="H96" s="2">
         <v>0</v>
       </c>
       <c r="I96" s="1">
         <v>0</v>
       </c>
       <c r="J96" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K96" s="2" t="str">
         <f>J96*180.11</f>
         <v>0</v>
       </c>
       <c r="L96" s="5"/>
     </row>
     <row r="97" spans="1:12" outlineLevel="3">
       <c r="A97" s="9" t="s">
         <v>342</v>
       </c>
       <c r="B97" s="9"/>
       <c r="C97" s="9"/>
       <c r="D97" s="9"/>
       <c r="E97" s="9"/>
       <c r="F97" s="9"/>
@@ -13679,296 +13820,296 @@
       </c>
       <c r="K98" s="2" t="str">
         <f>J98*327.25</f>
         <v>0</v>
       </c>
       <c r="L98" s="5"/>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A99" s="1"/>
       <c r="B99" s="1">
         <v>824943</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>347</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>348</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>349</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>350</v>
       </c>
       <c r="G99" s="2" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="H99" s="2">
         <v>0</v>
       </c>
       <c r="I99" s="1">
         <v>0</v>
       </c>
       <c r="J99" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K99" s="2" t="str">
         <f>J99*351.05</f>
         <v>0</v>
       </c>
       <c r="L99" s="5"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A100" s="1"/>
       <c r="B100" s="1">
         <v>824944</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>351</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>352</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>353</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>354</v>
       </c>
       <c r="G100" s="2" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="H100" s="2">
         <v>0</v>
       </c>
       <c r="I100" s="1">
         <v>0</v>
       </c>
       <c r="J100" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K100" s="2" t="str">
         <f>J100*377.83</f>
         <v>0</v>
       </c>
       <c r="L100" s="5"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A101" s="1"/>
       <c r="B101" s="1">
         <v>824945</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>355</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>356</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>357</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>358</v>
       </c>
-      <c r="G101" s="2" t="s">
-        <v>21</v>
+      <c r="G101" s="2">
+        <v>0</v>
       </c>
       <c r="H101" s="2">
         <v>0</v>
       </c>
-      <c r="I101" s="1" t="s">
-        <v>252</v>
+      <c r="I101" s="1">
+        <v>0</v>
       </c>
       <c r="J101" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K101" s="2" t="str">
         <f>J101*278.16</f>
         <v>0</v>
       </c>
       <c r="L101" s="5"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A102" s="1"/>
       <c r="B102" s="1">
         <v>824946</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>359</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>360</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>361</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>362</v>
       </c>
-      <c r="G102" s="2">
-        <v>0</v>
+      <c r="G102" s="2" t="s">
+        <v>274</v>
       </c>
       <c r="H102" s="2">
         <v>0</v>
       </c>
       <c r="I102" s="1">
         <v>0</v>
       </c>
       <c r="J102" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K102" s="2" t="str">
         <f>J102*300.48</f>
         <v>0</v>
       </c>
       <c r="L102" s="5"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A103" s="1"/>
       <c r="B103" s="1">
         <v>824947</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>363</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>364</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>365</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>366</v>
       </c>
       <c r="G103" s="2" t="s">
-        <v>252</v>
+        <v>195</v>
       </c>
       <c r="H103" s="2">
         <v>0</v>
       </c>
       <c r="I103" s="1">
         <v>0</v>
       </c>
       <c r="J103" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K103" s="2" t="str">
         <f>J103*322.79</f>
         <v>0</v>
       </c>
       <c r="L103" s="5"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A104" s="1"/>
       <c r="B104" s="1">
         <v>824948</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>367</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>368</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>369</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>370</v>
       </c>
-      <c r="G104" s="2">
-        <v>0</v>
+      <c r="G104" s="2" t="s">
+        <v>274</v>
       </c>
       <c r="H104" s="2">
         <v>0</v>
       </c>
-      <c r="I104" s="1" t="s">
-        <v>252</v>
+      <c r="I104" s="1">
+        <v>0</v>
       </c>
       <c r="J104" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K104" s="2" t="str">
         <f>J104*249.90</f>
         <v>0</v>
       </c>
       <c r="L104" s="5"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A105" s="1"/>
       <c r="B105" s="1">
         <v>824949</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>371</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>373</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>374</v>
       </c>
       <c r="G105" s="2" t="s">
-        <v>62</v>
+        <v>274</v>
       </c>
       <c r="H105" s="2">
         <v>0</v>
       </c>
-      <c r="I105" s="1" t="s">
-        <v>21</v>
+      <c r="I105" s="1">
+        <v>0</v>
       </c>
       <c r="J105" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K105" s="2" t="str">
         <f>J105*269.24</f>
         <v>0</v>
       </c>
       <c r="L105" s="5"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A106" s="1"/>
       <c r="B106" s="1">
         <v>824950</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>375</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>376</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>377</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>378</v>
       </c>
       <c r="G106" s="2" t="s">
-        <v>62</v>
+        <v>274</v>
       </c>
       <c r="H106" s="2">
         <v>0</v>
       </c>
       <c r="I106" s="1">
         <v>0</v>
       </c>
       <c r="J106" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K106" s="2" t="str">
         <f>J106*297.50</f>
         <v>0</v>
       </c>
       <c r="L106" s="5"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A107" s="1"/>
       <c r="B107" s="1">
         <v>824951</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>379</v>
       </c>
       <c r="D107" s="1" t="s">
@@ -13994,302 +14135,302 @@
       </c>
       <c r="K107" s="2" t="str">
         <f>J107*415.01</f>
         <v>0</v>
       </c>
       <c r="L107" s="5"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A108" s="1"/>
       <c r="B108" s="1">
         <v>824952</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>383</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>384</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>385</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>386</v>
       </c>
       <c r="G108" s="2" t="s">
-        <v>62</v>
+        <v>195</v>
       </c>
       <c r="H108" s="2">
         <v>0</v>
       </c>
       <c r="I108" s="1">
         <v>0</v>
       </c>
       <c r="J108" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K108" s="2" t="str">
         <f>J108*444.76</f>
         <v>0</v>
       </c>
       <c r="L108" s="5"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A109" s="1"/>
       <c r="B109" s="1">
         <v>824953</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>388</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>389</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>390</v>
       </c>
       <c r="G109" s="2" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="H109" s="2">
         <v>0</v>
       </c>
       <c r="I109" s="1">
         <v>0</v>
       </c>
       <c r="J109" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K109" s="2" t="str">
         <f>J109*467.08</f>
         <v>0</v>
       </c>
       <c r="L109" s="5"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A110" s="1"/>
       <c r="B110" s="1">
         <v>824954</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>391</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>392</v>
       </c>
       <c r="E110" s="2" t="s">
         <v>393</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G110" s="2" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="H110" s="2">
         <v>0</v>
       </c>
       <c r="I110" s="1">
         <v>0</v>
       </c>
       <c r="J110" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K110" s="2" t="str">
         <f>J110*437.33</f>
         <v>0</v>
       </c>
       <c r="L110" s="5"/>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A111" s="1"/>
       <c r="B111" s="1">
         <v>824955</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>395</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>396</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>397</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>398</v>
       </c>
       <c r="G111" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H111" s="2">
         <v>0</v>
       </c>
       <c r="I111" s="1">
         <v>0</v>
       </c>
       <c r="J111" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K111" s="2" t="str">
         <f>J111*462.61</f>
         <v>0</v>
       </c>
       <c r="L111" s="5"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A112" s="1"/>
       <c r="B112" s="1">
         <v>824956</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>399</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>400</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>401</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>402</v>
       </c>
-      <c r="G112" s="2">
-        <v>0</v>
+      <c r="G112" s="2" t="s">
+        <v>21</v>
       </c>
       <c r="H112" s="2">
         <v>0</v>
       </c>
       <c r="I112" s="1">
         <v>0</v>
       </c>
       <c r="J112" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K112" s="2" t="str">
         <f>J112*486.41</f>
         <v>0</v>
       </c>
       <c r="L112" s="5"/>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A113" s="1"/>
       <c r="B113" s="1">
         <v>824957</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>403</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>404</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>405</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>406</v>
       </c>
       <c r="G113" s="2" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="H113" s="2">
         <v>0</v>
       </c>
       <c r="I113" s="1">
         <v>0</v>
       </c>
       <c r="J113" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K113" s="2" t="str">
         <f>J113*395.68</f>
         <v>0</v>
       </c>
       <c r="L113" s="5"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A114" s="1"/>
       <c r="B114" s="1">
         <v>824958</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>407</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>408</v>
       </c>
       <c r="E114" s="2" t="s">
         <v>409</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>410</v>
       </c>
       <c r="G114" s="2" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="H114" s="2">
         <v>0</v>
       </c>
       <c r="I114" s="1">
         <v>0</v>
       </c>
       <c r="J114" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K114" s="2" t="str">
         <f>J114*428.40</f>
         <v>0</v>
       </c>
       <c r="L114" s="5"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A115" s="1"/>
       <c r="B115" s="1">
         <v>824959</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>411</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>412</v>
       </c>
       <c r="E115" s="2" t="s">
         <v>413</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>414</v>
       </c>
-      <c r="G115" s="2">
-        <v>2</v>
+      <c r="G115" s="2" t="s">
+        <v>61</v>
       </c>
       <c r="H115" s="2">
         <v>0</v>
       </c>
-      <c r="I115" s="1" t="s">
-        <v>21</v>
+      <c r="I115" s="1">
+        <v>0</v>
       </c>
       <c r="J115" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K115" s="2" t="str">
         <f>J115*458.15</f>
         <v>0</v>
       </c>
       <c r="L115" s="5"/>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A116" s="1"/>
       <c r="B116" s="1">
         <v>824960</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>415</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>416</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>417</v>
       </c>
       <c r="F116" s="2" t="s">
@@ -14391,51 +14532,51 @@
       <c r="C119" s="1" t="s">
         <v>427</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>428</v>
       </c>
       <c r="E119" s="2" t="s">
         <v>429</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G119" s="2">
         <v>0</v>
       </c>
       <c r="H119" s="2">
         <v>0</v>
       </c>
       <c r="I119" s="1">
         <v>0</v>
       </c>
       <c r="J119" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K119" s="2" t="str">
-        <f>J119*318.33</f>
+        <f>J119*316.84</f>
         <v>0</v>
       </c>
       <c r="L119" s="5"/>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A120" s="1"/>
       <c r="B120" s="1">
         <v>830333</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>431</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>432</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>433</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>434</v>
       </c>
       <c r="G120" s="2">
         <v>0</v>
       </c>
       <c r="H120" s="2">
@@ -14481,4954 +14622,5531 @@
       </c>
       <c r="J121" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K121" s="2" t="str">
         <f>J121*315.35</f>
         <v>0</v>
       </c>
       <c r="L121" s="5"/>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A122" s="1"/>
       <c r="B122" s="1">
         <v>830335</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>439</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>440</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>441</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>434</v>
+        <v>442</v>
       </c>
       <c r="G122" s="2">
         <v>0</v>
       </c>
       <c r="H122" s="2">
         <v>0</v>
       </c>
       <c r="I122" s="1">
         <v>0</v>
       </c>
       <c r="J122" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K122" s="2" t="str">
-        <f>J122*342.13</f>
+        <f>J122*340.64</f>
         <v>0</v>
       </c>
       <c r="L122" s="5"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A123" s="1"/>
       <c r="B123" s="1">
         <v>830336</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="E123" s="2" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="G123" s="2">
         <v>0</v>
       </c>
       <c r="H123" s="2">
         <v>0</v>
       </c>
       <c r="I123" s="1">
         <v>0</v>
       </c>
       <c r="J123" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K123" s="2" t="str">
         <f>J123*367.41</f>
         <v>0</v>
       </c>
       <c r="L123" s="5"/>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A124" s="1"/>
       <c r="B124" s="1">
         <v>830337</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="G124" s="2" t="s">
-        <v>252</v>
+        <v>274</v>
       </c>
       <c r="H124" s="2">
         <v>0</v>
       </c>
       <c r="I124" s="1">
         <v>0</v>
       </c>
       <c r="J124" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K124" s="2" t="str">
         <f>J124*174.04</f>
         <v>0</v>
       </c>
       <c r="L124" s="5"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A125" s="1"/>
       <c r="B125" s="1">
         <v>830338</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="E125" s="2" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>453</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>454</v>
+      </c>
+      <c r="G125" s="2" t="s">
+        <v>274</v>
       </c>
       <c r="H125" s="2">
         <v>0</v>
       </c>
       <c r="I125" s="1">
         <v>0</v>
       </c>
       <c r="J125" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K125" s="2" t="str">
         <f>J125*190.40</f>
         <v>0</v>
       </c>
       <c r="L125" s="5"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A126" s="1"/>
       <c r="B126" s="1">
         <v>830339</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="E126" s="2" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="G126" s="2" t="s">
-        <v>62</v>
+        <v>195</v>
       </c>
       <c r="H126" s="2">
         <v>0</v>
       </c>
-      <c r="I126" s="1" t="s">
-        <v>21</v>
+      <c r="I126" s="1">
+        <v>0</v>
       </c>
       <c r="J126" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K126" s="2" t="str">
         <f>J126*203.79</f>
         <v>0</v>
       </c>
       <c r="L126" s="5"/>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A127" s="1"/>
       <c r="B127" s="1">
         <v>830340</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="E127" s="2" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="G127" s="2" t="s">
-        <v>62</v>
+        <v>195</v>
       </c>
       <c r="H127" s="2">
         <v>0</v>
       </c>
       <c r="I127" s="1">
         <v>0</v>
       </c>
       <c r="J127" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K127" s="2" t="str">
         <f>J127*285.60</f>
         <v>0</v>
       </c>
       <c r="L127" s="5"/>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A128" s="1"/>
       <c r="B128" s="1">
         <v>830341</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="E128" s="2" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="G128" s="2" t="s">
-        <v>29</v>
+        <v>195</v>
       </c>
       <c r="H128" s="2">
         <v>0</v>
       </c>
       <c r="I128" s="1">
         <v>0</v>
       </c>
       <c r="J128" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K128" s="2" t="str">
-        <f>J128*306.43</f>
+        <f>J128*304.94</f>
         <v>0</v>
       </c>
       <c r="L128" s="5"/>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A129" s="1"/>
       <c r="B129" s="1">
         <v>830342</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E129" s="2" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="G129" s="2" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="H129" s="2">
         <v>0</v>
       </c>
       <c r="I129" s="1">
         <v>0</v>
       </c>
       <c r="J129" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K129" s="2" t="str">
         <f>J129*324.28</f>
         <v>0</v>
       </c>
       <c r="L129" s="5"/>
     </row>
     <row r="130" spans="1:12" outlineLevel="3">
       <c r="A130" s="9" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B130" s="9"/>
       <c r="C130" s="9"/>
       <c r="D130" s="9"/>
       <c r="E130" s="9"/>
       <c r="F130" s="9"/>
       <c r="G130" s="9"/>
       <c r="H130" s="9"/>
       <c r="I130" s="9"/>
       <c r="J130" s="9"/>
       <c r="K130" s="9"/>
       <c r="L130" s="5"/>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A131" s="1"/>
       <c r="B131" s="1">
         <v>882523</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D131" s="1"/>
       <c r="E131" s="2" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="G131" s="2" t="s">
-        <v>252</v>
+        <v>274</v>
       </c>
       <c r="H131" s="2">
         <v>0</v>
       </c>
       <c r="I131" s="1">
         <v>0</v>
       </c>
       <c r="J131" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K131" s="2" t="str">
         <f>J131*107.73</f>
         <v>0</v>
       </c>
       <c r="L131" s="5"/>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A132" s="1"/>
       <c r="B132" s="1">
         <v>879180</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="D132" s="1"/>
       <c r="E132" s="2" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="G132" s="2">
         <v>0</v>
       </c>
       <c r="H132" s="2">
         <v>0</v>
       </c>
       <c r="I132" s="1">
         <v>0</v>
       </c>
       <c r="J132" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K132" s="2" t="str">
         <f>J132*278.30</f>
         <v>0</v>
       </c>
       <c r="L132" s="5"/>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A133" s="1"/>
       <c r="B133" s="1">
         <v>879181</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D133" s="1"/>
       <c r="E133" s="2" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="G133" s="2">
         <v>0</v>
       </c>
       <c r="H133" s="2">
         <v>0</v>
       </c>
       <c r="I133" s="1">
         <v>0</v>
       </c>
       <c r="J133" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K133" s="2" t="str">
         <f>J133*278.30</f>
         <v>0</v>
       </c>
       <c r="L133" s="5"/>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A134" s="1"/>
       <c r="B134" s="1">
         <v>879182</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="D134" s="1"/>
       <c r="E134" s="2" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="G134" s="2">
         <v>0</v>
       </c>
       <c r="H134" s="2">
         <v>0</v>
       </c>
       <c r="I134" s="1">
         <v>0</v>
       </c>
       <c r="J134" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K134" s="2" t="str">
         <f>J134*278.30</f>
         <v>0</v>
       </c>
       <c r="L134" s="5"/>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A135" s="1"/>
       <c r="B135" s="1">
         <v>821978</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="D135" s="1"/>
       <c r="E135" s="2" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="G135" s="2">
         <v>0</v>
       </c>
       <c r="H135" s="2">
         <v>0</v>
       </c>
       <c r="I135" s="1">
         <v>0</v>
       </c>
       <c r="J135" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K135" s="2" t="str">
         <f>J135*183.43</f>
         <v>0</v>
       </c>
       <c r="L135" s="5"/>
     </row>
-    <row r="136" spans="1:12" outlineLevel="2">
-[...12 lines deleted...]
-      <c r="K136" s="8"/>
+    <row r="136" spans="1:12" outlineLevel="3">
+      <c r="A136" s="9" t="s">
+        <v>485</v>
+      </c>
+      <c r="B136" s="9"/>
+      <c r="C136" s="9"/>
+      <c r="D136" s="9"/>
+      <c r="E136" s="9"/>
+      <c r="F136" s="9"/>
+      <c r="G136" s="9"/>
+      <c r="H136" s="9"/>
+      <c r="I136" s="9"/>
+      <c r="J136" s="9"/>
+      <c r="K136" s="9"/>
       <c r="L136" s="5"/>
     </row>
-    <row r="137" spans="1:12" outlineLevel="4">
+    <row r="137" spans="1:12" outlineLevel="5">
       <c r="A137" s="1"/>
       <c r="B137" s="1">
-        <v>883017</v>
+        <v>954567</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D137" s="1"/>
+        <v>486</v>
+      </c>
+      <c r="D137" s="1">
+        <v>4649550010002</v>
+      </c>
       <c r="E137" s="2" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>168</v>
+        <v>488</v>
       </c>
       <c r="G137" s="2">
-        <v>1</v>
+        <v>-2</v>
       </c>
       <c r="H137" s="2">
         <v>0</v>
       </c>
-      <c r="I137" s="1">
-        <v>0</v>
+      <c r="I137" s="1" t="s">
+        <v>61</v>
       </c>
       <c r="J137" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K137" s="2" t="str">
-        <f>J137*190.85</f>
+        <f>J137*206.42</f>
         <v>0</v>
       </c>
       <c r="L137" s="5"/>
     </row>
-    <row r="138" spans="1:12" outlineLevel="3">
-[...12 lines deleted...]
-      <c r="K138" s="9"/>
+    <row r="138" spans="1:12" outlineLevel="5">
+      <c r="A138" s="1"/>
+      <c r="B138" s="1">
+        <v>954568</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="D138" s="1">
+        <v>4649550010003</v>
+      </c>
+      <c r="E138" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="F138" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="G138" s="2">
+        <v>0</v>
+      </c>
+      <c r="H138" s="2">
+        <v>0</v>
+      </c>
+      <c r="I138" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="J138" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K138" s="2" t="str">
+        <f>J138*206.42</f>
+        <v>0</v>
+      </c>
       <c r="L138" s="5"/>
     </row>
-    <row r="139" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="139" spans="1:12" outlineLevel="5">
       <c r="A139" s="1"/>
       <c r="B139" s="1">
-        <v>827348</v>
+        <v>954569</v>
       </c>
       <c r="C139" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="D139" s="1">
+        <v>4649550010000</v>
+      </c>
+      <c r="E139" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="F139" s="2" t="s">
         <v>488</v>
       </c>
-      <c r="D139" s="1" t="s">
-[...9 lines deleted...]
-        <v>29</v>
+      <c r="G139" s="2">
+        <v>0</v>
       </c>
       <c r="H139" s="2">
         <v>0</v>
       </c>
-      <c r="I139" s="1">
-        <v>0</v>
+      <c r="I139" s="1" t="s">
+        <v>61</v>
       </c>
       <c r="J139" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K139" s="2" t="str">
-        <f>J139*301.19</f>
+        <f>J139*206.42</f>
         <v>0</v>
       </c>
       <c r="L139" s="5"/>
     </row>
-    <row r="140" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="140" spans="1:12" outlineLevel="5">
       <c r="A140" s="1"/>
       <c r="B140" s="1">
-        <v>827349</v>
+        <v>954570</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>492</v>
-[...1 lines deleted...]
-      <c r="D140" s="1" t="s">
         <v>493</v>
+      </c>
+      <c r="D140" s="1">
+        <v>4649550010005</v>
       </c>
       <c r="E140" s="2" t="s">
         <v>494</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>495</v>
       </c>
       <c r="G140" s="2">
         <v>0</v>
       </c>
       <c r="H140" s="2">
         <v>0</v>
       </c>
-      <c r="I140" s="1">
-        <v>0</v>
+      <c r="I140" s="1" t="s">
+        <v>21</v>
       </c>
       <c r="J140" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K140" s="2" t="str">
-        <f>J140*269.41</f>
+        <f>J140*225.54</f>
         <v>0</v>
       </c>
       <c r="L140" s="5"/>
     </row>
-    <row r="141" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="141" spans="1:12" outlineLevel="5">
       <c r="A141" s="1"/>
       <c r="B141" s="1">
-        <v>831601</v>
+        <v>954571</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>496</v>
       </c>
-      <c r="D141" s="1" t="s">
+      <c r="D141" s="1">
+        <v>4649550010007</v>
+      </c>
+      <c r="E141" s="2" t="s">
         <v>497</v>
       </c>
-      <c r="E141" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F141" s="2" t="s">
-        <v>187</v>
+        <v>495</v>
       </c>
       <c r="G141" s="2">
         <v>0</v>
       </c>
       <c r="H141" s="2">
         <v>0</v>
       </c>
-      <c r="I141" s="1">
-        <v>0</v>
+      <c r="I141" s="1" t="s">
+        <v>21</v>
       </c>
       <c r="J141" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K141" s="2" t="str">
-        <f>J141*137.73</f>
+        <f>J141*225.54</f>
         <v>0</v>
       </c>
       <c r="L141" s="5"/>
     </row>
-    <row r="142" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="142" spans="1:12" outlineLevel="5">
       <c r="A142" s="1"/>
       <c r="B142" s="1">
-        <v>831602</v>
+        <v>954572</v>
       </c>
       <c r="C142" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="D142" s="1">
+        <v>4649550010008</v>
+      </c>
+      <c r="E142" s="2" t="s">
         <v>499</v>
       </c>
-      <c r="D142" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F142" s="2" t="s">
-        <v>502</v>
-[...1 lines deleted...]
-      <c r="G142" s="2" t="s">
+        <v>495</v>
+      </c>
+      <c r="G142" s="2">
+        <v>0</v>
+      </c>
+      <c r="H142" s="2">
+        <v>0</v>
+      </c>
+      <c r="I142" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="H142" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="J142" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K142" s="2" t="str">
-        <f>J142*307.24</f>
+        <f>J142*225.54</f>
         <v>0</v>
       </c>
       <c r="L142" s="5"/>
     </row>
-    <row r="143" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="143" spans="1:12" outlineLevel="5">
       <c r="A143" s="1"/>
       <c r="B143" s="1">
-        <v>831603</v>
+        <v>954573</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>503</v>
-[...2 lines deleted...]
-        <v>504</v>
+        <v>500</v>
+      </c>
+      <c r="D143" s="1">
+        <v>4649550010010</v>
       </c>
       <c r="E143" s="2" t="s">
-        <v>505</v>
+        <v>501</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>506</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>502</v>
+      </c>
+      <c r="G143" s="2">
+        <v>0</v>
       </c>
       <c r="H143" s="2">
         <v>0</v>
       </c>
-      <c r="I143" s="1">
-        <v>0</v>
+      <c r="I143" s="1" t="s">
+        <v>21</v>
       </c>
       <c r="J143" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K143" s="2" t="str">
-        <f>J143*196.76</f>
+        <f>J143*248.48</f>
         <v>0</v>
       </c>
       <c r="L143" s="5"/>
     </row>
-    <row r="144" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="144" spans="1:12" outlineLevel="5">
       <c r="A144" s="1"/>
       <c r="B144" s="1">
-        <v>831604</v>
+        <v>954574</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-        <v>508</v>
+        <v>503</v>
+      </c>
+      <c r="D144" s="1">
+        <v>4649550010011</v>
       </c>
       <c r="E144" s="2" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>510</v>
-[...1 lines deleted...]
-      <c r="G144" s="2" t="s">
+        <v>502</v>
+      </c>
+      <c r="G144" s="2">
+        <v>0</v>
+      </c>
+      <c r="H144" s="2">
+        <v>0</v>
+      </c>
+      <c r="I144" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="H144" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="J144" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K144" s="2" t="str">
-        <f>J144*204.32</f>
+        <f>J144*248.48</f>
         <v>0</v>
       </c>
       <c r="L144" s="5"/>
     </row>
-    <row r="145" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="145" spans="1:12" outlineLevel="5">
       <c r="A145" s="1"/>
       <c r="B145" s="1">
-        <v>831605</v>
+        <v>954575</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-        <v>512</v>
+        <v>505</v>
+      </c>
+      <c r="D145" s="1">
+        <v>4649550010013</v>
       </c>
       <c r="E145" s="2" t="s">
-        <v>513</v>
+        <v>506</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c r="G145" s="2">
         <v>0</v>
       </c>
       <c r="H145" s="2">
         <v>0</v>
       </c>
-      <c r="I145" s="1">
-        <v>0</v>
+      <c r="I145" s="1" t="s">
+        <v>21</v>
       </c>
       <c r="J145" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K145" s="2" t="str">
-        <f>J145*348.11</f>
+        <f>J145*248.48</f>
         <v>0</v>
       </c>
       <c r="L145" s="5"/>
     </row>
-    <row r="146" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="146" spans="1:12" outlineLevel="5">
       <c r="A146" s="1"/>
       <c r="B146" s="1">
-        <v>831606</v>
+        <v>954576</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>515</v>
-[...2 lines deleted...]
-        <v>516</v>
+        <v>507</v>
+      </c>
+      <c r="D146" s="1">
+        <v>1110300094</v>
       </c>
       <c r="E146" s="2" t="s">
-        <v>517</v>
+        <v>508</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>66</v>
+        <v>509</v>
       </c>
       <c r="G146" s="2">
         <v>0</v>
       </c>
       <c r="H146" s="2">
         <v>0</v>
       </c>
-      <c r="I146" s="1">
-        <v>0</v>
+      <c r="I146" s="1" t="s">
+        <v>61</v>
       </c>
       <c r="J146" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K146" s="2" t="str">
-        <f>J146*227.03</f>
+        <f>J146*198.32</f>
         <v>0</v>
       </c>
       <c r="L146" s="5"/>
     </row>
-    <row r="147" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="147" spans="1:12" outlineLevel="5">
       <c r="A147" s="1"/>
       <c r="B147" s="1">
-        <v>831607</v>
+        <v>954577</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-        <v>519</v>
+        <v>510</v>
+      </c>
+      <c r="D147" s="1">
+        <v>1110300099</v>
       </c>
       <c r="E147" s="2" t="s">
-        <v>520</v>
+        <v>511</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>521</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>512</v>
+      </c>
+      <c r="G147" s="2">
+        <v>-5</v>
       </c>
       <c r="H147" s="2">
         <v>0</v>
       </c>
-      <c r="I147" s="1">
-        <v>0</v>
+      <c r="I147" s="1" t="s">
+        <v>61</v>
       </c>
       <c r="J147" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K147" s="2" t="str">
-        <f>J147*219.46</f>
+        <f>J147*107.12</f>
         <v>0</v>
       </c>
       <c r="L147" s="5"/>
     </row>
-    <row r="148" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="148" spans="1:12" outlineLevel="5">
       <c r="A148" s="1"/>
       <c r="B148" s="1">
-        <v>831608</v>
+        <v>954578</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-        <v>523</v>
+        <v>513</v>
+      </c>
+      <c r="D148" s="1">
+        <v>1110300098</v>
       </c>
       <c r="E148" s="2" t="s">
-        <v>524</v>
+        <v>514</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>525</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>515</v>
+      </c>
+      <c r="G148" s="2">
+        <v>-10</v>
       </c>
       <c r="H148" s="2">
         <v>0</v>
       </c>
-      <c r="I148" s="1">
-        <v>0</v>
+      <c r="I148" s="1" t="s">
+        <v>61</v>
       </c>
       <c r="J148" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K148" s="2" t="str">
-        <f>J148*258.81</f>
+        <f>J148*120.15</f>
         <v>0</v>
       </c>
       <c r="L148" s="5"/>
     </row>
-    <row r="149" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="149" spans="1:12" outlineLevel="5">
       <c r="A149" s="1"/>
       <c r="B149" s="1">
-        <v>831609</v>
+        <v>954579</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>526</v>
+        <v>516</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>527</v>
+        <v>517</v>
       </c>
       <c r="E149" s="2" t="s">
-        <v>528</v>
+        <v>518</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>224</v>
+        <v>519</v>
       </c>
       <c r="G149" s="2">
         <v>0</v>
       </c>
       <c r="H149" s="2">
         <v>0</v>
       </c>
-      <c r="I149" s="1">
-        <v>0</v>
+      <c r="I149" s="1" t="s">
+        <v>61</v>
       </c>
       <c r="J149" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K149" s="2" t="str">
-        <f>J149*0.00</f>
+        <f>J149*309.79</f>
         <v>0</v>
       </c>
       <c r="L149" s="5"/>
     </row>
-    <row r="150" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="150" spans="1:12" outlineLevel="5">
       <c r="A150" s="1"/>
       <c r="B150" s="1">
-        <v>831610</v>
+        <v>954580</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>529</v>
-[...2 lines deleted...]
-        <v>530</v>
+        <v>520</v>
+      </c>
+      <c r="D150" s="1">
+        <v>11103000103</v>
       </c>
       <c r="E150" s="2" t="s">
-        <v>531</v>
+        <v>521</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>281</v>
+        <v>522</v>
       </c>
       <c r="G150" s="2">
         <v>0</v>
       </c>
       <c r="H150" s="2">
         <v>0</v>
       </c>
-      <c r="I150" s="1">
-        <v>0</v>
+      <c r="I150" s="1" t="s">
+        <v>61</v>
       </c>
       <c r="J150" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K150" s="2" t="str">
-        <f>J150*346.59</f>
+        <f>J150*292.42</f>
         <v>0</v>
       </c>
       <c r="L150" s="5"/>
     </row>
-    <row r="151" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="151" spans="1:12" outlineLevel="5">
       <c r="A151" s="1"/>
       <c r="B151" s="1">
-        <v>831611</v>
+        <v>954581</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>532</v>
-[...2 lines deleted...]
-        <v>533</v>
+        <v>523</v>
+      </c>
+      <c r="D151" s="1">
+        <v>1110300095</v>
       </c>
       <c r="E151" s="2" t="s">
-        <v>534</v>
+        <v>524</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>535</v>
+        <v>525</v>
       </c>
       <c r="G151" s="2">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="H151" s="2">
         <v>0</v>
       </c>
-      <c r="I151" s="1">
-        <v>0</v>
+      <c r="I151" s="1" t="s">
+        <v>61</v>
       </c>
       <c r="J151" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K151" s="2" t="str">
-        <f>J151*336.00</f>
+        <f>J151*186.74</f>
         <v>0</v>
       </c>
       <c r="L151" s="5"/>
     </row>
-    <row r="152" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="152" spans="1:12" outlineLevel="5">
       <c r="A152" s="1"/>
       <c r="B152" s="1">
-        <v>831612</v>
+        <v>954582</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>536</v>
+        <v>526</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>537</v>
+        <v>527</v>
       </c>
       <c r="E152" s="2" t="s">
-        <v>538</v>
+        <v>528</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>539</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>529</v>
+      </c>
+      <c r="G152" s="2">
+        <v>0</v>
       </c>
       <c r="H152" s="2">
         <v>0</v>
       </c>
-      <c r="I152" s="1">
-        <v>0</v>
+      <c r="I152" s="1" t="s">
+        <v>21</v>
       </c>
       <c r="J152" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K152" s="2" t="str">
-        <f>J152*423.78</f>
+        <f>J152*295.31</f>
         <v>0</v>
       </c>
       <c r="L152" s="5"/>
     </row>
-    <row r="153" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
-[...31 lines deleted...]
-      </c>
+    <row r="153" spans="1:12" outlineLevel="2">
+      <c r="A153" s="8" t="s">
+        <v>530</v>
+      </c>
+      <c r="B153" s="8"/>
+      <c r="C153" s="8"/>
+      <c r="D153" s="8"/>
+      <c r="E153" s="8"/>
+      <c r="F153" s="8"/>
+      <c r="G153" s="8"/>
+      <c r="H153" s="8"/>
+      <c r="I153" s="8"/>
+      <c r="J153" s="8"/>
+      <c r="K153" s="8"/>
       <c r="L153" s="5"/>
     </row>
-    <row r="154" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="154" spans="1:12" outlineLevel="4">
       <c r="A154" s="1"/>
       <c r="B154" s="1">
-        <v>831614</v>
+        <v>883017</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>543</v>
-[...3 lines deleted...]
-      </c>
+        <v>531</v>
+      </c>
+      <c r="D154" s="1"/>
       <c r="E154" s="2" t="s">
-        <v>545</v>
+        <v>532</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>539</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>167</v>
+      </c>
+      <c r="G154" s="2">
+        <v>1</v>
       </c>
       <c r="H154" s="2">
         <v>0</v>
       </c>
       <c r="I154" s="1">
         <v>0</v>
       </c>
       <c r="J154" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K154" s="2" t="str">
-        <f>J154*423.78</f>
+        <f>J154*190.85</f>
         <v>0</v>
       </c>
       <c r="L154" s="5"/>
     </row>
-    <row r="155" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
-[...31 lines deleted...]
-      </c>
+    <row r="155" spans="1:12" outlineLevel="3">
+      <c r="A155" s="9" t="s">
+        <v>533</v>
+      </c>
+      <c r="B155" s="9"/>
+      <c r="C155" s="9"/>
+      <c r="D155" s="9"/>
+      <c r="E155" s="9"/>
+      <c r="F155" s="9"/>
+      <c r="G155" s="9"/>
+      <c r="H155" s="9"/>
+      <c r="I155" s="9"/>
+      <c r="J155" s="9"/>
+      <c r="K155" s="9"/>
       <c r="L155" s="5"/>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A156" s="1"/>
       <c r="B156" s="1">
-        <v>831616</v>
+        <v>827348</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>550</v>
+        <v>534</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>551</v>
+        <v>535</v>
       </c>
       <c r="E156" s="2" t="s">
-        <v>552</v>
+        <v>536</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>78</v>
+        <v>537</v>
       </c>
       <c r="G156" s="2" t="s">
-        <v>21</v>
+        <v>195</v>
       </c>
       <c r="H156" s="2">
         <v>0</v>
       </c>
       <c r="I156" s="1">
         <v>0</v>
       </c>
       <c r="J156" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K156" s="2" t="str">
-        <f>J156*478.27</f>
+        <f>J156*301.19</f>
         <v>0</v>
       </c>
       <c r="L156" s="5"/>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A157" s="1"/>
       <c r="B157" s="1">
-        <v>831617</v>
+        <v>827349</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>553</v>
+        <v>538</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>554</v>
+        <v>539</v>
       </c>
       <c r="E157" s="2" t="s">
-        <v>555</v>
+        <v>540</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>541</v>
+      </c>
+      <c r="G157" s="2">
+        <v>0</v>
       </c>
       <c r="H157" s="2">
         <v>0</v>
       </c>
       <c r="I157" s="1">
         <v>0</v>
       </c>
       <c r="J157" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K157" s="2" t="str">
-        <f>J157*387.46</f>
+        <f>J157*269.41</f>
         <v>0</v>
       </c>
       <c r="L157" s="5"/>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A158" s="1"/>
       <c r="B158" s="1">
-        <v>831618</v>
+        <v>831601</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>557</v>
+        <v>542</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>558</v>
+        <v>543</v>
       </c>
       <c r="E158" s="2" t="s">
-        <v>559</v>
+        <v>544</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>186</v>
+      </c>
+      <c r="G158" s="2">
+        <v>0</v>
       </c>
       <c r="H158" s="2">
         <v>0</v>
       </c>
       <c r="I158" s="1">
         <v>0</v>
       </c>
       <c r="J158" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K158" s="2" t="str">
-        <f>J158*529.73</f>
+        <f>J158*137.73</f>
         <v>0</v>
       </c>
       <c r="L158" s="5"/>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A159" s="1"/>
       <c r="B159" s="1">
-        <v>831619</v>
+        <v>831602</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>560</v>
+        <v>545</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>561</v>
+        <v>546</v>
       </c>
       <c r="E159" s="2" t="s">
-        <v>562</v>
+        <v>547</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>548</v>
+      </c>
+      <c r="G159" s="2" t="s">
+        <v>21</v>
       </c>
       <c r="H159" s="2">
         <v>0</v>
       </c>
       <c r="I159" s="1">
         <v>0</v>
       </c>
       <c r="J159" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K159" s="2" t="str">
-        <f>J159*590.27</f>
+        <f>J159*307.24</f>
         <v>0</v>
       </c>
       <c r="L159" s="5"/>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A160" s="1"/>
       <c r="B160" s="1">
-        <v>831620</v>
+        <v>831603</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>564</v>
+        <v>549</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>565</v>
+        <v>550</v>
       </c>
       <c r="E160" s="2" t="s">
-        <v>566</v>
+        <v>551</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>334</v>
+        <v>552</v>
       </c>
       <c r="G160" s="2" t="s">
-        <v>21</v>
+        <v>195</v>
       </c>
       <c r="H160" s="2">
         <v>0</v>
       </c>
       <c r="I160" s="1">
         <v>0</v>
       </c>
       <c r="J160" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K160" s="2" t="str">
-        <f>J160*570.59</f>
+        <f>J160*196.76</f>
         <v>0</v>
       </c>
       <c r="L160" s="5"/>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A161" s="1"/>
       <c r="B161" s="1">
-        <v>831621</v>
+        <v>831604</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>567</v>
+        <v>553</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>568</v>
+        <v>554</v>
       </c>
       <c r="E161" s="2" t="s">
-        <v>569</v>
+        <v>555</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>78</v>
+        <v>556</v>
       </c>
       <c r="G161" s="2" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="H161" s="2">
         <v>0</v>
       </c>
       <c r="I161" s="1">
         <v>0</v>
       </c>
       <c r="J161" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K161" s="2" t="str">
-        <f>J161*478.27</f>
+        <f>J161*204.32</f>
         <v>0</v>
       </c>
       <c r="L161" s="5"/>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A162" s="1"/>
       <c r="B162" s="1">
-        <v>831622</v>
+        <v>831605</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>570</v>
+        <v>557</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>571</v>
+        <v>558</v>
       </c>
       <c r="E162" s="2" t="s">
-        <v>572</v>
+        <v>559</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>560</v>
+      </c>
+      <c r="G162" s="2" t="s">
+        <v>61</v>
       </c>
       <c r="H162" s="2">
         <v>0</v>
       </c>
       <c r="I162" s="1">
         <v>0</v>
       </c>
       <c r="J162" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K162" s="2" t="str">
-        <f>J162*0.00</f>
+        <f>J162*348.11</f>
         <v>0</v>
       </c>
       <c r="L162" s="5"/>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A163" s="1"/>
       <c r="B163" s="1">
-        <v>831623</v>
+        <v>831606</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>573</v>
+        <v>561</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>574</v>
+        <v>562</v>
       </c>
       <c r="E163" s="2" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>326</v>
+        <v>65</v>
       </c>
       <c r="G163" s="2" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="H163" s="2">
         <v>0</v>
       </c>
       <c r="I163" s="1">
         <v>0</v>
       </c>
       <c r="J163" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K163" s="2" t="str">
-        <f>J163*693.19</f>
+        <f>J163*227.03</f>
         <v>0</v>
       </c>
       <c r="L163" s="5"/>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A164" s="1"/>
       <c r="B164" s="1">
-        <v>831624</v>
+        <v>831607</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>576</v>
+        <v>564</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>577</v>
+        <v>565</v>
       </c>
       <c r="E164" s="2" t="s">
-        <v>578</v>
+        <v>566</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>567</v>
+      </c>
+      <c r="G164" s="2">
+        <v>8</v>
       </c>
       <c r="H164" s="2">
         <v>0</v>
       </c>
       <c r="I164" s="1">
         <v>0</v>
       </c>
       <c r="J164" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K164" s="2" t="str">
-        <f>J164*611.46</f>
+        <f>J164*219.46</f>
         <v>0</v>
       </c>
       <c r="L164" s="5"/>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A165" s="1"/>
       <c r="B165" s="1">
-        <v>827350</v>
+        <v>831608</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>579</v>
+        <v>568</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>580</v>
+        <v>569</v>
       </c>
       <c r="E165" s="2" t="s">
-        <v>581</v>
+        <v>570</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>582</v>
+        <v>571</v>
       </c>
       <c r="G165" s="2" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="H165" s="2">
         <v>0</v>
       </c>
       <c r="I165" s="1">
         <v>0</v>
       </c>
       <c r="J165" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K165" s="2" t="str">
-        <f>J165*198.27</f>
+        <f>J165*258.81</f>
         <v>0</v>
       </c>
       <c r="L165" s="5"/>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A166" s="1"/>
       <c r="B166" s="1">
-        <v>827351</v>
+        <v>831609</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>583</v>
+        <v>572</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>584</v>
+        <v>573</v>
       </c>
       <c r="E166" s="2" t="s">
-        <v>585</v>
+        <v>574</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>586</v>
+        <v>224</v>
       </c>
       <c r="G166" s="2">
         <v>0</v>
       </c>
       <c r="H166" s="2">
         <v>0</v>
       </c>
       <c r="I166" s="1">
         <v>0</v>
       </c>
       <c r="J166" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K166" s="2" t="str">
-        <f>J166*184.65</f>
+        <f>J166*0.00</f>
         <v>0</v>
       </c>
       <c r="L166" s="5"/>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A167" s="1"/>
       <c r="B167" s="1">
-        <v>827407</v>
+        <v>831610</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>587</v>
+        <v>575</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>588</v>
+        <v>576</v>
       </c>
       <c r="E167" s="2" t="s">
-        <v>589</v>
+        <v>577</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>590</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>281</v>
+      </c>
+      <c r="G167" s="2" t="s">
+        <v>61</v>
       </c>
       <c r="H167" s="2">
         <v>0</v>
       </c>
       <c r="I167" s="1">
         <v>0</v>
       </c>
       <c r="J167" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K167" s="2" t="str">
-        <f>J167*379.89</f>
+        <f>J167*346.59</f>
         <v>0</v>
       </c>
       <c r="L167" s="5"/>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A168" s="1"/>
       <c r="B168" s="1">
-        <v>827408</v>
+        <v>831611</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>591</v>
+        <v>578</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>592</v>
+        <v>579</v>
       </c>
       <c r="E168" s="2" t="s">
-        <v>593</v>
+        <v>580</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>334</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>581</v>
+      </c>
+      <c r="G168" s="2" t="s">
+        <v>61</v>
       </c>
       <c r="H168" s="2">
         <v>0</v>
       </c>
       <c r="I168" s="1">
         <v>0</v>
       </c>
       <c r="J168" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K168" s="2" t="str">
-        <f>J168*570.59</f>
+        <f>J168*336.00</f>
         <v>0</v>
       </c>
       <c r="L168" s="5"/>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A169" s="1"/>
       <c r="B169" s="1">
-        <v>827952</v>
+        <v>831612</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>594</v>
+        <v>582</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>595</v>
+        <v>583</v>
       </c>
       <c r="E169" s="2" t="s">
-        <v>596</v>
+        <v>584</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>597</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>585</v>
+      </c>
+      <c r="G169" s="2" t="s">
+        <v>195</v>
       </c>
       <c r="H169" s="2">
         <v>0</v>
       </c>
       <c r="I169" s="1">
         <v>0</v>
       </c>
       <c r="J169" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K169" s="2" t="str">
-        <f>J169*351.13</f>
+        <f>J169*423.78</f>
         <v>0</v>
       </c>
       <c r="L169" s="5"/>
     </row>
-    <row r="170" spans="1:12" outlineLevel="3">
-[...12 lines deleted...]
-      <c r="K170" s="9"/>
+    <row r="170" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+      <c r="A170" s="1"/>
+      <c r="B170" s="1">
+        <v>831613</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="E170" s="2" t="s">
+        <v>588</v>
+      </c>
+      <c r="F170" s="2" t="s">
+        <v>585</v>
+      </c>
+      <c r="G170" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="H170" s="2">
+        <v>0</v>
+      </c>
+      <c r="I170" s="1">
+        <v>0</v>
+      </c>
+      <c r="J170" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K170" s="2" t="str">
+        <f>J170*423.78</f>
+        <v>0</v>
+      </c>
       <c r="L170" s="5"/>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A171" s="1"/>
       <c r="B171" s="1">
-        <v>826077</v>
+        <v>831614</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>599</v>
+        <v>589</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>600</v>
+        <v>590</v>
       </c>
       <c r="E171" s="2" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>585</v>
+      </c>
+      <c r="G171" s="2" t="s">
+        <v>61</v>
       </c>
       <c r="H171" s="2">
         <v>0</v>
       </c>
       <c r="I171" s="1">
         <v>0</v>
       </c>
       <c r="J171" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K171" s="2" t="str">
-        <f>J171*472.60</f>
+        <f>J171*423.78</f>
         <v>0</v>
       </c>
       <c r="L171" s="5"/>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A172" s="1"/>
       <c r="B172" s="1">
-        <v>826078</v>
+        <v>831615</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>603</v>
+        <v>592</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>604</v>
+        <v>593</v>
       </c>
       <c r="E172" s="2" t="s">
-        <v>601</v>
+        <v>594</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>595</v>
+      </c>
+      <c r="G172" s="2" t="s">
+        <v>61</v>
       </c>
       <c r="H172" s="2">
         <v>0</v>
       </c>
       <c r="I172" s="1">
         <v>0</v>
       </c>
       <c r="J172" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K172" s="2" t="str">
-        <f>J172*571.87</f>
+        <f>J172*222.49</f>
         <v>0</v>
       </c>
       <c r="L172" s="5"/>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A173" s="1"/>
       <c r="B173" s="1">
-        <v>826079</v>
+        <v>831616</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>606</v>
+        <v>596</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>607</v>
+        <v>597</v>
       </c>
       <c r="E173" s="2" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>608</v>
+        <v>77</v>
       </c>
       <c r="G173" s="2">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="H173" s="2">
         <v>0</v>
       </c>
       <c r="I173" s="1">
         <v>0</v>
       </c>
       <c r="J173" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K173" s="2" t="str">
-        <f>J173*531.32</f>
+        <f>J173*478.27</f>
         <v>0</v>
       </c>
       <c r="L173" s="5"/>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A174" s="1"/>
       <c r="B174" s="1">
-        <v>826080</v>
+        <v>831617</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>609</v>
+        <v>599</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>610</v>
+        <v>600</v>
       </c>
       <c r="E174" s="2" t="s">
         <v>601</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>611</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>602</v>
+      </c>
+      <c r="G174" s="2" t="s">
+        <v>61</v>
       </c>
       <c r="H174" s="2">
         <v>0</v>
       </c>
       <c r="I174" s="1">
         <v>0</v>
       </c>
       <c r="J174" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K174" s="2" t="str">
-        <f>J174*535.52</f>
+        <f>J174*387.46</f>
         <v>0</v>
       </c>
       <c r="L174" s="5"/>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A175" s="1"/>
       <c r="B175" s="1">
-        <v>826081</v>
+        <v>831618</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>612</v>
+        <v>603</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>613</v>
+        <v>604</v>
       </c>
       <c r="E175" s="2" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>614</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>84</v>
+      </c>
+      <c r="G175" s="2" t="s">
+        <v>195</v>
       </c>
       <c r="H175" s="2">
         <v>0</v>
       </c>
       <c r="I175" s="1">
         <v>0</v>
       </c>
       <c r="J175" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K175" s="2" t="str">
-        <f>J175*527.13</f>
+        <f>J175*529.73</f>
         <v>0</v>
       </c>
       <c r="L175" s="5"/>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A176" s="1"/>
       <c r="B176" s="1">
-        <v>826082</v>
+        <v>831619</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>615</v>
+        <v>606</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>616</v>
+        <v>607</v>
       </c>
       <c r="E176" s="2" t="s">
-        <v>617</v>
+        <v>608</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>224</v>
+        <v>609</v>
       </c>
       <c r="G176" s="2" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="H176" s="2">
         <v>0</v>
       </c>
       <c r="I176" s="1">
         <v>0</v>
       </c>
       <c r="J176" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K176" s="2" t="str">
-        <f>J176*0.00</f>
+        <f>J176*590.27</f>
         <v>0</v>
       </c>
       <c r="L176" s="5"/>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A177" s="1"/>
       <c r="B177" s="1">
-        <v>826083</v>
+        <v>831620</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
       <c r="E177" s="2" t="s">
-        <v>620</v>
+        <v>612</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>334</v>
+      </c>
+      <c r="G177" s="2" t="s">
+        <v>195</v>
       </c>
       <c r="H177" s="2">
         <v>0</v>
       </c>
       <c r="I177" s="1">
         <v>0</v>
       </c>
       <c r="J177" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K177" s="2" t="str">
-        <f>J177*0.00</f>
+        <f>J177*570.59</f>
         <v>0</v>
       </c>
       <c r="L177" s="5"/>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A178" s="1"/>
       <c r="B178" s="1">
-        <v>826084</v>
+        <v>831621</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>621</v>
+        <v>613</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>622</v>
+        <v>614</v>
       </c>
       <c r="E178" s="2" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>224</v>
+        <v>77</v>
       </c>
       <c r="G178" s="2" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="H178" s="2">
         <v>0</v>
       </c>
       <c r="I178" s="1">
         <v>0</v>
       </c>
       <c r="J178" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K178" s="2" t="str">
-        <f>J178*0.00</f>
+        <f>J178*478.27</f>
         <v>0</v>
       </c>
       <c r="L178" s="5"/>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A179" s="1"/>
       <c r="B179" s="1">
-        <v>826085</v>
+        <v>831622</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>623</v>
+        <v>616</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>624</v>
+        <v>617</v>
       </c>
       <c r="E179" s="2" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G179" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="H179" s="2">
         <v>0</v>
       </c>
       <c r="I179" s="1">
         <v>0</v>
       </c>
       <c r="J179" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K179" s="2" t="str">
         <f>J179*0.00</f>
         <v>0</v>
       </c>
       <c r="L179" s="5"/>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A180" s="1"/>
       <c r="B180" s="1">
-        <v>826086</v>
+        <v>831623</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>625</v>
+        <v>619</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>626</v>
+        <v>620</v>
       </c>
       <c r="E180" s="2" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>627</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>326</v>
+      </c>
+      <c r="G180" s="2" t="s">
+        <v>61</v>
       </c>
       <c r="H180" s="2">
         <v>0</v>
       </c>
       <c r="I180" s="1">
         <v>0</v>
       </c>
       <c r="J180" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K180" s="2" t="str">
-        <f>J180*578.86</f>
+        <f>J180*693.19</f>
         <v>0</v>
       </c>
       <c r="L180" s="5"/>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A181" s="1"/>
       <c r="B181" s="1">
-        <v>826087</v>
+        <v>831624</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>628</v>
+        <v>622</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="E181" s="2" t="s">
-        <v>617</v>
+        <v>624</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>310</v>
+      </c>
+      <c r="G181" s="2" t="s">
+        <v>61</v>
       </c>
       <c r="H181" s="2">
         <v>0</v>
       </c>
       <c r="I181" s="1">
         <v>0</v>
       </c>
       <c r="J181" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K181" s="2" t="str">
-        <f>J181*643.18</f>
+        <f>J181*611.46</f>
         <v>0</v>
       </c>
       <c r="L181" s="5"/>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A182" s="1"/>
       <c r="B182" s="1">
-        <v>826088</v>
+        <v>827350</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>631</v>
+        <v>625</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>632</v>
+        <v>626</v>
       </c>
       <c r="E182" s="2" t="s">
-        <v>620</v>
+        <v>627</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>633</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>628</v>
+      </c>
+      <c r="G182" s="2" t="s">
+        <v>61</v>
       </c>
       <c r="H182" s="2">
         <v>0</v>
       </c>
       <c r="I182" s="1">
         <v>0</v>
       </c>
       <c r="J182" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K182" s="2" t="str">
-        <f>J182*1003.92</f>
+        <f>J182*198.27</f>
         <v>0</v>
       </c>
       <c r="L182" s="5"/>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A183" s="1"/>
       <c r="B183" s="1">
-        <v>826089</v>
+        <v>827351</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>634</v>
+        <v>629</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>635</v>
+        <v>630</v>
       </c>
       <c r="E183" s="2" t="s">
-        <v>617</v>
+        <v>631</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>636</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>632</v>
+      </c>
+      <c r="G183" s="2" t="s">
+        <v>195</v>
       </c>
       <c r="H183" s="2">
         <v>0</v>
       </c>
       <c r="I183" s="1">
         <v>0</v>
       </c>
       <c r="J183" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K183" s="2" t="str">
-        <f>J183*623.61</f>
+        <f>J183*184.65</f>
         <v>0</v>
       </c>
       <c r="L183" s="5"/>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A184" s="1"/>
       <c r="B184" s="1">
-        <v>826090</v>
+        <v>827407</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>637</v>
+        <v>633</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>638</v>
+        <v>634</v>
       </c>
       <c r="E184" s="2" t="s">
-        <v>617</v>
+        <v>635</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>636</v>
       </c>
-      <c r="G184" s="2">
-        <v>0</v>
+      <c r="G184" s="2" t="s">
+        <v>61</v>
       </c>
       <c r="H184" s="2">
         <v>0</v>
       </c>
       <c r="I184" s="1">
         <v>0</v>
       </c>
       <c r="J184" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K184" s="2" t="str">
-        <f>J184*623.61</f>
+        <f>J184*379.89</f>
         <v>0</v>
       </c>
       <c r="L184" s="5"/>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A185" s="1"/>
       <c r="B185" s="1">
-        <v>826091</v>
+        <v>827408</v>
       </c>
       <c r="C185" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="E185" s="2" t="s">
         <v>639</v>
       </c>
-      <c r="D185" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F185" s="2" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>334</v>
+      </c>
+      <c r="G185" s="2" t="s">
+        <v>21</v>
       </c>
       <c r="H185" s="2">
         <v>0</v>
       </c>
       <c r="I185" s="1">
         <v>0</v>
       </c>
       <c r="J185" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K185" s="2" t="str">
-        <f>J185*852.92</f>
+        <f>J185*570.59</f>
         <v>0</v>
       </c>
       <c r="L185" s="5"/>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A186" s="1"/>
       <c r="B186" s="1">
-        <v>826092</v>
+        <v>827952</v>
       </c>
       <c r="C186" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="E186" s="2" t="s">
         <v>642</v>
       </c>
-      <c r="D186" s="1" t="s">
+      <c r="F186" s="2" t="s">
         <v>643</v>
       </c>
-      <c r="E186" s="2" t="s">
+      <c r="G186" s="2">
+        <v>0</v>
+      </c>
+      <c r="H186" s="2">
+        <v>0</v>
+      </c>
+      <c r="I186" s="1">
+        <v>0</v>
+      </c>
+      <c r="J186" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K186" s="2" t="str">
+        <f>J186*351.13</f>
+        <v>0</v>
+      </c>
+      <c r="L186" s="5"/>
+    </row>
+    <row r="187" spans="1:12" outlineLevel="3">
+      <c r="A187" s="9" t="s">
         <v>644</v>
       </c>
-      <c r="F186" s="2" t="s">
-[...52 lines deleted...]
-      </c>
+      <c r="B187" s="9"/>
+      <c r="C187" s="9"/>
+      <c r="D187" s="9"/>
+      <c r="E187" s="9"/>
+      <c r="F187" s="9"/>
+      <c r="G187" s="9"/>
+      <c r="H187" s="9"/>
+      <c r="I187" s="9"/>
+      <c r="J187" s="9"/>
+      <c r="K187" s="9"/>
       <c r="L187" s="5"/>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A188" s="1"/>
       <c r="B188" s="1">
-        <v>826094</v>
+        <v>826077</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>649</v>
+        <v>645</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>650</v>
+        <v>646</v>
       </c>
       <c r="E188" s="2" t="s">
-        <v>651</v>
+        <v>647</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>652</v>
+        <v>648</v>
       </c>
       <c r="G188" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H188" s="2">
         <v>0</v>
       </c>
       <c r="I188" s="1">
         <v>0</v>
       </c>
       <c r="J188" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K188" s="2" t="str">
-        <f>J188*711.69</f>
+        <f>J188*498.26</f>
         <v>0</v>
       </c>
       <c r="L188" s="5"/>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A189" s="1"/>
       <c r="B189" s="1">
-        <v>826095</v>
+        <v>826078</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>653</v>
+        <v>649</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>654</v>
+        <v>650</v>
       </c>
       <c r="E189" s="2" t="s">
+        <v>647</v>
+      </c>
+      <c r="F189" s="2" t="s">
         <v>651</v>
       </c>
-      <c r="F189" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G189" s="2">
         <v>0</v>
       </c>
       <c r="H189" s="2">
         <v>0</v>
       </c>
       <c r="I189" s="1">
         <v>0</v>
       </c>
       <c r="J189" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K189" s="2" t="str">
-        <f>J189*861.30</f>
+        <f>J189*602.92</f>
         <v>0</v>
       </c>
       <c r="L189" s="5"/>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A190" s="1"/>
       <c r="B190" s="1">
-        <v>826096</v>
+        <v>826079</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>656</v>
+        <v>652</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>657</v>
+        <v>653</v>
       </c>
       <c r="E190" s="2" t="s">
-        <v>651</v>
+        <v>647</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>658</v>
+        <v>654</v>
       </c>
       <c r="G190" s="2">
         <v>0</v>
       </c>
       <c r="H190" s="2">
         <v>0</v>
       </c>
       <c r="I190" s="1">
         <v>0</v>
       </c>
       <c r="J190" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K190" s="2" t="str">
-        <f>J190*862.70</f>
+        <f>J190*560.17</f>
         <v>0</v>
       </c>
       <c r="L190" s="5"/>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A191" s="1"/>
       <c r="B191" s="1">
-        <v>826097</v>
+        <v>826080</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>659</v>
+        <v>655</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>660</v>
+        <v>656</v>
       </c>
       <c r="E191" s="2" t="s">
-        <v>651</v>
+        <v>647</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="G191" s="2">
         <v>0</v>
       </c>
       <c r="H191" s="2">
         <v>0</v>
       </c>
       <c r="I191" s="1">
         <v>0</v>
       </c>
       <c r="J191" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K191" s="2" t="str">
-        <f>J191*634.79</f>
+        <f>J191*564.60</f>
         <v>0</v>
       </c>
       <c r="L191" s="5"/>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A192" s="1"/>
       <c r="B192" s="1">
-        <v>826098</v>
+        <v>826081</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>662</v>
+        <v>658</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>663</v>
+        <v>659</v>
       </c>
       <c r="E192" s="2" t="s">
-        <v>651</v>
+        <v>647</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>664</v>
+        <v>660</v>
       </c>
       <c r="G192" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H192" s="2">
         <v>0</v>
       </c>
       <c r="I192" s="1">
         <v>0</v>
       </c>
       <c r="J192" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K192" s="2" t="str">
-        <f>J192*773.22</f>
+        <f>J192*555.75</f>
         <v>0</v>
       </c>
       <c r="L192" s="5"/>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A193" s="1"/>
       <c r="B193" s="1">
-        <v>826099</v>
+        <v>826082</v>
       </c>
       <c r="C193" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="E193" s="2" t="s">
+        <v>663</v>
+      </c>
+      <c r="F193" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="G193" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H193" s="2">
+        <v>0</v>
+      </c>
+      <c r="I193" s="1">
+        <v>0</v>
+      </c>
+      <c r="J193" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K193" s="2" t="str">
+        <f>J193*0.00</f>
+        <v>0</v>
+      </c>
+      <c r="L193" s="5"/>
+    </row>
+    <row r="194" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+      <c r="A194" s="1"/>
+      <c r="B194" s="1">
+        <v>826083</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="D194" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="D193" s="1" t="s">
+      <c r="E194" s="2" t="s">
         <v>666</v>
       </c>
-      <c r="E193" s="2" t="s">
-[...36 lines deleted...]
-      <c r="K194" s="9"/>
+      <c r="F194" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="G194" s="2">
+        <v>0</v>
+      </c>
+      <c r="H194" s="2">
+        <v>0</v>
+      </c>
+      <c r="I194" s="1">
+        <v>0</v>
+      </c>
+      <c r="J194" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K194" s="2" t="str">
+        <f>J194*0.00</f>
+        <v>0</v>
+      </c>
       <c r="L194" s="5"/>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A195" s="1"/>
       <c r="B195" s="1">
-        <v>882525</v>
+        <v>826084</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>669</v>
-[...1 lines deleted...]
-      <c r="D195" s="1"/>
+        <v>667</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>668</v>
+      </c>
       <c r="E195" s="2" t="s">
-        <v>670</v>
+        <v>663</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>671</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>224</v>
+      </c>
+      <c r="G195" s="2" t="s">
+        <v>21</v>
       </c>
       <c r="H195" s="2">
         <v>0</v>
       </c>
       <c r="I195" s="1">
         <v>0</v>
       </c>
       <c r="J195" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K195" s="2" t="str">
-        <f>J195*68.40</f>
+        <f>J195*0.00</f>
         <v>0</v>
       </c>
       <c r="L195" s="5"/>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A196" s="1"/>
       <c r="B196" s="1">
-        <v>883348</v>
+        <v>826085</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>672</v>
-[...1 lines deleted...]
-      <c r="D196" s="1"/>
+        <v>669</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>670</v>
+      </c>
       <c r="E196" s="2" t="s">
-        <v>673</v>
+        <v>663</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>674</v>
-[...2 lines deleted...]
-        <v>675</v>
+        <v>224</v>
+      </c>
+      <c r="G196" s="2">
+        <v>10</v>
       </c>
       <c r="H196" s="2">
         <v>0</v>
       </c>
       <c r="I196" s="1">
         <v>0</v>
       </c>
       <c r="J196" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K196" s="2" t="str">
-        <f>J196*18.81</f>
+        <f>J196*0.00</f>
         <v>0</v>
       </c>
       <c r="L196" s="5"/>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A197" s="1"/>
       <c r="B197" s="1">
-        <v>840185</v>
+        <v>826086</v>
       </c>
       <c r="C197" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="E197" s="2" t="s">
+        <v>663</v>
+      </c>
+      <c r="F197" s="2" t="s">
+        <v>673</v>
+      </c>
+      <c r="G197" s="2">
+        <v>0</v>
+      </c>
+      <c r="H197" s="2">
+        <v>0</v>
+      </c>
+      <c r="I197" s="1">
+        <v>0</v>
+      </c>
+      <c r="J197" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K197" s="2" t="str">
+        <f>J197*610.29</f>
+        <v>0</v>
+      </c>
+      <c r="L197" s="5"/>
+    </row>
+    <row r="198" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+      <c r="A198" s="1"/>
+      <c r="B198" s="1">
+        <v>826087</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="E198" s="2" t="s">
+        <v>663</v>
+      </c>
+      <c r="F198" s="2" t="s">
         <v>676</v>
       </c>
-      <c r="D197" s="1" t="s">
-[...39 lines deleted...]
-      <c r="K198" s="8"/>
+      <c r="G198" s="2">
+        <v>0</v>
+      </c>
+      <c r="H198" s="2">
+        <v>0</v>
+      </c>
+      <c r="I198" s="1">
+        <v>0</v>
+      </c>
+      <c r="J198" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K198" s="2" t="str">
+        <f>J198*678.11</f>
+        <v>0</v>
+      </c>
       <c r="L198" s="5"/>
     </row>
-    <row r="199" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="199" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A199" s="1"/>
       <c r="B199" s="1">
-        <v>827411</v>
+        <v>826088</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>681</v>
+        <v>677</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="E199" s="2" t="s">
-        <v>683</v>
+        <v>666</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>679</v>
+      </c>
+      <c r="G199" s="2">
+        <v>1</v>
       </c>
       <c r="H199" s="2">
         <v>0</v>
       </c>
       <c r="I199" s="1">
         <v>0</v>
       </c>
       <c r="J199" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K199" s="2" t="str">
-        <f>J199*384.43</f>
+        <f>J199*1058.43</f>
         <v>0</v>
       </c>
       <c r="L199" s="5"/>
     </row>
-    <row r="200" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="200" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A200" s="1"/>
       <c r="B200" s="1">
-        <v>827413</v>
+        <v>826089</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>685</v>
+        <v>680</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>686</v>
+        <v>681</v>
       </c>
       <c r="E200" s="2" t="s">
-        <v>687</v>
+        <v>663</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>688</v>
+        <v>682</v>
       </c>
       <c r="G200" s="2">
         <v>0</v>
       </c>
       <c r="H200" s="2">
         <v>0</v>
       </c>
       <c r="I200" s="1">
         <v>0</v>
       </c>
       <c r="J200" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K200" s="2" t="str">
-        <f>J200*134.70</f>
+        <f>J200*657.47</f>
         <v>0</v>
       </c>
       <c r="L200" s="5"/>
     </row>
-    <row r="201" spans="1:12" outlineLevel="2">
-[...12 lines deleted...]
-      <c r="K201" s="8"/>
+    <row r="201" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+      <c r="A201" s="1"/>
+      <c r="B201" s="1">
+        <v>826090</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="E201" s="2" t="s">
+        <v>663</v>
+      </c>
+      <c r="F201" s="2" t="s">
+        <v>682</v>
+      </c>
+      <c r="G201" s="2">
+        <v>0</v>
+      </c>
+      <c r="H201" s="2">
+        <v>0</v>
+      </c>
+      <c r="I201" s="1">
+        <v>0</v>
+      </c>
+      <c r="J201" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K201" s="2" t="str">
+        <f>J201*657.47</f>
+        <v>0</v>
+      </c>
       <c r="L201" s="5"/>
     </row>
-    <row r="202" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="202" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A202" s="1"/>
       <c r="B202" s="1">
-        <v>823189</v>
+        <v>826091</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>690</v>
+        <v>685</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>691</v>
+        <v>686</v>
       </c>
       <c r="E202" s="2" t="s">
-        <v>692</v>
+        <v>663</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>693</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>687</v>
+      </c>
+      <c r="G202" s="2">
+        <v>0</v>
       </c>
       <c r="H202" s="2">
         <v>0</v>
       </c>
       <c r="I202" s="1">
         <v>0</v>
       </c>
       <c r="J202" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K202" s="2" t="str">
-        <f>J202*142.80</f>
+        <f>J202*899.23</f>
         <v>0</v>
       </c>
       <c r="L202" s="5"/>
     </row>
-    <row r="203" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="203" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A203" s="1"/>
       <c r="B203" s="1">
-        <v>823190</v>
+        <v>826092</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>694</v>
+        <v>688</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>695</v>
+        <v>689</v>
       </c>
       <c r="E203" s="2" t="s">
-        <v>696</v>
+        <v>690</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>354</v>
+        <v>691</v>
       </c>
       <c r="G203" s="2">
         <v>0</v>
       </c>
       <c r="H203" s="2">
         <v>0</v>
       </c>
-      <c r="I203" s="1" t="s">
-        <v>21</v>
+      <c r="I203" s="1">
+        <v>0</v>
       </c>
       <c r="J203" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K203" s="2" t="str">
-        <f>J203*377.83</f>
+        <f>J203*891.86</f>
         <v>0</v>
       </c>
       <c r="L203" s="5"/>
     </row>
-    <row r="204" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="204" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A204" s="1"/>
       <c r="B204" s="1">
-        <v>823191</v>
+        <v>826093</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>697</v>
+        <v>692</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>698</v>
+        <v>693</v>
       </c>
       <c r="E204" s="2" t="s">
-        <v>699</v>
+        <v>694</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>700</v>
+        <v>691</v>
       </c>
       <c r="G204" s="2">
         <v>0</v>
       </c>
       <c r="H204" s="2">
         <v>0</v>
       </c>
-      <c r="I204" s="1" t="s">
-        <v>21</v>
+      <c r="I204" s="1">
+        <v>0</v>
       </c>
       <c r="J204" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K204" s="2" t="str">
-        <f>J204*489.39</f>
+        <f>J204*891.86</f>
         <v>0</v>
       </c>
       <c r="L204" s="5"/>
     </row>
-    <row r="205" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="205" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A205" s="1"/>
       <c r="B205" s="1">
-        <v>878976</v>
+        <v>826094</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>701</v>
-[...2 lines deleted...]
-        <v>565044</v>
+        <v>695</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>696</v>
       </c>
       <c r="E205" s="2" t="s">
-        <v>702</v>
+        <v>697</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>703</v>
+        <v>698</v>
       </c>
       <c r="G205" s="2">
         <v>0</v>
       </c>
       <c r="H205" s="2">
         <v>0</v>
       </c>
       <c r="I205" s="1">
         <v>0</v>
       </c>
       <c r="J205" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K205" s="2" t="str">
-        <f>J205*49.00</f>
+        <f>J205*750.34</f>
         <v>0</v>
       </c>
       <c r="L205" s="5"/>
     </row>
-    <row r="206" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="206" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A206" s="1"/>
       <c r="B206" s="1">
-        <v>827403</v>
+        <v>826095</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>704</v>
+        <v>699</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>705</v>
+        <v>700</v>
       </c>
       <c r="E206" s="2" t="s">
-        <v>706</v>
+        <v>697</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>707</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>701</v>
+      </c>
+      <c r="G206" s="2">
+        <v>0</v>
       </c>
       <c r="H206" s="2">
         <v>0</v>
       </c>
       <c r="I206" s="1">
         <v>0</v>
       </c>
       <c r="J206" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K206" s="2" t="str">
-        <f>J206*101.41</f>
+        <f>J206*908.07</f>
         <v>0</v>
       </c>
       <c r="L206" s="5"/>
     </row>
-    <row r="207" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="207" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A207" s="1"/>
       <c r="B207" s="1">
-        <v>827404</v>
+        <v>826096</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>708</v>
+        <v>702</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>709</v>
+        <v>703</v>
       </c>
       <c r="E207" s="2" t="s">
-        <v>710</v>
+        <v>697</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>711</v>
+        <v>704</v>
       </c>
       <c r="G207" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H207" s="2">
         <v>0</v>
       </c>
       <c r="I207" s="1">
         <v>0</v>
       </c>
       <c r="J207" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K207" s="2" t="str">
-        <f>J207*705.30</f>
+        <f>J207*909.55</f>
         <v>0</v>
       </c>
       <c r="L207" s="5"/>
     </row>
-    <row r="208" spans="1:12" outlineLevel="2">
-[...12 lines deleted...]
-      <c r="K208" s="8"/>
+    <row r="208" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+      <c r="A208" s="1"/>
+      <c r="B208" s="1">
+        <v>826097</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="E208" s="2" t="s">
+        <v>697</v>
+      </c>
+      <c r="F208" s="2" t="s">
+        <v>707</v>
+      </c>
+      <c r="G208" s="2">
+        <v>0</v>
+      </c>
+      <c r="H208" s="2">
+        <v>0</v>
+      </c>
+      <c r="I208" s="1">
+        <v>0</v>
+      </c>
+      <c r="J208" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K208" s="2" t="str">
+        <f>J208*669.26</f>
+        <v>0</v>
+      </c>
       <c r="L208" s="5"/>
     </row>
-    <row r="209" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="209" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A209" s="1"/>
       <c r="B209" s="1">
-        <v>827365</v>
+        <v>826098</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>713</v>
+        <v>708</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>714</v>
+        <v>709</v>
       </c>
       <c r="E209" s="2" t="s">
-        <v>715</v>
+        <v>697</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>108</v>
+        <v>710</v>
       </c>
       <c r="G209" s="2">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="H209" s="2">
         <v>0</v>
       </c>
       <c r="I209" s="1">
         <v>0</v>
       </c>
       <c r="J209" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K209" s="2" t="str">
-        <f>J209*814.27</f>
+        <f>J209*815.20</f>
         <v>0</v>
       </c>
       <c r="L209" s="5"/>
     </row>
-    <row r="210" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="210" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A210" s="1"/>
       <c r="B210" s="1">
-        <v>827366</v>
+        <v>826099</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>716</v>
+        <v>711</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>717</v>
+        <v>712</v>
       </c>
       <c r="E210" s="2" t="s">
-        <v>718</v>
+        <v>697</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>108</v>
+        <v>713</v>
       </c>
       <c r="G210" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H210" s="2">
         <v>0</v>
       </c>
       <c r="I210" s="1">
         <v>0</v>
       </c>
       <c r="J210" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K210" s="2" t="str">
-        <f>J210*814.27</f>
+        <f>J210*1008.31</f>
         <v>0</v>
       </c>
       <c r="L210" s="5"/>
     </row>
-    <row r="211" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...31 lines deleted...]
-      </c>
+    <row r="211" spans="1:12" outlineLevel="3">
+      <c r="A211" s="9" t="s">
+        <v>714</v>
+      </c>
+      <c r="B211" s="9"/>
+      <c r="C211" s="9"/>
+      <c r="D211" s="9"/>
+      <c r="E211" s="9"/>
+      <c r="F211" s="9"/>
+      <c r="G211" s="9"/>
+      <c r="H211" s="9"/>
+      <c r="I211" s="9"/>
+      <c r="J211" s="9"/>
+      <c r="K211" s="9"/>
       <c r="L211" s="5"/>
     </row>
-    <row r="212" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="212" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A212" s="1"/>
       <c r="B212" s="1">
-        <v>878870</v>
+        <v>882525</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>722</v>
-[...3 lines deleted...]
-      </c>
+        <v>715</v>
+      </c>
+      <c r="D212" s="1"/>
       <c r="E212" s="2" t="s">
-        <v>724</v>
+        <v>716</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>725</v>
+        <v>717</v>
       </c>
       <c r="G212" s="2">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="H212" s="2">
         <v>0</v>
       </c>
       <c r="I212" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="J212" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K212" s="2" t="str">
-        <f>J212*405.00</f>
+        <f>J212*68.40</f>
         <v>0</v>
       </c>
       <c r="L212" s="5"/>
     </row>
-    <row r="213" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="213" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A213" s="1"/>
       <c r="B213" s="1">
-        <v>878871</v>
+        <v>883348</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>726</v>
-[...3 lines deleted...]
-      </c>
+        <v>718</v>
+      </c>
+      <c r="D213" s="1"/>
       <c r="E213" s="2" t="s">
-        <v>728</v>
+        <v>719</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>729</v>
+        <v>720</v>
       </c>
       <c r="G213" s="2" t="s">
-        <v>29</v>
+        <v>721</v>
       </c>
       <c r="H213" s="2">
         <v>0</v>
       </c>
       <c r="I213" s="1">
         <v>0</v>
       </c>
       <c r="J213" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K213" s="2" t="str">
-        <f>J213*410.27</f>
+        <f>J213*18.81</f>
         <v>0</v>
       </c>
       <c r="L213" s="5"/>
     </row>
-    <row r="214" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="214" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A214" s="1"/>
       <c r="B214" s="1">
-        <v>878872</v>
+        <v>840185</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>730</v>
+        <v>722</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>731</v>
+        <v>723</v>
       </c>
       <c r="E214" s="2" t="s">
-        <v>728</v>
+        <v>724</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>732</v>
+        <v>725</v>
       </c>
       <c r="G214" s="2">
-        <v>-10</v>
+        <v>0</v>
       </c>
       <c r="H214" s="2">
         <v>0</v>
       </c>
       <c r="I214" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="J214" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K214" s="2" t="str">
-        <f>J214*374.90</f>
+        <f>J214*66.34</f>
         <v>0</v>
       </c>
       <c r="L214" s="5"/>
     </row>
-    <row r="215" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...31 lines deleted...]
-      </c>
+    <row r="215" spans="1:12" outlineLevel="2">
+      <c r="A215" s="8" t="s">
+        <v>726</v>
+      </c>
+      <c r="B215" s="8"/>
+      <c r="C215" s="8"/>
+      <c r="D215" s="8"/>
+      <c r="E215" s="8"/>
+      <c r="F215" s="8"/>
+      <c r="G215" s="8"/>
+      <c r="H215" s="8"/>
+      <c r="I215" s="8"/>
+      <c r="J215" s="8"/>
+      <c r="K215" s="8"/>
       <c r="L215" s="5"/>
     </row>
-    <row r="216" spans="1:12" outlineLevel="4">
+    <row r="216" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A216" s="1"/>
       <c r="B216" s="1">
-        <v>883364</v>
+        <v>827411</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>737</v>
-[...1 lines deleted...]
-      <c r="D216" s="1"/>
+        <v>727</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>728</v>
+      </c>
       <c r="E216" s="2" t="s">
-        <v>738</v>
+        <v>729</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>224</v>
+        <v>730</v>
       </c>
       <c r="G216" s="2" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="H216" s="2">
         <v>0</v>
       </c>
       <c r="I216" s="1">
         <v>0</v>
       </c>
       <c r="J216" s="3" t="s">
-        <v>225</v>
+        <v>16</v>
       </c>
       <c r="K216" s="2" t="str">
-        <f>J216*0.00</f>
+        <f>J216*384.43</f>
         <v>0</v>
       </c>
       <c r="L216" s="5"/>
     </row>
-    <row r="217" spans="1:12" outlineLevel="2">
-[...12 lines deleted...]
-      <c r="K217" s="8"/>
+    <row r="217" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A217" s="1"/>
+      <c r="B217" s="1">
+        <v>827413</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="E217" s="2" t="s">
+        <v>733</v>
+      </c>
+      <c r="F217" s="2" t="s">
+        <v>734</v>
+      </c>
+      <c r="G217" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="H217" s="2">
+        <v>0</v>
+      </c>
+      <c r="I217" s="1">
+        <v>0</v>
+      </c>
+      <c r="J217" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K217" s="2" t="str">
+        <f>J217*134.70</f>
+        <v>0</v>
+      </c>
       <c r="L217" s="5"/>
     </row>
-    <row r="218" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...31 lines deleted...]
-      </c>
+    <row r="218" spans="1:12" outlineLevel="2">
+      <c r="A218" s="8" t="s">
+        <v>735</v>
+      </c>
+      <c r="B218" s="8"/>
+      <c r="C218" s="8"/>
+      <c r="D218" s="8"/>
+      <c r="E218" s="8"/>
+      <c r="F218" s="8"/>
+      <c r="G218" s="8"/>
+      <c r="H218" s="8"/>
+      <c r="I218" s="8"/>
+      <c r="J218" s="8"/>
+      <c r="K218" s="8"/>
       <c r="L218" s="5"/>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A219" s="1"/>
       <c r="B219" s="1">
-        <v>827402</v>
+        <v>823189</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>744</v>
+        <v>736</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>745</v>
+        <v>737</v>
       </c>
       <c r="E219" s="2" t="s">
-        <v>746</v>
+        <v>738</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>747</v>
+        <v>739</v>
       </c>
       <c r="G219" s="2" t="s">
-        <v>675</v>
+        <v>274</v>
       </c>
       <c r="H219" s="2">
         <v>0</v>
       </c>
       <c r="I219" s="1">
         <v>0</v>
       </c>
       <c r="J219" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K219" s="2" t="str">
-        <f>J219*56.00</f>
+        <f>J219*191.89</f>
         <v>0</v>
       </c>
       <c r="L219" s="5"/>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A220" s="1"/>
       <c r="B220" s="1">
-        <v>827955</v>
+        <v>823190</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>748</v>
+        <v>740</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>749</v>
+        <v>741</v>
       </c>
       <c r="E220" s="2" t="s">
-        <v>750</v>
+        <v>742</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>751</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>743</v>
+      </c>
+      <c r="G220" s="2">
+        <v>0</v>
       </c>
       <c r="H220" s="2">
         <v>0</v>
       </c>
       <c r="I220" s="1">
         <v>0</v>
       </c>
       <c r="J220" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K220" s="2" t="str">
-        <f>J220*178.59</f>
+        <f>J220*459.64</f>
         <v>0</v>
       </c>
       <c r="L220" s="5"/>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A221" s="1"/>
       <c r="B221" s="1">
-        <v>883326</v>
+        <v>823191</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>752</v>
+        <v>744</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>753</v>
+        <v>745</v>
       </c>
       <c r="E221" s="2" t="s">
-        <v>754</v>
+        <v>746</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>755</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>747</v>
+      </c>
+      <c r="G221" s="2">
+        <v>0</v>
       </c>
       <c r="H221" s="2">
         <v>0</v>
       </c>
       <c r="I221" s="1">
         <v>0</v>
       </c>
       <c r="J221" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K221" s="2" t="str">
-        <f>J221*51.46</f>
+        <f>J221*589.05</f>
         <v>0</v>
       </c>
       <c r="L221" s="5"/>
     </row>
-    <row r="222" spans="1:12" outlineLevel="2">
-[...12 lines deleted...]
-      <c r="K222" s="8"/>
+    <row r="222" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A222" s="1"/>
+      <c r="B222" s="1">
+        <v>878976</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="D222" s="1">
+        <v>565044</v>
+      </c>
+      <c r="E222" s="2" t="s">
+        <v>749</v>
+      </c>
+      <c r="F222" s="2" t="s">
+        <v>750</v>
+      </c>
+      <c r="G222" s="2">
+        <v>0</v>
+      </c>
+      <c r="H222" s="2">
+        <v>0</v>
+      </c>
+      <c r="I222" s="1">
+        <v>0</v>
+      </c>
+      <c r="J222" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K222" s="2" t="str">
+        <f>J222*49.00</f>
+        <v>0</v>
+      </c>
       <c r="L222" s="5"/>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A223" s="1"/>
       <c r="B223" s="1">
-        <v>827368</v>
+        <v>827403</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>757</v>
+        <v>751</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>758</v>
+        <v>752</v>
       </c>
       <c r="E223" s="2" t="s">
-        <v>759</v>
+        <v>753</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>506</v>
+        <v>754</v>
       </c>
       <c r="G223" s="2" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="H223" s="2">
         <v>0</v>
       </c>
       <c r="I223" s="1">
         <v>0</v>
       </c>
       <c r="J223" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K223" s="2" t="str">
-        <f>J223*196.76</f>
+        <f>J223*101.41</f>
         <v>0</v>
       </c>
       <c r="L223" s="5"/>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A224" s="1"/>
       <c r="B224" s="1">
-        <v>827369</v>
+        <v>827404</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>760</v>
+        <v>755</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>761</v>
+        <v>756</v>
       </c>
       <c r="E224" s="2" t="s">
-        <v>762</v>
+        <v>757</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>763</v>
+        <v>758</v>
       </c>
       <c r="G224" s="2" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="H224" s="2">
         <v>0</v>
       </c>
       <c r="I224" s="1">
         <v>0</v>
       </c>
       <c r="J224" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K224" s="2" t="str">
-        <f>J224*207.35</f>
+        <f>J224*705.30</f>
         <v>0</v>
       </c>
       <c r="L224" s="5"/>
     </row>
-    <row r="225" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...31 lines deleted...]
-      </c>
+    <row r="225" spans="1:12" outlineLevel="2">
+      <c r="A225" s="8" t="s">
+        <v>759</v>
+      </c>
+      <c r="B225" s="8"/>
+      <c r="C225" s="8"/>
+      <c r="D225" s="8"/>
+      <c r="E225" s="8"/>
+      <c r="F225" s="8"/>
+      <c r="G225" s="8"/>
+      <c r="H225" s="8"/>
+      <c r="I225" s="8"/>
+      <c r="J225" s="8"/>
+      <c r="K225" s="8"/>
       <c r="L225" s="5"/>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A226" s="1"/>
       <c r="B226" s="1">
-        <v>827371</v>
+        <v>827365</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>768</v>
+        <v>760</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>769</v>
+        <v>761</v>
       </c>
       <c r="E226" s="2" t="s">
-        <v>770</v>
+        <v>762</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>771</v>
+        <v>107</v>
       </c>
       <c r="G226" s="2">
         <v>0</v>
       </c>
       <c r="H226" s="2">
         <v>0</v>
       </c>
       <c r="I226" s="1">
         <v>0</v>
       </c>
       <c r="J226" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K226" s="2" t="str">
-        <f>J226*189.19</f>
+        <f>J226*814.27</f>
         <v>0</v>
       </c>
       <c r="L226" s="5"/>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A227" s="1"/>
       <c r="B227" s="1">
-        <v>827372</v>
+        <v>827366</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>772</v>
+        <v>763</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>773</v>
+        <v>764</v>
       </c>
       <c r="E227" s="2" t="s">
-        <v>774</v>
+        <v>765</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>510</v>
+        <v>107</v>
       </c>
       <c r="G227" s="2" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="H227" s="2">
         <v>0</v>
       </c>
       <c r="I227" s="1">
         <v>0</v>
       </c>
       <c r="J227" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K227" s="2" t="str">
-        <f>J227*204.32</f>
+        <f>J227*814.27</f>
         <v>0</v>
       </c>
       <c r="L227" s="5"/>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A228" s="1"/>
       <c r="B228" s="1">
-        <v>827373</v>
+        <v>827367</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>775</v>
+        <v>766</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>776</v>
+        <v>767</v>
       </c>
       <c r="E228" s="2" t="s">
-        <v>777</v>
+        <v>768</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>778</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>107</v>
+      </c>
+      <c r="G228" s="2">
+        <v>0</v>
       </c>
       <c r="H228" s="2">
         <v>0</v>
       </c>
       <c r="I228" s="1">
         <v>0</v>
       </c>
       <c r="J228" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K228" s="2" t="str">
-        <f>J228*255.78</f>
+        <f>J228*814.27</f>
         <v>0</v>
       </c>
       <c r="L228" s="5"/>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A229" s="1"/>
       <c r="B229" s="1">
-        <v>827374</v>
+        <v>878870</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>779</v>
+        <v>769</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>780</v>
+        <v>770</v>
       </c>
       <c r="E229" s="2" t="s">
-        <v>781</v>
+        <v>771</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>521</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>772</v>
+      </c>
+      <c r="G229" s="2">
+        <v>0</v>
       </c>
       <c r="H229" s="2">
         <v>0</v>
       </c>
       <c r="I229" s="1">
         <v>0</v>
       </c>
       <c r="J229" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K229" s="2" t="str">
-        <f>J229*219.46</f>
+        <f>J229*405.00</f>
         <v>0</v>
       </c>
       <c r="L229" s="5"/>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A230" s="1"/>
       <c r="B230" s="1">
-        <v>827375</v>
+        <v>878871</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>782</v>
+        <v>773</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>783</v>
+        <v>774</v>
       </c>
       <c r="E230" s="2" t="s">
-        <v>784</v>
+        <v>775</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>521</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>776</v>
+      </c>
+      <c r="G230" s="2">
+        <v>0</v>
       </c>
       <c r="H230" s="2">
         <v>0</v>
       </c>
       <c r="I230" s="1">
         <v>0</v>
       </c>
       <c r="J230" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K230" s="2" t="str">
-        <f>J230*219.46</f>
+        <f>J230*410.27</f>
         <v>0</v>
       </c>
       <c r="L230" s="5"/>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A231" s="1"/>
       <c r="B231" s="1">
-        <v>827376</v>
+        <v>878872</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>785</v>
+        <v>777</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>786</v>
+        <v>778</v>
       </c>
       <c r="E231" s="2" t="s">
-        <v>787</v>
+        <v>775</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>788</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>779</v>
+      </c>
+      <c r="G231" s="2">
+        <v>0</v>
       </c>
       <c r="H231" s="2">
         <v>0</v>
       </c>
       <c r="I231" s="1">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="J231" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K231" s="2" t="str">
-        <f>J231*148.32</f>
+        <f>J231*374.90</f>
         <v>0</v>
       </c>
       <c r="L231" s="5"/>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A232" s="1"/>
       <c r="B232" s="1">
-        <v>827377</v>
+        <v>858852</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>789</v>
+        <v>780</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>790</v>
+        <v>781</v>
       </c>
       <c r="E232" s="2" t="s">
-        <v>791</v>
+        <v>782</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>792</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>783</v>
+      </c>
+      <c r="G232" s="2">
+        <v>0</v>
       </c>
       <c r="H232" s="2">
         <v>0</v>
       </c>
       <c r="I232" s="1">
         <v>0</v>
       </c>
       <c r="J232" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K232" s="2" t="str">
-        <f>J232*220.97</f>
+        <f>J232*344.27</f>
         <v>0</v>
       </c>
       <c r="L232" s="5"/>
     </row>
-    <row r="233" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="233" spans="1:12" outlineLevel="4">
       <c r="A233" s="1"/>
       <c r="B233" s="1">
-        <v>827378</v>
+        <v>883364</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>793</v>
-[...3 lines deleted...]
-      </c>
+        <v>784</v>
+      </c>
+      <c r="D233" s="1"/>
       <c r="E233" s="2" t="s">
-        <v>795</v>
+        <v>785</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>796</v>
+        <v>224</v>
       </c>
       <c r="G233" s="2" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="H233" s="2">
         <v>0</v>
       </c>
       <c r="I233" s="1">
         <v>0</v>
       </c>
       <c r="J233" s="3" t="s">
-        <v>16</v>
+        <v>225</v>
       </c>
       <c r="K233" s="2" t="str">
-        <f>J233*187.68</f>
+        <f>J233*0.00</f>
         <v>0</v>
       </c>
       <c r="L233" s="5"/>
     </row>
-    <row r="234" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...31 lines deleted...]
-      </c>
+    <row r="234" spans="1:12" outlineLevel="2">
+      <c r="A234" s="8" t="s">
+        <v>786</v>
+      </c>
+      <c r="B234" s="8"/>
+      <c r="C234" s="8"/>
+      <c r="D234" s="8"/>
+      <c r="E234" s="8"/>
+      <c r="F234" s="8"/>
+      <c r="G234" s="8"/>
+      <c r="H234" s="8"/>
+      <c r="I234" s="8"/>
+      <c r="J234" s="8"/>
+      <c r="K234" s="8"/>
       <c r="L234" s="5"/>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A235" s="1"/>
       <c r="B235" s="1">
-        <v>827380</v>
+        <v>827401</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>801</v>
+        <v>787</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>802</v>
+        <v>788</v>
       </c>
       <c r="E235" s="2" t="s">
-        <v>803</v>
+        <v>789</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>804</v>
+        <v>790</v>
       </c>
       <c r="G235" s="2" t="s">
-        <v>62</v>
+        <v>274</v>
       </c>
       <c r="H235" s="2">
         <v>0</v>
       </c>
       <c r="I235" s="1">
         <v>0</v>
       </c>
       <c r="J235" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K235" s="2" t="str">
-        <f>J235*149.84</f>
+        <f>J235*60.54</f>
         <v>0</v>
       </c>
       <c r="L235" s="5"/>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A236" s="1"/>
       <c r="B236" s="1">
-        <v>834138</v>
+        <v>827402</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>805</v>
+        <v>791</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>806</v>
+        <v>792</v>
       </c>
       <c r="E236" s="2" t="s">
-        <v>807</v>
+        <v>793</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>582</v>
+        <v>794</v>
       </c>
       <c r="G236" s="2" t="s">
-        <v>21</v>
+        <v>274</v>
       </c>
       <c r="H236" s="2">
         <v>0</v>
       </c>
       <c r="I236" s="1">
         <v>0</v>
       </c>
       <c r="J236" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K236" s="2" t="str">
-        <f>J236*198.27</f>
+        <f>J236*56.00</f>
         <v>0</v>
       </c>
       <c r="L236" s="5"/>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A237" s="1"/>
       <c r="B237" s="1">
-        <v>834139</v>
+        <v>827955</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>808</v>
+        <v>795</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>809</v>
+        <v>796</v>
       </c>
       <c r="E237" s="2" t="s">
-        <v>810</v>
+        <v>797</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>811</v>
+        <v>798</v>
       </c>
       <c r="G237" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H237" s="2">
         <v>0</v>
       </c>
       <c r="I237" s="1">
         <v>0</v>
       </c>
       <c r="J237" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K237" s="2" t="str">
-        <f>J237*108.97</f>
+        <f>J237*178.59</f>
         <v>0</v>
       </c>
       <c r="L237" s="5"/>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A238" s="1"/>
       <c r="B238" s="1">
-        <v>834140</v>
+        <v>883326</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>812</v>
+        <v>799</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>813</v>
+        <v>800</v>
       </c>
       <c r="E238" s="2" t="s">
-        <v>814</v>
+        <v>801</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="G238" s="2" t="s">
-        <v>21</v>
+        <v>274</v>
       </c>
       <c r="H238" s="2">
         <v>0</v>
       </c>
       <c r="I238" s="1">
         <v>0</v>
       </c>
       <c r="J238" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K238" s="2" t="str">
-        <f>J238*149.84</f>
+        <f>J238*51.46</f>
         <v>0</v>
       </c>
       <c r="L238" s="5"/>
     </row>
-    <row r="239" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...31 lines deleted...]
-      </c>
+    <row r="239" spans="1:12" outlineLevel="2">
+      <c r="A239" s="8" t="s">
+        <v>803</v>
+      </c>
+      <c r="B239" s="8"/>
+      <c r="C239" s="8"/>
+      <c r="D239" s="8"/>
+      <c r="E239" s="8"/>
+      <c r="F239" s="8"/>
+      <c r="G239" s="8"/>
+      <c r="H239" s="8"/>
+      <c r="I239" s="8"/>
+      <c r="J239" s="8"/>
+      <c r="K239" s="8"/>
       <c r="L239" s="5"/>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A240" s="1"/>
       <c r="B240" s="1">
-        <v>834142</v>
+        <v>827368</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>819</v>
+        <v>804</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>820</v>
+        <v>805</v>
       </c>
       <c r="E240" s="2" t="s">
-        <v>821</v>
+        <v>806</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>822</v>
+        <v>552</v>
       </c>
       <c r="G240" s="2" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="H240" s="2">
         <v>0</v>
       </c>
       <c r="I240" s="1">
         <v>0</v>
       </c>
       <c r="J240" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K240" s="2" t="str">
-        <f>J240*211.89</f>
+        <f>J240*196.76</f>
         <v>0</v>
       </c>
       <c r="L240" s="5"/>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A241" s="1"/>
       <c r="B241" s="1">
-        <v>883298</v>
+        <v>827369</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>823</v>
-[...1 lines deleted...]
-      <c r="D241" s="1"/>
+        <v>807</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>808</v>
+      </c>
       <c r="E241" s="2" t="s">
-        <v>824</v>
+        <v>809</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>825</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>810</v>
+      </c>
+      <c r="G241" s="2" t="s">
+        <v>195</v>
       </c>
       <c r="H241" s="2">
         <v>0</v>
       </c>
       <c r="I241" s="1">
         <v>0</v>
       </c>
       <c r="J241" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K241" s="2" t="str">
-        <f>J241*113.18</f>
+        <f>J241*207.35</f>
         <v>0</v>
       </c>
       <c r="L241" s="5"/>
     </row>
-    <row r="242" spans="1:12" outlineLevel="4">
+    <row r="242" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A242" s="1"/>
       <c r="B242" s="1">
-        <v>883016</v>
+        <v>827370</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>826</v>
-[...1 lines deleted...]
-      <c r="D242" s="1"/>
+        <v>811</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>812</v>
+      </c>
       <c r="E242" s="2" t="s">
-        <v>827</v>
+        <v>813</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>828</v>
+        <v>814</v>
       </c>
       <c r="G242" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H242" s="2">
         <v>0</v>
       </c>
       <c r="I242" s="1">
         <v>0</v>
       </c>
       <c r="J242" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K242" s="2" t="str">
-        <f>J242*116.33</f>
+        <f>J242*281.51</f>
         <v>0</v>
       </c>
       <c r="L242" s="5"/>
     </row>
-    <row r="243" spans="1:12" outlineLevel="2">
-[...12 lines deleted...]
-      <c r="K243" s="8"/>
+    <row r="243" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A243" s="1"/>
+      <c r="B243" s="1">
+        <v>827371</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="E243" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="F243" s="2" t="s">
+        <v>818</v>
+      </c>
+      <c r="G243" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="H243" s="2">
+        <v>0</v>
+      </c>
+      <c r="I243" s="1">
+        <v>0</v>
+      </c>
+      <c r="J243" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K243" s="2" t="str">
+        <f>J243*189.19</f>
+        <v>0</v>
+      </c>
       <c r="L243" s="5"/>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A244" s="1"/>
       <c r="B244" s="1">
-        <v>827352</v>
+        <v>827372</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>830</v>
+        <v>819</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>831</v>
+        <v>820</v>
       </c>
       <c r="E244" s="2" t="s">
-        <v>832</v>
+        <v>821</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>833</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>556</v>
+      </c>
+      <c r="G244" s="2" t="s">
+        <v>61</v>
       </c>
       <c r="H244" s="2">
         <v>0</v>
       </c>
       <c r="I244" s="1">
         <v>0</v>
       </c>
       <c r="J244" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K244" s="2" t="str">
-        <f>J244*2566.92</f>
+        <f>J244*204.32</f>
         <v>0</v>
       </c>
       <c r="L244" s="5"/>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A245" s="1"/>
       <c r="B245" s="1">
-        <v>827353</v>
+        <v>827373</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>834</v>
+        <v>822</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>835</v>
+        <v>823</v>
       </c>
       <c r="E245" s="2" t="s">
-        <v>836</v>
+        <v>824</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>837</v>
+        <v>825</v>
       </c>
       <c r="G245" s="2" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="H245" s="2">
         <v>0</v>
       </c>
       <c r="I245" s="1">
         <v>0</v>
       </c>
       <c r="J245" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K245" s="2" t="str">
-        <f>J245*2588.11</f>
+        <f>J245*255.78</f>
         <v>0</v>
       </c>
       <c r="L245" s="5"/>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A246" s="1"/>
       <c r="B246" s="1">
-        <v>827354</v>
+        <v>827374</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>838</v>
+        <v>826</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>839</v>
+        <v>827</v>
       </c>
       <c r="E246" s="2" t="s">
-        <v>840</v>
+        <v>828</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>841</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>567</v>
+      </c>
+      <c r="G246" s="2" t="s">
+        <v>61</v>
       </c>
       <c r="H246" s="2">
         <v>0</v>
       </c>
       <c r="I246" s="1">
         <v>0</v>
       </c>
       <c r="J246" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K246" s="2" t="str">
-        <f>J246*2138.59</f>
+        <f>J246*219.46</f>
         <v>0</v>
       </c>
       <c r="L246" s="5"/>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A247" s="1"/>
       <c r="B247" s="1">
-        <v>883323</v>
+        <v>827375</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>842</v>
+        <v>829</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>843</v>
+        <v>830</v>
       </c>
       <c r="E247" s="2" t="s">
-        <v>844</v>
+        <v>831</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>845</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>567</v>
+      </c>
+      <c r="G247" s="2" t="s">
+        <v>21</v>
       </c>
       <c r="H247" s="2">
         <v>0</v>
       </c>
       <c r="I247" s="1">
         <v>0</v>
       </c>
       <c r="J247" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K247" s="2" t="str">
-        <f>J247*4619.24</f>
+        <f>J247*219.46</f>
         <v>0</v>
       </c>
       <c r="L247" s="5"/>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A248" s="1"/>
       <c r="B248" s="1">
-        <v>883324</v>
+        <v>827376</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>846</v>
+        <v>832</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>847</v>
+        <v>833</v>
       </c>
       <c r="E248" s="2" t="s">
-        <v>848</v>
+        <v>834</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>849</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>835</v>
+      </c>
+      <c r="G248" s="2" t="s">
+        <v>195</v>
       </c>
       <c r="H248" s="2">
         <v>0</v>
       </c>
       <c r="I248" s="1">
         <v>0</v>
       </c>
       <c r="J248" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K248" s="2" t="str">
-        <f>J248*5132.32</f>
+        <f>J248*148.32</f>
         <v>0</v>
       </c>
       <c r="L248" s="5"/>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A249" s="1"/>
       <c r="B249" s="1">
-        <v>883892</v>
+        <v>827377</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>850</v>
+        <v>836</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>851</v>
+        <v>837</v>
       </c>
       <c r="E249" s="2" t="s">
-        <v>852</v>
+        <v>838</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>853</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>839</v>
+      </c>
+      <c r="G249" s="2" t="s">
+        <v>61</v>
       </c>
       <c r="H249" s="2">
         <v>0</v>
       </c>
       <c r="I249" s="1">
         <v>0</v>
       </c>
       <c r="J249" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K249" s="2" t="str">
-        <f>J249*5543.24</f>
+        <f>J249*220.97</f>
         <v>0</v>
       </c>
       <c r="L249" s="5"/>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A250" s="1"/>
       <c r="B250" s="1">
-        <v>883893</v>
+        <v>827378</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>854</v>
+        <v>840</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>855</v>
+        <v>841</v>
       </c>
       <c r="E250" s="2" t="s">
-        <v>856</v>
+        <v>842</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>857</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>843</v>
+      </c>
+      <c r="G250" s="2" t="s">
+        <v>21</v>
       </c>
       <c r="H250" s="2">
         <v>0</v>
       </c>
       <c r="I250" s="1">
         <v>0</v>
       </c>
       <c r="J250" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K250" s="2" t="str">
-        <f>J250*6096.93</f>
+        <f>J250*187.68</f>
         <v>0</v>
       </c>
       <c r="L250" s="5"/>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A251" s="1"/>
       <c r="B251" s="1">
-        <v>826100</v>
+        <v>827379</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>858</v>
+        <v>844</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>859</v>
+        <v>845</v>
       </c>
       <c r="E251" s="2" t="s">
-        <v>860</v>
+        <v>846</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>861</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>847</v>
+      </c>
+      <c r="G251" s="2" t="s">
+        <v>61</v>
       </c>
       <c r="H251" s="2">
         <v>0</v>
       </c>
       <c r="I251" s="1">
         <v>0</v>
       </c>
       <c r="J251" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K251" s="2" t="str">
-        <f>J251*1554.82</f>
+        <f>J251*157.41</f>
         <v>0</v>
       </c>
       <c r="L251" s="5"/>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A252" s="1"/>
       <c r="B252" s="1">
-        <v>826101</v>
+        <v>827380</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>862</v>
+        <v>848</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>863</v>
+        <v>849</v>
       </c>
       <c r="E252" s="2" t="s">
-        <v>860</v>
+        <v>850</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>864</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>851</v>
+      </c>
+      <c r="G252" s="2" t="s">
+        <v>195</v>
       </c>
       <c r="H252" s="2">
         <v>0</v>
       </c>
       <c r="I252" s="1">
         <v>0</v>
       </c>
       <c r="J252" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K252" s="2" t="str">
-        <f>J252*1726.80</f>
+        <f>J252*149.84</f>
         <v>0</v>
       </c>
       <c r="L252" s="5"/>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A253" s="1"/>
       <c r="B253" s="1">
-        <v>826102</v>
+        <v>834138</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>865</v>
+        <v>852</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>866</v>
+        <v>853</v>
       </c>
       <c r="E253" s="2" t="s">
-        <v>860</v>
+        <v>854</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>867</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>628</v>
+      </c>
+      <c r="G253" s="2" t="s">
+        <v>61</v>
       </c>
       <c r="H253" s="2">
         <v>0</v>
       </c>
       <c r="I253" s="1">
         <v>0</v>
       </c>
       <c r="J253" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K253" s="2" t="str">
-        <f>J253*1975.69</f>
+        <f>J253*198.27</f>
         <v>0</v>
       </c>
       <c r="L253" s="5"/>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A254" s="1"/>
       <c r="B254" s="1">
-        <v>826103</v>
+        <v>834139</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>868</v>
+        <v>855</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>869</v>
+        <v>856</v>
       </c>
       <c r="E254" s="2" t="s">
-        <v>860</v>
+        <v>857</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>870</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>858</v>
+      </c>
+      <c r="G254" s="2" t="s">
+        <v>61</v>
       </c>
       <c r="H254" s="2">
         <v>0</v>
       </c>
       <c r="I254" s="1">
         <v>0</v>
       </c>
       <c r="J254" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K254" s="2" t="str">
-        <f>J254*1940.73</f>
+        <f>J254*108.97</f>
         <v>0</v>
       </c>
       <c r="L254" s="5"/>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A255" s="1"/>
       <c r="B255" s="1">
-        <v>826104</v>
+        <v>834140</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>871</v>
+        <v>859</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>872</v>
+        <v>860</v>
       </c>
       <c r="E255" s="2" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>873</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>851</v>
+      </c>
+      <c r="G255" s="2" t="s">
+        <v>195</v>
       </c>
       <c r="H255" s="2">
         <v>0</v>
       </c>
       <c r="I255" s="1">
         <v>0</v>
       </c>
       <c r="J255" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K255" s="2" t="str">
-        <f>J255*1729.60</f>
+        <f>J255*149.84</f>
         <v>0</v>
       </c>
       <c r="L255" s="5"/>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A256" s="1"/>
       <c r="B256" s="1">
-        <v>826105</v>
+        <v>834141</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>874</v>
+        <v>862</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>875</v>
+        <v>863</v>
       </c>
       <c r="E256" s="2" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>876</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>865</v>
+      </c>
+      <c r="G256" s="2" t="s">
+        <v>61</v>
       </c>
       <c r="H256" s="2">
         <v>0</v>
       </c>
       <c r="I256" s="1">
         <v>0</v>
       </c>
       <c r="J256" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K256" s="2" t="str">
-        <f>J256*1936.54</f>
+        <f>J256*177.08</f>
         <v>0</v>
       </c>
       <c r="L256" s="5"/>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A257" s="1"/>
       <c r="B257" s="1">
-        <v>826106</v>
+        <v>834142</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>877</v>
+        <v>866</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>878</v>
+        <v>867</v>
       </c>
       <c r="E257" s="2" t="s">
-        <v>860</v>
+        <v>868</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>879</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>869</v>
+      </c>
+      <c r="G257" s="2" t="s">
+        <v>61</v>
       </c>
       <c r="H257" s="2">
         <v>0</v>
       </c>
       <c r="I257" s="1">
         <v>0</v>
       </c>
       <c r="J257" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K257" s="2" t="str">
-        <f>J257*2137.88</f>
+        <f>J257*211.89</f>
         <v>0</v>
       </c>
       <c r="L257" s="5"/>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A258" s="1"/>
       <c r="B258" s="1">
-        <v>857292</v>
+        <v>883298</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>880</v>
-[...3 lines deleted...]
-      </c>
+        <v>870</v>
+      </c>
+      <c r="D258" s="1"/>
       <c r="E258" s="2" t="s">
-        <v>882</v>
+        <v>871</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>883</v>
+        <v>872</v>
       </c>
       <c r="G258" s="2">
-        <v>5</v>
+        <v>-10</v>
       </c>
       <c r="H258" s="2">
         <v>0</v>
       </c>
       <c r="I258" s="1">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="J258" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K258" s="2" t="str">
-        <f>J258*2305.67</f>
+        <f>J258*113.18</f>
         <v>0</v>
       </c>
       <c r="L258" s="5"/>
     </row>
-    <row r="259" spans="1:12" outlineLevel="2">
-[...12 lines deleted...]
-      <c r="K259" s="8"/>
+    <row r="259" spans="1:12" outlineLevel="4">
+      <c r="A259" s="1"/>
+      <c r="B259" s="1">
+        <v>883016</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="D259" s="1"/>
+      <c r="E259" s="2" t="s">
+        <v>874</v>
+      </c>
+      <c r="F259" s="2" t="s">
+        <v>875</v>
+      </c>
+      <c r="G259" s="2">
+        <v>9</v>
+      </c>
+      <c r="H259" s="2">
+        <v>0</v>
+      </c>
+      <c r="I259" s="1">
+        <v>0</v>
+      </c>
+      <c r="J259" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K259" s="2" t="str">
+        <f>J259*116.33</f>
+        <v>0</v>
+      </c>
       <c r="L259" s="5"/>
     </row>
-    <row r="260" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...31 lines deleted...]
-      </c>
+    <row r="260" spans="1:12" outlineLevel="2">
+      <c r="A260" s="8" t="s">
+        <v>876</v>
+      </c>
+      <c r="B260" s="8"/>
+      <c r="C260" s="8"/>
+      <c r="D260" s="8"/>
+      <c r="E260" s="8"/>
+      <c r="F260" s="8"/>
+      <c r="G260" s="8"/>
+      <c r="H260" s="8"/>
+      <c r="I260" s="8"/>
+      <c r="J260" s="8"/>
+      <c r="K260" s="8"/>
       <c r="L260" s="5"/>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A261" s="1"/>
       <c r="B261" s="1">
-        <v>827406</v>
+        <v>827352</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>889</v>
+        <v>877</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>890</v>
+        <v>878</v>
       </c>
       <c r="E261" s="2" t="s">
-        <v>891</v>
+        <v>879</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>892</v>
+        <v>880</v>
       </c>
       <c r="G261" s="2">
         <v>0</v>
       </c>
       <c r="H261" s="2">
         <v>0</v>
       </c>
       <c r="I261" s="1">
         <v>0</v>
       </c>
       <c r="J261" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K261" s="2" t="str">
-        <f>J261*40.86</f>
+        <f>J261*2566.92</f>
         <v>0</v>
       </c>
       <c r="L261" s="5"/>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A262" s="1"/>
       <c r="B262" s="1">
-        <v>827409</v>
+        <v>827353</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>894</v>
+        <v>882</v>
       </c>
       <c r="E262" s="2" t="s">
-        <v>895</v>
+        <v>883</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>896</v>
+        <v>884</v>
       </c>
       <c r="G262" s="2" t="s">
-        <v>252</v>
+        <v>21</v>
       </c>
       <c r="H262" s="2">
         <v>0</v>
       </c>
       <c r="I262" s="1">
         <v>0</v>
       </c>
       <c r="J262" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K262" s="2" t="str">
-        <f>J262*46.92</f>
+        <f>J262*2588.11</f>
         <v>0</v>
       </c>
       <c r="L262" s="5"/>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A263" s="1"/>
       <c r="B263" s="1">
-        <v>827410</v>
+        <v>827354</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>897</v>
+        <v>885</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>898</v>
+        <v>886</v>
       </c>
       <c r="E263" s="2" t="s">
-        <v>899</v>
+        <v>887</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>896</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>888</v>
+      </c>
+      <c r="G263" s="2">
+        <v>4</v>
       </c>
       <c r="H263" s="2">
         <v>0</v>
       </c>
       <c r="I263" s="1">
         <v>0</v>
       </c>
       <c r="J263" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K263" s="2" t="str">
-        <f>J263*46.92</f>
+        <f>J263*2138.59</f>
         <v>0</v>
       </c>
       <c r="L263" s="5"/>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A264" s="1"/>
       <c r="B264" s="1">
-        <v>827412</v>
+        <v>883323</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>900</v>
+        <v>889</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>901</v>
+        <v>890</v>
       </c>
       <c r="E264" s="2" t="s">
-        <v>902</v>
+        <v>891</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>892</v>
+      </c>
+      <c r="G264" s="2">
+        <v>8</v>
       </c>
       <c r="H264" s="2">
         <v>0</v>
       </c>
       <c r="I264" s="1">
         <v>0</v>
       </c>
       <c r="J264" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K264" s="2" t="str">
-        <f>J264*417.73</f>
+        <f>J264*4619.24</f>
         <v>0</v>
       </c>
       <c r="L264" s="5"/>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A265" s="1"/>
       <c r="B265" s="1">
-        <v>827414</v>
+        <v>883324</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>903</v>
+        <v>893</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>904</v>
+        <v>894</v>
       </c>
       <c r="E265" s="2" t="s">
-        <v>905</v>
+        <v>895</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>896</v>
+      </c>
+      <c r="G265" s="2">
+        <v>9</v>
       </c>
       <c r="H265" s="2">
         <v>0</v>
       </c>
       <c r="I265" s="1">
         <v>0</v>
       </c>
       <c r="J265" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K265" s="2" t="str">
-        <f>J265*193.73</f>
+        <f>J265*5132.32</f>
         <v>0</v>
       </c>
       <c r="L265" s="5"/>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A266" s="1"/>
       <c r="B266" s="1">
-        <v>827951</v>
+        <v>883892</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>906</v>
+        <v>897</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>907</v>
+        <v>898</v>
       </c>
       <c r="E266" s="2" t="s">
-        <v>908</v>
+        <v>899</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>909</v>
+        <v>900</v>
       </c>
       <c r="G266" s="2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H266" s="2">
         <v>0</v>
       </c>
       <c r="I266" s="1">
         <v>0</v>
       </c>
       <c r="J266" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K266" s="2" t="str">
-        <f>J266*127.14</f>
+        <f>J266*5543.24</f>
         <v>0</v>
       </c>
       <c r="L266" s="5"/>
     </row>
-    <row r="267" spans="1:12" outlineLevel="4">
+    <row r="267" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A267" s="1"/>
       <c r="B267" s="1">
-        <v>883018</v>
+        <v>883893</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>910</v>
+        <v>901</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>911</v>
+        <v>902</v>
       </c>
       <c r="E267" s="2" t="s">
-        <v>912</v>
+        <v>903</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>224</v>
+        <v>904</v>
       </c>
       <c r="G267" s="2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H267" s="2">
         <v>0</v>
       </c>
       <c r="I267" s="1">
         <v>0</v>
       </c>
       <c r="J267" s="3" t="s">
-        <v>257</v>
+        <v>16</v>
       </c>
       <c r="K267" s="2" t="str">
-        <f>J267*0.00</f>
+        <f>J267*6096.93</f>
         <v>0</v>
       </c>
       <c r="L267" s="5"/>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A268" s="1"/>
       <c r="B268" s="1">
+        <v>826100</v>
+      </c>
+      <c r="C268" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="E268" s="2" t="s">
+        <v>907</v>
+      </c>
+      <c r="F268" s="2" t="s">
+        <v>908</v>
+      </c>
+      <c r="G268" s="2">
+        <v>0</v>
+      </c>
+      <c r="H268" s="2">
+        <v>0</v>
+      </c>
+      <c r="I268" s="1">
+        <v>0</v>
+      </c>
+      <c r="J268" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K268" s="2" t="str">
+        <f>J268*1639.25</f>
+        <v>0</v>
+      </c>
+      <c r="L268" s="5"/>
+    </row>
+    <row r="269" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A269" s="1"/>
+      <c r="B269" s="1">
+        <v>826101</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="E269" s="2" t="s">
+        <v>907</v>
+      </c>
+      <c r="F269" s="2" t="s">
+        <v>911</v>
+      </c>
+      <c r="G269" s="2">
+        <v>1</v>
+      </c>
+      <c r="H269" s="2">
+        <v>0</v>
+      </c>
+      <c r="I269" s="1">
+        <v>0</v>
+      </c>
+      <c r="J269" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K269" s="2" t="str">
+        <f>J269*1820.57</f>
+        <v>0</v>
+      </c>
+      <c r="L269" s="5"/>
+    </row>
+    <row r="270" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A270" s="1"/>
+      <c r="B270" s="1">
+        <v>826102</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="E270" s="2" t="s">
+        <v>907</v>
+      </c>
+      <c r="F270" s="2" t="s">
+        <v>914</v>
+      </c>
+      <c r="G270" s="2">
+        <v>1</v>
+      </c>
+      <c r="H270" s="2">
+        <v>0</v>
+      </c>
+      <c r="I270" s="1">
+        <v>0</v>
+      </c>
+      <c r="J270" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K270" s="2" t="str">
+        <f>J270*2082.96</f>
+        <v>0</v>
+      </c>
+      <c r="L270" s="5"/>
+    </row>
+    <row r="271" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A271" s="1"/>
+      <c r="B271" s="1">
+        <v>826103</v>
+      </c>
+      <c r="C271" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="E271" s="2" t="s">
+        <v>907</v>
+      </c>
+      <c r="F271" s="2" t="s">
+        <v>917</v>
+      </c>
+      <c r="G271" s="2">
+        <v>0</v>
+      </c>
+      <c r="H271" s="2">
+        <v>0</v>
+      </c>
+      <c r="I271" s="1">
+        <v>0</v>
+      </c>
+      <c r="J271" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K271" s="2" t="str">
+        <f>J271*2046.11</f>
+        <v>0</v>
+      </c>
+      <c r="L271" s="5"/>
+    </row>
+    <row r="272" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A272" s="1"/>
+      <c r="B272" s="1">
+        <v>826104</v>
+      </c>
+      <c r="C272" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="E272" s="2" t="s">
+        <v>907</v>
+      </c>
+      <c r="F272" s="2" t="s">
+        <v>920</v>
+      </c>
+      <c r="G272" s="2">
+        <v>1</v>
+      </c>
+      <c r="H272" s="2">
+        <v>0</v>
+      </c>
+      <c r="I272" s="1">
+        <v>0</v>
+      </c>
+      <c r="J272" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K272" s="2" t="str">
+        <f>J272*1823.51</f>
+        <v>0</v>
+      </c>
+      <c r="L272" s="5"/>
+    </row>
+    <row r="273" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A273" s="1"/>
+      <c r="B273" s="1">
+        <v>826105</v>
+      </c>
+      <c r="C273" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="E273" s="2" t="s">
+        <v>907</v>
+      </c>
+      <c r="F273" s="2" t="s">
+        <v>923</v>
+      </c>
+      <c r="G273" s="2">
+        <v>4</v>
+      </c>
+      <c r="H273" s="2">
+        <v>0</v>
+      </c>
+      <c r="I273" s="1">
+        <v>0</v>
+      </c>
+      <c r="J273" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K273" s="2" t="str">
+        <f>J273*2041.69</f>
+        <v>0</v>
+      </c>
+      <c r="L273" s="5"/>
+    </row>
+    <row r="274" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A274" s="1"/>
+      <c r="B274" s="1">
+        <v>826106</v>
+      </c>
+      <c r="C274" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="E274" s="2" t="s">
+        <v>907</v>
+      </c>
+      <c r="F274" s="2" t="s">
+        <v>926</v>
+      </c>
+      <c r="G274" s="2">
+        <v>3</v>
+      </c>
+      <c r="H274" s="2">
+        <v>0</v>
+      </c>
+      <c r="I274" s="1">
+        <v>0</v>
+      </c>
+      <c r="J274" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K274" s="2" t="str">
+        <f>J274*2253.96</f>
+        <v>0</v>
+      </c>
+      <c r="L274" s="5"/>
+    </row>
+    <row r="275" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A275" s="1"/>
+      <c r="B275" s="1">
+        <v>857292</v>
+      </c>
+      <c r="C275" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="E275" s="2" t="s">
+        <v>929</v>
+      </c>
+      <c r="F275" s="2" t="s">
+        <v>930</v>
+      </c>
+      <c r="G275" s="2">
+        <v>5</v>
+      </c>
+      <c r="H275" s="2">
+        <v>0</v>
+      </c>
+      <c r="I275" s="1">
+        <v>0</v>
+      </c>
+      <c r="J275" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K275" s="2" t="str">
+        <f>J275*2430.86</f>
+        <v>0</v>
+      </c>
+      <c r="L275" s="5"/>
+    </row>
+    <row r="276" spans="1:12" outlineLevel="2">
+      <c r="A276" s="8" t="s">
+        <v>931</v>
+      </c>
+      <c r="B276" s="8"/>
+      <c r="C276" s="8"/>
+      <c r="D276" s="8"/>
+      <c r="E276" s="8"/>
+      <c r="F276" s="8"/>
+      <c r="G276" s="8"/>
+      <c r="H276" s="8"/>
+      <c r="I276" s="8"/>
+      <c r="J276" s="8"/>
+      <c r="K276" s="8"/>
+      <c r="L276" s="5"/>
+    </row>
+    <row r="277" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A277" s="1"/>
+      <c r="B277" s="1">
+        <v>827405</v>
+      </c>
+      <c r="C277" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="E277" s="2" t="s">
+        <v>934</v>
+      </c>
+      <c r="F277" s="2" t="s">
+        <v>935</v>
+      </c>
+      <c r="G277" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="H277" s="2">
+        <v>0</v>
+      </c>
+      <c r="I277" s="1">
+        <v>0</v>
+      </c>
+      <c r="J277" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K277" s="2" t="str">
+        <f>J277*52.97</f>
+        <v>0</v>
+      </c>
+      <c r="L277" s="5"/>
+    </row>
+    <row r="278" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A278" s="1"/>
+      <c r="B278" s="1">
+        <v>827406</v>
+      </c>
+      <c r="C278" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="E278" s="2" t="s">
+        <v>938</v>
+      </c>
+      <c r="F278" s="2" t="s">
+        <v>939</v>
+      </c>
+      <c r="G278" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="H278" s="2">
+        <v>0</v>
+      </c>
+      <c r="I278" s="1">
+        <v>0</v>
+      </c>
+      <c r="J278" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K278" s="2" t="str">
+        <f>J278*40.86</f>
+        <v>0</v>
+      </c>
+      <c r="L278" s="5"/>
+    </row>
+    <row r="279" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A279" s="1"/>
+      <c r="B279" s="1">
+        <v>827409</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="E279" s="2" t="s">
+        <v>942</v>
+      </c>
+      <c r="F279" s="2" t="s">
+        <v>943</v>
+      </c>
+      <c r="G279" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="H279" s="2">
+        <v>0</v>
+      </c>
+      <c r="I279" s="1">
+        <v>0</v>
+      </c>
+      <c r="J279" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K279" s="2" t="str">
+        <f>J279*46.92</f>
+        <v>0</v>
+      </c>
+      <c r="L279" s="5"/>
+    </row>
+    <row r="280" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A280" s="1"/>
+      <c r="B280" s="1">
+        <v>827410</v>
+      </c>
+      <c r="C280" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="E280" s="2" t="s">
+        <v>946</v>
+      </c>
+      <c r="F280" s="2" t="s">
+        <v>943</v>
+      </c>
+      <c r="G280" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="H280" s="2">
+        <v>0</v>
+      </c>
+      <c r="I280" s="1">
+        <v>0</v>
+      </c>
+      <c r="J280" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K280" s="2" t="str">
+        <f>J280*46.92</f>
+        <v>0</v>
+      </c>
+      <c r="L280" s="5"/>
+    </row>
+    <row r="281" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A281" s="1"/>
+      <c r="B281" s="1">
+        <v>827412</v>
+      </c>
+      <c r="C281" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="E281" s="2" t="s">
+        <v>949</v>
+      </c>
+      <c r="F281" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="G281" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H281" s="2">
+        <v>0</v>
+      </c>
+      <c r="I281" s="1">
+        <v>0</v>
+      </c>
+      <c r="J281" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K281" s="2" t="str">
+        <f>J281*417.73</f>
+        <v>0</v>
+      </c>
+      <c r="L281" s="5"/>
+    </row>
+    <row r="282" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A282" s="1"/>
+      <c r="B282" s="1">
+        <v>827414</v>
+      </c>
+      <c r="C282" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="E282" s="2" t="s">
+        <v>952</v>
+      </c>
+      <c r="F282" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="G282" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="H282" s="2">
+        <v>0</v>
+      </c>
+      <c r="I282" s="1">
+        <v>0</v>
+      </c>
+      <c r="J282" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K282" s="2" t="str">
+        <f>J282*193.73</f>
+        <v>0</v>
+      </c>
+      <c r="L282" s="5"/>
+    </row>
+    <row r="283" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A283" s="1"/>
+      <c r="B283" s="1">
+        <v>827951</v>
+      </c>
+      <c r="C283" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="E283" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="F283" s="2" t="s">
+        <v>956</v>
+      </c>
+      <c r="G283" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="H283" s="2">
+        <v>0</v>
+      </c>
+      <c r="I283" s="1">
+        <v>0</v>
+      </c>
+      <c r="J283" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="K283" s="2" t="str">
+        <f>J283*127.14</f>
+        <v>0</v>
+      </c>
+      <c r="L283" s="5"/>
+    </row>
+    <row r="284" spans="1:12" outlineLevel="4">
+      <c r="A284" s="1"/>
+      <c r="B284" s="1">
+        <v>883018</v>
+      </c>
+      <c r="C284" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="D284" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="E284" s="2" t="s">
+        <v>959</v>
+      </c>
+      <c r="F284" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="G284" s="2">
+        <v>0</v>
+      </c>
+      <c r="H284" s="2">
+        <v>0</v>
+      </c>
+      <c r="I284" s="1">
+        <v>0</v>
+      </c>
+      <c r="J284" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="K284" s="2" t="str">
+        <f>J284*0.00</f>
+        <v>0</v>
+      </c>
+      <c r="L284" s="5"/>
+    </row>
+    <row r="285" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A285" s="1"/>
+      <c r="B285" s="1">
         <v>890531</v>
       </c>
-      <c r="C268" s="1" t="s">
-[...20 lines deleted...]
-      <c r="J268" s="3" t="s">
+      <c r="C285" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="D285" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="E285" s="2" t="s">
+        <v>962</v>
+      </c>
+      <c r="F285" s="2" t="s">
+        <v>963</v>
+      </c>
+      <c r="G285" s="2">
+        <v>0</v>
+      </c>
+      <c r="H285" s="2">
+        <v>0</v>
+      </c>
+      <c r="I285" s="1">
+        <v>0</v>
+      </c>
+      <c r="J285" s="3" t="s">
         <v>225</v>
       </c>
-      <c r="K268" s="2" t="str">
-[...3 lines deleted...]
-      <c r="L268" s="5"/>
+      <c r="K285" s="2" t="str">
+        <f>J285*377.38</f>
+        <v>0</v>
+      </c>
+      <c r="L285" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A13:K13"/>
     <mergeCell ref="A51:K51"/>
     <mergeCell ref="A76:K76"/>
-    <mergeCell ref="A136:K136"/>
-[...6 lines deleted...]
-    <mergeCell ref="A259:K259"/>
+    <mergeCell ref="A153:K153"/>
+    <mergeCell ref="A215:K215"/>
+    <mergeCell ref="A218:K218"/>
+    <mergeCell ref="A225:K225"/>
+    <mergeCell ref="A234:K234"/>
+    <mergeCell ref="A239:K239"/>
+    <mergeCell ref="A260:K260"/>
+    <mergeCell ref="A276:K276"/>
     <mergeCell ref="A77:K77"/>
     <mergeCell ref="A97:K97"/>
     <mergeCell ref="A130:K130"/>
-    <mergeCell ref="A138:K138"/>
-[...1 lines deleted...]
-    <mergeCell ref="A194:K194"/>
+    <mergeCell ref="A136:K136"/>
+    <mergeCell ref="A155:K155"/>
+    <mergeCell ref="A187:K187"/>
+    <mergeCell ref="A211:K211"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>