--- v0 (2025-10-19)
+++ v1 (2026-01-29)
@@ -17,463 +17,463 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="528">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="522">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>Фильтра сетчатые</t>
   </si>
   <si>
     <t>Фильтра косые</t>
   </si>
   <si>
     <t>Фильтра косые латунные VIEIR</t>
   </si>
   <si>
     <t>FIO-110001</t>
   </si>
   <si>
     <t>GL173</t>
   </si>
   <si>
     <t>фильтр косой VR усиленный 1/2" (16/160шт)</t>
   </si>
   <si>
-    <t>300.59 руб.</t>
+    <t>339.15 руб.</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>FIO-110002</t>
   </si>
   <si>
     <t>GL174</t>
   </si>
   <si>
     <t>фильтр косой VR усиленный 3/4" (10/100шт)</t>
   </si>
   <si>
-    <t>436.00 руб.</t>
+    <t>493.85 руб.</t>
   </si>
   <si>
     <t>FIO-110003</t>
   </si>
   <si>
     <t>GL175</t>
   </si>
   <si>
     <t>фильтр косой VR усиленный 1" (8/80шт)</t>
   </si>
   <si>
-    <t>599.69 руб.</t>
+    <t>679.79 руб.</t>
   </si>
   <si>
     <t>FIO-110004</t>
   </si>
   <si>
     <t>GL176</t>
   </si>
   <si>
     <t>фильтр косой VR усиленный 1 1/4" (4/40шт)</t>
   </si>
   <si>
-    <t>1 220.22 руб.</t>
+    <t>1 367.01 руб.</t>
   </si>
   <si>
     <t>FIO-110005</t>
   </si>
   <si>
     <t>GL177</t>
   </si>
   <si>
     <t>фильтр косой VR усиленный 1 1/2" (2/20шт)</t>
   </si>
   <si>
-    <t>1 805.03 руб.</t>
+    <t>2 046.80 руб.</t>
   </si>
   <si>
     <t>FIO-110006</t>
   </si>
   <si>
     <t>GL178</t>
   </si>
   <si>
     <t>фильтр косой VR усиленный 2" (2/20шт)</t>
   </si>
   <si>
-    <t>2 284.19 руб.</t>
+    <t>2 591.23 руб.</t>
   </si>
   <si>
     <t>FIO-110007</t>
   </si>
   <si>
     <t>GL173N</t>
   </si>
   <si>
     <t>фильтр косой VR усиленный 1/2" никелированный (16/160шт)</t>
   </si>
   <si>
-    <t>303.57 руб.</t>
+    <t>343.61 руб.</t>
+  </si>
+  <si>
+    <t>FIO-110008</t>
+  </si>
+  <si>
+    <t>GL174N</t>
+  </si>
+  <si>
+    <t>фильтр косой 3/4" никелированный (10/160шт)</t>
+  </si>
+  <si>
+    <t>499.80 руб.</t>
+  </si>
+  <si>
+    <t>&gt;10</t>
+  </si>
+  <si>
+    <t>FIO-110009</t>
+  </si>
+  <si>
+    <t>GL175N</t>
+  </si>
+  <si>
+    <t>фильтр косой VR усиленный 1" никелированный (10/160шт)</t>
+  </si>
+  <si>
+    <t>687.23 руб.</t>
+  </si>
+  <si>
+    <t>VER-000431</t>
+  </si>
+  <si>
+    <t>GL176N</t>
+  </si>
+  <si>
+    <t>Фильтр грубой очистки Ø-1-1/4 НИКЕЛЬ "ViEiR" (40/4шт)</t>
+  </si>
+  <si>
+    <t>1 426.51 руб.</t>
+  </si>
+  <si>
+    <t>VER-000432</t>
+  </si>
+  <si>
+    <t>GL177N</t>
+  </si>
+  <si>
+    <t>Фильтр грубой очистки Ø-1-1/2 НИКЕЛЬ "ViEiR" (20/2шт)</t>
+  </si>
+  <si>
+    <t>2 088.45 руб.</t>
+  </si>
+  <si>
+    <t>VER-000433</t>
+  </si>
+  <si>
+    <t>GL178N</t>
+  </si>
+  <si>
+    <t>Фильтр грубой очистки Ø-2 НИКЕЛЬ "ViEiR" (20/2шт)</t>
+  </si>
+  <si>
+    <t>2 643.29 руб.</t>
+  </si>
+  <si>
+    <t>VER-001323</t>
+  </si>
+  <si>
+    <t>GL10-13</t>
+  </si>
+  <si>
+    <t>Косой фильтр с дренажным краном 1/2" (120/12шт)</t>
+  </si>
+  <si>
+    <t>539.96 руб.</t>
+  </si>
+  <si>
+    <t>VER-001324</t>
+  </si>
+  <si>
+    <t>GL10-14</t>
+  </si>
+  <si>
+    <t>Косой фильтр с дренажным краном 3/4" (80/8шт)</t>
+  </si>
+  <si>
+    <t>703.59 руб.</t>
+  </si>
+  <si>
+    <t>VER-001325</t>
+  </si>
+  <si>
+    <t>GL10-15</t>
+  </si>
+  <si>
+    <t>Косой фильтр с дренажным краном 1" (60/6шт)</t>
+  </si>
+  <si>
+    <t>904.40 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-320025</t>
+  </si>
+  <si>
+    <t>GL133</t>
+  </si>
+  <si>
+    <t>Кран с фильтром бабочка 1/2" VR  (8/96шт)</t>
+  </si>
+  <si>
+    <t>606.90 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-320026</t>
+  </si>
+  <si>
+    <t>GL134</t>
+  </si>
+  <si>
+    <t>Кран с фильтром бабочка 3/4" VR  (6/48шт)</t>
+  </si>
+  <si>
+    <t>1 038.28 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-320027</t>
+  </si>
+  <si>
+    <t>GL135</t>
+  </si>
+  <si>
+    <t>Кран с фильтром бабочка 1" VR  (2/24шт)</t>
+  </si>
+  <si>
+    <t>1 551.46 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-320028</t>
+  </si>
+  <si>
+    <t>GL143</t>
+  </si>
+  <si>
+    <t>Кран с фильтром ручка 1/2" VR (8/72шт)</t>
+  </si>
+  <si>
+    <t>627.73 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-320029</t>
+  </si>
+  <si>
+    <t>GL144</t>
+  </si>
+  <si>
+    <t>Кран с фильтром ручка 3/4" VR (6/36шт)</t>
+  </si>
+  <si>
+    <t>1 015.96 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-320030</t>
+  </si>
+  <si>
+    <t>GL145</t>
+  </si>
+  <si>
+    <t>Кран с фильтром ручка 1" VR (2/24шт)</t>
+  </si>
+  <si>
+    <t>1 505.35 руб.</t>
+  </si>
+  <si>
+    <t>Фильтра косые латунные VALTEC</t>
+  </si>
+  <si>
+    <t>VLC-422001</t>
+  </si>
+  <si>
+    <t>VT.190.N.04</t>
+  </si>
+  <si>
+    <t>Фильтр косой 1/2" нар.-нар.   (14 /224шт)</t>
+  </si>
+  <si>
+    <t>394.00 руб.</t>
+  </si>
+  <si>
+    <t>&gt;100</t>
+  </si>
+  <si>
+    <t>&gt;500</t>
+  </si>
+  <si>
+    <t>VLC-422002</t>
+  </si>
+  <si>
+    <t>VT.191.N.04</t>
+  </si>
+  <si>
+    <t>Фильтр косой 1/2" вн.-нар. (14 /224шт)</t>
+  </si>
+  <si>
+    <t>&gt;1000</t>
+  </si>
+  <si>
+    <t>VLC-422003</t>
+  </si>
+  <si>
+    <t>VT.192.N.04</t>
+  </si>
+  <si>
+    <t>Фильтр косой 1/2"  (14 /224шт)</t>
+  </si>
+  <si>
+    <t>340.00 руб.</t>
+  </si>
+  <si>
+    <t>&gt;5000</t>
+  </si>
+  <si>
+    <t>VLC-422004</t>
+  </si>
+  <si>
+    <t>VT.192.N.05</t>
+  </si>
+  <si>
+    <t>Фильтр косой 3/4" (10 /120шт)</t>
+  </si>
+  <si>
+    <t>599.00 руб.</t>
   </si>
   <si>
     <t>&gt;25</t>
   </si>
   <si>
-    <t>FIO-110008</t>
-[...224 lines deleted...]
-    <t>599.00 руб.</t>
+    <t>VLC-422005</t>
+  </si>
+  <si>
+    <t>VT.192.N.06</t>
+  </si>
+  <si>
+    <t>Фильтр косой 1" (4 /64шт)</t>
+  </si>
+  <si>
+    <t>1 115.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-422006</t>
+  </si>
+  <si>
+    <t>VT.192.N.07</t>
+  </si>
+  <si>
+    <t>Фильтр косой 1 1/4" (5 /40шт)</t>
+  </si>
+  <si>
+    <t>1 851.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-422007</t>
+  </si>
+  <si>
+    <t>VT.192.N.08</t>
+  </si>
+  <si>
+    <t>Фильтр косой 1 1/2" (4 /32шт)</t>
+  </si>
+  <si>
+    <t>2 809.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-422008</t>
+  </si>
+  <si>
+    <t>VT.192.N.09</t>
+  </si>
+  <si>
+    <t>Фильтр косой 2" (2 /18шт)</t>
+  </si>
+  <si>
+    <t>3 711.00 руб.</t>
   </si>
   <si>
     <t>&gt;50</t>
   </si>
   <si>
-    <t>VLC-422005</t>
-[...49 lines deleted...]
-  <si>
     <t>VLC-422009</t>
   </si>
   <si>
     <t>VT.193.N.04</t>
   </si>
   <si>
     <t>Фильтр косой 1/2" (c заглушкой)  (16 /96шт)</t>
   </si>
   <si>
     <t>416.00 руб.</t>
   </si>
   <si>
     <t>VLC-422010</t>
   </si>
   <si>
     <t>VT.193.N.05</t>
   </si>
   <si>
     <t>Фильтр косой 3/4" (c заглушкой)  (12 /48шт)</t>
   </si>
   <si>
     <t>835.00 руб.</t>
   </si>
   <si>
     <t>VLC-422011</t>
@@ -583,150 +583,150 @@
   <si>
     <t>365.94 руб.</t>
   </si>
   <si>
     <t>OTM-110056</t>
   </si>
   <si>
     <t>Фильтр косой 1" грубой очистки латунный (10/100шт)</t>
   </si>
   <si>
     <t>490.77 руб.</t>
   </si>
   <si>
     <t>Фильтра косые латунные TEBO</t>
   </si>
   <si>
     <t>ALT-122004</t>
   </si>
   <si>
     <t>T-Фг.801.12.CN</t>
   </si>
   <si>
     <t>Фильтр грубой очистки TEBO ВН/ВН 1/2" (400 мкм) (20/160шт)</t>
   </si>
   <si>
-    <t>290.35 руб.</t>
+    <t>280.92 руб.</t>
   </si>
   <si>
     <t>ALT-122005</t>
   </si>
   <si>
     <t>T-Фг.801.34.CN</t>
   </si>
   <si>
     <t>Фильтр грубой очистки TEBO ВН/ВН 3/4" (400 мкм) (13/104)</t>
   </si>
   <si>
-    <t>449.89 руб.</t>
+    <t>435.28 руб.</t>
   </si>
   <si>
     <t>ALT-122006</t>
   </si>
   <si>
     <t>T-Фг.801.1.CN</t>
   </si>
   <si>
     <t>Фильтр грубой очистки TEBO ВН/ВН 1" (400 мкм) (6/48) (шт.)</t>
   </si>
   <si>
-    <t>840.49 руб.</t>
+    <t>813.19 руб.</t>
   </si>
   <si>
     <t>Фильтра сетчатые для обратного клапана</t>
   </si>
   <si>
     <t>FIO-270001</t>
   </si>
   <si>
     <t>VR683</t>
   </si>
   <si>
     <t>сетка для обратного клапана 1/2" (60/360шт)</t>
   </si>
   <si>
     <t>20.83 руб.</t>
   </si>
   <si>
     <t>FIO-270002</t>
   </si>
   <si>
     <t>VR684</t>
   </si>
   <si>
     <t>сетка для обратного клапана 3/4" (40/240шт)</t>
   </si>
   <si>
-    <t>23.81 руб.</t>
+    <t>22.31 руб.</t>
   </si>
   <si>
     <t>FIO-270003</t>
   </si>
   <si>
     <t>VR685</t>
   </si>
   <si>
     <t>сетка для обратного клапана 1" (24/144шт)</t>
   </si>
   <si>
-    <t>34.23 руб.</t>
+    <t>34.21 руб.</t>
   </si>
   <si>
     <t>FIO-270004</t>
   </si>
   <si>
     <t>VR686</t>
   </si>
   <si>
     <t>сетка для обратного клапана 1 1/4" (12/72шт)</t>
   </si>
   <si>
-    <t>50.59 руб.</t>
+    <t>50.58 руб.</t>
   </si>
   <si>
     <t>FIO-270005</t>
   </si>
   <si>
     <t>VR687</t>
   </si>
   <si>
     <t>сетка для обратного клапана 1 1/2" (8/48шт)</t>
   </si>
   <si>
-    <t>69.94 руб.</t>
+    <t>69.91 руб.</t>
   </si>
   <si>
     <t>FIO-270006</t>
   </si>
   <si>
     <t>VR688</t>
   </si>
   <si>
     <t>сетка для обратного клапана 2" (5/30шт)</t>
   </si>
   <si>
-    <t>90.77 руб.</t>
+    <t>90.74 руб.</t>
   </si>
   <si>
     <t>VLC-425001</t>
   </si>
   <si>
     <t>VT.157.0.06</t>
   </si>
   <si>
     <t>Фильтр сетчатый 1"</t>
   </si>
   <si>
     <t>173.00 руб.</t>
   </si>
   <si>
     <t>VLC-425002</t>
   </si>
   <si>
     <t>VT.157.0.04</t>
   </si>
   <si>
     <t>Фильтр сетчатый 1/2"</t>
   </si>
   <si>
     <t>103.00 руб.</t>
   </si>
@@ -1048,447 +1048,432 @@
   <si>
     <t>VLC-424003</t>
   </si>
   <si>
     <t>VT.389.N.06</t>
   </si>
   <si>
     <t>Фильтр промывной (самоочищающийся) 1" с манометром (1 /12шт)</t>
   </si>
   <si>
     <t>3 756.00 руб.</t>
   </si>
   <si>
     <t>Фильтра самоочищающиеся VIEIR</t>
   </si>
   <si>
     <t>FIO-160001</t>
   </si>
   <si>
     <t>JH151</t>
   </si>
   <si>
     <t>фильтр самоочищ. с маном. 1/2" для гор. воды лат. корпус VR (1/10шт)</t>
   </si>
   <si>
-    <t>2 275.26 руб.</t>
+    <t>2 448.43 руб.</t>
   </si>
   <si>
     <t>FIO-160002</t>
   </si>
   <si>
     <t>JH153</t>
   </si>
   <si>
     <t>фильтр самоочищ. с маном. 3/4" для гор. воды лат. корпус VR (1/10шт)</t>
   </si>
   <si>
-    <t>3 374.94 руб.</t>
+    <t>3 632.48 руб.</t>
   </si>
   <si>
     <t>FIO-160003</t>
   </si>
   <si>
     <t>JH155</t>
   </si>
   <si>
     <t>фильтр самоочищ. с маном. 1" для гор. воды лат. корпус VR (1/10шт)</t>
   </si>
   <si>
-    <t>3 974.63 руб.</t>
+    <t>4 278.05 руб.</t>
   </si>
   <si>
     <t>FIO-160004</t>
   </si>
   <si>
     <t>JC152</t>
   </si>
   <si>
     <t>фильтр самоочищ. с маном. 1/2" для хол. воды прозрач. корпус VR (1/10шт)</t>
   </si>
   <si>
-    <t>2 095.20 руб.</t>
+    <t>2 194.06 руб.</t>
   </si>
   <si>
     <t>FIO-160005</t>
   </si>
   <si>
     <t>JC154</t>
   </si>
   <si>
     <t>фильтр самоочищ. с маном. 3/4" для хол. воды прозрач. корпус VR (1/10шт)</t>
   </si>
   <si>
-    <t>2 973.16 руб.</t>
+    <t>3 113.34 руб.</t>
   </si>
   <si>
     <t>FIO-160006</t>
   </si>
   <si>
     <t>JC156</t>
   </si>
   <si>
     <t>фильтр самоочищ. с маном. 1" для хол. воды прозрач. корпус VR (1/10шт)</t>
   </si>
   <si>
-    <t>3 577.32 руб.</t>
+    <t>3 747.01 руб.</t>
   </si>
   <si>
     <t>FIO-160007</t>
   </si>
   <si>
     <t>JH157</t>
   </si>
   <si>
     <t>фильтр самоочищ. с рег. давления и манометром 1/2" для гор. воды лат.корпус VR (1/10шт)</t>
   </si>
   <si>
-    <t>3 281.19 руб.</t>
+    <t>3 134.16 руб.</t>
   </si>
   <si>
     <t>FIO-160008</t>
   </si>
   <si>
     <t>JH159</t>
   </si>
   <si>
     <t>фильтр самоочищ. с рег. давления и манометром 3/4" для гор. воды лат.корпус VR (1/10шт)</t>
   </si>
   <si>
-    <t>5 059.44 руб.</t>
+    <t>3 309.69 руб.</t>
   </si>
   <si>
     <t>FIO-160009</t>
   </si>
   <si>
     <t>JC158</t>
   </si>
   <si>
     <t>фильтр самоочищ. с рег. давления и манометром 1/2" для хол. воды прозрач.корпус VR (1/10шт)</t>
   </si>
   <si>
-    <t>3 056.50 руб.</t>
+    <t>2 780.14 руб.</t>
   </si>
   <si>
     <t>FIO-160010</t>
   </si>
   <si>
     <t>JC160</t>
   </si>
   <si>
     <t>фильтр самоочищ. с рег. давления и манометром 3/4" для хол. воды прозрач.корпус VR (1/10шт)</t>
   </si>
   <si>
-    <t>4 459.75 руб.</t>
+    <t>2 957.15 руб.</t>
   </si>
   <si>
     <t>FIO-160011</t>
   </si>
   <si>
     <t>JH147</t>
   </si>
   <si>
     <t>фильтр самоочищ. свобод. вращения с манометром 1/2" для гор. воды лат.корпус VR (1/1</t>
   </si>
   <si>
-    <t>2 779.71 руб.</t>
+    <t>2 991.36 руб.</t>
   </si>
   <si>
     <t>FIO-160012</t>
   </si>
   <si>
     <t>JC148</t>
   </si>
   <si>
     <t xml:space="preserve">фильтр самоочищ. свобод. вращения с манометром 1/2" для хол. воды прозрач.корпус VR </t>
   </si>
   <si>
-    <t>2 769.30 руб.</t>
+    <t>2 881.29 руб.</t>
   </si>
   <si>
     <t>FIO-160013</t>
   </si>
   <si>
     <t>VR203</t>
   </si>
   <si>
     <t>сетка для самоочищающегося фильтра VR (1/100шт)</t>
   </si>
   <si>
-    <t>84.82 руб.</t>
+    <t>84.79 руб.</t>
   </si>
   <si>
     <t>FIO-160014</t>
   </si>
   <si>
     <t>JH157-N</t>
   </si>
   <si>
     <t>Фильтр с регулятором давления и манометром 1/2" для горя. воды НИКЕЛЬ "ViEiR" (10/1шт)</t>
   </si>
   <si>
-    <t>3 979.10 руб.</t>
+    <t>3 236.80 руб.</t>
   </si>
   <si>
     <t>FIO-160015</t>
   </si>
   <si>
     <t>JC158-N</t>
   </si>
   <si>
     <t>Фильтр с регулятором давления и манометром 1/2" для холод. воды НИКЕЛЬ "ViEiR" (10/1шт)</t>
   </si>
   <si>
-    <t>3 102.63 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>VER-000211</t>
   </si>
   <si>
     <t>VP162</t>
   </si>
   <si>
     <t>Фильтр поворотный механической очистки с манометром "VER-PRO"(12/1шт)</t>
   </si>
   <si>
-    <t>3 745.47 руб.</t>
+    <t>4 059.39 руб.</t>
   </si>
   <si>
     <t>VER-000212</t>
   </si>
   <si>
     <t>VP163</t>
   </si>
   <si>
     <t>Фильтр механической очистки с манометром "VER-PRO" (12/1шт)</t>
   </si>
   <si>
-    <t>2 726.14 руб.</t>
+    <t>2 823.28 руб.</t>
   </si>
   <si>
     <t>VER-000540</t>
   </si>
   <si>
     <t>JH161</t>
   </si>
   <si>
     <t>Фильтр с регулятором давления и манометром для горячей воды 3/4" "VIEIR" (15/1шт)</t>
   </si>
   <si>
-    <t>3 680.00 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>VER-000541</t>
   </si>
   <si>
     <t>JC162</t>
   </si>
   <si>
     <t>Фильтр с регулятором давления и манометром для холодной воды 3/4" "VIEIR" (15/1шт)</t>
   </si>
   <si>
-    <t>3 504.40 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>VER-000542</t>
   </si>
   <si>
     <t>JH153-N</t>
   </si>
   <si>
     <t>Фильтр с манометром 3/4" для горячей воды "VIEIR" (8/1шт)</t>
   </si>
   <si>
-    <t>4 133.86 руб.</t>
+    <t>3 744.04 руб.</t>
   </si>
   <si>
     <t>VER-000543</t>
   </si>
   <si>
     <t>JH155-N</t>
   </si>
   <si>
     <t>Фильтр с манометром 1" для горячей воды "VIEIR" (8/1шт)</t>
   </si>
   <si>
-    <t>4 519.27 руб.</t>
+    <t>4 389.61 руб.</t>
   </si>
   <si>
     <t>VER-000544</t>
   </si>
   <si>
     <t>JC152-N</t>
   </si>
   <si>
     <t>Фильтр с манометром 1/2" для холодной воды "VIEIR" (15/1шт)</t>
   </si>
   <si>
-    <t>2 199.37 руб.</t>
+    <t>2 304.14 руб.</t>
   </si>
   <si>
     <t>VER-000644</t>
   </si>
   <si>
     <t>JH151-N</t>
   </si>
   <si>
     <t>Фильтр с манометром 1/2" для горячей воды, никелерованный "VIEIR" (15/1шт)</t>
   </si>
   <si>
-    <t>2 482.10 руб.</t>
+    <t>2 600.15 руб.</t>
   </si>
   <si>
     <t>VER-000645</t>
   </si>
   <si>
     <t>JC156-N</t>
   </si>
   <si>
     <t>Фильтр с манометром 1" для холодной воды, прозрачный, никель "VIEIR" (8/1шт)</t>
   </si>
   <si>
-    <t>3 736.54 руб.</t>
+    <t>3 848.16 руб.</t>
   </si>
   <si>
     <t>VER-000935</t>
   </si>
   <si>
     <t>JC154-N</t>
   </si>
   <si>
     <t>Фильтр с манометром 3/4" для холодной воды, никелерованный "VIEIR" (8/1шт)</t>
   </si>
   <si>
-    <t>3 246.97 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>VER-001405</t>
   </si>
   <si>
     <t>JC164</t>
   </si>
   <si>
     <t>Фильтр с регулятором давления и манометром для холодной воды 1" (9/1шт)</t>
   </si>
   <si>
-    <t>4 674.03 руб.</t>
+    <t>3 305.23 руб.</t>
   </si>
   <si>
     <t>VER-001406</t>
   </si>
   <si>
     <t>JH165</t>
   </si>
   <si>
     <t>Фильтр с регулятором давления и манометром для горячей воды 1" (9/1шт)</t>
   </si>
   <si>
-    <t>4 980.57 руб.</t>
+    <t>3 831.80 руб.</t>
   </si>
   <si>
     <t>VER-001407</t>
   </si>
   <si>
     <t>VP166-3</t>
   </si>
   <si>
     <t>Фильтр с манометром и магнитной вставкой 1/2" (12/1шт)</t>
   </si>
   <si>
-    <t>3 105.60 руб.</t>
+    <t>3 345.39 руб.</t>
   </si>
   <si>
     <t>VER-001408</t>
   </si>
   <si>
     <t>VP166-4</t>
   </si>
   <si>
     <t>Фильтр с манометром и магнитной вставкой 3/4" (12/1шт)</t>
   </si>
   <si>
-    <t>3 485.06 руб.</t>
+    <t>3 755.94 руб.</t>
   </si>
   <si>
     <t>VER-001409</t>
   </si>
   <si>
     <t>VP166-5</t>
   </si>
   <si>
     <t>Фильтр с манометром и магнитной вставкой 1" (12/1шт)</t>
   </si>
   <si>
-    <t>3 086.26 руб.</t>
+    <t>3 324.56 руб.</t>
   </si>
   <si>
     <t>VER-001410</t>
   </si>
   <si>
     <t>VP167</t>
   </si>
   <si>
     <t>Фильтр механической очистки с манометром 1" (12/1шт)</t>
   </si>
   <si>
-    <t>2 770.79 руб.</t>
+    <t>2 992.85 руб.</t>
   </si>
   <si>
     <t>VER-001411</t>
   </si>
   <si>
     <t>VP168</t>
   </si>
   <si>
     <t>Фильтр механической очистки с манометром 3/4" (12/1шт)</t>
   </si>
   <si>
-    <t>2 900.25 руб.</t>
+    <t>3 131.19 руб.</t>
   </si>
   <si>
     <t>VER-001412</t>
   </si>
   <si>
     <t>VP169</t>
   </si>
   <si>
     <t>Фильтр поворотный механической очистки с манометром 3/4" (12/1шт)</t>
   </si>
   <si>
-    <t>3 871.96 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>VER-001413</t>
   </si>
   <si>
     <t>VR256</t>
   </si>
   <si>
     <t>Фильтр механической очистки с автоматической обратной промывкой (12/1шт)</t>
   </si>
   <si>
-    <t>5 110.03 руб.</t>
+    <t>5 108.08 руб.</t>
   </si>
   <si>
     <t>Фильтра самоочищающиеся ZEGOR</t>
   </si>
   <si>
     <t>ZGR-000231</t>
   </si>
   <si>
     <t>GYP1</t>
   </si>
   <si>
     <t>Фильтр 1/2" самопромывной для холодной воды с манометром и американками (1/28шт)</t>
   </si>
   <si>
     <t>2 109.67 руб.</t>
   </si>
   <si>
     <t>ZGR-000232</t>
   </si>
   <si>
     <t>GYP2</t>
   </si>
   <si>
     <t>Фильтр 3/4" самопромывной для холодной воды с манометром и американками (1/28шт)</t>
   </si>
@@ -1549,102 +1534,99 @@
   <si>
     <t>VLC-900514</t>
   </si>
   <si>
     <t>VT.382.BX.07</t>
   </si>
   <si>
     <t>Фильтр-дешламатор с пластиковым корпусом (Dirstop XL, модель 2022), 1 1/4"</t>
   </si>
   <si>
     <t>22 036.00 руб.</t>
   </si>
   <si>
     <t>Фильтра-дешламаторы VIEIR</t>
   </si>
   <si>
     <t>FIO-990001</t>
   </si>
   <si>
     <t>VR1140</t>
   </si>
   <si>
     <t xml:space="preserve">Фильтр-дешламатор вн-вн 1/2 "VIEIR" пластик корпус, вертик и горизон подключение (10/1шт) </t>
   </si>
   <si>
-    <t>4 181.48 руб.</t>
+    <t>4 179.88 руб.</t>
   </si>
   <si>
     <t>FIO-990002</t>
   </si>
   <si>
     <t>VR1141</t>
   </si>
   <si>
     <t xml:space="preserve">Фильтр-дешламатор вн-вн 3/4 "VIEIR" пластик корпус, вертик и горизон подключение (10/1шт) </t>
   </si>
   <si>
-    <t>4 150.23 руб.</t>
+    <t>4 327.14 руб.</t>
   </si>
   <si>
     <t>FIO-990003</t>
   </si>
   <si>
     <t>VR1142</t>
   </si>
   <si>
     <t xml:space="preserve">Фильтр-дешламатор вн-вн 1 "VIEIR" пластик корпус, вертик и горизон подключение (10/1шт) </t>
   </si>
   <si>
-    <t>4 461.23 руб.</t>
+    <t>4 649.93 руб.</t>
   </si>
   <si>
     <t>Фильтра ГАЗОВЫЕ</t>
   </si>
   <si>
     <t>VER-000724</t>
   </si>
   <si>
     <t>VRQ25</t>
   </si>
   <si>
     <t>Газовый фильтр 1/2"F x 1/2"F (100/1шт)</t>
   </si>
   <si>
-    <t>311.01 руб.</t>
+    <t>303.45 руб.</t>
   </si>
   <si>
     <t>VER-000725</t>
   </si>
   <si>
     <t>VRQ26</t>
   </si>
   <si>
     <t>Газовый фильтр 3/4"F x 3/4"F (100/1шт)</t>
-  </si>
-[...1 lines deleted...]
-    <t>308.03 руб.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -5884,1343 +5866,1343 @@
       <c r="G4" s="8"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>818868</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K5" s="2" t="str">
-        <f>J5*300.59</f>
+        <f>J5*339.15</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>818869</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G6" s="2">
         <v>0</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K6" s="2" t="str">
-        <f>J6*436.00</f>
+        <f>J6*493.85</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>818870</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G7" s="2">
         <v>0</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K7" s="2" t="str">
-        <f>J7*599.69</f>
+        <f>J7*679.79</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>818871</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G8" s="2">
         <v>0</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K8" s="2" t="str">
-        <f>J8*1220.22</f>
+        <f>J8*1367.01</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>818872</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G9" s="2">
         <v>0</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K9" s="2" t="str">
-        <f>J9*1805.03</f>
+        <f>J9*2046.80</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>818873</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G10" s="2">
         <v>0</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K10" s="2" t="str">
-        <f>J10*2284.19</f>
+        <f>J10*2591.23</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>834461</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="G11" s="2" t="s">
-        <v>42</v>
+      <c r="G11" s="2">
+        <v>0</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K11" s="2" t="str">
-        <f>J11*303.57</f>
+        <f>J11*343.61</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>834462</v>
       </c>
       <c r="C12" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="D12" s="1" t="s">
+      <c r="E12" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="E12" s="2" t="s">
+      <c r="F12" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="F12" s="2" t="s">
+      <c r="G12" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="G12" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K12" s="2" t="str">
-        <f>J12*441.96</f>
+        <f>J12*499.80</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>834463</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>48</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K13" s="2" t="str">
-        <f>J13*607.13</f>
+        <f>J13*687.23</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>878113</v>
       </c>
       <c r="C14" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="E14" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="F14" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G14" s="2">
         <v>0</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K14" s="2" t="str">
-        <f>J14*1261.88</f>
+        <f>J14*1426.51</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>878114</v>
       </c>
       <c r="C15" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D15" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="D15" s="1" t="s">
+      <c r="E15" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="E15" s="2" t="s">
+      <c r="F15" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="F15" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G15" s="2">
         <v>0</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K15" s="2" t="str">
-        <f>J15*1870.50</f>
+        <f>J15*2088.45</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>878115</v>
       </c>
       <c r="C16" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D16" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="D16" s="1" t="s">
+      <c r="E16" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="E16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="F16" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G16" s="2">
         <v>0</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K16" s="2" t="str">
-        <f>J16*2367.52</f>
+        <f>J16*2643.29</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>885111</v>
       </c>
       <c r="C17" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D17" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="D17" s="1" t="s">
+      <c r="E17" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="E17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="G17" s="2">
         <v>9</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K17" s="2" t="str">
-        <f>J17*483.62</f>
+        <f>J17*539.96</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>885112</v>
       </c>
       <c r="C18" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D18" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="D18" s="1" t="s">
+      <c r="E18" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="E18" s="2" t="s">
+      <c r="F18" s="2" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G18" s="2">
         <v>5</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K18" s="2" t="str">
-        <f>J18*629.45</f>
+        <f>J18*703.59</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>885113</v>
       </c>
       <c r="C19" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="D19" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="D19" s="1" t="s">
+      <c r="E19" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="E19" s="2" t="s">
+      <c r="F19" s="2" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="G19" s="2">
         <v>5</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K19" s="2" t="str">
-        <f>J19*811.00</f>
+        <f>J19*904.40</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>823126</v>
       </c>
       <c r="C20" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D20" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="D20" s="1" t="s">
+      <c r="E20" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="E20" s="2" t="s">
+      <c r="F20" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="F20" s="2" t="s">
-[...3 lines deleted...]
-        <v>51</v>
+      <c r="G20" s="2">
+        <v>0</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K20" s="2" t="str">
-        <f>J20*522.31</f>
+        <f>J20*606.90</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>823127</v>
       </c>
       <c r="C21" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D21" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="D21" s="1" t="s">
+      <c r="E21" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="E21" s="2" t="s">
+      <c r="F21" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="F21" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G21" s="2">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K21" s="2" t="str">
-        <f>J21*930.04</f>
+        <f>J21*1038.28</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>823128</v>
       </c>
       <c r="C22" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D22" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="D22" s="1" t="s">
+      <c r="E22" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="E22" s="2" t="s">
+      <c r="F22" s="2" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="G22" s="2">
         <v>6</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K22" s="2" t="str">
-        <f>J22*1449.38</f>
+        <f>J22*1551.46</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>823129</v>
       </c>
       <c r="C23" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D23" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="D23" s="1" t="s">
+      <c r="E23" s="2" t="s">
         <v>89</v>
       </c>
-      <c r="E23" s="2" t="s">
+      <c r="F23" s="2" t="s">
         <v>90</v>
       </c>
-      <c r="F23" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G23" s="2">
-        <v>4</v>
+        <v>-3</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K23" s="2" t="str">
-        <f>J23*537.19</f>
+        <f>J23*627.73</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>823130</v>
       </c>
       <c r="C24" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D24" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="D24" s="1" t="s">
+      <c r="E24" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="E24" s="2" t="s">
+      <c r="F24" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="F24" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G24" s="2">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K24" s="2" t="str">
-        <f>J24*901.77</f>
+        <f>J24*1015.96</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>823131</v>
       </c>
       <c r="C25" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D25" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="D25" s="1" t="s">
+      <c r="E25" s="2" t="s">
         <v>97</v>
       </c>
-      <c r="E25" s="2" t="s">
+      <c r="F25" s="2" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="G25" s="2">
         <v>6</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K25" s="2" t="str">
-        <f>J25*1425.57</f>
+        <f>J25*1505.35</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" outlineLevel="2">
       <c r="A26" s="8" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B26" s="8"/>
       <c r="C26" s="8"/>
       <c r="D26" s="8"/>
       <c r="E26" s="8"/>
       <c r="F26" s="8"/>
       <c r="G26" s="8"/>
       <c r="H26" s="8"/>
       <c r="I26" s="8"/>
       <c r="J26" s="8"/>
       <c r="K26" s="8"/>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>818841</v>
       </c>
       <c r="C27" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D27" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="D27" s="1" t="s">
+      <c r="E27" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="E27" s="2" t="s">
+      <c r="F27" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="F27" s="2" t="s">
+      <c r="G27" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="G27" s="2" t="s">
+      <c r="H27" s="2" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K27" s="2" t="str">
         <f>J27*394.00</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>818842</v>
       </c>
       <c r="C28" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="D28" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="D28" s="1" t="s">
+      <c r="E28" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="E28" s="2" t="s">
+      <c r="F28" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="G28" s="2">
+        <v>0</v>
+      </c>
+      <c r="H28" s="2" t="s">
         <v>109</v>
-      </c>
-[...7 lines deleted...]
-        <v>106</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K28" s="2" t="str">
         <f>J28*394.00</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>818843</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>111</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>112</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>113</v>
       </c>
-      <c r="G29" s="2" t="s">
-        <v>105</v>
+      <c r="G29" s="2">
+        <v>0</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>114</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K29" s="2" t="str">
         <f>J29*340.00</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>818844</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>115</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>116</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>117</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>119</v>
       </c>
       <c r="H30" s="2" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K30" s="2" t="str">
         <f>J30*599.00</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>818845</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>120</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>122</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="H31" s="2" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K31" s="2" t="str">
         <f>J31*1115.00</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>818846</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>124</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>126</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>127</v>
       </c>
       <c r="G32" s="2">
         <v>0</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K32" s="2" t="str">
         <f>J32*1851.00</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>818847</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>128</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>129</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G33" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H33" s="2" t="s">
-        <v>132</v>
+        <v>104</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K33" s="2" t="str">
         <f>J33*2809.00</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>818848</v>
       </c>
       <c r="C34" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D34" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="D34" s="1" t="s">
+      <c r="E34" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="E34" s="2" t="s">
+      <c r="F34" s="2" t="s">
         <v>135</v>
       </c>
-      <c r="F34" s="2" t="s">
+      <c r="G34" s="2">
+        <v>0</v>
+      </c>
+      <c r="H34" s="2" t="s">
         <v>136</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K34" s="2" t="str">
         <f>J34*3711.00</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>818849</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>137</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>138</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>139</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>140</v>
       </c>
-      <c r="G35" s="2" t="s">
-        <v>42</v>
+      <c r="G35" s="2">
+        <v>0</v>
       </c>
       <c r="H35" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K35" s="2" t="str">
         <f>J35*416.00</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>818850</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>141</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>142</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>143</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>144</v>
       </c>
       <c r="G36" s="2">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="H36" s="2" t="s">
-        <v>105</v>
+        <v>136</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K36" s="2" t="str">
         <f>J36*835.00</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>818851</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>145</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>146</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>147</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>148</v>
       </c>
       <c r="G37" s="2">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>3</v>
+      </c>
+      <c r="H37" s="2" t="s">
+        <v>119</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K37" s="2" t="str">
         <f>J37*1389.00</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" outlineLevel="2">
       <c r="A38" s="8" t="s">
         <v>149</v>
       </c>
       <c r="B38" s="8"/>
       <c r="C38" s="8"/>
       <c r="D38" s="8"/>
       <c r="E38" s="8"/>
       <c r="F38" s="8"/>
       <c r="G38" s="8"/>
       <c r="H38" s="8"/>
       <c r="I38" s="8"/>
       <c r="J38" s="8"/>
       <c r="K38" s="8"/>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>833196</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>150</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>151</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>152</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>153</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>42</v>
+        <v>119</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K39" s="2" t="str">
         <f>J39*322.55</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>833197</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>154</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>155</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>156</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>157</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>42</v>
+        <v>119</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K40" s="2" t="str">
         <f>J40*513.97</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>833198</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>158</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>160</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>161</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>42</v>
+        <v>119</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K41" s="2" t="str">
         <f>J41*598.94</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>837284</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>162</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>163</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>164</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>165</v>
       </c>
       <c r="G42" s="2">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K42" s="2" t="str">
         <f>J42*1149.99</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>837285</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>166</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>167</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>168</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>169</v>
       </c>
       <c r="G43" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K43" s="2" t="str">
         <f>J43*1527.19</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>837286</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>170</v>
       </c>
       <c r="D44" s="1" t="s">
@@ -7260,970 +7242,970 @@
       <c r="E45" s="8"/>
       <c r="F45" s="8"/>
       <c r="G45" s="8"/>
       <c r="H45" s="8"/>
       <c r="I45" s="8"/>
       <c r="J45" s="8"/>
       <c r="K45" s="8"/>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>882883</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>175</v>
       </c>
       <c r="D46" s="1"/>
       <c r="E46" s="2" t="s">
         <v>176</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>177</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K46" s="2" t="str">
         <f>J46*220.59</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>883346</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>178</v>
       </c>
       <c r="D47" s="1"/>
       <c r="E47" s="2" t="s">
         <v>179</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>180</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="H47" s="2">
         <v>0</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K47" s="2" t="str">
         <f>J47*365.94</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>883347</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D48" s="1"/>
       <c r="E48" s="2" t="s">
         <v>182</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>183</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>119</v>
+        <v>136</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K48" s="2" t="str">
         <f>J48*490.77</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" outlineLevel="2">
       <c r="A49" s="8" t="s">
         <v>184</v>
       </c>
       <c r="B49" s="8"/>
       <c r="C49" s="8"/>
       <c r="D49" s="8"/>
       <c r="E49" s="8"/>
       <c r="F49" s="8"/>
       <c r="G49" s="8"/>
       <c r="H49" s="8"/>
       <c r="I49" s="8"/>
       <c r="J49" s="8"/>
       <c r="K49" s="8"/>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>885401</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>185</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>186</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>187</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>188</v>
       </c>
       <c r="G50" s="2" t="s">
-        <v>119</v>
+        <v>136</v>
       </c>
       <c r="H50" s="2">
         <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K50" s="2" t="str">
-        <f>J50*290.35</f>
+        <f>J50*280.92</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
         <v>885402</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>189</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>190</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>191</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>192</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>42</v>
+        <v>119</v>
       </c>
       <c r="H51" s="2">
         <v>0</v>
       </c>
       <c r="I51" s="1">
         <v>0</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K51" s="2" t="str">
-        <f>J51*449.89</f>
+        <f>J51*435.28</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>885403</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>193</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>194</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>195</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>196</v>
       </c>
-      <c r="G52" s="2" t="s">
-        <v>51</v>
+      <c r="G52" s="2">
+        <v>10</v>
       </c>
       <c r="H52" s="2">
         <v>0</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K52" s="2" t="str">
-        <f>J52*840.49</f>
+        <f>J52*813.19</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" outlineLevel="1">
       <c r="A53" s="7" t="s">
         <v>197</v>
       </c>
       <c r="B53" s="7"/>
       <c r="C53" s="7"/>
       <c r="D53" s="7"/>
       <c r="E53" s="7"/>
       <c r="F53" s="7"/>
       <c r="G53" s="7"/>
       <c r="H53" s="7"/>
       <c r="I53" s="7"/>
       <c r="J53" s="7"/>
       <c r="K53" s="7"/>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
         <v>818941</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>198</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>199</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>200</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>201</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="H54" s="2">
         <v>0</v>
       </c>
       <c r="I54" s="1">
         <v>0</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K54" s="2" t="str">
         <f>J54*20.83</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
         <v>818942</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>202</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>203</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>204</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>205</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>119</v>
+        <v>136</v>
       </c>
       <c r="H55" s="2">
         <v>0</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K55" s="2" t="str">
-        <f>J55*23.81</f>
+        <f>J55*22.31</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A56" s="1"/>
       <c r="B56" s="1">
         <v>818943</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>206</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>208</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>209</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="H56" s="2">
         <v>0</v>
       </c>
       <c r="I56" s="1">
         <v>0</v>
       </c>
       <c r="J56" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K56" s="2" t="str">
-        <f>J56*34.23</f>
+        <f>J56*34.21</f>
         <v>0</v>
       </c>
       <c r="L56" s="5"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
         <v>818944</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>210</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>211</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>212</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>213</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>42</v>
+        <v>119</v>
       </c>
       <c r="H57" s="2">
         <v>0</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K57" s="2" t="str">
-        <f>J57*50.59</f>
+        <f>J57*50.58</f>
         <v>0</v>
       </c>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A58" s="1"/>
       <c r="B58" s="1">
         <v>818945</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>214</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>215</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>216</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>217</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="H58" s="2">
         <v>0</v>
       </c>
       <c r="I58" s="1">
         <v>0</v>
       </c>
       <c r="J58" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K58" s="2" t="str">
-        <f>J58*69.94</f>
+        <f>J58*69.91</f>
         <v>0</v>
       </c>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
         <v>818946</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>218</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>219</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>220</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>221</v>
       </c>
       <c r="G59" s="2">
         <v>5</v>
       </c>
       <c r="H59" s="2">
         <v>0</v>
       </c>
       <c r="I59" s="1">
         <v>0</v>
       </c>
       <c r="J59" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K59" s="2" t="str">
-        <f>J59*90.77</f>
+        <f>J59*90.74</f>
         <v>0</v>
       </c>
       <c r="L59" s="5"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A60" s="1"/>
       <c r="B60" s="1">
         <v>818865</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>222</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>223</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>224</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>225</v>
       </c>
       <c r="G60" s="2">
         <v>0</v>
       </c>
       <c r="H60" s="2" t="s">
-        <v>105</v>
+        <v>119</v>
       </c>
       <c r="I60" s="1">
         <v>0</v>
       </c>
       <c r="J60" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K60" s="2" t="str">
         <f>J60*173.00</f>
         <v>0</v>
       </c>
       <c r="L60" s="5"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A61" s="1"/>
       <c r="B61" s="1">
         <v>818866</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>226</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>227</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>228</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>229</v>
       </c>
       <c r="G61" s="2">
         <v>4</v>
       </c>
       <c r="H61" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K61" s="2" t="str">
         <f>J61*103.00</f>
         <v>0</v>
       </c>
       <c r="L61" s="5"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A62" s="1"/>
       <c r="B62" s="1">
         <v>818867</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>230</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>231</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>232</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>233</v>
       </c>
       <c r="G62" s="2">
         <v>0</v>
       </c>
       <c r="H62" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K62" s="2" t="str">
         <f>J62*121.00</f>
         <v>0</v>
       </c>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12" outlineLevel="1">
       <c r="A63" s="7" t="s">
         <v>234</v>
       </c>
       <c r="B63" s="7"/>
       <c r="C63" s="7"/>
       <c r="D63" s="7"/>
       <c r="E63" s="7"/>
       <c r="F63" s="7"/>
       <c r="G63" s="7"/>
       <c r="H63" s="7"/>
       <c r="I63" s="7"/>
       <c r="J63" s="7"/>
       <c r="K63" s="7"/>
       <c r="L63" s="5"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A64" s="1"/>
       <c r="B64" s="1">
         <v>818902</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>235</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>236</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>237</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>238</v>
       </c>
       <c r="G64" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="H64" s="2" t="s">
-        <v>42</v>
+        <v>105</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K64" s="2" t="str">
         <f>J64*101.00</f>
         <v>0</v>
       </c>
       <c r="L64" s="5"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A65" s="1"/>
       <c r="B65" s="1">
         <v>818903</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>239</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>240</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>241</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>242</v>
       </c>
       <c r="G65" s="2">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>0</v>
+      </c>
+      <c r="H65" s="2" t="s">
+        <v>104</v>
       </c>
       <c r="I65" s="1">
         <v>0</v>
       </c>
       <c r="J65" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K65" s="2" t="str">
         <f>J65*167.00</f>
         <v>0</v>
       </c>
       <c r="L65" s="5"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
         <v>818904</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>243</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>244</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>245</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>246</v>
       </c>
       <c r="G66" s="2">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>8</v>
+      </c>
+      <c r="H66" s="2">
+        <v>8</v>
       </c>
       <c r="I66" s="1">
         <v>0</v>
       </c>
       <c r="J66" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K66" s="2" t="str">
         <f>J66*304.00</f>
         <v>0</v>
       </c>
       <c r="L66" s="5"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A67" s="1"/>
       <c r="B67" s="1">
         <v>818905</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>247</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>248</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>249</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>250</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>119</v>
       </c>
       <c r="I67" s="1">
         <v>0</v>
       </c>
       <c r="J67" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K67" s="2" t="str">
         <f>J67*165.00</f>
         <v>0</v>
       </c>
       <c r="L67" s="5"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A68" s="1"/>
       <c r="B68" s="1">
         <v>818906</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>251</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>252</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>253</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>254</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="H68" s="2" t="s">
-        <v>42</v>
+        <v>119</v>
       </c>
       <c r="I68" s="1">
         <v>0</v>
       </c>
       <c r="J68" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K68" s="2" t="str">
         <f>J68*204.00</f>
         <v>0</v>
       </c>
       <c r="L68" s="5"/>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A69" s="1"/>
       <c r="B69" s="1">
         <v>818907</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>255</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>256</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>257</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>258</v>
       </c>
       <c r="G69" s="2">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>2</v>
+      </c>
+      <c r="H69" s="2">
+        <v>0</v>
       </c>
       <c r="I69" s="1">
         <v>0</v>
       </c>
       <c r="J69" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K69" s="2" t="str">
         <f>J69*417.00</f>
         <v>0</v>
       </c>
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A70" s="1"/>
       <c r="B70" s="1">
         <v>818908</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>259</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>260</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>261</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>262</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="H70" s="2">
         <v>0</v>
       </c>
       <c r="I70" s="1">
         <v>0</v>
       </c>
       <c r="J70" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K70" s="2" t="str">
         <f>J70*23.00</f>
         <v>0</v>
       </c>
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A71" s="1"/>
       <c r="B71" s="1">
         <v>818909</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>263</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>264</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>265</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>266</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>119</v>
+        <v>136</v>
       </c>
       <c r="H71" s="2">
         <v>0</v>
       </c>
       <c r="I71" s="1">
         <v>0</v>
       </c>
       <c r="J71" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K71" s="2" t="str">
         <f>J71*35.00</f>
         <v>0</v>
       </c>
       <c r="L71" s="5"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A72" s="1"/>
       <c r="B72" s="1">
         <v>818910</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>267</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>268</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>269</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>270</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>42</v>
+        <v>119</v>
       </c>
       <c r="H72" s="2">
         <v>0</v>
       </c>
       <c r="I72" s="1">
         <v>0</v>
       </c>
       <c r="J72" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K72" s="2" t="str">
         <f>J72*42.00</f>
         <v>0</v>
       </c>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A73" s="1"/>
       <c r="B73" s="1">
         <v>818911</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>271</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>272</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>273</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>274</v>
       </c>
       <c r="G73" s="2" t="s">
-        <v>42</v>
+        <v>119</v>
       </c>
       <c r="H73" s="2">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="I73" s="1">
         <v>0</v>
       </c>
       <c r="J73" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K73" s="2" t="str">
         <f>J73*50.00</f>
         <v>0</v>
       </c>
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A74" s="1"/>
       <c r="B74" s="1">
         <v>818912</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>275</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>276</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>277</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>278</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="H74" s="2">
         <v>0</v>
       </c>
       <c r="I74" s="1">
         <v>0</v>
       </c>
       <c r="J74" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K74" s="2" t="str">
         <f>J74*58.00</f>
         <v>0</v>
       </c>
       <c r="L74" s="5"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A75" s="1"/>
       <c r="B75" s="1">
         <v>818913</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>279</v>
       </c>
       <c r="D75" s="1" t="s">
@@ -8280,370 +8262,370 @@
       <c r="F77" s="8"/>
       <c r="G77" s="8"/>
       <c r="H77" s="8"/>
       <c r="I77" s="8"/>
       <c r="J77" s="8"/>
       <c r="K77" s="8"/>
       <c r="L77" s="5"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A78" s="1"/>
       <c r="B78" s="1">
         <v>818852</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>285</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>286</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>287</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>288</v>
       </c>
-      <c r="G78" s="2" t="s">
-        <v>51</v>
+      <c r="G78" s="2">
+        <v>9</v>
       </c>
       <c r="H78" s="2" t="s">
-        <v>42</v>
+        <v>104</v>
       </c>
       <c r="I78" s="1">
         <v>0</v>
       </c>
       <c r="J78" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K78" s="2" t="str">
         <f>J78*764.00</f>
         <v>0</v>
       </c>
       <c r="L78" s="5"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A79" s="1"/>
       <c r="B79" s="1">
         <v>818853</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>289</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>290</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>291</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>292</v>
       </c>
       <c r="G79" s="2">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="H79" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="I79" s="1">
         <v>0</v>
       </c>
       <c r="J79" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K79" s="2" t="str">
         <f>J79*459.00</f>
         <v>0</v>
       </c>
       <c r="L79" s="5"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A80" s="1"/>
       <c r="B80" s="1">
         <v>818854</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>293</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>294</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>295</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>296</v>
       </c>
-      <c r="G80" s="2" t="s">
-        <v>51</v>
+      <c r="G80" s="2">
+        <v>10</v>
       </c>
       <c r="H80" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="I80" s="1">
         <v>0</v>
       </c>
       <c r="J80" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K80" s="2" t="str">
         <f>J80*754.00</f>
         <v>0</v>
       </c>
       <c r="L80" s="5"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A81" s="1"/>
       <c r="B81" s="1">
         <v>818855</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>297</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>298</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>299</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>300</v>
       </c>
-      <c r="G81" s="2" t="s">
-[...3 lines deleted...]
-        <v>106</v>
+      <c r="G81" s="2">
+        <v>0</v>
+      </c>
+      <c r="H81" s="2">
+        <v>0</v>
       </c>
       <c r="I81" s="1">
         <v>0</v>
       </c>
       <c r="J81" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K81" s="2" t="str">
         <f>J81*720.00</f>
         <v>0</v>
       </c>
       <c r="L81" s="5"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A82" s="1"/>
       <c r="B82" s="1">
         <v>818856</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>301</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>302</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>303</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>304</v>
       </c>
-      <c r="G82" s="2" t="s">
-[...3 lines deleted...]
-        <v>106</v>
+      <c r="G82" s="2">
+        <v>9</v>
+      </c>
+      <c r="H82" s="2">
+        <v>0</v>
       </c>
       <c r="I82" s="1">
         <v>0</v>
       </c>
       <c r="J82" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K82" s="2" t="str">
         <f>J82*1009.00</f>
         <v>0</v>
       </c>
       <c r="L82" s="5"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A83" s="1"/>
       <c r="B83" s="1">
         <v>818857</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>305</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>306</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>307</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>308</v>
       </c>
-      <c r="G83" s="2" t="s">
-        <v>51</v>
+      <c r="G83" s="2">
+        <v>10</v>
       </c>
       <c r="H83" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="I83" s="1">
         <v>0</v>
       </c>
       <c r="J83" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K83" s="2" t="str">
         <f>J83*2635.00</f>
         <v>0</v>
       </c>
       <c r="L83" s="5"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A84" s="1"/>
       <c r="B84" s="1">
         <v>818858</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>309</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>310</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>311</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>312</v>
       </c>
-      <c r="G84" s="2" t="s">
-        <v>51</v>
+      <c r="G84" s="2">
+        <v>9</v>
       </c>
       <c r="H84" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="I84" s="1">
         <v>0</v>
       </c>
       <c r="J84" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K84" s="2" t="str">
         <f>J84*751.00</f>
         <v>0</v>
       </c>
       <c r="L84" s="5"/>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A85" s="1"/>
       <c r="B85" s="1">
         <v>818859</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>313</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>315</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>316</v>
       </c>
       <c r="G85" s="2">
         <v>7</v>
       </c>
       <c r="H85" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="I85" s="1">
         <v>0</v>
       </c>
       <c r="J85" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K85" s="2" t="str">
         <f>J85*1134.00</f>
         <v>0</v>
       </c>
       <c r="L85" s="5"/>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A86" s="1"/>
       <c r="B86" s="1">
         <v>818860</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>317</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>318</v>
       </c>
       <c r="E86" s="2" t="s">
         <v>319</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>320</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="H86" s="2" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="I86" s="1">
         <v>0</v>
       </c>
       <c r="J86" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K86" s="2" t="str">
         <f>J86*730.00</f>
         <v>0</v>
       </c>
       <c r="L86" s="5"/>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A87" s="1"/>
       <c r="B87" s="1">
         <v>818861</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>321</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>322</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>323</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>324</v>
       </c>
       <c r="G87" s="2" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="H87" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="I87" s="1">
         <v>0</v>
       </c>
       <c r="J87" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K87" s="2" t="str">
         <f>J87*1067.00</f>
         <v>0</v>
       </c>
       <c r="L87" s="5"/>
     </row>
     <row r="88" spans="1:12" outlineLevel="1">
       <c r="A88" s="7" t="s">
         <v>325</v>
       </c>
       <c r="B88" s="7"/>
       <c r="C88" s="7"/>
       <c r="D88" s="7"/>
       <c r="E88" s="7"/>
       <c r="F88" s="7"/>
       <c r="G88" s="7"/>
       <c r="H88" s="7"/>
       <c r="I88" s="7"/>
@@ -8663,1839 +8645,1839 @@
       <c r="G89" s="8"/>
       <c r="H89" s="8"/>
       <c r="I89" s="8"/>
       <c r="J89" s="8"/>
       <c r="K89" s="8"/>
       <c r="L89" s="5"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A90" s="1"/>
       <c r="B90" s="1">
         <v>818862</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>327</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>328</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>329</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>330</v>
       </c>
       <c r="G90" s="2">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H90" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="I90" s="1">
         <v>0</v>
       </c>
       <c r="J90" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K90" s="2" t="str">
         <f>J90*1381.00</f>
         <v>0</v>
       </c>
       <c r="L90" s="5"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A91" s="1"/>
       <c r="B91" s="1">
         <v>818863</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>331</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>332</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>333</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>334</v>
       </c>
       <c r="G91" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="H91" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="I91" s="1">
         <v>0</v>
       </c>
       <c r="J91" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K91" s="2" t="str">
         <f>J91*2177.00</f>
         <v>0</v>
       </c>
       <c r="L91" s="5"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A92" s="1"/>
       <c r="B92" s="1">
         <v>818864</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>335</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>336</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>337</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>338</v>
       </c>
       <c r="G92" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H92" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="I92" s="1">
         <v>0</v>
       </c>
       <c r="J92" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K92" s="2" t="str">
         <f>J92*3756.00</f>
         <v>0</v>
       </c>
       <c r="L92" s="5"/>
     </row>
     <row r="93" spans="1:12" outlineLevel="2">
       <c r="A93" s="8" t="s">
         <v>339</v>
       </c>
       <c r="B93" s="8"/>
       <c r="C93" s="8"/>
       <c r="D93" s="8"/>
       <c r="E93" s="8"/>
       <c r="F93" s="8"/>
       <c r="G93" s="8"/>
       <c r="H93" s="8"/>
       <c r="I93" s="8"/>
       <c r="J93" s="8"/>
       <c r="K93" s="8"/>
       <c r="L93" s="5"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A94" s="1"/>
       <c r="B94" s="1">
         <v>824574</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>340</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>341</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>342</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>343</v>
       </c>
       <c r="G94" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H94" s="2">
         <v>0</v>
       </c>
       <c r="I94" s="1">
         <v>0</v>
       </c>
       <c r="J94" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K94" s="2" t="str">
-        <f>J94*2275.26</f>
+        <f>J94*2448.43</f>
         <v>0</v>
       </c>
       <c r="L94" s="5"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A95" s="1"/>
       <c r="B95" s="1">
         <v>824575</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>344</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>345</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>346</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>347</v>
       </c>
       <c r="G95" s="2">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="H95" s="2">
         <v>0</v>
       </c>
       <c r="I95" s="1">
         <v>0</v>
       </c>
       <c r="J95" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K95" s="2" t="str">
-        <f>J95*3374.94</f>
+        <f>J95*3632.48</f>
         <v>0</v>
       </c>
       <c r="L95" s="5"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A96" s="1"/>
       <c r="B96" s="1">
         <v>824576</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>348</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>349</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>350</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>351</v>
       </c>
       <c r="G96" s="2">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="H96" s="2">
         <v>0</v>
       </c>
       <c r="I96" s="1">
         <v>0</v>
       </c>
       <c r="J96" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K96" s="2" t="str">
-        <f>J96*3974.63</f>
+        <f>J96*4278.05</f>
         <v>0</v>
       </c>
       <c r="L96" s="5"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A97" s="1"/>
       <c r="B97" s="1">
         <v>824577</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>352</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>353</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>354</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>355</v>
       </c>
       <c r="G97" s="2">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="H97" s="2">
         <v>0</v>
       </c>
       <c r="I97" s="1">
         <v>0</v>
       </c>
       <c r="J97" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K97" s="2" t="str">
-        <f>J97*2095.20</f>
+        <f>J97*2194.06</f>
         <v>0</v>
       </c>
       <c r="L97" s="5"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A98" s="1"/>
       <c r="B98" s="1">
         <v>824578</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>356</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>357</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>358</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>359</v>
       </c>
       <c r="G98" s="2">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="H98" s="2">
         <v>0</v>
       </c>
       <c r="I98" s="1">
         <v>0</v>
       </c>
       <c r="J98" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K98" s="2" t="str">
-        <f>J98*2973.16</f>
+        <f>J98*3113.34</f>
         <v>0</v>
       </c>
       <c r="L98" s="5"/>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A99" s="1"/>
       <c r="B99" s="1">
         <v>824579</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>360</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>361</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>362</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>363</v>
       </c>
       <c r="G99" s="2">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="H99" s="2">
         <v>0</v>
       </c>
       <c r="I99" s="1">
         <v>0</v>
       </c>
       <c r="J99" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K99" s="2" t="str">
-        <f>J99*3577.32</f>
+        <f>J99*3747.01</f>
         <v>0</v>
       </c>
       <c r="L99" s="5"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A100" s="1"/>
       <c r="B100" s="1">
         <v>824580</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>364</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>365</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>366</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>367</v>
       </c>
       <c r="G100" s="2">
         <v>2</v>
       </c>
       <c r="H100" s="2">
         <v>0</v>
       </c>
       <c r="I100" s="1">
         <v>0</v>
       </c>
       <c r="J100" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K100" s="2" t="str">
-        <f>J100*3281.19</f>
+        <f>J100*3134.16</f>
         <v>0</v>
       </c>
       <c r="L100" s="5"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A101" s="1"/>
       <c r="B101" s="1">
         <v>824581</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>368</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>369</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>370</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>371</v>
       </c>
       <c r="G101" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H101" s="2">
         <v>0</v>
       </c>
       <c r="I101" s="1">
         <v>0</v>
       </c>
       <c r="J101" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K101" s="2" t="str">
-        <f>J101*5059.44</f>
+        <f>J101*3309.69</f>
         <v>0</v>
       </c>
       <c r="L101" s="5"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A102" s="1"/>
       <c r="B102" s="1">
         <v>824582</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>372</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>374</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>375</v>
       </c>
       <c r="G102" s="2">
         <v>2</v>
       </c>
       <c r="H102" s="2">
         <v>0</v>
       </c>
       <c r="I102" s="1">
         <v>0</v>
       </c>
       <c r="J102" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K102" s="2" t="str">
-        <f>J102*3056.50</f>
+        <f>J102*2780.14</f>
         <v>0</v>
       </c>
       <c r="L102" s="5"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A103" s="1"/>
       <c r="B103" s="1">
         <v>824583</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>376</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>377</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>378</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G103" s="2">
         <v>1</v>
       </c>
       <c r="H103" s="2">
         <v>0</v>
       </c>
       <c r="I103" s="1">
         <v>0</v>
       </c>
       <c r="J103" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K103" s="2" t="str">
-        <f>J103*4459.75</f>
+        <f>J103*2957.15</f>
         <v>0</v>
       </c>
       <c r="L103" s="5"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A104" s="1"/>
       <c r="B104" s="1">
         <v>824584</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>380</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>381</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>382</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>383</v>
       </c>
       <c r="G104" s="2">
         <v>1</v>
       </c>
       <c r="H104" s="2">
         <v>0</v>
       </c>
       <c r="I104" s="1">
         <v>0</v>
       </c>
       <c r="J104" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K104" s="2" t="str">
-        <f>J104*2779.71</f>
+        <f>J104*2991.36</f>
         <v>0</v>
       </c>
       <c r="L104" s="5"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A105" s="1"/>
       <c r="B105" s="1">
         <v>824585</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>384</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>385</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>386</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>387</v>
       </c>
       <c r="G105" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H105" s="2">
         <v>0</v>
       </c>
       <c r="I105" s="1">
         <v>0</v>
       </c>
       <c r="J105" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K105" s="2" t="str">
-        <f>J105*2769.30</f>
+        <f>J105*2881.29</f>
         <v>0</v>
       </c>
       <c r="L105" s="5"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A106" s="1"/>
       <c r="B106" s="1">
         <v>824586</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>388</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>389</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>390</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>391</v>
       </c>
       <c r="G106" s="2" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="H106" s="2">
         <v>0</v>
       </c>
       <c r="I106" s="1">
         <v>0</v>
       </c>
       <c r="J106" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K106" s="2" t="str">
-        <f>J106*84.82</f>
+        <f>J106*84.79</f>
         <v>0</v>
       </c>
       <c r="L106" s="5"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A107" s="1"/>
       <c r="B107" s="1">
         <v>837118</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>392</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>393</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>394</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>395</v>
       </c>
       <c r="G107" s="2">
         <v>5</v>
       </c>
       <c r="H107" s="2">
         <v>0</v>
       </c>
       <c r="I107" s="1">
         <v>0</v>
       </c>
       <c r="J107" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K107" s="2" t="str">
-        <f>J107*3979.10</f>
+        <f>J107*3236.80</f>
         <v>0</v>
       </c>
       <c r="L107" s="5"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A108" s="1"/>
       <c r="B108" s="1">
         <v>837119</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>396</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>397</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>398</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>399</v>
+        <v>375</v>
       </c>
       <c r="G108" s="2" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="H108" s="2">
         <v>0</v>
       </c>
       <c r="I108" s="1">
         <v>0</v>
       </c>
       <c r="J108" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K108" s="2" t="str">
-        <f>J108*3102.63</f>
+        <f>J108*2780.14</f>
         <v>0</v>
       </c>
       <c r="L108" s="5"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A109" s="1"/>
       <c r="B109" s="1">
         <v>839812</v>
       </c>
       <c r="C109" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="D109" s="1" t="s">
         <v>400</v>
       </c>
-      <c r="D109" s="1" t="s">
+      <c r="E109" s="2" t="s">
         <v>401</v>
       </c>
-      <c r="E109" s="2" t="s">
+      <c r="F109" s="2" t="s">
         <v>402</v>
       </c>
-      <c r="F109" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G109" s="2">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="H109" s="2">
         <v>0</v>
       </c>
       <c r="I109" s="1">
         <v>0</v>
       </c>
       <c r="J109" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K109" s="2" t="str">
-        <f>J109*3745.47</f>
+        <f>J109*4059.39</f>
         <v>0</v>
       </c>
       <c r="L109" s="5"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A110" s="1"/>
       <c r="B110" s="1">
         <v>839813</v>
       </c>
       <c r="C110" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="D110" s="1" t="s">
         <v>404</v>
       </c>
-      <c r="D110" s="1" t="s">
+      <c r="E110" s="2" t="s">
         <v>405</v>
       </c>
-      <c r="E110" s="2" t="s">
+      <c r="F110" s="2" t="s">
         <v>406</v>
       </c>
-      <c r="F110" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G110" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H110" s="2">
         <v>0</v>
       </c>
       <c r="I110" s="1">
         <v>0</v>
       </c>
       <c r="J110" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K110" s="2" t="str">
-        <f>J110*2726.14</f>
+        <f>J110*2823.28</f>
         <v>0</v>
       </c>
       <c r="L110" s="5"/>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A111" s="1"/>
       <c r="B111" s="1">
         <v>879957</v>
       </c>
       <c r="C111" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="D111" s="1" t="s">
         <v>408</v>
       </c>
-      <c r="D111" s="1" t="s">
+      <c r="E111" s="2" t="s">
         <v>409</v>
       </c>
-      <c r="E111" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F111" s="2" t="s">
-        <v>411</v>
+        <v>371</v>
       </c>
       <c r="G111" s="2">
         <v>0</v>
       </c>
       <c r="H111" s="2">
         <v>0</v>
       </c>
       <c r="I111" s="1">
         <v>0</v>
       </c>
       <c r="J111" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K111" s="2" t="str">
-        <f>J111*3680.00</f>
+        <f>J111*3309.69</f>
         <v>0</v>
       </c>
       <c r="L111" s="5"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A112" s="1"/>
       <c r="B112" s="1">
         <v>879958</v>
       </c>
       <c r="C112" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="E112" s="2" t="s">
         <v>412</v>
       </c>
-      <c r="D112" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F112" s="2" t="s">
-        <v>415</v>
+        <v>379</v>
       </c>
       <c r="G112" s="2">
         <v>0</v>
       </c>
       <c r="H112" s="2">
         <v>0</v>
       </c>
       <c r="I112" s="1">
         <v>0</v>
       </c>
       <c r="J112" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K112" s="2" t="str">
-        <f>J112*3504.40</f>
+        <f>J112*2957.15</f>
         <v>0</v>
       </c>
       <c r="L112" s="5"/>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A113" s="1"/>
       <c r="B113" s="1">
         <v>879959</v>
       </c>
       <c r="C113" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="E113" s="2" t="s">
+        <v>415</v>
+      </c>
+      <c r="F113" s="2" t="s">
         <v>416</v>
       </c>
-      <c r="D113" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G113" s="2">
         <v>0</v>
       </c>
       <c r="H113" s="2">
         <v>0</v>
       </c>
       <c r="I113" s="1">
         <v>0</v>
       </c>
       <c r="J113" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K113" s="2" t="str">
-        <f>J113*4133.86</f>
+        <f>J113*3744.04</f>
         <v>0</v>
       </c>
       <c r="L113" s="5"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A114" s="1"/>
       <c r="B114" s="1">
         <v>879960</v>
       </c>
       <c r="C114" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="E114" s="2" t="s">
+        <v>419</v>
+      </c>
+      <c r="F114" s="2" t="s">
         <v>420</v>
-      </c>
-[...7 lines deleted...]
-        <v>423</v>
       </c>
       <c r="G114" s="2">
         <v>10</v>
       </c>
       <c r="H114" s="2">
         <v>0</v>
       </c>
       <c r="I114" s="1">
         <v>0</v>
       </c>
       <c r="J114" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K114" s="2" t="str">
-        <f>J114*4519.27</f>
+        <f>J114*4389.61</f>
         <v>0</v>
       </c>
       <c r="L114" s="5"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A115" s="1"/>
       <c r="B115" s="1">
         <v>879961</v>
       </c>
       <c r="C115" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="E115" s="2" t="s">
+        <v>423</v>
+      </c>
+      <c r="F115" s="2" t="s">
         <v>424</v>
       </c>
-      <c r="D115" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G115" s="2">
         <v>0</v>
       </c>
       <c r="H115" s="2">
         <v>0</v>
       </c>
       <c r="I115" s="1">
         <v>0</v>
       </c>
       <c r="J115" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K115" s="2" t="str">
-        <f>J115*2199.37</f>
+        <f>J115*2304.14</f>
         <v>0</v>
       </c>
       <c r="L115" s="5"/>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A116" s="1"/>
       <c r="B116" s="1">
         <v>880054</v>
       </c>
       <c r="C116" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="E116" s="2" t="s">
+        <v>427</v>
+      </c>
+      <c r="F116" s="2" t="s">
         <v>428</v>
       </c>
-      <c r="D116" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G116" s="2">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="H116" s="2">
         <v>0</v>
       </c>
       <c r="I116" s="1">
         <v>0</v>
       </c>
       <c r="J116" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K116" s="2" t="str">
-        <f>J116*2482.10</f>
+        <f>J116*2600.15</f>
         <v>0</v>
       </c>
       <c r="L116" s="5"/>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A117" s="1"/>
       <c r="B117" s="1">
         <v>880055</v>
       </c>
       <c r="C117" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="E117" s="2" t="s">
+        <v>431</v>
+      </c>
+      <c r="F117" s="2" t="s">
         <v>432</v>
       </c>
-      <c r="D117" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G117" s="2">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="H117" s="2">
         <v>0</v>
       </c>
       <c r="I117" s="1">
         <v>0</v>
       </c>
       <c r="J117" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K117" s="2" t="str">
-        <f>J117*3736.54</f>
+        <f>J117*3848.16</f>
         <v>0</v>
       </c>
       <c r="L117" s="5"/>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A118" s="1"/>
       <c r="B118" s="1">
         <v>884660</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="E118" s="2" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>439</v>
+        <v>367</v>
       </c>
       <c r="G118" s="2">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="H118" s="2">
         <v>0</v>
       </c>
       <c r="I118" s="1">
         <v>0</v>
       </c>
       <c r="J118" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K118" s="2" t="str">
-        <f>J118*3246.97</f>
+        <f>J118*3134.16</f>
         <v>0</v>
       </c>
       <c r="L118" s="5"/>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A119" s="1"/>
       <c r="B119" s="1">
         <v>886004</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="G119" s="2">
         <v>2</v>
       </c>
       <c r="H119" s="2">
         <v>0</v>
       </c>
       <c r="I119" s="1">
         <v>0</v>
       </c>
       <c r="J119" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K119" s="2" t="str">
-        <f>J119*4674.03</f>
+        <f>J119*3305.23</f>
         <v>0</v>
       </c>
       <c r="L119" s="5"/>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A120" s="1"/>
       <c r="B120" s="1">
         <v>886005</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="E120" s="2" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="G120" s="2">
         <v>1</v>
       </c>
       <c r="H120" s="2">
         <v>0</v>
       </c>
       <c r="I120" s="1">
         <v>0</v>
       </c>
       <c r="J120" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K120" s="2" t="str">
-        <f>J120*4980.57</f>
+        <f>J120*3831.80</f>
         <v>0</v>
       </c>
       <c r="L120" s="5"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A121" s="1"/>
       <c r="B121" s="1">
         <v>886006</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>448</v>
+        <v>444</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
       <c r="E121" s="2" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="G121" s="2">
         <v>2</v>
       </c>
       <c r="H121" s="2">
         <v>0</v>
       </c>
       <c r="I121" s="1">
         <v>0</v>
       </c>
       <c r="J121" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K121" s="2" t="str">
-        <f>J121*3105.60</f>
+        <f>J121*3345.39</f>
         <v>0</v>
       </c>
       <c r="L121" s="5"/>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A122" s="1"/>
       <c r="B122" s="1">
         <v>886007</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="E122" s="2" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="G122" s="2">
         <v>2</v>
       </c>
       <c r="H122" s="2">
         <v>0</v>
       </c>
       <c r="I122" s="1">
         <v>0</v>
       </c>
       <c r="J122" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K122" s="2" t="str">
-        <f>J122*3485.06</f>
+        <f>J122*3755.94</f>
         <v>0</v>
       </c>
       <c r="L122" s="5"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A123" s="1"/>
       <c r="B123" s="1">
         <v>886008</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="E123" s="2" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="G123" s="2">
         <v>2</v>
       </c>
       <c r="H123" s="2">
         <v>0</v>
       </c>
       <c r="I123" s="1">
         <v>0</v>
       </c>
       <c r="J123" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K123" s="2" t="str">
-        <f>J123*3086.26</f>
+        <f>J123*3324.56</f>
         <v>0</v>
       </c>
       <c r="L123" s="5"/>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A124" s="1"/>
       <c r="B124" s="1">
         <v>886009</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="G124" s="2">
         <v>3</v>
       </c>
       <c r="H124" s="2">
         <v>0</v>
       </c>
       <c r="I124" s="1">
         <v>0</v>
       </c>
       <c r="J124" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K124" s="2" t="str">
-        <f>J124*2770.79</f>
+        <f>J124*2992.85</f>
         <v>0</v>
       </c>
       <c r="L124" s="5"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A125" s="1"/>
       <c r="B125" s="1">
         <v>886010</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>464</v>
+        <v>460</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="E125" s="2" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="G125" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H125" s="2">
         <v>0</v>
       </c>
       <c r="I125" s="1">
         <v>0</v>
       </c>
       <c r="J125" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K125" s="2" t="str">
-        <f>J125*2900.25</f>
+        <f>J125*3131.19</f>
         <v>0</v>
       </c>
       <c r="L125" s="5"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A126" s="1"/>
       <c r="B126" s="1">
         <v>886011</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="E126" s="2" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>471</v>
+        <v>351</v>
       </c>
       <c r="G126" s="2">
         <v>2</v>
       </c>
       <c r="H126" s="2">
         <v>0</v>
       </c>
       <c r="I126" s="1">
         <v>0</v>
       </c>
       <c r="J126" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K126" s="2" t="str">
-        <f>J126*3871.96</f>
+        <f>J126*4278.05</f>
         <v>0</v>
       </c>
       <c r="L126" s="5"/>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A127" s="1"/>
       <c r="B127" s="1">
         <v>886012</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>472</v>
+        <v>467</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="E127" s="2" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="G127" s="2">
         <v>4</v>
       </c>
       <c r="H127" s="2">
         <v>0</v>
       </c>
       <c r="I127" s="1">
         <v>0</v>
       </c>
       <c r="J127" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K127" s="2" t="str">
-        <f>J127*5110.03</f>
+        <f>J127*5108.08</f>
         <v>0</v>
       </c>
       <c r="L127" s="5"/>
     </row>
     <row r="128" spans="1:12" outlineLevel="2">
       <c r="A128" s="8" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
       <c r="B128" s="8"/>
       <c r="C128" s="8"/>
       <c r="D128" s="8"/>
       <c r="E128" s="8"/>
       <c r="F128" s="8"/>
       <c r="G128" s="8"/>
       <c r="H128" s="8"/>
       <c r="I128" s="8"/>
       <c r="J128" s="8"/>
       <c r="K128" s="8"/>
       <c r="L128" s="5"/>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A129" s="1"/>
       <c r="B129" s="1">
         <v>885128</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
       <c r="E129" s="2" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="G129" s="2">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="H129" s="2">
         <v>0</v>
       </c>
       <c r="I129" s="1">
         <v>0</v>
       </c>
       <c r="J129" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K129" s="2" t="str">
         <f>J129*2109.67</f>
         <v>0</v>
       </c>
       <c r="L129" s="5"/>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A130" s="1"/>
       <c r="B130" s="1">
         <v>885129</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>481</v>
+        <v>476</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>482</v>
+        <v>477</v>
       </c>
       <c r="E130" s="2" t="s">
-        <v>483</v>
+        <v>478</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="G130" s="2">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="H130" s="2">
         <v>0</v>
       </c>
       <c r="I130" s="1">
         <v>0</v>
       </c>
       <c r="J130" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K130" s="2" t="str">
         <f>J130*2313.37</f>
         <v>0</v>
       </c>
       <c r="L130" s="5"/>
     </row>
     <row r="131" spans="1:12" outlineLevel="1">
       <c r="A131" s="7" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
       <c r="B131" s="7"/>
       <c r="C131" s="7"/>
       <c r="D131" s="7"/>
       <c r="E131" s="7"/>
       <c r="F131" s="7"/>
       <c r="G131" s="7"/>
       <c r="H131" s="7"/>
       <c r="I131" s="7"/>
       <c r="J131" s="7"/>
       <c r="K131" s="7"/>
       <c r="L131" s="5"/>
     </row>
     <row r="132" spans="1:12" outlineLevel="2">
       <c r="A132" s="8" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="B132" s="8"/>
       <c r="C132" s="8"/>
       <c r="D132" s="8"/>
       <c r="E132" s="8"/>
       <c r="F132" s="8"/>
       <c r="G132" s="8"/>
       <c r="H132" s="8"/>
       <c r="I132" s="8"/>
       <c r="J132" s="8"/>
       <c r="K132" s="8"/>
       <c r="L132" s="5"/>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A133" s="1"/>
       <c r="B133" s="1">
         <v>825085</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>487</v>
+        <v>482</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="E133" s="2" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="G133" s="2">
         <v>0</v>
       </c>
       <c r="H133" s="2">
         <v>0</v>
       </c>
       <c r="I133" s="1">
         <v>0</v>
       </c>
       <c r="J133" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K133" s="2" t="str">
         <f>J133*7131.00</f>
         <v>0</v>
       </c>
       <c r="L133" s="5"/>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A134" s="1"/>
       <c r="B134" s="1">
         <v>825084</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="E134" s="2" t="s">
-        <v>493</v>
+        <v>488</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>494</v>
+        <v>489</v>
       </c>
       <c r="G134" s="2">
         <v>0</v>
       </c>
       <c r="H134" s="2">
         <v>0</v>
       </c>
       <c r="I134" s="1">
         <v>0</v>
       </c>
       <c r="J134" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K134" s="2" t="str">
         <f>J134*20162.00</f>
         <v>0</v>
       </c>
       <c r="L134" s="5"/>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A135" s="1"/>
       <c r="B135" s="1">
         <v>825086</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>495</v>
+        <v>490</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>496</v>
+        <v>491</v>
       </c>
       <c r="E135" s="2" t="s">
-        <v>497</v>
+        <v>492</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>498</v>
+        <v>493</v>
       </c>
       <c r="G135" s="2">
         <v>0</v>
       </c>
       <c r="H135" s="2">
         <v>0</v>
       </c>
       <c r="I135" s="1">
         <v>0</v>
       </c>
       <c r="J135" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K135" s="2" t="str">
         <f>J135*21959.00</f>
         <v>0</v>
       </c>
       <c r="L135" s="5"/>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A136" s="1"/>
       <c r="B136" s="1">
         <v>873884</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>499</v>
+        <v>494</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>500</v>
+        <v>495</v>
       </c>
       <c r="E136" s="2" t="s">
-        <v>501</v>
+        <v>496</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>494</v>
+        <v>489</v>
       </c>
       <c r="G136" s="2">
         <v>0</v>
       </c>
       <c r="H136" s="2">
         <v>0</v>
       </c>
       <c r="I136" s="1">
         <v>0</v>
       </c>
       <c r="J136" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K136" s="2" t="str">
         <f>J136*20162.00</f>
         <v>0</v>
       </c>
       <c r="L136" s="5"/>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A137" s="1"/>
       <c r="B137" s="1">
         <v>873885</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>502</v>
+        <v>497</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="E137" s="2" t="s">
-        <v>504</v>
+        <v>499</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>505</v>
+        <v>500</v>
       </c>
       <c r="G137" s="2">
         <v>0</v>
       </c>
       <c r="H137" s="2">
         <v>0</v>
       </c>
       <c r="I137" s="1">
         <v>0</v>
       </c>
       <c r="J137" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K137" s="2" t="str">
         <f>J137*22036.00</f>
         <v>0</v>
       </c>
       <c r="L137" s="5"/>
     </row>
     <row r="138" spans="1:12" outlineLevel="2">
       <c r="A138" s="8" t="s">
-        <v>506</v>
+        <v>501</v>
       </c>
       <c r="B138" s="8"/>
       <c r="C138" s="8"/>
       <c r="D138" s="8"/>
       <c r="E138" s="8"/>
       <c r="F138" s="8"/>
       <c r="G138" s="8"/>
       <c r="H138" s="8"/>
       <c r="I138" s="8"/>
       <c r="J138" s="8"/>
       <c r="K138" s="8"/>
       <c r="L138" s="5"/>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A139" s="1"/>
       <c r="B139" s="1">
         <v>832514</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>507</v>
+        <v>502</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>508</v>
+        <v>503</v>
       </c>
       <c r="E139" s="2" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="G139" s="2">
         <v>2</v>
       </c>
       <c r="H139" s="2">
         <v>0</v>
       </c>
       <c r="I139" s="1">
         <v>0</v>
       </c>
       <c r="J139" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K139" s="2" t="str">
-        <f>J139*4181.48</f>
+        <f>J139*4179.88</f>
         <v>0</v>
       </c>
       <c r="L139" s="5"/>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A140" s="1"/>
       <c r="B140" s="1">
         <v>832515</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>511</v>
+        <v>506</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>512</v>
+        <v>507</v>
       </c>
       <c r="E140" s="2" t="s">
-        <v>513</v>
+        <v>508</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>514</v>
+        <v>509</v>
       </c>
       <c r="G140" s="2">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="H140" s="2">
         <v>0</v>
       </c>
       <c r="I140" s="1">
         <v>0</v>
       </c>
       <c r="J140" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K140" s="2" t="str">
-        <f>J140*4150.23</f>
+        <f>J140*4327.14</f>
         <v>0</v>
       </c>
       <c r="L140" s="5"/>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A141" s="1"/>
       <c r="B141" s="1">
         <v>832516</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>515</v>
+        <v>510</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>516</v>
+        <v>511</v>
       </c>
       <c r="E141" s="2" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>513</v>
+      </c>
+      <c r="G141" s="2">
+        <v>4</v>
       </c>
       <c r="H141" s="2">
         <v>0</v>
       </c>
       <c r="I141" s="1">
         <v>0</v>
       </c>
       <c r="J141" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K141" s="2" t="str">
-        <f>J141*4461.23</f>
+        <f>J141*4649.93</f>
         <v>0</v>
       </c>
       <c r="L141" s="5"/>
     </row>
     <row r="142" spans="1:12" outlineLevel="1">
       <c r="A142" s="7" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="B142" s="7"/>
       <c r="C142" s="7"/>
       <c r="D142" s="7"/>
       <c r="E142" s="7"/>
       <c r="F142" s="7"/>
       <c r="G142" s="7"/>
       <c r="H142" s="7"/>
       <c r="I142" s="7"/>
       <c r="J142" s="7"/>
       <c r="K142" s="7"/>
       <c r="L142" s="5"/>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A143" s="1"/>
       <c r="B143" s="1">
         <v>884623</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>520</v>
+        <v>515</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>521</v>
+        <v>516</v>
       </c>
       <c r="E143" s="2" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="G143" s="2">
         <v>8</v>
       </c>
       <c r="H143" s="2">
         <v>0</v>
       </c>
       <c r="I143" s="1">
         <v>0</v>
       </c>
       <c r="J143" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K143" s="2" t="str">
-        <f>J143*311.01</f>
+        <f>J143*303.45</f>
         <v>0</v>
       </c>
       <c r="L143" s="5"/>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A144" s="1"/>
       <c r="B144" s="1">
         <v>884624</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>524</v>
+        <v>519</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>525</v>
+        <v>520</v>
       </c>
       <c r="E144" s="2" t="s">
-        <v>526</v>
+        <v>521</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>527</v>
+        <v>518</v>
       </c>
       <c r="G144" s="2">
         <v>5</v>
       </c>
       <c r="H144" s="2">
         <v>0</v>
       </c>
       <c r="I144" s="1">
         <v>0</v>
       </c>
       <c r="J144" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K144" s="2" t="str">
-        <f>J144*308.03</f>
+        <f>J144*303.45</f>
         <v>0</v>
       </c>
       <c r="L144" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A53:K53"/>
     <mergeCell ref="A63:K63"/>
     <mergeCell ref="A76:K76"/>
     <mergeCell ref="A88:K88"/>
     <mergeCell ref="A131:K131"/>
     <mergeCell ref="A142:K142"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A26:K26"/>
     <mergeCell ref="A38:K38"/>
     <mergeCell ref="A45:K45"/>
     <mergeCell ref="A49:K49"/>
     <mergeCell ref="A77:K77"/>
     <mergeCell ref="A89:K89"/>
     <mergeCell ref="A93:K93"/>
     <mergeCell ref="A128:K128"/>