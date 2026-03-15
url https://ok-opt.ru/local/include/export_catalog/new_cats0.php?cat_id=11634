--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="522">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="537">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
@@ -145,77 +145,80 @@
   <si>
     <t>FIO-110006</t>
   </si>
   <si>
     <t>GL178</t>
   </si>
   <si>
     <t>фильтр косой VR усиленный 2" (2/20шт)</t>
   </si>
   <si>
     <t>2 591.23 руб.</t>
   </si>
   <si>
     <t>FIO-110007</t>
   </si>
   <si>
     <t>GL173N</t>
   </si>
   <si>
     <t>фильтр косой VR усиленный 1/2" никелированный (16/160шт)</t>
   </si>
   <si>
     <t>343.61 руб.</t>
   </si>
   <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
     <t>FIO-110008</t>
   </si>
   <si>
     <t>GL174N</t>
   </si>
   <si>
     <t>фильтр косой 3/4" никелированный (10/160шт)</t>
   </si>
   <si>
     <t>499.80 руб.</t>
   </si>
   <si>
+    <t>FIO-110009</t>
+  </si>
+  <si>
+    <t>GL175N</t>
+  </si>
+  <si>
+    <t>фильтр косой VR усиленный 1" никелированный (10/160шт)</t>
+  </si>
+  <si>
+    <t>687.23 руб.</t>
+  </si>
+  <si>
     <t>&gt;10</t>
   </si>
   <si>
-    <t>FIO-110009</t>
-[...10 lines deleted...]
-  <si>
     <t>VER-000431</t>
   </si>
   <si>
     <t>GL176N</t>
   </si>
   <si>
     <t>Фильтр грубой очистки Ø-1-1/4 НИКЕЛЬ "ViEiR" (40/4шт)</t>
   </si>
   <si>
     <t>1 426.51 руб.</t>
   </si>
   <si>
     <t>VER-000432</t>
   </si>
   <si>
     <t>GL177N</t>
   </si>
   <si>
     <t>Фильтр грубой очистки Ø-1-1/2 НИКЕЛЬ "ViEiR" (20/2шт)</t>
   </si>
   <si>
     <t>2 088.45 руб.</t>
   </si>
   <si>
     <t>VER-000433</t>
@@ -334,638 +337,635 @@
   <si>
     <t>Кран с фильтром ручка 1" VR (2/24шт)</t>
   </si>
   <si>
     <t>1 505.35 руб.</t>
   </si>
   <si>
     <t>Фильтра косые латунные VALTEC</t>
   </si>
   <si>
     <t>VLC-422001</t>
   </si>
   <si>
     <t>VT.190.N.04</t>
   </si>
   <si>
     <t>Фильтр косой 1/2" нар.-нар.   (14 /224шт)</t>
   </si>
   <si>
     <t>394.00 руб.</t>
   </si>
   <si>
     <t>&gt;100</t>
   </si>
   <si>
+    <t>VLC-422002</t>
+  </si>
+  <si>
+    <t>VT.191.N.04</t>
+  </si>
+  <si>
+    <t>Фильтр косой 1/2" вн.-нар. (14 /224шт)</t>
+  </si>
+  <si>
     <t>&gt;500</t>
   </si>
   <si>
-    <t>VLC-422002</t>
-[...5 lines deleted...]
-    <t>Фильтр косой 1/2" вн.-нар. (14 /224шт)</t>
+    <t>VLC-422003</t>
+  </si>
+  <si>
+    <t>VT.192.N.04</t>
+  </si>
+  <si>
+    <t>Фильтр косой 1/2"  (14 /224шт)</t>
+  </si>
+  <si>
+    <t>340.00 руб.</t>
+  </si>
+  <si>
+    <t>&gt;5000</t>
+  </si>
+  <si>
+    <t>VLC-422004</t>
+  </si>
+  <si>
+    <t>VT.192.N.05</t>
+  </si>
+  <si>
+    <t>Фильтр косой 3/4" (10 /120шт)</t>
+  </si>
+  <si>
+    <t>599.00 руб.</t>
+  </si>
+  <si>
+    <t>&gt;25</t>
+  </si>
+  <si>
+    <t>VLC-422005</t>
+  </si>
+  <si>
+    <t>VT.192.N.06</t>
+  </si>
+  <si>
+    <t>Фильтр косой 1" (4 /64шт)</t>
+  </si>
+  <si>
+    <t>1 115.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-422006</t>
+  </si>
+  <si>
+    <t>VT.192.N.07</t>
+  </si>
+  <si>
+    <t>Фильтр косой 1 1/4" (5 /40шт)</t>
+  </si>
+  <si>
+    <t>1 851.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-422007</t>
+  </si>
+  <si>
+    <t>VT.192.N.08</t>
+  </si>
+  <si>
+    <t>Фильтр косой 1 1/2" (4 /32шт)</t>
+  </si>
+  <si>
+    <t>2 809.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-422008</t>
+  </si>
+  <si>
+    <t>VT.192.N.09</t>
+  </si>
+  <si>
+    <t>Фильтр косой 2" (2 /18шт)</t>
+  </si>
+  <si>
+    <t>3 711.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-422009</t>
+  </si>
+  <si>
+    <t>VT.193.N.04</t>
+  </si>
+  <si>
+    <t>Фильтр косой 1/2" (c заглушкой)  (16 /96шт)</t>
+  </si>
+  <si>
+    <t>416.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-422010</t>
+  </si>
+  <si>
+    <t>VT.193.N.05</t>
+  </si>
+  <si>
+    <t>Фильтр косой 3/4" (c заглушкой)  (12 /48шт)</t>
+  </si>
+  <si>
+    <t>835.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-422011</t>
+  </si>
+  <si>
+    <t>VT.193.N.06</t>
+  </si>
+  <si>
+    <t>Фильтр косой 1"  (c заглушкой)  (4 /24шт)</t>
+  </si>
+  <si>
+    <t>1 389.00 руб.</t>
+  </si>
+  <si>
+    <t>Фильтра косые латунные ZEGOR</t>
+  </si>
+  <si>
+    <t>ZGR-000057</t>
+  </si>
+  <si>
+    <t>G1</t>
+  </si>
+  <si>
+    <t>Фильтр косой Zegor 1/2" грубой очистки латунный (30/120шт)</t>
+  </si>
+  <si>
+    <t>322.55 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000058</t>
+  </si>
+  <si>
+    <t>G2</t>
+  </si>
+  <si>
+    <t>Фильтр косой Zegor 3/4" грубой очистки латунный (20/80шт)</t>
+  </si>
+  <si>
+    <t>513.97 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000059</t>
+  </si>
+  <si>
+    <t>G3</t>
+  </si>
+  <si>
+    <t>Фильтр косой Zegor 1" грубой очистки латунный (15/60шт)</t>
+  </si>
+  <si>
+    <t>598.94 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000118</t>
+  </si>
+  <si>
+    <t>G4</t>
+  </si>
+  <si>
+    <t>Фильтр косой Zegor 1 1/4" грубой очистки латунный (9/36шт)</t>
+  </si>
+  <si>
+    <t>1 149.99 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000119</t>
+  </si>
+  <si>
+    <t>G5</t>
+  </si>
+  <si>
+    <t>Фильтр косой Zegor 1 1/2" грубой очистки латунный (6/24шт)</t>
+  </si>
+  <si>
+    <t>1 527.19 руб.</t>
+  </si>
+  <si>
+    <t>ZGR-000120</t>
+  </si>
+  <si>
+    <t>G6</t>
+  </si>
+  <si>
+    <t>Фильтр косой Zegor 2" грубой очистки латунный (3/18шт)</t>
+  </si>
+  <si>
+    <t>2 326.77 руб.</t>
+  </si>
+  <si>
+    <t>Фильтра косые латунные COMPACT</t>
+  </si>
+  <si>
+    <t>OTM-110054</t>
+  </si>
+  <si>
+    <t>Фильтр косой 1/2" грубой очистки латунный (10/300шт)</t>
+  </si>
+  <si>
+    <t>220.59 руб.</t>
+  </si>
+  <si>
+    <t>OTM-110055</t>
+  </si>
+  <si>
+    <t>Фильтр косой 3/4" грубой очистки латунный (10/150шт)</t>
+  </si>
+  <si>
+    <t>365.94 руб.</t>
+  </si>
+  <si>
+    <t>OTM-110056</t>
+  </si>
+  <si>
+    <t>Фильтр косой 1" грубой очистки латунный (10/100шт)</t>
+  </si>
+  <si>
+    <t>490.77 руб.</t>
+  </si>
+  <si>
+    <t>Фильтра косые латунные TEBO</t>
+  </si>
+  <si>
+    <t>ALT-122004</t>
+  </si>
+  <si>
+    <t>T-Фг.801.12.CN</t>
+  </si>
+  <si>
+    <t>Фильтр грубой очистки TEBO ВН/ВН 1/2" (400 мкм) (20/160шт)</t>
+  </si>
+  <si>
+    <t>334.69 руб.</t>
+  </si>
+  <si>
+    <t>ALT-122005</t>
+  </si>
+  <si>
+    <t>T-Фг.801.34.CN</t>
+  </si>
+  <si>
+    <t>Фильтр грубой очистки TEBO ВН/ВН 3/4" (400 мкм) (13/104)</t>
+  </si>
+  <si>
+    <t>504.36 руб.</t>
+  </si>
+  <si>
+    <t>ALT-122006</t>
+  </si>
+  <si>
+    <t>T-Фг.801.1.CN</t>
+  </si>
+  <si>
+    <t>Фильтр грубой очистки TEBO ВН/ВН 1" (400 мкм) (6/48) (шт.)</t>
+  </si>
+  <si>
+    <t>968.52 руб.</t>
+  </si>
+  <si>
+    <t>Фильтра сетчатые для обратного клапана</t>
+  </si>
+  <si>
+    <t>FIO-270001</t>
+  </si>
+  <si>
+    <t>VR683</t>
+  </si>
+  <si>
+    <t>сетка для обратного клапана 1/2" (60/360шт)</t>
+  </si>
+  <si>
+    <t>20.83 руб.</t>
+  </si>
+  <si>
+    <t>FIO-270002</t>
+  </si>
+  <si>
+    <t>VR684</t>
+  </si>
+  <si>
+    <t>сетка для обратного клапана 3/4" (40/240шт)</t>
+  </si>
+  <si>
+    <t>22.31 руб.</t>
+  </si>
+  <si>
+    <t>FIO-270003</t>
+  </si>
+  <si>
+    <t>VR685</t>
+  </si>
+  <si>
+    <t>сетка для обратного клапана 1" (24/144шт)</t>
+  </si>
+  <si>
+    <t>34.21 руб.</t>
+  </si>
+  <si>
+    <t>FIO-270004</t>
+  </si>
+  <si>
+    <t>VR686</t>
+  </si>
+  <si>
+    <t>сетка для обратного клапана 1 1/4" (12/72шт)</t>
+  </si>
+  <si>
+    <t>50.58 руб.</t>
+  </si>
+  <si>
+    <t>FIO-270005</t>
+  </si>
+  <si>
+    <t>VR687</t>
+  </si>
+  <si>
+    <t>сетка для обратного клапана 1 1/2" (8/48шт)</t>
+  </si>
+  <si>
+    <t>69.91 руб.</t>
+  </si>
+  <si>
+    <t>FIO-270006</t>
+  </si>
+  <si>
+    <t>VR688</t>
+  </si>
+  <si>
+    <t>сетка для обратного клапана 2" (5/30шт)</t>
+  </si>
+  <si>
+    <t>90.74 руб.</t>
+  </si>
+  <si>
+    <t>VLC-425001</t>
+  </si>
+  <si>
+    <t>VT.157.0.06</t>
+  </si>
+  <si>
+    <t>Фильтр сетчатый 1"</t>
+  </si>
+  <si>
+    <t>173.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-425002</t>
+  </si>
+  <si>
+    <t>VT.157.0.04</t>
+  </si>
+  <si>
+    <t>Фильтр сетчатый 1/2"</t>
+  </si>
+  <si>
+    <t>103.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-425003</t>
+  </si>
+  <si>
+    <t>VT.157.0.05</t>
+  </si>
+  <si>
+    <t>Фильтр сетчатый 3/4"</t>
+  </si>
+  <si>
+    <t>121.00 руб.</t>
+  </si>
+  <si>
+    <t>Запчасти для фильтров</t>
+  </si>
+  <si>
+    <t>VLC-421001</t>
+  </si>
+  <si>
+    <t>VT.116.N.04</t>
+  </si>
+  <si>
+    <t>Инвертор потока для косого фильтра, арт. VT.192 1/2"</t>
+  </si>
+  <si>
+    <t>101.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-421002</t>
+  </si>
+  <si>
+    <t>VT.116.N.05</t>
+  </si>
+  <si>
+    <t>Инвертор потока для косого фильтра, арт. VT.192 3/4"</t>
+  </si>
+  <si>
+    <t>167.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-421003</t>
+  </si>
+  <si>
+    <t>VT.116.N.06</t>
+  </si>
+  <si>
+    <t>Инвертор потока для косого фильтра, арт. VT.192 1"</t>
+  </si>
+  <si>
+    <t>304.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-421004</t>
+  </si>
+  <si>
+    <t>VT.0117.N.04</t>
+  </si>
+  <si>
+    <t>Фильтрующий элемент для фильтра , арт. VT 389 1/2"</t>
+  </si>
+  <si>
+    <t>165.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-421005</t>
+  </si>
+  <si>
+    <t>VT.0117.N.05</t>
+  </si>
+  <si>
+    <t>Фильтрующий элемент для фильтра , арт. VT 389 3/4"</t>
+  </si>
+  <si>
+    <t>204.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-421006</t>
+  </si>
+  <si>
+    <t>VT.0117.N.06</t>
+  </si>
+  <si>
+    <t>Фильтрующий элемент для фильтра , арт. VT 389 1"</t>
+  </si>
+  <si>
+    <t>417.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-421007</t>
+  </si>
+  <si>
+    <t>VT.050.N.04</t>
+  </si>
+  <si>
+    <t>Фильтрующий элемент для фильтров, арт. VT.192 и VT.386 1/2"  (200 /1600шт)</t>
+  </si>
+  <si>
+    <t>23.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-421008</t>
+  </si>
+  <si>
+    <t>VT.050.N.05</t>
+  </si>
+  <si>
+    <t>Фильтрующий элемент для фильтров, арт. VT.192 и VT.386 3/4"  (80 /640шт)</t>
+  </si>
+  <si>
+    <t>35.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-421009</t>
+  </si>
+  <si>
+    <t>VT.050.N.06</t>
+  </si>
+  <si>
+    <t>Фильтрующий элемент для фильтров, арт. VT.192 и VT.386 1"  (45 /360шт)</t>
+  </si>
+  <si>
+    <t>42.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-421010</t>
+  </si>
+  <si>
+    <t>VT.050.N.07</t>
+  </si>
+  <si>
+    <t>Фильтрующий элемент для фильтров, арт. VT.192 и VT.386 1 1/4" (30 /240шт)</t>
+  </si>
+  <si>
+    <t>50.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-421011</t>
+  </si>
+  <si>
+    <t>VT.050.N.08</t>
+  </si>
+  <si>
+    <t>Фильтрующий элемент для фильтров, арт. VT.192 и VT.386 1 1/2" (24 /192шт)</t>
+  </si>
+  <si>
+    <t>58.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-421012</t>
+  </si>
+  <si>
+    <t>VT.050.N.09</t>
+  </si>
+  <si>
+    <t>Фильтрующий элемент для фильтров, арт. VT.192 и VT.386 2"  (10 /80шт)</t>
+  </si>
+  <si>
+    <t>74.00 руб.</t>
+  </si>
+  <si>
+    <t>Фильтра прямые</t>
+  </si>
+  <si>
+    <t>Фильтра прямые VALTEC</t>
+  </si>
+  <si>
+    <t>VLC-423001</t>
+  </si>
+  <si>
+    <t>VT.384.N.04</t>
+  </si>
+  <si>
+    <t>Фильтр прямой c магнитом вн.-вн. 1/2" (12 /72шт)</t>
+  </si>
+  <si>
+    <t>764.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-423002</t>
+  </si>
+  <si>
+    <t>VT.385.N.04</t>
+  </si>
+  <si>
+    <t>Фильтр прямой мини вн.-вн. 1/2" (18 /108шт)</t>
+  </si>
+  <si>
+    <t>459.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-423003</t>
+  </si>
+  <si>
+    <t>VT.385.N.05</t>
+  </si>
+  <si>
+    <t>Фильтр прямой мини вн.-вн. 3/4" (12 /72шт)</t>
+  </si>
+  <si>
+    <t>754.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-423004</t>
+  </si>
+  <si>
+    <t>VT.386.N.04</t>
+  </si>
+  <si>
+    <t>Фильтр универсальный вн.-вн. 1/2" (10 /120шт)</t>
+  </si>
+  <si>
+    <t>720.00 руб.</t>
   </si>
   <si>
     <t>&gt;1000</t>
   </si>
   <si>
-    <t>VLC-422003</t>
-[...571 lines deleted...]
-  <si>
     <t>VLC-423005</t>
   </si>
   <si>
     <t>VT.386.N.05</t>
   </si>
   <si>
     <t>Фильтр универсальный вн.-вн. 3/4"  (8 /96шт)</t>
   </si>
   <si>
     <t>1 009.00 руб.</t>
   </si>
   <si>
     <t>VLC-423006</t>
   </si>
   <si>
     <t>VT.386.N.06</t>
   </si>
   <si>
     <t>Фильтр универсальный вн.-вн. 1" (4 /32шт)</t>
   </si>
   <si>
     <t>2 635.00 руб.</t>
   </si>
   <si>
     <t>VLC-423007</t>
@@ -1006,80 +1006,104 @@
   <si>
     <t>VLC-423010</t>
   </si>
   <si>
     <t>VT.388.N.05</t>
   </si>
   <si>
     <t>Фильтр прямой вн.-вн.  3/4" (10 /60шт)</t>
   </si>
   <si>
     <t>1 067.00 руб.</t>
   </si>
   <si>
     <t>Фильтра самоочищающиеся</t>
   </si>
   <si>
     <t>Фильтра самоочищающиеся VALTEC</t>
   </si>
   <si>
     <t>VLC-424001</t>
   </si>
   <si>
     <t>VT.389.N.04</t>
   </si>
   <si>
-    <t>Фильтр промывной (самоочищающийся) 1/2" с манометром (1 /36шт)</t>
+    <t>Фильтр промывной (самоочищающийся) 1/2" с манометром (сетка 1000/250мкм) (1 /36шт)</t>
   </si>
   <si>
     <t>1 381.00 руб.</t>
   </si>
   <si>
     <t>VLC-424002</t>
   </si>
   <si>
     <t>VT.389.N.05</t>
   </si>
   <si>
-    <t>Фильтр промывной (самоочищающийся) 3/4" с манометром (1 /24шт)</t>
+    <t>Фильтр промывной (самоочищающийся) 3/4" с манометром (сетка 1000/250мкм) (1 /24шт)</t>
   </si>
   <si>
     <t>2 177.00 руб.</t>
   </si>
   <si>
     <t>VLC-424003</t>
   </si>
   <si>
     <t>VT.389.N.06</t>
   </si>
   <si>
-    <t>Фильтр промывной (самоочищающийся) 1" с манометром (1 /12шт)</t>
+    <t>Фильтр промывной (самоочищающийся) 1" с манометром (сетка 1000/250мкм) (1 /12шт)</t>
   </si>
   <si>
     <t>3 756.00 руб.</t>
   </si>
   <si>
+    <t>VLC-424004</t>
+  </si>
+  <si>
+    <t>VT.390.N.04</t>
+  </si>
+  <si>
+    <t>Фильтр промывной 1/2", каскадный (сетки 500 и 100)</t>
+  </si>
+  <si>
+    <t>1 361.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-424005</t>
+  </si>
+  <si>
+    <t>VT.390.N.05</t>
+  </si>
+  <si>
+    <t>Фильтр промывной 3/4", каскадный (сетки 500 и 100)</t>
+  </si>
+  <si>
+    <t>1 985.00 руб.</t>
+  </si>
+  <si>
     <t>Фильтра самоочищающиеся VIEIR</t>
   </si>
   <si>
     <t>FIO-160001</t>
   </si>
   <si>
     <t>JH151</t>
   </si>
   <si>
     <t>фильтр самоочищ. с маном. 1/2" для гор. воды лат. корпус VR (1/10шт)</t>
   </si>
   <si>
     <t>2 448.43 руб.</t>
   </si>
   <si>
     <t>FIO-160002</t>
   </si>
   <si>
     <t>JH153</t>
   </si>
   <si>
     <t>фильтр самоочищ. с маном. 3/4" для гор. воды лат. корпус VR (1/10шт)</t>
   </si>
   <si>
     <t>3 632.48 руб.</t>
@@ -1457,50 +1481,71 @@
     <t>Фильтра самоочищающиеся ZEGOR</t>
   </si>
   <si>
     <t>ZGR-000231</t>
   </si>
   <si>
     <t>GYP1</t>
   </si>
   <si>
     <t>Фильтр 1/2" самопромывной для холодной воды с манометром и американками (1/28шт)</t>
   </si>
   <si>
     <t>2 109.67 руб.</t>
   </si>
   <si>
     <t>ZGR-000232</t>
   </si>
   <si>
     <t>GYP2</t>
   </si>
   <si>
     <t>Фильтр 3/4" самопромывной для холодной воды с манометром и американками (1/28шт)</t>
   </si>
   <si>
     <t>2 313.37 руб.</t>
+  </si>
+  <si>
+    <t>Фильтра самоочищающиеся ТЕВО</t>
+  </si>
+  <si>
+    <t>УТ000002553</t>
+  </si>
+  <si>
+    <t>Т-АБ.Фп.603.12.Г.CN</t>
+  </si>
+  <si>
+    <t>Фильтр промывной ТЕВО 1/2" с редуктором и манометром для горячей воды</t>
+  </si>
+  <si>
+    <t>УТ000002554</t>
+  </si>
+  <si>
+    <t>Т-АБ.Фп.603.12.Х.CN</t>
+  </si>
+  <si>
+    <t>Фильтр промывной ТЕВО 1/2"  с редуктором и манометром для холодной воды</t>
   </si>
   <si>
     <t>Фильтра дешламаторы</t>
   </si>
   <si>
     <t>Фильтра-дешламаторы VALTEC</t>
   </si>
   <si>
     <t>VLC-426001</t>
   </si>
   <si>
     <t>VT.383.B.05</t>
   </si>
   <si>
     <t>Фильтр-дешламатор с пластиковым корпусом (Dirstop), 3/4"</t>
   </si>
   <si>
     <t>7 131.00 руб.</t>
   </si>
   <si>
     <t>VLC-426002</t>
   </si>
   <si>
     <t>VT.382.B.06</t>
   </si>
@@ -1718,51 +1763,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="5" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fab8_86a5_11e9_8101_003048fd731b_1b5db410_f93d_11ef_a6ea_047c1617b1431.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7faba_86a5_11e9_8101_003048fd731b_1b5db415_f93d_11ef_a6ea_047c1617b1432.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fabc_86a5_11e9_8101_003048fd731b_1b5db41a_f93d_11ef_a6ea_047c1617b1433.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fabe_86a5_11e9_8101_003048fd731b_1b5db41f_f93d_11ef_a6ea_047c1617b1434.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fac0_86a5_11e9_8101_003048fd731b_1b5db424_f93d_11ef_a6ea_047c1617b1435.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fac2_86a5_11e9_8101_003048fd731b_1b5db429_f93d_11ef_a6ea_047c1617b1436.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1475c4c_799b_11eb_8253_003048fd731b_1b5db411_f93d_11ef_a6ea_047c1617b1437.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1475c4e_799b_11eb_8253_003048fd731b_1b5db416_f93d_11ef_a6ea_047c1617b1438.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1475c50_799b_11eb_8253_003048fd731b_1b5db41b_f93d_11ef_a6ea_047c1617b1439.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0751df7_0af9_11ee_a45c_047c1617b143_1b5db420_f93d_11ef_a6ea_047c1617b14310.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0751df9_0af9_11ee_a45c_047c1617b143_1b5db425_f93d_11ef_a6ea_047c1617b14311.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0751dfb_0af9_11ee_a45c_047c1617b143_1b5db42a_f93d_11ef_a6ea_047c1617b14312.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e8472c0_afd7_11ef_a68d_047c1617b143_d92285cf_f1db_11ef_a6e1_047c1617b14313.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e8472c2_afd7_11ef_a68d_047c1617b143_d92285d1_f1db_11ef_a6e1_047c1617b14314.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e8472c4_afd7_11ef_a68d_047c1617b143_d92285d3_f1db_11ef_a6e1_047c1617b14315.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97785541_d539_11e9_8109_003048fd731b_1b5db40a_f93d_11ef_a6ea_047c1617b14316.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97785543_d539_11e9_8109_003048fd731b_1b5db40b_f93d_11ef_a6ea_047c1617b14317.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97785545_d539_11e9_8109_003048fd731b_1b5db40c_f93d_11ef_a6ea_047c1617b14318.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60a9d796_d53f_11e9_8109_003048fd731b_1b5db40d_f93d_11ef_a6ea_047c1617b14319.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60a9d798_d53f_11e9_8109_003048fd731b_1b5db40e_f93d_11ef_a6ea_047c1617b14320.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60a9d79a_d53f_11e9_8109_003048fd731b_1b5db40f_f93d_11ef_a6ea_047c1617b14321.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa4b_86a5_11e9_8101_003048fd731b_1b5db3de_f93d_11ef_a6ea_047c1617b14322.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa4f_86a5_11e9_8101_003048fd731b_1b5db3e2_f93d_11ef_a6ea_047c1617b14323.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa53_86a5_11e9_8101_003048fd731b_1b5db3e6_f93d_11ef_a6ea_047c1617b14324.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa57_86a5_11e9_8101_003048fd731b_1b5db3ea_f93d_11ef_a6ea_047c1617b14325.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa5b_86a5_11e9_8101_003048fd731b_1b5db3ee_f93d_11ef_a6ea_047c1617b14326.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa5f_86a5_11e9_8101_003048fd731b_1b5db3f2_f93d_11ef_a6ea_047c1617b14327.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa63_86a5_11e9_8101_003048fd731b_1b5db3f6_f93d_11ef_a6ea_047c1617b14328.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa67_86a5_11e9_8101_003048fd731b_1b5db3fa_f93d_11ef_a6ea_047c1617b14329.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa6b_86a5_11e9_8101_003048fd731b_1b5db3fe_f93d_11ef_a6ea_047c1617b14330.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa6f_86a5_11e9_8101_003048fd731b_1b5db402_f93d_11ef_a6ea_047c1617b14331.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa73_86a5_11e9_8101_003048fd731b_1b5db406_f93d_11ef_a6ea_047c1617b14332.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f45b_c461_11eb_82be_003048fd731b_a15553b0_602e_11ec_a20b_00259070b48733.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f45d_c461_11eb_82be_003048fd731b_a15553b1_602e_11ec_a20b_00259070b48734.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f45f_c461_11eb_82be_003048fd731b_a15553b2_602e_11ec_a20b_00259070b48735.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b1cbbf_3e5b_11ec_836e_003048fd731b_a15553b3_602e_11ec_a20b_00259070b48736.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b1cbc1_3e5b_11ec_836e_003048fd731b_a15553b4_602e_11ec_a20b_00259070b48737.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b1cbc3_3e5b_11ec_836e_003048fd731b_a15553b5_602e_11ec_a20b_00259070b48738.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550c9_da6d_11ee_a56d_047c1617b143_1b5db3da_f93d_11ef_a6ea_047c1617b14339.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550cb_da6d_11ee_a56d_047c1617b143_1b5db3dc_f93d_11ef_a6ea_047c1617b14340.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550cd_da6d_11ee_a56d_047c1617b143_1b5db3d8_f93d_11ef_a6ea_047c1617b14341.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/314559e0_e840_11ef_a6d5_047c1617b143_83eb96c9_5d58_11f0_a779_047c1617b14342.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/314559e2_e840_11ef_a6d5_047c1617b143_83eb96cc_5d58_11f0_a779_047c1617b14343.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/314559e4_e840_11ef_a6d5_047c1617b143_83eb96cf_5d58_11f0_a779_047c1617b14344.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba99_86a5_11e9_8101_003048fd731b_a44f70c8_a58a_11ee_a526_047c1617b14345.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba9d_86a5_11e9_8101_003048fd731b_a44f70c9_a58a_11ee_a526_047c1617b14346.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41baa1_86a5_11e9_8101_003048fd731b_a44f70ca_a58a_11ee_a526_047c1617b14347.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41baa5_86a5_11e9_8101_003048fd731b_a44f70cb_a58a_11ee_a526_047c1617b14348.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41baa9_86a5_11e9_8101_003048fd731b_a44f70cc_a58a_11ee_a526_047c1617b14349.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41baad_86a5_11e9_8101_003048fd731b_a44f70cd_a58a_11ee_a526_047c1617b14350.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7faab_86a5_11e9_8101_003048fd731b_1b5db481_f93d_11ef_a6ea_047c1617b14351.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7faaf_86a5_11e9_8101_003048fd731b_1b5db479_f93d_11ef_a6ea_047c1617b14352.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fab3_86a5_11e9_8101_003048fd731b_1b5db47d_f93d_11ef_a6ea_047c1617b14353.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9b0_86a5_11e9_8101_003048fd731b_1b5db3b8_f93d_11ef_a6ea_047c1617b14354.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9b4_86a5_11e9_8101_003048fd731b_1b5db3bc_f93d_11ef_a6ea_047c1617b14355.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9b8_86a5_11e9_8101_003048fd731b_1b5db3c0_f93d_11ef_a6ea_047c1617b14356.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9bc_86a5_11e9_8101_003048fd731b_55ddf0ff_a58a_11ee_a526_047c1617b14357.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9c0_86a5_11e9_8101_003048fd731b_55ddf100_a58a_11ee_a526_047c1617b14358.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9c2_86a5_11e9_8101_003048fd731b_55ddf101_a58a_11ee_a526_047c1617b14359.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9c6_86a5_11e9_8101_003048fd731b_5733967d_f953_11e9_810b_003048fd731b60.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9ca_86a5_11e9_8101_003048fd731b_5733967e_f953_11e9_810b_003048fd731b61.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9ce_86a5_11e9_8101_003048fd731b_5733967f_f953_11e9_810b_003048fd731b62.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9d2_86a5_11e9_8101_003048fd731b_57339680_f953_11e9_810b_003048fd731b63.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9d6_86a5_11e9_8101_003048fd731b_57339681_f953_11e9_810b_003048fd731b64.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9da_86a5_11e9_8101_003048fd731b_57339682_f953_11e9_810b_003048fd731b65.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa78_86a5_11e9_8101_003048fd731b_1b5db42e_f93d_11ef_a6ea_047c1617b14366.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa7c_86a5_11e9_8101_003048fd731b_1b5db432_f93d_11ef_a6ea_047c1617b14367.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa80_86a5_11e9_8101_003048fd731b_1b5db436_f93d_11ef_a6ea_047c1617b14368.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa84_86a5_11e9_8101_003048fd731b_1b5db43a_f93d_11ef_a6ea_047c1617b14369.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa88_86a5_11e9_8101_003048fd731b_1b5db43e_f93d_11ef_a6ea_047c1617b14370.jpeg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa8c_86a5_11e9_8101_003048fd731b_1b5db442_f93d_11ef_a6ea_047c1617b14371.jpeg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa90_86a5_11e9_8101_003048fd731b_1b5db446_f93d_11ef_a6ea_047c1617b14372.jpeg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa94_86a5_11e9_8101_003048fd731b_1b5db44a_f93d_11ef_a6ea_047c1617b14373.jpeg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa98_86a5_11e9_8101_003048fd731b_1b5db44e_f93d_11ef_a6ea_047c1617b14374.jpeg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa9c_86a5_11e9_8101_003048fd731b_1b5db452_f93d_11ef_a6ea_047c1617b14375.jpeg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7faa1_86a5_11e9_8101_003048fd731b_1b5db459_f93d_11ef_a6ea_047c1617b14376.jpeg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7faa4_86a5_11e9_8101_003048fd731b_1b5db45d_f93d_11ef_a6ea_047c1617b14377.jpeg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7faa7_86a5_11e9_8101_003048fd731b_1b5db461_f93d_11ef_a6ea_047c1617b14378.jpeg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a689_3767_11ea_810f_003048fd731b_a44f70be_a58a_11ee_a526_047c1617b14379.jpeg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a68b_3767_11ea_810f_003048fd731b_a44f70bf_a58a_11ee_a526_047c1617b14380.jpeg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a68d_3767_11ea_810f_003048fd731b_a44f70c0_a58a_11ee_a526_047c1617b14381.jpeg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a68f_3767_11ea_810f_003048fd731b_a44f70b8_a58a_11ee_a526_047c1617b14382.jpeg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a691_3767_11ea_810f_003048fd731b_a44f70b9_a58a_11ee_a526_047c1617b14383.jpeg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a693_3767_11ea_810f_003048fd731b_a44f70ba_a58a_11ee_a526_047c1617b14384.jpeg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a695_3767_11ea_810f_003048fd731b_a44f70c1_a58a_11ee_a526_047c1617b14385.jpeg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a697_3767_11ea_810f_003048fd731b_a44f70c2_a58a_11ee_a526_047c1617b14386.jpeg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a699_3767_11ea_810f_003048fd731b_1b5db46c_f93d_11ef_a6ea_047c1617b14387.jpeg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a69b_3767_11ea_810f_003048fd731b_a44f70bc_a58a_11ee_a526_047c1617b14388.jpeg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a69d_3767_11ea_810f_003048fd731b_a44f70bd_a58a_11ee_a526_047c1617b14389.jpeg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a69f_3767_11ea_810f_003048fd731b_1b5db465_f93d_11ef_a6ea_047c1617b14390.jpeg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a6a1_3767_11ea_810f_003048fd731b_a44f70c7_a58a_11ee_a526_047c1617b14391.jpeg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b44dd49_0c78_11ec_8321_003048fd731b_1b5db475_f93d_11ef_a6ea_047c1617b14392.jpeg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b44dd4b_0c78_11ec_8321_003048fd731b_1b5db46d_f93d_11ef_a6ea_047c1617b14393.jpeg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0d91a75_7762_11ec_a212_00259070b487_a44f70c4_a58a_11ee_a526_047c1617b14394.jpeg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0d91a77_7762_11ec_a212_00259070b487_a44f70c5_a58a_11ee_a526_047c1617b14395.jpeg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f40c12_5308_11ee_a4bb_047c1617b143_21d4f651_793a_11f0_a79f_047c1617b14396.jpeg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f40c14_5308_11ee_a4bb_047c1617b143_1b5db471_f93d_11ef_a6ea_047c1617b14397.jpeg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f40c16_5308_11ee_a4bb_047c1617b143_6b95d43d_5a46_11f0_a775_047c1617b14398.jpeg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f40c18_5308_11ee_a4bb_047c1617b143_6b95d440_5a46_11f0_a775_047c1617b14399.jpeg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f40c1a_5308_11ee_a4bb_047c1617b143_1b5db466_f93d_11ef_a6ea_047c1617b143100.jpeg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d882db0c_72af_11ee_a4e3_047c1617b143_6b95d43a_5a46_11f0_a775_047c1617b143101.jpeg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d882db0e_72af_11ee_a4e3_047c1617b143_1b5db469_f93d_11ef_a6ea_047c1617b143102.jpeg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f13c3ff_37d2_11ef_a5e9_047c1617b143_14e1e153_f93d_11ef_a6ea_047c1617b143103.jpeg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be46_eeb6_11ef_a6dd_047c1617b143_21d4f655_793a_11f0_a79f_047c1617b143104.jpeg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be48_eeb6_11ef_a6dd_047c1617b143_21d4f650_793a_11f0_a79f_047c1617b143105.jpeg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be4a_eeb6_11ef_a6dd_047c1617b143_21d4f64a_793a_11f0_a79f_047c1617b143106.jpeg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be4c_eeb6_11ef_a6dd_047c1617b143_21d4f64d_793a_11f0_a79f_047c1617b143107.jpeg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be4e_eeb6_11ef_a6dd_047c1617b143_21d4f647_793a_11f0_a79f_047c1617b143108.jpeg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be50_eeb6_11ef_a6dd_047c1617b143_21d4f642_793a_11f0_a79f_047c1617b143109.jpeg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be52_eeb6_11ef_a6dd_047c1617b143_21d4f643_793a_11f0_a79f_047c1617b143110.jpeg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be54_eeb6_11ef_a6dd_047c1617b143_21d4f644_793a_11f0_a79f_047c1617b143111.jpeg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be56_eeb6_11ef_a6dd_047c1617b143_21d4f641_793a_11f0_a79f_047c1617b143112.jpeg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/856efa73_cb53_11ef_a6b0_047c1617b143_14e1e0ae_f93d_11ef_a6ea_047c1617b143113.jpeg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/856efa75_cb53_11ef_a6b0_047c1617b143_14e1e0af_f93d_11ef_a6ea_047c1617b143114.jpeg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/073f6e85_3774_11ea_810f_003048fd731b_1b5db3d4_f93d_11ef_a6ea_047c1617b143115.jpeg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/073f6e83_3774_11ea_810f_003048fd731b_1b5db3c4_f93d_11ef_a6ea_047c1617b143116.jpeg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/073f6e87_3774_11ea_810f_003048fd731b_1b5db3c8_f93d_11ef_a6ea_047c1617b143117.jpeg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d83ddbe3_92b8_11ed_a3b9_047c1617b143_1b5db3cc_f93d_11ef_a6ea_047c1617b143118.jpeg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d83ddbe5_92b8_11ed_a3b9_047c1617b143_1b5db3d0_f93d_11ef_a6ea_047c1617b143119.jpeg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80abdaa7_b35e_11eb_82a7_003048fd731b_55ddf11d_a58a_11ee_a526_047c1617b143120.png"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80abdaa9_b35e_11eb_82a7_003048fd731b_55ddf11e_a58a_11ee_a526_047c1617b143121.png"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80abdaab_b35e_11eb_82a7_003048fd731b_55ddf11f_a58a_11ee_a526_047c1617b143122.png"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2f57403_c27f_11ee_a54c_047c1617b143_14e1e0e2_f93d_11ef_a6ea_047c1617b143123.jpeg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2f57405_c27f_11ee_a54c_047c1617b143_14e1e0e5_f93d_11ef_a6ea_047c1617b143124.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fab8_86a5_11e9_8101_003048fd731b_1b5db410_f93d_11ef_a6ea_047c1617b1431.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7faba_86a5_11e9_8101_003048fd731b_1b5db415_f93d_11ef_a6ea_047c1617b1432.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fabc_86a5_11e9_8101_003048fd731b_1b5db41a_f93d_11ef_a6ea_047c1617b1433.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fabe_86a5_11e9_8101_003048fd731b_1b5db41f_f93d_11ef_a6ea_047c1617b1434.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fac0_86a5_11e9_8101_003048fd731b_1b5db424_f93d_11ef_a6ea_047c1617b1435.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fac2_86a5_11e9_8101_003048fd731b_1b5db429_f93d_11ef_a6ea_047c1617b1436.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1475c4c_799b_11eb_8253_003048fd731b_1b5db411_f93d_11ef_a6ea_047c1617b1437.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1475c4e_799b_11eb_8253_003048fd731b_1b5db416_f93d_11ef_a6ea_047c1617b1438.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1475c50_799b_11eb_8253_003048fd731b_1b5db41b_f93d_11ef_a6ea_047c1617b1439.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0751df7_0af9_11ee_a45c_047c1617b143_1b5db420_f93d_11ef_a6ea_047c1617b14310.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0751df9_0af9_11ee_a45c_047c1617b143_1b5db425_f93d_11ef_a6ea_047c1617b14311.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0751dfb_0af9_11ee_a45c_047c1617b143_1b5db42a_f93d_11ef_a6ea_047c1617b14312.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e8472c0_afd7_11ef_a68d_047c1617b143_d92285cf_f1db_11ef_a6e1_047c1617b14313.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e8472c2_afd7_11ef_a68d_047c1617b143_d92285d1_f1db_11ef_a6e1_047c1617b14314.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e8472c4_afd7_11ef_a68d_047c1617b143_d92285d3_f1db_11ef_a6e1_047c1617b14315.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97785541_d539_11e9_8109_003048fd731b_1b5db40a_f93d_11ef_a6ea_047c1617b14316.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97785543_d539_11e9_8109_003048fd731b_1b5db40b_f93d_11ef_a6ea_047c1617b14317.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97785545_d539_11e9_8109_003048fd731b_1b5db40c_f93d_11ef_a6ea_047c1617b14318.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60a9d796_d53f_11e9_8109_003048fd731b_1b5db40d_f93d_11ef_a6ea_047c1617b14319.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60a9d798_d53f_11e9_8109_003048fd731b_1b5db40e_f93d_11ef_a6ea_047c1617b14320.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60a9d79a_d53f_11e9_8109_003048fd731b_1b5db40f_f93d_11ef_a6ea_047c1617b14321.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa4b_86a5_11e9_8101_003048fd731b_1b5db3de_f93d_11ef_a6ea_047c1617b14322.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa4f_86a5_11e9_8101_003048fd731b_1b5db3e2_f93d_11ef_a6ea_047c1617b14323.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa53_86a5_11e9_8101_003048fd731b_1b5db3e6_f93d_11ef_a6ea_047c1617b14324.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa57_86a5_11e9_8101_003048fd731b_1b5db3ea_f93d_11ef_a6ea_047c1617b14325.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa5b_86a5_11e9_8101_003048fd731b_1b5db3ee_f93d_11ef_a6ea_047c1617b14326.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa5f_86a5_11e9_8101_003048fd731b_1b5db3f2_f93d_11ef_a6ea_047c1617b14327.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa63_86a5_11e9_8101_003048fd731b_1b5db3f6_f93d_11ef_a6ea_047c1617b14328.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa67_86a5_11e9_8101_003048fd731b_1b5db3fa_f93d_11ef_a6ea_047c1617b14329.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa6b_86a5_11e9_8101_003048fd731b_1b5db3fe_f93d_11ef_a6ea_047c1617b14330.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa6f_86a5_11e9_8101_003048fd731b_1b5db402_f93d_11ef_a6ea_047c1617b14331.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa73_86a5_11e9_8101_003048fd731b_1b5db406_f93d_11ef_a6ea_047c1617b14332.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f45b_c461_11eb_82be_003048fd731b_a15553b0_602e_11ec_a20b_00259070b48733.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f45d_c461_11eb_82be_003048fd731b_a15553b1_602e_11ec_a20b_00259070b48734.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f45f_c461_11eb_82be_003048fd731b_a15553b2_602e_11ec_a20b_00259070b48735.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b1cbbf_3e5b_11ec_836e_003048fd731b_a15553b3_602e_11ec_a20b_00259070b48736.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b1cbc1_3e5b_11ec_836e_003048fd731b_a15553b4_602e_11ec_a20b_00259070b48737.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b1cbc3_3e5b_11ec_836e_003048fd731b_a15553b5_602e_11ec_a20b_00259070b48738.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550c9_da6d_11ee_a56d_047c1617b143_1b5db3da_f93d_11ef_a6ea_047c1617b14339.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550cb_da6d_11ee_a56d_047c1617b143_1b5db3dc_f93d_11ef_a6ea_047c1617b14340.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12550cd_da6d_11ee_a56d_047c1617b143_1b5db3d8_f93d_11ef_a6ea_047c1617b14341.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/314559e0_e840_11ef_a6d5_047c1617b143_83eb96c9_5d58_11f0_a779_047c1617b14342.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/314559e2_e840_11ef_a6d5_047c1617b143_83eb96cc_5d58_11f0_a779_047c1617b14343.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/314559e4_e840_11ef_a6d5_047c1617b143_83eb96cf_5d58_11f0_a779_047c1617b14344.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba99_86a5_11e9_8101_003048fd731b_a44f70c8_a58a_11ee_a526_047c1617b14345.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba9d_86a5_11e9_8101_003048fd731b_a44f70c9_a58a_11ee_a526_047c1617b14346.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41baa1_86a5_11e9_8101_003048fd731b_a44f70ca_a58a_11ee_a526_047c1617b14347.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41baa5_86a5_11e9_8101_003048fd731b_a44f70cb_a58a_11ee_a526_047c1617b14348.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41baa9_86a5_11e9_8101_003048fd731b_a44f70cc_a58a_11ee_a526_047c1617b14349.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41baad_86a5_11e9_8101_003048fd731b_a44f70cd_a58a_11ee_a526_047c1617b14350.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7faab_86a5_11e9_8101_003048fd731b_1b5db481_f93d_11ef_a6ea_047c1617b14351.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7faaf_86a5_11e9_8101_003048fd731b_1b5db479_f93d_11ef_a6ea_047c1617b14352.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fab3_86a5_11e9_8101_003048fd731b_1b5db47d_f93d_11ef_a6ea_047c1617b14353.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9b0_86a5_11e9_8101_003048fd731b_1b5db3b8_f93d_11ef_a6ea_047c1617b14354.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9b4_86a5_11e9_8101_003048fd731b_1b5db3bc_f93d_11ef_a6ea_047c1617b14355.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9b8_86a5_11e9_8101_003048fd731b_1b5db3c0_f93d_11ef_a6ea_047c1617b14356.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9bc_86a5_11e9_8101_003048fd731b_55ddf0ff_a58a_11ee_a526_047c1617b14357.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9c0_86a5_11e9_8101_003048fd731b_55ddf100_a58a_11ee_a526_047c1617b14358.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9c2_86a5_11e9_8101_003048fd731b_55ddf101_a58a_11ee_a526_047c1617b14359.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9c6_86a5_11e9_8101_003048fd731b_5733967d_f953_11e9_810b_003048fd731b60.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9ca_86a5_11e9_8101_003048fd731b_5733967e_f953_11e9_810b_003048fd731b61.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9ce_86a5_11e9_8101_003048fd731b_5733967f_f953_11e9_810b_003048fd731b62.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9d2_86a5_11e9_8101_003048fd731b_57339680_f953_11e9_810b_003048fd731b63.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9d6_86a5_11e9_8101_003048fd731b_57339681_f953_11e9_810b_003048fd731b64.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9da_86a5_11e9_8101_003048fd731b_57339682_f953_11e9_810b_003048fd731b65.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa78_86a5_11e9_8101_003048fd731b_1b5db42e_f93d_11ef_a6ea_047c1617b14366.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa7c_86a5_11e9_8101_003048fd731b_1b5db432_f93d_11ef_a6ea_047c1617b14367.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa80_86a5_11e9_8101_003048fd731b_1b5db436_f93d_11ef_a6ea_047c1617b14368.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa84_86a5_11e9_8101_003048fd731b_1b5db43a_f93d_11ef_a6ea_047c1617b14369.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa88_86a5_11e9_8101_003048fd731b_1b5db43e_f93d_11ef_a6ea_047c1617b14370.jpeg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa8c_86a5_11e9_8101_003048fd731b_1b5db442_f93d_11ef_a6ea_047c1617b14371.jpeg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa90_86a5_11e9_8101_003048fd731b_1b5db446_f93d_11ef_a6ea_047c1617b14372.jpeg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa94_86a5_11e9_8101_003048fd731b_1b5db44a_f93d_11ef_a6ea_047c1617b14373.jpeg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa98_86a5_11e9_8101_003048fd731b_1b5db44e_f93d_11ef_a6ea_047c1617b14374.jpeg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7fa9c_86a5_11e9_8101_003048fd731b_1b5db452_f93d_11ef_a6ea_047c1617b14375.jpeg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7faa1_86a5_11e9_8101_003048fd731b_1b5db459_f93d_11ef_a6ea_047c1617b14376.jpeg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7faa4_86a5_11e9_8101_003048fd731b_1b5db45d_f93d_11ef_a6ea_047c1617b14377.jpeg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7faa7_86a5_11e9_8101_003048fd731b_1b5db461_f93d_11ef_a6ea_047c1617b14378.jpeg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccf1937f_ffba_11e9_810b_003048fd731b_cdcf5fba_518a_11ea_810f_003048fd731b79.jpeg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccf19381_ffba_11e9_810b_003048fd731b_cdcf5fbb_518a_11ea_810f_003048fd731b80.jpeg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a689_3767_11ea_810f_003048fd731b_a44f70be_a58a_11ee_a526_047c1617b14381.jpeg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a68b_3767_11ea_810f_003048fd731b_a44f70bf_a58a_11ee_a526_047c1617b14382.jpeg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a68d_3767_11ea_810f_003048fd731b_a44f70c0_a58a_11ee_a526_047c1617b14383.jpeg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a68f_3767_11ea_810f_003048fd731b_a44f70b8_a58a_11ee_a526_047c1617b14384.jpeg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a691_3767_11ea_810f_003048fd731b_a44f70b9_a58a_11ee_a526_047c1617b14385.jpeg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a693_3767_11ea_810f_003048fd731b_a44f70ba_a58a_11ee_a526_047c1617b14386.jpeg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a695_3767_11ea_810f_003048fd731b_a44f70c1_a58a_11ee_a526_047c1617b14387.jpeg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a697_3767_11ea_810f_003048fd731b_a44f70c2_a58a_11ee_a526_047c1617b14388.jpeg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a699_3767_11ea_810f_003048fd731b_1b5db46c_f93d_11ef_a6ea_047c1617b14389.jpeg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a69b_3767_11ea_810f_003048fd731b_a44f70bc_a58a_11ee_a526_047c1617b14390.jpeg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a69d_3767_11ea_810f_003048fd731b_a44f70bd_a58a_11ee_a526_047c1617b14391.jpeg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a69f_3767_11ea_810f_003048fd731b_1b5db465_f93d_11ef_a6ea_047c1617b14392.jpeg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a6a1_3767_11ea_810f_003048fd731b_a44f70c7_a58a_11ee_a526_047c1617b14393.jpeg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b44dd49_0c78_11ec_8321_003048fd731b_1b5db475_f93d_11ef_a6ea_047c1617b14394.jpeg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b44dd4b_0c78_11ec_8321_003048fd731b_1b5db46d_f93d_11ef_a6ea_047c1617b14395.jpeg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0d91a75_7762_11ec_a212_00259070b487_a44f70c4_a58a_11ee_a526_047c1617b14396.jpeg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0d91a77_7762_11ec_a212_00259070b487_a44f70c5_a58a_11ee_a526_047c1617b14397.jpeg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f40c12_5308_11ee_a4bb_047c1617b143_21d4f651_793a_11f0_a79f_047c1617b14398.jpeg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f40c14_5308_11ee_a4bb_047c1617b143_1b5db471_f93d_11ef_a6ea_047c1617b14399.jpeg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f40c16_5308_11ee_a4bb_047c1617b143_6b95d43d_5a46_11f0_a775_047c1617b143100.jpeg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f40c18_5308_11ee_a4bb_047c1617b143_6b95d440_5a46_11f0_a775_047c1617b143101.jpeg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f40c1a_5308_11ee_a4bb_047c1617b143_1b5db466_f93d_11ef_a6ea_047c1617b143102.jpeg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d882db0c_72af_11ee_a4e3_047c1617b143_6b95d43a_5a46_11f0_a775_047c1617b143103.jpeg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d882db0e_72af_11ee_a4e3_047c1617b143_1b5db469_f93d_11ef_a6ea_047c1617b143104.jpeg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f13c3ff_37d2_11ef_a5e9_047c1617b143_14e1e153_f93d_11ef_a6ea_047c1617b143105.jpeg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be46_eeb6_11ef_a6dd_047c1617b143_21d4f655_793a_11f0_a79f_047c1617b143106.jpeg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be48_eeb6_11ef_a6dd_047c1617b143_21d4f650_793a_11f0_a79f_047c1617b143107.jpeg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be4a_eeb6_11ef_a6dd_047c1617b143_21d4f64a_793a_11f0_a79f_047c1617b143108.jpeg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be4c_eeb6_11ef_a6dd_047c1617b143_21d4f64d_793a_11f0_a79f_047c1617b143109.jpeg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be4e_eeb6_11ef_a6dd_047c1617b143_21d4f647_793a_11f0_a79f_047c1617b143110.jpeg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be50_eeb6_11ef_a6dd_047c1617b143_21d4f642_793a_11f0_a79f_047c1617b143111.jpeg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be52_eeb6_11ef_a6dd_047c1617b143_21d4f643_793a_11f0_a79f_047c1617b143112.jpeg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be54_eeb6_11ef_a6dd_047c1617b143_21d4f644_793a_11f0_a79f_047c1617b143113.jpeg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be56_eeb6_11ef_a6dd_047c1617b143_21d4f641_793a_11f0_a79f_047c1617b143114.jpeg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/856efa73_cb53_11ef_a6b0_047c1617b143_14e1e0ae_f93d_11ef_a6ea_047c1617b143115.jpeg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/856efa75_cb53_11ef_a6b0_047c1617b143_14e1e0af_f93d_11ef_a6ea_047c1617b143116.jpeg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/073f6e85_3774_11ea_810f_003048fd731b_1b5db3d4_f93d_11ef_a6ea_047c1617b143117.jpeg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/073f6e83_3774_11ea_810f_003048fd731b_1b5db3c4_f93d_11ef_a6ea_047c1617b143118.jpeg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/073f6e87_3774_11ea_810f_003048fd731b_1b5db3c8_f93d_11ef_a6ea_047c1617b143119.jpeg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d83ddbe3_92b8_11ed_a3b9_047c1617b143_1b5db3cc_f93d_11ef_a6ea_047c1617b143120.jpeg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d83ddbe5_92b8_11ed_a3b9_047c1617b143_1b5db3d0_f93d_11ef_a6ea_047c1617b143121.jpeg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80abdaa7_b35e_11eb_82a7_003048fd731b_55ddf11d_a58a_11ee_a526_047c1617b143122.png"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80abdaa9_b35e_11eb_82a7_003048fd731b_55ddf11e_a58a_11ee_a526_047c1617b143123.png"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80abdaab_b35e_11eb_82a7_003048fd731b_55ddf11f_a58a_11ee_a526_047c1617b143124.png"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2f57403_c27f_11ee_a54c_047c1617b143_14e1e0e2_f93d_11ef_a6ea_047c1617b143125.jpeg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2f57405_c27f_11ee_a54c_047c1617b143_14e1e0e5_f93d_11ef_a6ea_047c1617b143126.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image_5" descr="Image_5"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4067,87 +4112,87 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="78" name="Image_92" descr="Image_92"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>92</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="79" name="Image_93" descr="Image_93"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
       <xdr:row>93</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="79" name="Image_94" descr="Image_94"/>
-[...29 lines deleted...]
-        <xdr:cNvPr id="80" name="Image_95" descr="Image_95"/>
+        <xdr:cNvPr id="80" name="Image_94" descr="Image_94"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>95</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
@@ -5087,393 +5132,453 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="112" name="Image_127" descr="Image_127"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>127</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="113" name="Image_128" descr="Image_128"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
       <xdr:row>128</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="113" name="Image_129" descr="Image_129"/>
-[...29 lines deleted...]
-        <xdr:cNvPr id="114" name="Image_130" descr="Image_130"/>
+        <xdr:cNvPr id="114" name="Image_129" descr="Image_129"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>132</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="115" name="Image_133" descr="Image_133"/>
+      <xdr:row>130</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="115" name="Image_131" descr="Image_131"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>133</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="116" name="Image_134" descr="Image_134"/>
+      <xdr:row>131</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="116" name="Image_132" descr="Image_132"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>134</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="117" name="Image_135" descr="Image_135"/>
+      <xdr:row>137</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="117" name="Image_138" descr="Image_138"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>135</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="118" name="Image_136" descr="Image_136"/>
+      <xdr:row>138</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="118" name="Image_139" descr="Image_139"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>136</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="119" name="Image_137" descr="Image_137"/>
+      <xdr:row>139</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="119" name="Image_140" descr="Image_140"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>138</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="120" name="Image_139" descr="Image_139"/>
+      <xdr:row>140</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="120" name="Image_141" descr="Image_141"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>139</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="121" name="Image_140" descr="Image_140"/>
+      <xdr:row>141</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="121" name="Image_142" descr="Image_142"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>140</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="122" name="Image_141" descr="Image_141"/>
+      <xdr:row>143</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="122" name="Image_144" descr="Image_144"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>142</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="123" name="Image_143" descr="Image_143"/>
+      <xdr:row>144</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="123" name="Image_145" descr="Image_145"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>143</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="124" name="Image_144" descr="Image_144"/>
+      <xdr:row>145</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="124" name="Image_146" descr="Image_146"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>147</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="125" name="Image_148" descr="Image_148"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId125"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>148</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="126" name="Image_149" descr="Image_149"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId126"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -5740,51 +5845,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="0" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L144"/>
+  <dimension ref="A1:L149"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="4" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="60" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
     <col min="10" max="10" width="11" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -5792,51 +5897,51 @@
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="4">
-        <f>SUM(J2:J144)</f>
+        <f>SUM(J2:J149)</f>
         <v>0</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="5"/>
     </row>
     <row r="2" spans="1:12">
       <c r="A2" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
       <c r="L2" s="5"/>
     </row>
     <row r="3" spans="1:12" outlineLevel="1">
       <c r="A3" s="7" t="s">
@@ -6075,663 +6180,663 @@
         <v>17</v>
       </c>
       <c r="K10" s="2" t="str">
         <f>J10*2591.23</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>834461</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="G11" s="2">
-        <v>0</v>
+      <c r="G11" s="2" t="s">
+        <v>42</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K11" s="2" t="str">
         <f>J11*343.61</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>834462</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G12" s="2" t="s">
         <v>46</v>
+      </c>
+      <c r="G12" s="2">
+        <v>9</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K12" s="2" t="str">
         <f>J12*499.80</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>834463</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>48</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K13" s="2" t="str">
         <f>J13*687.23</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>878113</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G14" s="2">
         <v>0</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K14" s="2" t="str">
         <f>J14*1426.51</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>878114</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G15" s="2">
         <v>0</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K15" s="2" t="str">
         <f>J15*2088.45</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>878115</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G16" s="2">
         <v>0</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K16" s="2" t="str">
         <f>J16*2643.29</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>885111</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G17" s="2">
         <v>9</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K17" s="2" t="str">
         <f>J17*539.96</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>885112</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G18" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K18" s="2" t="str">
         <f>J18*703.59</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>885113</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G19" s="2">
         <v>5</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K19" s="2" t="str">
         <f>J19*904.40</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>823126</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G20" s="2">
         <v>0</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K20" s="2" t="str">
         <f>J20*606.90</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>823127</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>83</v>
+      </c>
+      <c r="G21" s="2" t="s">
+        <v>51</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K21" s="2" t="str">
         <f>J21*1038.28</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>823128</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G22" s="2">
         <v>6</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K22" s="2" t="str">
         <f>J22*1551.46</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>823129</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G23" s="2">
-        <v>-3</v>
+        <v>2</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K23" s="2" t="str">
         <f>J23*627.73</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>823130</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G24" s="2">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K24" s="2" t="str">
         <f>J24*1015.96</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>823131</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G25" s="2">
         <v>6</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K25" s="2" t="str">
         <f>J25*1505.35</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" outlineLevel="2">
       <c r="A26" s="8" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B26" s="8"/>
       <c r="C26" s="8"/>
       <c r="D26" s="8"/>
       <c r="E26" s="8"/>
       <c r="F26" s="8"/>
       <c r="G26" s="8"/>
       <c r="H26" s="8"/>
       <c r="I26" s="8"/>
       <c r="J26" s="8"/>
       <c r="K26" s="8"/>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>818841</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>104</v>
+        <v>42</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>105</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K27" s="2" t="str">
         <f>J27*394.00</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>818842</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>107</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>104</v>
+      </c>
+      <c r="G28" s="2" t="s">
+        <v>42</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>109</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K28" s="2" t="str">
         <f>J28*394.00</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>818843</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>111</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>112</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>113</v>
       </c>
-      <c r="G29" s="2">
-        <v>0</v>
+      <c r="G29" s="2" t="s">
+        <v>105</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>114</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K29" s="2" t="str">
         <f>J29*340.00</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>818844</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>115</v>
       </c>
       <c r="D30" s="1" t="s">
@@ -6757,1875 +6862,1875 @@
       </c>
       <c r="K30" s="2" t="str">
         <f>J30*599.00</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>818845</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>120</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>122</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>46</v>
+        <v>119</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>109</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K31" s="2" t="str">
         <f>J31*1115.00</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>818846</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>124</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>126</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="G32" s="2">
-        <v>0</v>
+      <c r="G32" s="2" t="s">
+        <v>51</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K32" s="2" t="str">
         <f>J32*1851.00</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>818847</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>128</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>129</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="G33" s="2">
-        <v>4</v>
+      <c r="G33" s="2" t="s">
+        <v>51</v>
       </c>
       <c r="H33" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K33" s="2" t="str">
         <f>J33*2809.00</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>818848</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>132</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>133</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>134</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>135</v>
       </c>
       <c r="G34" s="2">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>7</v>
+      </c>
+      <c r="H34" s="2">
+        <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K34" s="2" t="str">
         <f>J34*3711.00</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>818849</v>
       </c>
       <c r="C35" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="D35" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="D35" s="1" t="s">
+      <c r="E35" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="E35" s="2" t="s">
+      <c r="F35" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="F35" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G35" s="2" t="s">
+        <v>119</v>
       </c>
       <c r="H35" s="2" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K35" s="2" t="str">
         <f>J35*416.00</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>818850</v>
       </c>
       <c r="C36" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D36" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="D36" s="1" t="s">
+      <c r="E36" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="E36" s="2" t="s">
+      <c r="F36" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="F36" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G36" s="2">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="H36" s="2" t="s">
-        <v>136</v>
+        <v>42</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K36" s="2" t="str">
         <f>J36*835.00</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>818851</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="D37" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="D37" s="1" t="s">
+      <c r="E37" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="E37" s="2" t="s">
+      <c r="F37" s="2" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="G37" s="2">
         <v>3</v>
       </c>
-      <c r="H37" s="2" t="s">
-        <v>119</v>
+      <c r="H37" s="2">
+        <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K37" s="2" t="str">
         <f>J37*1389.00</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" outlineLevel="2">
       <c r="A38" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B38" s="8"/>
       <c r="C38" s="8"/>
       <c r="D38" s="8"/>
       <c r="E38" s="8"/>
       <c r="F38" s="8"/>
       <c r="G38" s="8"/>
       <c r="H38" s="8"/>
       <c r="I38" s="8"/>
       <c r="J38" s="8"/>
       <c r="K38" s="8"/>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>833196</v>
       </c>
       <c r="C39" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="D39" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="D39" s="1" t="s">
+      <c r="E39" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="E39" s="2" t="s">
+      <c r="F39" s="2" t="s">
         <v>152</v>
       </c>
-      <c r="F39" s="2" t="s">
-[...3 lines deleted...]
-        <v>119</v>
+      <c r="G39" s="2">
+        <v>3</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K39" s="2" t="str">
         <f>J39*322.55</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>833197</v>
       </c>
       <c r="C40" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D40" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="D40" s="1" t="s">
+      <c r="E40" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="E40" s="2" t="s">
+      <c r="F40" s="2" t="s">
         <v>156</v>
       </c>
-      <c r="F40" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G40" s="2" t="s">
-        <v>119</v>
+        <v>51</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K40" s="2" t="str">
         <f>J40*513.97</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>833198</v>
       </c>
       <c r="C41" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D41" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="D41" s="1" t="s">
+      <c r="E41" s="2" t="s">
         <v>159</v>
       </c>
-      <c r="E41" s="2" t="s">
+      <c r="F41" s="2" t="s">
         <v>160</v>
       </c>
-      <c r="F41" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G41" s="2" t="s">
-        <v>119</v>
+        <v>51</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K41" s="2" t="str">
         <f>J41*598.94</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>837284</v>
       </c>
       <c r="C42" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="D42" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="D42" s="1" t="s">
+      <c r="E42" s="2" t="s">
         <v>163</v>
       </c>
-      <c r="E42" s="2" t="s">
+      <c r="F42" s="2" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="G42" s="2">
         <v>2</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K42" s="2" t="str">
         <f>J42*1149.99</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>837285</v>
       </c>
       <c r="C43" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D43" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="D43" s="1" t="s">
+      <c r="E43" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="E43" s="2" t="s">
+      <c r="F43" s="2" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="G43" s="2">
         <v>3</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K43" s="2" t="str">
         <f>J43*1527.19</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>837286</v>
       </c>
       <c r="C44" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D44" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="D44" s="1" t="s">
+      <c r="E44" s="2" t="s">
         <v>171</v>
       </c>
-      <c r="E44" s="2" t="s">
+      <c r="F44" s="2" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="G44" s="2">
         <v>0</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K44" s="2" t="str">
         <f>J44*2326.77</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" outlineLevel="2">
       <c r="A45" s="8" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="B45" s="8"/>
       <c r="C45" s="8"/>
       <c r="D45" s="8"/>
       <c r="E45" s="8"/>
       <c r="F45" s="8"/>
       <c r="G45" s="8"/>
       <c r="H45" s="8"/>
       <c r="I45" s="8"/>
       <c r="J45" s="8"/>
       <c r="K45" s="8"/>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>882883</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="D46" s="1"/>
       <c r="E46" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="F46" s="2" t="s">
         <v>176</v>
       </c>
-      <c r="F46" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G46" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K46" s="2" t="str">
         <f>J46*220.59</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>883346</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="D47" s="1"/>
       <c r="E47" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="F47" s="2" t="s">
         <v>179</v>
       </c>
-      <c r="F47" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G47" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H47" s="2">
         <v>0</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K47" s="2" t="str">
         <f>J47*365.94</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>883347</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="D48" s="1"/>
       <c r="E48" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="F48" s="2" t="s">
         <v>182</v>
       </c>
-      <c r="F48" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G48" s="2" t="s">
-        <v>136</v>
+        <v>42</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K48" s="2" t="str">
         <f>J48*490.77</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" outlineLevel="2">
       <c r="A49" s="8" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="B49" s="8"/>
       <c r="C49" s="8"/>
       <c r="D49" s="8"/>
       <c r="E49" s="8"/>
       <c r="F49" s="8"/>
       <c r="G49" s="8"/>
       <c r="H49" s="8"/>
       <c r="I49" s="8"/>
       <c r="J49" s="8"/>
       <c r="K49" s="8"/>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>885401</v>
       </c>
       <c r="C50" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D50" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="D50" s="1" t="s">
+      <c r="E50" s="2" t="s">
         <v>186</v>
       </c>
-      <c r="E50" s="2" t="s">
+      <c r="F50" s="2" t="s">
         <v>187</v>
       </c>
-      <c r="F50" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G50" s="2" t="s">
-        <v>136</v>
+        <v>105</v>
       </c>
       <c r="H50" s="2">
         <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K50" s="2" t="str">
-        <f>J50*280.92</f>
+        <f>J50*334.69</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
         <v>885402</v>
       </c>
       <c r="C51" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="D51" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="D51" s="1" t="s">
+      <c r="E51" s="2" t="s">
         <v>190</v>
       </c>
-      <c r="E51" s="2" t="s">
+      <c r="F51" s="2" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>119</v>
       </c>
       <c r="H51" s="2">
         <v>0</v>
       </c>
       <c r="I51" s="1">
         <v>0</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K51" s="2" t="str">
-        <f>J51*435.28</f>
+        <f>J51*504.36</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>885403</v>
       </c>
       <c r="C52" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="D52" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="D52" s="1" t="s">
+      <c r="E52" s="2" t="s">
         <v>194</v>
       </c>
-      <c r="E52" s="2" t="s">
+      <c r="F52" s="2" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="G52" s="2">
         <v>10</v>
       </c>
       <c r="H52" s="2">
         <v>0</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K52" s="2" t="str">
-        <f>J52*813.19</f>
+        <f>J52*968.52</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" outlineLevel="1">
       <c r="A53" s="7" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="B53" s="7"/>
       <c r="C53" s="7"/>
       <c r="D53" s="7"/>
       <c r="E53" s="7"/>
       <c r="F53" s="7"/>
       <c r="G53" s="7"/>
       <c r="H53" s="7"/>
       <c r="I53" s="7"/>
       <c r="J53" s="7"/>
       <c r="K53" s="7"/>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
         <v>818941</v>
       </c>
       <c r="C54" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D54" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="D54" s="1" t="s">
+      <c r="E54" s="2" t="s">
         <v>199</v>
       </c>
-      <c r="E54" s="2" t="s">
+      <c r="F54" s="2" t="s">
         <v>200</v>
       </c>
-      <c r="F54" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G54" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H54" s="2">
         <v>0</v>
       </c>
       <c r="I54" s="1">
         <v>0</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K54" s="2" t="str">
         <f>J54*20.83</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
         <v>818942</v>
       </c>
       <c r="C55" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="D55" s="1" t="s">
         <v>202</v>
       </c>
-      <c r="D55" s="1" t="s">
+      <c r="E55" s="2" t="s">
         <v>203</v>
       </c>
-      <c r="E55" s="2" t="s">
+      <c r="F55" s="2" t="s">
         <v>204</v>
       </c>
-      <c r="F55" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G55" s="2" t="s">
-        <v>136</v>
+        <v>42</v>
       </c>
       <c r="H55" s="2">
         <v>0</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K55" s="2" t="str">
         <f>J55*22.31</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A56" s="1"/>
       <c r="B56" s="1">
         <v>818943</v>
       </c>
       <c r="C56" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D56" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="D56" s="1" t="s">
+      <c r="E56" s="2" t="s">
         <v>207</v>
       </c>
-      <c r="E56" s="2" t="s">
+      <c r="F56" s="2" t="s">
         <v>208</v>
       </c>
-      <c r="F56" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G56" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H56" s="2">
         <v>0</v>
       </c>
       <c r="I56" s="1">
         <v>0</v>
       </c>
       <c r="J56" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K56" s="2" t="str">
         <f>J56*34.21</f>
         <v>0</v>
       </c>
       <c r="L56" s="5"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
         <v>818944</v>
       </c>
       <c r="C57" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="D57" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="D57" s="1" t="s">
+      <c r="E57" s="2" t="s">
         <v>211</v>
       </c>
-      <c r="E57" s="2" t="s">
+      <c r="F57" s="2" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>119</v>
       </c>
       <c r="H57" s="2">
         <v>0</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K57" s="2" t="str">
         <f>J57*50.58</f>
         <v>0</v>
       </c>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A58" s="1"/>
       <c r="B58" s="1">
         <v>818945</v>
       </c>
       <c r="C58" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="D58" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="D58" s="1" t="s">
+      <c r="E58" s="2" t="s">
         <v>215</v>
       </c>
-      <c r="E58" s="2" t="s">
+      <c r="F58" s="2" t="s">
         <v>216</v>
       </c>
-      <c r="F58" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G58" s="2" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="H58" s="2">
         <v>0</v>
       </c>
       <c r="I58" s="1">
         <v>0</v>
       </c>
       <c r="J58" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K58" s="2" t="str">
         <f>J58*69.91</f>
         <v>0</v>
       </c>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
         <v>818946</v>
       </c>
       <c r="C59" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D59" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="D59" s="1" t="s">
+      <c r="E59" s="2" t="s">
         <v>219</v>
       </c>
-      <c r="E59" s="2" t="s">
+      <c r="F59" s="2" t="s">
         <v>220</v>
       </c>
-      <c r="F59" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G59" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H59" s="2">
         <v>0</v>
       </c>
       <c r="I59" s="1">
         <v>0</v>
       </c>
       <c r="J59" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K59" s="2" t="str">
         <f>J59*90.74</f>
         <v>0</v>
       </c>
       <c r="L59" s="5"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A60" s="1"/>
       <c r="B60" s="1">
         <v>818865</v>
       </c>
       <c r="C60" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="D60" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="D60" s="1" t="s">
+      <c r="E60" s="2" t="s">
         <v>223</v>
       </c>
-      <c r="E60" s="2" t="s">
+      <c r="F60" s="2" t="s">
         <v>224</v>
       </c>
-      <c r="F60" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G60" s="2">
         <v>0</v>
       </c>
       <c r="H60" s="2" t="s">
-        <v>119</v>
+        <v>105</v>
       </c>
       <c r="I60" s="1">
         <v>0</v>
       </c>
       <c r="J60" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K60" s="2" t="str">
         <f>J60*173.00</f>
         <v>0</v>
       </c>
       <c r="L60" s="5"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A61" s="1"/>
       <c r="B61" s="1">
         <v>818866</v>
       </c>
       <c r="C61" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D61" s="1" t="s">
         <v>226</v>
       </c>
-      <c r="D61" s="1" t="s">
+      <c r="E61" s="2" t="s">
         <v>227</v>
       </c>
-      <c r="E61" s="2" t="s">
+      <c r="F61" s="2" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
       <c r="G61" s="2">
         <v>4</v>
       </c>
       <c r="H61" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K61" s="2" t="str">
         <f>J61*103.00</f>
         <v>0</v>
       </c>
       <c r="L61" s="5"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A62" s="1"/>
       <c r="B62" s="1">
         <v>818867</v>
       </c>
       <c r="C62" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D62" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="D62" s="1" t="s">
+      <c r="E62" s="2" t="s">
         <v>231</v>
       </c>
-      <c r="E62" s="2" t="s">
+      <c r="F62" s="2" t="s">
         <v>232</v>
       </c>
-      <c r="F62" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G62" s="2">
         <v>0</v>
       </c>
       <c r="H62" s="2" t="s">
-        <v>104</v>
+        <v>119</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K62" s="2" t="str">
         <f>J62*121.00</f>
         <v>0</v>
       </c>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12" outlineLevel="1">
       <c r="A63" s="7" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="B63" s="7"/>
       <c r="C63" s="7"/>
       <c r="D63" s="7"/>
       <c r="E63" s="7"/>
       <c r="F63" s="7"/>
       <c r="G63" s="7"/>
       <c r="H63" s="7"/>
       <c r="I63" s="7"/>
       <c r="J63" s="7"/>
       <c r="K63" s="7"/>
       <c r="L63" s="5"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A64" s="1"/>
       <c r="B64" s="1">
         <v>818902</v>
       </c>
       <c r="C64" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="D64" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="D64" s="1" t="s">
+      <c r="E64" s="2" t="s">
         <v>236</v>
       </c>
-      <c r="E64" s="2" t="s">
+      <c r="F64" s="2" t="s">
         <v>237</v>
       </c>
-      <c r="F64" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G64" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>105</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K64" s="2" t="str">
         <f>J64*101.00</f>
         <v>0</v>
       </c>
       <c r="L64" s="5"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A65" s="1"/>
       <c r="B65" s="1">
         <v>818903</v>
       </c>
       <c r="C65" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D65" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="D65" s="1" t="s">
+      <c r="E65" s="2" t="s">
         <v>240</v>
       </c>
-      <c r="E65" s="2" t="s">
+      <c r="F65" s="2" t="s">
         <v>241</v>
       </c>
-      <c r="F65" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G65" s="2">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="H65" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I65" s="1">
         <v>0</v>
       </c>
       <c r="J65" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K65" s="2" t="str">
         <f>J65*167.00</f>
         <v>0</v>
       </c>
       <c r="L65" s="5"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
         <v>818904</v>
       </c>
       <c r="C66" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D66" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="D66" s="1" t="s">
+      <c r="E66" s="2" t="s">
         <v>244</v>
       </c>
-      <c r="E66" s="2" t="s">
+      <c r="F66" s="2" t="s">
         <v>245</v>
       </c>
-      <c r="F66" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G66" s="2">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>7</v>
+      </c>
+      <c r="H66" s="2" t="s">
+        <v>105</v>
       </c>
       <c r="I66" s="1">
         <v>0</v>
       </c>
       <c r="J66" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K66" s="2" t="str">
         <f>J66*304.00</f>
         <v>0</v>
       </c>
       <c r="L66" s="5"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A67" s="1"/>
       <c r="B67" s="1">
         <v>818905</v>
       </c>
       <c r="C67" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D67" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="D67" s="1" t="s">
+      <c r="E67" s="2" t="s">
         <v>248</v>
       </c>
-      <c r="E67" s="2" t="s">
+      <c r="F67" s="2" t="s">
         <v>249</v>
       </c>
-      <c r="F67" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G67" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>119</v>
+        <v>51</v>
+      </c>
+      <c r="H67" s="2">
+        <v>0</v>
       </c>
       <c r="I67" s="1">
         <v>0</v>
       </c>
       <c r="J67" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K67" s="2" t="str">
         <f>J67*165.00</f>
         <v>0</v>
       </c>
       <c r="L67" s="5"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A68" s="1"/>
       <c r="B68" s="1">
         <v>818906</v>
       </c>
       <c r="C68" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="D68" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="D68" s="1" t="s">
+      <c r="E68" s="2" t="s">
         <v>252</v>
       </c>
-      <c r="E68" s="2" t="s">
+      <c r="F68" s="2" t="s">
         <v>253</v>
       </c>
-      <c r="F68" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G68" s="2" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="H68" s="2" t="s">
         <v>119</v>
       </c>
       <c r="I68" s="1">
         <v>0</v>
       </c>
       <c r="J68" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K68" s="2" t="str">
         <f>J68*204.00</f>
         <v>0</v>
       </c>
       <c r="L68" s="5"/>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A69" s="1"/>
       <c r="B69" s="1">
         <v>818907</v>
       </c>
       <c r="C69" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="D69" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="D69" s="1" t="s">
+      <c r="E69" s="2" t="s">
         <v>256</v>
       </c>
-      <c r="E69" s="2" t="s">
+      <c r="F69" s="2" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="G69" s="2">
         <v>2</v>
       </c>
       <c r="H69" s="2">
         <v>0</v>
       </c>
       <c r="I69" s="1">
         <v>0</v>
       </c>
       <c r="J69" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K69" s="2" t="str">
         <f>J69*417.00</f>
         <v>0</v>
       </c>
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A70" s="1"/>
       <c r="B70" s="1">
         <v>818908</v>
       </c>
       <c r="C70" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D70" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="D70" s="1" t="s">
+      <c r="E70" s="2" t="s">
         <v>260</v>
       </c>
-      <c r="E70" s="2" t="s">
+      <c r="F70" s="2" t="s">
         <v>261</v>
       </c>
-      <c r="F70" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G70" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H70" s="2">
         <v>0</v>
       </c>
       <c r="I70" s="1">
         <v>0</v>
       </c>
       <c r="J70" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K70" s="2" t="str">
         <f>J70*23.00</f>
         <v>0</v>
       </c>
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A71" s="1"/>
       <c r="B71" s="1">
         <v>818909</v>
       </c>
       <c r="C71" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="D71" s="1" t="s">
         <v>263</v>
       </c>
-      <c r="D71" s="1" t="s">
+      <c r="E71" s="2" t="s">
         <v>264</v>
       </c>
-      <c r="E71" s="2" t="s">
+      <c r="F71" s="2" t="s">
         <v>265</v>
       </c>
-      <c r="F71" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G71" s="2" t="s">
-        <v>136</v>
+        <v>105</v>
       </c>
       <c r="H71" s="2">
         <v>0</v>
       </c>
       <c r="I71" s="1">
         <v>0</v>
       </c>
       <c r="J71" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K71" s="2" t="str">
         <f>J71*35.00</f>
         <v>0</v>
       </c>
       <c r="L71" s="5"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A72" s="1"/>
       <c r="B72" s="1">
         <v>818910</v>
       </c>
       <c r="C72" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="D72" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="D72" s="1" t="s">
+      <c r="E72" s="2" t="s">
         <v>268</v>
       </c>
-      <c r="E72" s="2" t="s">
+      <c r="F72" s="2" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="G72" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="H72" s="2">
-        <v>0</v>
+      <c r="H72" s="2" t="s">
+        <v>42</v>
       </c>
       <c r="I72" s="1">
         <v>0</v>
       </c>
       <c r="J72" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K72" s="2" t="str">
         <f>J72*42.00</f>
         <v>0</v>
       </c>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A73" s="1"/>
       <c r="B73" s="1">
         <v>818911</v>
       </c>
       <c r="C73" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="D73" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="D73" s="1" t="s">
+      <c r="E73" s="2" t="s">
         <v>272</v>
       </c>
-      <c r="E73" s="2" t="s">
+      <c r="F73" s="2" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="G73" s="2" t="s">
         <v>119</v>
       </c>
       <c r="H73" s="2">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="I73" s="1">
         <v>0</v>
       </c>
       <c r="J73" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K73" s="2" t="str">
         <f>J73*50.00</f>
         <v>0</v>
       </c>
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A74" s="1"/>
       <c r="B74" s="1">
         <v>818912</v>
       </c>
       <c r="C74" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="D74" s="1" t="s">
         <v>275</v>
       </c>
-      <c r="D74" s="1" t="s">
+      <c r="E74" s="2" t="s">
         <v>276</v>
       </c>
-      <c r="E74" s="2" t="s">
+      <c r="F74" s="2" t="s">
         <v>277</v>
       </c>
-      <c r="F74" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G74" s="2" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>51</v>
+      </c>
+      <c r="H74" s="2" t="s">
+        <v>51</v>
       </c>
       <c r="I74" s="1">
         <v>0</v>
       </c>
       <c r="J74" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K74" s="2" t="str">
         <f>J74*58.00</f>
         <v>0</v>
       </c>
       <c r="L74" s="5"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A75" s="1"/>
       <c r="B75" s="1">
         <v>818913</v>
       </c>
       <c r="C75" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="D75" s="1" t="s">
         <v>279</v>
       </c>
-      <c r="D75" s="1" t="s">
+      <c r="E75" s="2" t="s">
         <v>280</v>
       </c>
-      <c r="E75" s="2" t="s">
+      <c r="F75" s="2" t="s">
         <v>281</v>
       </c>
-      <c r="F75" s="2" t="s">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="G75" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="H75" s="2" t="s">
+        <v>51</v>
       </c>
       <c r="I75" s="1">
         <v>0</v>
       </c>
       <c r="J75" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K75" s="2" t="str">
         <f>J75*74.00</f>
         <v>0</v>
       </c>
       <c r="L75" s="5"/>
     </row>
     <row r="76" spans="1:12" outlineLevel="1">
       <c r="A76" s="7" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="B76" s="7"/>
       <c r="C76" s="7"/>
       <c r="D76" s="7"/>
       <c r="E76" s="7"/>
       <c r="F76" s="7"/>
       <c r="G76" s="7"/>
       <c r="H76" s="7"/>
       <c r="I76" s="7"/>
       <c r="J76" s="7"/>
       <c r="K76" s="7"/>
       <c r="L76" s="5"/>
     </row>
     <row r="77" spans="1:12" outlineLevel="2">
       <c r="A77" s="8" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="B77" s="8"/>
       <c r="C77" s="8"/>
       <c r="D77" s="8"/>
       <c r="E77" s="8"/>
       <c r="F77" s="8"/>
       <c r="G77" s="8"/>
       <c r="H77" s="8"/>
       <c r="I77" s="8"/>
       <c r="J77" s="8"/>
       <c r="K77" s="8"/>
       <c r="L77" s="5"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A78" s="1"/>
       <c r="B78" s="1">
         <v>818852</v>
       </c>
       <c r="C78" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D78" s="1" t="s">
         <v>285</v>
       </c>
-      <c r="D78" s="1" t="s">
+      <c r="E78" s="2" t="s">
         <v>286</v>
       </c>
-      <c r="E78" s="2" t="s">
+      <c r="F78" s="2" t="s">
         <v>287</v>
       </c>
-      <c r="F78" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G78" s="2">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="H78" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I78" s="1">
         <v>0</v>
       </c>
       <c r="J78" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K78" s="2" t="str">
         <f>J78*764.00</f>
         <v>0</v>
       </c>
       <c r="L78" s="5"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A79" s="1"/>
       <c r="B79" s="1">
         <v>818853</v>
       </c>
       <c r="C79" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="D79" s="1" t="s">
         <v>289</v>
       </c>
-      <c r="D79" s="1" t="s">
+      <c r="E79" s="2" t="s">
         <v>290</v>
       </c>
-      <c r="E79" s="2" t="s">
+      <c r="F79" s="2" t="s">
         <v>291</v>
       </c>
-      <c r="F79" s="2" t="s">
-[...3 lines deleted...]
-        <v>7</v>
+      <c r="G79" s="2" t="s">
+        <v>51</v>
       </c>
       <c r="H79" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I79" s="1">
         <v>0</v>
       </c>
       <c r="J79" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K79" s="2" t="str">
         <f>J79*459.00</f>
         <v>0</v>
       </c>
       <c r="L79" s="5"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A80" s="1"/>
       <c r="B80" s="1">
         <v>818854</v>
       </c>
       <c r="C80" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="D80" s="1" t="s">
         <v>293</v>
       </c>
-      <c r="D80" s="1" t="s">
+      <c r="E80" s="2" t="s">
         <v>294</v>
       </c>
-      <c r="E80" s="2" t="s">
+      <c r="F80" s="2" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="G80" s="2">
         <v>10</v>
       </c>
       <c r="H80" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I80" s="1">
         <v>0</v>
       </c>
       <c r="J80" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K80" s="2" t="str">
         <f>J80*754.00</f>
         <v>0</v>
       </c>
       <c r="L80" s="5"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A81" s="1"/>
       <c r="B81" s="1">
         <v>818855</v>
       </c>
       <c r="C81" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="D81" s="1" t="s">
         <v>297</v>
       </c>
-      <c r="D81" s="1" t="s">
+      <c r="E81" s="2" t="s">
         <v>298</v>
       </c>
-      <c r="E81" s="2" t="s">
+      <c r="F81" s="2" t="s">
         <v>299</v>
       </c>
-      <c r="F81" s="2" t="s">
+      <c r="G81" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="H81" s="2" t="s">
         <v>300</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I81" s="1">
         <v>0</v>
       </c>
       <c r="J81" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K81" s="2" t="str">
         <f>J81*720.00</f>
         <v>0</v>
       </c>
       <c r="L81" s="5"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A82" s="1"/>
       <c r="B82" s="1">
         <v>818856</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>301</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>302</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>303</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>304</v>
       </c>
-      <c r="G82" s="2">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G82" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="H82" s="2" t="s">
+        <v>300</v>
       </c>
       <c r="I82" s="1">
         <v>0</v>
       </c>
       <c r="J82" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K82" s="2" t="str">
         <f>J82*1009.00</f>
         <v>0</v>
       </c>
       <c r="L82" s="5"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A83" s="1"/>
       <c r="B83" s="1">
         <v>818857</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>305</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>306</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>307</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>308</v>
       </c>
       <c r="G83" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H83" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I83" s="1">
         <v>0</v>
       </c>
       <c r="J83" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K83" s="2" t="str">
         <f>J83*2635.00</f>
         <v>0</v>
       </c>
       <c r="L83" s="5"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A84" s="1"/>
       <c r="B84" s="1">
         <v>818858</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>309</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>310</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>311</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>312</v>
       </c>
-      <c r="G84" s="2">
-        <v>9</v>
+      <c r="G84" s="2" t="s">
+        <v>51</v>
       </c>
       <c r="H84" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I84" s="1">
         <v>0</v>
       </c>
       <c r="J84" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K84" s="2" t="str">
         <f>J84*751.00</f>
         <v>0</v>
       </c>
       <c r="L84" s="5"/>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A85" s="1"/>
       <c r="B85" s="1">
         <v>818859</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>313</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>314</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>315</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>316</v>
       </c>
-      <c r="G85" s="2">
-        <v>7</v>
+      <c r="G85" s="2" t="s">
+        <v>51</v>
       </c>
       <c r="H85" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I85" s="1">
         <v>0</v>
       </c>
       <c r="J85" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K85" s="2" t="str">
         <f>J85*1134.00</f>
         <v>0</v>
       </c>
       <c r="L85" s="5"/>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A86" s="1"/>
       <c r="B86" s="1">
         <v>818860</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>317</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>318</v>
       </c>
       <c r="E86" s="2" t="s">
         <v>319</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>320</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="H86" s="2" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="I86" s="1">
         <v>0</v>
       </c>
       <c r="J86" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K86" s="2" t="str">
         <f>J86*730.00</f>
         <v>0</v>
       </c>
       <c r="L86" s="5"/>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A87" s="1"/>
       <c r="B87" s="1">
         <v>818861</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>321</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>322</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>323</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>324</v>
       </c>
       <c r="G87" s="2" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="H87" s="2" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="I87" s="1">
         <v>0</v>
       </c>
       <c r="J87" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K87" s="2" t="str">
         <f>J87*1067.00</f>
         <v>0</v>
       </c>
       <c r="L87" s="5"/>
     </row>
     <row r="88" spans="1:12" outlineLevel="1">
       <c r="A88" s="7" t="s">
         <v>325</v>
       </c>
       <c r="B88" s="7"/>
       <c r="C88" s="7"/>
       <c r="D88" s="7"/>
       <c r="E88" s="7"/>
       <c r="F88" s="7"/>
       <c r="G88" s="7"/>
       <c r="H88" s="7"/>
       <c r="I88" s="7"/>
@@ -8645,1866 +8750,2019 @@
       <c r="G89" s="8"/>
       <c r="H89" s="8"/>
       <c r="I89" s="8"/>
       <c r="J89" s="8"/>
       <c r="K89" s="8"/>
       <c r="L89" s="5"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A90" s="1"/>
       <c r="B90" s="1">
         <v>818862</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>327</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>328</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>329</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>330</v>
       </c>
       <c r="G90" s="2">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H90" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I90" s="1">
         <v>0</v>
       </c>
       <c r="J90" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K90" s="2" t="str">
         <f>J90*1381.00</f>
         <v>0</v>
       </c>
       <c r="L90" s="5"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A91" s="1"/>
       <c r="B91" s="1">
         <v>818863</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>331</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>332</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>333</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>334</v>
       </c>
       <c r="G91" s="2">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="H91" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I91" s="1">
         <v>0</v>
       </c>
       <c r="J91" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K91" s="2" t="str">
         <f>J91*2177.00</f>
         <v>0</v>
       </c>
       <c r="L91" s="5"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A92" s="1"/>
       <c r="B92" s="1">
         <v>818864</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>335</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>336</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>337</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>338</v>
       </c>
       <c r="G92" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H92" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I92" s="1">
         <v>0</v>
       </c>
       <c r="J92" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K92" s="2" t="str">
         <f>J92*3756.00</f>
         <v>0</v>
       </c>
       <c r="L92" s="5"/>
     </row>
-    <row r="93" spans="1:12" outlineLevel="2">
-      <c r="A93" s="8" t="s">
+    <row r="93" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A93" s="1"/>
+      <c r="B93" s="1">
+        <v>824486</v>
+      </c>
+      <c r="C93" s="1" t="s">
         <v>339</v>
       </c>
-      <c r="B93" s="8"/>
-[...8 lines deleted...]
-      <c r="K93" s="8"/>
+      <c r="D93" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="E93" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="F93" s="2" t="s">
+        <v>342</v>
+      </c>
+      <c r="G93" s="2">
+        <v>0</v>
+      </c>
+      <c r="H93" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="I93" s="1">
+        <v>0</v>
+      </c>
+      <c r="J93" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K93" s="2" t="str">
+        <f>J93*1361.00</f>
+        <v>0</v>
+      </c>
       <c r="L93" s="5"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A94" s="1"/>
       <c r="B94" s="1">
-        <v>824574</v>
+        <v>824487</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="E94" s="2" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="G94" s="2">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="H94" s="2">
         <v>0</v>
       </c>
       <c r="I94" s="1">
         <v>0</v>
       </c>
       <c r="J94" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K94" s="2" t="str">
-        <f>J94*2448.43</f>
+        <f>J94*1985.00</f>
         <v>0</v>
       </c>
       <c r="L94" s="5"/>
     </row>
-    <row r="95" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...13 lines deleted...]
-      <c r="F95" s="2" t="s">
+    <row r="95" spans="1:12" outlineLevel="2">
+      <c r="A95" s="8" t="s">
         <v>347</v>
       </c>
-      <c r="G95" s="2">
-[...14 lines deleted...]
-      </c>
+      <c r="B95" s="8"/>
+      <c r="C95" s="8"/>
+      <c r="D95" s="8"/>
+      <c r="E95" s="8"/>
+      <c r="F95" s="8"/>
+      <c r="G95" s="8"/>
+      <c r="H95" s="8"/>
+      <c r="I95" s="8"/>
+      <c r="J95" s="8"/>
+      <c r="K95" s="8"/>
       <c r="L95" s="5"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A96" s="1"/>
       <c r="B96" s="1">
-        <v>824576</v>
+        <v>824574</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>348</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>349</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>350</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>351</v>
       </c>
       <c r="G96" s="2">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="H96" s="2">
         <v>0</v>
       </c>
       <c r="I96" s="1">
         <v>0</v>
       </c>
       <c r="J96" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K96" s="2" t="str">
-        <f>J96*4278.05</f>
+        <f>J96*2448.43</f>
         <v>0</v>
       </c>
       <c r="L96" s="5"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A97" s="1"/>
       <c r="B97" s="1">
-        <v>824577</v>
+        <v>824575</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>352</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>353</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>354</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>355</v>
       </c>
       <c r="G97" s="2">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="H97" s="2">
         <v>0</v>
       </c>
       <c r="I97" s="1">
         <v>0</v>
       </c>
       <c r="J97" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K97" s="2" t="str">
-        <f>J97*2194.06</f>
+        <f>J97*3632.48</f>
         <v>0</v>
       </c>
       <c r="L97" s="5"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A98" s="1"/>
       <c r="B98" s="1">
-        <v>824578</v>
+        <v>824576</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>356</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>357</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>358</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>359</v>
       </c>
       <c r="G98" s="2">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="H98" s="2">
         <v>0</v>
       </c>
       <c r="I98" s="1">
         <v>0</v>
       </c>
       <c r="J98" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K98" s="2" t="str">
-        <f>J98*3113.34</f>
+        <f>J98*4278.05</f>
         <v>0</v>
       </c>
       <c r="L98" s="5"/>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A99" s="1"/>
       <c r="B99" s="1">
-        <v>824579</v>
+        <v>824577</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>360</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>361</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>362</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>363</v>
       </c>
       <c r="G99" s="2">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="H99" s="2">
         <v>0</v>
       </c>
       <c r="I99" s="1">
         <v>0</v>
       </c>
       <c r="J99" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K99" s="2" t="str">
-        <f>J99*3747.01</f>
+        <f>J99*2194.06</f>
         <v>0</v>
       </c>
       <c r="L99" s="5"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A100" s="1"/>
       <c r="B100" s="1">
-        <v>824580</v>
+        <v>824578</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>364</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>365</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>366</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>367</v>
       </c>
       <c r="G100" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H100" s="2">
         <v>0</v>
       </c>
       <c r="I100" s="1">
         <v>0</v>
       </c>
       <c r="J100" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K100" s="2" t="str">
-        <f>J100*3134.16</f>
+        <f>J100*3113.34</f>
         <v>0</v>
       </c>
       <c r="L100" s="5"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A101" s="1"/>
       <c r="B101" s="1">
-        <v>824581</v>
+        <v>824579</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>368</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>369</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>370</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>371</v>
       </c>
       <c r="G101" s="2">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="H101" s="2">
         <v>0</v>
       </c>
       <c r="I101" s="1">
         <v>0</v>
       </c>
       <c r="J101" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K101" s="2" t="str">
-        <f>J101*3309.69</f>
+        <f>J101*3747.01</f>
         <v>0</v>
       </c>
       <c r="L101" s="5"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A102" s="1"/>
       <c r="B102" s="1">
-        <v>824582</v>
+        <v>824580</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>372</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>373</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>374</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>375</v>
       </c>
       <c r="G102" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H102" s="2">
         <v>0</v>
       </c>
       <c r="I102" s="1">
         <v>0</v>
       </c>
       <c r="J102" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K102" s="2" t="str">
-        <f>J102*2780.14</f>
+        <f>J102*3134.16</f>
         <v>0</v>
       </c>
       <c r="L102" s="5"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A103" s="1"/>
       <c r="B103" s="1">
-        <v>824583</v>
+        <v>824581</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>376</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>377</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>378</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>379</v>
       </c>
       <c r="G103" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H103" s="2">
         <v>0</v>
       </c>
       <c r="I103" s="1">
         <v>0</v>
       </c>
       <c r="J103" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K103" s="2" t="str">
-        <f>J103*2957.15</f>
+        <f>J103*3309.69</f>
         <v>0</v>
       </c>
       <c r="L103" s="5"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A104" s="1"/>
       <c r="B104" s="1">
-        <v>824584</v>
+        <v>824582</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>380</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>381</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>382</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>383</v>
       </c>
       <c r="G104" s="2">
         <v>1</v>
       </c>
       <c r="H104" s="2">
         <v>0</v>
       </c>
       <c r="I104" s="1">
         <v>0</v>
       </c>
       <c r="J104" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K104" s="2" t="str">
-        <f>J104*2991.36</f>
+        <f>J104*2780.14</f>
         <v>0</v>
       </c>
       <c r="L104" s="5"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A105" s="1"/>
       <c r="B105" s="1">
-        <v>824585</v>
+        <v>824583</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>384</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>385</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>386</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>387</v>
       </c>
       <c r="G105" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H105" s="2">
         <v>0</v>
       </c>
       <c r="I105" s="1">
         <v>0</v>
       </c>
       <c r="J105" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K105" s="2" t="str">
-        <f>J105*2881.29</f>
+        <f>J105*2957.15</f>
         <v>0</v>
       </c>
       <c r="L105" s="5"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A106" s="1"/>
       <c r="B106" s="1">
-        <v>824586</v>
+        <v>824584</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>388</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>389</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>390</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>391</v>
       </c>
-      <c r="G106" s="2" t="s">
-        <v>46</v>
+      <c r="G106" s="2">
+        <v>0</v>
       </c>
       <c r="H106" s="2">
         <v>0</v>
       </c>
       <c r="I106" s="1">
         <v>0</v>
       </c>
       <c r="J106" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K106" s="2" t="str">
-        <f>J106*84.79</f>
+        <f>J106*2991.36</f>
         <v>0</v>
       </c>
       <c r="L106" s="5"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A107" s="1"/>
       <c r="B107" s="1">
-        <v>837118</v>
+        <v>824585</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>392</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>393</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>394</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>395</v>
       </c>
       <c r="G107" s="2">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="H107" s="2">
         <v>0</v>
       </c>
       <c r="I107" s="1">
         <v>0</v>
       </c>
       <c r="J107" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K107" s="2" t="str">
-        <f>J107*3236.80</f>
+        <f>J107*2881.29</f>
         <v>0</v>
       </c>
       <c r="L107" s="5"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A108" s="1"/>
       <c r="B108" s="1">
-        <v>837119</v>
+        <v>824586</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>396</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>397</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>398</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>375</v>
+        <v>399</v>
       </c>
       <c r="G108" s="2" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="H108" s="2">
         <v>0</v>
       </c>
       <c r="I108" s="1">
         <v>0</v>
       </c>
       <c r="J108" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K108" s="2" t="str">
-        <f>J108*2780.14</f>
+        <f>J108*84.79</f>
         <v>0</v>
       </c>
       <c r="L108" s="5"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A109" s="1"/>
       <c r="B109" s="1">
-        <v>839812</v>
+        <v>837118</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="E109" s="2" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="G109" s="2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H109" s="2">
         <v>0</v>
       </c>
       <c r="I109" s="1">
         <v>0</v>
       </c>
       <c r="J109" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K109" s="2" t="str">
-        <f>J109*4059.39</f>
+        <f>J109*3236.80</f>
         <v>0</v>
       </c>
       <c r="L109" s="5"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A110" s="1"/>
       <c r="B110" s="1">
-        <v>839813</v>
+        <v>837119</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="E110" s="2" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>383</v>
+      </c>
+      <c r="G110" s="2" t="s">
+        <v>51</v>
       </c>
       <c r="H110" s="2">
         <v>0</v>
       </c>
       <c r="I110" s="1">
         <v>0</v>
       </c>
       <c r="J110" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K110" s="2" t="str">
-        <f>J110*2823.28</f>
+        <f>J110*2780.14</f>
         <v>0</v>
       </c>
       <c r="L110" s="5"/>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A111" s="1"/>
       <c r="B111" s="1">
-        <v>879957</v>
+        <v>839812</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>407</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>408</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>409</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>371</v>
+        <v>410</v>
       </c>
       <c r="G111" s="2">
         <v>0</v>
       </c>
       <c r="H111" s="2">
         <v>0</v>
       </c>
       <c r="I111" s="1">
         <v>0</v>
       </c>
       <c r="J111" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K111" s="2" t="str">
-        <f>J111*3309.69</f>
+        <f>J111*4059.39</f>
         <v>0</v>
       </c>
       <c r="L111" s="5"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A112" s="1"/>
       <c r="B112" s="1">
-        <v>879958</v>
+        <v>839813</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="E112" s="2" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>379</v>
+        <v>414</v>
       </c>
       <c r="G112" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H112" s="2">
         <v>0</v>
       </c>
       <c r="I112" s="1">
         <v>0</v>
       </c>
       <c r="J112" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K112" s="2" t="str">
-        <f>J112*2957.15</f>
+        <f>J112*2823.28</f>
         <v>0</v>
       </c>
       <c r="L112" s="5"/>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A113" s="1"/>
       <c r="B113" s="1">
-        <v>879959</v>
+        <v>879957</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="E113" s="2" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>416</v>
+        <v>379</v>
       </c>
       <c r="G113" s="2">
         <v>0</v>
       </c>
       <c r="H113" s="2">
         <v>0</v>
       </c>
       <c r="I113" s="1">
         <v>0</v>
       </c>
       <c r="J113" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K113" s="2" t="str">
-        <f>J113*3744.04</f>
+        <f>J113*3309.69</f>
         <v>0</v>
       </c>
       <c r="L113" s="5"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A114" s="1"/>
       <c r="B114" s="1">
-        <v>879960</v>
+        <v>879958</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="E114" s="2" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>420</v>
+        <v>387</v>
       </c>
       <c r="G114" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="H114" s="2">
         <v>0</v>
       </c>
       <c r="I114" s="1">
         <v>0</v>
       </c>
       <c r="J114" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K114" s="2" t="str">
-        <f>J114*4389.61</f>
+        <f>J114*2957.15</f>
         <v>0</v>
       </c>
       <c r="L114" s="5"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A115" s="1"/>
       <c r="B115" s="1">
-        <v>879961</v>
+        <v>879959</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>421</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>422</v>
       </c>
       <c r="E115" s="2" t="s">
         <v>423</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>424</v>
       </c>
       <c r="G115" s="2">
         <v>0</v>
       </c>
       <c r="H115" s="2">
         <v>0</v>
       </c>
       <c r="I115" s="1">
         <v>0</v>
       </c>
       <c r="J115" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K115" s="2" t="str">
-        <f>J115*2304.14</f>
+        <f>J115*3744.04</f>
         <v>0</v>
       </c>
       <c r="L115" s="5"/>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A116" s="1"/>
       <c r="B116" s="1">
-        <v>880054</v>
+        <v>879960</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>425</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>426</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>427</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>428</v>
       </c>
       <c r="G116" s="2">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="H116" s="2">
         <v>0</v>
       </c>
       <c r="I116" s="1">
         <v>0</v>
       </c>
       <c r="J116" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K116" s="2" t="str">
-        <f>J116*2600.15</f>
+        <f>J116*4389.61</f>
         <v>0</v>
       </c>
       <c r="L116" s="5"/>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A117" s="1"/>
       <c r="B117" s="1">
-        <v>880055</v>
+        <v>879961</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>429</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>430</v>
       </c>
       <c r="E117" s="2" t="s">
         <v>431</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>432</v>
       </c>
       <c r="G117" s="2">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="H117" s="2">
         <v>0</v>
       </c>
       <c r="I117" s="1">
         <v>0</v>
       </c>
       <c r="J117" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K117" s="2" t="str">
-        <f>J117*3848.16</f>
+        <f>J117*2304.14</f>
         <v>0</v>
       </c>
       <c r="L117" s="5"/>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A118" s="1"/>
       <c r="B118" s="1">
-        <v>884660</v>
+        <v>880054</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>433</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>434</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>435</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>367</v>
+        <v>436</v>
       </c>
       <c r="G118" s="2">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="H118" s="2">
         <v>0</v>
       </c>
       <c r="I118" s="1">
         <v>0</v>
       </c>
       <c r="J118" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K118" s="2" t="str">
-        <f>J118*3134.16</f>
+        <f>J118*2600.15</f>
         <v>0</v>
       </c>
       <c r="L118" s="5"/>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A119" s="1"/>
       <c r="B119" s="1">
-        <v>886004</v>
+        <v>880055</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="G119" s="2">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="H119" s="2">
         <v>0</v>
       </c>
       <c r="I119" s="1">
         <v>0</v>
       </c>
       <c r="J119" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K119" s="2" t="str">
-        <f>J119*3305.23</f>
+        <f>J119*3848.16</f>
         <v>0</v>
       </c>
       <c r="L119" s="5"/>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A120" s="1"/>
       <c r="B120" s="1">
-        <v>886005</v>
+        <v>884660</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="E120" s="2" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>443</v>
+        <v>375</v>
       </c>
       <c r="G120" s="2">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="H120" s="2">
         <v>0</v>
       </c>
       <c r="I120" s="1">
         <v>0</v>
       </c>
       <c r="J120" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K120" s="2" t="str">
-        <f>J120*3831.80</f>
+        <f>J120*3134.16</f>
         <v>0</v>
       </c>
       <c r="L120" s="5"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A121" s="1"/>
       <c r="B121" s="1">
-        <v>886006</v>
+        <v>886004</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>444</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>445</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>446</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>447</v>
       </c>
       <c r="G121" s="2">
         <v>2</v>
       </c>
       <c r="H121" s="2">
         <v>0</v>
       </c>
       <c r="I121" s="1">
         <v>0</v>
       </c>
       <c r="J121" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K121" s="2" t="str">
-        <f>J121*3345.39</f>
+        <f>J121*3305.23</f>
         <v>0</v>
       </c>
       <c r="L121" s="5"/>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A122" s="1"/>
       <c r="B122" s="1">
-        <v>886007</v>
+        <v>886005</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>448</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>449</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>450</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>451</v>
       </c>
       <c r="G122" s="2">
         <v>2</v>
       </c>
       <c r="H122" s="2">
         <v>0</v>
       </c>
       <c r="I122" s="1">
         <v>0</v>
       </c>
       <c r="J122" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K122" s="2" t="str">
-        <f>J122*3755.94</f>
+        <f>J122*3831.80</f>
         <v>0</v>
       </c>
       <c r="L122" s="5"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A123" s="1"/>
       <c r="B123" s="1">
-        <v>886008</v>
+        <v>886006</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>452</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>453</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>454</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>455</v>
       </c>
       <c r="G123" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H123" s="2">
         <v>0</v>
       </c>
       <c r="I123" s="1">
         <v>0</v>
       </c>
       <c r="J123" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K123" s="2" t="str">
-        <f>J123*3324.56</f>
+        <f>J123*3345.39</f>
         <v>0</v>
       </c>
       <c r="L123" s="5"/>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A124" s="1"/>
       <c r="B124" s="1">
-        <v>886009</v>
+        <v>886007</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>456</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>457</v>
       </c>
       <c r="E124" s="2" t="s">
         <v>458</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>459</v>
       </c>
       <c r="G124" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H124" s="2">
         <v>0</v>
       </c>
       <c r="I124" s="1">
         <v>0</v>
       </c>
       <c r="J124" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K124" s="2" t="str">
-        <f>J124*2992.85</f>
+        <f>J124*3755.94</f>
         <v>0</v>
       </c>
       <c r="L124" s="5"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A125" s="1"/>
       <c r="B125" s="1">
-        <v>886010</v>
+        <v>886008</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>460</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>461</v>
       </c>
       <c r="E125" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F125" s="2" t="s">
         <v>463</v>
       </c>
       <c r="G125" s="2">
         <v>2</v>
       </c>
       <c r="H125" s="2">
         <v>0</v>
       </c>
       <c r="I125" s="1">
         <v>0</v>
       </c>
       <c r="J125" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K125" s="2" t="str">
-        <f>J125*3131.19</f>
+        <f>J125*3324.56</f>
         <v>0</v>
       </c>
       <c r="L125" s="5"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A126" s="1"/>
       <c r="B126" s="1">
-        <v>886011</v>
+        <v>886009</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>464</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>465</v>
       </c>
       <c r="E126" s="2" t="s">
         <v>466</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>351</v>
+        <v>467</v>
       </c>
       <c r="G126" s="2">
         <v>2</v>
       </c>
       <c r="H126" s="2">
         <v>0</v>
       </c>
       <c r="I126" s="1">
         <v>0</v>
       </c>
       <c r="J126" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K126" s="2" t="str">
-        <f>J126*4278.05</f>
+        <f>J126*2992.85</f>
         <v>0</v>
       </c>
       <c r="L126" s="5"/>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A127" s="1"/>
       <c r="B127" s="1">
-        <v>886012</v>
+        <v>886010</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="E127" s="2" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="G127" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H127" s="2">
         <v>0</v>
       </c>
       <c r="I127" s="1">
         <v>0</v>
       </c>
       <c r="J127" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K127" s="2" t="str">
-        <f>J127*5108.08</f>
+        <f>J127*3131.19</f>
         <v>0</v>
       </c>
       <c r="L127" s="5"/>
     </row>
-    <row r="128" spans="1:12" outlineLevel="2">
-[...12 lines deleted...]
-      <c r="K128" s="8"/>
+    <row r="128" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A128" s="1"/>
+      <c r="B128" s="1">
+        <v>886011</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="E128" s="2" t="s">
+        <v>474</v>
+      </c>
+      <c r="F128" s="2" t="s">
+        <v>359</v>
+      </c>
+      <c r="G128" s="2">
+        <v>1</v>
+      </c>
+      <c r="H128" s="2">
+        <v>0</v>
+      </c>
+      <c r="I128" s="1">
+        <v>0</v>
+      </c>
+      <c r="J128" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K128" s="2" t="str">
+        <f>J128*4278.05</f>
+        <v>0</v>
+      </c>
       <c r="L128" s="5"/>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A129" s="1"/>
       <c r="B129" s="1">
+        <v>886012</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="E129" s="2" t="s">
+        <v>477</v>
+      </c>
+      <c r="F129" s="2" t="s">
+        <v>478</v>
+      </c>
+      <c r="G129" s="2">
+        <v>4</v>
+      </c>
+      <c r="H129" s="2">
+        <v>0</v>
+      </c>
+      <c r="I129" s="1">
+        <v>0</v>
+      </c>
+      <c r="J129" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K129" s="2" t="str">
+        <f>J129*5108.08</f>
+        <v>0</v>
+      </c>
+      <c r="L129" s="5"/>
+    </row>
+    <row r="130" spans="1:12" outlineLevel="2">
+      <c r="A130" s="8" t="s">
+        <v>479</v>
+      </c>
+      <c r="B130" s="8"/>
+      <c r="C130" s="8"/>
+      <c r="D130" s="8"/>
+      <c r="E130" s="8"/>
+      <c r="F130" s="8"/>
+      <c r="G130" s="8"/>
+      <c r="H130" s="8"/>
+      <c r="I130" s="8"/>
+      <c r="J130" s="8"/>
+      <c r="K130" s="8"/>
+      <c r="L130" s="5"/>
+    </row>
+    <row r="131" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A131" s="1"/>
+      <c r="B131" s="1">
         <v>885128</v>
       </c>
-      <c r="C129" s="1" t="s">
-[...11 lines deleted...]
-      <c r="G129" s="2">
+      <c r="C131" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="E131" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="F131" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="G131" s="2">
         <v>6</v>
       </c>
-      <c r="H129" s="2">
-[...16 lines deleted...]
-      <c r="B130" s="1">
+      <c r="H131" s="2">
+        <v>0</v>
+      </c>
+      <c r="I131" s="1">
+        <v>0</v>
+      </c>
+      <c r="J131" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K131" s="2" t="str">
+        <f>J131*2109.67</f>
+        <v>0</v>
+      </c>
+      <c r="L131" s="5"/>
+    </row>
+    <row r="132" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A132" s="1"/>
+      <c r="B132" s="1">
         <v>885129</v>
       </c>
-      <c r="C130" s="1" t="s">
-[...11 lines deleted...]
-      <c r="G130" s="2">
+      <c r="C132" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="E132" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="F132" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="G132" s="2">
         <v>7</v>
       </c>
-      <c r="H130" s="2">
-[...43 lines deleted...]
-      <c r="K132" s="8"/>
+      <c r="H132" s="2">
+        <v>0</v>
+      </c>
+      <c r="I132" s="1">
+        <v>0</v>
+      </c>
+      <c r="J132" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K132" s="2" t="str">
+        <f>J132*2313.37</f>
+        <v>0</v>
+      </c>
       <c r="L132" s="5"/>
     </row>
-    <row r="133" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...31 lines deleted...]
-      </c>
+    <row r="133" spans="1:12" outlineLevel="2">
+      <c r="A133" s="8" t="s">
+        <v>488</v>
+      </c>
+      <c r="B133" s="8"/>
+      <c r="C133" s="8"/>
+      <c r="D133" s="8"/>
+      <c r="E133" s="8"/>
+      <c r="F133" s="8"/>
+      <c r="G133" s="8"/>
+      <c r="H133" s="8"/>
+      <c r="I133" s="8"/>
+      <c r="J133" s="8"/>
+      <c r="K133" s="8"/>
       <c r="L133" s="5"/>
     </row>
-    <row r="134" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="134" spans="1:12" outlineLevel="4">
       <c r="A134" s="1"/>
       <c r="B134" s="1">
-        <v>825084</v>
+        <v>890534</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="E134" s="2" t="s">
-        <v>488</v>
-[...3 lines deleted...]
-      </c>
+        <v>491</v>
+      </c>
+      <c r="F134" s="2"/>
       <c r="G134" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H134" s="2">
         <v>0</v>
       </c>
       <c r="I134" s="1">
         <v>0</v>
       </c>
       <c r="J134" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K134" s="2" t="str">
-        <f>J134*20162.00</f>
+        <f>J134*0</f>
         <v>0</v>
       </c>
       <c r="L134" s="5"/>
     </row>
-    <row r="135" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="135" spans="1:12" outlineLevel="4">
       <c r="A135" s="1"/>
       <c r="B135" s="1">
-        <v>825086</v>
+        <v>890535</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="E135" s="2" t="s">
-        <v>492</v>
-[...3 lines deleted...]
-      </c>
+        <v>494</v>
+      </c>
+      <c r="F135" s="2"/>
       <c r="G135" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H135" s="2">
         <v>0</v>
       </c>
       <c r="I135" s="1">
         <v>0</v>
       </c>
       <c r="J135" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K135" s="2" t="str">
-        <f>J135*21959.00</f>
+        <f>J135*0</f>
         <v>0</v>
       </c>
       <c r="L135" s="5"/>
     </row>
-    <row r="136" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...7 lines deleted...]
-      <c r="D136" s="1" t="s">
+    <row r="136" spans="1:12" outlineLevel="1">
+      <c r="A136" s="7" t="s">
         <v>495</v>
       </c>
-      <c r="E136" s="2" t="s">
+      <c r="B136" s="7"/>
+      <c r="C136" s="7"/>
+      <c r="D136" s="7"/>
+      <c r="E136" s="7"/>
+      <c r="F136" s="7"/>
+      <c r="G136" s="7"/>
+      <c r="H136" s="7"/>
+      <c r="I136" s="7"/>
+      <c r="J136" s="7"/>
+      <c r="K136" s="7"/>
+      <c r="L136" s="5"/>
+    </row>
+    <row r="137" spans="1:12" outlineLevel="2">
+      <c r="A137" s="8" t="s">
         <v>496</v>
       </c>
-      <c r="F136" s="2" t="s">
-[...25 lines deleted...]
-      <c r="C137" s="1" t="s">
+      <c r="B137" s="8"/>
+      <c r="C137" s="8"/>
+      <c r="D137" s="8"/>
+      <c r="E137" s="8"/>
+      <c r="F137" s="8"/>
+      <c r="G137" s="8"/>
+      <c r="H137" s="8"/>
+      <c r="I137" s="8"/>
+      <c r="J137" s="8"/>
+      <c r="K137" s="8"/>
+      <c r="L137" s="5"/>
+    </row>
+    <row r="138" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A138" s="1"/>
+      <c r="B138" s="1">
+        <v>825085</v>
+      </c>
+      <c r="C138" s="1" t="s">
         <v>497</v>
       </c>
-      <c r="D137" s="1" t="s">
+      <c r="D138" s="1" t="s">
         <v>498</v>
       </c>
-      <c r="E137" s="2" t="s">
+      <c r="E138" s="2" t="s">
         <v>499</v>
       </c>
-      <c r="F137" s="2" t="s">
+      <c r="F138" s="2" t="s">
         <v>500</v>
       </c>
-      <c r="G137" s="2">
-[...30 lines deleted...]
-      <c r="K138" s="8"/>
+      <c r="G138" s="2">
+        <v>0</v>
+      </c>
+      <c r="H138" s="2">
+        <v>0</v>
+      </c>
+      <c r="I138" s="1">
+        <v>0</v>
+      </c>
+      <c r="J138" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K138" s="2" t="str">
+        <f>J138*7131.00</f>
+        <v>0</v>
+      </c>
       <c r="L138" s="5"/>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A139" s="1"/>
       <c r="B139" s="1">
-        <v>832514</v>
+        <v>825084</v>
       </c>
       <c r="C139" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="D139" s="1" t="s">
         <v>502</v>
       </c>
-      <c r="D139" s="1" t="s">
+      <c r="E139" s="2" t="s">
         <v>503</v>
       </c>
-      <c r="E139" s="2" t="s">
+      <c r="F139" s="2" t="s">
         <v>504</v>
       </c>
-      <c r="F139" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G139" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H139" s="2">
         <v>0</v>
       </c>
       <c r="I139" s="1">
         <v>0</v>
       </c>
       <c r="J139" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K139" s="2" t="str">
-        <f>J139*4179.88</f>
+        <f>J139*20162.00</f>
         <v>0</v>
       </c>
       <c r="L139" s="5"/>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A140" s="1"/>
       <c r="B140" s="1">
-        <v>832515</v>
+        <v>825086</v>
       </c>
       <c r="C140" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="D140" s="1" t="s">
         <v>506</v>
       </c>
-      <c r="D140" s="1" t="s">
+      <c r="E140" s="2" t="s">
         <v>507</v>
       </c>
-      <c r="E140" s="2" t="s">
+      <c r="F140" s="2" t="s">
         <v>508</v>
       </c>
-      <c r="F140" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G140" s="2">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="H140" s="2">
         <v>0</v>
       </c>
       <c r="I140" s="1">
         <v>0</v>
       </c>
       <c r="J140" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K140" s="2" t="str">
-        <f>J140*4327.14</f>
+        <f>J140*21959.00</f>
         <v>0</v>
       </c>
       <c r="L140" s="5"/>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A141" s="1"/>
       <c r="B141" s="1">
-        <v>832516</v>
+        <v>873884</v>
       </c>
       <c r="C141" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="D141" s="1" t="s">
         <v>510</v>
       </c>
-      <c r="D141" s="1" t="s">
+      <c r="E141" s="2" t="s">
         <v>511</v>
       </c>
-      <c r="E141" s="2" t="s">
+      <c r="F141" s="2" t="s">
+        <v>504</v>
+      </c>
+      <c r="G141" s="2">
+        <v>0</v>
+      </c>
+      <c r="H141" s="2">
+        <v>0</v>
+      </c>
+      <c r="I141" s="1">
+        <v>0</v>
+      </c>
+      <c r="J141" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K141" s="2" t="str">
+        <f>J141*20162.00</f>
+        <v>0</v>
+      </c>
+      <c r="L141" s="5"/>
+    </row>
+    <row r="142" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A142" s="1"/>
+      <c r="B142" s="1">
+        <v>873885</v>
+      </c>
+      <c r="C142" s="1" t="s">
         <v>512</v>
       </c>
-      <c r="F141" s="2" t="s">
+      <c r="D142" s="1" t="s">
         <v>513</v>
       </c>
-      <c r="G141" s="2">
-[...18 lines deleted...]
-      <c r="A142" s="7" t="s">
+      <c r="E142" s="2" t="s">
         <v>514</v>
       </c>
-      <c r="B142" s="7"/>
-[...8 lines deleted...]
-      <c r="K142" s="7"/>
+      <c r="F142" s="2" t="s">
+        <v>515</v>
+      </c>
+      <c r="G142" s="2">
+        <v>0</v>
+      </c>
+      <c r="H142" s="2">
+        <v>0</v>
+      </c>
+      <c r="I142" s="1">
+        <v>0</v>
+      </c>
+      <c r="J142" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K142" s="2" t="str">
+        <f>J142*22036.00</f>
+        <v>0</v>
+      </c>
       <c r="L142" s="5"/>
     </row>
-    <row r="143" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
-[...7 lines deleted...]
-      <c r="D143" s="1" t="s">
+    <row r="143" spans="1:12" outlineLevel="2">
+      <c r="A143" s="8" t="s">
         <v>516</v>
       </c>
-      <c r="E143" s="2" t="s">
-[...20 lines deleted...]
-      </c>
+      <c r="B143" s="8"/>
+      <c r="C143" s="8"/>
+      <c r="D143" s="8"/>
+      <c r="E143" s="8"/>
+      <c r="F143" s="8"/>
+      <c r="G143" s="8"/>
+      <c r="H143" s="8"/>
+      <c r="I143" s="8"/>
+      <c r="J143" s="8"/>
+      <c r="K143" s="8"/>
       <c r="L143" s="5"/>
     </row>
-    <row r="144" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+    <row r="144" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A144" s="1"/>
       <c r="B144" s="1">
+        <v>832514</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="E144" s="2" t="s">
+        <v>519</v>
+      </c>
+      <c r="F144" s="2" t="s">
+        <v>520</v>
+      </c>
+      <c r="G144" s="2">
+        <v>2</v>
+      </c>
+      <c r="H144" s="2">
+        <v>0</v>
+      </c>
+      <c r="I144" s="1">
+        <v>0</v>
+      </c>
+      <c r="J144" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K144" s="2" t="str">
+        <f>J144*4179.88</f>
+        <v>0</v>
+      </c>
+      <c r="L144" s="5"/>
+    </row>
+    <row r="145" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A145" s="1"/>
+      <c r="B145" s="1">
+        <v>832515</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="E145" s="2" t="s">
+        <v>523</v>
+      </c>
+      <c r="F145" s="2" t="s">
+        <v>524</v>
+      </c>
+      <c r="G145" s="2">
+        <v>3</v>
+      </c>
+      <c r="H145" s="2">
+        <v>0</v>
+      </c>
+      <c r="I145" s="1">
+        <v>0</v>
+      </c>
+      <c r="J145" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K145" s="2" t="str">
+        <f>J145*4327.14</f>
+        <v>0</v>
+      </c>
+      <c r="L145" s="5"/>
+    </row>
+    <row r="146" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A146" s="1"/>
+      <c r="B146" s="1">
+        <v>832516</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="E146" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="F146" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="G146" s="2">
+        <v>5</v>
+      </c>
+      <c r="H146" s="2">
+        <v>0</v>
+      </c>
+      <c r="I146" s="1">
+        <v>0</v>
+      </c>
+      <c r="J146" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K146" s="2" t="str">
+        <f>J146*4649.93</f>
+        <v>0</v>
+      </c>
+      <c r="L146" s="5"/>
+    </row>
+    <row r="147" spans="1:12" outlineLevel="1">
+      <c r="A147" s="7" t="s">
+        <v>529</v>
+      </c>
+      <c r="B147" s="7"/>
+      <c r="C147" s="7"/>
+      <c r="D147" s="7"/>
+      <c r="E147" s="7"/>
+      <c r="F147" s="7"/>
+      <c r="G147" s="7"/>
+      <c r="H147" s="7"/>
+      <c r="I147" s="7"/>
+      <c r="J147" s="7"/>
+      <c r="K147" s="7"/>
+      <c r="L147" s="5"/>
+    </row>
+    <row r="148" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A148" s="1"/>
+      <c r="B148" s="1">
+        <v>884623</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="E148" s="2" t="s">
+        <v>532</v>
+      </c>
+      <c r="F148" s="2" t="s">
+        <v>533</v>
+      </c>
+      <c r="G148" s="2">
+        <v>8</v>
+      </c>
+      <c r="H148" s="2">
+        <v>0</v>
+      </c>
+      <c r="I148" s="1">
+        <v>0</v>
+      </c>
+      <c r="J148" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K148" s="2" t="str">
+        <f>J148*303.45</f>
+        <v>0</v>
+      </c>
+      <c r="L148" s="5"/>
+    </row>
+    <row r="149" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A149" s="1"/>
+      <c r="B149" s="1">
         <v>884624</v>
       </c>
-      <c r="C144" s="1" t="s">
-[...11 lines deleted...]
-      <c r="G144" s="2">
+      <c r="C149" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="E149" s="2" t="s">
+        <v>536</v>
+      </c>
+      <c r="F149" s="2" t="s">
+        <v>533</v>
+      </c>
+      <c r="G149" s="2">
         <v>5</v>
       </c>
-      <c r="H144" s="2">
-[...12 lines deleted...]
-      <c r="L144" s="5"/>
+      <c r="H149" s="2">
+        <v>0</v>
+      </c>
+      <c r="I149" s="1">
+        <v>0</v>
+      </c>
+      <c r="J149" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K149" s="2" t="str">
+        <f>J149*303.45</f>
+        <v>0</v>
+      </c>
+      <c r="L149" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A53:K53"/>
     <mergeCell ref="A63:K63"/>
     <mergeCell ref="A76:K76"/>
     <mergeCell ref="A88:K88"/>
-    <mergeCell ref="A131:K131"/>
-    <mergeCell ref="A142:K142"/>
+    <mergeCell ref="A136:K136"/>
+    <mergeCell ref="A147:K147"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A26:K26"/>
     <mergeCell ref="A38:K38"/>
     <mergeCell ref="A45:K45"/>
     <mergeCell ref="A49:K49"/>
     <mergeCell ref="A77:K77"/>
     <mergeCell ref="A89:K89"/>
-    <mergeCell ref="A93:K93"/>
-[...2 lines deleted...]
-    <mergeCell ref="A138:K138"/>
+    <mergeCell ref="A95:K95"/>
+    <mergeCell ref="A130:K130"/>
+    <mergeCell ref="A133:K133"/>
+    <mergeCell ref="A137:K137"/>
+    <mergeCell ref="A143:K143"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>