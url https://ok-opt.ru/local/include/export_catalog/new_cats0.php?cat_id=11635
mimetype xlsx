--- v0 (2025-12-07)
+++ v1 (2026-03-13)
@@ -16,487 +16,484 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>Фильтра сетчатые</t>
   </si>
   <si>
     <t>Фильтра косые</t>
   </si>
   <si>
     <t>Фильтра косые латунные VIEIR</t>
   </si>
   <si>
     <t>FIO-110001</t>
   </si>
   <si>
     <t>GL173</t>
   </si>
   <si>
     <t>фильтр косой VR усиленный 1/2" (16/160шт)</t>
   </si>
   <si>
-    <t>300.48 руб.</t>
+    <t>339.15 руб.</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>FIO-110002</t>
   </si>
   <si>
     <t>GL174</t>
   </si>
   <si>
     <t>фильтр косой VR усиленный 3/4" (10/100шт)</t>
   </si>
   <si>
-    <t>435.84 руб.</t>
+    <t>493.85 руб.</t>
   </si>
   <si>
     <t>FIO-110003</t>
   </si>
   <si>
     <t>GL175</t>
   </si>
   <si>
     <t>фильтр косой VR усиленный 1" (8/80шт)</t>
   </si>
   <si>
-    <t>599.46 руб.</t>
+    <t>679.79 руб.</t>
   </si>
   <si>
     <t>FIO-110004</t>
   </si>
   <si>
     <t>GL176</t>
   </si>
   <si>
     <t>фильтр косой VR усиленный 1 1/4" (4/40шт)</t>
   </si>
   <si>
-    <t>1 219.75 руб.</t>
+    <t>1 367.01 руб.</t>
   </si>
   <si>
     <t>FIO-110005</t>
   </si>
   <si>
     <t>GL177</t>
   </si>
   <si>
     <t>фильтр косой VR усиленный 1 1/2" (2/20шт)</t>
   </si>
   <si>
-    <t>1 804.34 руб.</t>
+    <t>2 046.80 руб.</t>
   </si>
   <si>
     <t>FIO-110006</t>
   </si>
   <si>
     <t>GL178</t>
   </si>
   <si>
     <t>фильтр косой VR усиленный 2" (2/20шт)</t>
   </si>
   <si>
-    <t>2 283.31 руб.</t>
+    <t>2 591.23 руб.</t>
   </si>
   <si>
     <t>FIO-110007</t>
   </si>
   <si>
     <t>GL173N</t>
   </si>
   <si>
     <t>фильтр косой VR усиленный 1/2" никелированный (16/160шт)</t>
   </si>
   <si>
-    <t>303.45 руб.</t>
+    <t>343.61 руб.</t>
+  </si>
+  <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
+    <t>FIO-110008</t>
+  </si>
+  <si>
+    <t>GL174N</t>
+  </si>
+  <si>
+    <t>фильтр косой 3/4" никелированный (10/160шт)</t>
+  </si>
+  <si>
+    <t>499.80 руб.</t>
+  </si>
+  <si>
+    <t>FIO-110009</t>
+  </si>
+  <si>
+    <t>GL175N</t>
+  </si>
+  <si>
+    <t>фильтр косой VR усиленный 1" никелированный (10/160шт)</t>
+  </si>
+  <si>
+    <t>687.23 руб.</t>
   </si>
   <si>
     <t>&gt;10</t>
   </si>
   <si>
+    <t>VER-000431</t>
+  </si>
+  <si>
+    <t>GL176N</t>
+  </si>
+  <si>
+    <t>Фильтр грубой очистки Ø-1-1/4 НИКЕЛЬ "ViEiR" (40/4шт)</t>
+  </si>
+  <si>
+    <t>1 426.51 руб.</t>
+  </si>
+  <si>
+    <t>VER-000432</t>
+  </si>
+  <si>
+    <t>GL177N</t>
+  </si>
+  <si>
+    <t>Фильтр грубой очистки Ø-1-1/2 НИКЕЛЬ "ViEiR" (20/2шт)</t>
+  </si>
+  <si>
+    <t>2 088.45 руб.</t>
+  </si>
+  <si>
+    <t>VER-000433</t>
+  </si>
+  <si>
+    <t>GL178N</t>
+  </si>
+  <si>
+    <t>Фильтр грубой очистки Ø-2 НИКЕЛЬ "ViEiR" (20/2шт)</t>
+  </si>
+  <si>
+    <t>2 643.29 руб.</t>
+  </si>
+  <si>
+    <t>VER-001323</t>
+  </si>
+  <si>
+    <t>GL10-13</t>
+  </si>
+  <si>
+    <t>Косой фильтр с дренажным краном 1/2" (120/12шт)</t>
+  </si>
+  <si>
+    <t>539.96 руб.</t>
+  </si>
+  <si>
+    <t>VER-001324</t>
+  </si>
+  <si>
+    <t>GL10-14</t>
+  </si>
+  <si>
+    <t>Косой фильтр с дренажным краном 3/4" (80/8шт)</t>
+  </si>
+  <si>
+    <t>703.59 руб.</t>
+  </si>
+  <si>
+    <t>VER-001325</t>
+  </si>
+  <si>
+    <t>GL10-15</t>
+  </si>
+  <si>
+    <t>Косой фильтр с дренажным краном 1" (60/6шт)</t>
+  </si>
+  <si>
+    <t>904.40 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-320025</t>
+  </si>
+  <si>
+    <t>GL133</t>
+  </si>
+  <si>
+    <t>Кран с фильтром бабочка 1/2" VR  (8/96шт)</t>
+  </si>
+  <si>
+    <t>606.90 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-320026</t>
+  </si>
+  <si>
+    <t>GL134</t>
+  </si>
+  <si>
+    <t>Кран с фильтром бабочка 3/4" VR  (6/48шт)</t>
+  </si>
+  <si>
+    <t>1 038.28 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-320027</t>
+  </si>
+  <si>
+    <t>GL135</t>
+  </si>
+  <si>
+    <t>Кран с фильтром бабочка 1" VR  (2/24шт)</t>
+  </si>
+  <si>
+    <t>1 551.46 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-320028</t>
+  </si>
+  <si>
+    <t>GL143</t>
+  </si>
+  <si>
+    <t>Кран с фильтром ручка 1/2" VR (8/72шт)</t>
+  </si>
+  <si>
+    <t>627.73 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-320029</t>
+  </si>
+  <si>
+    <t>GL144</t>
+  </si>
+  <si>
+    <t>Кран с фильтром ручка 3/4" VR (6/36шт)</t>
+  </si>
+  <si>
+    <t>1 015.96 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-320030</t>
+  </si>
+  <si>
+    <t>GL145</t>
+  </si>
+  <si>
+    <t>Кран с фильтром ручка 1" VR (2/24шт)</t>
+  </si>
+  <si>
+    <t>1 505.35 руб.</t>
+  </si>
+  <si>
+    <t>Фильтра косые латунные VALTEC</t>
+  </si>
+  <si>
+    <t>VLC-422001</t>
+  </si>
+  <si>
+    <t>VT.190.N.04</t>
+  </si>
+  <si>
+    <t>Фильтр косой 1/2" нар.-нар.   (14 /224шт)</t>
+  </si>
+  <si>
+    <t>394.00 руб.</t>
+  </si>
+  <si>
+    <t>&gt;100</t>
+  </si>
+  <si>
+    <t>VLC-422002</t>
+  </si>
+  <si>
+    <t>VT.191.N.04</t>
+  </si>
+  <si>
+    <t>Фильтр косой 1/2" вн.-нар. (14 /224шт)</t>
+  </si>
+  <si>
+    <t>&gt;500</t>
+  </si>
+  <si>
+    <t>VLC-422003</t>
+  </si>
+  <si>
+    <t>VT.192.N.04</t>
+  </si>
+  <si>
+    <t>Фильтр косой 1/2"  (14 /224шт)</t>
+  </si>
+  <si>
+    <t>340.00 руб.</t>
+  </si>
+  <si>
+    <t>&gt;5000</t>
+  </si>
+  <si>
+    <t>VLC-422004</t>
+  </si>
+  <si>
+    <t>VT.192.N.05</t>
+  </si>
+  <si>
+    <t>Фильтр косой 3/4" (10 /120шт)</t>
+  </si>
+  <si>
+    <t>599.00 руб.</t>
+  </si>
+  <si>
     <t>&gt;25</t>
   </si>
   <si>
-    <t>FIO-110008</t>
-[...223 lines deleted...]
-  <si>
     <t>VLC-422005</t>
   </si>
   <si>
     <t>VT.192.N.06</t>
   </si>
   <si>
     <t>Фильтр косой 1" (4 /64шт)</t>
   </si>
   <si>
     <t>1 115.00 руб.</t>
   </si>
   <si>
     <t>VLC-422006</t>
   </si>
   <si>
     <t>VT.192.N.07</t>
   </si>
   <si>
     <t>Фильтр косой 1 1/4" (5 /40шт)</t>
   </si>
   <si>
     <t>1 851.00 руб.</t>
   </si>
   <si>
-    <t>&gt;500</t>
-[...1 lines deleted...]
-  <si>
     <t>VLC-422007</t>
   </si>
   <si>
     <t>VT.192.N.08</t>
   </si>
   <si>
     <t>Фильтр косой 1 1/2" (4 /32шт)</t>
   </si>
   <si>
     <t>2 809.00 руб.</t>
   </si>
   <si>
     <t>VLC-422008</t>
   </si>
   <si>
     <t>VT.192.N.09</t>
   </si>
   <si>
     <t>Фильтр косой 2" (2 /18шт)</t>
   </si>
   <si>
     <t>3 711.00 руб.</t>
   </si>
   <si>
     <t>VLC-422009</t>
   </si>
   <si>
     <t>VT.193.N.04</t>
   </si>
   <si>
     <t>Фильтр косой 1/2" (c заглушкой)  (16 /96шт)</t>
   </si>
   <si>
     <t>416.00 руб.</t>
   </si>
   <si>
     <t>VLC-422010</t>
   </si>
   <si>
     <t>VT.193.N.05</t>
   </si>
   <si>
     <t>Фильтр косой 3/4" (c заглушкой)  (12 /48шт)</t>
   </si>
   <si>
     <t>835.00 руб.</t>
   </si>
   <si>
-    <t>&gt;50</t>
-[...1 lines deleted...]
-  <si>
     <t>VLC-422011</t>
   </si>
   <si>
     <t>VT.193.N.06</t>
   </si>
   <si>
     <t>Фильтр косой 1"  (c заглушкой)  (4 /24шт)</t>
   </si>
   <si>
     <t>1 389.00 руб.</t>
   </si>
   <si>
     <t>Фильтра косые латунные ZEGOR</t>
   </si>
   <si>
     <t>ZGR-000057</t>
   </si>
   <si>
     <t>G1</t>
   </si>
   <si>
     <t>Фильтр косой Zegor 1/2" грубой очистки латунный (30/120шт)</t>
   </si>
   <si>
     <t>322.55 руб.</t>
@@ -582,75 +579,75 @@
   <si>
     <t>365.94 руб.</t>
   </si>
   <si>
     <t>OTM-110056</t>
   </si>
   <si>
     <t>Фильтр косой 1" грубой очистки латунный (10/100шт)</t>
   </si>
   <si>
     <t>490.77 руб.</t>
   </si>
   <si>
     <t>Фильтра косые латунные TEBO</t>
   </si>
   <si>
     <t>ALT-122004</t>
   </si>
   <si>
     <t>T-Фг.801.12.CN</t>
   </si>
   <si>
     <t>Фильтр грубой очистки TEBO ВН/ВН 1/2" (400 мкм) (20/160шт)</t>
   </si>
   <si>
-    <t>280.34 руб.</t>
+    <t>330.52 руб.</t>
   </si>
   <si>
     <t>ALT-122005</t>
   </si>
   <si>
     <t>T-Фг.801.34.CN</t>
   </si>
   <si>
     <t>Фильтр грубой очистки TEBO ВН/ВН 3/4" (400 мкм) (13/104)</t>
   </si>
   <si>
-    <t>434.38 руб.</t>
+    <t>498.07 руб.</t>
   </si>
   <si>
     <t>ALT-122006</t>
   </si>
   <si>
     <t>T-Фг.801.1.CN</t>
   </si>
   <si>
     <t>Фильтр грубой очистки TEBO ВН/ВН 1" (400 мкм) (6/48) (шт.)</t>
   </si>
   <si>
-    <t>811.51 руб.</t>
+    <t>956.44 руб.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -2490,840 +2487,840 @@
       <c r="G4" s="8"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>818868</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K5" s="2" t="str">
-        <f>J5*300.48</f>
+        <f>J5*339.15</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>818869</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G6" s="2">
         <v>0</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K6" s="2" t="str">
-        <f>J6*435.84</f>
+        <f>J6*493.85</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>818870</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G7" s="2">
         <v>0</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K7" s="2" t="str">
-        <f>J7*599.46</f>
+        <f>J7*679.79</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>818871</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G8" s="2">
         <v>0</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K8" s="2" t="str">
-        <f>J8*1219.75</f>
+        <f>J8*1367.01</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>818872</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G9" s="2">
         <v>0</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K9" s="2" t="str">
-        <f>J9*1804.34</f>
+        <f>J9*2046.80</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>818873</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G10" s="2">
         <v>0</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K10" s="2" t="str">
-        <f>J10*2283.31</f>
+        <f>J10*2591.23</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>834461</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>42</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
-      <c r="I11" s="1" t="s">
-        <v>43</v>
+      <c r="I11" s="1">
+        <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K11" s="2" t="str">
-        <f>J11*303.45</f>
+        <f>J11*343.61</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>834462</v>
       </c>
       <c r="C12" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="D12" s="1" t="s">
+      <c r="E12" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="E12" s="2" t="s">
+      <c r="F12" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="F12" s="2" t="s">
-[...3 lines deleted...]
-        <v>42</v>
+      <c r="G12" s="2">
+        <v>9</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K12" s="2" t="str">
-        <f>J12*441.79</f>
+        <f>J12*499.80</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>834463</v>
       </c>
       <c r="C13" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D13" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="D13" s="1" t="s">
+      <c r="E13" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="F13" s="2" t="s">
+      <c r="G13" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="G13" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K13" s="2" t="str">
-        <f>J13*606.90</f>
+        <f>J13*687.23</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>878113</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G14" s="2">
         <v>0</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K14" s="2" t="str">
-        <f>J14*1261.40</f>
+        <f>J14*1426.51</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>878114</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>57</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G15" s="2">
         <v>0</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K15" s="2" t="str">
-        <f>J15*1869.79</f>
+        <f>J15*2088.45</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>878115</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>61</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G16" s="2">
         <v>0</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K16" s="2" t="str">
-        <f>J16*2366.61</f>
+        <f>J16*2643.29</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>885111</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>65</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>66</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G17" s="2">
         <v>9</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K17" s="2" t="str">
-        <f>J17*483.44</f>
+        <f>J17*539.96</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>885112</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>69</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G18" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K18" s="2" t="str">
-        <f>J18*629.21</f>
+        <f>J18*703.59</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>885113</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G19" s="2">
         <v>5</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K19" s="2" t="str">
-        <f>J19*810.69</f>
+        <f>J19*904.40</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>823126</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>77</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="G20" s="2" t="s">
-        <v>42</v>
+      <c r="G20" s="2">
+        <v>0</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K20" s="2" t="str">
-        <f>J20*522.11</f>
+        <f>J20*606.90</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>823127</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>80</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>81</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>82</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="G21" s="2">
-        <v>3</v>
+      <c r="G21" s="2" t="s">
+        <v>51</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K21" s="2" t="str">
-        <f>J21*929.69</f>
+        <f>J21*1038.28</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>823128</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>85</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>87</v>
       </c>
       <c r="G22" s="2">
         <v>6</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K22" s="2" t="str">
-        <f>J22*1448.83</f>
+        <f>J22*1551.46</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>823129</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>88</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>89</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>90</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>91</v>
       </c>
       <c r="G23" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K23" s="2" t="str">
-        <f>J23*536.99</f>
+        <f>J23*627.73</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>823130</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>92</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>93</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>94</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>95</v>
       </c>
       <c r="G24" s="2">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K24" s="2" t="str">
-        <f>J24*901.43</f>
+        <f>J24*1015.96</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>823131</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>96</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>97</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>99</v>
       </c>
       <c r="G25" s="2">
         <v>6</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K25" s="2" t="str">
-        <f>J25*1425.03</f>
+        <f>J25*1505.35</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" outlineLevel="2">
       <c r="A26" s="8" t="s">
         <v>100</v>
       </c>
       <c r="B26" s="8"/>
       <c r="C26" s="8"/>
       <c r="D26" s="8"/>
       <c r="E26" s="8"/>
       <c r="F26" s="8"/>
       <c r="G26" s="8"/>
       <c r="H26" s="8"/>
       <c r="I26" s="8"/>
       <c r="J26" s="8"/>
       <c r="K26" s="8"/>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>818841</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>102</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>104</v>
       </c>
       <c r="G27" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="H27" s="2" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K27" s="2" t="str">
         <f>J27*394.00</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>818842</v>
       </c>
       <c r="C28" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="D28" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="D28" s="1" t="s">
+      <c r="E28" s="2" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>104</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>42</v>
       </c>
       <c r="H28" s="2" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K28" s="2" t="str">
         <f>J28*394.00</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>818843</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>111</v>
       </c>
       <c r="E29" s="2" t="s">
@@ -3346,770 +3343,770 @@
       </c>
       <c r="K29" s="2" t="str">
         <f>J29*340.00</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>818844</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>115</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>116</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>117</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>43</v>
+        <v>119</v>
       </c>
       <c r="H30" s="2" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K30" s="2" t="str">
         <f>J30*599.00</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>818845</v>
       </c>
       <c r="C31" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E31" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="F31" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="G31" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="D31" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H31" s="2" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K31" s="2" t="str">
         <f>J31*1115.00</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>818846</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>127</v>
+      </c>
+      <c r="G32" s="2" t="s">
+        <v>51</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>127</v>
+        <v>105</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K32" s="2" t="str">
         <f>J32*1851.00</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>818847</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>128</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>129</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="G33" s="2">
-        <v>4</v>
+      <c r="G33" s="2" t="s">
+        <v>51</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>105</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K33" s="2" t="str">
         <f>J33*2809.00</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>818848</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>132</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>133</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>134</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>135</v>
       </c>
       <c r="G34" s="2">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>105</v>
+        <v>7</v>
+      </c>
+      <c r="H34" s="2">
+        <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K34" s="2" t="str">
         <f>J34*3711.00</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>818849</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>136</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>137</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>138</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>139</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>43</v>
+        <v>119</v>
       </c>
       <c r="H35" s="2" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K35" s="2" t="str">
         <f>J35*416.00</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>818850</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>140</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>141</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>142</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>143</v>
       </c>
       <c r="G36" s="2">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="H36" s="2" t="s">
-        <v>144</v>
+        <v>42</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K36" s="2" t="str">
         <f>J36*835.00</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>818851</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="D37" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="D37" s="1" t="s">
+      <c r="E37" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="E37" s="2" t="s">
+      <c r="F37" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="F37" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G37" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K37" s="2" t="str">
         <f>J37*1389.00</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" outlineLevel="2">
       <c r="A38" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B38" s="8"/>
       <c r="C38" s="8"/>
       <c r="D38" s="8"/>
       <c r="E38" s="8"/>
       <c r="F38" s="8"/>
       <c r="G38" s="8"/>
       <c r="H38" s="8"/>
       <c r="I38" s="8"/>
       <c r="J38" s="8"/>
       <c r="K38" s="8"/>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>833196</v>
       </c>
       <c r="C39" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="D39" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="D39" s="1" t="s">
+      <c r="E39" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="E39" s="2" t="s">
+      <c r="F39" s="2" t="s">
         <v>152</v>
       </c>
-      <c r="F39" s="2" t="s">
-[...3 lines deleted...]
-        <v>43</v>
+      <c r="G39" s="2">
+        <v>3</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K39" s="2" t="str">
         <f>J39*322.55</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>833197</v>
       </c>
       <c r="C40" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D40" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="D40" s="1" t="s">
+      <c r="E40" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="E40" s="2" t="s">
+      <c r="F40" s="2" t="s">
         <v>156</v>
       </c>
-      <c r="F40" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G40" s="2" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K40" s="2" t="str">
         <f>J40*513.97</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>833198</v>
       </c>
       <c r="C41" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D41" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="D41" s="1" t="s">
+      <c r="E41" s="2" t="s">
         <v>159</v>
       </c>
-      <c r="E41" s="2" t="s">
+      <c r="F41" s="2" t="s">
         <v>160</v>
       </c>
-      <c r="F41" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G41" s="2" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K41" s="2" t="str">
         <f>J41*598.94</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>837284</v>
       </c>
       <c r="C42" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="D42" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="D42" s="1" t="s">
+      <c r="E42" s="2" t="s">
         <v>163</v>
       </c>
-      <c r="E42" s="2" t="s">
+      <c r="F42" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="F42" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G42" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K42" s="2" t="str">
         <f>J42*1149.99</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>837285</v>
       </c>
       <c r="C43" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D43" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="D43" s="1" t="s">
+      <c r="E43" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="E43" s="2" t="s">
+      <c r="F43" s="2" t="s">
         <v>168</v>
       </c>
-      <c r="F43" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G43" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K43" s="2" t="str">
         <f>J43*1527.19</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>837286</v>
       </c>
       <c r="C44" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D44" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="D44" s="1" t="s">
+      <c r="E44" s="2" t="s">
         <v>171</v>
       </c>
-      <c r="E44" s="2" t="s">
+      <c r="F44" s="2" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="G44" s="2">
         <v>0</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K44" s="2" t="str">
         <f>J44*2326.77</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" outlineLevel="2">
       <c r="A45" s="8" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="B45" s="8"/>
       <c r="C45" s="8"/>
       <c r="D45" s="8"/>
       <c r="E45" s="8"/>
       <c r="F45" s="8"/>
       <c r="G45" s="8"/>
       <c r="H45" s="8"/>
       <c r="I45" s="8"/>
       <c r="J45" s="8"/>
       <c r="K45" s="8"/>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>882883</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="D46" s="1"/>
       <c r="E46" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="F46" s="2" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>105</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K46" s="2" t="str">
         <f>J46*220.59</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>883346</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="D47" s="1"/>
       <c r="E47" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="F47" s="2" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>105</v>
       </c>
       <c r="H47" s="2">
         <v>0</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K47" s="2" t="str">
         <f>J47*365.94</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>883347</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="D48" s="1"/>
       <c r="E48" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="F48" s="2" t="s">
         <v>182</v>
       </c>
-      <c r="F48" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G48" s="2" t="s">
-        <v>144</v>
+        <v>42</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K48" s="2" t="str">
         <f>J48*490.77</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" outlineLevel="2">
       <c r="A49" s="8" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="B49" s="8"/>
       <c r="C49" s="8"/>
       <c r="D49" s="8"/>
       <c r="E49" s="8"/>
       <c r="F49" s="8"/>
       <c r="G49" s="8"/>
       <c r="H49" s="8"/>
       <c r="I49" s="8"/>
       <c r="J49" s="8"/>
       <c r="K49" s="8"/>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>885401</v>
       </c>
       <c r="C50" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D50" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="D50" s="1" t="s">
+      <c r="E50" s="2" t="s">
         <v>186</v>
       </c>
-      <c r="E50" s="2" t="s">
+      <c r="F50" s="2" t="s">
         <v>187</v>
       </c>
-      <c r="F50" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G50" s="2" t="s">
-        <v>144</v>
+        <v>51</v>
       </c>
       <c r="H50" s="2">
         <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K50" s="2" t="str">
-        <f>J50*280.34</f>
+        <f>J50*330.52</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
         <v>885402</v>
       </c>
       <c r="C51" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="D51" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="D51" s="1" t="s">
+      <c r="E51" s="2" t="s">
         <v>190</v>
       </c>
-      <c r="E51" s="2" t="s">
+      <c r="F51" s="2" t="s">
         <v>191</v>
       </c>
-      <c r="F51" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G51" s="2" t="s">
-        <v>43</v>
+        <v>119</v>
       </c>
       <c r="H51" s="2">
         <v>0</v>
       </c>
       <c r="I51" s="1">
         <v>0</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K51" s="2" t="str">
-        <f>J51*434.38</f>
+        <f>J51*498.07</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>885403</v>
       </c>
       <c r="C52" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="D52" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="D52" s="1" t="s">
+      <c r="E52" s="2" t="s">
         <v>194</v>
       </c>
-      <c r="E52" s="2" t="s">
+      <c r="F52" s="2" t="s">
         <v>195</v>
       </c>
-      <c r="F52" s="2" t="s">
-[...3 lines deleted...]
-        <v>42</v>
+      <c r="G52" s="2">
+        <v>10</v>
       </c>
       <c r="H52" s="2">
         <v>0</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K52" s="2" t="str">
-        <f>J52*811.51</f>
+        <f>J52*956.44</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A26:K26"/>
     <mergeCell ref="A38:K38"/>
     <mergeCell ref="A45:K45"/>
     <mergeCell ref="A49:K49"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>