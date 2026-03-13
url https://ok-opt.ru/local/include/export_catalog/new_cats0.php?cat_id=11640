--- v0 (2025-12-07)
+++ v1 (2026-03-13)
@@ -81,51 +81,51 @@
   <si>
     <t>VR683</t>
   </si>
   <si>
     <t>сетка для обратного клапана 1/2" (60/360шт)</t>
   </si>
   <si>
     <t>20.83 руб.</t>
   </si>
   <si>
     <t>&gt;100</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>FIO-270002</t>
   </si>
   <si>
     <t>VR684</t>
   </si>
   <si>
     <t>сетка для обратного клапана 3/4" (40/240шт)</t>
   </si>
   <si>
-    <t>23.80 руб.</t>
+    <t>22.31 руб.</t>
   </si>
   <si>
     <t>&gt;50</t>
   </si>
   <si>
     <t>FIO-270003</t>
   </si>
   <si>
     <t>VR685</t>
   </si>
   <si>
     <t>сетка для обратного клапана 1" (24/144шт)</t>
   </si>
   <si>
     <t>34.21 руб.</t>
   </si>
   <si>
     <t>FIO-270004</t>
   </si>
   <si>
     <t>VR686</t>
   </si>
   <si>
     <t>сетка для обратного клапана 1 1/4" (12/72шт)</t>
   </si>
@@ -1030,51 +1030,51 @@
       <c r="C5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K5" s="2" t="str">
-        <f>J5*23.80</f>
+        <f>J5*22.31</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>818943</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="2">
@@ -1158,89 +1158,89 @@
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*69.91</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>818946</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G9" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K9" s="2" t="str">
         <f>J9*90.74</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>818865</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G10" s="2">
         <v>0</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K10" s="2" t="str">
         <f>J10*173.00</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>818866</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E11" s="2" t="s">
@@ -1266,51 +1266,51 @@
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>818867</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G12" s="2">
         <v>0</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K12" s="2" t="str">
         <f>J12*121.00</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>