--- v0 (2025-10-19)
+++ v1 (2026-01-29)
@@ -16,539 +16,533 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="245">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="255">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>Клапана обратные</t>
   </si>
   <si>
     <t>Обратные клапана латунные VIEIR стандарт</t>
   </si>
   <si>
     <t>FIO-290001</t>
   </si>
   <si>
     <t>ZH673Q</t>
   </si>
   <si>
     <t>клапан обратный пруж. VR с лат.серд. 1/2" (25/240шт)</t>
   </si>
   <si>
-    <t>285.71 руб.</t>
+    <t>345.10 руб.</t>
+  </si>
+  <si>
+    <t>&gt;25</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>FIO-290002</t>
+  </si>
+  <si>
+    <t>ZH674Q</t>
+  </si>
+  <si>
+    <t>клапан обратный пруж. VR с лат.серд. 3/4" (8/128шт)</t>
+  </si>
+  <si>
+    <t>493.85 руб.</t>
+  </si>
+  <si>
+    <t>FIO-290003</t>
+  </si>
+  <si>
+    <t>ZH675Q</t>
+  </si>
+  <si>
+    <t>клапан обратный пруж. VR с лат.серд. 1" (8/72шт)</t>
+  </si>
+  <si>
+    <t>641.11 руб.</t>
+  </si>
+  <si>
+    <t>Обратные клапана латунные VIEIR усиленные</t>
+  </si>
+  <si>
+    <t>FIO-210001</t>
+  </si>
+  <si>
+    <t>ZH673</t>
+  </si>
+  <si>
+    <t>клапан обратный пруж. VR усиленый 1/2" с лат.серд. (20/160шт)</t>
+  </si>
+  <si>
+    <t>400.14 руб.</t>
+  </si>
+  <si>
+    <t>FIO-210002</t>
+  </si>
+  <si>
+    <t>ZH674</t>
+  </si>
+  <si>
+    <t>клапан обратный пруж. VR усиленый 3/4" с лат.серд. (12/96шт)</t>
+  </si>
+  <si>
+    <t>632.19 руб.</t>
+  </si>
+  <si>
+    <t>&gt;10</t>
+  </si>
+  <si>
+    <t>FIO-210003</t>
+  </si>
+  <si>
+    <t>ZH675</t>
+  </si>
+  <si>
+    <t>клапан обратный пруж. VR усиленый 1" с лат.серд. (8/64шт)</t>
+  </si>
+  <si>
+    <t>922.25 руб.</t>
+  </si>
+  <si>
+    <t>FIO-210004</t>
+  </si>
+  <si>
+    <t>ZH676</t>
+  </si>
+  <si>
+    <t>клапан обратный пруж. VR усиленый 1 1/4" с лат.серд. (4/40шт)</t>
+  </si>
+  <si>
+    <t>1 359.58 руб.</t>
+  </si>
+  <si>
+    <t>FIO-210005</t>
+  </si>
+  <si>
+    <t>ZH677</t>
+  </si>
+  <si>
+    <t>клапан обратный пруж. VR усиленый 1 1/2" с лат.серд. (2/32шт)</t>
+  </si>
+  <si>
+    <t>2 061.68 руб.</t>
+  </si>
+  <si>
+    <t>FIO-210006</t>
+  </si>
+  <si>
+    <t>ZH678</t>
+  </si>
+  <si>
+    <t>клапан обратный пруж. VR усиленый 2" с лат.серд. (2/32шт)</t>
+  </si>
+  <si>
+    <t>3 153.50 руб.</t>
+  </si>
+  <si>
+    <t>FIO-290004</t>
+  </si>
+  <si>
+    <t>ZHM675</t>
+  </si>
+  <si>
+    <t>клапан обратный пруж.  с лат.серд. 1" НАР-ВН (для скважин) с доп. упл. (8/64шт)</t>
+  </si>
+  <si>
+    <t>904.40 руб.</t>
+  </si>
+  <si>
+    <t>FIO-290005</t>
+  </si>
+  <si>
+    <t>ZHM676</t>
+  </si>
+  <si>
+    <t>клапан обратный пруж. VR усиленный с лат.серд. 1" ВН-НАР с доп. упл. (для насос. станции) (8/64шт)</t>
+  </si>
+  <si>
+    <t>Обратные клапана латунные VALTEC</t>
+  </si>
+  <si>
+    <t>VLC-441001</t>
+  </si>
+  <si>
+    <t>VT.151.N.04</t>
+  </si>
+  <si>
+    <t>Клапан обратный  1/2" (латунный золотник) (13 /208шт)</t>
+  </si>
+  <si>
+    <t>446.00 руб.</t>
+  </si>
+  <si>
+    <t>&gt;1000</t>
+  </si>
+  <si>
+    <t>VLC-441002</t>
+  </si>
+  <si>
+    <t>VT.151.N.05</t>
+  </si>
+  <si>
+    <t>Клапан обратный  3/4" (латунный золотник) (11 /132шт)</t>
+  </si>
+  <si>
+    <t>657.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-441003</t>
+  </si>
+  <si>
+    <t>VT.151.N.06</t>
+  </si>
+  <si>
+    <t>Клапан обратный  1" (латунный золотник)  (8 /96шт)</t>
+  </si>
+  <si>
+    <t>1 012.00 руб.</t>
+  </si>
+  <si>
+    <t>&gt;500</t>
+  </si>
+  <si>
+    <t>VLC-441004</t>
+  </si>
+  <si>
+    <t>VT.161.N.04</t>
+  </si>
+  <si>
+    <t>Клапан обратный  1/2"  (20 /320шт)</t>
+  </si>
+  <si>
+    <t>397.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-441005</t>
+  </si>
+  <si>
+    <t>VT.161.N.05</t>
+  </si>
+  <si>
+    <t>Клапан обратный  3/4"  (15 /240шт)</t>
+  </si>
+  <si>
+    <t>489.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-441006</t>
+  </si>
+  <si>
+    <t>VT.161.N.06</t>
+  </si>
+  <si>
+    <t>Клапан обратный  1"  (10 /120шт)</t>
+  </si>
+  <si>
+    <t>808.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-441007</t>
+  </si>
+  <si>
+    <t>VT.161.N.07</t>
+  </si>
+  <si>
+    <t>Клапан обратный  1 1/4" (6 /72шт)</t>
+  </si>
+  <si>
+    <t>1 157.00 руб.</t>
+  </si>
+  <si>
+    <t>&gt;100</t>
+  </si>
+  <si>
+    <t>VLC-441008</t>
+  </si>
+  <si>
+    <t>VT.161.N.08</t>
+  </si>
+  <si>
+    <t>Клапан обратный  1 1/2" (4 /48шт)</t>
+  </si>
+  <si>
+    <t>1 946.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-441009</t>
+  </si>
+  <si>
+    <t>VT.161.N.09</t>
+  </si>
+  <si>
+    <t>Клапан обратный  2" (3 /24шт)</t>
+  </si>
+  <si>
+    <t>2 768.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-441010</t>
+  </si>
+  <si>
+    <t>VT.171.N.04</t>
+  </si>
+  <si>
+    <t>Обратный клапан с дренажем и воздухоотводчиком  1/2" (10 /60шт)</t>
+  </si>
+  <si>
+    <t>1 016.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-441011</t>
+  </si>
+  <si>
+    <t>VT.171.N.05</t>
+  </si>
+  <si>
+    <t>Обратный клапан с дренажем и воздухоотводчиком  3/4" (8 /32шт)</t>
+  </si>
+  <si>
+    <t>1 430.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-441012</t>
+  </si>
+  <si>
+    <t>VT.171.N.06</t>
+  </si>
+  <si>
+    <t>Обратный клапан с дренажем и воздухоотводчиком  1" (6 /24шт)</t>
+  </si>
+  <si>
+    <t>2 148.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-441013</t>
+  </si>
+  <si>
+    <t>VT.171.N.07</t>
+  </si>
+  <si>
+    <t>Обратный клапан с дренажем и воздухоотводчиком  1 1/4" (3 /12шт)</t>
+  </si>
+  <si>
+    <t>3 216.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-441014</t>
+  </si>
+  <si>
+    <t>VT.202.N.06</t>
+  </si>
+  <si>
+    <t>Клапан обратный для гравитационных  систем   1" (3 /24шт)</t>
+  </si>
+  <si>
+    <t>3 169.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-441015</t>
+  </si>
+  <si>
+    <t>VT.202.N.07</t>
+  </si>
+  <si>
+    <t>Клапан обратный для гравитационных  систем  1 1/4" (2 /16шт)</t>
+  </si>
+  <si>
+    <t>5 505.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-999007</t>
+  </si>
+  <si>
+    <t>VT.151.N.07</t>
+  </si>
+  <si>
+    <t>Клапан обратный 1 1/4" (латунный золотник)</t>
+  </si>
+  <si>
+    <t>1 599.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-999008</t>
+  </si>
+  <si>
+    <t>VT.151.N.08</t>
+  </si>
+  <si>
+    <t>Клапан обратный 1 1/2" (латунный золотник)</t>
+  </si>
+  <si>
+    <t>2 135.00 руб.</t>
   </si>
   <si>
     <t>&gt;50</t>
   </si>
   <si>
-    <t>шт</t>
-[...349 lines deleted...]
-  <si>
     <t>VLC-999009</t>
   </si>
   <si>
     <t>VT.151.N.09</t>
   </si>
   <si>
     <t>Клапан обратный 2" (латунный золотник)</t>
   </si>
   <si>
     <t>3 185.00 руб.</t>
   </si>
   <si>
     <t>Обратные клапана латунные VIEIR горизонтальные</t>
   </si>
   <si>
     <t>FIO-250001</t>
   </si>
   <si>
     <t>ZH679</t>
   </si>
   <si>
-    <t>Горизонтальный обратный клапан  1/2 VR (10/160шт)</t>
-[...2 lines deleted...]
-    <t>296.13 руб.</t>
+    <t>Горизонтальный обратный клапан  1/2 VR (20/160шт)</t>
+  </si>
+  <si>
+    <t>328.74 руб.</t>
   </si>
   <si>
     <t>FIO-250002</t>
   </si>
   <si>
     <t>ZH680</t>
   </si>
   <si>
-    <t>Горизонтальный обратный клапан  3/4 VR (10/120шт)</t>
-[...2 lines deleted...]
-    <t>409.22 руб.</t>
+    <t>Горизонтальный обратный клапан  3/4 VR (12/96шт)</t>
+  </si>
+  <si>
+    <t>453.69 руб.</t>
   </si>
   <si>
     <t>FIO-250003</t>
   </si>
   <si>
     <t>ZH681</t>
   </si>
   <si>
-    <t>Горизонтальный обратный клапан  1 VR (8/64шт)</t>
-[...2 lines deleted...]
-    <t>654.75 руб.</t>
+    <t>Горизонтальный обратный клапан  1 VR (10/80шт)</t>
+  </si>
+  <si>
+    <t>725.90 руб.</t>
   </si>
   <si>
     <t>FIO-250004</t>
   </si>
   <si>
     <t>ZH682</t>
   </si>
   <si>
-    <t>Горизонтальный обратный клапан  11/4 VR (5/60шт)</t>
-[...2 lines deleted...]
-    <t>1 123.49 руб.</t>
+    <t>Горизонтальный обратный клапан  11/4 VR (5/40шт)</t>
+  </si>
+  <si>
+    <t>1 243.55 руб.</t>
   </si>
   <si>
     <t>FIO-250005</t>
   </si>
   <si>
     <t>ZH683</t>
   </si>
   <si>
-    <t>Горизонтальный обратный клапан  11/2  VR (5/60шт)</t>
-[...2 lines deleted...]
-    <t>1 357.12 руб.</t>
+    <t>Горизонтальный обратный клапан  11/2  VR (4/32шт)</t>
+  </si>
+  <si>
+    <t>1 502.38 руб.</t>
   </si>
   <si>
     <t>FIO-250006</t>
   </si>
   <si>
     <t>ZH684</t>
   </si>
   <si>
-    <t>Горизонтальный обратный клапан  2  VR (2/30шт)</t>
-[...2 lines deleted...]
-    <t>2 058.00 руб.</t>
+    <t>Горизонтальный обратный клапан  2  VR (3/24шт)</t>
+  </si>
+  <si>
+    <t>2 278.85 руб.</t>
   </si>
   <si>
     <t>Обратные клапана латунные ZEGOR</t>
   </si>
   <si>
     <t>ZGR-000054</t>
   </si>
   <si>
     <t>FL1</t>
   </si>
   <si>
     <t>Обратный клапан Zegor усиленный 1/2" латунный шток (35/140шт)</t>
   </si>
   <si>
     <t>330.12 руб.</t>
   </si>
   <si>
     <t>ZGR-000055</t>
   </si>
   <si>
     <t>FL2</t>
   </si>
   <si>
     <t>Обратный клапан Zegor усиленный 3/4" латунный шток (25/100шт)</t>
   </si>
@@ -687,114 +681,150 @@
   <si>
     <t>340.29 руб.</t>
   </si>
   <si>
     <t>OTM-110556</t>
   </si>
   <si>
     <t>Обратный клапан с метал. штоком 1" (10/150шт)</t>
   </si>
   <si>
     <t>393.30 руб.</t>
   </si>
   <si>
     <t>Обратные клапана латунные VIEIR никелированные</t>
   </si>
   <si>
     <t>VER-001164</t>
   </si>
   <si>
     <t>ZH673-N</t>
   </si>
   <si>
     <t>Обратный клапан с металическим  штоком,  никелированный 1/2"  (200/25шт)</t>
   </si>
   <si>
-    <t>290.17 руб.</t>
+    <t>409.06 руб.</t>
   </si>
   <si>
     <t>VER-001165</t>
   </si>
   <si>
     <t>ZH674-N</t>
   </si>
   <si>
     <t>Обратный клапан с металическим  штоком,  никелированный 3/4"  (128/16шт)</t>
   </si>
   <si>
-    <t>424.10 руб.</t>
+    <t>599.46 руб.</t>
   </si>
   <si>
     <t>VER-001166</t>
   </si>
   <si>
     <t>ZH675-N</t>
   </si>
   <si>
     <t>Обратный клапан с металическим  штоком,  никелированный 1"  (72/9шт)</t>
   </si>
   <si>
-    <t>581.84 руб.</t>
+    <t>819.61 руб.</t>
+  </si>
+  <si>
+    <t>VER-001625</t>
+  </si>
+  <si>
+    <t>ZH650-01</t>
+  </si>
+  <si>
+    <t>Обратный клапан 1/2" латунный никелированный (120/12шт)</t>
+  </si>
+  <si>
+    <t>334.69 руб.</t>
+  </si>
+  <si>
+    <t>VER-001626</t>
+  </si>
+  <si>
+    <t>ZH650-02</t>
+  </si>
+  <si>
+    <t>Обратный клапан 3/4" латунный никелированный (60/6шт)</t>
+  </si>
+  <si>
+    <t>492.36 руб.</t>
+  </si>
+  <si>
+    <t>VER-001627</t>
+  </si>
+  <si>
+    <t>ZH650-03</t>
+  </si>
+  <si>
+    <t>Обратный клапан 1" латунный никелированный (50/5шт)</t>
+  </si>
+  <si>
+    <t>757.14 руб.</t>
   </si>
   <si>
     <t>Обратные клапана латунные TEBO</t>
   </si>
   <si>
     <t>ALT-122001</t>
   </si>
   <si>
     <t>T-Ко.701.12.CN</t>
   </si>
   <si>
     <t>Клапан обратный TEBO ВН/ВН 1/2" латунный сердечник (25/200)</t>
   </si>
   <si>
-    <t>284.92 руб.</t>
+    <t>275.66 руб.</t>
   </si>
   <si>
     <t>ALT-122002</t>
   </si>
   <si>
     <t>T-Ко.701.34.CN</t>
   </si>
   <si>
     <t>Клапан обратный TEBO ВН/ВН 3/4" латунный сердечник (20/160) (шт.)</t>
   </si>
   <si>
-    <t>320.22 руб.</t>
+    <t>309.82 руб.</t>
   </si>
   <si>
     <t>ALT-122003</t>
   </si>
   <si>
     <t>T-Ко.701.1.CN</t>
   </si>
   <si>
     <t>Клапан обратный TEBO ВН/ВН 1" латунный сердечник (12/96)</t>
   </si>
   <si>
-    <t>574.13 руб.</t>
+    <t>555.48 руб.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -877,51 +907,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c68695c9_d46a_11e9_8109_003048fd731b_4829afe5_0627_11ea_810d_003048fd731b1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c68695c5_d46a_11e9_8109_003048fd731b_4829afe6_0627_11ea_810d_003048fd731b2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c68695c7_d46a_11e9_8109_003048fd731b_4829afe7_0627_11ea_810d_003048fd731b3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba1d_86a5_11e9_8101_003048fd731b_c85d7d5d_281d_11ed_a30f_00259070b4874.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba1f_86a5_11e9_8101_003048fd731b_c85d7d5e_281d_11ed_a30f_00259070b4875.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba21_86a5_11e9_8101_003048fd731b_c85d7d5f_281d_11ed_a30f_00259070b4876.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba23_86a5_11e9_8101_003048fd731b_c85d7d60_281d_11ed_a30f_00259070b4877.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba25_86a5_11e9_8101_003048fd731b_c85d7d61_281d_11ed_a30f_00259070b4878.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba27_86a5_11e9_8101_003048fd731b_c85d7d62_281d_11ed_a30f_00259070b4879.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4687ac7f_ffbc_11e9_810b_003048fd731b_4a7d77f8_0312_11ef_a5a4_047c1617b14310.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3650f77e_f3c8_11eb_82ff_003048fd731b_4a7d77fa_0312_11ef_a5a4_047c1617b14311.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9e0_86a5_11e9_8101_003048fd731b_c85d7d0e_281d_11ed_a30f_00259070b48712.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9e4_86a5_11e9_8101_003048fd731b_c85d7d12_281d_11ed_a30f_00259070b48713.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9e8_86a5_11e9_8101_003048fd731b_c85d7d16_281d_11ed_a30f_00259070b48714.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9ec_86a5_11e9_8101_003048fd731b_c85d7d26_281d_11ed_a30f_00259070b48715.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9f0_86a5_11e9_8101_003048fd731b_c85d7d2a_281d_11ed_a30f_00259070b48716.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9f4_86a5_11e9_8101_003048fd731b_c85d7d2e_281d_11ed_a30f_00259070b48717.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9f8_86a5_11e9_8101_003048fd731b_c85d7d32_281d_11ed_a30f_00259070b48718.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9fc_86a5_11e9_8101_003048fd731b_c85d7d36_281d_11ed_a30f_00259070b48719.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba00_86a5_11e9_8101_003048fd731b_c85d7d3a_281d_11ed_a30f_00259070b48720.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba04_86a5_11e9_8101_003048fd731b_c85d7d3e_281d_11ed_a30f_00259070b48721.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba08_86a5_11e9_8101_003048fd731b_c85d7d42_281d_11ed_a30f_00259070b48722.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba0c_86a5_11e9_8101_003048fd731b_c85d7d46_281d_11ed_a30f_00259070b48723.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba10_86a5_11e9_8101_003048fd731b_c85d7d4a_281d_11ed_a30f_00259070b48724.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba14_86a5_11e9_8101_003048fd731b_c85d7d4e_281d_11ed_a30f_00259070b48725.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba18_86a5_11e9_8101_003048fd731b_c85d7d50_281d_11ed_a30f_00259070b48726.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3b5_0b65_11ec_831e_003048fd731b_c85d7d1a_281d_11ed_a30f_00259070b48727.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3b7_0b65_11ec_831e_003048fd731b_c85d7d1e_281d_11ed_a30f_00259070b48728.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3b9_0b65_11ec_831e_003048fd731b_c85d7d22_281d_11ed_a30f_00259070b48729.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba73_86a5_11e9_8101_003048fd731b_c85d7d57_281d_11ed_a30f_00259070b48730.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba77_86a5_11e9_8101_003048fd731b_c85d7d58_281d_11ed_a30f_00259070b48731.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba7b_86a5_11e9_8101_003048fd731b_c85d7d59_281d_11ed_a30f_00259070b48732.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba7f_86a5_11e9_8101_003048fd731b_c85d7d5a_281d_11ed_a30f_00259070b48733.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba83_86a5_11e9_8101_003048fd731b_c85d7d5b_281d_11ed_a30f_00259070b48734.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba87_86a5_11e9_8101_003048fd731b_c85d7d5c_281d_11ed_a30f_00259070b48735.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f455_c461_11eb_82be_003048fd731b_a15553b6_602e_11ec_a20b_00259070b48736.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f457_c461_11eb_82be_003048fd731b_a15553b7_602e_11ec_a20b_00259070b48737.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f459_c461_11eb_82be_003048fd731b_a15553b8_602e_11ec_a20b_00259070b48738.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b1cbc5_3e5b_11ec_836e_003048fd731b_a15553b9_602e_11ec_a20b_00259070b48739.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b1cbc7_3e5b_11ec_836e_003048fd731b_a15553ba_602e_11ec_a20b_00259070b48740.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b1cbc9_3e5b_11ec_836e_003048fd731b_a15553bb_602e_11ec_a20b_00259070b48741.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b1cbd9_3e5b_11ec_836e_003048fd731b_c85d7d64_281d_11ed_a30f_00259070b48742.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b1cbdb_3e5b_11ec_836e_003048fd731b_c85d7d65_281d_11ed_a30f_00259070b48743.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ea6b7b2_b825_11eb_82ae_003048fd731b_c85d7d68_281d_11ed_a30f_00259070b48744.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ea6b7b4_b825_11eb_82ae_003048fd731b_c85d7d6c_281d_11ed_a30f_00259070b48745.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ea6b7b6_b825_11eb_82ae_003048fd731b_c85d7d66_281d_11ed_a30f_00259070b48746.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2aeadee1_d53b_11eb_82d4_003048fd731b_c85d7d6a_281d_11ed_a30f_00259070b48747.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c80274c4_2e67_11ef_a5dc_047c1617b143_d159f9f3_42c7_11ef_a5f7_047c1617b14348.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c80274c6_2e67_11ef_a5dc_047c1617b143_d159f9f6_42c7_11ef_a5f7_047c1617b14349.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c80274c8_2e67_11ef_a5dc_047c1617b143_d159f9f9_42c7_11ef_a5f7_047c1617b14350.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a6d7b3d_847d_11ef_a64e_047c1617b143_1b5db3a0_f93d_11ef_a6ea_047c1617b14351.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a6d7b3f_847d_11ef_a64e_047c1617b143_1b5db3a3_f93d_11ef_a6ea_047c1617b14352.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a6d7b41_847d_11ef_a64e_047c1617b143_1b5db3a6_f93d_11ef_a6ea_047c1617b14353.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f3a_ba14_11ef_a69a_047c1617b143_bb06b65f_e214_11ef_a6cd_047c1617b14354.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f3c_ba14_11ef_a69a_047c1617b143_bb06b663_e214_11ef_a6cd_047c1617b14355.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f3e_ba14_11ef_a69a_047c1617b143_bb06b667_e214_11ef_a6cd_047c1617b14356.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c68695c9_d46a_11e9_8109_003048fd731b_4829afe5_0627_11ea_810d_003048fd731b1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c68695c5_d46a_11e9_8109_003048fd731b_4829afe6_0627_11ea_810d_003048fd731b2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c68695c7_d46a_11e9_8109_003048fd731b_4829afe7_0627_11ea_810d_003048fd731b3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba1d_86a5_11e9_8101_003048fd731b_c85d7d5d_281d_11ed_a30f_00259070b4874.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba1f_86a5_11e9_8101_003048fd731b_c85d7d5e_281d_11ed_a30f_00259070b4875.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba21_86a5_11e9_8101_003048fd731b_c85d7d5f_281d_11ed_a30f_00259070b4876.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba23_86a5_11e9_8101_003048fd731b_c85d7d60_281d_11ed_a30f_00259070b4877.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba25_86a5_11e9_8101_003048fd731b_c85d7d61_281d_11ed_a30f_00259070b4878.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba27_86a5_11e9_8101_003048fd731b_c85d7d62_281d_11ed_a30f_00259070b4879.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4687ac7f_ffbc_11e9_810b_003048fd731b_4a7d77f8_0312_11ef_a5a4_047c1617b14310.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3650f77e_f3c8_11eb_82ff_003048fd731b_4a7d77fa_0312_11ef_a5a4_047c1617b14311.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9e0_86a5_11e9_8101_003048fd731b_c85d7d0e_281d_11ed_a30f_00259070b48712.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9e4_86a5_11e9_8101_003048fd731b_c85d7d12_281d_11ed_a30f_00259070b48713.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9e8_86a5_11e9_8101_003048fd731b_c85d7d16_281d_11ed_a30f_00259070b48714.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9ec_86a5_11e9_8101_003048fd731b_c85d7d26_281d_11ed_a30f_00259070b48715.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9f0_86a5_11e9_8101_003048fd731b_c85d7d2a_281d_11ed_a30f_00259070b48716.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9f4_86a5_11e9_8101_003048fd731b_c85d7d2e_281d_11ed_a30f_00259070b48717.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9f8_86a5_11e9_8101_003048fd731b_c85d7d32_281d_11ed_a30f_00259070b48718.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41b9fc_86a5_11e9_8101_003048fd731b_c85d7d36_281d_11ed_a30f_00259070b48719.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba00_86a5_11e9_8101_003048fd731b_c85d7d3a_281d_11ed_a30f_00259070b48720.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba04_86a5_11e9_8101_003048fd731b_c85d7d3e_281d_11ed_a30f_00259070b48721.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba08_86a5_11e9_8101_003048fd731b_c85d7d42_281d_11ed_a30f_00259070b48722.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba0c_86a5_11e9_8101_003048fd731b_c85d7d46_281d_11ed_a30f_00259070b48723.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba10_86a5_11e9_8101_003048fd731b_c85d7d4a_281d_11ed_a30f_00259070b48724.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba14_86a5_11e9_8101_003048fd731b_c85d7d4e_281d_11ed_a30f_00259070b48725.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba18_86a5_11e9_8101_003048fd731b_c85d7d50_281d_11ed_a30f_00259070b48726.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3b5_0b65_11ec_831e_003048fd731b_c85d7d1a_281d_11ed_a30f_00259070b48727.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3b7_0b65_11ec_831e_003048fd731b_c85d7d1e_281d_11ed_a30f_00259070b48728.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a76c3b9_0b65_11ec_831e_003048fd731b_c85d7d22_281d_11ed_a30f_00259070b48729.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba73_86a5_11e9_8101_003048fd731b_c85d7d57_281d_11ed_a30f_00259070b48730.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba77_86a5_11e9_8101_003048fd731b_c85d7d58_281d_11ed_a30f_00259070b48731.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba7b_86a5_11e9_8101_003048fd731b_c85d7d59_281d_11ed_a30f_00259070b48732.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba7f_86a5_11e9_8101_003048fd731b_c85d7d5a_281d_11ed_a30f_00259070b48733.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba83_86a5_11e9_8101_003048fd731b_c85d7d5b_281d_11ed_a30f_00259070b48734.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a41ba87_86a5_11e9_8101_003048fd731b_c85d7d5c_281d_11ed_a30f_00259070b48735.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f455_c461_11eb_82be_003048fd731b_a15553b6_602e_11ec_a20b_00259070b48736.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f457_c461_11eb_82be_003048fd731b_a15553b7_602e_11ec_a20b_00259070b48737.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f423f459_c461_11eb_82be_003048fd731b_a15553b8_602e_11ec_a20b_00259070b48738.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b1cbc5_3e5b_11ec_836e_003048fd731b_a15553b9_602e_11ec_a20b_00259070b48739.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b1cbc7_3e5b_11ec_836e_003048fd731b_a15553ba_602e_11ec_a20b_00259070b48740.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b1cbc9_3e5b_11ec_836e_003048fd731b_a15553bb_602e_11ec_a20b_00259070b48741.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b1cbd9_3e5b_11ec_836e_003048fd731b_c85d7d64_281d_11ed_a30f_00259070b48742.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b1cbdb_3e5b_11ec_836e_003048fd731b_c85d7d65_281d_11ed_a30f_00259070b48743.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ea6b7b2_b825_11eb_82ae_003048fd731b_c85d7d68_281d_11ed_a30f_00259070b48744.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ea6b7b4_b825_11eb_82ae_003048fd731b_c85d7d6c_281d_11ed_a30f_00259070b48745.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ea6b7b6_b825_11eb_82ae_003048fd731b_c85d7d66_281d_11ed_a30f_00259070b48746.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2aeadee1_d53b_11eb_82d4_003048fd731b_c85d7d6a_281d_11ed_a30f_00259070b48747.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c80274c4_2e67_11ef_a5dc_047c1617b143_d159f9f3_42c7_11ef_a5f7_047c1617b14348.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c80274c6_2e67_11ef_a5dc_047c1617b143_d159f9f6_42c7_11ef_a5f7_047c1617b14349.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c80274c8_2e67_11ef_a5dc_047c1617b143_d159f9f9_42c7_11ef_a5f7_047c1617b14350.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a6d7b3d_847d_11ef_a64e_047c1617b143_1b5db3a0_f93d_11ef_a6ea_047c1617b14351.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a6d7b3f_847d_11ef_a64e_047c1617b143_1b5db3a3_f93d_11ef_a6ea_047c1617b14352.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a6d7b41_847d_11ef_a64e_047c1617b143_1b5db3a6_f93d_11ef_a6ea_047c1617b14353.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28a1d134_7e77_11f0_a7a6_047c1617b143_a24fffc8_96ed_11f0_a7c5_047c1617b14354.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28a1d136_7e77_11f0_a7a6_047c1617b143_a24fffcb_96ed_11f0_a7c5_047c1617b14355.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28a1d138_7e77_11f0_a7a6_047c1617b143_a24fffc5_96ed_11f0_a7c5_047c1617b14356.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f3a_ba14_11ef_a69a_047c1617b143_bb06b65f_e214_11ef_a6cd_047c1617b14357.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f3c_ba14_11ef_a69a_047c1617b143_bb06b663_e214_11ef_a6cd_047c1617b14358.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b151f3e_ba14_11ef_a69a_047c1617b143_bb06b667_e214_11ef_a6cd_047c1617b14359.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image_4" descr="Image_4"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2476,123 +2506,213 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="53" name="Image_63" descr="Image_63"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="Image_64" descr="Image_64"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
       <xdr:row>64</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="54" name="Image_65" descr="Image_65"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <xdr:cNvPr id="55" name="Image_65" descr="Image_65"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>65</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="55" name="Image_66" descr="Image_66"/>
-[...29 lines deleted...]
-        <xdr:cNvPr id="56" name="Image_67" descr="Image_67"/>
+        <xdr:cNvPr id="56" name="Image_66" descr="Image_66"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="Image_68" descr="Image_68"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="58" name="Image_69" descr="Image_69"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="Image_70" descr="Image_70"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2859,51 +2979,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="0" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L67"/>
+  <dimension ref="A1:L70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="3" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="60" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
     <col min="10" max="10" width="11" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -2911,51 +3031,51 @@
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="4">
-        <f>SUM(J2:J67)</f>
+        <f>SUM(J2:J70)</f>
         <v>0</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="5"/>
     </row>
     <row r="2" spans="1:12">
       <c r="A2" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
       <c r="L2" s="5"/>
     </row>
     <row r="3" spans="1:12" outlineLevel="1">
       <c r="A3" s="7" t="s">
@@ -2981,2108 +3101,2213 @@
       <c r="C4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="2">
         <v>0</v>
       </c>
       <c r="I4" s="1">
         <v>0</v>
       </c>
       <c r="J4" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K4" s="2" t="str">
-        <f>J4*285.71</f>
+        <f>J4*345.10</f>
         <v>0</v>
       </c>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>823106</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="G5" s="2" t="s">
-        <v>22</v>
+      <c r="G5" s="2">
+        <v>0</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K5" s="2" t="str">
-        <f>J5*428.56</f>
+        <f>J5*493.85</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>823107</v>
       </c>
       <c r="C6" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D6" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="D6" s="1" t="s">
+      <c r="E6" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="F6" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="F6" s="2" t="s">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="G6" s="2">
+        <v>10</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K6" s="2" t="str">
-        <f>J6*571.42</f>
+        <f>J6*641.11</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" outlineLevel="1">
       <c r="A7" s="7" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="7"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="7"/>
       <c r="I7" s="7"/>
       <c r="J7" s="7"/>
       <c r="K7" s="7"/>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>818929</v>
       </c>
       <c r="C8" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D8" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="D8" s="1" t="s">
+      <c r="E8" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="E8" s="2" t="s">
+      <c r="F8" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="F8" s="2" t="s">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="G8" s="2">
+        <v>0</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K8" s="2" t="str">
-        <f>J8*346.72</f>
+        <f>J8*400.14</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>818930</v>
       </c>
       <c r="C9" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="D9" s="1" t="s">
+      <c r="E9" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="F9" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="F9" s="2" t="s">
+      <c r="G9" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="G9" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K9" s="2" t="str">
-        <f>J9*520.82</f>
+        <f>J9*632.19</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>818931</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="G10" s="2" t="s">
-        <v>16</v>
+      <c r="G10" s="2">
+        <v>0</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K10" s="2" t="str">
-        <f>J10*779.75</f>
+        <f>J10*922.25</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>818932</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="G11" s="2" t="s">
-        <v>44</v>
+      <c r="G11" s="2">
+        <v>4</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K11" s="2" t="str">
-        <f>J11*1190.46</f>
+        <f>J11*1359.58</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>818933</v>
       </c>
       <c r="C12" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="D12" s="1" t="s">
+      <c r="E12" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="E12" s="2" t="s">
+      <c r="F12" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="F12" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G12" s="2" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K12" s="2" t="str">
-        <f>J12*1839.25</f>
+        <f>J12*2061.68</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>818934</v>
       </c>
       <c r="C13" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D13" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="D13" s="1" t="s">
+      <c r="E13" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="F13" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G13" s="2">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K13" s="2" t="str">
-        <f>J13*2705.31</f>
+        <f>J13*3153.50</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>824526</v>
       </c>
       <c r="C14" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="E14" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="F14" s="2" t="s">
-[...3 lines deleted...]
-        <v>16</v>
+      <c r="G14" s="2">
+        <v>0</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K14" s="2" t="str">
-        <f>J14*764.87</f>
+        <f>J14*904.40</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>839444</v>
       </c>
       <c r="C15" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D15" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="D15" s="1" t="s">
+      <c r="E15" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="E15" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="2" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K15" s="2" t="str">
-        <f>J15*763.38</f>
+        <f>J15*904.40</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" outlineLevel="1">
       <c r="A16" s="7" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="7"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="7"/>
       <c r="I16" s="7"/>
       <c r="J16" s="7"/>
       <c r="K16" s="7"/>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>818914</v>
       </c>
       <c r="C17" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="E17" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="D17" s="1" t="s">
+      <c r="F17" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="E17" s="2" t="s">
+      <c r="G17" s="2">
+        <v>1</v>
+      </c>
+      <c r="H17" s="2" t="s">
         <v>64</v>
-      </c>
-[...7 lines deleted...]
-        <v>66</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K17" s="2" t="str">
         <f>J17*446.00</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>818915</v>
       </c>
       <c r="C18" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E18" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="D18" s="1" t="s">
+      <c r="F18" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="E18" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G18" s="2" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>16</v>
+      </c>
+      <c r="H18" s="2">
+        <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K18" s="2" t="str">
         <f>J18*657.00</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>818916</v>
       </c>
       <c r="C19" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="E19" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D19" s="1" t="s">
+      <c r="G19" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="H19" s="2" t="s">
         <v>73</v>
-      </c>
-[...10 lines deleted...]
-        <v>66</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K19" s="2" t="str">
         <f>J19*1012.00</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>818917</v>
       </c>
       <c r="C20" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="E20" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="D20" s="1" t="s">
+      <c r="F20" s="2" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H20" s="2" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K20" s="2" t="str">
         <f>J20*397.00</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>818918</v>
       </c>
       <c r="C21" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E21" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="D21" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G21" s="2" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="H21" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K21" s="2" t="str">
         <f>J21*489.00</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>818919</v>
       </c>
       <c r="C22" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E22" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="D22" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G22" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K22" s="2" t="str">
         <f>J22*808.00</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>818920</v>
       </c>
       <c r="C23" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="E23" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F23" s="2" t="s">
         <v>89</v>
       </c>
-      <c r="D23" s="1" t="s">
+      <c r="G23" s="2">
+        <v>2</v>
+      </c>
+      <c r="H23" s="2" t="s">
         <v>90</v>
-      </c>
-[...10 lines deleted...]
-        <v>93</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K23" s="2" t="str">
         <f>J23*1157.00</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>818921</v>
       </c>
       <c r="C24" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="E24" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F24" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="D24" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G24" s="2">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>4</v>
+      </c>
+      <c r="H24" s="2">
+        <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K24" s="2" t="str">
         <f>J24*1946.00</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>818922</v>
       </c>
       <c r="C25" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="E25" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="F25" s="2" t="s">
         <v>98</v>
-      </c>
-[...7 lines deleted...]
-        <v>101</v>
       </c>
       <c r="G25" s="2">
         <v>5</v>
       </c>
       <c r="H25" s="2" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K25" s="2" t="str">
         <f>J25*2768.00</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>818923</v>
       </c>
       <c r="C26" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="E26" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="F26" s="2" t="s">
         <v>102</v>
-      </c>
-[...7 lines deleted...]
-        <v>105</v>
       </c>
       <c r="G26" s="2">
         <v>6</v>
       </c>
-      <c r="H26" s="2" t="s">
-        <v>22</v>
+      <c r="H26" s="2">
+        <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K26" s="2" t="str">
         <f>J26*1016.00</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>818924</v>
       </c>
       <c r="C27" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E27" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="F27" s="2" t="s">
         <v>106</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G27" s="2">
         <v>0</v>
       </c>
       <c r="H27" s="2" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K27" s="2" t="str">
         <f>J27*1430.00</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>818925</v>
       </c>
       <c r="C28" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E28" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="F28" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="D28" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G28" s="2">
         <v>0</v>
       </c>
       <c r="H28" s="2" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K28" s="2" t="str">
         <f>J28*2148.00</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>818926</v>
       </c>
       <c r="C29" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="E29" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="F29" s="2" t="s">
         <v>114</v>
       </c>
-      <c r="D29" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G29" s="2">
         <v>0</v>
       </c>
       <c r="H29" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K29" s="2" t="str">
         <f>J29*3216.00</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>818927</v>
       </c>
       <c r="C30" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E30" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="D30" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G30" s="2">
         <v>0</v>
       </c>
       <c r="H30" s="2" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K30" s="2" t="str">
         <f>J30*3169.00</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>818928</v>
       </c>
       <c r="C31" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="E31" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="D31" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G31" s="2">
         <v>0</v>
       </c>
       <c r="H31" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K31" s="2" t="str">
         <f>J31*5505.00</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>834706</v>
       </c>
       <c r="C32" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="E32" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="D32" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G32" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K32" s="2" t="str">
         <f>J32*1599.00</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>834707</v>
       </c>
       <c r="C33" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="E33" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="F33" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="D33" s="1" t="s">
+      <c r="G33" s="2">
+        <v>2</v>
+      </c>
+      <c r="H33" s="2" t="s">
         <v>131</v>
-      </c>
-[...10 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K33" s="2" t="str">
         <f>J33*2135.00</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>834708</v>
       </c>
       <c r="C34" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="E34" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="D34" s="1" t="s">
+      <c r="F34" s="2" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
       <c r="G34" s="2">
         <v>2</v>
       </c>
       <c r="H34" s="2" t="s">
-        <v>16</v>
+        <v>131</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K34" s="2" t="str">
         <f>J34*3185.00</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" outlineLevel="1">
       <c r="A35" s="7" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B35" s="7"/>
       <c r="C35" s="7"/>
       <c r="D35" s="7"/>
       <c r="E35" s="7"/>
       <c r="F35" s="7"/>
       <c r="G35" s="7"/>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>818935</v>
       </c>
       <c r="C36" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="E36" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="D36" s="1" t="s">
+      <c r="F36" s="2" t="s">
         <v>140</v>
       </c>
-      <c r="E36" s="2" t="s">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="G36" s="2" t="s">
+        <v>35</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K36" s="2" t="str">
-        <f>J36*296.13</f>
+        <f>J36*328.74</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>818936</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="E37" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="D37" s="1" t="s">
+      <c r="F37" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="E37" s="2" t="s">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="G37" s="2" t="s">
+        <v>35</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K37" s="2" t="str">
-        <f>J37*409.22</f>
+        <f>J37*453.69</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>818937</v>
       </c>
       <c r="C38" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="E38" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="D38" s="1" t="s">
+      <c r="F38" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="E38" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G38" s="2">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K38" s="2" t="str">
-        <f>J38*654.75</f>
+        <f>J38*725.90</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>818938</v>
       </c>
       <c r="C39" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="E39" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="D39" s="1" t="s">
+      <c r="F39" s="2" t="s">
         <v>152</v>
       </c>
-      <c r="E39" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G39" s="2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K39" s="2" t="str">
-        <f>J39*1123.49</f>
+        <f>J39*1243.55</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>818939</v>
       </c>
       <c r="C40" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="E40" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="D40" s="1" t="s">
+      <c r="F40" s="2" t="s">
         <v>156</v>
       </c>
-      <c r="E40" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G40" s="2">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K40" s="2" t="str">
-        <f>J40*1357.12</f>
+        <f>J40*1502.38</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>818940</v>
       </c>
       <c r="C41" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E41" s="2" t="s">
         <v>159</v>
       </c>
-      <c r="D41" s="1" t="s">
+      <c r="F41" s="2" t="s">
         <v>160</v>
       </c>
-      <c r="E41" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G41" s="2">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K41" s="2" t="str">
-        <f>J41*2058.00</f>
+        <f>J41*2278.85</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" outlineLevel="1">
       <c r="A42" s="7" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B42" s="7"/>
       <c r="C42" s="7"/>
       <c r="D42" s="7"/>
       <c r="E42" s="7"/>
       <c r="F42" s="7"/>
       <c r="G42" s="7"/>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>833193</v>
       </c>
       <c r="C43" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="E43" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="D43" s="1" t="s">
+      <c r="F43" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="E43" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G43" s="2">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
-      <c r="I43" s="1" t="s">
-        <v>22</v>
+      <c r="I43" s="1">
+        <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K43" s="2" t="str">
         <f>J43*330.12</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>833194</v>
       </c>
       <c r="C44" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="E44" s="2" t="s">
         <v>168</v>
       </c>
-      <c r="D44" s="1" t="s">
+      <c r="F44" s="2" t="s">
         <v>169</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
       <c r="G44" s="2">
         <v>0</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K44" s="2" t="str">
         <f>J44*484.35</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>833195</v>
       </c>
       <c r="C45" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="E45" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="D45" s="1" t="s">
+      <c r="F45" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="E45" s="2" t="s">
-[...6 lines deleted...]
-        <v>-7</v>
+      <c r="G45" s="2" t="s">
+        <v>131</v>
       </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
-      <c r="I45" s="1" t="s">
-        <v>16</v>
+      <c r="I45" s="1">
+        <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K45" s="2" t="str">
         <f>J45*679.17</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>837287</v>
       </c>
       <c r="C46" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="E46" s="2" t="s">
         <v>176</v>
       </c>
-      <c r="D46" s="1" t="s">
+      <c r="F46" s="2" t="s">
         <v>177</v>
       </c>
-      <c r="E46" s="2" t="s">
-[...6 lines deleted...]
-        <v>44</v>
+      <c r="G46" s="2">
+        <v>7</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K46" s="2" t="str">
         <f>J46*922.70</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>837288</v>
       </c>
       <c r="C47" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="E47" s="2" t="s">
         <v>180</v>
       </c>
-      <c r="D47" s="1" t="s">
+      <c r="F47" s="2" t="s">
         <v>181</v>
       </c>
-      <c r="E47" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G47" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H47" s="2">
         <v>0</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K47" s="2" t="str">
         <f>J47*1531.52</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>837289</v>
       </c>
       <c r="C48" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E48" s="2" t="s">
         <v>184</v>
       </c>
-      <c r="D48" s="1" t="s">
+      <c r="F48" s="2" t="s">
         <v>185</v>
-      </c>
-[...4 lines deleted...]
-        <v>187</v>
       </c>
       <c r="G48" s="2">
         <v>0</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K48" s="2" t="str">
         <f>J48*2281.04</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>837297</v>
       </c>
       <c r="C49" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="E49" s="2" t="s">
         <v>188</v>
       </c>
-      <c r="D49" s="1" t="s">
+      <c r="F49" s="2" t="s">
         <v>189</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
       <c r="G49" s="2">
         <v>0</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K49" s="2" t="str">
         <f>J49*739.21</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>837298</v>
       </c>
       <c r="C50" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="E50" s="2" t="s">
         <v>192</v>
       </c>
-      <c r="D50" s="1" t="s">
+      <c r="F50" s="2" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
       <c r="G50" s="2">
         <v>7</v>
       </c>
       <c r="H50" s="2">
         <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K50" s="2" t="str">
         <f>J50*1020.36</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" outlineLevel="1">
       <c r="A51" s="7" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="B51" s="7"/>
       <c r="C51" s="7"/>
       <c r="D51" s="7"/>
       <c r="E51" s="7"/>
       <c r="F51" s="7"/>
       <c r="G51" s="7"/>
       <c r="H51" s="7"/>
       <c r="I51" s="7"/>
       <c r="J51" s="7"/>
       <c r="K51" s="7"/>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>878733</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="D52" s="1"/>
       <c r="E52" s="2" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H52" s="2">
         <v>0</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K52" s="2" t="str">
         <f>J52*171.00</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
         <v>878734</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="D53" s="1"/>
       <c r="E53" s="2" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="G53" s="2">
         <v>0</v>
       </c>
       <c r="H53" s="2">
         <v>0</v>
       </c>
       <c r="I53" s="1">
         <v>0</v>
       </c>
       <c r="J53" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K53" s="2" t="str">
         <f>J53*247.94</f>
         <v>0</v>
       </c>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
         <v>878735</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="D54" s="1"/>
       <c r="E54" s="2" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="G54" s="2">
         <v>0</v>
       </c>
       <c r="H54" s="2">
         <v>0</v>
       </c>
       <c r="I54" s="1">
         <v>0</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K54" s="2" t="str">
         <f>J54*357.69</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
         <v>878736</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D55" s="1"/>
       <c r="E55" s="2" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="G55" s="2">
         <v>5</v>
       </c>
       <c r="H55" s="2">
         <v>0</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K55" s="2" t="str">
         <f>J55*574.27</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
     <row r="56" spans="1:12" outlineLevel="1">
       <c r="A56" s="7" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="B56" s="7"/>
       <c r="C56" s="7"/>
       <c r="D56" s="7"/>
       <c r="E56" s="7"/>
       <c r="F56" s="7"/>
       <c r="G56" s="7"/>
       <c r="H56" s="7"/>
       <c r="I56" s="7"/>
       <c r="J56" s="7"/>
       <c r="K56" s="7"/>
       <c r="L56" s="5"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
         <v>883287</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="D57" s="1"/>
       <c r="E57" s="2" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="H57" s="2">
         <v>0</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K57" s="2" t="str">
         <f>J57*225.72</f>
         <v>0</v>
       </c>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A58" s="1"/>
       <c r="B58" s="1">
         <v>883288</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="D58" s="1"/>
       <c r="E58" s="2" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="H58" s="2">
         <v>0</v>
       </c>
       <c r="I58" s="1">
         <v>0</v>
       </c>
       <c r="J58" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K58" s="2" t="str">
         <f>J58*340.29</f>
         <v>0</v>
       </c>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
         <v>883289</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="D59" s="1"/>
       <c r="E59" s="2" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="H59" s="2">
         <v>0</v>
       </c>
       <c r="I59" s="1">
         <v>0</v>
       </c>
       <c r="J59" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K59" s="2" t="str">
         <f>J59*393.30</f>
         <v>0</v>
       </c>
       <c r="L59" s="5"/>
     </row>
     <row r="60" spans="1:12" outlineLevel="1">
       <c r="A60" s="7" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="B60" s="7"/>
       <c r="C60" s="7"/>
       <c r="D60" s="7"/>
       <c r="E60" s="7"/>
       <c r="F60" s="7"/>
       <c r="G60" s="7"/>
       <c r="H60" s="7"/>
       <c r="I60" s="7"/>
       <c r="J60" s="7"/>
       <c r="K60" s="7"/>
       <c r="L60" s="5"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A61" s="1"/>
       <c r="B61" s="1">
         <v>883958</v>
       </c>
       <c r="C61" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="E61" s="2" t="s">
         <v>220</v>
       </c>
-      <c r="D61" s="1" t="s">
+      <c r="F61" s="2" t="s">
         <v>221</v>
-      </c>
-[...4 lines deleted...]
-        <v>223</v>
       </c>
       <c r="G61" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H61" s="2">
         <v>0</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K61" s="2" t="str">
-        <f>J61*290.17</f>
+        <f>J61*409.06</f>
         <v>0</v>
       </c>
       <c r="L61" s="5"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A62" s="1"/>
       <c r="B62" s="1">
         <v>883959</v>
       </c>
       <c r="C62" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="E62" s="2" t="s">
         <v>224</v>
       </c>
-      <c r="D62" s="1" t="s">
+      <c r="F62" s="2" t="s">
         <v>225</v>
-      </c>
-[...4 lines deleted...]
-        <v>227</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H62" s="2">
         <v>0</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K62" s="2" t="str">
-        <f>J62*424.10</f>
+        <f>J62*599.46</f>
         <v>0</v>
       </c>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A63" s="1"/>
       <c r="B63" s="1">
         <v>883960</v>
       </c>
       <c r="C63" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="E63" s="2" t="s">
         <v>228</v>
       </c>
-      <c r="D63" s="1" t="s">
+      <c r="F63" s="2" t="s">
         <v>229</v>
       </c>
-      <c r="E63" s="2" t="s">
+      <c r="G63" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="H63" s="2">
+        <v>0</v>
+      </c>
+      <c r="I63" s="1">
+        <v>0</v>
+      </c>
+      <c r="J63" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K63" s="2" t="str">
+        <f>J63*819.61</f>
+        <v>0</v>
+      </c>
+      <c r="L63" s="5"/>
+    </row>
+    <row r="64" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A64" s="1"/>
+      <c r="B64" s="1">
+        <v>953981</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="F63" s="2" t="s">
+      <c r="D64" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="G63" s="2" t="s">
-[...18 lines deleted...]
-      <c r="A64" s="7" t="s">
+      <c r="E64" s="2" t="s">
         <v>232</v>
       </c>
-      <c r="B64" s="7"/>
-[...8 lines deleted...]
-      <c r="K64" s="7"/>
+      <c r="F64" s="2" t="s">
+        <v>233</v>
+      </c>
+      <c r="G64" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="H64" s="2">
+        <v>0</v>
+      </c>
+      <c r="I64" s="1">
+        <v>0</v>
+      </c>
+      <c r="J64" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K64" s="2" t="str">
+        <f>J64*334.69</f>
+        <v>0</v>
+      </c>
       <c r="L64" s="5"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A65" s="1"/>
       <c r="B65" s="1">
-        <v>884239</v>
+        <v>953982</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="H65" s="2">
         <v>0</v>
       </c>
-      <c r="I65" s="1" t="s">
-        <v>44</v>
+      <c r="I65" s="1">
+        <v>0</v>
       </c>
       <c r="J65" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K65" s="2" t="str">
-        <f>J65*284.92</f>
+        <f>J65*492.36</f>
         <v>0</v>
       </c>
       <c r="L65" s="5"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
+        <v>953983</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="E66" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="F66" s="2" t="s">
+        <v>241</v>
+      </c>
+      <c r="G66" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="H66" s="2">
+        <v>0</v>
+      </c>
+      <c r="I66" s="1">
+        <v>0</v>
+      </c>
+      <c r="J66" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K66" s="2" t="str">
+        <f>J66*757.14</f>
+        <v>0</v>
+      </c>
+      <c r="L66" s="5"/>
+    </row>
+    <row r="67" spans="1:12" outlineLevel="1">
+      <c r="A67" s="7" t="s">
+        <v>242</v>
+      </c>
+      <c r="B67" s="7"/>
+      <c r="C67" s="7"/>
+      <c r="D67" s="7"/>
+      <c r="E67" s="7"/>
+      <c r="F67" s="7"/>
+      <c r="G67" s="7"/>
+      <c r="H67" s="7"/>
+      <c r="I67" s="7"/>
+      <c r="J67" s="7"/>
+      <c r="K67" s="7"/>
+      <c r="L67" s="5"/>
+    </row>
+    <row r="68" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A68" s="1"/>
+      <c r="B68" s="1">
+        <v>884239</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="E68" s="2" t="s">
+        <v>245</v>
+      </c>
+      <c r="F68" s="2" t="s">
+        <v>246</v>
+      </c>
+      <c r="G68" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H68" s="2">
+        <v>0</v>
+      </c>
+      <c r="I68" s="1">
+        <v>0</v>
+      </c>
+      <c r="J68" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K68" s="2" t="str">
+        <f>J68*275.66</f>
+        <v>0</v>
+      </c>
+      <c r="L68" s="5"/>
+    </row>
+    <row r="69" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A69" s="1"/>
+      <c r="B69" s="1">
         <v>884240</v>
       </c>
-      <c r="C66" s="1" t="s">
-[...31 lines deleted...]
-      <c r="B67" s="1">
+      <c r="C69" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="E69" s="2" t="s">
+        <v>249</v>
+      </c>
+      <c r="F69" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="G69" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H69" s="2">
+        <v>0</v>
+      </c>
+      <c r="I69" s="1">
+        <v>0</v>
+      </c>
+      <c r="J69" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K69" s="2" t="str">
+        <f>J69*309.82</f>
+        <v>0</v>
+      </c>
+      <c r="L69" s="5"/>
+    </row>
+    <row r="70" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A70" s="1"/>
+      <c r="B70" s="1">
         <v>884241</v>
       </c>
-      <c r="C67" s="1" t="s">
-[...27 lines deleted...]
-      <c r="L67" s="5"/>
+      <c r="C70" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="E70" s="2" t="s">
+        <v>253</v>
+      </c>
+      <c r="F70" s="2" t="s">
+        <v>254</v>
+      </c>
+      <c r="G70" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H70" s="2">
+        <v>0</v>
+      </c>
+      <c r="I70" s="1">
+        <v>0</v>
+      </c>
+      <c r="J70" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="K70" s="2" t="str">
+        <f>J70*555.48</f>
+        <v>0</v>
+      </c>
+      <c r="L70" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A7:K7"/>
     <mergeCell ref="A16:K16"/>
     <mergeCell ref="A35:K35"/>
     <mergeCell ref="A42:K42"/>
     <mergeCell ref="A51:K51"/>
     <mergeCell ref="A56:K56"/>
     <mergeCell ref="A60:K60"/>
-    <mergeCell ref="A64:K64"/>
+    <mergeCell ref="A67:K67"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>