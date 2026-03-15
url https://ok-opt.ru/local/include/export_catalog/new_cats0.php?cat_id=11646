--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -66,110 +66,113 @@
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>Клапана обратные</t>
   </si>
   <si>
     <t>Обратные клапана латунные VIEIR стандарт</t>
   </si>
   <si>
     <t>FIO-290001</t>
   </si>
   <si>
     <t>ZH673Q</t>
   </si>
   <si>
     <t>клапан обратный пруж. VR с лат.серд. 1/2" (25/240шт)</t>
   </si>
   <si>
     <t>345.10 руб.</t>
   </si>
   <si>
+    <t>&gt;10</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>FIO-290002</t>
+  </si>
+  <si>
+    <t>ZH674Q</t>
+  </si>
+  <si>
+    <t>клапан обратный пруж. VR с лат.серд. 3/4" (8/128шт)</t>
+  </si>
+  <si>
+    <t>493.85 руб.</t>
+  </si>
+  <si>
     <t>&gt;25</t>
   </si>
   <si>
-    <t>шт</t>
-[...13 lines deleted...]
-  <si>
     <t>FIO-290003</t>
   </si>
   <si>
     <t>ZH675Q</t>
   </si>
   <si>
     <t>клапан обратный пруж. VR с лат.серд. 1" (8/72шт)</t>
   </si>
   <si>
     <t>641.11 руб.</t>
   </si>
   <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
     <t>Обратные клапана латунные VIEIR усиленные</t>
   </si>
   <si>
     <t>FIO-210001</t>
   </si>
   <si>
     <t>ZH673</t>
   </si>
   <si>
     <t>клапан обратный пруж. VR усиленый 1/2" с лат.серд. (20/160шт)</t>
   </si>
   <si>
     <t>400.14 руб.</t>
   </si>
   <si>
     <t>FIO-210002</t>
   </si>
   <si>
     <t>ZH674</t>
   </si>
   <si>
     <t>клапан обратный пруж. VR усиленый 3/4" с лат.серд. (12/96шт)</t>
   </si>
   <si>
     <t>632.19 руб.</t>
   </si>
   <si>
-    <t>&gt;10</t>
-[...1 lines deleted...]
-  <si>
     <t>FIO-210003</t>
   </si>
   <si>
     <t>ZH675</t>
   </si>
   <si>
     <t>клапан обратный пруж. VR усиленый 1" с лат.серд. (8/64шт)</t>
   </si>
   <si>
     <t>922.25 руб.</t>
   </si>
   <si>
     <t>FIO-210004</t>
   </si>
   <si>
     <t>ZH676</t>
   </si>
   <si>
     <t>клапан обратный пруж. VR усиленый 1 1/4" с лат.серд. (4/40шт)</t>
   </si>
   <si>
     <t>1 359.58 руб.</t>
   </si>
   <si>
     <t>FIO-210005</t>
@@ -411,53 +414,50 @@
   <si>
     <t>VLC-999007</t>
   </si>
   <si>
     <t>VT.151.N.07</t>
   </si>
   <si>
     <t>Клапан обратный 1 1/4" (латунный золотник)</t>
   </si>
   <si>
     <t>1 599.00 руб.</t>
   </si>
   <si>
     <t>VLC-999008</t>
   </si>
   <si>
     <t>VT.151.N.08</t>
   </si>
   <si>
     <t>Клапан обратный 1 1/2" (латунный золотник)</t>
   </si>
   <si>
     <t>2 135.00 руб.</t>
   </si>
   <si>
-    <t>&gt;50</t>
-[...1 lines deleted...]
-  <si>
     <t>VLC-999009</t>
   </si>
   <si>
     <t>VT.151.N.09</t>
   </si>
   <si>
     <t>Клапан обратный 2" (латунный золотник)</t>
   </si>
   <si>
     <t>3 185.00 руб.</t>
   </si>
   <si>
     <t>Обратные клапана латунные VIEIR горизонтальные</t>
   </si>
   <si>
     <t>FIO-250001</t>
   </si>
   <si>
     <t>ZH679</t>
   </si>
   <si>
     <t>Горизонтальный обратный клапан  1/2 VR (20/160шт)</t>
   </si>
   <si>
     <t>328.74 руб.</t>
@@ -756,75 +756,75 @@
   <si>
     <t>VER-001627</t>
   </si>
   <si>
     <t>ZH650-03</t>
   </si>
   <si>
     <t>Обратный клапан 1" латунный никелированный (50/5шт)</t>
   </si>
   <si>
     <t>757.14 руб.</t>
   </si>
   <si>
     <t>Обратные клапана латунные TEBO</t>
   </si>
   <si>
     <t>ALT-122001</t>
   </si>
   <si>
     <t>T-Ко.701.12.CN</t>
   </si>
   <si>
     <t>Клапан обратный TEBO ВН/ВН 1/2" латунный сердечник (25/200)</t>
   </si>
   <si>
-    <t>275.66 руб.</t>
+    <t>328.18 руб.</t>
   </si>
   <si>
     <t>ALT-122002</t>
   </si>
   <si>
     <t>T-Ко.701.34.CN</t>
   </si>
   <si>
     <t>Клапан обратный TEBO ВН/ВН 3/4" латунный сердечник (20/160) (шт.)</t>
   </si>
   <si>
-    <t>309.82 руб.</t>
+    <t>369.09 руб.</t>
   </si>
   <si>
     <t>ALT-122003</t>
   </si>
   <si>
     <t>T-Ко.701.1.CN</t>
   </si>
   <si>
     <t>Клапан обратный TEBO ВН/ВН 1" латунный сердечник (12/96)</t>
   </si>
   <si>
-    <t>555.48 руб.</t>
+    <t>661.48 руб.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -3123,1150 +3123,1150 @@
         <v>17</v>
       </c>
       <c r="K4" s="2" t="str">
         <f>J4*345.10</f>
         <v>0</v>
       </c>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>823106</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="G5" s="2">
-        <v>0</v>
+      <c r="G5" s="2" t="s">
+        <v>22</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K5" s="2" t="str">
         <f>J5*493.85</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>823107</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>26</v>
+      </c>
+      <c r="G6" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K6" s="2" t="str">
         <f>J6*641.11</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" outlineLevel="1">
       <c r="A7" s="7" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="7"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="7"/>
       <c r="I7" s="7"/>
       <c r="J7" s="7"/>
       <c r="K7" s="7"/>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>818929</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>32</v>
+      </c>
+      <c r="G8" s="2" t="s">
+        <v>22</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*400.14</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>818930</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="G9" s="2" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K9" s="2" t="str">
         <f>J9*632.19</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>818931</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>40</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>22</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K10" s="2" t="str">
         <f>J10*922.25</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>818932</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>44</v>
+      </c>
+      <c r="G11" s="2" t="s">
+        <v>16</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K11" s="2" t="str">
         <f>J11*1359.58</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>818933</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K12" s="2" t="str">
         <f>J12*2061.68</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>818934</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G13" s="2">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K13" s="2" t="str">
         <f>J13*3153.50</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>824526</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G14" s="2">
         <v>0</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K14" s="2" t="str">
         <f>J14*904.40</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>839444</v>
       </c>
       <c r="C15" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E15" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="D15" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G15" s="2" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K15" s="2" t="str">
         <f>J15*904.40</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" outlineLevel="1">
       <c r="A16" s="7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="7"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="7"/>
       <c r="I16" s="7"/>
       <c r="J16" s="7"/>
       <c r="K16" s="7"/>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>818914</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>64</v>
+      </c>
+      <c r="G17" s="2" t="s">
+        <v>22</v>
       </c>
       <c r="H17" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K17" s="2" t="str">
         <f>J17*446.00</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>818915</v>
       </c>
       <c r="C18" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="E18" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F18" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="G18" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18" s="2" t="s">
         <v>65</v>
-      </c>
-[...13 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K18" s="2" t="str">
         <f>J18*657.00</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>818916</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="H19" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K19" s="2" t="str">
         <f>J19*1012.00</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>818917</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="H20" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K20" s="2" t="str">
         <f>J20*397.00</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>818918</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="H21" s="2" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K21" s="2" t="str">
         <f>J21*489.00</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>818919</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K22" s="2" t="str">
         <f>J22*808.00</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>818920</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>90</v>
+      </c>
+      <c r="G23" s="2" t="s">
+        <v>16</v>
       </c>
       <c r="H23" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K23" s="2" t="str">
         <f>J23*1157.00</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>818921</v>
       </c>
       <c r="C24" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="E24" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F24" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="G24" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H24" s="2" t="s">
         <v>91</v>
-      </c>
-[...13 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K24" s="2" t="str">
         <f>J24*1946.00</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>818922</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G25" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H25" s="2" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K25" s="2" t="str">
         <f>J25*2768.00</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>818923</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G26" s="2">
         <v>6</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K26" s="2" t="str">
         <f>J26*1016.00</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>818924</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="G27" s="2">
         <v>0</v>
       </c>
       <c r="H27" s="2" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K27" s="2" t="str">
         <f>J27*1430.00</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>818925</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G28" s="2">
         <v>0</v>
       </c>
       <c r="H28" s="2" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K28" s="2" t="str">
         <f>J28*2148.00</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>818926</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G29" s="2">
         <v>0</v>
       </c>
       <c r="H29" s="2" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K29" s="2" t="str">
         <f>J29*3216.00</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>818927</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G30" s="2">
         <v>0</v>
       </c>
       <c r="H30" s="2" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K30" s="2" t="str">
         <f>J30*3169.00</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>818928</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G31" s="2">
         <v>0</v>
       </c>
       <c r="H31" s="2" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K31" s="2" t="str">
         <f>J31*5505.00</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>834706</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G32" s="2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K32" s="2" t="str">
         <f>J32*1599.00</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>834707</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="G33" s="2">
         <v>2</v>
       </c>
       <c r="H33" s="2" t="s">
-        <v>131</v>
+        <v>91</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K33" s="2" t="str">
         <f>J33*2135.00</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>834708</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>132</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>133</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>134</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>135</v>
       </c>
       <c r="G34" s="2">
         <v>2</v>
       </c>
       <c r="H34" s="2" t="s">
-        <v>131</v>
+        <v>91</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K34" s="2" t="str">
         <f>J34*3185.00</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" outlineLevel="1">
       <c r="A35" s="7" t="s">
         <v>136</v>
       </c>
       <c r="B35" s="7"/>
       <c r="C35" s="7"/>
       <c r="D35" s="7"/>
       <c r="E35" s="7"/>
       <c r="F35" s="7"/>
       <c r="G35" s="7"/>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>818935</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>137</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>138</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>139</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>140</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K36" s="2" t="str">
         <f>J36*328.74</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>818936</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>141</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>142</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>143</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>144</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K37" s="2" t="str">
         <f>J37*453.69</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>818937</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>145</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>146</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>147</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>148</v>
       </c>
       <c r="G38" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K38" s="2" t="str">
         <f>J38*725.90</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>818938</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>149</v>
       </c>
       <c r="D39" s="1" t="s">
@@ -4377,122 +4377,122 @@
       <c r="F42" s="7"/>
       <c r="G42" s="7"/>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>833193</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>162</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>163</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>164</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="G43" s="2">
-        <v>0</v>
+      <c r="G43" s="2" t="s">
+        <v>22</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K43" s="2" t="str">
         <f>J43*330.12</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>833194</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>166</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>167</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>168</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>169</v>
       </c>
       <c r="G44" s="2">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K44" s="2" t="str">
         <f>J44*484.35</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>833195</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>170</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>171</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>172</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>173</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
       <c r="I45" s="1">
         <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K45" s="2" t="str">
         <f>J45*679.17</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>837287</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>174</v>
       </c>
       <c r="D46" s="1" t="s">
@@ -4587,52 +4587,52 @@
         <v>17</v>
       </c>
       <c r="K48" s="2" t="str">
         <f>J48*2281.04</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>837297</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>186</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>188</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="G49" s="2">
-        <v>0</v>
+      <c r="G49" s="2" t="s">
+        <v>91</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K49" s="2" t="str">
         <f>J49*739.21</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>837298</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>190</v>
       </c>
       <c r="D50" s="1" t="s">
@@ -4672,51 +4672,51 @@
       <c r="E51" s="7"/>
       <c r="F51" s="7"/>
       <c r="G51" s="7"/>
       <c r="H51" s="7"/>
       <c r="I51" s="7"/>
       <c r="J51" s="7"/>
       <c r="K51" s="7"/>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>878733</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>195</v>
       </c>
       <c r="D52" s="1"/>
       <c r="E52" s="2" t="s">
         <v>196</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>197</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="H52" s="2">
         <v>0</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K52" s="2" t="str">
         <f>J52*171.00</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
         <v>878734</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>198</v>
       </c>
       <c r="D53" s="1"/>
@@ -4820,273 +4820,273 @@
       <c r="E56" s="7"/>
       <c r="F56" s="7"/>
       <c r="G56" s="7"/>
       <c r="H56" s="7"/>
       <c r="I56" s="7"/>
       <c r="J56" s="7"/>
       <c r="K56" s="7"/>
       <c r="L56" s="5"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
         <v>883287</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>208</v>
       </c>
       <c r="D57" s="1"/>
       <c r="E57" s="2" t="s">
         <v>209</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>210</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="H57" s="2">
         <v>0</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K57" s="2" t="str">
         <f>J57*225.72</f>
         <v>0</v>
       </c>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A58" s="1"/>
       <c r="B58" s="1">
         <v>883288</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>211</v>
       </c>
       <c r="D58" s="1"/>
       <c r="E58" s="2" t="s">
         <v>212</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>213</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="H58" s="2">
         <v>0</v>
       </c>
       <c r="I58" s="1">
         <v>0</v>
       </c>
       <c r="J58" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K58" s="2" t="str">
         <f>J58*340.29</f>
         <v>0</v>
       </c>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
         <v>883289</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>214</v>
       </c>
       <c r="D59" s="1"/>
       <c r="E59" s="2" t="s">
         <v>215</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>216</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="H59" s="2">
         <v>0</v>
       </c>
       <c r="I59" s="1">
         <v>0</v>
       </c>
       <c r="J59" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K59" s="2" t="str">
         <f>J59*393.30</f>
         <v>0</v>
       </c>
       <c r="L59" s="5"/>
     </row>
     <row r="60" spans="1:12" outlineLevel="1">
       <c r="A60" s="7" t="s">
         <v>217</v>
       </c>
       <c r="B60" s="7"/>
       <c r="C60" s="7"/>
       <c r="D60" s="7"/>
       <c r="E60" s="7"/>
       <c r="F60" s="7"/>
       <c r="G60" s="7"/>
       <c r="H60" s="7"/>
       <c r="I60" s="7"/>
       <c r="J60" s="7"/>
       <c r="K60" s="7"/>
       <c r="L60" s="5"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A61" s="1"/>
       <c r="B61" s="1">
         <v>883958</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>218</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>219</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>220</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>221</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="H61" s="2">
         <v>0</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K61" s="2" t="str">
         <f>J61*409.06</f>
         <v>0</v>
       </c>
       <c r="L61" s="5"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A62" s="1"/>
       <c r="B62" s="1">
         <v>883959</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>222</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>223</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>224</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>225</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="H62" s="2">
         <v>0</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K62" s="2" t="str">
         <f>J62*599.46</f>
         <v>0</v>
       </c>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A63" s="1"/>
       <c r="B63" s="1">
         <v>883960</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>226</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>227</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>228</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>229</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="H63" s="2">
         <v>0</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K63" s="2" t="str">
         <f>J63*819.61</f>
         <v>0</v>
       </c>
       <c r="L63" s="5"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A64" s="1"/>
       <c r="B64" s="1">
         <v>953981</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>230</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>231</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>232</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>233</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>131</v>
+        <v>27</v>
       </c>
       <c r="H64" s="2">
         <v>0</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K64" s="2" t="str">
         <f>J64*334.69</f>
         <v>0</v>
       </c>
       <c r="L64" s="5"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A65" s="1"/>
       <c r="B65" s="1">
         <v>953982</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>234</v>
       </c>
       <c r="D65" s="1" t="s">
@@ -5112,184 +5112,184 @@
       </c>
       <c r="K65" s="2" t="str">
         <f>J65*492.36</f>
         <v>0</v>
       </c>
       <c r="L65" s="5"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
         <v>953983</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>238</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>239</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>240</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>241</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="H66" s="2">
         <v>0</v>
       </c>
       <c r="I66" s="1">
         <v>0</v>
       </c>
       <c r="J66" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K66" s="2" t="str">
         <f>J66*757.14</f>
         <v>0</v>
       </c>
       <c r="L66" s="5"/>
     </row>
     <row r="67" spans="1:12" outlineLevel="1">
       <c r="A67" s="7" t="s">
         <v>242</v>
       </c>
       <c r="B67" s="7"/>
       <c r="C67" s="7"/>
       <c r="D67" s="7"/>
       <c r="E67" s="7"/>
       <c r="F67" s="7"/>
       <c r="G67" s="7"/>
       <c r="H67" s="7"/>
       <c r="I67" s="7"/>
       <c r="J67" s="7"/>
       <c r="K67" s="7"/>
       <c r="L67" s="5"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A68" s="1"/>
       <c r="B68" s="1">
         <v>884239</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>243</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>244</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>245</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>246</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="H68" s="2">
         <v>0</v>
       </c>
       <c r="I68" s="1">
         <v>0</v>
       </c>
       <c r="J68" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K68" s="2" t="str">
-        <f>J68*275.66</f>
+        <f>J68*328.18</f>
         <v>0</v>
       </c>
       <c r="L68" s="5"/>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A69" s="1"/>
       <c r="B69" s="1">
         <v>884240</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>247</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>248</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>249</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>250</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="H69" s="2">
         <v>0</v>
       </c>
       <c r="I69" s="1">
         <v>0</v>
       </c>
       <c r="J69" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K69" s="2" t="str">
-        <f>J69*309.82</f>
+        <f>J69*369.09</f>
         <v>0</v>
       </c>
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A70" s="1"/>
       <c r="B70" s="1">
         <v>884241</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>251</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>252</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>253</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>254</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="H70" s="2">
         <v>0</v>
       </c>
       <c r="I70" s="1">
         <v>0</v>
       </c>
       <c r="J70" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K70" s="2" t="str">
-        <f>J70*555.48</f>
+        <f>J70*661.48</f>
         <v>0</v>
       </c>
       <c r="L70" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A7:K7"/>
     <mergeCell ref="A16:K16"/>
     <mergeCell ref="A35:K35"/>
     <mergeCell ref="A42:K42"/>
     <mergeCell ref="A51:K51"/>
     <mergeCell ref="A56:K56"/>
     <mergeCell ref="A60:K60"/>
     <mergeCell ref="A67:K67"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>