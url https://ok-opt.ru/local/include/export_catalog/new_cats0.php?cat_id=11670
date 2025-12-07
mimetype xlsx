--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -17,151 +17,154 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>Фитинги чугунные</t>
   </si>
   <si>
     <t>Обжимные фитинги Gebo (ремонтные) из оцинкованного чугуна</t>
   </si>
   <si>
     <t>FCS-110001</t>
   </si>
   <si>
     <t>соединительный элемент GEBO (нар рез) 1/2" AK (18шт)</t>
   </si>
   <si>
     <t>1 116.39 руб.</t>
   </si>
   <si>
+    <t>&gt;25</t>
+  </si>
+  <si>
     <t>шт</t>
   </si>
   <si>
     <t>FCS-110002</t>
   </si>
   <si>
     <t>соединительный элемент GEBO (нар рез) 3/4" AK (18шт)</t>
   </si>
   <si>
     <t>1 313.42 руб.</t>
   </si>
   <si>
-    <t>&gt;25</t>
-[...1 lines deleted...]
-  <si>
     <t>FCS-110003</t>
   </si>
   <si>
     <t>соединительный элемент GEBO (нар рез) 1" AK (15шт)</t>
   </si>
   <si>
     <t>1 601.91 руб.</t>
   </si>
   <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
     <t>FCS-110004</t>
   </si>
   <si>
     <t>соединительный элемент GEBO (нар рез) 1 1/4" AK (10шт)</t>
   </si>
   <si>
     <t>2 155.60 руб.</t>
   </si>
   <si>
     <t>FCS-110005</t>
   </si>
   <si>
     <t>соединительный элемент GEBO (нар рез) 1 1/2" AK (8шт)</t>
   </si>
   <si>
     <t>2 611.20 руб.</t>
   </si>
   <si>
+    <t>&gt;10</t>
+  </si>
+  <si>
     <t>FCS-110006</t>
   </si>
   <si>
     <t>соединительный элемент GEBO (нар рез) 2" AK (6шт)</t>
   </si>
   <si>
     <t>4 328.03 руб.</t>
   </si>
   <si>
-    <t>&gt;10</t>
-[...1 lines deleted...]
-  <si>
     <t>FCS-110007</t>
   </si>
   <si>
     <t>соединительный элемент GEBO (вн рез) 1/2" IK (18шт)</t>
   </si>
   <si>
     <t>1 129.31 руб.</t>
   </si>
   <si>
     <t>FCS-110008</t>
   </si>
   <si>
     <t>соединительный элемент GEBO (вн рез) 3/4" IK (18шт)</t>
   </si>
   <si>
     <t>1 357.79 руб.</t>
   </si>
   <si>
     <t>FCS-110009</t>
   </si>
   <si>
     <t>соединительный элемент GEBO (вн рез) 1" IK (15шт)</t>
   </si>
   <si>
     <t>1 692.01 руб.</t>
@@ -325,243 +328,243 @@
   <si>
     <t>1 819.00 руб.</t>
   </si>
   <si>
     <t>FCS-120096</t>
   </si>
   <si>
     <t>угольник вн. вн. GEBO Platinum чугун. 1/2" / 90-4V</t>
   </si>
   <si>
     <t>82.96 руб.</t>
   </si>
   <si>
     <t>Обжимные фитинги VIEIR (ремонтные) из оцинкованного чугуна</t>
   </si>
   <si>
     <t>FCS-150001</t>
   </si>
   <si>
     <t>VR2057</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1/2" вн.р. (64/8шт)</t>
   </si>
   <si>
-    <t>433.03 руб.</t>
+    <t>432.86 руб.</t>
   </si>
   <si>
     <t>FCS-150004</t>
   </si>
   <si>
     <t>VR2063</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1 1/4" вн.р. (40/5шт)</t>
   </si>
   <si>
-    <t>1 241.05 руб.</t>
+    <t>1 240.58 руб.</t>
   </si>
   <si>
     <t>VER-000138</t>
   </si>
   <si>
     <t>VR2059</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1/2"x1/2" (64/8шт)</t>
   </si>
   <si>
-    <t>641.36 руб.</t>
+    <t>641.11 руб.</t>
   </si>
   <si>
     <t>VER-000219</t>
   </si>
   <si>
     <t>VR2060</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 3/4" вн.р. (64/8шт)</t>
   </si>
   <si>
-    <t>547.61 руб.</t>
+    <t>547.40 руб.</t>
   </si>
   <si>
     <t>VER-000220</t>
   </si>
   <si>
     <t>VR2061</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 3/4" нар. р. (64/8шт)</t>
   </si>
   <si>
-    <t>574.40 руб.</t>
+    <t>574.18 руб.</t>
   </si>
   <si>
     <t>VER-000309</t>
   </si>
   <si>
     <t>VR2062</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 3/4"X3/4" (64/8шт)</t>
   </si>
   <si>
-    <t>834.81 руб.</t>
+    <t>834.49 руб.</t>
   </si>
   <si>
     <t>VER-000310</t>
   </si>
   <si>
     <t>VR2068</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1"X1"(40/5шт)</t>
   </si>
   <si>
-    <t>1 071.41 руб.</t>
+    <t>1 071.00 руб.</t>
   </si>
   <si>
     <t>VER-000311</t>
   </si>
   <si>
     <t>VR2066</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1" вн.р  (40/5шт)</t>
   </si>
   <si>
-    <t>699.39 руб.</t>
+    <t>699.13 руб.</t>
   </si>
   <si>
     <t>VER-000354</t>
   </si>
   <si>
     <t>VR2067</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1" нар.р. (40/5шт)</t>
   </si>
   <si>
-    <t>769.33 руб.</t>
+    <t>769.04 руб.</t>
   </si>
   <si>
     <t>VER-000518</t>
   </si>
   <si>
     <t>VR2064</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1 1/4" нар (40/1шт)</t>
   </si>
   <si>
-    <t>1 203.85 руб.</t>
+    <t>1 203.39 руб.</t>
   </si>
   <si>
     <t>VER-000936</t>
   </si>
   <si>
     <t>VR2058</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1/2"M (64/8шт)</t>
   </si>
   <si>
-    <t>412.20 руб.</t>
+    <t>412.04 руб.</t>
   </si>
   <si>
     <t>VER-001366</t>
   </si>
   <si>
     <t>VR2115</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1 1/2"F (2/1шт)</t>
   </si>
   <si>
-    <t>1 056.53 руб.</t>
+    <t>1 056.13 руб.</t>
   </si>
   <si>
     <t>VER-001367</t>
   </si>
   <si>
     <t>VR2116</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 2"F (2/1шт)</t>
   </si>
   <si>
-    <t>1 819.91 руб.</t>
+    <t>1 819.21 руб.</t>
   </si>
   <si>
     <t>VER-001368</t>
   </si>
   <si>
     <t>VR2118</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 2"M (2/1шт)</t>
   </si>
   <si>
-    <t>1 888.36 руб.</t>
+    <t>1 887.64 руб.</t>
   </si>
   <si>
     <t>VER-001435</t>
   </si>
   <si>
     <t>VR2117</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1 1/2"M (32/2шт)</t>
   </si>
   <si>
-    <t>1 043.14 руб.</t>
+    <t>1 042.74 руб.</t>
   </si>
   <si>
     <t>VER-001561</t>
   </si>
   <si>
     <t>VR2119</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1 1/2" (32/1шт)</t>
   </si>
   <si>
-    <t>1 431.52 руб.</t>
+    <t>1 430.98 руб.</t>
   </si>
   <si>
     <t>VER-001562</t>
   </si>
   <si>
     <t>VR2120</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 2" (16/1шт)</t>
   </si>
   <si>
-    <t>2 784.18 руб.</t>
+    <t>2 783.11 руб.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -2403,1566 +2406,1566 @@
       <c r="D3" s="7"/>
       <c r="E3" s="7"/>
       <c r="F3" s="7"/>
       <c r="G3" s="7"/>
       <c r="H3" s="7"/>
       <c r="I3" s="7"/>
       <c r="J3" s="7"/>
       <c r="K3" s="7"/>
       <c r="L3" s="5"/>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A4" s="1"/>
       <c r="B4" s="1">
         <v>820693</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D4" s="1"/>
       <c r="E4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="G4" s="2">
-        <v>0</v>
+      <c r="G4" s="2" t="s">
+        <v>15</v>
       </c>
       <c r="H4" s="2">
         <v>0</v>
       </c>
       <c r="I4" s="1">
         <v>0</v>
       </c>
       <c r="J4" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K4" s="2" t="str">
         <f>J4*1116.39</f>
         <v>0</v>
       </c>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>820694</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D5" s="1"/>
       <c r="E5" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G5" s="2" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K5" s="2" t="str">
         <f>J5*1313.42</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>820695</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D6" s="1"/>
       <c r="E6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K6" s="2" t="str">
         <f>J6*1601.91</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>820696</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D7" s="1"/>
       <c r="E7" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G7" s="2" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K7" s="2" t="str">
         <f>J7*2155.60</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>820697</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D8" s="1"/>
       <c r="E8" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>29</v>
+      </c>
+      <c r="G8" s="2" t="s">
+        <v>30</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*2611.20</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>820698</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D9" s="1"/>
       <c r="E9" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F9" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="F9" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K9" s="2" t="str">
         <f>J9*4328.03</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>820699</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D10" s="1"/>
       <c r="E10" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>36</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>30</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K10" s="2" t="str">
         <f>J10*1129.31</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>820700</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D11" s="1"/>
       <c r="E11" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K11" s="2" t="str">
         <f>J11*1357.79</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>820701</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D12" s="1"/>
       <c r="E12" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K12" s="2" t="str">
         <f>J12*1692.01</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>820702</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D13" s="1"/>
       <c r="E13" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K13" s="2" t="str">
         <f>J13*2155.60</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>820703</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D14" s="1"/>
       <c r="E14" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G14" s="2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K14" s="2" t="str">
         <f>J14*2732.58</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>820704</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D15" s="1"/>
       <c r="E15" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G15" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K15" s="2" t="str">
         <f>J15*4214.47</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>820705</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D16" s="1"/>
       <c r="E16" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G16" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K16" s="2" t="str">
         <f>J16*743.75</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>820706</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D17" s="1"/>
       <c r="E17" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G17" s="2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K17" s="2" t="str">
         <f>J17*840.31</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>820707</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D18" s="1"/>
       <c r="E18" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G18" s="2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K18" s="2" t="str">
         <f>J18*1126.93</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>820708</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D19" s="1"/>
       <c r="E19" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G19" s="2">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K19" s="2" t="str">
         <f>J19*1515.38</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>820709</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D20" s="1"/>
       <c r="E20" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G20" s="2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K20" s="2" t="str">
         <f>J20*2198.44</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>820710</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D21" s="1"/>
       <c r="E21" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G21" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K21" s="2" t="str">
         <f>J21*2754.68</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>820711</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D22" s="1"/>
       <c r="E22" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G22" s="2">
         <v>9</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K22" s="2" t="str">
         <f>J22*1367.14</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>820712</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D23" s="1"/>
       <c r="E23" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G23" s="2">
         <v>5</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K23" s="2" t="str">
         <f>J23*1720.74</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>820713</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D24" s="1"/>
       <c r="E24" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G24" s="2">
         <v>5</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K24" s="2" t="str">
         <f>J24*2277.83</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>820714</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D25" s="1"/>
       <c r="E25" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G25" s="2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K25" s="2" t="str">
         <f>J25*3331.83</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>820715</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D26" s="1"/>
       <c r="E26" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K26" s="2" t="str">
         <f>J26*1217.03</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>820716</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D27" s="1"/>
       <c r="E27" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G27" s="2">
         <v>8</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K27" s="2" t="str">
         <f>J27*1637.27</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>820717</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D28" s="1"/>
       <c r="E28" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G28" s="2">
         <v>4</v>
       </c>
       <c r="H28" s="2">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K28" s="2" t="str">
         <f>J28*1998.86</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>820804</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D29" s="1"/>
       <c r="E29" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G29" s="2">
         <v>0</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K29" s="2" t="str">
         <f>J29*423.64</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>820806</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D30" s="1"/>
       <c r="E30" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G30" s="2">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K30" s="2" t="str">
         <f>J30*1819.00</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>820813</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D31" s="1"/>
       <c r="E31" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G31" s="2">
         <v>10</v>
       </c>
       <c r="H31" s="2">
         <v>0</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K31" s="2" t="str">
         <f>J31*82.96</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" outlineLevel="1">
       <c r="A32" s="7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B32" s="7"/>
       <c r="C32" s="7"/>
       <c r="D32" s="7"/>
       <c r="E32" s="7"/>
       <c r="F32" s="7"/>
       <c r="G32" s="7"/>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>837123</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>103</v>
+      </c>
+      <c r="G33" s="2">
+        <v>2</v>
       </c>
       <c r="H33" s="2">
         <v>0</v>
       </c>
-      <c r="I33" s="1">
-        <v>0</v>
+      <c r="I33" s="1" t="s">
+        <v>30</v>
       </c>
       <c r="J33" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K33" s="2" t="str">
-        <f>J33*433.03</f>
+        <f>J33*432.86</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>837124</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>107</v>
+      </c>
+      <c r="G34" s="2" t="s">
+        <v>15</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K34" s="2" t="str">
-        <f>J34*1241.05</f>
+        <f>J34*1240.58</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>837314</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G35" s="2">
         <v>8</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K35" s="2" t="str">
-        <f>J35*641.36</f>
+        <f>J35*641.11</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>839818</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>115</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K36" s="2" t="str">
-        <f>J36*547.61</f>
+        <f>J36*547.40</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>839819</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>119</v>
+      </c>
+      <c r="G37" s="2" t="s">
+        <v>30</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K37" s="2" t="str">
-        <f>J37*574.40</f>
+        <f>J37*574.18</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>871403</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K38" s="2" t="str">
-        <f>J38*834.81</f>
+        <f>J38*834.49</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>871404</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K39" s="2" t="str">
-        <f>J39*1071.41</f>
+        <f>J39*1071.00</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>871405</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>131</v>
+      </c>
+      <c r="G40" s="2">
+        <v>0</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K40" s="2" t="str">
-        <f>J40*699.39</f>
+        <f>J40*699.13</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>873883</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>135</v>
+      </c>
+      <c r="G41" s="2">
+        <v>0</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K41" s="2" t="str">
-        <f>J41*769.33</f>
+        <f>J41*769.04</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>879370</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>139</v>
+      </c>
+      <c r="G42" s="2" t="s">
+        <v>30</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K42" s="2" t="str">
-        <f>J42*1203.85</f>
+        <f>J42*1203.39</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>884661</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G43" s="2">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K43" s="2" t="str">
-        <f>J43*412.20</f>
+        <f>J43*412.04</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>885989</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K44" s="2" t="str">
-        <f>J44*1056.53</f>
+        <f>J44*1056.13</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>885990</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E45" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="G45" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
       <c r="I45" s="1">
         <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K45" s="2" t="str">
-        <f>J45*1819.91</f>
+        <f>J45*1819.21</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>885991</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G46" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K46" s="2" t="str">
-        <f>J46*1888.36</f>
+        <f>J46*1887.64</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>886034</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>159</v>
+      </c>
+      <c r="G47" s="2" t="s">
+        <v>15</v>
       </c>
       <c r="H47" s="2">
         <v>0</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K47" s="2" t="str">
-        <f>J47*1043.14</f>
+        <f>J47*1042.74</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>886089</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="G48" s="2">
         <v>0</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K48" s="2" t="str">
-        <f>J48*1431.52</f>
+        <f>J48*1430.98</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>886090</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G49" s="2">
         <v>0</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K49" s="2" t="str">
-        <f>J49*2784.18</f>
+        <f>J49*2783.11</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A32:K32"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>