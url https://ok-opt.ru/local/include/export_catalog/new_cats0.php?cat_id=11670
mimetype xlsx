--- v1 (2025-12-07)
+++ v2 (2026-01-29)
@@ -64,98 +64,98 @@
   <si>
     <t>Удаленный</t>
   </si>
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>Фитинги чугунные</t>
   </si>
   <si>
     <t>Обжимные фитинги Gebo (ремонтные) из оцинкованного чугуна</t>
   </si>
   <si>
     <t>FCS-110001</t>
   </si>
   <si>
     <t>соединительный элемент GEBO (нар рез) 1/2" AK (18шт)</t>
   </si>
   <si>
     <t>1 116.39 руб.</t>
   </si>
   <si>
+    <t>&gt;10</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>FCS-110002</t>
+  </si>
+  <si>
+    <t>соединительный элемент GEBO (нар рез) 3/4" AK (18шт)</t>
+  </si>
+  <si>
+    <t>1 313.42 руб.</t>
+  </si>
+  <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
+    <t>FCS-110003</t>
+  </si>
+  <si>
+    <t>соединительный элемент GEBO (нар рез) 1" AK (15шт)</t>
+  </si>
+  <si>
+    <t>1 601.91 руб.</t>
+  </si>
+  <si>
+    <t>FCS-110004</t>
+  </si>
+  <si>
+    <t>соединительный элемент GEBO (нар рез) 1 1/4" AK (10шт)</t>
+  </si>
+  <si>
+    <t>2 155.60 руб.</t>
+  </si>
+  <si>
     <t>&gt;25</t>
   </si>
   <si>
-    <t>шт</t>
-[...31 lines deleted...]
-  <si>
     <t>FCS-110005</t>
   </si>
   <si>
     <t>соединительный элемент GEBO (нар рез) 1 1/2" AK (8шт)</t>
   </si>
   <si>
     <t>2 611.20 руб.</t>
   </si>
   <si>
-    <t>&gt;10</t>
-[...1 lines deleted...]
-  <si>
     <t>FCS-110006</t>
   </si>
   <si>
     <t>соединительный элемент GEBO (нар рез) 2" AK (6шт)</t>
   </si>
   <si>
     <t>4 328.03 руб.</t>
   </si>
   <si>
     <t>FCS-110007</t>
   </si>
   <si>
     <t>соединительный элемент GEBO (вн рез) 1/2" IK (18шт)</t>
   </si>
   <si>
     <t>1 129.31 руб.</t>
   </si>
   <si>
     <t>FCS-110008</t>
   </si>
   <si>
     <t>соединительный элемент GEBO (вн рез) 3/4" IK (18шт)</t>
   </si>
   <si>
     <t>1 357.79 руб.</t>
@@ -328,243 +328,243 @@
   <si>
     <t>1 819.00 руб.</t>
   </si>
   <si>
     <t>FCS-120096</t>
   </si>
   <si>
     <t>угольник вн. вн. GEBO Platinum чугун. 1/2" / 90-4V</t>
   </si>
   <si>
     <t>82.96 руб.</t>
   </si>
   <si>
     <t>Обжимные фитинги VIEIR (ремонтные) из оцинкованного чугуна</t>
   </si>
   <si>
     <t>FCS-150001</t>
   </si>
   <si>
     <t>VR2057</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1/2" вн.р. (64/8шт)</t>
   </si>
   <si>
-    <t>432.86 руб.</t>
+    <t>465.59 руб.</t>
   </si>
   <si>
     <t>FCS-150004</t>
   </si>
   <si>
     <t>VR2063</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1 1/4" вн.р. (40/5шт)</t>
   </si>
   <si>
-    <t>1 240.58 руб.</t>
+    <t>1 292.64 руб.</t>
   </si>
   <si>
     <t>VER-000138</t>
   </si>
   <si>
     <t>VR2059</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1/2"x1/2" (64/8шт)</t>
   </si>
   <si>
-    <t>641.11 руб.</t>
+    <t>687.23 руб.</t>
   </si>
   <si>
     <t>VER-000219</t>
   </si>
   <si>
     <t>VR2060</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 3/4" вн.р. (64/8шт)</t>
   </si>
   <si>
-    <t>547.40 руб.</t>
+    <t>565.25 руб.</t>
   </si>
   <si>
     <t>VER-000220</t>
   </si>
   <si>
     <t>VR2061</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 3/4" нар. р. (64/8шт)</t>
   </si>
   <si>
-    <t>574.18 руб.</t>
+    <t>592.03 руб.</t>
   </si>
   <si>
     <t>VER-000309</t>
   </si>
   <si>
     <t>VR2062</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 3/4"X3/4" (64/8шт)</t>
   </si>
   <si>
-    <t>834.49 руб.</t>
+    <t>895.48 руб.</t>
   </si>
   <si>
     <t>VER-000310</t>
   </si>
   <si>
     <t>VR2068</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1"X1"(40/5шт)</t>
   </si>
   <si>
-    <t>1 071.00 руб.</t>
+    <t>1 149.84 руб.</t>
   </si>
   <si>
     <t>VER-000311</t>
   </si>
   <si>
     <t>VR2066</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1" вн.р  (40/5шт)</t>
   </si>
   <si>
-    <t>699.13 руб.</t>
+    <t>752.68 руб.</t>
   </si>
   <si>
     <t>VER-000354</t>
   </si>
   <si>
     <t>VR2067</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1" нар.р. (40/5шт)</t>
   </si>
   <si>
-    <t>769.04 руб.</t>
+    <t>827.05 руб.</t>
   </si>
   <si>
     <t>VER-000518</t>
   </si>
   <si>
     <t>VR2064</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1 1/4" нар (40/1шт)</t>
   </si>
   <si>
-    <t>1 203.39 руб.</t>
+    <t>1 252.48 руб.</t>
   </si>
   <si>
     <t>VER-000936</t>
   </si>
   <si>
     <t>VR2058</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1/2"M (64/8шт)</t>
   </si>
   <si>
-    <t>412.04 руб.</t>
+    <t>441.79 руб.</t>
   </si>
   <si>
     <t>VER-001366</t>
   </si>
   <si>
     <t>VR2115</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1 1/2"F (2/1шт)</t>
   </si>
   <si>
-    <t>1 056.13 руб.</t>
+    <t>1 142.40 руб.</t>
   </si>
   <si>
     <t>VER-001367</t>
   </si>
   <si>
     <t>VR2116</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 2"F (2/1шт)</t>
   </si>
   <si>
-    <t>1 819.21 руб.</t>
+    <t>1 966.48 руб.</t>
   </si>
   <si>
     <t>VER-001368</t>
   </si>
   <si>
     <t>VR2118</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 2"M (2/1шт)</t>
   </si>
   <si>
-    <t>1 887.64 руб.</t>
+    <t>2 040.85 руб.</t>
   </si>
   <si>
     <t>VER-001435</t>
   </si>
   <si>
     <t>VR2117</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1 1/2"M (32/2шт)</t>
   </si>
   <si>
-    <t>1 042.74 руб.</t>
+    <t>1 127.53 руб.</t>
   </si>
   <si>
     <t>VER-001561</t>
   </si>
   <si>
     <t>VR2119</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1 1/2" (32/1шт)</t>
   </si>
   <si>
-    <t>1 430.98 руб.</t>
+    <t>1 547.00 руб.</t>
   </si>
   <si>
     <t>VER-001562</t>
   </si>
   <si>
     <t>VR2120</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 2" (16/1шт)</t>
   </si>
   <si>
-    <t>2 783.11 руб.</t>
+    <t>3 009.21 руб.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -2440,678 +2440,678 @@
       <c r="J4" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K4" s="2" t="str">
         <f>J4*1116.39</f>
         <v>0</v>
       </c>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>820694</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D5" s="1"/>
       <c r="E5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G5" s="2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K5" s="2" t="str">
         <f>J5*1313.42</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>820695</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D6" s="1"/>
       <c r="E6" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K6" s="2" t="str">
         <f>J6*1601.91</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>820696</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D7" s="1"/>
       <c r="E7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G7" s="2" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K7" s="2" t="str">
         <f>J7*2155.60</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>820697</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D8" s="1"/>
       <c r="E8" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*2611.20</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>820698</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D9" s="1"/>
       <c r="E9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="G9" s="2" t="s">
-        <v>30</v>
+      <c r="G9" s="2">
+        <v>10</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K9" s="2" t="str">
         <f>J9*4328.03</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>820699</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D10" s="1"/>
       <c r="E10" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K10" s="2" t="str">
         <f>J10*1129.31</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>820700</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="1"/>
       <c r="E11" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K11" s="2" t="str">
         <f>J11*1357.79</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>820701</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="1"/>
       <c r="E12" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K12" s="2" t="str">
         <f>J12*1692.01</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>820702</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="1"/>
       <c r="E13" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K13" s="2" t="str">
         <f>J13*2155.60</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>820703</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="1"/>
       <c r="E14" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G14" s="2">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K14" s="2" t="str">
         <f>J14*2732.58</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>820704</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>48</v>
       </c>
       <c r="D15" s="1"/>
       <c r="E15" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G15" s="2">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K15" s="2" t="str">
         <f>J15*4214.47</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>820705</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D16" s="1"/>
       <c r="E16" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G16" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K16" s="2" t="str">
         <f>J16*743.75</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>820706</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="1"/>
       <c r="E17" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G17" s="2">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K17" s="2" t="str">
         <f>J17*840.31</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>820707</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>57</v>
       </c>
       <c r="D18" s="1"/>
       <c r="E18" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G18" s="2">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K18" s="2" t="str">
         <f>J18*1126.93</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>820708</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D19" s="1"/>
       <c r="E19" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G19" s="2">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K19" s="2" t="str">
         <f>J19*1515.38</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>820709</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D20" s="1"/>
       <c r="E20" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G20" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K20" s="2" t="str">
         <f>J20*2198.44</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>820710</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D21" s="1"/>
       <c r="E21" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G21" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K21" s="2" t="str">
         <f>J21*2754.68</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>820711</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D22" s="1"/>
       <c r="E22" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G22" s="2">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K22" s="2" t="str">
         <f>J22*1367.14</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>820712</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D23" s="1"/>
       <c r="E23" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G23" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K23" s="2" t="str">
         <f>J23*1720.74</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>820713</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D24" s="1"/>
       <c r="E24" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G24" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K24" s="2" t="str">
         <f>J24*2277.83</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>820714</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>78</v>
       </c>
       <c r="D25" s="1"/>
@@ -3133,51 +3133,51 @@
       <c r="J25" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K25" s="2" t="str">
         <f>J25*3331.83</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>820715</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D26" s="1"/>
       <c r="E26" s="2" t="s">
         <v>82</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>83</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K26" s="2" t="str">
         <f>J26*1217.03</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>820716</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D27" s="1"/>
@@ -3348,624 +3348,624 @@
       <c r="F32" s="7"/>
       <c r="G32" s="7"/>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>837123</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>100</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>101</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>102</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="G33" s="2">
-        <v>2</v>
+      <c r="G33" s="2" t="s">
+        <v>15</v>
       </c>
       <c r="H33" s="2">
         <v>0</v>
       </c>
-      <c r="I33" s="1" t="s">
-        <v>30</v>
+      <c r="I33" s="1">
+        <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K33" s="2" t="str">
-        <f>J33*432.86</f>
+        <f>J33*465.59</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>837124</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>104</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>105</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>107</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K34" s="2" t="str">
-        <f>J34*1240.58</f>
+        <f>J34*1292.64</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>837314</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>109</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>110</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>111</v>
       </c>
       <c r="G35" s="2">
         <v>8</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K35" s="2" t="str">
-        <f>J35*641.11</f>
+        <f>J35*687.23</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>839818</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>112</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>113</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>114</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>115</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K36" s="2" t="str">
-        <f>J36*547.40</f>
+        <f>J36*565.25</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>839819</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>116</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>117</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>118</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="G37" s="2" t="s">
-        <v>30</v>
+      <c r="G37" s="2">
+        <v>2</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K37" s="2" t="str">
-        <f>J37*574.18</f>
+        <f>J37*592.03</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>871403</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>120</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>122</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K38" s="2" t="str">
-        <f>J38*834.49</f>
+        <f>J38*895.48</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>871404</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>124</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>126</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>127</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K39" s="2" t="str">
-        <f>J39*1071.00</f>
+        <f>J39*1149.84</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>871405</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>128</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>129</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G40" s="2">
         <v>0</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K40" s="2" t="str">
-        <f>J40*699.13</f>
+        <f>J40*752.68</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>873883</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>132</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>133</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>134</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>135</v>
       </c>
       <c r="G41" s="2">
         <v>0</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K41" s="2" t="str">
-        <f>J41*769.04</f>
+        <f>J41*827.05</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>879370</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>136</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>137</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>138</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>139</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K42" s="2" t="str">
-        <f>J42*1203.39</f>
+        <f>J42*1252.48</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>884661</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>140</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>141</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>142</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="G43" s="2">
-        <v>1</v>
+      <c r="G43" s="2" t="s">
+        <v>27</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K43" s="2" t="str">
-        <f>J43*412.04</f>
+        <f>J43*441.79</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>885989</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>144</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>145</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>146</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>147</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K44" s="2" t="str">
-        <f>J44*1056.13</f>
+        <f>J44*1142.40</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>885990</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>148</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>149</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>150</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>151</v>
       </c>
       <c r="G45" s="2">
         <v>8</v>
       </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
       <c r="I45" s="1">
         <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K45" s="2" t="str">
-        <f>J45*1819.21</f>
+        <f>J45*1966.48</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>885991</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>153</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>154</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>155</v>
       </c>
       <c r="G46" s="2">
         <v>8</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K46" s="2" t="str">
-        <f>J46*1887.64</f>
+        <f>J46*2040.85</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>886034</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>156</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>157</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>158</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>159</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="H47" s="2">
         <v>0</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K47" s="2" t="str">
-        <f>J47*1042.74</f>
+        <f>J47*1127.53</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>886089</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>160</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>161</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>162</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>163</v>
       </c>
       <c r="G48" s="2">
         <v>0</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K48" s="2" t="str">
-        <f>J48*1430.98</f>
+        <f>J48*1547.00</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>886090</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>164</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>165</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>166</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>167</v>
       </c>
       <c r="G49" s="2">
         <v>0</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K49" s="2" t="str">
-        <f>J49*2783.11</f>
+        <f>J49*3009.21</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A32:K32"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>