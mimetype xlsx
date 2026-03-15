--- v2 (2026-01-29)
+++ v3 (2026-03-15)
@@ -64,96 +64,96 @@
   <si>
     <t>Удаленный</t>
   </si>
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>Фитинги чугунные</t>
   </si>
   <si>
     <t>Обжимные фитинги Gebo (ремонтные) из оцинкованного чугуна</t>
   </si>
   <si>
     <t>FCS-110001</t>
   </si>
   <si>
     <t>соединительный элемент GEBO (нар рез) 1/2" AK (18шт)</t>
   </si>
   <si>
     <t>1 116.39 руб.</t>
   </si>
   <si>
+    <t>&gt;25</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>FCS-110002</t>
+  </si>
+  <si>
+    <t>соединительный элемент GEBO (нар рез) 3/4" AK (18шт)</t>
+  </si>
+  <si>
+    <t>1 313.42 руб.</t>
+  </si>
+  <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
+    <t>FCS-110003</t>
+  </si>
+  <si>
+    <t>соединительный элемент GEBO (нар рез) 1" AK (15шт)</t>
+  </si>
+  <si>
+    <t>1 601.91 руб.</t>
+  </si>
+  <si>
+    <t>FCS-110004</t>
+  </si>
+  <si>
+    <t>соединительный элемент GEBO (нар рез) 1 1/4" AK (10шт)</t>
+  </si>
+  <si>
+    <t>2 155.60 руб.</t>
+  </si>
+  <si>
+    <t>FCS-110005</t>
+  </si>
+  <si>
+    <t>соединительный элемент GEBO (нар рез) 1 1/2" AK (8шт)</t>
+  </si>
+  <si>
+    <t>2 611.20 руб.</t>
+  </si>
+  <si>
     <t>&gt;10</t>
-  </si>
-[...43 lines deleted...]
-    <t>2 611.20 руб.</t>
   </si>
   <si>
     <t>FCS-110006</t>
   </si>
   <si>
     <t>соединительный элемент GEBO (нар рез) 2" AK (6шт)</t>
   </si>
   <si>
     <t>4 328.03 руб.</t>
   </si>
   <si>
     <t>FCS-110007</t>
   </si>
   <si>
     <t>соединительный элемент GEBO (вн рез) 1/2" IK (18шт)</t>
   </si>
   <si>
     <t>1 129.31 руб.</t>
   </si>
   <si>
     <t>FCS-110008</t>
   </si>
   <si>
     <t>соединительный элемент GEBO (вн рез) 3/4" IK (18шт)</t>
   </si>
@@ -2506,513 +2506,513 @@
       <c r="J6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K6" s="2" t="str">
         <f>J6*1601.91</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>820696</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D7" s="1"/>
       <c r="E7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G7" s="2" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K7" s="2" t="str">
         <f>J7*2155.60</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>820697</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D8" s="1"/>
       <c r="E8" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="F8" s="2" t="s">
+      <c r="G8" s="2" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*2611.20</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>820698</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D9" s="1"/>
       <c r="E9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G9" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K9" s="2" t="str">
         <f>J9*4328.03</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>820699</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D10" s="1"/>
       <c r="E10" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K10" s="2" t="str">
         <f>J10*1129.31</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>820700</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="1"/>
       <c r="E11" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K11" s="2" t="str">
         <f>J11*1357.79</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>820701</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="1"/>
       <c r="E12" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K12" s="2" t="str">
         <f>J12*1692.01</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>820702</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="1"/>
       <c r="E13" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K13" s="2" t="str">
         <f>J13*2155.60</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>820703</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="1"/>
       <c r="E14" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="G14" s="2">
-        <v>10</v>
+      <c r="G14" s="2" t="s">
+        <v>30</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K14" s="2" t="str">
         <f>J14*2732.58</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>820704</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>48</v>
       </c>
       <c r="D15" s="1"/>
       <c r="E15" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G15" s="2">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K15" s="2" t="str">
         <f>J15*4214.47</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>820705</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D16" s="1"/>
       <c r="E16" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G16" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K16" s="2" t="str">
         <f>J16*743.75</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>820706</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="1"/>
       <c r="E17" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G17" s="2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K17" s="2" t="str">
         <f>J17*840.31</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>820707</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>57</v>
       </c>
       <c r="D18" s="1"/>
       <c r="E18" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G18" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K18" s="2" t="str">
         <f>J18*1126.93</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>820708</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D19" s="1"/>
       <c r="E19" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G19" s="2">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K19" s="2" t="str">
         <f>J19*1515.38</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>820709</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D20" s="1"/>
       <c r="E20" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G20" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K20" s="2" t="str">
         <f>J20*2198.44</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>820710</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D21" s="1"/>
       <c r="E21" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G21" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K21" s="2" t="str">
         <f>J21*2754.68</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>820711</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D22" s="1"/>
@@ -3034,216 +3034,216 @@
       <c r="J22" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K22" s="2" t="str">
         <f>J22*1367.14</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>820712</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D23" s="1"/>
       <c r="E23" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G23" s="2">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K23" s="2" t="str">
         <f>J23*1720.74</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>820713</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D24" s="1"/>
       <c r="E24" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G24" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K24" s="2" t="str">
         <f>J24*2277.83</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>820714</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>78</v>
       </c>
       <c r="D25" s="1"/>
       <c r="E25" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G25" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K25" s="2" t="str">
         <f>J25*3331.83</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>820715</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D26" s="1"/>
       <c r="E26" s="2" t="s">
         <v>82</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>83</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K26" s="2" t="str">
         <f>J26*1217.03</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>820716</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D27" s="1"/>
       <c r="E27" s="2" t="s">
         <v>85</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G27" s="2">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K27" s="2" t="str">
         <f>J27*1637.27</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>820717</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>87</v>
       </c>
       <c r="D28" s="1"/>
       <c r="E28" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>89</v>
       </c>
       <c r="G28" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H28" s="2">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K28" s="2" t="str">
         <f>J28*1998.86</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>820804</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>90</v>
       </c>
       <c r="D29" s="1"/>
@@ -3349,86 +3349,86 @@
       <c r="G32" s="7"/>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>837123</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>100</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>101</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>102</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G33" s="2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H33" s="2">
         <v>0</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K33" s="2" t="str">
         <f>J33*465.59</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>837124</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>104</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>105</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>107</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K34" s="2" t="str">
         <f>J34*1292.64</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>837314</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D35" s="1" t="s">
@@ -3454,156 +3454,156 @@
       </c>
       <c r="K35" s="2" t="str">
         <f>J35*687.23</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>839818</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>112</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>113</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>114</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>115</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K36" s="2" t="str">
         <f>J36*565.25</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>839819</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>116</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>117</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>118</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="G37" s="2">
-        <v>2</v>
+      <c r="G37" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K37" s="2" t="str">
         <f>J37*592.03</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>871403</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>120</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>122</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K38" s="2" t="str">
         <f>J38*895.48</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>871404</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>124</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>125</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>126</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>127</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K39" s="2" t="str">
         <f>J39*1149.84</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>871405</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>128</v>
       </c>
       <c r="D40" s="1" t="s">
@@ -3664,121 +3664,121 @@
       </c>
       <c r="K41" s="2" t="str">
         <f>J41*827.05</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>879370</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>136</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>137</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>138</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>139</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K42" s="2" t="str">
         <f>J42*1252.48</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>884661</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>140</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>141</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>142</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>143</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K43" s="2" t="str">
         <f>J43*441.79</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>885989</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>144</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>145</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>146</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>147</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K44" s="2" t="str">
         <f>J44*1142.40</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>885990</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>148</v>
       </c>
       <c r="D45" s="1" t="s">
@@ -3804,86 +3804,86 @@
       </c>
       <c r="K45" s="2" t="str">
         <f>J45*1966.48</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>885991</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>153</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>154</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>155</v>
       </c>
       <c r="G46" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K46" s="2" t="str">
         <f>J46*2040.85</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>886034</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>156</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>157</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>158</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>159</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="H47" s="2">
         <v>0</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K47" s="2" t="str">
         <f>J47*1127.53</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>886089</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>160</v>
       </c>
       <c r="D48" s="1" t="s">