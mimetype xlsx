--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -1854,52 +1854,52 @@
       </c>
       <c r="J8" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*2611.20</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>820698</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D9" s="1"/>
       <c r="E9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="G9" s="2" t="s">
-        <v>30</v>
+      <c r="G9" s="2">
+        <v>8</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K9" s="2" t="str">
         <f>J9*4328.03</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>820699</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D10" s="1"/>
@@ -1921,84 +1921,84 @@
       <c r="J10" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K10" s="2" t="str">
         <f>J10*1129.31</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>820700</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="1"/>
       <c r="E11" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K11" s="2" t="str">
         <f>J11*1357.79</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>820701</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="1"/>
       <c r="E12" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K12" s="2" t="str">
         <f>J12*1692.01</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>820702</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="1"/>
@@ -2019,118 +2019,118 @@
       </c>
       <c r="J13" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K13" s="2" t="str">
         <f>J13*2155.60</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>820703</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="1"/>
       <c r="E14" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="G14" s="2">
-        <v>5</v>
+      <c r="G14" s="2" t="s">
+        <v>30</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K14" s="2" t="str">
         <f>J14*2732.58</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>820704</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>48</v>
       </c>
       <c r="D15" s="1"/>
       <c r="E15" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G15" s="2">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K15" s="2" t="str">
         <f>J15*4214.47</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>820705</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D16" s="1"/>
       <c r="E16" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G16" s="2">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K16" s="2" t="str">
         <f>J16*743.75</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>820706</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="1"/>
@@ -2218,51 +2218,51 @@
       <c r="J19" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K19" s="2" t="str">
         <f>J19*1515.38</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>820709</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D20" s="1"/>
       <c r="E20" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G20" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K20" s="2" t="str">
         <f>J20*2198.44</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>820710</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D21" s="1"/>
@@ -2284,150 +2284,150 @@
       <c r="J21" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K21" s="2" t="str">
         <f>J21*2754.68</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>820711</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D22" s="1"/>
       <c r="E22" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G22" s="2">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K22" s="2" t="str">
         <f>J22*1367.14</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>820712</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D23" s="1"/>
       <c r="E23" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G23" s="2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K23" s="2" t="str">
         <f>J23*1720.74</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>820713</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D24" s="1"/>
       <c r="E24" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G24" s="2">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K24" s="2" t="str">
         <f>J24*2277.83</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>820714</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>78</v>
       </c>
       <c r="D25" s="1"/>
       <c r="E25" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G25" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K25" s="2" t="str">
         <f>J25*3331.83</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>820715</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D26" s="1"/>
@@ -2449,84 +2449,84 @@
       <c r="J26" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K26" s="2" t="str">
         <f>J26*1217.03</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>820716</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D27" s="1"/>
       <c r="E27" s="2" t="s">
         <v>85</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G27" s="2">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K27" s="2" t="str">
         <f>J27*1637.27</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>820717</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>87</v>
       </c>
       <c r="D28" s="1"/>
       <c r="E28" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>89</v>
       </c>
       <c r="G28" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H28" s="2">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K28" s="2" t="str">
         <f>J28*1998.86</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>820804</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>90</v>
       </c>
       <c r="D29" s="1"/>