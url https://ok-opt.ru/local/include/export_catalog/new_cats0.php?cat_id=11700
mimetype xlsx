--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -87,309 +87,309 @@
   <si>
     <t>712.00 руб.</t>
   </si>
   <si>
     <t>&gt;10</t>
   </si>
   <si>
     <t>&gt;100</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>VLC-511002</t>
   </si>
   <si>
     <t>VT.271.N.05</t>
   </si>
   <si>
     <t>Кран шар. газ. VALGAS, стальная рукоятка 3/4" вн.-вн. (9 /81шт)</t>
   </si>
   <si>
     <t>1 217.00 руб.</t>
   </si>
   <si>
+    <t>VLC-511003</t>
+  </si>
+  <si>
+    <t>VT.271.N.06</t>
+  </si>
+  <si>
+    <t>Кран шар. газ. VALGAS, стальная рукоятка 1" вн.-вн. (6 /72шт)</t>
+  </si>
+  <si>
+    <t>1 788.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-511004</t>
+  </si>
+  <si>
+    <t>VT.272.N.04</t>
+  </si>
+  <si>
+    <t>Кран шар. газ. VALGAS, стальная рукоятка 1/2" вн.-нар. (16 /144шт)</t>
+  </si>
+  <si>
+    <t>753.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-511005</t>
+  </si>
+  <si>
+    <t>VT.272.N.05</t>
+  </si>
+  <si>
+    <t>Кран шар. газ. VALGAS, стальная рукоятка 3/4" вн.-нар. (9 /81шт)</t>
+  </si>
+  <si>
+    <t>1 291.00 руб.</t>
+  </si>
+  <si>
     <t>&gt;50</t>
   </si>
   <si>
-    <t>VLC-511003</t>
-[...34 lines deleted...]
-  <si>
     <t>VLC-511006</t>
   </si>
   <si>
     <t>VT.277.N.04</t>
   </si>
   <si>
     <t>Кран шар. газ. VALGAS, рукоятка бабочка 1/2" вн.-вн. (6 /144шт)</t>
   </si>
   <si>
     <t>608.00 руб.</t>
   </si>
   <si>
     <t>VLC-511007</t>
   </si>
   <si>
     <t>VT.277.N.05</t>
   </si>
   <si>
     <t>Кран шар. газ. VALGAS, рукоятка бабочка 3/4" вн.-вн. (9 /81шт)</t>
   </si>
   <si>
     <t>1 100.00 руб.</t>
   </si>
   <si>
     <t>VLC-511008</t>
   </si>
   <si>
     <t>VT.278.N.04</t>
   </si>
   <si>
     <t>Кран шар. газ. VALGAS, рукоятка бабочка 1/2" вн.-нар. (16 /144шт)</t>
   </si>
   <si>
     <t>711.00 руб.</t>
   </si>
   <si>
     <t>VLC-511009</t>
   </si>
   <si>
     <t>VT.278.N.05</t>
   </si>
   <si>
     <t>Кран шар. газ. VALGAS, рукоятка бабочка 3/4" вн.-нар. (9 /81шт)</t>
   </si>
   <si>
     <t>1 209.00 руб.</t>
   </si>
   <si>
+    <t>Краны газовые VIEIR</t>
+  </si>
+  <si>
+    <t>ZAG-110001</t>
+  </si>
+  <si>
+    <t>VRQ210-01</t>
+  </si>
+  <si>
+    <t>Кран газовый VR вн-вн 1/2 бабочка (14/112шт)</t>
+  </si>
+  <si>
+    <t>443.28 руб.</t>
+  </si>
+  <si>
+    <t>ZAG-110002</t>
+  </si>
+  <si>
+    <t>VRQ210-02</t>
+  </si>
+  <si>
+    <t>Кран газовый VR вн-вн 3/4  бабочка (10/80шт)</t>
+  </si>
+  <si>
+    <t>569.71 руб.</t>
+  </si>
+  <si>
+    <t>ZAG-110003</t>
+  </si>
+  <si>
+    <t>VRQ210-03</t>
+  </si>
+  <si>
+    <t>Кран газовый VR вн-вн 1  бабочка (10/60шт)</t>
+  </si>
+  <si>
+    <t>922.25 руб.</t>
+  </si>
+  <si>
+    <t>ZAG-110004</t>
+  </si>
+  <si>
+    <t>VRQ211-01</t>
+  </si>
+  <si>
+    <t>Кран газовый VR вн-нар 1/2  бабочка (14/112шт)</t>
+  </si>
+  <si>
+    <t>409.06 руб.</t>
+  </si>
+  <si>
     <t>&gt;25</t>
   </si>
   <si>
-    <t>Краны газовые VIEIR</t>
-[...49 lines deleted...]
-  <si>
     <t>ZAG-110005</t>
   </si>
   <si>
     <t>VRQ211-02</t>
   </si>
   <si>
     <t>Кран газовый VR вн-нар 3/4  бабочка (10/80шт)</t>
   </si>
   <si>
-    <t>599.69 руб.</t>
+    <t>599.46 руб.</t>
   </si>
   <si>
     <t>ZAG-110006</t>
   </si>
   <si>
     <t>VRQ211-03</t>
   </si>
   <si>
     <t>Кран газовый VR вн-нар 1  бабочка (10/60шт)</t>
   </si>
   <si>
-    <t>956.83 руб.</t>
+    <t>956.46 руб.</t>
   </si>
   <si>
     <t>ZAG-110007</t>
   </si>
   <si>
     <t>VRQ212-01</t>
   </si>
   <si>
     <t>Кран газовый VR вн-вн 1/2 ручка (14/112шт)</t>
   </si>
   <si>
-    <t>424.10 руб.</t>
+    <t>423.94 руб.</t>
   </si>
   <si>
     <t>ZAG-110008</t>
   </si>
   <si>
     <t>VRQ212-02</t>
   </si>
   <si>
     <t>Кран газовый VR вн-вн 3/4  ручка (10/80шт)</t>
   </si>
   <si>
-    <t>578.86 руб.</t>
+    <t>578.64 руб.</t>
   </si>
   <si>
     <t>ZAG-110009</t>
   </si>
   <si>
     <t>VRQ212-03</t>
   </si>
   <si>
     <t>Кран газовый VR вн-вн 1  ручка (10/60шт)</t>
   </si>
   <si>
-    <t>897.31 руб.</t>
+    <t>896.96 руб.</t>
   </si>
   <si>
     <t>ZAG-110010</t>
   </si>
   <si>
     <t>VRQ213-01</t>
   </si>
   <si>
     <t>Кран газовый VR вн-нар 1/2  ручка (14/112шт)</t>
   </si>
   <si>
-    <t>436.00 руб.</t>
+    <t>435.84 руб.</t>
   </si>
   <si>
     <t>ZAG-110011</t>
   </si>
   <si>
     <t>VRQ213-02</t>
   </si>
   <si>
     <t>Кран газовый VR вн-нар 3/4  ручка (10/80шт)</t>
   </si>
   <si>
-    <t>604.16 руб.</t>
+    <t>603.93 руб.</t>
   </si>
   <si>
     <t>ZAG-110012</t>
   </si>
   <si>
     <t>VRQ213-03</t>
   </si>
   <si>
     <t>Кран газовый VR вн-нар 1  ручка (10/60шт)</t>
   </si>
   <si>
-    <t>918.14 руб.</t>
+    <t>917.79 руб.</t>
   </si>
   <si>
     <t>ZAG-110013</t>
   </si>
   <si>
     <t>VRQ214-01</t>
   </si>
   <si>
     <t>Кран газовый УГЛОВОЙ VIEIR вн-вн 1/2  бабочка (10/120шт)</t>
   </si>
   <si>
-    <t>377.97 руб.</t>
+    <t>377.83 руб.</t>
   </si>
   <si>
     <t>ZAG-110014</t>
   </si>
   <si>
     <t>VRQ214-02</t>
   </si>
   <si>
     <t>Кран газовый УГЛОВОЙ VIEIR вн-нар 1/2  бабочка (10/120шт)</t>
   </si>
   <si>
-    <t>367.55 руб.</t>
+    <t>367.41 руб.</t>
   </si>
   <si>
     <t>Краны газовые ZEGOR</t>
   </si>
   <si>
     <t>ZGR-000140</t>
   </si>
   <si>
     <t>GB11</t>
   </si>
   <si>
     <t>Кран шаровый газовый Zegor полнопроходной Pn40 латунь никель 1/2" вн-вн бабочка (20/120шт)</t>
   </si>
   <si>
     <t>390.00 руб.</t>
   </si>
   <si>
     <t>ZGR-000141</t>
   </si>
   <si>
     <t>GB12</t>
   </si>
   <si>
     <t>Кран шаровый газовый Zegor полнопроходной Pn40 латунь никель 3/4" вн-вн бабочка (шт)</t>
   </si>
@@ -2611,226 +2611,226 @@
         <v>0</v>
       </c>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>810945</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="str">
         <f>J5*1217.00</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>810946</v>
       </c>
       <c r="C6" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="D6" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="D6" s="1" t="s">
+      <c r="E6" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="F6" s="2" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="G6" s="2">
         <v>0</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="str">
         <f>J6*1788.00</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>810947</v>
       </c>
       <c r="C7" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D7" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="D7" s="1" t="s">
+      <c r="E7" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="F7" s="2" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="str">
         <f>J7*753.00</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>810948</v>
       </c>
       <c r="C8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="D8" s="1" t="s">
+      <c r="E8" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="E8" s="2" t="s">
+      <c r="F8" s="2" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="2" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*1291.00</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>810949</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="2" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="str">
         <f>J9*608.00</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>810950</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="G10" s="2" t="s">
-        <v>16</v>
+      <c r="G10" s="2">
+        <v>10</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="str">
         <f>J10*1100.00</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>810951</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E11" s="2" t="s">
@@ -2852,609 +2852,609 @@
         <v>18</v>
       </c>
       <c r="K11" s="2" t="str">
         <f>J11*711.00</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>810952</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>48</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="G12" s="2" t="s">
+      <c r="G12" s="2">
+        <v>9</v>
+      </c>
+      <c r="H12" s="2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="str">
         <f>J12*1209.00</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" outlineLevel="1">
       <c r="A13" s="7" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="7"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="7"/>
       <c r="I13" s="7"/>
       <c r="J13" s="7"/>
       <c r="K13" s="7"/>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>824514</v>
       </c>
       <c r="C14" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="E14" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="F14" s="2" t="s">
-[...3 lines deleted...]
-        <v>9</v>
+      <c r="G14" s="2" t="s">
+        <v>16</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="str">
-        <f>J14*443.44</f>
+        <f>J14*443.28</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>824515</v>
       </c>
       <c r="C15" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D15" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="D15" s="1" t="s">
+      <c r="E15" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="E15" s="2" t="s">
+      <c r="F15" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="F15" s="2" t="s">
-[...3 lines deleted...]
-        <v>16</v>
+      <c r="G15" s="2">
+        <v>6</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="str">
-        <f>J15*569.93</f>
+        <f>J15*569.71</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>824516</v>
       </c>
       <c r="C16" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D16" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="D16" s="1" t="s">
+      <c r="E16" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="E16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="F16" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G16" s="2">
         <v>0</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="str">
-        <f>J16*922.60</f>
+        <f>J16*922.25</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>824517</v>
       </c>
       <c r="C17" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D17" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="D17" s="1" t="s">
+      <c r="E17" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="E17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="F17" s="2" t="s">
+      <c r="G17" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="G17" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="str">
-        <f>J17*409.22</f>
+        <f>J17*409.06</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>824518</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>73</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="str">
-        <f>J18*599.69</f>
+        <f>J18*599.46</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>824519</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>75</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G19" s="2">
         <v>0</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="str">
-        <f>J19*956.83</f>
+        <f>J19*956.46</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>824520</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>78</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>79</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G20" s="2">
         <v>0</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="str">
-        <f>J20*424.10</f>
+        <f>J20*423.94</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>824521</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>83</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>84</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>85</v>
       </c>
       <c r="G21" s="2">
         <v>0</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="str">
-        <f>J21*578.86</f>
+        <f>J21*578.64</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>824522</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>86</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>87</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>89</v>
       </c>
       <c r="G22" s="2">
         <v>0</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="str">
-        <f>J22*897.31</f>
+        <f>J22*896.96</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>824523</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>90</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>91</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G23" s="2">
         <v>0</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="str">
-        <f>J23*436.00</f>
+        <f>J23*435.84</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>824524</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>95</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>96</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>97</v>
       </c>
       <c r="G24" s="2">
         <v>0</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="str">
-        <f>J24*604.16</f>
+        <f>J24*603.93</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>824525</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>98</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>99</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>100</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>101</v>
       </c>
       <c r="G25" s="2">
         <v>0</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="str">
-        <f>J25*918.14</f>
+        <f>J25*917.79</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>829303</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>102</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>103</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>104</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>105</v>
       </c>
-      <c r="G26" s="2" t="s">
-        <v>52</v>
+      <c r="G26" s="2">
+        <v>5</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="str">
-        <f>J26*377.97</f>
+        <f>J26*377.83</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>829304</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>107</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="str">
-        <f>J27*367.55</f>
+        <f>J27*367.41</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" outlineLevel="1">
       <c r="A28" s="7" t="s">
         <v>110</v>
       </c>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="7"/>
       <c r="F28" s="7"/>
       <c r="G28" s="7"/>
       <c r="H28" s="7"/>
       <c r="I28" s="7"/>
       <c r="J28" s="7"/>
       <c r="K28" s="7"/>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>859037</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>111</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>112</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>113</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="str">
         <f>J29*390.00</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>859038</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>115</v>
       </c>
       <c r="D30" s="1" t="s">
@@ -3751,86 +3751,86 @@
       <c r="G39" s="8"/>
       <c r="H39" s="8"/>
       <c r="I39" s="8"/>
       <c r="J39" s="8"/>
       <c r="K39" s="8"/>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>882432</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>142</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>143</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>144</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>145</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="str">
         <f>J40*368.46</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>882433</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>146</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>147</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>148</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>149</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>52</v>
+        <v>16</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="str">
         <f>J41*499.94</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>882434</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>150</v>
       </c>
       <c r="D42" s="1" t="s">
@@ -3961,51 +3961,51 @@
       </c>
       <c r="K45" s="2" t="str">
         <f>J45*3990.51</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>882438</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>166</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>167</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>168</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>169</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>52</v>
+        <v>69</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="str">
         <f>J46*363.48</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>882439</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>170</v>
       </c>
       <c r="D47" s="1" t="s">
@@ -4066,51 +4066,51 @@
       </c>
       <c r="K48" s="2" t="str">
         <f>J48*972.16</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>882441</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>177</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>178</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>179</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>180</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>52</v>
+        <v>16</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="str">
         <f>J49*389.23</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>882442</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D50" s="1" t="s">
@@ -4171,51 +4171,51 @@
       </c>
       <c r="K51" s="2" t="str">
         <f>J51*1005.05</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>882444</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>189</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>190</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>191</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>192</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>23</v>
+        <v>69</v>
       </c>
       <c r="H52" s="2">
         <v>0</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="str">
         <f>J52*379.91</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
         <v>882445</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>193</v>
       </c>
       <c r="D53" s="1" t="s">