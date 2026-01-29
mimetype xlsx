--- v1 (2025-12-07)
+++ v2 (2026-01-29)
@@ -123,273 +123,273 @@
   <si>
     <t>VLC-511004</t>
   </si>
   <si>
     <t>VT.272.N.04</t>
   </si>
   <si>
     <t>Кран шар. газ. VALGAS, стальная рукоятка 1/2" вн.-нар. (16 /144шт)</t>
   </si>
   <si>
     <t>753.00 руб.</t>
   </si>
   <si>
     <t>VLC-511005</t>
   </si>
   <si>
     <t>VT.272.N.05</t>
   </si>
   <si>
     <t>Кран шар. газ. VALGAS, стальная рукоятка 3/4" вн.-нар. (9 /81шт)</t>
   </si>
   <si>
     <t>1 291.00 руб.</t>
   </si>
   <si>
+    <t>&gt;25</t>
+  </si>
+  <si>
+    <t>VLC-511006</t>
+  </si>
+  <si>
+    <t>VT.277.N.04</t>
+  </si>
+  <si>
+    <t>Кран шар. газ. VALGAS, рукоятка бабочка 1/2" вн.-вн. (6 /144шт)</t>
+  </si>
+  <si>
+    <t>608.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-511007</t>
+  </si>
+  <si>
+    <t>VT.277.N.05</t>
+  </si>
+  <si>
+    <t>Кран шар. газ. VALGAS, рукоятка бабочка 3/4" вн.-вн. (9 /81шт)</t>
+  </si>
+  <si>
+    <t>1 100.00 руб.</t>
+  </si>
+  <si>
     <t>&gt;50</t>
   </si>
   <si>
-    <t>VLC-511006</t>
-[...22 lines deleted...]
-  <si>
     <t>VLC-511008</t>
   </si>
   <si>
     <t>VT.278.N.04</t>
   </si>
   <si>
     <t>Кран шар. газ. VALGAS, рукоятка бабочка 1/2" вн.-нар. (16 /144шт)</t>
   </si>
   <si>
     <t>711.00 руб.</t>
   </si>
   <si>
     <t>VLC-511009</t>
   </si>
   <si>
     <t>VT.278.N.05</t>
   </si>
   <si>
     <t>Кран шар. газ. VALGAS, рукоятка бабочка 3/4" вн.-нар. (9 /81шт)</t>
   </si>
   <si>
     <t>1 209.00 руб.</t>
   </si>
   <si>
     <t>Краны газовые VIEIR</t>
   </si>
   <si>
     <t>ZAG-110001</t>
   </si>
   <si>
     <t>VRQ210-01</t>
   </si>
   <si>
     <t>Кран газовый VR вн-вн 1/2 бабочка (14/112шт)</t>
   </si>
   <si>
-    <t>443.28 руб.</t>
+    <t>471.54 руб.</t>
   </si>
   <si>
     <t>ZAG-110002</t>
   </si>
   <si>
     <t>VRQ210-02</t>
   </si>
   <si>
     <t>Кран газовый VR вн-вн 3/4  бабочка (10/80шт)</t>
   </si>
   <si>
-    <t>569.71 руб.</t>
+    <t>639.63 руб.</t>
   </si>
   <si>
     <t>ZAG-110003</t>
   </si>
   <si>
     <t>VRQ210-03</t>
   </si>
   <si>
     <t>Кран газовый VR вн-вн 1  бабочка (10/60шт)</t>
   </si>
   <si>
-    <t>922.25 руб.</t>
+    <t>1 035.30 руб.</t>
   </si>
   <si>
     <t>ZAG-110004</t>
   </si>
   <si>
     <t>VRQ211-01</t>
   </si>
   <si>
     <t>Кран газовый VR вн-нар 1/2  бабочка (14/112шт)</t>
   </si>
   <si>
-    <t>409.06 руб.</t>
-[...2 lines deleted...]
-    <t>&gt;25</t>
+    <t>447.74 руб.</t>
   </si>
   <si>
     <t>ZAG-110005</t>
   </si>
   <si>
     <t>VRQ211-02</t>
   </si>
   <si>
     <t>Кран газовый VR вн-нар 3/4  бабочка (10/80шт)</t>
   </si>
   <si>
-    <t>599.46 руб.</t>
+    <t>672.35 руб.</t>
   </si>
   <si>
     <t>ZAG-110006</t>
   </si>
   <si>
     <t>VRQ211-03</t>
   </si>
   <si>
     <t>Кран газовый VR вн-нар 1  бабочка (10/60шт)</t>
   </si>
   <si>
-    <t>956.46 руб.</t>
+    <t>1 073.98 руб.</t>
   </si>
   <si>
     <t>ZAG-110007</t>
   </si>
   <si>
     <t>VRQ212-01</t>
   </si>
   <si>
     <t>Кран газовый VR вн-вн 1/2 ручка (14/112шт)</t>
   </si>
   <si>
-    <t>423.94 руб.</t>
+    <t>483.44 руб.</t>
   </si>
   <si>
     <t>ZAG-110008</t>
   </si>
   <si>
     <t>VRQ212-02</t>
   </si>
   <si>
     <t>Кран газовый VR вн-вн 3/4  ручка (10/80шт)</t>
   </si>
   <si>
-    <t>578.64 руб.</t>
+    <t>657.48 руб.</t>
   </si>
   <si>
     <t>ZAG-110009</t>
   </si>
   <si>
     <t>VRQ212-03</t>
   </si>
   <si>
     <t>Кран газовый VR вн-вн 1  ручка (10/60шт)</t>
   </si>
   <si>
-    <t>896.96 руб.</t>
+    <t>1 021.91 руб.</t>
   </si>
   <si>
     <t>ZAG-110010</t>
   </si>
   <si>
     <t>VRQ213-01</t>
   </si>
   <si>
     <t>Кран газовый VR вн-нар 1/2  ручка (14/112шт)</t>
   </si>
   <si>
-    <t>435.84 руб.</t>
+    <t>496.83 руб.</t>
   </si>
   <si>
     <t>ZAG-110011</t>
   </si>
   <si>
     <t>VRQ213-02</t>
   </si>
   <si>
     <t>Кран газовый VR вн-нар 3/4  ручка (10/80шт)</t>
   </si>
   <si>
-    <t>603.93 руб.</t>
+    <t>687.23 руб.</t>
   </si>
   <si>
     <t>ZAG-110012</t>
   </si>
   <si>
     <t>VRQ213-03</t>
   </si>
   <si>
     <t>Кран газовый VR вн-нар 1  ручка (10/60шт)</t>
   </si>
   <si>
-    <t>917.79 руб.</t>
+    <t>1 045.71 руб.</t>
   </si>
   <si>
     <t>ZAG-110013</t>
   </si>
   <si>
     <t>VRQ214-01</t>
   </si>
   <si>
     <t>Кран газовый УГЛОВОЙ VIEIR вн-вн 1/2  бабочка (10/120шт)</t>
   </si>
   <si>
-    <t>377.83 руб.</t>
+    <t>420.96 руб.</t>
   </si>
   <si>
     <t>ZAG-110014</t>
   </si>
   <si>
     <t>VRQ214-02</t>
   </si>
   <si>
     <t>Кран газовый УГЛОВОЙ VIEIR вн-нар 1/2  бабочка (10/120шт)</t>
   </si>
   <si>
-    <t>367.41 руб.</t>
+    <t>407.58 руб.</t>
   </si>
   <si>
     <t>Краны газовые ZEGOR</t>
   </si>
   <si>
     <t>ZGR-000140</t>
   </si>
   <si>
     <t>GB11</t>
   </si>
   <si>
     <t>Кран шаровый газовый Zegor полнопроходной Pn40 латунь никель 1/2" вн-вн бабочка (20/120шт)</t>
   </si>
   <si>
     <t>390.00 руб.</t>
   </si>
   <si>
     <t>ZGR-000141</t>
   </si>
   <si>
     <t>GB12</t>
   </si>
   <si>
     <t>Кран шаровый газовый Zegor полнопроходной Pn40 латунь никель 3/4" вн-вн бабочка (шт)</t>
   </si>
@@ -2747,714 +2747,714 @@
         <v>18</v>
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*1291.00</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>810949</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="G9" s="2" t="s">
-[...3 lines deleted...]
-        <v>35</v>
+      <c r="G9" s="2">
+        <v>5</v>
+      </c>
+      <c r="H9" s="2">
+        <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="str">
         <f>J9*608.00</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>810950</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G10" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="str">
         <f>J10*1100.00</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>810951</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>48</v>
+      </c>
+      <c r="G11" s="2">
+        <v>0</v>
+      </c>
+      <c r="H11" s="2">
+        <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="str">
         <f>J11*711.00</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>810952</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G12" s="2">
         <v>9</v>
       </c>
-      <c r="H12" s="2" t="s">
-        <v>16</v>
+      <c r="H12" s="2">
+        <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="str">
         <f>J12*1209.00</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" outlineLevel="1">
       <c r="A13" s="7" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="7"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="7"/>
       <c r="I13" s="7"/>
       <c r="J13" s="7"/>
       <c r="K13" s="7"/>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>824514</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>57</v>
+      </c>
+      <c r="G14" s="2">
+        <v>4</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="str">
-        <f>J14*443.28</f>
+        <f>J14*471.54</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>824515</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>61</v>
+      </c>
+      <c r="G15" s="2" t="s">
+        <v>16</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="str">
-        <f>J15*569.71</f>
+        <f>J15*639.63</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>824516</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G16" s="2">
         <v>0</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="str">
-        <f>J16*922.25</f>
+        <f>J16*1035.30</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>824517</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="G17" s="2" t="s">
         <v>69</v>
       </c>
+      <c r="G17" s="2">
+        <v>0</v>
+      </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="str">
-        <f>J17*409.06</f>
+        <f>J17*447.74</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>824518</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>73</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="str">
-        <f>J18*599.46</f>
+        <f>J18*672.35</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>824519</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>75</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G19" s="2">
         <v>0</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="str">
-        <f>J19*956.46</f>
+        <f>J19*1073.98</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>824520</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>78</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>79</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G20" s="2">
         <v>0</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="str">
-        <f>J20*423.94</f>
+        <f>J20*483.44</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>824521</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>83</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>84</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>85</v>
       </c>
       <c r="G21" s="2">
         <v>0</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="str">
-        <f>J21*578.64</f>
+        <f>J21*657.48</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>824522</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>86</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>87</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>89</v>
       </c>
       <c r="G22" s="2">
         <v>0</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="str">
-        <f>J22*896.96</f>
+        <f>J22*1021.91</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>824523</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>90</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>91</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G23" s="2">
         <v>0</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="str">
-        <f>J23*435.84</f>
+        <f>J23*496.83</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>824524</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>95</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>96</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>97</v>
       </c>
       <c r="G24" s="2">
         <v>0</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="str">
-        <f>J24*603.93</f>
+        <f>J24*687.23</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>824525</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>98</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>99</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>100</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>101</v>
       </c>
       <c r="G25" s="2">
         <v>0</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="str">
-        <f>J25*917.79</f>
+        <f>J25*1045.71</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>829303</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>102</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>103</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>104</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G26" s="2">
         <v>5</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="str">
-        <f>J26*377.83</f>
+        <f>J26*420.96</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>829304</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>107</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="G27" s="2" t="s">
-        <v>16</v>
+      <c r="G27" s="2">
+        <v>3</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="str">
-        <f>J27*367.41</f>
+        <f>J27*407.58</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" outlineLevel="1">
       <c r="A28" s="7" t="s">
         <v>110</v>
       </c>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="7"/>
       <c r="F28" s="7"/>
       <c r="G28" s="7"/>
       <c r="H28" s="7"/>
       <c r="I28" s="7"/>
       <c r="J28" s="7"/>
       <c r="K28" s="7"/>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>859037</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>111</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>112</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>113</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="str">
         <f>J29*390.00</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>859038</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>115</v>
       </c>
       <c r="D30" s="1" t="s">
@@ -3513,51 +3513,51 @@
       </c>
       <c r="K31" s="2" t="str">
         <f>J31*0.00</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>859040</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>121</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>122</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>123</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>124</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="H32" s="2">
         <v>0</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="str">
         <f>J32*431.59</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>859041</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>125</v>
       </c>
       <c r="D33" s="1" t="s">
@@ -3751,51 +3751,51 @@
       <c r="G39" s="8"/>
       <c r="H39" s="8"/>
       <c r="I39" s="8"/>
       <c r="J39" s="8"/>
       <c r="K39" s="8"/>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>882432</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>142</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>143</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>144</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>145</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="str">
         <f>J40*368.46</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>882433</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>146</v>
       </c>
       <c r="D41" s="1" t="s">
@@ -3961,51 +3961,51 @@
       </c>
       <c r="K45" s="2" t="str">
         <f>J45*3990.51</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>882438</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>166</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>167</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>168</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>169</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>69</v>
+        <v>35</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="str">
         <f>J46*363.48</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>882439</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>170</v>
       </c>
       <c r="D47" s="1" t="s">
@@ -4066,51 +4066,51 @@
       </c>
       <c r="K48" s="2" t="str">
         <f>J48*972.16</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>882441</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>177</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>178</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>179</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>180</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="str">
         <f>J49*389.23</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>882442</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D50" s="1" t="s">
@@ -4170,52 +4170,52 @@
         <v>18</v>
       </c>
       <c r="K51" s="2" t="str">
         <f>J51*1005.05</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>882444</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>189</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>190</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>191</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>192</v>
       </c>
-      <c r="G52" s="2" t="s">
-        <v>69</v>
+      <c r="G52" s="2">
+        <v>10</v>
       </c>
       <c r="H52" s="2">
         <v>0</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="str">
         <f>J52*379.91</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
         <v>882445</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>193</v>
       </c>
       <c r="D53" s="1" t="s">