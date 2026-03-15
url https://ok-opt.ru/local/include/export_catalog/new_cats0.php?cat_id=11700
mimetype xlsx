--- v2 (2026-01-29)
+++ v3 (2026-03-15)
@@ -111,90 +111,90 @@
   <si>
     <t>VLC-511003</t>
   </si>
   <si>
     <t>VT.271.N.06</t>
   </si>
   <si>
     <t>Кран шар. газ. VALGAS, стальная рукоятка 1" вн.-вн. (6 /72шт)</t>
   </si>
   <si>
     <t>1 788.00 руб.</t>
   </si>
   <si>
     <t>VLC-511004</t>
   </si>
   <si>
     <t>VT.272.N.04</t>
   </si>
   <si>
     <t>Кран шар. газ. VALGAS, стальная рукоятка 1/2" вн.-нар. (16 /144шт)</t>
   </si>
   <si>
     <t>753.00 руб.</t>
   </si>
   <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
     <t>VLC-511005</t>
   </si>
   <si>
     <t>VT.272.N.05</t>
   </si>
   <si>
     <t>Кран шар. газ. VALGAS, стальная рукоятка 3/4" вн.-нар. (9 /81шт)</t>
   </si>
   <si>
     <t>1 291.00 руб.</t>
   </si>
   <si>
     <t>&gt;25</t>
   </si>
   <si>
     <t>VLC-511006</t>
   </si>
   <si>
     <t>VT.277.N.04</t>
   </si>
   <si>
     <t>Кран шар. газ. VALGAS, рукоятка бабочка 1/2" вн.-вн. (6 /144шт)</t>
   </si>
   <si>
     <t>608.00 руб.</t>
   </si>
   <si>
     <t>VLC-511007</t>
   </si>
   <si>
     <t>VT.277.N.05</t>
   </si>
   <si>
     <t>Кран шар. газ. VALGAS, рукоятка бабочка 3/4" вн.-вн. (9 /81шт)</t>
   </si>
   <si>
     <t>1 100.00 руб.</t>
-  </si>
-[...1 lines deleted...]
-    <t>&gt;50</t>
   </si>
   <si>
     <t>VLC-511008</t>
   </si>
   <si>
     <t>VT.278.N.04</t>
   </si>
   <si>
     <t>Кран шар. газ. VALGAS, рукоятка бабочка 1/2" вн.-нар. (16 /144шт)</t>
   </si>
   <si>
     <t>711.00 руб.</t>
   </si>
   <si>
     <t>VLC-511009</t>
   </si>
   <si>
     <t>VT.278.N.05</t>
   </si>
   <si>
     <t>Кран шар. газ. VALGAS, рукоятка бабочка 3/4" вн.-нар. (9 /81шт)</t>
   </si>
   <si>
     <t>1 209.00 руб.</t>
   </si>
@@ -2681,188 +2681,188 @@
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>810947</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="2" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="str">
         <f>J7*753.00</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>810948</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*1291.00</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>810949</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G9" s="2">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="str">
         <f>J9*608.00</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>810950</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G10" s="2">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="str">
         <f>J10*1100.00</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>810951</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="G11" s="2">
-        <v>0</v>
+      <c r="G11" s="2" t="s">
+        <v>16</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="str">
         <f>J11*711.00</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>810952</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D12" s="1" t="s">
@@ -2903,52 +2903,52 @@
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="7"/>
       <c r="I13" s="7"/>
       <c r="J13" s="7"/>
       <c r="K13" s="7"/>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>824514</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>54</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>55</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="G14" s="2">
-        <v>4</v>
+      <c r="G14" s="2" t="s">
+        <v>16</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="str">
         <f>J14*471.54</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>824515</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D15" s="1" t="s">
@@ -3043,52 +3043,52 @@
         <v>18</v>
       </c>
       <c r="K17" s="2" t="str">
         <f>J17*447.74</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>824518</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="G18" s="2" t="s">
-        <v>16</v>
+      <c r="G18" s="2">
+        <v>6</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="str">
         <f>J18*672.35</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>824519</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D19" s="1" t="s">
@@ -3323,138 +3323,138 @@
         <v>18</v>
       </c>
       <c r="K25" s="2" t="str">
         <f>J25*1045.71</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>829303</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>102</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>103</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>104</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>105</v>
       </c>
-      <c r="G26" s="2">
-        <v>5</v>
+      <c r="G26" s="2" t="s">
+        <v>36</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="str">
         <f>J26*420.96</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>829304</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>107</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="G27" s="2">
-        <v>3</v>
+      <c r="G27" s="2" t="s">
+        <v>31</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="str">
         <f>J27*407.58</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" outlineLevel="1">
       <c r="A28" s="7" t="s">
         <v>110</v>
       </c>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="7"/>
       <c r="F28" s="7"/>
       <c r="G28" s="7"/>
       <c r="H28" s="7"/>
       <c r="I28" s="7"/>
       <c r="J28" s="7"/>
       <c r="K28" s="7"/>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>859037</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>111</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>112</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>113</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="str">
         <f>J29*390.00</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>859038</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>115</v>
       </c>
       <c r="D30" s="1" t="s">
@@ -3513,51 +3513,51 @@
       </c>
       <c r="K31" s="2" t="str">
         <f>J31*0.00</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>859040</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>121</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>122</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>123</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>124</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="H32" s="2">
         <v>0</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="str">
         <f>J32*431.59</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>859041</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>125</v>
       </c>
       <c r="D33" s="1" t="s">
@@ -3751,51 +3751,51 @@
       <c r="G39" s="8"/>
       <c r="H39" s="8"/>
       <c r="I39" s="8"/>
       <c r="J39" s="8"/>
       <c r="K39" s="8"/>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>882432</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>142</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>143</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>144</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>145</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="str">
         <f>J40*368.46</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>882433</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>146</v>
       </c>
       <c r="D41" s="1" t="s">
@@ -3961,51 +3961,51 @@
       </c>
       <c r="K45" s="2" t="str">
         <f>J45*3990.51</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>882438</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>166</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>167</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>168</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>169</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="str">
         <f>J46*363.48</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>882439</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>170</v>
       </c>
       <c r="D47" s="1" t="s">
@@ -4066,51 +4066,51 @@
       </c>
       <c r="K48" s="2" t="str">
         <f>J48*972.16</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>882441</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>177</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>178</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>179</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>180</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="str">
         <f>J49*389.23</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>882442</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D50" s="1" t="s">