--- v0 (2025-12-07)
+++ v1 (2026-03-12)
@@ -16,239 +16,239 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>КОТЛЫ и оборудование для котельных</t>
   </si>
   <si>
     <t>Клапана и автоматика</t>
   </si>
   <si>
     <t>Клапана смесительные, подпиточные VIEIR</t>
   </si>
   <si>
     <t>KIO-410001</t>
   </si>
   <si>
     <t>VR179</t>
   </si>
   <si>
     <t>Подпиточный клапан ViEiR (40/1шт)</t>
   </si>
   <si>
-    <t>1 683.85 руб.</t>
+    <t>2 039.36 руб.</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>KIO-410002</t>
   </si>
   <si>
     <t>BL325</t>
   </si>
   <si>
     <t>Перепускной клапан ViEiR (40/1шт)</t>
   </si>
   <si>
-    <t>1 173.64 руб.</t>
+    <t>1 317.93 руб.</t>
+  </si>
+  <si>
+    <t>KIO-410003</t>
+  </si>
+  <si>
+    <t>VR183</t>
+  </si>
+  <si>
+    <t>Трехходовой смесительный клапан 3/4" ViEiR (30/1шт)</t>
+  </si>
+  <si>
+    <t>1 677.90 руб.</t>
+  </si>
+  <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
+    <t>KIO-410004</t>
+  </si>
+  <si>
+    <t>VR184</t>
+  </si>
+  <si>
+    <t>Трехходовой смесительный клапан 1" ViEiR (30/1шт)</t>
+  </si>
+  <si>
+    <t>1 863.84 руб.</t>
   </si>
   <si>
     <t>&gt;10</t>
   </si>
   <si>
-    <t>KIO-410003</t>
-[...25 lines deleted...]
-  <si>
     <t>KIO-410005</t>
   </si>
   <si>
     <t>VR173</t>
   </si>
   <si>
     <t>Термостатический смесительный клапан 1/2" VIEIR  (20/1шт)</t>
   </si>
   <si>
-    <t>3 906.18 руб.</t>
+    <t>4 220.04 руб.</t>
   </si>
   <si>
     <t>KIO-410006</t>
   </si>
   <si>
     <t>VR174</t>
   </si>
   <si>
     <t>Термостатический смесительный клапан 3/4" VIEIR (20/1шт)</t>
   </si>
   <si>
-    <t>4 011.79 руб.</t>
+    <t>4 474.40 руб.</t>
   </si>
   <si>
     <t>KIO-410007</t>
   </si>
   <si>
     <t>VR175</t>
   </si>
   <si>
     <t>Термостатический смесительный клапан 1" VIEIR (20/1шт)</t>
   </si>
   <si>
-    <t>4 939.99 руб.</t>
+    <t>5 570.69 руб.</t>
   </si>
   <si>
     <t>KIO-410008</t>
   </si>
   <si>
     <t>VR201A</t>
   </si>
   <si>
     <t>Термостатический смесительный клапан 1" (20-45℃, KVS4,5) ViEiR (30/1шт)</t>
   </si>
   <si>
-    <t>4 096.58 руб.</t>
+    <t>3 681.56 руб.</t>
   </si>
   <si>
     <t>KIO-410009</t>
   </si>
   <si>
     <t>VR180</t>
   </si>
   <si>
     <t>Термостатический смесительный клапан 20-45℃ ViEiR (30/1шт)</t>
   </si>
   <si>
-    <t>3 027.06 руб.</t>
+    <t>3 181.76 руб.</t>
   </si>
   <si>
     <t>KIO-410010</t>
   </si>
   <si>
     <t>VR181</t>
   </si>
   <si>
     <t>Термостатический смесительный клапан 35-60℃ ViEiR (30/1шт)</t>
   </si>
   <si>
     <t>STP-310009</t>
   </si>
   <si>
     <t>VR294</t>
   </si>
   <si>
     <t>Сервомотор для смесительного клапана</t>
   </si>
   <si>
     <t>4 047.49 руб.</t>
   </si>
   <si>
     <t>STP-310018</t>
   </si>
   <si>
     <t>VR238A</t>
   </si>
   <si>
     <t>Трехходовой термостатический антиконденсационный клапан 1  (60-70°C) ViEiR (20/1шт)</t>
   </si>
   <si>
-    <t>3 062.76 руб.</t>
+    <t>3 537.28 руб.</t>
   </si>
   <si>
     <t>STP-310019</t>
   </si>
   <si>
     <t>VR1127</t>
   </si>
   <si>
     <t>Сервомотор для трёх-ходового клапана  ViEiR  (18/1шт)</t>
   </si>
   <si>
     <t>3 840.73 руб.</t>
   </si>
   <si>
     <t>STP-310020</t>
   </si>
   <si>
     <t>VR190</t>
   </si>
   <si>
     <t>Трехходовой смесительный клапан 3/4   ViEiR (12/1шт)</t>
   </si>
   <si>
     <t>1 502.38 руб.</t>
   </si>
@@ -288,51 +288,51 @@
   <si>
     <t>4 529.44 руб.</t>
   </si>
   <si>
     <t>STP-310024</t>
   </si>
   <si>
     <t>VR194</t>
   </si>
   <si>
     <t>Трехходовой смесительный клапан  2   ViEiR (9/1шт)</t>
   </si>
   <si>
     <t>4 810.58 руб.</t>
   </si>
   <si>
     <t>STP-310055</t>
   </si>
   <si>
     <t>VR234</t>
   </si>
   <si>
     <t>Термостатический смесительный клапан 3/4" (35-60℃, KVS1,5)  "ViEiR" (35/1шт)</t>
   </si>
   <si>
-    <t>2 347.28 руб.</t>
+    <t>2 466.28 руб.</t>
   </si>
   <si>
     <t>STP-310056</t>
   </si>
   <si>
     <t>VR235</t>
   </si>
   <si>
     <t>Термостатический смесительный клапан 1" (35-60℃, KVS1,6)  "ViEiR" (35/1шт)</t>
   </si>
   <si>
     <t>STP-310057</t>
   </si>
   <si>
     <t>VR1136</t>
   </si>
   <si>
     <t>Сервомотор для трёх-ходового клапана "ViEiR" (10/1шт)</t>
   </si>
   <si>
     <t>4 142.69 руб.</t>
   </si>
   <si>
     <t>STP-310058</t>
   </si>
@@ -357,132 +357,129 @@
   <si>
     <t>1 987.30 руб.</t>
   </si>
   <si>
     <t>STP-310060</t>
   </si>
   <si>
     <t>VR198</t>
   </si>
   <si>
     <t>Четырехходовой смесительный клапан 1 1/4" "ViEiR"(9/1шт)</t>
   </si>
   <si>
     <t>2 655.19 руб.</t>
   </si>
   <si>
     <t>VER-000131</t>
   </si>
   <si>
     <t>VR238</t>
   </si>
   <si>
     <t>Трехходовой термостатический антиконденсационный клапан 1" (55-65°C)"ViEiR"(18/1шт)</t>
   </si>
   <si>
-    <t>3 156.48 руб.</t>
+    <t>3 497.11 руб.</t>
   </si>
   <si>
     <t>VER-000132</t>
   </si>
   <si>
     <t>VR1137</t>
   </si>
   <si>
     <t>Сервомотор для трёх.и четырёх -ходового клапана "ViEiR" (18/1шт)</t>
   </si>
   <si>
     <t>4 188.80 руб.</t>
   </si>
   <si>
     <t>VER-000349</t>
   </si>
   <si>
     <t>VR250</t>
   </si>
   <si>
     <t>Термостатический смесительный клапан 1/2" "VIEIR"  (20/1шт)</t>
   </si>
   <si>
     <t>3 718.75 руб.</t>
   </si>
   <si>
     <t>VER-000350</t>
   </si>
   <si>
     <t>VR251</t>
   </si>
   <si>
     <t>Термостатический смесительный клапан 3/4" "VIEIR" (20/1шт)</t>
   </si>
   <si>
     <t>VER-000696</t>
   </si>
   <si>
     <t>VR150</t>
   </si>
   <si>
     <t>Четырехходовой смесительно-разделительный клапан 1" (20/1шт)</t>
   </si>
   <si>
-    <t>2 222.33 руб.</t>
+    <t>2 461.81 руб.</t>
   </si>
   <si>
     <t>VER-000697</t>
   </si>
   <si>
     <t>VR151</t>
   </si>
   <si>
     <t>Четырехходовой смесительно-разделительный клапан 1 1/4" (20/1шт)</t>
   </si>
   <si>
-    <t>2 982.44 руб.</t>
+    <t>3 349.85 руб.</t>
   </si>
   <si>
     <t>VER-000992</t>
   </si>
   <si>
     <t>VR185</t>
   </si>
   <si>
     <t>Трехходовой смесительно-разделительный клапан 1 1/2" (10/1шт)</t>
   </si>
   <si>
-    <t>4 060.88 руб.</t>
+    <t>4 577.04 руб.</t>
   </si>
   <si>
     <t>VER-000993</t>
   </si>
   <si>
     <t>VR239</t>
   </si>
   <si>
     <t>Трехходовой термостатический антиконденсационный клапан 1 1/4" (20/1шт)</t>
-  </si>
-[...1 lines deleted...]
-    <t>3 116.31 руб.</t>
   </si>
   <si>
     <t>VER-001220</t>
   </si>
   <si>
     <t>VR252</t>
   </si>
   <si>
     <t>Термостатический смесительный клапан 1" (15/1шт)</t>
   </si>
   <si>
     <t>4 884.95 руб.</t>
   </si>
   <si>
     <t>VER-001722</t>
   </si>
   <si>
     <t>VR1138</t>
   </si>
   <si>
     <t>Сервомотор поворотный со встроенным контроллером температуры (20/1шт)</t>
   </si>
   <si>
     <t>5 723.90 руб.</t>
   </si>
@@ -2220,477 +2217,477 @@
       <c r="G4" s="8"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>825206</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="1">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K5" s="2" t="str">
-        <f>J5*1683.85</f>
+        <f>J5*2039.36</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>825207</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="G6" s="2" t="s">
-        <v>22</v>
+      <c r="G6" s="2">
+        <v>7</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K6" s="2" t="str">
-        <f>J6*1173.64</f>
+        <f>J6*1317.93</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>825208</v>
       </c>
       <c r="C7" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D7" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="D7" s="1" t="s">
+      <c r="E7" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="F7" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="F7" s="2" t="s">
+      <c r="G7" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="G7" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K7" s="2" t="str">
-        <f>J7*1597.58</f>
+        <f>J7*1677.90</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>825209</v>
       </c>
       <c r="C8" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D8" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="D8" s="1" t="s">
+      <c r="E8" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="E8" s="2" t="s">
+      <c r="F8" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="F8" s="2" t="s">
+      <c r="G8" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="G8" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
-      <c r="I8" s="1" t="s">
-        <v>22</v>
+      <c r="I8" s="1">
+        <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K8" s="2" t="str">
-        <f>J8*1774.59</f>
+        <f>J8*1863.84</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>825210</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G9" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K9" s="2" t="str">
-        <f>J9*3906.18</f>
+        <f>J9*4220.04</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>825211</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G10" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K10" s="2" t="str">
-        <f>J10*4011.79</f>
+        <f>J10*4474.40</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>825212</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G11" s="2">
         <v>5</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K11" s="2" t="str">
-        <f>J11*4939.99</f>
+        <f>J11*5570.69</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>825213</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G12" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K12" s="2" t="str">
-        <f>J12*4096.58</f>
+        <f>J12*3681.56</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>825214</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>48</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G13" s="2">
         <v>3</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K13" s="2" t="str">
-        <f>J13*3027.06</f>
+        <f>J13*3181.76</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>825215</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G14" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K14" s="2" t="str">
-        <f>J14*3027.06</f>
+        <f>J14*3181.76</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>819378</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G15" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K15" s="2" t="str">
         <f>J15*4047.49</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>834447</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>60</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G16" s="2">
         <v>2</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K16" s="2" t="str">
-        <f>J16*3062.76</f>
+        <f>J16*3537.28</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>833000</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G17" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K17" s="2" t="str">
         <f>J17*3840.73</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>834448</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>68</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>69</v>
       </c>
       <c r="F18" s="2" t="s">
@@ -2710,51 +2707,51 @@
       </c>
       <c r="K18" s="2" t="str">
         <f>J18*1502.38</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>834449</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>72</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G19" s="2">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K19" s="2" t="str">
         <f>J19*1798.39</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>834450</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D20" s="1" t="s">
@@ -2862,86 +2859,86 @@
       <c r="C23" s="1" t="s">
         <v>87</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>88</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>89</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>90</v>
       </c>
       <c r="G23" s="2">
         <v>4</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K23" s="2" t="str">
-        <f>J23*2347.28</f>
+        <f>J23*2466.28</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>834516</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>91</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>92</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>93</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>90</v>
       </c>
       <c r="G24" s="2">
         <v>3</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K24" s="2" t="str">
-        <f>J24*2347.28</f>
+        <f>J24*2466.28</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>834517</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>95</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>96</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>97</v>
       </c>
       <c r="G25" s="2">
         <v>0</v>
       </c>
       <c r="H25" s="2">
@@ -3060,63 +3057,63 @@
       </c>
       <c r="K28" s="2" t="str">
         <f>J28*2655.19</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>837307</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>111</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>112</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>113</v>
       </c>
       <c r="G29" s="2">
-        <v>-1</v>
+        <v>2</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K29" s="2" t="str">
-        <f>J29*3156.48</f>
+        <f>J29*3497.11</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>837308</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>114</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>115</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>116</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>117</v>
       </c>
       <c r="G30" s="2">
         <v>5</v>
       </c>
       <c r="H30" s="2">
@@ -3212,408 +3209,408 @@
       <c r="C33" s="1" t="s">
         <v>125</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>126</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>127</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G33" s="2">
         <v>0</v>
       </c>
       <c r="H33" s="2">
         <v>0</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K33" s="2" t="str">
-        <f>J33*2222.33</f>
+        <f>J33*2461.81</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>884614</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>129</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>130</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>131</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G34" s="2">
         <v>0</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K34" s="2" t="str">
-        <f>J34*2982.44</f>
+        <f>J34*3349.85</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>884707</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>134</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>135</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>136</v>
       </c>
       <c r="G35" s="2">
         <v>0</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K35" s="2" t="str">
-        <f>J35*4060.88</f>
+        <f>J35*4577.04</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>884708</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>137</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>138</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>139</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>140</v>
+        <v>113</v>
       </c>
       <c r="G36" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K36" s="2" t="str">
-        <f>J36*3116.31</f>
+        <f>J36*3497.11</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>885040</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D37" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="D37" s="1" t="s">
+      <c r="E37" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="E37" s="2" t="s">
+      <c r="F37" s="2" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="G37" s="2">
         <v>3</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K37" s="2" t="str">
         <f>J37*4884.95</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>954092</v>
       </c>
       <c r="C38" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="D38" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="D38" s="1" t="s">
+      <c r="E38" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="E38" s="2" t="s">
+      <c r="F38" s="2" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="G38" s="2">
         <v>5</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K38" s="2" t="str">
         <f>J38*5723.90</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" outlineLevel="2">
       <c r="A39" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B39" s="8"/>
       <c r="C39" s="8"/>
       <c r="D39" s="8"/>
       <c r="E39" s="8"/>
       <c r="F39" s="8"/>
       <c r="G39" s="8"/>
       <c r="H39" s="8"/>
       <c r="I39" s="8"/>
       <c r="J39" s="8"/>
       <c r="K39" s="8"/>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>836250</v>
       </c>
       <c r="C40" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="D40" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="D40" s="1" t="s">
+      <c r="E40" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="E40" s="2" t="s">
+      <c r="F40" s="2" t="s">
         <v>152</v>
       </c>
-      <c r="F40" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G40" s="2">
         <v>0</v>
       </c>
-      <c r="H40" s="2">
-        <v>9</v>
+      <c r="H40" s="2" t="s">
+        <v>31</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K40" s="2" t="str">
         <f>J40*7465.00</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" outlineLevel="2">
       <c r="A41" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B41" s="8"/>
       <c r="C41" s="8"/>
       <c r="D41" s="8"/>
       <c r="E41" s="8"/>
       <c r="F41" s="8"/>
       <c r="G41" s="8"/>
       <c r="H41" s="8"/>
       <c r="I41" s="8"/>
       <c r="J41" s="8"/>
       <c r="K41" s="8"/>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>836401</v>
       </c>
       <c r="C42" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="D42" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="D42" s="1" t="s">
+      <c r="E42" s="2" t="s">
         <v>156</v>
       </c>
-      <c r="E42" s="2" t="s">
+      <c r="F42" s="2" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="G42" s="2">
         <v>0</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K42" s="2" t="str">
         <f>J42*1183.16</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>836402</v>
       </c>
       <c r="C43" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="D43" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="D43" s="1" t="s">
+      <c r="E43" s="2" t="s">
         <v>160</v>
       </c>
-      <c r="E43" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F43" s="2" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="G43" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K43" s="2" t="str">
         <f>J43*1183.16</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" outlineLevel="2">
       <c r="A44" s="8" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="B44" s="8"/>
       <c r="C44" s="8"/>
       <c r="D44" s="8"/>
       <c r="E44" s="8"/>
       <c r="F44" s="8"/>
       <c r="G44" s="8"/>
       <c r="H44" s="8"/>
       <c r="I44" s="8"/>
       <c r="J44" s="8"/>
       <c r="K44" s="8"/>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>954210</v>
       </c>
       <c r="C45" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D45" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="D45" s="1" t="s">
+      <c r="E45" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="E45" s="2" t="s">
+      <c r="F45" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="F45" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G45" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
       <c r="I45" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K45" s="2" t="str">
         <f>J45*2196.43</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A39:K39"/>
     <mergeCell ref="A41:K41"/>
     <mergeCell ref="A44:K44"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">