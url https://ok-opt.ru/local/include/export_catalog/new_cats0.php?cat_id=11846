--- v0 (2025-10-19)
+++ v1 (2026-01-29)
@@ -17,89 +17,89 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="331">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="332">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>Системы электрического обогрева</t>
   </si>
   <si>
     <t>Кабель для обогрева трубопроводов</t>
   </si>
   <si>
-    <t>Греющий кабель (бухты) (под заказ, срок поставки 1 день)</t>
+    <t>Греющий кабель (бухты)</t>
   </si>
   <si>
     <t>Кабель саморегулирующий В ТРУБУ</t>
   </si>
   <si>
     <t>SLO-233001</t>
   </si>
   <si>
     <t>Кабель саморег (В ТРУБУ) SRF10 WHITE пищевая изоляция 10Вт (бухта 50м)</t>
   </si>
   <si>
     <t>12 750.00 руб.</t>
   </si>
   <si>
     <t>бух</t>
   </si>
   <si>
     <t>SLO-233002</t>
   </si>
   <si>
     <t>Кабель саморег (В ТРУБУ) SRF10 WHITE пищевая изоляция 10Вт (бухта 100м)</t>
   </si>
   <si>
     <t>25 500.00 руб.</t>
   </si>
@@ -322,555 +322,558 @@
   <si>
     <t>Комплекты саморегулирующего греющего кабеля (В ТРУБУ) с евровилкой и герметичным вводом 1/2</t>
   </si>
   <si>
     <t>SLO-2100000</t>
   </si>
   <si>
     <t>Готовый комплект 1м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
   </si>
   <si>
     <t>1 770.00 руб.</t>
   </si>
   <si>
     <t>&gt;10</t>
   </si>
   <si>
     <t>SLO-210001</t>
   </si>
   <si>
     <t>Готовый комплект 2м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
   </si>
   <si>
     <t>2 040.00 руб.</t>
   </si>
   <si>
+    <t>SLO-210002</t>
+  </si>
+  <si>
+    <t>Готовый комплект 3м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
+  </si>
+  <si>
+    <t>2 310.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-210003</t>
+  </si>
+  <si>
+    <t>Готовый комплект 4м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
+  </si>
+  <si>
+    <t>2 580.00 руб.</t>
+  </si>
+  <si>
+    <t>&gt;100</t>
+  </si>
+  <si>
+    <t>SLO-210004</t>
+  </si>
+  <si>
+    <t>Готовый комплект 5м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
+  </si>
+  <si>
+    <t>2 850.00 руб.</t>
+  </si>
+  <si>
     <t>&gt;25</t>
   </si>
   <si>
-    <t>SLO-210002</t>
-[...5 lines deleted...]
-    <t>2 310.00 руб.</t>
+    <t>SLO-210005</t>
+  </si>
+  <si>
+    <t>Готовый комплект 6м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
+  </si>
+  <si>
+    <t>3 120.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-210006</t>
+  </si>
+  <si>
+    <t>Готовый комплект 7м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
+  </si>
+  <si>
+    <t>3 390.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-210007</t>
+  </si>
+  <si>
+    <t>Готовый комплект 8м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
+  </si>
+  <si>
+    <t>3 660.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-210008</t>
+  </si>
+  <si>
+    <t>Готовый комплект 9м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
+  </si>
+  <si>
+    <t>3 930.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-210009</t>
+  </si>
+  <si>
+    <t>Готовый комплект 10м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
+  </si>
+  <si>
+    <t>4 200.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-210010</t>
+  </si>
+  <si>
+    <t>Готовый комплект 11м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
+  </si>
+  <si>
+    <t>4 470.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-210011</t>
+  </si>
+  <si>
+    <t>Готовый комплект 12м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
+  </si>
+  <si>
+    <t>4 740.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-210012</t>
+  </si>
+  <si>
+    <t>Готовый комплект 13м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
+  </si>
+  <si>
+    <t>5 010.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-210013</t>
+  </si>
+  <si>
+    <t>Готовый комплект 14м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
+  </si>
+  <si>
+    <t>5 280.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-210014</t>
+  </si>
+  <si>
+    <t>Готовый комплект 15м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
+  </si>
+  <si>
+    <t>5 550.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-210015</t>
+  </si>
+  <si>
+    <t>Готовый комплект 16м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
+  </si>
+  <si>
+    <t>5 820.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-210016</t>
+  </si>
+  <si>
+    <t>Готовый комплект 17м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
+  </si>
+  <si>
+    <t>6 090.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-210017</t>
+  </si>
+  <si>
+    <t>Готовый комплект 18м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
+  </si>
+  <si>
+    <t>6 360.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-210018</t>
+  </si>
+  <si>
+    <t>Готовый комплект 19м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
+  </si>
+  <si>
+    <t>6 630.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-210019</t>
+  </si>
+  <si>
+    <t>Готовый комплект 20м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
+  </si>
+  <si>
+    <t>6 900.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-210020</t>
+  </si>
+  <si>
+    <t>Готовый комплект 25м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
+  </si>
+  <si>
+    <t>8 250.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-210021</t>
+  </si>
+  <si>
+    <t>Готовый комплект 30м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
+  </si>
+  <si>
+    <t>9 600.00 руб.</t>
+  </si>
+  <si>
+    <t>Комплекты саморегулирующего греющего кабеля (НА ТРУБУ) с вилкой</t>
+  </si>
+  <si>
+    <t>SLO-2200000</t>
+  </si>
+  <si>
+    <t>Готовый комплект 1м  греющего кабеля 16Вт ТеплоPROвод  (на трубу под теплоизоляцию)</t>
+  </si>
+  <si>
+    <t>1 280.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-220001</t>
+  </si>
+  <si>
+    <t>Готовый комплект 2м  греющего кабеля 16Вт ТеплоPROвод  (на трубу под теплоизоляцию)</t>
+  </si>
+  <si>
+    <t>1 472.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-220002</t>
+  </si>
+  <si>
+    <t>Готовый комплект 3м  греющего кабеля 16Вт ТеплоPROвод  (на трубу под теплоизоляцию)</t>
+  </si>
+  <si>
+    <t>1 664.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-220003</t>
+  </si>
+  <si>
+    <t>Готовый комплект 4м  греющего кабеля 16Вт ТеплоPROвод  (на трубу под теплоизоляцию)</t>
+  </si>
+  <si>
+    <t>1 856.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-220004</t>
+  </si>
+  <si>
+    <t>Готовый комплект 5м  греющего кабеля 16Вт ТеплоPROвод  (на трубу под теплоизоляцию)</t>
+  </si>
+  <si>
+    <t>2 048.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-220005</t>
+  </si>
+  <si>
+    <t>Готовый комплект 6м  греющего кабеля 16Вт ТеплоPROвод  (на трубу под теплоизоляцию)</t>
+  </si>
+  <si>
+    <t>2 240.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-220006</t>
+  </si>
+  <si>
+    <t>Готовый комплект 7м  греющего кабеля 16Вт ТеплоPROвод  (на трубу под теплоизоляцию)</t>
+  </si>
+  <si>
+    <t>2 432.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-220007</t>
+  </si>
+  <si>
+    <t>Готовый комплект 8м  греющего кабеля 16Вт ТеплоPROвод  (на трубу под теплоизоляцию)</t>
+  </si>
+  <si>
+    <t>2 624.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-220008</t>
+  </si>
+  <si>
+    <t>Готовый комплект 9м  греющего кабеля 16Вт ТеплоPROвод  (на трубу под теплоизоляцию)</t>
+  </si>
+  <si>
+    <t>2 816.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-220009</t>
+  </si>
+  <si>
+    <t>Готовый комплект 10м  греющего кабеля 16Вт ТеплоPROвод  (на трубу под теплоизоляцию)</t>
+  </si>
+  <si>
+    <t>3 008.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-220010</t>
+  </si>
+  <si>
+    <t>Готовый комплект 11м  греющего кабеля 16Вт ТеплоPROвод  (на трубу под теплоизоляцию)</t>
+  </si>
+  <si>
+    <t>3 200.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-220011</t>
+  </si>
+  <si>
+    <t>Готовый комплект 12м  греющего кабеля 16Вт ТеплоPROвод  (на трубу под теплоизоляцию)</t>
+  </si>
+  <si>
+    <t>3 392.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-220012</t>
+  </si>
+  <si>
+    <t>Готовый комплект 13м  греющего кабеля 16Вт ТеплоPROвод  (на трубу под теплоизоляцию)</t>
+  </si>
+  <si>
+    <t>3 584.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-220013</t>
+  </si>
+  <si>
+    <t>Готовый комплект 14м  греющего кабеля 16Вт ТеплоPROвод  (на трубу под теплоизоляцию)</t>
+  </si>
+  <si>
+    <t>3 776.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-220014</t>
+  </si>
+  <si>
+    <t>Готовый комплект 15м  греющего кабеля 16Вт ТеплоPROвод  (на трубу под теплоизоляцию)</t>
+  </si>
+  <si>
+    <t>3 968.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-220015</t>
+  </si>
+  <si>
+    <t>Готовый комплект 17м  греющего кабеля 16Вт ТеплоPROвод  (на трубу под теплоизоляцию)</t>
+  </si>
+  <si>
+    <t>4 352.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-220016</t>
+  </si>
+  <si>
+    <t>Готовый комплект 16м  греющего кабеля 16Вт ТеплоPROвод  (на трубу под теплоизоляцию)</t>
+  </si>
+  <si>
+    <t>4 160.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-220017</t>
+  </si>
+  <si>
+    <t>Готовый комплект 18м  греющего кабеля 16Вт ТеплоPROвод  (на трубу под теплоизоляцию)</t>
+  </si>
+  <si>
+    <t>4 544.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-220018</t>
+  </si>
+  <si>
+    <t>Готовый комплект 19м  греющего кабеля 16Вт ТеплоPROвод  (на трубу под теплоизоляцию)</t>
+  </si>
+  <si>
+    <t>4 736.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-220019</t>
+  </si>
+  <si>
+    <t>Готовый комплект 20м  греющего кабеля 16Вт ТеплоPROвод  (на трубу под теплоизоляцию)</t>
+  </si>
+  <si>
+    <t>4 928.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-220020</t>
+  </si>
+  <si>
+    <t>Готовый комплект 25м  греющего кабеля 16Вт ТеплоPROвод  (на трубу под теплоизоляцию)</t>
+  </si>
+  <si>
+    <t>5 888.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-220021</t>
+  </si>
+  <si>
+    <t>Готовый комплект 30м  греющего кабеля 16Вт ТеплоPROвод  (на трубу под теплоизоляцию)</t>
+  </si>
+  <si>
+    <t>6 848.00 руб.</t>
+  </si>
+  <si>
+    <t>Комплектующие</t>
+  </si>
+  <si>
+    <t>SLO-253001</t>
+  </si>
+  <si>
+    <t>Еврошнур 1,6 м (Шнур арм.вилкой ПВС ВП 3х1,5)</t>
+  </si>
+  <si>
+    <t>289.80 руб.</t>
+  </si>
+  <si>
+    <t>SLO-253002</t>
+  </si>
+  <si>
+    <t>Еврошнур 1,6 м (Шнур арм.вилкой ПВС ВП 3х0,75)</t>
+  </si>
+  <si>
+    <t>227.70 руб.</t>
+  </si>
+  <si>
+    <t>SLO-253003</t>
+  </si>
+  <si>
+    <t>Еврошнур 1,6 м (Шнур арм.вилкой ПВС ВП 2х0,75)</t>
+  </si>
+  <si>
+    <t>165.60 руб.</t>
+  </si>
+  <si>
+    <t>SLO-253004</t>
+  </si>
+  <si>
+    <t>Капа термоусаживаемая (муфта термоусадочная) 11/4</t>
+  </si>
+  <si>
+    <t>113.85 руб.</t>
+  </si>
+  <si>
+    <t>SLO-253010</t>
+  </si>
+  <si>
+    <t>Герметичный ввод 3/4 для ввода широкого сморегулирующегося кабеля, латунь</t>
+  </si>
+  <si>
+    <t>600.30 руб.</t>
+  </si>
+  <si>
+    <t>SLO-253011</t>
+  </si>
+  <si>
+    <t>Тройник косой 1' с отводом 45° на 1/2" для подкл греющего кабеля + 3 сальника для всех типов кабелей</t>
+  </si>
+  <si>
+    <t>2 484.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-253012</t>
+  </si>
+  <si>
+    <t>Комплект для подключения саморег. кабеля (пластик. гильзы + трубки)</t>
+  </si>
+  <si>
+    <t>144.90 руб.</t>
+  </si>
+  <si>
+    <t>SLO-253013</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТТК 16/5, 1000мм</t>
+  </si>
+  <si>
+    <t>310.50 руб.</t>
+  </si>
+  <si>
+    <t>SLO-253014</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТТК 12/3, 1000мм</t>
+  </si>
+  <si>
+    <t>207.00 руб.</t>
+  </si>
+  <si>
+    <t>VER-000305</t>
+  </si>
+  <si>
+    <t>VRGL13TK</t>
+  </si>
+  <si>
+    <t>Тройник косой 1/2" с отводом на 1/2" для подключ. греющего кабеля или гильзы  (4/16шт)</t>
+  </si>
+  <si>
+    <t>719.95 руб.</t>
+  </si>
+  <si>
+    <t>VER-000306</t>
+  </si>
+  <si>
+    <t>VRGL14TK</t>
+  </si>
+  <si>
+    <t>Тройник косой 3/4" с отводом на 1/2 " для подключ. греющего кабеля или гильзы  (4/16шт)</t>
+  </si>
+  <si>
+    <t>838.95 руб.</t>
   </si>
   <si>
     <t>&gt;50</t>
   </si>
   <si>
-    <t>SLO-210003</t>
-[...478 lines deleted...]
-  <si>
     <t>VER-000307</t>
   </si>
   <si>
     <t>VRGL15TK</t>
   </si>
   <si>
     <t>Тройник косой 1" с отводом на 1/2" для подключ. греющего кабеля или гильзы  (4/16шт)</t>
   </si>
   <si>
-    <t>913.67 руб.</t>
+    <t>1 127.53 руб.</t>
   </si>
   <si>
     <t>УТ000002113</t>
   </si>
   <si>
     <t>Герметичный ввод 1/2 нержавейка</t>
   </si>
   <si>
     <t>280.00 руб.</t>
   </si>
   <si>
     <t>Терморегуляторы</t>
   </si>
   <si>
     <t>Терморегуляторы в розетку</t>
   </si>
   <si>
     <t>SLO-254046</t>
   </si>
   <si>
     <t>Терморегулятор в розетку программир  для управл обогревателями по темп воздуха. 16А / 0...30 °С</t>
   </si>
   <si>
     <t>5 103.00 руб.</t>
   </si>
@@ -4836,51 +4839,51 @@
       <c r="J7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K7" s="2" t="str">
         <f>J7*25500.00</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>835317</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="1"/>
       <c r="E8" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="2">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*63750.00</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>835318</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D9" s="1"/>
@@ -4935,51 +4938,51 @@
       <c r="J10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K10" s="2" t="str">
         <f>J10*25500.00</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>835320</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>28</v>
       </c>
       <c r="D11" s="1"/>
       <c r="E11" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K11" s="2" t="str">
         <f>J11*63750.00</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" outlineLevel="3">
       <c r="A12" s="9" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="9"/>
       <c r="C12" s="9"/>
       <c r="D12" s="9"/>
       <c r="E12" s="9"/>
       <c r="F12" s="9"/>
@@ -5050,51 +5053,51 @@
       <c r="J14" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K14" s="2" t="str">
         <f>J14*10640.00</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>835296</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D15" s="1"/>
       <c r="E15" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G15" s="2">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K15" s="2" t="str">
         <f>J15*21280.00</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>835297</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D16" s="1"/>
@@ -5841,255 +5844,255 @@
       <c r="J39" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K39" s="2" t="str">
         <f>J39*1770.00</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>826619</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>98</v>
       </c>
       <c r="D40" s="1"/>
       <c r="E40" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G40" s="2">
-        <v>-8</v>
+        <v>0</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
-      <c r="I40" s="1" t="s">
-        <v>101</v>
+      <c r="I40" s="1">
+        <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K40" s="2" t="str">
         <f>J40*2040.00</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>826620</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="D41" s="1"/>
       <c r="E41" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="F41" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="F41" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G41" s="2">
-        <v>-6</v>
+        <v>0</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
-      <c r="I41" s="1" t="s">
-        <v>105</v>
+      <c r="I41" s="1">
+        <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K41" s="2" t="str">
         <f>J41*2310.00</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>826621</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D42" s="1"/>
       <c r="E42" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="F42" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="G42" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="F42" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
-      <c r="I42" s="1" t="s">
-        <v>105</v>
+      <c r="I42" s="1">
+        <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K42" s="2" t="str">
         <f>J42*2580.00</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>826622</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D43" s="1"/>
       <c r="E43" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="F43" s="2" t="s">
+      <c r="G43" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="G43" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
-      <c r="I43" s="1" t="s">
-        <v>101</v>
+      <c r="I43" s="1">
+        <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K43" s="2" t="str">
         <f>J43*2850.00</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>826623</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>112</v>
       </c>
       <c r="D44" s="1"/>
       <c r="E44" s="2" t="s">
         <v>113</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
       <c r="I44" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K44" s="2" t="str">
         <f>J44*3120.00</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>826624</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>115</v>
       </c>
       <c r="D45" s="1"/>
       <c r="E45" s="2" t="s">
         <v>116</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>117</v>
       </c>
-      <c r="G45" s="2">
-        <v>3</v>
+      <c r="G45" s="2" t="s">
+        <v>97</v>
       </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
       <c r="I45" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K45" s="2" t="str">
         <f>J45*3390.00</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>826625</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>118</v>
       </c>
       <c r="D46" s="1"/>
       <c r="E46" s="2" t="s">
         <v>119</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>120</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>97</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K46" s="2" t="str">
         <f>J46*3660.00</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>826626</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>121</v>
       </c>
       <c r="D47" s="1"/>
       <c r="E47" s="2" t="s">
         <v>122</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>123</v>
       </c>
@@ -6105,57 +6108,57 @@
       <c r="J47" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K47" s="2" t="str">
         <f>J47*3930.00</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>826627</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>124</v>
       </c>
       <c r="D48" s="1"/>
       <c r="E48" s="2" t="s">
         <v>125</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>126</v>
       </c>
       <c r="G48" s="2">
-        <v>-3</v>
+        <v>5</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
       <c r="I48" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K48" s="2" t="str">
         <f>J48*4200.00</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>826628</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>127</v>
       </c>
       <c r="D49" s="1"/>
       <c r="E49" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>129</v>
       </c>
@@ -6170,349 +6173,349 @@
       </c>
       <c r="J49" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K49" s="2" t="str">
         <f>J49*4470.00</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>826629</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>130</v>
       </c>
       <c r="D50" s="1"/>
       <c r="E50" s="2" t="s">
         <v>131</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="G50" s="2" t="s">
-        <v>97</v>
+      <c r="G50" s="2">
+        <v>9</v>
       </c>
       <c r="H50" s="2">
         <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K50" s="2" t="str">
         <f>J50*4740.00</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
         <v>826630</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D51" s="1"/>
       <c r="E51" s="2" t="s">
         <v>134</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>135</v>
       </c>
       <c r="G51" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H51" s="2">
         <v>0</v>
       </c>
       <c r="I51" s="1">
         <v>0</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K51" s="2" t="str">
         <f>J51*5010.00</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>826631</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>136</v>
       </c>
       <c r="D52" s="1"/>
       <c r="E52" s="2" t="s">
         <v>137</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>138</v>
       </c>
       <c r="G52" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H52" s="2">
         <v>0</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K52" s="2" t="str">
         <f>J52*5280.00</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
         <v>826632</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>139</v>
       </c>
       <c r="D53" s="1"/>
       <c r="E53" s="2" t="s">
         <v>140</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>141</v>
       </c>
       <c r="G53" s="2">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="H53" s="2">
         <v>0</v>
       </c>
       <c r="I53" s="1">
         <v>0</v>
       </c>
       <c r="J53" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K53" s="2" t="str">
         <f>J53*5550.00</f>
         <v>0</v>
       </c>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
         <v>826633</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>142</v>
       </c>
       <c r="D54" s="1"/>
       <c r="E54" s="2" t="s">
         <v>143</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>144</v>
       </c>
       <c r="G54" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H54" s="2">
         <v>0</v>
       </c>
       <c r="I54" s="1">
         <v>0</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K54" s="2" t="str">
         <f>J54*5820.00</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
         <v>826634</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>145</v>
       </c>
       <c r="D55" s="1"/>
       <c r="E55" s="2" t="s">
         <v>146</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>147</v>
       </c>
       <c r="G55" s="2">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H55" s="2">
         <v>0</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K55" s="2" t="str">
         <f>J55*6090.00</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A56" s="1"/>
       <c r="B56" s="1">
         <v>826635</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>148</v>
       </c>
       <c r="D56" s="1"/>
       <c r="E56" s="2" t="s">
         <v>149</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>150</v>
       </c>
       <c r="G56" s="2">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="H56" s="2">
         <v>0</v>
       </c>
       <c r="I56" s="1">
         <v>0</v>
       </c>
       <c r="J56" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K56" s="2" t="str">
         <f>J56*6360.00</f>
         <v>0</v>
       </c>
       <c r="L56" s="5"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
         <v>826636</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D57" s="1"/>
       <c r="E57" s="2" t="s">
         <v>152</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>153</v>
       </c>
       <c r="G57" s="2">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H57" s="2">
         <v>0</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K57" s="2" t="str">
         <f>J57*6630.00</f>
         <v>0</v>
       </c>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A58" s="1"/>
       <c r="B58" s="1">
         <v>826637</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>154</v>
       </c>
       <c r="D58" s="1"/>
       <c r="E58" s="2" t="s">
         <v>155</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>156</v>
       </c>
       <c r="G58" s="2">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="H58" s="2">
         <v>0</v>
       </c>
       <c r="I58" s="1">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="J58" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K58" s="2" t="str">
         <f>J58*6900.00</f>
         <v>0</v>
       </c>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
         <v>826638</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>157</v>
       </c>
       <c r="D59" s="1"/>
       <c r="E59" s="2" t="s">
         <v>158</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>159</v>
       </c>
       <c r="G59" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H59" s="2">
         <v>0</v>
       </c>
       <c r="I59" s="1">
         <v>0</v>
       </c>
       <c r="J59" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K59" s="2" t="str">
         <f>J59*8250.00</f>
         <v>0</v>
       </c>
       <c r="L59" s="5"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A60" s="1"/>
       <c r="B60" s="1">
         <v>826639</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>160</v>
       </c>
       <c r="D60" s="1"/>
@@ -6549,118 +6552,118 @@
       <c r="D61" s="9"/>
       <c r="E61" s="9"/>
       <c r="F61" s="9"/>
       <c r="G61" s="9"/>
       <c r="H61" s="9"/>
       <c r="I61" s="9"/>
       <c r="J61" s="9"/>
       <c r="K61" s="9"/>
       <c r="L61" s="5"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A62" s="1"/>
       <c r="B62" s="1">
         <v>831541</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>164</v>
       </c>
       <c r="D62" s="1"/>
       <c r="E62" s="2" t="s">
         <v>165</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>166</v>
       </c>
-      <c r="G62" s="2" t="s">
-        <v>97</v>
+      <c r="G62" s="2">
+        <v>6</v>
       </c>
       <c r="H62" s="2">
         <v>0</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K62" s="2" t="str">
         <f>J62*1280.00</f>
         <v>0</v>
       </c>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A63" s="1"/>
       <c r="B63" s="1">
         <v>826640</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D63" s="1"/>
       <c r="E63" s="2" t="s">
         <v>168</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>169</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="H63" s="2">
         <v>0</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K63" s="2" t="str">
         <f>J63*1472.00</f>
         <v>0</v>
       </c>
       <c r="L63" s="5"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A64" s="1"/>
       <c r="B64" s="1">
         <v>826641</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>170</v>
       </c>
       <c r="D64" s="1"/>
       <c r="E64" s="2" t="s">
         <v>171</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="H64" s="2">
         <v>0</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K64" s="2" t="str">
         <f>J64*1664.00</f>
         <v>0</v>
       </c>
       <c r="L64" s="5"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A65" s="1"/>
       <c r="B65" s="1">
         <v>826642</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>173</v>
       </c>
       <c r="D65" s="1"/>
@@ -6682,51 +6685,51 @@
       <c r="J65" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K65" s="2" t="str">
         <f>J65*1856.00</f>
         <v>0</v>
       </c>
       <c r="L65" s="5"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
         <v>826643</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>176</v>
       </c>
       <c r="D66" s="1"/>
       <c r="E66" s="2" t="s">
         <v>177</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>178</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="H66" s="2">
         <v>0</v>
       </c>
       <c r="I66" s="1">
         <v>0</v>
       </c>
       <c r="J66" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K66" s="2" t="str">
         <f>J66*2048.00</f>
         <v>0</v>
       </c>
       <c r="L66" s="5"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A67" s="1"/>
       <c r="B67" s="1">
         <v>826644</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>179</v>
       </c>
       <c r="D67" s="1"/>
@@ -6780,118 +6783,118 @@
       </c>
       <c r="J68" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K68" s="2" t="str">
         <f>J68*2432.00</f>
         <v>0</v>
       </c>
       <c r="L68" s="5"/>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A69" s="1"/>
       <c r="B69" s="1">
         <v>826646</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>185</v>
       </c>
       <c r="D69" s="1"/>
       <c r="E69" s="2" t="s">
         <v>186</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>187</v>
       </c>
-      <c r="G69" s="2" t="s">
-        <v>97</v>
+      <c r="G69" s="2">
+        <v>7</v>
       </c>
       <c r="H69" s="2">
         <v>0</v>
       </c>
       <c r="I69" s="1">
         <v>0</v>
       </c>
       <c r="J69" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K69" s="2" t="str">
         <f>J69*2624.00</f>
         <v>0</v>
       </c>
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A70" s="1"/>
       <c r="B70" s="1">
         <v>826647</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>188</v>
       </c>
       <c r="D70" s="1"/>
       <c r="E70" s="2" t="s">
         <v>189</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>190</v>
       </c>
       <c r="G70" s="2">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="H70" s="2">
         <v>0</v>
       </c>
       <c r="I70" s="1">
         <v>0</v>
       </c>
       <c r="J70" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K70" s="2" t="str">
         <f>J70*2816.00</f>
         <v>0</v>
       </c>
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A71" s="1"/>
       <c r="B71" s="1">
         <v>826648</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>191</v>
       </c>
       <c r="D71" s="1"/>
       <c r="E71" s="2" t="s">
         <v>192</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>193</v>
       </c>
-      <c r="G71" s="2" t="s">
-        <v>97</v>
+      <c r="G71" s="2">
+        <v>10</v>
       </c>
       <c r="H71" s="2">
         <v>0</v>
       </c>
       <c r="I71" s="1">
         <v>0</v>
       </c>
       <c r="J71" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K71" s="2" t="str">
         <f>J71*3008.00</f>
         <v>0</v>
       </c>
       <c r="L71" s="5"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A72" s="1"/>
       <c r="B72" s="1">
         <v>826649</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>194</v>
       </c>
       <c r="D72" s="1"/>
@@ -6913,51 +6916,51 @@
       <c r="J72" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K72" s="2" t="str">
         <f>J72*3200.00</f>
         <v>0</v>
       </c>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A73" s="1"/>
       <c r="B73" s="1">
         <v>826650</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>197</v>
       </c>
       <c r="D73" s="1"/>
       <c r="E73" s="2" t="s">
         <v>198</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>199</v>
       </c>
       <c r="G73" s="2">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="H73" s="2">
         <v>0</v>
       </c>
       <c r="I73" s="1">
         <v>0</v>
       </c>
       <c r="J73" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K73" s="2" t="str">
         <f>J73*3392.00</f>
         <v>0</v>
       </c>
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A74" s="1"/>
       <c r="B74" s="1">
         <v>826651</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>200</v>
       </c>
       <c r="D74" s="1"/>
@@ -6979,51 +6982,51 @@
       <c r="J74" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K74" s="2" t="str">
         <f>J74*3584.00</f>
         <v>0</v>
       </c>
       <c r="L74" s="5"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A75" s="1"/>
       <c r="B75" s="1">
         <v>826652</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>203</v>
       </c>
       <c r="D75" s="1"/>
       <c r="E75" s="2" t="s">
         <v>204</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>205</v>
       </c>
       <c r="G75" s="2">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="H75" s="2">
         <v>0</v>
       </c>
       <c r="I75" s="1">
         <v>0</v>
       </c>
       <c r="J75" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K75" s="2" t="str">
         <f>J75*3776.00</f>
         <v>0</v>
       </c>
       <c r="L75" s="5"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A76" s="1"/>
       <c r="B76" s="1">
         <v>826653</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>206</v>
       </c>
       <c r="D76" s="1"/>
@@ -7078,84 +7081,84 @@
       <c r="J77" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K77" s="2" t="str">
         <f>J77*4352.00</f>
         <v>0</v>
       </c>
       <c r="L77" s="5"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A78" s="1"/>
       <c r="B78" s="1">
         <v>835394</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>212</v>
       </c>
       <c r="D78" s="1"/>
       <c r="E78" s="2" t="s">
         <v>213</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G78" s="2">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="H78" s="2">
         <v>0</v>
       </c>
       <c r="I78" s="1">
         <v>0</v>
       </c>
       <c r="J78" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K78" s="2" t="str">
         <f>J78*4160.00</f>
         <v>0</v>
       </c>
       <c r="L78" s="5"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A79" s="1"/>
       <c r="B79" s="1">
         <v>835395</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>215</v>
       </c>
       <c r="D79" s="1"/>
       <c r="E79" s="2" t="s">
         <v>216</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>217</v>
       </c>
       <c r="G79" s="2">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="H79" s="2">
         <v>0</v>
       </c>
       <c r="I79" s="1">
         <v>0</v>
       </c>
       <c r="J79" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K79" s="2" t="str">
         <f>J79*4544.00</f>
         <v>0</v>
       </c>
       <c r="L79" s="5"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A80" s="1"/>
       <c r="B80" s="1">
         <v>835396</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>218</v>
       </c>
       <c r="D80" s="1"/>
@@ -7177,166 +7180,166 @@
       <c r="J80" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K80" s="2" t="str">
         <f>J80*4736.00</f>
         <v>0</v>
       </c>
       <c r="L80" s="5"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A81" s="1"/>
       <c r="B81" s="1">
         <v>835397</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>221</v>
       </c>
       <c r="D81" s="1"/>
       <c r="E81" s="2" t="s">
         <v>222</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>223</v>
       </c>
       <c r="G81" s="2">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="H81" s="2">
         <v>0</v>
       </c>
       <c r="I81" s="1">
         <v>0</v>
       </c>
       <c r="J81" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K81" s="2" t="str">
         <f>J81*4928.00</f>
         <v>0</v>
       </c>
       <c r="L81" s="5"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A82" s="1"/>
       <c r="B82" s="1">
         <v>835398</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>224</v>
       </c>
       <c r="D82" s="1"/>
       <c r="E82" s="2" t="s">
         <v>225</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>226</v>
       </c>
       <c r="G82" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H82" s="2">
         <v>0</v>
       </c>
       <c r="I82" s="1">
         <v>0</v>
       </c>
       <c r="J82" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K82" s="2" t="str">
         <f>J82*5888.00</f>
         <v>0</v>
       </c>
       <c r="L82" s="5"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A83" s="1"/>
       <c r="B83" s="1">
         <v>835399</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>227</v>
       </c>
       <c r="D83" s="1"/>
       <c r="E83" s="2" t="s">
         <v>228</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>229</v>
       </c>
       <c r="G83" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H83" s="2">
         <v>0</v>
       </c>
       <c r="I83" s="1">
         <v>0</v>
       </c>
       <c r="J83" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K83" s="2" t="str">
         <f>J83*6848.00</f>
         <v>0</v>
       </c>
       <c r="L83" s="5"/>
     </row>
     <row r="84" spans="1:12" outlineLevel="1">
       <c r="A84" s="7" t="s">
         <v>230</v>
       </c>
       <c r="B84" s="7"/>
       <c r="C84" s="7"/>
       <c r="D84" s="7"/>
       <c r="E84" s="7"/>
       <c r="F84" s="7"/>
       <c r="G84" s="7"/>
       <c r="H84" s="7"/>
       <c r="I84" s="7"/>
       <c r="J84" s="7"/>
       <c r="K84" s="7"/>
       <c r="L84" s="5"/>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A85" s="1"/>
       <c r="B85" s="1">
         <v>835363</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>231</v>
       </c>
       <c r="D85" s="1"/>
       <c r="E85" s="2" t="s">
         <v>232</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>233</v>
       </c>
-      <c r="G85" s="2" t="s">
-        <v>97</v>
+      <c r="G85" s="2">
+        <v>0</v>
       </c>
       <c r="H85" s="2">
         <v>0</v>
       </c>
       <c r="I85" s="1">
         <v>0</v>
       </c>
       <c r="J85" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K85" s="2" t="str">
         <f>J85*289.80</f>
         <v>0</v>
       </c>
       <c r="L85" s="5"/>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A86" s="1"/>
       <c r="B86" s="1">
         <v>835364</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>234</v>
       </c>
       <c r="D86" s="1"/>
@@ -7358,51 +7361,51 @@
       <c r="J86" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K86" s="2" t="str">
         <f>J86*227.70</f>
         <v>0</v>
       </c>
       <c r="L86" s="5"/>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A87" s="1"/>
       <c r="B87" s="1">
         <v>835365</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>237</v>
       </c>
       <c r="D87" s="1"/>
       <c r="E87" s="2" t="s">
         <v>238</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>239</v>
       </c>
       <c r="G87" s="2">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="H87" s="2">
         <v>0</v>
       </c>
       <c r="I87" s="1">
         <v>0</v>
       </c>
       <c r="J87" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K87" s="2" t="str">
         <f>J87*165.60</f>
         <v>0</v>
       </c>
       <c r="L87" s="5"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A88" s="1"/>
       <c r="B88" s="1">
         <v>835366</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>240</v>
       </c>
       <c r="D88" s="1"/>
@@ -7424,993 +7427,993 @@
       <c r="J88" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K88" s="2" t="str">
         <f>J88*113.85</f>
         <v>0</v>
       </c>
       <c r="L88" s="5"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A89" s="1"/>
       <c r="B89" s="1">
         <v>835370</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>243</v>
       </c>
       <c r="D89" s="1"/>
       <c r="E89" s="2" t="s">
         <v>244</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>245</v>
       </c>
       <c r="G89" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H89" s="2">
         <v>0</v>
       </c>
       <c r="I89" s="1">
         <v>0</v>
       </c>
       <c r="J89" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K89" s="2" t="str">
         <f>J89*600.30</f>
         <v>0</v>
       </c>
       <c r="L89" s="5"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A90" s="1"/>
       <c r="B90" s="1">
         <v>835371</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>246</v>
       </c>
       <c r="D90" s="1"/>
       <c r="E90" s="2" t="s">
         <v>247</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>248</v>
       </c>
       <c r="G90" s="2">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H90" s="2">
         <v>0</v>
       </c>
       <c r="I90" s="1">
         <v>0</v>
       </c>
       <c r="J90" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K90" s="2" t="str">
         <f>J90*2484.00</f>
         <v>0</v>
       </c>
       <c r="L90" s="5"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A91" s="1"/>
       <c r="B91" s="1">
         <v>835372</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>249</v>
       </c>
       <c r="D91" s="1"/>
       <c r="E91" s="2" t="s">
         <v>250</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>251</v>
       </c>
       <c r="G91" s="2">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H91" s="2">
         <v>0</v>
       </c>
       <c r="I91" s="1">
         <v>0</v>
       </c>
       <c r="J91" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K91" s="2" t="str">
         <f>J91*144.90</f>
         <v>0</v>
       </c>
       <c r="L91" s="5"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A92" s="1"/>
       <c r="B92" s="1">
         <v>837200</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>252</v>
       </c>
       <c r="D92" s="1"/>
       <c r="E92" s="2" t="s">
         <v>253</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>254</v>
       </c>
       <c r="G92" s="2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H92" s="2">
         <v>0</v>
       </c>
       <c r="I92" s="1">
         <v>0</v>
       </c>
       <c r="J92" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K92" s="2" t="str">
         <f>J92*310.50</f>
         <v>0</v>
       </c>
       <c r="L92" s="5"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A93" s="1"/>
       <c r="B93" s="1">
         <v>837201</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>255</v>
       </c>
       <c r="D93" s="1"/>
       <c r="E93" s="2" t="s">
         <v>256</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>257</v>
       </c>
       <c r="G93" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H93" s="2">
         <v>0</v>
       </c>
       <c r="I93" s="1">
         <v>0</v>
       </c>
       <c r="J93" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K93" s="2" t="str">
         <f>J93*207.00</f>
         <v>0</v>
       </c>
       <c r="L93" s="5"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A94" s="1"/>
       <c r="B94" s="1">
         <v>871399</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>258</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>259</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>260</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>261</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="H94" s="2">
         <v>0</v>
       </c>
       <c r="I94" s="1">
         <v>0</v>
       </c>
       <c r="J94" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K94" s="2" t="str">
-        <f>J94*641.36</f>
+        <f>J94*719.95</f>
         <v>0</v>
       </c>
       <c r="L94" s="5"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A95" s="1"/>
       <c r="B95" s="1">
         <v>871400</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>262</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>263</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>264</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>265</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>97</v>
+        <v>266</v>
       </c>
       <c r="H95" s="2">
         <v>0</v>
       </c>
       <c r="I95" s="1">
         <v>0</v>
       </c>
       <c r="J95" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K95" s="2" t="str">
-        <f>J95*727.67</f>
+        <f>J95*838.95</f>
         <v>0</v>
       </c>
       <c r="L95" s="5"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A96" s="1"/>
       <c r="B96" s="1">
         <v>871401</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E96" s="2" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>270</v>
+      </c>
+      <c r="G96" s="2">
+        <v>0</v>
       </c>
       <c r="H96" s="2">
         <v>0</v>
       </c>
       <c r="I96" s="1">
         <v>0</v>
       </c>
       <c r="J96" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K96" s="2" t="str">
-        <f>J96*913.67</f>
+        <f>J96*1127.53</f>
         <v>0</v>
       </c>
       <c r="L96" s="5"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A97" s="1"/>
       <c r="B97" s="1">
         <v>882537</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D97" s="1"/>
       <c r="E97" s="2" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="G97" s="2">
         <v>0</v>
       </c>
       <c r="H97" s="2">
         <v>0</v>
       </c>
       <c r="I97" s="1">
         <v>0</v>
       </c>
       <c r="J97" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K97" s="2" t="str">
         <f>J97*280.00</f>
         <v>0</v>
       </c>
       <c r="L97" s="5"/>
     </row>
     <row r="98" spans="1:12" outlineLevel="1">
       <c r="A98" s="7" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B98" s="7"/>
       <c r="C98" s="7"/>
       <c r="D98" s="7"/>
       <c r="E98" s="7"/>
       <c r="F98" s="7"/>
       <c r="G98" s="7"/>
       <c r="H98" s="7"/>
       <c r="I98" s="7"/>
       <c r="J98" s="7"/>
       <c r="K98" s="7"/>
       <c r="L98" s="5"/>
     </row>
     <row r="99" spans="1:12" outlineLevel="2">
       <c r="A99" s="8" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B99" s="8"/>
       <c r="C99" s="8"/>
       <c r="D99" s="8"/>
       <c r="E99" s="8"/>
       <c r="F99" s="8"/>
       <c r="G99" s="8"/>
       <c r="H99" s="8"/>
       <c r="I99" s="8"/>
       <c r="J99" s="8"/>
       <c r="K99" s="8"/>
       <c r="L99" s="5"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A100" s="1"/>
       <c r="B100" s="1">
         <v>837251</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D100" s="1"/>
       <c r="E100" s="2" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="G100" s="2">
         <v>0</v>
       </c>
       <c r="H100" s="2">
         <v>0</v>
       </c>
       <c r="I100" s="1">
         <v>0</v>
       </c>
       <c r="J100" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K100" s="2" t="str">
         <f>J100*5103.00</f>
         <v>0</v>
       </c>
       <c r="L100" s="5"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A101" s="1"/>
       <c r="B101" s="1">
         <v>837252</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D101" s="1"/>
       <c r="E101" s="2" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="G101" s="2">
         <v>0</v>
       </c>
       <c r="H101" s="2">
         <v>0</v>
       </c>
       <c r="I101" s="1">
         <v>0</v>
       </c>
       <c r="J101" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K101" s="2" t="str">
         <f>J101*3378.60</f>
         <v>0</v>
       </c>
       <c r="L101" s="5"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A102" s="1"/>
       <c r="B102" s="1">
         <v>837253</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D102" s="1"/>
       <c r="E102" s="2" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="G102" s="2">
         <v>0</v>
       </c>
       <c r="H102" s="2">
         <v>0</v>
       </c>
       <c r="I102" s="1">
         <v>0</v>
       </c>
       <c r="J102" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K102" s="2" t="str">
         <f>J102*2993.40</f>
         <v>0</v>
       </c>
       <c r="L102" s="5"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A103" s="1"/>
       <c r="B103" s="1">
         <v>837254</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D103" s="1"/>
       <c r="E103" s="2" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="G103" s="2">
         <v>0</v>
       </c>
       <c r="H103" s="2">
         <v>0</v>
       </c>
       <c r="I103" s="1">
         <v>0</v>
       </c>
       <c r="J103" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K103" s="2" t="str">
         <f>J103*2845.80</f>
         <v>0</v>
       </c>
       <c r="L103" s="5"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A104" s="1"/>
       <c r="B104" s="1">
         <v>837255</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D104" s="1"/>
       <c r="E104" s="2" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="G104" s="2">
         <v>0</v>
       </c>
       <c r="H104" s="2">
         <v>0</v>
       </c>
       <c r="I104" s="1">
         <v>0</v>
       </c>
       <c r="J104" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K104" s="2" t="str">
         <f>J104*3447.00</f>
         <v>0</v>
       </c>
       <c r="L104" s="5"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A105" s="1"/>
       <c r="B105" s="1">
         <v>837256</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D105" s="1"/>
       <c r="E105" s="2" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="G105" s="2">
         <v>0</v>
       </c>
       <c r="H105" s="2">
         <v>0</v>
       </c>
       <c r="I105" s="1">
         <v>0</v>
       </c>
       <c r="J105" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K105" s="2" t="str">
         <f>J105*5364.00</f>
         <v>0</v>
       </c>
       <c r="L105" s="5"/>
     </row>
     <row r="106" spans="1:12" outlineLevel="2">
       <c r="A106" s="8" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B106" s="8"/>
       <c r="C106" s="8"/>
       <c r="D106" s="8"/>
       <c r="E106" s="8"/>
       <c r="F106" s="8"/>
       <c r="G106" s="8"/>
       <c r="H106" s="8"/>
       <c r="I106" s="8"/>
       <c r="J106" s="8"/>
       <c r="K106" s="8"/>
       <c r="L106" s="5"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A107" s="1"/>
       <c r="B107" s="1">
         <v>837238</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D107" s="1"/>
       <c r="E107" s="2" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="G107" s="2">
         <v>0</v>
       </c>
       <c r="H107" s="2">
         <v>0</v>
       </c>
       <c r="I107" s="1">
         <v>0</v>
       </c>
       <c r="J107" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K107" s="2" t="str">
         <f>J107*7392.60</f>
         <v>0</v>
       </c>
       <c r="L107" s="5"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A108" s="1"/>
       <c r="B108" s="1">
         <v>837239</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D108" s="1"/>
       <c r="E108" s="2" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="G108" s="2">
         <v>0</v>
       </c>
       <c r="H108" s="2">
         <v>0</v>
       </c>
       <c r="I108" s="1">
         <v>0</v>
       </c>
       <c r="J108" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K108" s="2" t="str">
         <f>J108*4116.60</f>
         <v>0</v>
       </c>
       <c r="L108" s="5"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A109" s="1"/>
       <c r="B109" s="1">
         <v>837240</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D109" s="1"/>
       <c r="E109" s="2" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G109" s="2">
         <v>0</v>
       </c>
       <c r="H109" s="2">
         <v>0</v>
       </c>
       <c r="I109" s="1">
         <v>0</v>
       </c>
       <c r="J109" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K109" s="2" t="str">
         <f>J109*4942.80</f>
         <v>0</v>
       </c>
       <c r="L109" s="5"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A110" s="1"/>
       <c r="B110" s="1">
         <v>837241</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D110" s="1"/>
       <c r="E110" s="2" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="G110" s="2">
         <v>0</v>
       </c>
       <c r="H110" s="2">
         <v>0</v>
       </c>
       <c r="I110" s="1">
         <v>0</v>
       </c>
       <c r="J110" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K110" s="2" t="str">
         <f>J110*19027.80</f>
         <v>0</v>
       </c>
       <c r="L110" s="5"/>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A111" s="1"/>
       <c r="B111" s="1">
         <v>837242</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D111" s="1"/>
       <c r="E111" s="2" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="G111" s="2">
         <v>0</v>
       </c>
       <c r="H111" s="2">
         <v>0</v>
       </c>
       <c r="I111" s="1">
         <v>0</v>
       </c>
       <c r="J111" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K111" s="2" t="str">
         <f>J111*2790.00</f>
         <v>0</v>
       </c>
       <c r="L111" s="5"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A112" s="1"/>
       <c r="B112" s="1">
         <v>837243</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D112" s="1"/>
       <c r="E112" s="2" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="G112" s="2">
         <v>0</v>
       </c>
       <c r="H112" s="2">
         <v>0</v>
       </c>
       <c r="I112" s="1">
         <v>0</v>
       </c>
       <c r="J112" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K112" s="2" t="str">
         <f>J112*3330.00</f>
         <v>0</v>
       </c>
       <c r="L112" s="5"/>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A113" s="1"/>
       <c r="B113" s="1">
         <v>837244</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D113" s="1"/>
       <c r="E113" s="2" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="G113" s="2">
         <v>0</v>
       </c>
       <c r="H113" s="2">
         <v>0</v>
       </c>
       <c r="I113" s="1">
         <v>0</v>
       </c>
       <c r="J113" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K113" s="2" t="str">
         <f>J113*3510.00</f>
         <v>0</v>
       </c>
       <c r="L113" s="5"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A114" s="1"/>
       <c r="B114" s="1">
         <v>837245</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D114" s="1"/>
       <c r="E114" s="2" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="G114" s="2">
         <v>0</v>
       </c>
       <c r="H114" s="2">
         <v>0</v>
       </c>
       <c r="I114" s="1">
         <v>0</v>
       </c>
       <c r="J114" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K114" s="2" t="str">
         <f>J114*4059.00</f>
         <v>0</v>
       </c>
       <c r="L114" s="5"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A115" s="1"/>
       <c r="B115" s="1">
         <v>837246</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D115" s="1"/>
       <c r="E115" s="2" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="G115" s="2">
         <v>0</v>
       </c>
       <c r="H115" s="2">
         <v>0</v>
       </c>
       <c r="I115" s="1">
         <v>0</v>
       </c>
       <c r="J115" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K115" s="2" t="str">
         <f>J115*5227.20</f>
         <v>0</v>
       </c>
       <c r="L115" s="5"/>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A116" s="1"/>
       <c r="B116" s="1">
         <v>837247</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D116" s="1"/>
       <c r="E116" s="2" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="G116" s="2">
         <v>0</v>
       </c>
       <c r="H116" s="2">
         <v>0</v>
       </c>
       <c r="I116" s="1">
         <v>0</v>
       </c>
       <c r="J116" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K116" s="2" t="str">
         <f>J116*5022.00</f>
         <v>0</v>
       </c>
       <c r="L116" s="5"/>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A117" s="1"/>
       <c r="B117" s="1">
         <v>837248</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D117" s="1"/>
       <c r="E117" s="2" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="G117" s="2">
         <v>0</v>
       </c>
       <c r="H117" s="2">
         <v>0</v>
       </c>
       <c r="I117" s="1">
         <v>0</v>
       </c>
       <c r="J117" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K117" s="2" t="str">
         <f>J117*3855.60</f>
         <v>0</v>
       </c>
       <c r="L117" s="5"/>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A118" s="1"/>
       <c r="B118" s="1">
         <v>837249</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D118" s="1"/>
       <c r="E118" s="2" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="G118" s="2">
         <v>0</v>
       </c>
       <c r="H118" s="2">
         <v>0</v>
       </c>
       <c r="I118" s="1">
         <v>0</v>
       </c>
       <c r="J118" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K118" s="2" t="str">
         <f>J118*4694.40</f>
         <v>0</v>
       </c>
       <c r="L118" s="5"/>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A119" s="1"/>
       <c r="B119" s="1">
         <v>837250</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D119" s="1"/>
       <c r="E119" s="2" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="G119" s="2">
         <v>0</v>
       </c>
       <c r="H119" s="2">
         <v>0</v>
       </c>
       <c r="I119" s="1">
         <v>0</v>
       </c>
       <c r="J119" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K119" s="2" t="str">
         <f>J119*16200.00</f>
         <v>0</v>
       </c>
       <c r="L119" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>