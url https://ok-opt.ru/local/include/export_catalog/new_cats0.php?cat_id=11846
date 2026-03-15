--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="332">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="334">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
@@ -310,113 +310,116 @@
   <si>
     <t>Кабель саморегулирующийся SRF 30-2 CR UV (НА ТРУБУ) 30Вт (с экраном и УФ защитой)  (бухта 100м)</t>
   </si>
   <si>
     <t>SLO-232009</t>
   </si>
   <si>
     <t>Кабель саморегулирующийся SRF 30-2 CR UV (НА ТРУБУ) 30Вт (с экраном и УФ защитой)  (бухта 200м)</t>
   </si>
   <si>
     <t>Греющий кабель (готовые комплекты)</t>
   </si>
   <si>
     <t>Комплекты саморегулирующего греющего кабеля (В ТРУБУ) с евровилкой и герметичным вводом 1/2</t>
   </si>
   <si>
     <t>SLO-2100000</t>
   </si>
   <si>
     <t>Готовый комплект 1м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
   </si>
   <si>
     <t>1 770.00 руб.</t>
   </si>
   <si>
+    <t>&gt;25</t>
+  </si>
+  <si>
+    <t>SLO-210001</t>
+  </si>
+  <si>
+    <t>Готовый комплект 2м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
+  </si>
+  <si>
+    <t>2 040.00 руб.</t>
+  </si>
+  <si>
+    <t>&gt;100</t>
+  </si>
+  <si>
+    <t>SLO-210002</t>
+  </si>
+  <si>
+    <t>Готовый комплект 3м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
+  </si>
+  <si>
+    <t>2 310.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-210003</t>
+  </si>
+  <si>
+    <t>Готовый комплект 4м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
+  </si>
+  <si>
+    <t>2 580.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-210004</t>
+  </si>
+  <si>
+    <t>Готовый комплект 5м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
+  </si>
+  <si>
+    <t>2 850.00 руб.</t>
+  </si>
+  <si>
+    <t>SLO-210005</t>
+  </si>
+  <si>
+    <t>Готовый комплект 6м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
+  </si>
+  <si>
+    <t>3 120.00 руб.</t>
+  </si>
+  <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
+    <t>SLO-210006</t>
+  </si>
+  <si>
+    <t>Готовый комплект 7м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
+  </si>
+  <si>
+    <t>3 390.00 руб.</t>
+  </si>
+  <si>
     <t>&gt;10</t>
   </si>
   <si>
-    <t>SLO-210001</t>
-[...58 lines deleted...]
-  <si>
     <t>SLO-210007</t>
   </si>
   <si>
     <t>Готовый комплект 8м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
   </si>
   <si>
     <t>3 660.00 руб.</t>
   </si>
   <si>
     <t>SLO-210008</t>
   </si>
   <si>
     <t>Готовый комплект 9м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
   </si>
   <si>
     <t>3 930.00 руб.</t>
   </si>
   <si>
     <t>SLO-210009</t>
   </si>
   <si>
     <t>Готовый комплект 10м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
   </si>
   <si>
     <t>4 200.00 руб.</t>
@@ -508,50 +511,56 @@
   <si>
     <t>Готовый комплект 20м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
   </si>
   <si>
     <t>6 900.00 руб.</t>
   </si>
   <si>
     <t>SLO-210020</t>
   </si>
   <si>
     <t>Готовый комплект 25м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
   </si>
   <si>
     <t>8 250.00 руб.</t>
   </si>
   <si>
     <t>SLO-210021</t>
   </si>
   <si>
     <t>Готовый комплект 30м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
   </si>
   <si>
     <t>9 600.00 руб.</t>
   </si>
   <si>
+    <t>УТ000002617</t>
+  </si>
+  <si>
+    <t>Готовый комплект 50м  греющего кабеля 10Вт ТеплоPROвод  (в трубу)</t>
+  </si>
+  <si>
     <t>Комплекты саморегулирующего греющего кабеля (НА ТРУБУ) с вилкой</t>
   </si>
   <si>
     <t>SLO-2200000</t>
   </si>
   <si>
     <t>Готовый комплект 1м  греющего кабеля 16Вт ТеплоPROвод  (на трубу под теплоизоляцию)</t>
   </si>
   <si>
     <t>1 280.00 руб.</t>
   </si>
   <si>
     <t>SLO-220001</t>
   </si>
   <si>
     <t>Готовый комплект 2м  греющего кабеля 16Вт ТеплоPROвод  (на трубу под теплоизоляцию)</t>
   </si>
   <si>
     <t>1 472.00 руб.</t>
   </si>
   <si>
     <t>SLO-220002</t>
   </si>
   <si>
     <t>Готовый комплект 3м  греющего кабеля 16Вт ТеплоPROвод  (на трубу под теплоизоляцию)</t>
@@ -815,53 +824,50 @@
     <t>207.00 руб.</t>
   </si>
   <si>
     <t>VER-000305</t>
   </si>
   <si>
     <t>VRGL13TK</t>
   </si>
   <si>
     <t>Тройник косой 1/2" с отводом на 1/2" для подключ. греющего кабеля или гильзы  (4/16шт)</t>
   </si>
   <si>
     <t>719.95 руб.</t>
   </si>
   <si>
     <t>VER-000306</t>
   </si>
   <si>
     <t>VRGL14TK</t>
   </si>
   <si>
     <t>Тройник косой 3/4" с отводом на 1/2 " для подключ. греющего кабеля или гильзы  (4/16шт)</t>
   </si>
   <si>
     <t>838.95 руб.</t>
-  </si>
-[...1 lines deleted...]
-    <t>&gt;50</t>
   </si>
   <si>
     <t>VER-000307</t>
   </si>
   <si>
     <t>VRGL15TK</t>
   </si>
   <si>
     <t>Тройник косой 1" с отводом на 1/2" для подключ. греющего кабеля или гильзы  (4/16шт)</t>
   </si>
   <si>
     <t>1 127.53 руб.</t>
   </si>
   <si>
     <t>УТ000002113</t>
   </si>
   <si>
     <t>Герметичный ввод 1/2 нержавейка</t>
   </si>
   <si>
     <t>280.00 руб.</t>
   </si>
   <si>
     <t>Терморегуляторы</t>
   </si>
@@ -2720,1647 +2726,1647 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="52" name="Image_60" descr="Image_60"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>61</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="53" name="Image_62" descr="Image_62"/>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="Image_63" descr="Image_63"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>62</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="54" name="Image_63" descr="Image_63"/>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="Image_64" descr="Image_64"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>63</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="55" name="Image_64" descr="Image_64"/>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="Image_65" descr="Image_65"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>64</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="56" name="Image_65" descr="Image_65"/>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="Image_66" descr="Image_66"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>65</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="57" name="Image_66" descr="Image_66"/>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="Image_67" descr="Image_67"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>66</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="58" name="Image_67" descr="Image_67"/>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="58" name="Image_68" descr="Image_68"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>67</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="59" name="Image_68" descr="Image_68"/>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="Image_69" descr="Image_69"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>68</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="60" name="Image_69" descr="Image_69"/>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="Image_70" descr="Image_70"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>69</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="61" name="Image_70" descr="Image_70"/>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="Image_71" descr="Image_71"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>70</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="62" name="Image_71" descr="Image_71"/>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="Image_72" descr="Image_72"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>71</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="63" name="Image_72" descr="Image_72"/>
+      <xdr:row>72</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="63" name="Image_73" descr="Image_73"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>72</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="64" name="Image_73" descr="Image_73"/>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="Image_74" descr="Image_74"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>73</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="65" name="Image_74" descr="Image_74"/>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="65" name="Image_75" descr="Image_75"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>74</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="66" name="Image_75" descr="Image_75"/>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="66" name="Image_76" descr="Image_76"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>75</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="67" name="Image_76" descr="Image_76"/>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="67" name="Image_77" descr="Image_77"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>76</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="68" name="Image_77" descr="Image_77"/>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="Image_78" descr="Image_78"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>77</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="69" name="Image_78" descr="Image_78"/>
+      <xdr:row>78</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="69" name="Image_79" descr="Image_79"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>78</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="70" name="Image_79" descr="Image_79"/>
+      <xdr:row>79</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="70" name="Image_80" descr="Image_80"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>79</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="71" name="Image_80" descr="Image_80"/>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="Image_81" descr="Image_81"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>80</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="72" name="Image_81" descr="Image_81"/>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="Image_82" descr="Image_82"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>81</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="73" name="Image_82" descr="Image_82"/>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="Image_83" descr="Image_83"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>82</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="74" name="Image_83" descr="Image_83"/>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="Image_84" descr="Image_84"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>84</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="75" name="Image_85" descr="Image_85"/>
+      <xdr:row>85</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="75" name="Image_86" descr="Image_86"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>85</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="76" name="Image_86" descr="Image_86"/>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="76" name="Image_87" descr="Image_87"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>86</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="77" name="Image_87" descr="Image_87"/>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="77" name="Image_88" descr="Image_88"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>87</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="78" name="Image_88" descr="Image_88"/>
+      <xdr:row>88</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="78" name="Image_89" descr="Image_89"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>88</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="79" name="Image_89" descr="Image_89"/>
+      <xdr:row>89</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="79" name="Image_90" descr="Image_90"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>89</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="80" name="Image_90" descr="Image_90"/>
+      <xdr:row>90</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="80" name="Image_91" descr="Image_91"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>90</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="81" name="Image_91" descr="Image_91"/>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="Image_92" descr="Image_92"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>91</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="82" name="Image_92" descr="Image_92"/>
+      <xdr:row>92</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="82" name="Image_93" descr="Image_93"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>92</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="83" name="Image_93" descr="Image_93"/>
+      <xdr:row>93</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="83" name="Image_94" descr="Image_94"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>93</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="84" name="Image_94" descr="Image_94"/>
+      <xdr:row>94</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="84" name="Image_95" descr="Image_95"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>94</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="85" name="Image_95" descr="Image_95"/>
+      <xdr:row>95</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="85" name="Image_96" descr="Image_96"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>95</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="86" name="Image_96" descr="Image_96"/>
+      <xdr:row>96</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="86" name="Image_97" descr="Image_97"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>96</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="87" name="Image_97" descr="Image_97"/>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="87" name="Image_98" descr="Image_98"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>99</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="88" name="Image_100" descr="Image_100"/>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="Image_101" descr="Image_101"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>100</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="89" name="Image_101" descr="Image_101"/>
+      <xdr:row>101</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="89" name="Image_102" descr="Image_102"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>101</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="90" name="Image_102" descr="Image_102"/>
+      <xdr:row>102</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="90" name="Image_103" descr="Image_103"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>102</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="91" name="Image_103" descr="Image_103"/>
+      <xdr:row>103</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="91" name="Image_104" descr="Image_104"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>103</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="92" name="Image_104" descr="Image_104"/>
+      <xdr:row>104</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="92" name="Image_105" descr="Image_105"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>104</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="93" name="Image_105" descr="Image_105"/>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="93" name="Image_106" descr="Image_106"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>106</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="94" name="Image_107" descr="Image_107"/>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="94" name="Image_108" descr="Image_108"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>107</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="95" name="Image_108" descr="Image_108"/>
+      <xdr:row>108</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="95" name="Image_109" descr="Image_109"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>108</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="96" name="Image_109" descr="Image_109"/>
+      <xdr:row>109</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="96" name="Image_110" descr="Image_110"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>109</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="97" name="Image_110" descr="Image_110"/>
+      <xdr:row>110</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="97" name="Image_111" descr="Image_111"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>110</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="98" name="Image_111" descr="Image_111"/>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="98" name="Image_112" descr="Image_112"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>111</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="99" name="Image_112" descr="Image_112"/>
+      <xdr:row>112</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="99" name="Image_113" descr="Image_113"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>112</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="100" name="Image_113" descr="Image_113"/>
+      <xdr:row>113</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="100" name="Image_114" descr="Image_114"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>113</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="101" name="Image_114" descr="Image_114"/>
+      <xdr:row>114</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="101" name="Image_115" descr="Image_115"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>114</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="102" name="Image_115" descr="Image_115"/>
+      <xdr:row>115</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="102" name="Image_116" descr="Image_116"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>115</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="103" name="Image_116" descr="Image_116"/>
+      <xdr:row>116</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="103" name="Image_117" descr="Image_117"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>116</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="104" name="Image_117" descr="Image_117"/>
+      <xdr:row>117</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="104" name="Image_118" descr="Image_118"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>117</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="105" name="Image_118" descr="Image_118"/>
+      <xdr:row>118</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="105" name="Image_119" descr="Image_119"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>118</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="106" name="Image_119" descr="Image_119"/>
+      <xdr:row>119</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="106" name="Image_120" descr="Image_120"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -4633,51 +4639,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="0" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L119"/>
+  <dimension ref="A1:L120"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="5" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="60" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
     <col min="10" max="10" width="11" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -4685,51 +4691,51 @@
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="4">
-        <f>SUM(J2:J119)</f>
+        <f>SUM(J2:J120)</f>
         <v>0</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="5"/>
     </row>
     <row r="2" spans="1:12">
       <c r="A2" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
       <c r="L2" s="5"/>
     </row>
     <row r="3" spans="1:12" outlineLevel="1">
       <c r="A3" s="7" t="s">
@@ -4839,51 +4845,51 @@
       <c r="J7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K7" s="2" t="str">
         <f>J7*25500.00</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>835317</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="1"/>
       <c r="E8" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*63750.00</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>835318</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D9" s="1"/>
@@ -5053,51 +5059,51 @@
       <c r="J14" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K14" s="2" t="str">
         <f>J14*10640.00</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>835296</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D15" s="1"/>
       <c r="E15" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G15" s="2">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K15" s="2" t="str">
         <f>J15*21280.00</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>835297</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D16" s="1"/>
@@ -5843,2612 +5849,2643 @@
       </c>
       <c r="J39" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K39" s="2" t="str">
         <f>J39*1770.00</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>826619</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>98</v>
       </c>
       <c r="D40" s="1"/>
       <c r="E40" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="G40" s="2">
-        <v>0</v>
+      <c r="G40" s="2" t="s">
+        <v>101</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K40" s="2" t="str">
         <f>J40*2040.00</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>826620</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D41" s="1"/>
       <c r="E41" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>104</v>
+      </c>
+      <c r="G41" s="2" t="s">
+        <v>101</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K41" s="2" t="str">
         <f>J41*2310.00</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>826621</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D42" s="1"/>
       <c r="E42" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K42" s="2" t="str">
         <f>J42*2580.00</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>826622</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D43" s="1"/>
       <c r="E43" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>110</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K43" s="2" t="str">
         <f>J43*2850.00</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>826623</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="D44" s="1"/>
       <c r="E44" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="F44" s="2" t="s">
         <v>113</v>
       </c>
-      <c r="F44" s="2" t="s">
+      <c r="G44" s="2" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K44" s="2" t="str">
         <f>J44*3120.00</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>826624</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>115</v>
       </c>
       <c r="D45" s="1"/>
       <c r="E45" s="2" t="s">
         <v>116</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>117</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
       <c r="I45" s="1">
         <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K45" s="2" t="str">
         <f>J45*3390.00</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>826625</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D46" s="1"/>
       <c r="E46" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>97</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K46" s="2" t="str">
         <f>J46*3660.00</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>826626</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D47" s="1"/>
       <c r="E47" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="H47" s="2">
         <v>0</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K47" s="2" t="str">
         <f>J47*3930.00</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>826627</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D48" s="1"/>
       <c r="E48" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>127</v>
+      </c>
+      <c r="G48" s="2" t="s">
+        <v>118</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K48" s="2" t="str">
         <f>J48*4200.00</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>826628</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D49" s="1"/>
       <c r="E49" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G49" s="2">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K49" s="2" t="str">
         <f>J49*4470.00</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>826629</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D50" s="1"/>
       <c r="E50" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>133</v>
+      </c>
+      <c r="G50" s="2" t="s">
+        <v>118</v>
       </c>
       <c r="H50" s="2">
         <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K50" s="2" t="str">
         <f>J50*4740.00</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
         <v>826630</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D51" s="1"/>
       <c r="E51" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G51" s="2">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="H51" s="2">
         <v>0</v>
       </c>
       <c r="I51" s="1">
         <v>0</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K51" s="2" t="str">
         <f>J51*5010.00</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>826631</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D52" s="1"/>
       <c r="E52" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="G52" s="2">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="H52" s="2">
         <v>0</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K52" s="2" t="str">
         <f>J52*5280.00</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
         <v>826632</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D53" s="1"/>
       <c r="E53" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="G53" s="2">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H53" s="2">
         <v>0</v>
       </c>
       <c r="I53" s="1">
         <v>0</v>
       </c>
       <c r="J53" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K53" s="2" t="str">
         <f>J53*5550.00</f>
         <v>0</v>
       </c>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
         <v>826633</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D54" s="1"/>
       <c r="E54" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G54" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H54" s="2">
         <v>0</v>
       </c>
       <c r="I54" s="1">
         <v>0</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K54" s="2" t="str">
         <f>J54*5820.00</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
         <v>826634</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D55" s="1"/>
       <c r="E55" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G55" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H55" s="2">
         <v>0</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K55" s="2" t="str">
         <f>J55*6090.00</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A56" s="1"/>
       <c r="B56" s="1">
         <v>826635</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D56" s="1"/>
       <c r="E56" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="G56" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H56" s="2">
         <v>0</v>
       </c>
       <c r="I56" s="1">
         <v>0</v>
       </c>
       <c r="J56" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K56" s="2" t="str">
         <f>J56*6360.00</f>
         <v>0</v>
       </c>
       <c r="L56" s="5"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
         <v>826636</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D57" s="1"/>
       <c r="E57" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G57" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H57" s="2">
         <v>0</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K57" s="2" t="str">
         <f>J57*6630.00</f>
         <v>0</v>
       </c>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A58" s="1"/>
       <c r="B58" s="1">
         <v>826637</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D58" s="1"/>
       <c r="E58" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G58" s="2">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="H58" s="2">
         <v>0</v>
       </c>
       <c r="I58" s="1">
         <v>0</v>
       </c>
       <c r="J58" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K58" s="2" t="str">
         <f>J58*6900.00</f>
         <v>0</v>
       </c>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
         <v>826638</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D59" s="1"/>
       <c r="E59" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>160</v>
+      </c>
+      <c r="G59" s="2" t="s">
+        <v>118</v>
       </c>
       <c r="H59" s="2">
         <v>0</v>
       </c>
       <c r="I59" s="1">
         <v>0</v>
       </c>
       <c r="J59" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K59" s="2" t="str">
         <f>J59*8250.00</f>
         <v>0</v>
       </c>
       <c r="L59" s="5"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A60" s="1"/>
       <c r="B60" s="1">
         <v>826639</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D60" s="1"/>
       <c r="E60" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="G60" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H60" s="2">
         <v>0</v>
       </c>
       <c r="I60" s="1">
         <v>0</v>
       </c>
       <c r="J60" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K60" s="2" t="str">
         <f>J60*9600.00</f>
         <v>0</v>
       </c>
       <c r="L60" s="5"/>
     </row>
-    <row r="61" spans="1:12" outlineLevel="3">
-[...12 lines deleted...]
-      <c r="K61" s="9"/>
+    <row r="61" spans="1:12" outlineLevel="5">
+      <c r="A61" s="1"/>
+      <c r="B61" s="1">
+        <v>954425</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="D61" s="1"/>
+      <c r="E61" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="F61" s="2"/>
+      <c r="G61" s="2">
+        <v>1</v>
+      </c>
+      <c r="H61" s="2">
+        <v>0</v>
+      </c>
+      <c r="I61" s="1">
+        <v>0</v>
+      </c>
+      <c r="J61" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="K61" s="2" t="str">
+        <f>J61*0</f>
+        <v>0</v>
+      </c>
       <c r="L61" s="5"/>
     </row>
-    <row r="62" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
-[...11 lines deleted...]
-      <c r="F62" s="2" t="s">
+    <row r="62" spans="1:12" outlineLevel="3">
+      <c r="A62" s="9" t="s">
         <v>166</v>
       </c>
-      <c r="G62" s="2">
-[...14 lines deleted...]
-      </c>
+      <c r="B62" s="9"/>
+      <c r="C62" s="9"/>
+      <c r="D62" s="9"/>
+      <c r="E62" s="9"/>
+      <c r="F62" s="9"/>
+      <c r="G62" s="9"/>
+      <c r="H62" s="9"/>
+      <c r="I62" s="9"/>
+      <c r="J62" s="9"/>
+      <c r="K62" s="9"/>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A63" s="1"/>
       <c r="B63" s="1">
-        <v>826640</v>
+        <v>831541</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D63" s="1"/>
       <c r="E63" s="2" t="s">
         <v>168</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>169</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="H63" s="2">
         <v>0</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K63" s="2" t="str">
-        <f>J63*1472.00</f>
+        <f>J63*1280.00</f>
         <v>0</v>
       </c>
       <c r="L63" s="5"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A64" s="1"/>
       <c r="B64" s="1">
-        <v>826641</v>
+        <v>826640</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>170</v>
       </c>
       <c r="D64" s="1"/>
       <c r="E64" s="2" t="s">
         <v>171</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>111</v>
+        <v>97</v>
       </c>
       <c r="H64" s="2">
         <v>0</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K64" s="2" t="str">
-        <f>J64*1664.00</f>
+        <f>J64*1472.00</f>
         <v>0</v>
       </c>
       <c r="L64" s="5"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A65" s="1"/>
       <c r="B65" s="1">
-        <v>826642</v>
+        <v>826641</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>173</v>
       </c>
       <c r="D65" s="1"/>
       <c r="E65" s="2" t="s">
         <v>174</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>175</v>
       </c>
       <c r="G65" s="2" t="s">
         <v>97</v>
       </c>
       <c r="H65" s="2">
         <v>0</v>
       </c>
       <c r="I65" s="1">
         <v>0</v>
       </c>
       <c r="J65" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K65" s="2" t="str">
-        <f>J65*1856.00</f>
+        <f>J65*1664.00</f>
         <v>0</v>
       </c>
       <c r="L65" s="5"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
-        <v>826643</v>
+        <v>826642</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>176</v>
       </c>
       <c r="D66" s="1"/>
       <c r="E66" s="2" t="s">
         <v>177</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>178</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>97</v>
       </c>
       <c r="H66" s="2">
         <v>0</v>
       </c>
       <c r="I66" s="1">
         <v>0</v>
       </c>
       <c r="J66" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K66" s="2" t="str">
-        <f>J66*2048.00</f>
+        <f>J66*1856.00</f>
         <v>0</v>
       </c>
       <c r="L66" s="5"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A67" s="1"/>
       <c r="B67" s="1">
-        <v>826644</v>
+        <v>826643</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>179</v>
       </c>
       <c r="D67" s="1"/>
       <c r="E67" s="2" t="s">
         <v>180</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>181</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>97</v>
       </c>
       <c r="H67" s="2">
         <v>0</v>
       </c>
       <c r="I67" s="1">
         <v>0</v>
       </c>
       <c r="J67" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K67" s="2" t="str">
-        <f>J67*2240.00</f>
+        <f>J67*2048.00</f>
         <v>0</v>
       </c>
       <c r="L67" s="5"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A68" s="1"/>
       <c r="B68" s="1">
-        <v>826645</v>
+        <v>826644</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>182</v>
       </c>
       <c r="D68" s="1"/>
       <c r="E68" s="2" t="s">
         <v>183</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>184</v>
       </c>
-      <c r="G68" s="2">
-        <v>9</v>
+      <c r="G68" s="2" t="s">
+        <v>118</v>
       </c>
       <c r="H68" s="2">
         <v>0</v>
       </c>
       <c r="I68" s="1">
         <v>0</v>
       </c>
       <c r="J68" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K68" s="2" t="str">
-        <f>J68*2432.00</f>
+        <f>J68*2240.00</f>
         <v>0</v>
       </c>
       <c r="L68" s="5"/>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A69" s="1"/>
       <c r="B69" s="1">
-        <v>826646</v>
+        <v>826645</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>185</v>
       </c>
       <c r="D69" s="1"/>
       <c r="E69" s="2" t="s">
         <v>186</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>187</v>
       </c>
       <c r="G69" s="2">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="H69" s="2">
         <v>0</v>
       </c>
       <c r="I69" s="1">
         <v>0</v>
       </c>
       <c r="J69" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K69" s="2" t="str">
-        <f>J69*2624.00</f>
+        <f>J69*2432.00</f>
         <v>0</v>
       </c>
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A70" s="1"/>
       <c r="B70" s="1">
-        <v>826647</v>
+        <v>826646</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>188</v>
       </c>
       <c r="D70" s="1"/>
       <c r="E70" s="2" t="s">
         <v>189</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>190</v>
       </c>
-      <c r="G70" s="2">
-        <v>4</v>
+      <c r="G70" s="2" t="s">
+        <v>118</v>
       </c>
       <c r="H70" s="2">
         <v>0</v>
       </c>
       <c r="I70" s="1">
         <v>0</v>
       </c>
       <c r="J70" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K70" s="2" t="str">
-        <f>J70*2816.00</f>
+        <f>J70*2624.00</f>
         <v>0</v>
       </c>
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A71" s="1"/>
       <c r="B71" s="1">
-        <v>826648</v>
+        <v>826647</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>191</v>
       </c>
       <c r="D71" s="1"/>
       <c r="E71" s="2" t="s">
         <v>192</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>193</v>
       </c>
       <c r="G71" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H71" s="2">
         <v>0</v>
       </c>
       <c r="I71" s="1">
         <v>0</v>
       </c>
       <c r="J71" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K71" s="2" t="str">
-        <f>J71*3008.00</f>
+        <f>J71*2816.00</f>
         <v>0</v>
       </c>
       <c r="L71" s="5"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A72" s="1"/>
       <c r="B72" s="1">
-        <v>826649</v>
+        <v>826648</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>194</v>
       </c>
       <c r="D72" s="1"/>
       <c r="E72" s="2" t="s">
         <v>195</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>196</v>
       </c>
-      <c r="G72" s="2">
-        <v>0</v>
+      <c r="G72" s="2" t="s">
+        <v>118</v>
       </c>
       <c r="H72" s="2">
         <v>0</v>
       </c>
       <c r="I72" s="1">
         <v>0</v>
       </c>
       <c r="J72" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K72" s="2" t="str">
-        <f>J72*3200.00</f>
+        <f>J72*3008.00</f>
         <v>0</v>
       </c>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A73" s="1"/>
       <c r="B73" s="1">
-        <v>826650</v>
+        <v>826649</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>197</v>
       </c>
       <c r="D73" s="1"/>
       <c r="E73" s="2" t="s">
         <v>198</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>199</v>
       </c>
       <c r="G73" s="2">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="H73" s="2">
         <v>0</v>
       </c>
       <c r="I73" s="1">
         <v>0</v>
       </c>
       <c r="J73" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K73" s="2" t="str">
-        <f>J73*3392.00</f>
+        <f>J73*3200.00</f>
         <v>0</v>
       </c>
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A74" s="1"/>
       <c r="B74" s="1">
-        <v>826651</v>
+        <v>826650</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>200</v>
       </c>
       <c r="D74" s="1"/>
       <c r="E74" s="2" t="s">
         <v>201</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>202</v>
       </c>
       <c r="G74" s="2">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H74" s="2">
         <v>0</v>
       </c>
       <c r="I74" s="1">
         <v>0</v>
       </c>
       <c r="J74" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K74" s="2" t="str">
-        <f>J74*3584.00</f>
+        <f>J74*3392.00</f>
         <v>0</v>
       </c>
       <c r="L74" s="5"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A75" s="1"/>
       <c r="B75" s="1">
-        <v>826652</v>
+        <v>826651</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>203</v>
       </c>
       <c r="D75" s="1"/>
       <c r="E75" s="2" t="s">
         <v>204</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>205</v>
       </c>
       <c r="G75" s="2">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="H75" s="2">
         <v>0</v>
       </c>
       <c r="I75" s="1">
         <v>0</v>
       </c>
       <c r="J75" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K75" s="2" t="str">
-        <f>J75*3776.00</f>
+        <f>J75*3584.00</f>
         <v>0</v>
       </c>
       <c r="L75" s="5"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A76" s="1"/>
       <c r="B76" s="1">
-        <v>826653</v>
+        <v>826652</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>206</v>
       </c>
       <c r="D76" s="1"/>
       <c r="E76" s="2" t="s">
         <v>207</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>208</v>
       </c>
       <c r="G76" s="2">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="H76" s="2">
         <v>0</v>
       </c>
       <c r="I76" s="1">
         <v>0</v>
       </c>
       <c r="J76" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K76" s="2" t="str">
-        <f>J76*3968.00</f>
+        <f>J76*3776.00</f>
         <v>0</v>
       </c>
       <c r="L76" s="5"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A77" s="1"/>
       <c r="B77" s="1">
-        <v>826654</v>
+        <v>826653</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>209</v>
       </c>
       <c r="D77" s="1"/>
       <c r="E77" s="2" t="s">
         <v>210</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>211</v>
       </c>
       <c r="G77" s="2">
         <v>0</v>
       </c>
       <c r="H77" s="2">
         <v>0</v>
       </c>
       <c r="I77" s="1">
         <v>0</v>
       </c>
       <c r="J77" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K77" s="2" t="str">
-        <f>J77*4352.00</f>
+        <f>J77*3968.00</f>
         <v>0</v>
       </c>
       <c r="L77" s="5"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A78" s="1"/>
       <c r="B78" s="1">
-        <v>835394</v>
+        <v>826654</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>212</v>
       </c>
       <c r="D78" s="1"/>
       <c r="E78" s="2" t="s">
         <v>213</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G78" s="2">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="H78" s="2">
         <v>0</v>
       </c>
       <c r="I78" s="1">
         <v>0</v>
       </c>
       <c r="J78" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K78" s="2" t="str">
-        <f>J78*4160.00</f>
+        <f>J78*4352.00</f>
         <v>0</v>
       </c>
       <c r="L78" s="5"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A79" s="1"/>
       <c r="B79" s="1">
-        <v>835395</v>
+        <v>835394</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>215</v>
       </c>
       <c r="D79" s="1"/>
       <c r="E79" s="2" t="s">
         <v>216</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>217</v>
       </c>
       <c r="G79" s="2">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="H79" s="2">
         <v>0</v>
       </c>
       <c r="I79" s="1">
         <v>0</v>
       </c>
       <c r="J79" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K79" s="2" t="str">
-        <f>J79*4544.00</f>
+        <f>J79*4160.00</f>
         <v>0</v>
       </c>
       <c r="L79" s="5"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A80" s="1"/>
       <c r="B80" s="1">
-        <v>835396</v>
+        <v>835395</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>218</v>
       </c>
       <c r="D80" s="1"/>
       <c r="E80" s="2" t="s">
         <v>219</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>220</v>
       </c>
       <c r="G80" s="2">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="H80" s="2">
         <v>0</v>
       </c>
       <c r="I80" s="1">
         <v>0</v>
       </c>
       <c r="J80" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K80" s="2" t="str">
-        <f>J80*4736.00</f>
+        <f>J80*4544.00</f>
         <v>0</v>
       </c>
       <c r="L80" s="5"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A81" s="1"/>
       <c r="B81" s="1">
-        <v>835397</v>
+        <v>835396</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>221</v>
       </c>
       <c r="D81" s="1"/>
       <c r="E81" s="2" t="s">
         <v>222</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>223</v>
       </c>
       <c r="G81" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H81" s="2">
         <v>0</v>
       </c>
       <c r="I81" s="1">
         <v>0</v>
       </c>
       <c r="J81" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K81" s="2" t="str">
-        <f>J81*4928.00</f>
+        <f>J81*4736.00</f>
         <v>0</v>
       </c>
       <c r="L81" s="5"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A82" s="1"/>
       <c r="B82" s="1">
-        <v>835398</v>
+        <v>835397</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>224</v>
       </c>
       <c r="D82" s="1"/>
       <c r="E82" s="2" t="s">
         <v>225</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>226</v>
       </c>
       <c r="G82" s="2">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="H82" s="2">
         <v>0</v>
       </c>
       <c r="I82" s="1">
         <v>0</v>
       </c>
       <c r="J82" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K82" s="2" t="str">
-        <f>J82*5888.00</f>
+        <f>J82*4928.00</f>
         <v>0</v>
       </c>
       <c r="L82" s="5"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A83" s="1"/>
       <c r="B83" s="1">
-        <v>835399</v>
+        <v>835398</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>227</v>
       </c>
       <c r="D83" s="1"/>
       <c r="E83" s="2" t="s">
         <v>228</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>229</v>
       </c>
       <c r="G83" s="2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H83" s="2">
         <v>0</v>
       </c>
       <c r="I83" s="1">
         <v>0</v>
       </c>
       <c r="J83" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K83" s="2" t="str">
-        <f>J83*6848.00</f>
+        <f>J83*5888.00</f>
         <v>0</v>
       </c>
       <c r="L83" s="5"/>
     </row>
-    <row r="84" spans="1:12" outlineLevel="1">
-      <c r="A84" s="7" t="s">
+    <row r="84" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+      <c r="A84" s="1"/>
+      <c r="B84" s="1">
+        <v>835399</v>
+      </c>
+      <c r="C84" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="B84" s="7"/>
-[...8 lines deleted...]
-      <c r="K84" s="7"/>
+      <c r="D84" s="1"/>
+      <c r="E84" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="F84" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="G84" s="2">
+        <v>7</v>
+      </c>
+      <c r="H84" s="2">
+        <v>0</v>
+      </c>
+      <c r="I84" s="1">
+        <v>0</v>
+      </c>
+      <c r="J84" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="K84" s="2" t="str">
+        <f>J84*6848.00</f>
+        <v>0</v>
+      </c>
       <c r="L84" s="5"/>
     </row>
-    <row r="85" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
-[...11 lines deleted...]
-      <c r="F85" s="2" t="s">
+    <row r="85" spans="1:12" outlineLevel="1">
+      <c r="A85" s="7" t="s">
         <v>233</v>
       </c>
-      <c r="G85" s="2">
-[...14 lines deleted...]
-      </c>
+      <c r="B85" s="7"/>
+      <c r="C85" s="7"/>
+      <c r="D85" s="7"/>
+      <c r="E85" s="7"/>
+      <c r="F85" s="7"/>
+      <c r="G85" s="7"/>
+      <c r="H85" s="7"/>
+      <c r="I85" s="7"/>
+      <c r="J85" s="7"/>
+      <c r="K85" s="7"/>
       <c r="L85" s="5"/>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A86" s="1"/>
       <c r="B86" s="1">
-        <v>835364</v>
+        <v>835363</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>234</v>
       </c>
       <c r="D86" s="1"/>
       <c r="E86" s="2" t="s">
         <v>235</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>236</v>
       </c>
       <c r="G86" s="2">
         <v>0</v>
       </c>
       <c r="H86" s="2">
         <v>0</v>
       </c>
       <c r="I86" s="1">
         <v>0</v>
       </c>
       <c r="J86" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K86" s="2" t="str">
-        <f>J86*227.70</f>
+        <f>J86*289.80</f>
         <v>0</v>
       </c>
       <c r="L86" s="5"/>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A87" s="1"/>
       <c r="B87" s="1">
-        <v>835365</v>
+        <v>835364</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>237</v>
       </c>
       <c r="D87" s="1"/>
       <c r="E87" s="2" t="s">
         <v>238</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>239</v>
       </c>
       <c r="G87" s="2">
         <v>0</v>
       </c>
       <c r="H87" s="2">
         <v>0</v>
       </c>
       <c r="I87" s="1">
         <v>0</v>
       </c>
       <c r="J87" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K87" s="2" t="str">
-        <f>J87*165.60</f>
+        <f>J87*227.70</f>
         <v>0</v>
       </c>
       <c r="L87" s="5"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A88" s="1"/>
       <c r="B88" s="1">
-        <v>835366</v>
+        <v>835365</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>240</v>
       </c>
       <c r="D88" s="1"/>
       <c r="E88" s="2" t="s">
         <v>241</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>242</v>
       </c>
       <c r="G88" s="2">
         <v>0</v>
       </c>
       <c r="H88" s="2">
         <v>0</v>
       </c>
       <c r="I88" s="1">
         <v>0</v>
       </c>
       <c r="J88" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K88" s="2" t="str">
-        <f>J88*113.85</f>
+        <f>J88*165.60</f>
         <v>0</v>
       </c>
       <c r="L88" s="5"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A89" s="1"/>
       <c r="B89" s="1">
-        <v>835370</v>
+        <v>835366</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>243</v>
       </c>
       <c r="D89" s="1"/>
       <c r="E89" s="2" t="s">
         <v>244</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>245</v>
       </c>
       <c r="G89" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H89" s="2">
         <v>0</v>
       </c>
       <c r="I89" s="1">
         <v>0</v>
       </c>
       <c r="J89" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K89" s="2" t="str">
-        <f>J89*600.30</f>
+        <f>J89*113.85</f>
         <v>0</v>
       </c>
       <c r="L89" s="5"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A90" s="1"/>
       <c r="B90" s="1">
-        <v>835371</v>
+        <v>835370</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>246</v>
       </c>
       <c r="D90" s="1"/>
       <c r="E90" s="2" t="s">
         <v>247</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>248</v>
       </c>
       <c r="G90" s="2">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="H90" s="2">
         <v>0</v>
       </c>
       <c r="I90" s="1">
         <v>0</v>
       </c>
       <c r="J90" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K90" s="2" t="str">
-        <f>J90*2484.00</f>
+        <f>J90*600.30</f>
         <v>0</v>
       </c>
       <c r="L90" s="5"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A91" s="1"/>
       <c r="B91" s="1">
-        <v>835372</v>
+        <v>835371</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>249</v>
       </c>
       <c r="D91" s="1"/>
       <c r="E91" s="2" t="s">
         <v>250</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>251</v>
       </c>
       <c r="G91" s="2">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="H91" s="2">
         <v>0</v>
       </c>
       <c r="I91" s="1">
         <v>0</v>
       </c>
       <c r="J91" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K91" s="2" t="str">
-        <f>J91*144.90</f>
+        <f>J91*2484.00</f>
         <v>0</v>
       </c>
       <c r="L91" s="5"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A92" s="1"/>
       <c r="B92" s="1">
-        <v>837200</v>
+        <v>835372</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>252</v>
       </c>
       <c r="D92" s="1"/>
       <c r="E92" s="2" t="s">
         <v>253</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>254</v>
       </c>
       <c r="G92" s="2">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="H92" s="2">
         <v>0</v>
       </c>
       <c r="I92" s="1">
         <v>0</v>
       </c>
       <c r="J92" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K92" s="2" t="str">
-        <f>J92*310.50</f>
+        <f>J92*144.90</f>
         <v>0</v>
       </c>
       <c r="L92" s="5"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A93" s="1"/>
       <c r="B93" s="1">
-        <v>837201</v>
+        <v>837200</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>255</v>
       </c>
       <c r="D93" s="1"/>
       <c r="E93" s="2" t="s">
         <v>256</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>257</v>
       </c>
       <c r="G93" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H93" s="2">
         <v>0</v>
       </c>
       <c r="I93" s="1">
         <v>0</v>
       </c>
       <c r="J93" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K93" s="2" t="str">
-        <f>J93*207.00</f>
+        <f>J93*310.50</f>
         <v>0</v>
       </c>
       <c r="L93" s="5"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A94" s="1"/>
       <c r="B94" s="1">
-        <v>871399</v>
+        <v>837201</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="D94" s="1" t="s">
+      <c r="D94" s="1"/>
+      <c r="E94" s="2" t="s">
         <v>259</v>
       </c>
-      <c r="E94" s="2" t="s">
+      <c r="F94" s="2" t="s">
         <v>260</v>
       </c>
-      <c r="F94" s="2" t="s">
-[...3 lines deleted...]
-        <v>97</v>
+      <c r="G94" s="2">
+        <v>0</v>
       </c>
       <c r="H94" s="2">
         <v>0</v>
       </c>
       <c r="I94" s="1">
         <v>0</v>
       </c>
       <c r="J94" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K94" s="2" t="str">
-        <f>J94*719.95</f>
+        <f>J94*207.00</f>
         <v>0</v>
       </c>
       <c r="L94" s="5"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A95" s="1"/>
       <c r="B95" s="1">
-        <v>871400</v>
+        <v>871399</v>
       </c>
       <c r="C95" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="D95" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="D95" s="1" t="s">
+      <c r="E95" s="2" t="s">
         <v>263</v>
       </c>
-      <c r="E95" s="2" t="s">
+      <c r="F95" s="2" t="s">
         <v>264</v>
       </c>
-      <c r="F95" s="2" t="s">
-[...3 lines deleted...]
-        <v>266</v>
+      <c r="G95" s="2">
+        <v>3</v>
       </c>
       <c r="H95" s="2">
         <v>0</v>
       </c>
       <c r="I95" s="1">
         <v>0</v>
       </c>
       <c r="J95" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K95" s="2" t="str">
-        <f>J95*838.95</f>
+        <f>J95*719.95</f>
         <v>0</v>
       </c>
       <c r="L95" s="5"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A96" s="1"/>
       <c r="B96" s="1">
-        <v>871401</v>
+        <v>871400</v>
       </c>
       <c r="C96" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E96" s="2" t="s">
         <v>267</v>
       </c>
-      <c r="D96" s="1" t="s">
+      <c r="F96" s="2" t="s">
         <v>268</v>
-      </c>
-[...4 lines deleted...]
-        <v>270</v>
       </c>
       <c r="G96" s="2">
         <v>0</v>
       </c>
       <c r="H96" s="2">
         <v>0</v>
       </c>
       <c r="I96" s="1">
         <v>0</v>
       </c>
       <c r="J96" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K96" s="2" t="str">
-        <f>J96*1127.53</f>
+        <f>J96*838.95</f>
         <v>0</v>
       </c>
       <c r="L96" s="5"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A97" s="1"/>
       <c r="B97" s="1">
-        <v>882537</v>
+        <v>871401</v>
       </c>
       <c r="C97" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="E97" s="2" t="s">
         <v>271</v>
       </c>
-      <c r="D97" s="1"/>
-      <c r="E97" s="2" t="s">
+      <c r="F97" s="2" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
       <c r="G97" s="2">
         <v>0</v>
       </c>
       <c r="H97" s="2">
         <v>0</v>
       </c>
       <c r="I97" s="1">
         <v>0</v>
       </c>
       <c r="J97" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K97" s="2" t="str">
-        <f>J97*280.00</f>
+        <f>J97*1127.53</f>
         <v>0</v>
       </c>
       <c r="L97" s="5"/>
     </row>
-    <row r="98" spans="1:12" outlineLevel="1">
-      <c r="A98" s="7" t="s">
+    <row r="98" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
+      <c r="A98" s="1"/>
+      <c r="B98" s="1">
+        <v>882537</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="D98" s="1"/>
+      <c r="E98" s="2" t="s">
         <v>274</v>
       </c>
-      <c r="B98" s="7"/>
-[...8 lines deleted...]
-      <c r="K98" s="7"/>
+      <c r="F98" s="2" t="s">
+        <v>275</v>
+      </c>
+      <c r="G98" s="2">
+        <v>0</v>
+      </c>
+      <c r="H98" s="2">
+        <v>0</v>
+      </c>
+      <c r="I98" s="1">
+        <v>0</v>
+      </c>
+      <c r="J98" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="K98" s="2" t="str">
+        <f>J98*280.00</f>
+        <v>0</v>
+      </c>
       <c r="L98" s="5"/>
     </row>
-    <row r="99" spans="1:12" outlineLevel="2">
-[...12 lines deleted...]
-      <c r="K99" s="8"/>
+    <row r="99" spans="1:12" outlineLevel="1">
+      <c r="A99" s="7" t="s">
+        <v>276</v>
+      </c>
+      <c r="B99" s="7"/>
+      <c r="C99" s="7"/>
+      <c r="D99" s="7"/>
+      <c r="E99" s="7"/>
+      <c r="F99" s="7"/>
+      <c r="G99" s="7"/>
+      <c r="H99" s="7"/>
+      <c r="I99" s="7"/>
+      <c r="J99" s="7"/>
+      <c r="K99" s="7"/>
       <c r="L99" s="5"/>
     </row>
-    <row r="100" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...8 lines deleted...]
-      <c r="E100" s="2" t="s">
+    <row r="100" spans="1:12" outlineLevel="2">
+      <c r="A100" s="8" t="s">
         <v>277</v>
       </c>
-      <c r="F100" s="2" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="B100" s="8"/>
+      <c r="C100" s="8"/>
+      <c r="D100" s="8"/>
+      <c r="E100" s="8"/>
+      <c r="F100" s="8"/>
+      <c r="G100" s="8"/>
+      <c r="H100" s="8"/>
+      <c r="I100" s="8"/>
+      <c r="J100" s="8"/>
+      <c r="K100" s="8"/>
       <c r="L100" s="5"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A101" s="1"/>
       <c r="B101" s="1">
-        <v>837252</v>
+        <v>837251</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="D101" s="1"/>
       <c r="E101" s="2" t="s">
+        <v>279</v>
+      </c>
+      <c r="F101" s="2" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="G101" s="2">
         <v>0</v>
       </c>
       <c r="H101" s="2">
         <v>0</v>
       </c>
       <c r="I101" s="1">
         <v>0</v>
       </c>
       <c r="J101" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K101" s="2" t="str">
-        <f>J101*3378.60</f>
+        <f>J101*5103.00</f>
         <v>0</v>
       </c>
       <c r="L101" s="5"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A102" s="1"/>
       <c r="B102" s="1">
-        <v>837253</v>
+        <v>837252</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="D102" s="1"/>
       <c r="E102" s="2" t="s">
+        <v>282</v>
+      </c>
+      <c r="F102" s="2" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="G102" s="2">
         <v>0</v>
       </c>
       <c r="H102" s="2">
         <v>0</v>
       </c>
       <c r="I102" s="1">
         <v>0</v>
       </c>
       <c r="J102" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K102" s="2" t="str">
-        <f>J102*2993.40</f>
+        <f>J102*3378.60</f>
         <v>0</v>
       </c>
       <c r="L102" s="5"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A103" s="1"/>
       <c r="B103" s="1">
-        <v>837254</v>
+        <v>837253</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="D103" s="1"/>
       <c r="E103" s="2" t="s">
+        <v>285</v>
+      </c>
+      <c r="F103" s="2" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="G103" s="2">
         <v>0</v>
       </c>
       <c r="H103" s="2">
         <v>0</v>
       </c>
       <c r="I103" s="1">
         <v>0</v>
       </c>
       <c r="J103" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K103" s="2" t="str">
-        <f>J103*2845.80</f>
+        <f>J103*2993.40</f>
         <v>0</v>
       </c>
       <c r="L103" s="5"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A104" s="1"/>
       <c r="B104" s="1">
-        <v>837255</v>
+        <v>837254</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="D104" s="1"/>
       <c r="E104" s="2" t="s">
+        <v>288</v>
+      </c>
+      <c r="F104" s="2" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="G104" s="2">
         <v>0</v>
       </c>
       <c r="H104" s="2">
         <v>0</v>
       </c>
       <c r="I104" s="1">
         <v>0</v>
       </c>
       <c r="J104" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K104" s="2" t="str">
-        <f>J104*3447.00</f>
+        <f>J104*2845.80</f>
         <v>0</v>
       </c>
       <c r="L104" s="5"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A105" s="1"/>
       <c r="B105" s="1">
-        <v>837256</v>
+        <v>837255</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="D105" s="1"/>
       <c r="E105" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="F105" s="2" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
       <c r="G105" s="2">
         <v>0</v>
       </c>
       <c r="H105" s="2">
         <v>0</v>
       </c>
       <c r="I105" s="1">
         <v>0</v>
       </c>
       <c r="J105" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K105" s="2" t="str">
-        <f>J105*5364.00</f>
+        <f>J105*3447.00</f>
         <v>0</v>
       </c>
       <c r="L105" s="5"/>
     </row>
-    <row r="106" spans="1:12" outlineLevel="2">
-      <c r="A106" s="8" t="s">
+    <row r="106" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A106" s="1"/>
+      <c r="B106" s="1">
+        <v>837256</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="D106" s="1"/>
+      <c r="E106" s="2" t="s">
         <v>294</v>
       </c>
-      <c r="B106" s="8"/>
-[...8 lines deleted...]
-      <c r="K106" s="8"/>
+      <c r="F106" s="2" t="s">
+        <v>295</v>
+      </c>
+      <c r="G106" s="2">
+        <v>0</v>
+      </c>
+      <c r="H106" s="2">
+        <v>0</v>
+      </c>
+      <c r="I106" s="1">
+        <v>0</v>
+      </c>
+      <c r="J106" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="K106" s="2" t="str">
+        <f>J106*5364.00</f>
+        <v>0</v>
+      </c>
       <c r="L106" s="5"/>
     </row>
-    <row r="107" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...8 lines deleted...]
-      <c r="E107" s="2" t="s">
+    <row r="107" spans="1:12" outlineLevel="2">
+      <c r="A107" s="8" t="s">
         <v>296</v>
       </c>
-      <c r="F107" s="2" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="B107" s="8"/>
+      <c r="C107" s="8"/>
+      <c r="D107" s="8"/>
+      <c r="E107" s="8"/>
+      <c r="F107" s="8"/>
+      <c r="G107" s="8"/>
+      <c r="H107" s="8"/>
+      <c r="I107" s="8"/>
+      <c r="J107" s="8"/>
+      <c r="K107" s="8"/>
       <c r="L107" s="5"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A108" s="1"/>
       <c r="B108" s="1">
-        <v>837239</v>
+        <v>837238</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="D108" s="1"/>
       <c r="E108" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="F108" s="2" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="G108" s="2">
         <v>0</v>
       </c>
       <c r="H108" s="2">
         <v>0</v>
       </c>
       <c r="I108" s="1">
         <v>0</v>
       </c>
       <c r="J108" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K108" s="2" t="str">
-        <f>J108*4116.60</f>
+        <f>J108*7392.60</f>
         <v>0</v>
       </c>
       <c r="L108" s="5"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A109" s="1"/>
       <c r="B109" s="1">
-        <v>837240</v>
+        <v>837239</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="D109" s="1"/>
       <c r="E109" s="2" t="s">
+        <v>301</v>
+      </c>
+      <c r="F109" s="2" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="G109" s="2">
         <v>0</v>
       </c>
       <c r="H109" s="2">
         <v>0</v>
       </c>
       <c r="I109" s="1">
         <v>0</v>
       </c>
       <c r="J109" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K109" s="2" t="str">
-        <f>J109*4942.80</f>
+        <f>J109*4116.60</f>
         <v>0</v>
       </c>
       <c r="L109" s="5"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A110" s="1"/>
       <c r="B110" s="1">
-        <v>837241</v>
+        <v>837240</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="D110" s="1"/>
       <c r="E110" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="F110" s="2" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
       <c r="G110" s="2">
         <v>0</v>
       </c>
       <c r="H110" s="2">
         <v>0</v>
       </c>
       <c r="I110" s="1">
         <v>0</v>
       </c>
       <c r="J110" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K110" s="2" t="str">
-        <f>J110*19027.80</f>
+        <f>J110*4942.80</f>
         <v>0</v>
       </c>
       <c r="L110" s="5"/>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A111" s="1"/>
       <c r="B111" s="1">
-        <v>837242</v>
+        <v>837241</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="D111" s="1"/>
       <c r="E111" s="2" t="s">
+        <v>307</v>
+      </c>
+      <c r="F111" s="2" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="G111" s="2">
         <v>0</v>
       </c>
       <c r="H111" s="2">
         <v>0</v>
       </c>
       <c r="I111" s="1">
         <v>0</v>
       </c>
       <c r="J111" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K111" s="2" t="str">
-        <f>J111*2790.00</f>
+        <f>J111*19027.80</f>
         <v>0</v>
       </c>
       <c r="L111" s="5"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A112" s="1"/>
       <c r="B112" s="1">
-        <v>837243</v>
+        <v>837242</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="D112" s="1"/>
       <c r="E112" s="2" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>311</v>
       </c>
       <c r="G112" s="2">
         <v>0</v>
       </c>
       <c r="H112" s="2">
         <v>0</v>
       </c>
       <c r="I112" s="1">
         <v>0</v>
       </c>
       <c r="J112" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K112" s="2" t="str">
-        <f>J112*3330.00</f>
+        <f>J112*2790.00</f>
         <v>0</v>
       </c>
       <c r="L112" s="5"/>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A113" s="1"/>
       <c r="B113" s="1">
-        <v>837244</v>
+        <v>837243</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>312</v>
       </c>
       <c r="D113" s="1"/>
       <c r="E113" s="2" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>313</v>
       </c>
       <c r="G113" s="2">
         <v>0</v>
       </c>
       <c r="H113" s="2">
         <v>0</v>
       </c>
       <c r="I113" s="1">
         <v>0</v>
       </c>
       <c r="J113" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K113" s="2" t="str">
-        <f>J113*3510.00</f>
+        <f>J113*3330.00</f>
         <v>0</v>
       </c>
       <c r="L113" s="5"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A114" s="1"/>
       <c r="B114" s="1">
-        <v>837245</v>
+        <v>837244</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>314</v>
       </c>
       <c r="D114" s="1"/>
       <c r="E114" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="F114" s="2" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
       <c r="G114" s="2">
         <v>0</v>
       </c>
       <c r="H114" s="2">
         <v>0</v>
       </c>
       <c r="I114" s="1">
         <v>0</v>
       </c>
       <c r="J114" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K114" s="2" t="str">
-        <f>J114*4059.00</f>
+        <f>J114*3510.00</f>
         <v>0</v>
       </c>
       <c r="L114" s="5"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A115" s="1"/>
       <c r="B115" s="1">
-        <v>837246</v>
+        <v>837245</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="D115" s="1"/>
       <c r="E115" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="F115" s="2" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="G115" s="2">
         <v>0</v>
       </c>
       <c r="H115" s="2">
         <v>0</v>
       </c>
       <c r="I115" s="1">
         <v>0</v>
       </c>
       <c r="J115" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K115" s="2" t="str">
-        <f>J115*5227.20</f>
+        <f>J115*4059.00</f>
         <v>0</v>
       </c>
       <c r="L115" s="5"/>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A116" s="1"/>
       <c r="B116" s="1">
-        <v>837247</v>
+        <v>837246</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="D116" s="1"/>
       <c r="E116" s="2" t="s">
+        <v>320</v>
+      </c>
+      <c r="F116" s="2" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
       <c r="G116" s="2">
         <v>0</v>
       </c>
       <c r="H116" s="2">
         <v>0</v>
       </c>
       <c r="I116" s="1">
         <v>0</v>
       </c>
       <c r="J116" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K116" s="2" t="str">
-        <f>J116*5022.00</f>
+        <f>J116*5227.20</f>
         <v>0</v>
       </c>
       <c r="L116" s="5"/>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A117" s="1"/>
       <c r="B117" s="1">
-        <v>837248</v>
+        <v>837247</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="D117" s="1"/>
       <c r="E117" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="F117" s="2" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="G117" s="2">
         <v>0</v>
       </c>
       <c r="H117" s="2">
         <v>0</v>
       </c>
       <c r="I117" s="1">
         <v>0</v>
       </c>
       <c r="J117" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K117" s="2" t="str">
-        <f>J117*3855.60</f>
+        <f>J117*5022.00</f>
         <v>0</v>
       </c>
       <c r="L117" s="5"/>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A118" s="1"/>
       <c r="B118" s="1">
-        <v>837249</v>
+        <v>837248</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="D118" s="1"/>
       <c r="E118" s="2" t="s">
+        <v>326</v>
+      </c>
+      <c r="F118" s="2" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="G118" s="2">
         <v>0</v>
       </c>
       <c r="H118" s="2">
         <v>0</v>
       </c>
       <c r="I118" s="1">
         <v>0</v>
       </c>
       <c r="J118" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K118" s="2" t="str">
-        <f>J118*4694.40</f>
+        <f>J118*3855.60</f>
         <v>0</v>
       </c>
       <c r="L118" s="5"/>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A119" s="1"/>
       <c r="B119" s="1">
-        <v>837250</v>
+        <v>837249</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="D119" s="1"/>
       <c r="E119" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="F119" s="2" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
       <c r="G119" s="2">
         <v>0</v>
       </c>
       <c r="H119" s="2">
         <v>0</v>
       </c>
       <c r="I119" s="1">
         <v>0</v>
       </c>
       <c r="J119" s="3" t="s">
         <v>64</v>
       </c>
       <c r="K119" s="2" t="str">
-        <f>J119*16200.00</f>
+        <f>J119*4694.40</f>
         <v>0</v>
       </c>
       <c r="L119" s="5"/>
+    </row>
+    <row r="120" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A120" s="1"/>
+      <c r="B120" s="1">
+        <v>837250</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="D120" s="1"/>
+      <c r="E120" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="F120" s="2" t="s">
+        <v>333</v>
+      </c>
+      <c r="G120" s="2">
+        <v>0</v>
+      </c>
+      <c r="H120" s="2">
+        <v>0</v>
+      </c>
+      <c r="I120" s="1">
+        <v>0</v>
+      </c>
+      <c r="J120" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="K120" s="2" t="str">
+        <f>J120*16200.00</f>
+        <v>0</v>
+      </c>
+      <c r="L120" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
-    <mergeCell ref="A84:K84"/>
-    <mergeCell ref="A98:K98"/>
+    <mergeCell ref="A85:K85"/>
+    <mergeCell ref="A99:K99"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A37:K37"/>
-    <mergeCell ref="A99:K99"/>
-    <mergeCell ref="A106:K106"/>
+    <mergeCell ref="A100:K100"/>
+    <mergeCell ref="A107:K107"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A12:K12"/>
     <mergeCell ref="A38:K38"/>
-    <mergeCell ref="A61:K61"/>
+    <mergeCell ref="A62:K62"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>