--- v0 (2025-12-07)
+++ v1 (2026-03-17)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
@@ -108,50 +108,53 @@
   <si>
     <t>SMS-180089</t>
   </si>
   <si>
     <t>GOB16-A134</t>
   </si>
   <si>
     <t xml:space="preserve">Душевая система G.Lauf с изливом, ø35, встр. переключение GOB16-A134 (1/6шт) </t>
   </si>
   <si>
     <t>7 758.26 руб.</t>
   </si>
   <si>
     <t>SMS-180202</t>
   </si>
   <si>
     <t>ZAP16-A090</t>
   </si>
   <si>
     <t>Душевая система G.Lauf  с изливом, ø35, встр. пер., нерж. сталь, ZAP16-A090 (1/4шт)</t>
   </si>
   <si>
     <t>9 226.37 руб.</t>
   </si>
   <si>
+    <t>&gt;10</t>
+  </si>
+  <si>
     <t>SMS-180298</t>
   </si>
   <si>
     <t>UST-1080</t>
   </si>
   <si>
     <t>Душевая стойка G.Lauf нерж сталь  с тропическим душем, хром  UST-1080 (1/5шт)</t>
   </si>
   <si>
     <t>4 156.10 руб.</t>
   </si>
   <si>
     <t>SMS-180611</t>
   </si>
   <si>
     <t>NUD16-A045</t>
   </si>
   <si>
     <t>Душевая система G.Lauf  с изливом, ø35, встр. переключение (1/5шт) NUD16-A045</t>
   </si>
   <si>
     <t>9 570.20 руб.</t>
   </si>
   <si>
     <t>SMS-180734</t>
@@ -297,303 +300,303 @@
   <si>
     <t>V013573</t>
   </si>
   <si>
     <t>Душевой набор для ванны VIEIR (1/8шт)</t>
   </si>
   <si>
     <t>12 777.89 руб.</t>
   </si>
   <si>
     <t>SMS-160073</t>
   </si>
   <si>
     <t>V023573</t>
   </si>
   <si>
     <t>12 212.30 руб.</t>
   </si>
   <si>
     <t>SMS-160074</t>
   </si>
   <si>
     <t>V033572</t>
   </si>
   <si>
-    <t>7 066.61 руб.</t>
+    <t>7 450.31 руб.</t>
   </si>
   <si>
     <t>SMS-160075</t>
   </si>
   <si>
     <t>V033573</t>
   </si>
   <si>
     <t>11 909.64 руб.</t>
   </si>
   <si>
     <t>SMS-160076</t>
   </si>
   <si>
     <t>V073571</t>
   </si>
   <si>
     <t>9 382.44 руб.</t>
   </si>
   <si>
     <t>SMS-160077</t>
   </si>
   <si>
     <t>V063571</t>
   </si>
   <si>
-    <t>7 182.67 руб.</t>
+    <t>7 572.67 руб.</t>
   </si>
   <si>
     <t>SMS-160078</t>
   </si>
   <si>
     <t>V063572</t>
   </si>
   <si>
-    <t>5 745.29 руб.</t>
+    <t>6 057.25 руб.</t>
   </si>
   <si>
     <t>SMS-160079</t>
   </si>
   <si>
     <t>V113573</t>
   </si>
   <si>
-    <t>13 340.43 руб.</t>
+    <t>14 064.79 руб.</t>
   </si>
   <si>
     <t>SMS-160080</t>
   </si>
   <si>
     <t>V113562</t>
   </si>
   <si>
     <t>Душевая система VIEIR (1/4шт)</t>
   </si>
   <si>
-    <t>13 794.86 руб.</t>
+    <t>14 543.88 руб.</t>
   </si>
   <si>
     <t>SMS-160081</t>
   </si>
   <si>
     <t>V033562</t>
   </si>
   <si>
     <t>Душевая система VIEIR (1/5шт)</t>
   </si>
   <si>
-    <t>11 680.74 руб.</t>
+    <t>12 314.98 руб.</t>
   </si>
   <si>
     <t>SMS-160082</t>
   </si>
   <si>
     <t>V083562</t>
   </si>
   <si>
     <t>16 570.59 руб.</t>
   </si>
   <si>
     <t>SMS-160083</t>
   </si>
   <si>
     <t>V243562</t>
   </si>
   <si>
     <t>15 696.66 руб.</t>
   </si>
   <si>
     <t>SMS-160084</t>
   </si>
   <si>
     <t>V243563</t>
   </si>
   <si>
-    <t>10 067.20 руб.</t>
+    <t>10 613.82 руб.</t>
   </si>
   <si>
     <t>SMS-160085</t>
   </si>
   <si>
     <t>V25001</t>
   </si>
   <si>
-    <t>6 630.37 руб.</t>
+    <t>6 990.38 руб.</t>
   </si>
   <si>
     <t>SMS-160086</t>
   </si>
   <si>
     <t>V25002</t>
   </si>
   <si>
-    <t>8 957.01 руб.</t>
+    <t>9 443.35 руб.</t>
   </si>
   <si>
     <t>SMS-160087</t>
   </si>
   <si>
     <t>V130162</t>
   </si>
   <si>
     <t>Душевая система VIEIR (1/10шт)</t>
   </si>
   <si>
-    <t>11 675.15 руб.</t>
+    <t>12 309.08 руб.</t>
   </si>
   <si>
     <t>SMS-160088</t>
   </si>
   <si>
     <t>V023562</t>
   </si>
   <si>
-    <t>8 618.64 руб.</t>
+    <t>9 086.61 руб.</t>
   </si>
   <si>
     <t>SMS-160089</t>
   </si>
   <si>
     <t>V043562</t>
   </si>
   <si>
-    <t>15 265.78 руб.</t>
+    <t>16 094.68 руб.</t>
   </si>
   <si>
     <t>SMS-160090</t>
   </si>
   <si>
     <t>V053562</t>
   </si>
   <si>
-    <t>12 658.10 руб.</t>
+    <t>13 345.41 руб.</t>
   </si>
   <si>
     <t>SMS-160091</t>
   </si>
   <si>
     <t>V063562</t>
   </si>
   <si>
-    <t>12 929.36 руб.</t>
+    <t>13 631.39 руб.</t>
   </si>
   <si>
     <t>SMS-160205</t>
   </si>
   <si>
     <t>V150162</t>
   </si>
   <si>
     <t>Душевая система  Подсолнух  3-х функциональная, литой излив (4/1шт)</t>
   </si>
   <si>
-    <t>12 574.21 руб.</t>
+    <t>13 256.96 руб.</t>
   </si>
   <si>
     <t>SMS-160206</t>
   </si>
   <si>
     <t>V174062</t>
   </si>
   <si>
     <t>10 139.08 руб.</t>
   </si>
   <si>
     <t>SMS-160213</t>
   </si>
   <si>
     <t>V043562C</t>
   </si>
   <si>
     <t>Душевая система  Подсолнух  3-х функциональная, поворотный излив (5/1шт)</t>
   </si>
   <si>
-    <t>16 087.94 руб.</t>
+    <t>16 961.47 руб.</t>
   </si>
   <si>
     <t>SMS-160214</t>
   </si>
   <si>
     <t>V073562</t>
   </si>
   <si>
     <t>12 868.69 руб.</t>
   </si>
   <si>
     <t>SMS-160218</t>
   </si>
   <si>
     <t>V273562D</t>
   </si>
   <si>
     <t>Душевая система для ванны “VIEIR  (3/1шт)  (3/1шт)</t>
   </si>
   <si>
-    <t>20 574.83 руб.</t>
+    <t>21 692.00 руб.</t>
   </si>
   <si>
     <t>SMS-160219</t>
   </si>
   <si>
     <t>V273562</t>
   </si>
   <si>
     <t>Душевая система для ванны “VIEIR  (4/1шт)  (4/1шт)</t>
   </si>
   <si>
-    <t>15 230.83 руб.</t>
+    <t>16 057.83 руб.</t>
   </si>
   <si>
     <t>VER-100171</t>
   </si>
   <si>
     <t>V393563</t>
   </si>
   <si>
     <t>Душевая система “VIEIR" (4/1шт)</t>
   </si>
   <si>
-    <t>15 627.92 руб.</t>
+    <t>16 476.48 руб.</t>
   </si>
   <si>
     <t>VER-100292</t>
   </si>
   <si>
     <t>V370162D</t>
   </si>
   <si>
     <t>Душевая система  “VIEIR" (4/1шт)</t>
   </si>
   <si>
-    <t>22 255.50 руб.</t>
+    <t>23 463.91 руб.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -2463,1635 +2466,1635 @@
       <c r="G4" s="8"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>827133</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K5" s="2" t="str">
         <f>J5*13639.77</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>827155</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G6" s="2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K6" s="2" t="str">
         <f>J6*12987.45</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>827171</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G7" s="2">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K7" s="2" t="str">
         <f>J7*7758.26</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>827284</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="G8" s="2">
-        <v>5</v>
+      <c r="G8" s="2" t="s">
+        <v>30</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*9226.37</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>827355</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G9" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K9" s="2" t="str">
         <f>J9*4156.10</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>832512</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>38</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>30</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K10" s="2" t="str">
         <f>J10*9570.20</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>885199</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G11" s="2">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K11" s="2" t="str">
         <f>J11*12549.37</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>885449</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G12" s="2">
         <v>3</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K12" s="2" t="str">
         <f>J12*10474.55</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>890492</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G13" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K13" s="2" t="str">
         <f>J13*7157.01</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>890493</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G14" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K14" s="2" t="str">
         <f>J14*8956.92</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>890498</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>58</v>
+      </c>
+      <c r="G15" s="2" t="s">
+        <v>30</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K15" s="2" t="str">
         <f>J15*10723.93</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" outlineLevel="2">
       <c r="A16" s="8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B16" s="8"/>
       <c r="C16" s="8"/>
       <c r="D16" s="8"/>
       <c r="E16" s="8"/>
       <c r="F16" s="8"/>
       <c r="G16" s="8"/>
       <c r="H16" s="8"/>
       <c r="I16" s="8"/>
       <c r="J16" s="8"/>
       <c r="K16" s="8"/>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>827870</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G17" s="2">
         <v>3</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K17" s="2" t="str">
         <f>J17*7550.91</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>827875</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G18" s="2">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K18" s="2" t="str">
         <f>J18*9081.07</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>827885</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G19" s="2">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K19" s="2" t="str">
         <f>J19*2638.05</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>827886</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G20" s="2">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K20" s="2" t="str">
         <f>J20*3526.48</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>827887</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G21" s="2">
         <v>3</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K21" s="2" t="str">
         <f>J21*3158.70</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" outlineLevel="2">
       <c r="A22" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B22" s="8"/>
       <c r="C22" s="8"/>
       <c r="D22" s="8"/>
       <c r="E22" s="8"/>
       <c r="F22" s="8"/>
       <c r="G22" s="8"/>
       <c r="H22" s="8"/>
       <c r="I22" s="8"/>
       <c r="J22" s="8"/>
       <c r="K22" s="8"/>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>825996</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G23" s="2">
         <v>0</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K23" s="2" t="str">
         <f>J23*12373.09</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>825997</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G24" s="2">
         <v>0</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K24" s="2" t="str">
         <f>J24*12777.89</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>825998</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G25" s="2">
         <v>0</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K25" s="2" t="str">
         <f>J25*12212.30</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>825999</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="G26" s="2">
         <v>0</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K26" s="2" t="str">
-        <f>J26*7066.61</f>
+        <f>J26*7450.31</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>826000</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G27" s="2">
         <v>0</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K27" s="2" t="str">
         <f>J27*11909.64</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>826001</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G28" s="2">
         <v>0</v>
       </c>
       <c r="H28" s="2">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K28" s="2" t="str">
         <f>J28*9382.44</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>826002</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G29" s="2">
         <v>0</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K29" s="2" t="str">
-        <f>J29*7182.67</f>
+        <f>J29*7572.67</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>826003</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G30" s="2">
         <v>0</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K30" s="2" t="str">
-        <f>J30*5745.29</f>
+        <f>J30*6057.25</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>826004</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G31" s="2">
         <v>0</v>
       </c>
       <c r="H31" s="2">
         <v>0</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K31" s="2" t="str">
-        <f>J31*13340.43</f>
+        <f>J31*14064.79</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>826005</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G32" s="2">
         <v>4</v>
       </c>
       <c r="H32" s="2">
         <v>0</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K32" s="2" t="str">
-        <f>J32*13794.86</f>
+        <f>J32*14543.88</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>826006</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G33" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H33" s="2">
         <v>0</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K33" s="2" t="str">
-        <f>J33*11680.74</f>
+        <f>J33*12314.98</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>826007</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="G34" s="2">
         <v>3</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K34" s="2" t="str">
         <f>J34*16570.59</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>826008</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G35" s="2">
         <v>0</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K35" s="2" t="str">
         <f>J35*15696.66</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>826009</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="G36" s="2">
         <v>0</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K36" s="2" t="str">
-        <f>J36*10067.20</f>
+        <f>J36*10613.82</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>826010</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G37" s="2">
         <v>1</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K37" s="2" t="str">
-        <f>J37*6630.37</f>
+        <f>J37*6990.38</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>826011</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="G38" s="2">
         <v>0</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K38" s="2" t="str">
-        <f>J38*8957.01</f>
+        <f>J38*9443.35</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>826012</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G39" s="2">
         <v>0</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K39" s="2" t="str">
-        <f>J39*11675.15</f>
+        <f>J39*12309.08</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>826013</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="G40" s="2">
         <v>3</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K40" s="2" t="str">
-        <f>J40*8618.64</f>
+        <f>J40*9086.61</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>826014</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="G41" s="2">
         <v>1</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K41" s="2" t="str">
-        <f>J41*15265.78</f>
+        <f>J41*16094.68</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>826015</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G42" s="2">
         <v>1</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K42" s="2" t="str">
-        <f>J42*12658.10</f>
+        <f>J42*13345.41</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>826016</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G43" s="2">
         <v>0</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K43" s="2" t="str">
-        <f>J43*12929.36</f>
+        <f>J43*13631.39</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>831288</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="G44" s="2">
         <v>6</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K44" s="2" t="str">
-        <f>J44*12574.21</f>
+        <f>J44*13256.96</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>831289</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E45" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G45" s="2">
         <v>0</v>
       </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
       <c r="I45" s="1">
         <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K45" s="2" t="str">
         <f>J45*10139.08</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>831296</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G46" s="2">
         <v>0</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K46" s="2" t="str">
-        <f>J46*16087.94</f>
+        <f>J46*16961.47</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>831297</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G47" s="2">
         <v>0</v>
       </c>
       <c r="H47" s="2">
         <v>0</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K47" s="2" t="str">
         <f>J47*12868.69</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>831301</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="G48" s="2">
         <v>0</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K48" s="2" t="str">
-        <f>J48*20574.83</f>
+        <f>J48*21692.00</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>831302</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="G49" s="2">
         <v>0</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K49" s="2" t="str">
-        <f>J49*15230.83</f>
+        <f>J49*16057.83</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>857225</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G50" s="2">
         <v>0</v>
       </c>
       <c r="H50" s="2">
         <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K50" s="2" t="str">
-        <f>J50*15627.92</f>
+        <f>J50*16476.48</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
         <v>873357</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="G51" s="2">
         <v>1</v>
       </c>
       <c r="H51" s="2">
         <v>0</v>
       </c>
       <c r="I51" s="1">
         <v>0</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K51" s="2" t="str">
-        <f>J51*22255.50</f>
+        <f>J51*23463.91</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A16:K16"/>
     <mergeCell ref="A22:K22"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>