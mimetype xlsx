--- v0 (2025-10-19)
+++ v1 (2026-01-29)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
@@ -79,50 +79,53 @@
     <t>SDP-3</t>
   </si>
   <si>
     <t>врезка штуцер для емкости ПЛАСТИК с заглушкой 1/2" (15/300шт)</t>
   </si>
   <si>
     <t>71.76 руб.</t>
   </si>
   <si>
     <t>&gt;100</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>FRP-110002</t>
   </si>
   <si>
     <t>SDP-4</t>
   </si>
   <si>
     <t>врезка штуцер для емкости ПЛАСТИК с заглушкой 3/4" (10/180шт)</t>
   </si>
   <si>
     <t>24 705.45 руб.</t>
+  </si>
+  <si>
+    <t>&gt;50</t>
   </si>
   <si>
     <t>FRP-110003</t>
   </si>
   <si>
     <t>SDP-5</t>
   </si>
   <si>
     <t>врезка штуцер для емкости ПЛАСТИК с заглушкой 1" (15/120шт)</t>
   </si>
   <si>
     <t>73.73 руб.</t>
   </si>
   <si>
     <t>FRP-110004</t>
   </si>
   <si>
     <t>SDP-6</t>
   </si>
   <si>
     <t>врезка штуцер для емкости ПЛАСТИК с заглушкой 11/4" (5/80шт)</t>
   </si>
   <si>
     <t>506.27 руб.</t>
   </si>
@@ -858,191 +861,191 @@
       </c>
       <c r="K3" s="2" t="str">
         <f>J3*71.76</f>
         <v>0</v>
       </c>
       <c r="L3" s="5"/>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="105" outlineLevel="2">
       <c r="A4" s="1"/>
       <c r="B4" s="1">
         <v>827072</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="G4" s="2" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="H4" s="2">
         <v>0</v>
       </c>
       <c r="I4" s="1">
         <v>0</v>
       </c>
       <c r="J4" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K4" s="2" t="str">
         <f>J4*24705.45</f>
         <v>0</v>
       </c>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="2">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>827073</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K5" s="2" t="str">
         <f>J5*73.73</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="2">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>827074</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K6" s="2" t="str">
         <f>J6*506.27</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="2">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>827075</v>
       </c>
       <c r="C7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" s="2" t="s">
         <v>30</v>
-      </c>
-[...10 lines deleted...]
-        <v>29</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K7" s="2" t="str">
         <f>J7*367.82</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="2">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>827076</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*538.48</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>