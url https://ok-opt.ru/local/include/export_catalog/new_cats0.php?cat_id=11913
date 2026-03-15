--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -16,128 +16,125 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>Фитинги пластиковые</t>
   </si>
   <si>
     <t>FRP-110001</t>
   </si>
   <si>
     <t>SDP-3</t>
   </si>
   <si>
     <t>врезка штуцер для емкости ПЛАСТИК с заглушкой 1/2" (15/300шт)</t>
   </si>
   <si>
     <t>71.76 руб.</t>
   </si>
   <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>FRP-110002</t>
+  </si>
+  <si>
+    <t>SDP-4</t>
+  </si>
+  <si>
+    <t>врезка штуцер для емкости ПЛАСТИК с заглушкой 3/4" (10/180шт)</t>
+  </si>
+  <si>
+    <t>85.00 руб.</t>
+  </si>
+  <si>
+    <t>FRP-110003</t>
+  </si>
+  <si>
+    <t>SDP-5</t>
+  </si>
+  <si>
+    <t>врезка штуцер для емкости ПЛАСТИК с заглушкой 1" (15/120шт)</t>
+  </si>
+  <si>
+    <t>73.73 руб.</t>
+  </si>
+  <si>
     <t>&gt;100</t>
-  </si>
-[...28 lines deleted...]
-    <t>73.73 руб.</t>
   </si>
   <si>
     <t>FRP-110004</t>
   </si>
   <si>
     <t>SDP-6</t>
   </si>
   <si>
     <t>врезка штуцер для емкости ПЛАСТИК с заглушкой 11/4" (5/80шт)</t>
   </si>
   <si>
     <t>506.27 руб.</t>
   </si>
   <si>
     <t>&gt;10</t>
   </si>
   <si>
     <t>FRP-110005</t>
   </si>
   <si>
     <t>SDP-7</t>
   </si>
   <si>
     <t>врезка штуцер для емкости ПЛАСТИК с заглушкой 11/2"(5/50шт)</t>
   </si>
@@ -825,236 +822,236 @@
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
       <c r="L2" s="5"/>
     </row>
     <row r="3" spans="1:12" customHeight="1" ht="105" outlineLevel="2">
       <c r="A3" s="1"/>
       <c r="B3" s="1">
         <v>827071</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="G3" s="2" t="s">
+      <c r="G3" s="2">
+        <v>0</v>
+      </c>
+      <c r="H3" s="2">
+        <v>0</v>
+      </c>
+      <c r="I3" s="1">
+        <v>0</v>
+      </c>
+      <c r="J3" s="3" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>16</v>
       </c>
       <c r="K3" s="2" t="str">
         <f>J3*71.76</f>
         <v>0</v>
       </c>
       <c r="L3" s="5"/>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="105" outlineLevel="2">
       <c r="A4" s="1"/>
       <c r="B4" s="1">
         <v>827072</v>
       </c>
       <c r="C4" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D4" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="D4" s="1" t="s">
+      <c r="E4" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="E4" s="2" t="s">
+      <c r="F4" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="F4" s="2" t="s">
-[...3 lines deleted...]
-        <v>21</v>
+      <c r="G4" s="2">
+        <v>0</v>
       </c>
       <c r="H4" s="2">
         <v>0</v>
       </c>
       <c r="I4" s="1">
         <v>0</v>
       </c>
       <c r="J4" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="K4" s="2" t="str">
-        <f>J4*24705.45</f>
+        <f>J4*85.00</f>
         <v>0</v>
       </c>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="2">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>827073</v>
       </c>
       <c r="C5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E5" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="D5" s="1" t="s">
+      <c r="F5" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="E5" s="2" t="s">
+      <c r="G5" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="F5" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G5" s="2" t="s">
+      <c r="H5" s="2">
+        <v>0</v>
+      </c>
+      <c r="I5" s="1">
+        <v>0</v>
+      </c>
+      <c r="J5" s="3" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>16</v>
       </c>
       <c r="K5" s="2" t="str">
         <f>J5*73.73</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="2">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>827074</v>
       </c>
       <c r="C6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D6" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="D6" s="1" t="s">
+      <c r="E6" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="F6" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="F6" s="2" t="s">
+      <c r="G6" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="G6" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="K6" s="2" t="str">
         <f>J6*506.27</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="2">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>827075</v>
       </c>
       <c r="C7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="D7" s="1" t="s">
+      <c r="E7" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="F7" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="F7" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G7" s="2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="K7" s="2" t="str">
         <f>J7*367.82</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="2">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>827076</v>
       </c>
       <c r="C8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D8" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="D8" s="1" t="s">
+      <c r="E8" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="E8" s="2" t="s">
+      <c r="F8" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="F8" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G8" s="2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*538.48</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>