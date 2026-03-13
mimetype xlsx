--- v0 (2025-12-07)
+++ v1 (2026-03-13)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
@@ -87,66 +87,63 @@
   <si>
     <t>Фильтр прямой c магнитом вн.-вн. 1/2" (12 /72шт)</t>
   </si>
   <si>
     <t>764.00 руб.</t>
   </si>
   <si>
     <t>&gt;100</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>VLC-423002</t>
   </si>
   <si>
     <t>VT.385.N.04</t>
   </si>
   <si>
     <t>Фильтр прямой мини вн.-вн. 1/2" (18 /108шт)</t>
   </si>
   <si>
     <t>459.00 руб.</t>
   </si>
   <si>
-    <t>&gt;50</t>
+    <t>&gt;10</t>
   </si>
   <si>
     <t>VLC-423003</t>
   </si>
   <si>
     <t>VT.385.N.05</t>
   </si>
   <si>
     <t>Фильтр прямой мини вн.-вн. 3/4" (12 /72шт)</t>
   </si>
   <si>
     <t>754.00 руб.</t>
-  </si>
-[...1 lines deleted...]
-    <t>&gt;10</t>
   </si>
   <si>
     <t>VLC-423004</t>
   </si>
   <si>
     <t>VT.386.N.04</t>
   </si>
   <si>
     <t>Фильтр универсальный вн.-вн. 1/2" (10 /120шт)</t>
   </si>
   <si>
     <t>720.00 руб.</t>
   </si>
   <si>
     <t>&gt;1000</t>
   </si>
   <si>
     <t>VLC-423005</t>
   </si>
   <si>
     <t>VT.386.N.05</t>
   </si>
   <si>
     <t>Фильтр универсальный вн.-вн. 3/4"  (8 /96шт)</t>
   </si>
@@ -1056,369 +1053,369 @@
       <c r="G4" s="8"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>818852</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="str">
         <f>J5*764.00</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>818853</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="G6" s="2">
-        <v>1</v>
+      <c r="G6" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="str">
         <f>J6*459.00</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>818854</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="G7" s="2" t="s">
-        <v>28</v>
+      <c r="G7" s="2">
+        <v>10</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="str">
         <f>J7*754.00</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>818855</v>
       </c>
       <c r="C8" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="D8" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="D8" s="1" t="s">
+      <c r="E8" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="E8" s="2" t="s">
+      <c r="F8" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="F8" s="2" t="s">
+      <c r="G8" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H8" s="2" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*720.00</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>818856</v>
       </c>
       <c r="C9" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D9" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="D9" s="1" t="s">
+      <c r="E9" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="F9" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="2" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="str">
         <f>J9*1009.00</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>818857</v>
       </c>
       <c r="C10" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D10" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="D10" s="1" t="s">
+      <c r="E10" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="E10" s="2" t="s">
+      <c r="F10" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="F10" s="2" t="s">
-[...3 lines deleted...]
-        <v>28</v>
+      <c r="G10" s="2">
+        <v>9</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="str">
         <f>J10*2635.00</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>818858</v>
       </c>
       <c r="C11" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D11" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="D11" s="1" t="s">
+      <c r="E11" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="E11" s="2" t="s">
+      <c r="F11" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="F11" s="2" t="s">
-[...3 lines deleted...]
-        <v>9</v>
+      <c r="G11" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="str">
         <f>J11*751.00</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>818859</v>
       </c>
       <c r="C12" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="D12" s="1" t="s">
+      <c r="E12" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="E12" s="2" t="s">
+      <c r="F12" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="F12" s="2" t="s">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="G12" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H12" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="str">
         <f>J12*1134.00</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>818860</v>
       </c>
       <c r="C13" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D13" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="D13" s="1" t="s">
+      <c r="E13" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="F13" s="2" t="s">
+      <c r="G13" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H13" s="2" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="str">
         <f>J13*730.00</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>818861</v>
       </c>
       <c r="C14" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="E14" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="F14" s="2" t="s">
-[...3 lines deleted...]
-        <v>8</v>
+      <c r="G14" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="H14" s="2" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="str">
         <f>J14*1067.00</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">