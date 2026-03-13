--- v0 (2025-12-07)
+++ v1 (2026-03-13)
@@ -16,575 +16,602 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>Фильтра сетчатые</t>
   </si>
   <si>
     <t>Фильтра самоочищающиеся</t>
   </si>
   <si>
     <t>Фильтра самоочищающиеся VALTEC</t>
   </si>
   <si>
     <t>VLC-424001</t>
   </si>
   <si>
     <t>VT.389.N.04</t>
   </si>
   <si>
-    <t>Фильтр промывной (самоочищающийся) 1/2" с манометром (1 /36шт)</t>
+    <t>Фильтр промывной (самоочищающийся) 1/2" с манометром (сетка 1000/250мкм) (1 /36шт)</t>
   </si>
   <si>
     <t>1 381.00 руб.</t>
   </si>
   <si>
-    <t>&gt;500</t>
+    <t>&gt;100</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>VLC-424002</t>
   </si>
   <si>
     <t>VT.389.N.05</t>
   </si>
   <si>
-    <t>Фильтр промывной (самоочищающийся) 3/4" с манометром (1 /24шт)</t>
+    <t>Фильтр промывной (самоочищающийся) 3/4" с манометром (сетка 1000/250мкм) (1 /24шт)</t>
   </si>
   <si>
     <t>2 177.00 руб.</t>
   </si>
   <si>
-    <t>&gt;100</t>
-[...1 lines deleted...]
-  <si>
     <t>VLC-424003</t>
   </si>
   <si>
     <t>VT.389.N.06</t>
   </si>
   <si>
-    <t>Фильтр промывной (самоочищающийся) 1" с манометром (1 /12шт)</t>
+    <t>Фильтр промывной (самоочищающийся) 1" с манометром (сетка 1000/250мкм) (1 /12шт)</t>
   </si>
   <si>
     <t>3 756.00 руб.</t>
   </si>
   <si>
+    <t>VLC-424004</t>
+  </si>
+  <si>
+    <t>VT.390.N.04</t>
+  </si>
+  <si>
+    <t>Фильтр промывной 1/2", каскадный (сетки 500 и 100)</t>
+  </si>
+  <si>
+    <t>1 361.00 руб.</t>
+  </si>
+  <si>
+    <t>VLC-424005</t>
+  </si>
+  <si>
+    <t>VT.390.N.05</t>
+  </si>
+  <si>
+    <t>Фильтр промывной 3/4", каскадный (сетки 500 и 100)</t>
+  </si>
+  <si>
+    <t>1 985.00 руб.</t>
+  </si>
+  <si>
     <t>Фильтра самоочищающиеся VIEIR</t>
   </si>
   <si>
     <t>FIO-160001</t>
   </si>
   <si>
     <t>JH151</t>
   </si>
   <si>
     <t>фильтр самоочищ. с маном. 1/2" для гор. воды лат. корпус VR (1/10шт)</t>
   </si>
   <si>
-    <t>2 274.39 руб.</t>
+    <t>2 448.43 руб.</t>
   </si>
   <si>
     <t>FIO-160002</t>
   </si>
   <si>
     <t>JH153</t>
   </si>
   <si>
     <t>фильтр самоочищ. с маном. 3/4" для гор. воды лат. корпус VR (1/10шт)</t>
   </si>
   <si>
-    <t>3 373.65 руб.</t>
+    <t>3 632.48 руб.</t>
   </si>
   <si>
     <t>FIO-160003</t>
   </si>
   <si>
     <t>JH155</t>
   </si>
   <si>
     <t>фильтр самоочищ. с маном. 1" для гор. воды лат. корпус VR (1/10шт)</t>
   </si>
   <si>
-    <t>3 973.11 руб.</t>
+    <t>4 278.05 руб.</t>
   </si>
   <si>
     <t>FIO-160004</t>
   </si>
   <si>
     <t>JC152</t>
   </si>
   <si>
     <t>фильтр самоочищ. с маном. 1/2" для хол. воды прозрач. корпус VR (1/10шт)</t>
   </si>
   <si>
-    <t>2 094.40 руб.</t>
+    <t>2 194.06 руб.</t>
   </si>
   <si>
     <t>FIO-160005</t>
   </si>
   <si>
     <t>JC154</t>
   </si>
   <si>
     <t>фильтр самоочищ. с маном. 3/4" для хол. воды прозрач. корпус VR (1/10шт)</t>
   </si>
   <si>
-    <t>2 972.03 руб.</t>
+    <t>3 113.34 руб.</t>
   </si>
   <si>
     <t>FIO-160006</t>
   </si>
   <si>
     <t>JC156</t>
   </si>
   <si>
     <t>фильтр самоочищ. с маном. 1" для хол. воды прозрач. корпус VR (1/10шт)</t>
   </si>
   <si>
-    <t>3 575.95 руб.</t>
+    <t>3 747.01 руб.</t>
   </si>
   <si>
     <t>FIO-160007</t>
   </si>
   <si>
     <t>JH157</t>
   </si>
   <si>
     <t>фильтр самоочищ. с рег. давления и манометром 1/2" для гор. воды лат.корпус VR (1/10шт)</t>
   </si>
   <si>
-    <t>3 279.94 руб.</t>
+    <t>3 134.16 руб.</t>
   </si>
   <si>
     <t>FIO-160008</t>
   </si>
   <si>
     <t>JH159</t>
   </si>
   <si>
     <t>фильтр самоочищ. с рег. давления и манометром 3/4" для гор. воды лат.корпус VR (1/10шт)</t>
   </si>
   <si>
-    <t>5 057.50 руб.</t>
+    <t>3 309.69 руб.</t>
   </si>
   <si>
     <t>FIO-160009</t>
   </si>
   <si>
     <t>JC158</t>
   </si>
   <si>
     <t>фильтр самоочищ. с рег. давления и манометром 1/2" для хол. воды прозрач.корпус VR (1/10шт)</t>
   </si>
   <si>
-    <t>3 055.33 руб.</t>
+    <t>2 780.14 руб.</t>
   </si>
   <si>
     <t>FIO-160010</t>
   </si>
   <si>
     <t>JC160</t>
   </si>
   <si>
     <t>фильтр самоочищ. с рег. давления и манометром 3/4" для хол. воды прозрач.корпус VR (1/10шт)</t>
   </si>
   <si>
-    <t>4 458.04 руб.</t>
+    <t>2 957.15 руб.</t>
   </si>
   <si>
     <t>FIO-160011</t>
   </si>
   <si>
     <t>JH147</t>
   </si>
   <si>
     <t>фильтр самоочищ. свобод. вращения с манометром 1/2" для гор. воды лат.корпус VR (1/1</t>
   </si>
   <si>
-    <t>2 778.65 руб.</t>
+    <t>2 991.36 руб.</t>
   </si>
   <si>
     <t>FIO-160012</t>
   </si>
   <si>
     <t>JC148</t>
   </si>
   <si>
     <t xml:space="preserve">фильтр самоочищ. свобод. вращения с манометром 1/2" для хол. воды прозрач.корпус VR </t>
   </si>
   <si>
-    <t>2 768.24 руб.</t>
+    <t>2 881.29 руб.</t>
   </si>
   <si>
     <t>FIO-160013</t>
   </si>
   <si>
     <t>VR203</t>
   </si>
   <si>
     <t>сетка для самоочищающегося фильтра VR (1/100шт)</t>
   </si>
   <si>
     <t>84.79 руб.</t>
   </si>
   <si>
     <t>&gt;10</t>
   </si>
   <si>
     <t>FIO-160014</t>
   </si>
   <si>
     <t>JH157-N</t>
   </si>
   <si>
     <t>Фильтр с регулятором давления и манометром 1/2" для горя. воды НИКЕЛЬ "ViEiR" (10/1шт)</t>
   </si>
   <si>
-    <t>3 977.58 руб.</t>
+    <t>3 236.80 руб.</t>
   </si>
   <si>
     <t>FIO-160015</t>
   </si>
   <si>
     <t>JC158-N</t>
   </si>
   <si>
     <t>Фильтр с регулятором давления и манометром 1/2" для холод. воды НИКЕЛЬ "ViEiR" (10/1шт)</t>
   </si>
   <si>
-    <t>3 101.44 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>VER-000211</t>
   </si>
   <si>
     <t>VP162</t>
   </si>
   <si>
     <t>Фильтр поворотный механической очистки с манометром "VER-PRO"(12/1шт)</t>
   </si>
   <si>
+    <t>4 059.39 руб.</t>
+  </si>
+  <si>
+    <t>VER-000212</t>
+  </si>
+  <si>
+    <t>VP163</t>
+  </si>
+  <si>
+    <t>Фильтр механической очистки с манометром "VER-PRO" (12/1шт)</t>
+  </si>
+  <si>
+    <t>2 823.28 руб.</t>
+  </si>
+  <si>
+    <t>VER-000540</t>
+  </si>
+  <si>
+    <t>JH161</t>
+  </si>
+  <si>
+    <t>Фильтр с регулятором давления и манометром для горячей воды 3/4" "VIEIR" (15/1шт)</t>
+  </si>
+  <si>
+    <t>VER-000541</t>
+  </si>
+  <si>
+    <t>JC162</t>
+  </si>
+  <si>
+    <t>Фильтр с регулятором давления и манометром для холодной воды 3/4" "VIEIR" (15/1шт)</t>
+  </si>
+  <si>
+    <t>VER-000542</t>
+  </si>
+  <si>
+    <t>JH153-N</t>
+  </si>
+  <si>
+    <t>Фильтр с манометром 3/4" для горячей воды "VIEIR" (8/1шт)</t>
+  </si>
+  <si>
     <t>3 744.04 руб.</t>
   </si>
   <si>
-    <t>VER-000212</t>
-[...46 lines deleted...]
-  <si>
     <t>VER-000543</t>
   </si>
   <si>
     <t>JH155-N</t>
   </si>
   <si>
     <t>Фильтр с манометром 1" для горячей воды "VIEIR" (8/1шт)</t>
   </si>
   <si>
-    <t>4 517.54 руб.</t>
+    <t>4 389.61 руб.</t>
   </si>
   <si>
     <t>VER-000544</t>
   </si>
   <si>
     <t>JC152-N</t>
   </si>
   <si>
     <t>Фильтр с манометром 1/2" для холодной воды "VIEIR" (15/1шт)</t>
   </si>
   <si>
-    <t>2 198.53 руб.</t>
+    <t>2 304.14 руб.</t>
   </si>
   <si>
     <t>VER-000644</t>
   </si>
   <si>
     <t>JH151-N</t>
   </si>
   <si>
     <t>Фильтр с манометром 1/2" для горячей воды, никелерованный "VIEIR" (15/1шт)</t>
   </si>
   <si>
-    <t>2 481.15 руб.</t>
+    <t>2 600.15 руб.</t>
   </si>
   <si>
     <t>VER-000645</t>
   </si>
   <si>
     <t>JC156-N</t>
   </si>
   <si>
     <t>Фильтр с манометром 1" для холодной воды, прозрачный, никель "VIEIR" (8/1шт)</t>
   </si>
   <si>
-    <t>3 735.11 руб.</t>
+    <t>3 848.16 руб.</t>
   </si>
   <si>
     <t>VER-000935</t>
   </si>
   <si>
     <t>JC154-N</t>
   </si>
   <si>
     <t>Фильтр с манометром 3/4" для холодной воды, никелерованный "VIEIR" (8/1шт)</t>
   </si>
   <si>
-    <t>3 245.73 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>VER-001405</t>
   </si>
   <si>
     <t>JC164</t>
   </si>
   <si>
     <t>Фильтр с регулятором давления и манометром для холодной воды 1" (9/1шт)</t>
   </si>
   <si>
-    <t>4 672.24 руб.</t>
+    <t>3 305.23 руб.</t>
   </si>
   <si>
     <t>VER-001406</t>
   </si>
   <si>
     <t>JH165</t>
   </si>
   <si>
     <t>Фильтр с регулятором давления и манометром для горячей воды 1" (9/1шт)</t>
   </si>
   <si>
-    <t>4 978.66 руб.</t>
+    <t>3 831.80 руб.</t>
   </si>
   <si>
     <t>VER-001407</t>
   </si>
   <si>
     <t>VP166-3</t>
   </si>
   <si>
     <t>Фильтр с манометром и магнитной вставкой 1/2" (12/1шт)</t>
   </si>
   <si>
-    <t>3 104.41 руб.</t>
+    <t>3 345.39 руб.</t>
   </si>
   <si>
     <t>VER-001408</t>
   </si>
   <si>
     <t>VP166-4</t>
   </si>
   <si>
     <t>Фильтр с манометром и магнитной вставкой 3/4" (12/1шт)</t>
   </si>
   <si>
-    <t>3 483.73 руб.</t>
+    <t>3 755.94 руб.</t>
   </si>
   <si>
     <t>VER-001409</t>
   </si>
   <si>
     <t>VP166-5</t>
   </si>
   <si>
     <t>Фильтр с манометром и магнитной вставкой 1" (12/1шт)</t>
   </si>
   <si>
-    <t>3 085.08 руб.</t>
+    <t>3 324.56 руб.</t>
   </si>
   <si>
     <t>VER-001410</t>
   </si>
   <si>
     <t>VP167</t>
   </si>
   <si>
     <t>Фильтр механической очистки с манометром 1" (12/1шт)</t>
   </si>
   <si>
-    <t>2 769.73 руб.</t>
+    <t>2 992.85 руб.</t>
   </si>
   <si>
     <t>VER-001411</t>
   </si>
   <si>
     <t>VP168</t>
   </si>
   <si>
     <t>Фильтр механической очистки с манометром 3/4" (12/1шт)</t>
   </si>
   <si>
-    <t>2 899.14 руб.</t>
+    <t>3 131.19 руб.</t>
   </si>
   <si>
     <t>VER-001412</t>
   </si>
   <si>
     <t>VP169</t>
   </si>
   <si>
     <t>Фильтр поворотный механической очистки с манометром 3/4" (12/1шт)</t>
   </si>
   <si>
-    <t>3 870.48 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>VER-001413</t>
   </si>
   <si>
     <t>VR256</t>
   </si>
   <si>
     <t>Фильтр механической очистки с автоматической обратной промывкой (12/1шт)</t>
   </si>
   <si>
     <t>5 108.08 руб.</t>
   </si>
   <si>
     <t>Фильтра самоочищающиеся ZEGOR</t>
   </si>
   <si>
     <t>ZGR-000231</t>
   </si>
   <si>
     <t>GYP1</t>
   </si>
   <si>
     <t>Фильтр 1/2" самопромывной для холодной воды с манометром и американками (1/28шт)</t>
   </si>
   <si>
     <t>2 109.67 руб.</t>
   </si>
   <si>
     <t>ZGR-000232</t>
   </si>
   <si>
     <t>GYP2</t>
   </si>
   <si>
     <t>Фильтр 3/4" самопромывной для холодной воды с манометром и американками (1/28шт)</t>
   </si>
   <si>
     <t>2 313.37 руб.</t>
+  </si>
+  <si>
+    <t>Фильтра самоочищающиеся ТЕВО</t>
+  </si>
+  <si>
+    <t>УТ000002553</t>
+  </si>
+  <si>
+    <t>Т-АБ.Фп.603.12.Г.CN</t>
+  </si>
+  <si>
+    <t>Фильтр промывной ТЕВО 1/2" с редуктором и манометром для горячей воды</t>
+  </si>
+  <si>
+    <t>УТ000002554</t>
+  </si>
+  <si>
+    <t>Т-АБ.Фп.603.12.Х.CN</t>
+  </si>
+  <si>
+    <t>Фильтр промывной ТЕВО 1/2"  с редуктором и манометром для холодной воды</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -676,51 +703,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="5" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7faa1_86a5_11e9_8101_003048fd731b_1b5db459_f93d_11ef_a6ea_047c1617b1431.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7faa4_86a5_11e9_8101_003048fd731b_1b5db45d_f93d_11ef_a6ea_047c1617b1432.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7faa7_86a5_11e9_8101_003048fd731b_1b5db461_f93d_11ef_a6ea_047c1617b1433.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a689_3767_11ea_810f_003048fd731b_a44f70be_a58a_11ee_a526_047c1617b1434.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a68b_3767_11ea_810f_003048fd731b_a44f70bf_a58a_11ee_a526_047c1617b1435.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a68d_3767_11ea_810f_003048fd731b_a44f70c0_a58a_11ee_a526_047c1617b1436.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a68f_3767_11ea_810f_003048fd731b_a44f70b8_a58a_11ee_a526_047c1617b1437.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a691_3767_11ea_810f_003048fd731b_a44f70b9_a58a_11ee_a526_047c1617b1438.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a693_3767_11ea_810f_003048fd731b_a44f70ba_a58a_11ee_a526_047c1617b1439.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a695_3767_11ea_810f_003048fd731b_a44f70c1_a58a_11ee_a526_047c1617b14310.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a697_3767_11ea_810f_003048fd731b_a44f70c2_a58a_11ee_a526_047c1617b14311.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a699_3767_11ea_810f_003048fd731b_1b5db46c_f93d_11ef_a6ea_047c1617b14312.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a69b_3767_11ea_810f_003048fd731b_a44f70bc_a58a_11ee_a526_047c1617b14313.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a69d_3767_11ea_810f_003048fd731b_a44f70bd_a58a_11ee_a526_047c1617b14314.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a69f_3767_11ea_810f_003048fd731b_1b5db465_f93d_11ef_a6ea_047c1617b14315.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a6a1_3767_11ea_810f_003048fd731b_a44f70c7_a58a_11ee_a526_047c1617b14316.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b44dd49_0c78_11ec_8321_003048fd731b_1b5db475_f93d_11ef_a6ea_047c1617b14317.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b44dd4b_0c78_11ec_8321_003048fd731b_1b5db46d_f93d_11ef_a6ea_047c1617b14318.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0d91a75_7762_11ec_a212_00259070b487_a44f70c4_a58a_11ee_a526_047c1617b14319.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0d91a77_7762_11ec_a212_00259070b487_a44f70c5_a58a_11ee_a526_047c1617b14320.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f40c12_5308_11ee_a4bb_047c1617b143_21d4f651_793a_11f0_a79f_047c1617b14321.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f40c14_5308_11ee_a4bb_047c1617b143_1b5db471_f93d_11ef_a6ea_047c1617b14322.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f40c16_5308_11ee_a4bb_047c1617b143_6b95d43d_5a46_11f0_a775_047c1617b14323.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f40c18_5308_11ee_a4bb_047c1617b143_6b95d440_5a46_11f0_a775_047c1617b14324.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f40c1a_5308_11ee_a4bb_047c1617b143_1b5db466_f93d_11ef_a6ea_047c1617b14325.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d882db0c_72af_11ee_a4e3_047c1617b143_6b95d43a_5a46_11f0_a775_047c1617b14326.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d882db0e_72af_11ee_a4e3_047c1617b143_1b5db469_f93d_11ef_a6ea_047c1617b14327.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f13c3ff_37d2_11ef_a5e9_047c1617b143_14e1e153_f93d_11ef_a6ea_047c1617b14328.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be46_eeb6_11ef_a6dd_047c1617b143_21d4f655_793a_11f0_a79f_047c1617b14329.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be48_eeb6_11ef_a6dd_047c1617b143_21d4f650_793a_11f0_a79f_047c1617b14330.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be4a_eeb6_11ef_a6dd_047c1617b143_21d4f64a_793a_11f0_a79f_047c1617b14331.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be4c_eeb6_11ef_a6dd_047c1617b143_21d4f64d_793a_11f0_a79f_047c1617b14332.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be4e_eeb6_11ef_a6dd_047c1617b143_21d4f647_793a_11f0_a79f_047c1617b14333.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be50_eeb6_11ef_a6dd_047c1617b143_21d4f642_793a_11f0_a79f_047c1617b14334.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be52_eeb6_11ef_a6dd_047c1617b143_21d4f643_793a_11f0_a79f_047c1617b14335.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be54_eeb6_11ef_a6dd_047c1617b143_21d4f644_793a_11f0_a79f_047c1617b14336.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be56_eeb6_11ef_a6dd_047c1617b143_21d4f641_793a_11f0_a79f_047c1617b14337.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/856efa73_cb53_11ef_a6b0_047c1617b143_14e1e0ae_f93d_11ef_a6ea_047c1617b14338.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/856efa75_cb53_11ef_a6b0_047c1617b143_14e1e0af_f93d_11ef_a6ea_047c1617b14339.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7faa1_86a5_11e9_8101_003048fd731b_1b5db459_f93d_11ef_a6ea_047c1617b1431.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7faa4_86a5_11e9_8101_003048fd731b_1b5db45d_f93d_11ef_a6ea_047c1617b1432.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e7faa7_86a5_11e9_8101_003048fd731b_1b5db461_f93d_11ef_a6ea_047c1617b1433.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccf1937f_ffba_11e9_810b_003048fd731b_cdcf5fba_518a_11ea_810f_003048fd731b4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccf19381_ffba_11e9_810b_003048fd731b_cdcf5fbb_518a_11ea_810f_003048fd731b5.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a689_3767_11ea_810f_003048fd731b_a44f70be_a58a_11ee_a526_047c1617b1436.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a68b_3767_11ea_810f_003048fd731b_a44f70bf_a58a_11ee_a526_047c1617b1437.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a68d_3767_11ea_810f_003048fd731b_a44f70c0_a58a_11ee_a526_047c1617b1438.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a68f_3767_11ea_810f_003048fd731b_a44f70b8_a58a_11ee_a526_047c1617b1439.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a691_3767_11ea_810f_003048fd731b_a44f70b9_a58a_11ee_a526_047c1617b14310.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a693_3767_11ea_810f_003048fd731b_a44f70ba_a58a_11ee_a526_047c1617b14311.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a695_3767_11ea_810f_003048fd731b_a44f70c1_a58a_11ee_a526_047c1617b14312.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a697_3767_11ea_810f_003048fd731b_a44f70c2_a58a_11ee_a526_047c1617b14313.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a699_3767_11ea_810f_003048fd731b_1b5db46c_f93d_11ef_a6ea_047c1617b14314.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a69b_3767_11ea_810f_003048fd731b_a44f70bc_a58a_11ee_a526_047c1617b14315.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a69d_3767_11ea_810f_003048fd731b_a44f70bd_a58a_11ee_a526_047c1617b14316.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a69f_3767_11ea_810f_003048fd731b_1b5db465_f93d_11ef_a6ea_047c1617b14317.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab7a6a1_3767_11ea_810f_003048fd731b_a44f70c7_a58a_11ee_a526_047c1617b14318.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b44dd49_0c78_11ec_8321_003048fd731b_1b5db475_f93d_11ef_a6ea_047c1617b14319.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b44dd4b_0c78_11ec_8321_003048fd731b_1b5db46d_f93d_11ef_a6ea_047c1617b14320.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0d91a75_7762_11ec_a212_00259070b487_a44f70c4_a58a_11ee_a526_047c1617b14321.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0d91a77_7762_11ec_a212_00259070b487_a44f70c5_a58a_11ee_a526_047c1617b14322.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f40c12_5308_11ee_a4bb_047c1617b143_21d4f651_793a_11f0_a79f_047c1617b14323.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f40c14_5308_11ee_a4bb_047c1617b143_1b5db471_f93d_11ef_a6ea_047c1617b14324.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f40c16_5308_11ee_a4bb_047c1617b143_6b95d43d_5a46_11f0_a775_047c1617b14325.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f40c18_5308_11ee_a4bb_047c1617b143_6b95d440_5a46_11f0_a775_047c1617b14326.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f40c1a_5308_11ee_a4bb_047c1617b143_1b5db466_f93d_11ef_a6ea_047c1617b14327.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d882db0c_72af_11ee_a4e3_047c1617b143_6b95d43a_5a46_11f0_a775_047c1617b14328.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d882db0e_72af_11ee_a4e3_047c1617b143_1b5db469_f93d_11ef_a6ea_047c1617b14329.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f13c3ff_37d2_11ef_a5e9_047c1617b143_14e1e153_f93d_11ef_a6ea_047c1617b14330.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be46_eeb6_11ef_a6dd_047c1617b143_21d4f655_793a_11f0_a79f_047c1617b14331.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be48_eeb6_11ef_a6dd_047c1617b143_21d4f650_793a_11f0_a79f_047c1617b14332.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be4a_eeb6_11ef_a6dd_047c1617b143_21d4f64a_793a_11f0_a79f_047c1617b14333.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be4c_eeb6_11ef_a6dd_047c1617b143_21d4f64d_793a_11f0_a79f_047c1617b14334.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be4e_eeb6_11ef_a6dd_047c1617b143_21d4f647_793a_11f0_a79f_047c1617b14335.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be50_eeb6_11ef_a6dd_047c1617b143_21d4f642_793a_11f0_a79f_047c1617b14336.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be52_eeb6_11ef_a6dd_047c1617b143_21d4f643_793a_11f0_a79f_047c1617b14337.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be54_eeb6_11ef_a6dd_047c1617b143_21d4f644_793a_11f0_a79f_047c1617b14338.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9182be56_eeb6_11ef_a6dd_047c1617b143_21d4f641_793a_11f0_a79f_047c1617b14339.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/856efa73_cb53_11ef_a6b0_047c1617b143_14e1e0ae_f93d_11ef_a6ea_047c1617b14340.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/856efa75_cb53_11ef_a6b0_047c1617b143_14e1e0af_f93d_11ef_a6ea_047c1617b14341.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image_5" descr="Image_5"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -775,87 +802,87 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Image_7" descr="Image_7"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Image_8" descr="Image_8"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Image_9" descr="Image_9"/>
-[...29 lines deleted...]
-        <xdr:cNvPr id="5" name="Image_10" descr="Image_10"/>
+        <xdr:cNvPr id="5" name="Image_9" descr="Image_9"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
@@ -1795,93 +1822,153 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="37" name="Image_42" descr="Image_42"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="Image_43" descr="Image_43"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
       <xdr:row>43</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="38" name="Image_44" descr="Image_44"/>
-[...29 lines deleted...]
-        <xdr:cNvPr id="39" name="Image_45" descr="Image_45"/>
+        <xdr:cNvPr id="39" name="Image_44" descr="Image_44"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="Image_46" descr="Image_46"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>95250</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="Image_47" descr="Image_47"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2148,51 +2235,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="0" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L45"/>
+  <dimension ref="A1:L50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="4" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="60" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
     <col min="10" max="10" width="11" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -2200,51 +2287,51 @@
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="4">
-        <f>SUM(J2:J45)</f>
+        <f>SUM(J2:J50)</f>
         <v>0</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="5"/>
     </row>
     <row r="2" spans="1:12">
       <c r="A2" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
       <c r="L2" s="5"/>
     </row>
     <row r="3" spans="1:12" outlineLevel="1">
       <c r="A3" s="7" t="s">
@@ -2274,1438 +2361,1591 @@
       <c r="G4" s="8"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>818862</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="str">
         <f>J5*1381.00</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>818863</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G6" s="2">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="str">
         <f>J6*2177.00</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>818864</v>
       </c>
       <c r="C7" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="D7" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="D7" s="1" t="s">
+      <c r="E7" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="F7" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="F7" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G7" s="2">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="H7" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="str">
         <f>J7*3756.00</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
-    <row r="8" spans="1:12" outlineLevel="2">
-      <c r="A8" s="8" t="s">
+    <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A8" s="1"/>
+      <c r="B8" s="1">
+        <v>824486</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D8" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B8" s="8"/>
-[...8 lines deleted...]
-      <c r="K8" s="8"/>
+      <c r="E8" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F8" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="G8" s="2">
+        <v>0</v>
+      </c>
+      <c r="H8" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I8" s="1">
+        <v>0</v>
+      </c>
+      <c r="J8" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K8" s="2" t="str">
+        <f>J8*1361.00</f>
+        <v>0</v>
+      </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
-        <v>824574</v>
+        <v>824487</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="G9" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="str">
-        <f>J9*2274.39</f>
+        <f>J9*1985.00</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
-    <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
-[...10 lines deleted...]
-      <c r="E10" s="2" t="s">
+    <row r="10" spans="1:12" outlineLevel="2">
+      <c r="A10" s="8" t="s">
         <v>35</v>
       </c>
-      <c r="F10" s="2" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="B10" s="8"/>
+      <c r="C10" s="8"/>
+      <c r="D10" s="8"/>
+      <c r="E10" s="8"/>
+      <c r="F10" s="8"/>
+      <c r="G10" s="8"/>
+      <c r="H10" s="8"/>
+      <c r="I10" s="8"/>
+      <c r="J10" s="8"/>
+      <c r="K10" s="8"/>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
-        <v>824576</v>
+        <v>824574</v>
       </c>
       <c r="C11" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D11" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="D11" s="1" t="s">
+      <c r="E11" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="E11" s="2" t="s">
+      <c r="F11" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="F11" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G11" s="2">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="str">
-        <f>J11*3973.11</f>
+        <f>J11*2448.43</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
-        <v>824577</v>
+        <v>824575</v>
       </c>
       <c r="C12" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="D12" s="1" t="s">
+      <c r="E12" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="E12" s="2" t="s">
+      <c r="F12" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="F12" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G12" s="2">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="str">
-        <f>J12*2094.40</f>
+        <f>J12*3632.48</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
-        <v>824578</v>
+        <v>824576</v>
       </c>
       <c r="C13" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D13" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="D13" s="1" t="s">
+      <c r="E13" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="F13" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G13" s="2">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="str">
-        <f>J13*2972.03</f>
+        <f>J13*4278.05</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
-        <v>824579</v>
+        <v>824577</v>
       </c>
       <c r="C14" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="E14" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="F14" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G14" s="2">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="str">
-        <f>J14*3575.95</f>
+        <f>J14*2194.06</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
-        <v>824580</v>
+        <v>824578</v>
       </c>
       <c r="C15" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D15" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="D15" s="1" t="s">
+      <c r="E15" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="E15" s="2" t="s">
+      <c r="F15" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="F15" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G15" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="str">
-        <f>J15*3279.94</f>
+        <f>J15*3113.34</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
-        <v>824581</v>
+        <v>824579</v>
       </c>
       <c r="C16" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D16" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="D16" s="1" t="s">
+      <c r="E16" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="E16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="F16" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G16" s="2">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="str">
-        <f>J16*5057.50</f>
+        <f>J16*3747.01</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
-        <v>824582</v>
+        <v>824580</v>
       </c>
       <c r="C17" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D17" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="D17" s="1" t="s">
+      <c r="E17" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="E17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="F17" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G17" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="str">
-        <f>J17*3055.33</f>
+        <f>J17*3134.16</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
-        <v>824583</v>
+        <v>824581</v>
       </c>
       <c r="C18" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D18" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="D18" s="1" t="s">
+      <c r="E18" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="E18" s="2" t="s">
+      <c r="F18" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="F18" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G18" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="str">
-        <f>J18*4458.04</f>
+        <f>J18*3309.69</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
-        <v>824584</v>
+        <v>824582</v>
       </c>
       <c r="C19" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D19" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="D19" s="1" t="s">
+      <c r="E19" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="E19" s="2" t="s">
+      <c r="F19" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="F19" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G19" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="str">
-        <f>J19*2778.65</f>
+        <f>J19*2780.14</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
-        <v>824585</v>
+        <v>824583</v>
       </c>
       <c r="C20" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D20" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="D20" s="1" t="s">
+      <c r="E20" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="E20" s="2" t="s">
+      <c r="F20" s="2" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="G20" s="2">
         <v>1</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="str">
-        <f>J20*2768.24</f>
+        <f>J20*2957.15</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
-        <v>824586</v>
+        <v>824584</v>
       </c>
       <c r="C21" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D21" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="D21" s="1" t="s">
+      <c r="E21" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="E21" s="2" t="s">
+      <c r="F21" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="F21" s="2" t="s">
-[...3 lines deleted...]
-        <v>81</v>
+      <c r="G21" s="2">
+        <v>0</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="str">
-        <f>J21*84.79</f>
+        <f>J21*2991.36</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
-        <v>837118</v>
+        <v>824585</v>
       </c>
       <c r="C22" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="E22" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="D22" s="1" t="s">
+      <c r="F22" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="E22" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G22" s="2">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="str">
-        <f>J22*3977.58</f>
+        <f>J22*2881.29</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
-        <v>837119</v>
+        <v>824586</v>
       </c>
       <c r="C23" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E23" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="D23" s="1" t="s">
+      <c r="F23" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="E23" s="2" t="s">
+      <c r="G23" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="F23" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="str">
-        <f>J23*3101.44</f>
+        <f>J23*84.79</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
-        <v>839812</v>
+        <v>837118</v>
       </c>
       <c r="C24" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="D24" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="D24" s="1" t="s">
+      <c r="E24" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="E24" s="2" t="s">
+      <c r="F24" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="F24" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G24" s="2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="str">
-        <f>J24*3744.04</f>
+        <f>J24*3236.80</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
-        <v>839813</v>
+        <v>837119</v>
       </c>
       <c r="C25" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D25" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="D25" s="1" t="s">
+      <c r="E25" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="E25" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F25" s="2" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>71</v>
+      </c>
+      <c r="G25" s="2" t="s">
+        <v>88</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="str">
-        <f>J25*2725.10</f>
+        <f>J25*2780.14</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
-        <v>879957</v>
+        <v>839812</v>
       </c>
       <c r="C26" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="E26" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="D26" s="1" t="s">
+      <c r="F26" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="E26" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G26" s="2">
         <v>0</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="str">
-        <f>J26*3678.59</f>
+        <f>J26*4059.39</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
-        <v>879958</v>
+        <v>839813</v>
       </c>
       <c r="C27" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E27" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="D27" s="1" t="s">
+      <c r="F27" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="E27" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G27" s="2">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="str">
-        <f>J27*3503.06</f>
+        <f>J27*2823.28</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
-        <v>879959</v>
+        <v>879957</v>
       </c>
       <c r="C28" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E28" s="2" t="s">
         <v>106</v>
       </c>
-      <c r="D28" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F28" s="2" t="s">
-        <v>109</v>
+        <v>67</v>
       </c>
       <c r="G28" s="2">
         <v>0</v>
       </c>
       <c r="H28" s="2">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="str">
-        <f>J28*4132.28</f>
+        <f>J28*3309.69</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
-        <v>879960</v>
+        <v>879958</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>113</v>
+        <v>75</v>
       </c>
       <c r="G29" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="str">
-        <f>J29*4517.54</f>
+        <f>J29*2957.15</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
-        <v>879961</v>
+        <v>879959</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="G30" s="2">
         <v>0</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="str">
-        <f>J30*2198.53</f>
+        <f>J30*3744.04</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
-        <v>880054</v>
+        <v>879960</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="G31" s="2">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="H31" s="2">
         <v>0</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="str">
-        <f>J31*2481.15</f>
+        <f>J31*4389.61</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
-        <v>880055</v>
+        <v>879961</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="G32" s="2">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="H32" s="2">
         <v>0</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="str">
-        <f>J32*3735.11</f>
+        <f>J32*2304.14</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
-        <v>884660</v>
+        <v>880054</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="G33" s="2">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="H33" s="2">
         <v>0</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="str">
-        <f>J33*3245.73</f>
+        <f>J33*2600.15</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
-        <v>886004</v>
+        <v>880055</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="G34" s="2">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="str">
-        <f>J34*4672.24</f>
+        <f>J34*3848.16</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
-        <v>886005</v>
+        <v>884660</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>137</v>
+        <v>63</v>
       </c>
       <c r="G35" s="2">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="str">
-        <f>J35*4978.66</f>
+        <f>J35*3134.16</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
-        <v>886006</v>
+        <v>886004</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="G36" s="2">
         <v>2</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="str">
-        <f>J36*3104.41</f>
+        <f>J36*3305.23</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
-        <v>886007</v>
+        <v>886005</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="G37" s="2">
         <v>2</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="str">
-        <f>J37*3483.73</f>
+        <f>J37*3831.80</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
-        <v>886008</v>
+        <v>886006</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="G38" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="str">
-        <f>J38*3085.08</f>
+        <f>J38*3345.39</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
-        <v>886009</v>
+        <v>886007</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="G39" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="str">
-        <f>J39*2769.73</f>
+        <f>J39*3755.94</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
-        <v>886010</v>
+        <v>886008</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="G40" s="2">
         <v>2</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="str">
-        <f>J40*2899.14</f>
+        <f>J40*3324.56</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
-        <v>886011</v>
+        <v>886009</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="G41" s="2">
         <v>2</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="str">
-        <f>J41*3870.48</f>
+        <f>J41*2992.85</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
-        <v>886012</v>
+        <v>886010</v>
       </c>
       <c r="C42" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E42" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="F42" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="G42" s="2">
+        <v>2</v>
+      </c>
+      <c r="H42" s="2">
+        <v>0</v>
+      </c>
+      <c r="I42" s="1">
+        <v>0</v>
+      </c>
+      <c r="J42" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K42" s="2" t="str">
+        <f>J42*3131.19</f>
+        <v>0</v>
+      </c>
+      <c r="L42" s="5"/>
+    </row>
+    <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A43" s="1"/>
+      <c r="B43" s="1">
+        <v>886011</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="D43" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="D42" s="1" t="s">
+      <c r="E43" s="2" t="s">
         <v>163</v>
       </c>
-      <c r="E42" s="2" t="s">
-[...36 lines deleted...]
-      <c r="K43" s="8"/>
+      <c r="F43" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="G43" s="2">
+        <v>1</v>
+      </c>
+      <c r="H43" s="2">
+        <v>0</v>
+      </c>
+      <c r="I43" s="1">
+        <v>0</v>
+      </c>
+      <c r="J43" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K43" s="2" t="str">
+        <f>J43*4278.05</f>
+        <v>0</v>
+      </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
+        <v>886012</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="E44" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="F44" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="G44" s="2">
+        <v>4</v>
+      </c>
+      <c r="H44" s="2">
+        <v>0</v>
+      </c>
+      <c r="I44" s="1">
+        <v>0</v>
+      </c>
+      <c r="J44" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K44" s="2" t="str">
+        <f>J44*5108.08</f>
+        <v>0</v>
+      </c>
+      <c r="L44" s="5"/>
+    </row>
+    <row r="45" spans="1:12" outlineLevel="2">
+      <c r="A45" s="8" t="s">
+        <v>168</v>
+      </c>
+      <c r="B45" s="8"/>
+      <c r="C45" s="8"/>
+      <c r="D45" s="8"/>
+      <c r="E45" s="8"/>
+      <c r="F45" s="8"/>
+      <c r="G45" s="8"/>
+      <c r="H45" s="8"/>
+      <c r="I45" s="8"/>
+      <c r="J45" s="8"/>
+      <c r="K45" s="8"/>
+      <c r="L45" s="5"/>
+    </row>
+    <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A46" s="1"/>
+      <c r="B46" s="1">
         <v>885128</v>
       </c>
-      <c r="C44" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E44" s="2" t="s">
+      <c r="C46" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="F44" s="2" t="s">
+      <c r="D46" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="G44" s="2">
+      <c r="E46" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="F46" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="G46" s="2">
+        <v>6</v>
+      </c>
+      <c r="H46" s="2">
+        <v>0</v>
+      </c>
+      <c r="I46" s="1">
+        <v>0</v>
+      </c>
+      <c r="J46" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K46" s="2" t="str">
+        <f>J46*2109.67</f>
+        <v>0</v>
+      </c>
+      <c r="L46" s="5"/>
+    </row>
+    <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A47" s="1"/>
+      <c r="B47" s="1">
+        <v>885129</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="E47" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="F47" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="G47" s="2">
         <v>7</v>
       </c>
-      <c r="H44" s="2">
-[...47 lines deleted...]
-      <c r="L45" s="5"/>
+      <c r="H47" s="2">
+        <v>0</v>
+      </c>
+      <c r="I47" s="1">
+        <v>0</v>
+      </c>
+      <c r="J47" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K47" s="2" t="str">
+        <f>J47*2313.37</f>
+        <v>0</v>
+      </c>
+      <c r="L47" s="5"/>
+    </row>
+    <row r="48" spans="1:12" outlineLevel="2">
+      <c r="A48" s="8" t="s">
+        <v>177</v>
+      </c>
+      <c r="B48" s="8"/>
+      <c r="C48" s="8"/>
+      <c r="D48" s="8"/>
+      <c r="E48" s="8"/>
+      <c r="F48" s="8"/>
+      <c r="G48" s="8"/>
+      <c r="H48" s="8"/>
+      <c r="I48" s="8"/>
+      <c r="J48" s="8"/>
+      <c r="K48" s="8"/>
+      <c r="L48" s="5"/>
+    </row>
+    <row r="49" spans="1:12" outlineLevel="4">
+      <c r="A49" s="1"/>
+      <c r="B49" s="1">
+        <v>890534</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="E49" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="F49" s="2"/>
+      <c r="G49" s="2">
+        <v>1</v>
+      </c>
+      <c r="H49" s="2">
+        <v>0</v>
+      </c>
+      <c r="I49" s="1">
+        <v>0</v>
+      </c>
+      <c r="J49" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K49" s="2" t="str">
+        <f>J49*0</f>
+        <v>0</v>
+      </c>
+      <c r="L49" s="5"/>
+    </row>
+    <row r="50" spans="1:12" outlineLevel="4">
+      <c r="A50" s="1"/>
+      <c r="B50" s="1">
+        <v>890535</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="E50" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="F50" s="2"/>
+      <c r="G50" s="2">
+        <v>1</v>
+      </c>
+      <c r="H50" s="2">
+        <v>0</v>
+      </c>
+      <c r="I50" s="1">
+        <v>0</v>
+      </c>
+      <c r="J50" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K50" s="2" t="str">
+        <f>J50*0</f>
+        <v>0</v>
+      </c>
+      <c r="L50" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
-    <mergeCell ref="A8:K8"/>
-    <mergeCell ref="A43:K43"/>
+    <mergeCell ref="A10:K10"/>
+    <mergeCell ref="A45:K45"/>
+    <mergeCell ref="A48:K48"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>