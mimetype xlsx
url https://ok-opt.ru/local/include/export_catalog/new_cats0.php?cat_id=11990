--- v0 (2025-12-07)
+++ v1 (2026-03-15)
@@ -17,329 +17,332 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>ПНД - Полиэтиленовые трубы и фитинги</t>
   </si>
   <si>
     <t>ПНД - Фитинги латунные для полиэтиленовых труб</t>
   </si>
   <si>
     <t>ALT-122029</t>
   </si>
   <si>
     <t>T-КДН.А.1.CN</t>
   </si>
   <si>
     <t>Адаптер скважинный TEBO 1" (2/16шт)</t>
   </si>
   <si>
-    <t>3 354.85 руб.</t>
+    <t>5 493.27 руб.</t>
   </si>
   <si>
     <t>&gt;10</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>NAS-410013</t>
   </si>
   <si>
     <t>VER361</t>
   </si>
   <si>
     <t>Скважный адаптер 1" VIEIR (1/12шт)</t>
   </si>
   <si>
-    <t>2 644.78 руб.</t>
+    <t>2 824.76 руб.</t>
   </si>
   <si>
     <t>PND-251001</t>
   </si>
   <si>
     <t>VER362</t>
   </si>
   <si>
     <t>ПНД ЛАТУННАЯ муфта с наружней резьбой 32х1 (5/50шт)</t>
   </si>
   <si>
-    <t>471.54 руб.</t>
+    <t>525.09 руб.</t>
+  </si>
+  <si>
+    <t>&gt;500</t>
   </si>
   <si>
     <t>PND-251002</t>
   </si>
   <si>
     <t>VER363</t>
   </si>
   <si>
     <t>ПНД ЛАТУННАЯ муфта с наружней резьбой 32х1 1/4 (5/40шт)</t>
   </si>
   <si>
-    <t>531.04 руб.</t>
+    <t>516.16 руб.</t>
   </si>
   <si>
     <t>PND-251003</t>
   </si>
   <si>
     <t>VER364</t>
   </si>
   <si>
     <t>ПНД ЛАТУННАЯ муфта с наружней резьбой 40х1 (5/40шт)</t>
   </si>
   <si>
-    <t>658.96 руб.</t>
+    <t>672.35 руб.</t>
   </si>
   <si>
     <t>PND-251004</t>
   </si>
   <si>
     <t>VER365</t>
   </si>
   <si>
     <t>ПНД ЛАТУННАЯ муфта с наружней резьбой 40х1 1/4 (4/36шт)</t>
   </si>
   <si>
-    <t>624.75 руб.</t>
+    <t>636.65 руб.</t>
   </si>
   <si>
     <t>VER-000373</t>
   </si>
   <si>
     <t>VER370</t>
   </si>
   <si>
     <t>ПНД ЛАТУННАЯ муфта с наружней  резьбой 25х3/4 (10/100шт)</t>
   </si>
   <si>
-    <t>272.21 руб.</t>
+    <t>297.50 руб.</t>
+  </si>
+  <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
+    <t>VER-000374</t>
+  </si>
+  <si>
+    <t>VER371</t>
+  </si>
+  <si>
+    <t>ПНД ЛАТУННАЯ муфта с внутр.  резьбой 25х3/4 (10/100шт)</t>
+  </si>
+  <si>
+    <t>334.69 руб.</t>
   </si>
   <si>
     <t>&gt;100</t>
   </si>
   <si>
-    <t>VER-000374</t>
-[...10 lines deleted...]
-  <si>
     <t>VER-000375</t>
   </si>
   <si>
     <t>VER372</t>
   </si>
   <si>
     <t>ПНД ЛАТУННАЯ муфта с внутр.  резьбой 32х1 (5/50шт)</t>
   </si>
   <si>
-    <t>452.20 руб.</t>
+    <t>522.11 руб.</t>
   </si>
   <si>
     <t>VER-000376</t>
   </si>
   <si>
     <t>VER373</t>
   </si>
   <si>
     <t>ПНД ЛАТУННАЯ муфта 32х32 (5/40шт)</t>
   </si>
   <si>
-    <t>612.85 руб.</t>
+    <t>761.60 руб.</t>
   </si>
   <si>
     <t>VER-000377</t>
   </si>
   <si>
     <t>VER374</t>
   </si>
   <si>
     <t>ПНД ЛАТУННЫЙ угольник 25Х25 (5/40шт)</t>
   </si>
   <si>
-    <t>675.33 руб.</t>
-[...2 lines deleted...]
-    <t>&gt;50</t>
+    <t>724.41 руб.</t>
+  </si>
+  <si>
+    <t>&gt;25</t>
   </si>
   <si>
     <t>VER-000378</t>
   </si>
   <si>
     <t>VER375</t>
   </si>
   <si>
     <t>ПНД ЛАТУННЫЙ угольник 32Х32 (2/25шт)</t>
   </si>
   <si>
-    <t>969.85 руб.</t>
+    <t>1 062.08 руб.</t>
   </si>
   <si>
     <t>VER-000379</t>
   </si>
   <si>
     <t>VER376</t>
   </si>
   <si>
     <t>ПНД ЛАТУННЫЙ тройник 32Х32Х32 (2/16шт)</t>
   </si>
   <si>
-    <t>1 271.81 руб.</t>
+    <t>1 297.10 руб.</t>
   </si>
   <si>
     <t>VER-001007</t>
   </si>
   <si>
     <t>VER390</t>
   </si>
   <si>
     <t>Cкваженный адаптер с встроенным сливным клапаном 1" (20/1шт)</t>
   </si>
   <si>
-    <t>3 007.73 руб.</t>
+    <t>3 068.71 руб.</t>
   </si>
   <si>
     <t>VER-001277</t>
   </si>
   <si>
     <t>VER377</t>
   </si>
   <si>
     <t>ПНД ЛАТУННЫЙ угольник 25х3/4 внутр.  резьба (5/60шт)</t>
   </si>
   <si>
-    <t>465.59 руб.</t>
-[...2 lines deleted...]
-    <t>&gt;25</t>
+    <t>534.01 руб.</t>
   </si>
   <si>
     <t>VER-001278</t>
   </si>
   <si>
     <t>VER378</t>
   </si>
   <si>
     <t>ПНД ЛАТУННЫЙ угольник 32х1 внутр.  резьба (5/35шт)</t>
   </si>
   <si>
-    <t>727.39 руб.</t>
+    <t>800.28 руб.</t>
   </si>
   <si>
     <t>VER-001279</t>
   </si>
   <si>
     <t>VER379</t>
   </si>
   <si>
     <t>ПНД ЛАТУННЫЙ угольник 32х1 нар.  резьба (5/40шт)</t>
   </si>
   <si>
-    <t>725.90 руб.</t>
+    <t>792.84 руб.</t>
   </si>
   <si>
     <t>VER-001346</t>
   </si>
   <si>
     <t>VER382</t>
   </si>
   <si>
     <t>Угольник для трубы ПНД 32 x 1"F (40/2шт)</t>
   </si>
   <si>
-    <t>702.10 руб.</t>
+    <t>782.43 руб.</t>
   </si>
   <si>
     <t>VER-001567</t>
   </si>
   <si>
     <t>VER381</t>
   </si>
   <si>
     <t>Угольник для трубы ПНД L32x1''M (40/2шт)</t>
   </si>
   <si>
-    <t>694.66 руб.</t>
+    <t>774.99 руб.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1416,681 +1419,681 @@
       <c r="C4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="2">
         <v>0</v>
       </c>
       <c r="I4" s="1">
         <v>0</v>
       </c>
       <c r="J4" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K4" s="2" t="str">
-        <f>J4*3354.85</f>
+        <f>J4*5493.27</f>
         <v>0</v>
       </c>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>829336</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
-      <c r="I5" s="1" t="s">
-        <v>16</v>
+      <c r="I5" s="1">
+        <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K5" s="2" t="str">
-        <f>J5*2644.78</f>
+        <f>J5*2824.76</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>829337</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="G6" s="2">
-        <v>0</v>
+      <c r="G6" s="2" t="s">
+        <v>26</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K6" s="2" t="str">
-        <f>J6*471.54</f>
+        <f>J6*525.09</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>829338</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G7" s="2">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="1">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K7" s="2" t="str">
-        <f>J7*531.04</f>
+        <f>J7*516.16</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>829339</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G8" s="2">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K8" s="2" t="str">
-        <f>J8*658.96</f>
+        <f>J8*672.35</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>829340</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G9" s="2">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K9" s="2" t="str">
-        <f>J9*624.75</f>
+        <f>J9*636.65</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>878105</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K10" s="2" t="str">
-        <f>J10*272.21</f>
+        <f>J10*297.50</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>878106</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K11" s="2" t="str">
-        <f>J11*312.38</f>
+        <f>J11*334.69</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>878107</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D12" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="E12" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="F12" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="G12" s="2" t="s">
         <v>48</v>
-      </c>
-[...7 lines deleted...]
-        <v>42</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K12" s="2" t="str">
-        <f>J12*452.20</f>
+        <f>J12*522.11</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>878108</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>56</v>
+      </c>
+      <c r="G13" s="2" t="s">
+        <v>16</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K13" s="2" t="str">
-        <f>J13*612.85</f>
+        <f>J13*761.60</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>878109</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K14" s="2" t="str">
-        <f>J14*675.33</f>
+        <f>J14*724.41</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>878110</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>65</v>
+      </c>
+      <c r="G15" s="2">
+        <v>0</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K15" s="2" t="str">
-        <f>J15*969.85</f>
+        <f>J15*1062.08</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>878111</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>69</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>16</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K16" s="2" t="str">
-        <f>J16*1271.81</f>
+        <f>J16*1297.10</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>883906</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>73</v>
+      </c>
+      <c r="G17" s="2" t="s">
+        <v>16</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K17" s="2" t="str">
-        <f>J17*3007.73</f>
+        <f>J17*3068.71</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>885066</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>76</v>
+        <v>61</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K18" s="2" t="str">
-        <f>J18*465.59</f>
+        <f>J18*534.01</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>885067</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>76</v>
+        <v>61</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K19" s="2" t="str">
-        <f>J19*727.39</f>
+        <f>J19*800.28</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>885068</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K20" s="2" t="str">
-        <f>J20*725.90</f>
+        <f>J20*792.84</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>885977</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>76</v>
+        <v>61</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K21" s="2" t="str">
-        <f>J21*702.10</f>
+        <f>J21*782.43</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>885859</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>76</v>
+        <v>61</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K22" s="2" t="str">
-        <f>J22*694.66</f>
+        <f>J22*774.99</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>