--- v0 (2025-12-07)
+++ v1 (2026-03-12)
@@ -16,160 +16,124 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>КОТЛЫ и оборудование для котельных</t>
   </si>
   <si>
     <t>Комплектующие</t>
   </si>
   <si>
-    <t>ARD-100120</t>
+    <t>KIO-700001</t>
+  </si>
+  <si>
+    <t>VRQ22</t>
+  </si>
+  <si>
+    <t>Набор кранов для подкючения газового котла 1/2-3/4 "ViEiR" (16/1шт)</t>
+  </si>
+  <si>
+    <t>2 912.53 руб.</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>SOS-110014</t>
+  </si>
+  <si>
+    <t>BL12</t>
+  </si>
+  <si>
+    <t>Группа безопасности бойлера 1/2"x3/4" 7 бар  (200/10шт)</t>
+  </si>
+  <si>
+    <t>1 368.50 руб.</t>
+  </si>
+  <si>
+    <t>&gt;25</t>
+  </si>
+  <si>
+    <t>TRX-100100</t>
   </si>
   <si>
     <t>fugas (фугас)</t>
   </si>
   <si>
-    <t>Трехходовой клапан  ARDERIA 3/4” с электроприводом для подключ котла к бойлеру кос нагрева</t>
-[...64 lines deleted...]
-  <si>
     <t>Комплект трехход клапана dLine U 3/4 с электроприводом для подключ котла к бойлеру кос нагрева 2°С-9</t>
   </si>
   <si>
     <t>5 966.04 руб.</t>
   </si>
   <si>
     <t>VER-000356</t>
   </si>
   <si>
     <t>VRKT-1</t>
   </si>
   <si>
     <t>Выносной температурный датчик бойлера ГВС для котла, сопротивление-50 кОм (1шт)</t>
   </si>
   <si>
     <t>246.93 руб.</t>
   </si>
   <si>
     <t>VER-000357</t>
   </si>
   <si>
     <t>VRKT-2</t>
   </si>
   <si>
     <t>Выносной температурный датчик для котла (1пара)</t>
@@ -195,51 +159,51 @@
   <si>
     <t>VER-001242</t>
   </si>
   <si>
     <t>VR155</t>
   </si>
   <si>
     <t>Ответный тройник для трёхходового клапана VRKT-3, 3/4"(40/10шт)</t>
   </si>
   <si>
     <t>819.61 руб.</t>
   </si>
   <si>
     <t>&gt;10</t>
   </si>
   <si>
     <t>VER-001318</t>
   </si>
   <si>
     <t>VRDN1-112</t>
   </si>
   <si>
     <t>Магнитный уловитель для гидрострелки 3/4" (120/5шт)</t>
   </si>
   <si>
-    <t>583.10 руб.</t>
+    <t>611.36 руб.</t>
   </si>
   <si>
     <t>VLC-1142002</t>
   </si>
   <si>
     <t>VT.461.N.04</t>
   </si>
   <si>
     <t>Группа безопасности бойлера (группа 1/2 + сифон) (1 /8шт)</t>
   </si>
   <si>
     <t>3 361.00 руб.</t>
   </si>
   <si>
     <t>VLC-1142003</t>
   </si>
   <si>
     <t>VT.461.N.05</t>
   </si>
   <si>
     <t>Группа безопасности бойлера (группа 3/4 + сифон + переходник 3/4*1/2) (1 /8шт)</t>
   </si>
   <si>
     <t>4 082.00 руб.</t>
   </si>
@@ -370,51 +334,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3900bf_823f_11ed_a3a0_047c1617b143_4b3c1c5f_5a46_11f0_a775_047c1617b1431.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3900c1_823f_11ed_a3a0_047c1617b143_ba67344c_f115_11ee_a58b_047c1617b1432.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80abdaae_b35e_11eb_82a7_003048fd731b_d9228659_f1db_11ef_a6e1_047c1617b1433.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a604761_f967_11e9_810b_003048fd731b_4b3c1c58_5a46_11f0_a775_047c1617b1434.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a059416_823c_11ed_a3a0_047c1617b143_4b3c1c63_5a46_11f0_a775_047c1617b1435.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a059418_823c_11ed_a3a0_047c1617b143_4b3c1c57_5a46_11f0_a775_047c1617b1436.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7df682b6_821d_11ed_a3a0_047c1617b143_4b3c1c5c_5a46_11f0_a775_047c1617b1437.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cffffd23_0ae4_11ee_a45c_047c1617b143_d922865c_f1db_11ef_a6e1_047c1617b1438.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cffffd25_0ae4_11ee_a45c_047c1617b143_d922865d_f1db_11ef_a6e1_047c1617b1439.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cffffd27_0ae4_11ee_a45c_047c1617b143_d922865e_f1db_11ef_a6e1_047c1617b14310.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e84721e_afd7_11ef_a68d_047c1617b143_d9228661_f1db_11ef_a6e1_047c1617b14311.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e8472b6_afd7_11ef_a68d_047c1617b143_703303e6_d01e_11f0_a810_047c1617b14312.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2118621c_86a6_11e9_8101_003048fd731b_189ece1c_a59f_11ee_a526_047c1617b14313.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2118621f_86a6_11e9_8101_003048fd731b_189ece20_a59f_11ee_a526_047c1617b14314.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379dc1b6_bcce_11ed_a3f0_047c1617b143_4b3c1c66_5a46_11f0_a775_047c1617b14315.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/410e1ef2_c3cb_11ed_a3f9_047c1617b143_4b3c1c6a_5a46_11f0_a775_047c1617b14316.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80abdaae_b35e_11eb_82a7_003048fd731b_d9228659_f1db_11ef_a6e1_047c1617b1431.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a604761_f967_11e9_810b_003048fd731b_4b3c1c58_5a46_11f0_a775_047c1617b1432.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7df682b6_821d_11ed_a3a0_047c1617b143_4b3c1c5c_5a46_11f0_a775_047c1617b1433.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cffffd23_0ae4_11ee_a45c_047c1617b143_d922865c_f1db_11ef_a6e1_047c1617b1434.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cffffd25_0ae4_11ee_a45c_047c1617b143_d922865d_f1db_11ef_a6e1_047c1617b1435.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cffffd27_0ae4_11ee_a45c_047c1617b143_d922865e_f1db_11ef_a6e1_047c1617b1436.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e84721e_afd7_11ef_a68d_047c1617b143_d9228661_f1db_11ef_a6e1_047c1617b1437.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e8472b6_afd7_11ef_a68d_047c1617b143_703303e6_d01e_11f0_a810_047c1617b1438.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2118621c_86a6_11e9_8101_003048fd731b_189ece1c_a59f_11ee_a526_047c1617b1439.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2118621f_86a6_11e9_8101_003048fd731b_189ece20_a59f_11ee_a526_047c1617b14310.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379dc1b6_bcce_11ed_a3f0_047c1617b143_4b3c1c66_5a46_11f0_a775_047c1617b14311.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/410e1ef2_c3cb_11ed_a3f9_047c1617b143_4b3c1c6a_5a46_11f0_a775_047c1617b14312.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image_4" descr="Image_4"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -735,170 +699,50 @@
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="1143000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="Image_15" descr="Image_15"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...118 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -1152,51 +996,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="0" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L19"/>
+  <dimension ref="A1:L15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="3" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="60" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
     <col min="10" max="10" width="11" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -1204,645 +1048,509 @@
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="4">
-        <f>SUM(J2:J19)</f>
+        <f>SUM(J2:J15)</f>
         <v>0</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="5"/>
     </row>
     <row r="2" spans="1:12">
       <c r="A2" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
       <c r="L2" s="5"/>
     </row>
     <row r="3" spans="1:12" outlineLevel="1">
       <c r="A3" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="7"/>
       <c r="C3" s="7"/>
       <c r="D3" s="7"/>
       <c r="E3" s="7"/>
       <c r="F3" s="7"/>
       <c r="G3" s="7"/>
       <c r="H3" s="7"/>
       <c r="I3" s="7"/>
       <c r="J3" s="7"/>
       <c r="K3" s="7"/>
       <c r="L3" s="5"/>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A4" s="1"/>
       <c r="B4" s="1">
-        <v>873879</v>
+        <v>832517</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H4" s="2">
         <v>0</v>
       </c>
       <c r="I4" s="1">
         <v>0</v>
       </c>
       <c r="J4" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K4" s="2" t="str">
-        <f>J4*7714.98</f>
+        <f>J4*2912.53</f>
         <v>0</v>
       </c>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
-        <v>873880</v>
+        <v>824109</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="D5" s="1"/>
+      <c r="D5" s="1" t="s">
+        <v>18</v>
+      </c>
       <c r="E5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>20</v>
+      </c>
+      <c r="G5" s="2" t="s">
+        <v>21</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K5" s="2" t="str">
-        <f>J5*0.00</f>
+        <f>J5*1368.50</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
-        <v>832517</v>
+        <v>873796</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="G6" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K6" s="2" t="str">
-        <f>J6*2644.78</f>
+        <f>J6*5966.04</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
-        <v>824109</v>
+        <v>878097</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>29</v>
+      </c>
+      <c r="G7" s="2">
+        <v>0</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K7" s="2" t="str">
-        <f>J7*1234.63</f>
+        <f>J7*246.93</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
-        <v>873853</v>
+        <v>878098</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G8" s="2">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="K8" s="2" t="str">
-        <f>J8*4460.50</f>
+        <f>J8*447.74</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
-        <v>873854</v>
+        <v>878099</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="D9" s="1"/>
+        <v>35</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>36</v>
+      </c>
       <c r="E9" s="2" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="G9" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K9" s="2" t="str">
-        <f>J9*196.65</f>
+        <f>J9*5587.05</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
-        <v>873796</v>
+        <v>885047</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>42</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>43</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K10" s="2" t="str">
-        <f>J10*5966.04</f>
+        <f>J10*819.61</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
-        <v>878097</v>
+        <v>885106</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="G11" s="2">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K11" s="2" t="str">
-        <f>J11*246.93</f>
+        <f>J11*611.36</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
-        <v>878098</v>
+        <v>821359</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="G12" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="K12" s="2" t="str">
-        <f>J12*447.74</f>
+        <f>J12*3361.00</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
-        <v>878099</v>
+        <v>821360</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="G13" s="2">
         <v>0</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K13" s="2" t="str">
-        <f>J13*5587.05</f>
+        <f>J13*4082.00</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
-        <v>885047</v>
+        <v>876253</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>59</v>
+      </c>
+      <c r="G14" s="2">
+        <v>0</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K14" s="2" t="str">
-        <f>J14*819.61</f>
+        <f>J14*6330.00</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
-        <v>885106</v>
+        <v>877398</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="G15" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K15" s="2" t="str">
-        <f>J15*583.10</f>
+        <f>J15*7950.00</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
-    </row>
-[...138 lines deleted...]
-      <c r="L19" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">