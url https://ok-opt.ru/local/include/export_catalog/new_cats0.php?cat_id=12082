--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -63,255 +63,255 @@
   <si>
     <t>Удаленный</t>
   </si>
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>Фитинги чугунные</t>
   </si>
   <si>
     <t>Обжимные фитинги VIEIR (ремонтные) из оцинкованного чугуна</t>
   </si>
   <si>
     <t>FCS-150001</t>
   </si>
   <si>
     <t>VR2057</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1/2" вн.р. (64/8шт)</t>
   </si>
   <si>
-    <t>432.86 руб.</t>
+    <t>465.59 руб.</t>
+  </si>
+  <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>FCS-150004</t>
+  </si>
+  <si>
+    <t>VR2063</t>
+  </si>
+  <si>
+    <t>Муфта для соединения стальных и полимерных труб 1 1/4" вн.р. (40/5шт)</t>
+  </si>
+  <si>
+    <t>1 292.64 руб.</t>
+  </si>
+  <si>
+    <t>&gt;25</t>
+  </si>
+  <si>
+    <t>VER-000138</t>
+  </si>
+  <si>
+    <t>VR2059</t>
+  </si>
+  <si>
+    <t>Муфта для соединения стальных и полимерных труб 1/2"x1/2" (64/8шт)</t>
+  </si>
+  <si>
+    <t>687.23 руб.</t>
+  </si>
+  <si>
+    <t>VER-000219</t>
+  </si>
+  <si>
+    <t>VR2060</t>
+  </si>
+  <si>
+    <t>Муфта для соединения стальных и полимерных труб 3/4" вн.р. (64/8шт)</t>
+  </si>
+  <si>
+    <t>565.25 руб.</t>
+  </si>
+  <si>
+    <t>VER-000220</t>
+  </si>
+  <si>
+    <t>VR2061</t>
+  </si>
+  <si>
+    <t>Муфта для соединения стальных и полимерных труб 3/4" нар. р. (64/8шт)</t>
+  </si>
+  <si>
+    <t>592.03 руб.</t>
+  </si>
+  <si>
+    <t>VER-000309</t>
+  </si>
+  <si>
+    <t>VR2062</t>
+  </si>
+  <si>
+    <t>Муфта для соединения стальных и полимерных труб 3/4"X3/4" (64/8шт)</t>
+  </si>
+  <si>
+    <t>895.48 руб.</t>
   </si>
   <si>
     <t>&gt;10</t>
   </si>
   <si>
-    <t>шт</t>
-[...67 lines deleted...]
-  <si>
     <t>VER-000310</t>
   </si>
   <si>
     <t>VR2068</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1"X1"(40/5шт)</t>
   </si>
   <si>
-    <t>1 071.00 руб.</t>
+    <t>1 149.84 руб.</t>
   </si>
   <si>
     <t>VER-000311</t>
   </si>
   <si>
     <t>VR2066</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1" вн.р  (40/5шт)</t>
   </si>
   <si>
-    <t>699.13 руб.</t>
+    <t>752.68 руб.</t>
   </si>
   <si>
     <t>VER-000354</t>
   </si>
   <si>
     <t>VR2067</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1" нар.р. (40/5шт)</t>
   </si>
   <si>
-    <t>769.04 руб.</t>
+    <t>827.05 руб.</t>
   </si>
   <si>
     <t>VER-000518</t>
   </si>
   <si>
     <t>VR2064</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1 1/4" нар (40/1шт)</t>
   </si>
   <si>
-    <t>1 203.39 руб.</t>
+    <t>1 252.48 руб.</t>
   </si>
   <si>
     <t>VER-000936</t>
   </si>
   <si>
     <t>VR2058</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1/2"M (64/8шт)</t>
   </si>
   <si>
-    <t>412.04 руб.</t>
+    <t>441.79 руб.</t>
   </si>
   <si>
     <t>VER-001366</t>
   </si>
   <si>
     <t>VR2115</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1 1/2"F (2/1шт)</t>
   </si>
   <si>
-    <t>1 056.13 руб.</t>
+    <t>1 142.40 руб.</t>
   </si>
   <si>
     <t>VER-001367</t>
   </si>
   <si>
     <t>VR2116</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 2"F (2/1шт)</t>
   </si>
   <si>
-    <t>1 819.21 руб.</t>
+    <t>1 966.48 руб.</t>
   </si>
   <si>
     <t>VER-001368</t>
   </si>
   <si>
     <t>VR2118</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 2"M (2/1шт)</t>
   </si>
   <si>
-    <t>1 887.64 руб.</t>
+    <t>2 040.85 руб.</t>
   </si>
   <si>
     <t>VER-001435</t>
   </si>
   <si>
     <t>VR2117</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1 1/2"M (32/2шт)</t>
   </si>
   <si>
-    <t>1 042.74 руб.</t>
+    <t>1 127.53 руб.</t>
   </si>
   <si>
     <t>VER-001561</t>
   </si>
   <si>
     <t>VR2119</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 1 1/2" (32/1шт)</t>
   </si>
   <si>
-    <t>1 430.98 руб.</t>
+    <t>1 547.00 руб.</t>
   </si>
   <si>
     <t>VER-001562</t>
   </si>
   <si>
     <t>VR2120</t>
   </si>
   <si>
     <t>Муфта для соединения стальных и полимерных труб 2" (16/1шт)</t>
   </si>
   <si>
-    <t>2 783.11 руб.</t>
+    <t>3 009.21 руб.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1316,623 +1316,623 @@
       <c r="G3" s="7"/>
       <c r="H3" s="7"/>
       <c r="I3" s="7"/>
       <c r="J3" s="7"/>
       <c r="K3" s="7"/>
       <c r="L3" s="5"/>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A4" s="1"/>
       <c r="B4" s="1">
         <v>837123</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H4" s="2">
         <v>0</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J4" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K4" s="2" t="str">
-        <f>J4*432.86</f>
+        <f>J4*465.59</f>
         <v>0</v>
       </c>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>837124</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K5" s="2" t="str">
-        <f>J5*1240.58</f>
+        <f>J5*1292.64</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>837314</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G6" s="2">
         <v>8</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K6" s="2" t="str">
-        <f>J6*641.11</f>
+        <f>J6*687.23</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>839818</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G7" s="2" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K7" s="2" t="str">
-        <f>J7*547.40</f>
+        <f>J7*565.25</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>839819</v>
       </c>
       <c r="C8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="D8" s="1" t="s">
+      <c r="E8" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="E8" s="2" t="s">
+      <c r="F8" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="F8" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G8" s="2" t="s">
+      <c r="G8" s="2">
+        <v>-13</v>
+      </c>
+      <c r="H8" s="2">
+        <v>0</v>
+      </c>
+      <c r="I8" s="1" t="s">
         <v>16</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K8" s="2" t="str">
-        <f>J8*574.18</f>
+        <f>J8*592.03</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>871403</v>
       </c>
       <c r="C9" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="D9" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="D9" s="1" t="s">
+      <c r="E9" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="F9" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="F9" s="2" t="s">
+      <c r="G9" s="2" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K9" s="2" t="str">
-        <f>J9*834.49</f>
+        <f>J9*895.48</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>871404</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K10" s="2" t="str">
-        <f>J10*1071.00</f>
+        <f>J10*1149.84</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>871405</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G11" s="2">
         <v>0</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K11" s="2" t="str">
-        <f>J11*699.13</f>
+        <f>J11*752.68</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>873883</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>48</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G12" s="2">
         <v>0</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K12" s="2" t="str">
-        <f>J12*769.04</f>
+        <f>J12*827.05</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>879370</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K13" s="2" t="str">
-        <f>J13*1203.39</f>
+        <f>J13*1252.48</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>884661</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>57</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="G14" s="2">
-        <v>1</v>
+      <c r="G14" s="2" t="s">
+        <v>39</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K14" s="2" t="str">
-        <f>J14*412.04</f>
+        <f>J14*441.79</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>885989</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>61</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K15" s="2" t="str">
-        <f>J15*1056.13</f>
+        <f>J15*1142.40</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>885990</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>65</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>66</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G16" s="2">
         <v>8</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K16" s="2" t="str">
-        <f>J16*1819.21</f>
+        <f>J16*1966.48</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>885991</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>69</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G17" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K17" s="2" t="str">
-        <f>J17*1887.64</f>
+        <f>J17*2040.85</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>886034</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K18" s="2" t="str">
-        <f>J18*1042.74</f>
+        <f>J18*1127.53</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>886089</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>77</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G19" s="2">
         <v>0</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K19" s="2" t="str">
-        <f>J19*1430.98</f>
+        <f>J19*1547.00</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>886090</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>80</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>81</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>82</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>83</v>
       </c>
       <c r="G20" s="2">
         <v>0</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K20" s="2" t="str">
-        <f>J20*2783.11</f>
+        <f>J20*3009.21</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>