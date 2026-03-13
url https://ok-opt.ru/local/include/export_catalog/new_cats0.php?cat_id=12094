--- v0 (2025-12-07)
+++ v1 (2026-03-13)
@@ -142,63 +142,63 @@
   <si>
     <t>Фильтра-дешламаторы VIEIR</t>
   </si>
   <si>
     <t>FIO-990001</t>
   </si>
   <si>
     <t>VR1140</t>
   </si>
   <si>
     <t xml:space="preserve">Фильтр-дешламатор вн-вн 1/2 "VIEIR" пластик корпус, вертик и горизон подключение (10/1шт) </t>
   </si>
   <si>
     <t>4 179.88 руб.</t>
   </si>
   <si>
     <t>FIO-990002</t>
   </si>
   <si>
     <t>VR1141</t>
   </si>
   <si>
     <t xml:space="preserve">Фильтр-дешламатор вн-вн 3/4 "VIEIR" пластик корпус, вертик и горизон подключение (10/1шт) </t>
   </si>
   <si>
-    <t>4 148.64 руб.</t>
+    <t>4 327.14 руб.</t>
   </si>
   <si>
     <t>FIO-990003</t>
   </si>
   <si>
     <t>VR1142</t>
   </si>
   <si>
     <t xml:space="preserve">Фильтр-дешламатор вн-вн 1 "VIEIR" пластик корпус, вертик и горизон подключение (10/1шт) </t>
   </si>
   <si>
-    <t>4 459.53 руб.</t>
+    <t>4 649.93 руб.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1184,98 +1184,98 @@
       </c>
       <c r="K11" s="2" t="str">
         <f>J11*4179.88</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>832515</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G12" s="2">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K12" s="2" t="str">
-        <f>J12*4148.64</f>
+        <f>J12*4327.14</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>832516</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G13" s="2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K13" s="2" t="str">
-        <f>J13*4459.53</f>
+        <f>J13*4649.93</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A10:K10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>