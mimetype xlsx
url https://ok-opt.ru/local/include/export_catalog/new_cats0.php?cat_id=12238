--- v0 (2025-12-07)
+++ v1 (2026-03-12)
@@ -169,57 +169,57 @@
   <si>
     <t>844.31 руб.</t>
   </si>
   <si>
     <t>KIO-320003</t>
   </si>
   <si>
     <t>ТЭН 1,5 кВт с терморегулятором 1 1/4</t>
   </si>
   <si>
     <t>KIO-320004</t>
   </si>
   <si>
     <t>ТЭН 2,0 кВт с терморегулятором 1 1/4</t>
   </si>
   <si>
     <t>KIO-320005</t>
   </si>
   <si>
     <t>ТЭН 2,5 кВт с терморегулятором 1 1/4</t>
   </si>
   <si>
     <t>1 052.44 руб.</t>
   </si>
   <si>
+    <t>KIO-320006</t>
+  </si>
+  <si>
+    <t>ТЭН 3,0 кВт с терморегулятором 1 1/4</t>
+  </si>
+  <si>
     <t>&gt;10</t>
-  </si>
-[...4 lines deleted...]
-    <t>ТЭН 3,0 кВт с терморегулятором 1 1/4</t>
   </si>
   <si>
     <t>KIO-320007</t>
   </si>
   <si>
     <t>ТЭН 3,5 кВт с терморегулятором 1 1/4</t>
   </si>
   <si>
     <t>KIO-320008</t>
   </si>
   <si>
     <t>ТЭН 4,0 кВт с терморегулятором 1 1/4</t>
   </si>
   <si>
     <t>KIO-320009</t>
   </si>
   <si>
     <t>уплотнительная прокладка RDT D42мм круглый профиль</t>
   </si>
   <si>
     <t>93.84 руб.</t>
   </si>
   <si>
     <t>KIO-320010</t>
   </si>
@@ -5473,51 +5473,51 @@
       <c r="E14" s="9"/>
       <c r="F14" s="9"/>
       <c r="G14" s="9"/>
       <c r="H14" s="9"/>
       <c r="I14" s="9"/>
       <c r="J14" s="9"/>
       <c r="K14" s="9"/>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>819072</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D15" s="1"/>
       <c r="E15" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G15" s="2">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K15" s="2" t="str">
         <f>J15*844.31</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>819073</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D16" s="1"/>
@@ -5539,150 +5539,150 @@
       <c r="J16" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K16" s="2" t="str">
         <f>J16*844.31</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>819074</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D17" s="1"/>
       <c r="E17" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G17" s="2">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K17" s="2" t="str">
         <f>J17*844.31</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>819075</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D18" s="1"/>
       <c r="E18" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="G18" s="2" t="s">
-        <v>50</v>
+      <c r="G18" s="2">
+        <v>0</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K18" s="2" t="str">
         <f>J18*1052.44</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>819076</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="D19" s="1"/>
       <c r="E19" s="2" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K19" s="2" t="str">
         <f>J19*1052.44</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>819077</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D20" s="1"/>
       <c r="E20" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="G20" s="2" t="s">
-        <v>50</v>
+      <c r="G20" s="2">
+        <v>5</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K20" s="2" t="str">
         <f>J20*1052.44</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>819078</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D21" s="1"/>