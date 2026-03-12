--- v0 (2025-12-07)
+++ v1 (2026-03-12)
@@ -1114,51 +1114,51 @@
       <c r="E11" s="8"/>
       <c r="F11" s="8"/>
       <c r="G11" s="8"/>
       <c r="H11" s="8"/>
       <c r="I11" s="8"/>
       <c r="J11" s="8"/>
       <c r="K11" s="8"/>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>873881</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D12" s="1"/>
       <c r="E12" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G12" s="2">
-        <v>-1</v>
+        <v>-3</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K12" s="2" t="str">
         <f>J12*3088.26</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A11:K11"/>
   </mergeCells>