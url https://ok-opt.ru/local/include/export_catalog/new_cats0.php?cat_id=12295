--- v0 (2025-10-19)
+++ v1 (2026-01-29)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="592">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="593">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
@@ -313,126 +313,126 @@
   <si>
     <t>-Труба PEX-a EVOH 20х2,8 Plast orange (бухта 300 м)</t>
   </si>
   <si>
     <t>УТ000001717</t>
   </si>
   <si>
     <t>-Труба PEX-a EVOH 16х2,2 Plast orange (бухта 200 м)</t>
   </si>
   <si>
     <t>56.59 руб.</t>
   </si>
   <si>
     <t>Гибкие трубы для унитазов VIEIR</t>
   </si>
   <si>
     <t>SIP-450001</t>
   </si>
   <si>
     <t>VP30</t>
   </si>
   <si>
     <t>Удлинитель гибкий раздвижной 230-440мм для унитаза 110мм</t>
   </si>
   <si>
-    <t>502.97 руб.</t>
+    <t>467.08 руб.</t>
   </si>
   <si>
     <t>SIP-450003</t>
   </si>
   <si>
     <t>SG21</t>
   </si>
   <si>
     <t>Манжета для унитаза прямая</t>
   </si>
   <si>
-    <t>166.66 руб.</t>
+    <t>165.11 руб.</t>
   </si>
   <si>
     <t>SIP-450004</t>
   </si>
   <si>
     <t>SG22</t>
   </si>
   <si>
     <t>Манжета для унитаза эксцентрическая</t>
   </si>
   <si>
-    <t>183.03 руб.</t>
+    <t>181.48 руб.</t>
   </si>
   <si>
     <t>Коллектора полипропилен VIEIR</t>
   </si>
   <si>
     <t>FRK-230001</t>
   </si>
   <si>
     <t>VER717-2</t>
   </si>
   <si>
     <t>Коллектор PPR с отсечными кранами 32 вн. х 2 вых. 20 вн. (кр+син) (1/70шт)</t>
   </si>
   <si>
-    <t>449.40 руб.</t>
+    <t>449.23 руб.</t>
   </si>
   <si>
     <t>FRK-230002</t>
   </si>
   <si>
     <t>VER717-3</t>
   </si>
   <si>
     <t>Коллектор PPR с отсечными кранами 32 вн. х 3 вых. 20 вн. (кр+син) (1/60шт)</t>
   </si>
   <si>
-    <t>668.14 руб.</t>
+    <t>667.89 руб.</t>
   </si>
   <si>
     <t>FRK-230003</t>
   </si>
   <si>
     <t>VER717-4</t>
   </si>
   <si>
     <t>Коллектор PPR с отсечными кранами 32 вн. х 4 вых. 20 вн. (кр+син) (1/50шт)</t>
   </si>
   <si>
-    <t>883.91 руб.</t>
+    <t>883.58 руб.</t>
   </si>
   <si>
     <t>FRK-230004</t>
   </si>
   <si>
     <t>VER717-5</t>
   </si>
   <si>
     <t>Коллектор PPR с отсечными кранами 32 вн. х 5 вых. 20 вн. (кр+син) (1/40шт)</t>
   </si>
   <si>
-    <t>1 056.53 руб.</t>
+    <t>1 056.13 руб.</t>
   </si>
   <si>
     <t>комплектующие для смесителей</t>
   </si>
   <si>
     <t>MAV-111044</t>
   </si>
   <si>
     <t>Пробка для ванны с цепочкой 29см, резина, d4,5см</t>
   </si>
   <si>
     <t>23.24 руб.</t>
   </si>
   <si>
     <t>SMS-311002</t>
   </si>
   <si>
     <t>- Дивертор шаровой</t>
   </si>
   <si>
     <t>185.00 руб.</t>
   </si>
   <si>
     <t>SMS-311005</t>
   </si>
@@ -517,1083 +517,1086 @@
   <si>
     <t>SMS-340021</t>
   </si>
   <si>
     <t>Излив для кухни гибкий, желтый OUTE</t>
   </si>
   <si>
     <t>SMS-351001</t>
   </si>
   <si>
     <t>Картридж керамический 35мм</t>
   </si>
   <si>
     <t>99.46 руб.</t>
   </si>
   <si>
     <t>SMS-351002</t>
   </si>
   <si>
     <t>Картридж керамический 40мм</t>
   </si>
   <si>
     <t>56.00 руб.</t>
   </si>
   <si>
+    <t>SMS-351006</t>
+  </si>
+  <si>
+    <t>- Кран-букса 1/2 керамич. Rain к сериям 500 (к ручкам 03,16), под квадрат, цена за 1шт</t>
+  </si>
+  <si>
+    <t>113.96 руб.</t>
+  </si>
+  <si>
+    <t>SMS-351007</t>
+  </si>
+  <si>
+    <t>- Кран-букса 1/2 керамич. Rain к сериям 500 (к ручкам 12,09,04), вращение 90 грд., цена за 1шт</t>
+  </si>
+  <si>
+    <t>62.72 руб.</t>
+  </si>
+  <si>
+    <t>SMS-351012</t>
+  </si>
+  <si>
+    <t>Кран-букса 1/2 керамич. под квадрат, цена за 1шт</t>
+  </si>
+  <si>
+    <t>95.31 руб.</t>
+  </si>
+  <si>
+    <t>SMS-351013</t>
+  </si>
+  <si>
+    <t>- Кран-букса 1/2 керамич. под крест 24шл, цена за 1шт</t>
+  </si>
+  <si>
+    <t>53.76 руб.</t>
+  </si>
+  <si>
+    <t>SMS-351015</t>
+  </si>
+  <si>
+    <t>Кран-букса 18х1 керамич. (Рос) 033, цена за 1шт</t>
+  </si>
+  <si>
+    <t>120.18 руб.</t>
+  </si>
+  <si>
+    <t>SMS-351016</t>
+  </si>
+  <si>
+    <t>- Кран-букса 18х1 резина (Рос) 036, цена за 1шт</t>
+  </si>
+  <si>
+    <t>63.84 руб.</t>
+  </si>
+  <si>
+    <t>&gt;25</t>
+  </si>
+  <si>
+    <t>SMS-351017</t>
+  </si>
+  <si>
+    <t>- Кран-букса 18х1 резина под крест (Рос) 036-1, цена за 1шт</t>
+  </si>
+  <si>
+    <t>40.00 руб.</t>
+  </si>
+  <si>
+    <t>SMS-351021</t>
+  </si>
+  <si>
+    <t>- Кран-букса 3/8 резина под квадрат, цена за 1шт</t>
+  </si>
+  <si>
+    <t>24.00 руб.</t>
+  </si>
+  <si>
+    <t>SMS-380050</t>
+  </si>
+  <si>
+    <t>Аэратор для излива металл (нар. резьба) (1/20шт)</t>
+  </si>
+  <si>
+    <t>35.37 руб.</t>
+  </si>
+  <si>
+    <t>SMS-380051</t>
+  </si>
+  <si>
+    <t>Аэратор для излива металл (вн. резьба) (1/20шт)</t>
+  </si>
+  <si>
+    <t>SMS-381003</t>
+  </si>
+  <si>
+    <t>Аэратор для смесителя поворотный с регулировкой давления, потока и экономией расхода воды</t>
+  </si>
+  <si>
+    <t>60.48 руб.</t>
+  </si>
+  <si>
+    <t>SMS-381004</t>
+  </si>
+  <si>
+    <t>Аэратор для смесителя, на шланге, поворотный, нерж сталь, ПВХ, ABS</t>
+  </si>
+  <si>
+    <t>88.48 руб.</t>
+  </si>
+  <si>
+    <t>Краны водоразборные СК</t>
+  </si>
+  <si>
+    <t>ZAP-111001</t>
+  </si>
+  <si>
+    <t>Кран водоразборный Ду 15 ручка вентиль Латунь (2/160 шт)</t>
+  </si>
+  <si>
+    <t>288.01 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-111002</t>
+  </si>
+  <si>
+    <t>Кран водоразборный кор. излив, крест, со штуцером, 1/2" металл ХРОМ (5/120 шт)</t>
+  </si>
+  <si>
+    <t>144.48 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-111003</t>
+  </si>
+  <si>
+    <t>Кран водоразборный кор. излив, ручка хром курок, 1/2" металл ХРОМ (5/120 шт)</t>
+  </si>
+  <si>
+    <t>184.80 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-111004</t>
+  </si>
+  <si>
+    <t>Кран водоразборный кор. излив, ручка хром  крест с аэратором, 1/2" металл ХРОМ (5/120 шт)</t>
+  </si>
+  <si>
+    <t>155.68 руб.</t>
+  </si>
+  <si>
+    <t>ZAP-111005</t>
+  </si>
+  <si>
+    <t>Кран водоразборный кор. излив, ручка белый пластик, 1/2" металл ХРОМ</t>
+  </si>
+  <si>
+    <t>УТ000001381</t>
+  </si>
+  <si>
+    <t>Кран шаровый угловой для подкл. ст. приборов с отражателем, 1/2"х3/4", НР-НР, хром</t>
+  </si>
+  <si>
+    <t>135.00 руб.</t>
+  </si>
+  <si>
+    <t>Краны шаровые Эконом</t>
+  </si>
+  <si>
+    <t>ZAP-331001</t>
+  </si>
+  <si>
+    <t>Кран шар. 1/2" вн/вн, бабочка для холодной воды (10/240 шт)</t>
+  </si>
+  <si>
+    <t>ZAP-331003</t>
+  </si>
+  <si>
+    <t>Кран шар. 1/2" вн/нар, бабочка для холодной воды (10/240 шт)</t>
+  </si>
+  <si>
+    <t>50.00 руб.</t>
+  </si>
+  <si>
+    <t>ппр фитинги vieir</t>
+  </si>
+  <si>
+    <t>FRK-230005</t>
+  </si>
+  <si>
+    <t>VER718-2</t>
+  </si>
+  <si>
+    <t>Коллектор PPR с отсечными кранами 40 вн. х 2 вых. 20 вн. (кр+син) (1/70шт)</t>
+  </si>
+  <si>
+    <t>511.70 руб.</t>
+  </si>
+  <si>
+    <t>FRK-230006</t>
+  </si>
+  <si>
+    <t>VER718-3</t>
+  </si>
+  <si>
+    <t>Коллектор PPR с отсечными кранами 40 вн. х 3 вых. 20 вн. (кр+син) (1/60шт)</t>
+  </si>
+  <si>
+    <t>917.79 руб.</t>
+  </si>
+  <si>
+    <t>FRK-230007</t>
+  </si>
+  <si>
+    <t>VER718-4</t>
+  </si>
+  <si>
+    <t>Коллектор PPR с отсечными кранами 40 вн. х 4 вых. 20 вн. (кр+син) (1/50шт)</t>
+  </si>
+  <si>
+    <t>828.54 руб.</t>
+  </si>
+  <si>
+    <t>FRK-230008</t>
+  </si>
+  <si>
+    <t>VER718-5</t>
+  </si>
+  <si>
+    <t>Коллектор PPR с отсечными кранами 40 вн. х 5 вых. 20 вн. (кр+син) (1/40шт)</t>
+  </si>
+  <si>
+    <t>989.19 руб.</t>
+  </si>
+  <si>
+    <t>Трубы полипропиленовые VIEIR</t>
+  </si>
+  <si>
+    <t>PPR-160001</t>
+  </si>
+  <si>
+    <t>VREA20</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN20 20мм армир. алюминием (4/200м)</t>
+  </si>
+  <si>
+    <t>99.66 руб.</t>
+  </si>
+  <si>
+    <t>&gt;100</t>
+  </si>
+  <si>
+    <t>PPR-160002</t>
+  </si>
+  <si>
+    <t>VREA25</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN20 25мм армир. алюминием (4/140м)</t>
+  </si>
+  <si>
+    <t>130.90 руб.</t>
+  </si>
+  <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
+    <t>PPR-160003</t>
+  </si>
+  <si>
+    <t>VREA32</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN20 32мм армир. алюминием (4/80м)</t>
+  </si>
+  <si>
+    <t>200.81 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160004</t>
+  </si>
+  <si>
+    <t>VREA40</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN20 40мм армир. алюминием (4/60м)</t>
+  </si>
+  <si>
+    <t>316.84 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160005</t>
+  </si>
+  <si>
+    <t>VREA50</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN20 50мм армир. алюминием (4/40м)</t>
+  </si>
+  <si>
+    <t>520.63 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160006</t>
+  </si>
+  <si>
+    <t>VREA63</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN20 63мм армир. алюминием (4/30м)</t>
+  </si>
+  <si>
+    <t>783.91 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160007</t>
+  </si>
+  <si>
+    <t>VRFA20</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN25 20мм армир. АЛЮМИНИЕМ (4/200м)</t>
+  </si>
+  <si>
+    <t>PPR-160008</t>
+  </si>
+  <si>
+    <t>VRFA25</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN25 25мм армир. АЛЮМИНИЕМ (4/140м)</t>
+  </si>
+  <si>
+    <t>156.19 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160009</t>
+  </si>
+  <si>
+    <t>VRFA32</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN25 32мм армир. АЛЮМИНИЕМ (4/80м)</t>
+  </si>
+  <si>
+    <t>249.90 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160010</t>
+  </si>
+  <si>
+    <t>VRFA40</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN25 40мм армир. АЛЮМИНИЕМ (4/60м)</t>
+  </si>
+  <si>
+    <t>374.85 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160011</t>
+  </si>
+  <si>
+    <t>VRFA50</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN25 50мм армир. АЛЮМИНИЕМ (4/40м)</t>
+  </si>
+  <si>
+    <t>769.04 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160012</t>
+  </si>
+  <si>
+    <t>VRFA63</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN25 63мм армир. АЛЮМИНИЕМ (4/30м)</t>
+  </si>
+  <si>
+    <t>1 035.30 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160013</t>
+  </si>
+  <si>
+    <t>VREB20</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN20 20мм армир. стекловолокном (4/200м)</t>
+  </si>
+  <si>
+    <t>92.23 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160014</t>
+  </si>
+  <si>
+    <t>VREB25</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN20 25мм армир. стекловолокном (4/140м)</t>
+  </si>
+  <si>
+    <t>138.34 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160015</t>
+  </si>
+  <si>
+    <t>VREB32</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN20 32мм армир. стекловолокном (4/80м)</t>
+  </si>
+  <si>
+    <t>226.10 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160016</t>
+  </si>
+  <si>
+    <t>VREB40</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN20 40мм армир. стекловолокном (4/60м)</t>
+  </si>
+  <si>
+    <t>349.56 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160017</t>
+  </si>
+  <si>
+    <t>VREB50</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN20 50мм армир. стекловолокном (4/40м)</t>
+  </si>
+  <si>
+    <t>450.71 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160018</t>
+  </si>
+  <si>
+    <t>VRFB20</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN25 20мм армир. СТЕКЛОВОЛОКНОМ (4/200м)</t>
+  </si>
+  <si>
+    <t>105.61 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160019</t>
+  </si>
+  <si>
+    <t>VRFB25</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN25 25мм армир. СТЕКЛОВОЛОКНОМ (4/140м)</t>
+  </si>
+  <si>
+    <t>162.14 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160020</t>
+  </si>
+  <si>
+    <t>VRFB32</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN25 32мм армир. СТЕКЛОВОЛОКНОМ (4/80м)</t>
+  </si>
+  <si>
+    <t>224.61 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160021</t>
+  </si>
+  <si>
+    <t>VRFB40</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN25 40мм армир. СТЕКЛОВОЛОКНОМ (4/60м)</t>
+  </si>
+  <si>
+    <t>342.13 руб.</t>
+  </si>
+  <si>
+    <t>PPR-160022</t>
+  </si>
+  <si>
+    <t>VRFB50</t>
+  </si>
+  <si>
+    <t>Труба полипропиленовая PN25 50мм армир. СТЕКЛОВОЛОКНОМ (4/40м)</t>
+  </si>
+  <si>
+    <t>566.74 руб.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фитинги канализационные серые </t>
+  </si>
+  <si>
+    <t>KAN-201001</t>
+  </si>
+  <si>
+    <t>Заглушка канализационная DN 50 (800шт)</t>
+  </si>
+  <si>
+    <t>8.01 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201002</t>
+  </si>
+  <si>
+    <t>Заглушка канализационная DN 110 (200шт)</t>
+  </si>
+  <si>
+    <t>30.00 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201003</t>
+  </si>
+  <si>
+    <t>Зонт вытяжной канализационный DN 50 (70шт)</t>
+  </si>
+  <si>
+    <t>60.40 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201004</t>
+  </si>
+  <si>
+    <t>Зонт вытяжной канализационный DN 110 (60шт)</t>
+  </si>
+  <si>
+    <t>KAN-201005</t>
+  </si>
+  <si>
+    <t>Клапан вакуумный (аэратор) серый канализационный DN50 (80шт)</t>
+  </si>
+  <si>
+    <t>31.66 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201006</t>
+  </si>
+  <si>
+    <t>Клапан вакуумный (аэратор) серый канализационный DN110 (26шт)</t>
+  </si>
+  <si>
+    <t>0.00 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201007</t>
+  </si>
+  <si>
+    <t>Крестовина канализационная DN 50 (70шт)</t>
+  </si>
+  <si>
+    <t>41.75 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201008</t>
+  </si>
+  <si>
+    <t>Крестовина канализационная DN 110 (15шт)</t>
+  </si>
+  <si>
+    <t>80.00 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201009</t>
+  </si>
+  <si>
+    <t>Крестовина канализационная 45 град. DN 50 (70шт)</t>
+  </si>
+  <si>
+    <t>54.51 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201010</t>
+  </si>
+  <si>
+    <t>Крестовина канализационная 45 град. DN 110 (15шт)</t>
+  </si>
+  <si>
+    <t>289.49 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201011</t>
+  </si>
+  <si>
+    <t>Крестовина канализационная перех. DN 110х50х50 (30шт)</t>
+  </si>
+  <si>
+    <t>100.00 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201012</t>
+  </si>
+  <si>
+    <t>Крестовина канализационная перех. DN 110х110х50 (30шт)</t>
+  </si>
+  <si>
+    <t>KAN-201013</t>
+  </si>
+  <si>
+    <t>Крестовина канализационная двухплоскост. DN 110х110х50 правая (20шт)</t>
+  </si>
+  <si>
+    <t>120.50 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201014</t>
+  </si>
+  <si>
+    <t>Крестовина канализационная двухплоскост. DN 110х110х50 левая (20шт)</t>
+  </si>
+  <si>
+    <t>KAN-201015</t>
+  </si>
+  <si>
+    <t>Муфта канализационная DN 50 (200шт)</t>
+  </si>
+  <si>
+    <t>33.00 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201016</t>
+  </si>
+  <si>
+    <t>Муфта канализационная DN 110 (60шт)</t>
+  </si>
+  <si>
+    <t>KAN-201017</t>
+  </si>
+  <si>
+    <t>Муфта канализационная ремонтная переходная чугун-пластик DN 110 (48шт)</t>
+  </si>
+  <si>
+    <t>435.78 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201018</t>
+  </si>
+  <si>
+    <t>Отвод канализационный 45 град. DN 50 (150шт)</t>
+  </si>
+  <si>
+    <t>32.76 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201019</t>
+  </si>
+  <si>
+    <t>Отвод канализационный 90 град. DN 50 (150шт)</t>
+  </si>
+  <si>
+    <t>KAN-201020</t>
+  </si>
+  <si>
+    <t>Отвод канализационный 45 град. DN 110 (50шт)</t>
+  </si>
+  <si>
+    <t>KAN-201021</t>
+  </si>
+  <si>
+    <t>Отвод канализационный 90 град. DN 110 (40шт)</t>
+  </si>
+  <si>
+    <t>51.24 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201022</t>
+  </si>
+  <si>
+    <t>Патрубок компенсационный канализационный DN 50 (50шт)</t>
+  </si>
+  <si>
+    <t>62.17 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201023</t>
+  </si>
+  <si>
+    <t>Патрубок компенсационный канализационный DN 110 (30шт)</t>
+  </si>
+  <si>
+    <t>134.48 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201024</t>
+  </si>
+  <si>
+    <t>Переход канализационный DN 110x50 (100шт)</t>
+  </si>
+  <si>
+    <t>34.51 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201025</t>
+  </si>
+  <si>
+    <t>Ревизия канализационная с крышкой DN 50 (50шт)</t>
+  </si>
+  <si>
+    <t>40.30 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201026</t>
+  </si>
+  <si>
+    <t>Ревизия канализационная с крышкой DN 110 (20шт)</t>
+  </si>
+  <si>
+    <t>230.43 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201027</t>
+  </si>
+  <si>
+    <t>Тройник канализационный 45 град. DN 50 (70шт)</t>
+  </si>
+  <si>
+    <t>25.00 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201028</t>
+  </si>
+  <si>
+    <t>Тройник канализационный 45 град. DN 110 (20шт)</t>
+  </si>
+  <si>
+    <t>85.00 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201029</t>
+  </si>
+  <si>
+    <t>Тройник канализационный 90 град. DN 50 (70шт)</t>
+  </si>
+  <si>
+    <t>25.91 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201030</t>
+  </si>
+  <si>
+    <t>Тройник канализационный 90 град. DN 110 (20шт)</t>
+  </si>
+  <si>
+    <t>KAN-201031</t>
+  </si>
+  <si>
+    <t>Тройник канализационный перех. 45 град. DN 110х50 (25шт)</t>
+  </si>
+  <si>
+    <t>67.49 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201032</t>
+  </si>
+  <si>
+    <t>Тройник канализационный перех. 90 град. DN 110х50 (25шт)</t>
+  </si>
+  <si>
+    <t>KAN-201033</t>
+  </si>
+  <si>
+    <t>Тройник канализационный перех. универсал. 90 град. DN 110х50 вверх (20шт)</t>
+  </si>
+  <si>
+    <t>KAN-201034</t>
+  </si>
+  <si>
+    <t>Тройник канализационный перех. универсал. 90 град. DN 110х50 назад (20шт)</t>
+  </si>
+  <si>
+    <t>92.88 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201035</t>
+  </si>
+  <si>
+    <t>Тройник канализационный перех. универсал. 90 град. DN 110х50 правый (20шт)</t>
+  </si>
+  <si>
+    <t>182.98 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201036</t>
+  </si>
+  <si>
+    <t>Тройник канализационный перех. универсал. 90 град. DN 110х50 левый (20шт)</t>
+  </si>
+  <si>
+    <t>93.82 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201037</t>
+  </si>
+  <si>
+    <t>Хомут канализационный DN 50 (100шт)</t>
+  </si>
+  <si>
+    <t>10.72 руб.</t>
+  </si>
+  <si>
+    <t>KAN-201038</t>
+  </si>
+  <si>
+    <t>Хомут канализационный DN 110 (120шт)</t>
+  </si>
+  <si>
+    <t>32.35 руб.</t>
+  </si>
+  <si>
+    <t>Циркуляционые насосы ONDO</t>
+  </si>
+  <si>
+    <t>NAS-250001</t>
+  </si>
+  <si>
+    <t>Насос циркуляционный Ondo 25/4 180мм (1/8 шт)</t>
+  </si>
+  <si>
+    <t>2 487.26 руб.</t>
+  </si>
+  <si>
+    <t>NAS-250002</t>
+  </si>
+  <si>
+    <t>Насос циркуляционный Ondo 25/4 130мм (1/8 шт)</t>
+  </si>
+  <si>
+    <t>1 761.26 руб.</t>
+  </si>
+  <si>
+    <t>NAS-250003</t>
+  </si>
+  <si>
+    <t>Насос циркуляционный Ondo 25/6 180мм (1/8 шт)</t>
+  </si>
+  <si>
+    <t>2 879.52 руб.</t>
+  </si>
+  <si>
+    <t>NAS-250004</t>
+  </si>
+  <si>
+    <t>Насос циркуляционный Ondo 25/6 130мм (1/8 шт)</t>
+  </si>
+  <si>
+    <t>NAS-250005</t>
+  </si>
+  <si>
+    <t>Насос циркуляционный Ondo 25/8 180мм (1/4 шт)</t>
+  </si>
+  <si>
+    <t>3 280.33 руб.</t>
+  </si>
+  <si>
+    <t>NAS-250006</t>
+  </si>
+  <si>
+    <t>Насос циркуляционный Ondo 32/4 180мм (1/8 шт)</t>
+  </si>
+  <si>
+    <t>1 754.45 руб.</t>
+  </si>
+  <si>
+    <t>NAS-250007</t>
+  </si>
+  <si>
+    <t>Насос циркуляционный Ondo 32/6 180мм (1/8 шт)</t>
+  </si>
+  <si>
+    <t>3 167.54 руб.</t>
+  </si>
+  <si>
+    <t>NAS-250008</t>
+  </si>
+  <si>
+    <t>Насос циркуляционный Ondo 32/8 180мм (1/4 шт)</t>
+  </si>
+  <si>
+    <t>3 425.86 руб.</t>
+  </si>
+  <si>
+    <t>Экраны для радиаторов</t>
+  </si>
+  <si>
+    <t>ROK-340001</t>
+  </si>
+  <si>
+    <t>Экран для чугун. радиатора 3 секции БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>801.55 руб.</t>
+  </si>
+  <si>
+    <t>ROK-340002</t>
+  </si>
+  <si>
+    <t>Экран для чугун. радиатора 4 секции БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>1 133.90 руб.</t>
+  </si>
+  <si>
+    <t>ROK-340003</t>
+  </si>
+  <si>
+    <t>Экран для чугун. радиатора 5 секций БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>ROK-340004</t>
+  </si>
+  <si>
+    <t>Экран для чугун. радиатора 6 секций БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>1 173.00 руб.</t>
+  </si>
+  <si>
+    <t>ROK-340005</t>
+  </si>
+  <si>
+    <t>Экран для чугун. радиатора 7 секций БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>1 622.65 руб.</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды SCHLANGOFF с внешним силиконовым слоем</t>
+  </si>
+  <si>
+    <t>SCH-100112</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 30см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (100шт)</t>
+  </si>
+  <si>
+    <t>107.07 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100113</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 40см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (100шт)</t>
+  </si>
+  <si>
+    <t>116.38 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100114</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 50см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (100шт)</t>
+  </si>
+  <si>
+    <t>125.69 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100115</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 60см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (100шт)</t>
+  </si>
+  <si>
+    <t>SCH-100116</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 80см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (100шт)</t>
+  </si>
+  <si>
+    <t>155.95 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100117</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 100см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (100шт)</t>
+  </si>
+  <si>
+    <t>174.57 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100118</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 120см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (100шт)</t>
+  </si>
+  <si>
+    <t>193.19 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100119</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 150см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (100шт)</t>
+  </si>
+  <si>
+    <t>223.45 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100120</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 200см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (50шт)</t>
+  </si>
+  <si>
+    <t>270.00 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100121</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 250см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (50шт)</t>
+  </si>
+  <si>
+    <t>321.21 руб.</t>
+  </si>
+  <si>
+    <t>SCH-100122</t>
+  </si>
+  <si>
+    <t>Гибкая подводка для воды 300см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (50шт)</t>
+  </si>
+  <si>
+    <t>367.76 руб.</t>
+  </si>
+  <si>
     <t>&gt;10</t>
-  </si>
-[...1030 lines deleted...]
-    <t>367.76 руб.</t>
   </si>
   <si>
     <t>SCH-100123</t>
   </si>
   <si>
     <t>Гибкая подводка для воды 350см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (20шт)</t>
   </si>
   <si>
     <t>430.61 руб.</t>
   </si>
   <si>
     <t>SCH-100124</t>
   </si>
   <si>
     <t>Гибкая подводка для воды 400см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (20шт)</t>
   </si>
   <si>
     <t>488.80 руб.</t>
   </si>
   <si>
     <t>SCH-100125</t>
   </si>
   <si>
     <t>Гибкая подводка для воды 450см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (20шт)</t>
   </si>
@@ -7846,51 +7849,51 @@
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="105" outlineLevel="2">
       <c r="A4" s="1"/>
       <c r="B4" s="1">
         <v>878834</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="1">
         <v>235</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G4" s="2">
         <v>4</v>
       </c>
       <c r="H4" s="2">
         <v>0</v>
       </c>
       <c r="I4" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K4" s="2" t="str">
         <f>J4*1822.98</f>
         <v>0</v>
       </c>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="2">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>878812</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="1"/>
       <c r="E5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>20</v>
       </c>
@@ -8772,277 +8775,277 @@
       <c r="C32" s="1" t="s">
         <v>95</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>96</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>97</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G32" s="2">
         <v>0</v>
       </c>
       <c r="H32" s="2">
         <v>0</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K32" s="2" t="str">
-        <f>J32*502.97</f>
+        <f>J32*467.08</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>878827</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>99</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>100</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>101</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>102</v>
       </c>
       <c r="G33" s="2">
         <v>0</v>
       </c>
       <c r="H33" s="2">
         <v>0</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K33" s="2" t="str">
-        <f>J33*166.66</f>
+        <f>J33*165.11</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>878828</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>103</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>104</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>105</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>106</v>
       </c>
       <c r="G34" s="2">
         <v>0</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K34" s="2" t="str">
-        <f>J34*183.03</f>
+        <f>J34*181.48</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" outlineLevel="1">
       <c r="A35" s="7" t="s">
         <v>107</v>
       </c>
       <c r="B35" s="7"/>
       <c r="C35" s="7"/>
       <c r="D35" s="7"/>
       <c r="E35" s="7"/>
       <c r="F35" s="7"/>
       <c r="G35" s="7"/>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>878804</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>109</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>110</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>111</v>
       </c>
       <c r="G36" s="2">
         <v>-1</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K36" s="2" t="str">
-        <f>J36*449.40</f>
+        <f>J36*449.23</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>878805</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>112</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>113</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>114</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>115</v>
       </c>
       <c r="G37" s="2">
         <v>0</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K37" s="2" t="str">
-        <f>J37*668.14</f>
+        <f>J37*667.89</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>878806</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>116</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>117</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>118</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>119</v>
       </c>
       <c r="G38" s="2">
         <v>0</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K38" s="2" t="str">
-        <f>J38*883.91</f>
+        <f>J38*883.58</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>878807</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>120</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>122</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G39" s="2">
         <v>0</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K39" s="2" t="str">
-        <f>J39*1056.53</f>
+        <f>J39*1056.13</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" outlineLevel="1">
       <c r="A40" s="7" t="s">
         <v>124</v>
       </c>
       <c r="B40" s="7"/>
       <c r="C40" s="7"/>
       <c r="D40" s="7"/>
       <c r="E40" s="7"/>
       <c r="F40" s="7"/>
       <c r="G40" s="7"/>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" outlineLevel="3">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>878949</v>
       </c>
@@ -9543,1734 +9546,1734 @@
         <v>14</v>
       </c>
       <c r="K55" s="2" t="str">
         <f>J55*99.46</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A56" s="1"/>
       <c r="B56" s="1">
         <v>878979</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>163</v>
       </c>
       <c r="D56" s="1">
         <v>575787</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>164</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="G56" s="2" t="s">
-        <v>166</v>
+      <c r="G56" s="2">
+        <v>8</v>
       </c>
       <c r="H56" s="2">
         <v>0</v>
       </c>
       <c r="I56" s="1">
         <v>0</v>
       </c>
       <c r="J56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K56" s="2" t="str">
         <f>J56*56.00</f>
         <v>0</v>
       </c>
       <c r="L56" s="5"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
         <v>878980</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="D57" s="1">
         <v>575002</v>
       </c>
       <c r="E57" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="F57" s="2" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="G57" s="2">
         <v>0</v>
       </c>
       <c r="H57" s="2">
         <v>0</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K57" s="2" t="str">
         <f>J57*113.96</f>
         <v>0</v>
       </c>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A58" s="1"/>
       <c r="B58" s="1">
         <v>878981</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="D58" s="1">
         <v>575001</v>
       </c>
       <c r="E58" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F58" s="2" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="G58" s="2">
         <v>0</v>
       </c>
       <c r="H58" s="2">
         <v>0</v>
       </c>
       <c r="I58" s="1">
         <v>0</v>
       </c>
       <c r="J58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K58" s="2" t="str">
         <f>J58*62.72</f>
         <v>0</v>
       </c>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
         <v>878982</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="D59" s="1">
         <v>575011</v>
       </c>
       <c r="E59" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F59" s="2" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="G59" s="2">
         <v>0</v>
       </c>
       <c r="H59" s="2">
         <v>0</v>
       </c>
       <c r="I59" s="1">
         <v>0</v>
       </c>
       <c r="J59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K59" s="2" t="str">
         <f>J59*95.31</f>
         <v>0</v>
       </c>
       <c r="L59" s="5"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A60" s="1"/>
       <c r="B60" s="1">
         <v>878983</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="D60" s="1">
         <v>575068</v>
       </c>
       <c r="E60" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="F60" s="2" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="G60" s="2">
         <v>0</v>
       </c>
       <c r="H60" s="2">
         <v>0</v>
       </c>
       <c r="I60" s="1">
         <v>0</v>
       </c>
       <c r="J60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K60" s="2" t="str">
         <f>J60*53.76</f>
         <v>0</v>
       </c>
       <c r="L60" s="5"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A61" s="1"/>
       <c r="B61" s="1">
         <v>878984</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D61" s="1">
         <v>575853</v>
       </c>
       <c r="E61" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="F61" s="2" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="G61" s="2">
         <v>0</v>
       </c>
       <c r="H61" s="2">
         <v>0</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K61" s="2" t="str">
         <f>J61*120.18</f>
         <v>0</v>
       </c>
       <c r="L61" s="5"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A62" s="1"/>
       <c r="B62" s="1">
         <v>878985</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="D62" s="1">
         <v>575860</v>
       </c>
       <c r="E62" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="F62" s="2" t="s">
         <v>183</v>
       </c>
-      <c r="F62" s="2" t="s">
+      <c r="G62" s="2" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="H62" s="2">
         <v>0</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K62" s="2" t="str">
         <f>J62*63.84</f>
         <v>0</v>
       </c>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A63" s="1"/>
       <c r="B63" s="1">
         <v>878986</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="D63" s="1">
         <v>575162</v>
       </c>
       <c r="E63" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="F63" s="2" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="G63" s="2">
         <v>2</v>
       </c>
       <c r="H63" s="2">
         <v>0</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K63" s="2" t="str">
         <f>J63*40.00</f>
         <v>0</v>
       </c>
       <c r="L63" s="5"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A64" s="1"/>
       <c r="B64" s="1">
         <v>878987</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="D64" s="1">
         <v>575017</v>
       </c>
       <c r="E64" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="F64" s="2" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="G64" s="2">
         <v>2</v>
       </c>
       <c r="H64" s="2">
         <v>0</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K64" s="2" t="str">
         <f>J64*24.00</f>
         <v>0</v>
       </c>
       <c r="L64" s="5"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A65" s="1"/>
       <c r="B65" s="1">
         <v>878969</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="D65" s="1"/>
       <c r="E65" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="F65" s="2" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="G65" s="2">
         <v>0</v>
       </c>
       <c r="H65" s="2">
         <v>0</v>
       </c>
       <c r="I65" s="1">
         <v>0</v>
       </c>
       <c r="J65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K65" s="2" t="str">
         <f>J65*35.37</f>
         <v>0</v>
       </c>
       <c r="L65" s="5"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
         <v>878873</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="D66" s="1"/>
       <c r="E66" s="2" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="G66" s="2">
         <v>0</v>
       </c>
       <c r="H66" s="2">
         <v>0</v>
       </c>
       <c r="I66" s="1">
         <v>0</v>
       </c>
       <c r="J66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K66" s="2" t="str">
         <f>J66*35.37</f>
         <v>0</v>
       </c>
       <c r="L66" s="5"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A67" s="1"/>
       <c r="B67" s="1">
         <v>878970</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="D67" s="1">
         <v>565071</v>
       </c>
       <c r="E67" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="F67" s="2" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="G67" s="2">
         <v>0</v>
       </c>
       <c r="H67" s="2">
         <v>0</v>
       </c>
       <c r="I67" s="1">
         <v>0</v>
       </c>
       <c r="J67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K67" s="2" t="str">
         <f>J67*60.48</f>
         <v>0</v>
       </c>
       <c r="L67" s="5"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A68" s="1"/>
       <c r="B68" s="1">
         <v>878971</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="D68" s="1">
         <v>565089</v>
       </c>
       <c r="E68" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="F68" s="2" t="s">
         <v>201</v>
       </c>
-      <c r="F68" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G68" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H68" s="2">
         <v>0</v>
       </c>
       <c r="I68" s="1">
         <v>0</v>
       </c>
       <c r="J68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K68" s="2" t="str">
         <f>J68*88.48</f>
         <v>0</v>
       </c>
       <c r="L68" s="5"/>
     </row>
     <row r="69" spans="1:12" outlineLevel="1">
       <c r="A69" s="7" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B69" s="7"/>
       <c r="C69" s="7"/>
       <c r="D69" s="7"/>
       <c r="E69" s="7"/>
       <c r="F69" s="7"/>
       <c r="G69" s="7"/>
       <c r="H69" s="7"/>
       <c r="I69" s="7"/>
       <c r="J69" s="7"/>
       <c r="K69" s="7"/>
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A70" s="1"/>
       <c r="B70" s="1">
         <v>878965</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="D70" s="1">
         <v>554086</v>
       </c>
       <c r="E70" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="F70" s="2" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="G70" s="2">
         <v>0</v>
       </c>
       <c r="H70" s="2">
         <v>0</v>
       </c>
       <c r="I70" s="1">
         <v>0</v>
       </c>
       <c r="J70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K70" s="2" t="str">
         <f>J70*288.01</f>
         <v>0</v>
       </c>
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A71" s="1"/>
       <c r="B71" s="1">
         <v>878966</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="D71" s="1">
         <v>554037</v>
       </c>
       <c r="E71" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="F71" s="2" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="G71" s="2">
         <v>0</v>
       </c>
       <c r="H71" s="2">
         <v>0</v>
       </c>
       <c r="I71" s="1">
         <v>0</v>
       </c>
       <c r="J71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K71" s="2" t="str">
         <f>J71*144.48</f>
         <v>0</v>
       </c>
       <c r="L71" s="5"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A72" s="1"/>
       <c r="B72" s="1">
         <v>878878</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="D72" s="1">
         <v>554034</v>
       </c>
       <c r="E72" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="F72" s="2" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="G72" s="2">
         <v>0</v>
       </c>
       <c r="H72" s="2">
         <v>0</v>
       </c>
       <c r="I72" s="1">
         <v>0</v>
       </c>
       <c r="J72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K72" s="2" t="str">
         <f>J72*184.80</f>
         <v>0</v>
       </c>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A73" s="1"/>
       <c r="B73" s="1">
         <v>878879</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="D73" s="1">
         <v>554039</v>
       </c>
       <c r="E73" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="F73" s="2" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="G73" s="2">
         <v>0</v>
       </c>
       <c r="H73" s="2">
         <v>0</v>
       </c>
       <c r="I73" s="1">
         <v>0</v>
       </c>
       <c r="J73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K73" s="2" t="str">
         <f>J73*155.68</f>
         <v>0</v>
       </c>
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A74" s="1"/>
       <c r="B74" s="1">
         <v>878877</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D74" s="1">
         <v>554088</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G74" s="2">
         <v>0</v>
       </c>
       <c r="H74" s="2">
         <v>0</v>
       </c>
       <c r="I74" s="1">
         <v>0</v>
       </c>
       <c r="J74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K74" s="2" t="str">
         <f>J74*123.20</f>
         <v>0</v>
       </c>
       <c r="L74" s="5"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A75" s="1"/>
       <c r="B75" s="1">
         <v>878743</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="D75" s="1">
         <v>554137</v>
       </c>
       <c r="E75" s="2" t="s">
+        <v>218</v>
+      </c>
+      <c r="F75" s="2" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="G75" s="2">
         <v>0</v>
       </c>
       <c r="H75" s="2">
         <v>0</v>
       </c>
       <c r="I75" s="1">
         <v>0</v>
       </c>
       <c r="J75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K75" s="2" t="str">
         <f>J75*135.00</f>
         <v>0</v>
       </c>
       <c r="L75" s="5"/>
     </row>
     <row r="76" spans="1:12" outlineLevel="1">
       <c r="A76" s="7" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="B76" s="7"/>
       <c r="C76" s="7"/>
       <c r="D76" s="7"/>
       <c r="E76" s="7"/>
       <c r="F76" s="7"/>
       <c r="G76" s="7"/>
       <c r="H76" s="7"/>
       <c r="I76" s="7"/>
       <c r="J76" s="7"/>
       <c r="K76" s="7"/>
       <c r="L76" s="5"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A77" s="1"/>
       <c r="B77" s="1">
         <v>878967</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="D77" s="1">
         <v>554727</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="G77" s="2">
         <v>4</v>
       </c>
       <c r="H77" s="2">
         <v>0</v>
       </c>
       <c r="I77" s="1">
         <v>0</v>
       </c>
       <c r="J77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K77" s="2" t="str">
         <f>J77*40.00</f>
         <v>0</v>
       </c>
       <c r="L77" s="5"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A78" s="1"/>
       <c r="B78" s="1">
         <v>878968</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="D78" s="1">
         <v>554729</v>
       </c>
       <c r="E78" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="F78" s="2" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="G78" s="2">
         <v>0</v>
       </c>
       <c r="H78" s="2">
         <v>0</v>
       </c>
       <c r="I78" s="1">
         <v>0</v>
       </c>
       <c r="J78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K78" s="2" t="str">
         <f>J78*50.00</f>
         <v>0</v>
       </c>
       <c r="L78" s="5"/>
     </row>
     <row r="79" spans="1:12" outlineLevel="1">
       <c r="A79" s="7" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B79" s="7"/>
       <c r="C79" s="7"/>
       <c r="D79" s="7"/>
       <c r="E79" s="7"/>
       <c r="F79" s="7"/>
       <c r="G79" s="7"/>
       <c r="H79" s="7"/>
       <c r="I79" s="7"/>
       <c r="J79" s="7"/>
       <c r="K79" s="7"/>
       <c r="L79" s="5"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A80" s="1"/>
       <c r="B80" s="1">
         <v>878808</v>
       </c>
       <c r="C80" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D80" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="D80" s="1" t="s">
+      <c r="E80" s="2" t="s">
         <v>229</v>
       </c>
-      <c r="E80" s="2" t="s">
+      <c r="F80" s="2" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="G80" s="2">
         <v>4</v>
       </c>
       <c r="H80" s="2">
         <v>0</v>
       </c>
       <c r="I80" s="1">
         <v>0</v>
       </c>
       <c r="J80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K80" s="2" t="str">
-        <f>J80*511.90</f>
+        <f>J80*511.70</f>
         <v>0</v>
       </c>
       <c r="L80" s="5"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A81" s="1"/>
       <c r="B81" s="1">
         <v>878809</v>
       </c>
       <c r="C81" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D81" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="D81" s="1" t="s">
+      <c r="E81" s="2" t="s">
         <v>233</v>
       </c>
-      <c r="E81" s="2" t="s">
+      <c r="F81" s="2" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="G81" s="2">
         <v>1</v>
       </c>
       <c r="H81" s="2">
         <v>0</v>
       </c>
       <c r="I81" s="1">
         <v>0</v>
       </c>
       <c r="J81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K81" s="2" t="str">
-        <f>J81*918.14</f>
+        <f>J81*917.79</f>
         <v>0</v>
       </c>
       <c r="L81" s="5"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A82" s="1"/>
       <c r="B82" s="1">
         <v>878810</v>
       </c>
       <c r="C82" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D82" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="D82" s="1" t="s">
+      <c r="E82" s="2" t="s">
         <v>237</v>
       </c>
-      <c r="E82" s="2" t="s">
+      <c r="F82" s="2" t="s">
         <v>238</v>
       </c>
-      <c r="F82" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G82" s="2">
         <v>0</v>
       </c>
       <c r="H82" s="2">
         <v>0</v>
       </c>
       <c r="I82" s="1">
         <v>0</v>
       </c>
       <c r="J82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K82" s="2" t="str">
-        <f>J82*828.85</f>
+        <f>J82*828.54</f>
         <v>0</v>
       </c>
       <c r="L82" s="5"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A83" s="1"/>
       <c r="B83" s="1">
         <v>878811</v>
       </c>
       <c r="C83" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D83" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="D83" s="1" t="s">
+      <c r="E83" s="2" t="s">
         <v>241</v>
       </c>
-      <c r="E83" s="2" t="s">
+      <c r="F83" s="2" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="G83" s="2">
         <v>1</v>
       </c>
       <c r="H83" s="2">
         <v>0</v>
       </c>
       <c r="I83" s="1">
         <v>0</v>
       </c>
       <c r="J83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K83" s="2" t="str">
-        <f>J83*989.57</f>
+        <f>J83*989.19</f>
         <v>0</v>
       </c>
       <c r="L83" s="5"/>
     </row>
     <row r="84" spans="1:12" outlineLevel="1">
       <c r="A84" s="7" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="B84" s="7"/>
       <c r="C84" s="7"/>
       <c r="D84" s="7"/>
       <c r="E84" s="7"/>
       <c r="F84" s="7"/>
       <c r="G84" s="7"/>
       <c r="H84" s="7"/>
       <c r="I84" s="7"/>
       <c r="J84" s="7"/>
       <c r="K84" s="7"/>
       <c r="L84" s="5"/>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A85" s="1"/>
       <c r="B85" s="1">
         <v>878996</v>
       </c>
       <c r="C85" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="D85" s="1" t="s">
         <v>245</v>
       </c>
-      <c r="D85" s="1" t="s">
+      <c r="E85" s="2" t="s">
         <v>246</v>
       </c>
-      <c r="E85" s="2" t="s">
+      <c r="F85" s="2" t="s">
         <v>247</v>
       </c>
-      <c r="F85" s="2" t="s">
+      <c r="G85" s="2" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="H85" s="2">
         <v>0</v>
       </c>
       <c r="I85" s="1">
         <v>0</v>
       </c>
       <c r="J85" s="3" t="s">
         <v>86</v>
       </c>
       <c r="K85" s="2" t="str">
-        <f>J85*99.70</f>
+        <f>J85*99.66</f>
         <v>0</v>
       </c>
       <c r="L85" s="5"/>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A86" s="1"/>
       <c r="B86" s="1">
         <v>878997</v>
       </c>
       <c r="C86" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="D86" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="D86" s="1" t="s">
+      <c r="E86" s="2" t="s">
         <v>251</v>
       </c>
-      <c r="E86" s="2" t="s">
+      <c r="F86" s="2" t="s">
         <v>252</v>
       </c>
-      <c r="F86" s="2" t="s">
+      <c r="G86" s="2" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="H86" s="2">
         <v>0</v>
       </c>
       <c r="I86" s="1">
         <v>0</v>
       </c>
       <c r="J86" s="3" t="s">
         <v>86</v>
       </c>
       <c r="K86" s="2" t="str">
-        <f>J86*130.95</f>
+        <f>J86*130.90</f>
         <v>0</v>
       </c>
       <c r="L86" s="5"/>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A87" s="1"/>
       <c r="B87" s="1">
         <v>878998</v>
       </c>
       <c r="C87" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="D87" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="D87" s="1" t="s">
+      <c r="E87" s="2" t="s">
         <v>256</v>
       </c>
-      <c r="E87" s="2" t="s">
+      <c r="F87" s="2" t="s">
         <v>257</v>
       </c>
-      <c r="F87" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G87" s="2" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="H87" s="2">
         <v>0</v>
       </c>
       <c r="I87" s="1">
         <v>0</v>
       </c>
       <c r="J87" s="3" t="s">
         <v>86</v>
       </c>
       <c r="K87" s="2" t="str">
-        <f>J87*200.89</f>
+        <f>J87*200.81</f>
         <v>0</v>
       </c>
       <c r="L87" s="5"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A88" s="1"/>
       <c r="B88" s="1">
         <v>878999</v>
       </c>
       <c r="C88" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D88" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="D88" s="1" t="s">
+      <c r="E88" s="2" t="s">
         <v>260</v>
       </c>
-      <c r="E88" s="2" t="s">
+      <c r="F88" s="2" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="G88" s="2">
         <v>0</v>
       </c>
       <c r="H88" s="2">
         <v>0</v>
       </c>
       <c r="I88" s="1">
         <v>0</v>
       </c>
       <c r="J88" s="3" t="s">
         <v>86</v>
       </c>
       <c r="K88" s="2" t="str">
-        <f>J88*316.96</f>
+        <f>J88*316.84</f>
         <v>0</v>
       </c>
       <c r="L88" s="5"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A89" s="1"/>
       <c r="B89" s="1">
         <v>879000</v>
       </c>
       <c r="C89" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="D89" s="1" t="s">
         <v>263</v>
       </c>
-      <c r="D89" s="1" t="s">
+      <c r="E89" s="2" t="s">
         <v>264</v>
       </c>
-      <c r="E89" s="2" t="s">
+      <c r="F89" s="2" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="G89" s="2">
         <v>0</v>
       </c>
       <c r="H89" s="2">
         <v>0</v>
       </c>
       <c r="I89" s="1">
         <v>0</v>
       </c>
       <c r="J89" s="3" t="s">
         <v>86</v>
       </c>
       <c r="K89" s="2" t="str">
-        <f>J89*520.82</f>
+        <f>J89*520.63</f>
         <v>0</v>
       </c>
       <c r="L89" s="5"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A90" s="1"/>
       <c r="B90" s="1">
         <v>879001</v>
       </c>
       <c r="C90" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="D90" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="D90" s="1" t="s">
+      <c r="E90" s="2" t="s">
         <v>268</v>
       </c>
-      <c r="E90" s="2" t="s">
+      <c r="F90" s="2" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="G90" s="2">
         <v>0</v>
       </c>
       <c r="H90" s="2">
         <v>0</v>
       </c>
       <c r="I90" s="1">
         <v>0</v>
       </c>
       <c r="J90" s="3" t="s">
         <v>86</v>
       </c>
       <c r="K90" s="2" t="str">
-        <f>J90*784.21</f>
+        <f>J90*783.91</f>
         <v>0</v>
       </c>
       <c r="L90" s="5"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A91" s="1"/>
       <c r="B91" s="1">
         <v>879002</v>
       </c>
       <c r="C91" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="D91" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="D91" s="1" t="s">
+      <c r="E91" s="2" t="s">
         <v>272</v>
       </c>
-      <c r="E91" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F91" s="2" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="G91" s="2">
         <v>0</v>
       </c>
       <c r="H91" s="2">
         <v>0</v>
       </c>
       <c r="I91" s="1">
         <v>0</v>
       </c>
       <c r="J91" s="3" t="s">
         <v>86</v>
       </c>
       <c r="K91" s="2" t="str">
-        <f>J91*99.70</f>
+        <f>J91*99.66</f>
         <v>0</v>
       </c>
       <c r="L91" s="5"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A92" s="1"/>
       <c r="B92" s="1">
         <v>879003</v>
       </c>
       <c r="C92" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="D92" s="1" t="s">
         <v>274</v>
       </c>
-      <c r="D92" s="1" t="s">
+      <c r="E92" s="2" t="s">
         <v>275</v>
       </c>
-      <c r="E92" s="2" t="s">
+      <c r="F92" s="2" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="G92" s="2">
         <v>0</v>
       </c>
       <c r="H92" s="2">
         <v>0</v>
       </c>
       <c r="I92" s="1">
         <v>0</v>
       </c>
       <c r="J92" s="3" t="s">
         <v>86</v>
       </c>
       <c r="K92" s="2" t="str">
-        <f>J92*156.25</f>
+        <f>J92*156.19</f>
         <v>0</v>
       </c>
       <c r="L92" s="5"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A93" s="1"/>
       <c r="B93" s="1">
         <v>879004</v>
       </c>
       <c r="C93" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="D93" s="1" t="s">
         <v>278</v>
       </c>
-      <c r="D93" s="1" t="s">
+      <c r="E93" s="2" t="s">
         <v>279</v>
       </c>
-      <c r="E93" s="2" t="s">
+      <c r="F93" s="2" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="G93" s="2">
         <v>0</v>
       </c>
       <c r="H93" s="2">
         <v>0</v>
       </c>
       <c r="I93" s="1">
         <v>0</v>
       </c>
       <c r="J93" s="3" t="s">
         <v>86</v>
       </c>
       <c r="K93" s="2" t="str">
-        <f>J93*250.00</f>
+        <f>J93*249.90</f>
         <v>0</v>
       </c>
       <c r="L93" s="5"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A94" s="1"/>
       <c r="B94" s="1">
         <v>879005</v>
       </c>
       <c r="C94" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="D94" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="D94" s="1" t="s">
+      <c r="E94" s="2" t="s">
         <v>283</v>
       </c>
-      <c r="E94" s="2" t="s">
+      <c r="F94" s="2" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="G94" s="2">
         <v>0</v>
       </c>
       <c r="H94" s="2">
         <v>0</v>
       </c>
       <c r="I94" s="1">
         <v>0</v>
       </c>
       <c r="J94" s="3" t="s">
         <v>86</v>
       </c>
       <c r="K94" s="2" t="str">
-        <f>J94*374.99</f>
+        <f>J94*374.85</f>
         <v>0</v>
       </c>
       <c r="L94" s="5"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A95" s="1"/>
       <c r="B95" s="1">
         <v>879006</v>
       </c>
       <c r="C95" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="D95" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="D95" s="1" t="s">
+      <c r="E95" s="2" t="s">
         <v>287</v>
       </c>
-      <c r="E95" s="2" t="s">
+      <c r="F95" s="2" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="G95" s="2">
         <v>0</v>
       </c>
       <c r="H95" s="2">
         <v>0</v>
       </c>
       <c r="I95" s="1">
         <v>0</v>
       </c>
       <c r="J95" s="3" t="s">
         <v>86</v>
       </c>
       <c r="K95" s="2" t="str">
-        <f>J95*769.33</f>
+        <f>J95*769.04</f>
         <v>0</v>
       </c>
       <c r="L95" s="5"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A96" s="1"/>
       <c r="B96" s="1">
         <v>879007</v>
       </c>
       <c r="C96" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D96" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="D96" s="1" t="s">
+      <c r="E96" s="2" t="s">
         <v>291</v>
       </c>
-      <c r="E96" s="2" t="s">
+      <c r="F96" s="2" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
       <c r="G96" s="2">
         <v>0</v>
       </c>
       <c r="H96" s="2">
         <v>0</v>
       </c>
       <c r="I96" s="1">
         <v>0</v>
       </c>
       <c r="J96" s="3" t="s">
         <v>86</v>
       </c>
       <c r="K96" s="2" t="str">
-        <f>J96*1035.70</f>
+        <f>J96*1035.30</f>
         <v>0</v>
       </c>
       <c r="L96" s="5"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A97" s="1"/>
       <c r="B97" s="1">
         <v>879008</v>
       </c>
       <c r="C97" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="D97" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="D97" s="1" t="s">
+      <c r="E97" s="2" t="s">
         <v>295</v>
       </c>
-      <c r="E97" s="2" t="s">
+      <c r="F97" s="2" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
       <c r="G97" s="2">
         <v>0</v>
       </c>
       <c r="H97" s="2">
         <v>0</v>
       </c>
       <c r="I97" s="1">
         <v>0</v>
       </c>
       <c r="J97" s="3" t="s">
         <v>86</v>
       </c>
       <c r="K97" s="2" t="str">
-        <f>J97*92.26</f>
+        <f>J97*92.23</f>
         <v>0</v>
       </c>
       <c r="L97" s="5"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A98" s="1"/>
       <c r="B98" s="1">
         <v>879009</v>
       </c>
       <c r="C98" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="D98" s="1" t="s">
         <v>298</v>
       </c>
-      <c r="D98" s="1" t="s">
+      <c r="E98" s="2" t="s">
         <v>299</v>
       </c>
-      <c r="E98" s="2" t="s">
+      <c r="F98" s="2" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
       <c r="G98" s="2">
         <v>0</v>
       </c>
       <c r="H98" s="2">
         <v>0</v>
       </c>
       <c r="I98" s="1">
         <v>0</v>
       </c>
       <c r="J98" s="3" t="s">
         <v>86</v>
       </c>
       <c r="K98" s="2" t="str">
-        <f>J98*138.39</f>
+        <f>J98*138.34</f>
         <v>0</v>
       </c>
       <c r="L98" s="5"/>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A99" s="1"/>
       <c r="B99" s="1">
         <v>879010</v>
       </c>
       <c r="C99" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D99" s="1" t="s">
         <v>302</v>
       </c>
-      <c r="D99" s="1" t="s">
+      <c r="E99" s="2" t="s">
         <v>303</v>
       </c>
-      <c r="E99" s="2" t="s">
+      <c r="F99" s="2" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="G99" s="2">
         <v>0</v>
       </c>
       <c r="H99" s="2">
         <v>0</v>
       </c>
       <c r="I99" s="1">
         <v>0</v>
       </c>
       <c r="J99" s="3" t="s">
         <v>86</v>
       </c>
       <c r="K99" s="2" t="str">
-        <f>J99*224.70</f>
+        <f>J99*226.10</f>
         <v>0</v>
       </c>
       <c r="L99" s="5"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A100" s="1"/>
       <c r="B100" s="1">
         <v>879011</v>
       </c>
       <c r="C100" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="D100" s="1" t="s">
         <v>306</v>
       </c>
-      <c r="D100" s="1" t="s">
+      <c r="E100" s="2" t="s">
         <v>307</v>
       </c>
-      <c r="E100" s="2" t="s">
+      <c r="F100" s="2" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="G100" s="2">
         <v>0</v>
       </c>
       <c r="H100" s="2">
         <v>0</v>
       </c>
       <c r="I100" s="1">
         <v>0</v>
       </c>
       <c r="J100" s="3" t="s">
         <v>86</v>
       </c>
       <c r="K100" s="2" t="str">
-        <f>J100*349.70</f>
+        <f>J100*349.56</f>
         <v>0</v>
       </c>
       <c r="L100" s="5"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A101" s="1"/>
       <c r="B101" s="1">
         <v>879012</v>
       </c>
       <c r="C101" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="D101" s="1" t="s">
         <v>310</v>
       </c>
-      <c r="D101" s="1" t="s">
+      <c r="E101" s="2" t="s">
         <v>311</v>
       </c>
-      <c r="E101" s="2" t="s">
+      <c r="F101" s="2" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="G101" s="2">
         <v>0</v>
       </c>
       <c r="H101" s="2">
         <v>0</v>
       </c>
       <c r="I101" s="1">
         <v>0</v>
       </c>
       <c r="J101" s="3" t="s">
         <v>86</v>
       </c>
       <c r="K101" s="2" t="str">
-        <f>J101*450.89</f>
+        <f>J101*450.71</f>
         <v>0</v>
       </c>
       <c r="L101" s="5"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A102" s="1"/>
       <c r="B102" s="1">
         <v>879013</v>
       </c>
       <c r="C102" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D102" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="D102" s="1" t="s">
+      <c r="E102" s="2" t="s">
         <v>315</v>
       </c>
-      <c r="E102" s="2" t="s">
+      <c r="F102" s="2" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="G102" s="2">
         <v>0</v>
       </c>
       <c r="H102" s="2">
         <v>0</v>
       </c>
       <c r="I102" s="1">
         <v>0</v>
       </c>
       <c r="J102" s="3" t="s">
         <v>86</v>
       </c>
       <c r="K102" s="2" t="str">
-        <f>J102*104.16</f>
+        <f>J102*105.61</f>
         <v>0</v>
       </c>
       <c r="L102" s="5"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A103" s="1"/>
       <c r="B103" s="1">
         <v>879014</v>
       </c>
       <c r="C103" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D103" s="1" t="s">
         <v>318</v>
       </c>
-      <c r="D103" s="1" t="s">
+      <c r="E103" s="2" t="s">
         <v>319</v>
       </c>
-      <c r="E103" s="2" t="s">
+      <c r="F103" s="2" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="G103" s="2">
         <v>0</v>
       </c>
       <c r="H103" s="2">
         <v>0</v>
       </c>
       <c r="I103" s="1">
         <v>0</v>
       </c>
       <c r="J103" s="3" t="s">
         <v>86</v>
       </c>
       <c r="K103" s="2" t="str">
-        <f>J103*162.20</f>
+        <f>J103*162.14</f>
         <v>0</v>
       </c>
       <c r="L103" s="5"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A104" s="1"/>
       <c r="B104" s="1">
         <v>879015</v>
       </c>
       <c r="C104" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="D104" s="1" t="s">
         <v>322</v>
       </c>
-      <c r="D104" s="1" t="s">
+      <c r="E104" s="2" t="s">
         <v>323</v>
       </c>
-      <c r="E104" s="2" t="s">
+      <c r="F104" s="2" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="G104" s="2">
         <v>0</v>
       </c>
       <c r="H104" s="2">
         <v>0</v>
       </c>
       <c r="I104" s="1">
         <v>0</v>
       </c>
       <c r="J104" s="3" t="s">
         <v>86</v>
       </c>
       <c r="K104" s="2" t="str">
-        <f>J104*224.70</f>
+        <f>J104*224.61</f>
         <v>0</v>
       </c>
       <c r="L104" s="5"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A105" s="1"/>
       <c r="B105" s="1">
         <v>879016</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>325</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>326</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>327</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>328</v>
       </c>
       <c r="G105" s="2">
         <v>0</v>
       </c>
       <c r="H105" s="2">
         <v>0</v>
       </c>
       <c r="I105" s="1">
         <v>0</v>
       </c>
       <c r="J105" s="3" t="s">
         <v>86</v>
       </c>
       <c r="K105" s="2" t="str">
-        <f>J105*342.26</f>
+        <f>J105*342.13</f>
         <v>0</v>
       </c>
       <c r="L105" s="5"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A106" s="1"/>
       <c r="B106" s="1">
         <v>879017</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>329</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>330</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>331</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>332</v>
       </c>
       <c r="G106" s="2">
         <v>0</v>
       </c>
       <c r="H106" s="2">
         <v>0</v>
       </c>
       <c r="I106" s="1">
         <v>0</v>
       </c>
       <c r="J106" s="3" t="s">
         <v>86</v>
       </c>
       <c r="K106" s="2" t="str">
-        <f>J106*566.95</f>
+        <f>J106*566.74</f>
         <v>0</v>
       </c>
       <c r="L106" s="5"/>
     </row>
     <row r="107" spans="1:12" outlineLevel="1">
       <c r="A107" s="7" t="s">
         <v>333</v>
       </c>
       <c r="B107" s="7"/>
       <c r="C107" s="7"/>
       <c r="D107" s="7"/>
       <c r="E107" s="7"/>
       <c r="F107" s="7"/>
       <c r="G107" s="7"/>
       <c r="H107" s="7"/>
       <c r="I107" s="7"/>
       <c r="J107" s="7"/>
       <c r="K107" s="7"/>
       <c r="L107" s="5"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A108" s="1"/>
       <c r="B108" s="1">
         <v>878695</v>
       </c>
@@ -11295,52 +11298,52 @@
       </c>
       <c r="J108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K108" s="2" t="str">
         <f>J108*8.01</f>
         <v>0</v>
       </c>
       <c r="L108" s="5"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A109" s="1"/>
       <c r="B109" s="1">
         <v>878696</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>337</v>
       </c>
       <c r="D109" s="1"/>
       <c r="E109" s="2" t="s">
         <v>338</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>339</v>
       </c>
-      <c r="G109" s="2" t="s">
-        <v>166</v>
+      <c r="G109" s="2">
+        <v>0</v>
       </c>
       <c r="H109" s="2">
         <v>0</v>
       </c>
       <c r="I109" s="1">
         <v>0</v>
       </c>
       <c r="J109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K109" s="2" t="str">
         <f>J109*30.00</f>
         <v>0</v>
       </c>
       <c r="L109" s="5"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A110" s="1"/>
       <c r="B110" s="1">
         <v>878697</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>340</v>
       </c>
       <c r="D110" s="1"/>
@@ -11359,51 +11362,51 @@
       <c r="I110" s="1">
         <v>0</v>
       </c>
       <c r="J110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K110" s="2" t="str">
         <f>J110*60.40</f>
         <v>0</v>
       </c>
       <c r="L110" s="5"/>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A111" s="1"/>
       <c r="B111" s="1">
         <v>878698</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>343</v>
       </c>
       <c r="D111" s="1"/>
       <c r="E111" s="2" t="s">
         <v>344</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="G111" s="2">
         <v>0</v>
       </c>
       <c r="H111" s="2">
         <v>0</v>
       </c>
       <c r="I111" s="1">
         <v>0</v>
       </c>
       <c r="J111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K111" s="2" t="str">
         <f>J111*50.00</f>
         <v>0</v>
       </c>
       <c r="L111" s="5"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A112" s="1"/>
       <c r="B112" s="1">
         <v>878699</v>
       </c>
       <c r="C112" s="1" t="s">
@@ -11725,51 +11728,51 @@
       <c r="J121" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K121" s="2" t="str">
         <f>J121*80.00</f>
         <v>0</v>
       </c>
       <c r="L121" s="5"/>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A122" s="1"/>
       <c r="B122" s="1">
         <v>878709</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>373</v>
       </c>
       <c r="D122" s="1"/>
       <c r="E122" s="2" t="s">
         <v>374</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>375</v>
       </c>
       <c r="G122" s="2" t="s">
-        <v>254</v>
+        <v>184</v>
       </c>
       <c r="H122" s="2">
         <v>0</v>
       </c>
       <c r="I122" s="1">
         <v>0</v>
       </c>
       <c r="J122" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K122" s="2" t="str">
         <f>J122*33.00</f>
         <v>0</v>
       </c>
       <c r="L122" s="5"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A123" s="1"/>
       <c r="B123" s="1">
         <v>878710</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>376</v>
       </c>
       <c r="D123" s="1"/>
@@ -11887,51 +11890,51 @@
       <c r="I126" s="1">
         <v>0</v>
       </c>
       <c r="J126" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K126" s="2" t="str">
         <f>J126*10.00</f>
         <v>0</v>
       </c>
       <c r="L126" s="5"/>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A127" s="1"/>
       <c r="B127" s="1">
         <v>878714</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>386</v>
       </c>
       <c r="D127" s="1"/>
       <c r="E127" s="2" t="s">
         <v>387</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="G127" s="2">
         <v>0</v>
       </c>
       <c r="H127" s="2">
         <v>0</v>
       </c>
       <c r="I127" s="1">
         <v>0</v>
       </c>
       <c r="J127" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K127" s="2" t="str">
         <f>J127*50.00</f>
         <v>0</v>
       </c>
       <c r="L127" s="5"/>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A128" s="1"/>
       <c r="B128" s="1">
         <v>878715</v>
       </c>
       <c r="C128" s="1" t="s">
@@ -12022,84 +12025,84 @@
       <c r="J130" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K130" s="2" t="str">
         <f>J130*134.48</f>
         <v>0</v>
       </c>
       <c r="L130" s="5"/>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A131" s="1"/>
       <c r="B131" s="1">
         <v>878718</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>397</v>
       </c>
       <c r="D131" s="1"/>
       <c r="E131" s="2" t="s">
         <v>398</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>399</v>
       </c>
       <c r="G131" s="2" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="H131" s="2">
         <v>0</v>
       </c>
       <c r="I131" s="1">
         <v>0</v>
       </c>
       <c r="J131" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K131" s="2" t="str">
         <f>J131*34.51</f>
         <v>0</v>
       </c>
       <c r="L131" s="5"/>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A132" s="1"/>
       <c r="B132" s="1">
         <v>878719</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>400</v>
       </c>
       <c r="D132" s="1"/>
       <c r="E132" s="2" t="s">
         <v>401</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>402</v>
       </c>
       <c r="G132" s="2" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="H132" s="2">
         <v>0</v>
       </c>
       <c r="I132" s="1">
         <v>0</v>
       </c>
       <c r="J132" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K132" s="2" t="str">
         <f>J132*40.30</f>
         <v>0</v>
       </c>
       <c r="L132" s="5"/>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A133" s="1"/>
       <c r="B133" s="1">
         <v>878720</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>403</v>
       </c>
       <c r="D133" s="1"/>
@@ -12352,51 +12355,51 @@
       <c r="J140" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K140" s="2" t="str">
         <f>J140*0.00</f>
         <v>0</v>
       </c>
       <c r="L140" s="5"/>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A141" s="1"/>
       <c r="B141" s="1">
         <v>878728</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>424</v>
       </c>
       <c r="D141" s="1"/>
       <c r="E141" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>426</v>
       </c>
       <c r="G141" s="2">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="H141" s="2">
         <v>0</v>
       </c>
       <c r="I141" s="1">
         <v>0</v>
       </c>
       <c r="J141" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K141" s="2" t="str">
         <f>J141*92.88</f>
         <v>0</v>
       </c>
       <c r="L141" s="5"/>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A142" s="1"/>
       <c r="B142" s="1">
         <v>878729</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>427</v>
       </c>
       <c r="D142" s="1"/>
@@ -13060,81 +13063,81 @@
       <c r="J163" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K163" s="2" t="str">
         <f>J163*116.38</f>
         <v>0</v>
       </c>
       <c r="L163" s="5"/>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A164" s="1"/>
       <c r="B164" s="1">
         <v>879152</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>485</v>
       </c>
       <c r="D164" s="1"/>
       <c r="E164" s="2" t="s">
         <v>486</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>487</v>
       </c>
       <c r="G164" s="2" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="H164" s="2">
         <v>0</v>
       </c>
       <c r="I164" s="1">
         <v>0</v>
       </c>
       <c r="J164" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K164" s="2" t="str">
         <f>J164*125.69</f>
         <v>0</v>
       </c>
       <c r="L164" s="5"/>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A165" s="1"/>
       <c r="B165" s="1">
         <v>879153</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>488</v>
       </c>
       <c r="D165" s="1"/>
       <c r="E165" s="2" t="s">
         <v>489</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="G165" s="2">
         <v>0</v>
       </c>
       <c r="H165" s="2">
         <v>0</v>
       </c>
       <c r="I165" s="1">
         <v>0</v>
       </c>
       <c r="J165" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K165" s="2" t="str">
         <f>J165*135.00</f>
         <v>0</v>
       </c>
       <c r="L165" s="5"/>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A166" s="1"/>
       <c r="B166" s="1">
         <v>879154</v>
       </c>
       <c r="C166" s="1" t="s">
@@ -13324,1054 +13327,1054 @@
       <c r="J171" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K171" s="2" t="str">
         <f>J171*321.21</f>
         <v>0</v>
       </c>
       <c r="L171" s="5"/>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A172" s="1"/>
       <c r="B172" s="1">
         <v>879160</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>508</v>
       </c>
       <c r="D172" s="1"/>
       <c r="E172" s="2" t="s">
         <v>509</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>510</v>
       </c>
       <c r="G172" s="2" t="s">
-        <v>166</v>
+        <v>511</v>
       </c>
       <c r="H172" s="2">
         <v>0</v>
       </c>
       <c r="I172" s="1">
         <v>0</v>
       </c>
       <c r="J172" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K172" s="2" t="str">
         <f>J172*367.76</f>
         <v>0</v>
       </c>
       <c r="L172" s="5"/>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A173" s="1"/>
       <c r="B173" s="1">
         <v>879161</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="D173" s="1"/>
       <c r="E173" s="2" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="G173" s="2" t="s">
-        <v>166</v>
+        <v>511</v>
       </c>
       <c r="H173" s="2">
         <v>0</v>
       </c>
       <c r="I173" s="1">
         <v>0</v>
       </c>
       <c r="J173" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K173" s="2" t="str">
         <f>J173*430.61</f>
         <v>0</v>
       </c>
       <c r="L173" s="5"/>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A174" s="1"/>
       <c r="B174" s="1">
         <v>879162</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D174" s="1"/>
       <c r="E174" s="2" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="G174" s="2">
         <v>0</v>
       </c>
       <c r="H174" s="2">
         <v>0</v>
       </c>
       <c r="I174" s="1">
         <v>0</v>
       </c>
       <c r="J174" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K174" s="2" t="str">
         <f>J174*488.80</f>
         <v>0</v>
       </c>
       <c r="L174" s="5"/>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A175" s="1"/>
       <c r="B175" s="1">
         <v>879163</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D175" s="1"/>
       <c r="E175" s="2" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="F175" s="2" t="s">
         <v>350</v>
       </c>
       <c r="G175" s="2">
         <v>0</v>
       </c>
       <c r="H175" s="2">
         <v>0</v>
       </c>
       <c r="I175" s="1">
         <v>0</v>
       </c>
       <c r="J175" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K175" s="2" t="str">
         <f>J175*0.00</f>
         <v>0</v>
       </c>
       <c r="L175" s="5"/>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A176" s="1"/>
       <c r="B176" s="1">
         <v>879164</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="D176" s="1"/>
       <c r="E176" s="2" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>350</v>
       </c>
       <c r="G176" s="2">
         <v>0</v>
       </c>
       <c r="H176" s="2">
         <v>0</v>
       </c>
       <c r="I176" s="1">
         <v>0</v>
       </c>
       <c r="J176" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K176" s="2" t="str">
         <f>J176*0.00</f>
         <v>0</v>
       </c>
       <c r="L176" s="5"/>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A177" s="1"/>
       <c r="B177" s="1">
         <v>879165</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D177" s="1"/>
       <c r="E177" s="2" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="G177" s="2">
         <v>0</v>
       </c>
       <c r="H177" s="2">
         <v>0</v>
       </c>
       <c r="I177" s="1">
         <v>0</v>
       </c>
       <c r="J177" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K177" s="2" t="str">
         <f>J177*128.02</f>
         <v>0</v>
       </c>
       <c r="L177" s="5"/>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A178" s="1"/>
       <c r="B178" s="1">
         <v>879166</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="D178" s="1"/>
       <c r="E178" s="2" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="G178" s="2">
         <v>0</v>
       </c>
       <c r="H178" s="2">
         <v>0</v>
       </c>
       <c r="I178" s="1">
         <v>0</v>
       </c>
       <c r="J178" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K178" s="2" t="str">
         <f>J178*137.33</f>
         <v>0</v>
       </c>
       <c r="L178" s="5"/>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A179" s="1"/>
       <c r="B179" s="1">
         <v>879167</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D179" s="1"/>
       <c r="E179" s="2" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="G179" s="2">
         <v>0</v>
       </c>
       <c r="H179" s="2">
         <v>0</v>
       </c>
       <c r="I179" s="1">
         <v>0</v>
       </c>
       <c r="J179" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K179" s="2" t="str">
         <f>J179*144.31</f>
         <v>0</v>
       </c>
       <c r="L179" s="5"/>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A180" s="1"/>
       <c r="B180" s="1">
         <v>879168</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D180" s="1"/>
       <c r="E180" s="2" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>492</v>
       </c>
       <c r="G180" s="2">
         <v>0</v>
       </c>
       <c r="H180" s="2">
         <v>0</v>
       </c>
       <c r="I180" s="1">
         <v>0</v>
       </c>
       <c r="J180" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K180" s="2" t="str">
         <f>J180*155.95</f>
         <v>0</v>
       </c>
       <c r="L180" s="5"/>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A181" s="1"/>
       <c r="B181" s="1">
         <v>879169</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D181" s="1"/>
       <c r="E181" s="2" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>495</v>
       </c>
       <c r="G181" s="2">
         <v>0</v>
       </c>
       <c r="H181" s="2">
         <v>0</v>
       </c>
       <c r="I181" s="1">
         <v>0</v>
       </c>
       <c r="J181" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K181" s="2" t="str">
         <f>J181*174.57</f>
         <v>0</v>
       </c>
       <c r="L181" s="5"/>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A182" s="1"/>
       <c r="B182" s="1">
         <v>879170</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D182" s="1"/>
       <c r="E182" s="2" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="G182" s="2">
         <v>8</v>
       </c>
       <c r="H182" s="2">
         <v>0</v>
       </c>
       <c r="I182" s="1">
         <v>0</v>
       </c>
       <c r="J182" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K182" s="2" t="str">
         <f>J182*195.52</f>
         <v>0</v>
       </c>
       <c r="L182" s="5"/>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A183" s="1"/>
       <c r="B183" s="1">
         <v>879171</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D183" s="1"/>
       <c r="E183" s="2" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="G183" s="2">
         <v>0</v>
       </c>
       <c r="H183" s="2">
         <v>0</v>
       </c>
       <c r="I183" s="1">
         <v>0</v>
       </c>
       <c r="J183" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K183" s="2" t="str">
         <f>J183*211.81</f>
         <v>0</v>
       </c>
       <c r="L183" s="5"/>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A184" s="1"/>
       <c r="B184" s="1">
         <v>879172</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D184" s="1"/>
       <c r="E184" s="2" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="G184" s="2">
         <v>6</v>
       </c>
       <c r="H184" s="2">
         <v>0</v>
       </c>
       <c r="I184" s="1">
         <v>0</v>
       </c>
       <c r="J184" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K184" s="2" t="str">
         <f>J184*242.07</f>
         <v>0</v>
       </c>
       <c r="L184" s="5"/>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A185" s="1"/>
       <c r="B185" s="1">
         <v>879173</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D185" s="1"/>
       <c r="E185" s="2" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="G185" s="2">
         <v>0</v>
       </c>
       <c r="H185" s="2">
         <v>0</v>
       </c>
       <c r="I185" s="1">
         <v>0</v>
       </c>
       <c r="J185" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K185" s="2" t="str">
         <f>J185*290.95</f>
         <v>0</v>
       </c>
       <c r="L185" s="5"/>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A186" s="1"/>
       <c r="B186" s="1">
         <v>879174</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="D186" s="1"/>
       <c r="E186" s="2" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="G186" s="2" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="H186" s="2">
         <v>0</v>
       </c>
       <c r="I186" s="1">
         <v>0</v>
       </c>
       <c r="J186" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K186" s="2" t="str">
         <f>J186*339.83</f>
         <v>0</v>
       </c>
       <c r="L186" s="5"/>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A187" s="1"/>
       <c r="B187" s="1">
         <v>879175</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="D187" s="1"/>
       <c r="E187" s="2" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="G187" s="2">
         <v>0</v>
       </c>
       <c r="H187" s="2">
         <v>0</v>
       </c>
       <c r="I187" s="1">
         <v>0</v>
       </c>
       <c r="J187" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K187" s="2" t="str">
         <f>J187*388.71</f>
         <v>0</v>
       </c>
       <c r="L187" s="5"/>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A188" s="1"/>
       <c r="B188" s="1">
         <v>879176</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D188" s="1"/>
       <c r="E188" s="2" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>350</v>
       </c>
       <c r="G188" s="2">
         <v>0</v>
       </c>
       <c r="H188" s="2">
         <v>0</v>
       </c>
       <c r="I188" s="1">
         <v>0</v>
       </c>
       <c r="J188" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K188" s="2" t="str">
         <f>J188*0.00</f>
         <v>0</v>
       </c>
       <c r="L188" s="5"/>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A189" s="1"/>
       <c r="B189" s="1">
         <v>879177</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D189" s="1"/>
       <c r="E189" s="2" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>350</v>
       </c>
       <c r="G189" s="2">
         <v>0</v>
       </c>
       <c r="H189" s="2">
         <v>0</v>
       </c>
       <c r="I189" s="1">
         <v>0</v>
       </c>
       <c r="J189" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K189" s="2" t="str">
         <f>J189*0.00</f>
         <v>0</v>
       </c>
       <c r="L189" s="5"/>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A190" s="1"/>
       <c r="B190" s="1">
         <v>879178</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="D190" s="1"/>
       <c r="E190" s="2" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="F190" s="2" t="s">
         <v>350</v>
       </c>
       <c r="G190" s="2">
         <v>0</v>
       </c>
       <c r="H190" s="2">
         <v>0</v>
       </c>
       <c r="I190" s="1">
         <v>0</v>
       </c>
       <c r="J190" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K190" s="2" t="str">
         <f>J190*0.00</f>
         <v>0</v>
       </c>
       <c r="L190" s="5"/>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A191" s="1"/>
       <c r="B191" s="1">
         <v>879179</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D191" s="1"/>
       <c r="E191" s="2" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>350</v>
       </c>
       <c r="G191" s="2">
         <v>0</v>
       </c>
       <c r="H191" s="2">
         <v>0</v>
       </c>
       <c r="I191" s="1">
         <v>0</v>
       </c>
       <c r="J191" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K191" s="2" t="str">
         <f>J191*0.00</f>
         <v>0</v>
       </c>
       <c r="L191" s="5"/>
     </row>
     <row r="192" spans="1:12" outlineLevel="1">
       <c r="A192" s="7" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B192" s="7"/>
       <c r="C192" s="7"/>
       <c r="D192" s="7"/>
       <c r="E192" s="7"/>
       <c r="F192" s="7"/>
       <c r="G192" s="7"/>
       <c r="H192" s="7"/>
       <c r="I192" s="7"/>
       <c r="J192" s="7"/>
       <c r="K192" s="7"/>
       <c r="L192" s="5"/>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A193" s="1"/>
       <c r="B193" s="1">
         <v>879139</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="D193" s="1"/>
       <c r="E193" s="2" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="G193" s="2">
         <v>0</v>
       </c>
       <c r="H193" s="2">
         <v>0</v>
       </c>
       <c r="I193" s="1">
         <v>0</v>
       </c>
       <c r="J193" s="3" t="s">
         <v>43</v>
       </c>
       <c r="K193" s="2" t="str">
         <f>J193*186.21</f>
         <v>0</v>
       </c>
       <c r="L193" s="5"/>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A194" s="1"/>
       <c r="B194" s="1">
         <v>879140</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D194" s="1"/>
       <c r="E194" s="2" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="G194" s="2">
         <v>0</v>
       </c>
       <c r="H194" s="2">
         <v>0</v>
       </c>
       <c r="I194" s="1">
         <v>0</v>
       </c>
       <c r="J194" s="3" t="s">
         <v>43</v>
       </c>
       <c r="K194" s="2" t="str">
         <f>J194*204.83</f>
         <v>0</v>
       </c>
       <c r="L194" s="5"/>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A195" s="1"/>
       <c r="B195" s="1">
         <v>879141</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D195" s="1"/>
       <c r="E195" s="2" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="G195" s="2">
         <v>0</v>
       </c>
       <c r="H195" s="2">
         <v>0</v>
       </c>
       <c r="I195" s="1">
         <v>0</v>
       </c>
       <c r="J195" s="3" t="s">
         <v>43</v>
       </c>
       <c r="K195" s="2" t="str">
         <f>J195*225.78</f>
         <v>0</v>
       </c>
       <c r="L195" s="5"/>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A196" s="1"/>
       <c r="B196" s="1">
         <v>879142</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D196" s="1"/>
       <c r="E196" s="2" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="G196" s="2">
         <v>0</v>
       </c>
       <c r="H196" s="2">
         <v>0</v>
       </c>
       <c r="I196" s="1">
         <v>0</v>
       </c>
       <c r="J196" s="3" t="s">
         <v>43</v>
       </c>
       <c r="K196" s="2" t="str">
         <f>J196*242.07</f>
         <v>0</v>
       </c>
       <c r="L196" s="5"/>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A197" s="1"/>
       <c r="B197" s="1">
         <v>879143</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D197" s="1"/>
       <c r="E197" s="2" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="G197" s="2">
         <v>0</v>
       </c>
       <c r="H197" s="2">
         <v>0</v>
       </c>
       <c r="I197" s="1">
         <v>0</v>
       </c>
       <c r="J197" s="3" t="s">
         <v>43</v>
       </c>
       <c r="K197" s="2" t="str">
         <f>J197*279.31</f>
         <v>0</v>
       </c>
       <c r="L197" s="5"/>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A198" s="1"/>
       <c r="B198" s="1">
         <v>879144</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="D198" s="1"/>
       <c r="E198" s="2" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="G198" s="2">
         <v>0</v>
       </c>
       <c r="H198" s="2">
         <v>0</v>
       </c>
       <c r="I198" s="1">
         <v>0</v>
       </c>
       <c r="J198" s="3" t="s">
         <v>43</v>
       </c>
       <c r="K198" s="2" t="str">
         <f>J198*281.64</f>
         <v>0</v>
       </c>
       <c r="L198" s="5"/>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A199" s="1"/>
       <c r="B199" s="1">
         <v>879145</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="D199" s="1"/>
       <c r="E199" s="2" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="F199" s="2" t="s">
         <v>507</v>
       </c>
       <c r="G199" s="2">
         <v>0</v>
       </c>
       <c r="H199" s="2">
         <v>0</v>
       </c>
       <c r="I199" s="1">
         <v>0</v>
       </c>
       <c r="J199" s="3" t="s">
         <v>43</v>
       </c>
       <c r="K199" s="2" t="str">
         <f>J199*321.21</f>
         <v>0</v>
       </c>
       <c r="L199" s="5"/>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A200" s="1"/>
       <c r="B200" s="1">
         <v>879146</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D200" s="1"/>
       <c r="E200" s="2" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="G200" s="2">
         <v>0</v>
       </c>
       <c r="H200" s="2">
         <v>0</v>
       </c>
       <c r="I200" s="1">
         <v>0</v>
       </c>
       <c r="J200" s="3" t="s">
         <v>43</v>
       </c>
       <c r="K200" s="2" t="str">
         <f>J200*360.78</f>
         <v>0</v>
       </c>
       <c r="L200" s="5"/>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A201" s="1"/>
       <c r="B201" s="1">
         <v>879147</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D201" s="1"/>
       <c r="E201" s="2" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="G201" s="2">
         <v>0</v>
       </c>
       <c r="H201" s="2">
         <v>0</v>
       </c>
       <c r="I201" s="1">
         <v>0</v>
       </c>
       <c r="J201" s="3" t="s">
         <v>43</v>
       </c>
       <c r="K201" s="2" t="str">
         <f>J201*418.97</f>
         <v>0</v>
       </c>
       <c r="L201" s="5"/>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A202" s="1"/>
       <c r="B202" s="1">
         <v>879148</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="D202" s="1"/>
       <c r="E202" s="2" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="G202" s="2" t="s">
-        <v>166</v>
+        <v>511</v>
       </c>
       <c r="H202" s="2">
         <v>0</v>
       </c>
       <c r="I202" s="1">
         <v>0</v>
       </c>
       <c r="J202" s="3" t="s">
         <v>43</v>
       </c>
       <c r="K202" s="2" t="str">
         <f>J202*477.16</f>
         <v>0</v>
       </c>
       <c r="L202" s="5"/>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A203" s="1"/>
       <c r="B203" s="1">
         <v>879149</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="D203" s="1"/>
       <c r="E203" s="2" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="G203" s="2">
         <v>0</v>
       </c>
       <c r="H203" s="2">
         <v>0</v>
       </c>
       <c r="I203" s="1">
         <v>0</v>
       </c>
       <c r="J203" s="3" t="s">
         <v>43</v>
       </c>
       <c r="K203" s="2" t="str">
         <f>J203*537.68</f>
         <v>0</v>
       </c>
       <c r="L203" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A26:K26"/>