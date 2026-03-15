--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -1483,50 +1483,53 @@
   <si>
     <t>Гибкая подводка для воды 30см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (100шт)</t>
   </si>
   <si>
     <t>107.07 руб.</t>
   </si>
   <si>
     <t>SCH-100113</t>
   </si>
   <si>
     <t>Гибкая подводка для воды 40см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (100шт)</t>
   </si>
   <si>
     <t>116.38 руб.</t>
   </si>
   <si>
     <t>SCH-100114</t>
   </si>
   <si>
     <t>Гибкая подводка для воды 50см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (100шт)</t>
   </si>
   <si>
     <t>125.69 руб.</t>
   </si>
   <si>
+    <t>&gt;10</t>
+  </si>
+  <si>
     <t>SCH-100115</t>
   </si>
   <si>
     <t>Гибкая подводка для воды 60см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (100шт)</t>
   </si>
   <si>
     <t>SCH-100116</t>
   </si>
   <si>
     <t>Гибкая подводка для воды 80см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (100шт)</t>
   </si>
   <si>
     <t>155.95 руб.</t>
   </si>
   <si>
     <t>SCH-100117</t>
   </si>
   <si>
     <t>Гибкая подводка для воды 100см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (100шт)</t>
   </si>
   <si>
     <t>174.57 руб.</t>
   </si>
   <si>
     <t>SCH-100118</t>
@@ -1550,53 +1553,50 @@
     <t>SCH-100120</t>
   </si>
   <si>
     <t>Гибкая подводка для воды 200см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (50шт)</t>
   </si>
   <si>
     <t>270.00 руб.</t>
   </si>
   <si>
     <t>SCH-100121</t>
   </si>
   <si>
     <t>Гибкая подводка для воды 250см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (50шт)</t>
   </si>
   <si>
     <t>321.21 руб.</t>
   </si>
   <si>
     <t>SCH-100122</t>
   </si>
   <si>
     <t>Гибкая подводка для воды 300см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (50шт)</t>
   </si>
   <si>
     <t>367.76 руб.</t>
-  </si>
-[...1 lines deleted...]
-    <t>&gt;10</t>
   </si>
   <si>
     <t>SCH-100123</t>
   </si>
   <si>
     <t>Гибкая подводка для воды 350см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (20шт)</t>
   </si>
   <si>
     <t>430.61 руб.</t>
   </si>
   <si>
     <t>SCH-100124</t>
   </si>
   <si>
     <t>Гибкая подводка для воды 400см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (20шт)</t>
   </si>
   <si>
     <t>488.80 руб.</t>
   </si>
   <si>
     <t>SCH-100125</t>
   </si>
   <si>
     <t>Гибкая подводка для воды 450см 1/2 ВН-ВН нержавейка в СИЛИКОН покрытии (20шт)</t>
   </si>
@@ -10240,51 +10240,51 @@
       <c r="G76" s="7"/>
       <c r="H76" s="7"/>
       <c r="I76" s="7"/>
       <c r="J76" s="7"/>
       <c r="K76" s="7"/>
       <c r="L76" s="5"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A77" s="1"/>
       <c r="B77" s="1">
         <v>878967</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>221</v>
       </c>
       <c r="D77" s="1">
         <v>554727</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>222</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>187</v>
       </c>
       <c r="G77" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H77" s="2">
         <v>0</v>
       </c>
       <c r="I77" s="1">
         <v>0</v>
       </c>
       <c r="J77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K77" s="2" t="str">
         <f>J77*40.00</f>
         <v>0</v>
       </c>
       <c r="L77" s="5"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A78" s="1"/>
       <c r="B78" s="1">
         <v>878968</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>223</v>
       </c>
       <c r="D78" s="1">
@@ -11727,52 +11727,52 @@
       </c>
       <c r="J121" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K121" s="2" t="str">
         <f>J121*80.00</f>
         <v>0</v>
       </c>
       <c r="L121" s="5"/>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A122" s="1"/>
       <c r="B122" s="1">
         <v>878709</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>373</v>
       </c>
       <c r="D122" s="1"/>
       <c r="E122" s="2" t="s">
         <v>374</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>375</v>
       </c>
-      <c r="G122" s="2" t="s">
-        <v>184</v>
+      <c r="G122" s="2">
+        <v>0</v>
       </c>
       <c r="H122" s="2">
         <v>0</v>
       </c>
       <c r="I122" s="1">
         <v>0</v>
       </c>
       <c r="J122" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K122" s="2" t="str">
         <f>J122*33.00</f>
         <v>0</v>
       </c>
       <c r="L122" s="5"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A123" s="1"/>
       <c r="B123" s="1">
         <v>878710</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>376</v>
       </c>
       <c r="D123" s="1"/>
@@ -11926,51 +11926,51 @@
       <c r="J127" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K127" s="2" t="str">
         <f>J127*50.00</f>
         <v>0</v>
       </c>
       <c r="L127" s="5"/>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A128" s="1"/>
       <c r="B128" s="1">
         <v>878715</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>388</v>
       </c>
       <c r="D128" s="1"/>
       <c r="E128" s="2" t="s">
         <v>389</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>390</v>
       </c>
       <c r="G128" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H128" s="2">
         <v>0</v>
       </c>
       <c r="I128" s="1">
         <v>0</v>
       </c>
       <c r="J128" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K128" s="2" t="str">
         <f>J128*51.24</f>
         <v>0</v>
       </c>
       <c r="L128" s="5"/>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A129" s="1"/>
       <c r="B129" s="1">
         <v>878716</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>391</v>
       </c>
       <c r="D129" s="1"/>
@@ -13063,348 +13063,348 @@
       <c r="J163" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K163" s="2" t="str">
         <f>J163*116.38</f>
         <v>0</v>
       </c>
       <c r="L163" s="5"/>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A164" s="1"/>
       <c r="B164" s="1">
         <v>879152</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>485</v>
       </c>
       <c r="D164" s="1"/>
       <c r="E164" s="2" t="s">
         <v>486</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>487</v>
       </c>
       <c r="G164" s="2" t="s">
-        <v>184</v>
+        <v>488</v>
       </c>
       <c r="H164" s="2">
         <v>0</v>
       </c>
       <c r="I164" s="1">
         <v>0</v>
       </c>
       <c r="J164" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K164" s="2" t="str">
         <f>J164*125.69</f>
         <v>0</v>
       </c>
       <c r="L164" s="5"/>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A165" s="1"/>
       <c r="B165" s="1">
         <v>879153</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D165" s="1"/>
       <c r="E165" s="2" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>219</v>
       </c>
       <c r="G165" s="2">
         <v>0</v>
       </c>
       <c r="H165" s="2">
         <v>0</v>
       </c>
       <c r="I165" s="1">
         <v>0</v>
       </c>
       <c r="J165" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K165" s="2" t="str">
         <f>J165*135.00</f>
         <v>0</v>
       </c>
       <c r="L165" s="5"/>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A166" s="1"/>
       <c r="B166" s="1">
         <v>879154</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="D166" s="1"/>
       <c r="E166" s="2" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="G166" s="2">
         <v>0</v>
       </c>
       <c r="H166" s="2">
         <v>0</v>
       </c>
       <c r="I166" s="1">
         <v>0</v>
       </c>
       <c r="J166" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K166" s="2" t="str">
         <f>J166*155.95</f>
         <v>0</v>
       </c>
       <c r="L166" s="5"/>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A167" s="1"/>
       <c r="B167" s="1">
         <v>879155</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D167" s="1"/>
       <c r="E167" s="2" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="G167" s="2">
         <v>0</v>
       </c>
       <c r="H167" s="2">
         <v>0</v>
       </c>
       <c r="I167" s="1">
         <v>0</v>
       </c>
       <c r="J167" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K167" s="2" t="str">
         <f>J167*174.57</f>
         <v>0</v>
       </c>
       <c r="L167" s="5"/>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A168" s="1"/>
       <c r="B168" s="1">
         <v>879156</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="D168" s="1"/>
       <c r="E168" s="2" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="G168" s="2">
         <v>2</v>
       </c>
       <c r="H168" s="2">
         <v>0</v>
       </c>
       <c r="I168" s="1">
         <v>0</v>
       </c>
       <c r="J168" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K168" s="2" t="str">
         <f>J168*193.19</f>
         <v>0</v>
       </c>
       <c r="L168" s="5"/>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A169" s="1"/>
       <c r="B169" s="1">
         <v>879157</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D169" s="1"/>
       <c r="E169" s="2" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="G169" s="2">
         <v>0</v>
       </c>
       <c r="H169" s="2">
         <v>0</v>
       </c>
       <c r="I169" s="1">
         <v>0</v>
       </c>
       <c r="J169" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K169" s="2" t="str">
         <f>J169*223.45</f>
         <v>0</v>
       </c>
       <c r="L169" s="5"/>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A170" s="1"/>
       <c r="B170" s="1">
         <v>879158</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D170" s="1"/>
       <c r="E170" s="2" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="G170" s="2">
         <v>0</v>
       </c>
       <c r="H170" s="2">
         <v>0</v>
       </c>
       <c r="I170" s="1">
         <v>0</v>
       </c>
       <c r="J170" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K170" s="2" t="str">
         <f>J170*270.00</f>
         <v>0</v>
       </c>
       <c r="L170" s="5"/>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A171" s="1"/>
       <c r="B171" s="1">
         <v>879159</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="D171" s="1"/>
       <c r="E171" s="2" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="G171" s="2">
         <v>2</v>
       </c>
       <c r="H171" s="2">
         <v>0</v>
       </c>
       <c r="I171" s="1">
         <v>0</v>
       </c>
       <c r="J171" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K171" s="2" t="str">
         <f>J171*321.21</f>
         <v>0</v>
       </c>
       <c r="L171" s="5"/>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A172" s="1"/>
       <c r="B172" s="1">
         <v>879160</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="D172" s="1"/>
       <c r="E172" s="2" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="G172" s="2" t="s">
-        <v>511</v>
+        <v>488</v>
       </c>
       <c r="H172" s="2">
         <v>0</v>
       </c>
       <c r="I172" s="1">
         <v>0</v>
       </c>
       <c r="J172" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K172" s="2" t="str">
         <f>J172*367.76</f>
         <v>0</v>
       </c>
       <c r="L172" s="5"/>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A173" s="1"/>
       <c r="B173" s="1">
         <v>879161</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>512</v>
       </c>
       <c r="D173" s="1"/>
       <c r="E173" s="2" t="s">
         <v>513</v>
       </c>
       <c r="F173" s="2" t="s">
         <v>514</v>
       </c>
-      <c r="G173" s="2" t="s">
-        <v>511</v>
+      <c r="G173" s="2">
+        <v>10</v>
       </c>
       <c r="H173" s="2">
         <v>0</v>
       </c>
       <c r="I173" s="1">
         <v>0</v>
       </c>
       <c r="J173" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K173" s="2" t="str">
         <f>J173*430.61</f>
         <v>0</v>
       </c>
       <c r="L173" s="5"/>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A174" s="1"/>
       <c r="B174" s="1">
         <v>879162</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>515</v>
       </c>
       <c r="D174" s="1"/>
@@ -13588,84 +13588,84 @@
       <c r="I179" s="1">
         <v>0</v>
       </c>
       <c r="J179" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K179" s="2" t="str">
         <f>J179*144.31</f>
         <v>0</v>
       </c>
       <c r="L179" s="5"/>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A180" s="1"/>
       <c r="B180" s="1">
         <v>879168</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>531</v>
       </c>
       <c r="D180" s="1"/>
       <c r="E180" s="2" t="s">
         <v>532</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="G180" s="2">
         <v>0</v>
       </c>
       <c r="H180" s="2">
         <v>0</v>
       </c>
       <c r="I180" s="1">
         <v>0</v>
       </c>
       <c r="J180" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K180" s="2" t="str">
         <f>J180*155.95</f>
         <v>0</v>
       </c>
       <c r="L180" s="5"/>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A181" s="1"/>
       <c r="B181" s="1">
         <v>879169</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>533</v>
       </c>
       <c r="D181" s="1"/>
       <c r="E181" s="2" t="s">
         <v>534</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="G181" s="2">
         <v>0</v>
       </c>
       <c r="H181" s="2">
         <v>0</v>
       </c>
       <c r="I181" s="1">
         <v>0</v>
       </c>
       <c r="J181" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K181" s="2" t="str">
         <f>J181*174.57</f>
         <v>0</v>
       </c>
       <c r="L181" s="5"/>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A182" s="1"/>
       <c r="B182" s="1">
         <v>879170</v>
       </c>
       <c r="C182" s="1" t="s">
@@ -14198,51 +14198,51 @@
       <c r="I198" s="1">
         <v>0</v>
       </c>
       <c r="J198" s="3" t="s">
         <v>43</v>
       </c>
       <c r="K198" s="2" t="str">
         <f>J198*281.64</f>
         <v>0</v>
       </c>
       <c r="L198" s="5"/>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A199" s="1"/>
       <c r="B199" s="1">
         <v>879145</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>579</v>
       </c>
       <c r="D199" s="1"/>
       <c r="E199" s="2" t="s">
         <v>580</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="G199" s="2">
         <v>0</v>
       </c>
       <c r="H199" s="2">
         <v>0</v>
       </c>
       <c r="I199" s="1">
         <v>0</v>
       </c>
       <c r="J199" s="3" t="s">
         <v>43</v>
       </c>
       <c r="K199" s="2" t="str">
         <f>J199*321.21</f>
         <v>0</v>
       </c>
       <c r="L199" s="5"/>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A200" s="1"/>
       <c r="B200" s="1">
         <v>879146</v>
       </c>
       <c r="C200" s="1" t="s">
@@ -14300,51 +14300,51 @@
       <c r="J201" s="3" t="s">
         <v>43</v>
       </c>
       <c r="K201" s="2" t="str">
         <f>J201*418.97</f>
         <v>0</v>
       </c>
       <c r="L201" s="5"/>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A202" s="1"/>
       <c r="B202" s="1">
         <v>879148</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>587</v>
       </c>
       <c r="D202" s="1"/>
       <c r="E202" s="2" t="s">
         <v>588</v>
       </c>
       <c r="F202" s="2" t="s">
         <v>589</v>
       </c>
       <c r="G202" s="2" t="s">
-        <v>511</v>
+        <v>488</v>
       </c>
       <c r="H202" s="2">
         <v>0</v>
       </c>
       <c r="I202" s="1">
         <v>0</v>
       </c>
       <c r="J202" s="3" t="s">
         <v>43</v>
       </c>
       <c r="K202" s="2" t="str">
         <f>J202*477.16</f>
         <v>0</v>
       </c>
       <c r="L202" s="5"/>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A203" s="1"/>
       <c r="B203" s="1">
         <v>879149</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>590</v>
       </c>
       <c r="D203" s="1"/>