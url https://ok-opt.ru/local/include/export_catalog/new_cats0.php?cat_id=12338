--- v0 (2025-12-07)
+++ v1 (2026-03-19)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="195">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
@@ -157,174 +157,168 @@
   <si>
     <t>VLC-611027</t>
   </si>
   <si>
     <t>VT.345.NA.05</t>
   </si>
   <si>
     <t>Узел нижнего подключения радиатора, угловой (1 /40шт)</t>
   </si>
   <si>
     <t>931.00 руб.</t>
   </si>
   <si>
     <t>VLC-611028</t>
   </si>
   <si>
     <t>VT.345.KNA.E04</t>
   </si>
   <si>
     <t>Узел угловой для нижн. Подкл. Рад. (c компл. адаптеров 1/2"), 3/4хЕвроконус</t>
   </si>
   <si>
     <t>1 580.00 руб.</t>
   </si>
   <si>
+    <t>&gt;25</t>
+  </si>
+  <si>
     <t>VLC-611029</t>
   </si>
   <si>
     <t>VT.AVK01.N.E04</t>
   </si>
   <si>
     <t>Адаптер для узла нижнего подкл. рад., Евроконус х 1/2" (10 /400шт)</t>
   </si>
   <si>
     <t>149.00 руб.</t>
   </si>
   <si>
     <t>Узлы нижнего подключения VIEIR (ручная регулировка)</t>
   </si>
   <si>
     <t>RAR-210009</t>
   </si>
   <si>
     <t>VR308</t>
   </si>
   <si>
     <t>Узел для нижн. подкл. рад. прямой (c компл. адаптеров 1/2"), 3/4хЕвроконус (4/50шт)</t>
   </si>
   <si>
-    <t>891.01 руб.</t>
+    <t>954.66 руб.</t>
   </si>
   <si>
     <t>RAR-210023</t>
   </si>
   <si>
     <t>VR309</t>
   </si>
   <si>
     <t>Узел для нижн. подкл. рад. угловой (c компл. адаптеров 1/2"), 3/4хЕвроконус (5/50шт)</t>
   </si>
   <si>
-    <t>873.16 руб.</t>
+    <t>935.30 руб.</t>
   </si>
   <si>
     <t>VER-000637</t>
   </si>
   <si>
     <t>VR308-C</t>
   </si>
   <si>
     <t>Узел нижнего подключения радиатора, 3/4" ПРЯМОЙ ЧЕРНЫЙ с адаптерами (48/1шт)</t>
   </si>
   <si>
-    <t>1 042.74 руб.</t>
+    <t>1 192.95 руб.</t>
   </si>
   <si>
     <t>VER-000638</t>
   </si>
   <si>
     <t>VR308-F</t>
   </si>
   <si>
     <t>Узел нижнего подключения радиатора, 3/4" ПРЯМОЙ БЕЛЫЙ с адаптерами (48/1шт)</t>
   </si>
   <si>
-    <t>1 068.03 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>VER-000639</t>
   </si>
   <si>
     <t>VR309-C</t>
   </si>
   <si>
     <t>Узел нижнего подключения радиатора, 3/4" УГЛОВОЙ ЧЕРНЫЙ с адаптерами (48/1шт)</t>
   </si>
   <si>
-    <t>1 087.36 руб.</t>
+    <t>1 163.16 руб.</t>
   </si>
   <si>
     <t>VER-000640</t>
   </si>
   <si>
     <t>VR309-F</t>
   </si>
   <si>
     <t>Узел нижнего подключения радиатора, 3/4" УГЛОВОЙ БЕЛЫЙ с адаптерами (48/1шт)</t>
   </si>
   <si>
-    <t>1 099.26 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>VER-000699</t>
   </si>
   <si>
     <t>VRD34M</t>
   </si>
   <si>
     <t>Ниппель переходной для узла подключения радиатора 1/2"M*3/4"M (60/5шт)</t>
   </si>
   <si>
-    <t>72.89 руб.</t>
-[...2 lines deleted...]
-    <t>&gt;25</t>
+    <t>90.85 руб.</t>
   </si>
   <si>
     <t>VER-001155</t>
   </si>
   <si>
     <t>VR1155</t>
   </si>
   <si>
     <t>Узел нижнего подключения для радиатора раздельный прямой 3/4"x1/2"(100/1шт)</t>
   </si>
   <si>
-    <t>400.14 руб.</t>
+    <t>440.84 руб.</t>
   </si>
   <si>
     <t>VER-001156</t>
   </si>
   <si>
     <t>VR1156</t>
   </si>
   <si>
     <t>Узел нижнего подключения для радиатора раздельный угловой 3/4"x1/2"(100/1шт)</t>
   </si>
   <si>
-    <t>447.74 руб.</t>
+    <t>494.46 руб.</t>
   </si>
   <si>
     <t>Узлы нижнего подключения VALTEC (термостатические)</t>
   </si>
   <si>
     <t>VLC-612001</t>
   </si>
   <si>
     <t>VT.AD304.0.1000</t>
   </si>
   <si>
     <t>Трубка из нерж. стали D=15 мм, L=1 м (1 /50шт)</t>
   </si>
   <si>
     <t>795.00 руб.</t>
   </si>
   <si>
     <t>VLC-612007</t>
   </si>
   <si>
     <t>VT.225K.N.E04050</t>
   </si>
   <si>
     <t>Термостатический узел для нижнего подкл. рад. Однотрубная система (комплект) 1/2"х50%  (1 /32шт)</t>
   </si>
@@ -361,180 +355,183 @@
   <si>
     <t>VLC-612010</t>
   </si>
   <si>
     <t>VT.025.N.E04100</t>
   </si>
   <si>
     <t>Инжекторный узел для подкл. рад.. 1/2"x100% (5 /40шт)</t>
   </si>
   <si>
     <t>&gt;50</t>
   </si>
   <si>
     <t>Узлы нижнего подключения VIEIR (термостатические)</t>
   </si>
   <si>
     <t>RAR-120018</t>
   </si>
   <si>
     <t>VR349</t>
   </si>
   <si>
     <t>Клапан ОСЕВОЙ термостатич. (M30X1,5) 3/4"ЕВРОКОНУС х1/2" ViEiR (комплект + VR350+VR318A) (60/1шт)</t>
   </si>
   <si>
-    <t>589.05 руб.</t>
+    <t>664.24 руб.</t>
   </si>
   <si>
     <t>RAR-120022</t>
   </si>
   <si>
     <t>VR318A</t>
   </si>
   <si>
     <t>Трубка из нерж. стали D=15 мм, L=600мм (1 /50шт)</t>
   </si>
   <si>
-    <t>266.26 руб.</t>
+    <t>263.61 руб.</t>
   </si>
   <si>
     <t>RAR-120023</t>
   </si>
   <si>
     <t>VR320A</t>
   </si>
   <si>
     <t>Трубка нержавеющая  ф12*450мм  ViEiR (1шт)</t>
   </si>
   <si>
-    <t>166.60 руб.</t>
+    <t>163.83 руб.</t>
   </si>
   <si>
     <t>RAR-210018</t>
   </si>
   <si>
     <t>VR321A</t>
   </si>
   <si>
     <t>Клапан термостатич. (M30X1,5) осевой для рад. с воздух. и доп. упл. (компл VR318+VR318A) (1/50шт)</t>
   </si>
   <si>
-    <t>821.10 руб.</t>
+    <t>932.32 руб.</t>
   </si>
   <si>
     <t>RAR-210019</t>
   </si>
   <si>
     <t>VR318</t>
   </si>
   <si>
     <t>Узел ниж подключ рад 4-х ход 1 и 2 труб система, вращение 360* ViEiR (компл VR321A+VR318A) (50/1шт)</t>
   </si>
   <si>
-    <t>1 053.15 руб.</t>
+    <t>1 194.44 руб.</t>
   </si>
   <si>
     <t>RAR-210021</t>
   </si>
   <si>
     <t>VR350</t>
   </si>
   <si>
     <t>Узел ниж подключ 4-х ходовой двухтруб система 100%  ViEiR (исполь с VR 349 + VR318A (50/1шт)</t>
   </si>
   <si>
-    <t>1 094.80 руб.</t>
+    <t>1 279.33 руб.</t>
   </si>
   <si>
     <t>RAR-210022</t>
   </si>
   <si>
     <t>VR320</t>
   </si>
   <si>
     <t>Узел термост для одноточеч ниж подключ рад (M30X1,5) 1 и 2 труб система (исполь с VR320A) (30/1шт)</t>
   </si>
   <si>
-    <t>1 581.21 руб.</t>
+    <t>1 614.43 руб.</t>
   </si>
   <si>
     <t>VER-000537</t>
   </si>
   <si>
     <t>VR339</t>
   </si>
   <si>
     <t>Термостатический узел одноточечный нижней установки радиатора 1/2" "ViEiR" (60/1шт)</t>
   </si>
   <si>
-    <t>1 716.58 руб.</t>
+    <t>1 788.68 руб.</t>
   </si>
   <si>
     <t>VER-000673</t>
   </si>
   <si>
     <t>VR1620-A</t>
   </si>
   <si>
     <t>Евроконус для узла ручной регулировки 16x2.2" (240/60шт)</t>
   </si>
   <si>
-    <t>148.75 руб.</t>
+    <t>153.40 руб.</t>
   </si>
   <si>
     <t>VER-000674</t>
   </si>
   <si>
     <t>VR1620-B</t>
   </si>
   <si>
     <t>Евроконус для узла ручной регулировки 16x2.0" (240/60шт)</t>
   </si>
   <si>
+    <t>166.80 руб.</t>
+  </si>
+  <si>
     <t>VER-000930</t>
   </si>
   <si>
     <t>VR349/VR350</t>
   </si>
   <si>
     <t>Комплект термостатический для подключения радиаторов 1/2"x3/4" (25/1пар)</t>
   </si>
   <si>
-    <t>1 683.85 руб.</t>
+    <t>1 942.08 руб.</t>
   </si>
   <si>
     <t>VER-001515</t>
   </si>
   <si>
     <t>VR353-2C</t>
   </si>
   <si>
     <t>Универсальный комплект для нижнего подключения G1/2" ЧЕРНЫЙ (24/1шт)</t>
   </si>
   <si>
-    <t>2 690.89 руб.</t>
+    <t>2 858.01 руб.</t>
   </si>
   <si>
     <t>VER-001516</t>
   </si>
   <si>
     <t>VR353-2F</t>
   </si>
   <si>
     <t>Универсальный комплект для нижнего подключения G1/2" БЕЛЫЙ (24/1шт)</t>
   </si>
   <si>
     <t>VER-001517</t>
   </si>
   <si>
     <t>VR353-2G</t>
   </si>
   <si>
     <t>Универсальный комплект для нижнего подключения G1/2" СЕРЫЙ (24/1шт)</t>
   </si>
   <si>
     <t>Дизайн узлы нижнего подключения VIVALDO (цветные)</t>
   </si>
   <si>
     <t>VIV-101017</t>
   </si>
@@ -2470,84 +2467,84 @@
       <c r="E3" s="7"/>
       <c r="F3" s="7"/>
       <c r="G3" s="7"/>
       <c r="H3" s="7"/>
       <c r="I3" s="7"/>
       <c r="J3" s="7"/>
       <c r="K3" s="7"/>
       <c r="L3" s="5"/>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A4" s="1"/>
       <c r="B4" s="1">
         <v>883187</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D4" s="1"/>
       <c r="E4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="G4" s="2">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="H4" s="2">
         <v>0</v>
       </c>
       <c r="I4" s="1">
         <v>0</v>
       </c>
       <c r="J4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K4" s="2" t="str">
         <f>J4*892.42</f>
         <v>0</v>
       </c>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>883188</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D5" s="1"/>
       <c r="E5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="G5" s="2">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K5" s="2" t="str">
         <f>J5*1295.93</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" outlineLevel="2">
       <c r="A6" s="8" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="8"/>
       <c r="C6" s="8"/>
       <c r="D6" s="8"/>
       <c r="E6" s="8"/>
       <c r="F6" s="8"/>
@@ -2729,1423 +2726,1423 @@
       </c>
       <c r="K11" s="2" t="str">
         <f>J11*931.00</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>819033</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K12" s="2" t="str">
         <f>J12*1580.00</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>819034</v>
       </c>
       <c r="C13" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E13" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F13" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="G13" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="D13" s="1" t="s">
-[...12 lines deleted...]
-        <v>37</v>
+      <c r="H13" s="2">
+        <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K13" s="2" t="str">
         <f>J13*149.00</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" outlineLevel="2">
       <c r="A14" s="8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B14" s="8"/>
       <c r="C14" s="8"/>
       <c r="D14" s="8"/>
       <c r="E14" s="8"/>
       <c r="F14" s="8"/>
       <c r="G14" s="8"/>
       <c r="H14" s="8"/>
       <c r="I14" s="8"/>
       <c r="J14" s="8"/>
       <c r="K14" s="8"/>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>824683</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G15" s="2">
-        <v>-3</v>
+        <v>2</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
-      <c r="I15" s="1" t="s">
-        <v>24</v>
+      <c r="I15" s="1">
+        <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K15" s="2" t="str">
-        <f>J15*891.01</f>
+        <f>J15*954.66</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>825201</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K16" s="2" t="str">
-        <f>J16*873.16</f>
+        <f>J16*935.30</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>880047</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K17" s="2" t="str">
-        <f>J17*1042.74</f>
+        <f>J17*1192.95</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>880048</v>
       </c>
       <c r="C18" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E18" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="D18" s="1" t="s">
-[...9 lines deleted...]
-        <v>24</v>
+      <c r="G18" s="2">
+        <v>10</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K18" s="2" t="str">
-        <f>J18*1068.03</f>
+        <f>J18*1192.95</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>880049</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>68</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>69</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="G19" s="2" t="s">
-        <v>24</v>
+      <c r="G19" s="2">
+        <v>7</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K19" s="2" t="str">
-        <f>J19*1087.36</f>
+        <f>J19*1163.16</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>880050</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>72</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G20" s="2">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K20" s="2" t="str">
-        <f>J20*1099.26</f>
+        <f>J20*1163.16</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>884615</v>
       </c>
       <c r="C21" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="D21" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="D21" s="1" t="s">
+      <c r="E21" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="E21" s="2" t="s">
+      <c r="F21" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="F21" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G21" s="2" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K21" s="2" t="str">
-        <f>J21*72.89</f>
+        <f>J21*90.85</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>883950</v>
       </c>
       <c r="C22" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E22" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="D22" s="1" t="s">
+      <c r="F22" s="2" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K22" s="2" t="str">
-        <f>J22*400.14</f>
+        <f>J22*440.84</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>883951</v>
       </c>
       <c r="C23" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E23" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="D23" s="1" t="s">
+      <c r="F23" s="2" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>87</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K23" s="2" t="str">
-        <f>J23*447.74</f>
+        <f>J23*494.46</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" outlineLevel="2">
       <c r="A24" s="8" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B24" s="8"/>
       <c r="C24" s="8"/>
       <c r="D24" s="8"/>
       <c r="E24" s="8"/>
       <c r="F24" s="8"/>
       <c r="G24" s="8"/>
       <c r="H24" s="8"/>
       <c r="I24" s="8"/>
       <c r="J24" s="8"/>
       <c r="K24" s="8"/>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>818959</v>
       </c>
       <c r="C25" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="E25" s="2" t="s">
         <v>89</v>
       </c>
-      <c r="D25" s="1" t="s">
+      <c r="F25" s="2" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
       <c r="G25" s="2">
         <v>0</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K25" s="2" t="str">
         <f>J25*795.00</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>818965</v>
       </c>
       <c r="C26" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="E26" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="D26" s="1" t="s">
+      <c r="F26" s="2" t="s">
         <v>94</v>
-      </c>
-[...4 lines deleted...]
-        <v>96</v>
       </c>
       <c r="G26" s="2">
         <v>3</v>
       </c>
       <c r="H26" s="2" t="s">
-        <v>79</v>
+        <v>46</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K26" s="2" t="str">
         <f>J26*4758.00</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A27" s="1"/>
       <c r="B27" s="1">
         <v>818966</v>
       </c>
       <c r="C27" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="E27" s="2" t="s">
         <v>97</v>
       </c>
-      <c r="D27" s="1" t="s">
+      <c r="F27" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="E27" s="2" t="s">
+      <c r="G27" s="2">
+        <v>0</v>
+      </c>
+      <c r="H27" s="2" t="s">
         <v>99</v>
-      </c>
-[...7 lines deleted...]
-        <v>101</v>
       </c>
       <c r="I27" s="1">
         <v>0</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K27" s="2" t="str">
         <f>J27*4445.00</f>
         <v>0</v>
       </c>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>818967</v>
       </c>
       <c r="C28" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E28" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="D28" s="1" t="s">
+      <c r="F28" s="2" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
       <c r="G28" s="2">
         <v>5</v>
       </c>
       <c r="H28" s="2">
         <v>9</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K28" s="2" t="str">
         <f>J28*4459.00</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>818968</v>
       </c>
       <c r="C29" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E29" s="2" t="s">
         <v>106</v>
       </c>
-      <c r="D29" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F29" s="2" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="G29" s="2">
         <v>10</v>
       </c>
       <c r="H29" s="2" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K29" s="2" t="str">
         <f>J29*4459.00</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" outlineLevel="2">
       <c r="A30" s="8" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B30" s="8"/>
       <c r="C30" s="8"/>
       <c r="D30" s="8"/>
       <c r="E30" s="8"/>
       <c r="F30" s="8"/>
       <c r="G30" s="8"/>
       <c r="H30" s="8"/>
       <c r="I30" s="8"/>
       <c r="J30" s="8"/>
       <c r="K30" s="8"/>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>825187</v>
       </c>
       <c r="C31" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="E31" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="D31" s="1" t="s">
+      <c r="F31" s="2" t="s">
         <v>112</v>
       </c>
-      <c r="E31" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G31" s="2" t="s">
-        <v>79</v>
+        <v>46</v>
       </c>
       <c r="H31" s="2">
         <v>0</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K31" s="2" t="str">
-        <f>J31*589.05</f>
+        <f>J31*664.24</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>827059</v>
       </c>
       <c r="C32" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="E32" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="D32" s="1" t="s">
+      <c r="F32" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="E32" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G32" s="2">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="H32" s="2">
         <v>0</v>
       </c>
       <c r="I32" s="1">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K32" s="2" t="str">
-        <f>J32*266.26</f>
+        <f>J32*263.61</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>832482</v>
       </c>
       <c r="C33" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E33" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="D33" s="1" t="s">
+      <c r="F33" s="2" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>24</v>
       </c>
       <c r="H33" s="2">
         <v>0</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K33" s="2" t="str">
-        <f>J33*166.60</f>
+        <f>J33*163.83</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>825197</v>
       </c>
       <c r="C34" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E34" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="D34" s="1" t="s">
+      <c r="F34" s="2" t="s">
         <v>124</v>
-      </c>
-[...4 lines deleted...]
-        <v>126</v>
       </c>
       <c r="G34" s="2">
         <v>1</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K34" s="2" t="str">
-        <f>J34*821.10</f>
+        <f>J34*932.32</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>825198</v>
       </c>
       <c r="C35" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="E35" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="D35" s="1" t="s">
+      <c r="F35" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="E35" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G35" s="2">
         <v>0</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K35" s="2" t="str">
-        <f>J35*1053.15</f>
+        <f>J35*1194.44</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>825199</v>
       </c>
       <c r="C36" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="E36" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="D36" s="1" t="s">
+      <c r="F36" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="E36" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G36" s="2">
         <v>0</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K36" s="2" t="str">
-        <f>J36*1094.80</f>
+        <f>J36*1279.33</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>825200</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E37" s="2" t="s">
         <v>135</v>
       </c>
-      <c r="D37" s="1" t="s">
+      <c r="F37" s="2" t="s">
         <v>136</v>
-      </c>
-[...4 lines deleted...]
-        <v>138</v>
       </c>
       <c r="G37" s="2">
         <v>6</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K37" s="2" t="str">
-        <f>J37*1581.21</f>
+        <f>J37*1614.43</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>879954</v>
       </c>
       <c r="C38" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="E38" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="D38" s="1" t="s">
+      <c r="F38" s="2" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>142</v>
       </c>
       <c r="G38" s="2">
         <v>10</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K38" s="2" t="str">
-        <f>J38*1716.58</f>
+        <f>J38*1788.68</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>884611</v>
       </c>
       <c r="C39" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="E39" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="D39" s="1" t="s">
+      <c r="F39" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="E39" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G39" s="2" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K39" s="2" t="str">
-        <f>J39*148.75</f>
+        <f>J39*153.40</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>884612</v>
       </c>
       <c r="C40" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="E40" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="D40" s="1" t="s">
+      <c r="F40" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="E40" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G40" s="2" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K40" s="2" t="str">
-        <f>J40*148.75</f>
+        <f>J40*166.80</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>884655</v>
       </c>
       <c r="C41" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="D41" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="D41" s="1" t="s">
+      <c r="E41" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="E41" s="2" t="s">
+      <c r="F41" s="2" t="s">
         <v>152</v>
       </c>
-      <c r="F41" s="2" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="G41" s="2">
+        <v>2</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K41" s="2" t="str">
-        <f>J41*1683.85</f>
+        <f>J41*1942.08</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>885825</v>
       </c>
       <c r="C42" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D42" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="D42" s="1" t="s">
+      <c r="E42" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="E42" s="2" t="s">
+      <c r="F42" s="2" t="s">
         <v>156</v>
       </c>
-      <c r="F42" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G42" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K42" s="2" t="str">
-        <f>J42*2690.89</f>
+        <f>J42*2858.01</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>885826</v>
       </c>
       <c r="C43" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D43" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="D43" s="1" t="s">
+      <c r="E43" s="2" t="s">
         <v>159</v>
       </c>
-      <c r="E43" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F43" s="2" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="G43" s="2">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K43" s="2" t="str">
-        <f>J43*2690.89</f>
+        <f>J43*2858.01</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>885827</v>
       </c>
       <c r="C44" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D44" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="D44" s="1" t="s">
+      <c r="E44" s="2" t="s">
         <v>162</v>
       </c>
-      <c r="E44" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F44" s="2" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="G44" s="2">
         <v>1</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K44" s="2" t="str">
-        <f>J44*2690.89</f>
+        <f>J44*2858.01</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" outlineLevel="2">
       <c r="A45" s="8" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="B45" s="8"/>
       <c r="C45" s="8"/>
       <c r="D45" s="8"/>
       <c r="E45" s="8"/>
       <c r="F45" s="8"/>
       <c r="G45" s="8"/>
       <c r="H45" s="8"/>
       <c r="I45" s="8"/>
       <c r="J45" s="8"/>
       <c r="K45" s="8"/>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>879079</v>
       </c>
       <c r="C46" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="D46" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="D46" s="1" t="s">
+      <c r="E46" s="2" t="s">
         <v>166</v>
       </c>
-      <c r="E46" s="2" t="s">
+      <c r="F46" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="F46" s="2" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="G46" s="2">
+        <v>-11</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K46" s="2" t="str">
         <f>J46*5590.00</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>879080</v>
       </c>
       <c r="C47" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="D47" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="D47" s="1" t="s">
+      <c r="E47" s="2" t="s">
         <v>170</v>
       </c>
-      <c r="E47" s="2" t="s">
+      <c r="F47" s="2" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>24</v>
       </c>
       <c r="H47" s="2">
         <v>0</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K47" s="2" t="str">
         <f>J47*5790.00</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>879081</v>
       </c>
       <c r="C48" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="D48" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="D48" s="1" t="s">
+      <c r="E48" s="2" t="s">
         <v>174</v>
       </c>
-      <c r="E48" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F48" s="2" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>171</v>
+      </c>
+      <c r="G48" s="2">
+        <v>10</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K48" s="2" t="str">
         <f>J48*5790.00</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>879082</v>
       </c>
       <c r="C49" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="D49" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="D49" s="1" t="s">
+      <c r="E49" s="2" t="s">
         <v>177</v>
       </c>
-      <c r="E49" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F49" s="2" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K49" s="2" t="str">
         <f>J49*5790.00</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" outlineLevel="2">
       <c r="A50" s="8" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="B50" s="8"/>
       <c r="C50" s="8"/>
       <c r="D50" s="8"/>
       <c r="E50" s="8"/>
       <c r="F50" s="8"/>
       <c r="G50" s="8"/>
       <c r="H50" s="8"/>
       <c r="I50" s="8"/>
       <c r="J50" s="8"/>
       <c r="K50" s="8"/>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
         <v>954205</v>
       </c>
       <c r="C51" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="D51" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="D51" s="1" t="s">
+      <c r="E51" s="2" t="s">
         <v>181</v>
       </c>
-      <c r="E51" s="2" t="s">
+      <c r="F51" s="2" t="s">
         <v>182</v>
       </c>
-      <c r="F51" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G51" s="2" t="s">
+        <v>24</v>
       </c>
       <c r="H51" s="2">
         <v>0</v>
       </c>
-      <c r="I51" s="1" t="s">
-        <v>24</v>
+      <c r="I51" s="1">
+        <v>0</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K51" s="2" t="str">
         <f>J51*748.48</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>954206</v>
       </c>
       <c r="C52" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D52" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D52" s="1" t="s">
+      <c r="E52" s="2" t="s">
         <v>185</v>
       </c>
-      <c r="E52" s="2" t="s">
+      <c r="F52" s="2" t="s">
         <v>186</v>
       </c>
-      <c r="F52" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G52" s="2" t="s">
+        <v>24</v>
       </c>
       <c r="H52" s="2">
         <v>0</v>
       </c>
-      <c r="I52" s="1" t="s">
-        <v>24</v>
+      <c r="I52" s="1">
+        <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K52" s="2" t="str">
         <f>J52*761.77</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
         <v>954207</v>
       </c>
       <c r="C53" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D53" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="D53" s="1" t="s">
+      <c r="E53" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="E53" s="2" t="s">
+      <c r="F53" s="2" t="s">
         <v>190</v>
       </c>
-      <c r="F53" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G53" s="2">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H53" s="2">
         <v>0</v>
       </c>
       <c r="I53" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="J53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K53" s="2" t="str">
         <f>J53*1586.65</f>
         <v>0</v>
       </c>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="1:12" outlineLevel="4">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
         <v>954208</v>
       </c>
       <c r="C54" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D54" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="D54" s="1" t="s">
+      <c r="E54" s="2" t="s">
         <v>193</v>
       </c>
-      <c r="E54" s="2" t="s">
+      <c r="F54" s="2" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="G54" s="2">
         <v>0</v>
       </c>
       <c r="H54" s="2">
         <v>0</v>
       </c>
       <c r="I54" s="1">
         <v>0</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K54" s="2" t="str">
         <f>J54*86.36</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>