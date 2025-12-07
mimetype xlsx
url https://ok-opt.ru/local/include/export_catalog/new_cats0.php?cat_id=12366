--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -1285,198 +1285,198 @@
   <si>
     <t>1 504.80 руб.</t>
   </si>
   <si>
     <t>SIO-100231</t>
   </si>
   <si>
     <t>Душ металл 9 режимов Belamos (6305)</t>
   </si>
   <si>
     <t>1 450.61 руб.</t>
   </si>
   <si>
     <t>Поплавковые клапана для емкостей</t>
   </si>
   <si>
     <t>VER-001167</t>
   </si>
   <si>
     <t>VRQ98-3</t>
   </si>
   <si>
     <t>Поплавковый клапан с плоской штангой для емкости, 5 осей 1/2" (100/10шт)</t>
   </si>
   <si>
-    <t>421.12 руб.</t>
+    <t>420.96 руб.</t>
   </si>
   <si>
     <t>VER-001168</t>
   </si>
   <si>
     <t>VRQ98-4</t>
   </si>
   <si>
     <t>Поплавковый клапан с плоской штангой для емкости, 5 осей 3/4" (60/6шт)</t>
   </si>
   <si>
-    <t>620.53 руб.</t>
+    <t>620.29 руб.</t>
   </si>
   <si>
     <t>VER-001169</t>
   </si>
   <si>
     <t>VRQ98-5</t>
   </si>
   <si>
     <t>Поплавковый клапан с плоской штангой для емкости, 5 осей 1" (40/4шт)</t>
   </si>
   <si>
-    <t>799.09 руб.</t>
+    <t>798.79 руб.</t>
   </si>
   <si>
     <t>VER-001170</t>
   </si>
   <si>
     <t>VRQ98-6</t>
   </si>
   <si>
     <t>Поплавковый клапан с плоской штангой для емкости, 5 осей 1 1/4" (20/10шт)</t>
   </si>
   <si>
-    <t>1 877.94 руб.</t>
+    <t>1 877.23 руб.</t>
   </si>
   <si>
     <t>VER-001171</t>
   </si>
   <si>
     <t>VRQ98-7</t>
   </si>
   <si>
     <t>Поплавковый клапан с плоской штангой для емкости, 5 осей 1 1/2" (18/6шт)</t>
   </si>
   <si>
-    <t>2 810.96 руб.</t>
+    <t>2 809.89 руб.</t>
   </si>
   <si>
     <t>VER-001172</t>
   </si>
   <si>
     <t>VRQ98-8</t>
   </si>
   <si>
     <t>Поплавковый клапан с плоской штангой для емкости, 5 осей 2" (12/4шт)</t>
   </si>
   <si>
-    <t>3 678.51 руб.</t>
+    <t>3 677.10 руб.</t>
   </si>
   <si>
     <t>VER-001414</t>
   </si>
   <si>
     <t>VRQ56-4</t>
   </si>
   <si>
     <t>Поплавок для клапана с плоской штангой ⌀120мм 1/2" - 3/4" (80/1шт)</t>
   </si>
   <si>
-    <t>113.09 руб.</t>
+    <t>113.05 руб.</t>
   </si>
   <si>
     <t>VER-001415</t>
   </si>
   <si>
     <t>VRQ56-5</t>
   </si>
   <si>
     <t>Поплавок для клапана с плоской штангой ⌀150мм  1" (50/1шт)</t>
   </si>
   <si>
-    <t>172.62 руб.</t>
+    <t>172.55 руб.</t>
   </si>
   <si>
     <t>VER-001416</t>
   </si>
   <si>
     <t>VRQ56-6</t>
   </si>
   <si>
     <t>Поплавок для клапана с плоской штангой ⌀180 мм  1 1/4" (30/1шт)</t>
   </si>
   <si>
-    <t>372.02 руб.</t>
+    <t>371.88 руб.</t>
   </si>
   <si>
     <t>VER-001417</t>
   </si>
   <si>
     <t>VRQ56-7</t>
   </si>
   <si>
     <t>Поплавок для клапана с плоской штангой ⌀200 мм  11/2"- 2" (20/1шт)</t>
   </si>
   <si>
-    <t>497.02 руб.</t>
+    <t>496.83 руб.</t>
   </si>
   <si>
     <t>Компрессоры</t>
   </si>
   <si>
     <t>VER-001534</t>
   </si>
   <si>
     <t>VRPA1-65</t>
   </si>
   <si>
     <t>Компрессор для септика и пруда 38Вт (4/1шт)</t>
   </si>
   <si>
-    <t>11 444.75 руб.</t>
+    <t>11 440.36 руб.</t>
   </si>
   <si>
     <t>VER-001535</t>
   </si>
   <si>
     <t>VRPA1-80</t>
   </si>
   <si>
     <t>Компрессор для септика и пруда 55Вт (4/1шт)</t>
   </si>
   <si>
-    <t>11 663.49 руб.</t>
+    <t>11 659.03 руб.</t>
   </si>
   <si>
     <t>VER-001536</t>
   </si>
   <si>
     <t>VRPA1-100</t>
   </si>
   <si>
     <t>Компрессор для септика и пруда 65Вт (4/1шт)</t>
   </si>
   <si>
-    <t>12 071.22 руб.</t>
+    <t>12 066.60 руб.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -6268,150 +6268,150 @@
       <c r="E3" s="7"/>
       <c r="F3" s="7"/>
       <c r="G3" s="7"/>
       <c r="H3" s="7"/>
       <c r="I3" s="7"/>
       <c r="J3" s="7"/>
       <c r="K3" s="7"/>
       <c r="L3" s="5"/>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A4" s="1"/>
       <c r="B4" s="1">
         <v>882761</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D4" s="1"/>
       <c r="E4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="G4" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H4" s="2">
         <v>0</v>
       </c>
       <c r="I4" s="1">
         <v>0</v>
       </c>
       <c r="J4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K4" s="2" t="str">
         <f>J4*3203.20</f>
         <v>0</v>
       </c>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>882762</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D5" s="1"/>
       <c r="E5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="G5" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K5" s="2" t="str">
         <f>J5*1428.00</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>882763</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D6" s="1"/>
       <c r="E6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G6" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K6" s="2" t="str">
         <f>J6*1803.20</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>882764</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D7" s="1"/>
       <c r="E7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K7" s="2" t="str">
         <f>J7*2436.00</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>882765</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D8" s="1"/>
@@ -6844,51 +6844,51 @@
       <c r="E22" s="8"/>
       <c r="F22" s="8"/>
       <c r="G22" s="8"/>
       <c r="H22" s="8"/>
       <c r="I22" s="8"/>
       <c r="J22" s="8"/>
       <c r="K22" s="8"/>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>882681</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D23" s="1"/>
       <c r="E23" s="2" t="s">
         <v>66</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G23" s="2">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>68</v>
       </c>
       <c r="K23" s="2" t="str">
         <f>J23*1002.56</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>882682</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D24" s="1"/>
@@ -9283,51 +9283,51 @@
       <c r="E99" s="7"/>
       <c r="F99" s="7"/>
       <c r="G99" s="7"/>
       <c r="H99" s="7"/>
       <c r="I99" s="7"/>
       <c r="J99" s="7"/>
       <c r="K99" s="7"/>
       <c r="L99" s="5"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A100" s="1"/>
       <c r="B100" s="1">
         <v>882931</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>278</v>
       </c>
       <c r="D100" s="1"/>
       <c r="E100" s="2" t="s">
         <v>279</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>280</v>
       </c>
       <c r="G100" s="2">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="H100" s="2">
         <v>0</v>
       </c>
       <c r="I100" s="1">
         <v>0</v>
       </c>
       <c r="J100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K100" s="2" t="str">
         <f>J100*236.72</f>
         <v>0</v>
       </c>
       <c r="L100" s="5"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A101" s="1"/>
       <c r="B101" s="1">
         <v>882932</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>281</v>
       </c>
       <c r="D101" s="1"/>
@@ -10044,87 +10044,87 @@
         <v>15</v>
       </c>
       <c r="K122" s="2" t="str">
         <f>J122*123.25</f>
         <v>0</v>
       </c>
       <c r="L122" s="5"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A123" s="1"/>
       <c r="B123" s="1">
         <v>883084</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>350</v>
       </c>
       <c r="D123" s="1">
         <v>5002</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>351</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>352</v>
       </c>
-      <c r="G123" s="2">
-        <v>1</v>
+      <c r="G123" s="2" t="s">
+        <v>187</v>
       </c>
       <c r="H123" s="2">
         <v>0</v>
       </c>
       <c r="I123" s="1">
         <v>0</v>
       </c>
       <c r="J123" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K123" s="2" t="str">
         <f>J123*175.95</f>
         <v>0</v>
       </c>
       <c r="L123" s="5"/>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A124" s="1"/>
       <c r="B124" s="1">
         <v>883085</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>353</v>
       </c>
       <c r="D124" s="1">
         <v>5804</v>
       </c>
       <c r="E124" s="2" t="s">
         <v>354</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>355</v>
       </c>
-      <c r="G124" s="2">
-        <v>0</v>
+      <c r="G124" s="2" t="s">
+        <v>41</v>
       </c>
       <c r="H124" s="2">
         <v>0</v>
       </c>
       <c r="I124" s="1">
         <v>0</v>
       </c>
       <c r="J124" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K124" s="2" t="str">
         <f>J124*50.83</f>
         <v>0</v>
       </c>
       <c r="L124" s="5"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A125" s="1"/>
       <c r="B125" s="1">
         <v>883086</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>356</v>
       </c>
       <c r="D125" s="1">
@@ -10219,52 +10219,52 @@
         <v>15</v>
       </c>
       <c r="K127" s="2" t="str">
         <f>J127*46.92</f>
         <v>0</v>
       </c>
       <c r="L127" s="5"/>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A128" s="1"/>
       <c r="B128" s="1">
         <v>883089</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>364</v>
       </c>
       <c r="D128" s="1">
         <v>5701</v>
       </c>
       <c r="E128" s="2" t="s">
         <v>365</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>366</v>
       </c>
-      <c r="G128" s="2">
-        <v>0</v>
+      <c r="G128" s="2" t="s">
+        <v>187</v>
       </c>
       <c r="H128" s="2">
         <v>0</v>
       </c>
       <c r="I128" s="1">
         <v>0</v>
       </c>
       <c r="J128" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K128" s="2" t="str">
         <f>J128*45.05</f>
         <v>0</v>
       </c>
       <c r="L128" s="5"/>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A129" s="1"/>
       <c r="B129" s="1">
         <v>883090</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>367</v>
       </c>
       <c r="D129" s="1">
@@ -10359,52 +10359,52 @@
         <v>15</v>
       </c>
       <c r="K131" s="2" t="str">
         <f>J131*41.14</f>
         <v>0</v>
       </c>
       <c r="L131" s="5"/>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A132" s="1"/>
       <c r="B132" s="1">
         <v>883093</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>377</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>378</v>
       </c>
       <c r="E132" s="2" t="s">
         <v>379</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>369</v>
       </c>
-      <c r="G132" s="2">
-        <v>0</v>
+      <c r="G132" s="2" t="s">
+        <v>41</v>
       </c>
       <c r="H132" s="2">
         <v>0</v>
       </c>
       <c r="I132" s="1">
         <v>0</v>
       </c>
       <c r="J132" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K132" s="2" t="str">
         <f>J132*39.10</f>
         <v>0</v>
       </c>
       <c r="L132" s="5"/>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A133" s="1"/>
       <c r="B133" s="1">
         <v>883094</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>380</v>
       </c>
       <c r="D133" s="1" t="s">
@@ -10795,500 +10795,500 @@
       <c r="F144" s="7"/>
       <c r="G144" s="7"/>
       <c r="H144" s="7"/>
       <c r="I144" s="7"/>
       <c r="J144" s="7"/>
       <c r="K144" s="7"/>
       <c r="L144" s="5"/>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A145" s="1"/>
       <c r="B145" s="1">
         <v>884724</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>419</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>420</v>
       </c>
       <c r="E145" s="2" t="s">
         <v>421</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>422</v>
       </c>
-      <c r="G145" s="2">
-        <v>6</v>
+      <c r="G145" s="2" t="s">
+        <v>187</v>
       </c>
       <c r="H145" s="2">
         <v>0</v>
       </c>
       <c r="I145" s="1">
         <v>0</v>
       </c>
       <c r="J145" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K145" s="2" t="str">
-        <f>J145*421.12</f>
+        <f>J145*420.96</f>
         <v>0</v>
       </c>
       <c r="L145" s="5"/>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A146" s="1"/>
       <c r="B146" s="1">
         <v>884725</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>423</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>424</v>
       </c>
       <c r="E146" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F146" s="2" t="s">
         <v>426</v>
       </c>
-      <c r="G146" s="2">
-        <v>4</v>
+      <c r="G146" s="2" t="s">
+        <v>187</v>
       </c>
       <c r="H146" s="2">
         <v>0</v>
       </c>
       <c r="I146" s="1">
         <v>0</v>
       </c>
       <c r="J146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K146" s="2" t="str">
-        <f>J146*620.53</f>
+        <f>J146*620.29</f>
         <v>0</v>
       </c>
       <c r="L146" s="5"/>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A147" s="1"/>
       <c r="B147" s="1">
         <v>884726</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>427</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>428</v>
       </c>
       <c r="E147" s="2" t="s">
         <v>429</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G147" s="2">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="H147" s="2">
         <v>0</v>
       </c>
       <c r="I147" s="1">
         <v>0</v>
       </c>
       <c r="J147" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K147" s="2" t="str">
-        <f>J147*799.09</f>
+        <f>J147*798.79</f>
         <v>0</v>
       </c>
       <c r="L147" s="5"/>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A148" s="1"/>
       <c r="B148" s="1">
         <v>884727</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>431</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>432</v>
       </c>
       <c r="E148" s="2" t="s">
         <v>433</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>434</v>
       </c>
       <c r="G148" s="2">
         <v>10</v>
       </c>
       <c r="H148" s="2">
         <v>0</v>
       </c>
       <c r="I148" s="1">
         <v>0</v>
       </c>
       <c r="J148" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K148" s="2" t="str">
-        <f>J148*1877.94</f>
+        <f>J148*1877.23</f>
         <v>0</v>
       </c>
       <c r="L148" s="5"/>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A149" s="1"/>
       <c r="B149" s="1">
         <v>884728</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>435</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>436</v>
       </c>
       <c r="E149" s="2" t="s">
         <v>437</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>438</v>
       </c>
       <c r="G149" s="2">
         <v>6</v>
       </c>
       <c r="H149" s="2">
         <v>0</v>
       </c>
       <c r="I149" s="1">
         <v>0</v>
       </c>
       <c r="J149" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K149" s="2" t="str">
-        <f>J149*2810.96</f>
+        <f>J149*2809.89</f>
         <v>0</v>
       </c>
       <c r="L149" s="5"/>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A150" s="1"/>
       <c r="B150" s="1">
         <v>884729</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>439</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>440</v>
       </c>
       <c r="E150" s="2" t="s">
         <v>441</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>442</v>
       </c>
       <c r="G150" s="2">
         <v>4</v>
       </c>
       <c r="H150" s="2">
         <v>0</v>
       </c>
       <c r="I150" s="1">
         <v>0</v>
       </c>
       <c r="J150" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K150" s="2" t="str">
-        <f>J150*3678.51</f>
+        <f>J150*3677.10</f>
         <v>0</v>
       </c>
       <c r="L150" s="5"/>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A151" s="1"/>
       <c r="B151" s="1">
         <v>886013</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>443</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>444</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>445</v>
       </c>
       <c r="F151" s="2" t="s">
         <v>446</v>
       </c>
       <c r="G151" s="2">
         <v>10</v>
       </c>
       <c r="H151" s="2">
         <v>0</v>
       </c>
       <c r="I151" s="1">
         <v>0</v>
       </c>
       <c r="J151" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K151" s="2" t="str">
-        <f>J151*113.09</f>
+        <f>J151*113.05</f>
         <v>0</v>
       </c>
       <c r="L151" s="5"/>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A152" s="1"/>
       <c r="B152" s="1">
         <v>886014</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>447</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>448</v>
       </c>
       <c r="E152" s="2" t="s">
         <v>449</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>450</v>
       </c>
       <c r="G152" s="2">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H152" s="2">
         <v>0</v>
       </c>
       <c r="I152" s="1">
         <v>0</v>
       </c>
       <c r="J152" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K152" s="2" t="str">
-        <f>J152*172.62</f>
+        <f>J152*172.55</f>
         <v>0</v>
       </c>
       <c r="L152" s="5"/>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A153" s="1"/>
       <c r="B153" s="1">
         <v>886015</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>451</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>452</v>
       </c>
       <c r="E153" s="2" t="s">
         <v>453</v>
       </c>
       <c r="F153" s="2" t="s">
         <v>454</v>
       </c>
       <c r="G153" s="2">
         <v>10</v>
       </c>
       <c r="H153" s="2">
         <v>0</v>
       </c>
       <c r="I153" s="1">
         <v>0</v>
       </c>
       <c r="J153" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K153" s="2" t="str">
-        <f>J153*372.02</f>
+        <f>J153*371.88</f>
         <v>0</v>
       </c>
       <c r="L153" s="5"/>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A154" s="1"/>
       <c r="B154" s="1">
         <v>886016</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>455</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>456</v>
       </c>
       <c r="E154" s="2" t="s">
         <v>457</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>458</v>
       </c>
       <c r="G154" s="2">
         <v>5</v>
       </c>
       <c r="H154" s="2">
         <v>0</v>
       </c>
       <c r="I154" s="1">
         <v>0</v>
       </c>
       <c r="J154" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K154" s="2" t="str">
-        <f>J154*497.02</f>
+        <f>J154*496.83</f>
         <v>0</v>
       </c>
       <c r="L154" s="5"/>
     </row>
     <row r="155" spans="1:12" outlineLevel="1">
       <c r="A155" s="7" t="s">
         <v>459</v>
       </c>
       <c r="B155" s="7"/>
       <c r="C155" s="7"/>
       <c r="D155" s="7"/>
       <c r="E155" s="7"/>
       <c r="F155" s="7"/>
       <c r="G155" s="7"/>
       <c r="H155" s="7"/>
       <c r="I155" s="7"/>
       <c r="J155" s="7"/>
       <c r="K155" s="7"/>
       <c r="L155" s="5"/>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A156" s="1"/>
       <c r="B156" s="1">
         <v>885840</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>460</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>461</v>
       </c>
       <c r="E156" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F156" s="2" t="s">
         <v>463</v>
       </c>
       <c r="G156" s="2">
         <v>4</v>
       </c>
       <c r="H156" s="2">
         <v>0</v>
       </c>
       <c r="I156" s="1">
         <v>0</v>
       </c>
       <c r="J156" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K156" s="2" t="str">
-        <f>J156*11444.75</f>
+        <f>J156*11440.36</f>
         <v>0</v>
       </c>
       <c r="L156" s="5"/>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A157" s="1"/>
       <c r="B157" s="1">
         <v>885841</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>464</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>465</v>
       </c>
       <c r="E157" s="2" t="s">
         <v>466</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>467</v>
       </c>
       <c r="G157" s="2">
         <v>6</v>
       </c>
       <c r="H157" s="2">
         <v>0</v>
       </c>
       <c r="I157" s="1">
         <v>0</v>
       </c>
       <c r="J157" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K157" s="2" t="str">
-        <f>J157*11663.49</f>
+        <f>J157*11659.03</f>
         <v>0</v>
       </c>
       <c r="L157" s="5"/>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A158" s="1"/>
       <c r="B158" s="1">
         <v>885842</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>468</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>469</v>
       </c>
       <c r="E158" s="2" t="s">
         <v>470</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>471</v>
       </c>
       <c r="G158" s="2">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="H158" s="2">
         <v>0</v>
       </c>
       <c r="I158" s="1">
         <v>0</v>
       </c>
       <c r="J158" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K158" s="2" t="str">
-        <f>J158*12071.22</f>
+        <f>J158*12066.60</f>
         <v>0</v>
       </c>
       <c r="L158" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A11:K11"/>
     <mergeCell ref="A21:K21"/>
     <mergeCell ref="A99:K99"/>
     <mergeCell ref="A113:K113"/>
     <mergeCell ref="A144:K144"/>
     <mergeCell ref="A155:K155"/>
     <mergeCell ref="A22:K22"/>
     <mergeCell ref="A59:K59"/>
     <mergeCell ref="A73:K73"/>
     <mergeCell ref="A78:K78"/>
     <mergeCell ref="A89:K89"/>
     <mergeCell ref="A94:K94"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>