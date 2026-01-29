--- v1 (2025-12-07)
+++ v2 (2026-01-29)
@@ -1285,198 +1285,198 @@
   <si>
     <t>1 504.80 руб.</t>
   </si>
   <si>
     <t>SIO-100231</t>
   </si>
   <si>
     <t>Душ металл 9 режимов Belamos (6305)</t>
   </si>
   <si>
     <t>1 450.61 руб.</t>
   </si>
   <si>
     <t>Поплавковые клапана для емкостей</t>
   </si>
   <si>
     <t>VER-001167</t>
   </si>
   <si>
     <t>VRQ98-3</t>
   </si>
   <si>
     <t>Поплавковый клапан с плоской штангой для емкости, 5 осей 1/2" (100/10шт)</t>
   </si>
   <si>
-    <t>420.96 руб.</t>
+    <t>470.05 руб.</t>
   </si>
   <si>
     <t>VER-001168</t>
   </si>
   <si>
     <t>VRQ98-4</t>
   </si>
   <si>
     <t>Поплавковый клапан с плоской штангой для емкости, 5 осей 3/4" (60/6шт)</t>
   </si>
   <si>
-    <t>620.29 руб.</t>
+    <t>694.66 руб.</t>
   </si>
   <si>
     <t>VER-001169</t>
   </si>
   <si>
     <t>VRQ98-5</t>
   </si>
   <si>
     <t>Поплавковый клапан с плоской штангой для емкости, 5 осей 1" (40/4шт)</t>
   </si>
   <si>
-    <t>798.79 руб.</t>
+    <t>893.99 руб.</t>
   </si>
   <si>
     <t>VER-001170</t>
   </si>
   <si>
     <t>VRQ98-6</t>
   </si>
   <si>
     <t>Поплавковый клапан с плоской штангой для емкости, 5 осей 1 1/4" (20/10шт)</t>
   </si>
   <si>
-    <t>1 877.23 руб.</t>
+    <t>2 095.89 руб.</t>
   </si>
   <si>
     <t>VER-001171</t>
   </si>
   <si>
     <t>VRQ98-7</t>
   </si>
   <si>
     <t>Поплавковый клапан с плоской штангой для емкости, 5 осей 1 1/2" (18/6шт)</t>
   </si>
   <si>
-    <t>2 809.89 руб.</t>
+    <t>3 135.65 руб.</t>
   </si>
   <si>
     <t>VER-001172</t>
   </si>
   <si>
     <t>VRQ98-8</t>
   </si>
   <si>
     <t>Поплавковый клапан с плоской штангой для емкости, 5 осей 2" (12/4шт)</t>
   </si>
   <si>
-    <t>3 677.10 руб.</t>
+    <t>4 101.04 руб.</t>
   </si>
   <si>
     <t>VER-001414</t>
   </si>
   <si>
     <t>VRQ56-4</t>
   </si>
   <si>
     <t>Поплавок для клапана с плоской штангой ⌀120мм 1/2" - 3/4" (80/1шт)</t>
   </si>
   <si>
-    <t>113.05 руб.</t>
+    <t>104.13 руб.</t>
   </si>
   <si>
     <t>VER-001415</t>
   </si>
   <si>
     <t>VRQ56-5</t>
   </si>
   <si>
     <t>Поплавок для клапана с плоской штангой ⌀150мм  1" (50/1шт)</t>
   </si>
   <si>
-    <t>172.55 руб.</t>
+    <t>159.16 руб.</t>
   </si>
   <si>
     <t>VER-001416</t>
   </si>
   <si>
     <t>VRQ56-6</t>
   </si>
   <si>
     <t>Поплавок для клапана с плоской штангой ⌀180 мм  1 1/4" (30/1шт)</t>
   </si>
   <si>
-    <t>371.88 руб.</t>
+    <t>319.81 руб.</t>
   </si>
   <si>
     <t>VER-001417</t>
   </si>
   <si>
     <t>VRQ56-7</t>
   </si>
   <si>
     <t>Поплавок для клапана с плоской штангой ⌀200 мм  11/2"- 2" (20/1шт)</t>
   </si>
   <si>
-    <t>496.83 руб.</t>
+    <t>394.19 руб.</t>
   </si>
   <si>
     <t>Компрессоры</t>
   </si>
   <si>
     <t>VER-001534</t>
   </si>
   <si>
     <t>VRPA1-65</t>
   </si>
   <si>
     <t>Компрессор для септика и пруда 38Вт (4/1шт)</t>
   </si>
   <si>
-    <t>11 440.36 руб.</t>
+    <t>11 447.80 руб.</t>
   </si>
   <si>
     <t>VER-001535</t>
   </si>
   <si>
     <t>VRPA1-80</t>
   </si>
   <si>
     <t>Компрессор для септика и пруда 55Вт (4/1шт)</t>
   </si>
   <si>
-    <t>11 659.03 руб.</t>
+    <t>11 666.46 руб.</t>
   </si>
   <si>
     <t>VER-001536</t>
   </si>
   <si>
     <t>VRPA1-100</t>
   </si>
   <si>
     <t>Компрессор для септика и пруда 65Вт (4/1шт)</t>
   </si>
   <si>
-    <t>12 066.60 руб.</t>
+    <t>12 074.04 руб.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -6301,84 +6301,84 @@
       <c r="J4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K4" s="2" t="str">
         <f>J4*3203.20</f>
         <v>0</v>
       </c>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>882762</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D5" s="1"/>
       <c r="E5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="G5" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K5" s="2" t="str">
         <f>J5*1428.00</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>882763</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D6" s="1"/>
       <c r="E6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G6" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K6" s="2" t="str">
         <f>J6*1803.20</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>882764</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D7" s="1"/>
@@ -9382,51 +9382,51 @@
       <c r="J102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K102" s="2" t="str">
         <f>J102*223.68</f>
         <v>0</v>
       </c>
       <c r="L102" s="5"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A103" s="1"/>
       <c r="B103" s="1">
         <v>882934</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>286</v>
       </c>
       <c r="D103" s="1"/>
       <c r="E103" s="2" t="s">
         <v>287</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>280</v>
       </c>
       <c r="G103" s="2">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="H103" s="2">
         <v>0</v>
       </c>
       <c r="I103" s="1">
         <v>0</v>
       </c>
       <c r="J103" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K103" s="2" t="str">
         <f>J103*236.72</f>
         <v>0</v>
       </c>
       <c r="L103" s="5"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A104" s="1"/>
       <c r="B104" s="1">
         <v>882935</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>288</v>
       </c>
       <c r="D104" s="1"/>
@@ -10808,487 +10808,487 @@
       <c r="C145" s="1" t="s">
         <v>419</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>420</v>
       </c>
       <c r="E145" s="2" t="s">
         <v>421</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>422</v>
       </c>
       <c r="G145" s="2" t="s">
         <v>187</v>
       </c>
       <c r="H145" s="2">
         <v>0</v>
       </c>
       <c r="I145" s="1">
         <v>0</v>
       </c>
       <c r="J145" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K145" s="2" t="str">
-        <f>J145*420.96</f>
+        <f>J145*470.05</f>
         <v>0</v>
       </c>
       <c r="L145" s="5"/>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A146" s="1"/>
       <c r="B146" s="1">
         <v>884725</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>423</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>424</v>
       </c>
       <c r="E146" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F146" s="2" t="s">
         <v>426</v>
       </c>
       <c r="G146" s="2" t="s">
         <v>187</v>
       </c>
       <c r="H146" s="2">
         <v>0</v>
       </c>
       <c r="I146" s="1">
         <v>0</v>
       </c>
       <c r="J146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K146" s="2" t="str">
-        <f>J146*620.29</f>
+        <f>J146*694.66</f>
         <v>0</v>
       </c>
       <c r="L146" s="5"/>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A147" s="1"/>
       <c r="B147" s="1">
         <v>884726</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>427</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>428</v>
       </c>
       <c r="E147" s="2" t="s">
         <v>429</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G147" s="2">
         <v>10</v>
       </c>
       <c r="H147" s="2">
         <v>0</v>
       </c>
       <c r="I147" s="1">
         <v>0</v>
       </c>
       <c r="J147" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K147" s="2" t="str">
-        <f>J147*798.79</f>
+        <f>J147*893.99</f>
         <v>0</v>
       </c>
       <c r="L147" s="5"/>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A148" s="1"/>
       <c r="B148" s="1">
         <v>884727</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>431</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>432</v>
       </c>
       <c r="E148" s="2" t="s">
         <v>433</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>434</v>
       </c>
       <c r="G148" s="2">
         <v>10</v>
       </c>
       <c r="H148" s="2">
         <v>0</v>
       </c>
       <c r="I148" s="1">
         <v>0</v>
       </c>
       <c r="J148" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K148" s="2" t="str">
-        <f>J148*1877.23</f>
+        <f>J148*2095.89</f>
         <v>0</v>
       </c>
       <c r="L148" s="5"/>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A149" s="1"/>
       <c r="B149" s="1">
         <v>884728</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>435</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>436</v>
       </c>
       <c r="E149" s="2" t="s">
         <v>437</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>438</v>
       </c>
       <c r="G149" s="2">
         <v>6</v>
       </c>
       <c r="H149" s="2">
         <v>0</v>
       </c>
       <c r="I149" s="1">
         <v>0</v>
       </c>
       <c r="J149" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K149" s="2" t="str">
-        <f>J149*2809.89</f>
+        <f>J149*3135.65</f>
         <v>0</v>
       </c>
       <c r="L149" s="5"/>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A150" s="1"/>
       <c r="B150" s="1">
         <v>884729</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>439</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>440</v>
       </c>
       <c r="E150" s="2" t="s">
         <v>441</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>442</v>
       </c>
       <c r="G150" s="2">
         <v>4</v>
       </c>
       <c r="H150" s="2">
         <v>0</v>
       </c>
       <c r="I150" s="1">
         <v>0</v>
       </c>
       <c r="J150" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K150" s="2" t="str">
-        <f>J150*3677.10</f>
+        <f>J150*4101.04</f>
         <v>0</v>
       </c>
       <c r="L150" s="5"/>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A151" s="1"/>
       <c r="B151" s="1">
         <v>886013</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>443</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>444</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>445</v>
       </c>
       <c r="F151" s="2" t="s">
         <v>446</v>
       </c>
       <c r="G151" s="2">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="H151" s="2">
         <v>0</v>
       </c>
       <c r="I151" s="1">
         <v>0</v>
       </c>
       <c r="J151" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K151" s="2" t="str">
-        <f>J151*113.05</f>
+        <f>J151*104.13</f>
         <v>0</v>
       </c>
       <c r="L151" s="5"/>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A152" s="1"/>
       <c r="B152" s="1">
         <v>886014</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>447</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>448</v>
       </c>
       <c r="E152" s="2" t="s">
         <v>449</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>450</v>
       </c>
       <c r="G152" s="2">
         <v>8</v>
       </c>
       <c r="H152" s="2">
         <v>0</v>
       </c>
       <c r="I152" s="1">
         <v>0</v>
       </c>
       <c r="J152" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K152" s="2" t="str">
-        <f>J152*172.55</f>
+        <f>J152*159.16</f>
         <v>0</v>
       </c>
       <c r="L152" s="5"/>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A153" s="1"/>
       <c r="B153" s="1">
         <v>886015</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>451</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>452</v>
       </c>
       <c r="E153" s="2" t="s">
         <v>453</v>
       </c>
       <c r="F153" s="2" t="s">
         <v>454</v>
       </c>
       <c r="G153" s="2">
         <v>10</v>
       </c>
       <c r="H153" s="2">
         <v>0</v>
       </c>
       <c r="I153" s="1">
         <v>0</v>
       </c>
       <c r="J153" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K153" s="2" t="str">
-        <f>J153*371.88</f>
+        <f>J153*319.81</f>
         <v>0</v>
       </c>
       <c r="L153" s="5"/>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A154" s="1"/>
       <c r="B154" s="1">
         <v>886016</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>455</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>456</v>
       </c>
       <c r="E154" s="2" t="s">
         <v>457</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>458</v>
       </c>
       <c r="G154" s="2">
         <v>5</v>
       </c>
       <c r="H154" s="2">
         <v>0</v>
       </c>
       <c r="I154" s="1">
         <v>0</v>
       </c>
       <c r="J154" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K154" s="2" t="str">
-        <f>J154*496.83</f>
+        <f>J154*394.19</f>
         <v>0</v>
       </c>
       <c r="L154" s="5"/>
     </row>
     <row r="155" spans="1:12" outlineLevel="1">
       <c r="A155" s="7" t="s">
         <v>459</v>
       </c>
       <c r="B155" s="7"/>
       <c r="C155" s="7"/>
       <c r="D155" s="7"/>
       <c r="E155" s="7"/>
       <c r="F155" s="7"/>
       <c r="G155" s="7"/>
       <c r="H155" s="7"/>
       <c r="I155" s="7"/>
       <c r="J155" s="7"/>
       <c r="K155" s="7"/>
       <c r="L155" s="5"/>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A156" s="1"/>
       <c r="B156" s="1">
         <v>885840</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>460</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>461</v>
       </c>
       <c r="E156" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F156" s="2" t="s">
         <v>463</v>
       </c>
       <c r="G156" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="H156" s="2">
         <v>0</v>
       </c>
       <c r="I156" s="1">
         <v>0</v>
       </c>
       <c r="J156" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K156" s="2" t="str">
-        <f>J156*11440.36</f>
+        <f>J156*11447.80</f>
         <v>0</v>
       </c>
       <c r="L156" s="5"/>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A157" s="1"/>
       <c r="B157" s="1">
         <v>885841</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>464</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>465</v>
       </c>
       <c r="E157" s="2" t="s">
         <v>466</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>467</v>
       </c>
       <c r="G157" s="2">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="H157" s="2">
         <v>0</v>
       </c>
       <c r="I157" s="1">
         <v>0</v>
       </c>
       <c r="J157" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K157" s="2" t="str">
-        <f>J157*11659.03</f>
+        <f>J157*11666.46</f>
         <v>0</v>
       </c>
       <c r="L157" s="5"/>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A158" s="1"/>
       <c r="B158" s="1">
         <v>885842</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>468</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>469</v>
       </c>
       <c r="E158" s="2" t="s">
         <v>470</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>471</v>
       </c>
       <c r="G158" s="2">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="H158" s="2">
         <v>0</v>
       </c>
       <c r="I158" s="1">
         <v>0</v>
       </c>
       <c r="J158" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K158" s="2" t="str">
-        <f>J158*12066.60</f>
+        <f>J158*12074.04</f>
         <v>0</v>
       </c>
       <c r="L158" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A11:K11"/>
     <mergeCell ref="A21:K21"/>
     <mergeCell ref="A99:K99"/>
     <mergeCell ref="A113:K113"/>
     <mergeCell ref="A144:K144"/>
     <mergeCell ref="A155:K155"/>
     <mergeCell ref="A22:K22"/>
     <mergeCell ref="A59:K59"/>
     <mergeCell ref="A73:K73"/>
     <mergeCell ref="A78:K78"/>
     <mergeCell ref="A89:K89"/>
     <mergeCell ref="A94:K94"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>