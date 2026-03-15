--- v2 (2026-01-29)
+++ v3 (2026-03-15)
@@ -565,68 +565,68 @@
   <si>
     <t>Шланг полив ПВХ 1/2" (12мм) 3 слоя МЕТЕОР (-5*+60*, 8бар) зеленный с оранж полосой 1,8мм (бухта 20м)</t>
   </si>
   <si>
     <t>835.20 руб.</t>
   </si>
   <si>
     <t>PVH-110102</t>
   </si>
   <si>
     <t>Шланг полив ПВХ 5/8" (16мм) 3 слоя МЕТЕОР (-5*+60*, 8бар) зеленный с оранж полосой, 1,7мм (бухта 20м</t>
   </si>
   <si>
     <t>1 089.18 руб.</t>
   </si>
   <si>
     <t>PVH-110103</t>
   </si>
   <si>
     <t>Шланг полив ПВХ 3/4" (18мм) 3 слоя МЕТЕОР (-5*+60*, 8бар) зеленный с оранж полосой 1,5мм (бухта 20м)</t>
   </si>
   <si>
     <t>1 044.36 руб.</t>
   </si>
   <si>
+    <t>&gt;10</t>
+  </si>
+  <si>
     <t>PVH-110109</t>
   </si>
   <si>
     <t>Шланг полив ПВХ 3/4" (18мм) ТИТАН армированный 3 слоя, белый с серой полосой, 2,2мм (бухта 20м)</t>
   </si>
   <si>
     <t>1 641.96 руб.</t>
   </si>
   <si>
     <t>PVH-110111</t>
   </si>
   <si>
     <t>Шланг полив ПВХ 3/4" (18мм) ТРИТОН армированный 3 слоя, черный с оранж полосой, 1,5мм (бухта 20м)</t>
   </si>
   <si>
-    <t>&gt;10</t>
-[...1 lines deleted...]
-  <si>
     <t>PVH-110112</t>
   </si>
   <si>
     <t>Шланг полив ПВХ 3/4" (18мм) ЮПИТЕР армированный 3 слоя, оранж. с серой полосой, 2,7мм (бухта 20м)</t>
   </si>
   <si>
     <t>1 879.56 руб.</t>
   </si>
   <si>
     <t>PVH-110201</t>
   </si>
   <si>
     <t>Шланг полив ПВХ 3/4" (18мм) 3 слоя 1,7мм (-5*+50*, 6бар) желтый с черной полосой  (бухта 25м)</t>
   </si>
   <si>
     <t>1 583.71 руб.</t>
   </si>
   <si>
     <t>PVH-110202</t>
   </si>
   <si>
     <t>Шланг полив ПВХ 3/4" (18мм) 3 слоя 1,7мм (-5*+50*, 6бар) оранжевый с черной полосой  (бухта 25м)</t>
   </si>
   <si>
     <t>1 624.90 руб.</t>
@@ -748,51 +748,51 @@
   <si>
     <t>PVH-110213</t>
   </si>
   <si>
     <t>Шланг полив резиновый 18мм армированный напорный КОРДОВЫЙ (бухта 25м)</t>
   </si>
   <si>
     <t>102.96 руб.</t>
   </si>
   <si>
     <t>PVH-110214</t>
   </si>
   <si>
     <t>Шланг полив резиновый 18мм армированный напорный КОРДОВЫЙ (бухта 50м)</t>
   </si>
   <si>
     <t>PVH-110215</t>
   </si>
   <si>
     <t>Шланг полив резиновый 20мм армированный напорный КОРДОВЫЙ (бухта 25м)</t>
   </si>
   <si>
     <t>111.38 руб.</t>
   </si>
   <si>
-    <t>&gt;500</t>
+    <t>&gt;100</t>
   </si>
   <si>
     <t>PVH-110216</t>
   </si>
   <si>
     <t>Шланг полив резиновый 20мм армированный напорный КОРДОВЫЙ (бухта 50м)</t>
   </si>
   <si>
     <t>PVH-110217</t>
   </si>
   <si>
     <t>Шланг полив резиновый 25мм армированный напорный КОРДОВЫЙ (бухта 25м)</t>
   </si>
   <si>
     <t>160.99 руб.</t>
   </si>
   <si>
     <t>PVH-110218</t>
   </si>
   <si>
     <t>Шланг полив резиновый 25мм армированный напорный КОРДОВЫЙ (бухта 50м)</t>
   </si>
   <si>
     <t>Шланги поливочные саморастягивающиеся</t>
   </si>
@@ -6268,117 +6268,117 @@
       <c r="E3" s="7"/>
       <c r="F3" s="7"/>
       <c r="G3" s="7"/>
       <c r="H3" s="7"/>
       <c r="I3" s="7"/>
       <c r="J3" s="7"/>
       <c r="K3" s="7"/>
       <c r="L3" s="5"/>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A4" s="1"/>
       <c r="B4" s="1">
         <v>882761</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D4" s="1"/>
       <c r="E4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="G4" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H4" s="2">
         <v>0</v>
       </c>
       <c r="I4" s="1">
         <v>0</v>
       </c>
       <c r="J4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K4" s="2" t="str">
         <f>J4*3203.20</f>
         <v>0</v>
       </c>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>882762</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D5" s="1"/>
       <c r="E5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="G5" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K5" s="2" t="str">
         <f>J5*1428.00</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>882763</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D6" s="1"/>
       <c r="E6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G6" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K6" s="2" t="str">
         <f>J6*1803.20</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>882764</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D7" s="1"/>
@@ -6581,84 +6581,84 @@
       <c r="J13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K13" s="2" t="str">
         <f>J13*3196.80</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>882755</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D14" s="1"/>
       <c r="E14" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G14" s="2">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K14" s="2" t="str">
         <f>J14*3996.00</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>882756</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="1"/>
       <c r="E15" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G15" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K15" s="2" t="str">
         <f>J15*4662.00</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>882757</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>48</v>
       </c>
       <c r="D16" s="1"/>
@@ -6844,51 +6844,51 @@
       <c r="E22" s="8"/>
       <c r="F22" s="8"/>
       <c r="G22" s="8"/>
       <c r="H22" s="8"/>
       <c r="I22" s="8"/>
       <c r="J22" s="8"/>
       <c r="K22" s="8"/>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>882681</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D23" s="1"/>
       <c r="E23" s="2" t="s">
         <v>66</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G23" s="2">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>68</v>
       </c>
       <c r="K23" s="2" t="str">
         <f>J23*1002.56</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>882682</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D24" s="1"/>
@@ -7570,51 +7570,51 @@
       <c r="J44" s="3" t="s">
         <v>68</v>
       </c>
       <c r="K44" s="2" t="str">
         <f>J44*4096.92</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>882703</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>132</v>
       </c>
       <c r="D45" s="1"/>
       <c r="E45" s="2" t="s">
         <v>133</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>134</v>
       </c>
       <c r="G45" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
       <c r="I45" s="1">
         <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>68</v>
       </c>
       <c r="K45" s="2" t="str">
         <f>J45*3392.76</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>882704</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>135</v>
       </c>
       <c r="D46" s="1"/>
@@ -8114,150 +8114,150 @@
       <c r="J61" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K61" s="2" t="str">
         <f>J61*1089.18</f>
         <v>0</v>
       </c>
       <c r="L61" s="5"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A62" s="1"/>
       <c r="B62" s="1">
         <v>882719</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>179</v>
       </c>
       <c r="D62" s="1"/>
       <c r="E62" s="2" t="s">
         <v>180</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>181</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>41</v>
+        <v>182</v>
       </c>
       <c r="H62" s="2">
         <v>0</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K62" s="2" t="str">
         <f>J62*1044.36</f>
         <v>0</v>
       </c>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A63" s="1"/>
       <c r="B63" s="1">
         <v>882725</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D63" s="1"/>
       <c r="E63" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="G63" s="2">
         <v>10</v>
       </c>
       <c r="H63" s="2">
         <v>0</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K63" s="2" t="str">
         <f>J63*1641.96</f>
         <v>0</v>
       </c>
       <c r="L63" s="5"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A64" s="1"/>
       <c r="B64" s="1">
         <v>882727</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D64" s="1"/>
       <c r="E64" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>181</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="H64" s="2">
         <v>0</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K64" s="2" t="str">
         <f>J64*1044.36</f>
         <v>0</v>
       </c>
       <c r="L64" s="5"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A65" s="1"/>
       <c r="B65" s="1">
         <v>882728</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>188</v>
       </c>
       <c r="D65" s="1"/>
       <c r="E65" s="2" t="s">
         <v>189</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>190</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="H65" s="2">
         <v>0</v>
       </c>
       <c r="I65" s="1">
         <v>0</v>
       </c>
       <c r="J65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K65" s="2" t="str">
         <f>J65*1879.56</f>
         <v>0</v>
       </c>
       <c r="L65" s="5"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
         <v>882730</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>191</v>
       </c>
       <c r="D66" s="1"/>
@@ -8444,133 +8444,133 @@
       <c r="J71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K71" s="2" t="str">
         <f>J71*1130.69</f>
         <v>0</v>
       </c>
       <c r="L71" s="5"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A72" s="1"/>
       <c r="B72" s="1">
         <v>882736</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>207</v>
       </c>
       <c r="D72" s="1"/>
       <c r="E72" s="2" t="s">
         <v>208</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>209</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="H72" s="2">
         <v>0</v>
       </c>
       <c r="I72" s="1">
         <v>0</v>
       </c>
       <c r="J72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K72" s="2" t="str">
         <f>J72*1031.40</f>
         <v>0</v>
       </c>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="1:12" outlineLevel="2">
       <c r="A73" s="8" t="s">
         <v>210</v>
       </c>
       <c r="B73" s="8"/>
       <c r="C73" s="8"/>
       <c r="D73" s="8"/>
       <c r="E73" s="8"/>
       <c r="F73" s="8"/>
       <c r="G73" s="8"/>
       <c r="H73" s="8"/>
       <c r="I73" s="8"/>
       <c r="J73" s="8"/>
       <c r="K73" s="8"/>
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A74" s="1"/>
       <c r="B74" s="1">
         <v>882721</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>211</v>
       </c>
       <c r="D74" s="1"/>
       <c r="E74" s="2" t="s">
         <v>212</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>213</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="H74" s="2">
         <v>0</v>
       </c>
       <c r="I74" s="1">
         <v>0</v>
       </c>
       <c r="J74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K74" s="2" t="str">
         <f>J74*1791.36</f>
         <v>0</v>
       </c>
       <c r="L74" s="5"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A75" s="1"/>
       <c r="B75" s="1">
         <v>882722</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>214</v>
       </c>
       <c r="D75" s="1"/>
       <c r="E75" s="2" t="s">
         <v>215</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>216</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>41</v>
+        <v>182</v>
       </c>
       <c r="H75" s="2">
         <v>0</v>
       </c>
       <c r="I75" s="1">
         <v>0</v>
       </c>
       <c r="J75" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K75" s="2" t="str">
         <f>J75*1492.56</f>
         <v>0</v>
       </c>
       <c r="L75" s="5"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A76" s="1"/>
       <c r="B76" s="1">
         <v>882723</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>217</v>
       </c>
       <c r="D76" s="1"/>
@@ -8739,52 +8739,52 @@
       </c>
       <c r="J81" s="3" t="s">
         <v>226</v>
       </c>
       <c r="K81" s="2" t="str">
         <f>J81*88.92</f>
         <v>0</v>
       </c>
       <c r="L81" s="5"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A82" s="1"/>
       <c r="B82" s="1">
         <v>882740</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>233</v>
       </c>
       <c r="D82" s="1"/>
       <c r="E82" s="2" t="s">
         <v>234</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>231</v>
       </c>
-      <c r="G82" s="2" t="s">
-        <v>41</v>
+      <c r="G82" s="2">
+        <v>0</v>
       </c>
       <c r="H82" s="2">
         <v>0</v>
       </c>
       <c r="I82" s="1">
         <v>0</v>
       </c>
       <c r="J82" s="3" t="s">
         <v>226</v>
       </c>
       <c r="K82" s="2" t="str">
         <f>J82*88.92</f>
         <v>0</v>
       </c>
       <c r="L82" s="5"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A83" s="1"/>
       <c r="B83" s="1">
         <v>882741</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>235</v>
       </c>
       <c r="D83" s="1"/>
@@ -8987,51 +8987,51 @@
       <c r="E89" s="8"/>
       <c r="F89" s="8"/>
       <c r="G89" s="8"/>
       <c r="H89" s="8"/>
       <c r="I89" s="8"/>
       <c r="J89" s="8"/>
       <c r="K89" s="8"/>
       <c r="L89" s="5"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A90" s="1"/>
       <c r="B90" s="1">
         <v>882749</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>252</v>
       </c>
       <c r="D90" s="1"/>
       <c r="E90" s="2" t="s">
         <v>253</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>254</v>
       </c>
       <c r="G90" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H90" s="2">
         <v>0</v>
       </c>
       <c r="I90" s="1">
         <v>0</v>
       </c>
       <c r="J90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K90" s="2" t="str">
         <f>J90*527.90</f>
         <v>0</v>
       </c>
       <c r="L90" s="5"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A91" s="1"/>
       <c r="B91" s="1">
         <v>882750</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>255</v>
       </c>
       <c r="D91" s="1"/>
@@ -9135,51 +9135,51 @@
       <c r="E94" s="8"/>
       <c r="F94" s="8"/>
       <c r="G94" s="8"/>
       <c r="H94" s="8"/>
       <c r="I94" s="8"/>
       <c r="J94" s="8"/>
       <c r="K94" s="8"/>
       <c r="L94" s="5"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A95" s="1"/>
       <c r="B95" s="1">
         <v>882720</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>265</v>
       </c>
       <c r="D95" s="1"/>
       <c r="E95" s="2" t="s">
         <v>266</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>267</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="H95" s="2">
         <v>0</v>
       </c>
       <c r="I95" s="1">
         <v>0</v>
       </c>
       <c r="J95" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K95" s="2" t="str">
         <f>J95*2388.96</f>
         <v>0</v>
       </c>
       <c r="L95" s="5"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A96" s="1"/>
       <c r="B96" s="1">
         <v>882726</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>268</v>
       </c>
       <c r="D96" s="1"/>
@@ -9283,51 +9283,51 @@
       <c r="E99" s="7"/>
       <c r="F99" s="7"/>
       <c r="G99" s="7"/>
       <c r="H99" s="7"/>
       <c r="I99" s="7"/>
       <c r="J99" s="7"/>
       <c r="K99" s="7"/>
       <c r="L99" s="5"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A100" s="1"/>
       <c r="B100" s="1">
         <v>882931</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>278</v>
       </c>
       <c r="D100" s="1"/>
       <c r="E100" s="2" t="s">
         <v>279</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>280</v>
       </c>
       <c r="G100" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H100" s="2">
         <v>0</v>
       </c>
       <c r="I100" s="1">
         <v>0</v>
       </c>
       <c r="J100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K100" s="2" t="str">
         <f>J100*236.72</f>
         <v>0</v>
       </c>
       <c r="L100" s="5"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A101" s="1"/>
       <c r="B101" s="1">
         <v>882932</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>281</v>
       </c>
       <c r="D101" s="1"/>
@@ -9349,84 +9349,84 @@
       <c r="J101" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K101" s="2" t="str">
         <f>J101*223.68</f>
         <v>0</v>
       </c>
       <c r="L101" s="5"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A102" s="1"/>
       <c r="B102" s="1">
         <v>882933</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>284</v>
       </c>
       <c r="D102" s="1"/>
       <c r="E102" s="2" t="s">
         <v>285</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>283</v>
       </c>
       <c r="G102" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H102" s="2">
         <v>0</v>
       </c>
       <c r="I102" s="1">
         <v>0</v>
       </c>
       <c r="J102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K102" s="2" t="str">
         <f>J102*223.68</f>
         <v>0</v>
       </c>
       <c r="L102" s="5"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A103" s="1"/>
       <c r="B103" s="1">
         <v>882934</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>286</v>
       </c>
       <c r="D103" s="1"/>
       <c r="E103" s="2" t="s">
         <v>287</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>280</v>
       </c>
       <c r="G103" s="2">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="H103" s="2">
         <v>0</v>
       </c>
       <c r="I103" s="1">
         <v>0</v>
       </c>
       <c r="J103" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K103" s="2" t="str">
         <f>J103*236.72</f>
         <v>0</v>
       </c>
       <c r="L103" s="5"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A104" s="1"/>
       <c r="B104" s="1">
         <v>882935</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>288</v>
       </c>
       <c r="D104" s="1"/>
@@ -9514,51 +9514,51 @@
       <c r="J106" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K106" s="2" t="str">
         <f>J106*559.16</f>
         <v>0</v>
       </c>
       <c r="L106" s="5"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A107" s="1"/>
       <c r="B107" s="1">
         <v>882938</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>297</v>
       </c>
       <c r="D107" s="1"/>
       <c r="E107" s="2" t="s">
         <v>298</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>299</v>
       </c>
       <c r="G107" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H107" s="2">
         <v>0</v>
       </c>
       <c r="I107" s="1">
         <v>0</v>
       </c>
       <c r="J107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K107" s="2" t="str">
         <f>J107*675.64</f>
         <v>0</v>
       </c>
       <c r="L107" s="5"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A108" s="1"/>
       <c r="B108" s="1">
         <v>882939</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>300</v>
       </c>
       <c r="D108" s="1"/>
@@ -9764,52 +9764,52 @@
         <v>15</v>
       </c>
       <c r="K114" s="2" t="str">
         <f>J114*129.03</f>
         <v>0</v>
       </c>
       <c r="L114" s="5"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A115" s="1"/>
       <c r="B115" s="1">
         <v>883075</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>318</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>319</v>
       </c>
       <c r="E115" s="2" t="s">
         <v>320</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>321</v>
       </c>
-      <c r="G115" s="2" t="s">
-        <v>41</v>
+      <c r="G115" s="2">
+        <v>0</v>
       </c>
       <c r="H115" s="2">
         <v>0</v>
       </c>
       <c r="I115" s="1">
         <v>0</v>
       </c>
       <c r="J115" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K115" s="2" t="str">
         <f>J115*148.58</f>
         <v>0</v>
       </c>
       <c r="L115" s="5"/>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A116" s="1"/>
       <c r="B116" s="1">
         <v>883076</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>322</v>
       </c>
       <c r="D116" s="1" t="s">
@@ -9904,52 +9904,52 @@
         <v>15</v>
       </c>
       <c r="K118" s="2" t="str">
         <f>J118*109.48</f>
         <v>0</v>
       </c>
       <c r="L118" s="5"/>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A119" s="1"/>
       <c r="B119" s="1">
         <v>883079</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>335</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>336</v>
       </c>
       <c r="E119" s="2" t="s">
         <v>337</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>338</v>
       </c>
-      <c r="G119" s="2" t="s">
-        <v>41</v>
+      <c r="G119" s="2">
+        <v>4</v>
       </c>
       <c r="H119" s="2">
         <v>0</v>
       </c>
       <c r="I119" s="1">
         <v>0</v>
       </c>
       <c r="J119" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K119" s="2" t="str">
         <f>J119*123.25</f>
         <v>0</v>
       </c>
       <c r="L119" s="5"/>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A120" s="1"/>
       <c r="B120" s="1">
         <v>883081</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>339</v>
       </c>
       <c r="D120" s="1" t="s">
@@ -9975,121 +9975,121 @@
       </c>
       <c r="K120" s="2" t="str">
         <f>J120*131.07</f>
         <v>0</v>
       </c>
       <c r="L120" s="5"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A121" s="1"/>
       <c r="B121" s="1">
         <v>883082</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>343</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>344</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>345</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>346</v>
       </c>
       <c r="G121" s="2" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="H121" s="2">
         <v>0</v>
       </c>
       <c r="I121" s="1">
         <v>0</v>
       </c>
       <c r="J121" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K121" s="2" t="str">
         <f>J121*89.93</f>
         <v>0</v>
       </c>
       <c r="L121" s="5"/>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A122" s="1"/>
       <c r="B122" s="1">
         <v>883083</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>347</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>348</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>349</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>338</v>
       </c>
       <c r="G122" s="2" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="H122" s="2">
         <v>0</v>
       </c>
       <c r="I122" s="1">
         <v>0</v>
       </c>
       <c r="J122" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K122" s="2" t="str">
         <f>J122*123.25</f>
         <v>0</v>
       </c>
       <c r="L122" s="5"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A123" s="1"/>
       <c r="B123" s="1">
         <v>883084</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>350</v>
       </c>
       <c r="D123" s="1">
         <v>5002</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>351</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>352</v>
       </c>
-      <c r="G123" s="2" t="s">
-        <v>187</v>
+      <c r="G123" s="2">
+        <v>1</v>
       </c>
       <c r="H123" s="2">
         <v>0</v>
       </c>
       <c r="I123" s="1">
         <v>0</v>
       </c>
       <c r="J123" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K123" s="2" t="str">
         <f>J123*175.95</f>
         <v>0</v>
       </c>
       <c r="L123" s="5"/>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A124" s="1"/>
       <c r="B124" s="1">
         <v>883085</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>353</v>
       </c>
       <c r="D124" s="1">
@@ -10115,51 +10115,51 @@
       </c>
       <c r="K124" s="2" t="str">
         <f>J124*50.83</f>
         <v>0</v>
       </c>
       <c r="L124" s="5"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A125" s="1"/>
       <c r="B125" s="1">
         <v>883086</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>356</v>
       </c>
       <c r="D125" s="1">
         <v>5803</v>
       </c>
       <c r="E125" s="2" t="s">
         <v>357</v>
       </c>
       <c r="F125" s="2" t="s">
         <v>358</v>
       </c>
       <c r="G125" s="2" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="H125" s="2">
         <v>0</v>
       </c>
       <c r="I125" s="1">
         <v>0</v>
       </c>
       <c r="J125" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K125" s="2" t="str">
         <f>J125*62.56</f>
         <v>0</v>
       </c>
       <c r="L125" s="5"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A126" s="1"/>
       <c r="B126" s="1">
         <v>883087</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>359</v>
       </c>
       <c r="D126" s="1">
@@ -10185,121 +10185,121 @@
       </c>
       <c r="K126" s="2" t="str">
         <f>J126*50.83</f>
         <v>0</v>
       </c>
       <c r="L126" s="5"/>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A127" s="1"/>
       <c r="B127" s="1">
         <v>883088</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>361</v>
       </c>
       <c r="D127" s="1">
         <v>5805</v>
       </c>
       <c r="E127" s="2" t="s">
         <v>362</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>363</v>
       </c>
       <c r="G127" s="2" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="H127" s="2">
         <v>0</v>
       </c>
       <c r="I127" s="1">
         <v>0</v>
       </c>
       <c r="J127" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K127" s="2" t="str">
         <f>J127*46.92</f>
         <v>0</v>
       </c>
       <c r="L127" s="5"/>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A128" s="1"/>
       <c r="B128" s="1">
         <v>883089</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>364</v>
       </c>
       <c r="D128" s="1">
         <v>5701</v>
       </c>
       <c r="E128" s="2" t="s">
         <v>365</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>366</v>
       </c>
       <c r="G128" s="2" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="H128" s="2">
         <v>0</v>
       </c>
       <c r="I128" s="1">
         <v>0</v>
       </c>
       <c r="J128" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K128" s="2" t="str">
         <f>J128*45.05</f>
         <v>0</v>
       </c>
       <c r="L128" s="5"/>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A129" s="1"/>
       <c r="B129" s="1">
         <v>883090</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>367</v>
       </c>
       <c r="D129" s="1">
         <v>5801</v>
       </c>
       <c r="E129" s="2" t="s">
         <v>368</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>369</v>
       </c>
       <c r="G129" s="2" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="H129" s="2">
         <v>0</v>
       </c>
       <c r="I129" s="1">
         <v>0</v>
       </c>
       <c r="J129" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K129" s="2" t="str">
         <f>J129*39.10</f>
         <v>0</v>
       </c>
       <c r="L129" s="5"/>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A130" s="1"/>
       <c r="B130" s="1">
         <v>883091</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>370</v>
       </c>
       <c r="D130" s="1" t="s">
@@ -10535,51 +10535,51 @@
       </c>
       <c r="K136" s="2" t="str">
         <f>J136*291.38</f>
         <v>0</v>
       </c>
       <c r="L136" s="5"/>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A137" s="1"/>
       <c r="B137" s="1">
         <v>883098</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>395</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>396</v>
       </c>
       <c r="E137" s="2" t="s">
         <v>397</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>398</v>
       </c>
       <c r="G137" s="2" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="H137" s="2">
         <v>0</v>
       </c>
       <c r="I137" s="1">
         <v>0</v>
       </c>
       <c r="J137" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K137" s="2" t="str">
         <f>J137*379.27</f>
         <v>0</v>
       </c>
       <c r="L137" s="5"/>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A138" s="1"/>
       <c r="B138" s="1">
         <v>883099</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>399</v>
       </c>
       <c r="D138" s="1">
@@ -10605,156 +10605,156 @@
       </c>
       <c r="K138" s="2" t="str">
         <f>J138*961.86</f>
         <v>0</v>
       </c>
       <c r="L138" s="5"/>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A139" s="1"/>
       <c r="B139" s="1">
         <v>883100</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>402</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>403</v>
       </c>
       <c r="E139" s="2" t="s">
         <v>404</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>405</v>
       </c>
       <c r="G139" s="2">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="H139" s="2">
         <v>0</v>
       </c>
       <c r="I139" s="1">
         <v>0</v>
       </c>
       <c r="J139" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K139" s="2" t="str">
         <f>J139*1063.52</f>
         <v>0</v>
       </c>
       <c r="L139" s="5"/>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A140" s="1"/>
       <c r="B140" s="1">
         <v>883101</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>406</v>
       </c>
       <c r="D140" s="1">
         <v>7216</v>
       </c>
       <c r="E140" s="2" t="s">
         <v>407</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>408</v>
       </c>
       <c r="G140" s="2">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="H140" s="2">
         <v>0</v>
       </c>
       <c r="I140" s="1">
         <v>0</v>
       </c>
       <c r="J140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K140" s="2" t="str">
         <f>J140*1110.44</f>
         <v>0</v>
       </c>
       <c r="L140" s="5"/>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A141" s="1"/>
       <c r="B141" s="1">
         <v>883102</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>409</v>
       </c>
       <c r="D141" s="1">
         <v>6307</v>
       </c>
       <c r="E141" s="2" t="s">
         <v>410</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>411</v>
       </c>
       <c r="G141" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H141" s="2">
         <v>0</v>
       </c>
       <c r="I141" s="1">
         <v>0</v>
       </c>
       <c r="J141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K141" s="2" t="str">
         <f>J141*1233.69</f>
         <v>0</v>
       </c>
       <c r="L141" s="5"/>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A142" s="1"/>
       <c r="B142" s="1">
         <v>883103</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>412</v>
       </c>
       <c r="D142" s="1">
         <v>6303</v>
       </c>
       <c r="E142" s="2" t="s">
         <v>413</v>
       </c>
       <c r="F142" s="2" t="s">
         <v>414</v>
       </c>
       <c r="G142" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H142" s="2">
         <v>0</v>
       </c>
       <c r="I142" s="1">
         <v>0</v>
       </c>
       <c r="J142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K142" s="2" t="str">
         <f>J142*1504.80</f>
         <v>0</v>
       </c>
       <c r="L142" s="5"/>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A143" s="1"/>
       <c r="B143" s="1">
         <v>883104</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>415</v>
       </c>
       <c r="D143" s="1">
@@ -10796,121 +10796,121 @@
       <c r="G144" s="7"/>
       <c r="H144" s="7"/>
       <c r="I144" s="7"/>
       <c r="J144" s="7"/>
       <c r="K144" s="7"/>
       <c r="L144" s="5"/>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A145" s="1"/>
       <c r="B145" s="1">
         <v>884724</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>419</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>420</v>
       </c>
       <c r="E145" s="2" t="s">
         <v>421</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>422</v>
       </c>
       <c r="G145" s="2" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="H145" s="2">
         <v>0</v>
       </c>
       <c r="I145" s="1">
         <v>0</v>
       </c>
       <c r="J145" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K145" s="2" t="str">
         <f>J145*470.05</f>
         <v>0</v>
       </c>
       <c r="L145" s="5"/>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A146" s="1"/>
       <c r="B146" s="1">
         <v>884725</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>423</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>424</v>
       </c>
       <c r="E146" s="2" t="s">
         <v>425</v>
       </c>
       <c r="F146" s="2" t="s">
         <v>426</v>
       </c>
-      <c r="G146" s="2" t="s">
-        <v>187</v>
+      <c r="G146" s="2">
+        <v>4</v>
       </c>
       <c r="H146" s="2">
         <v>0</v>
       </c>
       <c r="I146" s="1">
         <v>0</v>
       </c>
       <c r="J146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K146" s="2" t="str">
         <f>J146*694.66</f>
         <v>0</v>
       </c>
       <c r="L146" s="5"/>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A147" s="1"/>
       <c r="B147" s="1">
         <v>884726</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>427</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>428</v>
       </c>
       <c r="E147" s="2" t="s">
         <v>429</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>430</v>
       </c>
       <c r="G147" s="2">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H147" s="2">
         <v>0</v>
       </c>
       <c r="I147" s="1">
         <v>0</v>
       </c>
       <c r="J147" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K147" s="2" t="str">
         <f>J147*893.99</f>
         <v>0</v>
       </c>
       <c r="L147" s="5"/>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A148" s="1"/>
       <c r="B148" s="1">
         <v>884727</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>431</v>
       </c>
       <c r="D148" s="1" t="s">
@@ -11005,87 +11005,87 @@
         <v>15</v>
       </c>
       <c r="K150" s="2" t="str">
         <f>J150*4101.04</f>
         <v>0</v>
       </c>
       <c r="L150" s="5"/>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A151" s="1"/>
       <c r="B151" s="1">
         <v>886013</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>443</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>444</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>445</v>
       </c>
       <c r="F151" s="2" t="s">
         <v>446</v>
       </c>
-      <c r="G151" s="2">
-        <v>4</v>
+      <c r="G151" s="2" t="s">
+        <v>182</v>
       </c>
       <c r="H151" s="2">
         <v>0</v>
       </c>
       <c r="I151" s="1">
         <v>0</v>
       </c>
       <c r="J151" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K151" s="2" t="str">
         <f>J151*104.13</f>
         <v>0</v>
       </c>
       <c r="L151" s="5"/>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A152" s="1"/>
       <c r="B152" s="1">
         <v>886014</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>447</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>448</v>
       </c>
       <c r="E152" s="2" t="s">
         <v>449</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>450</v>
       </c>
-      <c r="G152" s="2">
-        <v>8</v>
+      <c r="G152" s="2" t="s">
+        <v>182</v>
       </c>
       <c r="H152" s="2">
         <v>0</v>
       </c>
       <c r="I152" s="1">
         <v>0</v>
       </c>
       <c r="J152" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K152" s="2" t="str">
         <f>J152*159.16</f>
         <v>0</v>
       </c>
       <c r="L152" s="5"/>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A153" s="1"/>
       <c r="B153" s="1">
         <v>886015</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>451</v>
       </c>
       <c r="D153" s="1" t="s">
@@ -11162,86 +11162,86 @@
       <c r="G155" s="7"/>
       <c r="H155" s="7"/>
       <c r="I155" s="7"/>
       <c r="J155" s="7"/>
       <c r="K155" s="7"/>
       <c r="L155" s="5"/>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A156" s="1"/>
       <c r="B156" s="1">
         <v>885840</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>460</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>461</v>
       </c>
       <c r="E156" s="2" t="s">
         <v>462</v>
       </c>
       <c r="F156" s="2" t="s">
         <v>463</v>
       </c>
       <c r="G156" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H156" s="2">
         <v>0</v>
       </c>
       <c r="I156" s="1">
         <v>0</v>
       </c>
       <c r="J156" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K156" s="2" t="str">
         <f>J156*11447.80</f>
         <v>0</v>
       </c>
       <c r="L156" s="5"/>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A157" s="1"/>
       <c r="B157" s="1">
         <v>885841</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>464</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>465</v>
       </c>
       <c r="E157" s="2" t="s">
         <v>466</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>467</v>
       </c>
       <c r="G157" s="2">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H157" s="2">
         <v>0</v>
       </c>
       <c r="I157" s="1">
         <v>0</v>
       </c>
       <c r="J157" s="3" t="s">
         <v>15</v>
       </c>
       <c r="K157" s="2" t="str">
         <f>J157*11666.46</f>
         <v>0</v>
       </c>
       <c r="L157" s="5"/>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A158" s="1"/>
       <c r="B158" s="1">
         <v>885842</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>468</v>
       </c>
       <c r="D158" s="1" t="s">