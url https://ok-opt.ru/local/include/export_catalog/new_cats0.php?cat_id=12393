--- v0 (2025-12-07)
+++ v1 (2026-03-12)
@@ -3494,51 +3494,51 @@
       </c>
       <c r="K4" s="2" t="str">
         <f>J4*7550.55</f>
         <v>0</v>
       </c>
       <c r="L4" s="5"/>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A5" s="1"/>
       <c r="B5" s="1">
         <v>883195</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="G5" s="2">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K5" s="2" t="str">
         <f>J5*10281.60</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>883196</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="1" t="s">
@@ -4334,51 +4334,51 @@
       </c>
       <c r="K28" s="2" t="str">
         <f>J28*3685.50</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>883219</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>112</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>113</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>114</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>111</v>
       </c>
       <c r="G29" s="2">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>16</v>
       </c>
       <c r="K29" s="2" t="str">
         <f>J29*3685.50</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="3">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>883220</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>115</v>
       </c>
       <c r="D30" s="1" t="s">