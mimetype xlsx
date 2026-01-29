--- v0 (2025-10-19)
+++ v1 (2026-01-29)
@@ -60,63 +60,63 @@
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>Оборудование для скважин</t>
   </si>
   <si>
     <t>PND-111392</t>
   </si>
   <si>
     <t>Оголовок скважинный ОГС-110-128/32 (А)</t>
   </si>
   <si>
     <t>1 575.00 руб.</t>
   </si>
   <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>PND-111393</t>
+  </si>
+  <si>
+    <t>Оголовок скважинный ОГС-128-168/32 (А)</t>
+  </si>
+  <si>
+    <t>1 722.00 руб.</t>
+  </si>
+  <si>
     <t>&gt;10</t>
-  </si>
-[...10 lines deleted...]
-    <t>1 722.00 руб.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -643,94 +643,94 @@
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
       <c r="L2" s="5"/>
     </row>
     <row r="3" spans="1:12" customHeight="1" ht="105" outlineLevel="2">
       <c r="A3" s="1"/>
       <c r="B3" s="1">
         <v>883353</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D3" s="1"/>
       <c r="E3" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="G3" s="2" t="s">
-        <v>14</v>
+      <c r="G3" s="2">
+        <v>4</v>
       </c>
       <c r="H3" s="2">
         <v>0</v>
       </c>
       <c r="I3" s="1">
         <v>0</v>
       </c>
       <c r="J3" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="K3" s="2" t="str">
         <f>J3*1575.00</f>
         <v>0</v>
       </c>
       <c r="L3" s="5"/>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="105" outlineLevel="2">
       <c r="A4" s="1"/>
       <c r="B4" s="1">
         <v>883354</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D4" s="1"/>
       <c r="E4" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="F4" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="F4" s="2" t="s">
+      <c r="G4" s="2" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H4" s="2">
         <v>0</v>
       </c>
       <c r="I4" s="1">
         <v>0</v>
       </c>
       <c r="J4" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="K4" s="2" t="str">
         <f>J4*1722.00</f>
         <v>0</v>
       </c>
       <c r="L4" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>