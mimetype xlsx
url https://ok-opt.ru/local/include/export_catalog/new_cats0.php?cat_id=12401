--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
@@ -70,53 +70,50 @@
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>Оборудование для скважин</t>
   </si>
   <si>
     <t>PND-111392</t>
   </si>
   <si>
     <t>Оголовок скважинный ОГС-110-128/32 (А)</t>
   </si>
   <si>
     <t>1 575.00 руб.</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>PND-111393</t>
   </si>
   <si>
     <t>Оголовок скважинный ОГС-128-168/32 (А)</t>
   </si>
   <si>
     <t>1 722.00 руб.</t>
-  </si>
-[...1 lines deleted...]
-    <t>&gt;10</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="# ### ### ### ### ### ### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -676,52 +673,52 @@
       </c>
       <c r="J3" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K3" s="2" t="str">
         <f>J3*1575.00</f>
         <v>0</v>
       </c>
       <c r="L3" s="5"/>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="105" outlineLevel="2">
       <c r="A4" s="1"/>
       <c r="B4" s="1">
         <v>883354</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="1"/>
       <c r="E4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="G4" s="2" t="s">
-        <v>18</v>
+      <c r="G4" s="2">
+        <v>8</v>
       </c>
       <c r="H4" s="2">
         <v>0</v>
       </c>
       <c r="I4" s="1">
         <v>0</v>
       </c>
       <c r="J4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="K4" s="2" t="str">
         <f>J4*1722.00</f>
         <v>0</v>
       </c>
       <c r="L4" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>