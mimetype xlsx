--- v0 (2025-12-07)
+++ v1 (2026-03-12)
@@ -67,114 +67,114 @@
   <si>
     <t>В пути</t>
   </si>
   <si>
     <t>Ваш заказ</t>
   </si>
   <si>
     <t>КОТЛЫ и оборудование для котельных</t>
   </si>
   <si>
     <t>Электромагнитные клапана</t>
   </si>
   <si>
     <t>Электромагнитные клапана VIEIR</t>
   </si>
   <si>
     <t>VER-001118</t>
   </si>
   <si>
     <t>VRO29-15</t>
   </si>
   <si>
     <t>Электромагнитный клапан, нормально открытый 1/2" (20/1шт)</t>
   </si>
   <si>
-    <t>3 827.34 руб.</t>
+    <t>4 211.11 руб.</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>VER-001119</t>
   </si>
   <si>
     <t>VRO29-20</t>
   </si>
   <si>
     <t>Электромагнитный клапан, нормально открытый 3/4" (20/1шт)</t>
   </si>
   <si>
-    <t>4 040.05 руб.</t>
+    <t>4 443.16 руб.</t>
   </si>
   <si>
     <t>VER-001120</t>
   </si>
   <si>
     <t>VRO29-25</t>
   </si>
   <si>
     <t>Электромагнитный клапан, нормально открытый 1" (16/1шт)</t>
   </si>
   <si>
-    <t>5 673.33 руб.</t>
+    <t>6 241.55 руб.</t>
   </si>
   <si>
     <t>VER-001121</t>
   </si>
   <si>
     <t>VRO28-15</t>
   </si>
   <si>
     <t>Электромагнитный клапан, нормально закрытый 1/2" (20/1шт)</t>
   </si>
   <si>
-    <t>2 943.76 руб.</t>
+    <t>3 238.29 руб.</t>
   </si>
   <si>
     <t>VER-001122</t>
   </si>
   <si>
     <t>VRO28-20</t>
   </si>
   <si>
     <t>Электромагнитный клапан, нормально закрытый 3/4" (20/1шт)</t>
   </si>
   <si>
-    <t>3 122.26 руб.</t>
+    <t>3 434.64 руб.</t>
   </si>
   <si>
     <t>VER-001123</t>
   </si>
   <si>
     <t>VRO28-25</t>
   </si>
   <si>
     <t>Электромагнитный клапан, нормально закрытый 1" (16/1шт)</t>
   </si>
   <si>
-    <t>4 788.26 руб.</t>
+    <t>5 267.24 руб.</t>
   </si>
   <si>
     <t>Электромагнитные клапана РОСМА</t>
   </si>
   <si>
     <t>VLC-900908</t>
   </si>
   <si>
     <t>CK-11-15</t>
   </si>
   <si>
     <t>Клапан электромагнитный (соленоидный) НЗ. 220В. 1/2"</t>
   </si>
   <si>
     <t>4 309.00 руб.</t>
   </si>
   <si>
     <t>&gt;10</t>
   </si>
   <si>
     <t>VLC-900909</t>
   </si>
   <si>
     <t>CK-11-20</t>
   </si>
@@ -1522,226 +1522,226 @@
       <c r="C5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2">
         <v>1</v>
       </c>
       <c r="H5" s="2">
         <v>0</v>
       </c>
       <c r="I5" s="1">
         <v>0</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K5" s="2" t="str">
-        <f>J5*3827.34</f>
+        <f>J5*4211.11</f>
         <v>0</v>
       </c>
       <c r="L5" s="5"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A6" s="1"/>
       <c r="B6" s="1">
         <v>885035</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G6" s="2">
         <v>1</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K6" s="2" t="str">
-        <f>J6*4040.05</f>
+        <f>J6*4443.16</f>
         <v>0</v>
       </c>
       <c r="L6" s="5"/>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A7" s="1"/>
       <c r="B7" s="1">
         <v>885036</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G7" s="2">
         <v>1</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="1">
         <v>0</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K7" s="2" t="str">
-        <f>J7*5673.33</f>
+        <f>J7*6241.55</f>
         <v>0</v>
       </c>
       <c r="L7" s="5"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A8" s="1"/>
       <c r="B8" s="1">
         <v>885037</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G8" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K8" s="2" t="str">
-        <f>J8*2943.76</f>
+        <f>J8*3238.29</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>885038</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G9" s="2">
         <v>1</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K9" s="2" t="str">
-        <f>J9*3122.26</f>
+        <f>J9*3434.64</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A10" s="1"/>
       <c r="B10" s="1">
         <v>885039</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G10" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H10" s="2">
         <v>0</v>
       </c>
       <c r="I10" s="1">
         <v>0</v>
       </c>
       <c r="J10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K10" s="2" t="str">
-        <f>J10*4788.26</f>
+        <f>J10*5267.24</f>
         <v>0</v>
       </c>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" outlineLevel="2">
       <c r="A11" s="8" t="s">
         <v>38</v>
       </c>
       <c r="B11" s="8"/>
       <c r="C11" s="8"/>
       <c r="D11" s="8"/>
       <c r="E11" s="8"/>
       <c r="F11" s="8"/>
       <c r="G11" s="8"/>
       <c r="H11" s="8"/>
       <c r="I11" s="8"/>
       <c r="J11" s="8"/>
       <c r="K11" s="8"/>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>889725</v>
       </c>
@@ -1774,51 +1774,51 @@
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>889726</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G13" s="2">
         <v>0</v>
       </c>
       <c r="H13" s="2">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K13" s="2" t="str">
         <f>J13*5058.00</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>889727</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>48</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E14" s="2" t="s">
@@ -1949,51 +1949,51 @@
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>889731</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>65</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>66</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G18" s="2">
         <v>0</v>
       </c>
       <c r="H18" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K18" s="2" t="str">
         <f>J18*5606.00</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>889732</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>69</v>
       </c>
       <c r="E19" s="2" t="s">
@@ -2019,51 +2019,51 @@
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>889733</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G20" s="2">
         <v>0</v>
       </c>
       <c r="H20" s="2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>17</v>
       </c>
       <c r="K20" s="2" t="str">
         <f>J20*9022.00</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>889734</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>77</v>
       </c>
       <c r="E21" s="2" t="s">