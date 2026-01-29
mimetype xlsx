--- v0 (2025-10-19)
+++ v1 (2026-01-29)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="393">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="391">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
@@ -162,50 +162,53 @@
   <si>
     <t>013010117</t>
   </si>
   <si>
     <t>ПП TEBO Труба канализационная 50x1,8х150 (1/120шт)</t>
   </si>
   <si>
     <t>41.38 руб.</t>
   </si>
   <si>
     <t>&gt;100</t>
   </si>
   <si>
     <t>ALT-110026</t>
   </si>
   <si>
     <t>013010118</t>
   </si>
   <si>
     <t>ПП TEBO Труба канализационная 50x1,8х250 (1/80шт)</t>
   </si>
   <si>
     <t>52.21 руб.</t>
   </si>
   <si>
+    <t>&gt;50</t>
+  </si>
+  <si>
     <t>ALT-110027</t>
   </si>
   <si>
     <t>013010119</t>
   </si>
   <si>
     <t>ПП TEBO Труба канализационная 50x1,8х500 (1/100шт)</t>
   </si>
   <si>
     <t>67.61 руб.</t>
   </si>
   <si>
     <t>ALT-110029</t>
   </si>
   <si>
     <t>013010121</t>
   </si>
   <si>
     <t>ПП TEBO Труба канализационная 50x1,8х1000 (1/50шт)</t>
   </si>
   <si>
     <t>119.10 руб.</t>
   </si>
   <si>
     <t>ALT-110031</t>
@@ -273,77 +276,71 @@
   <si>
     <t>013010131</t>
   </si>
   <si>
     <t>ПП TEBO Труба канализационная 110x2,7х2000 (1/10шт)</t>
   </si>
   <si>
     <t>624.82 руб.</t>
   </si>
   <si>
     <t>Фитинги канализационные внутр</t>
   </si>
   <si>
     <t>Фитинги канализационные востановительные</t>
   </si>
   <si>
     <t>STL-001001</t>
   </si>
   <si>
     <t>Тройник ремонтный чугун-пластик 110х110х90 град. пластик (востановитель раструба) (1/12шт)</t>
   </si>
   <si>
     <t>1 440.00 руб.</t>
   </si>
   <si>
-    <t>&gt;10</t>
-[...1 lines deleted...]
-  <si>
     <t>STL-001002</t>
   </si>
   <si>
     <t>Эксцентрик ремонтный чугун-пластик 110 мм со смещением 50мм (востановитель раструба)  1/27</t>
   </si>
   <si>
     <t>1 240.00 руб.</t>
   </si>
   <si>
     <t>&gt;25</t>
   </si>
   <si>
     <t>STL-001003</t>
   </si>
   <si>
     <t>Муфта ремонтная чугун-пластик 110мм (востановитель раструба) (1/27шт)</t>
   </si>
   <si>
     <t>790.00 руб.</t>
   </si>
   <si>
-    <t>&gt;50</t>
-[...1 lines deleted...]
-  <si>
     <t>Фитинги канализационные серые TEBO</t>
   </si>
   <si>
     <t>ALT-110041</t>
   </si>
   <si>
     <t>013020101</t>
   </si>
   <si>
     <t>ПП TEBO Муфта канализационная 32 надвижная ремонтная (1/400шт)</t>
   </si>
   <si>
     <t>37.30 руб.</t>
   </si>
   <si>
     <t>ALT-110042</t>
   </si>
   <si>
     <t>013020102</t>
   </si>
   <si>
     <t>ПП TEBO Муфта канализационная 40 надвижная ремонтная (1/250шт)</t>
   </si>
   <si>
     <t>37.49 руб.</t>
@@ -435,441 +432,438 @@
   <si>
     <t>ALT-110050</t>
   </si>
   <si>
     <t>013020309</t>
   </si>
   <si>
     <t>ПП TEBO Отвод канализационный 40 87,5 град. (1/230шт)</t>
   </si>
   <si>
     <t>28.32 руб.</t>
   </si>
   <si>
     <t>ALT-110053</t>
   </si>
   <si>
     <t>013020313</t>
   </si>
   <si>
     <t>ПП TEBO Отвод канализационный 50 45 град. (1/170шт)</t>
   </si>
   <si>
     <t>22.04 руб.</t>
   </si>
   <si>
-    <t>&gt;1000</t>
-[...1 lines deleted...]
-  <si>
     <t>ALT-110055</t>
   </si>
   <si>
     <t>013020315</t>
   </si>
   <si>
     <t>ПП TEBO Отвод канализационный 50 87,5 град. (1/140шт)</t>
   </si>
   <si>
     <t>24.09 руб.</t>
   </si>
   <si>
+    <t>ALT-110056</t>
+  </si>
+  <si>
+    <t>013010101</t>
+  </si>
+  <si>
+    <t>ПП TEBO Отвод канализационный 110 15 град. (1/36шт)</t>
+  </si>
+  <si>
+    <t>95.34 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110057</t>
+  </si>
+  <si>
+    <t>013020317</t>
+  </si>
+  <si>
+    <t>ПП TEBO Отвод канализационный 110 30 град. (1/70шт)</t>
+  </si>
+  <si>
+    <t>79.03 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110058</t>
+  </si>
+  <si>
+    <t>013020318</t>
+  </si>
+  <si>
+    <t>ПП TEBO Отвод канализационный 110 45 град. (1/60шт)</t>
+  </si>
+  <si>
+    <t>78.96 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110059</t>
+  </si>
+  <si>
+    <t>013020319</t>
+  </si>
+  <si>
+    <t>ПП TEBO Отвод канализационный 110 67,5 град. (1/20шт)</t>
+  </si>
+  <si>
+    <t>124.00 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110060</t>
+  </si>
+  <si>
+    <t>013020320</t>
+  </si>
+  <si>
+    <t>ПП TEBO Отвод канализационный 110 87,5 град. (1/50шт)</t>
+  </si>
+  <si>
+    <t>89.99 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110066</t>
+  </si>
+  <si>
+    <t>013020404</t>
+  </si>
+  <si>
+    <t>ПП TEBO Тройник канализационный 32-32 45 град. (1/200шт)</t>
+  </si>
+  <si>
+    <t>58.27 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110067</t>
+  </si>
+  <si>
+    <t>013020406</t>
+  </si>
+  <si>
+    <t>ПП TEBO Тройник канализационный 32-32 87,5 град. (1/220шт)</t>
+  </si>
+  <si>
+    <t>ALT-110068</t>
+  </si>
+  <si>
+    <t>013020410</t>
+  </si>
+  <si>
+    <t>ПП TEBO Тройник канализационный 40-40 45 град. (1/120шт)</t>
+  </si>
+  <si>
+    <t>50.69 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110069</t>
+  </si>
+  <si>
+    <t>013020412</t>
+  </si>
+  <si>
+    <t>ПП TEBO Тройник канализационный 40-40 87,5 град. (1/140шт)</t>
+  </si>
+  <si>
+    <t>ALT-110070</t>
+  </si>
+  <si>
+    <t>013020418</t>
+  </si>
+  <si>
+    <t>ПП TEBO Тройник канализационный 50-50 45 град. (1/75шт)</t>
+  </si>
+  <si>
+    <t>43.01 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110071</t>
+  </si>
+  <si>
+    <t>013020420</t>
+  </si>
+  <si>
+    <t>ПП TEBO Тройник канализационный 50-50 87,5 град. (1/85шт)</t>
+  </si>
+  <si>
+    <t>41.00 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110072</t>
+  </si>
+  <si>
+    <t>013020423</t>
+  </si>
+  <si>
+    <t>ПП TEBO Тройник канализационный 110-50 45 град. (1/50шт)</t>
+  </si>
+  <si>
+    <t>95.12 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110073</t>
+  </si>
+  <si>
+    <t>013020425</t>
+  </si>
+  <si>
+    <t>ПП TEBO Тройник канализационный 110-50 87,5 град. (1/50шт)</t>
+  </si>
+  <si>
+    <t>86.36 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110074</t>
+  </si>
+  <si>
+    <t>013020428</t>
+  </si>
+  <si>
+    <t>ПП TEBO Тройник канализационный 110-110 45 град. (1/25шт)</t>
+  </si>
+  <si>
+    <t>150.29 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110075</t>
+  </si>
+  <si>
+    <t>013020430</t>
+  </si>
+  <si>
+    <t>ПП TEBO Тройник канализационный 110-110 87,5 град. (1/30шт)</t>
+  </si>
+  <si>
+    <t>123.83 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110078</t>
+  </si>
+  <si>
+    <t>013020545</t>
+  </si>
+  <si>
+    <t>ПП TEBO Крестовина канализац. 110-110- 50 87,5 град. (1/25шт)</t>
+  </si>
+  <si>
+    <t>203.75 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110079</t>
+  </si>
+  <si>
+    <t>013020550</t>
+  </si>
+  <si>
+    <t>ПП TEBO Крестовина канализац. 110-110-110 87,5 град. (1/9шт)</t>
+  </si>
+  <si>
+    <t>323.79 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110080</t>
+  </si>
+  <si>
+    <t>013020645</t>
+  </si>
+  <si>
+    <t>ПП TEBO Крестовина канализ.2-хпл. левая 110-110-50 87,5 град. (1/25шт)</t>
+  </si>
+  <si>
+    <t>206.82 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110081</t>
+  </si>
+  <si>
+    <t>013020646</t>
+  </si>
+  <si>
+    <t>ПП TEBO Крестовина канализ.2-хпл. правая 110-110-50 87,5 град. (1/25шт)</t>
+  </si>
+  <si>
+    <t>206.69 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110083</t>
+  </si>
+  <si>
+    <t>013020804</t>
+  </si>
+  <si>
+    <t>ПП TEBO Компенсационный патрубок 110 (1/48шт)</t>
+  </si>
+  <si>
+    <t>116.70 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110084</t>
+  </si>
+  <si>
+    <t>013021004</t>
+  </si>
+  <si>
+    <t>ПП TEBO Ревизия канализационная 110 (1/40шт)</t>
+  </si>
+  <si>
+    <t>168.61 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110085</t>
+  </si>
+  <si>
+    <t>013020901</t>
+  </si>
+  <si>
+    <t>ПП TEBO Переход канализационный 40-32 (1/200шт)</t>
+  </si>
+  <si>
+    <t>39.04 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110086</t>
+  </si>
+  <si>
+    <t>013020904</t>
+  </si>
+  <si>
+    <t>ПП TEBO Переход канализационный 50-32 (50/250шт)</t>
+  </si>
+  <si>
+    <t>38.98 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110087</t>
+  </si>
+  <si>
+    <t>013020905</t>
+  </si>
+  <si>
+    <t>ПП TEBO Переход канализационный 50-40 (1/240шт)</t>
+  </si>
+  <si>
+    <t>32.91 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110088</t>
+  </si>
+  <si>
+    <t>013020906</t>
+  </si>
+  <si>
+    <t>ПП TEBO Переход канализационный 110-50 (1/50шт)</t>
+  </si>
+  <si>
+    <t>60.21 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110089</t>
+  </si>
+  <si>
+    <t>013020916</t>
+  </si>
+  <si>
+    <t>ПП TEBO Переход канализационный 110-50 короткий (1/70шт)</t>
+  </si>
+  <si>
+    <t>66.70 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110090</t>
+  </si>
+  <si>
+    <t>013020701</t>
+  </si>
+  <si>
+    <t>ПП TEBO Заглушка канализационная 32 (100/600шт)</t>
+  </si>
+  <si>
+    <t>13.37 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110091</t>
+  </si>
+  <si>
+    <t>013020702</t>
+  </si>
+  <si>
+    <t>ПП TEBO Заглушка канализационная 40 (100/500шт)</t>
+  </si>
+  <si>
+    <t>14.90 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110092</t>
+  </si>
+  <si>
+    <t>013020703</t>
+  </si>
+  <si>
+    <t>ПП TEBO Заглушка канализационная 50 (75/750шт)</t>
+  </si>
+  <si>
+    <t>11.61 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110093</t>
+  </si>
+  <si>
+    <t>013020704</t>
+  </si>
+  <si>
+    <t>ПП TEBO Заглушка канализационная 110 (1/125шт)</t>
+  </si>
+  <si>
+    <t>26.74 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110099</t>
+  </si>
+  <si>
+    <t>ПП TEBO Хомут с защелкой D 40 (серый) (100/100шт)</t>
+  </si>
+  <si>
+    <t>16.71 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110100</t>
+  </si>
+  <si>
+    <t>013030103</t>
+  </si>
+  <si>
+    <t>ПП TEBO Хомут с защелкой D 50 (серый) (100/600шт)</t>
+  </si>
+  <si>
+    <t>13.48 руб.</t>
+  </si>
+  <si>
     <t>&gt;500</t>
-  </si>
-[...373 lines deleted...]
-    <t>13.48 руб.</t>
   </si>
   <si>
     <t>ALT-110101</t>
   </si>
   <si>
     <t>013030104</t>
   </si>
   <si>
     <t>ПП TEBO Хомут с защелкой D110 (серый) (40/160шт)</t>
   </si>
   <si>
     <t>27.69 руб.</t>
   </si>
   <si>
     <t>ALT-110102</t>
   </si>
   <si>
     <t>РТ-1016000050</t>
   </si>
   <si>
     <t>Уплотнительное кольцо 50 2-хлепестковое (1/50шт)</t>
   </si>
   <si>
     <t>10.06 руб.</t>
   </si>
@@ -4902,396 +4896,396 @@
       </c>
       <c r="K12" s="2" t="str">
         <f>J12*41.38</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>870305</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="str">
         <f>J13*52.21</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>870306</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>52</v>
+      </c>
+      <c r="G14" s="2">
+        <v>1</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="str">
         <f>J14*67.61</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>870307</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="str">
         <f>J15*119.10</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>870308</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="str">
         <f>J16*199.15</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>870309</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="str">
         <f>J17*100.56</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>870310</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="str">
         <f>J18*138.93</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>870311</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="str">
         <f>J19*198.09</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>870312</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="str">
         <f>J20*348.10</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>870313</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="str">
         <f>J21*624.82</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" outlineLevel="2">
       <c r="A22" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B22" s="8"/>
       <c r="C22" s="8"/>
       <c r="D22" s="8"/>
       <c r="E22" s="8"/>
       <c r="F22" s="8"/>
       <c r="G22" s="8"/>
       <c r="H22" s="8"/>
       <c r="I22" s="8"/>
       <c r="J22" s="8"/>
       <c r="K22" s="8"/>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" outlineLevel="3">
       <c r="A23" s="9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B23" s="9"/>
       <c r="C23" s="9"/>
       <c r="D23" s="9"/>
       <c r="E23" s="9"/>
       <c r="F23" s="9"/>
       <c r="G23" s="9"/>
       <c r="H23" s="9"/>
       <c r="I23" s="9"/>
       <c r="J23" s="9"/>
       <c r="K23" s="9"/>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
         <v>874599</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D24" s="1"/>
       <c r="E24" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="G24" s="2" t="s">
         <v>85</v>
+      </c>
+      <c r="G24" s="2">
+        <v>0</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="str">
         <f>J24*1440.00</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
         <v>874598</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>86</v>
       </c>
       <c r="D25" s="1"/>
@@ -5313,2807 +5307,2807 @@
       <c r="J25" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="str">
         <f>J25*1240.00</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
         <v>870287</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>90</v>
       </c>
       <c r="D26" s="1"/>
       <c r="E26" s="2" t="s">
         <v>91</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>92</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>93</v>
+        <v>43</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="str">
         <f>J26*790.00</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
     <row r="27" spans="1:12" outlineLevel="3">
       <c r="A27" s="9" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B27" s="9"/>
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="E27" s="9"/>
       <c r="F27" s="9"/>
       <c r="G27" s="9"/>
       <c r="H27" s="9"/>
       <c r="I27" s="9"/>
       <c r="J27" s="9"/>
       <c r="K27" s="9"/>
       <c r="L27" s="5"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>870314</v>
       </c>
       <c r="C28" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D28" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="D28" s="1" t="s">
+      <c r="E28" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="E28" s="2" t="s">
+      <c r="F28" s="2" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="G28" s="2">
         <v>0</v>
       </c>
       <c r="H28" s="2">
         <v>0</v>
       </c>
       <c r="I28" s="1">
         <v>0</v>
       </c>
       <c r="J28" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="str">
         <f>J28*37.30</f>
         <v>0</v>
       </c>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>879934</v>
       </c>
       <c r="C29" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="D29" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="D29" s="1" t="s">
+      <c r="E29" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="E29" s="2" t="s">
+      <c r="F29" s="2" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="G29" s="2">
         <v>0</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="str">
         <f>J29*37.49</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>870315</v>
       </c>
       <c r="C30" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D30" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="D30" s="1" t="s">
+      <c r="E30" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="E30" s="2" t="s">
+      <c r="F30" s="2" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="G30" s="2">
         <v>0</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="str">
         <f>J30*32.73</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>870316</v>
       </c>
       <c r="C31" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="D31" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="D31" s="1" t="s">
+      <c r="E31" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="E31" s="2" t="s">
+      <c r="F31" s="2" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="G31" s="2">
         <v>0</v>
       </c>
       <c r="H31" s="2">
         <v>0</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="str">
         <f>J31*81.92</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A32" s="1"/>
       <c r="B32" s="1">
         <v>883330</v>
       </c>
       <c r="C32" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="D32" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="D32" s="1" t="s">
+      <c r="E32" s="2" t="s">
         <v>112</v>
       </c>
-      <c r="E32" s="2" t="s">
+      <c r="F32" s="2" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="G32" s="2">
         <v>0</v>
       </c>
       <c r="H32" s="2">
         <v>0</v>
       </c>
       <c r="I32" s="1">
         <v>0</v>
       </c>
       <c r="J32" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="str">
         <f>J32*31.32</f>
         <v>0</v>
       </c>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>883331</v>
       </c>
       <c r="C33" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="D33" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="D33" s="1" t="s">
+      <c r="E33" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="E33" s="2" t="s">
+      <c r="F33" s="2" t="s">
         <v>117</v>
       </c>
-      <c r="F33" s="2" t="s">
-[...3 lines deleted...]
-        <v>89</v>
+      <c r="G33" s="2">
+        <v>0</v>
       </c>
       <c r="H33" s="2">
         <v>0</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="str">
         <f>J33*78.27</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>870317</v>
       </c>
       <c r="C34" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D34" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="D34" s="1" t="s">
+      <c r="E34" s="2" t="s">
         <v>120</v>
       </c>
-      <c r="E34" s="2" t="s">
+      <c r="F34" s="2" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="G34" s="2">
         <v>0</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="str">
         <f>J34*26.93</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>870318</v>
       </c>
       <c r="C35" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D35" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="D35" s="1" t="s">
+      <c r="E35" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="E35" s="2" t="s">
+      <c r="F35" s="2" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="G35" s="2">
         <v>0</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="str">
         <f>J35*27.03</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>879935</v>
       </c>
       <c r="C36" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D36" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="D36" s="1" t="s">
+      <c r="E36" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="E36" s="2" t="s">
+      <c r="F36" s="2" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="G36" s="2">
         <v>0</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="str">
         <f>J36*27.89</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>879936</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D37" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="D37" s="1" t="s">
+      <c r="E37" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="E37" s="2" t="s">
+      <c r="F37" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="F37" s="2" t="s">
-[...3 lines deleted...]
-        <v>93</v>
+      <c r="G37" s="2">
+        <v>0</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="str">
         <f>J37*28.32</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>870319</v>
       </c>
       <c r="C38" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D38" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="D38" s="1" t="s">
+      <c r="E38" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="E38" s="2" t="s">
+      <c r="F38" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="F38" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G38" s="2" t="s">
-        <v>139</v>
+        <v>43</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="str">
         <f>J38*22.04</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>870320</v>
       </c>
       <c r="C39" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="E39" s="2" t="s">
         <v>140</v>
       </c>
-      <c r="D39" s="1" t="s">
+      <c r="F39" s="2" t="s">
         <v>141</v>
       </c>
-      <c r="E39" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G39" s="2" t="s">
-        <v>144</v>
+        <v>43</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="str">
         <f>J39*24.09</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
         <v>882678</v>
       </c>
       <c r="C40" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="E40" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="F40" s="2" t="s">
         <v>145</v>
-      </c>
-[...7 lines deleted...]
-        <v>148</v>
       </c>
       <c r="G40" s="2">
         <v>0</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="str">
         <f>J40*95.34</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>882679</v>
       </c>
       <c r="C41" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="E41" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="F41" s="2" t="s">
         <v>149</v>
-      </c>
-[...7 lines deleted...]
-        <v>152</v>
       </c>
       <c r="G41" s="2">
         <v>0</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="str">
         <f>J41*79.03</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>870321</v>
       </c>
       <c r="C42" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="E42" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="F42" s="2" t="s">
         <v>153</v>
-      </c>
-[...7 lines deleted...]
-        <v>156</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="str">
         <f>J42*78.96</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
         <v>882680</v>
       </c>
       <c r="C43" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="E43" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>157</v>
-      </c>
-[...7 lines deleted...]
-        <v>160</v>
       </c>
       <c r="G43" s="2">
         <v>0</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="str">
         <f>J43*124.00</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
         <v>870322</v>
       </c>
       <c r="C44" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="E44" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="F44" s="2" t="s">
         <v>161</v>
-      </c>
-[...7 lines deleted...]
-        <v>164</v>
       </c>
       <c r="G44" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="str">
         <f>J44*89.99</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
         <v>870323</v>
       </c>
       <c r="C45" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="E45" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="F45" s="2" t="s">
         <v>165</v>
-      </c>
-[...7 lines deleted...]
-        <v>168</v>
       </c>
       <c r="G45" s="2">
         <v>10</v>
       </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
       <c r="I45" s="1">
         <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="str">
         <f>J45*58.27</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
         <v>870324</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="G46" s="2">
         <v>0</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="str">
         <f>J46*58.27</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
         <v>879937</v>
       </c>
       <c r="C47" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="E47" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="F47" s="2" t="s">
         <v>172</v>
-      </c>
-[...7 lines deleted...]
-        <v>175</v>
       </c>
       <c r="G47" s="2">
         <v>0</v>
       </c>
       <c r="H47" s="2">
         <v>0</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="str">
         <f>J47*50.69</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
         <v>879938</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="G48" s="2">
         <v>0</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="str">
         <f>J48*50.69</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
         <v>870325</v>
       </c>
       <c r="C49" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="E49" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="F49" s="2" t="s">
         <v>179</v>
-      </c>
-[...7 lines deleted...]
-        <v>182</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="str">
         <f>J49*43.01</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
         <v>870326</v>
       </c>
       <c r="C50" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="E50" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="F50" s="2" t="s">
         <v>183</v>
-      </c>
-[...7 lines deleted...]
-        <v>186</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H50" s="2">
         <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="str">
         <f>J50*41.00</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
         <v>877969</v>
       </c>
       <c r="C51" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="E51" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="F51" s="2" t="s">
         <v>187</v>
-      </c>
-[...7 lines deleted...]
-        <v>190</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H51" s="2">
         <v>0</v>
       </c>
       <c r="I51" s="1">
         <v>0</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="str">
         <f>J51*95.12</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
         <v>877970</v>
       </c>
       <c r="C52" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="E52" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="F52" s="2" t="s">
         <v>191</v>
       </c>
-      <c r="D52" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G52" s="2" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="H52" s="2">
         <v>0</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="str">
         <f>J52*86.36</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
         <v>870327</v>
       </c>
       <c r="C53" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="E53" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="F53" s="2" t="s">
         <v>195</v>
-      </c>
-[...7 lines deleted...]
-        <v>198</v>
       </c>
       <c r="G53" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H53" s="2">
         <v>0</v>
       </c>
       <c r="I53" s="1">
         <v>0</v>
       </c>
       <c r="J53" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="str">
         <f>J53*150.29</f>
         <v>0</v>
       </c>
       <c r="L53" s="5"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
         <v>870328</v>
       </c>
       <c r="C54" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="E54" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="F54" s="2" t="s">
         <v>199</v>
-      </c>
-[...7 lines deleted...]
-        <v>202</v>
       </c>
       <c r="G54" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H54" s="2">
         <v>0</v>
       </c>
       <c r="I54" s="1">
         <v>0</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="str">
         <f>J54*123.83</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
         <v>879939</v>
       </c>
       <c r="C55" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="E55" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="F55" s="2" t="s">
         <v>203</v>
-      </c>
-[...7 lines deleted...]
-        <v>206</v>
       </c>
       <c r="G55" s="2">
         <v>0</v>
       </c>
       <c r="H55" s="2">
         <v>0</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="str">
         <f>J55*203.75</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A56" s="1"/>
       <c r="B56" s="1">
         <v>879940</v>
       </c>
       <c r="C56" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="E56" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="F56" s="2" t="s">
         <v>207</v>
-      </c>
-[...7 lines deleted...]
-        <v>210</v>
       </c>
       <c r="G56" s="2">
         <v>0</v>
       </c>
       <c r="H56" s="2">
         <v>0</v>
       </c>
       <c r="I56" s="1">
         <v>0</v>
       </c>
       <c r="J56" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="str">
         <f>J56*323.79</f>
         <v>0</v>
       </c>
       <c r="L56" s="5"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
         <v>879941</v>
       </c>
       <c r="C57" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="E57" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="F57" s="2" t="s">
         <v>211</v>
-      </c>
-[...7 lines deleted...]
-        <v>214</v>
       </c>
       <c r="G57" s="2">
         <v>0</v>
       </c>
       <c r="H57" s="2">
         <v>0</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="str">
         <f>J57*206.82</f>
         <v>0</v>
       </c>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A58" s="1"/>
       <c r="B58" s="1">
         <v>879942</v>
       </c>
       <c r="C58" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="E58" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="F58" s="2" t="s">
         <v>215</v>
-      </c>
-[...7 lines deleted...]
-        <v>218</v>
       </c>
       <c r="G58" s="2">
         <v>0</v>
       </c>
       <c r="H58" s="2">
         <v>0</v>
       </c>
       <c r="I58" s="1">
         <v>0</v>
       </c>
       <c r="J58" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="str">
         <f>J58*206.69</f>
         <v>0</v>
       </c>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
         <v>870329</v>
       </c>
       <c r="C59" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="E59" s="2" t="s">
+        <v>218</v>
+      </c>
+      <c r="F59" s="2" t="s">
         <v>219</v>
       </c>
-      <c r="D59" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G59" s="2" t="s">
-        <v>43</v>
+        <v>89</v>
       </c>
       <c r="H59" s="2">
         <v>0</v>
       </c>
       <c r="I59" s="1">
         <v>0</v>
       </c>
       <c r="J59" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="str">
         <f>J59*116.70</f>
         <v>0</v>
       </c>
       <c r="L59" s="5"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A60" s="1"/>
       <c r="B60" s="1">
         <v>870330</v>
       </c>
       <c r="C60" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="E60" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="F60" s="2" t="s">
         <v>223</v>
-      </c>
-[...7 lines deleted...]
-        <v>226</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H60" s="2">
         <v>0</v>
       </c>
       <c r="I60" s="1">
         <v>0</v>
       </c>
       <c r="J60" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="str">
         <f>J60*168.61</f>
         <v>0</v>
       </c>
       <c r="L60" s="5"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A61" s="1"/>
       <c r="B61" s="1">
         <v>879943</v>
       </c>
       <c r="C61" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="E61" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="F61" s="2" t="s">
         <v>227</v>
-      </c>
-[...7 lines deleted...]
-        <v>230</v>
       </c>
       <c r="G61" s="2">
         <v>0</v>
       </c>
       <c r="H61" s="2">
         <v>0</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="str">
         <f>J61*39.04</f>
         <v>0</v>
       </c>
       <c r="L61" s="5"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A62" s="1"/>
       <c r="B62" s="1">
         <v>870331</v>
       </c>
       <c r="C62" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="E62" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="F62" s="2" t="s">
         <v>231</v>
-      </c>
-[...7 lines deleted...]
-        <v>234</v>
       </c>
       <c r="G62" s="2">
         <v>0</v>
       </c>
       <c r="H62" s="2">
         <v>0</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="str">
         <f>J62*38.98</f>
         <v>0</v>
       </c>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A63" s="1"/>
       <c r="B63" s="1">
         <v>879944</v>
       </c>
       <c r="C63" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E63" s="2" t="s">
+        <v>234</v>
+      </c>
+      <c r="F63" s="2" t="s">
         <v>235</v>
-      </c>
-[...7 lines deleted...]
-        <v>238</v>
       </c>
       <c r="G63" s="2">
         <v>0</v>
       </c>
       <c r="H63" s="2">
         <v>0</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="str">
         <f>J63*32.91</f>
         <v>0</v>
       </c>
       <c r="L63" s="5"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A64" s="1"/>
       <c r="B64" s="1">
         <v>870332</v>
       </c>
       <c r="C64" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="E64" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="F64" s="2" t="s">
         <v>239</v>
       </c>
-      <c r="D64" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G64" s="2" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="H64" s="2">
         <v>0</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="str">
         <f>J64*60.21</f>
         <v>0</v>
       </c>
       <c r="L64" s="5"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A65" s="1"/>
       <c r="B65" s="1">
         <v>870333</v>
       </c>
       <c r="C65" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="E65" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="F65" s="2" t="s">
         <v>243</v>
       </c>
-      <c r="D65" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G65" s="2" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="H65" s="2">
         <v>0</v>
       </c>
       <c r="I65" s="1">
         <v>0</v>
       </c>
       <c r="J65" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="str">
         <f>J65*66.70</f>
         <v>0</v>
       </c>
       <c r="L65" s="5"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
         <v>870334</v>
       </c>
       <c r="C66" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="E66" s="2" t="s">
+        <v>246</v>
+      </c>
+      <c r="F66" s="2" t="s">
         <v>247</v>
-      </c>
-[...7 lines deleted...]
-        <v>250</v>
       </c>
       <c r="G66" s="2">
         <v>0</v>
       </c>
       <c r="H66" s="2">
         <v>0</v>
       </c>
       <c r="I66" s="1">
         <v>0</v>
       </c>
       <c r="J66" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="str">
         <f>J66*13.37</f>
         <v>0</v>
       </c>
       <c r="L66" s="5"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A67" s="1"/>
       <c r="B67" s="1">
         <v>879945</v>
       </c>
       <c r="C67" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="E67" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="F67" s="2" t="s">
         <v>251</v>
-      </c>
-[...7 lines deleted...]
-        <v>254</v>
       </c>
       <c r="G67" s="2">
         <v>0</v>
       </c>
       <c r="H67" s="2">
         <v>0</v>
       </c>
       <c r="I67" s="1">
         <v>0</v>
       </c>
       <c r="J67" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="str">
         <f>J67*14.90</f>
         <v>0</v>
       </c>
       <c r="L67" s="5"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A68" s="1"/>
       <c r="B68" s="1">
         <v>870335</v>
       </c>
       <c r="C68" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="E68" s="2" t="s">
+        <v>254</v>
+      </c>
+      <c r="F68" s="2" t="s">
         <v>255</v>
       </c>
-      <c r="D68" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G68" s="2" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="H68" s="2">
         <v>0</v>
       </c>
       <c r="I68" s="1">
         <v>0</v>
       </c>
       <c r="J68" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="str">
         <f>J68*11.61</f>
         <v>0</v>
       </c>
       <c r="L68" s="5"/>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A69" s="1"/>
       <c r="B69" s="1">
         <v>870336</v>
       </c>
       <c r="C69" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="E69" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="F69" s="2" t="s">
         <v>259</v>
-      </c>
-[...7 lines deleted...]
-        <v>262</v>
       </c>
       <c r="G69" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H69" s="2">
         <v>0</v>
       </c>
       <c r="I69" s="1">
         <v>0</v>
       </c>
       <c r="J69" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="str">
         <f>J69*26.74</f>
         <v>0</v>
       </c>
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A70" s="1"/>
       <c r="B70" s="1">
         <v>879946</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="D70" s="1">
         <v>700040</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="G70" s="2">
         <v>0</v>
       </c>
       <c r="H70" s="2">
         <v>0</v>
       </c>
       <c r="I70" s="1">
         <v>0</v>
       </c>
       <c r="J70" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="str">
         <f>J70*16.71</f>
         <v>0</v>
       </c>
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A71" s="1"/>
       <c r="B71" s="1">
         <v>870337</v>
       </c>
       <c r="C71" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="E71" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="F71" s="2" t="s">
         <v>266</v>
       </c>
-      <c r="D71" s="1" t="s">
+      <c r="G71" s="2" t="s">
         <v>267</v>
-      </c>
-[...7 lines deleted...]
-        <v>43</v>
       </c>
       <c r="H71" s="2">
         <v>0</v>
       </c>
       <c r="I71" s="1">
         <v>0</v>
       </c>
       <c r="J71" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="str">
         <f>J71*13.48</f>
         <v>0</v>
       </c>
       <c r="L71" s="5"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A72" s="1"/>
       <c r="B72" s="1">
         <v>870338</v>
       </c>
       <c r="C72" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E72" s="2" t="s">
         <v>270</v>
       </c>
-      <c r="D72" s="1" t="s">
+      <c r="F72" s="2" t="s">
         <v>271</v>
-      </c>
-[...4 lines deleted...]
-        <v>273</v>
       </c>
       <c r="G72" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H72" s="2">
         <v>0</v>
       </c>
       <c r="I72" s="1">
         <v>0</v>
       </c>
       <c r="J72" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="str">
         <f>J72*27.69</f>
         <v>0</v>
       </c>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A73" s="1"/>
       <c r="B73" s="1">
         <v>870339</v>
       </c>
       <c r="C73" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="E73" s="2" t="s">
         <v>274</v>
       </c>
-      <c r="D73" s="1" t="s">
+      <c r="F73" s="2" t="s">
         <v>275</v>
       </c>
-      <c r="E73" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G73" s="2" t="s">
-        <v>93</v>
+        <v>48</v>
       </c>
       <c r="H73" s="2">
         <v>0</v>
       </c>
       <c r="I73" s="1">
         <v>0</v>
       </c>
       <c r="J73" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="str">
         <f>J73*10.06</f>
         <v>0</v>
       </c>
       <c r="L73" s="5"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A74" s="1"/>
       <c r="B74" s="1">
         <v>870340</v>
       </c>
       <c r="C74" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="E74" s="2" t="s">
         <v>278</v>
       </c>
-      <c r="D74" s="1" t="s">
+      <c r="F74" s="2" t="s">
         <v>279</v>
       </c>
-      <c r="E74" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G74" s="2" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="H74" s="2">
         <v>0</v>
       </c>
       <c r="I74" s="1">
         <v>0</v>
       </c>
       <c r="J74" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="str">
         <f>J74*19.58</f>
         <v>0</v>
       </c>
       <c r="L74" s="5"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A75" s="1"/>
       <c r="B75" s="1">
         <v>822128</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="D75" s="1">
         <v>301120</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="G75" s="2">
         <v>7</v>
       </c>
       <c r="H75" s="2">
         <v>0</v>
       </c>
       <c r="I75" s="1">
         <v>0</v>
       </c>
       <c r="J75" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="str">
         <f>J75*146.08</f>
         <v>0</v>
       </c>
       <c r="L75" s="5"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A76" s="1"/>
       <c r="B76" s="1">
         <v>822154</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="D76" s="1">
         <v>100115</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="G76" s="2">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="H76" s="2">
         <v>0</v>
       </c>
       <c r="I76" s="1">
         <v>0</v>
       </c>
       <c r="J76" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="str">
         <f>J76*134.86</f>
         <v>0</v>
       </c>
       <c r="L76" s="5"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A77" s="1"/>
       <c r="B77" s="1">
         <v>822155</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="D77" s="1">
         <v>100130</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="G77" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H77" s="2">
         <v>0</v>
       </c>
       <c r="I77" s="1">
         <v>0</v>
       </c>
       <c r="J77" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="str">
         <f>J77*124.86</f>
         <v>0</v>
       </c>
       <c r="L77" s="5"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A78" s="1"/>
       <c r="B78" s="1">
         <v>822157</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="D78" s="1">
         <v>100167</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="G78" s="2" t="s">
         <v>89</v>
       </c>
       <c r="H78" s="2">
         <v>0</v>
       </c>
       <c r="I78" s="1">
         <v>0</v>
       </c>
       <c r="J78" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="str">
         <f>J78*139.23</f>
         <v>0</v>
       </c>
       <c r="L78" s="5"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A79" s="1"/>
       <c r="B79" s="1">
         <v>822161</v>
       </c>
       <c r="C79" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="E79" s="2" t="s">
         <v>294</v>
       </c>
-      <c r="D79" s="1" t="s">
+      <c r="F79" s="2" t="s">
         <v>295</v>
-      </c>
-[...4 lines deleted...]
-        <v>297</v>
       </c>
       <c r="G79" s="2">
         <v>-2</v>
       </c>
       <c r="H79" s="2">
         <v>0</v>
       </c>
       <c r="I79" s="1">
         <v>0</v>
       </c>
       <c r="J79" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="str">
         <f>J79*324.54</f>
         <v>0</v>
       </c>
       <c r="L79" s="5"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A80" s="1"/>
       <c r="B80" s="1">
         <v>822174</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="D80" s="1">
         <v>805545</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="G80" s="2">
         <v>0</v>
       </c>
       <c r="H80" s="2">
         <v>0</v>
       </c>
       <c r="I80" s="1">
         <v>0</v>
       </c>
       <c r="J80" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="str">
         <f>J80*373.78</f>
         <v>0</v>
       </c>
       <c r="L80" s="5"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A81" s="1"/>
       <c r="B81" s="1">
         <v>822175</v>
       </c>
       <c r="C81" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="E81" s="2" t="s">
         <v>301</v>
       </c>
-      <c r="D81" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F81" s="2" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="G81" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H81" s="2">
         <v>0</v>
       </c>
       <c r="I81" s="1">
         <v>0</v>
       </c>
       <c r="J81" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="str">
         <f>J81*373.78</f>
         <v>0</v>
       </c>
       <c r="L81" s="5"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A82" s="1"/>
       <c r="B82" s="1">
         <v>822181</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="D82" s="1">
         <v>715587</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="G82" s="2">
         <v>0</v>
       </c>
       <c r="H82" s="2">
         <v>0</v>
       </c>
       <c r="I82" s="1">
         <v>0</v>
       </c>
       <c r="J82" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="str">
         <f>J82*459.92</f>
         <v>0</v>
       </c>
       <c r="L82" s="5"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A83" s="1"/>
       <c r="B83" s="1">
         <v>822182</v>
       </c>
       <c r="C83" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="E83" s="2" t="s">
         <v>307</v>
       </c>
-      <c r="D83" s="1" t="s">
+      <c r="F83" s="2" t="s">
         <v>308</v>
-      </c>
-[...4 lines deleted...]
-        <v>310</v>
       </c>
       <c r="G83" s="2">
         <v>0</v>
       </c>
       <c r="H83" s="2">
         <v>0</v>
       </c>
       <c r="I83" s="1">
         <v>0</v>
       </c>
       <c r="J83" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="str">
         <f>J83*508.11</f>
         <v>0</v>
       </c>
       <c r="L83" s="5"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A84" s="1"/>
       <c r="B84" s="1">
         <v>822191</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="D84" s="1">
         <v>920110</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="G84" s="2">
         <v>0</v>
       </c>
       <c r="H84" s="2">
         <v>0</v>
       </c>
       <c r="I84" s="1">
         <v>0</v>
       </c>
       <c r="J84" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="str">
         <f>J84*461.66</f>
         <v>0</v>
       </c>
       <c r="L84" s="5"/>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A85" s="1"/>
       <c r="B85" s="1">
         <v>822207</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="D85" s="1">
         <v>940110</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="G85" s="2">
         <v>-3</v>
       </c>
       <c r="H85" s="2">
         <v>0</v>
       </c>
       <c r="I85" s="1">
         <v>0</v>
       </c>
       <c r="J85" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="str">
         <f>J85*180.57</f>
         <v>0</v>
       </c>
       <c r="L85" s="5"/>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A86" s="1"/>
       <c r="B86" s="1">
         <v>840090</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="D86" s="1">
         <v>925110</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="G86" s="2">
         <v>0</v>
       </c>
       <c r="H86" s="2">
         <v>0</v>
       </c>
       <c r="I86" s="1">
         <v>0</v>
       </c>
       <c r="J86" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="str">
         <f>J86*425.80</f>
         <v>0</v>
       </c>
       <c r="L86" s="5"/>
     </row>
     <row r="87" spans="1:12" outlineLevel="1">
       <c r="A87" s="7" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="B87" s="7"/>
       <c r="C87" s="7"/>
       <c r="D87" s="7"/>
       <c r="E87" s="7"/>
       <c r="F87" s="7"/>
       <c r="G87" s="7"/>
       <c r="H87" s="7"/>
       <c r="I87" s="7"/>
       <c r="J87" s="7"/>
       <c r="K87" s="7"/>
       <c r="L87" s="5"/>
     </row>
     <row r="88" spans="1:12" outlineLevel="2">
       <c r="A88" s="8" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="B88" s="8"/>
       <c r="C88" s="8"/>
       <c r="D88" s="8"/>
       <c r="E88" s="8"/>
       <c r="F88" s="8"/>
       <c r="G88" s="8"/>
       <c r="H88" s="8"/>
       <c r="I88" s="8"/>
       <c r="J88" s="8"/>
       <c r="K88" s="8"/>
       <c r="L88" s="5"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A89" s="1"/>
       <c r="B89" s="1">
         <v>888556</v>
       </c>
       <c r="C89" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="E89" s="2" t="s">
         <v>322</v>
       </c>
-      <c r="D89" s="1" t="s">
+      <c r="F89" s="2" t="s">
         <v>323</v>
-      </c>
-[...4 lines deleted...]
-        <v>325</v>
       </c>
       <c r="G89" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H89" s="2">
         <v>0</v>
       </c>
-      <c r="I89" s="1" t="s">
-        <v>89</v>
+      <c r="I89" s="1">
+        <v>0</v>
       </c>
       <c r="J89" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="str">
         <f>J89*267.35</f>
         <v>0</v>
       </c>
       <c r="L89" s="5"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A90" s="1"/>
       <c r="B90" s="1">
         <v>888557</v>
       </c>
       <c r="C90" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="E90" s="2" t="s">
         <v>326</v>
       </c>
-      <c r="D90" s="1" t="s">
+      <c r="F90" s="2" t="s">
         <v>327</v>
-      </c>
-[...4 lines deleted...]
-        <v>329</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H90" s="2">
         <v>0</v>
       </c>
       <c r="I90" s="1">
         <v>0</v>
       </c>
       <c r="J90" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="str">
         <f>J90*474.66</f>
         <v>0</v>
       </c>
       <c r="L90" s="5"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A91" s="1"/>
       <c r="B91" s="1">
         <v>888558</v>
       </c>
       <c r="C91" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="E91" s="2" t="s">
         <v>330</v>
       </c>
-      <c r="D91" s="1" t="s">
+      <c r="F91" s="2" t="s">
         <v>331</v>
-      </c>
-[...4 lines deleted...]
-        <v>333</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>89</v>
       </c>
       <c r="H91" s="2">
         <v>0</v>
       </c>
       <c r="I91" s="1">
         <v>0</v>
       </c>
       <c r="J91" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="str">
         <f>J91*674.29</f>
         <v>0</v>
       </c>
       <c r="L91" s="5"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A92" s="1"/>
       <c r="B92" s="1">
         <v>888559</v>
       </c>
       <c r="C92" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="E92" s="2" t="s">
         <v>334</v>
       </c>
-      <c r="D92" s="1" t="s">
+      <c r="F92" s="2" t="s">
         <v>335</v>
-      </c>
-[...4 lines deleted...]
-        <v>337</v>
       </c>
       <c r="G92" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H92" s="2">
         <v>0</v>
       </c>
       <c r="I92" s="1">
         <v>0</v>
       </c>
       <c r="J92" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="str">
         <f>J92*813.57</f>
         <v>0</v>
       </c>
       <c r="L92" s="5"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A93" s="1"/>
       <c r="B93" s="1">
         <v>888560</v>
       </c>
       <c r="C93" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E93" s="2" t="s">
         <v>338</v>
       </c>
-      <c r="D93" s="1" t="s">
+      <c r="F93" s="2" t="s">
         <v>339</v>
       </c>
-      <c r="E93" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G93" s="2" t="s">
-        <v>93</v>
+        <v>48</v>
       </c>
       <c r="H93" s="2">
         <v>0</v>
       </c>
       <c r="I93" s="1">
         <v>0</v>
       </c>
       <c r="J93" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="str">
         <f>J93*1205.40</f>
         <v>0</v>
       </c>
       <c r="L93" s="5"/>
     </row>
     <row r="94" spans="1:12" outlineLevel="2">
       <c r="A94" s="8" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="B94" s="8"/>
       <c r="C94" s="8"/>
       <c r="D94" s="8"/>
       <c r="E94" s="8"/>
       <c r="F94" s="8"/>
       <c r="G94" s="8"/>
       <c r="H94" s="8"/>
       <c r="I94" s="8"/>
       <c r="J94" s="8"/>
       <c r="K94" s="8"/>
       <c r="L94" s="5"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A95" s="1"/>
       <c r="B95" s="1">
         <v>888571</v>
       </c>
       <c r="C95" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="E95" s="2" t="s">
         <v>343</v>
       </c>
-      <c r="D95" s="1" t="s">
+      <c r="F95" s="2" t="s">
         <v>344</v>
-      </c>
-[...4 lines deleted...]
-        <v>346</v>
       </c>
       <c r="G95" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H95" s="2">
         <v>0</v>
       </c>
       <c r="I95" s="1">
         <v>0</v>
       </c>
       <c r="J95" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="str">
         <f>J95*38.06</f>
         <v>0</v>
       </c>
       <c r="L95" s="5"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A96" s="1"/>
       <c r="B96" s="1">
         <v>888573</v>
       </c>
       <c r="C96" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="E96" s="2" t="s">
         <v>347</v>
       </c>
-      <c r="D96" s="1" t="s">
+      <c r="F96" s="2" t="s">
         <v>348</v>
-      </c>
-[...4 lines deleted...]
-        <v>350</v>
       </c>
       <c r="G96" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H96" s="2">
         <v>0</v>
       </c>
       <c r="I96" s="1">
         <v>0</v>
       </c>
       <c r="J96" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K96" s="2" t="str">
         <f>J96*88.92</f>
         <v>0</v>
       </c>
       <c r="L96" s="5"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A97" s="1"/>
       <c r="B97" s="1">
         <v>888575</v>
       </c>
       <c r="C97" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="E97" s="2" t="s">
         <v>351</v>
       </c>
-      <c r="D97" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F97" s="2" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="G97" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H97" s="2">
         <v>0</v>
       </c>
       <c r="I97" s="1">
         <v>0</v>
       </c>
       <c r="J97" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K97" s="2" t="str">
         <f>J97*88.92</f>
         <v>0</v>
       </c>
       <c r="L97" s="5"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A98" s="1"/>
       <c r="B98" s="1">
         <v>888577</v>
       </c>
       <c r="C98" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="E98" s="2" t="s">
         <v>354</v>
       </c>
-      <c r="D98" s="1" t="s">
+      <c r="F98" s="2" t="s">
         <v>355</v>
       </c>
-      <c r="E98" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G98" s="2" t="s">
-        <v>93</v>
+        <v>48</v>
       </c>
       <c r="H98" s="2">
         <v>0</v>
       </c>
       <c r="I98" s="1">
         <v>0</v>
       </c>
       <c r="J98" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K98" s="2" t="str">
         <f>J98*94.08</f>
         <v>0</v>
       </c>
       <c r="L98" s="5"/>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A99" s="1"/>
       <c r="B99" s="1">
         <v>888578</v>
       </c>
       <c r="C99" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="E99" s="2" t="s">
         <v>358</v>
       </c>
-      <c r="D99" s="1" t="s">
+      <c r="F99" s="2" t="s">
         <v>359</v>
       </c>
-      <c r="E99" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G99" s="2" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="H99" s="2">
         <v>0</v>
       </c>
       <c r="I99" s="1">
         <v>0</v>
       </c>
       <c r="J99" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="str">
         <f>J99*90.79</f>
         <v>0</v>
       </c>
       <c r="L99" s="5"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A100" s="1"/>
       <c r="B100" s="1">
         <v>888579</v>
       </c>
       <c r="C100" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="E100" s="2" t="s">
         <v>362</v>
       </c>
-      <c r="D100" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F100" s="2" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="G100" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H100" s="2">
         <v>0</v>
       </c>
       <c r="I100" s="1">
         <v>0</v>
       </c>
       <c r="J100" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="str">
         <f>J100*90.79</f>
         <v>0</v>
       </c>
       <c r="L100" s="5"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A101" s="1"/>
       <c r="B101" s="1">
         <v>888580</v>
       </c>
       <c r="C101" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="E101" s="2" t="s">
         <v>365</v>
       </c>
-      <c r="D101" s="1" t="s">
+      <c r="F101" s="2" t="s">
         <v>366</v>
-      </c>
-[...4 lines deleted...]
-        <v>368</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H101" s="2">
         <v>0</v>
       </c>
       <c r="I101" s="1">
         <v>0</v>
       </c>
       <c r="J101" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K101" s="2" t="str">
         <f>J101*99.85</f>
         <v>0</v>
       </c>
       <c r="L101" s="5"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A102" s="1"/>
       <c r="B102" s="1">
         <v>888584</v>
       </c>
       <c r="C102" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="E102" s="2" t="s">
         <v>369</v>
       </c>
-      <c r="D102" s="1" t="s">
+      <c r="F102" s="2" t="s">
         <v>370</v>
-      </c>
-[...4 lines deleted...]
-        <v>372</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H102" s="2">
         <v>0</v>
       </c>
       <c r="I102" s="1">
         <v>0</v>
       </c>
       <c r="J102" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K102" s="2" t="str">
         <f>J102*217.34</f>
         <v>0</v>
       </c>
       <c r="L102" s="5"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A103" s="1"/>
       <c r="B103" s="1">
         <v>888586</v>
       </c>
       <c r="C103" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="E103" s="2" t="s">
         <v>373</v>
       </c>
-      <c r="D103" s="1" t="s">
+      <c r="F103" s="2" t="s">
         <v>374</v>
-      </c>
-[...4 lines deleted...]
-        <v>376</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H103" s="2">
         <v>0</v>
       </c>
       <c r="I103" s="1">
         <v>0</v>
       </c>
       <c r="J103" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K103" s="2" t="str">
         <f>J103*181.33</f>
         <v>0</v>
       </c>
       <c r="L103" s="5"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A104" s="1"/>
       <c r="B104" s="1">
         <v>888587</v>
       </c>
       <c r="C104" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="E104" s="2" t="s">
         <v>377</v>
       </c>
-      <c r="D104" s="1" t="s">
+      <c r="F104" s="2" t="s">
         <v>378</v>
-      </c>
-[...4 lines deleted...]
-        <v>380</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H104" s="2">
         <v>0</v>
       </c>
       <c r="I104" s="1">
         <v>0</v>
       </c>
       <c r="J104" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K104" s="2" t="str">
         <f>J104*177.59</f>
         <v>0</v>
       </c>
       <c r="L104" s="5"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A105" s="1"/>
       <c r="B105" s="1">
         <v>888593</v>
       </c>
       <c r="C105" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="E105" s="2" t="s">
         <v>381</v>
       </c>
-      <c r="D105" s="1" t="s">
+      <c r="F105" s="2" t="s">
         <v>382</v>
-      </c>
-[...4 lines deleted...]
-        <v>384</v>
       </c>
       <c r="G105" s="2">
         <v>0</v>
       </c>
       <c r="H105" s="2">
         <v>0</v>
       </c>
       <c r="I105" s="1">
         <v>0</v>
       </c>
       <c r="J105" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="str">
         <f>J105*430.56</f>
         <v>0</v>
       </c>
       <c r="L105" s="5"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A106" s="1"/>
       <c r="B106" s="1">
         <v>888594</v>
       </c>
       <c r="C106" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="E106" s="2" t="s">
         <v>385</v>
       </c>
-      <c r="D106" s="1" t="s">
+      <c r="F106" s="2" t="s">
         <v>386</v>
-      </c>
-[...4 lines deleted...]
-        <v>388</v>
       </c>
       <c r="G106" s="2">
         <v>0</v>
       </c>
       <c r="H106" s="2">
         <v>0</v>
       </c>
       <c r="I106" s="1">
         <v>0</v>
       </c>
       <c r="J106" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="2" t="str">
         <f>J106*443.43</f>
         <v>0</v>
       </c>
       <c r="L106" s="5"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A107" s="1"/>
       <c r="B107" s="1">
         <v>888596</v>
       </c>
       <c r="C107" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="E107" s="2" t="s">
         <v>389</v>
       </c>
-      <c r="D107" s="1" t="s">
+      <c r="F107" s="2" t="s">
         <v>390</v>
-      </c>
-[...4 lines deleted...]
-        <v>392</v>
       </c>
       <c r="G107" s="2">
         <v>0</v>
       </c>
       <c r="H107" s="2">
         <v>0</v>
       </c>
       <c r="I107" s="1">
         <v>0</v>
       </c>
       <c r="J107" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K107" s="2" t="str">
         <f>J107*2468.70</f>
         <v>0</v>
       </c>
       <c r="L107" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>