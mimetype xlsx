--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="391">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="473">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
@@ -162,590 +162,779 @@
   <si>
     <t>013010117</t>
   </si>
   <si>
     <t>ПП TEBO Труба канализационная 50x1,8х150 (1/120шт)</t>
   </si>
   <si>
     <t>41.38 руб.</t>
   </si>
   <si>
     <t>&gt;100</t>
   </si>
   <si>
     <t>ALT-110026</t>
   </si>
   <si>
     <t>013010118</t>
   </si>
   <si>
     <t>ПП TEBO Труба канализационная 50x1,8х250 (1/80шт)</t>
   </si>
   <si>
     <t>52.21 руб.</t>
   </si>
   <si>
+    <t>ALT-110027</t>
+  </si>
+  <si>
+    <t>013010119</t>
+  </si>
+  <si>
+    <t>ПП TEBO Труба канализационная 50x1,8х500 (1/100шт)</t>
+  </si>
+  <si>
+    <t>67.61 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110028</t>
+  </si>
+  <si>
+    <t>013010120</t>
+  </si>
+  <si>
+    <t>ПП TEBO Труба канализационная 50x1,8х750 (1/50шт)</t>
+  </si>
+  <si>
+    <t>91.92 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110029</t>
+  </si>
+  <si>
+    <t>013010121</t>
+  </si>
+  <si>
+    <t>ПП TEBO Труба канализационная 50x1,8х1000 (1/50шт)</t>
+  </si>
+  <si>
+    <t>119.10 руб.</t>
+  </si>
+  <si>
+    <t>&gt;500</t>
+  </si>
+  <si>
+    <t>ALT-110030</t>
+  </si>
+  <si>
+    <t>013010122</t>
+  </si>
+  <si>
+    <t>ПП TEBO Труба канализационная 50x1,8х1500 (1/50шт)</t>
+  </si>
+  <si>
+    <t>162.23 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110031</t>
+  </si>
+  <si>
+    <t>013010123</t>
+  </si>
+  <si>
+    <t>ПП TEBO Труба канализационная 50x1,8х2000 (1/50шт)</t>
+  </si>
+  <si>
+    <t>199.15 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110032</t>
+  </si>
+  <si>
+    <t>013010124</t>
+  </si>
+  <si>
+    <t>ПП TEBO Труба канализационная 50x1,8х3000 (1/50шт)</t>
+  </si>
+  <si>
+    <t>299.39 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110033</t>
+  </si>
+  <si>
+    <t>013010125</t>
+  </si>
+  <si>
+    <t>ПП TEBO Труба канализационная 110x2,7х150 (1/50шт)</t>
+  </si>
+  <si>
+    <t>100.56 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110034</t>
+  </si>
+  <si>
+    <t>013010126</t>
+  </si>
+  <si>
+    <t>ПП TEBO Труба канализационная 110x2,7х250 (1/35шт)</t>
+  </si>
+  <si>
+    <t>138.93 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110035</t>
+  </si>
+  <si>
+    <t>013010127</t>
+  </si>
+  <si>
+    <t>ПП TEBO Труба канализационная 110x2,7х500 (1/20шт)</t>
+  </si>
+  <si>
+    <t>198.09 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110037</t>
+  </si>
+  <si>
+    <t>013010129</t>
+  </si>
+  <si>
+    <t>ПП TEBO Труба канализационная 110x2,7х1000 (1/10шт)</t>
+  </si>
+  <si>
+    <t>348.10 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110039</t>
+  </si>
+  <si>
+    <t>013010131</t>
+  </si>
+  <si>
+    <t>ПП TEBO Труба канализационная 110x2,7х2000 (1/10шт)</t>
+  </si>
+  <si>
+    <t>624.82 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110040</t>
+  </si>
+  <si>
+    <t>013010132</t>
+  </si>
+  <si>
+    <t>ПП TEBO Труба канализационная 110x2,7х3000 (1/10шт)</t>
+  </si>
+  <si>
+    <t>925.33 руб.</t>
+  </si>
+  <si>
+    <t>ALT-111500</t>
+  </si>
+  <si>
+    <t>013010102</t>
+  </si>
+  <si>
+    <t>ПП TEBO Труба канализационная   32x1,8x250 (215шт)</t>
+  </si>
+  <si>
+    <t>Фитинги канализационные внутр</t>
+  </si>
+  <si>
+    <t>Фитинги канализационные востановительные</t>
+  </si>
+  <si>
+    <t>STL-001001</t>
+  </si>
+  <si>
+    <t>Тройник ремонтный чугун-пластик 110х110х90 град. пластик (востановитель раструба) (1/12шт)</t>
+  </si>
+  <si>
+    <t>1 440.00 руб.</t>
+  </si>
+  <si>
+    <t>STL-001002</t>
+  </si>
+  <si>
+    <t>Эксцентрик ремонтный чугун-пластик 110 мм со смещением 50мм (востановитель раструба)  1/27</t>
+  </si>
+  <si>
+    <t>1 240.00 руб.</t>
+  </si>
+  <si>
+    <t>STL-001003</t>
+  </si>
+  <si>
+    <t>Муфта ремонтная чугун-пластик 110мм (востановитель раструба) (1/27шт)</t>
+  </si>
+  <si>
+    <t>790.00 руб.</t>
+  </si>
+  <si>
+    <t>Фитинги канализационные серые TEBO</t>
+  </si>
+  <si>
+    <t>ALT-110041</t>
+  </si>
+  <si>
+    <t>013020101</t>
+  </si>
+  <si>
+    <t>ПП TEBO Муфта канализационная 32 надвижная ремонтная (1/400шт)</t>
+  </si>
+  <si>
+    <t>37.30 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110042</t>
+  </si>
+  <si>
+    <t>013020102</t>
+  </si>
+  <si>
+    <t>ПП TEBO Муфта канализационная 40 надвижная ремонтная (1/250шт)</t>
+  </si>
+  <si>
+    <t>37.49 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110043</t>
+  </si>
+  <si>
+    <t>013020103</t>
+  </si>
+  <si>
+    <t>ПП TEBO Муфта канализационная 50 надвижная ремонтная (1/160шт)</t>
+  </si>
+  <si>
+    <t>32.73 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110044</t>
+  </si>
+  <si>
+    <t>013020104</t>
+  </si>
+  <si>
+    <t>ПП TEBO Муфта канализационная 110 надвижная ремонтная (1/90шт)</t>
+  </si>
+  <si>
+    <t>81.92 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110045</t>
+  </si>
+  <si>
+    <t>013020203</t>
+  </si>
+  <si>
+    <t>ПП TEBO Муфта канализационная двухраструбная 50 (1/160шт)</t>
+  </si>
+  <si>
+    <t>31.32 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110046</t>
+  </si>
+  <si>
+    <t>013020204</t>
+  </si>
+  <si>
+    <t>ПП TEBO Муфта канализационная двухраструбная 110 (1/90шт)</t>
+  </si>
+  <si>
+    <t>78.27 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110047</t>
+  </si>
+  <si>
+    <t>013020302</t>
+  </si>
+  <si>
+    <t>ПП TEBO Отвод канализационный 32 45 град. (1/400шт)</t>
+  </si>
+  <si>
+    <t>26.93 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110048</t>
+  </si>
+  <si>
+    <t>013020304</t>
+  </si>
+  <si>
+    <t>ПП TEBO Отвод канализационный 32 87,5 град. (1/350шт)</t>
+  </si>
+  <si>
+    <t>27.03 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110049</t>
+  </si>
+  <si>
+    <t>013020307</t>
+  </si>
+  <si>
+    <t>ПП TEBO Отвод канализационный 40 45 град. (1/250шт)</t>
+  </si>
+  <si>
+    <t>27.89 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110050</t>
+  </si>
+  <si>
+    <t>013020309</t>
+  </si>
+  <si>
+    <t>ПП TEBO Отвод канализационный 40 87,5 град. (1/230шт)</t>
+  </si>
+  <si>
+    <t>28.32 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110051</t>
+  </si>
+  <si>
+    <t>013020311</t>
+  </si>
+  <si>
+    <t>ПП TEBO Отвод канализационный 50 20 град. (1/150шт)</t>
+  </si>
+  <si>
+    <t>37.74 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110052</t>
+  </si>
+  <si>
+    <t>013020312</t>
+  </si>
+  <si>
+    <t>ПП TEBO Отвод канализационный 50 30 град. (1/180шт)</t>
+  </si>
+  <si>
+    <t>28.41 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110053</t>
+  </si>
+  <si>
+    <t>013020313</t>
+  </si>
+  <si>
+    <t>ПП TEBO Отвод канализационный 50 45 град. (1/170шт)</t>
+  </si>
+  <si>
+    <t>22.04 руб.</t>
+  </si>
+  <si>
+    <t>&gt;25</t>
+  </si>
+  <si>
+    <t>ALT-110054</t>
+  </si>
+  <si>
+    <t>013020314</t>
+  </si>
+  <si>
+    <t>ПП TEBO Отвод канализационный 50 67,5 град. (1/130шт)</t>
+  </si>
+  <si>
+    <t>39.04 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110055</t>
+  </si>
+  <si>
+    <t>013020315</t>
+  </si>
+  <si>
+    <t>ПП TEBO Отвод канализационный 50 87,5 град. (1/140шт)</t>
+  </si>
+  <si>
+    <t>24.09 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110056</t>
+  </si>
+  <si>
+    <t>013010101</t>
+  </si>
+  <si>
+    <t>ПП TEBO Отвод канализационный 110 15 град. (1/36шт)</t>
+  </si>
+  <si>
+    <t>95.34 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110057</t>
+  </si>
+  <si>
+    <t>013020317</t>
+  </si>
+  <si>
+    <t>ПП TEBO Отвод канализационный 110 30 град. (1/70шт)</t>
+  </si>
+  <si>
+    <t>79.03 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110058</t>
+  </si>
+  <si>
+    <t>013020318</t>
+  </si>
+  <si>
+    <t>ПП TEBO Отвод канализационный 110 45 град. (1/60шт)</t>
+  </si>
+  <si>
+    <t>78.96 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110059</t>
+  </si>
+  <si>
+    <t>013020319</t>
+  </si>
+  <si>
+    <t>ПП TEBO Отвод канализационный 110 67,5 град. (1/20шт)</t>
+  </si>
+  <si>
+    <t>124.00 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110060</t>
+  </si>
+  <si>
+    <t>013020320</t>
+  </si>
+  <si>
+    <t>ПП TEBO Отвод канализационный 110 87,5 град. (1/50шт)</t>
+  </si>
+  <si>
+    <t>89.99 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110061</t>
+  </si>
+  <si>
+    <t>013021301</t>
+  </si>
+  <si>
+    <t>ПП TEBO Отвод канализационный универсальный с выходом (левый) 110/50 87 град (1/18шт)</t>
+  </si>
+  <si>
+    <t>225.59 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110062</t>
+  </si>
+  <si>
+    <t>013021302</t>
+  </si>
+  <si>
+    <t>ПП TEBO Отвод канализационный универсальный с выходом (правый) 110/50 87 град (1/18шт)</t>
+  </si>
+  <si>
+    <t>ALT-110063</t>
+  </si>
+  <si>
+    <t>013021305</t>
+  </si>
+  <si>
+    <t>ПП TEBO Отвод канализационный универсальный с выходом (левый+правый) 110/50 87 град (1/14шт)</t>
+  </si>
+  <si>
+    <t>241.96 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110064</t>
+  </si>
+  <si>
+    <t>013021303</t>
+  </si>
+  <si>
+    <t>ПП TEBO Отвод канализационный универсальный с выходом (тыл) 110/50 87 град (1/16шт)</t>
+  </si>
+  <si>
+    <t>234.72 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110065</t>
+  </si>
+  <si>
+    <t>013021304</t>
+  </si>
+  <si>
+    <t>ПП TEBO Отвод канализационный универсальный с выходом (вверх) 110/50 87 град (1/16шт)</t>
+  </si>
+  <si>
+    <t>225.28 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110066</t>
+  </si>
+  <si>
+    <t>013020404</t>
+  </si>
+  <si>
+    <t>ПП TEBO Тройник канализационный 32-32 45 град. (1/200шт)</t>
+  </si>
+  <si>
+    <t>58.27 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110067</t>
+  </si>
+  <si>
+    <t>013020406</t>
+  </si>
+  <si>
+    <t>ПП TEBO Тройник канализационный 32-32 87,5 град. (1/220шт)</t>
+  </si>
+  <si>
+    <t>ALT-110068</t>
+  </si>
+  <si>
+    <t>013020410</t>
+  </si>
+  <si>
+    <t>ПП TEBO Тройник канализационный 40-40 45 град. (1/120шт)</t>
+  </si>
+  <si>
+    <t>50.69 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110069</t>
+  </si>
+  <si>
+    <t>013020412</t>
+  </si>
+  <si>
+    <t>ПП TEBO Тройник канализационный 40-40 87,5 град. (1/140шт)</t>
+  </si>
+  <si>
+    <t>ALT-110070</t>
+  </si>
+  <si>
+    <t>013020418</t>
+  </si>
+  <si>
+    <t>ПП TEBO Тройник канализационный 50-50 45 град. (1/75шт)</t>
+  </si>
+  <si>
+    <t>43.01 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110071</t>
+  </si>
+  <si>
+    <t>013020420</t>
+  </si>
+  <si>
+    <t>ПП TEBO Тройник канализационный 50-50 87,5 град. (1/85шт)</t>
+  </si>
+  <si>
+    <t>41.00 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110072</t>
+  </si>
+  <si>
+    <t>013020423</t>
+  </si>
+  <si>
+    <t>ПП TEBO Тройник канализационный 110-50 45 град. (1/50шт)</t>
+  </si>
+  <si>
+    <t>95.12 руб.</t>
+  </si>
+  <si>
     <t>&gt;50</t>
   </si>
   <si>
-    <t>ALT-110027</t>
-[...415 lines deleted...]
-  <si>
     <t>ALT-110073</t>
   </si>
   <si>
     <t>013020425</t>
   </si>
   <si>
     <t>ПП TEBO Тройник канализационный 110-50 87,5 град. (1/50шт)</t>
   </si>
   <si>
     <t>86.36 руб.</t>
   </si>
   <si>
     <t>ALT-110074</t>
   </si>
   <si>
     <t>013020428</t>
   </si>
   <si>
     <t>ПП TEBO Тройник канализационный 110-110 45 град. (1/25шт)</t>
   </si>
   <si>
     <t>150.29 руб.</t>
   </si>
   <si>
     <t>ALT-110075</t>
   </si>
   <si>
     <t>013020430</t>
   </si>
   <si>
     <t>ПП TEBO Тройник канализационный 110-110 87,5 град. (1/30шт)</t>
   </si>
   <si>
     <t>123.83 руб.</t>
   </si>
   <si>
+    <t>ALT-110076</t>
+  </si>
+  <si>
+    <t>013020535</t>
+  </si>
+  <si>
+    <t>ПП TEBO Крестовина канализац. 50-50-50 87,5 град. (1/70шт)</t>
+  </si>
+  <si>
+    <t>96.05 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110077</t>
+  </si>
+  <si>
+    <t>013020540</t>
+  </si>
+  <si>
+    <t>ПП TEBO Крестовина канализац. 110- 50-50 87,5 град. (1/16шт)</t>
+  </si>
+  <si>
+    <t>240.80 руб.</t>
+  </si>
+  <si>
     <t>ALT-110078</t>
   </si>
   <si>
     <t>013020545</t>
   </si>
   <si>
     <t>ПП TEBO Крестовина канализац. 110-110- 50 87,5 град. (1/25шт)</t>
   </si>
   <si>
     <t>203.75 руб.</t>
   </si>
   <si>
     <t>ALT-110079</t>
   </si>
   <si>
     <t>013020550</t>
   </si>
   <si>
     <t>ПП TEBO Крестовина канализац. 110-110-110 87,5 град. (1/9шт)</t>
   </si>
   <si>
     <t>323.79 руб.</t>
   </si>
   <si>
     <t>ALT-110080</t>
   </si>
   <si>
     <t>013020645</t>
   </si>
   <si>
     <t>ПП TEBO Крестовина канализ.2-хпл. левая 110-110-50 87,5 град. (1/25шт)</t>
   </si>
   <si>
     <t>206.82 руб.</t>
   </si>
   <si>
     <t>ALT-110081</t>
   </si>
   <si>
     <t>013020646</t>
   </si>
   <si>
     <t>ПП TEBO Крестовина канализ.2-хпл. правая 110-110-50 87,5 град. (1/25шт)</t>
   </si>
   <si>
     <t>206.69 руб.</t>
   </si>
   <si>
+    <t>ALT-110082</t>
+  </si>
+  <si>
+    <t>013020813</t>
+  </si>
+  <si>
+    <t>ПП TEBO Компенсационный патрубок 50 (раструб с защелкой) (1/80шт)</t>
+  </si>
+  <si>
+    <t>79.35 руб.</t>
+  </si>
+  <si>
     <t>ALT-110083</t>
   </si>
   <si>
     <t>013020804</t>
   </si>
   <si>
     <t>ПП TEBO Компенсационный патрубок 110 (1/48шт)</t>
   </si>
   <si>
     <t>116.70 руб.</t>
   </si>
   <si>
+    <t>&gt;10</t>
+  </si>
+  <si>
     <t>ALT-110084</t>
   </si>
   <si>
     <t>013021004</t>
   </si>
   <si>
     <t>ПП TEBO Ревизия канализационная 110 (1/40шт)</t>
   </si>
   <si>
     <t>168.61 руб.</t>
   </si>
   <si>
     <t>ALT-110085</t>
   </si>
   <si>
     <t>013020901</t>
   </si>
   <si>
     <t>ПП TEBO Переход канализационный 40-32 (1/200шт)</t>
   </si>
   <si>
-    <t>39.04 руб.</t>
-[...1 lines deleted...]
-  <si>
     <t>ALT-110086</t>
   </si>
   <si>
     <t>013020904</t>
   </si>
   <si>
     <t>ПП TEBO Переход канализационный 50-32 (50/250шт)</t>
   </si>
   <si>
     <t>38.98 руб.</t>
   </si>
   <si>
     <t>ALT-110087</t>
   </si>
   <si>
     <t>013020905</t>
   </si>
   <si>
     <t>ПП TEBO Переход канализационный 50-40 (1/240шт)</t>
   </si>
   <si>
     <t>32.91 руб.</t>
   </si>
   <si>
     <t>ALT-110088</t>
@@ -798,72 +987,129 @@
   <si>
     <t>ALT-110092</t>
   </si>
   <si>
     <t>013020703</t>
   </si>
   <si>
     <t>ПП TEBO Заглушка канализационная 50 (75/750шт)</t>
   </si>
   <si>
     <t>11.61 руб.</t>
   </si>
   <si>
     <t>ALT-110093</t>
   </si>
   <si>
     <t>013020704</t>
   </si>
   <si>
     <t>ПП TEBO Заглушка канализационная 110 (1/125шт)</t>
   </si>
   <si>
     <t>26.74 руб.</t>
   </si>
   <si>
+    <t>ALT-110094</t>
+  </si>
+  <si>
+    <t>013021304-1</t>
+  </si>
+  <si>
+    <t>ПП TEBO Вакуумный клапан серый D 50 (1/260шт)</t>
+  </si>
+  <si>
+    <t>124.11 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110095</t>
+  </si>
+  <si>
+    <t>013021304-2</t>
+  </si>
+  <si>
+    <t>ПП TEBO Вакуумный клапан серый D 110 (1/105шт)</t>
+  </si>
+  <si>
+    <t>260.80 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110096</t>
+  </si>
+  <si>
+    <t>013021203</t>
+  </si>
+  <si>
+    <t>ПП TEBO Зонт вытяжной 50 (1/75шт)</t>
+  </si>
+  <si>
+    <t>83.46 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110097</t>
+  </si>
+  <si>
+    <t>013021204</t>
+  </si>
+  <si>
+    <t>ПП TEBO Зонт вытяжной 110 (1/27шт)</t>
+  </si>
+  <si>
+    <t>137.41 руб.</t>
+  </si>
+  <si>
+    <t>ALT-110098</t>
+  </si>
+  <si>
+    <t>013021403-1</t>
+  </si>
+  <si>
+    <t>ПП TEBO Обратный клапан с механическим затвором 50 (серый) (4/60шт)</t>
+  </si>
+  <si>
+    <t>1 573.21 руб.</t>
+  </si>
+  <si>
     <t>ALT-110099</t>
   </si>
   <si>
     <t>ПП TEBO Хомут с защелкой D 40 (серый) (100/100шт)</t>
   </si>
   <si>
     <t>16.71 руб.</t>
   </si>
   <si>
     <t>ALT-110100</t>
   </si>
   <si>
     <t>013030103</t>
   </si>
   <si>
     <t>ПП TEBO Хомут с защелкой D 50 (серый) (100/600шт)</t>
   </si>
   <si>
     <t>13.48 руб.</t>
-  </si>
-[...1 lines deleted...]
-    <t>&gt;500</t>
   </si>
   <si>
     <t>ALT-110101</t>
   </si>
   <si>
     <t>013030104</t>
   </si>
   <si>
     <t>ПП TEBO Хомут с защелкой D110 (серый) (40/160шт)</t>
   </si>
   <si>
     <t>27.69 руб.</t>
   </si>
   <si>
     <t>ALT-110102</t>
   </si>
   <si>
     <t>РТ-1016000050</t>
   </si>
   <si>
     <t>Уплотнительное кольцо 50 2-хлепестковое (1/50шт)</t>
   </si>
   <si>
     <t>10.06 руб.</t>
   </si>
@@ -1606,2637 +1852,2637 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="Image_14" descr="Image_14"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>14</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="10" name="Image_15" descr="Image_15"/>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="Image_16" descr="Image_16"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>15</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="11" name="Image_16" descr="Image_16"/>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="Image_18" descr="Image_18"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>16</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="12" name="Image_17" descr="Image_17"/>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="Image_20" descr="Image_20"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>17</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="13" name="Image_18" descr="Image_18"/>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="Image_21" descr="Image_21"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>18</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="14" name="Image_19" descr="Image_19"/>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="Image_22" descr="Image_22"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>19</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="15" name="Image_20" descr="Image_20"/>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="Image_23" descr="Image_23"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>20</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="16" name="Image_21" descr="Image_21"/>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="Image_24" descr="Image_24"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>23</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="17" name="Image_24" descr="Image_24"/>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="Image_29" descr="Image_29"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>24</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="18" name="Image_25" descr="Image_25"/>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="Image_30" descr="Image_30"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>25</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="19" name="Image_26" descr="Image_26"/>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="Image_31" descr="Image_31"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>27</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="20" name="Image_28" descr="Image_28"/>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="Image_33" descr="Image_33"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>28</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="21" name="Image_29" descr="Image_29"/>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="Image_34" descr="Image_34"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>29</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="22" name="Image_30" descr="Image_30"/>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="Image_35" descr="Image_35"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>30</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="23" name="Image_31" descr="Image_31"/>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="Image_36" descr="Image_36"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>31</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="24" name="Image_32" descr="Image_32"/>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="Image_37" descr="Image_37"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>32</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="25" name="Image_33" descr="Image_33"/>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="Image_38" descr="Image_38"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>33</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="26" name="Image_34" descr="Image_34"/>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="Image_39" descr="Image_39"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>34</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="27" name="Image_35" descr="Image_35"/>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="Image_40" descr="Image_40"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>35</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="28" name="Image_36" descr="Image_36"/>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="Image_41" descr="Image_41"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>36</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="29" name="Image_37" descr="Image_37"/>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="Image_42" descr="Image_42"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>37</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="30" name="Image_38" descr="Image_38"/>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="Image_45" descr="Image_45"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>38</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="31" name="Image_39" descr="Image_39"/>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="Image_47" descr="Image_47"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>39</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="32" name="Image_40" descr="Image_40"/>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="Image_48" descr="Image_48"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>40</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="33" name="Image_41" descr="Image_41"/>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="Image_49" descr="Image_49"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>41</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="34" name="Image_42" descr="Image_42"/>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="Image_50" descr="Image_50"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>42</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="35" name="Image_43" descr="Image_43"/>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="Image_51" descr="Image_51"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>43</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="36" name="Image_44" descr="Image_44"/>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="Image_52" descr="Image_52"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>44</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="37" name="Image_45" descr="Image_45"/>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="Image_58" descr="Image_58"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>45</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="38" name="Image_46" descr="Image_46"/>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="Image_59" descr="Image_59"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>46</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="39" name="Image_47" descr="Image_47"/>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="Image_60" descr="Image_60"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>47</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="40" name="Image_48" descr="Image_48"/>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="Image_61" descr="Image_61"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>48</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="41" name="Image_49" descr="Image_49"/>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="Image_62" descr="Image_62"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>49</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="42" name="Image_50" descr="Image_50"/>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="Image_63" descr="Image_63"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>50</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="43" name="Image_51" descr="Image_51"/>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="Image_64" descr="Image_64"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>51</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="44" name="Image_52" descr="Image_52"/>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="Image_65" descr="Image_65"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>52</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="45" name="Image_53" descr="Image_53"/>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="Image_66" descr="Image_66"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>53</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="46" name="Image_54" descr="Image_54"/>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="Image_67" descr="Image_67"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>54</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="47" name="Image_55" descr="Image_55"/>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="Image_70" descr="Image_70"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>55</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="48" name="Image_56" descr="Image_56"/>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="Image_71" descr="Image_71"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>56</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="49" name="Image_57" descr="Image_57"/>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="Image_72" descr="Image_72"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>57</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="50" name="Image_58" descr="Image_58"/>
+      <xdr:row>72</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="Image_73" descr="Image_73"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>58</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="51" name="Image_59" descr="Image_59"/>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="Image_75" descr="Image_75"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>59</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="52" name="Image_60" descr="Image_60"/>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="Image_76" descr="Image_76"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>60</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="53" name="Image_61" descr="Image_61"/>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="Image_77" descr="Image_77"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>61</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="54" name="Image_62" descr="Image_62"/>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="Image_78" descr="Image_78"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>62</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="55" name="Image_63" descr="Image_63"/>
+      <xdr:row>78</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="Image_79" descr="Image_79"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>63</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="56" name="Image_64" descr="Image_64"/>
+      <xdr:row>79</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="Image_80" descr="Image_80"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>64</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="57" name="Image_65" descr="Image_65"/>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="Image_81" descr="Image_81"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>65</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="58" name="Image_66" descr="Image_66"/>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="58" name="Image_82" descr="Image_82"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>66</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="59" name="Image_67" descr="Image_67"/>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="Image_83" descr="Image_83"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>67</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="60" name="Image_68" descr="Image_68"/>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="Image_84" descr="Image_84"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>68</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="61" name="Image_69" descr="Image_69"/>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="Image_85" descr="Image_85"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>69</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="62" name="Image_70" descr="Image_70"/>
+      <xdr:row>90</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="Image_91" descr="Image_91"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>70</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="63" name="Image_71" descr="Image_71"/>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="63" name="Image_92" descr="Image_92"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>71</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="64" name="Image_72" descr="Image_72"/>
+      <xdr:row>92</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="Image_93" descr="Image_93"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>72</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="65" name="Image_73" descr="Image_73"/>
+      <xdr:row>93</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="65" name="Image_94" descr="Image_94"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>73</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="66" name="Image_74" descr="Image_74"/>
+      <xdr:row>94</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="66" name="Image_95" descr="Image_95"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>74</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="67" name="Image_75" descr="Image_75"/>
+      <xdr:row>95</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="67" name="Image_96" descr="Image_96"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>75</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="68" name="Image_76" descr="Image_76"/>
+      <xdr:row>96</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="Image_97" descr="Image_97"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>76</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="69" name="Image_77" descr="Image_77"/>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="69" name="Image_98" descr="Image_98"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>77</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="70" name="Image_78" descr="Image_78"/>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="70" name="Image_99" descr="Image_99"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>78</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="71" name="Image_79" descr="Image_79"/>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="Image_100" descr="Image_100"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>79</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="72" name="Image_80" descr="Image_80"/>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="Image_101" descr="Image_101"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>80</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="73" name="Image_81" descr="Image_81"/>
+      <xdr:row>101</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="Image_102" descr="Image_102"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>81</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="74" name="Image_82" descr="Image_82"/>
+      <xdr:row>102</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="Image_103" descr="Image_103"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>82</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="75" name="Image_83" descr="Image_83"/>
+      <xdr:row>103</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="75" name="Image_104" descr="Image_104"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>83</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="76" name="Image_84" descr="Image_84"/>
+      <xdr:row>104</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="76" name="Image_105" descr="Image_105"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>84</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="77" name="Image_85" descr="Image_85"/>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="77" name="Image_106" descr="Image_106"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>85</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="78" name="Image_86" descr="Image_86"/>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="78" name="Image_107" descr="Image_107"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>88</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="79" name="Image_89" descr="Image_89"/>
+      <xdr:row>109</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="79" name="Image_110" descr="Image_110"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>89</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="80" name="Image_90" descr="Image_90"/>
+      <xdr:row>110</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="80" name="Image_111" descr="Image_111"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>90</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="81" name="Image_91" descr="Image_91"/>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="Image_112" descr="Image_112"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>91</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="82" name="Image_92" descr="Image_92"/>
+      <xdr:row>112</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="82" name="Image_113" descr="Image_113"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>92</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="83" name="Image_93" descr="Image_93"/>
+      <xdr:row>113</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="83" name="Image_114" descr="Image_114"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>94</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="84" name="Image_95" descr="Image_95"/>
+      <xdr:row>115</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="84" name="Image_116" descr="Image_116"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>95</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="85" name="Image_96" descr="Image_96"/>
+      <xdr:row>116</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="85" name="Image_117" descr="Image_117"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>96</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="86" name="Image_97" descr="Image_97"/>
+      <xdr:row>117</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="86" name="Image_118" descr="Image_118"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>97</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="87" name="Image_98" descr="Image_98"/>
+      <xdr:row>118</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="87" name="Image_119" descr="Image_119"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>98</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="88" name="Image_99" descr="Image_99"/>
+      <xdr:row>119</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="Image_120" descr="Image_120"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>99</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="89" name="Image_100" descr="Image_100"/>
+      <xdr:row>120</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="89" name="Image_121" descr="Image_121"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>100</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="90" name="Image_101" descr="Image_101"/>
+      <xdr:row>121</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="90" name="Image_122" descr="Image_122"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>101</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="91" name="Image_102" descr="Image_102"/>
+      <xdr:row>122</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="91" name="Image_123" descr="Image_123"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>102</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="92" name="Image_103" descr="Image_103"/>
+      <xdr:row>123</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="92" name="Image_124" descr="Image_124"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>103</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="93" name="Image_104" descr="Image_104"/>
+      <xdr:row>124</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="93" name="Image_125" descr="Image_125"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>104</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="94" name="Image_105" descr="Image_105"/>
+      <xdr:row>125</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="94" name="Image_126" descr="Image_126"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>105</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="95" name="Image_106" descr="Image_106"/>
+      <xdr:row>126</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="95" name="Image_127" descr="Image_127"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
-      <xdr:row>106</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="96" name="Image_107" descr="Image_107"/>
+      <xdr:row>127</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="1143000" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="96" name="Image_128" descr="Image_128"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -4509,51 +4755,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="0" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L107"/>
+  <dimension ref="A1:L128"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="5" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="60" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
     <col min="10" max="10" width="11" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" customWidth="true" style="0"/>
     <col min="12" max="12" width="13" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -4561,51 +4807,51 @@
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="4">
-        <f>SUM(J2:J107)</f>
+        <f>SUM(J2:J128)</f>
         <v>0</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="5"/>
     </row>
     <row r="2" spans="1:12">
       <c r="A2" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
       <c r="L2" s="5"/>
     </row>
     <row r="3" spans="1:12" outlineLevel="1">
       <c r="A3" s="7" t="s">
@@ -4895,3252 +5141,3985 @@
         <v>18</v>
       </c>
       <c r="K12" s="2" t="str">
         <f>J12*41.38</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>870305</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="G13" s="2" t="s">
-        <v>48</v>
+      <c r="G13" s="2">
+        <v>0</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="str">
         <f>J13*52.21</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>870306</v>
       </c>
       <c r="C14" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="E14" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="F14" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G14" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="str">
         <f>J14*67.61</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
-    <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="15" spans="1:12" outlineLevel="5">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
-        <v>870307</v>
+        <v>954432</v>
       </c>
       <c r="C15" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D15" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="D15" s="1" t="s">
+      <c r="E15" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="E15" s="2" t="s">
+      <c r="F15" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="F15" s="2" t="s">
-[...3 lines deleted...]
-        <v>43</v>
+      <c r="G15" s="2">
+        <v>0</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="str">
-        <f>J15*119.10</f>
+        <f>J15*91.92</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
-        <v>870308</v>
+        <v>870307</v>
       </c>
       <c r="C16" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D16" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="D16" s="1" t="s">
+      <c r="E16" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="E16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="F16" s="2" t="s">
+      <c r="G16" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="G16" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="str">
-        <f>J16*199.15</f>
+        <f>J16*119.10</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
-    <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="17" spans="1:12" outlineLevel="5">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
-        <v>870309</v>
+        <v>954433</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>62</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>64</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="str">
-        <f>J17*100.56</f>
+        <f>J17*162.23</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
-        <v>870310</v>
+        <v>870308</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>66</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="str">
-        <f>J18*138.93</f>
+        <f>J18*199.15</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
-    <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="19" spans="1:12" outlineLevel="5">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
-        <v>870311</v>
+        <v>954434</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="G19" s="2" t="s">
-        <v>43</v>
+      <c r="G19" s="2">
+        <v>0</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="str">
-        <f>J19*198.09</f>
+        <f>J19*299.39</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
-        <v>870312</v>
+        <v>870309</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>74</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>75</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>76</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="str">
-        <f>J20*348.10</f>
+        <f>J20*100.56</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
-        <v>870313</v>
+        <v>870310</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="str">
-        <f>J21*624.82</f>
+        <f>J21*138.93</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
-    <row r="22" spans="1:12" outlineLevel="2">
-      <c r="A22" s="8" t="s">
+    <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+      <c r="A22" s="1"/>
+      <c r="B22" s="1">
+        <v>870311</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="B22" s="8"/>
-[...8 lines deleted...]
-      <c r="K22" s="8"/>
+      <c r="D22" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E22" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="F22" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="G22" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H22" s="2">
+        <v>0</v>
+      </c>
+      <c r="I22" s="1">
+        <v>0</v>
+      </c>
+      <c r="J22" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K22" s="2" t="str">
+        <f>J22*198.09</f>
+        <v>0</v>
+      </c>
       <c r="L22" s="5"/>
     </row>
-    <row r="23" spans="1:12" outlineLevel="3">
-[...12 lines deleted...]
-      <c r="K23" s="9"/>
+    <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+      <c r="A23" s="1"/>
+      <c r="B23" s="1">
+        <v>870312</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="E23" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="F23" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="G23" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H23" s="2">
+        <v>0</v>
+      </c>
+      <c r="I23" s="1">
+        <v>0</v>
+      </c>
+      <c r="J23" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K23" s="2" t="str">
+        <f>J23*348.10</f>
+        <v>0</v>
+      </c>
       <c r="L23" s="5"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A24" s="1"/>
       <c r="B24" s="1">
-        <v>874599</v>
+        <v>870313</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="D24" s="1"/>
+        <v>89</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>90</v>
+      </c>
       <c r="E24" s="2" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>92</v>
+      </c>
+      <c r="G24" s="2" t="s">
+        <v>43</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="1">
         <v>0</v>
       </c>
       <c r="J24" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="str">
-        <f>J24*1440.00</f>
+        <f>J24*624.82</f>
         <v>0</v>
       </c>
       <c r="L24" s="5"/>
     </row>
-    <row r="25" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="25" spans="1:12" outlineLevel="5">
       <c r="A25" s="1"/>
       <c r="B25" s="1">
-        <v>874598</v>
+        <v>954660</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="D25" s="1"/>
+        <v>93</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>94</v>
+      </c>
       <c r="E25" s="2" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>96</v>
+      </c>
+      <c r="G25" s="2">
+        <v>0</v>
       </c>
       <c r="H25" s="2">
         <v>0</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="str">
-        <f>J25*1240.00</f>
+        <f>J25*925.33</f>
         <v>0</v>
       </c>
       <c r="L25" s="5"/>
     </row>
-    <row r="26" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="26" spans="1:12" outlineLevel="5">
       <c r="A26" s="1"/>
       <c r="B26" s="1">
-        <v>870287</v>
+        <v>888613</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="D26" s="1"/>
+        <v>97</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>98</v>
+      </c>
       <c r="E26" s="2" t="s">
-        <v>91</v>
-[...5 lines deleted...]
-        <v>43</v>
+        <v>99</v>
+      </c>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2">
+        <v>0</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>0</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="str">
-        <f>J26*790.00</f>
+        <f>J26*0</f>
         <v>0</v>
       </c>
       <c r="L26" s="5"/>
     </row>
-    <row r="27" spans="1:12" outlineLevel="3">
-[...12 lines deleted...]
-      <c r="K27" s="9"/>
+    <row r="27" spans="1:12" outlineLevel="2">
+      <c r="A27" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="B27" s="8"/>
+      <c r="C27" s="8"/>
+      <c r="D27" s="8"/>
+      <c r="E27" s="8"/>
+      <c r="F27" s="8"/>
+      <c r="G27" s="8"/>
+      <c r="H27" s="8"/>
+      <c r="I27" s="8"/>
+      <c r="J27" s="8"/>
+      <c r="K27" s="8"/>
       <c r="L27" s="5"/>
     </row>
-    <row r="28" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
-[...31 lines deleted...]
-      </c>
+    <row r="28" spans="1:12" outlineLevel="3">
+      <c r="A28" s="9" t="s">
+        <v>101</v>
+      </c>
+      <c r="B28" s="9"/>
+      <c r="C28" s="9"/>
+      <c r="D28" s="9"/>
+      <c r="E28" s="9"/>
+      <c r="F28" s="9"/>
+      <c r="G28" s="9"/>
+      <c r="H28" s="9"/>
+      <c r="I28" s="9"/>
+      <c r="J28" s="9"/>
+      <c r="K28" s="9"/>
       <c r="L28" s="5"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
-        <v>879934</v>
+        <v>874599</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>98</v>
-[...3 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="D29" s="1"/>
       <c r="E29" s="2" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="G29" s="2">
         <v>0</v>
       </c>
       <c r="H29" s="2">
         <v>0</v>
       </c>
       <c r="I29" s="1">
         <v>0</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="str">
-        <f>J29*37.49</f>
+        <f>J29*1440.00</f>
         <v>0</v>
       </c>
       <c r="L29" s="5"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
-        <v>870315</v>
+        <v>874598</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="D30" s="1"/>
       <c r="E30" s="2" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="G30" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="1">
         <v>0</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="str">
-        <f>J30*32.73</f>
+        <f>J30*1240.00</f>
         <v>0</v>
       </c>
       <c r="L30" s="5"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
-        <v>870316</v>
+        <v>870287</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="D31" s="1"/>
       <c r="E31" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G31" s="2">
         <v>0</v>
       </c>
       <c r="H31" s="2">
         <v>0</v>
       </c>
       <c r="I31" s="1">
         <v>0</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="str">
-        <f>J31*81.92</f>
+        <f>J31*790.00</f>
         <v>0</v>
       </c>
       <c r="L31" s="5"/>
     </row>
-    <row r="32" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
-[...7 lines deleted...]
-      <c r="D32" s="1" t="s">
+    <row r="32" spans="1:12" outlineLevel="3">
+      <c r="A32" s="9" t="s">
         <v>111</v>
       </c>
-      <c r="E32" s="2" t="s">
-[...20 lines deleted...]
-      </c>
+      <c r="B32" s="9"/>
+      <c r="C32" s="9"/>
+      <c r="D32" s="9"/>
+      <c r="E32" s="9"/>
+      <c r="F32" s="9"/>
+      <c r="G32" s="9"/>
+      <c r="H32" s="9"/>
+      <c r="I32" s="9"/>
+      <c r="J32" s="9"/>
+      <c r="K32" s="9"/>
       <c r="L32" s="5"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
-        <v>883331</v>
+        <v>870314</v>
       </c>
       <c r="C33" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="E33" s="2" t="s">
         <v>114</v>
       </c>
-      <c r="D33" s="1" t="s">
+      <c r="F33" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="E33" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G33" s="2">
         <v>0</v>
       </c>
       <c r="H33" s="2">
         <v>0</v>
       </c>
       <c r="I33" s="1">
         <v>0</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="str">
-        <f>J33*78.27</f>
+        <f>J33*37.30</f>
         <v>0</v>
       </c>
       <c r="L33" s="5"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
-        <v>870317</v>
+        <v>879934</v>
       </c>
       <c r="C34" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="E34" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="D34" s="1" t="s">
+      <c r="F34" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="E34" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G34" s="2">
         <v>0</v>
       </c>
       <c r="H34" s="2">
         <v>0</v>
       </c>
       <c r="I34" s="1">
         <v>0</v>
       </c>
       <c r="J34" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="str">
-        <f>J34*26.93</f>
+        <f>J34*37.49</f>
         <v>0</v>
       </c>
       <c r="L34" s="5"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
-        <v>870318</v>
+        <v>870315</v>
       </c>
       <c r="C35" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E35" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="D35" s="1" t="s">
+      <c r="F35" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="E35" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G35" s="2">
         <v>0</v>
       </c>
       <c r="H35" s="2">
         <v>0</v>
       </c>
       <c r="I35" s="1">
         <v>0</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="str">
-        <f>J35*27.03</f>
+        <f>J35*32.73</f>
         <v>0</v>
       </c>
       <c r="L35" s="5"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
-        <v>879935</v>
+        <v>870316</v>
       </c>
       <c r="C36" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E36" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="D36" s="1" t="s">
+      <c r="F36" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="E36" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G36" s="2">
         <v>0</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="1">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="str">
-        <f>J36*27.89</f>
+        <f>J36*81.92</f>
         <v>0</v>
       </c>
       <c r="L36" s="5"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
-        <v>879936</v>
+        <v>883330</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="E37" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="D37" s="1" t="s">
+      <c r="F37" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="E37" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G37" s="2">
         <v>0</v>
       </c>
       <c r="H37" s="2">
         <v>0</v>
       </c>
       <c r="I37" s="1">
         <v>0</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="str">
-        <f>J37*28.32</f>
+        <f>J37*31.32</f>
         <v>0</v>
       </c>
       <c r="L37" s="5"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
-        <v>870319</v>
+        <v>883331</v>
       </c>
       <c r="C38" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="E38" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="D38" s="1" t="s">
+      <c r="F38" s="2" t="s">
         <v>135</v>
       </c>
-      <c r="E38" s="2" t="s">
-[...6 lines deleted...]
-        <v>43</v>
+      <c r="G38" s="2">
+        <v>0</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
       <c r="I38" s="1">
         <v>0</v>
       </c>
       <c r="J38" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="str">
-        <f>J38*22.04</f>
+        <f>J38*78.27</f>
         <v>0</v>
       </c>
       <c r="L38" s="5"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
-        <v>870320</v>
+        <v>870317</v>
       </c>
       <c r="C39" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="E39" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="D39" s="1" t="s">
+      <c r="F39" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="E39" s="2" t="s">
-[...6 lines deleted...]
-        <v>43</v>
+      <c r="G39" s="2">
+        <v>0</v>
       </c>
       <c r="H39" s="2">
         <v>0</v>
       </c>
       <c r="I39" s="1">
         <v>0</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="str">
-        <f>J39*24.09</f>
+        <f>J39*26.93</f>
         <v>0</v>
       </c>
       <c r="L39" s="5"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A40" s="1"/>
       <c r="B40" s="1">
-        <v>882678</v>
+        <v>870318</v>
       </c>
       <c r="C40" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="E40" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="D40" s="1" t="s">
+      <c r="F40" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="E40" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G40" s="2">
         <v>0</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="1">
         <v>0</v>
       </c>
       <c r="J40" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="str">
-        <f>J40*95.34</f>
+        <f>J40*27.03</f>
         <v>0</v>
       </c>
       <c r="L40" s="5"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
-        <v>882679</v>
+        <v>879935</v>
       </c>
       <c r="C41" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="E41" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="D41" s="1" t="s">
+      <c r="F41" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="E41" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G41" s="2">
         <v>0</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="1">
         <v>0</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="str">
-        <f>J41*79.03</f>
+        <f>J41*27.89</f>
         <v>0</v>
       </c>
       <c r="L41" s="5"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
-        <v>870321</v>
+        <v>879936</v>
       </c>
       <c r="C42" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="E42" s="2" t="s">
         <v>150</v>
       </c>
-      <c r="D42" s="1" t="s">
+      <c r="F42" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="E42" s="2" t="s">
-[...6 lines deleted...]
-        <v>43</v>
+      <c r="G42" s="2">
+        <v>0</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="1">
         <v>0</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="str">
-        <f>J42*78.96</f>
+        <f>J42*28.32</f>
         <v>0</v>
       </c>
       <c r="L42" s="5"/>
     </row>
-    <row r="43" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="43" spans="1:12" outlineLevel="5">
       <c r="A43" s="1"/>
       <c r="B43" s="1">
-        <v>882680</v>
+        <v>954661</v>
       </c>
       <c r="C43" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="E43" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="D43" s="1" t="s">
+      <c r="F43" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="E43" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G43" s="2">
         <v>0</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="1">
         <v>0</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="str">
-        <f>J43*124.00</f>
+        <f>J43*37.74</f>
         <v>0</v>
       </c>
       <c r="L43" s="5"/>
     </row>
-    <row r="44" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="44" spans="1:12" outlineLevel="5">
       <c r="A44" s="1"/>
       <c r="B44" s="1">
-        <v>870322</v>
+        <v>954662</v>
       </c>
       <c r="C44" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E44" s="2" t="s">
         <v>158</v>
       </c>
-      <c r="D44" s="1" t="s">
+      <c r="F44" s="2" t="s">
         <v>159</v>
       </c>
-      <c r="E44" s="2" t="s">
-[...6 lines deleted...]
-        <v>43</v>
+      <c r="G44" s="2">
+        <v>0</v>
       </c>
       <c r="H44" s="2">
         <v>0</v>
       </c>
       <c r="I44" s="1">
         <v>0</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="str">
-        <f>J44*89.99</f>
+        <f>J44*28.41</f>
         <v>0</v>
       </c>
       <c r="L44" s="5"/>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
-        <v>870323</v>
+        <v>870319</v>
       </c>
       <c r="C45" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="E45" s="2" t="s">
         <v>162</v>
       </c>
-      <c r="D45" s="1" t="s">
+      <c r="F45" s="2" t="s">
         <v>163</v>
       </c>
-      <c r="E45" s="2" t="s">
+      <c r="G45" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="F45" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H45" s="2">
         <v>0</v>
       </c>
       <c r="I45" s="1">
         <v>0</v>
       </c>
       <c r="J45" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="str">
-        <f>J45*58.27</f>
+        <f>J45*22.04</f>
         <v>0</v>
       </c>
       <c r="L45" s="5"/>
     </row>
-    <row r="46" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="46" spans="1:12" outlineLevel="5">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
-        <v>870324</v>
+        <v>954663</v>
       </c>
       <c r="C46" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D46" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="D46" s="1" t="s">
+      <c r="E46" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="E46" s="2" t="s">
+      <c r="F46" s="2" t="s">
         <v>168</v>
       </c>
-      <c r="F46" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G46" s="2">
         <v>0</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="1">
         <v>0</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="str">
-        <f>J46*58.27</f>
+        <f>J46*39.04</f>
         <v>0</v>
       </c>
       <c r="L46" s="5"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
-        <v>879937</v>
+        <v>870320</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>169</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>170</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>171</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="G47" s="2">
-        <v>0</v>
+      <c r="G47" s="2" t="s">
+        <v>43</v>
       </c>
       <c r="H47" s="2">
         <v>0</v>
       </c>
       <c r="I47" s="1">
         <v>0</v>
       </c>
       <c r="J47" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="str">
-        <f>J47*50.69</f>
+        <f>J47*24.09</f>
         <v>0</v>
       </c>
       <c r="L47" s="5"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
-        <v>879938</v>
+        <v>882678</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>173</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>174</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>175</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="G48" s="2">
         <v>0</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
       <c r="I48" s="1">
         <v>0</v>
       </c>
       <c r="J48" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="str">
-        <f>J48*50.69</f>
+        <f>J48*95.34</f>
         <v>0</v>
       </c>
       <c r="L48" s="5"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A49" s="1"/>
       <c r="B49" s="1">
-        <v>870325</v>
+        <v>882679</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>180</v>
+      </c>
+      <c r="G49" s="2">
+        <v>0</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
       <c r="I49" s="1">
         <v>0</v>
       </c>
       <c r="J49" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="str">
-        <f>J49*43.01</f>
+        <f>J49*79.03</f>
         <v>0</v>
       </c>
       <c r="L49" s="5"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
-        <v>870326</v>
+        <v>870321</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H50" s="2">
         <v>0</v>
       </c>
       <c r="I50" s="1">
         <v>0</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="str">
-        <f>J50*41.00</f>
+        <f>J50*78.96</f>
         <v>0</v>
       </c>
       <c r="L50" s="5"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A51" s="1"/>
       <c r="B51" s="1">
-        <v>877969</v>
+        <v>882680</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>188</v>
+      </c>
+      <c r="G51" s="2">
+        <v>0</v>
       </c>
       <c r="H51" s="2">
         <v>0</v>
       </c>
       <c r="I51" s="1">
         <v>0</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="str">
-        <f>J51*95.12</f>
+        <f>J51*124.00</f>
         <v>0</v>
       </c>
       <c r="L51" s="5"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
-        <v>877970</v>
+        <v>870322</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="H52" s="2">
         <v>0</v>
       </c>
       <c r="I52" s="1">
         <v>0</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="str">
-        <f>J52*86.36</f>
+        <f>J52*89.99</f>
         <v>0</v>
       </c>
       <c r="L52" s="5"/>
     </row>
-    <row r="53" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="53" spans="1:12" outlineLevel="5">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
-        <v>870327</v>
+        <v>954664</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>196</v>
+      </c>
+      <c r="G53" s="2">
+        <v>0</v>
       </c>
       <c r="H53" s="2">
         <v>0</v>
       </c>
       <c r="I53" s="1">
         <v>0</v>
       </c>
       <c r="J53" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="str">
-        <f>J53*150.29</f>
+        <f>J53*225.59</f>
         <v>0</v>
       </c>
       <c r="L53" s="5"/>
     </row>
-    <row r="54" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="54" spans="1:12" outlineLevel="5">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
-        <v>870328</v>
+        <v>954665</v>
       </c>
       <c r="C54" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="E54" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="F54" s="2" t="s">
         <v>196</v>
       </c>
-      <c r="D54" s="1" t="s">
-[...9 lines deleted...]
-        <v>43</v>
+      <c r="G54" s="2">
+        <v>0</v>
       </c>
       <c r="H54" s="2">
         <v>0</v>
       </c>
       <c r="I54" s="1">
         <v>0</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="str">
-        <f>J54*123.83</f>
+        <f>J54*225.59</f>
         <v>0</v>
       </c>
       <c r="L54" s="5"/>
     </row>
-    <row r="55" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="55" spans="1:12" outlineLevel="5">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
-        <v>879939</v>
+        <v>954666</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>200</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>201</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>202</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>203</v>
       </c>
       <c r="G55" s="2">
         <v>0</v>
       </c>
       <c r="H55" s="2">
         <v>0</v>
       </c>
       <c r="I55" s="1">
         <v>0</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="str">
-        <f>J55*203.75</f>
+        <f>J55*241.96</f>
         <v>0</v>
       </c>
       <c r="L55" s="5"/>
     </row>
-    <row r="56" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="56" spans="1:12" outlineLevel="5">
       <c r="A56" s="1"/>
       <c r="B56" s="1">
-        <v>879940</v>
+        <v>954667</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>204</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>205</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>206</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>207</v>
       </c>
       <c r="G56" s="2">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="H56" s="2">
         <v>0</v>
       </c>
       <c r="I56" s="1">
         <v>0</v>
       </c>
       <c r="J56" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="str">
-        <f>J56*323.79</f>
+        <f>J56*234.72</f>
         <v>0</v>
       </c>
       <c r="L56" s="5"/>
     </row>
-    <row r="57" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="57" spans="1:12" outlineLevel="5">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
-        <v>879941</v>
+        <v>954668</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>208</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>209</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>210</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>211</v>
       </c>
       <c r="G57" s="2">
         <v>0</v>
       </c>
       <c r="H57" s="2">
         <v>0</v>
       </c>
       <c r="I57" s="1">
         <v>0</v>
       </c>
       <c r="J57" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="str">
-        <f>J57*206.82</f>
+        <f>J57*225.28</f>
         <v>0</v>
       </c>
       <c r="L57" s="5"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A58" s="1"/>
       <c r="B58" s="1">
-        <v>879942</v>
+        <v>870323</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>212</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>213</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>214</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>215</v>
       </c>
       <c r="G58" s="2">
         <v>0</v>
       </c>
       <c r="H58" s="2">
         <v>0</v>
       </c>
       <c r="I58" s="1">
         <v>0</v>
       </c>
       <c r="J58" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="str">
-        <f>J58*206.69</f>
+        <f>J58*58.27</f>
         <v>0</v>
       </c>
       <c r="L58" s="5"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
-        <v>870329</v>
+        <v>870324</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>216</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>217</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>218</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>215</v>
+      </c>
+      <c r="G59" s="2">
+        <v>0</v>
       </c>
       <c r="H59" s="2">
         <v>0</v>
       </c>
       <c r="I59" s="1">
         <v>0</v>
       </c>
       <c r="J59" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="str">
-        <f>J59*116.70</f>
+        <f>J59*58.27</f>
         <v>0</v>
       </c>
       <c r="L59" s="5"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A60" s="1"/>
       <c r="B60" s="1">
-        <v>870330</v>
+        <v>879937</v>
       </c>
       <c r="C60" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D60" s="1" t="s">
         <v>220</v>
       </c>
-      <c r="D60" s="1" t="s">
+      <c r="E60" s="2" t="s">
         <v>221</v>
       </c>
-      <c r="E60" s="2" t="s">
+      <c r="F60" s="2" t="s">
         <v>222</v>
       </c>
-      <c r="F60" s="2" t="s">
-[...3 lines deleted...]
-        <v>43</v>
+      <c r="G60" s="2">
+        <v>0</v>
       </c>
       <c r="H60" s="2">
         <v>0</v>
       </c>
       <c r="I60" s="1">
         <v>0</v>
       </c>
       <c r="J60" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="str">
-        <f>J60*168.61</f>
+        <f>J60*50.69</f>
         <v>0</v>
       </c>
       <c r="L60" s="5"/>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A61" s="1"/>
       <c r="B61" s="1">
-        <v>879943</v>
+        <v>879938</v>
       </c>
       <c r="C61" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D61" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="D61" s="1" t="s">
+      <c r="E61" s="2" t="s">
         <v>225</v>
       </c>
-      <c r="E61" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F61" s="2" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="G61" s="2">
         <v>0</v>
       </c>
       <c r="H61" s="2">
         <v>0</v>
       </c>
       <c r="I61" s="1">
         <v>0</v>
       </c>
       <c r="J61" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="str">
-        <f>J61*39.04</f>
+        <f>J61*50.69</f>
         <v>0</v>
       </c>
       <c r="L61" s="5"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A62" s="1"/>
       <c r="B62" s="1">
-        <v>870331</v>
+        <v>870325</v>
       </c>
       <c r="C62" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="E62" s="2" t="s">
         <v>228</v>
       </c>
-      <c r="D62" s="1" t="s">
+      <c r="F62" s="2" t="s">
         <v>229</v>
       </c>
-      <c r="E62" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G62" s="2">
         <v>0</v>
       </c>
       <c r="H62" s="2">
         <v>0</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="str">
-        <f>J62*38.98</f>
+        <f>J62*43.01</f>
         <v>0</v>
       </c>
       <c r="L62" s="5"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A63" s="1"/>
       <c r="B63" s="1">
-        <v>879944</v>
+        <v>870326</v>
       </c>
       <c r="C63" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="E63" s="2" t="s">
         <v>232</v>
       </c>
-      <c r="D63" s="1" t="s">
+      <c r="F63" s="2" t="s">
         <v>233</v>
       </c>
-      <c r="E63" s="2" t="s">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="G63" s="2" t="s">
+        <v>43</v>
       </c>
       <c r="H63" s="2">
         <v>0</v>
       </c>
       <c r="I63" s="1">
         <v>0</v>
       </c>
       <c r="J63" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="str">
-        <f>J63*32.91</f>
+        <f>J63*41.00</f>
         <v>0</v>
       </c>
       <c r="L63" s="5"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A64" s="1"/>
       <c r="B64" s="1">
-        <v>870332</v>
+        <v>877969</v>
       </c>
       <c r="C64" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="E64" s="2" t="s">
         <v>236</v>
       </c>
-      <c r="D64" s="1" t="s">
+      <c r="F64" s="2" t="s">
         <v>237</v>
       </c>
-      <c r="E64" s="2" t="s">
+      <c r="G64" s="2" t="s">
         <v>238</v>
       </c>
-      <c r="F64" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H64" s="2">
         <v>0</v>
       </c>
       <c r="I64" s="1">
         <v>0</v>
       </c>
       <c r="J64" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="str">
-        <f>J64*60.21</f>
+        <f>J64*95.12</f>
         <v>0</v>
       </c>
       <c r="L64" s="5"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A65" s="1"/>
       <c r="B65" s="1">
-        <v>870333</v>
+        <v>877970</v>
       </c>
       <c r="C65" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D65" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="D65" s="1" t="s">
+      <c r="E65" s="2" t="s">
         <v>241</v>
       </c>
-      <c r="E65" s="2" t="s">
+      <c r="F65" s="2" t="s">
         <v>242</v>
       </c>
-      <c r="F65" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G65" s="2" t="s">
-        <v>48</v>
+        <v>164</v>
       </c>
       <c r="H65" s="2">
         <v>0</v>
       </c>
       <c r="I65" s="1">
         <v>0</v>
       </c>
       <c r="J65" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="str">
-        <f>J65*66.70</f>
+        <f>J65*86.36</f>
         <v>0</v>
       </c>
       <c r="L65" s="5"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
-        <v>870334</v>
+        <v>870327</v>
       </c>
       <c r="C66" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="D66" s="1" t="s">
         <v>244</v>
       </c>
-      <c r="D66" s="1" t="s">
+      <c r="E66" s="2" t="s">
         <v>245</v>
       </c>
-      <c r="E66" s="2" t="s">
+      <c r="F66" s="2" t="s">
         <v>246</v>
       </c>
-      <c r="F66" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G66" s="2" t="s">
+        <v>43</v>
       </c>
       <c r="H66" s="2">
         <v>0</v>
       </c>
       <c r="I66" s="1">
         <v>0</v>
       </c>
       <c r="J66" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="str">
-        <f>J66*13.37</f>
+        <f>J66*150.29</f>
         <v>0</v>
       </c>
       <c r="L66" s="5"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A67" s="1"/>
       <c r="B67" s="1">
-        <v>879945</v>
+        <v>870328</v>
       </c>
       <c r="C67" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D67" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="D67" s="1" t="s">
+      <c r="E67" s="2" t="s">
         <v>249</v>
       </c>
-      <c r="E67" s="2" t="s">
+      <c r="F67" s="2" t="s">
         <v>250</v>
       </c>
-      <c r="F67" s="2" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="G67" s="2" t="s">
+        <v>43</v>
       </c>
       <c r="H67" s="2">
         <v>0</v>
       </c>
       <c r="I67" s="1">
         <v>0</v>
       </c>
       <c r="J67" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="str">
-        <f>J67*14.90</f>
+        <f>J67*123.83</f>
         <v>0</v>
       </c>
       <c r="L67" s="5"/>
     </row>
-    <row r="68" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="68" spans="1:12" outlineLevel="5">
       <c r="A68" s="1"/>
       <c r="B68" s="1">
-        <v>870335</v>
+        <v>954669</v>
       </c>
       <c r="C68" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="D68" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="D68" s="1" t="s">
+      <c r="E68" s="2" t="s">
         <v>253</v>
       </c>
-      <c r="E68" s="2" t="s">
+      <c r="F68" s="2" t="s">
         <v>254</v>
       </c>
-      <c r="F68" s="2" t="s">
-[...3 lines deleted...]
-        <v>48</v>
+      <c r="G68" s="2">
+        <v>0</v>
       </c>
       <c r="H68" s="2">
         <v>0</v>
       </c>
       <c r="I68" s="1">
         <v>0</v>
       </c>
       <c r="J68" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="str">
-        <f>J68*11.61</f>
+        <f>J68*96.05</f>
         <v>0</v>
       </c>
       <c r="L68" s="5"/>
     </row>
-    <row r="69" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="69" spans="1:12" outlineLevel="5">
       <c r="A69" s="1"/>
       <c r="B69" s="1">
-        <v>870336</v>
+        <v>954670</v>
       </c>
       <c r="C69" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D69" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="D69" s="1" t="s">
+      <c r="E69" s="2" t="s">
         <v>257</v>
       </c>
-      <c r="E69" s="2" t="s">
+      <c r="F69" s="2" t="s">
         <v>258</v>
       </c>
-      <c r="F69" s="2" t="s">
-[...3 lines deleted...]
-        <v>43</v>
+      <c r="G69" s="2">
+        <v>0</v>
       </c>
       <c r="H69" s="2">
         <v>0</v>
       </c>
       <c r="I69" s="1">
         <v>0</v>
       </c>
       <c r="J69" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="str">
-        <f>J69*26.74</f>
+        <f>J69*240.80</f>
         <v>0</v>
       </c>
       <c r="L69" s="5"/>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A70" s="1"/>
       <c r="B70" s="1">
-        <v>879946</v>
+        <v>879939</v>
       </c>
       <c r="C70" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="D70" s="1" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>700040</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>261</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>262</v>
       </c>
       <c r="G70" s="2">
         <v>0</v>
       </c>
       <c r="H70" s="2">
         <v>0</v>
       </c>
       <c r="I70" s="1">
         <v>0</v>
       </c>
       <c r="J70" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="str">
-        <f>J70*16.71</f>
+        <f>J70*203.75</f>
         <v>0</v>
       </c>
       <c r="L70" s="5"/>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A71" s="1"/>
       <c r="B71" s="1">
-        <v>870337</v>
+        <v>879940</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>263</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>264</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>265</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>266</v>
       </c>
-      <c r="G71" s="2" t="s">
-        <v>267</v>
+      <c r="G71" s="2">
+        <v>0</v>
       </c>
       <c r="H71" s="2">
         <v>0</v>
       </c>
       <c r="I71" s="1">
         <v>0</v>
       </c>
       <c r="J71" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="str">
-        <f>J71*13.48</f>
+        <f>J71*323.79</f>
         <v>0</v>
       </c>
       <c r="L71" s="5"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A72" s="1"/>
       <c r="B72" s="1">
-        <v>870338</v>
+        <v>879941</v>
       </c>
       <c r="C72" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="D72" s="1" t="s">
         <v>268</v>
       </c>
-      <c r="D72" s="1" t="s">
+      <c r="E72" s="2" t="s">
         <v>269</v>
       </c>
-      <c r="E72" s="2" t="s">
+      <c r="F72" s="2" t="s">
         <v>270</v>
       </c>
-      <c r="F72" s="2" t="s">
-[...3 lines deleted...]
-        <v>43</v>
+      <c r="G72" s="2">
+        <v>0</v>
       </c>
       <c r="H72" s="2">
         <v>0</v>
       </c>
       <c r="I72" s="1">
         <v>0</v>
       </c>
       <c r="J72" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="str">
-        <f>J72*27.69</f>
+        <f>J72*206.82</f>
         <v>0</v>
       </c>
       <c r="L72" s="5"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A73" s="1"/>
       <c r="B73" s="1">
-        <v>870339</v>
+        <v>879942</v>
       </c>
       <c r="C73" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="D73" s="1" t="s">
         <v>272</v>
       </c>
-      <c r="D73" s="1" t="s">
+      <c r="E73" s="2" t="s">
         <v>273</v>
       </c>
-      <c r="E73" s="2" t="s">
+      <c r="F73" s="2" t="s">
         <v>274</v>
       </c>
-      <c r="F73" s="2" t="s">
-[...3 lines deleted...]
-        <v>48</v>
+      <c r="G73" s="2">
+        <v>0</v>
       </c>
       <c r="H73" s="2">
         <v>0</v>
       </c>
       <c r="I73" s="1">
         <v>0</v>
       </c>
       <c r="J73" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="str">
-        <f>J73*10.06</f>
+        <f>J73*206.69</f>
         <v>0</v>
       </c>
       <c r="L73" s="5"/>
     </row>
-    <row r="74" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="74" spans="1:12" outlineLevel="5">
       <c r="A74" s="1"/>
       <c r="B74" s="1">
-        <v>870340</v>
+        <v>954671</v>
       </c>
       <c r="C74" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="D74" s="1" t="s">
         <v>276</v>
       </c>
-      <c r="D74" s="1" t="s">
+      <c r="E74" s="2" t="s">
         <v>277</v>
       </c>
-      <c r="E74" s="2" t="s">
+      <c r="F74" s="2" t="s">
         <v>278</v>
       </c>
-      <c r="F74" s="2" t="s">
-[...3 lines deleted...]
-        <v>48</v>
+      <c r="G74" s="2">
+        <v>0</v>
       </c>
       <c r="H74" s="2">
         <v>0</v>
       </c>
       <c r="I74" s="1">
         <v>0</v>
       </c>
       <c r="J74" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="str">
-        <f>J74*19.58</f>
+        <f>J74*79.35</f>
         <v>0</v>
       </c>
       <c r="L74" s="5"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A75" s="1"/>
       <c r="B75" s="1">
-        <v>822128</v>
+        <v>870329</v>
       </c>
       <c r="C75" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="D75" s="1" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>301120</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>281</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>282</v>
       </c>
-      <c r="G75" s="2">
-        <v>7</v>
+      <c r="G75" s="2" t="s">
+        <v>283</v>
       </c>
       <c r="H75" s="2">
         <v>0</v>
       </c>
       <c r="I75" s="1">
         <v>0</v>
       </c>
       <c r="J75" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="str">
-        <f>J75*146.08</f>
+        <f>J75*116.70</f>
         <v>0</v>
       </c>
       <c r="L75" s="5"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A76" s="1"/>
       <c r="B76" s="1">
-        <v>822154</v>
+        <v>870330</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>283</v>
-[...2 lines deleted...]
-        <v>100115</v>
+        <v>284</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>285</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>287</v>
+      </c>
+      <c r="G76" s="2" t="s">
+        <v>43</v>
       </c>
       <c r="H76" s="2">
         <v>0</v>
       </c>
       <c r="I76" s="1">
         <v>0</v>
       </c>
       <c r="J76" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="str">
-        <f>J76*134.86</f>
+        <f>J76*168.61</f>
         <v>0</v>
       </c>
       <c r="L76" s="5"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A77" s="1"/>
       <c r="B77" s="1">
-        <v>822155</v>
+        <v>879943</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-        <v>100130</v>
+        <v>288</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>289</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>288</v>
+        <v>168</v>
       </c>
       <c r="G77" s="2">
         <v>0</v>
       </c>
       <c r="H77" s="2">
         <v>0</v>
       </c>
       <c r="I77" s="1">
         <v>0</v>
       </c>
       <c r="J77" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="str">
-        <f>J77*124.86</f>
+        <f>J77*39.04</f>
         <v>0</v>
       </c>
       <c r="L77" s="5"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A78" s="1"/>
       <c r="B78" s="1">
-        <v>822157</v>
+        <v>870331</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-        <v>100167</v>
+        <v>291</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>292</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>294</v>
+      </c>
+      <c r="G78" s="2">
+        <v>0</v>
       </c>
       <c r="H78" s="2">
         <v>0</v>
       </c>
       <c r="I78" s="1">
         <v>0</v>
       </c>
       <c r="J78" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="str">
-        <f>J78*139.23</f>
+        <f>J78*38.98</f>
         <v>0</v>
       </c>
       <c r="L78" s="5"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A79" s="1"/>
       <c r="B79" s="1">
-        <v>822161</v>
+        <v>879944</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="G79" s="2">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="H79" s="2">
         <v>0</v>
       </c>
       <c r="I79" s="1">
         <v>0</v>
       </c>
       <c r="J79" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="str">
-        <f>J79*324.54</f>
+        <f>J79*32.91</f>
         <v>0</v>
       </c>
       <c r="L79" s="5"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A80" s="1"/>
       <c r="B80" s="1">
-        <v>822174</v>
+        <v>870332</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>296</v>
-[...2 lines deleted...]
-        <v>805545</v>
+        <v>299</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>300</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>302</v>
+      </c>
+      <c r="G80" s="2" t="s">
+        <v>164</v>
       </c>
       <c r="H80" s="2">
         <v>0</v>
       </c>
       <c r="I80" s="1">
         <v>0</v>
       </c>
       <c r="J80" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="str">
-        <f>J80*373.78</f>
+        <f>J80*60.21</f>
         <v>0</v>
       </c>
       <c r="L80" s="5"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A81" s="1"/>
       <c r="B81" s="1">
-        <v>822175</v>
+        <v>870333</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>306</v>
+      </c>
+      <c r="G81" s="2" t="s">
+        <v>238</v>
       </c>
       <c r="H81" s="2">
         <v>0</v>
       </c>
       <c r="I81" s="1">
         <v>0</v>
       </c>
       <c r="J81" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="str">
-        <f>J81*373.78</f>
+        <f>J81*66.70</f>
         <v>0</v>
       </c>
       <c r="L81" s="5"/>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A82" s="1"/>
       <c r="B82" s="1">
-        <v>822181</v>
+        <v>870334</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>302</v>
-[...2 lines deleted...]
-        <v>715587</v>
+        <v>307</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>308</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="G82" s="2">
         <v>0</v>
       </c>
       <c r="H82" s="2">
         <v>0</v>
       </c>
       <c r="I82" s="1">
         <v>0</v>
       </c>
       <c r="J82" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="str">
-        <f>J82*459.92</f>
+        <f>J82*13.37</f>
         <v>0</v>
       </c>
       <c r="L82" s="5"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A83" s="1"/>
       <c r="B83" s="1">
-        <v>822182</v>
+        <v>879945</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="G83" s="2">
         <v>0</v>
       </c>
       <c r="H83" s="2">
         <v>0</v>
       </c>
       <c r="I83" s="1">
         <v>0</v>
       </c>
       <c r="J83" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="str">
-        <f>J83*508.11</f>
+        <f>J83*14.90</f>
         <v>0</v>
       </c>
       <c r="L83" s="5"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A84" s="1"/>
       <c r="B84" s="1">
-        <v>822191</v>
+        <v>870335</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>920110</v>
+        <v>315</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>316</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>318</v>
+      </c>
+      <c r="G84" s="2" t="s">
+        <v>43</v>
       </c>
       <c r="H84" s="2">
         <v>0</v>
       </c>
       <c r="I84" s="1">
         <v>0</v>
       </c>
       <c r="J84" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="str">
-        <f>J84*461.66</f>
+        <f>J84*11.61</f>
         <v>0</v>
       </c>
       <c r="L84" s="5"/>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A85" s="1"/>
       <c r="B85" s="1">
-        <v>822207</v>
+        <v>870336</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-        <v>940110</v>
+        <v>319</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>320</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>314</v>
-[...2 lines deleted...]
-        <v>-3</v>
+        <v>322</v>
+      </c>
+      <c r="G85" s="2" t="s">
+        <v>43</v>
       </c>
       <c r="H85" s="2">
         <v>0</v>
       </c>
       <c r="I85" s="1">
         <v>0</v>
       </c>
       <c r="J85" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="str">
-        <f>J85*180.57</f>
+        <f>J85*26.74</f>
         <v>0</v>
       </c>
       <c r="L85" s="5"/>
     </row>
-    <row r="86" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+    <row r="86" spans="1:12" outlineLevel="5">
       <c r="A86" s="1"/>
       <c r="B86" s="1">
-        <v>840090</v>
+        <v>954672</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-        <v>925110</v>
+        <v>323</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>324</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>316</v>
+        <v>325</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>317</v>
+        <v>326</v>
       </c>
       <c r="G86" s="2">
         <v>0</v>
       </c>
       <c r="H86" s="2">
         <v>0</v>
       </c>
       <c r="I86" s="1">
         <v>0</v>
       </c>
       <c r="J86" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="str">
-        <f>J86*425.80</f>
+        <f>J86*124.11</f>
         <v>0</v>
       </c>
       <c r="L86" s="5"/>
     </row>
-    <row r="87" spans="1:12" outlineLevel="1">
-[...12 lines deleted...]
-      <c r="K87" s="7"/>
+    <row r="87" spans="1:12" outlineLevel="5">
+      <c r="A87" s="1"/>
+      <c r="B87" s="1">
+        <v>954673</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E87" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="F87" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="G87" s="2">
+        <v>0</v>
+      </c>
+      <c r="H87" s="2">
+        <v>0</v>
+      </c>
+      <c r="I87" s="1">
+        <v>0</v>
+      </c>
+      <c r="J87" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K87" s="2" t="str">
+        <f>J87*260.80</f>
+        <v>0</v>
+      </c>
       <c r="L87" s="5"/>
     </row>
-    <row r="88" spans="1:12" outlineLevel="2">
-[...12 lines deleted...]
-      <c r="K88" s="8"/>
+    <row r="88" spans="1:12" outlineLevel="5">
+      <c r="A88" s="1"/>
+      <c r="B88" s="1">
+        <v>954674</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="E88" s="2" t="s">
+        <v>333</v>
+      </c>
+      <c r="F88" s="2" t="s">
+        <v>334</v>
+      </c>
+      <c r="G88" s="2">
+        <v>0</v>
+      </c>
+      <c r="H88" s="2">
+        <v>0</v>
+      </c>
+      <c r="I88" s="1">
+        <v>0</v>
+      </c>
+      <c r="J88" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K88" s="2" t="str">
+        <f>J88*83.46</f>
+        <v>0</v>
+      </c>
       <c r="L88" s="5"/>
     </row>
-    <row r="89" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="89" spans="1:12" outlineLevel="5">
       <c r="A89" s="1"/>
       <c r="B89" s="1">
-        <v>888556</v>
+        <v>954675</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>320</v>
+        <v>335</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>321</v>
+        <v>336</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>322</v>
+        <v>337</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>338</v>
+      </c>
+      <c r="G89" s="2">
+        <v>0</v>
       </c>
       <c r="H89" s="2">
         <v>0</v>
       </c>
       <c r="I89" s="1">
         <v>0</v>
       </c>
       <c r="J89" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="str">
-        <f>J89*267.35</f>
+        <f>J89*137.41</f>
         <v>0</v>
       </c>
       <c r="L89" s="5"/>
     </row>
-    <row r="90" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="90" spans="1:12" outlineLevel="5">
       <c r="A90" s="1"/>
       <c r="B90" s="1">
-        <v>888557</v>
+        <v>954676</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>325</v>
+        <v>340</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>326</v>
+        <v>341</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>342</v>
+      </c>
+      <c r="G90" s="2">
+        <v>0</v>
       </c>
       <c r="H90" s="2">
         <v>0</v>
       </c>
       <c r="I90" s="1">
         <v>0</v>
       </c>
       <c r="J90" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="str">
-        <f>J90*474.66</f>
+        <f>J90*1573.21</f>
         <v>0</v>
       </c>
       <c r="L90" s="5"/>
     </row>
-    <row r="91" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="91" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A91" s="1"/>
       <c r="B91" s="1">
-        <v>888558</v>
+        <v>879946</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-        <v>329</v>
+        <v>343</v>
+      </c>
+      <c r="D91" s="1">
+        <v>700040</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>330</v>
+        <v>344</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>331</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>345</v>
+      </c>
+      <c r="G91" s="2">
+        <v>0</v>
       </c>
       <c r="H91" s="2">
         <v>0</v>
       </c>
       <c r="I91" s="1">
         <v>0</v>
       </c>
       <c r="J91" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="str">
-        <f>J91*674.29</f>
+        <f>J91*16.71</f>
         <v>0</v>
       </c>
       <c r="L91" s="5"/>
     </row>
-    <row r="92" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="92" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A92" s="1"/>
       <c r="B92" s="1">
-        <v>888559</v>
+        <v>870337</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>332</v>
+        <v>346</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>333</v>
+        <v>347</v>
       </c>
       <c r="E92" s="2" t="s">
-        <v>334</v>
+        <v>348</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>335</v>
+        <v>349</v>
       </c>
       <c r="G92" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H92" s="2">
         <v>0</v>
       </c>
       <c r="I92" s="1">
         <v>0</v>
       </c>
       <c r="J92" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="str">
-        <f>J92*813.57</f>
+        <f>J92*13.48</f>
         <v>0</v>
       </c>
       <c r="L92" s="5"/>
     </row>
-    <row r="93" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="93" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A93" s="1"/>
       <c r="B93" s="1">
-        <v>888560</v>
+        <v>870338</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>336</v>
+        <v>350</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>337</v>
+        <v>351</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="H93" s="2">
         <v>0</v>
       </c>
       <c r="I93" s="1">
         <v>0</v>
       </c>
       <c r="J93" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="str">
-        <f>J93*1205.40</f>
+        <f>J93*27.69</f>
         <v>0</v>
       </c>
       <c r="L93" s="5"/>
     </row>
-    <row r="94" spans="1:12" outlineLevel="2">
-[...12 lines deleted...]
-      <c r="K94" s="8"/>
+    <row r="94" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
+      <c r="A94" s="1"/>
+      <c r="B94" s="1">
+        <v>870339</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="E94" s="2" t="s">
+        <v>356</v>
+      </c>
+      <c r="F94" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="G94" s="2">
+        <v>10</v>
+      </c>
+      <c r="H94" s="2">
+        <v>0</v>
+      </c>
+      <c r="I94" s="1">
+        <v>0</v>
+      </c>
+      <c r="J94" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K94" s="2" t="str">
+        <f>J94*10.06</f>
+        <v>0</v>
+      </c>
       <c r="L94" s="5"/>
     </row>
-    <row r="95" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="95" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A95" s="1"/>
       <c r="B95" s="1">
-        <v>888571</v>
+        <v>870340</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>341</v>
+        <v>358</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>342</v>
+        <v>359</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>343</v>
+        <v>360</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>344</v>
+        <v>361</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>43</v>
+        <v>238</v>
       </c>
       <c r="H95" s="2">
         <v>0</v>
       </c>
       <c r="I95" s="1">
         <v>0</v>
       </c>
       <c r="J95" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="str">
-        <f>J95*38.06</f>
+        <f>J95*19.58</f>
         <v>0</v>
       </c>
       <c r="L95" s="5"/>
     </row>
-    <row r="96" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="96" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A96" s="1"/>
       <c r="B96" s="1">
-        <v>888573</v>
+        <v>822128</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>345</v>
-[...2 lines deleted...]
-        <v>346</v>
+        <v>362</v>
+      </c>
+      <c r="D96" s="1">
+        <v>301120</v>
       </c>
       <c r="E96" s="2" t="s">
-        <v>347</v>
+        <v>363</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>364</v>
+      </c>
+      <c r="G96" s="2">
+        <v>7</v>
       </c>
       <c r="H96" s="2">
         <v>0</v>
       </c>
       <c r="I96" s="1">
         <v>0</v>
       </c>
       <c r="J96" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K96" s="2" t="str">
-        <f>J96*88.92</f>
+        <f>J96*146.08</f>
         <v>0</v>
       </c>
       <c r="L96" s="5"/>
     </row>
-    <row r="97" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="97" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A97" s="1"/>
       <c r="B97" s="1">
-        <v>888575</v>
+        <v>822154</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-        <v>350</v>
+        <v>365</v>
+      </c>
+      <c r="D97" s="1">
+        <v>100115</v>
       </c>
       <c r="E97" s="2" t="s">
-        <v>351</v>
+        <v>366</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>367</v>
+      </c>
+      <c r="G97" s="2">
+        <v>0</v>
       </c>
       <c r="H97" s="2">
         <v>0</v>
       </c>
       <c r="I97" s="1">
         <v>0</v>
       </c>
       <c r="J97" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K97" s="2" t="str">
-        <f>J97*88.92</f>
+        <f>J97*134.86</f>
         <v>0</v>
       </c>
       <c r="L97" s="5"/>
     </row>
-    <row r="98" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="98" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A98" s="1"/>
       <c r="B98" s="1">
-        <v>888577</v>
+        <v>822155</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>352</v>
-[...2 lines deleted...]
-        <v>353</v>
+        <v>368</v>
+      </c>
+      <c r="D98" s="1">
+        <v>100130</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>370</v>
+      </c>
+      <c r="G98" s="2">
+        <v>0</v>
       </c>
       <c r="H98" s="2">
         <v>0</v>
       </c>
       <c r="I98" s="1">
         <v>0</v>
       </c>
       <c r="J98" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K98" s="2" t="str">
-        <f>J98*94.08</f>
+        <f>J98*124.86</f>
         <v>0</v>
       </c>
       <c r="L98" s="5"/>
     </row>
-    <row r="99" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="99" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A99" s="1"/>
       <c r="B99" s="1">
-        <v>888578</v>
+        <v>822157</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-        <v>357</v>
+        <v>371</v>
+      </c>
+      <c r="D99" s="1">
+        <v>100167</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>358</v>
+        <v>372</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>359</v>
+        <v>373</v>
       </c>
       <c r="G99" s="2" t="s">
-        <v>48</v>
+        <v>283</v>
       </c>
       <c r="H99" s="2">
         <v>0</v>
       </c>
       <c r="I99" s="1">
         <v>0</v>
       </c>
       <c r="J99" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="str">
-        <f>J99*90.79</f>
+        <f>J99*139.23</f>
         <v>0</v>
       </c>
       <c r="L99" s="5"/>
     </row>
-    <row r="100" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="100" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A100" s="1"/>
       <c r="B100" s="1">
-        <v>888579</v>
+        <v>822161</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>360</v>
+        <v>374</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>361</v>
+        <v>375</v>
       </c>
       <c r="E100" s="2" t="s">
-        <v>362</v>
+        <v>376</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>359</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>377</v>
+      </c>
+      <c r="G100" s="2">
+        <v>-2</v>
       </c>
       <c r="H100" s="2">
         <v>0</v>
       </c>
       <c r="I100" s="1">
         <v>0</v>
       </c>
       <c r="J100" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="str">
-        <f>J100*90.79</f>
+        <f>J100*324.54</f>
         <v>0</v>
       </c>
       <c r="L100" s="5"/>
     </row>
-    <row r="101" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="101" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A101" s="1"/>
       <c r="B101" s="1">
-        <v>888580</v>
+        <v>822174</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>364</v>
+        <v>378</v>
+      </c>
+      <c r="D101" s="1">
+        <v>805545</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>365</v>
+        <v>379</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>366</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>380</v>
+      </c>
+      <c r="G101" s="2">
+        <v>0</v>
       </c>
       <c r="H101" s="2">
         <v>0</v>
       </c>
       <c r="I101" s="1">
         <v>0</v>
       </c>
       <c r="J101" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K101" s="2" t="str">
-        <f>J101*99.85</f>
+        <f>J101*373.78</f>
         <v>0</v>
       </c>
       <c r="L101" s="5"/>
     </row>
-    <row r="102" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="102" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A102" s="1"/>
       <c r="B102" s="1">
-        <v>888584</v>
+        <v>822175</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>367</v>
+        <v>381</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>368</v>
+        <v>382</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>369</v>
+        <v>383</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>380</v>
+      </c>
+      <c r="G102" s="2">
+        <v>0</v>
       </c>
       <c r="H102" s="2">
         <v>0</v>
       </c>
       <c r="I102" s="1">
         <v>0</v>
       </c>
       <c r="J102" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K102" s="2" t="str">
-        <f>J102*217.34</f>
+        <f>J102*373.78</f>
         <v>0</v>
       </c>
       <c r="L102" s="5"/>
     </row>
-    <row r="103" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="103" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A103" s="1"/>
       <c r="B103" s="1">
-        <v>888586</v>
+        <v>822181</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-        <v>372</v>
+        <v>384</v>
+      </c>
+      <c r="D103" s="1">
+        <v>715587</v>
       </c>
       <c r="E103" s="2" t="s">
-        <v>373</v>
+        <v>385</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>386</v>
+      </c>
+      <c r="G103" s="2">
+        <v>0</v>
       </c>
       <c r="H103" s="2">
         <v>0</v>
       </c>
       <c r="I103" s="1">
         <v>0</v>
       </c>
       <c r="J103" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K103" s="2" t="str">
-        <f>J103*181.33</f>
+        <f>J103*459.92</f>
         <v>0</v>
       </c>
       <c r="L103" s="5"/>
     </row>
-    <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="104" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A104" s="1"/>
       <c r="B104" s="1">
-        <v>888587</v>
+        <v>822182</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>375</v>
+        <v>387</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>376</v>
+        <v>388</v>
       </c>
       <c r="E104" s="2" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>390</v>
+      </c>
+      <c r="G104" s="2">
+        <v>0</v>
       </c>
       <c r="H104" s="2">
         <v>0</v>
       </c>
       <c r="I104" s="1">
         <v>0</v>
       </c>
       <c r="J104" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K104" s="2" t="str">
-        <f>J104*177.59</f>
+        <f>J104*508.11</f>
         <v>0</v>
       </c>
       <c r="L104" s="5"/>
     </row>
-    <row r="105" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="105" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A105" s="1"/>
       <c r="B105" s="1">
-        <v>888593</v>
+        <v>822191</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-        <v>380</v>
+        <v>391</v>
+      </c>
+      <c r="D105" s="1">
+        <v>920110</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>381</v>
+        <v>392</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>382</v>
+        <v>393</v>
       </c>
       <c r="G105" s="2">
         <v>0</v>
       </c>
       <c r="H105" s="2">
         <v>0</v>
       </c>
       <c r="I105" s="1">
         <v>0</v>
       </c>
       <c r="J105" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="str">
-        <f>J105*430.56</f>
+        <f>J105*461.66</f>
         <v>0</v>
       </c>
       <c r="L105" s="5"/>
     </row>
-    <row r="106" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="106" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A106" s="1"/>
       <c r="B106" s="1">
-        <v>888594</v>
+        <v>822207</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>384</v>
+        <v>394</v>
+      </c>
+      <c r="D106" s="1">
+        <v>940110</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>385</v>
+        <v>395</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>386</v>
+        <v>396</v>
       </c>
       <c r="G106" s="2">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="H106" s="2">
         <v>0</v>
       </c>
       <c r="I106" s="1">
         <v>0</v>
       </c>
       <c r="J106" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="2" t="str">
-        <f>J106*443.43</f>
+        <f>J106*180.57</f>
         <v>0</v>
       </c>
       <c r="L106" s="5"/>
     </row>
-    <row r="107" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+    <row r="107" spans="1:12" customHeight="1" ht="105" outlineLevel="5">
       <c r="A107" s="1"/>
       <c r="B107" s="1">
+        <v>840090</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="D107" s="1">
+        <v>925110</v>
+      </c>
+      <c r="E107" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="F107" s="2" t="s">
+        <v>399</v>
+      </c>
+      <c r="G107" s="2">
+        <v>0</v>
+      </c>
+      <c r="H107" s="2">
+        <v>0</v>
+      </c>
+      <c r="I107" s="1">
+        <v>0</v>
+      </c>
+      <c r="J107" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K107" s="2" t="str">
+        <f>J107*425.80</f>
+        <v>0</v>
+      </c>
+      <c r="L107" s="5"/>
+    </row>
+    <row r="108" spans="1:12" outlineLevel="1">
+      <c r="A108" s="7" t="s">
+        <v>400</v>
+      </c>
+      <c r="B108" s="7"/>
+      <c r="C108" s="7"/>
+      <c r="D108" s="7"/>
+      <c r="E108" s="7"/>
+      <c r="F108" s="7"/>
+      <c r="G108" s="7"/>
+      <c r="H108" s="7"/>
+      <c r="I108" s="7"/>
+      <c r="J108" s="7"/>
+      <c r="K108" s="7"/>
+      <c r="L108" s="5"/>
+    </row>
+    <row r="109" spans="1:12" outlineLevel="2">
+      <c r="A109" s="8" t="s">
+        <v>401</v>
+      </c>
+      <c r="B109" s="8"/>
+      <c r="C109" s="8"/>
+      <c r="D109" s="8"/>
+      <c r="E109" s="8"/>
+      <c r="F109" s="8"/>
+      <c r="G109" s="8"/>
+      <c r="H109" s="8"/>
+      <c r="I109" s="8"/>
+      <c r="J109" s="8"/>
+      <c r="K109" s="8"/>
+      <c r="L109" s="5"/>
+    </row>
+    <row r="110" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A110" s="1"/>
+      <c r="B110" s="1">
+        <v>888556</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="E110" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="F110" s="2" t="s">
+        <v>405</v>
+      </c>
+      <c r="G110" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H110" s="2">
+        <v>0</v>
+      </c>
+      <c r="I110" s="1">
+        <v>0</v>
+      </c>
+      <c r="J110" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K110" s="2" t="str">
+        <f>J110*267.35</f>
+        <v>0</v>
+      </c>
+      <c r="L110" s="5"/>
+    </row>
+    <row r="111" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A111" s="1"/>
+      <c r="B111" s="1">
+        <v>888557</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="E111" s="2" t="s">
+        <v>408</v>
+      </c>
+      <c r="F111" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="G111" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H111" s="2">
+        <v>0</v>
+      </c>
+      <c r="I111" s="1">
+        <v>0</v>
+      </c>
+      <c r="J111" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K111" s="2" t="str">
+        <f>J111*474.66</f>
+        <v>0</v>
+      </c>
+      <c r="L111" s="5"/>
+    </row>
+    <row r="112" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A112" s="1"/>
+      <c r="B112" s="1">
+        <v>888558</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="E112" s="2" t="s">
+        <v>412</v>
+      </c>
+      <c r="F112" s="2" t="s">
+        <v>413</v>
+      </c>
+      <c r="G112" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="H112" s="2">
+        <v>0</v>
+      </c>
+      <c r="I112" s="1">
+        <v>0</v>
+      </c>
+      <c r="J112" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K112" s="2" t="str">
+        <f>J112*674.29</f>
+        <v>0</v>
+      </c>
+      <c r="L112" s="5"/>
+    </row>
+    <row r="113" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A113" s="1"/>
+      <c r="B113" s="1">
+        <v>888559</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="E113" s="2" t="s">
+        <v>416</v>
+      </c>
+      <c r="F113" s="2" t="s">
+        <v>417</v>
+      </c>
+      <c r="G113" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H113" s="2">
+        <v>0</v>
+      </c>
+      <c r="I113" s="1">
+        <v>0</v>
+      </c>
+      <c r="J113" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K113" s="2" t="str">
+        <f>J113*813.57</f>
+        <v>0</v>
+      </c>
+      <c r="L113" s="5"/>
+    </row>
+    <row r="114" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A114" s="1"/>
+      <c r="B114" s="1">
+        <v>888560</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="E114" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="F114" s="2" t="s">
+        <v>421</v>
+      </c>
+      <c r="G114" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="H114" s="2">
+        <v>0</v>
+      </c>
+      <c r="I114" s="1">
+        <v>0</v>
+      </c>
+      <c r="J114" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K114" s="2" t="str">
+        <f>J114*1205.40</f>
+        <v>0</v>
+      </c>
+      <c r="L114" s="5"/>
+    </row>
+    <row r="115" spans="1:12" outlineLevel="2">
+      <c r="A115" s="8" t="s">
+        <v>422</v>
+      </c>
+      <c r="B115" s="8"/>
+      <c r="C115" s="8"/>
+      <c r="D115" s="8"/>
+      <c r="E115" s="8"/>
+      <c r="F115" s="8"/>
+      <c r="G115" s="8"/>
+      <c r="H115" s="8"/>
+      <c r="I115" s="8"/>
+      <c r="J115" s="8"/>
+      <c r="K115" s="8"/>
+      <c r="L115" s="5"/>
+    </row>
+    <row r="116" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A116" s="1"/>
+      <c r="B116" s="1">
+        <v>888571</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="E116" s="2" t="s">
+        <v>425</v>
+      </c>
+      <c r="F116" s="2" t="s">
+        <v>426</v>
+      </c>
+      <c r="G116" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H116" s="2">
+        <v>0</v>
+      </c>
+      <c r="I116" s="1">
+        <v>0</v>
+      </c>
+      <c r="J116" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K116" s="2" t="str">
+        <f>J116*38.06</f>
+        <v>0</v>
+      </c>
+      <c r="L116" s="5"/>
+    </row>
+    <row r="117" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A117" s="1"/>
+      <c r="B117" s="1">
+        <v>888573</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="E117" s="2" t="s">
+        <v>429</v>
+      </c>
+      <c r="F117" s="2" t="s">
+        <v>430</v>
+      </c>
+      <c r="G117" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H117" s="2">
+        <v>0</v>
+      </c>
+      <c r="I117" s="1">
+        <v>0</v>
+      </c>
+      <c r="J117" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K117" s="2" t="str">
+        <f>J117*88.92</f>
+        <v>0</v>
+      </c>
+      <c r="L117" s="5"/>
+    </row>
+    <row r="118" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A118" s="1"/>
+      <c r="B118" s="1">
+        <v>888575</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="E118" s="2" t="s">
+        <v>433</v>
+      </c>
+      <c r="F118" s="2" t="s">
+        <v>430</v>
+      </c>
+      <c r="G118" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H118" s="2">
+        <v>0</v>
+      </c>
+      <c r="I118" s="1">
+        <v>0</v>
+      </c>
+      <c r="J118" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K118" s="2" t="str">
+        <f>J118*88.92</f>
+        <v>0</v>
+      </c>
+      <c r="L118" s="5"/>
+    </row>
+    <row r="119" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A119" s="1"/>
+      <c r="B119" s="1">
+        <v>888577</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="E119" s="2" t="s">
+        <v>436</v>
+      </c>
+      <c r="F119" s="2" t="s">
+        <v>437</v>
+      </c>
+      <c r="G119" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="H119" s="2">
+        <v>0</v>
+      </c>
+      <c r="I119" s="1">
+        <v>0</v>
+      </c>
+      <c r="J119" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K119" s="2" t="str">
+        <f>J119*94.08</f>
+        <v>0</v>
+      </c>
+      <c r="L119" s="5"/>
+    </row>
+    <row r="120" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A120" s="1"/>
+      <c r="B120" s="1">
+        <v>888578</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="E120" s="2" t="s">
+        <v>440</v>
+      </c>
+      <c r="F120" s="2" t="s">
+        <v>441</v>
+      </c>
+      <c r="G120" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H120" s="2">
+        <v>0</v>
+      </c>
+      <c r="I120" s="1">
+        <v>0</v>
+      </c>
+      <c r="J120" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K120" s="2" t="str">
+        <f>J120*90.79</f>
+        <v>0</v>
+      </c>
+      <c r="L120" s="5"/>
+    </row>
+    <row r="121" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A121" s="1"/>
+      <c r="B121" s="1">
+        <v>888579</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="E121" s="2" t="s">
+        <v>444</v>
+      </c>
+      <c r="F121" s="2" t="s">
+        <v>441</v>
+      </c>
+      <c r="G121" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H121" s="2">
+        <v>0</v>
+      </c>
+      <c r="I121" s="1">
+        <v>0</v>
+      </c>
+      <c r="J121" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K121" s="2" t="str">
+        <f>J121*90.79</f>
+        <v>0</v>
+      </c>
+      <c r="L121" s="5"/>
+    </row>
+    <row r="122" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A122" s="1"/>
+      <c r="B122" s="1">
+        <v>888580</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="E122" s="2" t="s">
+        <v>447</v>
+      </c>
+      <c r="F122" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="G122" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H122" s="2">
+        <v>0</v>
+      </c>
+      <c r="I122" s="1">
+        <v>0</v>
+      </c>
+      <c r="J122" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K122" s="2" t="str">
+        <f>J122*99.85</f>
+        <v>0</v>
+      </c>
+      <c r="L122" s="5"/>
+    </row>
+    <row r="123" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A123" s="1"/>
+      <c r="B123" s="1">
+        <v>888584</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="E123" s="2" t="s">
+        <v>451</v>
+      </c>
+      <c r="F123" s="2" t="s">
+        <v>452</v>
+      </c>
+      <c r="G123" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H123" s="2">
+        <v>0</v>
+      </c>
+      <c r="I123" s="1">
+        <v>0</v>
+      </c>
+      <c r="J123" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K123" s="2" t="str">
+        <f>J123*217.34</f>
+        <v>0</v>
+      </c>
+      <c r="L123" s="5"/>
+    </row>
+    <row r="124" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A124" s="1"/>
+      <c r="B124" s="1">
+        <v>888586</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="E124" s="2" t="s">
+        <v>455</v>
+      </c>
+      <c r="F124" s="2" t="s">
+        <v>456</v>
+      </c>
+      <c r="G124" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H124" s="2">
+        <v>0</v>
+      </c>
+      <c r="I124" s="1">
+        <v>0</v>
+      </c>
+      <c r="J124" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K124" s="2" t="str">
+        <f>J124*181.33</f>
+        <v>0</v>
+      </c>
+      <c r="L124" s="5"/>
+    </row>
+    <row r="125" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A125" s="1"/>
+      <c r="B125" s="1">
+        <v>888587</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="E125" s="2" t="s">
+        <v>459</v>
+      </c>
+      <c r="F125" s="2" t="s">
+        <v>460</v>
+      </c>
+      <c r="G125" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H125" s="2">
+        <v>0</v>
+      </c>
+      <c r="I125" s="1">
+        <v>0</v>
+      </c>
+      <c r="J125" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K125" s="2" t="str">
+        <f>J125*177.59</f>
+        <v>0</v>
+      </c>
+      <c r="L125" s="5"/>
+    </row>
+    <row r="126" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A126" s="1"/>
+      <c r="B126" s="1">
+        <v>888593</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="E126" s="2" t="s">
+        <v>463</v>
+      </c>
+      <c r="F126" s="2" t="s">
+        <v>464</v>
+      </c>
+      <c r="G126" s="2">
+        <v>0</v>
+      </c>
+      <c r="H126" s="2">
+        <v>0</v>
+      </c>
+      <c r="I126" s="1">
+        <v>0</v>
+      </c>
+      <c r="J126" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K126" s="2" t="str">
+        <f>J126*430.56</f>
+        <v>0</v>
+      </c>
+      <c r="L126" s="5"/>
+    </row>
+    <row r="127" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A127" s="1"/>
+      <c r="B127" s="1">
+        <v>888594</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="E127" s="2" t="s">
+        <v>467</v>
+      </c>
+      <c r="F127" s="2" t="s">
+        <v>468</v>
+      </c>
+      <c r="G127" s="2">
+        <v>0</v>
+      </c>
+      <c r="H127" s="2">
+        <v>0</v>
+      </c>
+      <c r="I127" s="1">
+        <v>0</v>
+      </c>
+      <c r="J127" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K127" s="2" t="str">
+        <f>J127*443.43</f>
+        <v>0</v>
+      </c>
+      <c r="L127" s="5"/>
+    </row>
+    <row r="128" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
+      <c r="A128" s="1"/>
+      <c r="B128" s="1">
         <v>888596</v>
       </c>
-      <c r="C107" s="1" t="s">
-[...27 lines deleted...]
-      <c r="L107" s="5"/>
+      <c r="C128" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="E128" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="F128" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="G128" s="2">
+        <v>0</v>
+      </c>
+      <c r="H128" s="2">
+        <v>0</v>
+      </c>
+      <c r="I128" s="1">
+        <v>0</v>
+      </c>
+      <c r="J128" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K128" s="2" t="str">
+        <f>J128*2468.70</f>
+        <v>0</v>
+      </c>
+      <c r="L128" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
-    <mergeCell ref="A87:K87"/>
+    <mergeCell ref="A108:K108"/>
     <mergeCell ref="A4:K4"/>
-    <mergeCell ref="A22:K22"/>
-[...1 lines deleted...]
-    <mergeCell ref="A94:K94"/>
+    <mergeCell ref="A27:K27"/>
+    <mergeCell ref="A109:K109"/>
+    <mergeCell ref="A115:K115"/>
     <mergeCell ref="A5:K5"/>
-    <mergeCell ref="A23:K23"/>
-    <mergeCell ref="A27:K27"/>
+    <mergeCell ref="A28:K28"/>
+    <mergeCell ref="A32:K32"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>