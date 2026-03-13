--- v0 (2025-12-07)
+++ v1 (2026-03-13)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$L$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Изображение*</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Артикул*</t>
   </si>
   <si>
     <t>Название товара*</t>
   </si>
   <si>
     <t>Цена, руб.*</t>
   </si>
   <si>
     <t>Основной</t>
   </si>
   <si>
     <t>Удаленный</t>
   </si>
   <si>
@@ -99,78 +99,75 @@
   <si>
     <t>ALT-111010</t>
   </si>
   <si>
     <t>041010104</t>
   </si>
   <si>
     <t>ПП TEBO Труба канал. НАРУЖНЯЯ 110x3,4х1000 (рыжая)</t>
   </si>
   <si>
     <t>474.66 руб.</t>
   </si>
   <si>
     <t>ALT-111011</t>
   </si>
   <si>
     <t>041010105</t>
   </si>
   <si>
     <t>ПП TEBO Труба канал. НАРУЖНЯЯ 110x3,4х1500 (рыжая)</t>
   </si>
   <si>
     <t>674.29 руб.</t>
   </si>
   <si>
-    <t>&gt;25</t>
+    <t>&gt;50</t>
   </si>
   <si>
     <t>ALT-111012</t>
   </si>
   <si>
     <t>041010106</t>
   </si>
   <si>
     <t>ПП TEBO Труба канал. НАРУЖНЯЯ 110x3,4х2000 (рыжая)</t>
   </si>
   <si>
     <t>813.57 руб.</t>
   </si>
   <si>
     <t>ALT-111013</t>
   </si>
   <si>
     <t>041010107</t>
   </si>
   <si>
     <t>ПП TEBO Труба канал. НАРУЖНЯЯ 110x3,4х3000 (рыжая)</t>
   </si>
   <si>
     <t>1 205.40 руб.</t>
-  </si>
-[...1 lines deleted...]
-    <t>&gt;50</t>
   </si>
   <si>
     <t>Фитинги канализационные наружние</t>
   </si>
   <si>
     <t>ALT-111024</t>
   </si>
   <si>
     <t>041060101</t>
   </si>
   <si>
     <t>ПП TEBO Заглушка канал. НАРУЖНЯЯ 110 (рыжая) (250шт)</t>
   </si>
   <si>
     <t>38.06 руб.</t>
   </si>
   <si>
     <t>ALT-111026</t>
   </si>
   <si>
     <t>041020101</t>
   </si>
   <si>
     <t>ПП TEBO Муфта надвижная НАРУЖНЯЯ 110 (рыжая) (90шт)</t>
   </si>
@@ -1523,519 +1520,519 @@
       </c>
       <c r="K8" s="2" t="str">
         <f>J8*813.57</f>
         <v>0</v>
       </c>
       <c r="L8" s="5"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A9" s="1"/>
       <c r="B9" s="1">
         <v>888560</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G9" s="2" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="1">
         <v>0</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="str">
         <f>J9*1205.40</f>
         <v>0</v>
       </c>
       <c r="L9" s="5"/>
     </row>
     <row r="10" spans="1:12" outlineLevel="2">
       <c r="A10" s="8" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B10" s="8"/>
       <c r="C10" s="8"/>
       <c r="D10" s="8"/>
       <c r="E10" s="8"/>
       <c r="F10" s="8"/>
       <c r="G10" s="8"/>
       <c r="H10" s="8"/>
       <c r="I10" s="8"/>
       <c r="J10" s="8"/>
       <c r="K10" s="8"/>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A11" s="1"/>
       <c r="B11" s="1">
         <v>888571</v>
       </c>
       <c r="C11" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D11" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="D11" s="1" t="s">
+      <c r="E11" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="E11" s="2" t="s">
+      <c r="F11" s="2" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="1">
         <v>0</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="str">
         <f>J11*38.06</f>
         <v>0</v>
       </c>
       <c r="L11" s="5"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A12" s="1"/>
       <c r="B12" s="1">
         <v>888573</v>
       </c>
       <c r="C12" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="D12" s="1" t="s">
+      <c r="E12" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="E12" s="2" t="s">
+      <c r="F12" s="2" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="1">
         <v>0</v>
       </c>
       <c r="J12" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="str">
         <f>J12*88.92</f>
         <v>0</v>
       </c>
       <c r="L12" s="5"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A13" s="1"/>
       <c r="B13" s="1">
         <v>888575</v>
       </c>
       <c r="C13" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D13" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="D13" s="1" t="s">
+      <c r="E13" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="E13" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="2" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="str">
         <f>J13*88.92</f>
         <v>0</v>
       </c>
       <c r="L13" s="5"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A14" s="1"/>
       <c r="B14" s="1">
         <v>888577</v>
       </c>
       <c r="C14" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="E14" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="F14" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G14" s="2" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="str">
         <f>J14*94.08</f>
         <v>0</v>
       </c>
       <c r="L14" s="5"/>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A15" s="1"/>
       <c r="B15" s="1">
         <v>888578</v>
       </c>
       <c r="C15" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D15" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="D15" s="1" t="s">
+      <c r="E15" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="E15" s="2" t="s">
+      <c r="F15" s="2" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="1">
         <v>0</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="str">
         <f>J15*90.79</f>
         <v>0</v>
       </c>
       <c r="L15" s="5"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A16" s="1"/>
       <c r="B16" s="1">
         <v>888579</v>
       </c>
       <c r="C16" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D16" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="D16" s="1" t="s">
+      <c r="E16" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="E16" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="2" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="2">
         <v>0</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="str">
         <f>J16*90.79</f>
         <v>0</v>
       </c>
       <c r="L16" s="5"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A17" s="1"/>
       <c r="B17" s="1">
         <v>888580</v>
       </c>
       <c r="C17" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D17" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="D17" s="1" t="s">
+      <c r="E17" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="E17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="2">
         <v>0</v>
       </c>
       <c r="I17" s="1">
         <v>0</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="str">
         <f>J17*99.85</f>
         <v>0</v>
       </c>
       <c r="L17" s="5"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A18" s="1"/>
       <c r="B18" s="1">
         <v>888584</v>
       </c>
       <c r="C18" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D18" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="D18" s="1" t="s">
+      <c r="E18" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="E18" s="2" t="s">
+      <c r="F18" s="2" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="1">
         <v>0</v>
       </c>
       <c r="J18" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="str">
         <f>J18*217.34</f>
         <v>0</v>
       </c>
       <c r="L18" s="5"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A19" s="1"/>
       <c r="B19" s="1">
         <v>888586</v>
       </c>
       <c r="C19" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D19" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="D19" s="1" t="s">
+      <c r="E19" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="E19" s="2" t="s">
+      <c r="F19" s="2" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="1">
         <v>0</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="str">
         <f>J19*181.33</f>
         <v>0</v>
       </c>
       <c r="L19" s="5"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A20" s="1"/>
       <c r="B20" s="1">
         <v>888587</v>
       </c>
       <c r="C20" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="D20" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="D20" s="1" t="s">
+      <c r="E20" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="E20" s="2" t="s">
+      <c r="F20" s="2" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="1">
         <v>0</v>
       </c>
       <c r="J20" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="str">
         <f>J20*177.59</f>
         <v>0</v>
       </c>
       <c r="L20" s="5"/>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A21" s="1"/>
       <c r="B21" s="1">
         <v>888593</v>
       </c>
       <c r="C21" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D21" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="D21" s="1" t="s">
+      <c r="E21" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="E21" s="2" t="s">
+      <c r="F21" s="2" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="G21" s="2">
         <v>0</v>
       </c>
       <c r="H21" s="2">
         <v>0</v>
       </c>
       <c r="I21" s="1">
         <v>0</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="str">
         <f>J21*430.56</f>
         <v>0</v>
       </c>
       <c r="L21" s="5"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A22" s="1"/>
       <c r="B22" s="1">
         <v>888594</v>
       </c>
       <c r="C22" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D22" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="D22" s="1" t="s">
+      <c r="E22" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="E22" s="2" t="s">
+      <c r="F22" s="2" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="G22" s="2">
         <v>0</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="str">
         <f>J22*443.43</f>
         <v>0</v>
       </c>
       <c r="L22" s="5"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="105" outlineLevel="4">
       <c r="A23" s="1"/>
       <c r="B23" s="1">
         <v>888596</v>
       </c>
       <c r="C23" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D23" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="D23" s="1" t="s">
+      <c r="E23" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="E23" s="2" t="s">
+      <c r="F23" s="2" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="G23" s="2">
         <v>0</v>
       </c>
       <c r="H23" s="2">
         <v>0</v>
       </c>
       <c r="I23" s="1">
         <v>0</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="str">
         <f>J23*2468.70</f>
         <v>0</v>
       </c>
       <c r="L23" s="5"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:L1"/>
   <mergeCells>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>